--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -1,13195 +1,29340 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2512" uniqueCount="1706">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5694" uniqueCount="3690">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>04/02/2025 00:00:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ROSIDAL K</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_662211/en/bone-marrow-failures-and-other-chronic-cytopenias-myelodysplastic-syndromes</t>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/11/2025 11:08:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3690517/fr/rosidal-k</t>
+  </si>
+  <si>
+    <t>p_3690517</t>
+  </si>
+  <si>
+    <t>Bande de compression veineuse</t>
+  </si>
+  <si>
+    <t>LABORATOIRES LOHMANN &amp; RAUSCHER (SAS) (France)</t>
+  </si>
+  <si>
+    <t>CIRCAID JUXTAFIT ESSENTIALS ARMS</t>
+  </si>
+  <si>
+    <t>03/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/08/2025 11:19:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635791/fr/circaid-juxtafit-essentials-arms</t>
+  </si>
+  <si>
+    <t>p_3635791</t>
+  </si>
+  <si>
+    <t>Système de compression</t>
+  </si>
+  <si>
+    <t>MEDI FRANCE</t>
+  </si>
+  <si>
+    <t>MICRO INR LINK</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635815/fr/micro-inr-link</t>
+  </si>
+  <si>
+    <t>p_3635815</t>
+  </si>
+  <si>
+    <t>Dispositif d’automesure de l’INR</t>
+  </si>
+  <si>
+    <t>ILINE MICROSYSTEMS, S.L (Espagne)</t>
+  </si>
+  <si>
+    <t>CARELINK</t>
+  </si>
+  <si>
+    <t>06/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2025 09:42:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607054/fr/carelink</t>
+  </si>
+  <si>
+    <t>p_3607054</t>
+  </si>
+  <si>
+    <t>Activité de télésurveillance médicale des patients porteurs de moniteur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>3M COBAN 2 LITE</t>
+  </si>
+  <si>
+    <t>28/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/03/2025 09:36:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590397/fr/3m-coban-2-lite</t>
+  </si>
+  <si>
+    <t>p_3590397</t>
+  </si>
+  <si>
+    <t>Système de compression veineuse bi-bandes</t>
+  </si>
+  <si>
+    <t>3M France SAS (France)</t>
+  </si>
+  <si>
+    <t>EMBOGOLD</t>
+  </si>
+  <si>
+    <t>23/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2024 15:27:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518643/fr/embogold</t>
+  </si>
+  <si>
+    <t>p_3518643</t>
+  </si>
+  <si>
+    <t>Microsphères d’embolisation</t>
+  </si>
+  <si>
+    <t>BIOSPHERE MEDICAL S.A. (France)</t>
+  </si>
+  <si>
+    <t>EMBOSPHERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518847/fr/embosphere</t>
+  </si>
+  <si>
+    <t>p_3518847</t>
+  </si>
+  <si>
+    <t>3M COBAN 2</t>
+  </si>
+  <si>
+    <t>19/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2024 14:53:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482313/fr/3m-coban-2</t>
+  </si>
+  <si>
+    <t>p_3482313</t>
+  </si>
+  <si>
+    <t>3M FRANCE</t>
+  </si>
+  <si>
+    <t>COAGUCHEK INRANGE</t>
+  </si>
+  <si>
+    <t>06/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2023 16:15:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3400581/fr/coaguchek-inrange</t>
+  </si>
+  <si>
+    <t>p_3400581</t>
+  </si>
+  <si>
+    <t>ROCHE DIAGNOSTICS FRANCE</t>
+  </si>
+  <si>
+    <t>BANDE BIFLEX LL</t>
+  </si>
+  <si>
+    <t>04/01/2023 15:15:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3400584/fr/bande-biflex-ll</t>
+  </si>
+  <si>
+    <t>p_3400584</t>
+  </si>
+  <si>
+    <t>Bande sèche élastique à allongement long</t>
+  </si>
+  <si>
+    <t>THUASNE</t>
+  </si>
+  <si>
+    <t>COAGUCHEK XS</t>
+  </si>
+  <si>
+    <t>12/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2022 08:47:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333643/fr/coaguchek-xs</t>
+  </si>
+  <si>
+    <t>p_3333643</t>
+  </si>
+  <si>
+    <t>Dispositif d’auto-mesure de l’INR</t>
+  </si>
+  <si>
+    <t>QUIKCLOT</t>
+  </si>
+  <si>
+    <t>En première intention pour la gestion locale des traumatismes avec une plaie hémorragique induisant des pertes de sang modérées à sévères en situation d’urgence pouvant engager le pronostic vital, telles que les lacérations, plaies chirurgicales (post-opératoires, dermatologiques etc.) et les lésions traumatiques. En première intention pour la gestion locale et le contrôle des pertes de sang non contrôlées provenant des zones d’accès vasculaires, des sondes ou des cathéters percutanés qui utilisent des gaines d’insertion jusqu’à 12 Fr ou jusqu’à 7 Fr, lors de situations d’urgence pouvant engager le pronostic vital des patients sous anticoagulant.</t>
+  </si>
+  <si>
+    <t>02/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:42:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298767/fr/quikclot</t>
+  </si>
+  <si>
+    <t>p_3298767</t>
+  </si>
+  <si>
+    <t>Pansement hémostatique à base de kaolin</t>
+  </si>
+  <si>
+    <t>Z-MEDICA</t>
+  </si>
+  <si>
+    <t>COALGAN</t>
+  </si>
+  <si>
+    <t>03/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2020 12:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219908/fr/coalgan</t>
+  </si>
+  <si>
+    <t>p_3219908</t>
+  </si>
+  <si>
+    <t>Tampon hémostatique local d’alginate de calcium</t>
+  </si>
+  <si>
+    <t>LES LABORATOIRES BROTHIER</t>
+  </si>
+  <si>
+    <t>Perfusion médicaux de perfusion à domicile et prestations associées (modification des modalités d'inscription) : Phase contradictoire suite à un avis de projet  au JO du 19 janvier 2020.</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités de prise en charge de dispositifs médicaux de perfusion à domicile et prestations associées inscrits au titre I de la liste des produits et prestations prévue à l’article L. 165-1 du code de la sécurité sociale paru au Journal Officiel le 19 janvier 2020.</t>
+  </si>
+  <si>
+    <t>21/04/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2020 10:41:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190565/fr/perfusion-medicaux-de-perfusion-a-domicile-et-prestations-associees-modification-des-modalites-d-inscription-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-19-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3190565</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>MOBIDERM (sur mesure)</t>
+  </si>
+  <si>
+    <t>18/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2019 10:21:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902643/fr/mobiderm-sur-mesure</t>
+  </si>
+  <si>
+    <t>c_2902643</t>
+  </si>
+  <si>
+    <t>dispositifs de compression des membres</t>
+  </si>
+  <si>
+    <t>MOBIDERM (autofit)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902646/fr/mobiderm-autofit</t>
+  </si>
+  <si>
+    <t>c_2902646</t>
+  </si>
+  <si>
+    <t>MOBIDERM (standard)</t>
+  </si>
+  <si>
+    <t>25/01/2019 08:51:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896194/fr/mobiderm-standard</t>
+  </si>
+  <si>
+    <t>c_2896194</t>
+  </si>
+  <si>
+    <t>ONYX LES</t>
+  </si>
+  <si>
+    <t>17/04/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2018 08:29:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2845110/fr/onyx-les</t>
+  </si>
+  <si>
+    <t>c_2845110</t>
+  </si>
+  <si>
+    <t>implant d’embolisation liquide</t>
+  </si>
+  <si>
+    <t>05/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>22/01/2018 09:57:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819623/fr/embosphere</t>
+  </si>
+  <si>
+    <t>c_2819623</t>
+  </si>
+  <si>
+    <t>BIOSPHERE MEDICAL S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819629/fr/embogold</t>
+  </si>
+  <si>
+    <t>c_2819629</t>
+  </si>
+  <si>
+    <t>CoaguChek INRange</t>
+  </si>
+  <si>
+    <t>Dispositif d'automesure de l'INR (lecteur + bandelettes)</t>
+  </si>
+  <si>
+    <t>10/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2017 16:39:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736736/fr/coaguchek-inrange</t>
+  </si>
+  <si>
+    <t>c_2736736</t>
+  </si>
+  <si>
+    <t>CoaguChek XS</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2016 09:04:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615455/fr/coaguchek-xs</t>
+  </si>
+  <si>
+    <t>c_2615455</t>
+  </si>
+  <si>
+    <t>30/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>13/08/2015 15:15:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053084/fr/coalgan</t>
+  </si>
+  <si>
+    <t>c_2053084</t>
+  </si>
+  <si>
+    <t>INRatio 2</t>
+  </si>
+  <si>
+    <t>11/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2014 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723704/fr/inratio-2</t>
+  </si>
+  <si>
+    <t>c_1723704</t>
+  </si>
+  <si>
+    <t>ALERE</t>
+  </si>
+  <si>
+    <t>EMBOGOLD, microsphères d'embolisation</t>
+  </si>
+  <si>
+    <t>Implant d'embolisation artérielle en seringue pré-remplie 1 ou 2 ml</t>
+  </si>
+  <si>
+    <t>14/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2013 18:01:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1581578/fr/embogold-microspheres-d-embolisation</t>
+  </si>
+  <si>
+    <t>c_1581578</t>
+  </si>
+  <si>
+    <t>EMBOSPHERE, microsphères d'embolisation</t>
+  </si>
+  <si>
+    <t>Implant d'embolisation artérielle en flacon sous blister dans une boîre unitaire ou seringue pré-remplie 1 ou 2 ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1581583/fr/embosphere-microspheres-d-embolisation</t>
+  </si>
+  <si>
+    <t>c_1581583</t>
+  </si>
+  <si>
+    <t>COAGUCHEK XS - 12 juillet 2011 (3528) avis</t>
+  </si>
+  <si>
+    <t>12/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2011 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060092/fr/coaguchek-xs-12-juillet-2011-3528-avis</t>
+  </si>
+  <si>
+    <t>c_1060092</t>
+  </si>
+  <si>
+    <t>ROCHE DIAGNOSTICS (France)</t>
+  </si>
+  <si>
+    <t>Compression médicale à usage individuel – Utilisation en pathologies vasculaires</t>
+  </si>
+  <si>
+    <t>23/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937621/fr/compression-medicale-a-usage-individuel-utilisation-en-pathologies-vasculaires</t>
+  </si>
+  <si>
+    <t>c_937621</t>
+  </si>
+  <si>
+    <t>CNEDiMTS</t>
+  </si>
+  <si>
+    <t>14/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2008 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_705818/fr/embogold</t>
+  </si>
+  <si>
+    <t>c_705818</t>
+  </si>
+  <si>
+    <t>BioSphere Medical S.A.</t>
+  </si>
+  <si>
+    <t>09/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398738/fr/embogold</t>
+  </si>
+  <si>
+    <t>c_398738</t>
+  </si>
+  <si>
+    <t>BIOSPHERE MEDICAL (France)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Syndromes myélodysplasiques</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>27/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_662211/fr/ald-n-2-syndromes-myelodysplasiques</t>
   </si>
   <si>
     <t>c_662211</t>
   </si>
   <si>
-    <t>Acquired and inherited aplastic anemia</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272236/en/thrombophilia-and-pregnancy-preventing-maternal-and-placental-thrombosis</t>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Maladie de Shwachman Diamond</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints du syndrome de Shwachman Diamond (SDS). Il a été élaboré par le Centre de référence Maladies Rares : Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2023 08:33:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425536/fr/maladie-de-shwachman-diamond</t>
+  </si>
+  <si>
+    <t>p_3425536</t>
+  </si>
+  <si>
+    <t>Saignements Utérins Abondants (SUA) chez la jeune femme atteinte de maladies hémorragiques rares constitutionnelles ou acquises (MHCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des saignement utérins abondants (SUA) chez des jeunes femmes atteintes de maladies hémorragiques constitutionnelles ou acquise (MHCA). Il a été élaboré par le Centre de Référence de Pathologies Gynécologiques Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389734/fr/saignements-uterins-abondants-sua-chez-la-jeune-femme-atteinte-de-maladies-hemorragiques-rares-constitutionnelles-ou-acquises-mhca</t>
+  </si>
+  <si>
+    <t>p_3389734</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndromes myélodysplasiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient atteint de syndromes myélodysplasiques.</t>
+  </si>
+  <si>
+    <t>20/05/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2015 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380018/fr/guide-du-parcours-de-soins-syndromes-myelodysplasiques</t>
+  </si>
+  <si>
+    <t>p_3380018</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Mastocytoses non-avancées chez l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mastocytoses non-avancées. Il a été élaboré par le Centre de Référence des mastocytoses, CEREMAST, sous l’egide de la filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353127/fr/mastocytoses-non-avancees-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3353127</t>
+  </si>
+  <si>
+    <t>Œsophagite à éosinophiles chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant une OE. Il a été élaboré par le Centre de référence des affections chroniques et malformatives de l’œsophage (CRACMO) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358054/fr/oesophagite-a-eosinophiles-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3358054</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand type 3</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MW type 3. Il a été élaboré par le Centre de Référence de la Maladie de Willebrand (CRMW) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/01/2022 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309665/fr/maladie-de-willebrand-type-3</t>
+  </si>
+  <si>
+    <t>p_3309665</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Syndrome MYH9</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MYH9. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles (CRPP) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298135/fr/syndrome-myh9</t>
+  </si>
+  <si>
+    <t>p_3298135</t>
+  </si>
+  <si>
+    <t>Déficits rares en protéines de la coagulation</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit rare d’un facteur de coagulation. Il a été élaboré par le Centre de Référence Hémophilie et autres déficits constitutionnels en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282399/fr/deficits-rares-en-proteines-de-la-coagulation</t>
+  </si>
+  <si>
+    <t>p_3282399</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Sphérocytose héréditaire et autres anémies hémolytiques par anomalie de la membrane érythrocytaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient, enfant ou adulte, atteint d’une sphérocytose héréditaire ou d’une autre anémie hémolytique par anomalie de la membrane du globule rouge (GR). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280228/fr/spherocytose-hereditaire-et-autres-anemies-hemolytiques-par-anomalie-de-la-membrane-erythrocytaire</t>
+  </si>
+  <si>
+    <t>p_3280228</t>
+  </si>
+  <si>
+    <t>Pseudoxanthome élastique (PXE)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint de pseudoxantome élastique (PXE). Il a été élaboré par Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/04/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263414/fr/pseudoxanthome-elastique-pxe</t>
+  </si>
+  <si>
+    <t>p_3263414</t>
+  </si>
+  <si>
+    <t>Maladie de Willebrand</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Willebrand. Il a été élaboré par le centre de référence de la maladie de Willebrand, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876005/fr/maladie-de-willebrand</t>
+  </si>
+  <si>
+    <t>c_2876005</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Thrombasthénie de Glanzmann et pathologies plaquettaires apparentées. Il a été élaboré par le Centre de Référence des Pathologies Plaquettaires Constitutionnelles, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147548/fr/thrombasthenie-de-glanzmann-et-pathologies-plaquettaires-apparentees</t>
+  </si>
+  <si>
+    <t>p_3147548</t>
+  </si>
+  <si>
+    <t>Maladie de Castleman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
+  </si>
+  <si>
+    <t>p_3121172</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>Lymphœdème primaire</t>
+  </si>
+  <si>
+    <t>Ce PNDS explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de Lymphœdème primaire. Il a été élaboré par le Centre national de référence des maladies vasculaires rares à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>14/02/2019 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904795/fr/lymphoedeme-primaire</t>
+  </si>
+  <si>
+    <t>c_2904795</t>
+  </si>
+  <si>
+    <t>Atteintes hépatiques au cours de la maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant des atteintes hépatiques au cours de la maladie de Rendu-Osler. Il a été élaboré par le centre de référence des maladies vasculaires du foie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/01/2019 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900212/fr/atteintes-hepatiques-au-cours-de-la-maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_2900212</t>
+  </si>
+  <si>
+    <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
+  </si>
+  <si>
+    <t>c_2800207</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘anémie hémolytique auto-immune.</t>
+  </si>
+  <si>
+    <t>01/03/2017 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747976/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2747976</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Lymphomes non hodgkiniens de l’adulte</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_881776/fr/ald-n-30-lymphomes-non-hodgkiniens-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_881776</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Leucémie aiguë de l'adulte</t>
+  </si>
+  <si>
+    <t>22/04/2015 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1216166/fr/ald-n-30-leucemie-aigue-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1216166</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>24/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2014 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652398/fr/ald-n-30-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652398</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652304</t>
+  </si>
+  <si>
+    <t>Thrombasthénie de Glanzmann</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de thrombasthénie de Glanzmann.</t>
+  </si>
+  <si>
+    <t>16/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2013 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363048/fr/thrombasthenie-de-glanzmann</t>
+  </si>
+  <si>
+    <t>c_1363048</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Leucémie lymphoïde chronique</t>
+  </si>
+  <si>
+    <t>17/10/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>26/10/2012 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1096149/fr/ald-n-30-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>c_1096149</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Myélome multiple</t>
+  </si>
+  <si>
+    <t>26/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2012 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021489/fr/ald-n-30-myelome-multiple</t>
+  </si>
+  <si>
+    <t>c_1021489</t>
+  </si>
+  <si>
+    <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2010 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_938884</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Quand prescrire une électrophorèse des protéines sériques (EPS) et conduite à tenir en cas d'une immunoglobuline monoclonale</t>
+  </si>
+  <si>
+    <t>L’EPS est un examen de biologie médicale qui a pour but la séparation et l’analyse des protéines sériques. La fiche mémo a pour objectif de préciser les indications de prescription de l’EPS et les conduites à tenir en cas de découverte d’un « pic étroit » sur le tracé d’électrophorèse, et d’illustrer l’importance d’une bonne interaction entre cliniciens, principalement médecins généralistes, et biologistes.</t>
+  </si>
+  <si>
+    <t>25/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2017 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742018/fr/quand-prescrire-une-electrophorese-des-proteines-seriques-eps-et-conduite-a-tenir-en-cas-d-une-immunoglobuline-monoclonale</t>
+  </si>
+  <si>
+    <t>c_2742018</t>
+  </si>
+  <si>
+    <t>Transfusions de globules rouges homologues : produits, indications, alternatives</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation de bonne pratique est d’améliorer la qualité de la prise en charge des patients en aidant les professionnels, dans le cadre de leur prescription transfusion de globules rouges et dans le suivi des malades transfusés, et en harmonisant les pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>26/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/02/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1349939/fr/transfusions-de-globules-rouges-homologues-produits-indications-alternatives</t>
+  </si>
+  <si>
+    <t>c_1349939</t>
+  </si>
+  <si>
+    <t>Antiagrégants plaquettaires : prise en compte des risques thrombotique et hémorragique pour les gestes percutanés chez le coronarien</t>
+  </si>
+  <si>
+    <t>L'objet de ce travail est de définir, chez le coronarien sous antiagrégants plaquettaires, le risque hémorragique associé aux différents gestes diagnostiques et thérapeutiques percutanés, le confronter au risque de thrombose coronarienne afin de produire et diffuser des recommandations pour la gestion de ces deux risques antagonistes. Il complète les travaux réalisés sur les gestes endoscopiques.</t>
+  </si>
+  <si>
+    <t>01/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710205/fr/antiagregants-plaquettaires-prise-en-compte-des-risques-thrombotique-et-hemorragique-pour-les-gestes-percutanes-chez-le-coronarien</t>
+  </si>
+  <si>
+    <t>c_1710205</t>
+  </si>
+  <si>
+    <t>Antiagrégants plaquettaires : prise en compte des risques thrombotique et hémorragique en cas de geste endoscopique chez le coronarien</t>
+  </si>
+  <si>
+    <t>Évaluer, chez le patient coronarien devant subir une endoscopie : le risque hémorragique lié à un acte invasif : peut-on proposer une classification des actes selon le niveau de risque ? le risque lié à l’interruption du traitement AAP : peut-on en établir une classification en fonction de l’indication initiale de l’AAP ? le rapport bénéfice/risque d’une intervention chez un patient traité par AAP ; le délai à respecter après la pose d’un stent actif avant de pouvoir arrêter le double AAP ? Existe-t-il des différences en fonction du type de stent actif ? les facteurs de sur-risque thrombotique à prendre.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2013 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1294540/fr/antiagregants-plaquettaires-prise-en-compte-des-risques-thrombotique-et-hemorragique-en-cas-de-geste-endoscopique-chez-le-coronarien</t>
+  </si>
+  <si>
+    <t>c_1294540</t>
+  </si>
+  <si>
+    <t>Transfusion de plasma thérapeutique : produits, indications</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les indications cliniques du plasma thérapeutique, ainsi que les situations dans lesquelles son utilisation n’est pas recommandée.</t>
+  </si>
+  <si>
+    <t>03/07/2012 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264081/fr/transfusion-de-plasma-therapeutique-produits-indications</t>
+  </si>
+  <si>
+    <t>c_1264081</t>
+  </si>
+  <si>
+    <t>Prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez les patients traités par antivitamines K en ville et en milieu hospitalier</t>
+  </si>
+  <si>
+    <t>L’objectif principal est de réduire la morbi-mortalité des accidents liés aux AVK, grâce à la diffusion de stratégies de prise en charge des situations à risque ou des accidents hémorragiques. Les recommandations abordent les questions suivantes : la conduite à tenir en cas de surdosage asymptomatique la conduite à tenir en cas d’hémorragies spontanées ou traumatiques la conduite à tenir vis-à-vis du traitement par AVK en cas de chirurgie ou d’acte invasif programmé ou bien urgent. L'argumentaire des recommandations a été publié en juillet 2008 dans un numéro spécial de la revue Sang Thrombose Vaisseaux (Sang Thromb Vaiss 2008;20(N°spécial juillet 2008).</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2008 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682188/fr/prise-en-charge-des-surdosages-des-situations-a-risque-hemorragique-et-des-accidents-hemorragiques-chez-les-patients-traites-par-antivitamines-k-en-ville-et-en-milieu-hospitalier</t>
+  </si>
+  <si>
+    <t>c_682188</t>
+  </si>
+  <si>
+    <t>Lecture critique de l'hémogramme : valeurs seuils à reconnaître comme probablement pathologiques et principales variations non pathologiques</t>
+  </si>
+  <si>
+    <t>Ces recommandations répondent à deux objectifs : 1 Définir les valeurs de l'hémogramme à reconnaître comme pathologiques dans la population adulte saine 1 Préciser les variations éventuelles des valeurs de l'hémogramme chez l'enfant, sur certains terrains ou dans des situations non pathologiques ou considérées comme telles. Ces variations de l'hémogramme, à l'origine de valeurs qui peuvent ne plus faire partie de l'intervalle de référence, ne doivent pas conduire à des explorations complémentaires. Les variations de l'hémogramme lors des états pathologiques bien caractérisés ou associées à certains traitements ne sont pas analysées dans ce travail.</t>
+  </si>
+  <si>
+    <t>01/09/1997 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/1997 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271914/fr/lecture-critique-de-l-hemogramme-valeurs-seuils-a-reconnaitre-comme-probablement-pathologiques-et-principales-variations-non-pathologiques</t>
+  </si>
+  <si>
+    <t>c_271914</t>
+  </si>
+  <si>
+    <t>Thrombophilie et grossesse - Prévention des risques thrombotiques maternels et placentaires</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury :# 1. Quels sont les facteurs de risque de la maladie thrombo-embolique veineuse maternelle ?# 2. Quels sont les facteurs de risque de pathologie vasculaire placentaire ?# 3. Quels examens complémentaires réaliser, pour quelles patientes ?# 4. Quels sont les moyens thérapeutiques ? Quelles patientes traiter et selon quelles modalités pratiques ? Quelle information donner aux patientes ?#</t>
+  </si>
+  <si>
+    <t>15/04/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272236/fr/thrombophilie-et-grossesse-prevention-des-risques-thrombotiques-maternels-et-placentaires</t>
   </si>
   <si>
     <t>c_272236</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS recommande la généralisation du dépistage de la drépanocytose à la naissance</t>
+  </si>
+  <si>
+    <t>La drépanocytose est une maladie héréditaire du sang dont les conséquences peuvent être graves. En France, son dépistage est actuellement réalisé de manière ciblée, chez les nouveau-nés dont les parents ont des origines à risque[1]. Saisie par la Direction générale de la santé, la HAS actualise aujourd’hui son avis sur le dépistage néonatal de la drépanocytose. Sur la base des nouvelles données disponibles, notamment épidémiologiques, elle recommande désormais que celui- ci soit étendu à l’ensemble des nouveau-nés.</t>
+  </si>
+  <si>
+    <t>15/11/2022 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385623/fr/la-has-recommande-la-generalisation-du-depistage-de-la-drepanocytose-a-la-naissance</t>
+  </si>
+  <si>
+    <t>p_3385623</t>
+  </si>
+  <si>
+    <t>CAR-T cells : des médicaments prometteurs, que la HAS réévaluera pour en confirmer le potentiel</t>
+  </si>
+  <si>
+    <t>Parmi les innovations médicales récentes, les CAR-T cells représentent une nouvelle option thérapeutique porteuse d’espoir pour lutter contre certains cancers du sang. Deux d’entre eux, Yescarta et Kymriah, ont obtenu en 2018 une autorisation de mise sur le marché. La HAS a rendu un avis favorable à leur remboursement, souligne l’incertitude quant à l’efficience de ces produits, et reste attentive aux données en vie réelle. En effet, il n’existe pas à ce jour de données d’efficacité et de sécurité à moyen et long terme.</t>
+  </si>
+  <si>
+    <t>27/05/2019 10:46:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2970845/fr/car-t-cells-des-medicaments-prometteurs-que-la-has-reevaluera-pour-en-confirmer-le-potentiel</t>
+  </si>
+  <si>
+    <t>c_2970845</t>
+  </si>
+  <si>
+    <t>Les « NACO », anticoagulants d’action directe, n’ont pas tous démontré la même efficacité</t>
+  </si>
+  <si>
+    <t>La Commission de la Transparence de la HAS a réévalué les trois anticoagulants oraux d’action directe (NACO), en particulier dans la prévention des accidents vasculaires cérébraux et embolies systémiques chez les malades ayant une fibrillation atriale non valvulaire. Sur la base des données disponibles, elle a hiérarchisé ces médicaments. La nécessité ou pas de suivre l’anticoagulation ainsi que l’absence d’antidote sur le marché l’ont poussé à positionner ces médicaments en 2ème intention après les antivitamines K, qui restent le traitement de référence.</t>
+  </si>
+  <si>
+    <t>26/01/2015 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008955/fr/les-naco-anticoagulants-d-action-directe-n-ont-pas-tous-demontre-la-meme-efficacite</t>
+  </si>
+  <si>
+    <t>c_2008955</t>
+  </si>
+  <si>
+    <t>Première prescription d’un contraceptif œstroprogestatif : prendre en compte les facteurs de risque plutôt que dépister systématiquement la thrombophilie</t>
+  </si>
+  <si>
+    <t>Les contraceptifs œstroprogestatifs* augmentent le risque de développer une maladie thromboembolique veineuse (phlébite ou embolie pulmonaire). Ce risque pourrait être encore plus élevé chez les femmes porteuses d’une thrombophilie biologique, une anomalie de la coagulation. C’est pourquoi la Haute Autorité de Santé (HAS) a étudié l’opportunité d’un dépistage systématique de la thrombophilie avant une première prescription d’une contraception combinant œstrogène et progestatif. Elle conclut qu’un dépistage systématique n’est pas justifié car son efficacité n’est pas démontrée, son efficience est très faible et ses éventuels effets négatifs non étudiés.</t>
+  </si>
+  <si>
+    <t>25/09/2014 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764076/fr/premiere-prescription-d-un-contraceptif-oestroprogestatif-prendre-en-compte-les-facteurs-de-risque-plutot-que-depister-systematiquement-la-thrombophilie</t>
+  </si>
+  <si>
+    <t>c_1764076</t>
+  </si>
+  <si>
+    <t>Endoscopie chez un patient coronarien : évaluer au mieux les risques liés aux antiagrégants plaquettaires</t>
+  </si>
+  <si>
+    <t>Faire une endoscopie à un patient coronarien traité par antiagrégants plaquettaires induit des risques d’hémorragie et de thrombose importants. Pour aider les professionnels de santé à choisir la prise en charge la plus sûre et permettre une meilleure information du patient, la Société Française d’Endoscopie Digestive (SFED) et la Haute Autorité de Santé (HAS) ont élaboré en partenariat des recommandations professionnelles. Quatre fiches de synthèse spécifiques sont également publiées : une en gastro-entérologie, une en proctologie, une en urologie et une en pneumologie.</t>
+  </si>
+  <si>
+    <t>22/10/2012 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322433/fr/endoscopie-chez-un-patient-coronarien-evaluer-au-mieux-les-risques-lies-aux-antiagregants-plaquettaires</t>
+  </si>
+  <si>
+    <t>c_1322433</t>
+  </si>
+  <si>
+    <t>Hémostatiques chirurgicaux : un traitement de dernière intention</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé s’est autosaisie afin d’évaluer l’intérêt et la place des différents hémostatiques chirurgicaux utilisés pour contrôler les saignements opératoires. Les conclusions de la HAS portent sur les situations pour lesquelles l’utilisation de ces produits est justifiée. Une fiche de bon usage destinée aux professionnels de santé résume les principaux points de cette évaluation.</t>
+  </si>
+  <si>
+    <t>25/07/2011 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1074169/fr/hemostatiques-chirurgicaux-un-traitement-de-derniere-intention</t>
+  </si>
+  <si>
+    <t>c_1074169</t>
+  </si>
+  <si>
+    <t>Suspicion de carence en fer : quels examens prescrire ?</t>
+  </si>
+  <si>
+    <t>A la demande de l’Assurance maladie, la Haute Autorité de Santé a évalué les choix d’examens du métabolisme du fer à réaliser lorsqu’un médecin suspecte une carence en fer. Différents marqueurs peuvent être dosés pour étudier le métabolisme du fer et on observe une grande diversité dans les prescriptions, ainsi qu’une augmentation du nombre de dosages réalisés. Dans ce contexte, la HAS a évalué la pertinence des différents examens et précisé le choix de l’examen le plus approprié dans les situations les plus fréquemment rencontrées.</t>
+  </si>
+  <si>
+    <t>14/06/2011 13:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062859/fr/suspicion-de-carence-en-fer-quels-examens-prescrire</t>
+  </si>
+  <si>
+    <t>c_1062859</t>
+  </si>
+  <si>
+    <t>La HAS évalue les dispositifs d’automesure dans la surveillance de la coagulation du sang</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a évalué l’intérêt, dans le système de santé français, de rembourser ou non des dispositifs d’automesure de la coagulation du sang chez les patients recevant un traitement anticoagulant par antivitamines K. La HAS recommande ce remboursement chez les enfants. En revanche elle ne le recommande pas chez les adultes dans les conditions actuelles.</t>
+  </si>
+  <si>
+    <t>09/02/2009 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_744911/fr/la-has-evalue-les-dispositifs-d-automesure-dans-la-surveillance-de-la-coagulation-du-sang</t>
+  </si>
+  <si>
+    <t>c_744911</t>
+  </si>
+  <si>
+    <t>Antivitamines K : prendre en charge le surdosage, les hémorragies et les situations à risques d’hémorragies</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations professionnelles portant sur la prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez des patients traités par antivitamines K, en ville et en milieu hospitalier.</t>
+  </si>
+  <si>
+    <t>01/08/2008 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682170/fr/antivitamines-k-prendre-en-charge-le-surdosage-les-hemorragies-et-les-situations-a-risques-d-hemorragies</t>
+  </si>
+  <si>
+    <t>c_682170</t>
+  </si>
+  <si>
+    <t>Prise en charge de la drépanocytose chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>01/12/2005 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240664/fr/prise-en-charge-de-la-drepanocytose-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_240664</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel d’altérations moléculaires dans la prise en charge du myélome multiple</t>
+  </si>
+  <si>
+    <t>Séquençage Haut Débit ciblé (ou NGS ciblé ou SHD ciblé) ; panel d’altérations moléculaires, génétique somatique des cancers, hémopathie maligne</t>
+  </si>
+  <si>
+    <t>16/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701474/fr/sequencage-haut-debit-cible-d-un-panel-d-alterations-moleculaires-dans-la-prise-en-charge-du-myelome-multiple</t>
+  </si>
+  <si>
+    <t>p_3701474</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation de la composition d’un panel de gènes (recherche d’altération génique par séquençage haut débit ciblé ou NGS ou SHD) remboursable en génétique somatique des cancers pour la leucémie lymphoïde chronique</t>
+  </si>
+  <si>
+    <t>23/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3536003</t>
   </si>
   <si>
-    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
+    <t>Dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Définition du protocole d’évaluation du dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:50:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530129/fr/dosage-serique-des-chaines-legeres-libres-kappa-et-lambda-dans-les-gammapathies-monoclonales-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3530129</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique - Exploration d’ADAMTS-13</t>
+  </si>
+  <si>
+    <t>Cette évaluation répond à une demande de l’Union nationale des caisses d’Assurance maladie qui souhaitait que la HAS se prononce sur l’opportunité du transfert éventuel de deux actes (mesure d’activité d’ADAMTS-13 [pour A disintegrin and metalloprotease with thrombospondin type 1 repeats, member 13] et recherche/titrage d’anticorps anti-ADAMTS-13) de la liste complémentaire vers la nomenclature des actes de biologie médicale (NABM). En sus de ces deux actes, la HAS a évalué la recherche de mutations dans le gène codant ADAMTS-13 qui n’est pas inscrit à la NABM. Ces trois actes sont réalisés dans le cadre du purpura thrombotique thrombocytopénique (PTT) ou maladie de Moschcowitz</t>
+  </si>
+  <si>
+    <t>17/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2022 17:04:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388869/fr/purpura-thrombotique-thrombocytopenique-exploration-d-adamts-13</t>
+  </si>
+  <si>
+    <t>p_3388869</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux de compression, de type bandes sèches</t>
+  </si>
+  <si>
+    <t>Actualisation de l’évaluation des bandes de compression/contention médicale publiée par la HAS en 2010. Le périmètre du sujet traité est limité aux bandes sèches à allongement long utilisées seules dans la prise en charge de l’ulcère veineux actif et du lymphœdème et aux bandages multi-type incluant des bandes sèches à allongement long dans la prise en charge de l’ulcère veineux actif.</t>
+  </si>
+  <si>
+    <t>14/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2020 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118302/fr/dispositifs-medicaux-de-compression-de-type-bandes-seches</t>
+  </si>
+  <si>
+    <t>p_3118302</t>
+  </si>
+  <si>
+    <t>Actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire pour analyse de génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de préciser l’intérêt, les indications et les modalités de réalisation des actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire en anatomocytopathologie, en vue d’une analyse en génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>18/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/fr/actes-de-preparation-qualification-et-selection-d-un-echantillon-tissulaire-ou-cellulaire-pour-analyse-de-genetique-somatique-des-cancers</t>
   </si>
   <si>
     <t>p_3080503</t>
   </si>
   <si>
-    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
+    <t>Évaluation de l’analyse chromosomique sur puce à ADN (ACPA) en cancérologie</t>
+  </si>
+  <si>
+    <t>L’analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») est une technique de cytogénétique moléculaire qui permet de détecter des variations quantitatives du génome (pertes ou gains de matériel chromosomique) avec une résolution très supérieure à celle du caryotype conventionnel. Objectif de l'évaluation : déterminer à quelles fins l’ACPA est utilisée en pratique courante en cancérologie et la place de l’ACPA au regard des techniques plus classiquement utilisées dans ces situations cliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2019 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066998/fr/evaluation-de-l-analyse-chromosomique-sur-puce-a-adn-acpa-en-cancerologie</t>
+  </si>
+  <si>
+    <t>p_3066998</t>
+  </si>
+  <si>
+    <t>Prothèses capillaires et accessoires</t>
+  </si>
+  <si>
+    <t>Un avis de projet a été publié au Journal Officiel le 10 août 2018 sur la modification des modalités de prise en charge des prothèses capillaires et accessoires inscrits au chapitre 2 du titre I de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>27/12/2018 13:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895124/fr/protheses-capillaires-et-accessoires</t>
+  </si>
+  <si>
+    <t>c_2895124</t>
+  </si>
+  <si>
+    <t>Bon usage des solutions pour perfusion de glucose à 5 %</t>
+  </si>
+  <si>
+    <t>Les solutions de glucose à 5 % (G5 %) en perfusion doivent être associées à des électrolytes. Sans apport d’électrolytes, leur administration en perfusion peut entraîner une hyponatrémie et une hypokaliémie sévères. Le risque d’hyponatrémie et d’hypokaliémie liée à l’administration seule des solutions de G5 % est particulièrement élevé chez les enfants.</t>
+  </si>
+  <si>
+    <t>13/12/2018 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891259/fr/bon-usage-des-solutions-pour-perfusion-de-glucose-a-5</t>
+  </si>
+  <si>
+    <t>c_2891259</t>
+  </si>
+  <si>
+    <t>Les anticoagulants oraux</t>
+  </si>
+  <si>
+    <t>Il existe 2 classes d’anticoagulants oraux : les anticoagulants oraux antivitamine K (AVK) utilisés en cas de fibrillation auriculaire (valvulaire ou non valvulaire) et les anticoagulants oraux d’action directe (AOD) utilisés en cas de fibrillation auriculaire non valvulaire.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2018 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851086/fr/les-anticoagulants-oraux</t>
+  </si>
+  <si>
+    <t>c_2851086</t>
+  </si>
+  <si>
+    <t>Actualisation de la nomenclature des actes de biologie médicale pour le diagnostic et le suivi des filarioses</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique concernant les filarioses tropicales les plus fréquentes (loase, mansonelloses, filariose lymphatique, onchocercose) et pouvant être retrouvées en zones non endémiques chez des individus provenant des zones exposées (migrants, expatriés, voyageurs).</t>
   </si>
   <si>
     <t>04/04/2018 00:00:00</t>
   </si>
   <si>
-    <t>04/16/2018 17:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
+    <t>16/04/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/fr/actualisation-de-la-nomenclature-des-actes-de-biologie-medicale-pour-le-diagnostic-et-le-suivi-des-filarioses</t>
   </si>
   <si>
     <t>c_2801837</t>
   </si>
   <si>
-    <t>Assessment of BCR-ABL fusion gene testing or quantification using RT-PCR in the diagnosis and therapeutic follow-up of chronic myeloid leukaemias and acute lymphoblastic leukaemias - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774575/en/assessment-of-bcr-abl-fusion-gene-testing-or-quantification-using-rt-pcr-in-the-diagnosis-and-therapeutic-follow-up-of-chronic-myeloid-leukaemias-and-acute-lymphoblastic-leukaemias-inahta-brief</t>
+    <t>Évaluation de l’acte de recherche ou de quantification du gène de fusion BCR-ABL par RT-PCR dans le diagnostic et le suivi thérapeutique des leucémies myéloïdes chroniques et des leucémies lymphoblastiques aiguës</t>
+  </si>
+  <si>
+    <t>Le gène de fusion BCR-ABL est présent dans l’ensemble des leucémies myéloïdes chroniques et dans certains cas de leucémies aiguës lymphoblastiques. Il est donc systématiquement recherché devant toute suspicion de ce type de leucémie.Ce gène est mis en évidence par cytogénétique (caryotype), cytogénétique moléculaire (FISH), ou par RT-PCR. Le transcrit de fusion BCR-ABL peut également être quantifié par une PCR quantitative (RT-QPCR). La HAS s’est autosaisie afin d’évaluer la pertinence de la recherche ou quantification des transcrits de ce gène par RT-PCR.</t>
+  </si>
+  <si>
+    <t>08/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/11/2017 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774575/fr/evaluation-de-l-acte-de-recherche-ou-de-quantification-du-gene-de-fusion-bcr-abl-par-rt-pcr-dans-le-diagnostic-et-le-suivi-therapeutique-des-leucemies-myeloides-chroniques-et-des-leucemies-lymphoblastiques-aigues</t>
   </si>
   <si>
     <t>c_2774575</t>
   </si>
   <si>
-    <t>Assessment of laboratory medicine procedures related to the diagnosis of leishmaniasis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2751691/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-leishmaniasis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la leishmaniose</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de biologie médicale relatifs au diagnostic de la leishmaniose en vue d’une actualisation de la Nomenclature des actes de biologie médicale (NABM)</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751691/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-leishmaniose</t>
   </si>
   <si>
     <t>c_2751691</t>
   </si>
   <si>
-    <t>Laboratory examinations to test for Epstein-Barr virus as part of post-transplant lymphoproliferative disorder</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2573692/en/laboratory-examinations-to-test-for-epstein-barr-virus-as-part-of-post-transplant-lymphoproliferative-disorder</t>
+    <t>Examens biologiques de recherche du virus Epstein-Barr dans le cadre d’un Syndrome Lymphoprolifératif Post Transplantation</t>
+  </si>
+  <si>
+    <t>Évaluation de la mesure de la charge virale du virus d’Epstein-Barr (EBV) par amplification génique (PCR) en temps réel et de la recherche des anticorps sériques anti-EBV dans le cadre d’un syndrome lymphoprolifératif post-transplantation (SLPT)</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>20/11/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573692/fr/examens-biologiques-de-recherche-du-virus-epstein-barr-dans-le-cadre-d-un-syndrome-lymphoproliferatif-post-transplantation</t>
   </si>
   <si>
     <t>c_2573692</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Techniques de reconstruction après ablation d’implant mammaire dans le contexte d’un LAGC-AIM</t>
+  </si>
+  <si>
+    <t>Dans le contexte d’une augmentation des signalements de cas de lymphomes anaplasiques à grandes cellules chez des femmes porteuses d’implants mammaires (LAGC-AIM) (18 cas en France le 11 mars 2015), la Direction générale de la santé (DGS) a demandé à la HAS un avis sur les techniques ou modalités de reconstruction après ablation d’IM dans le contexte d’un LAGC-AIM</t>
+  </si>
+  <si>
+    <t>22/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2015 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052474/fr/techniques-de-reconstruction-apres-ablation-d-implant-mammaire-dans-le-contexte-d-un-lagc-aim</t>
+  </si>
+  <si>
+    <t>c_2052474</t>
+  </si>
+  <si>
+    <t>Techniques alternatives à la pose d’implants mammaires - État des lieux</t>
+  </si>
+  <si>
+    <t>Dans le contexte d’une augmentation des signalements de cas de lymphomes anaplasiques à grandes cellules chez des femmes porteuses d’implants mammaires (LAGC-AIM) (18 cas en France le 11 mars 2015), la Direction générale de la santé (DGS) a demandé à la HAS un avis sur les indications, contre-indications, effets indésirables et les éventuelles restrictions à la pose d’implants mammaires (IM). Un premier temps de réponse à cette demande a consisté en une synthèse des données des rapports d’évaluation de technologie de santé portant sur les alternatives aux implants mammaires déjà produits par la HAS</t>
+  </si>
+  <si>
+    <t>06/05/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2026650/fr/techniques-alternatives-a-la-pose-d-implants-mammaires-etat-des-lieux</t>
+  </si>
+  <si>
+    <t>c_2026650</t>
+  </si>
+  <si>
+    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
+  </si>
+  <si>
+    <t>Chez un patient atteint d’insuffisance rénale chronique (IRC), un agent stimulant l’érythropoïèse (ASE*) peut être prescrit devant une anémie, sous trois conditions : * le taux d’hémoglobine est ≤ 10 g/dL ; * cette anémie est responsable de symptômes gênants ; * elle est exclusivement secondaire à l’IRC (liée à un déficit de production d’érythropoïétine). L’hémoglobinémie ne doit pas dépasser 12 g/dL sous traitement.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2013 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647165/fr/anemie-chez-l-insuffisant-renal-comment-utiliser-les-agents-stimulant-l-erythropoiese</t>
+  </si>
+  <si>
+    <t>c_1647165</t>
+  </si>
+  <si>
+    <t>Dosage sérique des chaînes légères libres</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport est d’évaluer la pertinence de doser les chaînes légères libres sériques, dans le diagnostic et/ou le suivi des contextes cliniques s’accompagnant d’une immunoglobuline monoclonale (amylose AL, myélome, etc.). Le diagnostic des immunoglobulines monoclonales repose actuellement sur la triade : détection par électrophorèse, typage par immunofixation et dosage par densitométrie.</t>
+  </si>
+  <si>
+    <t>13/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2006 17:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1498746/fr/dosage-serique-des-chaines-legeres-libres</t>
+  </si>
+  <si>
+    <t>r_1498746</t>
+  </si>
+  <si>
+    <t>La compression médicale dans le traitement du lymphœdème - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>Le lymphœdème peut entraîner un handicap fonctionnel important et une altération marquée de la qualité de vie. Il est essentiel de la diagnostiquer et de le prendre en charge au plus tôt afin de ne pas le laisser s’installer. Avec les mesures hygiéno-diététiques, la compression est un élément clé du traitement. Le traitement compressif utilise principalement des bandes, des bas ou des manchons, parfois des vêtements compressifs. Ces dispositifs ont fait l’objet d’une évaluation par la HAS.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2011 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1437986/fr/la-compression-medicale-dans-le-traitement-du-lymphoedeme-fiche-buts</t>
+  </si>
+  <si>
+    <t>r_1437986</t>
+  </si>
+  <si>
+    <t>Évaluation des hémostatiques chirurgicaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les hémostatiques chirurgicaux, financés au travers de prestations hospitalières afin notamment de :# * Analyser les données cliniques disponibles * Définir les situations cliniques pouvant justifier l’utilisation des hémostatiques chirurgicaux * Promouvoir une utilisation rationnelle de ces produits</t>
+  </si>
+  <si>
+    <t>08/08/2011 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069650/fr/evaluation-des-hemostatiques-chirurgicaux</t>
+  </si>
+  <si>
+    <t>c_1069650</t>
+  </si>
+  <si>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
-[...2 lines deleted...]
-    <t>Focus on patient safety - « Laboratory monitoring of anticoagulants (heparins and vitamin K antagonists) - A blood test to prevent blood loss »</t>
+    <t>Évaluation des dispositifs de compression médicale à usage individuel – Utilisation en pathologies vasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes catégories de dispositifs de compression médicale à usage individuel (bas, bandes, manchons, dispositifs de capitonnage, …), afin de s’assurer du bien fondé de leur remboursement. Cette évaluation a pour objectifs, notamment, de : évaluer le service rendu des dispositifs de compression médicale en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de dispositifs de compression médicale ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>14/09/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2011 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937492/fr/evaluation-des-dispositifs-de-compression-medicale-a-usage-individuel-utilisation-en-pathologies-vasculaires</t>
+  </si>
+  <si>
+    <t>c_937492</t>
+  </si>
+  <si>
+    <t>Évaluation de l’autosurveillance de l’INR chez les patients adultes traités par antivitamines K</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt, dans le système de santé français, de l’autosurveillance de la coagulation du sang chez les patients adultes traités par antivitamines K utilisant un dispositif d’automesure de l’INR, en vue d’une éventuelle prise en charge de cette technologie par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>01/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2008 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_745452/fr/evaluation-de-l-autosurveillance-de-l-inr-chez-les-patients-adultes-traites-par-antivitamines-k</t>
+  </si>
+  <si>
+    <t>c_745452</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0055/AC/SEAP du 13 novembre 2025 du collège de la HAS relatif à la modification de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la mesure de la vitesse de sédimentation</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à la modification de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la mesure de la vitesse de sédimentation. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>13/11/2025 16:13:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:55:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738201/fr/avis-n2025-0055/ac/seap-du-13-novembre-2025-du-college-de-la-has-relatif-a-la-modification-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-mesure-de-la-vitesse-de-sedimentation</t>
+  </si>
+  <si>
+    <t>p_3738201</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0259/DC/SEAP du 13 novembre 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS ? »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>13/11/2025 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738209/fr/decision-n2025-0259/dc/seap-du-13-novembre-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs</t>
+  </si>
+  <si>
+    <t>p_3738209</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0036/AC/SEAP du 23 mai 2024 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0036/AC/SEAP du 23 mai 2024 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>23/05/2024 15:09:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536008/fr/avis-n2024-0036/ac/seap-du-23-mai-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>p_3536008</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0136/DC/SEAP du 23 mai 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>23/05/2024 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536013/fr/decision-n2024-0136/dc/seap-du-23-mai-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>p_3536013</t>
+  </si>
+  <si>
+    <t>Avis n°2022.0060/AC/SESPEV du 10 novembre 2022 du collège de la Haute Autorité de santé relatif à la généralisation du dépistage de la drépanocytose en France métropolitaine</t>
+  </si>
+  <si>
+    <t>À la lumière de nouvelles alertes de professionnels de santé et de patients, ainsi que de nouvelles données épidémiologiques et scientifiques publiées depuis 2014, la HAS recommande la généralisation du dépistage néonatal de la drépanocytose en Métropole, pour éviter que des enfants n’échappent au dépistage ciblé. En France, le dépistage néonatal systématique de la drépanocytose a d’abord été déployé aux Antilles françaises (1984 en Guadeloupe, 1989 en Martinique) pour être élargi, à partir de 1992, à l’ensemble des nouveau-nés des départements et régions d’Outre-mer. En Métropole, un dépistage ciblé de la drépanocytose a été introduit en 1995 en Île-de-France puis progressivement généralisé pour couvrir l’ensemble du territoire en 2000. Jusqu'au 31 octobre 2024, il était restreint aux nouveau-nés de parents originaires de régions à risque (dépistage ciblé). Le présent avis porte sur la généralisation du dépistage de la drépanocytose. La HAS avait déjà examiné la question la pertinence de la généralisation du dépistage néonatal de la drépanocytose en Métropole. Dans son rapport d’orientation de 2014, le Collège de la HAS a conclu qu’il n’y avait alors pas d’élément permettant de justifier la pertinence d’une stratégie de dépistage néonatal systématique de la drépanocytose en France métropolitaine. Ses principaux arguments étaient les suivant : Au niveau national, les inconnues tant épidémiologiques que démographiques, ne permettaient pas d’estimer les bénéfices (en cas supplémentaires dépistés) d’une stratégie de dépistage de la drépanocytose appliquée à l’ensemble des nouveau-nés en France métropolitaine, et dès lors son efficience ; Au vu de la littérature, les données ne permettaient pas de calculer le nombre d’enfants drépanocytaires non détectés par la stratégie de dépistage ciblé (ni les conséquences sanitaires afférentes) ; Il n’avait pas été relevé de signaux clairs d’un manque d’efficacité de la stratégie actuelle du dépistage néonatal ciblé. En réponse à des alertes de cliniciens, d’associations de patients, du Défenseur des droits, ainsi que de nouvelles données publiées qui remettent en cause l’efficacité du ciblage, la HAS a de nouveau été saisie par le Directeur général de santé (DGS), en avril 2018, afin de réévaluer la pertinence de la généralisation du dépistage néonatal de la drépanocytose en Métropole, pour éviter que des enfants n’échappent au dépistage ciblé. Considérant : que la drépanocytose est la plus fréquente des maladies génétiques dépistées à la naissance en France métropolitaine et qu’elle est à la limite de la définition de maladie rare ; que les tendances épidémiologiques montrent une augmentation, certes faible mais régulière, du nombre de cas dépistés en France chaque année, dans un contexte de brassage populationnel et qu’aucune région en France n’est indemne de cas ; que cette pathologie, si elle n’est pas prise en charge précocement, est responsable d’une forte morbidité et d’une réduction importante de la survie ; qu’une prise en charge préventive ayant démontré un impact sur la morbi-mortalité peut être mise en place précocement ; que, sur le terrain, les professionnels font état de la difficulté d’appliquer les critères de ciblage permettant de repérer de manière efficace les nouveau-nés à risque ; que ce ciblage est à l’origine d’un risque de perte de chance pour certains nouveau-nés en France dans l’accès au dépistage et qui pose donc un problème éthique et est source d’iniquité ; que des données récentes montrent que des nouveau-nés qui étaient éligibles ont échappé au ciblage en Île-de-France et en dehors de l’Île-de-France ; que le Défenseur des droits considère que « le maintien d’un dépistage ciblé de la drépanocytose est contestable en l’état actuel des connaissances » car les méthodes de ciblage pourraient stigmatiser certains groupes de la population et pourraient par ailleurs être de moins en moins efficaces au vu des brassages de populations en France métropolitaine ; que la totalité des parties prenantes auditionnées ont exprimé une opinion en faveur d’un abandon du ciblage ; que la filière, maintenant réorganisée, est à même d’absorber assez rapidement la montée en charge du nombre de tests de dépistage qui devront être réalisés ; que tous les autres pays européens (dans lesquels l’incidence de la drépanocytose est moindre qu’en France), ayant intégré la drépanocytose dans leur programme de dépistage néonatal l’ont fait selon un mode universel ; la HAS recommande l’arrêt du dépistage ciblé au profit d’un dépistage universel à l’ensemble des nouveau-nés en France métropolitaine, dans la perspective de réduire les cas d’échappement au dépistage néonatal de la drépanocytose.</t>
+  </si>
+  <si>
+    <t>10/11/2022 14:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385427/fr/avis-n2022-0060/ac/sespev-du-10-novembre-2022-du-college-de-la-haute-autorite-de-sante-relatif-a-la-generalisation-du-depistage-de-la-drepanocytose-en-france-metropolitaine</t>
+  </si>
+  <si>
+    <t>p_3385427</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Activité du séquençage haut débit ciblé en génétique somatique des cancers financée dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>Enquête nationale de pratique réalisée en 2022 auprès des professionnels de santé visant déterminer l’état des pratiques relatives au séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, notamment en matière d’altérations géniques recherchées et d’indications.</t>
+  </si>
+  <si>
+    <t>23/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536496/fr/activite-du-sequencage-haut-debit-cible-en-genetique-somatique-des-cancers-financee-dans-le-cadre-du-rihn</t>
+  </si>
+  <si>
+    <t>p_3536496</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prévention et prise en charge initiale des hémorragies du post-partum immédiat (PP-HPP)</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2017 sur la prévention et prise en charge initiale des hémorragies du post-partum immédiat.</t>
+  </si>
+  <si>
+    <t>19/12/2017 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2677030/fr/resultats-des-iqss-prevention-et-prise-en-charge-initiale-des-hemorragies-du-post-partum-immediat-pp-hpp</t>
+  </si>
+  <si>
+    <t>c_2677030</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Gestion périopératoire des anticoagulants. Patients-aidants-soignants : coagulez-vous ! »</t>
+  </si>
+  <si>
+    <t>L'erreur de prise en charge d'un patient traité par des médicaments anticoagulants est un des 16 never events médicamenteux, des évènements indésirables associés aux soins complètement évitables, listés par l'Agence nationale de sécurité du médicament (ANSM). La gestion périopératoire du patient sous anticoagulant est assez complexe et repose sur l’évaluation du risque hémorragique par rapport au risque thrombo-embolique. Elle est source de nombreux évènements indésirables associés aux soins (EIAS), en grande partie liés à des défauts de communication entre professionnels de santé, mais aussi entre professionnels et patients. Ainsi, entre le 01/05/2016 et le 28/11/2022, près de 350 EIAS « graves » concernant des défaillances dans la gestion périopératoire des anticoagulants ont été déclarés par les médecins et équipes accrédités.</t>
+  </si>
+  <si>
+    <t>04/07/2024 13:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528746/fr/flash-securite-patient-gestion-perioperatoire-des-anticoagulants-patients-aidants-soignants-coagulez-vous</t>
+  </si>
+  <si>
+    <t>p_3528746</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Surveillance biologique des anticoagulants (héparines et antivitamines K). Une prise de sang pour éviter une perte de sang »</t>
   </si>
   <si>
     <t>Ce flash sécurité patient s’intéresse aux événements indésirables associés aux soins survenus suite à une défaillance dans la surveillance biologique des héparines et antivitamines K.</t>
   </si>
   <si>
     <t>10/10/2023 08:25:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3466363/en/focus-on-patient-safety-laboratory-monitoring-of-anticoagulants-heparins-and-vitamin-k-antagonists-a-blood-test-to-prevent-blood-loss</t>
+    <t>https://www.has-sante.fr/jcms/p_3466363/fr/flash-securite-patient-surveillance-biologique-des-anticoagulants-heparines-et-antivitamines-k-une-prise-de-sang-pour-eviter-une-perte-de-sang</t>
   </si>
   <si>
     <t>p_3466363</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Critères d’EPP pour les maladies cardio-vasculaires</t>
+  </si>
+  <si>
+    <t>25/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778859/fr/criteres-d-epp-pour-les-maladies-cardio-vasculaires</t>
+  </si>
+  <si>
+    <t>c_778859</t>
+  </si>
+  <si>
+    <t>Critères d’EPP pour les maladies du sang</t>
+  </si>
+  <si>
+    <t>08/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_831700/fr/criteres-d-epp-pour-les-maladies-du-sang</t>
+  </si>
+  <si>
+    <t>c_831700</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>IMBRUVICA (ibrutinib)</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:34:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983527/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>pprd_2983527</t>
+  </si>
+  <si>
+    <t>ibrutinib</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049868/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746213/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742289/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770187/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794717/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165709/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168596/fr/imbruvica-llc-en-association-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168611/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181104/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240237/fr/imbruvica-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332332/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427083/fr/imbruvica-ibrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741331/fr/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761970/fr/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>REBLOZYL (luspatercept)</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:42:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281288/fr/reblozyl-luspatercept</t>
+  </si>
+  <si>
+    <t>p_3281288</t>
+  </si>
+  <si>
+    <t>luspatercept</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281010/fr/reblozyl-25-luspatercept-ss-thalassemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281443/fr/reblozyl-luspatercept-syndrome-myelodysplasique-smd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490841/fr/reblozyl-luspatercept-anemie-associee-a-une-beta-thalassemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742011/fr/reblozyl-luspatercept-anemie-due-a-un-syndrome-myelodysplasique</t>
+  </si>
+  <si>
+    <t>ALHEMO (concizumab)</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:29:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466254/fr/alhemo-concizumab</t>
+  </si>
+  <si>
+    <t>p_3466254</t>
+  </si>
+  <si>
+    <t>concizumab</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466237/fr/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563330/fr/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658189/fr/alhemo-concizumab-hemophilie-a-et-b-avec-inhibiteurs-chez-l-adulte-et-l-adolescent-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752762/fr/alhemo-concizumab-hemophilie-b-avec-inhibiteurs</t>
+  </si>
+  <si>
+    <t>DARZALEX (daratumumab)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:10:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982754/fr/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>pprd_2982754</t>
+  </si>
+  <si>
+    <t>daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808583/fr/darzalex-daratumumab-anticorps-monoclonal-en-association</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808595/fr/darzalex-daratumumab-anticorps-monoclonal-monotherapie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967184/fr/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183488/fr/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183497/fr/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183518/fr/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320599/fr/darzalex-daratumumab-amylose-systemique-a-chaines-legeres</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322754/fr/darzalex-daratumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334268/fr/darzalex-daratumumab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399882/fr/darzalex-daratumumab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610014/fr/darzalex-daratumumab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704524/fr/darzalex-daratumumab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>ASPIRINE (acide acétylsalicylique)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:09:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983991/fr/aspirine-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>pprd_2983991</t>
+  </si>
+  <si>
+    <t>acide acétylsalicylique</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES / BAYER HEALTHCARE SAS / BRISTOL-MYERS SQUIBB / RATIOPHARM / UPSA / 3M SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398826/fr/aspirine-protect-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398828/fr/aspirine-upsa-tamponnee-effervescente-1000-mg-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398827/fr/aspirine-ratiopharm-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400764/fr/aspirine-upsa-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459701/fr/aspirine-ratiopharm-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459696/fr/aspirine-protect-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455083/fr/aspirine-ph8-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_971036/fr/aspirine-upsa-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084743/fr/aspirine-protect-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727448/fr/aspirine-protect-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047015/fr/aspirine-upsa-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661377/fr/aspirine-protect-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338756/fr/aspirine-protect-acide-acetylsalicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195776/fr/aspirine-arrow-acide-acetylsalicylique-cardiologie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481904/fr/aspirine-arrow-acide-acetylsalicylique-maladies-cardio-vasculaires-et-cerebrovasculaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531472/fr/aspirine-arrow-acide-acetylsalicylique-maladies-cardio-vasculaires-et-cerebrovasculaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3730065/fr/aspirine-arrow-acide-acetylsalicylique-maladies-cardio-vasculaires-et-cerebrovasculaires</t>
+  </si>
+  <si>
+    <t>ZOKINVY (lonafarnib)</t>
+  </si>
+  <si>
+    <t>10/11/2025 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368574/fr/zokinvy-lonafarnib</t>
+  </si>
+  <si>
+    <t>p_3368574</t>
+  </si>
+  <si>
+    <t>lonafarnib</t>
+  </si>
+  <si>
+    <t>CEVIDRA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368156/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424350/fr/zokinvy-lonafarnib-maladie-rare</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455546/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3736069/fr/zokinvy-lonafarnib-syndrome-de-hutchinson-gilford</t>
+  </si>
+  <si>
+    <t>FABHALTA (iptacopan)</t>
+  </si>
+  <si>
+    <t>06/11/2025 09:30:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517036/fr/fabhalta-iptacopan</t>
+  </si>
+  <si>
+    <t>p_3517036</t>
+  </si>
+  <si>
+    <t>iptacopan</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517015/fr/fabhalta-iptacopan-hemoglobinurie-paroxystique-nocturne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560827/fr/fabhalta-iptacopan-hemoglobinurie-paroxystique-nocturne-hpn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689646/fr/fabhalta-iptacopan-glomerulopathie-a-depots-de-c3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704152/fr/fabhalta-iptacopan-glomerulopathie-a-depots-de-c3</t>
+  </si>
+  <si>
+    <t>FEIBA (facteurs de coagulation ayant une activité court-circuitant l'inhibiteur du facteur VIII et IX)</t>
+  </si>
+  <si>
+    <t>23/10/2025 16:45:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983172/fr/feiba-facteurs-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteur-du-facteur-viii-et-ix</t>
+  </si>
+  <si>
+    <t>pprd_2983172</t>
+  </si>
+  <si>
+    <t>facteurs de coagulation ayant une activité court-circuitant l'inhibiteur du facteur VIII et IX</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398933/fr/feiba-500-u/20-ml-poudre-et-solvant-pour-solution-injectable-feiba-1000-u/20-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400783/fr/feiba-facteur-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823235/fr/feiba-facteur-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863565/fr/feiba-facteur-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701920/fr/feiba-facteurs-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteur-du-facteur-viii-et-ix-hemophilie-congenitale-et-acquise</t>
+  </si>
+  <si>
+    <t>TECVAYLI (teclistamab)</t>
+  </si>
+  <si>
+    <t>23/10/2025 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3369344/fr/tecvayli-teclistamab</t>
+  </si>
+  <si>
+    <t>p_3369344</t>
+  </si>
+  <si>
+    <t>teclistamab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368649/fr/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424344/fr/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463441/fr/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554842/fr/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562524/fr/tecvayli-teclistamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>COLUMVI (glofitamab)</t>
+  </si>
+  <si>
+    <t>23/10/2025 16:42:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453050/fr/columvi-glofitamab</t>
+  </si>
+  <si>
+    <t>p_3453050</t>
+  </si>
+  <si>
+    <t>glofitamab</t>
+  </si>
+  <si>
+    <t>ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453038/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487097/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3532956/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639677/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687404/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b-non-specifie-ldgcb-nos</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701929/fr/columvi-glofitamab-lymphome-diffus-a-grandes-cellules-b-non-specifie-ldgcb-nos</t>
   </si>
   <si>
     <t>TIBSOVO (ivosidenib)</t>
   </si>
   <si>
-    <t>10/07/2025 17:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3467581/en/tibsovo-ivosidenib</t>
+    <t>07/10/2025 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467581/fr/tibsovo-ivosidenib</t>
   </si>
   <si>
     <t>p_3467581</t>
   </si>
   <si>
     <t>ivosidenib</t>
   </si>
   <si>
     <t>LES LABORATOIRES SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3574834/en/tibsovo-ivosidenib-cancer-voies-biliaires</t>
-[...47 lines deleted...]
-    <t>KEYTRUDA</t>
+    <t>https://www.has-sante.fr/jcms/p_3574834/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467526/fr/tibsovo-ivosidenib-leucemie-aigue-myeloide-lam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486120/fr/tibsovo-ivosidenib-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398889/fr/tibsovo-ivosidenib-servier-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482424/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431997/fr/tibsovo-ivosidenib-leucemie-aigue-myeloide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587094/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>JAYPIRCA (pirtobrutinib) </t>
+  </si>
+  <si>
+    <t>24/09/2025 17:35:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639882/fr/jaypirca-pirtobrutinib</t>
+  </si>
+  <si>
+    <t>p_3639882</t>
+  </si>
+  <si>
+    <t>pirtobrutinib</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639871/fr/jaypirca-pirtobrutinib-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686205/fr/jaypirca-pirtobrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>VEYVONDI (vonicog alfa)</t>
+  </si>
+  <si>
+    <t>03/09/2025 09:35:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982964/fr/veyvondi-vonicog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2982964</t>
+  </si>
+  <si>
+    <t>vonicog alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891542/fr/veyvondi-vonicog-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643239/fr/veyvondi-vonicog-alfa-maladie-de-willebrand</t>
+  </si>
+  <si>
+    <t>KEYTRUDA (pembrolizumab)</t>
   </si>
   <si>
     <t>08/08/2025 08:34:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2982864/en/keytruda</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2982864/fr/keytruda-pembrolizumab</t>
   </si>
   <si>
     <t>pprd_2982864</t>
   </si>
   <si>
     <t>pembrolizumab</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2639673/en/keytruda-pembrolizumab-anti-pd1-antibody</t>
-[...161 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3639631/en/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+    <t>https://www.has-sante.fr/jcms/c_2639673/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780761/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825867/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755875/fr/keytruda-cancer-bronchique-non-a-petites-cellules-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769037/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830777/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774645/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842744/fr/keytruda-lymphome-de-hodgkin-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885795/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892906/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906433/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080470/fr/keytruda-tete-et-cou-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081878/fr/keytruda-melanome-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112911/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117084/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184677/fr/keytruda-cancer-du-rein-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190303/fr/keytruda-pembrolizumab-carcinome-epidermoide-de-la-tete-et-du-cou-cetec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245422/fr/keytruda-cbnpc-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272286/fr/keytruda-pembrolizumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289694/fr/keytruda-pembrolizumab-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296560/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313589/fr/keytruda-25-mg/ml-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325579/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325988/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327389/fr/keytruda-pembrolizumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334585/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338759/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367810/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374922/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390429/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395770/fr/keytruda-pembrolizumab-melanome-de-stade-iib-iic-ou-iii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396878/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406115/fr/keytruda-pembrolizumab-msi-h-ou-dmmr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409403/fr/keytruda-pembrolizumab-carcinome-a-cellule-renale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412056/fr/keytruda-pembrolizumab-cancer-de-l-oesophage-ou-d-un-adenocarcinome-de-la-jonction-gastro-oesophagienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418080/fr/keytruda-pembrolizumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420758/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420797/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478134/fr/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498750/fr/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501624/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505662/fr/keytruda-pembrolizumab-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505692/fr/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508492/fr/keytruda-pembrolizumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546684/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546934/fr/keytruda-pembrolizumab-cancer-du-rein-en-adjuvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556740/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589754/fr/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589926/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592473/fr/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592497/fr/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546650/fr/padcev-enfortumab-vedotin-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594964/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603357/fr/keytruda-pembrolizumab-oncologie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639631/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>PEGASYS (peginterféron alfa-2a)</t>
   </si>
   <si>
-    <t>08/07/2025 10:59:28</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983134/en/pegasys-peginterferon-alfa-2a</t>
+    <t>07/08/2025 10:59:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983134/fr/pegasys-peginterferon-alfa-2a</t>
   </si>
   <si>
     <t>pprd_2983134</t>
   </si>
   <si>
     <t>peginterféron alfa-2a</t>
   </si>
   <si>
     <t>CHEPLAPHARM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399754/en/pegasys-135-g-solution-injectable-en-seringue-preremplie-b/1-b/4pegasys-180-g-solution-injectable-en-seringue-preremplie-b/1-b/4-peginterferon-alfa-2a</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3639817/en/pegasys-peginterferon-alfa-2a-polyglobulie-de-vaquez-et-thrombocytemie-essentielle</t>
+    <t>https://www.has-sante.fr/jcms/c_399754/fr/pegasys-135-g-solution-injectable-en-seringue-preremplie-b/1-b/4pegasys-180-g-solution-injectable-en-seringue-preremplie-b/1-b/4-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400333/fr/pegasys-135-g-solution-injectable-en-seringue-preremplie-boite-de-1-boite-de-4-pegasys-180-g-solution-injectable-en-seringue-preremplie-boite-de-1-boite-de-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749190/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713153/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_937965/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364580/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735588/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735592/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868377/fr/pegasys-peginterferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860526/fr/pegasys-peginterferon-alfa-2a-interferon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639817/fr/pegasys-peginterferon-alfa-2a-polyglobulie-de-vaquez-et-thrombocytemie-essentielle</t>
   </si>
   <si>
     <t>BESREMI (ropeginterféron alfa-2b)</t>
   </si>
   <si>
-    <t>08/07/2025 10:46:34</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3225639/en/besremi-ropeginterferon-alfa-2b</t>
+    <t>07/08/2025 10:46:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225639/fr/besremi-ropeginterferon-alfa-2b</t>
   </si>
   <si>
     <t>p_3225639</t>
   </si>
   <si>
     <t>ropeginterféron alfa-2b</t>
   </si>
   <si>
     <t>AOP ORPHAN PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3225401/en/besremi-ropeginterferon-alfa-2b</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3639637/en/besremi-ropeginterferon-alfa-2b-maladie-de-vaquez-polycythemie-vraie</t>
+    <t>https://www.has-sante.fr/jcms/p_3225401/fr/besremi-ropeginterferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639637/fr/besremi-ropeginterferon-alfa-2b-maladie-de-vaquez-polycythemie-vraie</t>
   </si>
   <si>
     <t>SARCLISA (isatuximab)</t>
   </si>
   <si>
-    <t>08/07/2025 11:03:59</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3231122/en/sarclisa-isatuximab</t>
+    <t>07/08/2025 11:03:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3231122/fr/sarclisa-isatuximab</t>
   </si>
   <si>
     <t>p_3231122</t>
   </si>
   <si>
     <t>isatuximab</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3223297/en/sarclisa-isatuximab</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984024/en/jakavi</t>
+    <t>https://www.has-sante.fr/jcms/p_3223297/fr/sarclisa-isatuximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299691/fr/sarclisa-isatuximab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554633/fr/sarclisa-isatuximab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639408/fr/sarclisa-isatuximab-myelome-multiple-nouvellement-diagnostique-mmnd</t>
+  </si>
+  <si>
+    <t>CARVYKTI (ciltacabtagene autoleucel)</t>
+  </si>
+  <si>
+    <t>07/08/2025 10:49:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348772/fr/carvykti-ciltacabtagene-autoleucel</t>
+  </si>
+  <si>
+    <t>p_3348772</t>
+  </si>
+  <si>
+    <t>ciltacabtagene autoleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348751/fr/carvykti-ciltacabtagene-autoleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392179/fr/carvykti-ciltacabtagene-autoleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639814/fr/carvykti-ciltacabtagene-autoleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>TEPKINLY (epcoritamab)</t>
+  </si>
+  <si>
+    <t>04/08/2025 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453145/fr/tepkinly-epcoritamab</t>
+  </si>
+  <si>
+    <t>p_3453145</t>
+  </si>
+  <si>
+    <t>epcoritamab</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453127/fr/tepkinly-epcoritamab-lymphome-diffus-a-grande-cellule-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536145/fr/tepkinly-epcoritamab-lymphome-diffus-a-grande-cellule-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501630/fr/tepkinly-epcoritamab-lymphome-diffus-a-grande-cellule-b-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639719/fr/tepkinly-epcoritamab-lymphome-diffus-a-grande-cellule-b</t>
+  </si>
+  <si>
+    <t>EPIRUBICINE (épirubicine (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>31/07/2025 09:51:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983562/fr/epirubicine-epirubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983562</t>
+  </si>
+  <si>
+    <t>épirubicine (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>LABORATOIRES DELBERT / MEDIPHA SANTE SAS / TEVA SANTE / VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780896/fr/epirubicine-medipha-sante-epirubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182791/fr/epirubicine-hikma-chlorhydrate-d-epirubicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477881/fr/epirubicine-teva-classics-epirubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639099/fr/epirubicine-viatris-chlorhydrate-d-epirubicine-cancer-de-la-vessie</t>
+  </si>
+  <si>
+    <t>JAKAVI (ruxolitinib)</t>
+  </si>
+  <si>
+    <t>24/07/2025 10:55:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984024/fr/jakavi-ruxolitinib</t>
   </si>
   <si>
     <t>pprd_2984024</t>
   </si>
   <si>
     <t>ruxolitinib</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1359739/en/jakavi</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3637170/en/jakavi-ruxolitinib-greffon-contre-l-hote-gvhd</t>
+    <t>https://www.has-sante.fr/jcms/c_1359739/fr/jakavi-ruxolitinib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651869/fr/jakavi-ruxolitinib-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608680/fr/jakavi-ruxolitinib-phosphate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580831/fr/jakavi-ruxolitinib-inhibiteur-de-proteine-kinase-progres-therapeutique-mineur-en-deuxieme-ligne-de-traitement-de-la-polyglobulie-de-vaquez</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331384/fr/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358913/fr/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382742/fr/jakavi-ruxolitinib-maladie-du-greffon-contre-l-hote-aigue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3422332/fr/jakavi-ruxolitinib-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576262/fr/jakavi-ruxolitinib-maladie-du-greffon-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633391/fr/jakavi-ruxolitinib-gvhd-maladie-du-greffon-contre-l-hote-chez-le-nourrisson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637170/fr/jakavi-ruxolitinib-greffon-contre-l-hote-gvhd</t>
   </si>
   <si>
     <t>BLINCYTO (blinatumomab)</t>
   </si>
   <si>
-    <t>07/16/2025 16:46:58</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982847/en/blincyto-blinatumomab</t>
+    <t>16/07/2025 16:46:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982847/fr/blincyto-blinatumomab</t>
   </si>
   <si>
     <t>pprd_2982847</t>
   </si>
   <si>
     <t>blinatumomab</t>
   </si>
   <si>
     <t>AMGEN S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2610164/en/blincyto-blinatumomab-monoclonal-antibody</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3635806/en/blincyto-blinatumomab-leucemie-aigue-lymphoblastique-lal-chez-le-nourrisson</t>
+    <t>https://www.has-sante.fr/jcms/c_2610164/fr/blincyto-blinatumomab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801974/fr/blincyto-blinatumomab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908475/fr/blincyto-blinatumomab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146311/fr/blincyto-blinatumomab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181673/fr/blincyto-blinatumomab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349491/fr/blincyto-blinatumomab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312299/fr/blincyto-blinatumomab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478093/fr/blincyto-blinatumomab-lal-en-echec-d-au-moins-2-traitements-avec-itk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518105/fr/blincyto-blinatumomab-leucemie-aigue-lymphoblastique-lal-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542801/fr/blincyto-blinatumomab-leucemie-aigue-lymphoblastique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633368/fr/blincyto-blinatumomab-leucemie-aigue-lymphoblastique-lal-chez-l-adulte-de-18-a-30-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635785/fr/blincyto-blinatumomab-leucemie-aigue-lymphoblastique-lal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635806/fr/blincyto-blinatumomab-leucemie-aigue-lymphoblastique-lal-chez-le-nourrisson</t>
   </si>
   <si>
     <t>AYVAKYT (avapritinib)</t>
   </si>
   <si>
-    <t>06/30/2025 08:42:25</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242313/en/ayvakyt-avapritinib</t>
+    <t>30/06/2025 08:42:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242313/fr/ayvakyt-avapritinib</t>
   </si>
   <si>
     <t>p_3242313</t>
   </si>
   <si>
     <t>avapritinib</t>
   </si>
   <si>
     <t>BLUEPRINT MEDICINES FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3242174/en/ayvakyt-avapritinib</t>
-[...74 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983394/en/eliquis</t>
+    <t>https://www.has-sante.fr/jcms/p_3242174/fr/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359432/fr/ayvakyt-avapritinib-mastocytose-systemique-agressive-asm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376534/fr/ayvakyt-avapritinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449806/fr/ayvakyt-avapritinib-mastocytose-systemique-agressive-asm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538225/fr/ayvakyt-avapritinib-mastocytose-systemique-indolente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633266/fr/ayvakyt-avapritinib-tumeurs-stromales-gastro-intestinales-gist</t>
+  </si>
+  <si>
+    <t>ASPAVELI (pegcetacoplan)</t>
+  </si>
+  <si>
+    <t>18/06/2025 10:10:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3317823/fr/aspaveli-pegcetacoplan</t>
+  </si>
+  <si>
+    <t>p_3317823</t>
+  </si>
+  <si>
+    <t>pegcetacoplan</t>
+  </si>
+  <si>
+    <t>SOBI (SWEDISH ORPHAN BIOVITRUM)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3317787/fr/aspaveli-pegcetacoplan-hpn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322084/fr/aspaveli-pegcetacoplan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419396/fr/aspaveli-pegcetacoplan-hpn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560833/fr/aspaveli-pegcetacoplan-hemoglobinurie-paroxystique-nocturne-hpn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610020/fr/aspaveli-pegcetacoplan-hemoglobinurie-paroxystique-nocturne</t>
+  </si>
+  <si>
+    <t>ELIQUIS (apixaban)</t>
+  </si>
+  <si>
+    <t>13/06/2025 16:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983394/fr/eliquis-apixaban</t>
   </si>
   <si>
     <t>pprd_2983394</t>
   </si>
   <si>
     <t>apixaban</t>
   </si>
   <si>
-    <t>BRISTOL-MYERS SQUIBB</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-evenements-thromboemboliques-veineux-etev-chez-les-patients-ages-de-28-jours-a-moins-de-18-ans</t>
+    <t>https://www.has-sante.fr/jcms/c_1215842/fr/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616483/fr/eliquis-apixaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008303/fr/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038860/fr/eliquis-apixaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826829/fr/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199558/fr/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352188/fr/eliquis-apixaban-reevaluation-place-dans-la-strategie-et-population-cible-dans-tvp/ep-en-cas-de-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609208/fr/eliquis-apixaban-evenements-thromboemboliques-veineux-etev-chez-les-patients-ages-de-28-jours-a-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>ELREXFIO (elranatamab)</t>
+  </si>
+  <si>
+    <t>05/06/2025 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503263/fr/elrexfio-elranatamab</t>
+  </si>
+  <si>
+    <t>p_3503263</t>
+  </si>
+  <si>
+    <t>elranatamab</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3411556/fr/elrexfio-elranatamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503249/fr/elrexfio-elranatamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517411/fr/elrexfio-elranatamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609063/fr/elrexfio-elranatamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>PEDMARQSI (thiosulfate de sodium)</t>
+  </si>
+  <si>
+    <t>05/06/2025 11:03:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602002/fr/pedmarqsi-thiosulfate-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3602002</t>
+  </si>
+  <si>
+    <t>thiosulfate de sodium</t>
+  </si>
+  <si>
+    <t>NORGINE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601988/fr/pedmarqsi-thiosulfate-de-sodium-prevention-de-l-ototoxicite-du-cisplatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608587/fr/pedmarqsi-thiosulfate-de-sodium-prevention-de-l-ototoxicite-du-cisplatine-chez-les-patients-ages-de-1mois-a-18ans</t>
+  </si>
+  <si>
+    <t>HYMPAVZI (marstacimab)</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:37:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3597514/fr/hympavzi-marstacimab</t>
+  </si>
+  <si>
+    <t>p_3597514</t>
+  </si>
+  <si>
+    <t>marstacimab</t>
+  </si>
+  <si>
+    <t>PFIZER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3597499/fr/hympavzi-marstacimab-hemophilie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606841/fr/hympavzi-marstacimab-hemophilie</t>
+  </si>
+  <si>
+    <t>SELADELPAR GILEAD (seladelpar lysine dihydraté)</t>
+  </si>
+  <si>
+    <t>17/04/2025 16:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601983/fr/seladelpar-gilead-seladelpar-lysine-dihydrate</t>
+  </si>
+  <si>
+    <t>p_3601983</t>
+  </si>
+  <si>
+    <t>seladelpar</t>
+  </si>
+  <si>
+    <t>GILEAD SCIENCES SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601952/fr/seladelpar-gilead-seladelpar-lysine-dihydrate-cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>ELAHERE (mirvetuximab soravtansine)</t>
+  </si>
+  <si>
+    <t>11/04/2025 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593014/fr/elahere-mirvetuximab-soravtansine</t>
+  </si>
+  <si>
+    <t>p_3593014</t>
+  </si>
+  <si>
+    <t>mirvetuximab soravtansine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592985/fr/elahere-mirvetuximab-soravtansine-cancer-de-l-ovaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601719/fr/elahere-mirvetuximab-soravtansine-cancer-de-l-ovaire</t>
   </si>
   <si>
     <t>FERROSTRANE (férédétate de sodium)</t>
   </si>
   <si>
-    <t>04/02/2025 17:56:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984943/en/ferrostrane-feredetate-de-sodium</t>
+    <t>02/04/2025 17:56:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984943/fr/ferrostrane-feredetate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2984943</t>
   </si>
   <si>
     <t>férédétate de sodium</t>
   </si>
   <si>
     <t>TEOFARMA SRL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642421/en/ferrostrane-edetate-de-fer-sodique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3599704/en/ferrostrane-infants-sodium-feredetate-iron-deficiency-anaemia</t>
+    <t>https://www.has-sante.fr/jcms/c_642421/fr/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363125/fr/ferrostrane-edetate-de-fer-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599704/fr/ferrostrane-nourrissons-feredetate-de-sodium-carence-martiale</t>
   </si>
   <si>
     <t>PHELINUN (melphalan)</t>
   </si>
   <si>
-    <t>03/25/2025 13:53:16</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3599097/en/phelinun-melphalan</t>
+    <t>25/03/2025 13:53:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599097/fr/phelinun-melphalan</t>
   </si>
   <si>
     <t>p_3599097</t>
   </si>
   <si>
     <t>melphalan</t>
   </si>
   <si>
     <t>ADIENNE S.r.l.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3598809/en/phelinun-melphalan-phelinun-melphalan-transplantation</t>
+    <t>https://www.has-sante.fr/jcms/p_3598809/fr/phelinun-melphalan-cancer-et-greffe</t>
   </si>
   <si>
     <t>CALQUENCE (acalabrutinib)</t>
   </si>
   <si>
-    <t>03/14/2025 11:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3265561/en/calquence-acalabrutinib</t>
+    <t>14/03/2025 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265561/fr/calquence-acalabrutinib</t>
   </si>
   <si>
     <t>p_3265561</t>
   </si>
   <si>
     <t>acalabrutinib</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3265516/en/calquence-acalabrutinib</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3597238/en/calquence-acalabrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+    <t>https://www.has-sante.fr/jcms/p_3265516/fr/calquence-acalabrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310174/fr/calquence-100-mg-acalabrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427072/fr/calquence-acalabrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448231/fr/calquence-acalabrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3597238/fr/calquence-acalabrutinib-lymphome-a-cellules-du-manteau-lcm</t>
   </si>
   <si>
     <t>VOYDEYA (danicopan)</t>
   </si>
   <si>
-    <t>03/13/2025 15:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3561246/en/voydeya-danicopan</t>
+    <t>13/03/2025 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561246/fr/voydeya-danicopan</t>
   </si>
   <si>
     <t>p_3561246</t>
   </si>
   <si>
     <t>danicopan</t>
   </si>
   <si>
     <t>ALEXION PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3560836/en/voydeya-danicopan-paroxysmal-nocturnal-haemoglobinuria</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3482363/en/danicopan-danicopan-hemoglobinurie-paroxystique-nocturne-hpn</t>
+    <t>https://www.has-sante.fr/jcms/p_3560836/fr/voydeya-danicopan-hemoglobinurie-paroxystique-nocturne-hpn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482363/fr/danicopan-danicopan-hemoglobinurie-paroxystique-nocturne-hpn</t>
   </si>
   <si>
     <t>TEPADINA (thiotépa)</t>
   </si>
   <si>
-    <t>03/06/2025 18:07:31</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985065/en/tepadina-thiotepa</t>
+    <t>06/03/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985065/fr/tepadina-thiotepa</t>
   </si>
   <si>
     <t>pprd_2985065</t>
   </si>
   <si>
     <t>thiotépa</t>
   </si>
   <si>
     <t>ACCORD HEALTHCARE FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1189058/en/tepadina</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3594375/en/tepadina-thiotepa-transplantation</t>
+    <t>https://www.has-sante.fr/jcms/c_1189058/fr/tepadina-thiotepa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288400/fr/tepadina-400mg-thiotepa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594375/fr/tepadina-thiotepa-greffe</t>
+  </si>
+  <si>
+    <t>CARBOXYMALTOSE FERRIQUE (carboxymaltose ferrique)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594809/fr/carboxymaltose-ferrique-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>p_3594809</t>
+  </si>
+  <si>
+    <t>carboxymaltose ferrique</t>
+  </si>
+  <si>
+    <t>TEVA SANTE / VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594717/fr/carboxymaltose-ferrique-teva-carboxymaltose-ferrique-carence-martiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594711/fr/carboxymaltose-ferrique-viatris-carboxymaltose-ferrique-carence-martiale</t>
+  </si>
+  <si>
+    <t>CUVITRU (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>05/03/2025 18:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983142/fr/cuvitru-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983142</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale (plasmatique)</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867481/fr/cuvitru-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3399879/fr/cuvitru-immunoglobuline-humaine-normale-deficit-immunitaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592810/fr/cuvitru-immunoglobuline-humaine-normale-immunoglobuline</t>
+  </si>
+  <si>
+    <t>XENPOZYME (olipudase alfa)</t>
+  </si>
+  <si>
+    <t>25/02/2025 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325557/fr/xenpozyme-olipudase-alfa</t>
+  </si>
+  <si>
+    <t>p_3325557</t>
+  </si>
+  <si>
+    <t>olipudase alfa</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325559/fr/xenpozyme-olipudase-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396519/fr/xenpozyme-olipudase-alfa-maladie-rare</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431851/fr/xenpozyme-olipudase-alfa-deficit-en-sphingomyelinase-acide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456309/fr/xenpozyme-olipudase-alfa-maladie-rare</t>
   </si>
   <si>
     <t>PEPAXTI (melphalan flufénamide)</t>
   </si>
   <si>
-    <t>02/19/2025 17:00:34</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3591422/en/pepaxti-melphalan-flufenamide</t>
+    <t>19/02/2025 17:00:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591422/fr/pepaxti-melphalan-flufenamide</t>
   </si>
   <si>
     <t>p_3591422</t>
   </si>
   <si>
     <t>melphalan flufénamide</t>
   </si>
   <si>
-    <t>CEVIDRA</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3266354/en/tecartus-cellules-autologues-cd3-transduites-anti-cd19</t>
+    <t>https://www.has-sante.fr/jcms/p_3590642/fr/pepaxti-melphalan-flufenamide-myelome-multiple</t>
+  </si>
+  <si>
+    <t>ADZYNMA (ADAMTS13r)</t>
+  </si>
+  <si>
+    <t>30/01/2025 16:28:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495308/fr/adzynma-adamts13r</t>
+  </si>
+  <si>
+    <t>p_3495308</t>
+  </si>
+  <si>
+    <t>ADAMTS13r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495284/fr/adzynma-apadamtase-alfa-purpura-thrombotique-thrombocytopenique-congenital-pttc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576108/fr/adzynma-apadamtase-alfa-purpura-thrombotique-thrombocytopenique-congenital-pttc-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586231/fr/adzynma-adamts13r-purpura-thrombotique-thrombocytopenique-congenital-pttc</t>
+  </si>
+  <si>
+    <t>TECARTUS (brexucabtagene autoleucel (cellules autologues CD3+ transduites anti-CD19))</t>
+  </si>
+  <si>
+    <t>09/01/2025 09:28:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266354/fr/tecartus-brexucabtagene-autoleucel-cellules-autologues-cd3-transduites-anti-cd19</t>
   </si>
   <si>
     <t>p_3266354</t>
   </si>
   <si>
     <t>brexucabtagene autoleucel (cellules autologues CD3+ transduites anti-CD19)</t>
   </si>
   <si>
     <t>GILEAD SCIENCES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3265892/en/tecartus-cellules-autologues-cd3-transduites-anti-cd19</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3562524/en/tecvayli-teclistamab-multiple-myeloma</t>
+    <t>https://www.has-sante.fr/jcms/p_3265892/fr/tecartus-cellules-autologues-cd3-transduites-anti-cd19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403423/fr/tecartus-brexucabtagene-autoleucel-leucemie-aigue-lymphoblastique-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419164/fr/tecartus-brexucabtagene-autoleucel-cellules-auto-logues-cd3-transduites-anti-cd19-leucemie-aigue-lymphoblastique-lal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483642/fr/tecartus-brexucabtagene-autoleucel-leucemie-aigue-lymphoblastique-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575020/fr/tecartus-brexucabtagene-autoleucel-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>CASGEVY (exagamglogene autotemcel)</t>
+  </si>
+  <si>
+    <t>20/12/2024 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490709/fr/casgevy-exagamglogene-autotemcel</t>
+  </si>
+  <si>
+    <t>p_3490709</t>
+  </si>
+  <si>
+    <t>exagamglogene autotemcel</t>
+  </si>
+  <si>
+    <t>VERTEX PHARMACEUTICALS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490695/fr/casgevy-exagamglogene-autotemcel-thalassemie-dependante-des-transfusions-tdt</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534430/fr/casgevy-exagamglogene-autotemcel-drepanocytose-severe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3541918/fr/casgevy-exagamglogene-autotemcel-drepanocytose-severe-chez-les-patients-ages-de-plus-de-12-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545557/fr/casgevy-exagamglogene-autotemcel-ss-thalassemie-dependante-des-transfusions-tdt</t>
   </si>
   <si>
     <t>RAPAMUNE (sirolimus)</t>
   </si>
   <si>
-    <t>11/21/2024 15:29:11</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982784/en/rapamune-sirolimus</t>
+    <t>21/11/2024 15:29:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982784/fr/rapamune-sirolimus</t>
   </si>
   <si>
     <t>pprd_2982784</t>
   </si>
   <si>
     <t>sirolimus</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399282/en/rapamune-1-mg/ml-solution-buvable-flacon-de-60-ml-avec-30-seringues-pour-administration-orale-rapamune-1-mg/1-ml-solution-buvable-sachet-b/30-rapamune-2-mg/2-ml-solution-buvable-sachet-b/30</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3557612/en/rapamune-sirolimus-sporadic-lymphangioleiomyomatosis</t>
+    <t>https://www.has-sante.fr/jcms/c_399282/fr/rapamune-1-mg/ml-solution-buvable-flacon-de-60-ml-avec-30-seringues-pour-administration-orale-rapamune-1-mg/1-ml-solution-buvable-sachet-b/30-rapamune-2-mg/2-ml-solution-buvable-sachet-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399860/fr/rapamune-2-mg-comprime-enrobe-boite-de-30-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400336/fr/rapamune-1-mg-comprime-enrobe-boite-de-30-code-cip-359-530-1-rapamune-2-mg-comprime-enrobe-boite-de-30-code-cip-361-568-2-rapamune-1-mg/ml-solution-buvable-flacon-60-ml-code-cip-356-884-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684072/fr/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652825/fr/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965614/fr/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557612/fr/rapamune-sirolimus-lymphangioleiomyomatose-sporadique-s-lam</t>
   </si>
   <si>
     <t>EFFORTIL (chlorhydrate d’étiléfrine)</t>
   </si>
   <si>
-    <t>10/16/2024 13:30:38</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985775/en/effortil-chlorhydrate-d-etilefrine</t>
+    <t>16/10/2024 13:30:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985775/fr/effortil-chlorhydrate-d-etilefrine</t>
   </si>
   <si>
     <t>pprd_2985775</t>
   </si>
   <si>
     <t>chlorhydrate d’étiléfrine</t>
   </si>
   <si>
     <t>SERB SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400463/en/effortil-chlorhydrate-d-etilefrine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3547438/en/effortil-etilefrine-low-flow-priapism</t>
+    <t>https://www.has-sante.fr/jcms/c_400463/fr/effortil-chlorhydrate-d-etilefrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547438/fr/effortil-etilefrine-priapisme-a-bas-debit</t>
+  </si>
+  <si>
+    <t>ABECMA (idecabtagene vicleucel)</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:00:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284942/fr/abecma-idecabtagene-vicleucel</t>
+  </si>
+  <si>
+    <t>p_3284942</t>
+  </si>
+  <si>
+    <t>idecabtagene vicleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303102/fr/abecma-idecabtagene-vicleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308681/fr/abecma-idecabtagene-vicleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412521/fr/abecma-idecabtagene-vicleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449177/fr/abecma-idecabtagene-vicleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536249/fr/abecma-idecabtagene-vicleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538252/fr/abecma-idecabtagene-vicleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3548873/fr/abecma-idecabtagene-vicleucel-myelome-multiple</t>
+  </si>
+  <si>
+    <t>ATGAM (immunoglobuline équine anti-lymphocyte T humain)</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343466/fr/atgam-immunoglobuline-equine-anti-lymphocyte-t-humain</t>
+  </si>
+  <si>
+    <t>p_3343466</t>
+  </si>
+  <si>
+    <t>immunoglobuline équine anti-lymphocyte T humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343424/fr/atgam-immunoglobuline-equine-anti-lymphocyte-t-humain-aplasie-medullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361526/fr/atgam-immunoglobuline-equine-anti-lymphocyte-t-humain-aplasie-medullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453192/fr/atgam-immunoglobuline-equine-anti-lymphocyte-t-humain-aplasie-medullaire</t>
   </si>
   <si>
     <t>INREBIC (fédratinib)</t>
   </si>
   <si>
     <t>10/10/2024 09:56:57</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3314496/en/inrebic-fedratinib</t>
+    <t>https://www.has-sante.fr/jcms/p_3314496/fr/inrebic-fedratinib</t>
   </si>
   <si>
     <t>p_3314496</t>
   </si>
   <si>
     <t>fédratinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3313612/en/inrebic-fedratinib</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3546943/en/inrebic-fedratinib-disease-related-splenomegaly</t>
+    <t>https://www.has-sante.fr/jcms/p_3313612/fr/inrebic-fedratinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546943/fr/inrebic-fedratinib-splenomegalie-et-symptomes-de-la-myelofibrose</t>
+  </si>
+  <si>
+    <t>OXBRYTA (voxelotor)</t>
+  </si>
+  <si>
+    <t>30/09/2024 08:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348627/fr/oxbryta-voxelotor</t>
+  </si>
+  <si>
+    <t>p_3348627</t>
+  </si>
+  <si>
+    <t>voxelotor</t>
+  </si>
+  <si>
+    <t>PHARMA BLUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348600/fr/oxbryta-voxelotor-anemie-hemolytique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361556/fr/oxbryta-voxelotor-anemie-hemolytique-severe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448025/fr/oxbryta-voxelotor-anemie-hemolytique</t>
+  </si>
+  <si>
+    <t>SIKLOS (hydroxycarbamide)</t>
+  </si>
+  <si>
+    <t>09/09/2024 16:58:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983260/fr/siklos-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>pprd_2983260</t>
+  </si>
+  <si>
+    <t>hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>THERAVIA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_627641/fr/siklos-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064176/fr/siklos-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854134/fr/siklos-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538948/fr/siklos-hydroxycarbamide-drepanocytose</t>
   </si>
   <si>
     <t>OXYGENE MEDICINAL (oxygène)</t>
   </si>
   <si>
     <t>09/09/2024 17:19:23</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984096/en/oxygene-medicinal-oxygene</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984096/fr/oxygene-medicinal-oxygene</t>
   </si>
   <si>
     <t>pprd_2984096</t>
   </si>
   <si>
     <t>oxygène</t>
   </si>
   <si>
     <t>AIR LIQUIDE SANTE FRANCE / AIR PRODUCTS / LINDE FRANCE / MESSER FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400038/en/oxygene-medical-air-liquide-sante-france-oxygene</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3196796/en/trecondi</t>
+    <t>https://www.has-sante.fr/jcms/c_400038/fr/oxygene-medical-air-liquide-sante-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400213/fr/oxygene-medicinal-air-liquide-reunion-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651884/fr/oxygene-medicinal-messer-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758557/fr/oxygene-medicinal-messer-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635764/fr/oxygene-medicinal-linde-healthcare-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106170/fr/oxygene-medicinal-air-products-medical-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619977/fr/oxygene-medicinal-liquide-air-products-medical-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234204/fr/oxygene-medicinal-air-liquide-sante-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538260/fr/oxygene-medicinal-air-liquide-sante-france-oxygene-oxygene-medicinal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538257/fr/oxygene-medicinal-linde-healthcare-oxygene-oxygene-medicinal</t>
+  </si>
+  <si>
+    <t>OMJJARA (momelotinib)</t>
+  </si>
+  <si>
+    <t>09/09/2024 17:16:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478320/fr/omjjara-momelotinib</t>
+  </si>
+  <si>
+    <t>p_3478320</t>
+  </si>
+  <si>
+    <t>momelotinib</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478261/fr/omjjara-momelotinib-splenomegalie-et-symptomes-chez-les-patients-adultes-atteints-de-myelofibrose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538933/fr/omjjara-momelotinib-splenomegalie-et-symptomes-lies-a-la-myelofibrose</t>
+  </si>
+  <si>
+    <t>TRECONDI (tréosulfan)</t>
+  </si>
+  <si>
+    <t>05/09/2024 17:04:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196796/fr/trecondi-treosulfan</t>
   </si>
   <si>
     <t>p_3196796</t>
   </si>
   <si>
     <t>tréosulfan</t>
   </si>
   <si>
     <t>MEDAC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3196682/en/trecondi</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3538216/en/trecondi-treosulfan-haematopoietic-stem-cell-transplantation-allohsct</t>
+    <t>https://www.has-sante.fr/jcms/p_3196682/fr/trecondi-treosulfan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538216/fr/trecondi-treosulfan-hematologie-greffe</t>
+  </si>
+  <si>
+    <t>ETOPOSIDE (étoposide)</t>
+  </si>
+  <si>
+    <t>01/08/2024 16:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083781/fr/etoposide-etoposide</t>
+  </si>
+  <si>
+    <t>p_3083781</t>
+  </si>
+  <si>
+    <t>étoposide</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / HIKMA FRANCE / MYLAN SAS / TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083082/fr/etoposide-accord-etoposide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164684/fr/etoposide-teva-etoposide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181655/fr/etoposide-mylan-etoposide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535833/fr/etoposide-hikma-etoposide-oncologie</t>
+  </si>
+  <si>
+    <t>BRUKINSA (zanubrutinib)</t>
+  </si>
+  <si>
+    <t>26/07/2024 11:58:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316887/fr/brukinsa-zanubrutinib</t>
+  </si>
+  <si>
+    <t>p_3316887</t>
+  </si>
+  <si>
+    <t>zanubrutinib</t>
+  </si>
+  <si>
+    <t>BEIGENE FRANCE SARL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316872/fr/brukinsa-zanubrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330884/fr/brukinsa-zanubrutinib-macroglobulinemie-de-waldenstrom</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434604/fr/brukinsa-zanubrutinib-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447468/fr/brukinsa-zanubrutinib-lymphome-de-la-zone-marginale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454298/fr/brukinsa-zanubrutinib-lymphome-de-la-zone-marginale-lzm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461141/fr/brukinsa-zanubrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3476374/fr/brukinsa-zanubrutinib-macroglobulinemie-de-waldenstrom-mw</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534476/fr/brukinsa-zanubrutinib-lymphome-folliculaire-lf</t>
+  </si>
+  <si>
+    <t>CYCLOPHOSPHAMIDE (cyclophosphamide)</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984346/fr/cyclophosphamide-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>pprd_2984346</t>
+  </si>
+  <si>
+    <t>cyclophosphamide</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE / SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568269/fr/cyclophosphamide-sandoz-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530407/fr/cyclophosphamide-accord-cyclophosphamide-cancer-et-maladies-auto-immunes</t>
   </si>
   <si>
     <t>TALVEY (talquetamab)</t>
   </si>
   <si>
-    <t>07/15/2024 09:27:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3520243/en/talvey-talquetamab</t>
+    <t>https://www.has-sante.fr/jcms/p_3520243/fr/talvey-talquetamab</t>
   </si>
   <si>
     <t>p_3520243</t>
   </si>
   <si>
     <t>talquetamab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3520176/en/talvey-talquetamab-myelome-multiple</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3202655/en/ultomiris</t>
+    <t>https://www.has-sante.fr/jcms/p_3520176/fr/talvey-talquetamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530109/fr/talvey-talquetamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>ULTOMIRIS (ravulizumab)</t>
+  </si>
+  <si>
+    <t>01/07/2024 08:38:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202655/fr/ultomiris-ravulizumab</t>
   </si>
   <si>
     <t>p_3202655</t>
   </si>
   <si>
     <t>ravulizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3281239/en/ultomiris-300-mg/3-ml-ravulizumab</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3527465/en/ultomiris-ravulizumab-inhibiteur-du-complement-c5</t>
+    <t>https://www.has-sante.fr/jcms/p_3281239/fr/ultomiris-300-mg/3-ml-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274202/fr/ultomiris-ravulizumab-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202251/fr/ultomiris-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341428/fr/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358127/fr/ultomiris-ravulizumab-hemoglobinurie-paroxystique-nocturne-chez-les-patients-pediatriques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419442/fr/ultomiris-ravulizumab-myasthenie-acquise-generalisee-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433398/fr/ultomiris-ravulizumab-syndrome-hemolytique-et-uremique-atypique-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455563/fr/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456902/fr/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460121/fr/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527465/fr/ultomiris-ravulizumab-inhibiteur-du-complement-c5</t>
   </si>
   <si>
     <t>ENRYLAZE (crisantaspase recombinante)</t>
   </si>
   <si>
-    <t>06/18/2024 09:10:09</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3524707/en/enrylaze-crisantaspase-recombinante</t>
+    <t>18/06/2024 09:10:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3524707/fr/enrylaze-crisantaspase-recombinante</t>
   </si>
   <si>
     <t>p_3524707</t>
   </si>
   <si>
     <t>crisantaspase recombinante</t>
   </si>
   <si>
     <t>JAZZ PHARMACEUTICALS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3522392/en/enrylaze-recombinant-crisantaspase-acute-lymphoblastic-leukaemia</t>
+    <t>https://www.has-sante.fr/jcms/p_3522392/fr/enrylaze-crisantaspase-recombinante-leucemie-lymphoblastique-aigue-lymphome-lymphoblastique</t>
   </si>
   <si>
     <t>VANFLYTA (quizartinib)</t>
   </si>
   <si>
-    <t>06/18/2024 09:13:50</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3524744/en/vanflyta-quizartinib</t>
+    <t>18/06/2024 09:13:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3524744/fr/vanflyta-quizartinib</t>
   </si>
   <si>
     <t>p_3524744</t>
   </si>
   <si>
     <t>quizartinib</t>
   </si>
   <si>
     <t>DAIICHI SANKYO FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3522395/en/vanflyta-quizartinib-acute-myeloid-leukaemias-aml</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983133/en/soliris</t>
+    <t>https://www.has-sante.fr/jcms/p_3522395/fr/vanflyta-quizartinib-leucemie-aigue-myeloide-lam</t>
+  </si>
+  <si>
+    <t>SOLIRIS (eculizumab)</t>
+  </si>
+  <si>
+    <t>17/05/2024 10:38:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983133/fr/soliris-eculizumab</t>
   </si>
   <si>
     <t>pprd_2983133</t>
   </si>
   <si>
     <t>eculizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_605768/en/soliris-eculizumab</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982978/en/yescarta-axicabtagene-ciloleucel-car-t-anti-cd19</t>
+    <t>https://www.has-sante.fr/jcms/c_605768/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1319245/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623651/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868565/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202348/fr/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427913/fr/soliris-eculizumab-syndrome-hemolytique-et-uremique-atypique-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517560/fr/soliris-eculizumab-myasthenie</t>
+  </si>
+  <si>
+    <t>YESCARTA (axicabtagene ciloleucel)</t>
+  </si>
+  <si>
+    <t>29/04/2024 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982978/fr/yescarta-axicabtagene-ciloleucel</t>
   </si>
   <si>
     <t>pprd_2982978</t>
   </si>
   <si>
     <t>axicabtagene ciloleucel</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2888882/en/yescarta-axicabtagene-ciloleucel-car-t-anti-cd19</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983128/en/hemlibra</t>
+    <t>https://www.has-sante.fr/jcms/c_2888882/fr/yescarta-axicabtagene-ciloleucel-car-t-anti-cd19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262244/fr/yescarta-axicabtagene-ciloleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333446/fr/yescarta-axicabtagene-ciloleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358972/fr/yescarta-axicabtagene-ciloleucel-lymphome-diffus-a-grandes-cellules-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407522/fr/yescarta-axicabtagene-ciloleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418585/fr/yescarta-axicabtagene-ciloleucel-lymphome-ldgcb-lhgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419176/fr/yescarta-axicabtagene-ciloleucel-lymphome-diffus-a-grandes-cellules-b-ldgcb-et-lymphome-de-haut-grade-a-cellules-b-lhgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426769/fr/yescarta-axicabtagene-ciloleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455507/fr/yescarta-axicabtagene-ciloleucel-lymphome-diffus-a-grandes-cellules-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467529/fr/yescarta-axicabtagene-ciloleucel-lymphome-diffus-a-grandes-cellules-b-ldgcb-lymphome-mediastinal-primitif-a-grandes-cellules-b-lmpgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506813/fr/yescarta-axicabtagene-ciloleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>HEMLIBRA (emicizumab)</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:34:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983128/fr/hemlibra-emicizumab</t>
   </si>
   <si>
     <t>pprd_2983128</t>
   </si>
   <si>
     <t>emicizumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2868847/en/hemlibra-emicizumab-haemostatic</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3509119/en/hemlibra-emicizumab-hemophilie</t>
+    <t>https://www.has-sante.fr/jcms/c_2868847/fr/hemlibra-emicizumab-hemostatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114482/fr/hemlibra-emicizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120946/fr/hemlibra-emicizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124681/fr/hemlibra-emicizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443949/fr/hemlibra-emicizumab-hemophilie-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447364/fr/hemlibra-emicizumab-hemophilie-a-deficit-congenital-en-facteur-viii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500393/fr/hemlibra-emicizumab-hemophilie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3509119/fr/hemlibra-emicizumab-hemophilie</t>
+  </si>
+  <si>
+    <t>BENDAMUSTINE (bendamustine)</t>
+  </si>
+  <si>
+    <t>19/04/2024 08:43:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983423/fr/bendamustine-bendamustine</t>
+  </si>
+  <si>
+    <t>pprd_2983423</t>
+  </si>
+  <si>
+    <t>bendamustine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / BAXTER SAS / EG LABO - LABORATOIRES EUROGENERICS / FRESENIUS KABI / LABORATOIRES DELBERT / MEDAC SAS / MYLAN SAS / REDDY PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2623468/fr/bendamustine-accord-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776472/fr/bendamustine-dr-reddy-s-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776478/fr/bendamustine-mylan-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776481/fr/bendamustine-medac-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788576/fr/bendamustine-fresenius-kabi-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821744/fr/bendamustine-reddy-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823577/fr/bendamustine-eg-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326707/fr/bendamustine-accord-bendamustine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191472/fr/bendamustine-baxter-chlorhydrate-de-bendamustine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191306/fr/bendamustine-hikma-bendamustine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136094/fr/bendamustine-hikma-bendamustine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508898/fr/bendamustine-accord-bendamustine-hematologie</t>
+  </si>
+  <si>
+    <t>ACIDE TRANEXAMIQUE TILLOMED (acide tranexamique)</t>
+  </si>
+  <si>
+    <t>19/04/2024 08:42:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508984/fr/acide-tranexamique-tillomed-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>p_3508984</t>
+  </si>
+  <si>
+    <t>acide tranexamique</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508868/fr/acide-tranexamique-tillomed-acide-tranexamique-antifibrinolytique</t>
   </si>
   <si>
     <t>FERINJECT (carboxymaltose ferrique)</t>
   </si>
   <si>
-    <t>03/08/2024 08:35:09</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982834/en/ferinject-carboxymaltose-ferrique</t>
+    <t>08/03/2024 08:35:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982834/fr/ferinject-carboxymaltose-ferrique</t>
   </si>
   <si>
     <t>pprd_2982834</t>
   </si>
   <si>
-    <t>carboxymaltose ferrique</t>
-[...1 lines deleted...]
-  <si>
     <t>VIFOR FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_968476/en/ferinject-carboxymaltose-ferrique</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982739/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+    <t>https://www.has-sante.fr/jcms/c_968476/fr/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749745/fr/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024183/fr/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909812/fr/ferinject-carboxymaltose-ferrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499772/fr/ferinject-carboxymaltose-ferrique-carence-martiale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499781/fr/ferinject-carboxymaltose-ferrique-carence-martiale</t>
+  </si>
+  <si>
+    <t>CLAIRYG (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>06/03/2024 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982739/fr/clairyg-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>pprd_2982739</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale</t>
   </si>
   <si>
     <t>LFB-BIOMEDICAMENTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_928130/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983677/en/nplate</t>
+    <t>https://www.has-sante.fr/jcms/c_928130/fr/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971108/fr/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820109/fr/clairyg-immunoglobuline-humaine-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452178/fr/clairyg-immunoglobuline-humaine-normale-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>MIRCERA (méthoxy polyéthylène glycol-époétine bêta)</t>
+  </si>
+  <si>
+    <t>22/02/2024 18:43:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984621/fr/mircera-methoxy-polyethylene-glycol-epoetine-beta</t>
+  </si>
+  <si>
+    <t>pprd_2984621</t>
+  </si>
+  <si>
+    <t>méthoxy polyéthylène glycol-époétine bêta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642502/fr/mircera-methoxy-polyethylene-glycol-epoetine-beta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2007297/fr/mircera-methoxy-polyethylene-glycol-epoetine-beta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151135/fr/mircera-methoxy-polyethylene-glycol-epoetine-beta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497026/fr/mircera-methoxy-polyethylene-glycol-epoetine-beta-anemie-symptomatique-associee-a-l-insuffisance-renale-chronique-chez-les-enfants-ages-de-3-mois-a-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>NPLATE (romiplostim)</t>
+  </si>
+  <si>
+    <t>12/01/2024 16:40:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983677/fr/nplate-romiplostim</t>
   </si>
   <si>
     <t>pprd_2983677</t>
   </si>
   <si>
     <t>romiplostim</t>
   </si>
   <si>
     <t>AMGEN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_813331/en/nplate</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983140/en/pradaxa</t>
+    <t>https://www.has-sante.fr/jcms/c_813331/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015428/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752845/fr/nplate-romiplostim-agonistes-des-recepteurs-a-la-thrombopoietine-pti-adulte-non-splenectomise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151450/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293684/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488174/fr/nplate-romiplostim-thrombopenie-immunologique-primaire-pti-refractaire-aux-autres-traitements</t>
+  </si>
+  <si>
+    <t>SOLU-MEDROL (méthylprednisolone)</t>
+  </si>
+  <si>
+    <t>10/01/2024 08:56:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983063/fr/solu-medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2983063</t>
+  </si>
+  <si>
+    <t>méthylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718921/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724593/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045309/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879774/fr/solumedrol-hemisuccinate-de-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262247/fr/solumedrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487178/fr/solu-medrol-methylprednisolone-corticoides</t>
+  </si>
+  <si>
+    <t>PRADAXA (dabigatran)</t>
+  </si>
+  <si>
+    <t>10/01/2024 08:59:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983140/fr/pradaxa-dabigatran</t>
   </si>
   <si>
     <t>pprd_2983140</t>
   </si>
   <si>
     <t>dabigatran</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_698139/en/pradaxa</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983979/en/octaplaslg</t>
+    <t>https://www.has-sante.fr/jcms/c_698139/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740793/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221597/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008301/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572151/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735608/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826822/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867487/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199398/fr/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478094/fr/pradaxa-dabigatran-etexilate-traitement-des-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+  </si>
+  <si>
+    <t>OCTAPLASLG (protéines plasmatiques humaines)</t>
+  </si>
+  <si>
+    <t>22/12/2023 16:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983979/fr/octaplaslg-proteines-plasmatiques-humaines</t>
   </si>
   <si>
     <t>pprd_2983979</t>
   </si>
   <si>
     <t>protéines plasmatiques humaines</t>
   </si>
   <si>
     <t>OCTAPHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2663236/en/octaplaslg-human-plasma-proteins-medicinal-product-derived-from-blood</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3482310/en/octaplaslg-proteines-plasmatiques-humaines-groupe-ab-hematologie</t>
+    <t>https://www.has-sante.fr/jcms/c_2663236/fr/octaplaslg-proteines-plasmatiques-humaines-medicament-derive-du-sang</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263672/fr/octaplaslg-proteines-plasmatiques-humaines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482310/fr/octaplaslg-proteines-plasmatiques-humaines-groupe-ab-hematologie</t>
+  </si>
+  <si>
+    <t>DANICOPAN (danicopan)</t>
+  </si>
+  <si>
+    <t>20/12/2023 16:28:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482418/fr/danicopan-danicopan</t>
+  </si>
+  <si>
+    <t>p_3482418</t>
+  </si>
+  <si>
+    <t>ALEXION PHARMA France SAS</t>
   </si>
   <si>
     <t>FRAGMINE (daltéparine sodique)</t>
   </si>
   <si>
-    <t>12/18/2023 11:56:23</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984830/en/fragmine-dalteparine-sodique</t>
+    <t>18/12/2023 11:56:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984830/fr/fragmine-dalteparine-sodique</t>
   </si>
   <si>
     <t>pprd_2984830</t>
   </si>
   <si>
     <t>daltéparine sodique</t>
   </si>
   <si>
-    <t>PFIZER</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3478082/en/fragmine-dalteparine-sodique-maladie-thromboembolique-veineuse-mtev</t>
+    <t>https://www.has-sante.fr/jcms/c_399426/fr/fragmine-2500-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6-fragmine-5000-ui-anti-xa/0-2-ml-solution-injectable-s-c-et-i-v-en-seringue-preremplie-boites-de-2-et-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399427/fr/fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-10-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-iv-en-seringue-pre-remplie-boites-de-10-fragmine-7-500-ui-anti-xa/0-75-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2-fragmine-10-000-ui-anti-xa/1-ml-solution-injectable-s-c-et-i-v-en-seringue-pre-remplie-boites-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400624/fr/fragmine-5-000-ui-anti-xa-/0-2-ml-solution-injectable-pour-voie-s-c-et-i-v-en-seringue-pre-remplie-verre-boite-de-2-cip-330-107-3-boite-de-6-cip-335-298-1-boite-de-10-cip-556-085-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623568/fr/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968494/fr/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721870/fr/fragmine-dalteparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468556/fr/fragmine-dalteparine-sodique-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478082/fr/fragmine-dalteparine-sodique-maladie-thromboembolique-veineuse-mtev</t>
+  </si>
+  <si>
+    <t>NIMOTOP (nimodipine)</t>
+  </si>
+  <si>
+    <t>06/12/2023 16:47:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982725/fr/nimotop-nimodipine</t>
+  </si>
+  <si>
+    <t>pprd_2982725</t>
+  </si>
+  <si>
+    <t>nimodipine</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400272/fr/nimotop-30-mg-comprime-pellicule-boite-de-90</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991884/fr/nimotop-nimodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612475/fr/nimotop-nimodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972302/fr/nimotop-nimodipine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477067/fr/nimotop-nimodipine-maladie-ischemique-neurologique</t>
   </si>
   <si>
     <t>BLENREP (belantamab mafodotin)</t>
   </si>
   <si>
-    <t>11/09/2023 10:15:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3225163/en/blenrep-belantamab-mafodotin</t>
+    <t>09/11/2023 10:15:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225163/fr/blenrep-belantamab-mafodotin</t>
   </si>
   <si>
     <t>p_3225163</t>
   </si>
   <si>
     <t>belantamab mafodotin</t>
   </si>
   <si>
-    <t>GLAXOSMITHKLINE</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3357717/en/methoxsalene-macopharma-methoxsalene</t>
+    <t>https://www.has-sante.fr/jcms/p_3224946/fr/blenrep-belantamab-mafodotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471810/fr/blenrep-belantamab-mafodotin-myelome-multiple</t>
+  </si>
+  <si>
+    <t>METHOXSALENE (méthoxsalène)</t>
+  </si>
+  <si>
+    <t>09/11/2023 10:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357717/fr/methoxsalene-methoxsalene</t>
   </si>
   <si>
     <t>p_3357717</t>
   </si>
   <si>
     <t>méthoxsalène</t>
   </si>
   <si>
     <t>G.L. PHARMA FRANCE / MACOPHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3352191/en/methoxsalene-macopharm-methoxsalene-lymphome-cutane</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982962/en/kymriah</t>
+    <t>https://www.has-sante.fr/jcms/p_3352191/fr/methoxsalene-macopharm-methoxsalene-lymphome-cutane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471703/fr/methoxsalene-g-l-pharma-methoxsalene-lymphome-cutane</t>
+  </si>
+  <si>
+    <t>KYMRIAH (tisagenlecleucel)</t>
+  </si>
+  <si>
+    <t>23/10/2023 08:41:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982962/fr/kymriah-tisagenlecleucel</t>
   </si>
   <si>
     <t>pprd_2982962</t>
   </si>
   <si>
     <t>tisagenlecleucel</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2891689/en/kymriah-tisagenlecleucel-anti-cd19-car-t</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3467523/en/kymriah-tisagenlecleucel-b-cell-acute-lymphoblastic-leukaemia-all-that-is-refractory</t>
+    <t>https://www.has-sante.fr/jcms/c_2891689/fr/kymriah-tisagenlecleucel-car-t-anti-cd19-lal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891692/fr/kymriah-tisagenlecleucel-car-t-anti-cd19-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262256/fr/kymriah-lal-a-cellules-b-refractaire-tisagenlecleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262259/fr/kymriah-tisagenlecleucel-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348719/fr/kymriah-tisagenlecleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396024/fr/kymriah-tisagenlecleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451606/fr/kymriah-tisagenlecleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467532/fr/kymriah-tisagenlecleucel-lymphome-diffus-a-grande-cellules-b-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467523/fr/kymriah-tisagenlecleucel-leucemie-aigue-lymphoblastique-lal-a-cellules-b-refractaire</t>
   </si>
   <si>
     <t>OLUTASIDENIB PHARMA BLUE</t>
   </si>
   <si>
-    <t>10/18/2023 14:51:19</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3468448/en/olutasidenib-pharma-blue</t>
+    <t>18/10/2023 14:51:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468448/fr/olutasidenib-pharma-blue</t>
   </si>
   <si>
     <t>p_3468448</t>
   </si>
   <si>
     <t>olutasidenib</t>
   </si>
   <si>
-    <t>SANOFI-AVENTIS FRANCE</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3468410/en/olutasidenib-pharma-blue-leucemie-aigue-myeloide</t>
+    <t>https://www.has-sante.fr/jcms/p_3468410/fr/olutasidenib-pharma-blue-leucemie-aigue-myeloide</t>
   </si>
   <si>
     <t>BREYANZI (lisocabtagene maraleucel)</t>
   </si>
   <si>
-    <t>10/05/2023 08:31:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3368515/en/breyanzi-lisocabtagene-maraleucel</t>
+    <t>05/10/2023 08:31:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368515/fr/breyanzi-lisocabtagene-maraleucel</t>
   </si>
   <si>
     <t>p_3368515</t>
   </si>
   <si>
     <t>lisocabtagene maraleucel</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3368313/en/breyanzi-lisocabtagene-maraleucel-liso-cel-ldgcb</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3465836/en/breyanzi-lisocabtagene-maraleucel-1-1-70x10-6-cells/ml/1-1-70x10-6-cells/ml-dispersion-for-infusion</t>
+    <t>https://www.has-sante.fr/jcms/p_3368313/fr/breyanzi-lisocabtagene-maraleucel-liso-cel-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463573/fr/breyanzi-lisocabtagene-maraleucel-lymphome-diffus-a-grandes-cellules-b-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463592/fr/breyanzi-lisocabtagene-maraleucel-lymphome-folliculaire-de-grade-3b-lf3b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465836/fr/breyanzi-lisocabtagene-maraleucel-lymphome-diffus-a-grandes-cellules-b-ldgcb-lymphome-de-haut-grade-a-cellules-b-lhgcb-lymphome-mediastinal-primitif-a-grandes-cellules-b-lmpgcb-et-lymphome-folliculaire-de-grade-3b-lf3b</t>
+  </si>
+  <si>
+    <t>HEMGENIX (etranacogene dezaparvovec)</t>
+  </si>
+  <si>
+    <t>08/09/2023 11:19:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444035/fr/hemgenix-etranacogene-dezaparvovec</t>
+  </si>
+  <si>
+    <t>p_3444035</t>
+  </si>
+  <si>
+    <t>etranacogene dezaparvovec</t>
+  </si>
+  <si>
+    <t>CSL BEHRING</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444027/fr/hemgenix-etranacogene-dezaparvovec-hemophilie-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460133/fr/hemgenix-etranacogene-dezaparvovec-hemophilie-b</t>
   </si>
   <si>
     <t>ENJAYMO (sutimlimab)</t>
   </si>
   <si>
-    <t>09/08/2023 11:14:23</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3460298/en/enjaymo-sutimlimab</t>
+    <t>08/09/2023 11:14:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460298/fr/enjaymo-sutimlimab</t>
   </si>
   <si>
     <t>p_3460298</t>
   </si>
   <si>
     <t>sutimlimab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3459825/en/enjaymo-sutimlimab-cold-agglutinin-disease-cad</t>
+    <t>https://www.has-sante.fr/jcms/p_3459825/fr/enjaymo-sutimlimab-maladie-des-agglutinines-froides</t>
+  </si>
+  <si>
+    <t>CARMUSTINE ACCORDPHARMA (carmustine)</t>
+  </si>
+  <si>
+    <t>07/09/2023 15:19:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460016/fr/carmustine-accordpharma-carmustine</t>
+  </si>
+  <si>
+    <t>p_3460016</t>
+  </si>
+  <si>
+    <t>carmustine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459844/fr/carmustine-accordpharma-carmustine-oncologie</t>
   </si>
   <si>
     <t>NOVOSEVEN (eptacog alpha activé)</t>
   </si>
   <si>
-    <t>08/03/2023 10:15:29</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985870/en/novoseven-eptacog-alpha-active</t>
+    <t>03/08/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985870/fr/novoseven-eptacog-alpha-active</t>
   </si>
   <si>
     <t>pprd_2985870</t>
   </si>
   <si>
     <t>eptacog alpha activé</t>
   </si>
   <si>
     <t>NOVONORDISK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400146/en/novoseven-1-2-mg-60-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-2-2-ml-d-eau-ppi-code-cip-559-619-6-novoseven-2-4-mg-120-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-4-3-ml-d-eau-ppi-code-cip-559-620-4-novoseven-4-8-mg-240-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-8-5-ml-d-eau-ppi-code-cip-559-621-0</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3456306/en/novoseven-activated-eptacog-alfa-postpartum-haemorrhage</t>
+    <t>https://www.has-sante.fr/jcms/c_400146/fr/novoseven-1-2-mg-60-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-2-2-ml-d-eau-ppi-code-cip-559-619-6-novoseven-2-4-mg-120-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-4-3-ml-d-eau-ppi-code-cip-559-620-4-novoseven-4-8-mg-240-kui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-verre-flacon-verre-de-8-5-ml-d-eau-ppi-code-cip-559-621-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456306/fr/novoseven-eptacog-alfa-active-hemorragies-du-post-partum-severes</t>
   </si>
   <si>
     <t>CEPROTIN (protéine C humaine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2986060/en/ceprotin-proteine-c-humaine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2986060/fr/ceprotin-proteine-c-humaine</t>
   </si>
   <si>
     <t>pprd_2986060</t>
   </si>
   <si>
     <t>protéine C humaine</t>
   </si>
   <si>
-    <t>TAKEDA FRANCE SAS</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3456312/en/ceprotin-human-protein-c-severe-congenital-protein-c-deficiency</t>
+    <t>https://www.has-sante.fr/jcms/c_399216/fr/ceprotin-500-ui/5-ml-proteine-c-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456312/fr/ceprotin-proteine-c-humaine-deficit-congenital-severe-en-proteine-c</t>
   </si>
   <si>
     <t>GAMUNEX (immunoglobuline humaine normale)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3107219/en/gamunex-immunoglobuline-humaine-normale</t>
+    <t>https://www.has-sante.fr/jcms/p_3107219/fr/gamunex-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>p_3107219</t>
   </si>
   <si>
     <t>GRIFOLS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3106161/en/gamunex-immunoglobuline-humaine-normale</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983673/en/arixtra-fondaparinux</t>
+    <t>https://www.has-sante.fr/jcms/p_3106161/fr/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191678/fr/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232152/fr/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455979/fr/gamunex-immunoglobuline-humaine-normale-prophylaxie-pre-/post-exposition-contre-la-rougeole-de-0-a-18-ans</t>
+  </si>
+  <si>
+    <t>CARMUSTINE ARROW (carmustine)</t>
+  </si>
+  <si>
+    <t>01/08/2023 14:08:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455776/fr/carmustine-arrow-carmustine</t>
+  </si>
+  <si>
+    <t>p_3455776</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455705/fr/carmustine-arrow-carmustine-maladies-hematologiques-malignes-lymphome-de-hodgkin/lymphome-non-hodgkinien</t>
+  </si>
+  <si>
+    <t>ARIXTRA (fondaparinux sodique)</t>
+  </si>
+  <si>
+    <t>13/07/2023 17:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983673/fr/arixtra-fondaparinux-sodique</t>
   </si>
   <si>
     <t>pprd_2983673</t>
   </si>
   <si>
     <t>fondaparinux sodique</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399720/en/arixtra-2-5mg/0-5ml-solution-injectable-en-seringue-pre-remplie-boite-de-10-fondaparinux</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451972/en/arixtra-fondaparinux-superficial-vein-thrombosis-svt</t>
+    <t>https://www.has-sante.fr/jcms/c_399720/fr/arixtra-2-5mg/0-5ml-solution-injectable-en-seringue-pre-remplie-boite-de-10-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400001/fr/arixtra-1-5-mg/0-3-ml-solution-injectable-en-seringue-pre-remplie-boite-de-2-boite-de-7-et-boite-de-10-arixtra-2-5-mg/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-2-et-boite-de-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400614/fr/arixtra-2-5-mg/0-2-ml-en-seringue-pre-remplie-boite-de-2-cip-359-225-4-boite-de-7-cip-359-226-0-boite-de-10-cip-563-619-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400615/fr/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619527/fr/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538427/fr/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900506/fr/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698057/fr/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698093/fr/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944528/fr/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075811/fr/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599725/fr/arixtra-1-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599731/fr/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599719/fr/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599716/fr/arixtra-2-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599722/fr/arixtra-5-mg-7-5-mg-et-10-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583335/fr/arixtra-fondaparinux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752872/fr/arixtra-1-5-mg-fondaparinux-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419173/fr/arixtra-fondaparinux-sodique-antithrombotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451972/fr/arixtra-fondaparinux-sodique-cardiovasculaire</t>
+  </si>
+  <si>
+    <t>EBVALLO (tabelecleucel)</t>
+  </si>
+  <si>
+    <t>11/07/2023 17:59:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447513/fr/ebvallo-tabelecleucel</t>
+  </si>
+  <si>
+    <t>p_3447513</t>
+  </si>
+  <si>
+    <t>tabelecleucel</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MÉDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447489/fr/ebvallo-tabelecleucel-hemopathie-maligne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451087/fr/ebvallo-tabelecleucel-hemopathie-maligne</t>
   </si>
   <si>
     <t>SCEMBLIX (asciminib)</t>
   </si>
   <si>
-    <t>07/05/2023 11:32:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3333296/en/scemblix-asciminib</t>
+    <t>05/07/2023 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333296/fr/scemblix-asciminib</t>
   </si>
   <si>
     <t>p_3333296</t>
   </si>
   <si>
     <t>asciminib</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3333278/en/scemblix-asciminib-lmc</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983549/en/venclyxto</t>
+    <t>https://www.has-sante.fr/jcms/p_3333278/fr/scemblix-asciminib-lmc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391292/fr/scemblix-asciminib-lmc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396012/fr/scemblix-asciminib-leucemie-myeloide-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3407460/fr/scemblix-asciminib-leucemie-myeloide-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427549/fr/scemblix-asciminib-leucemie-myeloide-chronique</t>
+  </si>
+  <si>
+    <t>VENCLYXTO (vénétoclax)</t>
+  </si>
+  <si>
+    <t>21/06/2023 15:56:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983549/fr/venclyxto-venetoclax</t>
   </si>
   <si>
     <t>pprd_2983549</t>
   </si>
   <si>
     <t>vénétoclax</t>
   </si>
   <si>
-    <t>ABBVIE</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983566/en/xalkori</t>
+    <t>https://www.has-sante.fr/jcms/c_2788624/fr/venclyxto-venetoclax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106158/fr/venclyxto-venetoclax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106167/fr/venclyxto-venetoclax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284614/fr/venclyxto-venetoclax-leucemie-aigue-myeloide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351236/fr/venclyxto-venetoclax-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367900/fr/venclyxto-venetoclax-llc-en-association-avec-l-obinutuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448141/fr/venclyxto-venetoclax-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>XALKORI (crizotinib)</t>
+  </si>
+  <si>
+    <t>09/06/2023 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983566/fr/xalkori-crizotinib</t>
   </si>
   <si>
     <t>pprd_2983566</t>
   </si>
   <si>
     <t>crizotinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1543504/en/xalkori</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3444785/en/xalkori-crizotinib-hard-capsules-lymphoma-alcl</t>
+    <t>https://www.has-sante.fr/jcms/c_1543504/fr/xalkori-crizotinib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769263/fr/xalkori-crizotinib-inhibiteur-de-tyrosine-kinase-cpnpc-alk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779442/fr/xalkori-crizotinib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181549/fr/xalkori-crizotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184923/fr/xalkori-crizotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359507/fr/xalkori-crizotinib-lymphome-t-anaplasique-a-grandes-cellules-lagc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3428384/fr/xalkori-crizotinib-lymphome-t-anaplasique-a-grandes-cellules-lagc-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442461/fr/xalkori-crizotinib-tumeurs-myofibroblastiques-inflammatoires-tmi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444785/fr/xalkori-crizotinib-lymphome-anaplasique-a-grandes-cellules-lagc</t>
+  </si>
+  <si>
+    <t>KIMMTRAK (tébentafusp)</t>
+  </si>
+  <si>
+    <t>01/06/2023 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312656/fr/kimmtrak-tebentafusp</t>
+  </si>
+  <si>
+    <t>p_3312656</t>
+  </si>
+  <si>
+    <t>tébentafusp</t>
+  </si>
+  <si>
+    <t>ALLOGA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312637/fr/kimmtrak-tebentafusp-melanome-uveal-non-resecable-ou-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359041/fr/kimmtrak-tebentafusp-immunocore-melanome-uveal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412130/fr/kimmtrak-tebentafusp-melanome-de-l-uvee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444067/fr/kimmtrak-tebentafusp-melanome-de-l-uvee</t>
+  </si>
+  <si>
+    <t>UPLIZNA (inebilizumab)</t>
+  </si>
+  <si>
+    <t>01/06/2023 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341919/fr/uplizna-inebilizumab</t>
+  </si>
+  <si>
+    <t>p_3341919</t>
+  </si>
+  <si>
+    <t>inebilizumab</t>
+  </si>
+  <si>
+    <t>INTSEL CHIMOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341895/fr/uplizna-inebilizumab-maladies-du-spectre-de-la-neuromyelite-optique-nmosd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390335/fr/uplizna-inebilizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444098/fr/uplizna-inebilizumab-neuromyelite-optique</t>
   </si>
   <si>
     <t>LONQUEX (lipegfilgrastim)</t>
   </si>
   <si>
-    <t>05/15/2023 14:07:50</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984757/en/lonquex-lipegfilgrastim</t>
+    <t>15/05/2023 14:07:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984757/fr/lonquex-lipegfilgrastim</t>
   </si>
   <si>
     <t>pprd_2984757</t>
   </si>
   <si>
     <t>lipegfilgrastim</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1745375/en/lonquex</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983658/en/mabthera</t>
+    <t>https://www.has-sante.fr/jcms/c_1745375/fr/lonquex-lipegfilgrastim-facteur-de-croissance-granulocytaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108945/fr/lonquex-lipegfilgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434163/fr/lonquex-lipegfilgrastim-facteur-de-croissance-granulocytaire</t>
+  </si>
+  <si>
+    <t>METHOTREXATE (méthotrexate)</t>
+  </si>
+  <si>
+    <t>15/05/2023 14:08:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153503/fr/methotrexate-methotrexate</t>
+  </si>
+  <si>
+    <t>p_3153503</t>
+  </si>
+  <si>
+    <t>méthotrexate</t>
+  </si>
+  <si>
+    <t>SANDOZ / BIODIM / SANOFI-AVENTIS FRANCE / MERCK GENERIQUES / TEVA SANTE / MYLAN SAS / ACCORD HEALTHCARE FRANCE SAS / NORDIC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782539/fr/methotrexate-sandoz-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625120/fr/methotrexate-biodim-ledertrexate-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656310/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987192/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400932/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400796/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399818/fr/methotrexate-bellon-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399335/fr/methotrexate-merck-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202298/fr/methotrexate-teva-/-mylan-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219449/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151141/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824798/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824467/fr/methotrexate-accord-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315488/fr/methotrexate-orion-methotrexate-disodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434166/fr/methotrexate-orion-methotrexate-polyarthrite-rhumatoide-psoriasis-rhumatisme-psoriasique-et-leucemie-aigue-lymphoblastique</t>
+  </si>
+  <si>
+    <t>REZAFUNGINE MUNDIPHARMA (rezafungine)</t>
+  </si>
+  <si>
+    <t>15/05/2023 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434527/fr/rezafungine-mundipharma-rezafungine</t>
+  </si>
+  <si>
+    <t>p_3434527</t>
+  </si>
+  <si>
+    <t>rezafungine</t>
+  </si>
+  <si>
+    <t>MUNDIPHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434508/fr/rezafungine-mundipharma-rezafungine-antifongique</t>
+  </si>
+  <si>
+    <t>NEXPOVIO (sélinexor)</t>
+  </si>
+  <si>
+    <t>12/05/2023 15:44:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427516/fr/nexpovio-selinexor</t>
+  </si>
+  <si>
+    <t>p_3427516</t>
+  </si>
+  <si>
+    <t>sélinexor</t>
+  </si>
+  <si>
+    <t>PHARMABLUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427490/fr/nexpovio-selinexor-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433395/fr/nexpovio-selinexor-myelome-multiple</t>
+  </si>
+  <si>
+    <t>MUBUCHO (dasatinib)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434081/fr/mubucho-dasatinib</t>
+  </si>
+  <si>
+    <t>p_3434081</t>
+  </si>
+  <si>
+    <t>dasatinib</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3432160/fr/mubucho-dasatinib-leucemie-myeloide-chronique-lmc-et-leucemie-aigue-lymphoblastique-lal</t>
+  </si>
+  <si>
+    <t>MABTHERA (rituximab)</t>
+  </si>
+  <si>
+    <t>27/04/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983658/fr/mabthera-rituximab</t>
   </si>
   <si>
     <t>pprd_2983658</t>
   </si>
   <si>
     <t>rituximab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399924/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
-[...110 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982806/en/adcetris</t>
+    <t>https://www.has-sante.fr/jcms/c_399924/fr/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400323/fr/mabthera-100-mg-solution-a-diluer-pour-perfusion-boite-de-2-mabthera-500-mg-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461084/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474407/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703366/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958843/fr/mabthera-dans-le-traitement-du-pemphigus-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929477/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064554/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281294/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284607/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768800/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014834/fr/mabthera-rituximab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755570/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135354/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145051/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222191/fr/mabthera-gpa-maladie-de-wegener-et-polyangeite-microscopique-pam-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229921/fr/mabthera-ldgcb-/-lb-/-la-b-/-lb-like-pediatriques-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430422/fr/mabthera-rituximab-pemphigus-vulgaris-pv-modere-a-severe</t>
+  </si>
+  <si>
+    <t>ADCETRIS (brentuximab vedotin)</t>
+  </si>
+  <si>
+    <t>29/03/2023 10:25:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982806/fr/adcetris-brentuximab-vedotin</t>
   </si>
   <si>
     <t>pprd_2982806</t>
   </si>
   <si>
     <t>brentuximab vedotin</t>
   </si>
   <si>
     <t>TAKEDA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1517924/en/adcetris</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424045/en/adcetris-brentuximab-vedotine-lymphome-anaplasique-a-grandes-cellules-systemique-lagcs</t>
+    <t>https://www.has-sante.fr/jcms/c_1517924/fr/adcetris-brentuximab-vedotin-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761868/fr/adcetris-brentuximab-vedotin-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963333/fr/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149192/fr/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202239/fr/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203103/fr/adcetris-brentuximab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284362/fr/adcetris-brentuximab-vedotine-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424045/fr/adcetris-brentuximab-vedotine-lymphome-anaplasique-a-grandes-cellules-systemique-lagcs</t>
   </si>
   <si>
     <t>CEVENFACTA (eptacog bêta - FVIIa)</t>
   </si>
   <si>
-    <t>01/27/2023 12:01:11</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408720/en/cevenfacta-eptacog-beta-fviia</t>
+    <t>27/01/2023 12:01:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408720/fr/cevenfacta-eptacog-beta-fviia</t>
   </si>
   <si>
     <t>p_3408720</t>
   </si>
   <si>
     <t>eptacog bêta - FVIIa</t>
   </si>
   <si>
     <t>LFB BIOMEDICAMENTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3408648/en/cevenfacta-eptacog-beta-fviia-hemophilie-congenitale</t>
+    <t>https://www.has-sante.fr/jcms/p_3408648/fr/cevenfacta-eptacog-beta-fviia-hemophilie-congenitale</t>
   </si>
   <si>
     <t>EMPLICITI (elotuzumab)</t>
   </si>
   <si>
-    <t>01/20/2023 11:48:07</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3402920/en/empliciti-elotuzumab</t>
+    <t>20/01/2023 11:48:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402920/fr/empliciti-elotuzumab</t>
   </si>
   <si>
     <t>p_3402920</t>
   </si>
   <si>
     <t>elotuzumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3402816/en/empliciti-elotuzumab-myelome-multiple</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3196807/en/polivy</t>
+    <t>https://www.has-sante.fr/jcms/p_3402816/fr/empliciti-elotuzumab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406109/fr/empliciti-elotuzumab-myelome-multiple-en-rechute-et-refractaire</t>
+  </si>
+  <si>
+    <t>POLIVY (polatuzumab vedotin)</t>
+  </si>
+  <si>
+    <t>09/01/2023 14:03:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196807/fr/polivy-polatuzumab-vedotin</t>
   </si>
   <si>
     <t>p_3196807</t>
   </si>
   <si>
     <t>polatuzumab vedotin</t>
   </si>
   <si>
-    <t>ROCHE</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3402039/en/polivy-polatuzumab-vedotine-lymphome-non-hodgkinien-ldgcb</t>
+    <t>https://www.has-sante.fr/jcms/p_3196691/fr/polivy-polatuzumab-vedotin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402039/fr/polivy-polatuzumab-vedotine-lymphome-non-hodgkinien-ldgcb</t>
   </si>
   <si>
     <t>INNOHEP (tinzaparine sodique)</t>
   </si>
   <si>
-    <t>12/22/2022 11:05:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982755/en/innohep-tinzaparine-sodique</t>
+    <t>22/12/2022 11:05:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982755/fr/innohep-tinzaparine-sodique</t>
   </si>
   <si>
     <t>pprd_2982755</t>
   </si>
   <si>
     <t>tinzaparine sodique</t>
   </si>
   <si>
     <t>LEO PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398974/en/innohep-2-500-ui-anti-xa/0-25-ml-seringue-preremplie-innohep-3-500-ui-anti-xa/0-35-ml-seringue-preremplie-innohep-4-500-ui-anti-xa/0-45-ml-seringue-preremplie-boite-2-6-et-10-innohep-20000-ui-anti-xa/2-ml-flacon-boite-1-2-et-10</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982992/en/xarelto</t>
+    <t>https://www.has-sante.fr/jcms/c_398974/fr/innohep-2-500-ui-anti-xa/0-25-ml-seringue-preremplie-innohep-3-500-ui-anti-xa/0-35-ml-seringue-preremplie-innohep-4-500-ui-anti-xa/0-45-ml-seringue-preremplie-boite-2-6-et-10-innohep-20000-ui-anti-xa/2-ml-flacon-boite-1-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400095/fr/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_912570/fr/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765200/fr/innohep-tinzaparine-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572172/fr/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899631/fr/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967181/fr/innohep-tinzaparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396881/fr/innohep-tinzaparine-sodique-heparine-de-bas-poids-moleculaire</t>
+  </si>
+  <si>
+    <t>NORADRENALINE (tartrate de noradrénaline)</t>
+  </si>
+  <si>
+    <t>16/12/2022 18:28:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984286/fr/noradrenaline-tartrate-de-noradrenaline</t>
+  </si>
+  <si>
+    <t>pprd_2984286</t>
+  </si>
+  <si>
+    <t>tartrate de noradrénaline</t>
+  </si>
+  <si>
+    <t>AGUETTANT / EVER PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399894/fr/noradrenaline-merck-tartrate-de-noradrenaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399912/fr/noradrenaline-tartrate-aguettant-0-2-sans-conservateur-tartrate-de-noradrenaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400170/fr/noradrenaline-tartrate-renaudin-2-mg/ml-sans-conservateur-tartrate-de-noradrenaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724675/fr/noradrenaline-renaudin-tartrate-de-noradrenaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581341/fr/noradrenaline-aguettant-tartrate-de-noradrenaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396516/fr/noradrenaline-tartrate-kalceks-noradrenaline-reanimation</t>
+  </si>
+  <si>
+    <t>METOTAB (méthotrexate)</t>
+  </si>
+  <si>
+    <t>09/11/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3384619/fr/metotab-methotrexate</t>
+  </si>
+  <si>
+    <t>p_3384619</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382729/fr/metotab-methotrexate</t>
+  </si>
+  <si>
+    <t>XARELTO (rivaroxaban)</t>
+  </si>
+  <si>
+    <t>25/10/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982992/fr/xarelto-rivaroxaban</t>
   </si>
   <si>
     <t>pprd_2982992</t>
   </si>
   <si>
     <t>rivaroxaban</t>
   </si>
   <si>
-    <t>BAYER HEALTHCARE SAS</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3381113/en/xarelto-rivaroxaban</t>
+    <t>https://www.has-sante.fr/jcms/c_748418/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241652/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241674/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615053/fr/xarelto-rivaroxaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008295/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633894/fr/xarelto-rivaroxaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772419/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826828/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888447/fr/xarelto-10-mg-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114491/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212998/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272782/fr/xarelto-rivaroxaban-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287831/fr/xarelto-1-mg/ml-rivaroxaban-evenements-thromboemboliques-veineux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375779/fr/xarelto-rivaroxaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381113/fr/xarelto-rivaroxaban</t>
   </si>
   <si>
     <t>BESPONSA (inotuzumab ozogamicine)</t>
   </si>
   <si>
     <t>10/10/2022 08:44:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983381/en/besponsa-inotuzumab-ozogamicine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983381/fr/besponsa-inotuzumab-ozogamicine</t>
   </si>
   <si>
     <t>pprd_2983381</t>
   </si>
   <si>
     <t>inotuzumab ozogamicine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2829043/en/besponsa-inotuzumab-ozogamicin-antineoplastic-monoclonal-antibody</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983666/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/c_2829043/fr/besponsa-inotuzumab-ozogamicine-anticorps-monoclonal-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374919/fr/besponsa-inotuzumab-ozogamicine</t>
+  </si>
+  <si>
+    <t>CIVARON (Citrate de sodium)</t>
+  </si>
+  <si>
+    <t>02/09/2022 16:49:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361522/fr/civaron-citrate-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3361522</t>
+  </si>
+  <si>
+    <t>Citrate de sodium</t>
+  </si>
+  <si>
+    <t>FRESENIUS MEDICAL CARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361547/fr/civaron-sodium-citrate-de-anticoagulation-regionale-au-citrate-arc</t>
+  </si>
+  <si>
+    <t>OCTAGAM (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>29/07/2022 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983666/fr/octagam-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>pprd_2983666</t>
   </si>
   <si>
     <t>OCTAPHARMA  SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1048924/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3358109/en/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
+    <t>https://www.has-sante.fr/jcms/c_1048924/fr/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069661/fr/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014035/fr/octagam-immunoglobuline-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754740/fr/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332730/fr/octagam-immunoglobuline-humaine-normale-neuropathie-motrice-multifocale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358109/fr/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
+  </si>
+  <si>
+    <t>BORTEZOMIB HOSPIRA (bortezomib)</t>
+  </si>
+  <si>
+    <t>29/07/2022 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358202/fr/bortezomib-hospira-bortezomib</t>
+  </si>
+  <si>
+    <t>p_3358202</t>
+  </si>
+  <si>
+    <t>bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358121/fr/bortezomib-hospira-bortezomib-myelome-multiple-en-progression</t>
+  </si>
+  <si>
+    <t>XEMBIFY (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>08/07/2022 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350531/fr/xembify-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>p_3350531</t>
+  </si>
+  <si>
+    <t>GRIFOLS France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344831/fr/xembify-immunoglobuline-humaine</t>
   </si>
   <si>
     <t>COPIKTRA (duvélisib)</t>
   </si>
   <si>
-    <t>06/30/2022 22:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3321683/en/copiktra-duvelisib</t>
+    <t>30/06/2022 22:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321683/fr/copiktra-duvelisib</t>
   </si>
   <si>
     <t>p_3321683</t>
   </si>
   <si>
     <t>duvélisib</t>
   </si>
   <si>
     <t>Laboratoire SecuraBio</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3315467/en/copiktra-duvelisib</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983129/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/p_3315467/fr/copiktra-duvelisib-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>HIZENTRA (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>07/06/2022 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983129/fr/hizentra-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>pprd_2983129</t>
   </si>
   <si>
     <t>CSL BEHRING SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2965166/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3342053/en/hizentra-immunoglobuline-humaine-normale-deficits-immunitaires-primitifs</t>
+    <t>https://www.has-sante.fr/jcms/c_2965166/fr/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868844/fr/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099607/fr/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342053/fr/hizentra-immunoglobuline-humaine-normale-deficits-immunitaires-primitifs</t>
   </si>
   <si>
     <t>NUWIQ (simoctocog alfa)</t>
   </si>
   <si>
     <t>05/05/2022 17:55:02</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983189/en/nuwiq-simoctocog-alfa</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983189/fr/nuwiq-simoctocog-alfa</t>
   </si>
   <si>
     <t>pprd_2983189</t>
   </si>
   <si>
     <t>simoctocog alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2050483/en/nuwiq-simoctocog-alfa-human-coagulation-factor-factor-viii</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3336535/en/evrenzo-roxadustat</t>
+    <t>https://www.has-sante.fr/jcms/c_2050483/fr/nuwiq-simoctocog-alfa-facteur-anti-hemophilique-facteur-viii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862563/fr/nuwiq-simoctocog-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337833/fr/nuwiq-simoctocog-alfa-hemophilie-a</t>
+  </si>
+  <si>
+    <t>EVRENZO (roxadustat)</t>
+  </si>
+  <si>
+    <t>02/05/2022 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336535/fr/evrenzo-roxadustat</t>
   </si>
   <si>
     <t>p_3336535</t>
   </si>
   <si>
     <t>roxadustat</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3334259/en/evrenzo-roxadustat-anemie-symptomatique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983460/en/ninlaro</t>
+    <t>https://www.has-sante.fr/jcms/p_3334259/fr/evrenzo-roxadustat-anemie-symptomatique</t>
+  </si>
+  <si>
+    <t>NINLARO (ixazomib)</t>
+  </si>
+  <si>
+    <t>22/04/2022 10:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983460/fr/ninlaro-ixazomib</t>
   </si>
   <si>
     <t>pprd_2983460</t>
   </si>
   <si>
     <t>ixazomib</t>
   </si>
   <si>
-    <t>TAKEDA FRANCE</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3330881/en/ninlaro-ixazomib-myelome</t>
+    <t>https://www.has-sante.fr/jcms/c_2779830/fr/ninlaro-ixazomib-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810355/fr/ninlaro-ixazomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201474/fr/ninlaro-ixazomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330881/fr/ninlaro-ixazomib-myelome</t>
+  </si>
+  <si>
+    <t>MINJUVI (tafasitamab)</t>
+  </si>
+  <si>
+    <t>22/04/2022 08:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312628/fr/minjuvi-tafasitamab</t>
+  </si>
+  <si>
+    <t>p_3312628</t>
+  </si>
+  <si>
+    <t>tafasitamab</t>
+  </si>
+  <si>
+    <t>INCYTE BIOSCIENCES FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312609/fr/minjuvi-tafasitamab-lymphome-diffus-a-grandes-cellules-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330896/fr/minjuvi-tafasitamab-lymphome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412546/fr/minjuvi-tafasitamab-lymphome-diffus-a-grandes-cellules-b</t>
+  </si>
+  <si>
+    <t>GAVRETO (pralsetinib)</t>
+  </si>
+  <si>
+    <t>21/04/2022 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326309/fr/gavreto-pralsetinib</t>
+  </si>
+  <si>
+    <t>p_3326309</t>
+  </si>
+  <si>
+    <t>pralsetinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326262/fr/gavreto-pralsetinib-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333268/fr/gavreto-pralsetinib-cancer-bronchique</t>
   </si>
   <si>
     <t>ARTISS (composant 1 : solution de protéines pour colle (fibrinogène humain, ap...)</t>
   </si>
   <si>
-    <t>04/14/2022 15:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985140/en/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
+    <t>14/04/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985140/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
   </si>
   <si>
     <t>pprd_2985140</t>
   </si>
   <si>
     <t>composant 1 : solution de protéines pour colle (fibrinogène humain, aprotinine),composant 2 : solution de thrombine humaine (thrombine, chlorure de calcium dihydraté)</t>
   </si>
   <si>
     <t>Laboratoire BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1084746/en/artiss</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983747/en/trasylol-aprotinine-antihemorragique</t>
+    <t>https://www.has-sante.fr/jcms/c_1084746/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331596/fr/artiss-composant-1-solution-de-proteines-pour-colle-fibrinogene-humain-ap-hemostatiques-locaux-en-association</t>
+  </si>
+  <si>
+    <t>FRAXIPARINE (nadroparine calcique)</t>
+  </si>
+  <si>
+    <t>12/04/2022 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330969/fr/fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>p_3330969</t>
+  </si>
+  <si>
+    <t>nadroparine calcique</t>
+  </si>
+  <si>
+    <t>Viatris Santé</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330890/fr/fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>CYCLOPHOSPHAMIDE REDDY PHARMA (cyclophosphamide)</t>
+  </si>
+  <si>
+    <t>18/03/2022 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324725/fr/cyclophosphamide-reddy-pharma-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>p_3324725</t>
+  </si>
+  <si>
+    <t>REDDY PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324313/fr/cyclophosphamide-reddy-pharma-cyclophosphamide</t>
+  </si>
+  <si>
+    <t>TRASYLOL</t>
+  </si>
+  <si>
+    <t>07/03/2022 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983747/fr/trasylol</t>
   </si>
   <si>
     <t>pprd_2983747</t>
   </si>
   <si>
     <t>aprotinine</t>
   </si>
   <si>
     <t>NORDIC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2743853/en/trasylol-aprotinin-antihaemorrhagic</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3315458/en/trasylol-aprotinine</t>
+    <t>https://www.has-sante.fr/jcms/c_2743853/fr/trasylol-aprotinine-antihemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315458/fr/trasylol-aprotinine</t>
+  </si>
+  <si>
+    <t>DEXAMETHASONE KALCEKS (dexamethasone)</t>
+  </si>
+  <si>
+    <t>04/03/2022 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321749/fr/dexamethasone-kalceks-dexamethasone</t>
+  </si>
+  <si>
+    <t>p_3321749</t>
+  </si>
+  <si>
+    <t>dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320606/fr/dexamethasone-kalceks-dexamethasone-covid-19</t>
+  </si>
+  <si>
+    <t>BORTEZOMIB (bortezomib)</t>
+  </si>
+  <si>
+    <t>08/02/2022 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982749/fr/bortezomib-bortezomib</t>
+  </si>
+  <si>
+    <t>pprd_2982749</t>
+  </si>
+  <si>
+    <t>MYLAN S.A.S / MEDAC SAS / REDDY PHARMA / ACCORD HEALTHCARE FRANCE SAS / CENTRE SPECIALISTES PHARMACEUTIQUES / SANDOZ / EG LABO -  LABORATOIRES EUROGENERICS / TEVA SANTE / ZENTIVA FRANCE / OHRE PHARMA / FRESENIUS KABI FRANCE / EVER Pharma France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789189/fr/bortezomib-teva-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888477/fr/bortezomib-reddy-pharma-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903171/fr/bortezomib-accord-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903175/fr/bortezomib-tillomed-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903176/fr/bortezomib-sandoz-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2912413/fr/bortezomib-eg-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2962276/fr/bortezomib-teva-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2969198/fr/bortezomib-mylan-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069193/fr/bortezomib-zentiva-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117093/fr/bortezomib-ohre-pharma-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857808/fr/bortezomib-medac-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152655/fr/bortezomib-medac-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280987/fr/bortezomib-fresenius-kabi-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290537/fr/bortezomib-accord-bortezomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315479/fr/bortezomib-ever-pharma-bortezomib</t>
+  </si>
+  <si>
+    <t>NOVATREX</t>
+  </si>
+  <si>
+    <t>08/02/2022 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983741/fr/novatrex</t>
+  </si>
+  <si>
+    <t>pprd_2983741</t>
+  </si>
+  <si>
+    <t>methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399752/fr/novatrex-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314510/fr/novatrex-2-5-mg-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711202/fr/novatrex-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678865/fr/novatrex-methotrexate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744490/fr/novatrex-methotrexate</t>
+  </si>
+  <si>
+    <t>ONUREG (azacididine)</t>
+  </si>
+  <si>
+    <t>10/01/2022 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287822/fr/onureg-azacididine</t>
+  </si>
+  <si>
+    <t>p_3287822</t>
+  </si>
+  <si>
+    <t>azacididine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287820/fr/onureg-azacitidine-leucemie-aigue-myeloide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305324/fr/onureg-200-300-mg-azacitidine</t>
+  </si>
+  <si>
+    <t>LEUKOTAC (inolimomab)</t>
+  </si>
+  <si>
+    <t>17/12/2021 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305400/fr/leukotac-inolimomab</t>
+  </si>
+  <si>
+    <t>p_3305400</t>
+  </si>
+  <si>
+    <t>inolimomab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305389/fr/leukotac-inolimomab-maladie-du-greffon</t>
+  </si>
+  <si>
+    <t>TIMOFEROL (acide ascorbique/ fer (sous forme de sulfate ferreux))</t>
+  </si>
+  <si>
+    <t>15/11/2021 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982729/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>pprd_2982729</t>
+  </si>
+  <si>
+    <t>acide ascorbique,fer (sous forme de sulfate ferreux)</t>
+  </si>
+  <si>
+    <t>ELERTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763726/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635767/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635804/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972290/fr/timoferol-acide-ascorbique/-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399988/fr/timoferol-gelule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296239/fr/timoferol-50-mg-comprime-enrobe-acide-ascorbique/-sulfate-ferreux-heptahydrate</t>
+  </si>
+  <si>
+    <t>FERO-GRAD VITAMINE C (sulfate de fer ferreux/ acide ascorbique)</t>
+  </si>
+  <si>
+    <t>15/11/2021 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984942/fr/fero-grad-vitamine-c-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>pprd_2984942</t>
+  </si>
+  <si>
+    <t>sulfate de fer ferreux,acide ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642417/fr/fero-grad-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363128/fr/fero-grad-vitamine-c-sulfate-de-fer-ferreux/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296245/fr/fero-grad-vitamine-c-500-acide-ascorbique/-sulfate-ferreux-heptahydrate</t>
   </si>
   <si>
     <t>CABLIVI (caplacizumab)</t>
   </si>
   <si>
-    <t>11/02/2021 15:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982788/en/cablivi-caplacizumab</t>
+    <t>02/11/2021 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982788/fr/cablivi-caplacizumab</t>
   </si>
   <si>
     <t>pprd_2982788</t>
   </si>
   <si>
     <t>caplacizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2964765/en/cablivi-caplacizumab</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984094/en/tardyferon-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
+    <t>https://www.has-sante.fr/jcms/c_2964765/fr/cablivi-caplacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295753/fr/cablivi-10-mg-caplacizumab</t>
+  </si>
+  <si>
+    <t>TARDYFERON (fer sous forme de sulfate ferreux)</t>
+  </si>
+  <si>
+    <t>02/11/2021 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984094/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
   </si>
   <si>
     <t>pprd_2984094</t>
   </si>
   <si>
     <t>fer (sous forme de sulfate ferreux)</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_605734/en/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3295759/en/tardyferon-50-80-mg-sulfate-ferreux-desseche</t>
+    <t>https://www.has-sante.fr/jcms/c_605734/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642471/fr/tardyferon-b9-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1363119/fr/tardyferon-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027365/fr/tardyferon-b9-sulfate-ferreux-acide-folique-antianemique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635773/fr/tardyferon-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245669/fr/tardyferon-preparations-antianemiques-fer-sous-forme-de-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295759/fr/tardyferon-50-80-mg-sulfate-ferreux-desseche</t>
   </si>
   <si>
     <t>EXACYL (acide tranexamique)</t>
   </si>
   <si>
-    <t>10/04/2021 12:14:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984911/en/exacyl-acide-tranexamique</t>
+    <t>04/10/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984911/fr/exacyl-acide-tranexamique</t>
   </si>
   <si>
     <t>pprd_2984911</t>
   </si>
   <si>
-    <t>acide tranexamique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289356/en/exacyl-0-5-g/5-ml-i-v-acide-tranexamique-prevention-et-traitement-des-hemorragies</t>
+    <t>https://www.has-sante.fr/jcms/c_623512/fr/exacyl-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615047/fr/exacyl-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289356/fr/exacyl-0-5-g/5-ml-i-v-acide-tranexamique-prevention-et-traitement-des-hemorragies</t>
   </si>
   <si>
     <t>DOPTELET (avatrombopag)</t>
   </si>
   <si>
-    <t>09/30/2021 10:24:18</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3234682/en/doptelet-avatrombopag</t>
+    <t>30/09/2021 10:24:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234682/fr/doptelet-avatrombopag</t>
   </si>
   <si>
     <t>p_3234682</t>
   </si>
   <si>
     <t>avatrombopag</t>
   </si>
   <si>
     <t>SWEDISH ORPHAN BIOVITRUM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3234198/en/doptelet-avatrombopag</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3287338/en/doptelet-20-mg-avatrombopag</t>
+    <t>https://www.has-sante.fr/jcms/p_3234198/fr/doptelet-avatrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287338/fr/doptelet-20-mg-avatrombopag</t>
   </si>
   <si>
     <t>COAGADEX (facteur X de coagulation humain)</t>
   </si>
   <si>
-    <t>09/24/2021 09:53:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3281436/en/coagadex-facteur-x-de-coagulation-humain</t>
+    <t>24/09/2021 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281436/fr/coagadex-facteur-x-de-coagulation-humain</t>
   </si>
   <si>
     <t>p_3281436</t>
   </si>
   <si>
     <t>facteur X de coagulation humain</t>
   </si>
   <si>
     <t>LABORATOIRE CEVIDRA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3281231/en/coagadex-250-500-ui-facteur-x-de-coagulation-humain</t>
+    <t>https://www.has-sante.fr/jcms/p_3281231/fr/coagadex-250-500-ui-facteur-x-de-coagulation-humain</t>
   </si>
   <si>
     <t>ELZONRIS (tagraxofusp)</t>
   </si>
   <si>
-    <t>08/26/2021 09:41:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3281320/en/elzonris-tagraxofusp</t>
+    <t>26/08/2021 09:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281320/fr/elzonris-tagraxofusp</t>
   </si>
   <si>
     <t>p_3281320</t>
   </si>
   <si>
     <t>tagraxofusp</t>
   </si>
   <si>
     <t>CLINIGEN HEALTHCARE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3281016/en/elzonris-tagraxofusp</t>
+    <t>https://www.has-sante.fr/jcms/p_3281016/fr/elzonris-tagraxofusp</t>
   </si>
   <si>
     <t>ECALTA (anidulafungine)</t>
   </si>
   <si>
-    <t>06/18/2021 17:26:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983800/en/ecalta-anidulafungine</t>
+    <t>18/06/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983800/fr/ecalta-anidulafungine</t>
   </si>
   <si>
     <t>pprd_2983800</t>
   </si>
   <si>
     <t>anidulafungine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_663748/en/ecalta</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983369/en/kyprolis</t>
+    <t>https://www.has-sante.fr/jcms/c_663748/fr/ecalta-anidulafungine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987168/fr/ecalta-anidulafungine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730845/fr/ecalta-anidulafungine-echinocandine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272112/fr/ecalta-anidulafungine-candidoses-pediatriques</t>
+  </si>
+  <si>
+    <t>KYPROLIS (carfilzomib)</t>
+  </si>
+  <si>
+    <t>12/05/2021 08:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983369/fr/kyprolis-carfilzomib</t>
   </si>
   <si>
     <t>pprd_2983369</t>
   </si>
   <si>
     <t>carfilzomib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2635789/en/kyprolis-carfilzomib-antineoplastic</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3266393/en/kyprolis-carfilzomib-myelome-multiple</t>
+    <t>https://www.has-sante.fr/jcms/c_2635789/fr/kyprolis-carfilzomib-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810352/fr/kyprolis-carfilzomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825861/fr/kyprolis-carfilzomib-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830613/fr/kyprolis-carfilzomib-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266393/fr/kyprolis-carfilzomib-myelome-multiple</t>
   </si>
   <si>
     <t>ADAKVEO (crizanlizumab)</t>
   </si>
   <si>
-    <t>05/07/2021 14:49:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3265531/en/adakveo-crizanlizumab</t>
+    <t>07/05/2021 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265531/fr/adakveo-crizanlizumab</t>
   </si>
   <si>
     <t>p_3265531</t>
   </si>
   <si>
     <t>crizanlizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3264981/en/adakveo-crizanlizumab</t>
+    <t>https://www.has-sante.fr/jcms/p_3264981/fr/adakveo-crizanlizumab</t>
   </si>
   <si>
     <t>KARDEGIC (acetylsalicylate de DL-lysine)</t>
   </si>
   <si>
-    <t>04/30/2021 10:55:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983750/en/kardegic-acetylsalicylate-de-dl-lysine</t>
+    <t>30/04/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983750/fr/kardegic-acetylsalicylate-de-dl-lysine</t>
   </si>
   <si>
     <t>pprd_2983750</t>
   </si>
   <si>
     <t>acetylsalicylate de DL-lysine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399270/en/kardegic-75-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-160-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-300-mg-poudre-pour-solution-buvable-en-sachet-dose-boite-de-30-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3262649/en/kardegic-acetylsalicylate-de-dl-lysine</t>
+    <t>https://www.has-sante.fr/jcms/c_399270/fr/kardegic-75-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-160-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-300-mg-poudre-pour-solution-buvable-en-sachet-dose-boite-de-30-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461070/fr/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104031/fr/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742062/fr/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262649/fr/kardegic-acetylsalicylate-de-dl-lysine</t>
   </si>
   <si>
     <t>XROMI (hydroxycarbamide)</t>
   </si>
   <si>
-    <t>04/09/2021 16:12:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3260611/en/xromi-hydroxycarbamide</t>
+    <t>09/04/2021 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260611/fr/xromi-hydroxycarbamide</t>
   </si>
   <si>
     <t>p_3260611</t>
   </si>
   <si>
-    <t>hydroxycarbamide</t>
-[...1 lines deleted...]
-  <si>
     <t>LUCANE PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3260466/en/xromi-hydroxycarbamide</t>
+    <t>https://www.has-sante.fr/jcms/p_3260466/fr/xromi-hydroxycarbamide</t>
   </si>
   <si>
     <t>VERASEAL (fibrinogène humain 80 UI/mL et thrombine humaine 500 UI/mL)</t>
   </si>
   <si>
-    <t>03/16/2021 17:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3243553/en/veraseal-fibrinogene-humain-80-ui/ml-et-thrombine-humaine-500-ui/ml</t>
+    <t>16/03/2021 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243553/fr/veraseal-fibrinogene-humain-80-ui/ml-et-thrombine-humaine-500-ui/ml</t>
   </si>
   <si>
     <t>p_3243553</t>
   </si>
   <si>
     <t>fibrinogène humain 80 UI/mL et thrombine humaine 500 UI/mL</t>
   </si>
   <si>
     <t>JOHNSON &amp; JOHNSON MEDICAL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3243406/en/veraseal-fibrinogene-humain-80-ui/ml-et-thrombine-humaine-500-ui/ml</t>
+    <t>https://www.has-sante.fr/jcms/p_3243406/fr/veraseal-fibrinogene-humain-80-ui/ml-et-thrombine-humaine-500-ui/ml</t>
   </si>
   <si>
     <t>CARMUSTINE OBVIUS (carmustine)</t>
   </si>
   <si>
-    <t>03/12/2021 14:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3118543/en/carmustine-obvius-carmustine</t>
+    <t>12/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118543/fr/carmustine-obvius-carmustine</t>
   </si>
   <si>
     <t>p_3118543</t>
   </si>
   <si>
-    <t>carmustine</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242568/en/carmustine-obvius-carmustine</t>
+    <t>https://www.has-sante.fr/jcms/p_3118398/fr/carmustine-obvius-carmustine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242568/fr/carmustine-obvius-carmustine</t>
   </si>
   <si>
     <t>ESPEROCT (turoctocog alfa pégol)</t>
   </si>
   <si>
-    <t>03/11/2021 17:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242326/en/esperoct-turoctocog-alfa-pegol</t>
+    <t>11/03/2021 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242326/fr/esperoct-turoctocog-alfa-pegol</t>
   </si>
   <si>
     <t>p_3242326</t>
   </si>
   <si>
     <t>turoctocog alfa pégol</t>
   </si>
   <si>
-    <t>NOVO NORDISK</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983067/en/rydapt</t>
+    <t>https://www.has-sante.fr/jcms/p_3242180/fr/esperoct-turoctocog-alfa-pegol</t>
+  </si>
+  <si>
+    <t>RYDAPT (midostaurine)</t>
+  </si>
+  <si>
+    <t>04/03/2021 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983067/fr/rydapt-midostaurine</t>
   </si>
   <si>
     <t>pprd_2983067</t>
   </si>
   <si>
     <t>midostaurine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2879339/en/rydapt-midostaurine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3240418/en/rydapt-midostaurine</t>
+    <t>https://www.has-sante.fr/jcms/c_2879339/fr/rydapt-midostaurine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862069/fr/rydapt-midostaurine-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861089/fr/rydapt-midostaurine-inhibiteur-de-tyrosine-kinase-mastocytose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240418/fr/rydapt-midostaurine</t>
   </si>
   <si>
     <t>TAVLESSE (fostamatinib)</t>
   </si>
   <si>
-    <t>12/29/2020 15:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3227022/en/tavlesse-fostamatinib</t>
+    <t>29/12/2020 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3227022/fr/tavlesse-fostamatinib</t>
   </si>
   <si>
     <t>p_3227022</t>
   </si>
   <si>
     <t>fostamatinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3226885/en/tavlesse-fostamatinib</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985333/en/clottafact</t>
+    <t>https://www.has-sante.fr/jcms/p_3226885/fr/tavlesse-fostamatinib</t>
+  </si>
+  <si>
+    <t>CLOTTAFACT (fibrinogène humain)</t>
+  </si>
+  <si>
+    <t>02/12/2020 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985333/fr/clottafact-fibrinogene-humain</t>
   </si>
   <si>
     <t>pprd_2985333</t>
   </si>
   <si>
     <t>fibrinogène humain</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827710/en/clottafact</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983864/en/idelvion</t>
+    <t>https://www.has-sante.fr/jcms/c_827710/fr/clottafact-fibrinogene-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221742/fr/clottafact-fibrinogene-humain</t>
+  </si>
+  <si>
+    <t>IDELVION (albutrépénonacog alfa)</t>
+  </si>
+  <si>
+    <t>24/11/2020 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983864/fr/idelvion-albutrepenonacog-alfa</t>
   </si>
   <si>
     <t>pprd_2983864</t>
   </si>
   <si>
     <t>albutrépénonacog alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2682486/en/idelvion-albutrepenonacog-alpha-antihaemophilic-factors-factor-ix</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983681/en/revlimid</t>
+    <t>https://www.has-sante.fr/jcms/c_2682486/fr/idelvion-albutrepenonacog-alpha-facteurs-anti-hemophiliques-facteurs-ix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218744/fr/idelvion-albutrepenonacog-alfa</t>
+  </si>
+  <si>
+    <t>REVLIMID (lénalidomide)</t>
+  </si>
+  <si>
+    <t>16/10/2020 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983681/fr/revlimid-lenalidomide</t>
   </si>
   <si>
     <t>pprd_2983681</t>
   </si>
   <si>
     <t>lénalidomide</t>
   </si>
   <si>
     <t>CELGENE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_603077/en/revlimid-lenalidomide</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984554/en/sylvant</t>
+    <t>https://www.has-sante.fr/jcms/c_603077/fr/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260936/fr/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782547/fr/revlimid-lenalidomide-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746192/fr/revlimid-lenalidomide-immunosuppresseur-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751879/fr/revlimid-lenalidomide-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167441/fr/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180072/fr/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181646/fr/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213001/fr/revlimid-lenalidomide</t>
+  </si>
+  <si>
+    <t>SYLVANT (siltuximab)</t>
+  </si>
+  <si>
+    <t>02/10/2020 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984554/fr/sylvant-siltuximab</t>
   </si>
   <si>
     <t>pprd_2984554</t>
   </si>
   <si>
     <t>siltuximab</t>
   </si>
   <si>
     <t>EUSA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2030386/en/sylvant-siltuximab-monoclonal-antibody</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3193022/en/scenesse</t>
+    <t>https://www.has-sante.fr/jcms/c_2030386/fr/sylvant-siltuximab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202972/fr/sylvant-siltuximab</t>
+  </si>
+  <si>
+    <t>SCENESSE (afamélanotide)</t>
+  </si>
+  <si>
+    <t>01/10/2020 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193022/fr/scenesse-afamelanotide</t>
   </si>
   <si>
     <t>p_3193022</t>
   </si>
   <si>
     <t>afamélanotide</t>
   </si>
   <si>
     <t>CLINUVEL EUROPE LIMITED</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3192396/en/scenesse</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984731/en/hemangiol</t>
+    <t>https://www.has-sante.fr/jcms/p_3192396/fr/scenesse-afamelanotide</t>
+  </si>
+  <si>
+    <t>MYLOTARG (gemtuzumab ozogamicine)</t>
+  </si>
+  <si>
+    <t>31/07/2020 09:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982804/fr/mylotarg-gemtuzumab-ozogamicine</t>
+  </si>
+  <si>
+    <t>pprd_2982804</t>
+  </si>
+  <si>
+    <t>gemtuzumab ozogamicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963343/fr/mylotarg-gemtuzumab-ozogamicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197677/fr/mylotarg-gemtuzumab-ozogamicine</t>
+  </si>
+  <si>
+    <t>HEMANGIOL (propranolol (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>24/07/2020 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984731/fr/hemangiol-propranolol-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984731</t>
   </si>
   <si>
     <t>propranolol (chlorhydrate de)</t>
   </si>
   <si>
     <t>PIERRE FABRE DERMATOLOGIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1753945/en/hemangiol</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3192350/en/xospata</t>
+    <t>https://www.has-sante.fr/jcms/c_1753945/fr/hemangiol-propranolol-betabloquant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195779/fr/hemangiol-propranolol-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>AZACITIDINE (azacitidine)</t>
+  </si>
+  <si>
+    <t>17/07/2020 12:56:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162480/fr/azacitidine-azacitidine</t>
+  </si>
+  <si>
+    <t>p_3162480</t>
+  </si>
+  <si>
+    <t>azacitidine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE / MYLAN SAS / REDDY PHARMA SAS / SANDOZ / ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161430/fr/azacitidine-accord-azacitidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181458/fr/azacitidine-mylan-azacitidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193440/fr/azacitidine-betapharm-azacitidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193730/fr/azacitidine-sandoz-azacitidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194121/fr/azacitidine-zentiva-azacitidine</t>
+  </si>
+  <si>
+    <t>XOSPATA (giltéritinib)</t>
+  </si>
+  <si>
+    <t>02/07/2020 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192350/fr/xospata-gilteritinib</t>
   </si>
   <si>
     <t>p_3192350</t>
   </si>
   <si>
     <t>giltéritinib</t>
   </si>
   <si>
     <t>ASTELLAS PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3192321/en/xospata</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985295/en/thalidomide-celgene-thalidomide</t>
+    <t>https://www.has-sante.fr/jcms/p_3192321/fr/xospata-gilteritinib</t>
+  </si>
+  <si>
+    <t>GRASUSTEK (pegfilgrastim)</t>
+  </si>
+  <si>
+    <t>01/07/2020 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191992/fr/grasustek-pegfilgrastim</t>
+  </si>
+  <si>
+    <t>p_3191992</t>
+  </si>
+  <si>
+    <t>pegfilgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191905/fr/grasustek-pegfilgrastim</t>
+  </si>
+  <si>
+    <t>RUXIENCE (rituximab)</t>
+  </si>
+  <si>
+    <t>05/06/2020 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188170/fr/ruxience-rituximab</t>
+  </si>
+  <si>
+    <t>p_3188170</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187849/fr/ruxience-rituximab</t>
+  </si>
+  <si>
+    <t>ATRIANCE (nélarabine)</t>
+  </si>
+  <si>
+    <t>07/05/2020 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985402/fr/atriance-nelarabine</t>
+  </si>
+  <si>
+    <t>pprd_2985402</t>
+  </si>
+  <si>
+    <t>nélarabine</t>
+  </si>
+  <si>
+    <t>SANDOZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623553/fr/atriance-nelarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181652/fr/atriance-nelarabine</t>
+  </si>
+  <si>
+    <t>CEGFILA (pegfilgrastim)</t>
+  </si>
+  <si>
+    <t>07/05/2020 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182879/fr/cegfila-pegfilgrastim</t>
+  </si>
+  <si>
+    <t>p_3182879</t>
+  </si>
+  <si>
+    <t>BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181643/fr/cegfila-pegfilgrastim</t>
+  </si>
+  <si>
+    <t>RIXATHON (rituximab)</t>
+  </si>
+  <si>
+    <t>24/04/2020 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983503/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>pprd_2983503</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800413/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180770/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>RESINSODIUM (polystyrène sulfonate de sodium)</t>
+  </si>
+  <si>
+    <t>24/04/2020 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181230/fr/resinsodium-polystyrene-sulfonate-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3181230</t>
+  </si>
+  <si>
+    <t>polystyrène sulfonate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181089/fr/resinsodium-polystyrene-sulfonate-de-sodium</t>
+  </si>
+  <si>
+    <t>THALIDOMIDE (thalidomide)</t>
+  </si>
+  <si>
+    <t>23/04/2020 12:01:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985295/fr/thalidomide-thalidomide</t>
   </si>
   <si>
     <t>pprd_2985295</t>
   </si>
   <si>
     <t>thalidomide</t>
   </si>
   <si>
     <t>PHARMION / CELGENE / ACCORD HEALTHCARE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_684162/en/thalidomide-pharmion</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3180078/en/thalidomide-accord-thalidomide</t>
+    <t>https://www.has-sante.fr/jcms/c_684162/fr/thalidomide-pharmion-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923682/fr/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120569/fr/thalidomide-celgene-thalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180078/fr/thalidomide-accord-thalidomide</t>
+  </si>
+  <si>
+    <t>MELPHALAN (melphalan)</t>
+  </si>
+  <si>
+    <t>14/04/2020 18:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153397/fr/melphalan-melphalan</t>
+  </si>
+  <si>
+    <t>p_3153397</t>
+  </si>
+  <si>
+    <t>RANBAXY PHARMACIE GENERIQUES / CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152674/fr/melphalan-sun-melphalan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178576/fr/melphalan-tillomed-melphalan</t>
+  </si>
+  <si>
+    <t>ORGARAN (danaparoïde sodique)</t>
+  </si>
+  <si>
+    <t>31/03/2020 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168244/fr/orgaran-danaparoide-sodique</t>
+  </si>
+  <si>
+    <t>p_3168244</t>
+  </si>
+  <si>
+    <t>danaparoïde sodique</t>
+  </si>
+  <si>
+    <t>ASPEN FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167435/fr/orgaran-danaparoide-sodique</t>
+  </si>
+  <si>
+    <t>ZYNTEGLO (bétibéglogène autotemcel)</t>
+  </si>
+  <si>
+    <t>26/03/2020 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149334/fr/zynteglo-betibeglogene-autotemcel</t>
+  </si>
+  <si>
+    <t>p_3149334</t>
+  </si>
+  <si>
+    <t>bétibéglogène autotemcel</t>
+  </si>
+  <si>
+    <t>BLUEBIRDBIO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149186/fr/zynteglo-betibeglogene-autotemcel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165706/fr/zynteglo-betibeglogene-autotemcel</t>
   </si>
   <si>
     <t>ARGANOVA (argatroban)</t>
   </si>
   <si>
-    <t>03/18/2020 17:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983162/en/arganova-argatroban</t>
+    <t>18/03/2020 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983162/fr/arganova-argatroban</t>
   </si>
   <si>
     <t>pprd_2983162</t>
   </si>
   <si>
     <t>argatroban</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1146546/en/arganova</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3164092/en/arganova-argatroban</t>
+    <t>https://www.has-sante.fr/jcms/c_1146546/fr/arganova-argatroban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864727/fr/arganova-argatroban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164092/fr/arganova-argatroban</t>
   </si>
   <si>
     <t>MOZOBIL (plérixafor)</t>
   </si>
   <si>
-    <t>03/18/2020 17:34:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984625/en/mozobil-plerixafor</t>
+    <t>18/03/2020 17:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984625/fr/mozobil-plerixafor</t>
   </si>
   <si>
     <t>pprd_2984625</t>
   </si>
   <si>
     <t>plérixafor</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_903961/en/mozobil</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3164681/en/mozobil-plerixafor</t>
+    <t>https://www.has-sante.fr/jcms/c_903961/fr/mozobil-plerixafor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006720/fr/mozobil-plerixafor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164681/fr/mozobil-plerixafor</t>
   </si>
   <si>
     <t>IMNOVID (pomalidomide)</t>
   </si>
   <si>
-    <t>03/12/2020 12:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984831/en/imnovid-pomalidomide</t>
+    <t>12/03/2020 12:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984831/fr/imnovid-pomalidomide</t>
   </si>
   <si>
     <t>pprd_2984831</t>
   </si>
   <si>
     <t>pomalidomide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1721768/en/imnovid</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161436/en/imnovid-pomalidomide</t>
+    <t>https://www.has-sante.fr/jcms/c_1721768/fr/imnovid-pomalidomide-immunomodulateur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161433/fr/imnovid-pomalidomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161436/fr/imnovid-pomalidomide</t>
   </si>
   <si>
     <t>REVOLADE (eltrombopag)</t>
   </si>
   <si>
-    <t>03/04/2020 11:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983678/en/revolade-eltrombopag</t>
+    <t>04/03/2020 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983678/fr/revolade-eltrombopag</t>
   </si>
   <si>
     <t>pprd_2983678</t>
   </si>
   <si>
     <t>eltrombopag</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_969539/en/revolade</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3151443/en/revolade-eltrombopag</t>
+    <t>https://www.has-sante.fr/jcms/c_969539/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015425/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671734/fr/revolade-eltrombopag-agoniste-des-recepteurs-a-la-thrombopoietine-ams</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748397/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748739/fr/revolade-ri-thrombopenie-vhc-aplasie-medullaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752842/fr/revolade-eltrombopag-agonistes-des-recepteurs-a-la-thrombopoietine-pti-adulte-non-splenectomise-pti-enfant-ri-pti-adulte-splenectomise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151443/fr/revolade-eltrombopag</t>
+  </si>
+  <si>
+    <t>DEFERIPRONE (défériprone)</t>
+  </si>
+  <si>
+    <t>03/02/2020 09:37:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982944/fr/deferiprone-deferiprone</t>
+  </si>
+  <si>
+    <t>pprd_2982944</t>
+  </si>
+  <si>
+    <t>défériprone</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES / LIPOMED GMBH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893469/fr/deferiprone-arrow-deferiprone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149189/fr/deferiprone-lipomed-deferiprone</t>
+  </si>
+  <si>
+    <t>BINOCRIT (époétine alpha)</t>
+  </si>
+  <si>
+    <t>03/02/2020 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982961/fr/binocrit-epoetine-alpha</t>
+  </si>
+  <si>
+    <t>pprd_2982961</t>
+  </si>
+  <si>
+    <t>époétine alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657530/fr/binocrit-epoetine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773284/fr/binocrit-epoetine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554445/fr/binocrit-epoetine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768608/fr/binocrit-epoetine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891864/fr/binocrit-epoetine-alpha</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149198/fr/binocrit-epoetine-alpha</t>
   </si>
   <si>
     <t>NEOFORDEX (dexaméthasone (acétate de))</t>
   </si>
   <si>
-    <t>01/29/2020 09:25:31</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983833/en/neofordex-dexamethasone-acetate-de</t>
+    <t>29/01/2020 09:25:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983833/fr/neofordex-dexamethasone-acetate-de</t>
   </si>
   <si>
     <t>pprd_2983833</t>
   </si>
   <si>
     <t>dexaméthasone (acétate de)</t>
   </si>
   <si>
     <t>CTRS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2725868/en/neofordex-dexamethasone-glucocorticoid</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3148406/en/neofordex-dexamethasone-acetate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2725868/fr/neofordex-dexamethasone-glucocorticoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148406/fr/neofordex-dexamethasone-acetate-de</t>
   </si>
   <si>
     <t>SPRYCEL (dasatinib)</t>
   </si>
   <si>
-    <t>01/20/2020 09:58:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982783/en/sprycel-dasatinib</t>
+    <t>20/01/2020 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982783/fr/sprycel-dasatinib</t>
   </si>
   <si>
     <t>pprd_2982783</t>
   </si>
   <si>
-    <t>dasatinib</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3146427/en/sprycel-dasatinib</t>
+    <t>https://www.has-sante.fr/jcms/c_523367/fr/sprycel-dasatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633056/fr/sprycel-dasatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883476/fr/sprycel-dasatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965617/fr/sprycel-dasatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146427/fr/sprycel-dasatinib</t>
   </si>
   <si>
     <t>ANAGRELIDE AOP (anagrélide)</t>
   </si>
   <si>
-    <t>01/06/2020 10:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3145175/en/anagrelide-aop-anagrelide</t>
+    <t>06/01/2020 10:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145175/fr/anagrelide-aop-anagrelide</t>
   </si>
   <si>
     <t>p_3145175</t>
   </si>
   <si>
     <t>anagrélide</t>
   </si>
   <si>
     <t>AOP ORPHAN PHARMACEUTICALS AG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3145048/en/anagrelide-aop-anagrelide</t>
+    <t>https://www.has-sante.fr/jcms/p_3145048/fr/anagrelide-aop-anagrelide</t>
+  </si>
+  <si>
+    <t>PELGRAZ (pegfilgrastim)</t>
+  </si>
+  <si>
+    <t>20/12/2019 16:17:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982979/fr/pelgraz-pegfilgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2982979</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888499/fr/pelgraz-pegfilgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135363/fr/pelgraz-pegfilgrastim</t>
+  </si>
+  <si>
+    <t>IVOZALL (clofarabine)</t>
+  </si>
+  <si>
+    <t>19/12/2019 14:50:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136427/fr/ivozall-clofarabine</t>
+  </si>
+  <si>
+    <t>p_3136427</t>
+  </si>
+  <si>
+    <t>clofarabine</t>
+  </si>
+  <si>
+    <t>CEMAG CARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124687/fr/ivozall-clofarabine</t>
   </si>
   <si>
     <t>GLIVEC (imatinib)</t>
   </si>
   <si>
-    <t>11/25/2019 10:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983049/en/glivec-imatinib</t>
+    <t>25/11/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983049/fr/glivec-imatinib</t>
   </si>
   <si>
     <t>pprd_2983049</t>
   </si>
   <si>
     <t>imatinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399553/en/glivec-100mg-gelule-boites-de-120-et-180</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3119801/en/glivec-imatinib</t>
+    <t>https://www.has-sante.fr/jcms/c_399553/fr/glivec-100mg-gelule-boites-de-120-et-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399746/fr/glivec-100-mg-gelule-boites-de-120-et-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399873/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399996/fr/glivec-100-mg-gelule-boites-de-120-et-180</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614779/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493436/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614800/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642498/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022285/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854122/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768792/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748394/fr/glivec-imatinib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580210/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881382/fr/glivec-imatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119801/fr/glivec-imatinib</t>
   </si>
   <si>
     <t>TRISENOX (trioxyde d’arsenic)</t>
   </si>
   <si>
-    <t>11/18/2019 09:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983533/en/trisenox-trioxyde-d-arsenic</t>
+    <t>18/11/2019 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983533/fr/trisenox-trioxyde-d-arsenic</t>
   </si>
   <si>
     <t>pprd_2983533</t>
   </si>
   <si>
     <t>trioxyde d’arsenic</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399661/en/trisenox-1mg/ml-solution-a-diluer-pour-perfusion-boite-de-10-ampoules-de-10-ml</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3118413/en/trisenox-trioxyde-d-arsenic</t>
+    <t>https://www.has-sante.fr/jcms/c_399661/fr/trisenox-1mg/ml-solution-a-diluer-pour-perfusion-boite-de-10-ampoules-de-10-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792731/fr/trisenox-trioxyde-d-arsenic-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118413/fr/trisenox-trioxyde-d-arsenic</t>
+  </si>
+  <si>
+    <t>CLOFARABINE (clofarabine)</t>
+  </si>
+  <si>
+    <t>12/11/2019 15:24:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983215/fr/clofarabine-clofarabine</t>
+  </si>
+  <si>
+    <t>pprd_2983215</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS/ CENTRE SPECIALITES PHARMACEUTIQUES/ MYLAN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830610/fr/clofarabine-mylan-clofarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858352/fr/clofarabine-tillomed-clofarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117814/fr/clofarabine-accord-clorafabine</t>
+  </si>
+  <si>
+    <t>POTELIGEO (mogamulizumab)</t>
+  </si>
+  <si>
+    <t>16/10/2019 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083794/fr/poteligeo-mogamulizumab</t>
+  </si>
+  <si>
+    <t>p_3083794</t>
+  </si>
+  <si>
+    <t>mogamulizumab</t>
+  </si>
+  <si>
+    <t>KYOWA KIRIN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083094/fr/poteligeo-mogamulizumab</t>
+  </si>
+  <si>
+    <t>GRANOCYTE (lénograstim)</t>
+  </si>
+  <si>
+    <t>14/10/2019 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985314/fr/granocyte-lenograstim</t>
+  </si>
+  <si>
+    <t>pprd_2985314</t>
+  </si>
+  <si>
+    <t>lénograstim</t>
+  </si>
+  <si>
+    <t>CHUGAÏ PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400008/fr/granocyte-13-granocyte-34-lenograstim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_653857/fr/granocyte-lenograstim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_887281/fr/granocyte-lenograstim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109524/fr/granocyte-lenograstim</t>
+  </si>
+  <si>
+    <t>SPECTRILA (asparaginase recombinante)</t>
+  </si>
+  <si>
+    <t>11/10/2019 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3111920/fr/spectrila-asparaginase-recombinante</t>
+  </si>
+  <si>
+    <t>p_3111920</t>
+  </si>
+  <si>
+    <t>asparaginase recombinante</t>
+  </si>
+  <si>
+    <t>MEDAC SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109932/fr/spectrila-asparaginase-recombinante</t>
+  </si>
+  <si>
+    <t>CYTARABINE ACCORD (cytarabine)</t>
+  </si>
+  <si>
+    <t>17/09/2019 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983732/fr/cytarabine-accord-cytarabine</t>
+  </si>
+  <si>
+    <t>pprd_2983732</t>
+  </si>
+  <si>
+    <t>cytarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701800/fr/cytarabine-accord-cytarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745876/fr/cytarabine-accord-cytarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3105000/fr/cytarabine-accord-cytarabine</t>
   </si>
   <si>
     <t>BOSULIF (bosutinib)</t>
   </si>
   <si>
-    <t>09/05/2019 10:37:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3104630/en/bosulif-bosutinib</t>
+    <t>05/09/2019 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104630/fr/bosulif-bosutinib</t>
   </si>
   <si>
     <t>p_3104630</t>
   </si>
   <si>
     <t>bosutinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1730843/en/bosulif</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3097600/en/bosulif-bosutinib</t>
+    <t>https://www.has-sante.fr/jcms/c_1730843/fr/bosulif-bosutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098041/fr/bosulif-bosutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3097600/fr/bosulif-bosutinib</t>
   </si>
   <si>
     <t>CADDERA (chlorure de calcium dihydraté)</t>
   </si>
   <si>
-    <t>09/06/2019 11:08:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3083645/en/caddera-chlorure-de-calcium-dihydrate</t>
+    <t>06/09/2019 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083645/fr/caddera-chlorure-de-calcium-dihydrate</t>
   </si>
   <si>
     <t>p_3083645</t>
   </si>
   <si>
     <t>chlorure de calcium dihydraté</t>
   </si>
   <si>
     <t>FRESENIUS MEDICAL CARE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3083088/en/caddera-chlorure-de-calcium-dihydrate</t>
+    <t>https://www.has-sante.fr/jcms/p_3083088/fr/caddera-chlorure-de-calcium-dihydrate</t>
   </si>
   <si>
     <t>FRAXODI - FRAXIPARINE (nadroparine calcique)</t>
   </si>
   <si>
-    <t>09/05/2019 10:12:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984073/en/fraxodi-fraxiparine-nadroparine-calcique</t>
+    <t>05/09/2019 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984073/fr/fraxodi-fraxiparine-nadroparine-calcique</t>
   </si>
   <si>
     <t>pprd_2984073</t>
   </si>
   <si>
-    <t>nadroparine calcique</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_399496/en/fraxiparine-null/-nadroparine-calcique</t>
+    <t>https://www.has-sante.fr/jcms/c_399294/fr/fraxodi-11-400-ui-anti-xa/0-6-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10-fraxodi-15-200-ui-anti-xa/0-8-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10-fraxodi-19-000-ui-anti-xa/1-ml-solution-injectable-s-c-en-seringue-preremplie-avec-systeme-de-securite-manchon-plastique-transparent-boite-de-2-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455423/fr/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241658/fr/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642068/fr/fraxodi-fraxiparine-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903180/fr/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773281/fr/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642080/fr/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399496/fr/fraxiparine-null/-nadroparine-calcique</t>
+  </si>
+  <si>
+    <t>CELLTOP (etoposide)</t>
+  </si>
+  <si>
+    <t>05/09/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985528/fr/celltop-etoposide</t>
+  </si>
+  <si>
+    <t>pprd_2985528</t>
+  </si>
+  <si>
+    <t>etoposide</t>
+  </si>
+  <si>
+    <t>BAXTER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455255/fr/celltop-etoposide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098053/fr/celltop-etoposide</t>
   </si>
   <si>
     <t>ICLUSIG (ponatinib (chlorhydrate de))</t>
   </si>
   <si>
-    <t>06/05/2019 16:31:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982732/en/iclusig-ponatinib-chlorhydrate-de</t>
+    <t>05/06/2019 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982732/fr/iclusig-ponatinib-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2982732</t>
   </si>
   <si>
     <t>ponatinib (chlorhydrate de)</t>
   </si>
   <si>
-    <t>INCYTE BIOSCIENCES FRANCE</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2971795/en/iclusig-ponatinib-chlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2012843/fr/iclusig-ponatinib-inhibiteur-de-tyrosine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2623462/fr/iclusig-ponatinib-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780980/fr/iclusig-ponatinib-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971795/fr/iclusig-ponatinib-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>RETACRIT (epoétine zêta)</t>
+  </si>
+  <si>
+    <t>13/05/2019 08:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982770/fr/retacrit-epoetine-zeta</t>
+  </si>
+  <si>
+    <t>pprd_2982770</t>
+  </si>
+  <si>
+    <t>epoétine zêta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057080/fr/retacrit-epoetine-zeta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1293897/fr/retacrit-epoetine-zeta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697326/fr/retacrit-epoetine-zeta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648996/fr/retacrit-epoetine-zeta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053552/fr/retacrit-epoetine-zeta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966252/fr/retacrit-epoetine-zeta</t>
   </si>
   <si>
     <t>ADYNOVI (rurioctocog alfa pégol)</t>
   </si>
   <si>
-    <t>04/25/2019 08:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982786/en/adynovi-rurioctocog-alfa-pegol</t>
+    <t>25/04/2019 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982786/fr/adynovi-rurioctocog-alfa-pegol</t>
   </si>
   <si>
     <t>pprd_2982786</t>
   </si>
   <si>
     <t>rurioctocog alfa pégol</t>
   </si>
   <si>
     <t>SHIRE FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2965047/en/adynovi-rurioctocog-alfa-pegol</t>
+    <t>https://www.has-sante.fr/jcms/c_2965047/fr/adynovi-rurioctocog-alfa-pegol</t>
+  </si>
+  <si>
+    <t>ACIDE (acide carglumique/ acide folique/ acide tranexamique/ acide zolédronique monohydraté)</t>
+  </si>
+  <si>
+    <t>08/04/2019 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982813/fr/acide-acide-carglumique/-acide-folique/-acide-tranexamique/-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982813</t>
+  </si>
+  <si>
+    <t>acide carglumique,acide folique,acide tranexamique,acide zolédronique monohydraté</t>
+  </si>
+  <si>
+    <t>AGUETTANT/ CENTRE SPECIALITES PHARMACEUTIQUES/ LABORATOIRE CCD/ MEDIPHA SANTE SAS/ MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399771/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672969/fr/acide-folique-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250056/fr/acide-folique-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648969/fr/acide-zoledronique-resolute-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827564/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827591/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839008/fr/acide-tranexamique-aguettant-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858355/fr/acide-carglumique-waymade-acide-carglumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868365/fr/acide-tranexamique-mylan-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2962273/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>CHLORURE DE SODIUM VIAFLO (calcium (chlorure de) hexahydraté/ magnésium (chlorure de)/ méthylthio...)</t>
+  </si>
+  <si>
+    <t>01/04/2019 08:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982818/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>pprd_2982818</t>
+  </si>
+  <si>
+    <t>calcium (chlorure de) hexahydraté,magnésium (chlorure de),méthylthioninium (chlorure de),potassium (chlorure de),sodium (chlorure de)</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400154/fr/chlorure-de-potassium-0-15-et-glucose-5-viaflo-chlorure-de-potassium-0-3-et-glucose-5-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400155/fr/chlorure-de-potassium-0-3-et-chlorure-de-sodium-0-9-viaflo-solution-pour-perfusion-en-poche-poche-polyolefine/polyamide-de-500-ml-code-cip-360-809-6-poche-polyolefine/polyamide-de-1-000-ml-code-cip-360-810-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400696/fr/chlorure-de-sodium-bioluz-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400697/fr/chlorure-de-sodium-lavoisier-0-9-solution-injectable-pour-perfusion-boite-de-1-flacon-de-125-ml-code-cip-305-784-5-boite-de-1flacon-de-250-ml-code-cip-305-789-7-boite-de-1-flacon-de-500-ml-code-cip-305-794-0-boite-de-1-flacon-de-1000-ml-code-cip-305-783-9-boite-de-1-poche-pvc-suremballee-de-50-ml-code-cip-354-702-9-boite-de-1-poche-pvc-suremballee-de-100-ml-code-cip-354-705-8-boite-de-1-poche-pvc-suremballee-de-250-ml-code-cip-354-708-7-boite-de-1-poche-pvc-suremballee-de-500-ml-code-cip-354-712-4-boite-de-1-poche-pvc-suremballee-de-1000-ml-code-cip-354-717-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400698/fr/chlorure-de-sodium-aguettant-0-9-solution-pour-perfusion-boite-de-1-flacon-de-250-ml-code-cip-318-438-3-boite-de-1-flacon-de-500-ml-code-cip-318-440-8-boite-de-1-flacon-de-1000-ml-code-cip-318-441-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487122/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539583/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555805/fr/chlorure-de-sodium-0-9-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664056/fr/chlorure-de-sodium-0-9-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_983243/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084360/fr/chlorure-de-methylthioninium-proveblue-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1109525/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250044/fr/chlorure-de-sodium-0-9-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543930/fr/chlorure-de-sodium-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598720/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671491/fr/chlorure-de-sodium-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701794/fr/chlorure-de-sodium-0-9-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769093/fr/chlorure-de-sodium-baxter-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028101/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028119/fr/chlorure-de-sodium-hypertonique-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028861/fr/chlorure-de-sodium-baxter-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035713/fr/chlorure-de-potassium-kabi-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572163/fr/chlorure-de-calcium-renaudin-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613522/fr/chlorure-de-sodium-aguettant-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635313/fr/chlorure-de-sodium-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635795/fr/chlorure-de-potassium-b-braun-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642065/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658534/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658492/fr/chlorure-de-potassium-et-chlorure-de-sodium-kabi-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680665/fr/chlorure-de-magnesium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679260/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730767/fr/chlorure-de-sodium-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745263/fr/chlorure-de-sodium-hypertronique-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773797/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789187/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791909/fr/chlorure-de-sodium-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830616/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879780/fr/chlorure-de-sodium-0-9-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913720/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>VYXEOS (daunorubicine/ cytarabine)</t>
+  </si>
+  <si>
+    <t>25/03/2019 08:52:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982831/fr/vyxeos-daunorubicine/-cytarabine</t>
+  </si>
+  <si>
+    <t>pprd_2982831</t>
+  </si>
+  <si>
+    <t>daunorubicine,cytarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2910492/fr/vyxeos-daunorubicine/-cytarabine</t>
   </si>
   <si>
     <t>CHLORAMINOPHENE (chlorambucil)</t>
   </si>
   <si>
-    <t>03/12/2019 08:45:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982848/en/chloraminophene-chlorambucil</t>
+    <t>12/03/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982848/fr/chloraminophene-chlorambucil</t>
   </si>
   <si>
     <t>pprd_2982848</t>
   </si>
   <si>
     <t>chlorambucil</t>
   </si>
   <si>
     <t>TECHNI-PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398862/en/chloraminophene-2-mg-gelule-boite-de-30</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2908472/en/chloraminophene-chlorambucil</t>
+    <t>https://www.has-sante.fr/jcms/c_398862/fr/chloraminophene-2-mg-gelule-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455272/fr/chloraminophene-chlorambucil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019657/fr/chloraminophene-chlorambucil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339968/fr/chloraminophene-chlorambucil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908472/fr/chloraminophene-chlorambucil</t>
+  </si>
+  <si>
+    <t>RATIOGRASTIM - TEVAGRASTIM (filgrastim)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982850/fr/ratiograstim-tevagrastim-filgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2982850</t>
+  </si>
+  <si>
+    <t>filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732632/fr/ratiograstim-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058264/fr/ratiograstim-tevagrastim-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908466/fr/ratiograstim-tevagrastim-filgrastim</t>
+  </si>
+  <si>
+    <t>NILEVAR (noréthandrolone)</t>
+  </si>
+  <si>
+    <t>31/01/2019 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982891/fr/nilevar-norethandrolone</t>
+  </si>
+  <si>
+    <t>pprd_2982891</t>
+  </si>
+  <si>
+    <t>noréthandrolone</t>
+  </si>
+  <si>
+    <t>NEITUM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901463/fr/nilevar-norethandrolone</t>
+  </si>
+  <si>
+    <t>PELMEG (pegfilgrastim)</t>
+  </si>
+  <si>
+    <t>29/01/2019 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982893/fr/pelmeg-pegfilgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2982893</t>
+  </si>
+  <si>
+    <t>MUNDIPHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900187/fr/pelmeg-pegfilgrastim</t>
   </si>
   <si>
     <t>ZALMOXIS (lymphocytes T génétiquement modifiés)</t>
   </si>
   <si>
-    <t>02/22/2019 12:28:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982897/en/zalmoxis-lymphocytes-t-genetiquement-modifies</t>
+    <t>22/02/2019 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982897/fr/zalmoxis-lymphocytes-t-genetiquement-modifies</t>
   </si>
   <si>
     <t>pprd_2982897</t>
   </si>
   <si>
     <t>lymphocytes T allogéniques génétiquement modifiés avec un vecteur rétroviral codant une forme tronquée du récepteur du facteur de croissance nerveuse à faible affinité humain (ΔLNGFR) et la thymidine kinase du virus herpès simplex I (HSV-TK Mut2)</t>
   </si>
   <si>
     <t>MolMed SaP</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2899636/en/zalmoxis-genetically-modified-t-lymphocytes-antineoplastic</t>
+    <t>https://www.has-sante.fr/jcms/c_2899636/fr/zalmoxis-lymphocytes-t-genetiquement-modifies-antineoplasique</t>
+  </si>
+  <si>
+    <t>DEXLIQ (dexaméthasone (phosphate sodique de))</t>
+  </si>
+  <si>
+    <t>21/01/2019 08:59:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982909/fr/dexliq-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>pprd_2982909</t>
+  </si>
+  <si>
+    <t>dexaméthasone (phosphate sodique de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2898719/fr/dexliq-dexamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>ZIEXTENZO (pegfilgrastim)</t>
+  </si>
+  <si>
+    <t>27/12/2018 13:28:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982949/fr/ziextenzo-pegfilgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2982949</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892924/fr/ziextenzo-pegfilgrastim</t>
+  </si>
+  <si>
+    <t>IDARUBICINE ACCORD (idarubicine (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982953/fr/idarubicine-accord-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2982953</t>
+  </si>
+  <si>
+    <t>idarubicine (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892912/fr/idarubicine-accord-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>POTASSIUM LIBERTY PHARMA (potassium chlorure, potassium glycérophosphate/ potassium (chlorure et...)</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:16:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983012/fr/potassium-liberty-pharma-potassium-chlorure-potassium-glycerophosphate/-potassium-chlorure-et</t>
+  </si>
+  <si>
+    <t>pprd_2983012</t>
+  </si>
+  <si>
+    <t>potassium chlorure, potassium glycérophosphate,potassium (chlorure et glycérophosphate),potassium (gluconate de),potassium (glycérophosphate de),potassium (chlorure de)</t>
+  </si>
+  <si>
+    <t>H2 PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866768/fr/potassium-richard-potassium-chlorure-potassium-glycerophosphate/-potassium-chlorure-et</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1279653/fr/potassium-richard-potassium-chlorure-potassium-glycerophosphate/-potassium-chlorure-et</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742283/fr/potassium-h2-pharma-potassium-chlorure-potassium-glycerophosphate/-potassium-chlorure-et</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867461/fr/potassium-richard-potassium-chlorure-potassium-glycerophosphate/-potassium-chlorure-et</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885819/fr/potassium-liberty-pharma-potassium-chlorure-potassium-glycerophosphate/-potassium-chlorure-et</t>
   </si>
   <si>
     <t>DACARBAZINE MEDAC (dacarbazine)</t>
   </si>
   <si>
-    <t>11/30/2018 11:44:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983019/en/dacarbazine-medac-dacarbazine</t>
+    <t>30/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983019/fr/dacarbazine-medac-dacarbazine</t>
   </si>
   <si>
     <t>pprd_2983019</t>
   </si>
   <si>
     <t>dacarbazine</t>
   </si>
   <si>
-    <t>MEDAC SAS</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2885124/en/dacarbazine-medac-dacarbazine</t>
+    <t>https://www.has-sante.fr/jcms/c_399887/fr/dacarbazine-faulding-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774129/fr/dacarbazine-medac-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769372/fr/dacarbazine-lipomed-dacarbazine-agent-alkylant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769375/fr/dacarbazine-medac-dacarbazine-agent-alkylant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862065/fr/dacarbazine-lipomed-dacarbazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885124/fr/dacarbazine-medac-dacarbazine</t>
   </si>
   <si>
     <t>TASIGNA (nilotinib)</t>
   </si>
   <si>
     <t>12/12/2018 11:41:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983035/en/tasigna-nilotinib</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983035/fr/tasigna-nilotinib</t>
   </si>
   <si>
     <t>pprd_2983035</t>
   </si>
   <si>
     <t>nilotinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642561/en/tasigna</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2883466/en/tasigna-nilotinib</t>
+    <t>https://www.has-sante.fr/jcms/c_642561/fr/tasigna-nilotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050851/fr/tasigna-nilotinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853363/fr/tasigna-nilotinib-inhibiteur-de-tyrosine-kinase-itk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883466/fr/tasigna-nilotinib</t>
+  </si>
+  <si>
+    <t>PROTAMINE CHOAY (protamine (sulfate de))</t>
+  </si>
+  <si>
+    <t>08/10/2018 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983090/fr/protamine-choay-protamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983090</t>
+  </si>
+  <si>
+    <t>protamine (sulfate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605658/fr/protamine-choay-protamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323095/fr/protamine-choay-protamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876142/fr/protamine-choay-protamine-sulfate-de</t>
+  </si>
+  <si>
+    <t>GAMMANORM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>02/10/2018 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983099/fr/gammanorm-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983099</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766761/fr/gammanorm-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873710/fr/gammanorm-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400238/fr/gammanorm-165-mg/ml-solution-injectable-1-ampoule-s-en-verre-de-10-ml-code-cip-565-109-6-gammanorm-165-mg/ml-solution-injectable-10-ampoule-s-en-verre-de-10-ml-code-cip-565-110-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400308/fr/gammanorm-165-mg/ml-solution-injectable-1-ampoule-s-en-verre-de-10-ml-code-cip-565-109-6-gammanorm-165-mg/ml-solution-injectable-10-ampoule-s-en-verre-de-10-ml-code-cip-565-110-4</t>
   </si>
   <si>
     <t>SPASMAG (levure saccharomyces cerevisae/ magnésium (sulfate de) heptahydraté)</t>
   </si>
   <si>
-    <t>08/31/2018 14:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983130/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+    <t>31/08/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983130/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
   </si>
   <si>
     <t>pprd_2983130</t>
   </si>
   <si>
     <t>levure saccharomyces cerevisae,magnésium (sulfate de) heptahydraté</t>
   </si>
   <si>
     <t>GRIMBERG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642478/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_400554/en/spasmag-solution-buvable-b/30-code-cip-329-263-5-spasmag-comprime-pour-suspension-buvable-b/30-code-cip-329-397-1-b/42-code-cip-329-398-8-spasmag-gelule-b/60-code-cip-323-690-9</t>
+    <t>https://www.has-sante.fr/jcms/c_642478/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676887/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739497/fr/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367951/fr/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808598/fr/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868647/fr/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400554/fr/spasmag-solution-buvable-b/30-code-cip-329-263-5-spasmag-comprime-pour-suspension-buvable-b/30-code-cip-329-397-1-b/42-code-cip-329-398-8-spasmag-gelule-b/60-code-cip-323-690-9</t>
+  </si>
+  <si>
+    <t>FLUDARABINE ACCORD (fludarabine (phosphate de))</t>
+  </si>
+  <si>
+    <t>28/08/2018 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983145/fr/fludarabine-accord-fludarabine-phosphate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983145</t>
+  </si>
+  <si>
+    <t>fludarabine (phosphate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867472/fr/fludarabine-accord-fludarabine-phosphate-de</t>
+  </si>
+  <si>
+    <t>VITAMINE (acétate d’alpha-tocophérol (vitamine E)/ acide ascorbique/ cholécalciférol/ cyanocobalamine/ nicotinamide (vitamine PP)...)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983155/fr/vitamine-acetate-d-alpha-tocopherol-vitamine-e-/-acide-ascorbique/-cholecalciferol/-cyanocobalamine/-nicotinamide-vitamine-pp</t>
+  </si>
+  <si>
+    <t>pprd_2983155</t>
+  </si>
+  <si>
+    <t>acétate d’alpha-tocophérol (vitamine E),acide ascorbique,cholécalciférol,cyanocobalamine,nicotinamide (vitamine PP),phytoménadione,pyridoxine (chlorhydrate),rétinol,thiamine (chlorhydrate),tout-rac-alpha-tocophéryle (acétate de),vitamine A synthétique (concentrat de) forme hydrodispersible,vitamine A synthétique (concentrat de), forme huileuse</t>
+  </si>
+  <si>
+    <t>ALLERGAN FRANCE SAS/ AGUETTANT/ BAYER SANTE FAMILIALE/ BOUCHARA RECORDATI/ CHAIX ET DU MARAIS/ CHEPLAPHARM FRANCE/ EUROPHTA/ G GAM/ GERDA/ GNR-Pharma/ LEXPHAR/ MERCK GENERIQUES/ MYLAN S.A.S/  NOVARTIS/ ROCHE S.A.S/ SANDOZ SAS/ SANOFI AVENTIS FRANCE/ THEA/ ZYDUS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399041/fr/vitamine-b12-thea-0-05-pour-cent-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399040/fr/vitamine-b12-abak-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399206/fr/vitamine-b12-lavoisier-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399349/fr/vitamine-b12-allergan-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399669/fr/vitamine-e-gnr-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399972/fr/vitamine-b12-aguettant-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399973/fr/vitamine-b6-aguettant-pyridoxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400601/fr/vitamine-e-g-gam-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400602/fr/vitamine-e-gnr-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400603/fr/vitamine-e-merck-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400604/fr/vitamine-e-zydus-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400179/fr/vitamine-c-10-pour-cent-aguettant-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400281/fr/vitamine-e-merck-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400683/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400684/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468434/fr/vitamine-a-dulcis-retinol-concentrat-huileux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461198/fr/vitamine-a-faure-vitamine-a-synthetique-concentrat-de-forme-hydrodispersible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_663713/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666408/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666103/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724616/fr/vitamine-pp-aguettant-nicotinamide-vitamine-pp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736844/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736850/fr/vitamine-e-sandoz-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739774/fr/vitamine-b12-aguettant-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_952660/fr/vitamine-e-mylan-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_964928/fr/vitamine-k1-nourrissons-vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046784/fr/vitamine-a-dulcis-vitamine-a-synthetique-forme-huileuse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060126/fr/vitamine-b1-b6-bayer-thiamine-chlorhydrate-/-pyridoxine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241655/fr/vitamine-a-faure-vitamine-a-synthetique-concentrat-de-forme-hydrodispersible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277915/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1279658/fr/vitamine-a-nepalm-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323119/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600991/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702546/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747538/fr/vitamine-e-sandoz-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778242/fr/vitamine-b12-lavoisier-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044637/fr/vitamine-e-mylan-acetate-d-alpha-tocopherol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627630/fr/vitamine-pp-aguettant-nicotinamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658663/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658666/fr/vitamine-k1-roche-phytomenadione</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729441/fr/vitamine-a-faure-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2741818/fr/vitamine-a-dulcis-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796812/fr/vitamine-e-nepalm-acetate-d-alpha-tocopherol-vitamine-e</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796806/fr/vitamine-a-nepalm-retinol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796809/fr/vitamine-b12-delagrange-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2821759/fr/vitamine-b12-gerda-cyanocobalamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831886/fr/vitamine-d3-bon-cholecalciferol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867428/fr/vitamine-k1-cheplapharm-phytomenadione</t>
   </si>
   <si>
     <t>FERRIPROX (défériprone)</t>
   </si>
   <si>
-    <t>10/24/2018 11:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983165/en/ferriprox-deferiprone</t>
+    <t>24/10/2018 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983165/fr/ferriprox-deferiprone</t>
   </si>
   <si>
     <t>pprd_2983165</t>
   </si>
   <si>
-    <t>défériprone</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842731/en/ferriprox-deferiprone-iron-chelator</t>
+    <t>https://www.has-sante.fr/jcms/c_2864197/fr/ferriprox-deferiprone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842731/fr/ferriprox-deferiprone-chelateur-du-fer</t>
   </si>
   <si>
     <t>EQWILATE (facteur Willebrand de coagulation humain/ facteur VIII de coagulation ...)</t>
   </si>
   <si>
-    <t>11/14/2018 17:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983170/en/eqwilate-facteur-willebrand-de-coagulation-humain/-facteur-viii-de-coagulation</t>
+    <t>14/11/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983170/fr/eqwilate-facteur-willebrand-de-coagulation-humain/-facteur-viii-de-coagulation</t>
   </si>
   <si>
     <t>pprd_2983170</t>
   </si>
   <si>
     <t>facteur Willebrand de coagulation humain,facteur VIII de coagulation humain</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2863574/en/eqwilate-von-willebrand-factor-human-coagulation-factor-viii</t>
+    <t>https://www.has-sante.fr/jcms/c_2863574/fr/eqwilate-facteur-willebrand-de-coagulation-humain/-facteur-viii-de-coagulation</t>
   </si>
   <si>
     <t>METHERGIN (méthylergométrine (maléate de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983181/en/methergin-methylergometrine-maleate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983181/fr/methergin-methylergometrine-maleate-de</t>
   </si>
   <si>
     <t>pprd_2983181</t>
   </si>
   <si>
     <t>méthylergométrine (maléate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_456383/en/methergin-methylergometrine-maleate-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2863006/en/methergin-methylergometrine-oxytocic</t>
+    <t>https://www.has-sante.fr/jcms/c_456383/fr/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987201/fr/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863006/fr/methergin-methylergometrine-ocytocique</t>
+  </si>
+  <si>
+    <t>CRUSIA (énoxaparine sodique)</t>
+  </si>
+  <si>
+    <t>10/07/2018 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983197/fr/crusia-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2983197</t>
+  </si>
+  <si>
+    <t>énoxaparine sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861092/fr/crusia-enoxaparine-sodique</t>
+  </si>
+  <si>
+    <t>BIVALIRUDINE ACCORD (bivalirudine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983198/fr/bivalirudine-accord-bivalirudine</t>
+  </si>
+  <si>
+    <t>pprd_2983198</t>
+  </si>
+  <si>
+    <t>bivalirudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860529/fr/bivalirudine-accord-bivalirudine</t>
+  </si>
+  <si>
+    <t>BUSULFAN ACCORD (busulfan)</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:10:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983209/fr/busulfan-accord-busulfan</t>
+  </si>
+  <si>
+    <t>pprd_2983209</t>
+  </si>
+  <si>
+    <t>busulfan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036410/fr/busulfan-fresenius-kabi-busulfan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835921/fr/busulfan-mylan-busulfan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858754/fr/busulfan-tillomed-busulfan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858905/fr/busulfan-accord-busulfan</t>
+  </si>
+  <si>
+    <t>VESANOID (trétinoïne)</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983216/fr/vesanoid-tretinoine</t>
+  </si>
+  <si>
+    <t>pprd_2983216</t>
+  </si>
+  <si>
+    <t>trétinoïne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400682/fr/vesanoid-tretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2724034/fr/vesanoid-tretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858349/fr/vesanoid-tretinoine</t>
   </si>
   <si>
     <t>PRAXBIND (idarucizumab)</t>
   </si>
   <si>
-    <t>12/18/2018 16:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983221/en/praxbind-idarucizumab</t>
+    <t>18/12/2018 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983221/fr/praxbind-idarucizumab</t>
   </si>
   <si>
     <t>pprd_2983221</t>
   </si>
   <si>
     <t>idarucizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2635757/en/praxbind-idarucizumab-antidote-for-dabigatran</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2857794/en/praxbind-idarucizumab-dabigatran-neutralising-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_2635757/fr/praxbind-idarucizumab-antidote-du-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857794/fr/praxbind-idarucizumab-agent-de-neutralisation-du-dabigatran</t>
   </si>
   <si>
     <t>ARZERRA (ofatumumab)</t>
   </si>
   <si>
-    <t>06/20/2018 16:44:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983222/en/arzerra-ofatumumab</t>
+    <t>20/06/2018 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983222/fr/arzerra-ofatumumab</t>
   </si>
   <si>
     <t>pprd_2983222</t>
   </si>
   <si>
     <t>ofatumumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_994266/en/arzerra</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2857791/en/arzerra-ofatumumab</t>
+    <t>https://www.has-sante.fr/jcms/c_994266/fr/arzerra-ofatumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040126/fr/arzerra-ofatumumab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748409/fr/arzerra-ofatumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857791/fr/arzerra-ofatumumab</t>
+  </si>
+  <si>
+    <t>DOXORUBICINE (doxorubicine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/06/2018 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983265/fr/doxorubicine-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983265</t>
+  </si>
+  <si>
+    <t>doxorubicine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS/ G GAM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399901/fr/doxorubicine-g-gam-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853745/fr/doxorubicine-accord-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>BETNESOL (bétaméthasone (phosphate sodique de))</t>
+  </si>
+  <si>
+    <t>29/05/2018 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983283/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>pprd_2983283</t>
+  </si>
+  <si>
+    <t>bétaméthasone (phosphate sodique de)</t>
+  </si>
+  <si>
+    <t>ALFASIGMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605748/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361975/fr/betnesol-betamethasone-phosphate-sodique-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851031/fr/betnesol-betamethasone-phosphate-sodique-de</t>
   </si>
   <si>
     <t>ONCASPAR (pégaspargase)</t>
   </si>
   <si>
-    <t>05/04/2018 14:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983298/en/oncaspar-pegaspargase</t>
+    <t>04/05/2018 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983298/fr/oncaspar-pegaspargase</t>
   </si>
   <si>
     <t>pprd_2983298</t>
   </si>
   <si>
     <t>pégaspargase</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2656388/en/oncaspar-e-coli-asparaginase-antineoplastic-agent</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983316/en/gazyvaro</t>
+    <t>https://www.has-sante.fr/jcms/c_2656388/fr/oncaspar-pegaspargase-issue-d-e-coli-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848087/fr/oncaspar-pegaspargase</t>
+  </si>
+  <si>
+    <t>GAZYVARO (obinutuzumab)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983316/fr/gazyvaro-obinutuzumab</t>
   </si>
   <si>
     <t>pprd_2983316</t>
   </si>
   <si>
     <t>obinutuzumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2019122/en/gazyvaro-obinutuzumab-type-ii-humanised-anti-cd20-recombinant-monoclonal-antibody</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2847896/en/gazyvaro-obinutuzumab</t>
+    <t>https://www.has-sante.fr/jcms/c_2019122/fr/gazyvaro-obinutuzumab-anticorps-monoclonal-anti-cd20-recombinant-humain-de-type-ii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751861/fr/gazyvaro-obinutuzumab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847896/fr/gazyvaro-obinutuzumab</t>
   </si>
   <si>
     <t>EXJADE (déférasirox)</t>
   </si>
   <si>
-    <t>04/12/2018 12:22:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983330/en/exjade-deferasirox</t>
+    <t>12/04/2018 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983330/fr/exjade-deferasirox</t>
   </si>
   <si>
     <t>pprd_2983330</t>
   </si>
   <si>
     <t>déférasirox</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_455406/en/exjade</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2842737/en/exjade-deferasirox</t>
+    <t>https://www.has-sante.fr/jcms/c_455406/fr/exjade-deferasirox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1744046/fr/exjade-deferasirox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753531/fr/exjade-deferasirox-chelateur-de-fer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745132/fr/exjade-deferasirox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842737/fr/exjade-deferasirox</t>
   </si>
   <si>
     <t>DACOGEN (décitabine)</t>
   </si>
   <si>
-    <t>06/27/2018 09:18:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983339/en/dacogen-decitabine</t>
+    <t>27/06/2018 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983339/fr/dacogen-decitabine</t>
   </si>
   <si>
     <t>pprd_2983339</t>
   </si>
   <si>
     <t>décitabine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1363113/en/dacogen</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2839318/en/dacogen-decitabine-antimetabolite</t>
+    <t>https://www.has-sante.fr/jcms/c_1363113/fr/dacogen-decitabine-analogue-de-la-pyrimidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839318/fr/dacogen-decitabine-antimetabolite</t>
+  </si>
+  <si>
+    <t>HEPARINE CHOAY (héparine sodique)</t>
+  </si>
+  <si>
+    <t>30/03/2018 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983342/fr/heparine-choay-heparine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2983342</t>
+  </si>
+  <si>
+    <t>héparine sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697258/fr/heparine-choay-heparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323125/fr/heparine-choay-heparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581314/fr/heparine-choay-heparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617566/fr/heparine-sodique-panpharma-heparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742485/fr/heparine-calcique-panpharma-heparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823773/fr/heparine-calcique-panpharma-heparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824455/fr/heparine-calcique-panpharma-heparine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839020/fr/heparine-choay-heparine-sodique</t>
+  </si>
+  <si>
+    <t>BLEOMYCINE (bléomycine (sulfate de))</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983379/fr/bleomycine-bleomycine-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983379</t>
+  </si>
+  <si>
+    <t>bléomycine (sulfate de)</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS/ SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400900/fr/bleomycine-bellon-bleomycine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016654/fr/bleomycine-bellon-bleomycine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2566489/fr/bleomycine-bellon-bleomycine-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829049/fr/bleomycine-accord-bleomycine-sulfate-de</t>
   </si>
   <si>
     <t>EPREX (époétine alfa)</t>
   </si>
   <si>
-    <t>05/25/2018 12:31:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983387/en/eprex-epoetine-alfa</t>
+    <t>25/05/2018 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983387/fr/eprex-epoetine-alfa</t>
   </si>
   <si>
     <t>pprd_2983387</t>
   </si>
   <si>
     <t>époétine alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398925/en/eprex-40-000-ui/1-ml-solution-injectable-en-flacon-boites-de-1-4-et-6-eprex-1-000-ui/0-5-ml-solution-injectable-en-flacon-boite-de-6-eprex-2-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-4-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-10-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-1-000-ui/0-5-ml-seringues-preremplies-boite-de-6-eprex-2-000-ui/0-5-ml-seringues-preremplies-boite-de-6-eprex-3-000-ui/0-3-ml-seringues-preremplies-boite-de-6-eprex-4-000-ui/0-4-ml-seringues-preremplies-boite-de-6-eprex-10-000-ui/1-ml-seringues-preremplies-boite-de-6</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2827579/en/eprex-epoetin-alfa-erythropoiesis-stimulating-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_398925/fr/eprex-40-000-ui/1-ml-solution-injectable-en-flacon-boites-de-1-4-et-6-eprex-1-000-ui/0-5-ml-solution-injectable-en-flacon-boite-de-6-eprex-2-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-4-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-10-000-ui/1-ml-solution-injectable-en-flacon-boite-de-6-eprex-1-000-ui/0-5-ml-seringues-preremplies-boite-de-6-eprex-2-000-ui/0-5-ml-seringues-preremplies-boite-de-6-eprex-3-000-ui/0-3-ml-seringues-preremplies-boite-de-6-eprex-4-000-ui/0-4-ml-seringues-preremplies-boite-de-6-eprex-10-000-ui/1-ml-seringues-preremplies-boite-de-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001256/fr/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625998/fr/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627633/fr/eprex-epoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827579/fr/eprex-epoetine-alfa-agent-stimulant-l-erythropoiese</t>
   </si>
   <si>
     <t>LIXIANA (édoxaban (tosilate d') monohydraté)</t>
   </si>
   <si>
-    <t>02/09/2018 16:10:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983395/en/lixiana-edoxaban-tosilate-d-monohydrate</t>
+    <t>09/02/2018 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983395/fr/lixiana-edoxaban-tosilate-d-monohydrate</t>
   </si>
   <si>
     <t>pprd_2983395</t>
   </si>
   <si>
     <t>édoxaban (tosilate d') monohydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2658504/en/lixiana-edoxaban-oral-anticoagulant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2826827/en/lixiana-edoxaban-tosilate-d-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_2658504/fr/lixiana-mtev-edoxaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658576/fr/lixiana-avc-fanv-edoxaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826827/fr/lixiana-edoxaban-tosilate-d-monohydrate</t>
   </si>
   <si>
     <t>REFIXIA (nonacog bêta pégol)</t>
   </si>
   <si>
-    <t>11/28/2018 07:55:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983408/en/refixia-nonacog-beta-pegol</t>
+    <t>28/11/2018 07:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983408/fr/refixia-nonacog-beta-pegol</t>
   </si>
   <si>
     <t>pprd_2983408</t>
   </si>
   <si>
     <t>nonacog bêta pégol</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2825852/en/refixia-nonacog-beta-pegol-antihaemophilic-factor-factor-ix</t>
+    <t>https://www.has-sante.fr/jcms/c_2825852/fr/refixia-nonacog-beta-pegol-facteur-anti-hemophilique-facteur-ix</t>
+  </si>
+  <si>
+    <t>ARGATROBAN ACCORD (argatroban)</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:30:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983438/fr/argatroban-accord-argatroban</t>
+  </si>
+  <si>
+    <t>pprd_2983438</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819297/fr/argatroban-accord-argatroban</t>
   </si>
   <si>
     <t>KOVALTRY (octocog alfa)</t>
   </si>
   <si>
-    <t>03/29/2018 12:27:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983466/en/kovaltry-octocog-alfa</t>
+    <t>29/03/2018 12:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983466/fr/kovaltry-octocog-alfa</t>
   </si>
   <si>
     <t>pprd_2983466</t>
   </si>
   <si>
     <t>octocog alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2733618/en/kovaltry-octocog-alfa</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2808586/en/kovaltry-octocog-alfa-antihaemophilic-factor-factor-viii</t>
+    <t>https://www.has-sante.fr/jcms/c_2733618/fr/kovaltry-octocog-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808586/fr/kovaltry-octocog-alfa-facteur-anti-hemophilique-facteur-viii</t>
   </si>
   <si>
     <t>LEDAGA (chlorméthine)</t>
   </si>
   <si>
-    <t>10/04/2017 14:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983532/en/ledaga-chlormethine</t>
+    <t>04/10/2017 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983532/fr/ledaga-chlormethine</t>
   </si>
   <si>
     <t>pprd_2983532</t>
   </si>
   <si>
     <t>chlorméthine</t>
   </si>
   <si>
     <t>ACTELION PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2794001/en/ledaga-chlormethine-alkylating-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_2794001/fr/ledaga-chlormethine-alkylant</t>
+  </si>
+  <si>
+    <t>AFSTYLA (lonoctocog alfa)</t>
+  </si>
+  <si>
+    <t>02/08/2017 17:21:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983544/fr/afstyla-lonoctocog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983544</t>
+  </si>
+  <si>
+    <t>lonoctocog alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788650/fr/afstyla-lonoctocog-alfa</t>
+  </si>
+  <si>
+    <t>TRUXIMA (rituximab)</t>
+  </si>
+  <si>
+    <t>02/08/2017 17:01:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983551/fr/truxima-rituximab</t>
+  </si>
+  <si>
+    <t>pprd_2983551</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757876/fr/truxima-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788606/fr/truxima-rituximab</t>
   </si>
   <si>
     <t>NEORAL (ciclosporine)</t>
   </si>
   <si>
     <t>07/07/2017 15:46:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983568/en/neoral-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983568/fr/neoral-ciclosporine</t>
   </si>
   <si>
     <t>pprd_2983568</t>
   </si>
   <si>
     <t>ciclosporine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399698/en/neoral-ciclosporine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2779173/en/neoral-ciclosporine</t>
+    <t>https://www.has-sante.fr/jcms/c_399698/fr/neoral-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642382/fr/neoral-/-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244189/fr/neoral-sandimmun-ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759062/fr/neoral-sandimmun-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779173/fr/neoral-ciclosporine</t>
   </si>
   <si>
     <t>VIDAZA (azacitidine), antimétabolite</t>
   </si>
   <si>
-    <t>10/04/2017 16:27:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983578/en/vidaza-azacitidine-antimetabolite</t>
+    <t>04/10/2017 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983578/fr/vidaza-azacitidine-antimetabolite</t>
   </si>
   <si>
     <t>pprd_2983578</t>
   </si>
   <si>
-    <t>azacitidine</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983592/en/zydelig-idelalisib-antineoplasique</t>
+    <t>https://www.has-sante.fr/jcms/c_798090/fr/vidaza-azacitidine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777959/fr/vidaza-azacitidine-antimetabolite</t>
+  </si>
+  <si>
+    <t>ZYDELIG (idelalisib)</t>
+  </si>
+  <si>
+    <t>06/07/2018 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983592/fr/zydelig-idelalisib</t>
   </si>
   <si>
     <t>pprd_2983592</t>
   </si>
   <si>
     <t>idélalisib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2047021/en/zydelig-idelalisib-kinase-inhibitor</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774117/en/zydelig-idelalisib-antineoplastic</t>
+    <t>https://www.has-sante.fr/jcms/c_2047021/fr/zydelig-idelalisib-inhibiteur-de-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628549/fr/zydelig-idelalisib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730800/fr/zydelig-idelalisib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774117/fr/zydelig-idelalisib-antineoplasique</t>
+  </si>
+  <si>
+    <t>BENEFIX (nonacog alfa)</t>
+  </si>
+  <si>
+    <t>01/06/2017 16:56:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983602/fr/benefix-nonacog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983602</t>
+  </si>
+  <si>
+    <t>nonacog alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772241/fr/benefix-nonacog-alfa</t>
   </si>
   <si>
     <t>DETICENE (dacarbazine)</t>
   </si>
   <si>
-    <t>07/19/2017 08:48:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983611/en/deticene-dacarbazine</t>
+    <t>19/07/2017 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983611/fr/deticene-dacarbazine</t>
   </si>
   <si>
     <t>pprd_2983611</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2769393/en/deticene-melanome</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2769390/en/deticene-dacarbazine-alkylating-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_2769393/fr/deticene-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769390/fr/deticene-dacarbazine-agent-alkylant</t>
   </si>
   <si>
     <t>TISSEEL (aprotinine synthétique/ fibrinogène humain/ polysorbate 80/ thrombine ...)</t>
   </si>
   <si>
-    <t>05/29/2017 15:48:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983612/en/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
+    <t>29/05/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983612/fr/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
   </si>
   <si>
     <t>pprd_2983612</t>
   </si>
   <si>
     <t>aprotinine synthétique,fibrinogène humain,polysorbate 80,thrombine humaine</t>
   </si>
   <si>
-    <t>BAXTER SAS</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2049889/en/tisseel-human-fibrinogen-and-thrombin-based-frozen-solution-for-sealant</t>
+    <t>https://www.has-sante.fr/jcms/c_2769387/fr/tisseel-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049889/fr/tisseel-solution-congelee-pour-colle-a-base-de-fibrinogene-et-de-thrombine-humains-aprotinine-synthetique/-fibrinogene-humain/-polysorbate-80/-thrombine</t>
   </si>
   <si>
     <t>ALBUMINE HUMAINE IODEE CIS BIO INTERNATIONAL [SERALB-125] (albumine humaine iodée [125 I])</t>
   </si>
   <si>
-    <t>07/05/2017 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983613/en/albumine-humaine-iodee-cis-bio-international-seralb-125-albumine-humaine-iodee-125-i</t>
+    <t>05/07/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983613/fr/albumine-humaine-iodee-cis-bio-international-seralb-125-albumine-humaine-iodee-125-i</t>
   </si>
   <si>
     <t>pprd_2983613</t>
   </si>
   <si>
     <t>albumine humaine iodée [125 I]</t>
   </si>
   <si>
     <t>CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400113/en/albumine-humaine-baxter-albumine-humaine-iodee-125-i</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2769384/en/iodinated-human-albumin-125i-cis-bio-international-iodinated-human-albumin-radiopharmaceutical-product-for-diagnostic-use</t>
+    <t>https://www.has-sante.fr/jcms/c_400113/fr/albumine-humaine-baxter-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_467700/fr/albumine-humaine-baxter-bioscience-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769384/fr/albumine-humaine-iodee-cis-bio-international-ref-seralb-125-albumine-humaine-iodee-produit-radiopharmaceutique-a-usage-diagnostique</t>
+  </si>
+  <si>
+    <t>XAGRID (anagrélide)</t>
+  </si>
+  <si>
+    <t>07/04/2017 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983660/fr/xagrid-anagrelide</t>
+  </si>
+  <si>
+    <t>pprd_2983660</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400349/fr/xagrid-anagrelide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062699/fr/xagrid-chlorhydrate-d-anagrelide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755485/fr/xagrid-anagrelide</t>
   </si>
   <si>
     <t>ZAVEDOS (idarubicine), anthracycline</t>
   </si>
   <si>
-    <t>05/11/2017 16:34:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983748/en/zavedos-idarubicine-anthracycline</t>
+    <t>11/05/2017 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983748/fr/zavedos-idarubicine-anthracycline</t>
   </si>
   <si>
     <t>pprd_2983748</t>
   </si>
   <si>
     <t>-,idarubicine (chlorhydrate d')</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_401011/en/zavedos</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2743227/en/zavedos-idarubicin-anthracycline</t>
+    <t>https://www.has-sante.fr/jcms/c_401011/fr/zavedos-/-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047009/fr/zavedos-/-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656343/fr/zavedos-/-idarubicine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743227/fr/zavedos-idarubicine-anthracycline</t>
   </si>
   <si>
     <t>MONOVER (fer (III) isomaltoside 1000)</t>
   </si>
   <si>
-    <t>06/01/2017 15:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983764/en/monover-fer-iii-isomaltoside-1000</t>
+    <t>01/06/2017 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983764/fr/monover-fer-iii-isomaltoside-1000</t>
   </si>
   <si>
     <t>pprd_2983764</t>
   </si>
   <si>
     <t>fer (III) isomaltoside 1000</t>
   </si>
   <si>
     <t>MEDIPHA SANTE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2736204/en/monover-iron-isomaltoside-1000-injectable-iron</t>
+    <t>https://www.has-sante.fr/jcms/c_2736204/fr/monover-fer-isomaltoside-1000-fer-par-voie-injectable</t>
+  </si>
+  <si>
+    <t>ROFERON-A (interféron alfa-2a)</t>
+  </si>
+  <si>
+    <t>04/01/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983770/fr/roferon-a-interferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>pprd_2983770</t>
+  </si>
+  <si>
+    <t>interféron alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399100/fr/roferon-a-3-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-et-boite-de-12-roferon-a-4-5-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-et-boite-de-12-roferon-a-6-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-et-boite-de-12-roferon-a-9-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-et-boite-de-12-roferon-a-18-mui/1-ml-solution-injectable-im-et-sc-1-ml-de-solution-en-flacon-seringue-2-aiguilles-boite-de-1-et-boite-de-12-roferon-a-18-mui/3-ml-solution-injectable-im-et-sc-3-ml-de-solution-en-flacon-6-seringues-12-aiguilles-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400879/fr/roferon-a-3-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-352-573-7-et-boite-de-12-cip-352-577-2-roferon-a-4-5-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-352-557-1-et-boite-de-12-cip-352-560-2-roferon-a-6-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-352-562-5-et-boite-de-12-cip-352-565-4-roferon-a-9-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-352-567-7-et-boite-de-12-cip-352-571-4-roferon-a-18-mui/0-5-ml-solution-injectable-en-seringue-pre-remplie-boite-de-1-cip-360-770-2-et-boite-de-12-cip-360-773-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281303/fr/roferon-a-interferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627681/fr/roferon-a-interferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733869/fr/roferon-a-interferon-alfa-2a</t>
+  </si>
+  <si>
+    <t>INTRONA (interferon alfa 2b)</t>
+  </si>
+  <si>
+    <t>27/12/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983777/fr/introna-interferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>pprd_2983777</t>
+  </si>
+  <si>
+    <t>interferon alfa 2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400788/fr/introna-10-millions-d-ui-solution-injectable-flacon-b/1-1-flacon-s-en-verre-de-1-ml-avec-1-seringue-s-avec-1-aiguille-s-avec-1-tampon-nettoyant-349-562-8-introna-18-millions-d-ui-solution-injectable-flacon-b/1-1-flacon-s-en-verre-de-3-ml-349-749-0-introna-18-millions-d-ui-solution-injectable-en-stylo-multidose-b/1-1-cartouche-s-en-verre-dans-stylo-pre-rempli-avec-12-aiguille-s-avec-12-tampon-s-nettoyant-s-359-654-2-introna-30-millions-d-ui-solution-injectable-en-stylo-multidose-b/1-1-cartouche-s-en-verre-dans-stylo-pre-rempli-avec-12-aiguille-s-avec-12-tampon-s-nettoyant-s-359-657-1-introna-60-millions-d-ui-solution-injectable-en-stylo-multidose-b/1-1-cartouche-s-en-verre-dans-stylo-pre-rempli-avec12-aiguille-s-avec-12-tampon-s-nettoyant-s-359-660-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602954/fr/introna-interferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019682/fr/introna-interferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733606/fr/introna-interferon-alfa-2b</t>
+  </si>
+  <si>
+    <t>IBLIAS (octocog alfa)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983778/fr/iblias-octocog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983778</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733600/fr/iblias-octocog-alfa</t>
   </si>
   <si>
     <t>MYLERAN (busulfan)</t>
   </si>
   <si>
-    <t>05/10/2017 17:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983779/en/myleran-busulfan</t>
+    <t>10/05/2017 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983779/fr/myleran-busulfan</t>
   </si>
   <si>
     <t>pprd_2983779</t>
   </si>
   <si>
-    <t>busulfan</t>
-[...1 lines deleted...]
-  <si>
     <t>HAC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400933/en/myleran-2-mg-comprime-pellicule1-flacon-en-verre-brun-de-25-comprimes-code-cip-369-231-7-busulfan</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2733392/en/myleran-busulfan-antineoplastic-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_400933/fr/myleran-2-mg-comprime-pellicule1-flacon-en-verre-brun-de-25-comprimes-code-cip-369-231-7-busulfan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733392/fr/myleran-busulfan-antineoplasique</t>
   </si>
   <si>
     <t>OBIZUR (susoctocog alfa)</t>
   </si>
   <si>
-    <t>06/28/2017 17:48:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983793/en/obizur-susoctocog-alfa</t>
+    <t>28/06/2017 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983793/fr/obizur-susoctocog-alfa</t>
   </si>
   <si>
     <t>pprd_2983793</t>
   </si>
   <si>
     <t>susoctocog alfa</t>
   </si>
   <si>
     <t>BAXALTA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2732125/en/obizur-susoctogog-alfa-porcine-recombinant-factor-viii</t>
+    <t>https://www.has-sante.fr/jcms/c_2732125/fr/obizur-susoctogog-alfa-facteur-viii-recombinant-de-sequence-porcine</t>
+  </si>
+  <si>
+    <t>LEDERFOLINE (folinate de calcium)</t>
+  </si>
+  <si>
+    <t>15/12/2016 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983802/fr/lederfoline-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2983802</t>
+  </si>
+  <si>
+    <t>folinate de calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468602/fr/lederfoline-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671513/fr/lederfoline-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730839/fr/lederfoline-folinate-de-calcium</t>
   </si>
   <si>
     <t>PIXUVRI (pixantrone  (dimaléate de))</t>
   </si>
   <si>
-    <t>01/13/2017 10:47:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983832/en/pixuvri-pixantrone-dimaleate-de</t>
+    <t>13/01/2017 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983832/fr/pixuvri-pixantrone-dimaleate-de</t>
   </si>
   <si>
     <t>pprd_2983832</t>
   </si>
   <si>
     <t>pixantrone  (dimaléate de)</t>
   </si>
   <si>
     <t>SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1626108/en/pixuvri-pixantrone-anthracycline-et-apparentes</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725871/en/pixuvri-pixantrone-anthracycline-and-related</t>
+    <t>https://www.has-sante.fr/jcms/c_1626108/fr/pixuvri-pixantrone-anthracycline-et-apparentes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725871/fr/pixuvri-pixantrone-anthracycline-et-apparentes</t>
   </si>
   <si>
     <t>ALPROLIX (eftrénonacog alfa)</t>
   </si>
   <si>
-    <t>03/10/2017 15:33:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983858/en/alprolix-eftrenonacog-alfa</t>
+    <t>10/03/2017 15:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983858/fr/alprolix-eftrenonacog-alfa</t>
   </si>
   <si>
     <t>pprd_2983858</t>
   </si>
   <si>
     <t>eftrénonacog alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2682507/en/alprolix-eftrenonacog-alpha-antihaemophilic-factors-factor-ix</t>
+    <t>https://www.has-sante.fr/jcms/c_2682507/fr/alprolix-eftrenonacog-alpha</t>
+  </si>
+  <si>
+    <t>MEDROL (méthylprednisolone)</t>
+  </si>
+  <si>
+    <t>03/11/2016 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983915/fr/medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2983915</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400873/fr/medrol-100-mg-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711194/fr/medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678880/fr/medrol-methylprednisolone</t>
+  </si>
+  <si>
+    <t>TACHOSIL (fibrinogène humain/ thrombine humaine)</t>
+  </si>
+  <si>
+    <t>03/11/2016 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983930/fr/tachosil-fibrinogene-humain/-thrombine-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2983930</t>
+  </si>
+  <si>
+    <t>fibrinogène humain,thrombine humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486258/fr/tachosil-fibrinogene-humain/-thrombine-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900469/fr/tachosil-fibrinogene-humain/-thrombine-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031548/fr/tachosil-fibrinogene-humain/-thrombine-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676747/fr/tachosil-fibrinogene-humain/-thrombine-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400133/fr/tachosil-eponges-medicamenteuses-usage-local-plaquette-thermoformee-de-1-eponge-de-9-5-cm-x-4-8-cm-code-cip-565-807-5-plaquette-thermoformee-de-2-eponges-de-4-8-cm-x-4-8-cm-code-cip-565-808-1-plaquette-thermoformee-de-1-eponge-de-3-0-cm-x-2-5-cm-code-cip-565-809-8-plaquette-thermoformee-de-5-eponges-de-3-0-cm-x-2-5-cm-code-cip-565-810-6</t>
   </si>
   <si>
     <t>LIPIODOL ULTRA-FLUIDE (oeillette (sous forme d'esters éthyliques d'acides gras iodés de l'hui...)</t>
   </si>
   <si>
-    <t>02/21/2017 17:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983976/en/lipiodol-ultra-fluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
+    <t>21/02/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983976/fr/lipiodol-ultra-fluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
   </si>
   <si>
     <t>pprd_2983976</t>
   </si>
   <si>
     <t>oeillette (sous forme d'esters éthyliques d'acides gras iodés de l'huile d'oeillette)</t>
   </si>
   <si>
     <t>GUERBET</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1716250/en/lipiodol-ultrafluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2671701/en/lipiodol-ultra-fluide-iodine-iodinated-contrast-medium</t>
+    <t>https://www.has-sante.fr/jcms/c_1716250/fr/lipiodol-ultrafluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716238/fr/lipiodol-ultrafluide-esthers-ethyliques-d-acide-gras-produit-de-contraste</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671701/fr/lipiodol-ultra-fluide-iode-produit-de-contraste-iode</t>
   </si>
   <si>
     <t>TEGELINE (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>09/27/2016 17:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983986/en/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>27/09/2016 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983986/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983986</t>
   </si>
   <si>
-    <t>immunoglobuline humaine normale (plasmatique)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2661722/en/tegeline-normal-human-immunoglobulin-iv-polyvalent-human-immunoglobulin</t>
+    <t>https://www.has-sante.fr/jcms/c_399073/fr/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538439/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928148/fr/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661722/fr/tegeline-immunoglobuline-humaine-normale-immunoglobuline-humaine-polyvalente-iv</t>
   </si>
   <si>
     <t>BUSILVEX (busulfan)</t>
   </si>
   <si>
-    <t>10/14/2016 08:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984002/en/busilvex-busulfan</t>
+    <t>14/10/2016 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984002/fr/busilvex-busulfan</t>
   </si>
   <si>
     <t>pprd_2984002</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399920/en/busilvex-6-mg/ml-solution-a-diluer-pour-perfusion-boite-de-8-ampoules</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2658645/en/busilvex-busulfan</t>
+    <t>https://www.has-sante.fr/jcms/c_399920/fr/busilvex-6-mg/ml-solution-a-diluer-pour-perfusion-boite-de-8-ampoules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493321/fr/busilvex-busulfan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658645/fr/busilvex-busulfan</t>
+  </si>
+  <si>
+    <t>HYDREA (hydroxycarbamide)</t>
+  </si>
+  <si>
+    <t>02/08/2016 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984022/fr/hydrea-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>pprd_2984022</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400865/fr/hydrea-500-mg-gelule-boite-de-20-gelules-305-126-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658543/fr/hydrea-hydroxycarbamide</t>
+  </si>
+  <si>
+    <t>ALKERAN (melphalan)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984031/fr/alkeran-melphalan</t>
+  </si>
+  <si>
+    <t>pprd_2984031</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400846/fr/alkeran-melphalan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104020/fr/alkeran-melphalan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658501/fr/alkeran-melphalan</t>
+  </si>
+  <si>
+    <t>PURINETHOL (mercaptopurine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984032/fr/purinethol-mercaptopurine</t>
+  </si>
+  <si>
+    <t>pprd_2984032</t>
+  </si>
+  <si>
+    <t>mercaptopurine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400876/fr/purinethol-50-mg-comprime-secable-flacon-de-25-comprimes-code-cip-364-311-2-mercaptopurine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658498/fr/purinethol-mercaptopurine</t>
   </si>
   <si>
     <t>LEVACT (bendamustine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>06/28/2017 15:26:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984049/en/levact-bendamustine-chlorhydrate-de</t>
+    <t>28/06/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984049/fr/levact-bendamustine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984049</t>
   </si>
   <si>
     <t>bendamustine (chlorhydrate de)</t>
   </si>
   <si>
-    <t>MUNDIPHARMA SAS</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2656331/en/levact-bendamustine-alkylating-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_994259/fr/levact-bendamustine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656331/fr/levact-bendamustine-agent-alkylant</t>
   </si>
   <si>
     <t>VONCENTO (facteur VIII de coagulation humain + facteur von Willebrand)</t>
   </si>
   <si>
-    <t>10/12/2016 17:15:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984072/en/voncento-facteur-viii-de-coagulation-humain-facteur-von-willebrand</t>
+    <t>12/10/2016 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984072/fr/voncento-facteur-viii-de-coagulation-humain-facteur-von-willebrand</t>
   </si>
   <si>
     <t>pprd_2984072</t>
   </si>
   <si>
     <t>facteur Willebrand de coagulation humain,facteur VIII de coagulation humain ((MAMMIFERE/HUMAIN/PLASMA))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1747223/en/voncento</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2642074/en/voncento-human-coagulation-factor-viii-von-willebrand-factor</t>
+    <t>https://www.has-sante.fr/jcms/c_1747223/fr/voncento-facteur-viii-de-coagulation-humain-facteur-von-willebrand-facteurs-de-coagulation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642074/fr/voncento-facteur-viii-de-coagulation-humain-facteur-von-willebrand</t>
   </si>
   <si>
     <t>VFEND IV (voriconazole), antifongique triazolé</t>
   </si>
   <si>
     <t>09/09/2016 15:03:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984078/en/vfend-iv-voriconazole-antifongique-triazole</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984078/fr/vfend-iv-voriconazole-antifongique-triazole</t>
   </si>
   <si>
     <t>pprd_2984078</t>
   </si>
   <si>
     <t>N/R,-,voriconazole</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399664/en/vfend-50-mg-200-mg-n/r/-/-voriconazole</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2640148/en/vfend-iv-voriconazole-triazole-antifungal</t>
+    <t>https://www.has-sante.fr/jcms/c_399664/fr/vfend-50-mg-200-mg-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477584/fr/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558835/fr/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559121/fr/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055712/fr/vfend-voriconazole-antifongique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640148/fr/vfend-iv-voriconazole-antifongique-triazole</t>
   </si>
   <si>
     <t>CAELYX (doxorubicine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>10/13/2016 15:44:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984088/en/caelyx-doxorubicine-chlorhydrate-de</t>
+    <t>13/10/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984088/fr/caelyx-doxorubicine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984088</t>
   </si>
   <si>
-    <t>doxorubicine (chlorhydrate de)</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2629893/en/caelyx-pegylated-liposomal-doxorubicin-cytotoxic-agent-ovarian-cancer</t>
+    <t>https://www.has-sante.fr/jcms/c_398845/fr/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399921/fr/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_808801/fr/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620027/fr/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637487/fr/caelyx-doxorubicine-liposomale-pegylee-antineoplasique-sarcome-de-kaposi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637484/fr/caelyx-doxorubicine-liposomale-pegylee-cytotoxique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629893/fr/caelyx-doxorubicine-liposomale-pegylee-cytotoxique-cancer-de-l-ovaire</t>
   </si>
   <si>
     <t>INOFER (succinate ferreux)</t>
   </si>
   <si>
-    <t>11/17/2016 10:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984093/en/inofer-succinate-ferreux</t>
+    <t>17/11/2016 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984093/fr/inofer-succinate-ferreux</t>
   </si>
   <si>
     <t>pprd_2984093</t>
   </si>
   <si>
     <t>succinate ferreux</t>
   </si>
   <si>
     <t>DB PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517690/en/inofer</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2635786/en/medicinal-products-containing-iron-alone-ferrous-salts-antianaemics</t>
+    <t>https://www.has-sante.fr/jcms/c_517690/fr/inofer-succinate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638057/fr/inofer-succinate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635807/fr/inofer-succinate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635786/fr/inofer-medicaments-a-base-de-fer-seul-sels-ferreux-antianemiques</t>
+  </si>
+  <si>
+    <t>OCTAPLEX (complexe prothombinique humain)</t>
+  </si>
+  <si>
+    <t>01/06/2016 12:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984102/fr/octaplex-complexe-prothombinique-humain</t>
+  </si>
+  <si>
+    <t>pprd_2984102</t>
+  </si>
+  <si>
+    <t>complexe prothombinique humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634439/fr/octaplex-complexe-prothombinique-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400327/fr/octaplex-poudre-et-solvant-pour-solution-injectable-complexe-prothrombique-humain-1-flacon-en-verre-1-flacon-en-verre-de-20-ml-avec-necessaire-code-cip-566-106-0</t>
   </si>
   <si>
     <t>FARYDAK (panobinostat (lactate de) anhydre)</t>
   </si>
   <si>
-    <t>08/23/2016 16:27:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984118/en/farydak-panobinostat-lactate-de-anhydre</t>
+    <t>23/08/2016 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984118/fr/farydak-panobinostat-lactate-de-anhydre</t>
   </si>
   <si>
     <t>pprd_2984118</t>
   </si>
   <si>
     <t>panobinostat (lactate de) anhydre</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2628641/en/farydak-panobinostat-antineoplastic-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_2628641/fr/farydak-panobinostat-antineoplasique</t>
+  </si>
+  <si>
+    <t>NIVESTIM (filgrastim)</t>
+  </si>
+  <si>
+    <t>25/04/2016 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984134/fr/nivestim-filgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2984134</t>
+  </si>
+  <si>
+    <t>HOSPIRA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1029060/fr/nivestim-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2626001/fr/nivestim-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069199/fr/nivestim-filgrastim</t>
+  </si>
+  <si>
+    <t>REGIOCIT (chlorure de sodium/ citrate de sodium)</t>
+  </si>
+  <si>
+    <t>04/04/2016 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984156/fr/regiocit-chlorure-de-sodium/-citrate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2984156</t>
+  </si>
+  <si>
+    <t>chlorure de sodium,citrate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621056/fr/regiocit-chlorure-de-sodium/-citrate-de-sodium</t>
+  </si>
+  <si>
+    <t>KIDROLASE (asparaginase)</t>
+  </si>
+  <si>
+    <t>30/03/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984158/fr/kidrolase-asparaginase</t>
+  </si>
+  <si>
+    <t>pprd_2984158</t>
+  </si>
+  <si>
+    <t>asparaginase</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400870/fr/kidrolase-asparaginase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053368/fr/kidrolase-asparaginase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620150/fr/kidrolase-asparaginase</t>
   </si>
   <si>
     <t>VELCADE (bortézomib), inhibiteur de protéasome</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984163/en/velcade-bortezomib-inhibiteur-de-proteasome</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984163/fr/velcade-bortezomib-inhibiteur-de-proteasome</t>
   </si>
   <si>
     <t>pprd_2984163</t>
   </si>
   <si>
     <t>bortézomib,N/R</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400080/en/velcade-3-5-mg-poudre-pour-solution-injectable-boite-de-1-flacon</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620022/en/velcade-bortezomib-proteasome-inhibitor</t>
+    <t>https://www.has-sante.fr/jcms/c_400080/fr/velcade-3-5-mg-poudre-pour-solution-injectable-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400995/fr/velcade-3-5-mg-poudre-pour-solution-injectable-1-flacon-s-en-verre-de-38-5-mg-564-957-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523441/fr/velcade-bortezomib/-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_817328/fr/velcade-bortezomib/-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1727466/fr/velcade-bortezomib-inhibiteur-de-proteasome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035135/fr/velcade-bortezomib/-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589998/fr/velcade-bortezomib-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620016/fr/velcade-bortezomib-inhibiteur-de-proteasome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620022/fr/velcade-bortezomib-inhibiteur-de-proteasome</t>
   </si>
   <si>
     <t>ELOCTA (efmoroctocog alfa)</t>
   </si>
   <si>
-    <t>05/25/2016 17:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984176/en/elocta-efmoroctocog-alfa</t>
+    <t>25/05/2016 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984176/fr/elocta-efmoroctocog-alfa</t>
   </si>
   <si>
     <t>pprd_2984176</t>
   </si>
   <si>
     <t>efmoroctocog alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2617853/en/elocta-efmoroctocog-alfa-factor-viii</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3067149/en/elocta-efmoroctocog-alfa</t>
+    <t>https://www.has-sante.fr/jcms/c_2617853/fr/elocta-efmoroctocog-alfa-facteur-viii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067149/fr/elocta-efmoroctocog-alfa</t>
+  </si>
+  <si>
+    <t>NATULAN (procarbazine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>04/03/2016 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984188/fr/natulan-procarbazine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984188</t>
+  </si>
+  <si>
+    <t>procarbazine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>SIGMA-TAU FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400982/fr/natulan-50-mg-gelule-bouteille-de-50-gelules-307-024-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277943/fr/natulan-procarbazine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017369/fr/natulan-procarbazine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053365/fr/natulan-procarbazine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613157/fr/natulan-procarbazine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>NEUPOGEN (filgrastim)</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984192/fr/neupogen-filgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2984192</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400807/fr/neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-ml-349-810-1-neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-ml-349-811-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-953-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-954-4-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-6-ml-349-814-7-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-6-ml-349-815-3-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-951-5-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-952-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400808/fr/neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-ml-349-810-1-neupogen-30-mu-0-3-mg/-ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-ml-349-811-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-953-8-neupogen-30-mu-0-6-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-954-4-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-1-flacon-s-en-verre-de-1-6-ml-349-814-7-neupogen-48-mu-0-3mg/ml-solution-injectable-en-flacon-5-flacon-s-en-verre-de-1-6-ml-349-815-3-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-1-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-951-5-neupogen-48-mu-0-96-mg/ml-solution-injectable-en-seringue-preremplie-5-seringue-s-preremplie-s-en-verre-de-0-5-ml-353-952-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098668/fr/neupogen-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2612058/fr/neupogen-filgrastim</t>
   </si>
   <si>
     <t>KOGENATE BAYER (octocog alfa)</t>
   </si>
   <si>
-    <t>02/29/2016 18:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984194/en/kogenate-bayer-octocog-alfa</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984194/fr/kogenate-bayer-octocog-alfa</t>
   </si>
   <si>
     <t>pprd_2984194</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400025/en/kogenate-bayer-250-ui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-kogenate-bayer-500-ui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-kogenate-bayer-1000-ui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2611689/en/kogenate-bayer-octocog-alfa-recombinant-human-coagulation-factor-viii</t>
+    <t>https://www.has-sante.fr/jcms/c_400025/fr/kogenate-bayer-250-ui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-kogenate-bayer-500-ui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-kogenate-bayer-1000-ui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400165/fr/kogenate-bayer-250-ui-flacon-de-poudre-avec-systeme-bioset-seringue-pre-remplie-boite-de-1-flacon-kogenate-bayer-500-ui-flacon-de-poudre-avec-systeme-bioset-seringue-pre-remplie-boite-de-1-flacon-kogenate-bayer-1000-ui-flacon-de-poudre-avec-systeme-bioset-seringue-pre-remplie-boite-de-1-flacon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049892/fr/kogenate-bayer-octocog-alfa-facteur-viii-de-coagulation-humaine-recombinant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611689/fr/kogenate-bayer-octocog-alfa-facteur-viii-de-coagulation-humaine-recombinant</t>
+  </si>
+  <si>
+    <t>ARACYTINE (cytarabine)</t>
+  </si>
+  <si>
+    <t>18/01/2016 16:55:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984258/fr/aracytine-cytarabine</t>
+  </si>
+  <si>
+    <t>pprd_2984258</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400850/fr/aracytine-100-mg-poudre-et-solvant-pour-solution-injectableflacon-de-poudre-10-ml-ampoule-de-solvant-de-5-ml-302-672-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1020508/fr/aracytine-cytarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2588389/fr/aracytine-cytarabine</t>
+  </si>
+  <si>
+    <t>OCTANATE LV (facteur VIII de coagulation humain)</t>
+  </si>
+  <si>
+    <t>05/01/2016 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984276/fr/octanate-lv-facteur-viii-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>pprd_2984276</t>
+  </si>
+  <si>
+    <t>facteur VIII de coagulation humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456411/fr/octanate-facteur-viii-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_560738/fr/octanate-facteur-viii-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583332/fr/octanate-lv-facteur-viii-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>MITOXANTRONE ACCORD (mitoxantrone (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984277/fr/mitoxantrone-accord-mitoxantrone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984277</t>
+  </si>
+  <si>
+    <t>mitoxantrone (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583326/fr/mitoxantrone-accord-mitoxantrone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>SIROCTID (octréotide (acétate d'))</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984311/fr/siroctid-octreotide-acetate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984311</t>
+  </si>
+  <si>
+    <t>octréotide (acétate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573230/fr/siroctid-octreotide-acetate-d</t>
   </si>
   <si>
     <t>RAPLIXA (Chaque gramme de poudre contient 79 mg de fibrinogène humain et 726 UI)</t>
   </si>
   <si>
-    <t>01/18/2016 16:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984314/en/raplixa-chaque-gramme-de-poudre-contient-79-mg-de-fibrinogene-humain-et-726-ui</t>
+    <t>18/01/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984314/fr/raplixa-chaque-gramme-de-poudre-contient-79-mg-de-fibrinogene-humain-et-726-ui</t>
   </si>
   <si>
     <t>pprd_2984314</t>
   </si>
   <si>
     <t>Chaque gramme de poudre contient 79 mg de fibrinogène humain et 726 UI</t>
   </si>
   <si>
     <t>THE MEDICINES COMPANY FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2572484/en/raplixa-sealant-powder-based-on-human-fibrinogen-and-thrombin</t>
+    <t>https://www.has-sante.fr/jcms/c_2572484/fr/raplixa-poudre-pour-colle-a-base-de-fibrinogene-et-de-thrombine-humains-chaque-gramme-de-poudre-contient-79-mg-de-fibrinogene-humain-et-726-ui</t>
+  </si>
+  <si>
+    <t>NEULASTA (pegfilgrastim)</t>
+  </si>
+  <si>
+    <t>18/11/2015 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984332/fr/neulasta-pegfilgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2984332</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399819/fr/neulasta-6-mg-solution-injectable-boite-de-1-seringue-de-verre-preremplie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697297/fr/neulasta-pegfilgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570608/fr/neulasta-pegfilgrastim</t>
+  </si>
+  <si>
+    <t>NEORECORMON (epoetin beta)</t>
+  </si>
+  <si>
+    <t>02/11/2015 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984339/fr/neorecormon-epoetin-beta</t>
+  </si>
+  <si>
+    <t>pprd_2984339</t>
+  </si>
+  <si>
+    <t>epoetin beta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399013/fr/neorecormon-seringues-pre-remplies-500-ui/0-3-ml-b/6-neorecormon-seringues-pre-remplies-1000-ui/0-3-ml-b/6-neorecormon-seringues-pre-remplies-2000-ui/0-3-ml-b/6-neorecormon-seringues-pre-remplies-3000-ui/0-3-ml-b/6-neorecormon-seringues-pre-remplies-4000-ui/0-3-ml-b/6-neorecormon-seringues-pre-remplies-5000-ui/0-3-ml-b/6-neorecormon-seringues-pre-remplies-6000-ui/0-3-ml-b/6-neorecormon-seringues-pre-remplies-10000-ui/0-6-ml-b/6-neorecormon-seringues-pre-remplies-20000-ui/0-6-ml-b/6-neorecormon-10-000-ui-poudre-et-solvant-pour-solution-injectable-b/1-cartouche-neorecormon-20-000-ui-poudre-et-solvant-pour-solution-injectable-b/1-cartouche-neorecormon-60-000-ui-poudre-et-solvant-pour-solution-injectable-b/1-cartouche-neorecormon-500-ui-poudre-et-solvant-pour-solution-injectable-b/10-flacons-neorecormon-50-000-ui-poudre-et-solvant-pour-solution-injectable-b/1-flacon-multidose-neorecormon-100-000-ui-poudre-et-solvant-pour-solution-injectable-b/1-flacon-multidose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399389/fr/neorecormon-seringues-pre-remplies-500-ui/0-3-ml-neorecormon-seringues-pre-remplies-1-000-ui/0-3-ml-neorecormon-seringues-pre-remplies-2-000-ui/0-3-ml-neorecormon-seringues-pre-remplies-3-000-ui/0-3-ml-neorecormon-seringues-pre-remplies-4-000-ui/0-3-ml-neorecormon-seringues-pre-remplies-5-000-ui/0-3-ml-neorecormon-seringues-pre-remplies-6-000-ui/0-3-ml-neorecormon-seringues-pre-remplies-10-000-ui/0-6-ml-neorecormon-seringues-pre-remplies-20-000-ui/0-6-ml-boite-de-6-neorecormon-10-000-ui-poudre-et-solvant-pour-solution-injectable-neorecormon-20-000-ui-poudre-et-solvant-pour-solution-injectable-neorecormon-60-000-ui-poudre-et-solvant-pour-solution-injectable-boite-de-1-cartouche-neorecormon-500-ui-poudre-et-solvant-pour-solution-injectable-boite-de-10-flacons-et-10-ampoules-neorecormon-50-000-ui-poudre-et-solvant-pour-solution-injectable-neorecormon-100-000-ui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-multidose-et-1-ampoule-de-solvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399893/fr/neorecormon-seringues-pre-remplies-500-ui/0-3-ml-neorecormon-seringues-pre-remplies-1-000-ui/0-3-ml-neorecormon-seringues-pre-remplies-2-000-ui/0-3-ml-neorecormon-seringues-pre-remplies-3-000-ui/0-3-ml-neorecormon-seringues-pre-remplies-4-000-ui/0-3-ml-neorecormon-seringues-pre-remplies-5-000-ui/0-3-ml-neorecormon-seringues-pre-remplies-6-000-ui/0-3-ml-neorecormon-seringues-pre-remplies-10-000-ui/0-6-ml-neorecormon-seringues-pre-remplies-20-000-ui/0-6-ml-boite-de-6-neorecormon-10-000-ui-poudre-et-solvant-pour-solution-injectable-neorecormon-20-000-ui-poudre-et-solvant-pour-solution-injectable-neorecormon-60-000-ui-poudre-et-solvant-pour-solution-injectable-boite-de-1-cartouche-neorecormon-500-ui-poudre-et-solvant-pour-solution-injectable-boite-de-10-flacons-et-10-ampoules-neorecormon-50-000-ui-poudre-et-solvant-pour-solution-injectable-neorecormon-100-000-ui-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-multidose-et-1-ampoule-de-solvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945526/fr/neorecormon-dans-le-traitement-de-l-anemie-du-patient-traite-pour-une-infection-du-virus-de-l-hepatite-c-epoetin-beta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001274/fr/neorecormon-epoetin-beta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569095/fr/neorecormon-epoetin-beta</t>
   </si>
   <si>
     <t>ERWINASE (crisantaspase)</t>
   </si>
   <si>
-    <t>01/28/2016 16:34:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984351/en/erwinase-crisantaspase</t>
+    <t>28/01/2016 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984351/fr/erwinase-crisantaspase</t>
   </si>
   <si>
     <t>pprd_2984351</t>
   </si>
   <si>
     <t>crisantaspase</t>
   </si>
   <si>
-    <t>EUSA PHARMA S.A.S.</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2566486/en/erwinase-erwinia-l-asparaginase-antineoplastic-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_2566486/fr/erwinase-l-asparaginase-issue-d-erwinia-antineoplasique</t>
   </si>
   <si>
     <t>IMUREL (azathioprine)</t>
   </si>
   <si>
-    <t>10/21/2015 17:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984367/en/imurel-azathioprine</t>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984367/fr/imurel-azathioprine</t>
   </si>
   <si>
     <t>pprd_2984367</t>
   </si>
   <si>
     <t>azathioprine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400866/en/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1759068/en/imurel</t>
+    <t>https://www.has-sante.fr/jcms/c_400866/fr/imurel-50-mg-comprime-pellicule-plaquette-de-100-comprimes-cip-364-149-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525573/fr/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2563030/fr/imurel-azathioprine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759068/fr/imurel-traitements-de-fond-non-biologiques-de-la-polyarthrite-rhumatoide-hors-methotrexate-et-leflunomide</t>
+  </si>
+  <si>
+    <t>RIXUBIS (nonacog gamma)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984412/fr/rixubis-nonacog-gamma</t>
+  </si>
+  <si>
+    <t>pprd_2984412</t>
+  </si>
+  <si>
+    <t>nonacog gamma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558862/fr/rixubis-nonacog-gamma</t>
+  </si>
+  <si>
+    <t>LITAK (cladribine)</t>
+  </si>
+  <si>
+    <t>02/09/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984431/fr/litak-cladribine</t>
+  </si>
+  <si>
+    <t>pprd_2984431</t>
+  </si>
+  <si>
+    <t>cladribine</t>
+  </si>
+  <si>
+    <t>LIPOMED GMBH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400098/fr/litak-2-mg/ml-cladribine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055724/fr/litak-cladribine</t>
+  </si>
+  <si>
+    <t>EPORATIO (epoétine thêta)</t>
+  </si>
+  <si>
+    <t>06/08/2015 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984448/fr/eporatio-epoetine-theta</t>
+  </si>
+  <si>
+    <t>pprd_2984448</t>
+  </si>
+  <si>
+    <t>epoétine thêta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_926138/fr/eporatio-epoetine-theta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023190/fr/eporatio-epoetine-theta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2052623/fr/eporatio-epoetine-theta</t>
   </si>
   <si>
     <t>HELIXATE NEXGEN (octocog alfa)</t>
   </si>
   <si>
-    <t>01/05/2016 15:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984451/en/helixate-nexgen-octocog-alfa</t>
+    <t>05/01/2016 15:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984451/fr/helixate-nexgen-octocog-alfa</t>
   </si>
   <si>
     <t>pprd_2984451</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2049886/en/helixate-nexgen-octocog-alfa-recombinant-human-coagulation-factor-viii</t>
+    <t>https://www.has-sante.fr/jcms/c_2049886/fr/helixate-nexgen-octocog-alfa-facteur-viii-de-coagulation-humaine-recombinant</t>
   </si>
   <si>
     <t>EVARREST (thrombine humaine/ fibrinogène humain)</t>
   </si>
   <si>
-    <t>04/25/2016 17:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984452/en/evarrest-thrombine-humaine/-fibrinogene-humain</t>
+    <t>25/04/2016 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984452/fr/evarrest-thrombine-humaine/-fibrinogene-humain</t>
   </si>
   <si>
     <t>pprd_2984452</t>
   </si>
   <si>
     <t>thrombine humaine,fibrinogène humain</t>
   </si>
   <si>
     <t>ETHICON SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2049883/en/evarrest-sealant-matrix-based-on-human-fibrinogen-and-thrombin</t>
+    <t>https://www.has-sante.fr/jcms/c_2049883/fr/evarrest-matrice-pour-colle-a-base-de-fibrinogene-et-de-thrombine-humains-thrombine-humaine/-fibrinogene-humain</t>
+  </si>
+  <si>
+    <t>SOLUPRED (prednisolone)</t>
+  </si>
+  <si>
+    <t>30/07/2015 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984456/fr/solupred-prednisolone</t>
+  </si>
+  <si>
+    <t>pprd_2984456</t>
+  </si>
+  <si>
+    <t>prednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400230/fr/solupred-5-mg-comprime-orodispersible-boite-de-30-code-cip-349-367-0-solupred-20-mg-comprime-orodispersible-boite-de-20-code-cip-349-368-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977223/fr/solupred-prednisolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048973/fr/solupred-prednisolone</t>
+  </si>
+  <si>
+    <t>FLUDARA (fludarabine)</t>
+  </si>
+  <si>
+    <t>17/07/2015 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984472/fr/fludara-fludarabine</t>
+  </si>
+  <si>
+    <t>pprd_2984472</t>
+  </si>
+  <si>
+    <t>fludarabine</t>
+  </si>
+  <si>
+    <t>GENZYME S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399978/fr/fludara-fludarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046969/fr/fludara-fludarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400711/fr/fludara-fludarabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399679/fr/fludara-fludarabine</t>
+  </si>
+  <si>
+    <t>ARANESP (darbépoétine alfa)</t>
+  </si>
+  <si>
+    <t>24/06/2015 16:59:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984512/fr/aranesp-darbepoetine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2984512</t>
+  </si>
+  <si>
+    <t>darbépoétine alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399122/fr/aranesp-15-g-solution-injectable-1-ml-voie-i-v-et-s-c-boites-de-1-et-4-aranesp-25-g-solution-injectable-1-ml-voie-i-v-et-s-c-boites-de-1-et-4-aranesp-40-g-solution-injectable-1-ml-voie-i-v-et-s-c-boites-de-1-et-4-aranesp-60-g-solution-injectable-1-ml-voie-i-v-et-s-c-boites-de-1-et-4-aranesp-10-g-solution-injectable-0-4-ml-voie-i-v-et-s-c-seringues-preremplies-boite-de-1-et-4-aranesp-15-g-solution-injectable-0-375-ml-voie-i-v-et-s-c-seringues-preremplies-boite-de-1-et-4-aranesp-20-g-solution-injectable-0-5-ml-voie-i-v-et-s-c-seringues-preremplies-boite-de-1-et-4-aranesp-30-g-solution-injectable-0-3-ml-voie-i-v-et-s-c-seringues-preremplies-boite-de-1-et-4-aranesp-40-g-solution-injectable-0-4-ml-voie-i-v-et-s-c-seringues-preremplies-boite-de-1-et-4-aranesp-50-g-solution-injectable-0-5-ml-voie-i-v-et-s-c-seringues-preremplies-boite-de-1-et-4-aranesp-60-g-solution-injectable-0-3-ml-voie-i-v-et-s-c-seringues-preremplies-boite-de-1-et-4-aranesp-80-g-solution-injectable-0-4-ml-voie-i-v-et-s-c-seringues-preremplies-bo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399735/fr/aranesp-15-g-25-g-40-g-60-g-solution-injectable-en-flacon-de-1-ml-voie-i-v-et-s-c-boite-de-1-et-4-aranesp-10-g-40-g-80-g-solution-injectable-0-4-ml-voie-i-v-et-s-c-seringues-preremplies-boite-de-1-et-4-aranesp-15-g-solution-injectable-0-375-ml-voie-i-v-et-s-c-seringues-preremplies-boite-de-1-et-4-aranesp-20-g-50-g-100-g-solution-injectable-0-5-ml-voie-i-v-et-s-c-seringues-preremplies-boite-de-1-et-4-aranesp-30-g-60-g-150-g-solution-injectable-0-3-ml-voie-i-v-et-s-c-seringues-preremplies-boite-de-1-et-4-aranesp-300-g-solution-injectable-0-6-ml-voie-i-v-et-s-c-seringues-preremplies-boite-de-1-et-4-aranesp-500-g-solution-injectable-1-ml-voie-i-v-et-s-c-seringues-preremplies-boite-de-1-et-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400151/fr/aranesp-10-microgrammes-solution-injectable-en-seringue-preremplie-1-seringue-preremplie-en-verre-de-0-4-ml-avec-aiguille-356-781-3-4-seringue-preremplie-en-verre-de-0-4-ml-avec-aiguille-356-783-6-aranesp-15-microgrammes-solution-injectable-en-flacon-1-flacon-en-verre-de-1-ml-356-806-6-4-flacon-en-verre-de-1-ml-356-807-2-aranesp-15-microgrammes-solution-injectable-en-seringue-preremplie-1-seringue-preremplie-en-verre-de-0-375-ml-avec-aiguille-356-784-2-4-seringue-preremplie-en-verre-de-0-375-ml-avec-aiguille-356-785-9-aranesp-20-microgrammes-solution-injectable-en-seringue-preremplie-1-seringue-preremplie-en-verre-de-0-5-ml-avec-aiguille-356-786-5-4-seringue-preremplie-en-verre-de-0-5-ml-avec-aiguille-356-787-1-aranesp-25-microgrammes-solution-injectable-en-flacon-1-flacon-en-verre-de-1-ml-356-808-9-4-flacon-en-verre-de-1-ml-356-809-5-aranesp-30-microgrammes-solution-injectable-en-seringue-preremplie-1-seringue-preremplie-en-verre-de-0-3-ml-avec-aiguille-356-788-8-4-seringue-preremplie-en-verre-de-0-3-ml-avec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718927/fr/aranesp-darbepoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1001273/fr/aranesp-darbepoetine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038845/fr/aranesp-darbepoetine-alfa</t>
+  </si>
+  <si>
+    <t>ACCOFIL (filgrastrim)</t>
+  </si>
+  <si>
+    <t>27/04/2015 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984557/fr/accofil-filgrastrim</t>
+  </si>
+  <si>
+    <t>pprd_2984557</t>
+  </si>
+  <si>
+    <t>filgrastrim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028116/fr/accofil-filgrastrim</t>
+  </si>
+  <si>
+    <t>FOLINORAL (folinate de calcium)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984567/fr/folinoral-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>pprd_2984567</t>
+  </si>
+  <si>
+    <t>THERABEL LUCIEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400712/fr/folinoral-5-mg-gelule-boite-de-28-cip-330-737-7-folinoral-25-mg-gelule-boite-de-14-cip-336-729-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900475/fr/folinoral-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027362/fr/folinoral-folinate-de-calcium</t>
+  </si>
+  <si>
+    <t>PRAVASTATINE ARROW (pravastatine sodique)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984570/fr/pravastatine-arrow-pravastatine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984570</t>
+  </si>
+  <si>
+    <t>pravastatine sodique</t>
+  </si>
+  <si>
+    <t>ARROW GÉNÉRIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027341/fr/pravastatine-arrow-pravastatine-sodique</t>
+  </si>
+  <si>
+    <t>ADVATE (octocog alfa)</t>
+  </si>
+  <si>
+    <t>01/04/2015 10:04:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984586/fr/advate-octocog-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2984586</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400019/fr/advate-octocog-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400845/fr/advate-octocog-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023181/fr/advate-octocog-alfa</t>
+  </si>
+  <si>
+    <t>TECTASIM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984596/fr/tectasim-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2984596</t>
+  </si>
+  <si>
+    <t>BIOTEST PHARMA GMBH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018888/fr/tectasim-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>VERCYTE (pipobroman)</t>
+  </si>
+  <si>
+    <t>19/12/2014 09:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984639/fr/vercyte-pipobroman</t>
+  </si>
+  <si>
+    <t>pprd_2984639</t>
+  </si>
+  <si>
+    <t>pipobroman</t>
+  </si>
+  <si>
+    <t>Laboratoires DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400178/fr/vercyte-pipobroman</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928170/fr/vercyte-pipobroman</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792840/fr/vercyte-pipobroman</t>
+  </si>
+  <si>
+    <t>FER (complexe d’hydroxyde ferrique-saccharose/ sulfate ferreux/ glycine pentahydrate)</t>
+  </si>
+  <si>
+    <t>12/11/2014 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984673/fr/fer-complexe-d-hydroxyde-ferrique-saccharose/-sulfate-ferreux/-glycine-pentahydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984673</t>
+  </si>
+  <si>
+    <t>complexe d’hydroxyde ferrique-saccharose,complexe ferreux (sulfate),glycine pentahydrate</t>
+  </si>
+  <si>
+    <t>PANPHARMA/ ASSISTANCE PUBLIQUE - HOPITAUX DE PARIS (AP-HP)/ SCHWARZ PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400305/fr/fer-ferreux-schwarz-pharma-100-mg-complexe-ferreux-sulfate-/-glycine-pentahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401024/fr/fer-ap-hp-0-5-mg-sulfate-ferreux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774151/fr/fer-panpharma-complexe-d-hydroxyde-ferrique-saccharose</t>
+  </si>
+  <si>
+    <t>WILFACTIN (facteur Willebrand de coagulation humain)</t>
+  </si>
+  <si>
+    <t>13/10/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984697/fr/wilfactin-facteur-willebrand-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>pprd_2984697</t>
+  </si>
+  <si>
+    <t>facteur Willebrand de coagulation humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399932/fr/wilfactin-facteur-willebrand-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766748/fr/wilfactin-facteur-willebrand-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>LEUSTATINE (cladribine)</t>
+  </si>
+  <si>
+    <t>29/07/2014 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984734/fr/leustatine-cladribine</t>
+  </si>
+  <si>
+    <t>pprd_2984734</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753527/fr/leustatine-cladribine</t>
+  </si>
+  <si>
+    <t>NIPENT (pentostatine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984735/fr/nipent-pentostatine</t>
+  </si>
+  <si>
+    <t>pprd_2984735</t>
+  </si>
+  <si>
+    <t>pentostatine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753526/fr/nipent-pentostatine</t>
+  </si>
+  <si>
+    <t>ZARZIO (filgrastim)</t>
+  </si>
+  <si>
+    <t>09/05/2014 17:29:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984774/fr/zarzio-filgrastim</t>
+  </si>
+  <si>
+    <t>pprd_2984774</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_828102/fr/zarzio-filgrastim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740062/fr/zarzio-filgrastim</t>
   </si>
   <si>
     <t>NOVOEIGHT (turoctocog alfa)</t>
   </si>
   <si>
-    <t>09/10/2014 16:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984777/en/novoeight-turoctocog-alfa</t>
+    <t>10/09/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984777/fr/novoeight-turoctocog-alfa</t>
   </si>
   <si>
     <t>pprd_2984777</t>
   </si>
   <si>
     <t>turoctocog alfa</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1739169/en/novoeight</t>
+    <t>https://www.has-sante.fr/jcms/c_1739169/fr/novoeight-turoctocog-alfa-facteur-anti-hemophilique-facteur-viii</t>
   </si>
   <si>
     <t>CERUBIDINE (chlorhydrate de daunorubicine)</t>
   </si>
   <si>
-    <t>06/10/2014 16:29:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984786/en/cerubidine-chlorhydrate-de-daunorubicine</t>
+    <t>10/06/2014 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984786/fr/cerubidine-chlorhydrate-de-daunorubicine</t>
   </si>
   <si>
     <t>pprd_2984786</t>
   </si>
   <si>
     <t>chlorhydrate de daunorubicine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1738603/en/cerubidine</t>
+    <t>https://www.has-sante.fr/jcms/c_1738603/fr/cerubidine-daunorubicine-anthracycline</t>
+  </si>
+  <si>
+    <t>XALUPRINE (mercaptopurine)</t>
+  </si>
+  <si>
+    <t>14/05/2014 18:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984833/fr/xaluprine-mercaptopurine</t>
+  </si>
+  <si>
+    <t>pprd_2984833</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720521/fr/xaluprine-mercaptopurine-suspension-buvable-analogue-de-la-purine</t>
   </si>
   <si>
     <t>PRIVIGEN (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
-    <t>03/05/2014 17:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984872/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>05/03/2014 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984872/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2984872</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_697321/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1701300/en/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/c_697321/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671506/fr/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701300/fr/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>PIPERACILLINE TAZOBACTAM STRAVENCON (pipéracilline-tazobactam/ pipéracilline sodique/ tazobactam sodique)</t>
+  </si>
+  <si>
+    <t>12/11/2013 15:21:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984873/fr/piperacilline-tazobactam-stravencon-piperacilline-tazobactam/-piperacilline-sodique/-tazobactam-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984873</t>
+  </si>
+  <si>
+    <t>pipéracilline-tazobactam,pipéracilline sodique,tazobactam sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818403/fr/piperacilline-tazobactam-kabi-piperacilline-tazobactam/-piperacilline-sodique/-tazobactam-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671503/fr/piperacilline-tazobactam-stravencon-piperacilline-tazobactam/-piperacilline-sodique/-tazobactam-sodique</t>
+  </si>
+  <si>
+    <t>FACTANE (Facteur VIII de coagulation humain)</t>
+  </si>
+  <si>
+    <t>30/10/2013 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984878/fr/factane-facteur-viii-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>pprd_2984878</t>
+  </si>
+  <si>
+    <t>Facteur VIII de coagulation humain</t>
+  </si>
+  <si>
+    <t>LFB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523347/fr/factane-facteur-viii-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670195/fr/factane-facteur-viii-de-coagulation-humain</t>
+  </si>
+  <si>
+    <t>CALCIPARINE (héparine calcique)</t>
+  </si>
+  <si>
+    <t>05/02/2013 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984950/fr/calciparine-heparine-calcique</t>
+  </si>
+  <si>
+    <t>pprd_2984950</t>
+  </si>
+  <si>
+    <t>héparine calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_631278/fr/calciparine-heparine-calcique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356134/fr/calciparine-heparine-calcique</t>
+  </si>
+  <si>
+    <t>SPECIAFOLDINE (acide folique)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984952/fr/speciafoldine-acide-folique</t>
+  </si>
+  <si>
+    <t>pprd_2984952</t>
+  </si>
+  <si>
+    <t>acide folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399841/fr/speciafoldine-0-4-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642401/fr/speciafoldine-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356130/fr/speciafoldine-acide-folique</t>
   </si>
   <si>
     <t>FERRISAT (complexe d'hydroxyde ferrique et de dextran)</t>
   </si>
   <si>
-    <t>06/08/2012 18:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985022/en/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+    <t>08/06/2012 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985022/fr/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
   </si>
   <si>
     <t>pprd_2985022</t>
   </si>
   <si>
     <t>complexe d'hydroxyde ferrique et de dextran</t>
   </si>
   <si>
     <t>Laboratoire PHARMACOSMOS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_619547/en/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1251944/en/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+    <t>https://www.has-sante.fr/jcms/c_619547/fr/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025866/fr/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251944/fr/ferrisat-complexe-d-hydroxyde-ferrique-et-de-dextran</t>
+  </si>
+  <si>
+    <t>CARYOLYSINE (chlorméthine)</t>
+  </si>
+  <si>
+    <t>25/05/2011 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985160/fr/caryolysine-chlormethine</t>
+  </si>
+  <si>
+    <t>pprd_2985160</t>
+  </si>
+  <si>
+    <t>Laboratoire GENOPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400999/fr/caryolysine-10-mg-solution-a-diluer-et-solvant-pour-solution-injectable-et-pour-application-cutanee-cip-3019129</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062709/fr/caryolysine-chlormethine</t>
   </si>
   <si>
     <t>RIASTAP (fibrinogène humain)</t>
   </si>
   <si>
-    <t>03/09/2011 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985193/en/riastap-fibrinogene-humain</t>
+    <t>09/03/2011 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985193/fr/riastap-fibrinogene-humain</t>
   </si>
   <si>
     <t>pprd_2985193</t>
   </si>
   <si>
     <t>Laboratoire CSL BEHRING SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1036540/en/riastap</t>
+    <t>https://www.has-sante.fr/jcms/c_1036540/fr/riastap-fibrinogene-humain</t>
+  </si>
+  <si>
+    <t>AREDIA (pamidronate de sodium)</t>
+  </si>
+  <si>
+    <t>21/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985220/fr/aredia-pamidronate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2985220</t>
+  </si>
+  <si>
+    <t>pamidronate de sodium</t>
+  </si>
+  <si>
+    <t>Laboratoire NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399123/fr/aredia-15-mg/5-ml-lyophilisat-et-solution-pour-perfusion-boite-de-4-aredia-60-mg/10-ml-lyophilisat-et-solution-pour-perfusion-boite-de-1-aredia-90-mg/10-ml-lyophilisat-et-solution-pour-perfusion-boite-de-1-pamidronate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455075/fr/aredia-pamidronate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1016646/fr/aredia-pamidronate-de-sodium</t>
   </si>
   <si>
     <t>CEPLENE (dichlorhydrate d'histamine)</t>
   </si>
   <si>
-    <t>12/01/2010 14:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985224/en/ceplene-dichlorhydrate-d-histamine</t>
+    <t>01/12/2010 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985224/fr/ceplene-dichlorhydrate-d-histamine</t>
   </si>
   <si>
     <t>pprd_2985224</t>
   </si>
   <si>
     <t>dichlorhydrate d'histamine</t>
   </si>
   <si>
     <t>Laboratoire MEDA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1014912/en/ceplene</t>
+    <t>https://www.has-sante.fr/jcms/c_1014912/fr/ceplene-dichlorhydrate-d-histamine</t>
   </si>
   <si>
     <t>FIBROGAMMIN (facteur XIII de coagulation)</t>
   </si>
   <si>
-    <t>02/08/2011 10:32:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985287/en/fibrogammin-facteur-xiii-de-coagulation</t>
+    <t>08/02/2011 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985287/fr/fibrogammin-facteur-xiii-de-coagulation</t>
   </si>
   <si>
     <t>pprd_2985287</t>
   </si>
   <si>
     <t>facteur XIII de coagulation</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_937959/en/fibrogammin</t>
+    <t>https://www.has-sante.fr/jcms/c_937959/fr/fibrogammin-facteur-xiii-de-coagulation</t>
   </si>
   <si>
     <t>TORISEL (temsirolimus)</t>
   </si>
   <si>
-    <t>02/10/2011 17:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985290/en/torisel-temsirolimus</t>
+    <t>10/02/2011 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985290/fr/torisel-temsirolimus</t>
   </si>
   <si>
     <t>pprd_2985290</t>
   </si>
   <si>
     <t>temsirolimus</t>
   </si>
   <si>
     <t>Laboratoire WYETH PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642922/en/torisel</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985302/en/zavesca-n/r/-miglustat</t>
+    <t>https://www.has-sante.fr/jcms/c_642922/fr/torisel-temsirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928172/fr/torisel-temsirolimus</t>
+  </si>
+  <si>
+    <t>ZAVESCA (miglustat)</t>
+  </si>
+  <si>
+    <t>18/02/2011 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985302/fr/zavesca-miglustat</t>
   </si>
   <si>
     <t>pprd_2985302</t>
   </si>
   <si>
     <t>miglustat</t>
   </si>
   <si>
     <t>Laboratoire ACTELION PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399915/en/zavesca-miglustat</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_905044/en/zavesca</t>
+    <t>https://www.has-sante.fr/jcms/c_399915/fr/zavesca-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_905044/fr/zavesca-miglustat</t>
+  </si>
+  <si>
+    <t>LEDERTREXATE (methotrexate)</t>
+  </si>
+  <si>
+    <t>21/04/2016 15:55:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985312/fr/ledertrexate-methotrexate</t>
+  </si>
+  <si>
+    <t>pprd_2985312</t>
+  </si>
+  <si>
+    <t>BIODIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400929/fr/ledertrexate-25-mg-solution-injectable-ampoule-de-1-ml-316-021-8-ledertrexate-5-mg-solution-injectable-ampoule-de-2-ml-315-012-5-ledertrexate-50-mg-solution-injectable-ampoule-de-2-ml-315-014-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893158/fr/ledertrexate-methotrexate</t>
   </si>
   <si>
     <t>SUBCUVIA (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
     <t>06/06/2011 16:52:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2985318/en/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2985318/fr/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2985318</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400676/en/subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-5-ml-code-cip-566-107-7-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-5-ml-code-cip-566-108-3-subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-10-ml-code-cip-566-110-8-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-10-ml-code-cip-566-111-4</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_874852/en/subcuvia</t>
+    <t>https://www.has-sante.fr/jcms/c_400676/fr/subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-5-ml-code-cip-566-107-7-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-5-ml-code-cip-566-108-3-subcuvia-160-mg/ml-solution-injectable-1-flacon-en-verre-de-10-ml-code-cip-566-110-8-subcuvia-160-mg/ml-solution-injectable-20-flacons-en-verre-de-10-ml-code-cip-566-111-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_874852/fr/subcuvia-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>KANOKAD (complexe prothrombique humain (PPSB))</t>
   </si>
   <si>
-    <t>03/14/2011 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985345/en/kanokad-complexe-prothrombique-humain-ppsb</t>
+    <t>14/03/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985345/fr/kanokad-complexe-prothrombique-humain-ppsb</t>
   </si>
   <si>
     <t>pprd_2985345</t>
   </si>
   <si>
     <t>complexe prothrombique humain (PPSB)</t>
   </si>
   <si>
     <t>Laboratoire LFB-BIOMEDICAMENTS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_763774/en/kanokad</t>
+    <t>https://www.has-sante.fr/jcms/c_763774/fr/kanokad-complexe-prothrombique-humain-ppsb</t>
   </si>
   <si>
     <t>MABCAMPATH (alemtuzumab)</t>
   </si>
   <si>
-    <t>09/17/2009 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2986051/en/mabcampath-alemtuzumab</t>
+    <t>17/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986051/fr/mabcampath-alemtuzumab</t>
   </si>
   <si>
     <t>pprd_2986051</t>
   </si>
   <si>
     <t>alemtuzumab</t>
   </si>
   <si>
     <t>BAYER SANTE – Division Bayer Schering Pharma</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399301/en/mabcampath-10mg/ml-solution-a-diluer-pour-perfusion-boite-de-3-ampoules</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_700500/en/mabcampath</t>
+    <t>https://www.has-sante.fr/jcms/c_399301/fr/mabcampath-10mg/ml-solution-a-diluer-pour-perfusion-boite-de-3-ampoules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700500/fr/mabcampath-alemtuzumab-anticorps-monoclonal-alemtuzumab</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Solutions de glucose à 5 % : pas d’utilisation sans électrolytes</t>
+  </si>
+  <si>
+    <t>L’hyponatrémie est un trouble électrolytique fréquent chez les patients hospitalisés, en particulier chez l’enfant. La HAS a publié une fiche de bon usage des solutions injectables de glucose à 5 % afin de réduire le risque d’hyponatrémie sévère lié à leur mésusage.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974171/fr/solutions-de-glucose-a-5-pas-d-utilisation-sans-electrolytes</t>
+  </si>
+  <si>
+    <t>pprd_2974171</t>
+  </si>
+  <si>
+    <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
+  </si>
+  <si>
+    <t>31/07/2013 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906066/fr/lymphome-de-hodgkin-classique-de-l-adulte-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906066</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J31"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>33</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>38</v>
+      </c>
+      <c r="J5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>41</v>
+      </c>
+      <c r="E6" t="s">
+        <v>42</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>43</v>
+      </c>
+      <c r="H6" t="s">
+        <v>44</v>
+      </c>
+      <c r="I6" t="s">
+        <v>45</v>
+      </c>
+      <c r="J6" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7" t="s">
+        <v>51</v>
+      </c>
+      <c r="I7" t="s">
+        <v>52</v>
+      </c>
+      <c r="J7" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>48</v>
+      </c>
+      <c r="E8" t="s">
+        <v>49</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>56</v>
+      </c>
+      <c r="I8" t="s">
+        <v>52</v>
+      </c>
+      <c r="J8" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>58</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9" t="s">
+        <v>61</v>
+      </c>
+      <c r="I9" t="s">
+        <v>45</v>
+      </c>
+      <c r="J9" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>63</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H10" t="s">
+        <v>67</v>
+      </c>
+      <c r="I10" t="s">
+        <v>31</v>
+      </c>
+      <c r="J10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>64</v>
+      </c>
+      <c r="E11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11" t="s">
+        <v>72</v>
+      </c>
+      <c r="I11" t="s">
+        <v>73</v>
+      </c>
+      <c r="J11" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>75</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>76</v>
+      </c>
+      <c r="E12" t="s">
+        <v>77</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>78</v>
+      </c>
+      <c r="H12" t="s">
+        <v>79</v>
+      </c>
+      <c r="I12" t="s">
+        <v>80</v>
+      </c>
+      <c r="J12" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C13" t="s">
+        <v>82</v>
+      </c>
+      <c r="D13" t="s">
+        <v>83</v>
+      </c>
+      <c r="E13" t="s">
+        <v>84</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>85</v>
+      </c>
+      <c r="H13" t="s">
+        <v>86</v>
+      </c>
+      <c r="I13" t="s">
+        <v>87</v>
+      </c>
+      <c r="J13" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>89</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>90</v>
+      </c>
+      <c r="E14" t="s">
+        <v>91</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>92</v>
+      </c>
+      <c r="H14" t="s">
+        <v>93</v>
+      </c>
+      <c r="I14" t="s">
+        <v>94</v>
+      </c>
+      <c r="J14" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>99</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>100</v>
+      </c>
+      <c r="H15" t="s">
+        <v>101</v>
+      </c>
+      <c r="I15" t="s">
+        <v>12</v>
+      </c>
+      <c r="J15" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>103</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E16" t="s">
+        <v>105</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>106</v>
+      </c>
+      <c r="H16" t="s">
+        <v>107</v>
+      </c>
+      <c r="I16" t="s">
+        <v>108</v>
+      </c>
+      <c r="J16" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>109</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>104</v>
+      </c>
+      <c r="E17" t="s">
+        <v>105</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>110</v>
+      </c>
+      <c r="H17" t="s">
+        <v>111</v>
+      </c>
+      <c r="I17" t="s">
+        <v>108</v>
+      </c>
+      <c r="J17" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>112</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>104</v>
+      </c>
+      <c r="E18" t="s">
+        <v>113</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>114</v>
+      </c>
+      <c r="H18" t="s">
+        <v>115</v>
+      </c>
+      <c r="I18" t="s">
+        <v>108</v>
+      </c>
+      <c r="J18" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>116</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>117</v>
+      </c>
+      <c r="E19" t="s">
+        <v>118</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>119</v>
+      </c>
+      <c r="H19" t="s">
+        <v>120</v>
+      </c>
+      <c r="I19" t="s">
+        <v>121</v>
+      </c>
+      <c r="J19" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>54</v>
+      </c>
+      <c r="C20" t="s">
+        <v>52</v>
+      </c>
+      <c r="D20" t="s">
+        <v>122</v>
+      </c>
+      <c r="E20" t="s">
+        <v>123</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>124</v>
+      </c>
+      <c r="H20" t="s">
+        <v>125</v>
+      </c>
+      <c r="I20" t="s">
+        <v>52</v>
+      </c>
+      <c r="J20" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>47</v>
+      </c>
+      <c r="C21" t="s">
+        <v>52</v>
+      </c>
+      <c r="D21" t="s">
+        <v>122</v>
+      </c>
+      <c r="E21" t="s">
+        <v>123</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>127</v>
+      </c>
+      <c r="H21" t="s">
+        <v>128</v>
+      </c>
+      <c r="I21" t="s">
+        <v>52</v>
+      </c>
+      <c r="J21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>129</v>
+      </c>
+      <c r="C22" t="s">
+        <v>130</v>
+      </c>
+      <c r="D22" t="s">
+        <v>131</v>
+      </c>
+      <c r="E22" t="s">
+        <v>132</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>133</v>
+      </c>
+      <c r="H22" t="s">
+        <v>134</v>
+      </c>
+      <c r="I22" t="s">
+        <v>130</v>
+      </c>
+      <c r="J22" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>135</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>136</v>
+      </c>
+      <c r="E23" t="s">
+        <v>137</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>138</v>
+      </c>
+      <c r="H23" t="s">
+        <v>139</v>
+      </c>
+      <c r="I23" t="s">
+        <v>12</v>
+      </c>
+      <c r="J23" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>89</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>140</v>
+      </c>
+      <c r="E24" t="s">
+        <v>141</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>142</v>
+      </c>
+      <c r="H24" t="s">
+        <v>143</v>
+      </c>
+      <c r="I24" t="s">
+        <v>12</v>
+      </c>
+      <c r="J24" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>144</v>
+      </c>
+      <c r="C25" t="s">
+        <v>80</v>
+      </c>
+      <c r="D25" t="s">
+        <v>145</v>
+      </c>
+      <c r="E25" t="s">
+        <v>146</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>147</v>
+      </c>
+      <c r="H25" t="s">
+        <v>148</v>
+      </c>
+      <c r="I25" t="s">
+        <v>80</v>
+      </c>
+      <c r="J25" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>150</v>
+      </c>
+      <c r="C26" t="s">
+        <v>151</v>
+      </c>
+      <c r="D26" t="s">
+        <v>152</v>
+      </c>
+      <c r="E26" t="s">
+        <v>153</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>154</v>
+      </c>
+      <c r="H26" t="s">
+        <v>155</v>
+      </c>
+      <c r="I26" t="s">
+        <v>151</v>
+      </c>
+      <c r="J26" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>156</v>
+      </c>
+      <c r="C27" t="s">
+        <v>157</v>
+      </c>
+      <c r="D27" t="s">
+        <v>152</v>
+      </c>
+      <c r="E27" t="s">
+        <v>153</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>158</v>
+      </c>
+      <c r="H27" t="s">
+        <v>159</v>
+      </c>
+      <c r="I27" t="s">
+        <v>157</v>
+      </c>
+      <c r="J27" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" t="s">
+        <v>31</v>
+      </c>
+      <c r="D28" t="s">
+        <v>161</v>
+      </c>
+      <c r="E28" t="s">
+        <v>162</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>163</v>
+      </c>
+      <c r="H28" t="s">
+        <v>164</v>
+      </c>
+      <c r="I28" t="s">
+        <v>31</v>
+      </c>
+      <c r="J28" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>166</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>167</v>
+      </c>
+      <c r="E29" t="s">
+        <v>168</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>169</v>
+      </c>
+      <c r="H29" t="s">
+        <v>170</v>
+      </c>
+      <c r="I29" t="s">
+        <v>12</v>
+      </c>
+      <c r="J29" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>47</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>172</v>
+      </c>
+      <c r="E30" t="s">
+        <v>173</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>174</v>
+      </c>
+      <c r="H30" t="s">
+        <v>175</v>
+      </c>
+      <c r="I30" t="s">
+        <v>12</v>
+      </c>
+      <c r="J30" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>47</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>177</v>
+      </c>
+      <c r="E31" t="s">
+        <v>177</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>178</v>
+      </c>
+      <c r="H31" t="s">
+        <v>179</v>
+      </c>
+      <c r="I31" t="s">
+        <v>12</v>
+      </c>
+      <c r="J31" t="s">
+        <v>180</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>3680</v>
+      </c>
+      <c r="B2" t="s">
+        <v>3681</v>
+      </c>
+      <c r="C2" t="s">
+        <v>3682</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>569</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>3683</v>
+      </c>
+      <c r="H2" t="s">
+        <v>3684</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>3680</v>
+      </c>
+      <c r="B3" t="s">
+        <v>3685</v>
+      </c>
+      <c r="C3" t="s">
+        <v>3686</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>3687</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>3688</v>
+      </c>
+      <c r="H3" t="s">
+        <v>3689</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>21</v>
+        <v>181</v>
       </c>
       <c r="B2" t="s">
-        <v>22</v>
+        <v>182</v>
       </c>
       <c r="C2" t="s">
-        <v>23</v>
+        <v>183</v>
       </c>
       <c r="D2" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
+        <v>184</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>26</v>
+        <v>185</v>
       </c>
       <c r="H2" t="s">
-        <v>27</v>
+        <v>186</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>181</v>
+      </c>
+      <c r="B3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C3" t="s">
+        <v>188</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>189</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>190</v>
+      </c>
+      <c r="H3" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>181</v>
+      </c>
+      <c r="B4" t="s">
+        <v>192</v>
+      </c>
+      <c r="C4" t="s">
+        <v>193</v>
+      </c>
+      <c r="D4" t="s">
+        <v>194</v>
+      </c>
+      <c r="E4" t="s">
+        <v>195</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>196</v>
+      </c>
+      <c r="H4" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>181</v>
+      </c>
+      <c r="B5" t="s">
+        <v>198</v>
+      </c>
+      <c r="C5" t="s">
+        <v>199</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>200</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>201</v>
+      </c>
+      <c r="H5" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>181</v>
+      </c>
+      <c r="B6" t="s">
+        <v>203</v>
+      </c>
+      <c r="C6" t="s">
+        <v>204</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>205</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>206</v>
+      </c>
+      <c r="H6" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>181</v>
+      </c>
+      <c r="B7" t="s">
+        <v>208</v>
+      </c>
+      <c r="C7" t="s">
+        <v>209</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>210</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>211</v>
+      </c>
+      <c r="H7" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>181</v>
+      </c>
+      <c r="B8" t="s">
+        <v>213</v>
+      </c>
+      <c r="C8" t="s">
+        <v>214</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>215</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>216</v>
+      </c>
+      <c r="H8" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>181</v>
+      </c>
+      <c r="B9" t="s">
+        <v>218</v>
+      </c>
+      <c r="C9" t="s">
+        <v>219</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>220</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>221</v>
+      </c>
+      <c r="H9" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>181</v>
+      </c>
+      <c r="B10" t="s">
+        <v>223</v>
+      </c>
+      <c r="C10" t="s">
+        <v>224</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>225</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>226</v>
+      </c>
+      <c r="H10" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>181</v>
+      </c>
+      <c r="B11" t="s">
+        <v>228</v>
+      </c>
+      <c r="C11" t="s">
+        <v>229</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>230</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>231</v>
+      </c>
+      <c r="H11" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>181</v>
+      </c>
+      <c r="B12" t="s">
+        <v>233</v>
+      </c>
+      <c r="C12" t="s">
+        <v>234</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>235</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>236</v>
+      </c>
+      <c r="H12" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>181</v>
+      </c>
+      <c r="B13" t="s">
+        <v>238</v>
+      </c>
+      <c r="C13" t="s">
+        <v>239</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>240</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>241</v>
+      </c>
+      <c r="H13" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>181</v>
+      </c>
+      <c r="B14" t="s">
+        <v>243</v>
+      </c>
+      <c r="C14" t="s">
+        <v>244</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>240</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>245</v>
+      </c>
+      <c r="H14" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>181</v>
+      </c>
+      <c r="B15" t="s">
+        <v>247</v>
+      </c>
+      <c r="C15" t="s">
+        <v>248</v>
+      </c>
+      <c r="D15" t="s">
+        <v>249</v>
+      </c>
+      <c r="E15" t="s">
+        <v>250</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>251</v>
+      </c>
+      <c r="H15" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>181</v>
+      </c>
+      <c r="B16" t="s">
+        <v>253</v>
+      </c>
+      <c r="C16" t="s">
+        <v>254</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>255</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>256</v>
+      </c>
+      <c r="H16" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>181</v>
+      </c>
+      <c r="B17" t="s">
+        <v>258</v>
+      </c>
+      <c r="C17" t="s">
+        <v>259</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>260</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>261</v>
+      </c>
+      <c r="H17" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>181</v>
+      </c>
+      <c r="B18" t="s">
+        <v>263</v>
+      </c>
+      <c r="C18" t="s">
+        <v>264</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>265</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>266</v>
+      </c>
+      <c r="H18" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>181</v>
+      </c>
+      <c r="B19" t="s">
+        <v>268</v>
+      </c>
+      <c r="C19" t="s">
+        <v>269</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>270</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>271</v>
+      </c>
+      <c r="H19" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>181</v>
+      </c>
+      <c r="B20" t="s">
+        <v>273</v>
+      </c>
+      <c r="C20" t="s">
+        <v>274</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>275</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>276</v>
+      </c>
+      <c r="H20" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>181</v>
+      </c>
+      <c r="B21" t="s">
+        <v>278</v>
+      </c>
+      <c r="C21" t="s">
+        <v>279</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>280</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>281</v>
+      </c>
+      <c r="H21" t="s">
+        <v>282</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>181</v>
+      </c>
+      <c r="B22" t="s">
+        <v>283</v>
+      </c>
+      <c r="C22" t="s">
+        <v>284</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>285</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>286</v>
+      </c>
+      <c r="H22" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>181</v>
+      </c>
+      <c r="B23" t="s">
+        <v>288</v>
+      </c>
+      <c r="C23" t="s">
+        <v>289</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>290</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>291</v>
+      </c>
+      <c r="H23" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>181</v>
+      </c>
+      <c r="B24" t="s">
+        <v>293</v>
+      </c>
+      <c r="C24" t="s">
+        <v>294</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>295</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>296</v>
+      </c>
+      <c r="H24" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>181</v>
+      </c>
+      <c r="B25" t="s">
+        <v>298</v>
+      </c>
+      <c r="C25" t="s">
+        <v>299</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>300</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>301</v>
+      </c>
+      <c r="H25" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>181</v>
+      </c>
+      <c r="B26" t="s">
+        <v>303</v>
+      </c>
+      <c r="C26" t="s">
+        <v>304</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>305</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>306</v>
+      </c>
+      <c r="H26" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>181</v>
+      </c>
+      <c r="B27" t="s">
+        <v>308</v>
+      </c>
+      <c r="C27" t="s">
+        <v>309</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>310</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>311</v>
+      </c>
+      <c r="H27" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>181</v>
+      </c>
+      <c r="B28" t="s">
+        <v>313</v>
+      </c>
+      <c r="C28" t="s">
+        <v>314</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>315</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>316</v>
+      </c>
+      <c r="H28" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>181</v>
+      </c>
+      <c r="B29" t="s">
+        <v>318</v>
+      </c>
+      <c r="C29" t="s">
+        <v>319</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>320</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>321</v>
+      </c>
+      <c r="H29" t="s">
+        <v>322</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>181</v>
+      </c>
+      <c r="B30" t="s">
+        <v>323</v>
+      </c>
+      <c r="C30" t="s">
+        <v>324</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>325</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>326</v>
+      </c>
+      <c r="H30" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>181</v>
+      </c>
+      <c r="B31" t="s">
+        <v>228</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>328</v>
+      </c>
+      <c r="E31" t="s">
+        <v>329</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>330</v>
+      </c>
+      <c r="H31" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>181</v>
+      </c>
+      <c r="B32" t="s">
+        <v>332</v>
+      </c>
+      <c r="C32" t="s">
+        <v>333</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>334</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>335</v>
+      </c>
+      <c r="H32" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>181</v>
+      </c>
+      <c r="B33" t="s">
+        <v>337</v>
+      </c>
+      <c r="C33" t="s">
+        <v>338</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>339</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>340</v>
+      </c>
+      <c r="H33" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>181</v>
+      </c>
+      <c r="B34" t="s">
+        <v>342</v>
+      </c>
+      <c r="C34" t="s">
+        <v>343</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>344</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>345</v>
+      </c>
+      <c r="H34" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>181</v>
+      </c>
+      <c r="B35" t="s">
+        <v>347</v>
+      </c>
+      <c r="C35" t="s">
+        <v>348</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>349</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>350</v>
+      </c>
+      <c r="H35" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>181</v>
+      </c>
+      <c r="B36" t="s">
+        <v>352</v>
+      </c>
+      <c r="C36" t="s">
+        <v>353</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>354</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>355</v>
+      </c>
+      <c r="H36" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>181</v>
+      </c>
+      <c r="B37" t="s">
+        <v>357</v>
+      </c>
+      <c r="C37" t="s">
+        <v>358</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>359</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>360</v>
+      </c>
+      <c r="H37" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>181</v>
+      </c>
+      <c r="B38" t="s">
+        <v>362</v>
+      </c>
+      <c r="C38" t="s">
+        <v>193</v>
+      </c>
+      <c r="D38" t="s">
+        <v>363</v>
+      </c>
+      <c r="E38" t="s">
+        <v>364</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>365</v>
+      </c>
+      <c r="H38" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>181</v>
+      </c>
+      <c r="B39" t="s">
+        <v>367</v>
+      </c>
+      <c r="C39" t="s">
+        <v>193</v>
+      </c>
+      <c r="D39" t="s">
+        <v>363</v>
+      </c>
+      <c r="E39" t="s">
+        <v>368</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>369</v>
+      </c>
+      <c r="H39" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>181</v>
+      </c>
+      <c r="B40" t="s">
+        <v>371</v>
+      </c>
+      <c r="C40" t="s">
+        <v>193</v>
+      </c>
+      <c r="D40" t="s">
+        <v>372</v>
+      </c>
+      <c r="E40" t="s">
+        <v>373</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>374</v>
+      </c>
+      <c r="H40" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>181</v>
+      </c>
+      <c r="B41" t="s">
+        <v>376</v>
+      </c>
+      <c r="C41" t="s">
+        <v>377</v>
+      </c>
+      <c r="D41" t="s">
+        <v>378</v>
+      </c>
+      <c r="E41" t="s">
+        <v>379</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>380</v>
+      </c>
+      <c r="H41" t="s">
+        <v>381</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>181</v>
+      </c>
+      <c r="B42" t="s">
+        <v>382</v>
+      </c>
+      <c r="C42" t="s">
+        <v>383</v>
+      </c>
+      <c r="D42" t="s">
+        <v>384</v>
+      </c>
+      <c r="E42" t="s">
+        <v>385</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>386</v>
+      </c>
+      <c r="H42" t="s">
+        <v>387</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>181</v>
+      </c>
+      <c r="B43" t="s">
+        <v>388</v>
+      </c>
+      <c r="C43" t="s">
+        <v>193</v>
+      </c>
+      <c r="D43" t="s">
+        <v>389</v>
+      </c>
+      <c r="E43" t="s">
+        <v>390</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>391</v>
+      </c>
+      <c r="H43" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>181</v>
+      </c>
+      <c r="B44" t="s">
+        <v>393</v>
+      </c>
+      <c r="C44" t="s">
+        <v>193</v>
+      </c>
+      <c r="D44" t="s">
+        <v>394</v>
+      </c>
+      <c r="E44" t="s">
+        <v>395</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>396</v>
+      </c>
+      <c r="H44" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>181</v>
+      </c>
+      <c r="B45" t="s">
+        <v>398</v>
+      </c>
+      <c r="C45" t="s">
+        <v>399</v>
+      </c>
+      <c r="D45" t="s">
+        <v>400</v>
+      </c>
+      <c r="E45" t="s">
+        <v>401</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>402</v>
+      </c>
+      <c r="H45" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>181</v>
+      </c>
+      <c r="B46" t="s">
+        <v>404</v>
+      </c>
+      <c r="C46" t="s">
+        <v>405</v>
+      </c>
+      <c r="D46" t="s">
+        <v>406</v>
+      </c>
+      <c r="E46" t="s">
+        <v>407</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>408</v>
+      </c>
+      <c r="H46" t="s">
+        <v>409</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>28</v>
+        <v>410</v>
       </c>
       <c r="B2" t="s">
-        <v>29</v>
+        <v>411</v>
       </c>
       <c r="C2" t="s">
-        <v>30</v>
+        <v>412</v>
       </c>
       <c r="D2" t="s">
-        <v>31</v>
+        <v>413</v>
       </c>
       <c r="E2" t="s">
-        <v>32</v>
+        <v>414</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>33</v>
+        <v>415</v>
       </c>
       <c r="H2" t="s">
-        <v>34</v>
+        <v>416</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>28</v>
+        <v>410</v>
       </c>
       <c r="B3" t="s">
-        <v>35</v>
+        <v>417</v>
       </c>
       <c r="C3" t="s">
-        <v>36</v>
+        <v>418</v>
       </c>
       <c r="D3" t="s">
-        <v>37</v>
+        <v>419</v>
       </c>
       <c r="E3" t="s">
-        <v>38</v>
+        <v>420</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>39</v>
+        <v>421</v>
       </c>
       <c r="H3" t="s">
-        <v>40</v>
+        <v>422</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>28</v>
+        <v>410</v>
       </c>
       <c r="B4" t="s">
-        <v>41</v>
+        <v>423</v>
       </c>
       <c r="C4" t="s">
-        <v>42</v>
+        <v>424</v>
       </c>
       <c r="D4" t="s">
-        <v>43</v>
+        <v>425</v>
       </c>
       <c r="E4" t="s">
-        <v>44</v>
+        <v>426</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
+        <v>427</v>
       </c>
       <c r="H4" t="s">
-        <v>46</v>
+        <v>428</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>410</v>
       </c>
       <c r="B5" t="s">
-        <v>47</v>
+        <v>429</v>
       </c>
       <c r="C5" t="s">
-        <v>48</v>
+        <v>430</v>
       </c>
       <c r="D5" t="s">
-        <v>49</v>
+        <v>431</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>432</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>433</v>
       </c>
       <c r="H5" t="s">
-        <v>52</v>
+        <v>434</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>28</v>
+        <v>410</v>
       </c>
       <c r="B6" t="s">
-        <v>53</v>
+        <v>435</v>
       </c>
       <c r="C6" t="s">
-        <v>54</v>
+        <v>436</v>
       </c>
       <c r="D6" t="s">
-        <v>55</v>
+        <v>431</v>
       </c>
       <c r="E6" t="s">
-        <v>56</v>
+        <v>437</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>57</v>
+        <v>438</v>
       </c>
       <c r="H6" t="s">
-        <v>58</v>
+        <v>439</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>28</v>
+        <v>410</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>440</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>441</v>
       </c>
       <c r="D7" t="s">
-        <v>61</v>
+        <v>442</v>
       </c>
       <c r="E7" t="s">
-        <v>62</v>
+        <v>443</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>63</v>
+        <v>444</v>
       </c>
       <c r="H7" t="s">
-        <v>64</v>
+        <v>445</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>410</v>
       </c>
       <c r="B8" t="s">
-        <v>65</v>
+        <v>446</v>
       </c>
       <c r="C8" t="s">
-        <v>66</v>
+        <v>447</v>
       </c>
       <c r="D8" t="s">
-        <v>67</v>
+        <v>448</v>
       </c>
       <c r="E8" t="s">
-        <v>68</v>
+        <v>449</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>69</v>
+        <v>450</v>
       </c>
       <c r="H8" t="s">
-        <v>70</v>
+        <v>451</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>410</v>
+      </c>
+      <c r="B9" t="s">
+        <v>452</v>
+      </c>
+      <c r="C9" t="s">
+        <v>453</v>
+      </c>
+      <c r="D9" t="s">
+        <v>454</v>
+      </c>
+      <c r="E9" t="s">
+        <v>455</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>456</v>
+      </c>
+      <c r="H9" t="s">
+        <v>457</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>71</v>
+        <v>458</v>
       </c>
       <c r="B2" t="s">
-        <v>72</v>
+        <v>459</v>
       </c>
       <c r="C2" t="s">
-        <v>73</v>
+        <v>460</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>74</v>
+        <v>461</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>75</v>
+        <v>462</v>
       </c>
       <c r="H2" t="s">
-        <v>76</v>
+        <v>463</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>458</v>
+      </c>
+      <c r="B3" t="s">
+        <v>464</v>
+      </c>
+      <c r="C3" t="s">
+        <v>465</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>466</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>467</v>
+      </c>
+      <c r="H3" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>458</v>
+      </c>
+      <c r="B4" t="s">
+        <v>469</v>
+      </c>
+      <c r="C4" t="s">
+        <v>470</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>471</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>472</v>
+      </c>
+      <c r="H4" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>458</v>
+      </c>
+      <c r="B5" t="s">
+        <v>474</v>
+      </c>
+      <c r="C5" t="s">
+        <v>475</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>476</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>477</v>
+      </c>
+      <c r="H5" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>458</v>
+      </c>
+      <c r="B6" t="s">
+        <v>479</v>
+      </c>
+      <c r="C6" t="s">
+        <v>480</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>481</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>482</v>
+      </c>
+      <c r="H6" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>458</v>
+      </c>
+      <c r="B7" t="s">
+        <v>484</v>
+      </c>
+      <c r="C7" t="s">
+        <v>485</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>486</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>487</v>
+      </c>
+      <c r="H7" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>458</v>
+      </c>
+      <c r="B8" t="s">
+        <v>489</v>
+      </c>
+      <c r="C8" t="s">
+        <v>490</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>491</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>492</v>
+      </c>
+      <c r="H8" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>458</v>
+      </c>
+      <c r="B9" t="s">
+        <v>494</v>
+      </c>
+      <c r="C9" t="s">
+        <v>495</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>496</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>497</v>
+      </c>
+      <c r="H9" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>458</v>
+      </c>
+      <c r="B10" t="s">
+        <v>499</v>
+      </c>
+      <c r="C10" t="s">
+        <v>500</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>501</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>502</v>
+      </c>
+      <c r="H10" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>458</v>
+      </c>
+      <c r="B11" t="s">
+        <v>504</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>505</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>506</v>
+      </c>
+      <c r="H11" t="s">
+        <v>507</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BM168"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B2" t="s">
-        <v>81</v>
+        <v>509</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>510</v>
       </c>
       <c r="E2" t="s">
-        <v>82</v>
+        <v>511</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>83</v>
+        <v>512</v>
       </c>
       <c r="H2" t="s">
-        <v>84</v>
-[...26 lines deleted...]
-        <v>93</v>
+        <v>513</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B3" t="s">
-        <v>94</v>
+        <v>514</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>515</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>516</v>
       </c>
       <c r="E3" t="s">
-        <v>95</v>
+        <v>517</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>96</v>
+        <v>518</v>
       </c>
       <c r="H3" t="s">
-        <v>97</v>
-[...14 lines deleted...]
-        <v>102</v>
+        <v>519</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B4" t="s">
-        <v>103</v>
+        <v>520</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>521</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>522</v>
       </c>
       <c r="E4" t="s">
-        <v>104</v>
+        <v>523</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>105</v>
+        <v>524</v>
       </c>
       <c r="H4" t="s">
-        <v>106</v>
-[...170 lines deleted...]
-        <v>163</v>
+        <v>525</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B5" t="s">
-        <v>164</v>
+        <v>526</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>527</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>528</v>
       </c>
       <c r="E5" t="s">
-        <v>165</v>
+        <v>529</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>166</v>
+        <v>530</v>
       </c>
       <c r="H5" t="s">
-        <v>167</v>
-[...38 lines deleted...]
-        <v>180</v>
+        <v>531</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B6" t="s">
-        <v>181</v>
+        <v>532</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>533</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>534</v>
       </c>
       <c r="E6" t="s">
-        <v>182</v>
+        <v>535</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>183</v>
+        <v>536</v>
       </c>
       <c r="H6" t="s">
-        <v>184</v>
-[...11 lines deleted...]
-        <v>188</v>
+        <v>537</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B7" t="s">
-        <v>189</v>
+        <v>538</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>539</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>540</v>
       </c>
       <c r="E7" t="s">
-        <v>190</v>
+        <v>541</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>191</v>
+        <v>542</v>
       </c>
       <c r="H7" t="s">
-        <v>192</v>
-[...17 lines deleted...]
-        <v>198</v>
+        <v>543</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B8" t="s">
-        <v>199</v>
+        <v>544</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>545</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>546</v>
       </c>
       <c r="E8" t="s">
-        <v>200</v>
+        <v>547</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>201</v>
+        <v>548</v>
       </c>
       <c r="H8" t="s">
-        <v>202</v>
-[...38 lines deleted...]
-        <v>215</v>
+        <v>549</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B9" t="s">
-        <v>216</v>
+        <v>550</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>551</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>552</v>
       </c>
       <c r="E9" t="s">
-        <v>217</v>
+        <v>553</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>218</v>
+        <v>554</v>
       </c>
       <c r="H9" t="s">
-        <v>219</v>
-[...44 lines deleted...]
-        <v>234</v>
+        <v>555</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B10" t="s">
-        <v>235</v>
+        <v>556</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>557</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>558</v>
       </c>
       <c r="E10" t="s">
-        <v>236</v>
+        <v>559</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>237</v>
+        <v>560</v>
       </c>
       <c r="H10" t="s">
-        <v>238</v>
-[...23 lines deleted...]
-        <v>246</v>
+        <v>561</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B11" t="s">
-        <v>247</v>
+        <v>562</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>563</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>248</v>
+        <v>564</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>249</v>
+        <v>565</v>
       </c>
       <c r="H11" t="s">
-        <v>250</v>
-[...38 lines deleted...]
-        <v>263</v>
+        <v>566</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B12" t="s">
-        <v>264</v>
+        <v>567</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>568</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>265</v>
+        <v>569</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>266</v>
+        <v>570</v>
       </c>
       <c r="H12" t="s">
-        <v>267</v>
-[...29 lines deleted...]
-        <v>277</v>
+        <v>571</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B13" t="s">
-        <v>278</v>
+        <v>572</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>573</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>574</v>
       </c>
       <c r="E13" t="s">
-        <v>279</v>
+        <v>575</v>
       </c>
       <c r="F13" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>280</v>
+        <v>576</v>
       </c>
       <c r="H13" t="s">
-        <v>281</v>
-[...14 lines deleted...]
-        <v>286</v>
+        <v>577</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B14" t="s">
-        <v>287</v>
+        <v>578</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>579</v>
       </c>
       <c r="D14" t="s">
-        <v>13</v>
+        <v>580</v>
       </c>
       <c r="E14" t="s">
-        <v>288</v>
+        <v>581</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>289</v>
+        <v>582</v>
       </c>
       <c r="H14" t="s">
-        <v>290</v>
-[...8 lines deleted...]
-        <v>293</v>
+        <v>583</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B15" t="s">
-        <v>294</v>
+        <v>584</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>585</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>586</v>
       </c>
       <c r="E15" t="s">
-        <v>295</v>
+        <v>587</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>296</v>
+        <v>588</v>
       </c>
       <c r="H15" t="s">
-        <v>297</v>
-[...23 lines deleted...]
-        <v>304</v>
+        <v>589</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B16" t="s">
-        <v>305</v>
+        <v>590</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>591</v>
       </c>
       <c r="D16" t="s">
-        <v>13</v>
+        <v>592</v>
       </c>
       <c r="E16" t="s">
-        <v>306</v>
+        <v>593</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>307</v>
+        <v>594</v>
       </c>
       <c r="H16" t="s">
-        <v>308</v>
-[...11 lines deleted...]
-        <v>312</v>
+        <v>595</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B17" t="s">
-        <v>313</v>
+        <v>596</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>597</v>
       </c>
       <c r="D17" t="s">
-        <v>13</v>
+        <v>598</v>
       </c>
       <c r="E17" t="s">
-        <v>314</v>
+        <v>599</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>315</v>
+        <v>600</v>
       </c>
       <c r="H17" t="s">
-        <v>316</v>
-[...14 lines deleted...]
-        <v>321</v>
+        <v>601</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B18" t="s">
-        <v>322</v>
+        <v>602</v>
       </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>603</v>
       </c>
       <c r="D18" t="s">
-        <v>13</v>
+        <v>604</v>
       </c>
       <c r="E18" t="s">
-        <v>323</v>
+        <v>605</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>324</v>
+        <v>606</v>
       </c>
       <c r="H18" t="s">
-        <v>325</v>
-[...8 lines deleted...]
-        <v>328</v>
+        <v>607</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B19" t="s">
-        <v>329</v>
+        <v>608</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
+        <v>609</v>
       </c>
       <c r="D19" t="s">
-        <v>13</v>
+        <v>610</v>
       </c>
       <c r="E19" t="s">
-        <v>330</v>
+        <v>611</v>
       </c>
       <c r="F19" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>331</v>
+        <v>612</v>
       </c>
       <c r="H19" t="s">
-        <v>332</v>
-[...20 lines deleted...]
-        <v>339</v>
+        <v>613</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B20" t="s">
-        <v>340</v>
+        <v>614</v>
       </c>
       <c r="C20" t="s">
-        <v>13</v>
+        <v>615</v>
       </c>
       <c r="D20" t="s">
-        <v>13</v>
+        <v>616</v>
       </c>
       <c r="E20" t="s">
-        <v>341</v>
+        <v>617</v>
       </c>
       <c r="F20" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>342</v>
+        <v>618</v>
       </c>
       <c r="H20" t="s">
-        <v>343</v>
-[...20 lines deleted...]
-        <v>349</v>
+        <v>619</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B21" t="s">
-        <v>350</v>
+        <v>620</v>
       </c>
       <c r="C21" t="s">
-        <v>13</v>
+        <v>621</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>622</v>
       </c>
       <c r="E21" t="s">
-        <v>351</v>
+        <v>623</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>352</v>
+        <v>624</v>
       </c>
       <c r="H21" t="s">
-        <v>353</v>
-[...26 lines deleted...]
-        <v>362</v>
+        <v>625</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B22" t="s">
-        <v>363</v>
+        <v>626</v>
       </c>
       <c r="C22" t="s">
-        <v>13</v>
+        <v>627</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>628</v>
       </c>
       <c r="E22" t="s">
-        <v>364</v>
+        <v>629</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>365</v>
+        <v>630</v>
       </c>
       <c r="H22" t="s">
-        <v>366</v>
-[...11 lines deleted...]
-        <v>370</v>
+        <v>631</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B23" t="s">
-        <v>371</v>
+        <v>632</v>
       </c>
       <c r="C23" t="s">
-        <v>13</v>
+        <v>633</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>372</v>
+        <v>634</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>373</v>
+        <v>635</v>
       </c>
       <c r="H23" t="s">
-        <v>374</v>
-[...11 lines deleted...]
-        <v>377</v>
+        <v>636</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B24" t="s">
-        <v>378</v>
+        <v>637</v>
       </c>
       <c r="C24" t="s">
-        <v>13</v>
+        <v>638</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>639</v>
       </c>
       <c r="E24" t="s">
-        <v>379</v>
+        <v>640</v>
       </c>
       <c r="F24" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>380</v>
+        <v>641</v>
       </c>
       <c r="H24" t="s">
-        <v>381</v>
-[...35 lines deleted...]
-        <v>393</v>
+        <v>642</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B25" t="s">
-        <v>394</v>
+        <v>643</v>
       </c>
       <c r="C25" t="s">
-        <v>13</v>
+        <v>644</v>
       </c>
       <c r="D25" t="s">
-        <v>13</v>
+        <v>645</v>
       </c>
       <c r="E25" t="s">
-        <v>395</v>
+        <v>646</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>396</v>
+        <v>647</v>
       </c>
       <c r="H25" t="s">
-        <v>397</v>
-[...11 lines deleted...]
-        <v>401</v>
+        <v>648</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>80</v>
+        <v>508</v>
       </c>
       <c r="B26" t="s">
-        <v>402</v>
+        <v>649</v>
       </c>
       <c r="C26" t="s">
-        <v>13</v>
+        <v>650</v>
       </c>
       <c r="D26" t="s">
-        <v>13</v>
+        <v>651</v>
       </c>
       <c r="E26" t="s">
-        <v>403</v>
+        <v>652</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>404</v>
+        <v>653</v>
       </c>
       <c r="H26" t="s">
-        <v>405</v>
+        <v>654</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>655</v>
+      </c>
+      <c r="B2" t="s">
+        <v>656</v>
+      </c>
+      <c r="C2" t="s">
+        <v>657</v>
+      </c>
+      <c r="D2" t="s">
+        <v>658</v>
+      </c>
+      <c r="E2" t="s">
+        <v>659</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>660</v>
+      </c>
+      <c r="H2" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>655</v>
+      </c>
+      <c r="B3" t="s">
+        <v>662</v>
+      </c>
+      <c r="C3" t="s">
+        <v>663</v>
+      </c>
+      <c r="D3" t="s">
+        <v>664</v>
+      </c>
+      <c r="E3" t="s">
+        <v>659</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>665</v>
+      </c>
+      <c r="H3" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>655</v>
+      </c>
+      <c r="B4" t="s">
+        <v>667</v>
+      </c>
+      <c r="C4" t="s">
+        <v>668</v>
+      </c>
+      <c r="D4" t="s">
+        <v>669</v>
+      </c>
+      <c r="E4" t="s">
+        <v>670</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>671</v>
+      </c>
+      <c r="H4" t="s">
+        <v>672</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>655</v>
+      </c>
+      <c r="B5" t="s">
+        <v>673</v>
+      </c>
+      <c r="C5" t="s">
+        <v>674</v>
+      </c>
+      <c r="D5" t="s">
+        <v>675</v>
+      </c>
+      <c r="E5" t="s">
+        <v>529</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>676</v>
+      </c>
+      <c r="H5" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>655</v>
+      </c>
+      <c r="B6" t="s">
+        <v>678</v>
+      </c>
+      <c r="C6" t="s">
+        <v>679</v>
+      </c>
+      <c r="D6" t="s">
+        <v>680</v>
+      </c>
+      <c r="E6" t="s">
+        <v>461</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>681</v>
+      </c>
+      <c r="H6" t="s">
+        <v>682</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>683</v>
+      </c>
+      <c r="B2" t="s">
+        <v>684</v>
+      </c>
+      <c r="C2" t="s">
+        <v>685</v>
+      </c>
+      <c r="D2" t="s">
+        <v>686</v>
+      </c>
+      <c r="E2" t="s">
+        <v>529</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>687</v>
+      </c>
+      <c r="H2" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>683</v>
+      </c>
+      <c r="B3" t="s">
+        <v>689</v>
+      </c>
+      <c r="C3" t="s">
+        <v>690</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>691</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H3" t="s">
+        <v>693</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>694</v>
+      </c>
+      <c r="B2" t="s">
+        <v>695</v>
+      </c>
+      <c r="C2" t="s">
+        <v>696</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>697</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>698</v>
+      </c>
+      <c r="H2" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>694</v>
+      </c>
+      <c r="B3" t="s">
+        <v>700</v>
+      </c>
+      <c r="C3" t="s">
+        <v>701</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>702</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>703</v>
+      </c>
+      <c r="H3" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>694</v>
+      </c>
+      <c r="B4" t="s">
+        <v>705</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>706</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>707</v>
+      </c>
+      <c r="H4" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>694</v>
+      </c>
+      <c r="B5" t="s">
+        <v>709</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>710</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>711</v>
+      </c>
+      <c r="H5" t="s">
+        <v>712</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:BM324"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>713</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>714</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>715</v>
+      </c>
+      <c r="B2" t="s">
+        <v>716</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>717</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>718</v>
+      </c>
+      <c r="H2" t="s">
+        <v>719</v>
+      </c>
+      <c r="I2" t="s">
+        <v>720</v>
+      </c>
+      <c r="J2" t="s">
+        <v>721</v>
+      </c>
+      <c r="K2" t="s">
+        <v>722</v>
+      </c>
+      <c r="L2" t="s">
+        <v>723</v>
+      </c>
+      <c r="M2" t="s">
+        <v>724</v>
+      </c>
+      <c r="N2" t="s">
+        <v>725</v>
+      </c>
+      <c r="O2" t="s">
+        <v>726</v>
+      </c>
+      <c r="P2" t="s">
+        <v>727</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>728</v>
+      </c>
+      <c r="R2" t="s">
+        <v>729</v>
+      </c>
+      <c r="S2" t="s">
+        <v>730</v>
+      </c>
+      <c r="T2" t="s">
+        <v>731</v>
+      </c>
+      <c r="U2" t="s">
+        <v>732</v>
+      </c>
+      <c r="V2" t="s">
+        <v>733</v>
+      </c>
+      <c r="W2" t="s">
+        <v>734</v>
+      </c>
+      <c r="X2" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>715</v>
+      </c>
+      <c r="B3" t="s">
+        <v>736</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>737</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>738</v>
+      </c>
+      <c r="H3" t="s">
+        <v>739</v>
+      </c>
+      <c r="I3" t="s">
+        <v>740</v>
+      </c>
+      <c r="J3" t="s">
+        <v>741</v>
+      </c>
+      <c r="K3" t="s">
+        <v>742</v>
+      </c>
+      <c r="L3" t="s">
+        <v>743</v>
+      </c>
+      <c r="M3" t="s">
+        <v>744</v>
+      </c>
+      <c r="N3" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>715</v>
+      </c>
+      <c r="B4" t="s">
+        <v>746</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>747</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>748</v>
+      </c>
+      <c r="H4" t="s">
+        <v>749</v>
+      </c>
+      <c r="I4" t="s">
+        <v>750</v>
+      </c>
+      <c r="J4" t="s">
+        <v>751</v>
+      </c>
+      <c r="K4" t="s">
+        <v>752</v>
+      </c>
+      <c r="L4" t="s">
+        <v>753</v>
+      </c>
+      <c r="M4" t="s">
+        <v>754</v>
+      </c>
+      <c r="N4" t="s">
+        <v>755</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>715</v>
+      </c>
+      <c r="B5" t="s">
+        <v>756</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>757</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>758</v>
+      </c>
+      <c r="H5" t="s">
+        <v>759</v>
+      </c>
+      <c r="I5" t="s">
+        <v>760</v>
+      </c>
+      <c r="J5" t="s">
+        <v>721</v>
+      </c>
+      <c r="K5" t="s">
+        <v>761</v>
+      </c>
+      <c r="L5" t="s">
+        <v>762</v>
+      </c>
+      <c r="M5" t="s">
+        <v>763</v>
+      </c>
+      <c r="N5" t="s">
+        <v>764</v>
+      </c>
+      <c r="O5" t="s">
+        <v>765</v>
+      </c>
+      <c r="P5" t="s">
+        <v>766</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>767</v>
+      </c>
+      <c r="R5" t="s">
+        <v>768</v>
+      </c>
+      <c r="S5" t="s">
+        <v>769</v>
+      </c>
+      <c r="T5" t="s">
+        <v>770</v>
+      </c>
+      <c r="U5" t="s">
+        <v>771</v>
+      </c>
+      <c r="V5" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>715</v>
+      </c>
+      <c r="B6" t="s">
+        <v>773</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>774</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>775</v>
+      </c>
+      <c r="H6" t="s">
+        <v>776</v>
+      </c>
+      <c r="I6" t="s">
+        <v>777</v>
+      </c>
+      <c r="J6" t="s">
+        <v>778</v>
+      </c>
+      <c r="K6" t="s">
+        <v>779</v>
+      </c>
+      <c r="L6" t="s">
+        <v>780</v>
+      </c>
+      <c r="M6" t="s">
+        <v>781</v>
+      </c>
+      <c r="N6" t="s">
+        <v>782</v>
+      </c>
+      <c r="O6" t="s">
+        <v>783</v>
+      </c>
+      <c r="P6" t="s">
+        <v>784</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>785</v>
+      </c>
+      <c r="R6" t="s">
+        <v>786</v>
+      </c>
+      <c r="S6" t="s">
+        <v>787</v>
+      </c>
+      <c r="T6" t="s">
+        <v>788</v>
+      </c>
+      <c r="U6" t="s">
+        <v>789</v>
+      </c>
+      <c r="V6" t="s">
+        <v>790</v>
+      </c>
+      <c r="W6" t="s">
+        <v>791</v>
+      </c>
+      <c r="X6" t="s">
+        <v>792</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>793</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>794</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>715</v>
+      </c>
+      <c r="B7" t="s">
+        <v>796</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>797</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>798</v>
+      </c>
+      <c r="H7" t="s">
+        <v>799</v>
+      </c>
+      <c r="I7" t="s">
+        <v>800</v>
+      </c>
+      <c r="J7" t="s">
+        <v>801</v>
+      </c>
+      <c r="K7" t="s">
+        <v>802</v>
+      </c>
+      <c r="L7" t="s">
+        <v>803</v>
+      </c>
+      <c r="M7" t="s">
+        <v>804</v>
+      </c>
+      <c r="N7" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>715</v>
+      </c>
+      <c r="B8" t="s">
+        <v>806</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>807</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>808</v>
+      </c>
+      <c r="H8" t="s">
+        <v>809</v>
+      </c>
+      <c r="I8" t="s">
+        <v>810</v>
+      </c>
+      <c r="J8" t="s">
+        <v>811</v>
+      </c>
+      <c r="K8" t="s">
+        <v>812</v>
+      </c>
+      <c r="L8" t="s">
+        <v>813</v>
+      </c>
+      <c r="M8" t="s">
+        <v>814</v>
+      </c>
+      <c r="N8" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>715</v>
+      </c>
+      <c r="B9" t="s">
+        <v>816</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>817</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>818</v>
+      </c>
+      <c r="H9" t="s">
+        <v>819</v>
+      </c>
+      <c r="I9" t="s">
+        <v>820</v>
+      </c>
+      <c r="J9" t="s">
+        <v>821</v>
+      </c>
+      <c r="K9" t="s">
+        <v>822</v>
+      </c>
+      <c r="L9" t="s">
+        <v>823</v>
+      </c>
+      <c r="M9" t="s">
+        <v>824</v>
+      </c>
+      <c r="N9" t="s">
+        <v>825</v>
+      </c>
+      <c r="O9" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>715</v>
+      </c>
+      <c r="B10" t="s">
+        <v>827</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>828</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>829</v>
+      </c>
+      <c r="H10" t="s">
+        <v>830</v>
+      </c>
+      <c r="I10" t="s">
+        <v>831</v>
+      </c>
+      <c r="J10" t="s">
+        <v>721</v>
+      </c>
+      <c r="K10" t="s">
+        <v>832</v>
+      </c>
+      <c r="L10" t="s">
+        <v>833</v>
+      </c>
+      <c r="M10" t="s">
+        <v>834</v>
+      </c>
+      <c r="N10" t="s">
+        <v>835</v>
+      </c>
+      <c r="O10" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>715</v>
+      </c>
+      <c r="B11" t="s">
+        <v>837</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>838</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>839</v>
+      </c>
+      <c r="H11" t="s">
+        <v>840</v>
+      </c>
+      <c r="I11" t="s">
+        <v>841</v>
+      </c>
+      <c r="J11" t="s">
+        <v>842</v>
+      </c>
+      <c r="K11" t="s">
+        <v>843</v>
+      </c>
+      <c r="L11" t="s">
+        <v>844</v>
+      </c>
+      <c r="M11" t="s">
+        <v>845</v>
+      </c>
+      <c r="N11" t="s">
+        <v>846</v>
+      </c>
+      <c r="O11" t="s">
+        <v>847</v>
+      </c>
+      <c r="P11" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>715</v>
+      </c>
+      <c r="B12" t="s">
+        <v>849</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>850</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>851</v>
+      </c>
+      <c r="H12" t="s">
+        <v>852</v>
+      </c>
+      <c r="I12" t="s">
+        <v>853</v>
+      </c>
+      <c r="J12" t="s">
+        <v>854</v>
+      </c>
+      <c r="K12" t="s">
+        <v>855</v>
+      </c>
+      <c r="L12" t="s">
+        <v>856</v>
+      </c>
+      <c r="M12" t="s">
+        <v>857</v>
+      </c>
+      <c r="N12" t="s">
+        <v>858</v>
+      </c>
+      <c r="O12" t="s">
+        <v>859</v>
+      </c>
+      <c r="P12" t="s">
+        <v>860</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>861</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>715</v>
+      </c>
+      <c r="B13" t="s">
+        <v>862</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>863</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>864</v>
+      </c>
+      <c r="H13" t="s">
+        <v>865</v>
+      </c>
+      <c r="I13" t="s">
+        <v>866</v>
+      </c>
+      <c r="J13" t="s">
+        <v>867</v>
+      </c>
+      <c r="K13" t="s">
+        <v>868</v>
+      </c>
+      <c r="L13" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>715</v>
+      </c>
+      <c r="B14" t="s">
+        <v>870</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>871</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>872</v>
+      </c>
+      <c r="H14" t="s">
+        <v>873</v>
+      </c>
+      <c r="I14" t="s">
+        <v>874</v>
+      </c>
+      <c r="J14" t="s">
+        <v>821</v>
+      </c>
+      <c r="K14" t="s">
+        <v>875</v>
+      </c>
+      <c r="L14" t="s">
+        <v>876</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>715</v>
+      </c>
+      <c r="B15" t="s">
+        <v>877</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>878</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>879</v>
+      </c>
+      <c r="H15" t="s">
+        <v>880</v>
+      </c>
+      <c r="I15" t="s">
+        <v>881</v>
+      </c>
+      <c r="J15" t="s">
+        <v>882</v>
+      </c>
+      <c r="K15" t="s">
+        <v>883</v>
+      </c>
+      <c r="L15" t="s">
+        <v>884</v>
+      </c>
+      <c r="M15" t="s">
+        <v>885</v>
+      </c>
+      <c r="N15" t="s">
+        <v>886</v>
+      </c>
+      <c r="O15" t="s">
+        <v>887</v>
+      </c>
+      <c r="P15" t="s">
+        <v>888</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>889</v>
+      </c>
+      <c r="R15" t="s">
+        <v>890</v>
+      </c>
+      <c r="S15" t="s">
+        <v>891</v>
+      </c>
+      <c r="T15" t="s">
+        <v>892</v>
+      </c>
+      <c r="U15" t="s">
+        <v>893</v>
+      </c>
+      <c r="V15" t="s">
+        <v>894</v>
+      </c>
+      <c r="W15" t="s">
+        <v>895</v>
+      </c>
+      <c r="X15" t="s">
+        <v>896</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>897</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>898</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>899</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>900</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>901</v>
+      </c>
+      <c r="AD15" t="s">
+        <v>902</v>
+      </c>
+      <c r="AE15" t="s">
+        <v>903</v>
+      </c>
+      <c r="AF15" t="s">
+        <v>904</v>
+      </c>
+      <c r="AG15" t="s">
+        <v>905</v>
+      </c>
+      <c r="AH15" t="s">
+        <v>906</v>
+      </c>
+      <c r="AI15" t="s">
+        <v>907</v>
+      </c>
+      <c r="AJ15" t="s">
+        <v>908</v>
+      </c>
+      <c r="AK15" t="s">
+        <v>909</v>
+      </c>
+      <c r="AL15" t="s">
+        <v>910</v>
+      </c>
+      <c r="AM15" t="s">
+        <v>911</v>
+      </c>
+      <c r="AN15" t="s">
+        <v>912</v>
+      </c>
+      <c r="AO15" t="s">
+        <v>913</v>
+      </c>
+      <c r="AP15" t="s">
+        <v>914</v>
+      </c>
+      <c r="AQ15" t="s">
+        <v>915</v>
+      </c>
+      <c r="AR15" t="s">
+        <v>916</v>
+      </c>
+      <c r="AS15" t="s">
+        <v>917</v>
+      </c>
+      <c r="AT15" t="s">
+        <v>918</v>
+      </c>
+      <c r="AU15" t="s">
+        <v>919</v>
+      </c>
+      <c r="AV15" t="s">
+        <v>920</v>
+      </c>
+      <c r="AW15" t="s">
+        <v>921</v>
+      </c>
+      <c r="AX15" t="s">
+        <v>922</v>
+      </c>
+      <c r="AY15" t="s">
+        <v>923</v>
+      </c>
+      <c r="AZ15" t="s">
+        <v>924</v>
+      </c>
+      <c r="BA15" t="s">
+        <v>925</v>
+      </c>
+      <c r="BB15" t="s">
+        <v>926</v>
+      </c>
+      <c r="BC15" t="s">
+        <v>927</v>
+      </c>
+      <c r="BD15" t="s">
+        <v>928</v>
+      </c>
+      <c r="BE15" t="s">
+        <v>929</v>
+      </c>
+      <c r="BF15" t="s">
+        <v>930</v>
+      </c>
+      <c r="BG15" t="s">
+        <v>931</v>
+      </c>
+      <c r="BH15" t="s">
+        <v>932</v>
+      </c>
+      <c r="BI15" t="s">
+        <v>933</v>
+      </c>
+      <c r="BJ15" t="s">
+        <v>934</v>
+      </c>
+      <c r="BK15" t="s">
+        <v>935</v>
+      </c>
+      <c r="BL15" t="s">
+        <v>936</v>
+      </c>
+      <c r="BM15" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>715</v>
+      </c>
+      <c r="B16" t="s">
+        <v>938</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>939</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>940</v>
+      </c>
+      <c r="H16" t="s">
+        <v>941</v>
+      </c>
+      <c r="I16" t="s">
+        <v>942</v>
+      </c>
+      <c r="J16" t="s">
+        <v>943</v>
+      </c>
+      <c r="K16" t="s">
+        <v>944</v>
+      </c>
+      <c r="L16" t="s">
+        <v>945</v>
+      </c>
+      <c r="M16" t="s">
+        <v>946</v>
+      </c>
+      <c r="N16" t="s">
+        <v>947</v>
+      </c>
+      <c r="O16" t="s">
+        <v>948</v>
+      </c>
+      <c r="P16" t="s">
+        <v>949</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>950</v>
+      </c>
+      <c r="R16" t="s">
+        <v>951</v>
+      </c>
+      <c r="S16" t="s">
+        <v>952</v>
+      </c>
+      <c r="T16" t="s">
+        <v>953</v>
+      </c>
+      <c r="U16" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>715</v>
+      </c>
+      <c r="B17" t="s">
+        <v>955</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>956</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>957</v>
+      </c>
+      <c r="H17" t="s">
+        <v>958</v>
+      </c>
+      <c r="I17" t="s">
+        <v>959</v>
+      </c>
+      <c r="J17" t="s">
+        <v>960</v>
+      </c>
+      <c r="K17" t="s">
+        <v>961</v>
+      </c>
+      <c r="L17" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>715</v>
+      </c>
+      <c r="B18" t="s">
+        <v>963</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>964</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>965</v>
+      </c>
+      <c r="H18" t="s">
+        <v>966</v>
+      </c>
+      <c r="I18" t="s">
+        <v>967</v>
+      </c>
+      <c r="J18" t="s">
+        <v>968</v>
+      </c>
+      <c r="K18" t="s">
+        <v>969</v>
+      </c>
+      <c r="L18" t="s">
+        <v>970</v>
+      </c>
+      <c r="M18" t="s">
+        <v>971</v>
+      </c>
+      <c r="N18" t="s">
+        <v>972</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>715</v>
+      </c>
+      <c r="B19" t="s">
+        <v>973</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>974</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>975</v>
+      </c>
+      <c r="H19" t="s">
+        <v>976</v>
+      </c>
+      <c r="I19" t="s">
+        <v>977</v>
+      </c>
+      <c r="J19" t="s">
+        <v>721</v>
+      </c>
+      <c r="K19" t="s">
+        <v>978</v>
+      </c>
+      <c r="L19" t="s">
+        <v>979</v>
+      </c>
+      <c r="M19" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>715</v>
+      </c>
+      <c r="B20" t="s">
+        <v>981</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>982</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>983</v>
+      </c>
+      <c r="H20" t="s">
+        <v>984</v>
+      </c>
+      <c r="I20" t="s">
+        <v>985</v>
+      </c>
+      <c r="J20" t="s">
+        <v>986</v>
+      </c>
+      <c r="K20" t="s">
+        <v>987</v>
+      </c>
+      <c r="L20" t="s">
+        <v>988</v>
+      </c>
+      <c r="M20" t="s">
+        <v>989</v>
+      </c>
+      <c r="N20" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>715</v>
+      </c>
+      <c r="B21" t="s">
+        <v>991</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>992</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>993</v>
+      </c>
+      <c r="H21" t="s">
+        <v>994</v>
+      </c>
+      <c r="I21" t="s">
+        <v>995</v>
+      </c>
+      <c r="J21" t="s">
+        <v>996</v>
+      </c>
+      <c r="K21" t="s">
+        <v>997</v>
+      </c>
+      <c r="L21" t="s">
+        <v>998</v>
+      </c>
+      <c r="M21" t="s">
+        <v>999</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1000</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>715</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1004</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1005</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1007</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1008</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1009</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1010</v>
+      </c>
+      <c r="O22" t="s">
+        <v>1011</v>
+      </c>
+      <c r="P22" t="s">
+        <v>1012</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>1013</v>
+      </c>
+      <c r="R22" t="s">
+        <v>1014</v>
+      </c>
+      <c r="S22" t="s">
+        <v>1015</v>
+      </c>
+      <c r="T22" t="s">
+        <v>1016</v>
+      </c>
+      <c r="U22" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>715</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1021</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1022</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1023</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1024</v>
+      </c>
+      <c r="L23" t="s">
+        <v>1025</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1026</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1027</v>
+      </c>
+      <c r="O23" t="s">
+        <v>1028</v>
+      </c>
+      <c r="P23" t="s">
+        <v>1029</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>1030</v>
+      </c>
+      <c r="R23" t="s">
+        <v>1031</v>
+      </c>
+      <c r="S23" t="s">
+        <v>1032</v>
+      </c>
+      <c r="T23" t="s">
+        <v>1033</v>
+      </c>
+      <c r="U23" t="s">
+        <v>1034</v>
+      </c>
+      <c r="V23" t="s">
+        <v>1035</v>
+      </c>
+      <c r="W23" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>715</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1040</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1041</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1042</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1043</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1044</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1045</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1046</v>
+      </c>
+      <c r="O24" t="s">
+        <v>1047</v>
+      </c>
+      <c r="P24" t="s">
+        <v>1048</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>715</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1049</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1052</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1053</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1054</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1055</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1056</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1057</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1058</v>
+      </c>
+      <c r="O25" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>715</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1063</v>
       </c>
       <c r="I26" t="s">
-        <v>406</v>
+        <v>1064</v>
       </c>
       <c r="J26" t="s">
-        <v>252</v>
+        <v>741</v>
       </c>
       <c r="K26" t="s">
-        <v>407</v>
+        <v>1065</v>
       </c>
       <c r="L26" t="s">
-        <v>408</v>
+        <v>1066</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1067</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1068</v>
+      </c>
+      <c r="O26" t="s">
+        <v>1069</v>
+      </c>
+      <c r="P26" t="s">
+        <v>1070</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1071</v>
+      </c>
+      <c r="R26" t="s">
+        <v>1072</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B27" t="s">
-        <v>409</v>
+        <v>1073</v>
       </c>
       <c r="C27" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>410</v>
+        <v>1074</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>411</v>
+        <v>1075</v>
       </c>
       <c r="H27" t="s">
-        <v>412</v>
+        <v>1076</v>
       </c>
       <c r="I27" t="s">
-        <v>413</v>
+        <v>1077</v>
       </c>
       <c r="J27" t="s">
-        <v>310</v>
+        <v>1078</v>
       </c>
       <c r="K27" t="s">
-        <v>414</v>
+        <v>1079</v>
       </c>
       <c r="L27" t="s">
-        <v>415</v>
+        <v>1080</v>
       </c>
       <c r="M27" t="s">
-        <v>416</v>
+        <v>1081</v>
       </c>
       <c r="N27" t="s">
-        <v>417</v>
-[...20 lines deleted...]
-        <v>424</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B28" t="s">
-        <v>425</v>
+        <v>1083</v>
       </c>
       <c r="C28" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>426</v>
+        <v>1084</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>427</v>
+        <v>1085</v>
       </c>
       <c r="H28" t="s">
-        <v>428</v>
+        <v>1086</v>
       </c>
       <c r="I28" t="s">
-        <v>429</v>
+        <v>1087</v>
       </c>
       <c r="J28" t="s">
-        <v>430</v>
+        <v>1088</v>
       </c>
       <c r="K28" t="s">
-        <v>431</v>
+        <v>1089</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1090</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B29" t="s">
-        <v>432</v>
+        <v>1091</v>
       </c>
       <c r="C29" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>433</v>
+        <v>1092</v>
       </c>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>434</v>
+        <v>1093</v>
       </c>
       <c r="H29" t="s">
-        <v>435</v>
+        <v>1094</v>
       </c>
       <c r="I29" t="s">
-        <v>436</v>
+        <v>1095</v>
       </c>
       <c r="J29" t="s">
-        <v>437</v>
+        <v>1096</v>
       </c>
       <c r="K29" t="s">
-        <v>438</v>
+        <v>1097</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1098</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B30" t="s">
-        <v>439</v>
+        <v>1099</v>
       </c>
       <c r="C30" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D30" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>440</v>
+        <v>1100</v>
       </c>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>441</v>
+        <v>1101</v>
       </c>
       <c r="H30" t="s">
-        <v>442</v>
+        <v>1102</v>
       </c>
       <c r="I30" t="s">
-        <v>443</v>
+        <v>1103</v>
       </c>
       <c r="J30" t="s">
-        <v>310</v>
+        <v>1104</v>
       </c>
       <c r="K30" t="s">
-        <v>444</v>
-[...17 lines deleted...]
-        <v>450</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B31" t="s">
-        <v>451</v>
+        <v>1106</v>
       </c>
       <c r="C31" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>452</v>
+        <v>1107</v>
       </c>
       <c r="F31" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>453</v>
+        <v>1108</v>
       </c>
       <c r="H31" t="s">
-        <v>454</v>
+        <v>1109</v>
       </c>
       <c r="I31" t="s">
-        <v>455</v>
+        <v>1110</v>
       </c>
       <c r="J31" t="s">
-        <v>334</v>
+        <v>986</v>
       </c>
       <c r="K31" t="s">
-        <v>456</v>
+        <v>1111</v>
       </c>
       <c r="L31" t="s">
-        <v>457</v>
-[...26 lines deleted...]
-        <v>466</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B32" t="s">
-        <v>467</v>
+        <v>1113</v>
       </c>
       <c r="C32" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D32" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>468</v>
+        <v>1114</v>
       </c>
       <c r="F32" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>469</v>
+        <v>1115</v>
       </c>
       <c r="H32" t="s">
-        <v>470</v>
+        <v>1116</v>
       </c>
       <c r="I32" t="s">
-        <v>471</v>
+        <v>1117</v>
       </c>
       <c r="J32" t="s">
-        <v>472</v>
+        <v>1118</v>
       </c>
       <c r="K32" t="s">
-        <v>473</v>
+        <v>1119</v>
       </c>
       <c r="L32" t="s">
-        <v>474</v>
+        <v>1120</v>
       </c>
       <c r="M32" t="s">
-        <v>475</v>
-[...14 lines deleted...]
-        <v>480</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B33" t="s">
-        <v>481</v>
+        <v>1122</v>
       </c>
       <c r="C33" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D33" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>482</v>
+        <v>1123</v>
       </c>
       <c r="F33" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>483</v>
+        <v>1124</v>
       </c>
       <c r="H33" t="s">
-        <v>484</v>
+        <v>1125</v>
       </c>
       <c r="I33" t="s">
-        <v>485</v>
+        <v>1126</v>
       </c>
       <c r="J33" t="s">
-        <v>486</v>
+        <v>1127</v>
       </c>
       <c r="K33" t="s">
-        <v>487</v>
-[...14 lines deleted...]
-        <v>492</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B34" t="s">
-        <v>493</v>
+        <v>1129</v>
       </c>
       <c r="C34" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>494</v>
+        <v>1130</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>495</v>
+        <v>1131</v>
       </c>
       <c r="H34" t="s">
-        <v>496</v>
+        <v>1132</v>
       </c>
       <c r="I34" t="s">
-        <v>497</v>
+        <v>1133</v>
       </c>
       <c r="J34" t="s">
-        <v>498</v>
+        <v>1134</v>
       </c>
       <c r="K34" t="s">
-        <v>499</v>
+        <v>1135</v>
       </c>
       <c r="L34" t="s">
-        <v>500</v>
+        <v>1136</v>
       </c>
       <c r="M34" t="s">
-        <v>501</v>
+        <v>1136</v>
       </c>
       <c r="N34" t="s">
-        <v>502</v>
+        <v>1137</v>
+      </c>
+      <c r="O34" t="s">
+        <v>1138</v>
+      </c>
+      <c r="P34" t="s">
+        <v>1139</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B35" t="s">
-        <v>503</v>
+        <v>1140</v>
       </c>
       <c r="C35" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D35" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>504</v>
+        <v>1141</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>505</v>
+        <v>1142</v>
       </c>
       <c r="H35" t="s">
-        <v>506</v>
+        <v>1143</v>
       </c>
       <c r="I35" t="s">
-        <v>507</v>
+        <v>1144</v>
       </c>
       <c r="J35" t="s">
-        <v>269</v>
+        <v>1145</v>
       </c>
       <c r="K35" t="s">
-        <v>508</v>
+        <v>1146</v>
       </c>
       <c r="L35" t="s">
-        <v>509</v>
-[...2 lines deleted...]
-        <v>510</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B36" t="s">
-        <v>511</v>
+        <v>1148</v>
       </c>
       <c r="C36" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D36" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>512</v>
+        <v>1149</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>513</v>
+        <v>1150</v>
       </c>
       <c r="H36" t="s">
-        <v>514</v>
+        <v>1151</v>
       </c>
       <c r="I36" t="s">
-        <v>515</v>
+        <v>1152</v>
       </c>
       <c r="J36" t="s">
-        <v>516</v>
+        <v>1153</v>
       </c>
       <c r="K36" t="s">
-        <v>517</v>
+        <v>1154</v>
       </c>
       <c r="L36" t="s">
-        <v>518</v>
+        <v>1155</v>
       </c>
       <c r="M36" t="s">
-        <v>519</v>
-[...8 lines deleted...]
-        <v>522</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B37" t="s">
-        <v>523</v>
+        <v>1157</v>
       </c>
       <c r="C37" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D37" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>524</v>
+        <v>1149</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>525</v>
+        <v>1158</v>
       </c>
       <c r="H37" t="s">
-        <v>526</v>
+        <v>1159</v>
       </c>
       <c r="I37" t="s">
-        <v>527</v>
+        <v>1160</v>
       </c>
       <c r="J37" t="s">
-        <v>528</v>
+        <v>1161</v>
       </c>
       <c r="K37" t="s">
-        <v>529</v>
+        <v>1162</v>
       </c>
       <c r="L37" t="s">
-        <v>530</v>
-[...23 lines deleted...]
-        <v>538</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B38" t="s">
-        <v>539</v>
+        <v>1164</v>
       </c>
       <c r="C38" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D38" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>540</v>
+        <v>1165</v>
       </c>
       <c r="F38" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>541</v>
+        <v>1166</v>
       </c>
       <c r="H38" t="s">
-        <v>542</v>
+        <v>1167</v>
       </c>
       <c r="I38" t="s">
-        <v>543</v>
+        <v>1168</v>
       </c>
       <c r="J38" t="s">
-        <v>544</v>
+        <v>1169</v>
       </c>
       <c r="K38" t="s">
-        <v>545</v>
+        <v>1170</v>
       </c>
       <c r="L38" t="s">
-        <v>546</v>
+        <v>1171</v>
       </c>
       <c r="M38" t="s">
-        <v>547</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B39" t="s">
-        <v>548</v>
+        <v>1173</v>
       </c>
       <c r="C39" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D39" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>549</v>
+        <v>1174</v>
       </c>
       <c r="F39" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>550</v>
+        <v>1175</v>
       </c>
       <c r="H39" t="s">
-        <v>551</v>
+        <v>1176</v>
       </c>
       <c r="I39" t="s">
-        <v>552</v>
+        <v>1177</v>
       </c>
       <c r="J39" t="s">
-        <v>553</v>
+        <v>1178</v>
       </c>
       <c r="K39" t="s">
-        <v>554</v>
+        <v>1179</v>
       </c>
       <c r="L39" t="s">
-        <v>555</v>
+        <v>1180</v>
       </c>
       <c r="M39" t="s">
-        <v>556</v>
+        <v>1181</v>
       </c>
       <c r="N39" t="s">
-        <v>557</v>
-[...11 lines deleted...]
-        <v>561</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B40" t="s">
-        <v>562</v>
+        <v>1183</v>
       </c>
       <c r="C40" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D40" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>563</v>
+        <v>1184</v>
       </c>
       <c r="F40" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>564</v>
+        <v>1185</v>
       </c>
       <c r="H40" t="s">
-        <v>565</v>
+        <v>1186</v>
       </c>
       <c r="I40" t="s">
-        <v>566</v>
+        <v>1187</v>
       </c>
       <c r="J40" t="s">
-        <v>567</v>
+        <v>801</v>
       </c>
       <c r="K40" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-        <v>569</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B41" t="s">
-        <v>570</v>
+        <v>1189</v>
       </c>
       <c r="C41" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D41" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>571</v>
+        <v>1190</v>
       </c>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>572</v>
+        <v>1191</v>
       </c>
       <c r="H41" t="s">
-        <v>573</v>
+        <v>1192</v>
       </c>
       <c r="I41" t="s">
-        <v>574</v>
+        <v>1193</v>
       </c>
       <c r="J41" t="s">
-        <v>575</v>
+        <v>821</v>
       </c>
       <c r="K41" t="s">
-        <v>576</v>
+        <v>1194</v>
       </c>
       <c r="L41" t="s">
-        <v>577</v>
+        <v>1195</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1196</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B42" t="s">
-        <v>578</v>
+        <v>1197</v>
       </c>
       <c r="C42" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D42" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>579</v>
+        <v>1198</v>
       </c>
       <c r="F42" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>580</v>
+        <v>1199</v>
       </c>
       <c r="H42" t="s">
-        <v>581</v>
+        <v>1200</v>
       </c>
       <c r="I42" t="s">
-        <v>582</v>
+        <v>1201</v>
       </c>
       <c r="J42" t="s">
-        <v>204</v>
+        <v>1202</v>
       </c>
       <c r="K42" t="s">
-        <v>583</v>
+        <v>1203</v>
       </c>
       <c r="L42" t="s">
-        <v>584</v>
+        <v>1204</v>
       </c>
       <c r="M42" t="s">
-        <v>585</v>
+        <v>1205</v>
       </c>
       <c r="N42" t="s">
-        <v>586</v>
+        <v>1206</v>
       </c>
       <c r="O42" t="s">
-        <v>587</v>
-[...14 lines deleted...]
-        <v>591</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B43" t="s">
-        <v>592</v>
+        <v>1208</v>
       </c>
       <c r="C43" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D43" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>593</v>
+        <v>1209</v>
       </c>
       <c r="F43" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>594</v>
+        <v>1210</v>
       </c>
       <c r="H43" t="s">
-        <v>595</v>
+        <v>1211</v>
       </c>
       <c r="I43" t="s">
-        <v>596</v>
+        <v>1212</v>
       </c>
       <c r="J43" t="s">
-        <v>597</v>
+        <v>1213</v>
       </c>
       <c r="K43" t="s">
-        <v>598</v>
+        <v>1214</v>
+      </c>
+      <c r="L43" t="s">
+        <v>1215</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1216</v>
+      </c>
+      <c r="N43" t="s">
+        <v>1217</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B44" t="s">
-        <v>599</v>
+        <v>1218</v>
       </c>
       <c r="C44" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D44" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>600</v>
+        <v>1219</v>
       </c>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>601</v>
+        <v>1220</v>
       </c>
       <c r="H44" t="s">
-        <v>602</v>
+        <v>1221</v>
       </c>
       <c r="I44" t="s">
-        <v>603</v>
+        <v>1222</v>
       </c>
       <c r="J44" t="s">
-        <v>604</v>
+        <v>1223</v>
       </c>
       <c r="K44" t="s">
-        <v>605</v>
+        <v>1224</v>
       </c>
       <c r="L44" t="s">
-        <v>606</v>
+        <v>1225</v>
       </c>
       <c r="M44" t="s">
-        <v>607</v>
+        <v>1226</v>
       </c>
       <c r="N44" t="s">
-        <v>608</v>
+        <v>1227</v>
+      </c>
+      <c r="O44" t="s">
+        <v>1228</v>
+      </c>
+      <c r="P44" t="s">
+        <v>1229</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>1230</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B45" t="s">
-        <v>609</v>
+        <v>1231</v>
       </c>
       <c r="C45" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D45" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>610</v>
+        <v>1232</v>
       </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>611</v>
+        <v>1233</v>
       </c>
       <c r="H45" t="s">
-        <v>612</v>
+        <v>1234</v>
       </c>
       <c r="I45" t="s">
-        <v>613</v>
+        <v>1235</v>
       </c>
       <c r="J45" t="s">
-        <v>597</v>
+        <v>1236</v>
       </c>
       <c r="K45" t="s">
-        <v>614</v>
+        <v>1237</v>
+      </c>
+      <c r="L45" t="s">
+        <v>1238</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B46" t="s">
-        <v>615</v>
+        <v>1239</v>
       </c>
       <c r="C46" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D46" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>616</v>
+        <v>1240</v>
       </c>
       <c r="F46" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>617</v>
+        <v>1241</v>
       </c>
       <c r="H46" t="s">
-        <v>618</v>
+        <v>1242</v>
       </c>
       <c r="I46" t="s">
-        <v>619</v>
+        <v>1243</v>
       </c>
       <c r="J46" t="s">
-        <v>620</v>
+        <v>741</v>
       </c>
       <c r="K46" t="s">
-        <v>621</v>
+        <v>1244</v>
       </c>
       <c r="L46" t="s">
-        <v>622</v>
+        <v>1245</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1246</v>
+      </c>
+      <c r="N46" t="s">
+        <v>1247</v>
+      </c>
+      <c r="O46" t="s">
+        <v>1246</v>
+      </c>
+      <c r="P46" t="s">
+        <v>1248</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>1249</v>
+      </c>
+      <c r="R46" t="s">
+        <v>1250</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B47" t="s">
-        <v>623</v>
+        <v>1251</v>
       </c>
       <c r="C47" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D47" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>616</v>
+        <v>1252</v>
       </c>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>624</v>
+        <v>1253</v>
       </c>
       <c r="H47" t="s">
-        <v>625</v>
+        <v>1254</v>
       </c>
       <c r="I47" t="s">
-        <v>626</v>
+        <v>1255</v>
       </c>
       <c r="J47" t="s">
-        <v>627</v>
+        <v>1078</v>
       </c>
       <c r="K47" t="s">
-        <v>628</v>
+        <v>1256</v>
       </c>
       <c r="L47" t="s">
-        <v>629</v>
+        <v>1257</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1258</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B48" t="s">
-        <v>630</v>
+        <v>1259</v>
       </c>
       <c r="C48" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D48" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>616</v>
+        <v>1260</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>631</v>
+        <v>1261</v>
       </c>
       <c r="H48" t="s">
-        <v>632</v>
+        <v>1262</v>
       </c>
       <c r="I48" t="s">
-        <v>497</v>
+        <v>1263</v>
       </c>
       <c r="J48" t="s">
-        <v>633</v>
+        <v>741</v>
       </c>
       <c r="K48" t="s">
-        <v>634</v>
+        <v>1264</v>
       </c>
       <c r="L48" t="s">
-        <v>635</v>
-[...5 lines deleted...]
-        <v>637</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B49" t="s">
-        <v>638</v>
+        <v>1266</v>
       </c>
       <c r="C49" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D49" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>639</v>
+        <v>1267</v>
       </c>
       <c r="F49" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>640</v>
+        <v>1268</v>
       </c>
       <c r="H49" t="s">
-        <v>641</v>
+        <v>1269</v>
       </c>
       <c r="I49" t="s">
-        <v>642</v>
+        <v>1270</v>
       </c>
       <c r="J49" t="s">
-        <v>643</v>
+        <v>1271</v>
       </c>
       <c r="K49" t="s">
-        <v>644</v>
+        <v>1272</v>
       </c>
       <c r="L49" t="s">
-        <v>645</v>
+        <v>1273</v>
       </c>
       <c r="M49" t="s">
-        <v>646</v>
+        <v>1272</v>
       </c>
       <c r="N49" t="s">
-        <v>647</v>
-[...47 lines deleted...]
-        <v>663</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B50" t="s">
-        <v>664</v>
+        <v>1275</v>
       </c>
       <c r="C50" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D50" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>665</v>
+        <v>1276</v>
       </c>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>666</v>
+        <v>1277</v>
       </c>
       <c r="H50" t="s">
-        <v>667</v>
+        <v>1278</v>
       </c>
       <c r="I50" t="s">
-        <v>668</v>
+        <v>1279</v>
       </c>
       <c r="J50" t="s">
-        <v>669</v>
+        <v>1280</v>
       </c>
       <c r="K50" t="s">
-        <v>670</v>
+        <v>1281</v>
       </c>
       <c r="L50" t="s">
-        <v>671</v>
+        <v>1282</v>
       </c>
       <c r="M50" t="s">
-        <v>672</v>
+        <v>1283</v>
       </c>
       <c r="N50" t="s">
-        <v>673</v>
-[...2 lines deleted...]
-        <v>674</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B51" t="s">
-        <v>675</v>
+        <v>1285</v>
       </c>
       <c r="C51" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D51" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>676</v>
+        <v>1286</v>
       </c>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>677</v>
+        <v>1287</v>
       </c>
       <c r="H51" t="s">
-        <v>678</v>
+        <v>1288</v>
       </c>
       <c r="I51" t="s">
-        <v>679</v>
+        <v>1289</v>
       </c>
       <c r="J51" t="s">
-        <v>680</v>
+        <v>1290</v>
       </c>
       <c r="K51" t="s">
-        <v>681</v>
+        <v>1291</v>
       </c>
       <c r="L51" t="s">
-        <v>682</v>
+        <v>1292</v>
       </c>
       <c r="M51" t="s">
-        <v>683</v>
+        <v>1293</v>
       </c>
       <c r="N51" t="s">
-        <v>684</v>
+        <v>1294</v>
       </c>
       <c r="O51" t="s">
-        <v>685</v>
+        <v>1295</v>
       </c>
       <c r="P51" t="s">
-        <v>686</v>
+        <v>1296</v>
       </c>
       <c r="Q51" t="s">
-        <v>687</v>
+        <v>1297</v>
+      </c>
+      <c r="R51" t="s">
+        <v>1298</v>
+      </c>
+      <c r="S51" t="s">
+        <v>1299</v>
+      </c>
+      <c r="T51" t="s">
+        <v>1300</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B52" t="s">
-        <v>688</v>
+        <v>1301</v>
       </c>
       <c r="C52" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D52" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>689</v>
+        <v>1302</v>
       </c>
       <c r="F52" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>690</v>
+        <v>1303</v>
       </c>
       <c r="H52" t="s">
-        <v>691</v>
+        <v>1304</v>
       </c>
       <c r="I52" t="s">
-        <v>692</v>
+        <v>1305</v>
       </c>
       <c r="J52" t="s">
-        <v>355</v>
+        <v>1306</v>
       </c>
       <c r="K52" t="s">
-        <v>693</v>
+        <v>1307</v>
       </c>
       <c r="L52" t="s">
-        <v>694</v>
-[...20 lines deleted...]
-        <v>701</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B53" t="s">
-        <v>702</v>
+        <v>1309</v>
       </c>
       <c r="C53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>703</v>
+        <v>1310</v>
       </c>
       <c r="F53" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>704</v>
+        <v>1311</v>
       </c>
       <c r="H53" t="s">
-        <v>705</v>
+        <v>1312</v>
       </c>
       <c r="I53" t="s">
-        <v>706</v>
+        <v>1313</v>
       </c>
       <c r="J53" t="s">
-        <v>707</v>
+        <v>1314</v>
       </c>
       <c r="K53" t="s">
-        <v>708</v>
+        <v>1315</v>
       </c>
       <c r="L53" t="s">
-        <v>709</v>
-[...2 lines deleted...]
-        <v>710</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B54" t="s">
-        <v>711</v>
+        <v>1317</v>
       </c>
       <c r="C54" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D54" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>712</v>
+        <v>1318</v>
       </c>
       <c r="F54" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>713</v>
+        <v>1319</v>
       </c>
       <c r="H54" t="s">
-        <v>714</v>
+        <v>1320</v>
       </c>
       <c r="I54" t="s">
-        <v>715</v>
+        <v>1321</v>
       </c>
       <c r="J54" t="s">
-        <v>472</v>
+        <v>1322</v>
       </c>
       <c r="K54" t="s">
-        <v>716</v>
+        <v>1323</v>
       </c>
       <c r="L54" t="s">
-        <v>717</v>
+        <v>1324</v>
       </c>
       <c r="M54" t="s">
-        <v>718</v>
+        <v>1325</v>
       </c>
       <c r="N54" t="s">
-        <v>719</v>
-[...41 lines deleted...]
-        <v>733</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B55" t="s">
-        <v>734</v>
+        <v>1327</v>
       </c>
       <c r="C55" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D55" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>735</v>
+        <v>1328</v>
       </c>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>736</v>
+        <v>1329</v>
       </c>
       <c r="H55" t="s">
-        <v>737</v>
+        <v>1330</v>
       </c>
       <c r="I55" t="s">
-        <v>738</v>
+        <v>1331</v>
       </c>
       <c r="J55" t="s">
-        <v>252</v>
+        <v>1332</v>
       </c>
       <c r="K55" t="s">
-        <v>739</v>
+        <v>1333</v>
       </c>
       <c r="L55" t="s">
-        <v>740</v>
+        <v>1334</v>
       </c>
       <c r="M55" t="s">
-        <v>741</v>
+        <v>1335</v>
       </c>
       <c r="N55" t="s">
-        <v>742</v>
+        <v>1336</v>
       </c>
       <c r="O55" t="s">
-        <v>743</v>
+        <v>1337</v>
       </c>
       <c r="P55" t="s">
-        <v>744</v>
+        <v>1338</v>
       </c>
       <c r="Q55" t="s">
-        <v>745</v>
+        <v>1339</v>
       </c>
       <c r="R55" t="s">
-        <v>746</v>
-[...11 lines deleted...]
-        <v>750</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B56" t="s">
-        <v>751</v>
+        <v>1341</v>
       </c>
       <c r="C56" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D56" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>752</v>
+        <v>1342</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>753</v>
+        <v>1343</v>
       </c>
       <c r="H56" t="s">
-        <v>754</v>
+        <v>1344</v>
       </c>
       <c r="I56" t="s">
-        <v>755</v>
+        <v>1345</v>
       </c>
       <c r="J56" t="s">
-        <v>756</v>
+        <v>1346</v>
       </c>
       <c r="K56" t="s">
-        <v>757</v>
+        <v>1347</v>
       </c>
       <c r="L56" t="s">
-        <v>758</v>
-[...17 lines deleted...]
-        <v>764</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B57" t="s">
-        <v>765</v>
+        <v>1349</v>
       </c>
       <c r="C57" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D57" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>766</v>
+        <v>1342</v>
       </c>
       <c r="F57" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>767</v>
+        <v>1350</v>
       </c>
       <c r="H57" t="s">
-        <v>768</v>
+        <v>1351</v>
       </c>
       <c r="I57" t="s">
-        <v>769</v>
+        <v>1352</v>
       </c>
       <c r="J57" t="s">
-        <v>770</v>
+        <v>721</v>
       </c>
       <c r="K57" t="s">
-        <v>771</v>
+        <v>1353</v>
+      </c>
+      <c r="L57" t="s">
+        <v>1354</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B58" t="s">
-        <v>772</v>
+        <v>1355</v>
       </c>
       <c r="C58" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D58" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>773</v>
+        <v>1356</v>
       </c>
       <c r="F58" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>774</v>
+        <v>1357</v>
       </c>
       <c r="H58" t="s">
-        <v>775</v>
+        <v>1358</v>
       </c>
       <c r="I58" t="s">
-        <v>776</v>
+        <v>1359</v>
       </c>
       <c r="J58" t="s">
-        <v>269</v>
+        <v>1145</v>
       </c>
       <c r="K58" t="s">
-        <v>777</v>
+        <v>1360</v>
       </c>
       <c r="L58" t="s">
-        <v>778</v>
+        <v>1361</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1362</v>
+      </c>
+      <c r="N58" t="s">
+        <v>1363</v>
+      </c>
+      <c r="O58" t="s">
+        <v>1364</v>
+      </c>
+      <c r="P58" t="s">
+        <v>1365</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>1366</v>
+      </c>
+      <c r="R58" t="s">
+        <v>1367</v>
+      </c>
+      <c r="S58" t="s">
+        <v>1368</v>
+      </c>
+      <c r="T58" t="s">
+        <v>1369</v>
+      </c>
+      <c r="U58" t="s">
+        <v>1370</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B59" t="s">
-        <v>779</v>
+        <v>1371</v>
       </c>
       <c r="C59" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D59" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>780</v>
+        <v>1372</v>
       </c>
       <c r="F59" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>781</v>
+        <v>1373</v>
       </c>
       <c r="H59" t="s">
-        <v>782</v>
+        <v>1374</v>
       </c>
       <c r="I59" t="s">
-        <v>783</v>
+        <v>1375</v>
       </c>
       <c r="J59" t="s">
-        <v>784</v>
+        <v>1376</v>
       </c>
       <c r="K59" t="s">
-        <v>785</v>
-[...2 lines deleted...]
-        <v>786</v>
+        <v>1377</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B60" t="s">
-        <v>787</v>
+        <v>1378</v>
       </c>
       <c r="C60" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D60" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>788</v>
+        <v>1379</v>
       </c>
       <c r="F60" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G60" t="s">
-        <v>789</v>
+        <v>1380</v>
       </c>
       <c r="H60" t="s">
-        <v>790</v>
+        <v>1381</v>
       </c>
       <c r="I60" t="s">
-        <v>791</v>
+        <v>1382</v>
       </c>
       <c r="J60" t="s">
-        <v>792</v>
+        <v>1383</v>
       </c>
       <c r="K60" t="s">
-        <v>793</v>
-[...20 lines deleted...]
-        <v>800</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B61" t="s">
-        <v>801</v>
+        <v>1385</v>
       </c>
       <c r="C61" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D61" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>802</v>
+        <v>1386</v>
       </c>
       <c r="F61" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>803</v>
+        <v>1387</v>
       </c>
       <c r="H61" t="s">
-        <v>804</v>
+        <v>1388</v>
       </c>
       <c r="I61" t="s">
-        <v>805</v>
+        <v>1389</v>
       </c>
       <c r="J61" t="s">
-        <v>806</v>
+        <v>1145</v>
       </c>
       <c r="K61" t="s">
-        <v>807</v>
+        <v>1390</v>
       </c>
       <c r="L61" t="s">
-        <v>808</v>
+        <v>1391</v>
       </c>
       <c r="M61" t="s">
-        <v>809</v>
+        <v>1392</v>
       </c>
       <c r="N61" t="s">
-        <v>810</v>
+        <v>1393</v>
       </c>
       <c r="O61" t="s">
-        <v>811</v>
+        <v>1394</v>
       </c>
       <c r="P61" t="s">
-        <v>812</v>
+        <v>1395</v>
       </c>
       <c r="Q61" t="s">
-        <v>813</v>
-[...23 lines deleted...]
-        <v>821</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B62" t="s">
-        <v>822</v>
+        <v>1397</v>
       </c>
       <c r="C62" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D62" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>823</v>
+        <v>1398</v>
       </c>
       <c r="F62" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>824</v>
+        <v>1399</v>
       </c>
       <c r="H62" t="s">
-        <v>825</v>
+        <v>1400</v>
       </c>
       <c r="I62" t="s">
-        <v>826</v>
+        <v>1401</v>
       </c>
       <c r="J62" t="s">
-        <v>355</v>
+        <v>1202</v>
       </c>
       <c r="K62" t="s">
-        <v>827</v>
+        <v>1402</v>
       </c>
       <c r="L62" t="s">
-        <v>828</v>
+        <v>1403</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1404</v>
+      </c>
+      <c r="N62" t="s">
+        <v>1405</v>
+      </c>
+      <c r="O62" t="s">
+        <v>1406</v>
+      </c>
+      <c r="P62" t="s">
+        <v>1407</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>1408</v>
+      </c>
+      <c r="R62" t="s">
+        <v>1409</v>
+      </c>
+      <c r="S62" t="s">
+        <v>1410</v>
+      </c>
+      <c r="T62" t="s">
+        <v>1411</v>
+      </c>
+      <c r="U62" t="s">
+        <v>1412</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B63" t="s">
-        <v>829</v>
+        <v>1413</v>
       </c>
       <c r="C63" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D63" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>830</v>
+        <v>1414</v>
       </c>
       <c r="F63" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>831</v>
+        <v>1415</v>
       </c>
       <c r="H63" t="s">
-        <v>832</v>
+        <v>1416</v>
       </c>
       <c r="I63" t="s">
-        <v>497</v>
+        <v>1417</v>
       </c>
       <c r="J63" t="s">
-        <v>833</v>
+        <v>1418</v>
       </c>
       <c r="K63" t="s">
-        <v>834</v>
+        <v>1419</v>
       </c>
       <c r="L63" t="s">
-        <v>835</v>
+        <v>1420</v>
       </c>
       <c r="M63" t="s">
-        <v>836</v>
+        <v>1421</v>
       </c>
       <c r="N63" t="s">
-        <v>837</v>
+        <v>1422</v>
       </c>
       <c r="O63" t="s">
-        <v>838</v>
+        <v>1423</v>
       </c>
       <c r="P63" t="s">
-        <v>839</v>
+        <v>1424</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>1425</v>
+      </c>
+      <c r="R63" t="s">
+        <v>1426</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B64" t="s">
-        <v>840</v>
+        <v>1427</v>
       </c>
       <c r="C64" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D64" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>841</v>
+        <v>1428</v>
       </c>
       <c r="F64" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>842</v>
+        <v>1429</v>
       </c>
       <c r="H64" t="s">
-        <v>843</v>
+        <v>1430</v>
       </c>
       <c r="I64" t="s">
-        <v>844</v>
+        <v>1431</v>
       </c>
       <c r="J64" t="s">
-        <v>845</v>
+        <v>1432</v>
       </c>
       <c r="K64" t="s">
-        <v>846</v>
+        <v>1433</v>
+      </c>
+      <c r="L64" t="s">
+        <v>1434</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1435</v>
+      </c>
+      <c r="N64" t="s">
+        <v>1436</v>
+      </c>
+      <c r="O64" t="s">
+        <v>1437</v>
+      </c>
+      <c r="P64" t="s">
+        <v>1438</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>1439</v>
+      </c>
+      <c r="R64" t="s">
+        <v>1440</v>
+      </c>
+      <c r="S64" t="s">
+        <v>1441</v>
+      </c>
+      <c r="T64" t="s">
+        <v>1442</v>
+      </c>
+      <c r="U64" t="s">
+        <v>1443</v>
+      </c>
+      <c r="V64" t="s">
+        <v>1444</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B65" t="s">
-        <v>847</v>
+        <v>1445</v>
       </c>
       <c r="C65" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D65" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>848</v>
+        <v>1446</v>
       </c>
       <c r="F65" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>849</v>
+        <v>1447</v>
       </c>
       <c r="H65" t="s">
-        <v>850</v>
+        <v>1448</v>
       </c>
       <c r="I65" t="s">
-        <v>497</v>
+        <v>1449</v>
       </c>
       <c r="J65" t="s">
-        <v>851</v>
+        <v>1450</v>
       </c>
       <c r="K65" t="s">
-        <v>852</v>
-[...8 lines deleted...]
-        <v>855</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B66" t="s">
-        <v>856</v>
+        <v>1452</v>
       </c>
       <c r="C66" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D66" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>857</v>
+        <v>1453</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>858</v>
+        <v>1454</v>
       </c>
       <c r="H66" t="s">
-        <v>859</v>
+        <v>1455</v>
       </c>
       <c r="I66" t="s">
-        <v>860</v>
+        <v>1160</v>
       </c>
       <c r="J66" t="s">
-        <v>833</v>
+        <v>1456</v>
       </c>
       <c r="K66" t="s">
-        <v>861</v>
+        <v>1457</v>
       </c>
       <c r="L66" t="s">
-        <v>862</v>
+        <v>1458</v>
       </c>
       <c r="M66" t="s">
-        <v>863</v>
+        <v>1459</v>
+      </c>
+      <c r="N66" t="s">
+        <v>1460</v>
+      </c>
+      <c r="O66" t="s">
+        <v>1461</v>
+      </c>
+      <c r="P66" t="s">
+        <v>1462</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B67" t="s">
-        <v>864</v>
+        <v>1463</v>
       </c>
       <c r="C67" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D67" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>865</v>
+        <v>1464</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>866</v>
+        <v>1465</v>
       </c>
       <c r="H67" t="s">
-        <v>867</v>
+        <v>1466</v>
       </c>
       <c r="I67" t="s">
-        <v>868</v>
+        <v>1467</v>
       </c>
       <c r="J67" t="s">
-        <v>13</v>
+        <v>1468</v>
       </c>
       <c r="K67" t="s">
-        <v>869</v>
+        <v>1469</v>
+      </c>
+      <c r="L67" t="s">
+        <v>1470</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1471</v>
+      </c>
+      <c r="N67" t="s">
+        <v>1472</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B68" t="s">
-        <v>870</v>
+        <v>1473</v>
       </c>
       <c r="C68" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D68" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>871</v>
+        <v>1474</v>
       </c>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>872</v>
+        <v>1475</v>
       </c>
       <c r="H68" t="s">
-        <v>873</v>
+        <v>1476</v>
       </c>
       <c r="I68" t="s">
-        <v>874</v>
+        <v>1477</v>
       </c>
       <c r="J68" t="s">
-        <v>875</v>
+        <v>1418</v>
       </c>
       <c r="K68" t="s">
-        <v>876</v>
+        <v>1478</v>
       </c>
       <c r="L68" t="s">
-        <v>877</v>
+        <v>1479</v>
       </c>
       <c r="M68" t="s">
-        <v>878</v>
+        <v>1480</v>
       </c>
       <c r="N68" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-        <v>879</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B69" t="s">
-        <v>880</v>
+        <v>1482</v>
       </c>
       <c r="C69" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D69" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>881</v>
+        <v>1483</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>882</v>
+        <v>1484</v>
       </c>
       <c r="H69" t="s">
-        <v>883</v>
+        <v>1485</v>
       </c>
       <c r="I69" t="s">
-        <v>884</v>
+        <v>1486</v>
       </c>
       <c r="J69" t="s">
-        <v>885</v>
+        <v>1487</v>
       </c>
       <c r="K69" t="s">
-        <v>886</v>
+        <v>1488</v>
       </c>
       <c r="L69" t="s">
-        <v>887</v>
+        <v>1489</v>
+      </c>
+      <c r="M69" t="s">
+        <v>1490</v>
+      </c>
+      <c r="N69" t="s">
+        <v>1491</v>
+      </c>
+      <c r="O69" t="s">
+        <v>1492</v>
+      </c>
+      <c r="P69" t="s">
+        <v>1493</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B70" t="s">
-        <v>888</v>
+        <v>1494</v>
       </c>
       <c r="C70" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D70" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>889</v>
+        <v>1495</v>
       </c>
       <c r="F70" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G70" t="s">
-        <v>890</v>
+        <v>1496</v>
       </c>
       <c r="H70" t="s">
-        <v>891</v>
+        <v>1497</v>
       </c>
       <c r="I70" t="s">
-        <v>892</v>
+        <v>1498</v>
       </c>
       <c r="J70" t="s">
-        <v>893</v>
+        <v>1096</v>
       </c>
       <c r="K70" t="s">
-        <v>894</v>
+        <v>1499</v>
       </c>
       <c r="L70" t="s">
-        <v>895</v>
+        <v>1500</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1501</v>
+      </c>
+      <c r="N70" t="s">
+        <v>1502</v>
+      </c>
+      <c r="O70" t="s">
+        <v>1503</v>
+      </c>
+      <c r="P70" t="s">
+        <v>1504</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B71" t="s">
-        <v>896</v>
+        <v>1505</v>
       </c>
       <c r="C71" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D71" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>897</v>
+        <v>1506</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G71" t="s">
-        <v>898</v>
+        <v>1507</v>
       </c>
       <c r="H71" t="s">
-        <v>899</v>
+        <v>1508</v>
       </c>
       <c r="I71" t="s">
-        <v>900</v>
+        <v>1509</v>
       </c>
       <c r="J71" t="s">
-        <v>597</v>
+        <v>1510</v>
       </c>
       <c r="K71" t="s">
-        <v>901</v>
+        <v>1511</v>
       </c>
       <c r="L71" t="s">
-        <v>902</v>
+        <v>1512</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1513</v>
+      </c>
+      <c r="N71" t="s">
+        <v>1514</v>
+      </c>
+      <c r="O71" t="s">
+        <v>1515</v>
+      </c>
+      <c r="P71" t="s">
+        <v>1516</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>1517</v>
+      </c>
+      <c r="R71" t="s">
+        <v>1518</v>
+      </c>
+      <c r="S71" t="s">
+        <v>1519</v>
+      </c>
+      <c r="T71" t="s">
+        <v>1520</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B72" t="s">
-        <v>903</v>
+        <v>1521</v>
       </c>
       <c r="C72" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D72" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>904</v>
+        <v>1522</v>
       </c>
       <c r="F72" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>905</v>
+        <v>1523</v>
       </c>
       <c r="H72" t="s">
-        <v>906</v>
+        <v>1524</v>
       </c>
       <c r="I72" t="s">
-        <v>907</v>
+        <v>1525</v>
       </c>
       <c r="J72" t="s">
-        <v>908</v>
+        <v>1526</v>
       </c>
       <c r="K72" t="s">
-        <v>909</v>
+        <v>1527</v>
       </c>
       <c r="L72" t="s">
-        <v>910</v>
+        <v>1528</v>
       </c>
       <c r="M72" t="s">
-        <v>911</v>
-[...11 lines deleted...]
-        <v>915</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B73" t="s">
-        <v>916</v>
+        <v>1530</v>
       </c>
       <c r="C73" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D73" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>917</v>
+        <v>1531</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>918</v>
+        <v>1532</v>
       </c>
       <c r="H73" t="s">
-        <v>919</v>
+        <v>1533</v>
       </c>
       <c r="I73" t="s">
-        <v>920</v>
+        <v>1144</v>
       </c>
       <c r="J73" t="s">
-        <v>597</v>
+        <v>1534</v>
       </c>
       <c r="K73" t="s">
-        <v>921</v>
-[...5 lines deleted...]
-        <v>923</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B74" t="s">
-        <v>924</v>
+        <v>1535</v>
       </c>
       <c r="C74" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D74" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>925</v>
+        <v>1536</v>
       </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G74" t="s">
-        <v>926</v>
+        <v>1537</v>
       </c>
       <c r="H74" t="s">
-        <v>927</v>
+        <v>1538</v>
       </c>
       <c r="I74" t="s">
-        <v>928</v>
+        <v>1539</v>
       </c>
       <c r="J74" t="s">
-        <v>929</v>
+        <v>1078</v>
       </c>
       <c r="K74" t="s">
-        <v>930</v>
+        <v>1540</v>
       </c>
       <c r="L74" t="s">
-        <v>931</v>
+        <v>1541</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1542</v>
+      </c>
+      <c r="N74" t="s">
+        <v>1543</v>
+      </c>
+      <c r="O74" t="s">
+        <v>1544</v>
+      </c>
+      <c r="P74" t="s">
+        <v>1545</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>1546</v>
+      </c>
+      <c r="R74" t="s">
+        <v>1547</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B75" t="s">
-        <v>932</v>
+        <v>1548</v>
       </c>
       <c r="C75" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D75" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>933</v>
+        <v>1549</v>
       </c>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G75" t="s">
-        <v>934</v>
+        <v>1550</v>
       </c>
       <c r="H75" t="s">
-        <v>935</v>
+        <v>1551</v>
       </c>
       <c r="I75" t="s">
-        <v>936</v>
+        <v>1552</v>
       </c>
       <c r="J75" t="s">
-        <v>937</v>
+        <v>1553</v>
       </c>
       <c r="K75" t="s">
-        <v>938</v>
+        <v>1554</v>
+      </c>
+      <c r="L75" t="s">
+        <v>1555</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1556</v>
+      </c>
+      <c r="N75" t="s">
+        <v>1557</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1558</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B76" t="s">
-        <v>939</v>
+        <v>1559</v>
       </c>
       <c r="C76" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D76" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>940</v>
+        <v>1560</v>
       </c>
       <c r="F76" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G76" t="s">
-        <v>941</v>
+        <v>1561</v>
       </c>
       <c r="H76" t="s">
-        <v>942</v>
+        <v>1562</v>
       </c>
       <c r="I76" t="s">
-        <v>943</v>
+        <v>1563</v>
       </c>
       <c r="J76" t="s">
-        <v>944</v>
+        <v>1306</v>
       </c>
       <c r="K76" t="s">
-        <v>945</v>
+        <v>1564</v>
+      </c>
+      <c r="L76" t="s">
+        <v>1565</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B77" t="s">
-        <v>946</v>
+        <v>1566</v>
       </c>
       <c r="C77" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D77" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>947</v>
+        <v>1567</v>
       </c>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G77" t="s">
-        <v>948</v>
+        <v>1568</v>
       </c>
       <c r="H77" t="s">
-        <v>949</v>
+        <v>1569</v>
       </c>
       <c r="I77" t="s">
-        <v>950</v>
+        <v>1570</v>
       </c>
       <c r="J77" t="s">
-        <v>355</v>
+        <v>1571</v>
       </c>
       <c r="K77" t="s">
-        <v>951</v>
+        <v>1572</v>
       </c>
       <c r="L77" t="s">
-        <v>952</v>
-[...5 lines deleted...]
-        <v>954</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B78" t="s">
-        <v>955</v>
+        <v>1574</v>
       </c>
       <c r="C78" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D78" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>956</v>
+        <v>1575</v>
       </c>
       <c r="F78" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>957</v>
+        <v>1576</v>
       </c>
       <c r="H78" t="s">
-        <v>958</v>
+        <v>1577</v>
       </c>
       <c r="I78" t="s">
-        <v>959</v>
+        <v>1578</v>
       </c>
       <c r="J78" t="s">
-        <v>221</v>
+        <v>1006</v>
       </c>
       <c r="K78" t="s">
-        <v>960</v>
+        <v>1579</v>
       </c>
       <c r="L78" t="s">
-        <v>961</v>
+        <v>1580</v>
       </c>
       <c r="M78" t="s">
-        <v>962</v>
+        <v>1581</v>
       </c>
       <c r="N78" t="s">
-        <v>963</v>
+        <v>1582</v>
       </c>
       <c r="O78" t="s">
-        <v>964</v>
+        <v>1583</v>
+      </c>
+      <c r="P78" t="s">
+        <v>1582</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>1584</v>
+      </c>
+      <c r="R78" t="s">
+        <v>1585</v>
+      </c>
+      <c r="S78" t="s">
+        <v>1586</v>
+      </c>
+      <c r="T78" t="s">
+        <v>1587</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B79" t="s">
-        <v>965</v>
+        <v>1588</v>
       </c>
       <c r="C79" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D79" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>966</v>
+        <v>1589</v>
       </c>
       <c r="F79" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G79" t="s">
-        <v>967</v>
+        <v>1590</v>
       </c>
       <c r="H79" t="s">
-        <v>968</v>
+        <v>1591</v>
       </c>
       <c r="I79" t="s">
-        <v>969</v>
+        <v>1592</v>
       </c>
       <c r="J79" t="s">
-        <v>669</v>
+        <v>1178</v>
       </c>
       <c r="K79" t="s">
-        <v>970</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B80" t="s">
-        <v>971</v>
+        <v>1594</v>
       </c>
       <c r="C80" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D80" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>972</v>
+        <v>1595</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G80" t="s">
-        <v>973</v>
+        <v>1596</v>
       </c>
       <c r="H80" t="s">
-        <v>974</v>
+        <v>1597</v>
       </c>
       <c r="I80" t="s">
-        <v>975</v>
+        <v>1598</v>
       </c>
       <c r="J80" t="s">
-        <v>597</v>
+        <v>1599</v>
       </c>
       <c r="K80" t="s">
-        <v>976</v>
+        <v>1600</v>
       </c>
       <c r="L80" t="s">
-        <v>977</v>
+        <v>1601</v>
       </c>
       <c r="M80" t="s">
-        <v>978</v>
+        <v>1602</v>
       </c>
       <c r="N80" t="s">
-        <v>979</v>
-[...2 lines deleted...]
-        <v>980</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B81" t="s">
-        <v>981</v>
+        <v>1604</v>
       </c>
       <c r="C81" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D81" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>982</v>
+        <v>1605</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G81" t="s">
-        <v>983</v>
+        <v>1606</v>
       </c>
       <c r="H81" t="s">
-        <v>984</v>
+        <v>1607</v>
       </c>
       <c r="I81" t="s">
-        <v>985</v>
+        <v>1608</v>
       </c>
       <c r="J81" t="s">
-        <v>986</v>
+        <v>1609</v>
       </c>
       <c r="K81" t="s">
-        <v>987</v>
+        <v>1610</v>
+      </c>
+      <c r="L81" t="s">
+        <v>1611</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B82" t="s">
-        <v>988</v>
+        <v>1612</v>
       </c>
       <c r="C82" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D82" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>989</v>
+        <v>1613</v>
       </c>
       <c r="F82" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G82" t="s">
-        <v>990</v>
+        <v>1614</v>
       </c>
       <c r="H82" t="s">
-        <v>991</v>
+        <v>1615</v>
       </c>
       <c r="I82" t="s">
-        <v>992</v>
+        <v>1616</v>
       </c>
       <c r="J82" t="s">
-        <v>993</v>
+        <v>1178</v>
       </c>
       <c r="K82" t="s">
-        <v>994</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B83" t="s">
-        <v>995</v>
+        <v>1618</v>
       </c>
       <c r="C83" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D83" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>996</v>
+        <v>1619</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G83" t="s">
-        <v>997</v>
+        <v>1620</v>
       </c>
       <c r="H83" t="s">
-        <v>998</v>
+        <v>1621</v>
       </c>
       <c r="I83" t="s">
-        <v>999</v>
+        <v>1622</v>
       </c>
       <c r="J83" t="s">
-        <v>399</v>
+        <v>1153</v>
       </c>
       <c r="K83" t="s">
-        <v>1000</v>
-[...2 lines deleted...]
-        <v>1001</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B84" t="s">
-        <v>1002</v>
+        <v>1624</v>
       </c>
       <c r="C84" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D84" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>1003</v>
+        <v>1625</v>
       </c>
       <c r="F84" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G84" t="s">
-        <v>1004</v>
+        <v>1626</v>
       </c>
       <c r="H84" t="s">
-        <v>1005</v>
+        <v>1627</v>
       </c>
       <c r="I84" t="s">
-        <v>1006</v>
+        <v>1628</v>
       </c>
       <c r="J84" t="s">
-        <v>1007</v>
+        <v>1629</v>
       </c>
       <c r="K84" t="s">
-        <v>1008</v>
+        <v>1630</v>
+      </c>
+      <c r="L84" t="s">
+        <v>1631</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B85" t="s">
-        <v>1009</v>
+        <v>1632</v>
       </c>
       <c r="C85" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D85" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>1010</v>
+        <v>1625</v>
       </c>
       <c r="F85" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G85" t="s">
-        <v>1011</v>
+        <v>1633</v>
       </c>
       <c r="H85" t="s">
-        <v>1012</v>
+        <v>1634</v>
       </c>
       <c r="I85" t="s">
-        <v>1013</v>
+        <v>1635</v>
       </c>
       <c r="J85" t="s">
-        <v>204</v>
+        <v>821</v>
       </c>
       <c r="K85" t="s">
-        <v>1014</v>
+        <v>1636</v>
       </c>
       <c r="L85" t="s">
-        <v>1015</v>
-[...5 lines deleted...]
-        <v>1017</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B86" t="s">
-        <v>1018</v>
+        <v>1638</v>
       </c>
       <c r="C86" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D86" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E86" t="s">
-        <v>1019</v>
+        <v>1625</v>
       </c>
       <c r="F86" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G86" t="s">
-        <v>1020</v>
+        <v>1639</v>
       </c>
       <c r="H86" t="s">
-        <v>1021</v>
+        <v>1640</v>
       </c>
       <c r="I86" t="s">
-        <v>1022</v>
+        <v>1467</v>
       </c>
       <c r="J86" t="s">
-        <v>633</v>
+        <v>1641</v>
       </c>
       <c r="K86" t="s">
-        <v>1023</v>
+        <v>1642</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1643</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1644</v>
+      </c>
+      <c r="N86" t="s">
+        <v>1645</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B87" t="s">
-        <v>1024</v>
+        <v>1646</v>
       </c>
       <c r="C87" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D87" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E87" t="s">
-        <v>1025</v>
+        <v>1647</v>
       </c>
       <c r="F87" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G87" t="s">
-        <v>1026</v>
+        <v>1648</v>
       </c>
       <c r="H87" t="s">
-        <v>1027</v>
+        <v>1649</v>
       </c>
       <c r="I87" t="s">
-        <v>1028</v>
+        <v>1622</v>
       </c>
       <c r="J87" t="s">
-        <v>498</v>
+        <v>1650</v>
       </c>
       <c r="K87" t="s">
-        <v>1029</v>
-[...2 lines deleted...]
-        <v>1030</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B88" t="s">
-        <v>1031</v>
+        <v>1652</v>
       </c>
       <c r="C88" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D88" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>1032</v>
+        <v>1653</v>
       </c>
       <c r="F88" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G88" t="s">
-        <v>1033</v>
+        <v>1654</v>
       </c>
       <c r="H88" t="s">
-        <v>1034</v>
+        <v>1655</v>
       </c>
       <c r="I88" t="s">
-        <v>1035</v>
+        <v>1656</v>
       </c>
       <c r="J88" t="s">
-        <v>851</v>
+        <v>1657</v>
       </c>
       <c r="K88" t="s">
-        <v>1036</v>
+        <v>1658</v>
       </c>
       <c r="L88" t="s">
-        <v>1037</v>
+        <v>1659</v>
+      </c>
+      <c r="M88" t="s">
+        <v>1660</v>
+      </c>
+      <c r="N88" t="s">
+        <v>1661</v>
+      </c>
+      <c r="O88" t="s">
+        <v>1662</v>
+      </c>
+      <c r="P88" t="s">
+        <v>1663</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>1664</v>
+      </c>
+      <c r="R88" t="s">
+        <v>1665</v>
+      </c>
+      <c r="S88" t="s">
+        <v>1666</v>
+      </c>
+      <c r="T88" t="s">
+        <v>1667</v>
+      </c>
+      <c r="U88" t="s">
+        <v>1668</v>
+      </c>
+      <c r="V88" t="s">
+        <v>1669</v>
+      </c>
+      <c r="W88" t="s">
+        <v>1670</v>
+      </c>
+      <c r="X88" t="s">
+        <v>1671</v>
+      </c>
+      <c r="Y88" t="s">
+        <v>1672</v>
+      </c>
+      <c r="Z88" t="s">
+        <v>1673</v>
+      </c>
+      <c r="AA88" t="s">
+        <v>1674</v>
+      </c>
+      <c r="AB88" t="s">
+        <v>1675</v>
+      </c>
+      <c r="AC88" t="s">
+        <v>1676</v>
+      </c>
+      <c r="AD88" t="s">
+        <v>1677</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B89" t="s">
-        <v>1038</v>
+        <v>1678</v>
       </c>
       <c r="C89" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D89" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>1039</v>
+        <v>1679</v>
       </c>
       <c r="F89" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G89" t="s">
-        <v>1040</v>
+        <v>1680</v>
       </c>
       <c r="H89" t="s">
-        <v>1041</v>
+        <v>1681</v>
       </c>
       <c r="I89" t="s">
-        <v>1042</v>
+        <v>1682</v>
       </c>
       <c r="J89" t="s">
-        <v>1043</v>
+        <v>1683</v>
       </c>
       <c r="K89" t="s">
-        <v>1044</v>
+        <v>1684</v>
       </c>
       <c r="L89" t="s">
-        <v>1045</v>
-[...20 lines deleted...]
-        <v>1052</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B90" t="s">
-        <v>1053</v>
+        <v>1686</v>
       </c>
       <c r="C90" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D90" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>1054</v>
+        <v>1687</v>
       </c>
       <c r="F90" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G90" t="s">
-        <v>1055</v>
+        <v>1688</v>
       </c>
       <c r="H90" t="s">
-        <v>1056</v>
+        <v>1689</v>
       </c>
       <c r="I90" t="s">
-        <v>1057</v>
+        <v>1690</v>
       </c>
       <c r="J90" t="s">
-        <v>1058</v>
+        <v>1691</v>
       </c>
       <c r="K90" t="s">
-        <v>1059</v>
+        <v>1692</v>
       </c>
       <c r="L90" t="s">
-        <v>1060</v>
+        <v>1693</v>
+      </c>
+      <c r="M90" t="s">
+        <v>1694</v>
+      </c>
+      <c r="N90" t="s">
+        <v>1695</v>
+      </c>
+      <c r="O90" t="s">
+        <v>1696</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B91" t="s">
-        <v>1061</v>
+        <v>1697</v>
       </c>
       <c r="C91" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D91" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E91" t="s">
-        <v>1062</v>
+        <v>1698</v>
       </c>
       <c r="F91" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G91" t="s">
-        <v>1063</v>
+        <v>1699</v>
       </c>
       <c r="H91" t="s">
-        <v>1064</v>
+        <v>1700</v>
       </c>
       <c r="I91" t="s">
-        <v>1065</v>
+        <v>1701</v>
       </c>
       <c r="J91" t="s">
-        <v>1066</v>
+        <v>986</v>
       </c>
       <c r="K91" t="s">
-        <v>1067</v>
+        <v>1702</v>
+      </c>
+      <c r="L91" t="s">
+        <v>1703</v>
+      </c>
+      <c r="M91" t="s">
+        <v>1704</v>
+      </c>
+      <c r="N91" t="s">
+        <v>1705</v>
+      </c>
+      <c r="O91" t="s">
+        <v>1706</v>
+      </c>
+      <c r="P91" t="s">
+        <v>1707</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>1708</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B92" t="s">
-        <v>1068</v>
+        <v>1709</v>
       </c>
       <c r="C92" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D92" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>1069</v>
+        <v>1710</v>
       </c>
       <c r="F92" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G92" t="s">
-        <v>1070</v>
+        <v>1711</v>
       </c>
       <c r="H92" t="s">
-        <v>1071</v>
+        <v>1712</v>
       </c>
       <c r="I92" t="s">
-        <v>1072</v>
+        <v>1713</v>
       </c>
       <c r="J92" t="s">
-        <v>1073</v>
+        <v>1223</v>
       </c>
       <c r="K92" t="s">
-        <v>1074</v>
+        <v>1714</v>
       </c>
       <c r="L92" t="s">
-        <v>1075</v>
+        <v>1715</v>
+      </c>
+      <c r="M92" t="s">
+        <v>1716</v>
+      </c>
+      <c r="N92" t="s">
+        <v>1717</v>
+      </c>
+      <c r="O92" t="s">
+        <v>1718</v>
+      </c>
+      <c r="P92" t="s">
+        <v>1719</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>1720</v>
+      </c>
+      <c r="R92" t="s">
+        <v>1721</v>
+      </c>
+      <c r="S92" t="s">
+        <v>1722</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B93" t="s">
-        <v>1076</v>
+        <v>1723</v>
       </c>
       <c r="C93" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D93" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>1077</v>
+        <v>1724</v>
       </c>
       <c r="F93" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G93" t="s">
-        <v>1078</v>
+        <v>1725</v>
       </c>
       <c r="H93" t="s">
-        <v>1079</v>
+        <v>1726</v>
       </c>
       <c r="I93" t="s">
-        <v>1080</v>
+        <v>1727</v>
       </c>
       <c r="J93" t="s">
-        <v>1081</v>
+        <v>1728</v>
       </c>
       <c r="K93" t="s">
-        <v>1082</v>
+        <v>1729</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1730</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1731</v>
+      </c>
+      <c r="N93" t="s">
+        <v>1732</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B94" t="s">
-        <v>1083</v>
+        <v>1733</v>
       </c>
       <c r="C94" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D94" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>1084</v>
+        <v>1734</v>
       </c>
       <c r="F94" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G94" t="s">
-        <v>1085</v>
+        <v>1735</v>
       </c>
       <c r="H94" t="s">
-        <v>1086</v>
+        <v>1736</v>
       </c>
       <c r="I94" t="s">
-        <v>1087</v>
+        <v>1737</v>
       </c>
       <c r="J94" t="s">
-        <v>1088</v>
+        <v>1738</v>
       </c>
       <c r="K94" t="s">
-        <v>1089</v>
+        <v>1739</v>
       </c>
       <c r="L94" t="s">
-        <v>1090</v>
+        <v>1740</v>
       </c>
       <c r="M94" t="s">
-        <v>1091</v>
-[...2 lines deleted...]
-        <v>1092</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B95" t="s">
-        <v>1093</v>
+        <v>1742</v>
       </c>
       <c r="C95" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D95" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E95" t="s">
-        <v>1094</v>
+        <v>1743</v>
       </c>
       <c r="F95" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G95" t="s">
-        <v>1095</v>
+        <v>1744</v>
       </c>
       <c r="H95" t="s">
-        <v>1096</v>
+        <v>1745</v>
       </c>
       <c r="I95" t="s">
-        <v>1097</v>
+        <v>1746</v>
       </c>
       <c r="J95" t="s">
-        <v>1098</v>
+        <v>1747</v>
       </c>
       <c r="K95" t="s">
-        <v>1099</v>
+        <v>1748</v>
       </c>
       <c r="L95" t="s">
-        <v>1100</v>
+        <v>1749</v>
       </c>
       <c r="M95" t="s">
-        <v>1101</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B96" t="s">
-        <v>1102</v>
+        <v>1751</v>
       </c>
       <c r="C96" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D96" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>1103</v>
+        <v>1752</v>
       </c>
       <c r="F96" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G96" t="s">
-        <v>1104</v>
+        <v>1753</v>
       </c>
       <c r="H96" t="s">
-        <v>1105</v>
+        <v>1754</v>
       </c>
       <c r="I96" t="s">
-        <v>1106</v>
+        <v>1755</v>
       </c>
       <c r="J96" t="s">
-        <v>597</v>
+        <v>1756</v>
       </c>
       <c r="K96" t="s">
-        <v>1107</v>
+        <v>1757</v>
       </c>
       <c r="L96" t="s">
-        <v>1108</v>
+        <v>1758</v>
       </c>
       <c r="M96" t="s">
-        <v>1109</v>
+        <v>1759</v>
+      </c>
+      <c r="N96" t="s">
+        <v>1760</v>
+      </c>
+      <c r="O96" t="s">
+        <v>1761</v>
+      </c>
+      <c r="P96" t="s">
+        <v>1762</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>1763</v>
+      </c>
+      <c r="R96" t="s">
+        <v>1764</v>
+      </c>
+      <c r="S96" t="s">
+        <v>1765</v>
+      </c>
+      <c r="T96" t="s">
+        <v>1766</v>
+      </c>
+      <c r="U96" t="s">
+        <v>1767</v>
+      </c>
+      <c r="V96" t="s">
+        <v>1768</v>
+      </c>
+      <c r="W96" t="s">
+        <v>1769</v>
+      </c>
+      <c r="X96" t="s">
+        <v>1770</v>
+      </c>
+      <c r="Y96" t="s">
+        <v>1771</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B97" t="s">
-        <v>1110</v>
+        <v>1772</v>
       </c>
       <c r="C97" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D97" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E97" t="s">
-        <v>1111</v>
+        <v>1773</v>
       </c>
       <c r="F97" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G97" t="s">
-        <v>1112</v>
+        <v>1774</v>
       </c>
       <c r="H97" t="s">
-        <v>1113</v>
+        <v>1775</v>
       </c>
       <c r="I97" t="s">
-        <v>1114</v>
+        <v>1776</v>
       </c>
       <c r="J97" t="s">
-        <v>1043</v>
+        <v>1777</v>
       </c>
       <c r="K97" t="s">
-        <v>1115</v>
-[...5 lines deleted...]
-        <v>1117</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B98" t="s">
-        <v>1118</v>
+        <v>1779</v>
       </c>
       <c r="C98" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D98" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E98" t="s">
-        <v>1119</v>
+        <v>1780</v>
       </c>
       <c r="F98" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G98" t="s">
-        <v>1120</v>
+        <v>1781</v>
       </c>
       <c r="H98" t="s">
-        <v>1121</v>
+        <v>1782</v>
       </c>
       <c r="I98" t="s">
-        <v>1122</v>
+        <v>1783</v>
       </c>
       <c r="J98" t="s">
-        <v>99</v>
+        <v>1784</v>
       </c>
       <c r="K98" t="s">
-        <v>1123</v>
+        <v>1785</v>
       </c>
       <c r="L98" t="s">
-        <v>1124</v>
-[...14 lines deleted...]
-        <v>1129</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B99" t="s">
-        <v>1130</v>
+        <v>1787</v>
       </c>
       <c r="C99" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D99" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E99" t="s">
-        <v>1131</v>
+        <v>1780</v>
       </c>
       <c r="F99" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G99" t="s">
-        <v>1132</v>
+        <v>1788</v>
       </c>
       <c r="H99" t="s">
-        <v>1133</v>
+        <v>1789</v>
       </c>
       <c r="I99" t="s">
-        <v>1134</v>
+        <v>1790</v>
       </c>
       <c r="J99" t="s">
-        <v>1135</v>
+        <v>1791</v>
       </c>
       <c r="K99" t="s">
-        <v>1136</v>
-[...2 lines deleted...]
-        <v>1137</v>
+        <v>1792</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B100" t="s">
-        <v>1138</v>
+        <v>1793</v>
       </c>
       <c r="C100" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D100" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E100" t="s">
-        <v>1139</v>
+        <v>1794</v>
       </c>
       <c r="F100" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G100" t="s">
-        <v>1140</v>
+        <v>1795</v>
       </c>
       <c r="H100" t="s">
-        <v>1141</v>
+        <v>1796</v>
       </c>
       <c r="I100" t="s">
-        <v>1142</v>
+        <v>1797</v>
       </c>
       <c r="J100" t="s">
-        <v>269</v>
+        <v>1418</v>
       </c>
       <c r="K100" t="s">
-        <v>1143</v>
+        <v>1798</v>
       </c>
       <c r="L100" t="s">
-        <v>1144</v>
+        <v>1799</v>
       </c>
       <c r="M100" t="s">
-        <v>1145</v>
+        <v>1800</v>
       </c>
       <c r="N100" t="s">
-        <v>1146</v>
+        <v>1801</v>
       </c>
       <c r="O100" t="s">
-        <v>1147</v>
+        <v>1802</v>
+      </c>
+      <c r="P100" t="s">
+        <v>1803</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>1804</v>
+      </c>
+      <c r="R100" t="s">
+        <v>1805</v>
+      </c>
+      <c r="S100" t="s">
+        <v>1806</v>
+      </c>
+      <c r="T100" t="s">
+        <v>1807</v>
+      </c>
+      <c r="U100" t="s">
+        <v>1808</v>
+      </c>
+      <c r="V100" t="s">
+        <v>1809</v>
+      </c>
+      <c r="W100" t="s">
+        <v>1810</v>
+      </c>
+      <c r="X100" t="s">
+        <v>1811</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>1812</v>
+      </c>
+      <c r="Z100" t="s">
+        <v>1813</v>
+      </c>
+      <c r="AA100" t="s">
+        <v>1814</v>
+      </c>
+      <c r="AB100" t="s">
+        <v>1815</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B101" t="s">
-        <v>1148</v>
+        <v>1816</v>
       </c>
       <c r="C101" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D101" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E101" t="s">
-        <v>1149</v>
+        <v>1817</v>
       </c>
       <c r="F101" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G101" t="s">
-        <v>1150</v>
+        <v>1818</v>
       </c>
       <c r="H101" t="s">
-        <v>1151</v>
+        <v>1819</v>
       </c>
       <c r="I101" t="s">
-        <v>1152</v>
+        <v>1820</v>
       </c>
       <c r="J101" t="s">
-        <v>1153</v>
+        <v>1821</v>
       </c>
       <c r="K101" t="s">
-        <v>1154</v>
+        <v>1822</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1823</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1824</v>
+      </c>
+      <c r="N101" t="s">
+        <v>1825</v>
+      </c>
+      <c r="O101" t="s">
+        <v>1826</v>
+      </c>
+      <c r="P101" t="s">
+        <v>1827</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>1828</v>
+      </c>
+      <c r="R101" t="s">
+        <v>1829</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B102" t="s">
-        <v>1155</v>
+        <v>1830</v>
       </c>
       <c r="C102" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D102" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E102" t="s">
-        <v>1156</v>
+        <v>1831</v>
       </c>
       <c r="F102" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G102" t="s">
-        <v>1157</v>
+        <v>1832</v>
       </c>
       <c r="H102" t="s">
-        <v>1158</v>
+        <v>1833</v>
       </c>
       <c r="I102" t="s">
-        <v>1159</v>
+        <v>1834</v>
       </c>
       <c r="J102" t="s">
-        <v>204</v>
+        <v>1835</v>
       </c>
       <c r="K102" t="s">
-        <v>1160</v>
-[...41 lines deleted...]
-        <v>1174</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B103" t="s">
-        <v>1175</v>
+        <v>1837</v>
       </c>
       <c r="C103" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D103" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E103" t="s">
-        <v>1176</v>
+        <v>1838</v>
       </c>
       <c r="F103" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G103" t="s">
-        <v>1177</v>
+        <v>1839</v>
       </c>
       <c r="H103" t="s">
-        <v>1178</v>
+        <v>1840</v>
       </c>
       <c r="I103" t="s">
-        <v>1179</v>
+        <v>1841</v>
       </c>
       <c r="J103" t="s">
-        <v>707</v>
+        <v>741</v>
       </c>
       <c r="K103" t="s">
-        <v>1180</v>
+        <v>1842</v>
       </c>
       <c r="L103" t="s">
-        <v>1181</v>
-[...2 lines deleted...]
-        <v>1182</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B104" t="s">
-        <v>1183</v>
+        <v>1844</v>
       </c>
       <c r="C104" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D104" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E104" t="s">
-        <v>1184</v>
+        <v>1845</v>
       </c>
       <c r="F104" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G104" t="s">
-        <v>1185</v>
+        <v>1846</v>
       </c>
       <c r="H104" t="s">
-        <v>1186</v>
+        <v>1847</v>
       </c>
       <c r="I104" t="s">
-        <v>1187</v>
+        <v>1848</v>
       </c>
       <c r="J104" t="s">
-        <v>553</v>
+        <v>842</v>
       </c>
       <c r="K104" t="s">
-        <v>1188</v>
+        <v>1849</v>
       </c>
       <c r="L104" t="s">
-        <v>1189</v>
-[...2 lines deleted...]
-        <v>1190</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B105" t="s">
-        <v>1191</v>
+        <v>1851</v>
       </c>
       <c r="C105" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D105" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E105" t="s">
-        <v>1192</v>
+        <v>1852</v>
       </c>
       <c r="F105" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G105" t="s">
-        <v>1193</v>
+        <v>1853</v>
       </c>
       <c r="H105" t="s">
-        <v>1194</v>
+        <v>1854</v>
       </c>
       <c r="I105" t="s">
-        <v>1195</v>
+        <v>1855</v>
       </c>
       <c r="J105" t="s">
-        <v>1196</v>
+        <v>1856</v>
       </c>
       <c r="K105" t="s">
-        <v>1197</v>
+        <v>1857</v>
+      </c>
+      <c r="L105" t="s">
+        <v>1858</v>
+      </c>
+      <c r="M105" t="s">
+        <v>1859</v>
+      </c>
+      <c r="N105" t="s">
+        <v>1860</v>
+      </c>
+      <c r="O105" t="s">
+        <v>1861</v>
+      </c>
+      <c r="P105" t="s">
+        <v>1862</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>1863</v>
+      </c>
+      <c r="R105" t="s">
+        <v>1864</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B106" t="s">
-        <v>1198</v>
+        <v>1865</v>
       </c>
       <c r="C106" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D106" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E106" t="s">
-        <v>1199</v>
+        <v>1866</v>
       </c>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G106" t="s">
-        <v>1200</v>
+        <v>1867</v>
       </c>
       <c r="H106" t="s">
-        <v>1201</v>
+        <v>1868</v>
       </c>
       <c r="I106" t="s">
-        <v>1202</v>
+        <v>1869</v>
       </c>
       <c r="J106" t="s">
-        <v>1203</v>
+        <v>1870</v>
       </c>
       <c r="K106" t="s">
-        <v>1204</v>
+        <v>1871</v>
       </c>
       <c r="L106" t="s">
-        <v>1205</v>
+        <v>1872</v>
       </c>
       <c r="M106" t="s">
-        <v>1206</v>
+        <v>1873</v>
       </c>
       <c r="N106" t="s">
-        <v>1207</v>
+        <v>1874</v>
       </c>
       <c r="O106" t="s">
-        <v>1208</v>
+        <v>1875</v>
       </c>
       <c r="P106" t="s">
-        <v>1209</v>
-[...5 lines deleted...]
-        <v>1211</v>
+        <v>1876</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B107" t="s">
-        <v>1212</v>
+        <v>1877</v>
       </c>
       <c r="C107" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D107" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E107" t="s">
-        <v>1213</v>
+        <v>1878</v>
       </c>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G107" t="s">
-        <v>1214</v>
+        <v>1879</v>
       </c>
       <c r="H107" t="s">
-        <v>1215</v>
+        <v>1880</v>
       </c>
       <c r="I107" t="s">
-        <v>1216</v>
+        <v>1755</v>
       </c>
       <c r="J107" t="s">
-        <v>1217</v>
+        <v>1314</v>
       </c>
       <c r="K107" t="s">
-        <v>1218</v>
-[...8 lines deleted...]
-        <v>1221</v>
+        <v>1881</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B108" t="s">
-        <v>1222</v>
+        <v>1882</v>
       </c>
       <c r="C108" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D108" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E108" t="s">
-        <v>1223</v>
+        <v>1883</v>
       </c>
       <c r="F108" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G108" t="s">
-        <v>1224</v>
+        <v>1884</v>
       </c>
       <c r="H108" t="s">
-        <v>1225</v>
+        <v>1885</v>
       </c>
       <c r="I108" t="s">
-        <v>1226</v>
+        <v>1886</v>
       </c>
       <c r="J108" t="s">
-        <v>1227</v>
+        <v>1553</v>
       </c>
       <c r="K108" t="s">
-        <v>1228</v>
+        <v>1887</v>
+      </c>
+      <c r="L108" t="s">
+        <v>1888</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1889</v>
+      </c>
+      <c r="N108" t="s">
+        <v>1890</v>
+      </c>
+      <c r="O108" t="s">
+        <v>1891</v>
+      </c>
+      <c r="P108" t="s">
+        <v>1892</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>1893</v>
+      </c>
+      <c r="R108" t="s">
+        <v>1894</v>
+      </c>
+      <c r="S108" t="s">
+        <v>1895</v>
+      </c>
+      <c r="T108" t="s">
+        <v>1896</v>
+      </c>
+      <c r="U108" t="s">
+        <v>1897</v>
+      </c>
+      <c r="V108" t="s">
+        <v>1898</v>
+      </c>
+      <c r="W108" t="s">
+        <v>1899</v>
+      </c>
+      <c r="X108" t="s">
+        <v>1900</v>
+      </c>
+      <c r="Y108" t="s">
+        <v>1901</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B109" t="s">
-        <v>1229</v>
+        <v>1902</v>
       </c>
       <c r="C109" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D109" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E109" t="s">
-        <v>1230</v>
+        <v>1903</v>
       </c>
       <c r="F109" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G109" t="s">
-        <v>1231</v>
+        <v>1904</v>
       </c>
       <c r="H109" t="s">
-        <v>1232</v>
+        <v>1905</v>
       </c>
       <c r="I109" t="s">
-        <v>1233</v>
+        <v>1906</v>
       </c>
       <c r="J109" t="s">
-        <v>1234</v>
+        <v>1223</v>
       </c>
       <c r="K109" t="s">
-        <v>1235</v>
+        <v>1907</v>
       </c>
       <c r="L109" t="s">
-        <v>1236</v>
-[...8 lines deleted...]
-        <v>1239</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B110" t="s">
-        <v>1240</v>
+        <v>1909</v>
       </c>
       <c r="C110" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D110" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E110" t="s">
-        <v>1241</v>
+        <v>1910</v>
       </c>
       <c r="F110" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G110" t="s">
-        <v>1242</v>
+        <v>1911</v>
       </c>
       <c r="H110" t="s">
-        <v>1243</v>
+        <v>1912</v>
       </c>
       <c r="I110" t="s">
-        <v>1244</v>
+        <v>1913</v>
       </c>
       <c r="J110" t="s">
-        <v>1245</v>
+        <v>1914</v>
       </c>
       <c r="K110" t="s">
-        <v>1246</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B111" t="s">
-        <v>1247</v>
+        <v>1916</v>
       </c>
       <c r="C111" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D111" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E111" t="s">
-        <v>1248</v>
+        <v>1917</v>
       </c>
       <c r="F111" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G111" t="s">
-        <v>1249</v>
+        <v>1918</v>
       </c>
       <c r="H111" t="s">
-        <v>1250</v>
+        <v>1919</v>
       </c>
       <c r="I111" t="s">
-        <v>1251</v>
+        <v>1467</v>
       </c>
       <c r="J111" t="s">
-        <v>1252</v>
+        <v>1920</v>
       </c>
       <c r="K111" t="s">
-        <v>1253</v>
+        <v>1921</v>
       </c>
       <c r="L111" t="s">
-        <v>1254</v>
+        <v>1922</v>
       </c>
       <c r="M111" t="s">
-        <v>1255</v>
+        <v>1923</v>
       </c>
       <c r="N111" t="s">
-        <v>1256</v>
+        <v>1924</v>
       </c>
       <c r="O111" t="s">
-        <v>1257</v>
+        <v>1925</v>
       </c>
       <c r="P111" t="s">
-        <v>1258</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B112" t="s">
-        <v>1259</v>
+        <v>1927</v>
       </c>
       <c r="C112" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D112" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E112" t="s">
-        <v>1260</v>
+        <v>1928</v>
       </c>
       <c r="F112" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G112" t="s">
-        <v>1261</v>
+        <v>1929</v>
       </c>
       <c r="H112" t="s">
-        <v>1262</v>
+        <v>1930</v>
       </c>
       <c r="I112" t="s">
-        <v>1263</v>
+        <v>1931</v>
       </c>
       <c r="J112" t="s">
-        <v>204</v>
+        <v>1078</v>
       </c>
       <c r="K112" t="s">
-        <v>1264</v>
-[...8 lines deleted...]
-        <v>1267</v>
+        <v>1932</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B113" t="s">
-        <v>1268</v>
+        <v>1933</v>
       </c>
       <c r="C113" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D113" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E113" t="s">
-        <v>1269</v>
+        <v>1934</v>
       </c>
       <c r="F113" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G113" t="s">
-        <v>1270</v>
+        <v>1935</v>
       </c>
       <c r="H113" t="s">
-        <v>1271</v>
+        <v>1936</v>
       </c>
       <c r="I113" t="s">
-        <v>1272</v>
+        <v>1467</v>
       </c>
       <c r="J113" t="s">
-        <v>1273</v>
+        <v>1937</v>
       </c>
       <c r="K113" t="s">
-        <v>1274</v>
-[...17 lines deleted...]
-        <v>1280</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B114" t="s">
-        <v>1281</v>
+        <v>1939</v>
       </c>
       <c r="C114" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D114" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E114" t="s">
-        <v>1282</v>
+        <v>1940</v>
       </c>
       <c r="F114" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G114" t="s">
-        <v>1283</v>
+        <v>1941</v>
       </c>
       <c r="H114" t="s">
-        <v>1284</v>
+        <v>1942</v>
       </c>
       <c r="I114" t="s">
-        <v>1285</v>
+        <v>1943</v>
       </c>
       <c r="J114" t="s">
-        <v>929</v>
+        <v>1944</v>
       </c>
       <c r="K114" t="s">
-        <v>1286</v>
-[...2 lines deleted...]
-        <v>1287</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B115" t="s">
-        <v>1288</v>
+        <v>1946</v>
       </c>
       <c r="C115" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D115" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E115" t="s">
-        <v>1289</v>
+        <v>1947</v>
       </c>
       <c r="F115" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G115" t="s">
-        <v>1290</v>
+        <v>1948</v>
       </c>
       <c r="H115" t="s">
-        <v>1291</v>
+        <v>1949</v>
       </c>
       <c r="I115" t="s">
-        <v>1292</v>
+        <v>1467</v>
       </c>
       <c r="J115" t="s">
-        <v>833</v>
+        <v>1950</v>
       </c>
       <c r="K115" t="s">
-        <v>1293</v>
+        <v>1951</v>
+      </c>
+      <c r="L115" t="s">
+        <v>1952</v>
+      </c>
+      <c r="M115" t="s">
+        <v>1953</v>
+      </c>
+      <c r="N115" t="s">
+        <v>1954</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B116" t="s">
-        <v>1294</v>
+        <v>1955</v>
       </c>
       <c r="C116" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D116" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E116" t="s">
-        <v>1289</v>
+        <v>1956</v>
       </c>
       <c r="F116" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G116" t="s">
-        <v>1295</v>
+        <v>1957</v>
       </c>
       <c r="H116" t="s">
-        <v>1296</v>
+        <v>1958</v>
       </c>
       <c r="I116" t="s">
-        <v>1297</v>
+        <v>1959</v>
       </c>
       <c r="J116" t="s">
-        <v>204</v>
+        <v>1920</v>
       </c>
       <c r="K116" t="s">
-        <v>1298</v>
+        <v>1960</v>
       </c>
       <c r="L116" t="s">
-        <v>1299</v>
+        <v>1961</v>
       </c>
       <c r="M116" t="s">
-        <v>1300</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B117" t="s">
-        <v>1301</v>
+        <v>1963</v>
       </c>
       <c r="C117" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D117" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E117" t="s">
-        <v>1302</v>
+        <v>1964</v>
       </c>
       <c r="F117" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G117" t="s">
-        <v>1303</v>
+        <v>1965</v>
       </c>
       <c r="H117" t="s">
-        <v>1304</v>
+        <v>1966</v>
       </c>
       <c r="I117" t="s">
-        <v>1305</v>
+        <v>1967</v>
       </c>
       <c r="J117" t="s">
-        <v>528</v>
+        <v>12</v>
       </c>
       <c r="K117" t="s">
-        <v>1306</v>
-[...2 lines deleted...]
-        <v>1307</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B118" t="s">
-        <v>1308</v>
+        <v>1969</v>
       </c>
       <c r="C118" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D118" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E118" t="s">
-        <v>1309</v>
+        <v>1970</v>
       </c>
       <c r="F118" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G118" t="s">
-        <v>1310</v>
+        <v>1971</v>
       </c>
       <c r="H118" t="s">
-        <v>1311</v>
+        <v>1972</v>
       </c>
       <c r="I118" t="s">
-        <v>1312</v>
+        <v>1973</v>
       </c>
       <c r="J118" t="s">
-        <v>204</v>
+        <v>1169</v>
       </c>
       <c r="K118" t="s">
-        <v>1313</v>
+        <v>1974</v>
       </c>
       <c r="L118" t="s">
-        <v>1314</v>
+        <v>1975</v>
       </c>
       <c r="M118" t="s">
-        <v>1315</v>
+        <v>1976</v>
       </c>
       <c r="N118" t="s">
-        <v>1316</v>
+        <v>1977</v>
+      </c>
+      <c r="O118" t="s">
+        <v>1977</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B119" t="s">
-        <v>1317</v>
+        <v>1978</v>
       </c>
       <c r="C119" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D119" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E119" t="s">
-        <v>1318</v>
+        <v>1979</v>
       </c>
       <c r="F119" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G119" t="s">
-        <v>1319</v>
+        <v>1980</v>
       </c>
       <c r="H119" t="s">
-        <v>1320</v>
+        <v>1981</v>
       </c>
       <c r="I119" t="s">
-        <v>1321</v>
+        <v>1982</v>
       </c>
       <c r="J119" t="s">
-        <v>1227</v>
+        <v>1983</v>
       </c>
       <c r="K119" t="s">
-        <v>1322</v>
+        <v>1984</v>
       </c>
       <c r="L119" t="s">
-        <v>1323</v>
+        <v>1985</v>
+      </c>
+      <c r="M119" t="s">
+        <v>1985</v>
+      </c>
+      <c r="N119" t="s">
+        <v>1986</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B120" t="s">
-        <v>1324</v>
+        <v>1987</v>
       </c>
       <c r="C120" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D120" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E120" t="s">
-        <v>1318</v>
+        <v>1988</v>
       </c>
       <c r="F120" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G120" t="s">
-        <v>1325</v>
+        <v>1989</v>
       </c>
       <c r="H120" t="s">
-        <v>1326</v>
+        <v>1990</v>
       </c>
       <c r="I120" t="s">
-        <v>1327</v>
+        <v>1991</v>
       </c>
       <c r="J120" t="s">
-        <v>472</v>
+        <v>842</v>
       </c>
       <c r="K120" t="s">
-        <v>1328</v>
+        <v>1992</v>
       </c>
       <c r="L120" t="s">
-        <v>1329</v>
-[...2 lines deleted...]
-        <v>1330</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B121" t="s">
-        <v>1331</v>
+        <v>1994</v>
       </c>
       <c r="C121" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D121" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E121" t="s">
-        <v>1332</v>
+        <v>1995</v>
       </c>
       <c r="F121" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G121" t="s">
-        <v>1333</v>
+        <v>1996</v>
       </c>
       <c r="H121" t="s">
-        <v>1334</v>
+        <v>1997</v>
       </c>
       <c r="I121" t="s">
-        <v>1335</v>
+        <v>1998</v>
       </c>
       <c r="J121" t="s">
-        <v>204</v>
+        <v>1999</v>
       </c>
       <c r="K121" t="s">
-        <v>1336</v>
+        <v>2000</v>
       </c>
       <c r="L121" t="s">
-        <v>1337</v>
-[...8 lines deleted...]
-        <v>1340</v>
+        <v>2001</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B122" t="s">
-        <v>1341</v>
+        <v>2002</v>
       </c>
       <c r="C122" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D122" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E122" t="s">
-        <v>1342</v>
+        <v>2003</v>
       </c>
       <c r="F122" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G122" t="s">
-        <v>1343</v>
+        <v>2004</v>
       </c>
       <c r="H122" t="s">
-        <v>1344</v>
+        <v>2005</v>
       </c>
       <c r="I122" t="s">
-        <v>1345</v>
+        <v>2006</v>
       </c>
       <c r="J122" t="s">
-        <v>252</v>
+        <v>2007</v>
       </c>
       <c r="K122" t="s">
-        <v>1346</v>
-[...2 lines deleted...]
-        <v>1347</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B123" t="s">
-        <v>1348</v>
+        <v>2009</v>
       </c>
       <c r="C123" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D123" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E123" t="s">
-        <v>1349</v>
+        <v>2010</v>
       </c>
       <c r="F123" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G123" t="s">
-        <v>1350</v>
+        <v>2011</v>
       </c>
       <c r="H123" t="s">
-        <v>1351</v>
+        <v>2012</v>
       </c>
       <c r="I123" t="s">
-        <v>1352</v>
+        <v>1345</v>
       </c>
       <c r="J123" t="s">
-        <v>252</v>
+        <v>2013</v>
       </c>
       <c r="K123" t="s">
-        <v>1353</v>
-[...11 lines deleted...]
-        <v>1357</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B124" t="s">
-        <v>1358</v>
+        <v>2015</v>
       </c>
       <c r="C124" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D124" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E124" t="s">
-        <v>1359</v>
+        <v>2016</v>
       </c>
       <c r="F124" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G124" t="s">
-        <v>1360</v>
+        <v>2017</v>
       </c>
       <c r="H124" t="s">
-        <v>1361</v>
+        <v>2018</v>
       </c>
       <c r="I124" t="s">
-        <v>1362</v>
+        <v>2019</v>
       </c>
       <c r="J124" t="s">
-        <v>437</v>
+        <v>2020</v>
       </c>
       <c r="K124" t="s">
-        <v>1363</v>
+        <v>2021</v>
       </c>
       <c r="L124" t="s">
-        <v>1364</v>
-[...2 lines deleted...]
-        <v>1365</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B125" t="s">
-        <v>1366</v>
+        <v>2023</v>
       </c>
       <c r="C125" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D125" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E125" t="s">
-        <v>1367</v>
+        <v>2024</v>
       </c>
       <c r="F125" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G125" t="s">
-        <v>1368</v>
+        <v>2025</v>
       </c>
       <c r="H125" t="s">
-        <v>1369</v>
+        <v>2026</v>
       </c>
       <c r="I125" t="s">
-        <v>1370</v>
+        <v>2027</v>
       </c>
       <c r="J125" t="s">
-        <v>1007</v>
+        <v>1450</v>
       </c>
       <c r="K125" t="s">
-        <v>1371</v>
+        <v>2028</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B126" t="s">
-        <v>1372</v>
+        <v>2029</v>
       </c>
       <c r="C126" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D126" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E126" t="s">
-        <v>1373</v>
+        <v>2030</v>
       </c>
       <c r="F126" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G126" t="s">
-        <v>1374</v>
+        <v>2031</v>
       </c>
       <c r="H126" t="s">
-        <v>1375</v>
+        <v>2032</v>
       </c>
       <c r="I126" t="s">
-        <v>1376</v>
+        <v>1931</v>
       </c>
       <c r="J126" t="s">
-        <v>806</v>
+        <v>2033</v>
       </c>
       <c r="K126" t="s">
-        <v>1377</v>
+        <v>2034</v>
       </c>
       <c r="L126" t="s">
-        <v>1378</v>
+        <v>2035</v>
+      </c>
+      <c r="M126" t="s">
+        <v>2036</v>
+      </c>
+      <c r="N126" t="s">
+        <v>2037</v>
+      </c>
+      <c r="O126" t="s">
+        <v>2038</v>
+      </c>
+      <c r="P126" t="s">
+        <v>2039</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>2040</v>
+      </c>
+      <c r="R126" t="s">
+        <v>2041</v>
+      </c>
+      <c r="S126" t="s">
+        <v>2042</v>
+      </c>
+      <c r="T126" t="s">
+        <v>2043</v>
+      </c>
+      <c r="U126" t="s">
+        <v>2044</v>
+      </c>
+      <c r="V126" t="s">
+        <v>2045</v>
+      </c>
+      <c r="W126" t="s">
+        <v>2046</v>
+      </c>
+      <c r="X126" t="s">
+        <v>2047</v>
+      </c>
+      <c r="Y126" t="s">
+        <v>2048</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B127" t="s">
-        <v>1379</v>
+        <v>2049</v>
       </c>
       <c r="C127" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D127" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E127" t="s">
-        <v>1380</v>
+        <v>2050</v>
       </c>
       <c r="F127" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G127" t="s">
-        <v>1381</v>
+        <v>2051</v>
       </c>
       <c r="H127" t="s">
-        <v>1382</v>
+        <v>2052</v>
       </c>
       <c r="I127" t="s">
-        <v>1383</v>
+        <v>2053</v>
       </c>
       <c r="J127" t="s">
-        <v>1384</v>
+        <v>1223</v>
       </c>
       <c r="K127" t="s">
-        <v>1385</v>
+        <v>2054</v>
+      </c>
+      <c r="L127" t="s">
+        <v>2055</v>
+      </c>
+      <c r="M127" t="s">
+        <v>2056</v>
+      </c>
+      <c r="N127" t="s">
+        <v>2057</v>
+      </c>
+      <c r="O127" t="s">
+        <v>2058</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B128" t="s">
-        <v>1386</v>
+        <v>2059</v>
       </c>
       <c r="C128" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D128" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E128" t="s">
-        <v>1387</v>
+        <v>2060</v>
       </c>
       <c r="F128" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G128" t="s">
-        <v>1388</v>
+        <v>2061</v>
       </c>
       <c r="H128" t="s">
-        <v>1389</v>
+        <v>2062</v>
       </c>
       <c r="I128" t="s">
-        <v>1390</v>
+        <v>2063</v>
       </c>
       <c r="J128" t="s">
-        <v>204</v>
+        <v>741</v>
       </c>
       <c r="K128" t="s">
-        <v>1391</v>
+        <v>2064</v>
       </c>
       <c r="L128" t="s">
-        <v>1392</v>
-[...8 lines deleted...]
-        <v>1395</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B129" t="s">
-        <v>1396</v>
+        <v>2066</v>
       </c>
       <c r="C129" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D129" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E129" t="s">
-        <v>1397</v>
+        <v>2067</v>
       </c>
       <c r="F129" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G129" t="s">
-        <v>1398</v>
+        <v>2068</v>
       </c>
       <c r="H129" t="s">
-        <v>1399</v>
+        <v>2069</v>
       </c>
       <c r="I129" t="s">
-        <v>1400</v>
+        <v>2070</v>
       </c>
       <c r="J129" t="s">
-        <v>1043</v>
+        <v>1271</v>
       </c>
       <c r="K129" t="s">
-        <v>1401</v>
-[...2 lines deleted...]
-        <v>1402</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B130" t="s">
-        <v>1403</v>
+        <v>2072</v>
       </c>
       <c r="C130" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D130" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E130" t="s">
-        <v>1404</v>
+        <v>2073</v>
       </c>
       <c r="F130" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G130" t="s">
-        <v>1405</v>
+        <v>2074</v>
       </c>
       <c r="H130" t="s">
-        <v>1406</v>
+        <v>2075</v>
       </c>
       <c r="I130" t="s">
-        <v>1407</v>
+        <v>2076</v>
       </c>
       <c r="J130" t="s">
-        <v>334</v>
+        <v>2077</v>
       </c>
       <c r="K130" t="s">
-        <v>1408</v>
+        <v>2078</v>
       </c>
       <c r="L130" t="s">
-        <v>1409</v>
+        <v>2079</v>
       </c>
       <c r="M130" t="s">
-        <v>1410</v>
+        <v>2080</v>
       </c>
       <c r="N130" t="s">
-        <v>1411</v>
+        <v>2081</v>
+      </c>
+      <c r="O130" t="s">
+        <v>2082</v>
+      </c>
+      <c r="P130" t="s">
+        <v>2083</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B131" t="s">
-        <v>1412</v>
+        <v>2084</v>
       </c>
       <c r="C131" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D131" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E131" t="s">
-        <v>1413</v>
+        <v>2085</v>
       </c>
       <c r="F131" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G131" t="s">
-        <v>1414</v>
+        <v>2086</v>
       </c>
       <c r="H131" t="s">
-        <v>1415</v>
+        <v>2087</v>
       </c>
       <c r="I131" t="s">
-        <v>1251</v>
+        <v>2088</v>
       </c>
       <c r="J131" t="s">
-        <v>597</v>
+        <v>1118</v>
       </c>
       <c r="K131" t="s">
-        <v>1416</v>
+        <v>2089</v>
       </c>
       <c r="L131" t="s">
-        <v>1417</v>
+        <v>2090</v>
+      </c>
+      <c r="M131" t="s">
+        <v>2091</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B132" t="s">
-        <v>1418</v>
+        <v>2092</v>
       </c>
       <c r="C132" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D132" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E132" t="s">
-        <v>1419</v>
+        <v>2093</v>
       </c>
       <c r="F132" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G132" t="s">
-        <v>1420</v>
+        <v>2094</v>
       </c>
       <c r="H132" t="s">
-        <v>1421</v>
+        <v>2095</v>
       </c>
       <c r="I132" t="s">
-        <v>1422</v>
+        <v>2096</v>
       </c>
       <c r="J132" t="s">
-        <v>1423</v>
+        <v>1178</v>
       </c>
       <c r="K132" t="s">
-        <v>1424</v>
+        <v>2097</v>
       </c>
       <c r="L132" t="s">
-        <v>1425</v>
+        <v>2098</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B133" t="s">
-        <v>1426</v>
+        <v>2099</v>
       </c>
       <c r="C133" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D133" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E133" t="s">
-        <v>1427</v>
+        <v>2100</v>
       </c>
       <c r="F133" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G133" t="s">
-        <v>1428</v>
+        <v>2101</v>
       </c>
       <c r="H133" t="s">
-        <v>1429</v>
+        <v>2102</v>
       </c>
       <c r="I133" t="s">
-        <v>1430</v>
+        <v>2103</v>
       </c>
       <c r="J133" t="s">
-        <v>1431</v>
+        <v>2104</v>
       </c>
       <c r="K133" t="s">
-        <v>1432</v>
+        <v>2105</v>
       </c>
       <c r="L133" t="s">
-        <v>1433</v>
+        <v>2106</v>
       </c>
       <c r="M133" t="s">
-        <v>1434</v>
+        <v>2107</v>
+      </c>
+      <c r="N133" t="s">
+        <v>2108</v>
+      </c>
+      <c r="O133" t="s">
+        <v>2109</v>
+      </c>
+      <c r="P133" t="s">
+        <v>2110</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>2111</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B134" t="s">
-        <v>1435</v>
+        <v>2112</v>
       </c>
       <c r="C134" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D134" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E134" t="s">
-        <v>1436</v>
+        <v>2113</v>
       </c>
       <c r="F134" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G134" t="s">
-        <v>1437</v>
+        <v>2114</v>
       </c>
       <c r="H134" t="s">
-        <v>1438</v>
+        <v>2115</v>
       </c>
       <c r="I134" t="s">
-        <v>1439</v>
+        <v>1449</v>
       </c>
       <c r="J134" t="s">
-        <v>355</v>
+        <v>1178</v>
       </c>
       <c r="K134" t="s">
-        <v>1440</v>
+        <v>2116</v>
       </c>
       <c r="L134" t="s">
-        <v>1441</v>
+        <v>2117</v>
       </c>
       <c r="M134" t="s">
-        <v>1442</v>
-[...2 lines deleted...]
-        <v>1443</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B135" t="s">
-        <v>1444</v>
+        <v>2119</v>
       </c>
       <c r="C135" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D135" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E135" t="s">
-        <v>1445</v>
+        <v>2120</v>
       </c>
       <c r="F135" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G135" t="s">
-        <v>1446</v>
+        <v>2121</v>
       </c>
       <c r="H135" t="s">
-        <v>1447</v>
+        <v>2122</v>
       </c>
       <c r="I135" t="s">
-        <v>1448</v>
+        <v>2123</v>
       </c>
       <c r="J135" t="s">
-        <v>1449</v>
+        <v>2124</v>
       </c>
       <c r="K135" t="s">
-        <v>1450</v>
+        <v>2125</v>
+      </c>
+      <c r="L135" t="s">
+        <v>2126</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B136" t="s">
-        <v>1451</v>
+        <v>2127</v>
       </c>
       <c r="C136" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D136" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E136" t="s">
-        <v>1452</v>
+        <v>2128</v>
       </c>
       <c r="F136" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G136" t="s">
-        <v>1453</v>
+        <v>2129</v>
       </c>
       <c r="H136" t="s">
-        <v>1454</v>
+        <v>2130</v>
       </c>
       <c r="I136" t="s">
-        <v>1455</v>
+        <v>2131</v>
       </c>
       <c r="J136" t="s">
-        <v>1456</v>
+        <v>2132</v>
       </c>
       <c r="K136" t="s">
-        <v>1457</v>
-[...2 lines deleted...]
-        <v>1458</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B137" t="s">
-        <v>1459</v>
+        <v>2134</v>
       </c>
       <c r="C137" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D137" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E137" t="s">
-        <v>1460</v>
+        <v>2135</v>
       </c>
       <c r="F137" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G137" t="s">
-        <v>1461</v>
+        <v>2136</v>
       </c>
       <c r="H137" t="s">
-        <v>1462</v>
+        <v>2137</v>
       </c>
       <c r="I137" t="s">
-        <v>1463</v>
+        <v>2138</v>
       </c>
       <c r="J137" t="s">
-        <v>1464</v>
+        <v>2139</v>
       </c>
       <c r="K137" t="s">
-        <v>1465</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B138" t="s">
-        <v>1466</v>
+        <v>2141</v>
       </c>
       <c r="C138" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D138" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E138" t="s">
-        <v>1467</v>
+        <v>2142</v>
       </c>
       <c r="F138" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G138" t="s">
-        <v>1468</v>
+        <v>2143</v>
       </c>
       <c r="H138" t="s">
-        <v>1469</v>
+        <v>2144</v>
       </c>
       <c r="I138" t="s">
-        <v>1470</v>
+        <v>2145</v>
       </c>
       <c r="J138" t="s">
-        <v>1471</v>
+        <v>1223</v>
       </c>
       <c r="K138" t="s">
-        <v>1472</v>
+        <v>2146</v>
       </c>
       <c r="L138" t="s">
-        <v>1473</v>
+        <v>2147</v>
+      </c>
+      <c r="M138" t="s">
+        <v>2148</v>
+      </c>
+      <c r="N138" t="s">
+        <v>2149</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B139" t="s">
-        <v>1474</v>
+        <v>2150</v>
       </c>
       <c r="C139" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D139" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E139" t="s">
-        <v>1475</v>
+        <v>2151</v>
       </c>
       <c r="F139" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G139" t="s">
-        <v>1476</v>
+        <v>2152</v>
       </c>
       <c r="H139" t="s">
-        <v>1477</v>
+        <v>2153</v>
       </c>
       <c r="I139" t="s">
-        <v>1478</v>
+        <v>2154</v>
       </c>
       <c r="J139" t="s">
-        <v>929</v>
+        <v>1023</v>
       </c>
       <c r="K139" t="s">
-        <v>1479</v>
+        <v>2155</v>
+      </c>
+      <c r="L139" t="s">
+        <v>2156</v>
+      </c>
+      <c r="M139" t="s">
+        <v>2157</v>
+      </c>
+      <c r="N139" t="s">
+        <v>2158</v>
+      </c>
+      <c r="O139" t="s">
+        <v>2159</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B140" t="s">
-        <v>1480</v>
+        <v>2160</v>
       </c>
       <c r="C140" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D140" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E140" t="s">
-        <v>1481</v>
+        <v>2161</v>
       </c>
       <c r="F140" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G140" t="s">
-        <v>1482</v>
+        <v>2162</v>
       </c>
       <c r="H140" t="s">
-        <v>1483</v>
+        <v>2163</v>
       </c>
       <c r="I140" t="s">
-        <v>1484</v>
+        <v>2164</v>
       </c>
       <c r="J140" t="s">
-        <v>1485</v>
+        <v>1691</v>
       </c>
       <c r="K140" t="s">
-        <v>1486</v>
-[...5 lines deleted...]
-        <v>1488</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B141" t="s">
-        <v>1489</v>
+        <v>2166</v>
       </c>
       <c r="C141" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D141" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E141" t="s">
-        <v>1490</v>
+        <v>2167</v>
       </c>
       <c r="F141" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G141" t="s">
-        <v>1491</v>
+        <v>2168</v>
       </c>
       <c r="H141" t="s">
-        <v>1492</v>
+        <v>2169</v>
       </c>
       <c r="I141" t="s">
-        <v>1493</v>
+        <v>2170</v>
       </c>
       <c r="J141" t="s">
-        <v>498</v>
+        <v>1178</v>
       </c>
       <c r="K141" t="s">
-        <v>1494</v>
+        <v>2171</v>
       </c>
       <c r="L141" t="s">
-        <v>1495</v>
+        <v>2172</v>
       </c>
       <c r="M141" t="s">
-        <v>1496</v>
+        <v>2173</v>
       </c>
       <c r="N141" t="s">
-        <v>1497</v>
+        <v>2174</v>
+      </c>
+      <c r="O141" t="s">
+        <v>2175</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B142" t="s">
-        <v>1498</v>
+        <v>2176</v>
       </c>
       <c r="C142" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D142" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E142" t="s">
-        <v>1499</v>
+        <v>2177</v>
       </c>
       <c r="F142" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G142" t="s">
-        <v>1500</v>
+        <v>2178</v>
       </c>
       <c r="H142" t="s">
-        <v>1501</v>
+        <v>2179</v>
       </c>
       <c r="I142" t="s">
-        <v>1455</v>
+        <v>1279</v>
       </c>
       <c r="J142" t="s">
-        <v>908</v>
+        <v>2180</v>
       </c>
       <c r="K142" t="s">
-        <v>1502</v>
-[...5 lines deleted...]
-        <v>1504</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B143" t="s">
-        <v>1505</v>
+        <v>2182</v>
       </c>
       <c r="C143" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D143" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E143" t="s">
-        <v>1506</v>
+        <v>2183</v>
       </c>
       <c r="F143" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G143" t="s">
-        <v>1507</v>
+        <v>2184</v>
       </c>
       <c r="H143" t="s">
-        <v>1508</v>
+        <v>2185</v>
       </c>
       <c r="I143" t="s">
-        <v>1509</v>
+        <v>2186</v>
       </c>
       <c r="J143" t="s">
-        <v>1510</v>
+        <v>2187</v>
       </c>
       <c r="K143" t="s">
-        <v>1511</v>
-[...2 lines deleted...]
-        <v>1512</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B144" t="s">
-        <v>1513</v>
+        <v>2189</v>
       </c>
       <c r="C144" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D144" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E144" t="s">
-        <v>1514</v>
+        <v>2190</v>
       </c>
       <c r="F144" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G144" t="s">
-        <v>1515</v>
+        <v>2191</v>
       </c>
       <c r="H144" t="s">
-        <v>1516</v>
+        <v>2192</v>
       </c>
       <c r="I144" t="s">
-        <v>1517</v>
+        <v>1622</v>
       </c>
       <c r="J144" t="s">
-        <v>851</v>
+        <v>1314</v>
       </c>
       <c r="K144" t="s">
-        <v>1518</v>
+        <v>2193</v>
       </c>
       <c r="L144" t="s">
-        <v>1519</v>
+        <v>2194</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B145" t="s">
-        <v>1520</v>
+        <v>2195</v>
       </c>
       <c r="C145" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D145" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E145" t="s">
-        <v>1521</v>
+        <v>2196</v>
       </c>
       <c r="F145" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G145" t="s">
-        <v>1522</v>
+        <v>2197</v>
       </c>
       <c r="H145" t="s">
-        <v>1523</v>
+        <v>2198</v>
       </c>
       <c r="I145" t="s">
-        <v>1524</v>
+        <v>2199</v>
       </c>
       <c r="J145" t="s">
-        <v>355</v>
+        <v>751</v>
       </c>
       <c r="K145" t="s">
-        <v>1525</v>
-[...14 lines deleted...]
-        <v>1530</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B146" t="s">
-        <v>1531</v>
+        <v>2201</v>
       </c>
       <c r="C146" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D146" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E146" t="s">
-        <v>1532</v>
+        <v>2202</v>
       </c>
       <c r="F146" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G146" t="s">
-        <v>1533</v>
+        <v>2203</v>
       </c>
       <c r="H146" t="s">
-        <v>1534</v>
+        <v>2204</v>
       </c>
       <c r="I146" t="s">
-        <v>1535</v>
+        <v>2205</v>
       </c>
       <c r="J146" t="s">
-        <v>252</v>
+        <v>1006</v>
       </c>
       <c r="K146" t="s">
-        <v>1536</v>
+        <v>2206</v>
       </c>
       <c r="L146" t="s">
-        <v>1537</v>
+        <v>2207</v>
       </c>
       <c r="M146" t="s">
-        <v>1538</v>
+        <v>2208</v>
       </c>
       <c r="N146" t="s">
-        <v>1539</v>
-[...8 lines deleted...]
-        <v>1542</v>
+        <v>2209</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B147" t="s">
-        <v>1543</v>
+        <v>2210</v>
       </c>
       <c r="C147" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D147" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E147" t="s">
-        <v>1544</v>
+        <v>2211</v>
       </c>
       <c r="F147" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G147" t="s">
-        <v>1545</v>
+        <v>2212</v>
       </c>
       <c r="H147" t="s">
-        <v>1546</v>
+        <v>2213</v>
       </c>
       <c r="I147" t="s">
-        <v>1547</v>
+        <v>2214</v>
       </c>
       <c r="J147" t="s">
-        <v>1548</v>
+        <v>1641</v>
       </c>
       <c r="K147" t="s">
-        <v>1549</v>
-[...8 lines deleted...]
-        <v>1552</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B148" t="s">
-        <v>1553</v>
+        <v>2216</v>
       </c>
       <c r="C148" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D148" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E148" t="s">
-        <v>1554</v>
+        <v>2217</v>
       </c>
       <c r="F148" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G148" t="s">
-        <v>1555</v>
+        <v>2218</v>
       </c>
       <c r="H148" t="s">
-        <v>1556</v>
+        <v>2219</v>
       </c>
       <c r="I148" t="s">
-        <v>1557</v>
+        <v>2220</v>
       </c>
       <c r="J148" t="s">
-        <v>204</v>
+        <v>1468</v>
       </c>
       <c r="K148" t="s">
-        <v>1558</v>
+        <v>2221</v>
+      </c>
+      <c r="L148" t="s">
+        <v>2222</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B149" t="s">
-        <v>1559</v>
+        <v>2223</v>
       </c>
       <c r="C149" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D149" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E149" t="s">
-        <v>1554</v>
+        <v>2224</v>
       </c>
       <c r="F149" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G149" t="s">
-        <v>1560</v>
+        <v>2225</v>
       </c>
       <c r="H149" t="s">
-        <v>1561</v>
+        <v>2226</v>
       </c>
       <c r="I149" t="s">
-        <v>1562</v>
+        <v>2227</v>
       </c>
       <c r="J149" t="s">
-        <v>252</v>
+        <v>1950</v>
       </c>
       <c r="K149" t="s">
-        <v>1563</v>
+        <v>2228</v>
       </c>
       <c r="L149" t="s">
-        <v>1564</v>
-[...20 lines deleted...]
-        <v>1571</v>
+        <v>2229</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B150" t="s">
-        <v>1572</v>
+        <v>2230</v>
       </c>
       <c r="C150" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D150" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E150" t="s">
-        <v>1573</v>
+        <v>2231</v>
       </c>
       <c r="F150" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G150" t="s">
-        <v>1574</v>
+        <v>2232</v>
       </c>
       <c r="H150" t="s">
-        <v>1575</v>
+        <v>2233</v>
       </c>
       <c r="I150" t="s">
-        <v>1576</v>
+        <v>2234</v>
       </c>
       <c r="J150" t="s">
-        <v>929</v>
+        <v>2235</v>
       </c>
       <c r="K150" t="s">
-        <v>1577</v>
+        <v>2236</v>
       </c>
       <c r="L150" t="s">
-        <v>1578</v>
+        <v>2237</v>
+      </c>
+      <c r="M150" t="s">
+        <v>2238</v>
+      </c>
+      <c r="N150" t="s">
+        <v>2239</v>
+      </c>
+      <c r="O150" t="s">
+        <v>2240</v>
+      </c>
+      <c r="P150" t="s">
+        <v>2241</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>2242</v>
+      </c>
+      <c r="R150" t="s">
+        <v>2243</v>
+      </c>
+      <c r="S150" t="s">
+        <v>2244</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B151" t="s">
-        <v>1579</v>
+        <v>2245</v>
       </c>
       <c r="C151" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D151" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E151" t="s">
-        <v>1580</v>
+        <v>2246</v>
       </c>
       <c r="F151" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G151" t="s">
-        <v>1581</v>
+        <v>2247</v>
       </c>
       <c r="H151" t="s">
-        <v>1582</v>
+        <v>2248</v>
       </c>
       <c r="I151" t="s">
-        <v>1376</v>
+        <v>2249</v>
       </c>
       <c r="J151" t="s">
-        <v>806</v>
+        <v>2250</v>
       </c>
       <c r="K151" t="s">
-        <v>1583</v>
+        <v>2251</v>
       </c>
       <c r="L151" t="s">
-        <v>1584</v>
-[...5 lines deleted...]
-        <v>1586</v>
+        <v>2252</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B152" t="s">
-        <v>1587</v>
+        <v>2253</v>
       </c>
       <c r="C152" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D152" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E152" t="s">
-        <v>1588</v>
+        <v>2254</v>
       </c>
       <c r="F152" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G152" t="s">
-        <v>1589</v>
+        <v>2255</v>
       </c>
       <c r="H152" t="s">
-        <v>1590</v>
+        <v>2256</v>
       </c>
       <c r="I152" t="s">
-        <v>1591</v>
+        <v>2257</v>
       </c>
       <c r="J152" t="s">
-        <v>1592</v>
+        <v>2258</v>
       </c>
       <c r="K152" t="s">
-        <v>1593</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B153" t="s">
-        <v>1594</v>
+        <v>2260</v>
       </c>
       <c r="C153" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D153" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E153" t="s">
-        <v>1595</v>
+        <v>2261</v>
       </c>
       <c r="F153" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G153" t="s">
-        <v>1596</v>
+        <v>2262</v>
       </c>
       <c r="H153" t="s">
-        <v>1597</v>
+        <v>2263</v>
       </c>
       <c r="I153" t="s">
-        <v>1598</v>
+        <v>2264</v>
       </c>
       <c r="J153" t="s">
-        <v>1599</v>
+        <v>1223</v>
       </c>
       <c r="K153" t="s">
-        <v>1600</v>
+        <v>2265</v>
+      </c>
+      <c r="L153" t="s">
+        <v>2266</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B154" t="s">
-        <v>1601</v>
+        <v>2267</v>
       </c>
       <c r="C154" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D154" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E154" t="s">
-        <v>1602</v>
+        <v>2268</v>
       </c>
       <c r="F154" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G154" t="s">
-        <v>1603</v>
+        <v>2269</v>
       </c>
       <c r="H154" t="s">
-        <v>1604</v>
+        <v>2270</v>
       </c>
       <c r="I154" t="s">
-        <v>1605</v>
+        <v>2271</v>
       </c>
       <c r="J154" t="s">
-        <v>1456</v>
+        <v>2272</v>
       </c>
       <c r="K154" t="s">
-        <v>1606</v>
+        <v>2273</v>
       </c>
       <c r="L154" t="s">
-        <v>1607</v>
-[...5 lines deleted...]
-        <v>1609</v>
+        <v>2274</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B155" t="s">
-        <v>1610</v>
+        <v>2275</v>
       </c>
       <c r="C155" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D155" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E155" t="s">
-        <v>1611</v>
+        <v>2276</v>
       </c>
       <c r="F155" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G155" t="s">
-        <v>1612</v>
+        <v>2277</v>
       </c>
       <c r="H155" t="s">
-        <v>1613</v>
+        <v>2278</v>
       </c>
       <c r="I155" t="s">
-        <v>1376</v>
+        <v>2279</v>
       </c>
       <c r="J155" t="s">
-        <v>851</v>
+        <v>2280</v>
       </c>
       <c r="K155" t="s">
-        <v>1614</v>
+        <v>2281</v>
+      </c>
+      <c r="L155" t="s">
+        <v>2282</v>
+      </c>
+      <c r="M155" t="s">
+        <v>2283</v>
+      </c>
+      <c r="N155" t="s">
+        <v>2284</v>
+      </c>
+      <c r="O155" t="s">
+        <v>2285</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B156" t="s">
-        <v>1615</v>
+        <v>2286</v>
       </c>
       <c r="C156" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D156" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E156" t="s">
-        <v>1616</v>
+        <v>2287</v>
       </c>
       <c r="F156" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G156" t="s">
-        <v>1617</v>
+        <v>2288</v>
       </c>
       <c r="H156" t="s">
-        <v>1618</v>
+        <v>2289</v>
       </c>
       <c r="I156" t="s">
-        <v>1619</v>
+        <v>2290</v>
       </c>
       <c r="J156" t="s">
-        <v>1620</v>
+        <v>2291</v>
       </c>
       <c r="K156" t="s">
-        <v>1621</v>
+        <v>2292</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B157" t="s">
-        <v>1622</v>
+        <v>2293</v>
       </c>
       <c r="C157" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D157" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E157" t="s">
-        <v>1623</v>
+        <v>2294</v>
       </c>
       <c r="F157" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G157" t="s">
-        <v>1624</v>
+        <v>2295</v>
       </c>
       <c r="H157" t="s">
-        <v>1625</v>
+        <v>2296</v>
       </c>
       <c r="I157" t="s">
-        <v>1626</v>
+        <v>2297</v>
       </c>
       <c r="J157" t="s">
-        <v>1007</v>
+        <v>1314</v>
       </c>
       <c r="K157" t="s">
-        <v>1627</v>
+        <v>2298</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B158" t="s">
-        <v>1628</v>
+        <v>2299</v>
       </c>
       <c r="C158" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D158" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E158" t="s">
-        <v>1629</v>
+        <v>2300</v>
       </c>
       <c r="F158" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G158" t="s">
-        <v>1630</v>
+        <v>2301</v>
       </c>
       <c r="H158" t="s">
-        <v>1631</v>
+        <v>2302</v>
       </c>
       <c r="I158" t="s">
-        <v>1632</v>
+        <v>1797</v>
       </c>
       <c r="J158" t="s">
-        <v>597</v>
+        <v>1223</v>
       </c>
       <c r="K158" t="s">
-        <v>1633</v>
+        <v>2303</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B159" t="s">
-        <v>1634</v>
+        <v>2304</v>
       </c>
       <c r="C159" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D159" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E159" t="s">
-        <v>1635</v>
+        <v>2305</v>
       </c>
       <c r="F159" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G159" t="s">
-        <v>1636</v>
+        <v>2306</v>
       </c>
       <c r="H159" t="s">
-        <v>1637</v>
+        <v>2307</v>
       </c>
       <c r="I159" t="s">
-        <v>1493</v>
+        <v>2308</v>
       </c>
       <c r="J159" t="s">
-        <v>851</v>
+        <v>2309</v>
       </c>
       <c r="K159" t="s">
-        <v>1638</v>
+        <v>2310</v>
       </c>
       <c r="L159" t="s">
-        <v>1639</v>
-[...2 lines deleted...]
-        <v>1640</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B160" t="s">
-        <v>1641</v>
+        <v>2312</v>
       </c>
       <c r="C160" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D160" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E160" t="s">
-        <v>1642</v>
+        <v>2313</v>
       </c>
       <c r="F160" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G160" t="s">
-        <v>1643</v>
+        <v>2314</v>
       </c>
       <c r="H160" t="s">
-        <v>1644</v>
+        <v>2315</v>
       </c>
       <c r="I160" t="s">
-        <v>1645</v>
+        <v>2297</v>
       </c>
       <c r="J160" t="s">
-        <v>1646</v>
+        <v>2316</v>
       </c>
       <c r="K160" t="s">
-        <v>1647</v>
-[...5 lines deleted...]
-        <v>1649</v>
+        <v>2317</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B161" t="s">
-        <v>1650</v>
+        <v>2318</v>
       </c>
       <c r="C161" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D161" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E161" t="s">
-        <v>1651</v>
+        <v>2319</v>
       </c>
       <c r="F161" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G161" t="s">
-        <v>1652</v>
+        <v>2320</v>
       </c>
       <c r="H161" t="s">
-        <v>1653</v>
+        <v>2321</v>
       </c>
       <c r="I161" t="s">
-        <v>1028</v>
+        <v>1797</v>
       </c>
       <c r="J161" t="s">
-        <v>1654</v>
+        <v>2322</v>
       </c>
       <c r="K161" t="s">
-        <v>1655</v>
+        <v>2323</v>
+      </c>
+      <c r="L161" t="s">
+        <v>2324</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B162" t="s">
-        <v>1656</v>
+        <v>2325</v>
       </c>
       <c r="C162" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D162" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E162" t="s">
-        <v>1657</v>
+        <v>2326</v>
       </c>
       <c r="F162" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G162" t="s">
-        <v>1658</v>
+        <v>2327</v>
       </c>
       <c r="H162" t="s">
-        <v>1659</v>
+        <v>2328</v>
       </c>
       <c r="I162" t="s">
-        <v>1660</v>
+        <v>2329</v>
       </c>
       <c r="J162" t="s">
-        <v>1661</v>
+        <v>1450</v>
       </c>
       <c r="K162" t="s">
-        <v>1662</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B163" t="s">
-        <v>1663</v>
+        <v>2331</v>
       </c>
       <c r="C163" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D163" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E163" t="s">
-        <v>1664</v>
+        <v>2332</v>
       </c>
       <c r="F163" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G163" t="s">
-        <v>1665</v>
+        <v>2333</v>
       </c>
       <c r="H163" t="s">
-        <v>1666</v>
+        <v>2334</v>
       </c>
       <c r="I163" t="s">
-        <v>1667</v>
+        <v>2335</v>
       </c>
       <c r="J163" t="s">
-        <v>1654</v>
+        <v>2336</v>
       </c>
       <c r="K163" t="s">
-        <v>1668</v>
+        <v>2337</v>
+      </c>
+      <c r="L163" t="s">
+        <v>2338</v>
+      </c>
+      <c r="M163" t="s">
+        <v>2339</v>
+      </c>
+      <c r="N163" t="s">
+        <v>2340</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B164" t="s">
-        <v>1669</v>
+        <v>2341</v>
       </c>
       <c r="C164" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D164" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E164" t="s">
-        <v>1670</v>
+        <v>2342</v>
       </c>
       <c r="F164" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G164" t="s">
-        <v>1671</v>
+        <v>2343</v>
       </c>
       <c r="H164" t="s">
-        <v>1672</v>
+        <v>2344</v>
       </c>
       <c r="I164" t="s">
-        <v>1673</v>
+        <v>1126</v>
       </c>
       <c r="J164" t="s">
-        <v>1674</v>
+        <v>2345</v>
       </c>
       <c r="K164" t="s">
-        <v>1675</v>
+        <v>2346</v>
       </c>
       <c r="L164" t="s">
-        <v>1676</v>
+        <v>2347</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B165" t="s">
-        <v>1677</v>
+        <v>2348</v>
       </c>
       <c r="C165" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D165" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E165" t="s">
-        <v>1678</v>
+        <v>2349</v>
       </c>
       <c r="F165" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G165" t="s">
-        <v>1679</v>
+        <v>2350</v>
       </c>
       <c r="H165" t="s">
-        <v>1680</v>
+        <v>2351</v>
       </c>
       <c r="I165" t="s">
-        <v>1681</v>
+        <v>2352</v>
       </c>
       <c r="J165" t="s">
-        <v>1682</v>
+        <v>2353</v>
       </c>
       <c r="K165" t="s">
-        <v>1683</v>
-[...2 lines deleted...]
-        <v>1684</v>
+        <v>2354</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B166" t="s">
-        <v>1685</v>
+        <v>2355</v>
       </c>
       <c r="C166" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D166" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E166" t="s">
-        <v>1686</v>
+        <v>2356</v>
       </c>
       <c r="F166" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G166" t="s">
-        <v>1687</v>
+        <v>2357</v>
       </c>
       <c r="H166" t="s">
-        <v>1688</v>
+        <v>2358</v>
       </c>
       <c r="I166" t="s">
-        <v>1493</v>
+        <v>2359</v>
       </c>
       <c r="J166" t="s">
-        <v>885</v>
+        <v>2360</v>
       </c>
       <c r="K166" t="s">
-        <v>1689</v>
+        <v>2361</v>
       </c>
       <c r="L166" t="s">
-        <v>1690</v>
+        <v>2362</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B167" t="s">
-        <v>1691</v>
+        <v>2363</v>
       </c>
       <c r="C167" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D167" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E167" t="s">
-        <v>1692</v>
+        <v>2364</v>
       </c>
       <c r="F167" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G167" t="s">
-        <v>1693</v>
+        <v>2365</v>
       </c>
       <c r="H167" t="s">
-        <v>1694</v>
+        <v>2366</v>
       </c>
       <c r="I167" t="s">
-        <v>1695</v>
+        <v>2367</v>
       </c>
       <c r="J167" t="s">
-        <v>1696</v>
+        <v>2368</v>
       </c>
       <c r="K167" t="s">
-        <v>1697</v>
+        <v>2369</v>
+      </c>
+      <c r="L167" t="s">
+        <v>2370</v>
+      </c>
+      <c r="M167" t="s">
+        <v>2371</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>80</v>
+        <v>715</v>
       </c>
       <c r="B168" t="s">
-        <v>1698</v>
+        <v>2372</v>
       </c>
       <c r="C168" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D168" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E168" t="s">
-        <v>1699</v>
+        <v>2373</v>
       </c>
       <c r="F168" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G168" t="s">
-        <v>1700</v>
+        <v>2374</v>
       </c>
       <c r="H168" t="s">
-        <v>1701</v>
+        <v>2375</v>
       </c>
       <c r="I168" t="s">
-        <v>1702</v>
+        <v>2376</v>
       </c>
       <c r="J168" t="s">
-        <v>1703</v>
+        <v>1178</v>
       </c>
       <c r="K168" t="s">
-        <v>1704</v>
+        <v>2377</v>
       </c>
       <c r="L168" t="s">
-        <v>1705</v>
+        <v>2378</v>
+      </c>
+      <c r="M168" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>715</v>
+      </c>
+      <c r="B169" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C169" t="s">
+        <v>12</v>
+      </c>
+      <c r="D169" t="s">
+        <v>12</v>
+      </c>
+      <c r="E169" t="s">
+        <v>2381</v>
+      </c>
+      <c r="F169" t="s">
+        <v>12</v>
+      </c>
+      <c r="G169" t="s">
+        <v>2382</v>
+      </c>
+      <c r="H169" t="s">
+        <v>2383</v>
+      </c>
+      <c r="I169" t="s">
+        <v>2384</v>
+      </c>
+      <c r="J169" t="s">
+        <v>2235</v>
+      </c>
+      <c r="K169" t="s">
+        <v>2385</v>
+      </c>
+      <c r="L169" t="s">
+        <v>2386</v>
+      </c>
+      <c r="M169" t="s">
+        <v>2387</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>715</v>
+      </c>
+      <c r="B170" t="s">
+        <v>2388</v>
+      </c>
+      <c r="C170" t="s">
+        <v>12</v>
+      </c>
+      <c r="D170" t="s">
+        <v>12</v>
+      </c>
+      <c r="E170" t="s">
+        <v>2389</v>
+      </c>
+      <c r="F170" t="s">
+        <v>12</v>
+      </c>
+      <c r="G170" t="s">
+        <v>2390</v>
+      </c>
+      <c r="H170" t="s">
+        <v>2391</v>
+      </c>
+      <c r="I170" t="s">
+        <v>2392</v>
+      </c>
+      <c r="J170" t="s">
+        <v>811</v>
+      </c>
+      <c r="K170" t="s">
+        <v>2393</v>
+      </c>
+      <c r="L170" t="s">
+        <v>2394</v>
+      </c>
+      <c r="M170" t="s">
+        <v>2395</v>
+      </c>
+      <c r="N170" t="s">
+        <v>2396</v>
+      </c>
+      <c r="O170" t="s">
+        <v>2397</v>
+      </c>
+      <c r="P170" t="s">
+        <v>2398</v>
+      </c>
+      <c r="Q170" t="s">
+        <v>2399</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>715</v>
+      </c>
+      <c r="B171" t="s">
+        <v>2400</v>
+      </c>
+      <c r="C171" t="s">
+        <v>12</v>
+      </c>
+      <c r="D171" t="s">
+        <v>12</v>
+      </c>
+      <c r="E171" t="s">
+        <v>2401</v>
+      </c>
+      <c r="F171" t="s">
+        <v>12</v>
+      </c>
+      <c r="G171" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H171" t="s">
+        <v>2403</v>
+      </c>
+      <c r="I171" t="s">
+        <v>2404</v>
+      </c>
+      <c r="J171" t="s">
+        <v>2405</v>
+      </c>
+      <c r="K171" t="s">
+        <v>2406</v>
+      </c>
+      <c r="L171" t="s">
+        <v>2407</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>715</v>
+      </c>
+      <c r="B172" t="s">
+        <v>2408</v>
+      </c>
+      <c r="C172" t="s">
+        <v>12</v>
+      </c>
+      <c r="D172" t="s">
+        <v>12</v>
+      </c>
+      <c r="E172" t="s">
+        <v>2409</v>
+      </c>
+      <c r="F172" t="s">
+        <v>12</v>
+      </c>
+      <c r="G172" t="s">
+        <v>2410</v>
+      </c>
+      <c r="H172" t="s">
+        <v>2411</v>
+      </c>
+      <c r="I172" t="s">
+        <v>2412</v>
+      </c>
+      <c r="J172" t="s">
+        <v>2322</v>
+      </c>
+      <c r="K172" t="s">
+        <v>2413</v>
+      </c>
+      <c r="L172" t="s">
+        <v>2414</v>
+      </c>
+      <c r="M172" t="s">
+        <v>2415</v>
+      </c>
+      <c r="N172" t="s">
+        <v>2416</v>
+      </c>
+      <c r="O172" t="s">
+        <v>2417</v>
+      </c>
+      <c r="P172" t="s">
+        <v>2418</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>715</v>
+      </c>
+      <c r="B173" t="s">
+        <v>2419</v>
+      </c>
+      <c r="C173" t="s">
+        <v>12</v>
+      </c>
+      <c r="D173" t="s">
+        <v>12</v>
+      </c>
+      <c r="E173" t="s">
+        <v>2420</v>
+      </c>
+      <c r="F173" t="s">
+        <v>12</v>
+      </c>
+      <c r="G173" t="s">
+        <v>2421</v>
+      </c>
+      <c r="H173" t="s">
+        <v>2422</v>
+      </c>
+      <c r="I173" t="s">
+        <v>2423</v>
+      </c>
+      <c r="J173" t="s">
+        <v>2424</v>
+      </c>
+      <c r="K173" t="s">
+        <v>2425</v>
+      </c>
+      <c r="L173" t="s">
+        <v>2426</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>715</v>
+      </c>
+      <c r="B174" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C174" t="s">
+        <v>12</v>
+      </c>
+      <c r="D174" t="s">
+        <v>12</v>
+      </c>
+      <c r="E174" t="s">
+        <v>2428</v>
+      </c>
+      <c r="F174" t="s">
+        <v>12</v>
+      </c>
+      <c r="G174" t="s">
+        <v>2429</v>
+      </c>
+      <c r="H174" t="s">
+        <v>2430</v>
+      </c>
+      <c r="I174" t="s">
+        <v>1790</v>
+      </c>
+      <c r="J174" t="s">
+        <v>741</v>
+      </c>
+      <c r="K174" t="s">
+        <v>2431</v>
+      </c>
+      <c r="L174" t="s">
+        <v>2432</v>
+      </c>
+      <c r="M174" t="s">
+        <v>2433</v>
+      </c>
+      <c r="N174" t="s">
+        <v>2434</v>
+      </c>
+      <c r="O174" t="s">
+        <v>2435</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>715</v>
+      </c>
+      <c r="B175" t="s">
+        <v>2436</v>
+      </c>
+      <c r="C175" t="s">
+        <v>12</v>
+      </c>
+      <c r="D175" t="s">
+        <v>12</v>
+      </c>
+      <c r="E175" t="s">
+        <v>2437</v>
+      </c>
+      <c r="F175" t="s">
+        <v>12</v>
+      </c>
+      <c r="G175" t="s">
+        <v>2438</v>
+      </c>
+      <c r="H175" t="s">
+        <v>2439</v>
+      </c>
+      <c r="I175" t="s">
+        <v>2440</v>
+      </c>
+      <c r="J175" t="s">
+        <v>2441</v>
+      </c>
+      <c r="K175" t="s">
+        <v>2442</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>715</v>
+      </c>
+      <c r="B176" t="s">
+        <v>2443</v>
+      </c>
+      <c r="C176" t="s">
+        <v>12</v>
+      </c>
+      <c r="D176" t="s">
+        <v>12</v>
+      </c>
+      <c r="E176" t="s">
+        <v>2444</v>
+      </c>
+      <c r="F176" t="s">
+        <v>12</v>
+      </c>
+      <c r="G176" t="s">
+        <v>2445</v>
+      </c>
+      <c r="H176" t="s">
+        <v>2446</v>
+      </c>
+      <c r="I176" t="s">
+        <v>2297</v>
+      </c>
+      <c r="J176" t="s">
+        <v>1153</v>
+      </c>
+      <c r="K176" t="s">
+        <v>2447</v>
+      </c>
+      <c r="L176" t="s">
+        <v>2448</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>715</v>
+      </c>
+      <c r="B177" t="s">
+        <v>2449</v>
+      </c>
+      <c r="C177" t="s">
+        <v>12</v>
+      </c>
+      <c r="D177" t="s">
+        <v>12</v>
+      </c>
+      <c r="E177" t="s">
+        <v>2450</v>
+      </c>
+      <c r="F177" t="s">
+        <v>12</v>
+      </c>
+      <c r="G177" t="s">
+        <v>2451</v>
+      </c>
+      <c r="H177" t="s">
+        <v>2452</v>
+      </c>
+      <c r="I177" t="s">
+        <v>2453</v>
+      </c>
+      <c r="J177" t="s">
+        <v>2454</v>
+      </c>
+      <c r="K177" t="s">
+        <v>2455</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>715</v>
+      </c>
+      <c r="B178" t="s">
+        <v>2456</v>
+      </c>
+      <c r="C178" t="s">
+        <v>12</v>
+      </c>
+      <c r="D178" t="s">
+        <v>12</v>
+      </c>
+      <c r="E178" t="s">
+        <v>2457</v>
+      </c>
+      <c r="F178" t="s">
+        <v>12</v>
+      </c>
+      <c r="G178" t="s">
+        <v>2458</v>
+      </c>
+      <c r="H178" t="s">
+        <v>2459</v>
+      </c>
+      <c r="I178" t="s">
+        <v>2460</v>
+      </c>
+      <c r="J178" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K178" t="s">
+        <v>2461</v>
+      </c>
+      <c r="L178" t="s">
+        <v>2462</v>
+      </c>
+      <c r="M178" t="s">
+        <v>2463</v>
+      </c>
+      <c r="N178" t="s">
+        <v>2464</v>
+      </c>
+      <c r="O178" t="s">
+        <v>2465</v>
+      </c>
+      <c r="P178" t="s">
+        <v>2466</v>
+      </c>
+      <c r="Q178" t="s">
+        <v>2467</v>
+      </c>
+      <c r="R178" t="s">
+        <v>2468</v>
+      </c>
+      <c r="S178" t="s">
+        <v>2469</v>
+      </c>
+      <c r="T178" t="s">
+        <v>2470</v>
+      </c>
+      <c r="U178" t="s">
+        <v>2471</v>
+      </c>
+      <c r="V178" t="s">
+        <v>2472</v>
+      </c>
+      <c r="W178" t="s">
+        <v>2473</v>
+      </c>
+      <c r="X178" t="s">
+        <v>2474</v>
+      </c>
+      <c r="Y178" t="s">
+        <v>2475</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>715</v>
+      </c>
+      <c r="B179" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C179" t="s">
+        <v>12</v>
+      </c>
+      <c r="D179" t="s">
+        <v>12</v>
+      </c>
+      <c r="E179" t="s">
+        <v>2477</v>
+      </c>
+      <c r="F179" t="s">
+        <v>12</v>
+      </c>
+      <c r="G179" t="s">
+        <v>2478</v>
+      </c>
+      <c r="H179" t="s">
+        <v>2479</v>
+      </c>
+      <c r="I179" t="s">
+        <v>2480</v>
+      </c>
+      <c r="J179" t="s">
+        <v>1747</v>
+      </c>
+      <c r="K179" t="s">
+        <v>2481</v>
+      </c>
+      <c r="L179" t="s">
+        <v>2482</v>
+      </c>
+      <c r="M179" t="s">
+        <v>2483</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>715</v>
+      </c>
+      <c r="B180" t="s">
+        <v>2484</v>
+      </c>
+      <c r="C180" t="s">
+        <v>12</v>
+      </c>
+      <c r="D180" t="s">
+        <v>12</v>
+      </c>
+      <c r="E180" t="s">
+        <v>2485</v>
+      </c>
+      <c r="F180" t="s">
+        <v>12</v>
+      </c>
+      <c r="G180" t="s">
+        <v>2486</v>
+      </c>
+      <c r="H180" t="s">
+        <v>2487</v>
+      </c>
+      <c r="I180" t="s">
+        <v>2453</v>
+      </c>
+      <c r="J180" t="s">
+        <v>2488</v>
+      </c>
+      <c r="K180" t="s">
+        <v>2489</v>
+      </c>
+      <c r="L180" t="s">
+        <v>2490</v>
+      </c>
+      <c r="M180" t="s">
+        <v>2491</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>715</v>
+      </c>
+      <c r="B181" t="s">
+        <v>2492</v>
+      </c>
+      <c r="C181" t="s">
+        <v>12</v>
+      </c>
+      <c r="D181" t="s">
+        <v>12</v>
+      </c>
+      <c r="E181" t="s">
+        <v>2493</v>
+      </c>
+      <c r="F181" t="s">
+        <v>12</v>
+      </c>
+      <c r="G181" t="s">
+        <v>2494</v>
+      </c>
+      <c r="H181" t="s">
+        <v>2495</v>
+      </c>
+      <c r="I181" t="s">
+        <v>2496</v>
+      </c>
+      <c r="J181" t="s">
+        <v>2497</v>
+      </c>
+      <c r="K181" t="s">
+        <v>2498</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>715</v>
+      </c>
+      <c r="B182" t="s">
+        <v>2499</v>
+      </c>
+      <c r="C182" t="s">
+        <v>12</v>
+      </c>
+      <c r="D182" t="s">
+        <v>12</v>
+      </c>
+      <c r="E182" t="s">
+        <v>2500</v>
+      </c>
+      <c r="F182" t="s">
+        <v>12</v>
+      </c>
+      <c r="G182" t="s">
+        <v>2501</v>
+      </c>
+      <c r="H182" t="s">
+        <v>2502</v>
+      </c>
+      <c r="I182" t="s">
+        <v>2503</v>
+      </c>
+      <c r="J182" t="s">
+        <v>2504</v>
+      </c>
+      <c r="K182" t="s">
+        <v>2505</v>
+      </c>
+      <c r="L182" t="s">
+        <v>2506</v>
+      </c>
+      <c r="M182" t="s">
+        <v>2507</v>
+      </c>
+      <c r="N182" t="s">
+        <v>2508</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>715</v>
+      </c>
+      <c r="B183" t="s">
+        <v>2509</v>
+      </c>
+      <c r="C183" t="s">
+        <v>12</v>
+      </c>
+      <c r="D183" t="s">
+        <v>12</v>
+      </c>
+      <c r="E183" t="s">
+        <v>2510</v>
+      </c>
+      <c r="F183" t="s">
+        <v>12</v>
+      </c>
+      <c r="G183" t="s">
+        <v>2511</v>
+      </c>
+      <c r="H183" t="s">
+        <v>2512</v>
+      </c>
+      <c r="I183" t="s">
+        <v>2513</v>
+      </c>
+      <c r="J183" t="s">
+        <v>2514</v>
+      </c>
+      <c r="K183" t="s">
+        <v>2515</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>715</v>
+      </c>
+      <c r="B184" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C184" t="s">
+        <v>12</v>
+      </c>
+      <c r="D184" t="s">
+        <v>12</v>
+      </c>
+      <c r="E184" t="s">
+        <v>2517</v>
+      </c>
+      <c r="F184" t="s">
+        <v>12</v>
+      </c>
+      <c r="G184" t="s">
+        <v>2518</v>
+      </c>
+      <c r="H184" t="s">
+        <v>2519</v>
+      </c>
+      <c r="I184" t="s">
+        <v>2520</v>
+      </c>
+      <c r="J184" t="s">
+        <v>1153</v>
+      </c>
+      <c r="K184" t="s">
+        <v>2521</v>
+      </c>
+      <c r="L184" t="s">
+        <v>2522</v>
+      </c>
+      <c r="M184" t="s">
+        <v>2523</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>715</v>
+      </c>
+      <c r="B185" t="s">
+        <v>2524</v>
+      </c>
+      <c r="C185" t="s">
+        <v>12</v>
+      </c>
+      <c r="D185" t="s">
+        <v>12</v>
+      </c>
+      <c r="E185" t="s">
+        <v>2525</v>
+      </c>
+      <c r="F185" t="s">
+        <v>12</v>
+      </c>
+      <c r="G185" t="s">
+        <v>2526</v>
+      </c>
+      <c r="H185" t="s">
+        <v>2527</v>
+      </c>
+      <c r="I185" t="s">
+        <v>2528</v>
+      </c>
+      <c r="J185" t="s">
+        <v>1078</v>
+      </c>
+      <c r="K185" t="s">
+        <v>2529</v>
+      </c>
+      <c r="L185" t="s">
+        <v>2530</v>
+      </c>
+      <c r="M185" t="s">
+        <v>2531</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>715</v>
+      </c>
+      <c r="B186" t="s">
+        <v>2532</v>
+      </c>
+      <c r="C186" t="s">
+        <v>12</v>
+      </c>
+      <c r="D186" t="s">
+        <v>12</v>
+      </c>
+      <c r="E186" t="s">
+        <v>2533</v>
+      </c>
+      <c r="F186" t="s">
+        <v>12</v>
+      </c>
+      <c r="G186" t="s">
+        <v>2534</v>
+      </c>
+      <c r="H186" t="s">
+        <v>2535</v>
+      </c>
+      <c r="I186" t="s">
+        <v>2536</v>
+      </c>
+      <c r="J186" t="s">
+        <v>2537</v>
+      </c>
+      <c r="K186" t="s">
+        <v>2538</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>715</v>
+      </c>
+      <c r="B187" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C187" t="s">
+        <v>12</v>
+      </c>
+      <c r="D187" t="s">
+        <v>12</v>
+      </c>
+      <c r="E187" t="s">
+        <v>2540</v>
+      </c>
+      <c r="F187" t="s">
+        <v>12</v>
+      </c>
+      <c r="G187" t="s">
+        <v>2541</v>
+      </c>
+      <c r="H187" t="s">
+        <v>2542</v>
+      </c>
+      <c r="I187" t="s">
+        <v>2006</v>
+      </c>
+      <c r="J187" t="s">
+        <v>2353</v>
+      </c>
+      <c r="K187" t="s">
+        <v>2543</v>
+      </c>
+      <c r="L187" t="s">
+        <v>2544</v>
+      </c>
+      <c r="M187" t="s">
+        <v>2545</v>
+      </c>
+      <c r="N187" t="s">
+        <v>2546</v>
+      </c>
+      <c r="O187" t="s">
+        <v>2547</v>
+      </c>
+      <c r="P187" t="s">
+        <v>2548</v>
+      </c>
+      <c r="Q187" t="s">
+        <v>2549</v>
+      </c>
+      <c r="R187" t="s">
+        <v>2550</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>715</v>
+      </c>
+      <c r="B188" t="s">
+        <v>2551</v>
+      </c>
+      <c r="C188" t="s">
+        <v>12</v>
+      </c>
+      <c r="D188" t="s">
+        <v>12</v>
+      </c>
+      <c r="E188" t="s">
+        <v>2552</v>
+      </c>
+      <c r="F188" t="s">
+        <v>12</v>
+      </c>
+      <c r="G188" t="s">
+        <v>2553</v>
+      </c>
+      <c r="H188" t="s">
+        <v>2554</v>
+      </c>
+      <c r="I188" t="s">
+        <v>2555</v>
+      </c>
+      <c r="J188" t="s">
+        <v>2556</v>
+      </c>
+      <c r="K188" t="s">
+        <v>2557</v>
+      </c>
+      <c r="L188" t="s">
+        <v>2558</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>715</v>
+      </c>
+      <c r="B189" t="s">
+        <v>2559</v>
+      </c>
+      <c r="C189" t="s">
+        <v>12</v>
+      </c>
+      <c r="D189" t="s">
+        <v>12</v>
+      </c>
+      <c r="E189" t="s">
+        <v>2560</v>
+      </c>
+      <c r="F189" t="s">
+        <v>12</v>
+      </c>
+      <c r="G189" t="s">
+        <v>2561</v>
+      </c>
+      <c r="H189" t="s">
+        <v>2562</v>
+      </c>
+      <c r="I189" t="s">
+        <v>2563</v>
+      </c>
+      <c r="J189" t="s">
+        <v>1983</v>
+      </c>
+      <c r="K189" t="s">
+        <v>2564</v>
+      </c>
+      <c r="L189" t="s">
+        <v>2565</v>
+      </c>
+      <c r="M189" t="s">
+        <v>2566</v>
+      </c>
+      <c r="N189" t="s">
+        <v>2567</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>715</v>
+      </c>
+      <c r="B190" t="s">
+        <v>2568</v>
+      </c>
+      <c r="C190" t="s">
+        <v>12</v>
+      </c>
+      <c r="D190" t="s">
+        <v>12</v>
+      </c>
+      <c r="E190" t="s">
+        <v>2569</v>
+      </c>
+      <c r="F190" t="s">
+        <v>12</v>
+      </c>
+      <c r="G190" t="s">
+        <v>2570</v>
+      </c>
+      <c r="H190" t="s">
+        <v>2571</v>
+      </c>
+      <c r="I190" t="s">
+        <v>2572</v>
+      </c>
+      <c r="J190" t="s">
+        <v>1223</v>
+      </c>
+      <c r="K190" t="s">
+        <v>2573</v>
+      </c>
+      <c r="L190" t="s">
+        <v>2574</v>
+      </c>
+      <c r="M190" t="s">
+        <v>2575</v>
+      </c>
+      <c r="N190" t="s">
+        <v>2576</v>
+      </c>
+      <c r="O190" t="s">
+        <v>2577</v>
+      </c>
+      <c r="P190" t="s">
+        <v>2578</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>715</v>
+      </c>
+      <c r="B191" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C191" t="s">
+        <v>12</v>
+      </c>
+      <c r="D191" t="s">
+        <v>12</v>
+      </c>
+      <c r="E191" t="s">
+        <v>2580</v>
+      </c>
+      <c r="F191" t="s">
+        <v>12</v>
+      </c>
+      <c r="G191" t="s">
+        <v>2581</v>
+      </c>
+      <c r="H191" t="s">
+        <v>2582</v>
+      </c>
+      <c r="I191" t="s">
+        <v>2583</v>
+      </c>
+      <c r="J191" t="s">
+        <v>2584</v>
+      </c>
+      <c r="K191" t="s">
+        <v>2585</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>715</v>
+      </c>
+      <c r="B192" t="s">
+        <v>2586</v>
+      </c>
+      <c r="C192" t="s">
+        <v>12</v>
+      </c>
+      <c r="D192" t="s">
+        <v>12</v>
+      </c>
+      <c r="E192" t="s">
+        <v>2587</v>
+      </c>
+      <c r="F192" t="s">
+        <v>12</v>
+      </c>
+      <c r="G192" t="s">
+        <v>2588</v>
+      </c>
+      <c r="H192" t="s">
+        <v>2589</v>
+      </c>
+      <c r="I192" t="s">
+        <v>2590</v>
+      </c>
+      <c r="J192" t="s">
+        <v>2591</v>
+      </c>
+      <c r="K192" t="s">
+        <v>2592</v>
+      </c>
+      <c r="L192" t="s">
+        <v>2593</v>
+      </c>
+      <c r="M192" t="s">
+        <v>2594</v>
+      </c>
+      <c r="N192" t="s">
+        <v>2595</v>
+      </c>
+      <c r="O192" t="s">
+        <v>2596</v>
+      </c>
+      <c r="P192" t="s">
+        <v>2597</v>
+      </c>
+      <c r="Q192" t="s">
+        <v>2598</v>
+      </c>
+      <c r="R192" t="s">
+        <v>2599</v>
+      </c>
+      <c r="S192" t="s">
+        <v>2600</v>
+      </c>
+      <c r="T192" t="s">
+        <v>2601</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>715</v>
+      </c>
+      <c r="B193" t="s">
+        <v>2602</v>
+      </c>
+      <c r="C193" t="s">
+        <v>12</v>
+      </c>
+      <c r="D193" t="s">
+        <v>12</v>
+      </c>
+      <c r="E193" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F193" t="s">
+        <v>12</v>
+      </c>
+      <c r="G193" t="s">
+        <v>2604</v>
+      </c>
+      <c r="H193" t="s">
+        <v>2605</v>
+      </c>
+      <c r="I193" t="s">
+        <v>2606</v>
+      </c>
+      <c r="J193" t="s">
+        <v>2607</v>
+      </c>
+      <c r="K193" t="s">
+        <v>2608</v>
+      </c>
+      <c r="L193" t="s">
+        <v>2609</v>
+      </c>
+      <c r="M193" t="s">
+        <v>2610</v>
+      </c>
+      <c r="N193" t="s">
+        <v>2611</v>
+      </c>
+      <c r="O193" t="s">
+        <v>2612</v>
+      </c>
+      <c r="P193" t="s">
+        <v>2613</v>
+      </c>
+      <c r="Q193" t="s">
+        <v>2614</v>
+      </c>
+      <c r="R193" t="s">
+        <v>2615</v>
+      </c>
+      <c r="S193" t="s">
+        <v>2616</v>
+      </c>
+      <c r="T193" t="s">
+        <v>2617</v>
+      </c>
+      <c r="U193" t="s">
+        <v>2618</v>
+      </c>
+      <c r="V193" t="s">
+        <v>2619</v>
+      </c>
+      <c r="W193" t="s">
+        <v>2620</v>
+      </c>
+      <c r="X193" t="s">
+        <v>2621</v>
+      </c>
+      <c r="Y193" t="s">
+        <v>2622</v>
+      </c>
+      <c r="Z193" t="s">
+        <v>2623</v>
+      </c>
+      <c r="AA193" t="s">
+        <v>2624</v>
+      </c>
+      <c r="AB193" t="s">
+        <v>2625</v>
+      </c>
+      <c r="AC193" t="s">
+        <v>2626</v>
+      </c>
+      <c r="AD193" t="s">
+        <v>2627</v>
+      </c>
+      <c r="AE193" t="s">
+        <v>2628</v>
+      </c>
+      <c r="AF193" t="s">
+        <v>2629</v>
+      </c>
+      <c r="AG193" t="s">
+        <v>2630</v>
+      </c>
+      <c r="AH193" t="s">
+        <v>2631</v>
+      </c>
+      <c r="AI193" t="s">
+        <v>2632</v>
+      </c>
+      <c r="AJ193" t="s">
+        <v>2633</v>
+      </c>
+      <c r="AK193" t="s">
+        <v>2634</v>
+      </c>
+      <c r="AL193" t="s">
+        <v>2635</v>
+      </c>
+      <c r="AM193" t="s">
+        <v>2636</v>
+      </c>
+      <c r="AN193" t="s">
+        <v>2637</v>
+      </c>
+      <c r="AO193" t="s">
+        <v>2638</v>
+      </c>
+      <c r="AP193" t="s">
+        <v>2639</v>
+      </c>
+      <c r="AQ193" t="s">
+        <v>2640</v>
+      </c>
+      <c r="AR193" t="s">
+        <v>2641</v>
+      </c>
+      <c r="AS193" t="s">
+        <v>2642</v>
+      </c>
+      <c r="AT193" t="s">
+        <v>2643</v>
+      </c>
+      <c r="AU193" t="s">
+        <v>2644</v>
+      </c>
+      <c r="AV193" t="s">
+        <v>2645</v>
+      </c>
+      <c r="AW193" t="s">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>715</v>
+      </c>
+      <c r="B194" t="s">
+        <v>2647</v>
+      </c>
+      <c r="C194" t="s">
+        <v>12</v>
+      </c>
+      <c r="D194" t="s">
+        <v>12</v>
+      </c>
+      <c r="E194" t="s">
+        <v>2648</v>
+      </c>
+      <c r="F194" t="s">
+        <v>12</v>
+      </c>
+      <c r="G194" t="s">
+        <v>2649</v>
+      </c>
+      <c r="H194" t="s">
+        <v>2650</v>
+      </c>
+      <c r="I194" t="s">
+        <v>2651</v>
+      </c>
+      <c r="J194" t="s">
+        <v>1376</v>
+      </c>
+      <c r="K194" t="s">
+        <v>2652</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>715</v>
+      </c>
+      <c r="B195" t="s">
+        <v>2653</v>
+      </c>
+      <c r="C195" t="s">
+        <v>12</v>
+      </c>
+      <c r="D195" t="s">
+        <v>12</v>
+      </c>
+      <c r="E195" t="s">
+        <v>2654</v>
+      </c>
+      <c r="F195" t="s">
+        <v>12</v>
+      </c>
+      <c r="G195" t="s">
+        <v>2655</v>
+      </c>
+      <c r="H195" t="s">
+        <v>2656</v>
+      </c>
+      <c r="I195" t="s">
+        <v>2657</v>
+      </c>
+      <c r="J195" t="s">
+        <v>2658</v>
+      </c>
+      <c r="K195" t="s">
+        <v>2659</v>
+      </c>
+      <c r="L195" t="s">
+        <v>2660</v>
+      </c>
+      <c r="M195" t="s">
+        <v>2661</v>
+      </c>
+      <c r="N195" t="s">
+        <v>2662</v>
+      </c>
+      <c r="O195" t="s">
+        <v>2663</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>715</v>
+      </c>
+      <c r="B196" t="s">
+        <v>2664</v>
+      </c>
+      <c r="C196" t="s">
+        <v>12</v>
+      </c>
+      <c r="D196" t="s">
+        <v>12</v>
+      </c>
+      <c r="E196" t="s">
+        <v>2654</v>
+      </c>
+      <c r="F196" t="s">
+        <v>12</v>
+      </c>
+      <c r="G196" t="s">
+        <v>2665</v>
+      </c>
+      <c r="H196" t="s">
+        <v>2666</v>
+      </c>
+      <c r="I196" t="s">
+        <v>2667</v>
+      </c>
+      <c r="J196" t="s">
+        <v>1747</v>
+      </c>
+      <c r="K196" t="s">
+        <v>2668</v>
+      </c>
+      <c r="L196" t="s">
+        <v>2669</v>
+      </c>
+      <c r="M196" t="s">
+        <v>2670</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>715</v>
+      </c>
+      <c r="B197" t="s">
+        <v>2671</v>
+      </c>
+      <c r="C197" t="s">
+        <v>12</v>
+      </c>
+      <c r="D197" t="s">
+        <v>12</v>
+      </c>
+      <c r="E197" t="s">
+        <v>2672</v>
+      </c>
+      <c r="F197" t="s">
+        <v>12</v>
+      </c>
+      <c r="G197" t="s">
+        <v>2673</v>
+      </c>
+      <c r="H197" t="s">
+        <v>2674</v>
+      </c>
+      <c r="I197" t="s">
+        <v>2675</v>
+      </c>
+      <c r="J197" t="s">
+        <v>2676</v>
+      </c>
+      <c r="K197" t="s">
+        <v>2677</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>715</v>
+      </c>
+      <c r="B198" t="s">
+        <v>2678</v>
+      </c>
+      <c r="C198" t="s">
+        <v>12</v>
+      </c>
+      <c r="D198" t="s">
+        <v>12</v>
+      </c>
+      <c r="E198" t="s">
+        <v>2679</v>
+      </c>
+      <c r="F198" t="s">
+        <v>12</v>
+      </c>
+      <c r="G198" t="s">
+        <v>2680</v>
+      </c>
+      <c r="H198" t="s">
+        <v>2681</v>
+      </c>
+      <c r="I198" t="s">
+        <v>2297</v>
+      </c>
+      <c r="J198" t="s">
+        <v>2682</v>
+      </c>
+      <c r="K198" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>715</v>
+      </c>
+      <c r="B199" t="s">
+        <v>2684</v>
+      </c>
+      <c r="C199" t="s">
+        <v>12</v>
+      </c>
+      <c r="D199" t="s">
+        <v>12</v>
+      </c>
+      <c r="E199" t="s">
+        <v>2685</v>
+      </c>
+      <c r="F199" t="s">
+        <v>12</v>
+      </c>
+      <c r="G199" t="s">
+        <v>2686</v>
+      </c>
+      <c r="H199" t="s">
+        <v>2687</v>
+      </c>
+      <c r="I199" t="s">
+        <v>2688</v>
+      </c>
+      <c r="J199" t="s">
+        <v>2689</v>
+      </c>
+      <c r="K199" t="s">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>715</v>
+      </c>
+      <c r="B200" t="s">
+        <v>2691</v>
+      </c>
+      <c r="C200" t="s">
+        <v>12</v>
+      </c>
+      <c r="D200" t="s">
+        <v>12</v>
+      </c>
+      <c r="E200" t="s">
+        <v>2692</v>
+      </c>
+      <c r="F200" t="s">
+        <v>12</v>
+      </c>
+      <c r="G200" t="s">
+        <v>2693</v>
+      </c>
+      <c r="H200" t="s">
+        <v>2694</v>
+      </c>
+      <c r="I200" t="s">
+        <v>2695</v>
+      </c>
+      <c r="J200" t="s">
+        <v>2424</v>
+      </c>
+      <c r="K200" t="s">
+        <v>2696</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>715</v>
+      </c>
+      <c r="B201" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C201" t="s">
+        <v>12</v>
+      </c>
+      <c r="D201" t="s">
+        <v>12</v>
+      </c>
+      <c r="E201" t="s">
+        <v>2698</v>
+      </c>
+      <c r="F201" t="s">
+        <v>12</v>
+      </c>
+      <c r="G201" t="s">
+        <v>2699</v>
+      </c>
+      <c r="H201" t="s">
+        <v>2700</v>
+      </c>
+      <c r="I201" t="s">
+        <v>2297</v>
+      </c>
+      <c r="J201" t="s">
+        <v>2322</v>
+      </c>
+      <c r="K201" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>715</v>
+      </c>
+      <c r="B202" t="s">
+        <v>2702</v>
+      </c>
+      <c r="C202" t="s">
+        <v>12</v>
+      </c>
+      <c r="D202" t="s">
+        <v>12</v>
+      </c>
+      <c r="E202" t="s">
+        <v>564</v>
+      </c>
+      <c r="F202" t="s">
+        <v>12</v>
+      </c>
+      <c r="G202" t="s">
+        <v>2703</v>
+      </c>
+      <c r="H202" t="s">
+        <v>2704</v>
+      </c>
+      <c r="I202" t="s">
+        <v>2705</v>
+      </c>
+      <c r="J202" t="s">
+        <v>1153</v>
+      </c>
+      <c r="K202" t="s">
+        <v>2706</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>715</v>
+      </c>
+      <c r="B203" t="s">
+        <v>2707</v>
+      </c>
+      <c r="C203" t="s">
+        <v>12</v>
+      </c>
+      <c r="D203" t="s">
+        <v>12</v>
+      </c>
+      <c r="E203" t="s">
+        <v>2708</v>
+      </c>
+      <c r="F203" t="s">
+        <v>12</v>
+      </c>
+      <c r="G203" t="s">
+        <v>2709</v>
+      </c>
+      <c r="H203" t="s">
+        <v>2710</v>
+      </c>
+      <c r="I203" t="s">
+        <v>2711</v>
+      </c>
+      <c r="J203" t="s">
+        <v>2712</v>
+      </c>
+      <c r="K203" t="s">
+        <v>2713</v>
+      </c>
+      <c r="L203" t="s">
+        <v>2714</v>
+      </c>
+      <c r="M203" t="s">
+        <v>2715</v>
+      </c>
+      <c r="N203" t="s">
+        <v>2716</v>
+      </c>
+      <c r="O203" t="s">
+        <v>2717</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>715</v>
+      </c>
+      <c r="B204" t="s">
+        <v>2718</v>
+      </c>
+      <c r="C204" t="s">
+        <v>12</v>
+      </c>
+      <c r="D204" t="s">
+        <v>12</v>
+      </c>
+      <c r="E204" t="s">
+        <v>2719</v>
+      </c>
+      <c r="F204" t="s">
+        <v>12</v>
+      </c>
+      <c r="G204" t="s">
+        <v>2720</v>
+      </c>
+      <c r="H204" t="s">
+        <v>2721</v>
+      </c>
+      <c r="I204" t="s">
+        <v>2722</v>
+      </c>
+      <c r="J204" t="s">
+        <v>2514</v>
+      </c>
+      <c r="K204" t="s">
+        <v>2723</v>
+      </c>
+      <c r="L204" t="s">
+        <v>2724</v>
+      </c>
+      <c r="M204" t="s">
+        <v>2725</v>
+      </c>
+      <c r="N204" t="s">
+        <v>2726</v>
+      </c>
+      <c r="O204" t="s">
+        <v>2727</v>
+      </c>
+      <c r="P204" t="s">
+        <v>2728</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>715</v>
+      </c>
+      <c r="B205" t="s">
+        <v>2729</v>
+      </c>
+      <c r="C205" t="s">
+        <v>12</v>
+      </c>
+      <c r="D205" t="s">
+        <v>12</v>
+      </c>
+      <c r="E205" t="s">
+        <v>2730</v>
+      </c>
+      <c r="F205" t="s">
+        <v>12</v>
+      </c>
+      <c r="G205" t="s">
+        <v>2731</v>
+      </c>
+      <c r="H205" t="s">
+        <v>2732</v>
+      </c>
+      <c r="I205" t="s">
+        <v>2733</v>
+      </c>
+      <c r="J205" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K205" t="s">
+        <v>2734</v>
+      </c>
+      <c r="L205" t="s">
+        <v>2735</v>
+      </c>
+      <c r="M205" t="s">
+        <v>2736</v>
+      </c>
+      <c r="N205" t="s">
+        <v>2737</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>715</v>
+      </c>
+      <c r="B206" t="s">
+        <v>2738</v>
+      </c>
+      <c r="C206" t="s">
+        <v>12</v>
+      </c>
+      <c r="D206" t="s">
+        <v>12</v>
+      </c>
+      <c r="E206" t="s">
+        <v>2739</v>
+      </c>
+      <c r="F206" t="s">
+        <v>12</v>
+      </c>
+      <c r="G206" t="s">
+        <v>2740</v>
+      </c>
+      <c r="H206" t="s">
+        <v>2741</v>
+      </c>
+      <c r="I206" t="s">
+        <v>2742</v>
+      </c>
+      <c r="J206" t="s">
+        <v>1178</v>
+      </c>
+      <c r="K206" t="s">
+        <v>2743</v>
+      </c>
+      <c r="L206" t="s">
+        <v>2744</v>
+      </c>
+      <c r="M206" t="s">
+        <v>2745</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>715</v>
+      </c>
+      <c r="B207" t="s">
+        <v>2746</v>
+      </c>
+      <c r="C207" t="s">
+        <v>12</v>
+      </c>
+      <c r="D207" t="s">
+        <v>12</v>
+      </c>
+      <c r="E207" t="s">
+        <v>2747</v>
+      </c>
+      <c r="F207" t="s">
+        <v>12</v>
+      </c>
+      <c r="G207" t="s">
+        <v>2748</v>
+      </c>
+      <c r="H207" t="s">
+        <v>2749</v>
+      </c>
+      <c r="I207" t="s">
+        <v>1168</v>
+      </c>
+      <c r="J207" t="s">
+        <v>1920</v>
+      </c>
+      <c r="K207" t="s">
+        <v>2750</v>
+      </c>
+      <c r="L207" t="s">
+        <v>2751</v>
+      </c>
+      <c r="M207" t="s">
+        <v>2752</v>
+      </c>
+      <c r="N207" t="s">
+        <v>2753</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>715</v>
+      </c>
+      <c r="B208" t="s">
+        <v>2754</v>
+      </c>
+      <c r="C208" t="s">
+        <v>12</v>
+      </c>
+      <c r="D208" t="s">
+        <v>12</v>
+      </c>
+      <c r="E208" t="s">
+        <v>2755</v>
+      </c>
+      <c r="F208" t="s">
+        <v>12</v>
+      </c>
+      <c r="G208" t="s">
+        <v>2756</v>
+      </c>
+      <c r="H208" t="s">
+        <v>2757</v>
+      </c>
+      <c r="I208" t="s">
+        <v>2758</v>
+      </c>
+      <c r="J208" t="s">
+        <v>2759</v>
+      </c>
+      <c r="K208" t="s">
+        <v>2760</v>
+      </c>
+      <c r="L208" t="s">
+        <v>2761</v>
+      </c>
+      <c r="M208" t="s">
+        <v>2762</v>
+      </c>
+      <c r="N208" t="s">
+        <v>2763</v>
+      </c>
+      <c r="O208" t="s">
+        <v>2764</v>
+      </c>
+      <c r="P208" t="s">
+        <v>2765</v>
+      </c>
+      <c r="Q208" t="s">
+        <v>2766</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>715</v>
+      </c>
+      <c r="B209" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C209" t="s">
+        <v>12</v>
+      </c>
+      <c r="D209" t="s">
+        <v>12</v>
+      </c>
+      <c r="E209" t="s">
+        <v>2768</v>
+      </c>
+      <c r="F209" t="s">
+        <v>12</v>
+      </c>
+      <c r="G209" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H209" t="s">
+        <v>2770</v>
+      </c>
+      <c r="I209" t="s">
+        <v>2771</v>
+      </c>
+      <c r="J209" t="s">
+        <v>1153</v>
+      </c>
+      <c r="K209" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>715</v>
+      </c>
+      <c r="B210" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C210" t="s">
+        <v>12</v>
+      </c>
+      <c r="D210" t="s">
+        <v>12</v>
+      </c>
+      <c r="E210" t="s">
+        <v>2755</v>
+      </c>
+      <c r="F210" t="s">
+        <v>12</v>
+      </c>
+      <c r="G210" t="s">
+        <v>2774</v>
+      </c>
+      <c r="H210" t="s">
+        <v>2775</v>
+      </c>
+      <c r="I210" t="s">
+        <v>2776</v>
+      </c>
+      <c r="J210" t="s">
+        <v>2777</v>
+      </c>
+      <c r="K210" t="s">
+        <v>2778</v>
+      </c>
+      <c r="L210" t="s">
+        <v>2779</v>
+      </c>
+      <c r="M210" t="s">
+        <v>2780</v>
+      </c>
+      <c r="N210" t="s">
+        <v>2781</v>
+      </c>
+      <c r="O210" t="s">
+        <v>2782</v>
+      </c>
+      <c r="P210" t="s">
+        <v>2783</v>
+      </c>
+      <c r="Q210" t="s">
+        <v>2784</v>
+      </c>
+      <c r="R210" t="s">
+        <v>2785</v>
+      </c>
+      <c r="S210" t="s">
+        <v>2786</v>
+      </c>
+      <c r="T210" t="s">
+        <v>2787</v>
+      </c>
+      <c r="U210" t="s">
+        <v>2788</v>
+      </c>
+      <c r="V210" t="s">
+        <v>2789</v>
+      </c>
+      <c r="W210" t="s">
+        <v>2790</v>
+      </c>
+      <c r="X210" t="s">
+        <v>2791</v>
+      </c>
+      <c r="Y210" t="s">
+        <v>2792</v>
+      </c>
+      <c r="Z210" t="s">
+        <v>2793</v>
+      </c>
+      <c r="AA210" t="s">
+        <v>2794</v>
+      </c>
+      <c r="AB210" t="s">
+        <v>2795</v>
+      </c>
+      <c r="AC210" t="s">
+        <v>2796</v>
+      </c>
+      <c r="AD210" t="s">
+        <v>2797</v>
+      </c>
+      <c r="AE210" t="s">
+        <v>2798</v>
+      </c>
+      <c r="AF210" t="s">
+        <v>2799</v>
+      </c>
+      <c r="AG210" t="s">
+        <v>2800</v>
+      </c>
+      <c r="AH210" t="s">
+        <v>2801</v>
+      </c>
+      <c r="AI210" t="s">
+        <v>2802</v>
+      </c>
+      <c r="AJ210" t="s">
+        <v>2803</v>
+      </c>
+      <c r="AK210" t="s">
+        <v>2804</v>
+      </c>
+      <c r="AL210" t="s">
+        <v>2805</v>
+      </c>
+      <c r="AM210" t="s">
+        <v>2806</v>
+      </c>
+      <c r="AN210" t="s">
+        <v>2807</v>
+      </c>
+      <c r="AO210" t="s">
+        <v>2808</v>
+      </c>
+      <c r="AP210" t="s">
+        <v>2809</v>
+      </c>
+      <c r="AQ210" t="s">
+        <v>2810</v>
+      </c>
+      <c r="AR210" t="s">
+        <v>2811</v>
+      </c>
+      <c r="AS210" t="s">
+        <v>2812</v>
+      </c>
+      <c r="AT210" t="s">
+        <v>2813</v>
+      </c>
+      <c r="AU210" t="s">
+        <v>2814</v>
+      </c>
+      <c r="AV210" t="s">
+        <v>2815</v>
+      </c>
+      <c r="AW210" t="s">
+        <v>2816</v>
+      </c>
+      <c r="AX210" t="s">
+        <v>2817</v>
+      </c>
+      <c r="AY210" t="s">
+        <v>2818</v>
+      </c>
+      <c r="AZ210" t="s">
+        <v>2819</v>
+      </c>
+      <c r="BA210" t="s">
+        <v>2820</v>
+      </c>
+      <c r="BB210" t="s">
+        <v>2821</v>
+      </c>
+      <c r="BC210" t="s">
+        <v>2822</v>
+      </c>
+      <c r="BD210" t="s">
+        <v>2823</v>
+      </c>
+      <c r="BE210" t="s">
+        <v>2824</v>
+      </c>
+      <c r="BF210" t="s">
+        <v>2825</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>715</v>
+      </c>
+      <c r="B211" t="s">
+        <v>2826</v>
+      </c>
+      <c r="C211" t="s">
+        <v>12</v>
+      </c>
+      <c r="D211" t="s">
+        <v>12</v>
+      </c>
+      <c r="E211" t="s">
+        <v>2827</v>
+      </c>
+      <c r="F211" t="s">
+        <v>12</v>
+      </c>
+      <c r="G211" t="s">
+        <v>2828</v>
+      </c>
+      <c r="H211" t="s">
+        <v>2829</v>
+      </c>
+      <c r="I211" t="s">
+        <v>2404</v>
+      </c>
+      <c r="J211" t="s">
+        <v>2124</v>
+      </c>
+      <c r="K211" t="s">
+        <v>2830</v>
+      </c>
+      <c r="L211" t="s">
+        <v>2831</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>715</v>
+      </c>
+      <c r="B212" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C212" t="s">
+        <v>12</v>
+      </c>
+      <c r="D212" t="s">
+        <v>12</v>
+      </c>
+      <c r="E212" t="s">
+        <v>2833</v>
+      </c>
+      <c r="F212" t="s">
+        <v>12</v>
+      </c>
+      <c r="G212" t="s">
+        <v>2834</v>
+      </c>
+      <c r="H212" t="s">
+        <v>2835</v>
+      </c>
+      <c r="I212" t="s">
+        <v>2836</v>
+      </c>
+      <c r="J212" t="s">
+        <v>1920</v>
+      </c>
+      <c r="K212" t="s">
+        <v>2837</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>715</v>
+      </c>
+      <c r="B213" t="s">
+        <v>2838</v>
+      </c>
+      <c r="C213" t="s">
+        <v>12</v>
+      </c>
+      <c r="D213" t="s">
+        <v>12</v>
+      </c>
+      <c r="E213" t="s">
+        <v>2833</v>
+      </c>
+      <c r="F213" t="s">
+        <v>12</v>
+      </c>
+      <c r="G213" t="s">
+        <v>2839</v>
+      </c>
+      <c r="H213" t="s">
+        <v>2840</v>
+      </c>
+      <c r="I213" t="s">
+        <v>2841</v>
+      </c>
+      <c r="J213" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K213" t="s">
+        <v>2842</v>
+      </c>
+      <c r="L213" t="s">
+        <v>2843</v>
+      </c>
+      <c r="M213" t="s">
+        <v>2844</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>715</v>
+      </c>
+      <c r="B214" t="s">
+        <v>2845</v>
+      </c>
+      <c r="C214" t="s">
+        <v>12</v>
+      </c>
+      <c r="D214" t="s">
+        <v>12</v>
+      </c>
+      <c r="E214" t="s">
+        <v>2846</v>
+      </c>
+      <c r="F214" t="s">
+        <v>12</v>
+      </c>
+      <c r="G214" t="s">
+        <v>2847</v>
+      </c>
+      <c r="H214" t="s">
+        <v>2848</v>
+      </c>
+      <c r="I214" t="s">
+        <v>2849</v>
+      </c>
+      <c r="J214" t="s">
+        <v>2316</v>
+      </c>
+      <c r="K214" t="s">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>715</v>
+      </c>
+      <c r="B215" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C215" t="s">
+        <v>12</v>
+      </c>
+      <c r="D215" t="s">
+        <v>12</v>
+      </c>
+      <c r="E215" t="s">
+        <v>2846</v>
+      </c>
+      <c r="F215" t="s">
+        <v>12</v>
+      </c>
+      <c r="G215" t="s">
+        <v>2852</v>
+      </c>
+      <c r="H215" t="s">
+        <v>2853</v>
+      </c>
+      <c r="I215" t="s">
+        <v>2854</v>
+      </c>
+      <c r="J215" t="s">
+        <v>1153</v>
+      </c>
+      <c r="K215" t="s">
+        <v>2855</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>715</v>
+      </c>
+      <c r="B216" t="s">
+        <v>2856</v>
+      </c>
+      <c r="C216" t="s">
+        <v>12</v>
+      </c>
+      <c r="D216" t="s">
+        <v>12</v>
+      </c>
+      <c r="E216" t="s">
+        <v>2857</v>
+      </c>
+      <c r="F216" t="s">
+        <v>12</v>
+      </c>
+      <c r="G216" t="s">
+        <v>2858</v>
+      </c>
+      <c r="H216" t="s">
+        <v>2859</v>
+      </c>
+      <c r="I216" t="s">
+        <v>2860</v>
+      </c>
+      <c r="J216" t="s">
+        <v>1153</v>
+      </c>
+      <c r="K216" t="s">
+        <v>2861</v>
+      </c>
+      <c r="L216" t="s">
+        <v>2862</v>
+      </c>
+      <c r="M216" t="s">
+        <v>2863</v>
+      </c>
+      <c r="N216" t="s">
+        <v>2864</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>715</v>
+      </c>
+      <c r="B217" t="s">
+        <v>2865</v>
+      </c>
+      <c r="C217" t="s">
+        <v>12</v>
+      </c>
+      <c r="D217" t="s">
+        <v>12</v>
+      </c>
+      <c r="E217" t="s">
+        <v>2866</v>
+      </c>
+      <c r="F217" t="s">
+        <v>12</v>
+      </c>
+      <c r="G217" t="s">
+        <v>2867</v>
+      </c>
+      <c r="H217" t="s">
+        <v>2868</v>
+      </c>
+      <c r="I217" t="s">
+        <v>2869</v>
+      </c>
+      <c r="J217" t="s">
+        <v>943</v>
+      </c>
+      <c r="K217" t="s">
+        <v>2870</v>
+      </c>
+      <c r="L217" t="s">
+        <v>2871</v>
+      </c>
+      <c r="M217" t="s">
+        <v>2872</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>715</v>
+      </c>
+      <c r="B218" t="s">
+        <v>2873</v>
+      </c>
+      <c r="C218" t="s">
+        <v>12</v>
+      </c>
+      <c r="D218" t="s">
+        <v>12</v>
+      </c>
+      <c r="E218" t="s">
+        <v>2874</v>
+      </c>
+      <c r="F218" t="s">
+        <v>12</v>
+      </c>
+      <c r="G218" t="s">
+        <v>2875</v>
+      </c>
+      <c r="H218" t="s">
+        <v>2876</v>
+      </c>
+      <c r="I218" t="s">
+        <v>2877</v>
+      </c>
+      <c r="J218" t="s">
+        <v>1510</v>
+      </c>
+      <c r="K218" t="s">
+        <v>2878</v>
+      </c>
+      <c r="L218" t="s">
+        <v>2879</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>715</v>
+      </c>
+      <c r="B219" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C219" t="s">
+        <v>12</v>
+      </c>
+      <c r="D219" t="s">
+        <v>12</v>
+      </c>
+      <c r="E219" t="s">
+        <v>2881</v>
+      </c>
+      <c r="F219" t="s">
+        <v>12</v>
+      </c>
+      <c r="G219" t="s">
+        <v>2882</v>
+      </c>
+      <c r="H219" t="s">
+        <v>2883</v>
+      </c>
+      <c r="I219" t="s">
+        <v>2884</v>
+      </c>
+      <c r="J219" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K219" t="s">
+        <v>2885</v>
+      </c>
+      <c r="L219" t="s">
+        <v>2886</v>
+      </c>
+      <c r="M219" t="s">
+        <v>2887</v>
+      </c>
+      <c r="N219" t="s">
+        <v>2888</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>715</v>
+      </c>
+      <c r="B220" t="s">
+        <v>2889</v>
+      </c>
+      <c r="C220" t="s">
+        <v>12</v>
+      </c>
+      <c r="D220" t="s">
+        <v>12</v>
+      </c>
+      <c r="E220" t="s">
+        <v>2890</v>
+      </c>
+      <c r="F220" t="s">
+        <v>12</v>
+      </c>
+      <c r="G220" t="s">
+        <v>2891</v>
+      </c>
+      <c r="H220" t="s">
+        <v>2892</v>
+      </c>
+      <c r="I220" t="s">
+        <v>2893</v>
+      </c>
+      <c r="J220" t="s">
+        <v>2894</v>
+      </c>
+      <c r="K220" t="s">
+        <v>2895</v>
+      </c>
+      <c r="L220" t="s">
+        <v>2896</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>715</v>
+      </c>
+      <c r="B221" t="s">
+        <v>2897</v>
+      </c>
+      <c r="C221" t="s">
+        <v>12</v>
+      </c>
+      <c r="D221" t="s">
+        <v>12</v>
+      </c>
+      <c r="E221" t="s">
+        <v>2898</v>
+      </c>
+      <c r="F221" t="s">
+        <v>12</v>
+      </c>
+      <c r="G221" t="s">
+        <v>2899</v>
+      </c>
+      <c r="H221" t="s">
+        <v>2900</v>
+      </c>
+      <c r="I221" t="s">
+        <v>2901</v>
+      </c>
+      <c r="J221" t="s">
+        <v>2902</v>
+      </c>
+      <c r="K221" t="s">
+        <v>2903</v>
+      </c>
+      <c r="L221" t="s">
+        <v>2904</v>
+      </c>
+      <c r="M221" t="s">
+        <v>2905</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>715</v>
+      </c>
+      <c r="B222" t="s">
+        <v>2906</v>
+      </c>
+      <c r="C222" t="s">
+        <v>12</v>
+      </c>
+      <c r="D222" t="s">
+        <v>12</v>
+      </c>
+      <c r="E222" t="s">
+        <v>2907</v>
+      </c>
+      <c r="F222" t="s">
+        <v>12</v>
+      </c>
+      <c r="G222" t="s">
+        <v>2908</v>
+      </c>
+      <c r="H222" t="s">
+        <v>2909</v>
+      </c>
+      <c r="I222" t="s">
+        <v>2910</v>
+      </c>
+      <c r="J222" t="s">
+        <v>2584</v>
+      </c>
+      <c r="K222" t="s">
+        <v>2911</v>
+      </c>
+      <c r="L222" t="s">
+        <v>2912</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>715</v>
+      </c>
+      <c r="B223" t="s">
+        <v>2913</v>
+      </c>
+      <c r="C223" t="s">
+        <v>12</v>
+      </c>
+      <c r="D223" t="s">
+        <v>12</v>
+      </c>
+      <c r="E223" t="s">
+        <v>2907</v>
+      </c>
+      <c r="F223" t="s">
+        <v>12</v>
+      </c>
+      <c r="G223" t="s">
+        <v>2914</v>
+      </c>
+      <c r="H223" t="s">
+        <v>2915</v>
+      </c>
+      <c r="I223" t="s">
+        <v>2916</v>
+      </c>
+      <c r="J223" t="s">
+        <v>1418</v>
+      </c>
+      <c r="K223" t="s">
+        <v>2917</v>
+      </c>
+      <c r="L223" t="s">
+        <v>2918</v>
+      </c>
+      <c r="M223" t="s">
+        <v>2919</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>715</v>
+      </c>
+      <c r="B224" t="s">
+        <v>2920</v>
+      </c>
+      <c r="C224" t="s">
+        <v>12</v>
+      </c>
+      <c r="D224" t="s">
+        <v>12</v>
+      </c>
+      <c r="E224" t="s">
+        <v>2921</v>
+      </c>
+      <c r="F224" t="s">
+        <v>12</v>
+      </c>
+      <c r="G224" t="s">
+        <v>2922</v>
+      </c>
+      <c r="H224" t="s">
+        <v>2923</v>
+      </c>
+      <c r="I224" t="s">
+        <v>2924</v>
+      </c>
+      <c r="J224" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K224" t="s">
+        <v>2925</v>
+      </c>
+      <c r="L224" t="s">
+        <v>2926</v>
+      </c>
+      <c r="M224" t="s">
+        <v>2927</v>
+      </c>
+      <c r="N224" t="s">
+        <v>2928</v>
+      </c>
+      <c r="O224" t="s">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>715</v>
+      </c>
+      <c r="B225" t="s">
+        <v>2930</v>
+      </c>
+      <c r="C225" t="s">
+        <v>12</v>
+      </c>
+      <c r="D225" t="s">
+        <v>12</v>
+      </c>
+      <c r="E225" t="s">
+        <v>2931</v>
+      </c>
+      <c r="F225" t="s">
+        <v>12</v>
+      </c>
+      <c r="G225" t="s">
+        <v>2932</v>
+      </c>
+      <c r="H225" t="s">
+        <v>2933</v>
+      </c>
+      <c r="I225" t="s">
+        <v>2934</v>
+      </c>
+      <c r="J225" t="s">
+        <v>721</v>
+      </c>
+      <c r="K225" t="s">
+        <v>2935</v>
+      </c>
+      <c r="L225" t="s">
+        <v>2936</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>715</v>
+      </c>
+      <c r="B226" t="s">
+        <v>2937</v>
+      </c>
+      <c r="C226" t="s">
+        <v>12</v>
+      </c>
+      <c r="D226" t="s">
+        <v>12</v>
+      </c>
+      <c r="E226" t="s">
+        <v>2938</v>
+      </c>
+      <c r="F226" t="s">
+        <v>12</v>
+      </c>
+      <c r="G226" t="s">
+        <v>2939</v>
+      </c>
+      <c r="H226" t="s">
+        <v>2940</v>
+      </c>
+      <c r="I226" t="s">
+        <v>2941</v>
+      </c>
+      <c r="J226" t="s">
+        <v>1178</v>
+      </c>
+      <c r="K226" t="s">
+        <v>2942</v>
+      </c>
+      <c r="L226" t="s">
+        <v>2943</v>
+      </c>
+      <c r="M226" t="s">
+        <v>2944</v>
+      </c>
+      <c r="N226" t="s">
+        <v>2945</v>
+      </c>
+      <c r="O226" t="s">
+        <v>2946</v>
+      </c>
+      <c r="P226" t="s">
+        <v>2947</v>
+      </c>
+      <c r="Q226" t="s">
+        <v>2948</v>
+      </c>
+      <c r="R226" t="s">
+        <v>2949</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>715</v>
+      </c>
+      <c r="B227" t="s">
+        <v>2950</v>
+      </c>
+      <c r="C227" t="s">
+        <v>12</v>
+      </c>
+      <c r="D227" t="s">
+        <v>12</v>
+      </c>
+      <c r="E227" t="s">
+        <v>2951</v>
+      </c>
+      <c r="F227" t="s">
+        <v>12</v>
+      </c>
+      <c r="G227" t="s">
+        <v>2952</v>
+      </c>
+      <c r="H227" t="s">
+        <v>2953</v>
+      </c>
+      <c r="I227" t="s">
+        <v>2954</v>
+      </c>
+      <c r="J227" t="s">
+        <v>2955</v>
+      </c>
+      <c r="K227" t="s">
+        <v>2956</v>
+      </c>
+      <c r="L227" t="s">
+        <v>2957</v>
+      </c>
+      <c r="M227" t="s">
+        <v>2958</v>
+      </c>
+      <c r="N227" t="s">
+        <v>2959</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>715</v>
+      </c>
+      <c r="B228" t="s">
+        <v>2960</v>
+      </c>
+      <c r="C228" t="s">
+        <v>12</v>
+      </c>
+      <c r="D228" t="s">
+        <v>12</v>
+      </c>
+      <c r="E228" t="s">
+        <v>2961</v>
+      </c>
+      <c r="F228" t="s">
+        <v>12</v>
+      </c>
+      <c r="G228" t="s">
+        <v>2962</v>
+      </c>
+      <c r="H228" t="s">
+        <v>2963</v>
+      </c>
+      <c r="I228" t="s">
+        <v>2964</v>
+      </c>
+      <c r="J228" t="s">
+        <v>721</v>
+      </c>
+      <c r="K228" t="s">
+        <v>2965</v>
+      </c>
+      <c r="L228" t="s">
+        <v>2966</v>
+      </c>
+      <c r="M228" t="s">
+        <v>2967</v>
+      </c>
+      <c r="N228" t="s">
+        <v>2968</v>
+      </c>
+      <c r="O228" t="s">
+        <v>2969</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>715</v>
+      </c>
+      <c r="B229" t="s">
+        <v>2970</v>
+      </c>
+      <c r="C229" t="s">
+        <v>12</v>
+      </c>
+      <c r="D229" t="s">
+        <v>12</v>
+      </c>
+      <c r="E229" t="s">
+        <v>2971</v>
+      </c>
+      <c r="F229" t="s">
+        <v>12</v>
+      </c>
+      <c r="G229" t="s">
+        <v>2972</v>
+      </c>
+      <c r="H229" t="s">
+        <v>2973</v>
+      </c>
+      <c r="I229" t="s">
+        <v>2974</v>
+      </c>
+      <c r="J229" t="s">
+        <v>1383</v>
+      </c>
+      <c r="K229" t="s">
+        <v>2975</v>
+      </c>
+      <c r="L229" t="s">
+        <v>2976</v>
+      </c>
+      <c r="M229" t="s">
+        <v>2977</v>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" t="s">
+        <v>715</v>
+      </c>
+      <c r="B230" t="s">
+        <v>2978</v>
+      </c>
+      <c r="C230" t="s">
+        <v>12</v>
+      </c>
+      <c r="D230" t="s">
+        <v>12</v>
+      </c>
+      <c r="E230" t="s">
+        <v>2979</v>
+      </c>
+      <c r="F230" t="s">
+        <v>12</v>
+      </c>
+      <c r="G230" t="s">
+        <v>2980</v>
+      </c>
+      <c r="H230" t="s">
+        <v>2981</v>
+      </c>
+      <c r="I230" t="s">
+        <v>2982</v>
+      </c>
+      <c r="J230" t="s">
+        <v>751</v>
+      </c>
+      <c r="K230" t="s">
+        <v>2983</v>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" t="s">
+        <v>715</v>
+      </c>
+      <c r="B231" t="s">
+        <v>2984</v>
+      </c>
+      <c r="C231" t="s">
+        <v>12</v>
+      </c>
+      <c r="D231" t="s">
+        <v>12</v>
+      </c>
+      <c r="E231" t="s">
+        <v>2985</v>
+      </c>
+      <c r="F231" t="s">
+        <v>12</v>
+      </c>
+      <c r="G231" t="s">
+        <v>2986</v>
+      </c>
+      <c r="H231" t="s">
+        <v>2987</v>
+      </c>
+      <c r="I231" t="s">
+        <v>2367</v>
+      </c>
+      <c r="J231" t="s">
+        <v>1153</v>
+      </c>
+      <c r="K231" t="s">
+        <v>2988</v>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" t="s">
+        <v>715</v>
+      </c>
+      <c r="B232" t="s">
+        <v>2989</v>
+      </c>
+      <c r="C232" t="s">
+        <v>12</v>
+      </c>
+      <c r="D232" t="s">
+        <v>12</v>
+      </c>
+      <c r="E232" t="s">
+        <v>2990</v>
+      </c>
+      <c r="F232" t="s">
+        <v>12</v>
+      </c>
+      <c r="G232" t="s">
+        <v>2991</v>
+      </c>
+      <c r="H232" t="s">
+        <v>2992</v>
+      </c>
+      <c r="I232" t="s">
+        <v>2993</v>
+      </c>
+      <c r="J232" t="s">
+        <v>1553</v>
+      </c>
+      <c r="K232" t="s">
+        <v>2994</v>
+      </c>
+      <c r="L232" t="s">
+        <v>2995</v>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" t="s">
+        <v>715</v>
+      </c>
+      <c r="B233" t="s">
+        <v>2996</v>
+      </c>
+      <c r="C233" t="s">
+        <v>12</v>
+      </c>
+      <c r="D233" t="s">
+        <v>12</v>
+      </c>
+      <c r="E233" t="s">
+        <v>2997</v>
+      </c>
+      <c r="F233" t="s">
+        <v>12</v>
+      </c>
+      <c r="G233" t="s">
+        <v>2998</v>
+      </c>
+      <c r="H233" t="s">
+        <v>2999</v>
+      </c>
+      <c r="I233" t="s">
+        <v>3000</v>
+      </c>
+      <c r="J233" t="s">
+        <v>3001</v>
+      </c>
+      <c r="K233" t="s">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" t="s">
+        <v>715</v>
+      </c>
+      <c r="B234" t="s">
+        <v>3003</v>
+      </c>
+      <c r="C234" t="s">
+        <v>12</v>
+      </c>
+      <c r="D234" t="s">
+        <v>12</v>
+      </c>
+      <c r="E234" t="s">
+        <v>3004</v>
+      </c>
+      <c r="F234" t="s">
+        <v>12</v>
+      </c>
+      <c r="G234" t="s">
+        <v>3005</v>
+      </c>
+      <c r="H234" t="s">
+        <v>3006</v>
+      </c>
+      <c r="I234" t="s">
+        <v>3007</v>
+      </c>
+      <c r="J234" t="s">
+        <v>1950</v>
+      </c>
+      <c r="K234" t="s">
+        <v>3008</v>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" t="s">
+        <v>715</v>
+      </c>
+      <c r="B235" t="s">
+        <v>3009</v>
+      </c>
+      <c r="C235" t="s">
+        <v>12</v>
+      </c>
+      <c r="D235" t="s">
+        <v>12</v>
+      </c>
+      <c r="E235" t="s">
+        <v>3010</v>
+      </c>
+      <c r="F235" t="s">
+        <v>12</v>
+      </c>
+      <c r="G235" t="s">
+        <v>3011</v>
+      </c>
+      <c r="H235" t="s">
+        <v>3012</v>
+      </c>
+      <c r="I235" t="s">
+        <v>1797</v>
+      </c>
+      <c r="J235" t="s">
+        <v>2316</v>
+      </c>
+      <c r="K235" t="s">
+        <v>3013</v>
+      </c>
+      <c r="L235" t="s">
+        <v>3014</v>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" t="s">
+        <v>715</v>
+      </c>
+      <c r="B236" t="s">
+        <v>3015</v>
+      </c>
+      <c r="C236" t="s">
+        <v>12</v>
+      </c>
+      <c r="D236" t="s">
+        <v>12</v>
+      </c>
+      <c r="E236" t="s">
+        <v>3016</v>
+      </c>
+      <c r="F236" t="s">
+        <v>12</v>
+      </c>
+      <c r="G236" t="s">
+        <v>3017</v>
+      </c>
+      <c r="H236" t="s">
+        <v>3018</v>
+      </c>
+      <c r="I236" t="s">
+        <v>3019</v>
+      </c>
+      <c r="J236" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K236" t="s">
+        <v>3020</v>
+      </c>
+      <c r="L236" t="s">
+        <v>3021</v>
+      </c>
+      <c r="M236" t="s">
+        <v>3022</v>
+      </c>
+      <c r="N236" t="s">
+        <v>3023</v>
+      </c>
+      <c r="O236" t="s">
+        <v>3024</v>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" t="s">
+        <v>715</v>
+      </c>
+      <c r="B237" t="s">
+        <v>3025</v>
+      </c>
+      <c r="C237" t="s">
+        <v>12</v>
+      </c>
+      <c r="D237" t="s">
+        <v>12</v>
+      </c>
+      <c r="E237" t="s">
+        <v>3026</v>
+      </c>
+      <c r="F237" t="s">
+        <v>12</v>
+      </c>
+      <c r="G237" t="s">
+        <v>3027</v>
+      </c>
+      <c r="H237" t="s">
+        <v>3028</v>
+      </c>
+      <c r="I237" t="s">
+        <v>2279</v>
+      </c>
+      <c r="J237" t="s">
+        <v>2235</v>
+      </c>
+      <c r="K237" t="s">
+        <v>3029</v>
+      </c>
+      <c r="L237" t="s">
+        <v>3030</v>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" t="s">
+        <v>715</v>
+      </c>
+      <c r="B238" t="s">
+        <v>3031</v>
+      </c>
+      <c r="C238" t="s">
+        <v>12</v>
+      </c>
+      <c r="D238" t="s">
+        <v>12</v>
+      </c>
+      <c r="E238" t="s">
+        <v>3032</v>
+      </c>
+      <c r="F238" t="s">
+        <v>12</v>
+      </c>
+      <c r="G238" t="s">
+        <v>3033</v>
+      </c>
+      <c r="H238" t="s">
+        <v>3034</v>
+      </c>
+      <c r="I238" t="s">
+        <v>3035</v>
+      </c>
+      <c r="J238" t="s">
+        <v>1202</v>
+      </c>
+      <c r="K238" t="s">
+        <v>3036</v>
+      </c>
+      <c r="L238" t="s">
+        <v>3037</v>
+      </c>
+      <c r="M238" t="s">
+        <v>3038</v>
+      </c>
+      <c r="N238" t="s">
+        <v>3039</v>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" t="s">
+        <v>715</v>
+      </c>
+      <c r="B239" t="s">
+        <v>3040</v>
+      </c>
+      <c r="C239" t="s">
+        <v>12</v>
+      </c>
+      <c r="D239" t="s">
+        <v>12</v>
+      </c>
+      <c r="E239" t="s">
+        <v>3041</v>
+      </c>
+      <c r="F239" t="s">
+        <v>12</v>
+      </c>
+      <c r="G239" t="s">
+        <v>3042</v>
+      </c>
+      <c r="H239" t="s">
+        <v>3043</v>
+      </c>
+      <c r="I239" t="s">
+        <v>3044</v>
+      </c>
+      <c r="J239" t="s">
+        <v>1223</v>
+      </c>
+      <c r="K239" t="s">
+        <v>3045</v>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" t="s">
+        <v>715</v>
+      </c>
+      <c r="B240" t="s">
+        <v>3046</v>
+      </c>
+      <c r="C240" t="s">
+        <v>12</v>
+      </c>
+      <c r="D240" t="s">
+        <v>12</v>
+      </c>
+      <c r="E240" t="s">
+        <v>3047</v>
+      </c>
+      <c r="F240" t="s">
+        <v>12</v>
+      </c>
+      <c r="G240" t="s">
+        <v>3048</v>
+      </c>
+      <c r="H240" t="s">
+        <v>3049</v>
+      </c>
+      <c r="I240" t="s">
+        <v>2722</v>
+      </c>
+      <c r="J240" t="s">
+        <v>1178</v>
+      </c>
+      <c r="K240" t="s">
+        <v>3050</v>
+      </c>
+      <c r="L240" t="s">
+        <v>3051</v>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" t="s">
+        <v>715</v>
+      </c>
+      <c r="B241" t="s">
+        <v>3052</v>
+      </c>
+      <c r="C241" t="s">
+        <v>12</v>
+      </c>
+      <c r="D241" t="s">
+        <v>12</v>
+      </c>
+      <c r="E241" t="s">
+        <v>3053</v>
+      </c>
+      <c r="F241" t="s">
+        <v>12</v>
+      </c>
+      <c r="G241" t="s">
+        <v>3054</v>
+      </c>
+      <c r="H241" t="s">
+        <v>3055</v>
+      </c>
+      <c r="I241" t="s">
+        <v>3056</v>
+      </c>
+      <c r="J241" t="s">
+        <v>2607</v>
+      </c>
+      <c r="K241" t="s">
+        <v>3057</v>
+      </c>
+      <c r="L241" t="s">
+        <v>3058</v>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" t="s">
+        <v>715</v>
+      </c>
+      <c r="B242" t="s">
+        <v>3059</v>
+      </c>
+      <c r="C242" t="s">
+        <v>12</v>
+      </c>
+      <c r="D242" t="s">
+        <v>12</v>
+      </c>
+      <c r="E242" t="s">
+        <v>3060</v>
+      </c>
+      <c r="F242" t="s">
+        <v>12</v>
+      </c>
+      <c r="G242" t="s">
+        <v>3061</v>
+      </c>
+      <c r="H242" t="s">
+        <v>3062</v>
+      </c>
+      <c r="I242" t="s">
+        <v>3063</v>
+      </c>
+      <c r="J242" t="s">
+        <v>3064</v>
+      </c>
+      <c r="K242" t="s">
+        <v>3065</v>
+      </c>
+      <c r="L242" t="s">
+        <v>3066</v>
+      </c>
+      <c r="M242" t="s">
+        <v>3067</v>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" t="s">
+        <v>715</v>
+      </c>
+      <c r="B243" t="s">
+        <v>3068</v>
+      </c>
+      <c r="C243" t="s">
+        <v>12</v>
+      </c>
+      <c r="D243" t="s">
+        <v>12</v>
+      </c>
+      <c r="E243" t="s">
+        <v>3069</v>
+      </c>
+      <c r="F243" t="s">
+        <v>12</v>
+      </c>
+      <c r="G243" t="s">
+        <v>3070</v>
+      </c>
+      <c r="H243" t="s">
+        <v>3071</v>
+      </c>
+      <c r="I243" t="s">
+        <v>2440</v>
+      </c>
+      <c r="J243" t="s">
+        <v>2584</v>
+      </c>
+      <c r="K243" t="s">
+        <v>3072</v>
+      </c>
+      <c r="L243" t="s">
+        <v>3073</v>
+      </c>
+      <c r="M243" t="s">
+        <v>3074</v>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" t="s">
+        <v>715</v>
+      </c>
+      <c r="B244" t="s">
+        <v>3075</v>
+      </c>
+      <c r="C244" t="s">
+        <v>12</v>
+      </c>
+      <c r="D244" t="s">
+        <v>12</v>
+      </c>
+      <c r="E244" t="s">
+        <v>3076</v>
+      </c>
+      <c r="F244" t="s">
+        <v>12</v>
+      </c>
+      <c r="G244" t="s">
+        <v>3077</v>
+      </c>
+      <c r="H244" t="s">
+        <v>3078</v>
+      </c>
+      <c r="I244" t="s">
+        <v>3079</v>
+      </c>
+      <c r="J244" t="s">
+        <v>1223</v>
+      </c>
+      <c r="K244" t="s">
+        <v>3080</v>
+      </c>
+      <c r="L244" t="s">
+        <v>3081</v>
+      </c>
+      <c r="M244" t="s">
+        <v>3082</v>
+      </c>
+      <c r="N244" t="s">
+        <v>3083</v>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" t="s">
+        <v>715</v>
+      </c>
+      <c r="B245" t="s">
+        <v>3084</v>
+      </c>
+      <c r="C245" t="s">
+        <v>12</v>
+      </c>
+      <c r="D245" t="s">
+        <v>12</v>
+      </c>
+      <c r="E245" t="s">
+        <v>3085</v>
+      </c>
+      <c r="F245" t="s">
+        <v>12</v>
+      </c>
+      <c r="G245" t="s">
+        <v>3086</v>
+      </c>
+      <c r="H245" t="s">
+        <v>3087</v>
+      </c>
+      <c r="I245" t="s">
+        <v>3088</v>
+      </c>
+      <c r="J245" t="s">
+        <v>3089</v>
+      </c>
+      <c r="K245" t="s">
+        <v>3090</v>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" t="s">
+        <v>715</v>
+      </c>
+      <c r="B246" t="s">
+        <v>3091</v>
+      </c>
+      <c r="C246" t="s">
+        <v>12</v>
+      </c>
+      <c r="D246" t="s">
+        <v>12</v>
+      </c>
+      <c r="E246" t="s">
+        <v>3092</v>
+      </c>
+      <c r="F246" t="s">
+        <v>12</v>
+      </c>
+      <c r="G246" t="s">
+        <v>3093</v>
+      </c>
+      <c r="H246" t="s">
+        <v>3094</v>
+      </c>
+      <c r="I246" t="s">
+        <v>3095</v>
+      </c>
+      <c r="J246" t="s">
+        <v>1418</v>
+      </c>
+      <c r="K246" t="s">
+        <v>3096</v>
+      </c>
+      <c r="L246" t="s">
+        <v>3097</v>
+      </c>
+      <c r="M246" t="s">
+        <v>3098</v>
+      </c>
+      <c r="N246" t="s">
+        <v>3099</v>
+      </c>
+      <c r="O246" t="s">
+        <v>3100</v>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" t="s">
+        <v>715</v>
+      </c>
+      <c r="B247" t="s">
+        <v>3101</v>
+      </c>
+      <c r="C247" t="s">
+        <v>12</v>
+      </c>
+      <c r="D247" t="s">
+        <v>12</v>
+      </c>
+      <c r="E247" t="s">
+        <v>3102</v>
+      </c>
+      <c r="F247" t="s">
+        <v>12</v>
+      </c>
+      <c r="G247" t="s">
+        <v>3103</v>
+      </c>
+      <c r="H247" t="s">
+        <v>3104</v>
+      </c>
+      <c r="I247" t="s">
+        <v>3105</v>
+      </c>
+      <c r="J247" t="s">
+        <v>882</v>
+      </c>
+      <c r="K247" t="s">
+        <v>3106</v>
+      </c>
+      <c r="L247" t="s">
+        <v>3107</v>
+      </c>
+      <c r="M247" t="s">
+        <v>3108</v>
+      </c>
+      <c r="N247" t="s">
+        <v>3109</v>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" t="s">
+        <v>715</v>
+      </c>
+      <c r="B248" t="s">
+        <v>3110</v>
+      </c>
+      <c r="C248" t="s">
+        <v>12</v>
+      </c>
+      <c r="D248" t="s">
+        <v>12</v>
+      </c>
+      <c r="E248" t="s">
+        <v>3102</v>
+      </c>
+      <c r="F248" t="s">
+        <v>12</v>
+      </c>
+      <c r="G248" t="s">
+        <v>3111</v>
+      </c>
+      <c r="H248" t="s">
+        <v>3112</v>
+      </c>
+      <c r="I248" t="s">
+        <v>2993</v>
+      </c>
+      <c r="J248" t="s">
+        <v>1950</v>
+      </c>
+      <c r="K248" t="s">
+        <v>3113</v>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" t="s">
+        <v>715</v>
+      </c>
+      <c r="B249" t="s">
+        <v>3114</v>
+      </c>
+      <c r="C249" t="s">
+        <v>12</v>
+      </c>
+      <c r="D249" t="s">
+        <v>12</v>
+      </c>
+      <c r="E249" t="s">
+        <v>3115</v>
+      </c>
+      <c r="F249" t="s">
+        <v>12</v>
+      </c>
+      <c r="G249" t="s">
+        <v>3116</v>
+      </c>
+      <c r="H249" t="s">
+        <v>3117</v>
+      </c>
+      <c r="I249" t="s">
+        <v>2860</v>
+      </c>
+      <c r="J249" t="s">
+        <v>3118</v>
+      </c>
+      <c r="K249" t="s">
+        <v>3119</v>
+      </c>
+      <c r="L249" t="s">
+        <v>3120</v>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" t="s">
+        <v>715</v>
+      </c>
+      <c r="B250" t="s">
+        <v>3121</v>
+      </c>
+      <c r="C250" t="s">
+        <v>12</v>
+      </c>
+      <c r="D250" t="s">
+        <v>12</v>
+      </c>
+      <c r="E250" t="s">
+        <v>3122</v>
+      </c>
+      <c r="F250" t="s">
+        <v>12</v>
+      </c>
+      <c r="G250" t="s">
+        <v>3123</v>
+      </c>
+      <c r="H250" t="s">
+        <v>3124</v>
+      </c>
+      <c r="I250" t="s">
+        <v>3125</v>
+      </c>
+      <c r="J250" t="s">
+        <v>3126</v>
+      </c>
+      <c r="K250" t="s">
+        <v>3127</v>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" t="s">
+        <v>715</v>
+      </c>
+      <c r="B251" t="s">
+        <v>3128</v>
+      </c>
+      <c r="C251" t="s">
+        <v>12</v>
+      </c>
+      <c r="D251" t="s">
+        <v>12</v>
+      </c>
+      <c r="E251" t="s">
+        <v>3129</v>
+      </c>
+      <c r="F251" t="s">
+        <v>12</v>
+      </c>
+      <c r="G251" t="s">
+        <v>3130</v>
+      </c>
+      <c r="H251" t="s">
+        <v>3131</v>
+      </c>
+      <c r="I251" t="s">
+        <v>3132</v>
+      </c>
+      <c r="J251" t="s">
+        <v>1223</v>
+      </c>
+      <c r="K251" t="s">
+        <v>3133</v>
+      </c>
+      <c r="L251" t="s">
+        <v>3134</v>
+      </c>
+      <c r="M251" t="s">
+        <v>3135</v>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" t="s">
+        <v>715</v>
+      </c>
+      <c r="B252" t="s">
+        <v>3136</v>
+      </c>
+      <c r="C252" t="s">
+        <v>12</v>
+      </c>
+      <c r="D252" t="s">
+        <v>12</v>
+      </c>
+      <c r="E252" t="s">
+        <v>3137</v>
+      </c>
+      <c r="F252" t="s">
+        <v>12</v>
+      </c>
+      <c r="G252" t="s">
+        <v>3138</v>
+      </c>
+      <c r="H252" t="s">
+        <v>3139</v>
+      </c>
+      <c r="I252" t="s">
+        <v>3140</v>
+      </c>
+      <c r="J252" t="s">
+        <v>3141</v>
+      </c>
+      <c r="K252" t="s">
+        <v>3142</v>
+      </c>
+      <c r="L252" t="s">
+        <v>3143</v>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" t="s">
+        <v>715</v>
+      </c>
+      <c r="B253" t="s">
+        <v>3144</v>
+      </c>
+      <c r="C253" t="s">
+        <v>12</v>
+      </c>
+      <c r="D253" t="s">
+        <v>12</v>
+      </c>
+      <c r="E253" t="s">
+        <v>3145</v>
+      </c>
+      <c r="F253" t="s">
+        <v>12</v>
+      </c>
+      <c r="G253" t="s">
+        <v>3146</v>
+      </c>
+      <c r="H253" t="s">
+        <v>3147</v>
+      </c>
+      <c r="I253" t="s">
+        <v>3148</v>
+      </c>
+      <c r="J253" t="s">
+        <v>2124</v>
+      </c>
+      <c r="K253" t="s">
+        <v>3149</v>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" t="s">
+        <v>715</v>
+      </c>
+      <c r="B254" t="s">
+        <v>3150</v>
+      </c>
+      <c r="C254" t="s">
+        <v>12</v>
+      </c>
+      <c r="D254" t="s">
+        <v>12</v>
+      </c>
+      <c r="E254" t="s">
+        <v>3151</v>
+      </c>
+      <c r="F254" t="s">
+        <v>12</v>
+      </c>
+      <c r="G254" t="s">
+        <v>3152</v>
+      </c>
+      <c r="H254" t="s">
+        <v>3153</v>
+      </c>
+      <c r="I254" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J254" t="s">
+        <v>1223</v>
+      </c>
+      <c r="K254" t="s">
+        <v>3154</v>
+      </c>
+      <c r="L254" t="s">
+        <v>3155</v>
+      </c>
+      <c r="M254" t="s">
+        <v>3156</v>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" t="s">
+        <v>715</v>
+      </c>
+      <c r="B255" t="s">
+        <v>3157</v>
+      </c>
+      <c r="C255" t="s">
+        <v>12</v>
+      </c>
+      <c r="D255" t="s">
+        <v>12</v>
+      </c>
+      <c r="E255" t="s">
+        <v>3158</v>
+      </c>
+      <c r="F255" t="s">
+        <v>12</v>
+      </c>
+      <c r="G255" t="s">
+        <v>3159</v>
+      </c>
+      <c r="H255" t="s">
+        <v>3160</v>
+      </c>
+      <c r="I255" t="s">
+        <v>3161</v>
+      </c>
+      <c r="J255" t="s">
+        <v>1821</v>
+      </c>
+      <c r="K255" t="s">
+        <v>3162</v>
+      </c>
+      <c r="L255" t="s">
+        <v>3163</v>
+      </c>
+      <c r="M255" t="s">
+        <v>3164</v>
+      </c>
+      <c r="N255" t="s">
+        <v>3165</v>
+      </c>
+      <c r="O255" t="s">
+        <v>3166</v>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" t="s">
+        <v>715</v>
+      </c>
+      <c r="B256" t="s">
+        <v>3167</v>
+      </c>
+      <c r="C256" t="s">
+        <v>12</v>
+      </c>
+      <c r="D256" t="s">
+        <v>12</v>
+      </c>
+      <c r="E256" t="s">
+        <v>3168</v>
+      </c>
+      <c r="F256" t="s">
+        <v>12</v>
+      </c>
+      <c r="G256" t="s">
+        <v>3169</v>
+      </c>
+      <c r="H256" t="s">
+        <v>3170</v>
+      </c>
+      <c r="I256" t="s">
+        <v>3171</v>
+      </c>
+      <c r="J256" t="s">
+        <v>3172</v>
+      </c>
+      <c r="K256" t="s">
+        <v>3173</v>
+      </c>
+      <c r="L256" t="s">
+        <v>3174</v>
+      </c>
+      <c r="M256" t="s">
+        <v>3175</v>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" t="s">
+        <v>715</v>
+      </c>
+      <c r="B257" t="s">
+        <v>3176</v>
+      </c>
+      <c r="C257" t="s">
+        <v>12</v>
+      </c>
+      <c r="D257" t="s">
+        <v>12</v>
+      </c>
+      <c r="E257" t="s">
+        <v>3177</v>
+      </c>
+      <c r="F257" t="s">
+        <v>12</v>
+      </c>
+      <c r="G257" t="s">
+        <v>3178</v>
+      </c>
+      <c r="H257" t="s">
+        <v>3179</v>
+      </c>
+      <c r="I257" t="s">
+        <v>1168</v>
+      </c>
+      <c r="J257" t="s">
+        <v>1468</v>
+      </c>
+      <c r="K257" t="s">
+        <v>3180</v>
+      </c>
+      <c r="L257" t="s">
+        <v>3181</v>
+      </c>
+      <c r="M257" t="s">
+        <v>3182</v>
+      </c>
+      <c r="N257" t="s">
+        <v>3183</v>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" t="s">
+        <v>715</v>
+      </c>
+      <c r="B258" t="s">
+        <v>3184</v>
+      </c>
+      <c r="C258" t="s">
+        <v>12</v>
+      </c>
+      <c r="D258" t="s">
+        <v>12</v>
+      </c>
+      <c r="E258" t="s">
+        <v>3185</v>
+      </c>
+      <c r="F258" t="s">
+        <v>12</v>
+      </c>
+      <c r="G258" t="s">
+        <v>3186</v>
+      </c>
+      <c r="H258" t="s">
+        <v>3187</v>
+      </c>
+      <c r="I258" t="s">
+        <v>2860</v>
+      </c>
+      <c r="J258" t="s">
+        <v>2104</v>
+      </c>
+      <c r="K258" t="s">
+        <v>3188</v>
+      </c>
+      <c r="L258" t="s">
+        <v>3189</v>
+      </c>
+      <c r="M258" t="s">
+        <v>3190</v>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" t="s">
+        <v>715</v>
+      </c>
+      <c r="B259" t="s">
+        <v>3191</v>
+      </c>
+      <c r="C259" t="s">
+        <v>12</v>
+      </c>
+      <c r="D259" t="s">
+        <v>12</v>
+      </c>
+      <c r="E259" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F259" t="s">
+        <v>12</v>
+      </c>
+      <c r="G259" t="s">
+        <v>3193</v>
+      </c>
+      <c r="H259" t="s">
+        <v>3194</v>
+      </c>
+      <c r="I259" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J259" t="s">
+        <v>741</v>
+      </c>
+      <c r="K259" t="s">
+        <v>3195</v>
+      </c>
+      <c r="L259" t="s">
+        <v>3196</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" t="s">
+        <v>715</v>
+      </c>
+      <c r="B260" t="s">
+        <v>3197</v>
+      </c>
+      <c r="C260" t="s">
+        <v>12</v>
+      </c>
+      <c r="D260" t="s">
+        <v>12</v>
+      </c>
+      <c r="E260" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F260" t="s">
+        <v>12</v>
+      </c>
+      <c r="G260" t="s">
+        <v>3198</v>
+      </c>
+      <c r="H260" t="s">
+        <v>3199</v>
+      </c>
+      <c r="I260" t="s">
+        <v>1126</v>
+      </c>
+      <c r="J260" t="s">
+        <v>3118</v>
+      </c>
+      <c r="K260" t="s">
+        <v>3200</v>
+      </c>
+      <c r="L260" t="s">
+        <v>3201</v>
+      </c>
+      <c r="M260" t="s">
+        <v>3202</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" t="s">
+        <v>715</v>
+      </c>
+      <c r="B261" t="s">
+        <v>3203</v>
+      </c>
+      <c r="C261" t="s">
+        <v>12</v>
+      </c>
+      <c r="D261" t="s">
+        <v>12</v>
+      </c>
+      <c r="E261" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F261" t="s">
+        <v>12</v>
+      </c>
+      <c r="G261" t="s">
+        <v>3204</v>
+      </c>
+      <c r="H261" t="s">
+        <v>3205</v>
+      </c>
+      <c r="I261" t="s">
+        <v>3206</v>
+      </c>
+      <c r="J261" t="s">
+        <v>3118</v>
+      </c>
+      <c r="K261" t="s">
+        <v>3207</v>
+      </c>
+      <c r="L261" t="s">
+        <v>3208</v>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" t="s">
+        <v>715</v>
+      </c>
+      <c r="B262" t="s">
+        <v>3209</v>
+      </c>
+      <c r="C262" t="s">
+        <v>12</v>
+      </c>
+      <c r="D262" t="s">
+        <v>12</v>
+      </c>
+      <c r="E262" t="s">
+        <v>3210</v>
+      </c>
+      <c r="F262" t="s">
+        <v>12</v>
+      </c>
+      <c r="G262" t="s">
+        <v>3211</v>
+      </c>
+      <c r="H262" t="s">
+        <v>3212</v>
+      </c>
+      <c r="I262" t="s">
+        <v>3213</v>
+      </c>
+      <c r="J262" t="s">
+        <v>2682</v>
+      </c>
+      <c r="K262" t="s">
+        <v>3214</v>
+      </c>
+      <c r="L262" t="s">
+        <v>3215</v>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" t="s">
+        <v>715</v>
+      </c>
+      <c r="B263" t="s">
+        <v>3216</v>
+      </c>
+      <c r="C263" t="s">
+        <v>12</v>
+      </c>
+      <c r="D263" t="s">
+        <v>12</v>
+      </c>
+      <c r="E263" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F263" t="s">
+        <v>12</v>
+      </c>
+      <c r="G263" t="s">
+        <v>3218</v>
+      </c>
+      <c r="H263" t="s">
+        <v>3219</v>
+      </c>
+      <c r="I263" t="s">
+        <v>3220</v>
+      </c>
+      <c r="J263" t="s">
+        <v>1950</v>
+      </c>
+      <c r="K263" t="s">
+        <v>3221</v>
+      </c>
+      <c r="L263" t="s">
+        <v>3222</v>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" t="s">
+        <v>715</v>
+      </c>
+      <c r="B264" t="s">
+        <v>3223</v>
+      </c>
+      <c r="C264" t="s">
+        <v>12</v>
+      </c>
+      <c r="D264" t="s">
+        <v>12</v>
+      </c>
+      <c r="E264" t="s">
+        <v>3224</v>
+      </c>
+      <c r="F264" t="s">
+        <v>12</v>
+      </c>
+      <c r="G264" t="s">
+        <v>3225</v>
+      </c>
+      <c r="H264" t="s">
+        <v>3226</v>
+      </c>
+      <c r="I264" t="s">
+        <v>3227</v>
+      </c>
+      <c r="J264" t="s">
+        <v>1223</v>
+      </c>
+      <c r="K264" t="s">
+        <v>3228</v>
+      </c>
+      <c r="L264" t="s">
+        <v>3229</v>
+      </c>
+      <c r="M264" t="s">
+        <v>3230</v>
+      </c>
+      <c r="N264" t="s">
+        <v>3231</v>
+      </c>
+      <c r="O264" t="s">
+        <v>3232</v>
+      </c>
+      <c r="P264" t="s">
+        <v>3233</v>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" t="s">
+        <v>715</v>
+      </c>
+      <c r="B265" t="s">
+        <v>3234</v>
+      </c>
+      <c r="C265" t="s">
+        <v>12</v>
+      </c>
+      <c r="D265" t="s">
+        <v>12</v>
+      </c>
+      <c r="E265" t="s">
+        <v>3235</v>
+      </c>
+      <c r="F265" t="s">
+        <v>12</v>
+      </c>
+      <c r="G265" t="s">
+        <v>3236</v>
+      </c>
+      <c r="H265" t="s">
+        <v>3237</v>
+      </c>
+      <c r="I265" t="s">
+        <v>2893</v>
+      </c>
+      <c r="J265" t="s">
+        <v>721</v>
+      </c>
+      <c r="K265" t="s">
+        <v>3238</v>
+      </c>
+      <c r="L265" t="s">
+        <v>3239</v>
+      </c>
+      <c r="M265" t="s">
+        <v>3240</v>
+      </c>
+      <c r="N265" t="s">
+        <v>3241</v>
+      </c>
+      <c r="O265" t="s">
+        <v>3242</v>
+      </c>
+      <c r="P265" t="s">
+        <v>3243</v>
+      </c>
+      <c r="Q265" t="s">
+        <v>3244</v>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" t="s">
+        <v>715</v>
+      </c>
+      <c r="B266" t="s">
+        <v>3245</v>
+      </c>
+      <c r="C266" t="s">
+        <v>12</v>
+      </c>
+      <c r="D266" t="s">
+        <v>12</v>
+      </c>
+      <c r="E266" t="s">
+        <v>3246</v>
+      </c>
+      <c r="F266" t="s">
+        <v>12</v>
+      </c>
+      <c r="G266" t="s">
+        <v>3247</v>
+      </c>
+      <c r="H266" t="s">
+        <v>3248</v>
+      </c>
+      <c r="I266" t="s">
+        <v>3249</v>
+      </c>
+      <c r="J266" t="s">
+        <v>3250</v>
+      </c>
+      <c r="K266" t="s">
+        <v>3251</v>
+      </c>
+      <c r="L266" t="s">
+        <v>3252</v>
+      </c>
+      <c r="M266" t="s">
+        <v>3253</v>
+      </c>
+      <c r="N266" t="s">
+        <v>3254</v>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" t="s">
+        <v>715</v>
+      </c>
+      <c r="B267" t="s">
+        <v>3255</v>
+      </c>
+      <c r="C267" t="s">
+        <v>12</v>
+      </c>
+      <c r="D267" t="s">
+        <v>12</v>
+      </c>
+      <c r="E267" t="s">
+        <v>3256</v>
+      </c>
+      <c r="F267" t="s">
+        <v>12</v>
+      </c>
+      <c r="G267" t="s">
+        <v>3257</v>
+      </c>
+      <c r="H267" t="s">
+        <v>3258</v>
+      </c>
+      <c r="I267" t="s">
+        <v>3259</v>
+      </c>
+      <c r="J267" t="s">
+        <v>1526</v>
+      </c>
+      <c r="K267" t="s">
+        <v>3260</v>
+      </c>
+      <c r="L267" t="s">
+        <v>3261</v>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" t="s">
+        <v>715</v>
+      </c>
+      <c r="B268" t="s">
+        <v>3262</v>
+      </c>
+      <c r="C268" t="s">
+        <v>12</v>
+      </c>
+      <c r="D268" t="s">
+        <v>12</v>
+      </c>
+      <c r="E268" t="s">
+        <v>3263</v>
+      </c>
+      <c r="F268" t="s">
+        <v>12</v>
+      </c>
+      <c r="G268" t="s">
+        <v>3264</v>
+      </c>
+      <c r="H268" t="s">
+        <v>3265</v>
+      </c>
+      <c r="I268" t="s">
+        <v>3266</v>
+      </c>
+      <c r="J268" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K268" t="s">
+        <v>3267</v>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="s">
+        <v>715</v>
+      </c>
+      <c r="B269" t="s">
+        <v>3268</v>
+      </c>
+      <c r="C269" t="s">
+        <v>12</v>
+      </c>
+      <c r="D269" t="s">
+        <v>12</v>
+      </c>
+      <c r="E269" t="s">
+        <v>3269</v>
+      </c>
+      <c r="F269" t="s">
+        <v>12</v>
+      </c>
+      <c r="G269" t="s">
+        <v>3270</v>
+      </c>
+      <c r="H269" t="s">
+        <v>3271</v>
+      </c>
+      <c r="I269" t="s">
+        <v>2667</v>
+      </c>
+      <c r="J269" t="s">
+        <v>3272</v>
+      </c>
+      <c r="K269" t="s">
+        <v>3273</v>
+      </c>
+      <c r="L269" t="s">
+        <v>3274</v>
+      </c>
+      <c r="M269" t="s">
+        <v>3275</v>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" t="s">
+        <v>715</v>
+      </c>
+      <c r="B270" t="s">
+        <v>3276</v>
+      </c>
+      <c r="C270" t="s">
+        <v>12</v>
+      </c>
+      <c r="D270" t="s">
+        <v>12</v>
+      </c>
+      <c r="E270" t="s">
+        <v>3277</v>
+      </c>
+      <c r="F270" t="s">
+        <v>12</v>
+      </c>
+      <c r="G270" t="s">
+        <v>3278</v>
+      </c>
+      <c r="H270" t="s">
+        <v>3279</v>
+      </c>
+      <c r="I270" t="s">
+        <v>3280</v>
+      </c>
+      <c r="J270" t="s">
+        <v>2556</v>
+      </c>
+      <c r="K270" t="s">
+        <v>3281</v>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" t="s">
+        <v>715</v>
+      </c>
+      <c r="B271" t="s">
+        <v>3282</v>
+      </c>
+      <c r="C271" t="s">
+        <v>12</v>
+      </c>
+      <c r="D271" t="s">
+        <v>12</v>
+      </c>
+      <c r="E271" t="s">
+        <v>3283</v>
+      </c>
+      <c r="F271" t="s">
+        <v>12</v>
+      </c>
+      <c r="G271" t="s">
+        <v>3284</v>
+      </c>
+      <c r="H271" t="s">
+        <v>3285</v>
+      </c>
+      <c r="I271" t="s">
+        <v>3286</v>
+      </c>
+      <c r="J271" t="s">
+        <v>3287</v>
+      </c>
+      <c r="K271" t="s">
+        <v>3288</v>
+      </c>
+      <c r="L271" t="s">
+        <v>3289</v>
+      </c>
+      <c r="M271" t="s">
+        <v>3290</v>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" t="s">
+        <v>715</v>
+      </c>
+      <c r="B272" t="s">
+        <v>3291</v>
+      </c>
+      <c r="C272" t="s">
+        <v>12</v>
+      </c>
+      <c r="D272" t="s">
+        <v>12</v>
+      </c>
+      <c r="E272" t="s">
+        <v>3263</v>
+      </c>
+      <c r="F272" t="s">
+        <v>12</v>
+      </c>
+      <c r="G272" t="s">
+        <v>3292</v>
+      </c>
+      <c r="H272" t="s">
+        <v>3293</v>
+      </c>
+      <c r="I272" t="s">
+        <v>3294</v>
+      </c>
+      <c r="J272" t="s">
+        <v>721</v>
+      </c>
+      <c r="K272" t="s">
+        <v>3295</v>
+      </c>
+      <c r="L272" t="s">
+        <v>3296</v>
+      </c>
+      <c r="M272" t="s">
+        <v>3297</v>
+      </c>
+      <c r="N272" t="s">
+        <v>3298</v>
+      </c>
+      <c r="O272" t="s">
+        <v>3299</v>
+      </c>
+      <c r="P272" t="s">
+        <v>3300</v>
+      </c>
+      <c r="Q272" t="s">
+        <v>3301</v>
+      </c>
+      <c r="R272" t="s">
+        <v>3302</v>
+      </c>
+      <c r="S272" t="s">
+        <v>3303</v>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" t="s">
+        <v>715</v>
+      </c>
+      <c r="B273" t="s">
+        <v>3304</v>
+      </c>
+      <c r="C273" t="s">
+        <v>12</v>
+      </c>
+      <c r="D273" t="s">
+        <v>12</v>
+      </c>
+      <c r="E273" t="s">
+        <v>3305</v>
+      </c>
+      <c r="F273" t="s">
+        <v>12</v>
+      </c>
+      <c r="G273" t="s">
+        <v>3306</v>
+      </c>
+      <c r="H273" t="s">
+        <v>3307</v>
+      </c>
+      <c r="I273" t="s">
+        <v>3308</v>
+      </c>
+      <c r="J273" t="s">
+        <v>2124</v>
+      </c>
+      <c r="K273" t="s">
+        <v>3309</v>
+      </c>
+      <c r="L273" t="s">
+        <v>3310</v>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" t="s">
+        <v>715</v>
+      </c>
+      <c r="B274" t="s">
+        <v>3311</v>
+      </c>
+      <c r="C274" t="s">
+        <v>12</v>
+      </c>
+      <c r="D274" t="s">
+        <v>12</v>
+      </c>
+      <c r="E274" t="s">
+        <v>3312</v>
+      </c>
+      <c r="F274" t="s">
+        <v>12</v>
+      </c>
+      <c r="G274" t="s">
+        <v>3313</v>
+      </c>
+      <c r="H274" t="s">
+        <v>3314</v>
+      </c>
+      <c r="I274" t="s">
+        <v>3315</v>
+      </c>
+      <c r="J274" t="s">
+        <v>3316</v>
+      </c>
+      <c r="K274" t="s">
+        <v>3317</v>
+      </c>
+      <c r="L274" t="s">
+        <v>3318</v>
+      </c>
+      <c r="M274" t="s">
+        <v>3319</v>
+      </c>
+      <c r="N274" t="s">
+        <v>3320</v>
+      </c>
+      <c r="O274" t="s">
+        <v>3321</v>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" t="s">
+        <v>715</v>
+      </c>
+      <c r="B275" t="s">
+        <v>3322</v>
+      </c>
+      <c r="C275" t="s">
+        <v>12</v>
+      </c>
+      <c r="D275" t="s">
+        <v>12</v>
+      </c>
+      <c r="E275" t="s">
+        <v>3323</v>
+      </c>
+      <c r="F275" t="s">
+        <v>12</v>
+      </c>
+      <c r="G275" t="s">
+        <v>3324</v>
+      </c>
+      <c r="H275" t="s">
+        <v>3325</v>
+      </c>
+      <c r="I275" t="s">
+        <v>2667</v>
+      </c>
+      <c r="J275" t="s">
+        <v>1023</v>
+      </c>
+      <c r="K275" t="s">
+        <v>3326</v>
+      </c>
+      <c r="L275" t="s">
+        <v>3327</v>
+      </c>
+      <c r="M275" t="s">
+        <v>3328</v>
+      </c>
+      <c r="N275" t="s">
+        <v>3329</v>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="s">
+        <v>715</v>
+      </c>
+      <c r="B276" t="s">
+        <v>3330</v>
+      </c>
+      <c r="C276" t="s">
+        <v>12</v>
+      </c>
+      <c r="D276" t="s">
+        <v>12</v>
+      </c>
+      <c r="E276" t="s">
+        <v>3323</v>
+      </c>
+      <c r="F276" t="s">
+        <v>12</v>
+      </c>
+      <c r="G276" t="s">
+        <v>3331</v>
+      </c>
+      <c r="H276" t="s">
+        <v>3332</v>
+      </c>
+      <c r="I276" t="s">
+        <v>2993</v>
+      </c>
+      <c r="J276" t="s">
+        <v>1553</v>
+      </c>
+      <c r="K276" t="s">
+        <v>3333</v>
+      </c>
+      <c r="L276" t="s">
+        <v>3334</v>
+      </c>
+      <c r="M276" t="s">
+        <v>3335</v>
+      </c>
+      <c r="N276" t="s">
+        <v>3336</v>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="s">
+        <v>715</v>
+      </c>
+      <c r="B277" t="s">
+        <v>3337</v>
+      </c>
+      <c r="C277" t="s">
+        <v>12</v>
+      </c>
+      <c r="D277" t="s">
+        <v>12</v>
+      </c>
+      <c r="E277" t="s">
+        <v>3338</v>
+      </c>
+      <c r="F277" t="s">
+        <v>12</v>
+      </c>
+      <c r="G277" t="s">
+        <v>3339</v>
+      </c>
+      <c r="H277" t="s">
+        <v>3340</v>
+      </c>
+      <c r="I277" t="s">
+        <v>2520</v>
+      </c>
+      <c r="J277" t="s">
+        <v>1078</v>
+      </c>
+      <c r="K277" t="s">
+        <v>3341</v>
+      </c>
+      <c r="L277" t="s">
+        <v>3342</v>
+      </c>
+      <c r="M277" t="s">
+        <v>3343</v>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="s">
+        <v>715</v>
+      </c>
+      <c r="B278" t="s">
+        <v>3344</v>
+      </c>
+      <c r="C278" t="s">
+        <v>12</v>
+      </c>
+      <c r="D278" t="s">
+        <v>12</v>
+      </c>
+      <c r="E278" t="s">
+        <v>3345</v>
+      </c>
+      <c r="F278" t="s">
+        <v>12</v>
+      </c>
+      <c r="G278" t="s">
+        <v>3346</v>
+      </c>
+      <c r="H278" t="s">
+        <v>3347</v>
+      </c>
+      <c r="I278" t="s">
+        <v>3348</v>
+      </c>
+      <c r="J278" t="s">
+        <v>1920</v>
+      </c>
+      <c r="K278" t="s">
+        <v>3349</v>
+      </c>
+      <c r="L278" t="s">
+        <v>3350</v>
+      </c>
+      <c r="M278" t="s">
+        <v>3351</v>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="s">
+        <v>715</v>
+      </c>
+      <c r="B279" t="s">
+        <v>3352</v>
+      </c>
+      <c r="C279" t="s">
+        <v>12</v>
+      </c>
+      <c r="D279" t="s">
+        <v>12</v>
+      </c>
+      <c r="E279" t="s">
+        <v>3345</v>
+      </c>
+      <c r="F279" t="s">
+        <v>12</v>
+      </c>
+      <c r="G279" t="s">
+        <v>3353</v>
+      </c>
+      <c r="H279" t="s">
+        <v>3354</v>
+      </c>
+      <c r="I279" t="s">
+        <v>3355</v>
+      </c>
+      <c r="J279" t="s">
+        <v>1153</v>
+      </c>
+      <c r="K279" t="s">
+        <v>3356</v>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="s">
+        <v>715</v>
+      </c>
+      <c r="B280" t="s">
+        <v>3357</v>
+      </c>
+      <c r="C280" t="s">
+        <v>12</v>
+      </c>
+      <c r="D280" t="s">
+        <v>12</v>
+      </c>
+      <c r="E280" t="s">
+        <v>3358</v>
+      </c>
+      <c r="F280" t="s">
+        <v>12</v>
+      </c>
+      <c r="G280" t="s">
+        <v>3359</v>
+      </c>
+      <c r="H280" t="s">
+        <v>3360</v>
+      </c>
+      <c r="I280" t="s">
+        <v>3361</v>
+      </c>
+      <c r="J280" t="s">
+        <v>3316</v>
+      </c>
+      <c r="K280" t="s">
+        <v>3362</v>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="s">
+        <v>715</v>
+      </c>
+      <c r="B281" t="s">
+        <v>3363</v>
+      </c>
+      <c r="C281" t="s">
+        <v>12</v>
+      </c>
+      <c r="D281" t="s">
+        <v>12</v>
+      </c>
+      <c r="E281" t="s">
+        <v>3364</v>
+      </c>
+      <c r="F281" t="s">
+        <v>12</v>
+      </c>
+      <c r="G281" t="s">
+        <v>3365</v>
+      </c>
+      <c r="H281" t="s">
+        <v>3366</v>
+      </c>
+      <c r="I281" t="s">
+        <v>3367</v>
+      </c>
+      <c r="J281" t="s">
+        <v>3368</v>
+      </c>
+      <c r="K281" t="s">
+        <v>3369</v>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="s">
+        <v>715</v>
+      </c>
+      <c r="B282" t="s">
+        <v>3370</v>
+      </c>
+      <c r="C282" t="s">
+        <v>12</v>
+      </c>
+      <c r="D282" t="s">
+        <v>12</v>
+      </c>
+      <c r="E282" t="s">
+        <v>3371</v>
+      </c>
+      <c r="F282" t="s">
+        <v>12</v>
+      </c>
+      <c r="G282" t="s">
+        <v>3372</v>
+      </c>
+      <c r="H282" t="s">
+        <v>3373</v>
+      </c>
+      <c r="I282" t="s">
+        <v>2297</v>
+      </c>
+      <c r="J282" t="s">
+        <v>1023</v>
+      </c>
+      <c r="K282" t="s">
+        <v>3374</v>
+      </c>
+      <c r="L282" t="s">
+        <v>3375</v>
+      </c>
+      <c r="M282" t="s">
+        <v>3376</v>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="s">
+        <v>715</v>
+      </c>
+      <c r="B283" t="s">
+        <v>3377</v>
+      </c>
+      <c r="C283" t="s">
+        <v>12</v>
+      </c>
+      <c r="D283" t="s">
+        <v>12</v>
+      </c>
+      <c r="E283" t="s">
+        <v>3378</v>
+      </c>
+      <c r="F283" t="s">
+        <v>12</v>
+      </c>
+      <c r="G283" t="s">
+        <v>3379</v>
+      </c>
+      <c r="H283" t="s">
+        <v>3380</v>
+      </c>
+      <c r="I283" t="s">
+        <v>3381</v>
+      </c>
+      <c r="J283" t="s">
+        <v>1418</v>
+      </c>
+      <c r="K283" t="s">
+        <v>3382</v>
+      </c>
+      <c r="L283" t="s">
+        <v>3383</v>
+      </c>
+      <c r="M283" t="s">
+        <v>3384</v>
+      </c>
+      <c r="N283" t="s">
+        <v>3385</v>
+      </c>
+      <c r="O283" t="s">
+        <v>3386</v>
+      </c>
+      <c r="P283" t="s">
+        <v>3387</v>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="s">
+        <v>715</v>
+      </c>
+      <c r="B284" t="s">
+        <v>3388</v>
+      </c>
+      <c r="C284" t="s">
+        <v>12</v>
+      </c>
+      <c r="D284" t="s">
+        <v>12</v>
+      </c>
+      <c r="E284" t="s">
+        <v>3389</v>
+      </c>
+      <c r="F284" t="s">
+        <v>12</v>
+      </c>
+      <c r="G284" t="s">
+        <v>3390</v>
+      </c>
+      <c r="H284" t="s">
+        <v>3391</v>
+      </c>
+      <c r="I284" t="s">
+        <v>3392</v>
+      </c>
+      <c r="J284" t="s">
+        <v>3287</v>
+      </c>
+      <c r="K284" t="s">
+        <v>3393</v>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="s">
+        <v>715</v>
+      </c>
+      <c r="B285" t="s">
+        <v>3394</v>
+      </c>
+      <c r="C285" t="s">
+        <v>12</v>
+      </c>
+      <c r="D285" t="s">
+        <v>12</v>
+      </c>
+      <c r="E285" t="s">
+        <v>3395</v>
+      </c>
+      <c r="F285" t="s">
+        <v>12</v>
+      </c>
+      <c r="G285" t="s">
+        <v>3396</v>
+      </c>
+      <c r="H285" t="s">
+        <v>3397</v>
+      </c>
+      <c r="I285" t="s">
+        <v>3398</v>
+      </c>
+      <c r="J285" t="s">
+        <v>3118</v>
+      </c>
+      <c r="K285" t="s">
+        <v>3399</v>
+      </c>
+      <c r="L285" t="s">
+        <v>3400</v>
+      </c>
+      <c r="M285" t="s">
+        <v>3401</v>
+      </c>
+      <c r="N285" t="s">
+        <v>3402</v>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" t="s">
+        <v>715</v>
+      </c>
+      <c r="B286" t="s">
+        <v>3403</v>
+      </c>
+      <c r="C286" t="s">
+        <v>12</v>
+      </c>
+      <c r="D286" t="s">
+        <v>12</v>
+      </c>
+      <c r="E286" t="s">
+        <v>3404</v>
+      </c>
+      <c r="F286" t="s">
+        <v>12</v>
+      </c>
+      <c r="G286" t="s">
+        <v>3405</v>
+      </c>
+      <c r="H286" t="s">
+        <v>3406</v>
+      </c>
+      <c r="I286" t="s">
+        <v>3407</v>
+      </c>
+      <c r="J286" t="s">
+        <v>3126</v>
+      </c>
+      <c r="K286" t="s">
+        <v>3408</v>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" t="s">
+        <v>715</v>
+      </c>
+      <c r="B287" t="s">
+        <v>3409</v>
+      </c>
+      <c r="C287" t="s">
+        <v>12</v>
+      </c>
+      <c r="D287" t="s">
+        <v>12</v>
+      </c>
+      <c r="E287" t="s">
+        <v>3410</v>
+      </c>
+      <c r="F287" t="s">
+        <v>12</v>
+      </c>
+      <c r="G287" t="s">
+        <v>3411</v>
+      </c>
+      <c r="H287" t="s">
+        <v>3412</v>
+      </c>
+      <c r="I287" t="s">
+        <v>3413</v>
+      </c>
+      <c r="J287" t="s">
+        <v>3414</v>
+      </c>
+      <c r="K287" t="s">
+        <v>3415</v>
+      </c>
+      <c r="L287" t="s">
+        <v>3416</v>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" t="s">
+        <v>715</v>
+      </c>
+      <c r="B288" t="s">
+        <v>3417</v>
+      </c>
+      <c r="C288" t="s">
+        <v>12</v>
+      </c>
+      <c r="D288" t="s">
+        <v>12</v>
+      </c>
+      <c r="E288" t="s">
+        <v>3418</v>
+      </c>
+      <c r="F288" t="s">
+        <v>12</v>
+      </c>
+      <c r="G288" t="s">
+        <v>3419</v>
+      </c>
+      <c r="H288" t="s">
+        <v>3420</v>
+      </c>
+      <c r="I288" t="s">
+        <v>3421</v>
+      </c>
+      <c r="J288" t="s">
+        <v>1747</v>
+      </c>
+      <c r="K288" t="s">
+        <v>3422</v>
+      </c>
+      <c r="L288" t="s">
+        <v>3423</v>
+      </c>
+      <c r="M288" t="s">
+        <v>3424</v>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" t="s">
+        <v>715</v>
+      </c>
+      <c r="B289" t="s">
+        <v>3425</v>
+      </c>
+      <c r="C289" t="s">
+        <v>12</v>
+      </c>
+      <c r="D289" t="s">
+        <v>12</v>
+      </c>
+      <c r="E289" t="s">
+        <v>3426</v>
+      </c>
+      <c r="F289" t="s">
+        <v>12</v>
+      </c>
+      <c r="G289" t="s">
+        <v>3427</v>
+      </c>
+      <c r="H289" t="s">
+        <v>3428</v>
+      </c>
+      <c r="I289" t="s">
+        <v>2993</v>
+      </c>
+      <c r="J289" t="s">
+        <v>1950</v>
+      </c>
+      <c r="K289" t="s">
+        <v>3429</v>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" t="s">
+        <v>715</v>
+      </c>
+      <c r="B290" t="s">
+        <v>3430</v>
+      </c>
+      <c r="C290" t="s">
+        <v>12</v>
+      </c>
+      <c r="D290" t="s">
+        <v>12</v>
+      </c>
+      <c r="E290" t="s">
+        <v>3431</v>
+      </c>
+      <c r="F290" t="s">
+        <v>12</v>
+      </c>
+      <c r="G290" t="s">
+        <v>3432</v>
+      </c>
+      <c r="H290" t="s">
+        <v>3433</v>
+      </c>
+      <c r="I290" t="s">
+        <v>3434</v>
+      </c>
+      <c r="J290" t="s">
+        <v>3435</v>
+      </c>
+      <c r="K290" t="s">
+        <v>3436</v>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" t="s">
+        <v>715</v>
+      </c>
+      <c r="B291" t="s">
+        <v>3437</v>
+      </c>
+      <c r="C291" t="s">
+        <v>12</v>
+      </c>
+      <c r="D291" t="s">
+        <v>12</v>
+      </c>
+      <c r="E291" t="s">
+        <v>3438</v>
+      </c>
+      <c r="F291" t="s">
+        <v>12</v>
+      </c>
+      <c r="G291" t="s">
+        <v>3439</v>
+      </c>
+      <c r="H291" t="s">
+        <v>3440</v>
+      </c>
+      <c r="I291" t="s">
+        <v>3441</v>
+      </c>
+      <c r="J291" t="s">
+        <v>1178</v>
+      </c>
+      <c r="K291" t="s">
+        <v>3442</v>
+      </c>
+      <c r="L291" t="s">
+        <v>3443</v>
+      </c>
+      <c r="M291" t="s">
+        <v>3444</v>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" t="s">
+        <v>715</v>
+      </c>
+      <c r="B292" t="s">
+        <v>3445</v>
+      </c>
+      <c r="C292" t="s">
+        <v>12</v>
+      </c>
+      <c r="D292" t="s">
+        <v>12</v>
+      </c>
+      <c r="E292" t="s">
+        <v>3446</v>
+      </c>
+      <c r="F292" t="s">
+        <v>12</v>
+      </c>
+      <c r="G292" t="s">
+        <v>3447</v>
+      </c>
+      <c r="H292" t="s">
+        <v>3448</v>
+      </c>
+      <c r="I292" t="s">
+        <v>3449</v>
+      </c>
+      <c r="J292" t="s">
+        <v>3450</v>
+      </c>
+      <c r="K292" t="s">
+        <v>3451</v>
+      </c>
+      <c r="L292" t="s">
+        <v>3452</v>
+      </c>
+      <c r="M292" t="s">
+        <v>3453</v>
+      </c>
+      <c r="N292" t="s">
+        <v>3454</v>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" t="s">
+        <v>715</v>
+      </c>
+      <c r="B293" t="s">
+        <v>3455</v>
+      </c>
+      <c r="C293" t="s">
+        <v>12</v>
+      </c>
+      <c r="D293" t="s">
+        <v>12</v>
+      </c>
+      <c r="E293" t="s">
+        <v>3456</v>
+      </c>
+      <c r="F293" t="s">
+        <v>12</v>
+      </c>
+      <c r="G293" t="s">
+        <v>3457</v>
+      </c>
+      <c r="H293" t="s">
+        <v>3458</v>
+      </c>
+      <c r="I293" t="s">
+        <v>3459</v>
+      </c>
+      <c r="J293" t="s">
+        <v>1023</v>
+      </c>
+      <c r="K293" t="s">
+        <v>3460</v>
+      </c>
+      <c r="L293" t="s">
+        <v>3461</v>
+      </c>
+      <c r="M293" t="s">
+        <v>3462</v>
+      </c>
+      <c r="N293" t="s">
+        <v>3463</v>
+      </c>
+      <c r="O293" t="s">
+        <v>3464</v>
+      </c>
+      <c r="P293" t="s">
+        <v>3465</v>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" t="s">
+        <v>715</v>
+      </c>
+      <c r="B294" t="s">
+        <v>3466</v>
+      </c>
+      <c r="C294" t="s">
+        <v>12</v>
+      </c>
+      <c r="D294" t="s">
+        <v>12</v>
+      </c>
+      <c r="E294" t="s">
+        <v>3467</v>
+      </c>
+      <c r="F294" t="s">
+        <v>12</v>
+      </c>
+      <c r="G294" t="s">
+        <v>3468</v>
+      </c>
+      <c r="H294" t="s">
+        <v>3469</v>
+      </c>
+      <c r="I294" t="s">
+        <v>3470</v>
+      </c>
+      <c r="J294" t="s">
+        <v>1153</v>
+      </c>
+      <c r="K294" t="s">
+        <v>3471</v>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" t="s">
+        <v>715</v>
+      </c>
+      <c r="B295" t="s">
+        <v>3472</v>
+      </c>
+      <c r="C295" t="s">
+        <v>12</v>
+      </c>
+      <c r="D295" t="s">
+        <v>12</v>
+      </c>
+      <c r="E295" t="s">
+        <v>3467</v>
+      </c>
+      <c r="F295" t="s">
+        <v>12</v>
+      </c>
+      <c r="G295" t="s">
+        <v>3473</v>
+      </c>
+      <c r="H295" t="s">
+        <v>3474</v>
+      </c>
+      <c r="I295" t="s">
+        <v>3132</v>
+      </c>
+      <c r="J295" t="s">
+        <v>3475</v>
+      </c>
+      <c r="K295" t="s">
+        <v>3476</v>
+      </c>
+      <c r="L295" t="s">
+        <v>3477</v>
+      </c>
+      <c r="M295" t="s">
+        <v>3478</v>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" t="s">
+        <v>715</v>
+      </c>
+      <c r="B296" t="s">
+        <v>3479</v>
+      </c>
+      <c r="C296" t="s">
+        <v>12</v>
+      </c>
+      <c r="D296" t="s">
+        <v>12</v>
+      </c>
+      <c r="E296" t="s">
+        <v>3467</v>
+      </c>
+      <c r="F296" t="s">
+        <v>12</v>
+      </c>
+      <c r="G296" t="s">
+        <v>3480</v>
+      </c>
+      <c r="H296" t="s">
+        <v>3481</v>
+      </c>
+      <c r="I296" t="s">
+        <v>3482</v>
+      </c>
+      <c r="J296" t="s">
+        <v>3483</v>
+      </c>
+      <c r="K296" t="s">
+        <v>3484</v>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" t="s">
+        <v>715</v>
+      </c>
+      <c r="B297" t="s">
+        <v>3485</v>
+      </c>
+      <c r="C297" t="s">
+        <v>12</v>
+      </c>
+      <c r="D297" t="s">
+        <v>12</v>
+      </c>
+      <c r="E297" t="s">
+        <v>3486</v>
+      </c>
+      <c r="F297" t="s">
+        <v>12</v>
+      </c>
+      <c r="G297" t="s">
+        <v>3487</v>
+      </c>
+      <c r="H297" t="s">
+        <v>3488</v>
+      </c>
+      <c r="I297" t="s">
+        <v>2993</v>
+      </c>
+      <c r="J297" t="s">
+        <v>2607</v>
+      </c>
+      <c r="K297" t="s">
+        <v>3489</v>
+      </c>
+      <c r="L297" t="s">
+        <v>3490</v>
+      </c>
+      <c r="M297" t="s">
+        <v>3491</v>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" t="s">
+        <v>715</v>
+      </c>
+      <c r="B298" t="s">
+        <v>3492</v>
+      </c>
+      <c r="C298" t="s">
+        <v>12</v>
+      </c>
+      <c r="D298" t="s">
+        <v>12</v>
+      </c>
+      <c r="E298" t="s">
+        <v>3493</v>
+      </c>
+      <c r="F298" t="s">
+        <v>12</v>
+      </c>
+      <c r="G298" t="s">
+        <v>3494</v>
+      </c>
+      <c r="H298" t="s">
+        <v>3495</v>
+      </c>
+      <c r="I298" t="s">
+        <v>1168</v>
+      </c>
+      <c r="J298" t="s">
+        <v>3496</v>
+      </c>
+      <c r="K298" t="s">
+        <v>3497</v>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" t="s">
+        <v>715</v>
+      </c>
+      <c r="B299" t="s">
+        <v>3498</v>
+      </c>
+      <c r="C299" t="s">
+        <v>12</v>
+      </c>
+      <c r="D299" t="s">
+        <v>12</v>
+      </c>
+      <c r="E299" t="s">
+        <v>3499</v>
+      </c>
+      <c r="F299" t="s">
+        <v>12</v>
+      </c>
+      <c r="G299" t="s">
+        <v>3500</v>
+      </c>
+      <c r="H299" t="s">
+        <v>3501</v>
+      </c>
+      <c r="I299" t="s">
+        <v>3502</v>
+      </c>
+      <c r="J299" t="s">
+        <v>3503</v>
+      </c>
+      <c r="K299" t="s">
+        <v>3504</v>
+      </c>
+      <c r="L299" t="s">
+        <v>3505</v>
+      </c>
+      <c r="M299" t="s">
+        <v>3506</v>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" t="s">
+        <v>715</v>
+      </c>
+      <c r="B300" t="s">
+        <v>3507</v>
+      </c>
+      <c r="C300" t="s">
+        <v>12</v>
+      </c>
+      <c r="D300" t="s">
+        <v>12</v>
+      </c>
+      <c r="E300" t="s">
+        <v>3508</v>
+      </c>
+      <c r="F300" t="s">
+        <v>12</v>
+      </c>
+      <c r="G300" t="s">
+        <v>3509</v>
+      </c>
+      <c r="H300" t="s">
+        <v>3510</v>
+      </c>
+      <c r="I300" t="s">
+        <v>3511</v>
+      </c>
+      <c r="J300" t="s">
+        <v>3512</v>
+      </c>
+      <c r="K300" t="s">
+        <v>3513</v>
+      </c>
+      <c r="L300" t="s">
+        <v>3514</v>
+      </c>
+      <c r="M300" t="s">
+        <v>3515</v>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" t="s">
+        <v>715</v>
+      </c>
+      <c r="B301" t="s">
+        <v>3516</v>
+      </c>
+      <c r="C301" t="s">
+        <v>12</v>
+      </c>
+      <c r="D301" t="s">
+        <v>12</v>
+      </c>
+      <c r="E301" t="s">
+        <v>3517</v>
+      </c>
+      <c r="F301" t="s">
+        <v>12</v>
+      </c>
+      <c r="G301" t="s">
+        <v>3518</v>
+      </c>
+      <c r="H301" t="s">
+        <v>3519</v>
+      </c>
+      <c r="I301" t="s">
+        <v>3520</v>
+      </c>
+      <c r="J301" t="s">
+        <v>1468</v>
+      </c>
+      <c r="K301" t="s">
+        <v>3521</v>
+      </c>
+      <c r="L301" t="s">
+        <v>3522</v>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" t="s">
+        <v>715</v>
+      </c>
+      <c r="B302" t="s">
+        <v>3523</v>
+      </c>
+      <c r="C302" t="s">
+        <v>12</v>
+      </c>
+      <c r="D302" t="s">
+        <v>12</v>
+      </c>
+      <c r="E302" t="s">
+        <v>3524</v>
+      </c>
+      <c r="F302" t="s">
+        <v>12</v>
+      </c>
+      <c r="G302" t="s">
+        <v>3525</v>
+      </c>
+      <c r="H302" t="s">
+        <v>3526</v>
+      </c>
+      <c r="I302" t="s">
+        <v>3413</v>
+      </c>
+      <c r="J302" t="s">
+        <v>721</v>
+      </c>
+      <c r="K302" t="s">
+        <v>3527</v>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" t="s">
+        <v>715</v>
+      </c>
+      <c r="B303" t="s">
+        <v>3528</v>
+      </c>
+      <c r="C303" t="s">
+        <v>12</v>
+      </c>
+      <c r="D303" t="s">
+        <v>12</v>
+      </c>
+      <c r="E303" t="s">
+        <v>3524</v>
+      </c>
+      <c r="F303" t="s">
+        <v>12</v>
+      </c>
+      <c r="G303" t="s">
+        <v>3529</v>
+      </c>
+      <c r="H303" t="s">
+        <v>3530</v>
+      </c>
+      <c r="I303" t="s">
+        <v>3531</v>
+      </c>
+      <c r="J303" t="s">
+        <v>3272</v>
+      </c>
+      <c r="K303" t="s">
+        <v>3532</v>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" t="s">
+        <v>715</v>
+      </c>
+      <c r="B304" t="s">
+        <v>3533</v>
+      </c>
+      <c r="C304" t="s">
+        <v>12</v>
+      </c>
+      <c r="D304" t="s">
+        <v>12</v>
+      </c>
+      <c r="E304" t="s">
+        <v>3534</v>
+      </c>
+      <c r="F304" t="s">
+        <v>12</v>
+      </c>
+      <c r="G304" t="s">
+        <v>3535</v>
+      </c>
+      <c r="H304" t="s">
+        <v>3536</v>
+      </c>
+      <c r="I304" t="s">
+        <v>2667</v>
+      </c>
+      <c r="J304" t="s">
+        <v>2322</v>
+      </c>
+      <c r="K304" t="s">
+        <v>3537</v>
+      </c>
+      <c r="L304" t="s">
+        <v>3538</v>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" t="s">
+        <v>715</v>
+      </c>
+      <c r="B305" t="s">
+        <v>3539</v>
+      </c>
+      <c r="C305" t="s">
+        <v>12</v>
+      </c>
+      <c r="D305" t="s">
+        <v>12</v>
+      </c>
+      <c r="E305" t="s">
+        <v>3540</v>
+      </c>
+      <c r="F305" t="s">
+        <v>12</v>
+      </c>
+      <c r="G305" t="s">
+        <v>3541</v>
+      </c>
+      <c r="H305" t="s">
+        <v>3542</v>
+      </c>
+      <c r="I305" t="s">
+        <v>3543</v>
+      </c>
+      <c r="J305" t="s">
+        <v>751</v>
+      </c>
+      <c r="K305" t="s">
+        <v>3544</v>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" t="s">
+        <v>715</v>
+      </c>
+      <c r="B306" t="s">
+        <v>3545</v>
+      </c>
+      <c r="C306" t="s">
+        <v>12</v>
+      </c>
+      <c r="D306" t="s">
+        <v>12</v>
+      </c>
+      <c r="E306" t="s">
+        <v>3546</v>
+      </c>
+      <c r="F306" t="s">
+        <v>12</v>
+      </c>
+      <c r="G306" t="s">
+        <v>3547</v>
+      </c>
+      <c r="H306" t="s">
+        <v>3548</v>
+      </c>
+      <c r="I306" t="s">
+        <v>3549</v>
+      </c>
+      <c r="J306" t="s">
+        <v>1178</v>
+      </c>
+      <c r="K306" t="s">
+        <v>3550</v>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" t="s">
+        <v>715</v>
+      </c>
+      <c r="B307" t="s">
+        <v>3551</v>
+      </c>
+      <c r="C307" t="s">
+        <v>12</v>
+      </c>
+      <c r="D307" t="s">
+        <v>12</v>
+      </c>
+      <c r="E307" t="s">
+        <v>3552</v>
+      </c>
+      <c r="F307" t="s">
+        <v>12</v>
+      </c>
+      <c r="G307" t="s">
+        <v>3553</v>
+      </c>
+      <c r="H307" t="s">
+        <v>3554</v>
+      </c>
+      <c r="I307" t="s">
+        <v>3206</v>
+      </c>
+      <c r="J307" t="s">
+        <v>2180</v>
+      </c>
+      <c r="K307" t="s">
+        <v>3555</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" t="s">
+        <v>715</v>
+      </c>
+      <c r="B308" t="s">
+        <v>3556</v>
+      </c>
+      <c r="C308" t="s">
+        <v>12</v>
+      </c>
+      <c r="D308" t="s">
+        <v>12</v>
+      </c>
+      <c r="E308" t="s">
+        <v>3557</v>
+      </c>
+      <c r="F308" t="s">
+        <v>12</v>
+      </c>
+      <c r="G308" t="s">
+        <v>3558</v>
+      </c>
+      <c r="H308" t="s">
+        <v>3559</v>
+      </c>
+      <c r="I308" t="s">
+        <v>1168</v>
+      </c>
+      <c r="J308" t="s">
+        <v>1950</v>
+      </c>
+      <c r="K308" t="s">
+        <v>3560</v>
+      </c>
+      <c r="L308" t="s">
+        <v>3561</v>
+      </c>
+      <c r="M308" t="s">
+        <v>3562</v>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" t="s">
+        <v>715</v>
+      </c>
+      <c r="B309" t="s">
+        <v>3563</v>
+      </c>
+      <c r="C309" t="s">
+        <v>12</v>
+      </c>
+      <c r="D309" t="s">
+        <v>12</v>
+      </c>
+      <c r="E309" t="s">
+        <v>3564</v>
+      </c>
+      <c r="F309" t="s">
+        <v>12</v>
+      </c>
+      <c r="G309" t="s">
+        <v>3565</v>
+      </c>
+      <c r="H309" t="s">
+        <v>3566</v>
+      </c>
+      <c r="I309" t="s">
+        <v>3567</v>
+      </c>
+      <c r="J309" t="s">
+        <v>3089</v>
+      </c>
+      <c r="K309" t="s">
+        <v>3568</v>
+      </c>
+      <c r="L309" t="s">
+        <v>3569</v>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" t="s">
+        <v>715</v>
+      </c>
+      <c r="B310" t="s">
+        <v>3570</v>
+      </c>
+      <c r="C310" t="s">
+        <v>12</v>
+      </c>
+      <c r="D310" t="s">
+        <v>12</v>
+      </c>
+      <c r="E310" t="s">
+        <v>3571</v>
+      </c>
+      <c r="F310" t="s">
+        <v>12</v>
+      </c>
+      <c r="G310" t="s">
+        <v>3572</v>
+      </c>
+      <c r="H310" t="s">
+        <v>3573</v>
+      </c>
+      <c r="I310" t="s">
+        <v>3574</v>
+      </c>
+      <c r="J310" t="s">
+        <v>3575</v>
+      </c>
+      <c r="K310" t="s">
+        <v>3576</v>
+      </c>
+      <c r="L310" t="s">
+        <v>3577</v>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" t="s">
+        <v>715</v>
+      </c>
+      <c r="B311" t="s">
+        <v>3578</v>
+      </c>
+      <c r="C311" t="s">
+        <v>12</v>
+      </c>
+      <c r="D311" t="s">
+        <v>12</v>
+      </c>
+      <c r="E311" t="s">
+        <v>3579</v>
+      </c>
+      <c r="F311" t="s">
+        <v>12</v>
+      </c>
+      <c r="G311" t="s">
+        <v>3580</v>
+      </c>
+      <c r="H311" t="s">
+        <v>3581</v>
+      </c>
+      <c r="I311" t="s">
+        <v>3582</v>
+      </c>
+      <c r="J311" t="s">
+        <v>1178</v>
+      </c>
+      <c r="K311" t="s">
+        <v>3583</v>
+      </c>
+      <c r="L311" t="s">
+        <v>3584</v>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" t="s">
+        <v>715</v>
+      </c>
+      <c r="B312" t="s">
+        <v>3585</v>
+      </c>
+      <c r="C312" t="s">
+        <v>12</v>
+      </c>
+      <c r="D312" t="s">
+        <v>12</v>
+      </c>
+      <c r="E312" t="s">
+        <v>3579</v>
+      </c>
+      <c r="F312" t="s">
+        <v>12</v>
+      </c>
+      <c r="G312" t="s">
+        <v>3586</v>
+      </c>
+      <c r="H312" t="s">
+        <v>3587</v>
+      </c>
+      <c r="I312" t="s">
+        <v>3588</v>
+      </c>
+      <c r="J312" t="s">
+        <v>1178</v>
+      </c>
+      <c r="K312" t="s">
+        <v>3589</v>
+      </c>
+      <c r="L312" t="s">
+        <v>3590</v>
+      </c>
+      <c r="M312" t="s">
+        <v>3591</v>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" t="s">
+        <v>715</v>
+      </c>
+      <c r="B313" t="s">
+        <v>3592</v>
+      </c>
+      <c r="C313" t="s">
+        <v>12</v>
+      </c>
+      <c r="D313" t="s">
+        <v>12</v>
+      </c>
+      <c r="E313" t="s">
+        <v>3593</v>
+      </c>
+      <c r="F313" t="s">
+        <v>12</v>
+      </c>
+      <c r="G313" t="s">
+        <v>3594</v>
+      </c>
+      <c r="H313" t="s">
+        <v>3595</v>
+      </c>
+      <c r="I313" t="s">
+        <v>3596</v>
+      </c>
+      <c r="J313" t="s">
+        <v>3597</v>
+      </c>
+      <c r="K313" t="s">
+        <v>3598</v>
+      </c>
+      <c r="L313" t="s">
+        <v>3599</v>
+      </c>
+      <c r="M313" t="s">
+        <v>3600</v>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" t="s">
+        <v>715</v>
+      </c>
+      <c r="B314" t="s">
+        <v>3601</v>
+      </c>
+      <c r="C314" t="s">
+        <v>12</v>
+      </c>
+      <c r="D314" t="s">
+        <v>12</v>
+      </c>
+      <c r="E314" t="s">
+        <v>3602</v>
+      </c>
+      <c r="F314" t="s">
+        <v>12</v>
+      </c>
+      <c r="G314" t="s">
+        <v>3603</v>
+      </c>
+      <c r="H314" t="s">
+        <v>3604</v>
+      </c>
+      <c r="I314" t="s">
+        <v>3000</v>
+      </c>
+      <c r="J314" t="s">
+        <v>3605</v>
+      </c>
+      <c r="K314" t="s">
+        <v>3606</v>
+      </c>
+      <c r="L314" t="s">
+        <v>3607</v>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" t="s">
+        <v>715</v>
+      </c>
+      <c r="B315" t="s">
+        <v>3608</v>
+      </c>
+      <c r="C315" t="s">
+        <v>12</v>
+      </c>
+      <c r="D315" t="s">
+        <v>12</v>
+      </c>
+      <c r="E315" t="s">
+        <v>3609</v>
+      </c>
+      <c r="F315" t="s">
+        <v>12</v>
+      </c>
+      <c r="G315" t="s">
+        <v>3610</v>
+      </c>
+      <c r="H315" t="s">
+        <v>3611</v>
+      </c>
+      <c r="I315" t="s">
+        <v>2220</v>
+      </c>
+      <c r="J315" t="s">
+        <v>3612</v>
+      </c>
+      <c r="K315" t="s">
+        <v>3613</v>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" t="s">
+        <v>715</v>
+      </c>
+      <c r="B316" t="s">
+        <v>3614</v>
+      </c>
+      <c r="C316" t="s">
+        <v>12</v>
+      </c>
+      <c r="D316" t="s">
+        <v>12</v>
+      </c>
+      <c r="E316" t="s">
+        <v>3615</v>
+      </c>
+      <c r="F316" t="s">
+        <v>12</v>
+      </c>
+      <c r="G316" t="s">
+        <v>3616</v>
+      </c>
+      <c r="H316" t="s">
+        <v>3617</v>
+      </c>
+      <c r="I316" t="s">
+        <v>3618</v>
+      </c>
+      <c r="J316" t="s">
+        <v>3619</v>
+      </c>
+      <c r="K316" t="s">
+        <v>3620</v>
+      </c>
+      <c r="L316" t="s">
+        <v>3621</v>
+      </c>
+      <c r="M316" t="s">
+        <v>3622</v>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" t="s">
+        <v>715</v>
+      </c>
+      <c r="B317" t="s">
+        <v>3623</v>
+      </c>
+      <c r="C317" t="s">
+        <v>12</v>
+      </c>
+      <c r="D317" t="s">
+        <v>12</v>
+      </c>
+      <c r="E317" t="s">
+        <v>3624</v>
+      </c>
+      <c r="F317" t="s">
+        <v>12</v>
+      </c>
+      <c r="G317" t="s">
+        <v>3625</v>
+      </c>
+      <c r="H317" t="s">
+        <v>3626</v>
+      </c>
+      <c r="I317" t="s">
+        <v>3627</v>
+      </c>
+      <c r="J317" t="s">
+        <v>3628</v>
+      </c>
+      <c r="K317" t="s">
+        <v>3629</v>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" t="s">
+        <v>715</v>
+      </c>
+      <c r="B318" t="s">
+        <v>3630</v>
+      </c>
+      <c r="C318" t="s">
+        <v>12</v>
+      </c>
+      <c r="D318" t="s">
+        <v>12</v>
+      </c>
+      <c r="E318" t="s">
+        <v>3631</v>
+      </c>
+      <c r="F318" t="s">
+        <v>12</v>
+      </c>
+      <c r="G318" t="s">
+        <v>3632</v>
+      </c>
+      <c r="H318" t="s">
+        <v>3633</v>
+      </c>
+      <c r="I318" t="s">
+        <v>3634</v>
+      </c>
+      <c r="J318" t="s">
+        <v>3612</v>
+      </c>
+      <c r="K318" t="s">
+        <v>3635</v>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" t="s">
+        <v>715</v>
+      </c>
+      <c r="B319" t="s">
+        <v>3636</v>
+      </c>
+      <c r="C319" t="s">
+        <v>12</v>
+      </c>
+      <c r="D319" t="s">
+        <v>12</v>
+      </c>
+      <c r="E319" t="s">
+        <v>3637</v>
+      </c>
+      <c r="F319" t="s">
+        <v>12</v>
+      </c>
+      <c r="G319" t="s">
+        <v>3638</v>
+      </c>
+      <c r="H319" t="s">
+        <v>3639</v>
+      </c>
+      <c r="I319" t="s">
+        <v>3640</v>
+      </c>
+      <c r="J319" t="s">
+        <v>3641</v>
+      </c>
+      <c r="K319" t="s">
+        <v>3642</v>
+      </c>
+      <c r="L319" t="s">
+        <v>3643</v>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" t="s">
+        <v>715</v>
+      </c>
+      <c r="B320" t="s">
+        <v>3644</v>
+      </c>
+      <c r="C320" t="s">
+        <v>12</v>
+      </c>
+      <c r="D320" t="s">
+        <v>12</v>
+      </c>
+      <c r="E320" t="s">
+        <v>3645</v>
+      </c>
+      <c r="F320" t="s">
+        <v>12</v>
+      </c>
+      <c r="G320" t="s">
+        <v>3646</v>
+      </c>
+      <c r="H320" t="s">
+        <v>3647</v>
+      </c>
+      <c r="I320" t="s">
+        <v>3648</v>
+      </c>
+      <c r="J320" t="s">
+        <v>3649</v>
+      </c>
+      <c r="K320" t="s">
+        <v>3650</v>
+      </c>
+      <c r="L320" t="s">
+        <v>3651</v>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" t="s">
+        <v>715</v>
+      </c>
+      <c r="B321" t="s">
+        <v>3652</v>
+      </c>
+      <c r="C321" t="s">
+        <v>12</v>
+      </c>
+      <c r="D321" t="s">
+        <v>12</v>
+      </c>
+      <c r="E321" t="s">
+        <v>3653</v>
+      </c>
+      <c r="F321" t="s">
+        <v>12</v>
+      </c>
+      <c r="G321" t="s">
+        <v>3654</v>
+      </c>
+      <c r="H321" t="s">
+        <v>3655</v>
+      </c>
+      <c r="I321" t="s">
+        <v>2053</v>
+      </c>
+      <c r="J321" t="s">
+        <v>3656</v>
+      </c>
+      <c r="K321" t="s">
+        <v>3657</v>
+      </c>
+      <c r="L321" t="s">
+        <v>3658</v>
+      </c>
+      <c r="M321" t="s">
+        <v>1758</v>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" t="s">
+        <v>715</v>
+      </c>
+      <c r="B322" t="s">
+        <v>3659</v>
+      </c>
+      <c r="C322" t="s">
+        <v>12</v>
+      </c>
+      <c r="D322" t="s">
+        <v>12</v>
+      </c>
+      <c r="E322" t="s">
+        <v>3660</v>
+      </c>
+      <c r="F322" t="s">
+        <v>12</v>
+      </c>
+      <c r="G322" t="s">
+        <v>3661</v>
+      </c>
+      <c r="H322" t="s">
+        <v>3662</v>
+      </c>
+      <c r="I322" t="s">
+        <v>1168</v>
+      </c>
+      <c r="J322" t="s">
+        <v>1999</v>
+      </c>
+      <c r="K322" t="s">
+        <v>3663</v>
+      </c>
+      <c r="L322" t="s">
+        <v>3664</v>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" t="s">
+        <v>715</v>
+      </c>
+      <c r="B323" t="s">
+        <v>3665</v>
+      </c>
+      <c r="C323" t="s">
+        <v>12</v>
+      </c>
+      <c r="D323" t="s">
+        <v>12</v>
+      </c>
+      <c r="E323" t="s">
+        <v>3666</v>
+      </c>
+      <c r="F323" t="s">
+        <v>12</v>
+      </c>
+      <c r="G323" t="s">
+        <v>3667</v>
+      </c>
+      <c r="H323" t="s">
+        <v>3668</v>
+      </c>
+      <c r="I323" t="s">
+        <v>3669</v>
+      </c>
+      <c r="J323" t="s">
+        <v>3670</v>
+      </c>
+      <c r="K323" t="s">
+        <v>3671</v>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" t="s">
+        <v>715</v>
+      </c>
+      <c r="B324" t="s">
+        <v>3672</v>
+      </c>
+      <c r="C324" t="s">
+        <v>12</v>
+      </c>
+      <c r="D324" t="s">
+        <v>12</v>
+      </c>
+      <c r="E324" t="s">
+        <v>3673</v>
+      </c>
+      <c r="F324" t="s">
+        <v>12</v>
+      </c>
+      <c r="G324" t="s">
+        <v>3674</v>
+      </c>
+      <c r="H324" t="s">
+        <v>3675</v>
+      </c>
+      <c r="I324" t="s">
+        <v>3676</v>
+      </c>
+      <c r="J324" t="s">
+        <v>3677</v>
+      </c>
+      <c r="K324" t="s">
+        <v>3678</v>
+      </c>
+      <c r="L324" t="s">
+        <v>3679</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>