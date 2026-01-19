--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -36,51 +36,51 @@
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
     <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5694" uniqueCount="3690">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5709" uniqueCount="3702">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -584,50 +584,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_705818/fr/embogold</t>
   </si>
   <si>
     <t>c_705818</t>
   </si>
   <si>
     <t>BioSphere Medical S.A.</t>
   </si>
   <si>
     <t>09/10/2002 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398738/fr/embogold</t>
   </si>
   <si>
     <t>c_398738</t>
   </si>
   <si>
     <t>BIOSPHERE MEDICAL (France)</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
     <t>Mastocytoses avancées de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>17/07/2025 17:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636720</t>
   </si>
   <si>
     <t>Syndromes de Willebrand acquis</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>16/05/2025 12:27:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
@@ -1109,65 +1124,50 @@
   <si>
     <t>19/10/2017 08:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
   </si>
   <si>
     <t>c_2800207</t>
   </si>
   <si>
     <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
   </si>
   <si>
     <t>09/06/2017 12:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>c_2772874</t>
   </si>
   <si>
-    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
-[...13 lines deleted...]
-  <si>
     <t>ALD n° 30 - Lymphomes non hodgkiniens de l’adulte</t>
   </si>
   <si>
     <t>28/01/2015 00:00:00</t>
   </si>
   <si>
     <t>22/04/2015 11:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_881776/fr/ald-n-30-lymphomes-non-hodgkiniens-de-l-adulte</t>
   </si>
   <si>
     <t>c_881776</t>
   </si>
   <si>
     <t>ALD n° 30 - Leucémie aiguë de l'adulte</t>
   </si>
   <si>
     <t>22/04/2015 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1216166/fr/ald-n-30-leucemie-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>c_1216166</t>
@@ -1745,50 +1745,53 @@
   <si>
     <t>p_3066998</t>
   </si>
   <si>
     <t>Prothèses capillaires et accessoires</t>
   </si>
   <si>
     <t>Un avis de projet a été publié au Journal Officiel le 10 août 2018 sur la modification des modalités de prise en charge des prothèses capillaires et accessoires inscrits au chapitre 2 du titre I de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale.</t>
   </si>
   <si>
     <t>27/12/2018 13:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2895124/fr/protheses-capillaires-et-accessoires</t>
   </si>
   <si>
     <t>c_2895124</t>
   </si>
   <si>
     <t>Bon usage des solutions pour perfusion de glucose à 5 %</t>
   </si>
   <si>
     <t>Les solutions de glucose à 5 % (G5 %) en perfusion doivent être associées à des électrolytes. Sans apport d’électrolytes, leur administration en perfusion peut entraîner une hyponatrémie et une hypokaliémie sévères. Le risque d’hyponatrémie et d’hypokaliémie liée à l’administration seule des solutions de G5 % est particulièrement élevé chez les enfants.</t>
   </si>
   <si>
+    <t>05/12/2018 00:00:00</t>
+  </si>
+  <si>
     <t>13/12/2018 12:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2891259/fr/bon-usage-des-solutions-pour-perfusion-de-glucose-a-5</t>
   </si>
   <si>
     <t>c_2891259</t>
   </si>
   <si>
     <t>Les anticoagulants oraux</t>
   </si>
   <si>
     <t>Il existe 2 classes d’anticoagulants oraux : les anticoagulants oraux antivitamine K (AVK) utilisés en cas de fibrillation auriculaire (valvulaire ou non valvulaire) et les anticoagulants oraux d’action directe (AOD) utilisés en cas de fibrillation auriculaire non valvulaire.</t>
   </si>
   <si>
     <t>02/05/2018 00:00:00</t>
   </si>
   <si>
     <t>01/06/2018 17:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2851086/fr/les-anticoagulants-oraux</t>
   </si>
   <si>
     <t>c_2851086</t>
@@ -2186,50 +2189,290 @@
   <si>
     <t>c_778859</t>
   </si>
   <si>
     <t>Critères d’EPP pour les maladies du sang</t>
   </si>
   <si>
     <t>08/10/2008 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_831700/fr/criteres-d-epp-pour-les-maladies-du-sang</t>
   </si>
   <si>
     <t>c_831700</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>ZEMCELPRO (dorocubicel et cellules CD34- non expansées)</t>
+  </si>
+  <si>
+    <t>15/01/2026 08:34:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809010/fr/zemcelpro-dorocubicel-et-cellules-cd34-non-expansees</t>
+  </si>
+  <si>
+    <t>p_3809010</t>
+  </si>
+  <si>
+    <t>dorocubicel et cellules CD34- non expansées</t>
+  </si>
+  <si>
+    <t>Cordex Biologics International Ltd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808999/fr/zemcelpro-dorocubicel-et-cellules-cd34-non-expansees-hemopathies-malignes</t>
+  </si>
+  <si>
+    <t>KEYTRUDA (pembrolizumab)</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982864/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>pprd_2982864</t>
+  </si>
+  <si>
+    <t>pembrolizumab</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639673/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780761/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825867/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755875/fr/keytruda-cancer-bronchique-non-a-petites-cellules-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769037/fr/keytruda-melanome-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830777/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774645/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2842744/fr/keytruda-lymphome-de-hodgkin-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885795/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892906/fr/keytruda-carcinome-urothelial-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906433/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080470/fr/keytruda-tete-et-cou-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081878/fr/keytruda-melanome-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112911/fr/keytruda-cancer-bronchique-non-a-petites-cellules-1ere-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117084/fr/keytruda-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184677/fr/keytruda-cancer-du-rein-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190303/fr/keytruda-pembrolizumab-carcinome-epidermoide-de-la-tete-et-du-cou-cetec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245422/fr/keytruda-cbnpc-2eme-ligne-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272286/fr/keytruda-pembrolizumab-cancer-colorectal-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289694/fr/keytruda-pembrolizumab-lymphome-de-hodgkin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296560/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313589/fr/keytruda-25-mg/ml-pembrolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325579/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325988/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3327389/fr/keytruda-pembrolizumab-cancer-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334585/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338759/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367810/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374922/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390429/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395770/fr/keytruda-pembrolizumab-melanome-de-stade-iib-iic-ou-iii</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396878/fr/keytruda-pembrolizumab-cancer-du-sein-triple-negatif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3406115/fr/keytruda-pembrolizumab-msi-h-ou-dmmr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409403/fr/keytruda-pembrolizumab-carcinome-a-cellule-renale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412056/fr/keytruda-pembrolizumab-cancer-de-l-oesophage-ou-d-un-adenocarcinome-de-la-jonction-gastro-oesophagienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418080/fr/keytruda-pembrolizumab-melanome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420758/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420797/fr/keytruda-pembrolizumab-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478134/fr/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498750/fr/keytruda-pembrolizumab-carcinome-a-cellules-renales</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501624/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505662/fr/keytruda-pembrolizumab-cancer-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505692/fr/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508492/fr/keytruda-pembrolizumab-cancer-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546684/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546934/fr/keytruda-pembrolizumab-cancer-du-rein-en-adjuvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556740/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589754/fr/keytruda-pembrolizumab-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589926/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592473/fr/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592497/fr/keytruda-pembrolizumab-adenocarcinome-gastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546650/fr/padcev-enfortumab-vedotin-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594964/fr/keytruda-pembrolizumab-cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603357/fr/keytruda-pembrolizumab-oncologie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639631/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806169/fr/keytruda-pembrolizumab-carcinome-urothelial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806203/fr/keytruda-pembrolizumab-adenocarcinome-gastrique-et-de-la-jonction-oesogastrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806214/fr/keytruda-pembrolizumab-cancer-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>JAYPIRCA (pirtobrutinib) </t>
+  </si>
+  <si>
+    <t>03/12/2025 16:59:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639882/fr/jaypirca-pirtobrutinib</t>
+  </si>
+  <si>
+    <t>p_3639882</t>
+  </si>
+  <si>
+    <t>pirtobrutinib</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639871/fr/jaypirca-pirtobrutinib-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686205/fr/jaypirca-pirtobrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3775624/fr/jaypirca-pirtobrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
     <t>IMBRUVICA (ibrutinib)</t>
   </si>
   <si>
     <t>01/12/2025 14:34:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983527/fr/imbruvica-ibrutinib</t>
   </si>
   <si>
     <t>pprd_2983527</t>
   </si>
   <si>
     <t>ibrutinib</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2049868/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2746213/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2742289/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
@@ -2624,276 +2867,69 @@
   <si>
     <t>LES LABORATOIRES SERVIER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574834/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3467526/fr/tibsovo-ivosidenib-leucemie-aigue-myeloide-lam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3486120/fr/tibsovo-ivosidenib-cancer-des-voies-biliaires</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3398889/fr/tibsovo-ivosidenib-servier-ivosidenib-cancer-voies-biliaires</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482424/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431997/fr/tibsovo-ivosidenib-leucemie-aigue-myeloide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3587094/fr/tibsovo-ivosidenib-cancer-voies-biliaires</t>
   </si>
   <si>
-    <t>JAYPIRCA (pirtobrutinib) </t>
-[...22 lines deleted...]
-  <si>
     <t>VEYVONDI (vonicog alfa)</t>
   </si>
   <si>
     <t>03/09/2025 09:35:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982964/fr/veyvondi-vonicog-alfa</t>
   </si>
   <si>
     <t>pprd_2982964</t>
   </si>
   <si>
     <t>vonicog alfa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2891542/fr/veyvondi-vonicog-alfa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643239/fr/veyvondi-vonicog-alfa-maladie-de-willebrand</t>
-  </si>
-[...181 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3639631/fr/keytruda-pembrolizumab-cancer-de-l-endometre</t>
   </si>
   <si>
     <t>PEGASYS (peginterféron alfa-2a)</t>
   </si>
   <si>
     <t>07/08/2025 10:59:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983134/fr/pegasys-peginterferon-alfa-2a</t>
   </si>
   <si>
     <t>pprd_2983134</t>
   </si>
   <si>
     <t>peginterféron alfa-2a</t>
   </si>
   <si>
     <t>CHEPLAPHARM FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399754/fr/pegasys-135-g-solution-injectable-en-seringue-preremplie-b/1-b/4pegasys-180-g-solution-injectable-en-seringue-preremplie-b/1-b/4-peginterferon-alfa-2a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400333/fr/pegasys-135-g-solution-injectable-en-seringue-preremplie-boite-de-1-boite-de-4-pegasys-180-g-solution-injectable-en-seringue-preremplie-boite-de-1-boite-de-4</t>
   </si>
@@ -12196,98 +12232,98 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3680</v>
+        <v>3692</v>
       </c>
       <c r="B2" t="s">
-        <v>3681</v>
+        <v>3693</v>
       </c>
       <c r="C2" t="s">
-        <v>3682</v>
+        <v>3694</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>3683</v>
+        <v>3695</v>
       </c>
       <c r="H2" t="s">
-        <v>3684</v>
+        <v>3696</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3680</v>
+        <v>3692</v>
       </c>
       <c r="B3" t="s">
-        <v>3685</v>
+        <v>3697</v>
       </c>
       <c r="C3" t="s">
-        <v>3686</v>
+        <v>3698</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>3687</v>
+        <v>3699</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>3688</v>
+        <v>3700</v>
       </c>
       <c r="H3" t="s">
-        <v>3689</v>
+        <v>3701</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -12349,77 +12385,77 @@
       </c>
       <c r="E3" t="s">
         <v>189</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>190</v>
       </c>
       <c r="H3" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>181</v>
       </c>
       <c r="B4" t="s">
         <v>192</v>
       </c>
       <c r="C4" t="s">
         <v>193</v>
       </c>
       <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>194</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>195</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>181</v>
       </c>
       <c r="B5" t="s">
+        <v>197</v>
+      </c>
+      <c r="C5" t="s">
         <v>198</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>200</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>201</v>
       </c>
       <c r="H5" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>181</v>
       </c>
       <c r="B6" t="s">
         <v>203</v>
       </c>
       <c r="C6" t="s">
         <v>204</v>
       </c>
       <c r="D6" t="s">
@@ -12612,100 +12648,100 @@
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>241</v>
       </c>
       <c r="H13" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>181</v>
       </c>
       <c r="B14" t="s">
         <v>243</v>
       </c>
       <c r="C14" t="s">
         <v>244</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H14" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>181</v>
       </c>
       <c r="B15" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C15" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D15" t="s">
-        <v>249</v>
+        <v>12</v>
       </c>
       <c r="E15" t="s">
+        <v>245</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
         <v>250</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>251</v>
-      </c>
-[...1 lines deleted...]
-        <v>252</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>181</v>
       </c>
       <c r="B16" t="s">
+        <v>252</v>
+      </c>
+      <c r="C16" t="s">
         <v>253</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E16" t="s">
         <v>255</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
         <v>256</v>
       </c>
       <c r="H16" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>181</v>
       </c>
       <c r="B17" t="s">
         <v>258</v>
       </c>
       <c r="C17" t="s">
         <v>259</v>
       </c>
       <c r="D17" t="s">
@@ -13045,83 +13081,83 @@
       </c>
       <c r="C30" t="s">
         <v>324</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
         <v>325</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
         <v>326</v>
       </c>
       <c r="H30" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>181</v>
       </c>
       <c r="B31" t="s">
-        <v>228</v>
+        <v>328</v>
       </c>
       <c r="C31" t="s">
-        <v>12</v>
+        <v>329</v>
       </c>
       <c r="D31" t="s">
-        <v>328</v>
+        <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H31" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>181</v>
       </c>
       <c r="B32" t="s">
-        <v>332</v>
+        <v>233</v>
       </c>
       <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E32" t="s">
         <v>334</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
         <v>335</v>
       </c>
       <c r="H32" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>181</v>
       </c>
       <c r="B33" t="s">
         <v>337</v>
       </c>
       <c r="C33" t="s">
         <v>338</v>
       </c>
       <c r="D33" t="s">
@@ -13230,103 +13266,103 @@
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
         <v>359</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
         <v>360</v>
       </c>
       <c r="H37" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>181</v>
       </c>
       <c r="B38" t="s">
         <v>362</v>
       </c>
       <c r="C38" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D38" t="s">
         <v>363</v>
       </c>
       <c r="E38" t="s">
         <v>364</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
         <v>365</v>
       </c>
       <c r="H38" t="s">
         <v>366</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>181</v>
       </c>
       <c r="B39" t="s">
         <v>367</v>
       </c>
       <c r="C39" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D39" t="s">
         <v>363</v>
       </c>
       <c r="E39" t="s">
         <v>368</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
         <v>369</v>
       </c>
       <c r="H39" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>181</v>
       </c>
       <c r="B40" t="s">
         <v>371</v>
       </c>
       <c r="C40" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D40" t="s">
         <v>372</v>
       </c>
       <c r="E40" t="s">
         <v>373</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
         <v>374</v>
       </c>
       <c r="H40" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>181</v>
       </c>
       <c r="B41" t="s">
         <v>376</v>
       </c>
       <c r="C41" t="s">
@@ -13360,77 +13396,77 @@
       </c>
       <c r="D42" t="s">
         <v>384</v>
       </c>
       <c r="E42" t="s">
         <v>385</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
         <v>386</v>
       </c>
       <c r="H42" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>181</v>
       </c>
       <c r="B43" t="s">
         <v>388</v>
       </c>
       <c r="C43" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D43" t="s">
         <v>389</v>
       </c>
       <c r="E43" t="s">
         <v>390</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
         <v>391</v>
       </c>
       <c r="H43" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>181</v>
       </c>
       <c r="B44" t="s">
         <v>393</v>
       </c>
       <c r="C44" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="D44" t="s">
         <v>394</v>
       </c>
       <c r="E44" t="s">
         <v>395</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
         <v>396</v>
       </c>
       <c r="H44" t="s">
         <v>397</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>181</v>
       </c>
       <c r="B45" t="s">
         <v>398</v>
       </c>
       <c r="C45" t="s">
@@ -14315,15026 +14351,15073 @@
       </c>
       <c r="E11" t="s">
         <v>564</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>565</v>
       </c>
       <c r="H11" t="s">
         <v>566</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>508</v>
       </c>
       <c r="B12" t="s">
         <v>567</v>
       </c>
       <c r="C12" t="s">
         <v>568</v>
       </c>
       <c r="D12" t="s">
-        <v>12</v>
+        <v>569</v>
       </c>
       <c r="E12" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="H12" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>508</v>
       </c>
       <c r="B13" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C13" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D13" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="E13" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="H13" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>508</v>
       </c>
       <c r="B14" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C14" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="D14" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="E14" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="H14" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>508</v>
       </c>
       <c r="B15" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C15" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="E15" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="H15" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>508</v>
       </c>
       <c r="B16" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C16" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D16" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="E16" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="H16" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>508</v>
       </c>
       <c r="B17" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C17" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D17" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="E17" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="H17" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>508</v>
       </c>
       <c r="B18" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C18" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D18" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="E18" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="H18" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>508</v>
       </c>
       <c r="B19" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="C19" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="D19" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="E19" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="H19" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>508</v>
       </c>
       <c r="B20" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="C20" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="D20" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="E20" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="H20" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>508</v>
       </c>
       <c r="B21" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C21" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D21" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="E21" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H21" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>508</v>
       </c>
       <c r="B22" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C22" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="D22" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="E22" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="H22" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>508</v>
       </c>
       <c r="B23" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C23" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="H23" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>508</v>
       </c>
       <c r="B24" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C24" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D24" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="E24" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H24" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>508</v>
       </c>
       <c r="B25" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C25" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D25" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="E25" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="H25" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>508</v>
       </c>
       <c r="B26" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C26" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D26" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="E26" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="H26" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B2" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="C2" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="D2" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="E2" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="H2" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B3" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="C3" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="D3" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="E3" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H3" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B4" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="C4" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="D4" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="E4" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="H4" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B5" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="C5" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="D5" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="E5" t="s">
         <v>529</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="H5" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="B6" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="C6" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="D6" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="E6" t="s">
         <v>461</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="H6" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B2" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C2" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D2" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="E2" t="s">
         <v>529</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="H2" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="B3" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C3" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="H3" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B2" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C2" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="H2" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B3" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C3" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="H3" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B4" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="H4" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="B5" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="H5" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BM324"/>
+  <dimension ref="A1:BP325"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B2" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="H2" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="I2" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="J2" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="K2" t="s">
-        <v>722</v>
-[...1 lines deleted...]
-      <c r="L2" t="s">
         <v>723</v>
-      </c>
-[...34 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B3" t="s">
+        <v>724</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>725</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>726</v>
+      </c>
+      <c r="H3" t="s">
+        <v>727</v>
+      </c>
+      <c r="I3" t="s">
+        <v>728</v>
+      </c>
+      <c r="J3" t="s">
+        <v>729</v>
+      </c>
+      <c r="K3" t="s">
+        <v>730</v>
+      </c>
+      <c r="L3" t="s">
+        <v>731</v>
+      </c>
+      <c r="M3" t="s">
+        <v>732</v>
+      </c>
+      <c r="N3" t="s">
+        <v>733</v>
+      </c>
+      <c r="O3" t="s">
+        <v>734</v>
+      </c>
+      <c r="P3" t="s">
+        <v>735</v>
+      </c>
+      <c r="Q3" t="s">
         <v>736</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="R3" t="s">
         <v>737</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="S3" t="s">
         <v>738</v>
       </c>
-      <c r="H3" t="s">
+      <c r="T3" t="s">
         <v>739</v>
       </c>
-      <c r="I3" t="s">
+      <c r="U3" t="s">
         <v>740</v>
       </c>
-      <c r="J3" t="s">
+      <c r="V3" t="s">
         <v>741</v>
       </c>
-      <c r="K3" t="s">
+      <c r="W3" t="s">
         <v>742</v>
       </c>
-      <c r="L3" t="s">
+      <c r="X3" t="s">
         <v>743</v>
       </c>
-      <c r="M3" t="s">
+      <c r="Y3" t="s">
         <v>744</v>
       </c>
-      <c r="N3" t="s">
+      <c r="Z3" t="s">
         <v>745</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>746</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>747</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>748</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>749</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>750</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>751</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>752</v>
+      </c>
+      <c r="AH3" t="s">
+        <v>753</v>
+      </c>
+      <c r="AI3" t="s">
+        <v>754</v>
+      </c>
+      <c r="AJ3" t="s">
+        <v>755</v>
+      </c>
+      <c r="AK3" t="s">
+        <v>756</v>
+      </c>
+      <c r="AL3" t="s">
+        <v>757</v>
+      </c>
+      <c r="AM3" t="s">
+        <v>758</v>
+      </c>
+      <c r="AN3" t="s">
+        <v>759</v>
+      </c>
+      <c r="AO3" t="s">
+        <v>760</v>
+      </c>
+      <c r="AP3" t="s">
+        <v>761</v>
+      </c>
+      <c r="AQ3" t="s">
+        <v>762</v>
+      </c>
+      <c r="AR3" t="s">
+        <v>763</v>
+      </c>
+      <c r="AS3" t="s">
+        <v>764</v>
+      </c>
+      <c r="AT3" t="s">
+        <v>765</v>
+      </c>
+      <c r="AU3" t="s">
+        <v>766</v>
+      </c>
+      <c r="AV3" t="s">
+        <v>767</v>
+      </c>
+      <c r="AW3" t="s">
+        <v>768</v>
+      </c>
+      <c r="AX3" t="s">
+        <v>769</v>
+      </c>
+      <c r="AY3" t="s">
+        <v>770</v>
+      </c>
+      <c r="AZ3" t="s">
+        <v>771</v>
+      </c>
+      <c r="BA3" t="s">
+        <v>772</v>
+      </c>
+      <c r="BB3" t="s">
+        <v>773</v>
+      </c>
+      <c r="BC3" t="s">
+        <v>774</v>
+      </c>
+      <c r="BD3" t="s">
+        <v>775</v>
+      </c>
+      <c r="BE3" t="s">
+        <v>776</v>
+      </c>
+      <c r="BF3" t="s">
+        <v>777</v>
+      </c>
+      <c r="BG3" t="s">
+        <v>778</v>
+      </c>
+      <c r="BH3" t="s">
+        <v>779</v>
+      </c>
+      <c r="BI3" t="s">
+        <v>780</v>
+      </c>
+      <c r="BJ3" t="s">
+        <v>781</v>
+      </c>
+      <c r="BK3" t="s">
+        <v>782</v>
+      </c>
+      <c r="BL3" t="s">
+        <v>783</v>
+      </c>
+      <c r="BM3" t="s">
+        <v>784</v>
+      </c>
+      <c r="BN3" t="s">
+        <v>785</v>
+      </c>
+      <c r="BO3" t="s">
+        <v>786</v>
+      </c>
+      <c r="BP3" t="s">
+        <v>787</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B4" t="s">
-        <v>746</v>
+        <v>788</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>747</v>
+        <v>789</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>748</v>
+        <v>790</v>
       </c>
       <c r="H4" t="s">
-        <v>749</v>
+        <v>791</v>
       </c>
       <c r="I4" t="s">
-        <v>750</v>
+        <v>792</v>
       </c>
       <c r="J4" t="s">
-        <v>751</v>
+        <v>793</v>
       </c>
       <c r="K4" t="s">
-        <v>752</v>
+        <v>794</v>
       </c>
       <c r="L4" t="s">
-        <v>753</v>
+        <v>795</v>
       </c>
       <c r="M4" t="s">
-        <v>754</v>
-[...2 lines deleted...]
-        <v>755</v>
+        <v>796</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B5" t="s">
-        <v>756</v>
+        <v>797</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>757</v>
+        <v>798</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>758</v>
+        <v>799</v>
       </c>
       <c r="H5" t="s">
-        <v>759</v>
+        <v>800</v>
       </c>
       <c r="I5" t="s">
-        <v>760</v>
+        <v>801</v>
       </c>
       <c r="J5" t="s">
-        <v>721</v>
+        <v>802</v>
       </c>
       <c r="K5" t="s">
-        <v>761</v>
+        <v>803</v>
       </c>
       <c r="L5" t="s">
-        <v>762</v>
+        <v>804</v>
       </c>
       <c r="M5" t="s">
-        <v>763</v>
+        <v>805</v>
       </c>
       <c r="N5" t="s">
-        <v>764</v>
+        <v>806</v>
       </c>
       <c r="O5" t="s">
-        <v>765</v>
+        <v>807</v>
       </c>
       <c r="P5" t="s">
-        <v>766</v>
+        <v>808</v>
       </c>
       <c r="Q5" t="s">
-        <v>767</v>
+        <v>809</v>
       </c>
       <c r="R5" t="s">
-        <v>768</v>
+        <v>810</v>
       </c>
       <c r="S5" t="s">
-        <v>769</v>
+        <v>811</v>
       </c>
       <c r="T5" t="s">
-        <v>770</v>
+        <v>812</v>
       </c>
       <c r="U5" t="s">
-        <v>771</v>
+        <v>813</v>
       </c>
       <c r="V5" t="s">
-        <v>772</v>
+        <v>814</v>
+      </c>
+      <c r="W5" t="s">
+        <v>815</v>
+      </c>
+      <c r="X5" t="s">
+        <v>816</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B6" t="s">
-        <v>773</v>
+        <v>817</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>774</v>
+        <v>818</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>775</v>
+        <v>819</v>
       </c>
       <c r="H6" t="s">
-        <v>776</v>
+        <v>820</v>
       </c>
       <c r="I6" t="s">
-        <v>777</v>
+        <v>821</v>
       </c>
       <c r="J6" t="s">
-        <v>778</v>
+        <v>822</v>
       </c>
       <c r="K6" t="s">
-        <v>779</v>
+        <v>823</v>
       </c>
       <c r="L6" t="s">
-        <v>780</v>
+        <v>824</v>
       </c>
       <c r="M6" t="s">
-        <v>781</v>
+        <v>825</v>
       </c>
       <c r="N6" t="s">
-        <v>782</v>
-[...38 lines deleted...]
-        <v>795</v>
+        <v>826</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B7" t="s">
-        <v>796</v>
+        <v>827</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>797</v>
+        <v>828</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>798</v>
+        <v>829</v>
       </c>
       <c r="H7" t="s">
-        <v>799</v>
+        <v>830</v>
       </c>
       <c r="I7" t="s">
-        <v>800</v>
+        <v>831</v>
       </c>
       <c r="J7" t="s">
-        <v>801</v>
+        <v>832</v>
       </c>
       <c r="K7" t="s">
-        <v>802</v>
+        <v>833</v>
       </c>
       <c r="L7" t="s">
-        <v>803</v>
+        <v>834</v>
       </c>
       <c r="M7" t="s">
-        <v>804</v>
+        <v>835</v>
       </c>
       <c r="N7" t="s">
-        <v>805</v>
+        <v>836</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B8" t="s">
-        <v>806</v>
+        <v>837</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>807</v>
+        <v>838</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>808</v>
+        <v>839</v>
       </c>
       <c r="H8" t="s">
-        <v>809</v>
+        <v>840</v>
       </c>
       <c r="I8" t="s">
-        <v>810</v>
+        <v>841</v>
       </c>
       <c r="J8" t="s">
-        <v>811</v>
+        <v>802</v>
       </c>
       <c r="K8" t="s">
-        <v>812</v>
+        <v>842</v>
       </c>
       <c r="L8" t="s">
-        <v>813</v>
+        <v>843</v>
       </c>
       <c r="M8" t="s">
-        <v>814</v>
+        <v>844</v>
       </c>
       <c r="N8" t="s">
-        <v>815</v>
+        <v>845</v>
+      </c>
+      <c r="O8" t="s">
+        <v>846</v>
+      </c>
+      <c r="P8" t="s">
+        <v>847</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>848</v>
+      </c>
+      <c r="R8" t="s">
+        <v>849</v>
+      </c>
+      <c r="S8" t="s">
+        <v>850</v>
+      </c>
+      <c r="T8" t="s">
+        <v>851</v>
+      </c>
+      <c r="U8" t="s">
+        <v>852</v>
+      </c>
+      <c r="V8" t="s">
+        <v>853</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B9" t="s">
-        <v>816</v>
+        <v>854</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>817</v>
+        <v>855</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>818</v>
+        <v>856</v>
       </c>
       <c r="H9" t="s">
-        <v>819</v>
+        <v>857</v>
       </c>
       <c r="I9" t="s">
-        <v>820</v>
+        <v>858</v>
       </c>
       <c r="J9" t="s">
-        <v>821</v>
+        <v>859</v>
       </c>
       <c r="K9" t="s">
-        <v>822</v>
+        <v>860</v>
       </c>
       <c r="L9" t="s">
-        <v>823</v>
+        <v>861</v>
       </c>
       <c r="M9" t="s">
-        <v>824</v>
+        <v>862</v>
       </c>
       <c r="N9" t="s">
-        <v>825</v>
+        <v>863</v>
       </c>
       <c r="O9" t="s">
-        <v>826</v>
+        <v>864</v>
+      </c>
+      <c r="P9" t="s">
+        <v>865</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>866</v>
+      </c>
+      <c r="R9" t="s">
+        <v>867</v>
+      </c>
+      <c r="S9" t="s">
+        <v>868</v>
+      </c>
+      <c r="T9" t="s">
+        <v>869</v>
+      </c>
+      <c r="U9" t="s">
+        <v>870</v>
+      </c>
+      <c r="V9" t="s">
+        <v>871</v>
+      </c>
+      <c r="W9" t="s">
+        <v>872</v>
+      </c>
+      <c r="X9" t="s">
+        <v>873</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>874</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>875</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>876</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B10" t="s">
-        <v>827</v>
+        <v>877</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>828</v>
+        <v>878</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>829</v>
+        <v>879</v>
       </c>
       <c r="H10" t="s">
-        <v>830</v>
+        <v>880</v>
       </c>
       <c r="I10" t="s">
-        <v>831</v>
+        <v>881</v>
       </c>
       <c r="J10" t="s">
-        <v>721</v>
+        <v>882</v>
       </c>
       <c r="K10" t="s">
-        <v>832</v>
+        <v>883</v>
       </c>
       <c r="L10" t="s">
-        <v>833</v>
+        <v>884</v>
       </c>
       <c r="M10" t="s">
-        <v>834</v>
+        <v>885</v>
       </c>
       <c r="N10" t="s">
-        <v>835</v>
-[...2 lines deleted...]
-        <v>836</v>
+        <v>886</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B11" t="s">
-        <v>837</v>
+        <v>887</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>838</v>
+        <v>888</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>839</v>
+        <v>889</v>
       </c>
       <c r="H11" t="s">
-        <v>840</v>
+        <v>890</v>
       </c>
       <c r="I11" t="s">
-        <v>841</v>
+        <v>891</v>
       </c>
       <c r="J11" t="s">
-        <v>842</v>
+        <v>892</v>
       </c>
       <c r="K11" t="s">
-        <v>843</v>
+        <v>893</v>
       </c>
       <c r="L11" t="s">
-        <v>844</v>
+        <v>894</v>
       </c>
       <c r="M11" t="s">
-        <v>845</v>
+        <v>895</v>
       </c>
       <c r="N11" t="s">
-        <v>846</v>
-[...5 lines deleted...]
-        <v>848</v>
+        <v>896</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B12" t="s">
-        <v>849</v>
+        <v>897</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>850</v>
+        <v>898</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>851</v>
+        <v>899</v>
       </c>
       <c r="H12" t="s">
-        <v>852</v>
+        <v>900</v>
       </c>
       <c r="I12" t="s">
-        <v>853</v>
+        <v>901</v>
       </c>
       <c r="J12" t="s">
-        <v>854</v>
+        <v>902</v>
       </c>
       <c r="K12" t="s">
-        <v>855</v>
+        <v>903</v>
       </c>
       <c r="L12" t="s">
-        <v>856</v>
+        <v>904</v>
       </c>
       <c r="M12" t="s">
-        <v>857</v>
+        <v>905</v>
       </c>
       <c r="N12" t="s">
-        <v>858</v>
+        <v>906</v>
       </c>
       <c r="O12" t="s">
-        <v>859</v>
-[...5 lines deleted...]
-        <v>861</v>
+        <v>907</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B13" t="s">
-        <v>862</v>
+        <v>908</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>863</v>
+        <v>909</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>864</v>
+        <v>910</v>
       </c>
       <c r="H13" t="s">
-        <v>865</v>
+        <v>911</v>
       </c>
       <c r="I13" t="s">
-        <v>866</v>
+        <v>912</v>
       </c>
       <c r="J13" t="s">
-        <v>867</v>
+        <v>802</v>
       </c>
       <c r="K13" t="s">
-        <v>868</v>
+        <v>913</v>
       </c>
       <c r="L13" t="s">
-        <v>869</v>
+        <v>914</v>
+      </c>
+      <c r="M13" t="s">
+        <v>915</v>
+      </c>
+      <c r="N13" t="s">
+        <v>916</v>
+      </c>
+      <c r="O13" t="s">
+        <v>917</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B14" t="s">
-        <v>870</v>
+        <v>918</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>871</v>
+        <v>919</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>872</v>
+        <v>920</v>
       </c>
       <c r="H14" t="s">
-        <v>873</v>
+        <v>921</v>
       </c>
       <c r="I14" t="s">
-        <v>874</v>
+        <v>922</v>
       </c>
       <c r="J14" t="s">
-        <v>821</v>
+        <v>923</v>
       </c>
       <c r="K14" t="s">
-        <v>875</v>
+        <v>924</v>
       </c>
       <c r="L14" t="s">
-        <v>876</v>
+        <v>925</v>
+      </c>
+      <c r="M14" t="s">
+        <v>926</v>
+      </c>
+      <c r="N14" t="s">
+        <v>927</v>
+      </c>
+      <c r="O14" t="s">
+        <v>928</v>
+      </c>
+      <c r="P14" t="s">
+        <v>929</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B15" t="s">
-        <v>877</v>
+        <v>930</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>878</v>
+        <v>931</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>879</v>
+        <v>932</v>
       </c>
       <c r="H15" t="s">
-        <v>880</v>
+        <v>933</v>
       </c>
       <c r="I15" t="s">
-        <v>881</v>
+        <v>934</v>
       </c>
       <c r="J15" t="s">
-        <v>882</v>
+        <v>935</v>
       </c>
       <c r="K15" t="s">
-        <v>883</v>
+        <v>936</v>
       </c>
       <c r="L15" t="s">
-        <v>884</v>
+        <v>937</v>
       </c>
       <c r="M15" t="s">
-        <v>885</v>
+        <v>938</v>
       </c>
       <c r="N15" t="s">
-        <v>886</v>
+        <v>939</v>
       </c>
       <c r="O15" t="s">
-        <v>887</v>
+        <v>940</v>
       </c>
       <c r="P15" t="s">
-        <v>888</v>
+        <v>941</v>
       </c>
       <c r="Q15" t="s">
-        <v>889</v>
-[...143 lines deleted...]
-        <v>937</v>
+        <v>942</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B16" t="s">
-        <v>938</v>
+        <v>943</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>939</v>
+        <v>944</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="H16" t="s">
-        <v>941</v>
+        <v>946</v>
       </c>
       <c r="I16" t="s">
-        <v>942</v>
+        <v>947</v>
       </c>
       <c r="J16" t="s">
-        <v>943</v>
+        <v>902</v>
       </c>
       <c r="K16" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="L16" t="s">
-        <v>945</v>
-[...10 lines deleted...]
-      <c r="P16" t="s">
         <v>949</v>
-      </c>
-[...13 lines deleted...]
-        <v>954</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B17" t="s">
+        <v>950</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>951</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>952</v>
+      </c>
+      <c r="H17" t="s">
+        <v>953</v>
+      </c>
+      <c r="I17" t="s">
+        <v>954</v>
+      </c>
+      <c r="J17" t="s">
         <v>955</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="K17" t="s">
         <v>956</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="L17" t="s">
         <v>957</v>
       </c>
-      <c r="H17" t="s">
+      <c r="M17" t="s">
         <v>958</v>
       </c>
-      <c r="I17" t="s">
+      <c r="N17" t="s">
         <v>959</v>
       </c>
-      <c r="J17" t="s">
+      <c r="O17" t="s">
         <v>960</v>
       </c>
-      <c r="K17" t="s">
+      <c r="P17" t="s">
         <v>961</v>
       </c>
-      <c r="L17" t="s">
+      <c r="Q17" t="s">
         <v>962</v>
+      </c>
+      <c r="R17" t="s">
+        <v>963</v>
+      </c>
+      <c r="S17" t="s">
+        <v>964</v>
+      </c>
+      <c r="T17" t="s">
+        <v>965</v>
+      </c>
+      <c r="U17" t="s">
+        <v>966</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B18" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="H18" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="I18" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="J18" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="K18" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="L18" t="s">
-        <v>970</v>
-[...5 lines deleted...]
-        <v>972</v>
+        <v>974</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B19" t="s">
-        <v>973</v>
+        <v>975</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
       <c r="H19" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="I19" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="J19" t="s">
-        <v>721</v>
+        <v>980</v>
       </c>
       <c r="K19" t="s">
-        <v>978</v>
+        <v>981</v>
       </c>
       <c r="L19" t="s">
-        <v>979</v>
+        <v>982</v>
       </c>
       <c r="M19" t="s">
-        <v>980</v>
+        <v>983</v>
+      </c>
+      <c r="N19" t="s">
+        <v>984</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B20" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="H20" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="I20" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="J20" t="s">
-        <v>986</v>
+        <v>802</v>
       </c>
       <c r="K20" t="s">
-        <v>987</v>
+        <v>990</v>
       </c>
       <c r="L20" t="s">
-        <v>988</v>
+        <v>991</v>
       </c>
       <c r="M20" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-        <v>990</v>
+        <v>992</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B21" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="H21" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="I21" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="J21" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="K21" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="L21" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="M21" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="N21" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B22" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="H22" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="I22" t="s">
-        <v>1005</v>
+        <v>1007</v>
       </c>
       <c r="J22" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="K22" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
       <c r="L22" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="M22" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="N22" t="s">
-        <v>1010</v>
-[...4 lines deleted...]
-      <c r="P22" t="s">
         <v>1012</v>
-      </c>
-[...13 lines deleted...]
-        <v>1017</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B23" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1015</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1016</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1017</v>
+      </c>
+      <c r="J23" t="s">
         <v>1018</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="K23" t="s">
         <v>1019</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="L23" t="s">
         <v>1020</v>
       </c>
-      <c r="H23" t="s">
+      <c r="M23" t="s">
         <v>1021</v>
       </c>
-      <c r="I23" t="s">
+      <c r="N23" t="s">
         <v>1022</v>
       </c>
-      <c r="J23" t="s">
+      <c r="O23" t="s">
         <v>1023</v>
       </c>
-      <c r="K23" t="s">
+      <c r="P23" t="s">
         <v>1024</v>
       </c>
-      <c r="L23" t="s">
+      <c r="Q23" t="s">
         <v>1025</v>
       </c>
-      <c r="M23" t="s">
+      <c r="R23" t="s">
         <v>1026</v>
       </c>
-      <c r="N23" t="s">
+      <c r="S23" t="s">
         <v>1027</v>
       </c>
-      <c r="O23" t="s">
+      <c r="T23" t="s">
         <v>1028</v>
       </c>
-      <c r="P23" t="s">
+      <c r="U23" t="s">
         <v>1029</v>
-      </c>
-[...19 lines deleted...]
-        <v>1036</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B24" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1033</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1034</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1035</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1036</v>
+      </c>
+      <c r="L24" t="s">
         <v>1037</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="M24" t="s">
         <v>1038</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="N24" t="s">
         <v>1039</v>
       </c>
-      <c r="H24" t="s">
+      <c r="O24" t="s">
         <v>1040</v>
       </c>
-      <c r="I24" t="s">
+      <c r="P24" t="s">
         <v>1041</v>
       </c>
-      <c r="J24" t="s">
+      <c r="Q24" t="s">
         <v>1042</v>
       </c>
-      <c r="K24" t="s">
+      <c r="R24" t="s">
         <v>1043</v>
       </c>
-      <c r="L24" t="s">
+      <c r="S24" t="s">
         <v>1044</v>
       </c>
-      <c r="M24" t="s">
+      <c r="T24" t="s">
         <v>1045</v>
       </c>
-      <c r="N24" t="s">
+      <c r="U24" t="s">
         <v>1046</v>
       </c>
-      <c r="O24" t="s">
+      <c r="V24" t="s">
         <v>1047</v>
       </c>
-      <c r="P24" t="s">
+      <c r="W24" t="s">
         <v>1048</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B25" t="s">
         <v>1049</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
         <v>1050</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
         <v>1051</v>
       </c>
       <c r="H25" t="s">
         <v>1052</v>
       </c>
       <c r="I25" t="s">
         <v>1053</v>
       </c>
       <c r="J25" t="s">
         <v>1054</v>
       </c>
       <c r="K25" t="s">
         <v>1055</v>
       </c>
       <c r="L25" t="s">
         <v>1056</v>
       </c>
       <c r="M25" t="s">
         <v>1057</v>
       </c>
       <c r="N25" t="s">
         <v>1058</v>
       </c>
       <c r="O25" t="s">
         <v>1059</v>
       </c>
+      <c r="P25" t="s">
+        <v>1060</v>
+      </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B26" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="H26" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="I26" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="J26" t="s">
-        <v>741</v>
+        <v>1066</v>
       </c>
       <c r="K26" t="s">
-        <v>1065</v>
+        <v>1067</v>
       </c>
       <c r="L26" t="s">
-        <v>1066</v>
+        <v>1068</v>
       </c>
       <c r="M26" t="s">
-        <v>1067</v>
+        <v>1069</v>
       </c>
       <c r="N26" t="s">
-        <v>1068</v>
+        <v>1070</v>
       </c>
       <c r="O26" t="s">
-        <v>1069</v>
-[...4 lines deleted...]
-      <c r="Q26" t="s">
         <v>1071</v>
-      </c>
-[...1 lines deleted...]
-        <v>1072</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B27" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
         <v>1073</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
         <v>1074</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>1075</v>
       </c>
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>1076</v>
       </c>
-      <c r="I27" t="s">
+      <c r="J27" t="s">
+        <v>822</v>
+      </c>
+      <c r="K27" t="s">
         <v>1077</v>
       </c>
-      <c r="J27" t="s">
+      <c r="L27" t="s">
         <v>1078</v>
       </c>
-      <c r="K27" t="s">
+      <c r="M27" t="s">
         <v>1079</v>
       </c>
-      <c r="L27" t="s">
+      <c r="N27" t="s">
         <v>1080</v>
       </c>
-      <c r="M27" t="s">
+      <c r="O27" t="s">
         <v>1081</v>
       </c>
-      <c r="N27" t="s">
+      <c r="P27" t="s">
         <v>1082</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1083</v>
+      </c>
+      <c r="R27" t="s">
+        <v>1084</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B28" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>1085</v>
+        <v>1087</v>
       </c>
       <c r="H28" t="s">
-        <v>1086</v>
+        <v>1088</v>
       </c>
       <c r="I28" t="s">
-        <v>1087</v>
+        <v>1089</v>
       </c>
       <c r="J28" t="s">
-        <v>1088</v>
+        <v>1090</v>
       </c>
       <c r="K28" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="L28" t="s">
-        <v>1090</v>
+        <v>1092</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1093</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1094</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B29" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="H29" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="I29" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="J29" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="K29" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="L29" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B30" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="H30" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="I30" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="J30" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="K30" t="s">
-        <v>1105</v>
+        <v>1109</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1110</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B31" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="H31" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="I31" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
       <c r="J31" t="s">
-        <v>986</v>
+        <v>1116</v>
       </c>
       <c r="K31" t="s">
-        <v>1111</v>
-[...2 lines deleted...]
-        <v>1112</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B32" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>1114</v>
+        <v>1119</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>1115</v>
+        <v>1120</v>
       </c>
       <c r="H32" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
       <c r="I32" t="s">
-        <v>1117</v>
+        <v>1122</v>
       </c>
       <c r="J32" t="s">
-        <v>1118</v>
+        <v>998</v>
       </c>
       <c r="K32" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="L32" t="s">
-        <v>1120</v>
-[...2 lines deleted...]
-        <v>1121</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B33" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>1124</v>
+        <v>1127</v>
       </c>
       <c r="H33" t="s">
-        <v>1125</v>
+        <v>1128</v>
       </c>
       <c r="I33" t="s">
-        <v>1126</v>
+        <v>1129</v>
       </c>
       <c r="J33" t="s">
-        <v>1127</v>
+        <v>1130</v>
       </c>
       <c r="K33" t="s">
-        <v>1128</v>
+        <v>1131</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1132</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1133</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B34" t="s">
-        <v>1129</v>
+        <v>1134</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="H34" t="s">
-        <v>1132</v>
+        <v>1137</v>
       </c>
       <c r="I34" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="J34" t="s">
-        <v>1134</v>
+        <v>1139</v>
       </c>
       <c r="K34" t="s">
-        <v>1135</v>
-[...14 lines deleted...]
-        <v>1139</v>
+        <v>1140</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B35" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="H35" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="I35" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="J35" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="K35" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="L35" t="s">
-        <v>1147</v>
+        <v>1148</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1148</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1149</v>
+      </c>
+      <c r="O35" t="s">
+        <v>1150</v>
+      </c>
+      <c r="P35" t="s">
+        <v>1151</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B36" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="H36" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
       <c r="I36" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="J36" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="K36" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="L36" t="s">
-        <v>1155</v>
-[...2 lines deleted...]
-        <v>1156</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B37" t="s">
-        <v>1157</v>
+        <v>1160</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>1149</v>
+        <v>1161</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="H37" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="I37" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="J37" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="K37" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="L37" t="s">
-        <v>1163</v>
+        <v>1167</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1168</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B38" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>1165</v>
+        <v>1161</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="H38" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="I38" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="J38" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="K38" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="L38" t="s">
-        <v>1171</v>
-[...2 lines deleted...]
-        <v>1172</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B39" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="H39" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="I39" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="J39" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="K39" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="L39" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="M39" t="s">
-        <v>1181</v>
-[...2 lines deleted...]
-        <v>1182</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B40" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="H40" t="s">
-        <v>1186</v>
+        <v>1188</v>
       </c>
       <c r="I40" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="J40" t="s">
-        <v>801</v>
+        <v>1190</v>
       </c>
       <c r="K40" t="s">
-        <v>1188</v>
+        <v>1191</v>
+      </c>
+      <c r="L40" t="s">
+        <v>1192</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1193</v>
+      </c>
+      <c r="N40" t="s">
+        <v>1194</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B41" t="s">
-        <v>1189</v>
+        <v>1195</v>
       </c>
       <c r="C41" t="s">
         <v>12</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>1190</v>
+        <v>1196</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>1191</v>
+        <v>1197</v>
       </c>
       <c r="H41" t="s">
-        <v>1192</v>
+        <v>1198</v>
       </c>
       <c r="I41" t="s">
-        <v>1193</v>
+        <v>1199</v>
       </c>
       <c r="J41" t="s">
-        <v>821</v>
+        <v>882</v>
       </c>
       <c r="K41" t="s">
-        <v>1194</v>
-[...5 lines deleted...]
-        <v>1196</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B42" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="H42" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="I42" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="J42" t="s">
-        <v>1202</v>
+        <v>902</v>
       </c>
       <c r="K42" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="L42" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
       <c r="M42" t="s">
-        <v>1205</v>
-[...5 lines deleted...]
-        <v>1207</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B43" t="s">
-        <v>1208</v>
+        <v>1209</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>1209</v>
+        <v>1210</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>1210</v>
+        <v>1211</v>
       </c>
       <c r="H43" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="I43" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="J43" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="K43" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
       <c r="L43" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="M43" t="s">
-        <v>1216</v>
+        <v>1217</v>
       </c>
       <c r="N43" t="s">
-        <v>1217</v>
+        <v>1218</v>
+      </c>
+      <c r="O43" t="s">
+        <v>1219</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B44" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
       <c r="H44" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="I44" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
       <c r="J44" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="K44" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="L44" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="M44" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="N44" t="s">
-        <v>1227</v>
-[...4 lines deleted...]
-      <c r="P44" t="s">
         <v>1229</v>
-      </c>
-[...1 lines deleted...]
-        <v>1230</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B45" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
         <v>1231</v>
       </c>
-      <c r="C45" t="s">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
         <v>1232</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>1233</v>
       </c>
-      <c r="H45" t="s">
+      <c r="I45" t="s">
         <v>1234</v>
       </c>
-      <c r="I45" t="s">
+      <c r="J45" t="s">
         <v>1235</v>
       </c>
-      <c r="J45" t="s">
+      <c r="K45" t="s">
         <v>1236</v>
       </c>
-      <c r="K45" t="s">
+      <c r="L45" t="s">
         <v>1237</v>
       </c>
-      <c r="L45" t="s">
+      <c r="M45" t="s">
         <v>1238</v>
+      </c>
+      <c r="N45" t="s">
+        <v>1239</v>
+      </c>
+      <c r="O45" t="s">
+        <v>1240</v>
+      </c>
+      <c r="P45" t="s">
+        <v>1241</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>1242</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B46" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="H46" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="I46" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="J46" t="s">
-        <v>741</v>
+        <v>1248</v>
       </c>
       <c r="K46" t="s">
-        <v>1244</v>
+        <v>1249</v>
       </c>
       <c r="L46" t="s">
-        <v>1245</v>
-[...16 lines deleted...]
-      <c r="R46" t="s">
         <v>1250</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B47" t="s">
         <v>1251</v>
       </c>
       <c r="C47" t="s">
         <v>12</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
         <v>1252</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
         <v>1253</v>
       </c>
       <c r="H47" t="s">
         <v>1254</v>
       </c>
       <c r="I47" t="s">
         <v>1255</v>
       </c>
       <c r="J47" t="s">
-        <v>1078</v>
+        <v>822</v>
       </c>
       <c r="K47" t="s">
         <v>1256</v>
       </c>
       <c r="L47" t="s">
         <v>1257</v>
       </c>
       <c r="M47" t="s">
         <v>1258</v>
       </c>
+      <c r="N47" t="s">
+        <v>1259</v>
+      </c>
+      <c r="O47" t="s">
+        <v>1258</v>
+      </c>
+      <c r="P47" t="s">
+        <v>1260</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>1261</v>
+      </c>
+      <c r="R47" t="s">
+        <v>1262</v>
+      </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B48" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="H48" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
       <c r="I48" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="J48" t="s">
-        <v>741</v>
+        <v>1090</v>
       </c>
       <c r="K48" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="L48" t="s">
-        <v>1265</v>
+        <v>1269</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1270</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B49" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>1268</v>
+        <v>1273</v>
       </c>
       <c r="H49" t="s">
-        <v>1269</v>
+        <v>1274</v>
       </c>
       <c r="I49" t="s">
-        <v>1270</v>
+        <v>1275</v>
       </c>
       <c r="J49" t="s">
-        <v>1271</v>
+        <v>822</v>
       </c>
       <c r="K49" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
       <c r="L49" t="s">
-        <v>1273</v>
-[...5 lines deleted...]
-        <v>1274</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B50" t="s">
-        <v>1275</v>
+        <v>1278</v>
       </c>
       <c r="C50" t="s">
         <v>12</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>1276</v>
+        <v>1279</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="H50" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
       <c r="I50" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="J50" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="K50" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="L50" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="M50" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="N50" t="s">
-        <v>1284</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B51" t="s">
-        <v>1285</v>
+        <v>1287</v>
       </c>
       <c r="C51" t="s">
         <v>12</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>1287</v>
+        <v>1289</v>
       </c>
       <c r="H51" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="I51" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="J51" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="K51" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="L51" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="M51" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="N51" t="s">
-        <v>1294</v>
-[...4 lines deleted...]
-      <c r="P51" t="s">
         <v>1296</v>
-      </c>
-[...10 lines deleted...]
-        <v>1300</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B52" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1298</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1300</v>
+      </c>
+      <c r="I52" t="s">
         <v>1301</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="J52" t="s">
         <v>1302</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="K52" t="s">
         <v>1303</v>
       </c>
-      <c r="H52" t="s">
+      <c r="L52" t="s">
         <v>1304</v>
       </c>
-      <c r="I52" t="s">
+      <c r="M52" t="s">
         <v>1305</v>
       </c>
-      <c r="J52" t="s">
+      <c r="N52" t="s">
         <v>1306</v>
       </c>
-      <c r="K52" t="s">
+      <c r="O52" t="s">
         <v>1307</v>
       </c>
-      <c r="L52" t="s">
+      <c r="P52" t="s">
         <v>1308</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>1309</v>
+      </c>
+      <c r="R52" t="s">
+        <v>1310</v>
+      </c>
+      <c r="S52" t="s">
+        <v>1311</v>
+      </c>
+      <c r="T52" t="s">
+        <v>1312</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B53" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="C53" t="s">
         <v>12</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
       <c r="H53" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="I53" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="J53" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="K53" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="L53" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B54" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="C54" t="s">
         <v>12</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="H54" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="I54" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="J54" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="K54" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="L54" t="s">
-        <v>1324</v>
-[...5 lines deleted...]
-        <v>1326</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B55" t="s">
-        <v>1327</v>
+        <v>1329</v>
       </c>
       <c r="C55" t="s">
         <v>12</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>1328</v>
+        <v>1330</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>1329</v>
+        <v>1331</v>
       </c>
       <c r="H55" t="s">
-        <v>1330</v>
+        <v>1332</v>
       </c>
       <c r="I55" t="s">
-        <v>1331</v>
+        <v>1333</v>
       </c>
       <c r="J55" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="K55" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="L55" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
       <c r="M55" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="N55" t="s">
-        <v>1336</v>
-[...4 lines deleted...]
-      <c r="P55" t="s">
         <v>1338</v>
-      </c>
-[...4 lines deleted...]
-        <v>1340</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B56" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1340</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
         <v>1341</v>
       </c>
-      <c r="C56" t="s">
-[...5 lines deleted...]
-      <c r="E56" t="s">
+      <c r="H56" t="s">
         <v>1342</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="G56" t="s">
+      <c r="I56" t="s">
         <v>1343</v>
       </c>
-      <c r="H56" t="s">
+      <c r="J56" t="s">
         <v>1344</v>
       </c>
-      <c r="I56" t="s">
+      <c r="K56" t="s">
         <v>1345</v>
       </c>
-      <c r="J56" t="s">
+      <c r="L56" t="s">
         <v>1346</v>
       </c>
-      <c r="K56" t="s">
+      <c r="M56" t="s">
         <v>1347</v>
       </c>
-      <c r="L56" t="s">
+      <c r="N56" t="s">
         <v>1348</v>
+      </c>
+      <c r="O56" t="s">
+        <v>1349</v>
+      </c>
+      <c r="P56" t="s">
+        <v>1350</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>1351</v>
+      </c>
+      <c r="R56" t="s">
+        <v>1352</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B57" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="C57" t="s">
         <v>12</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>1342</v>
+        <v>1354</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>1350</v>
+        <v>1355</v>
       </c>
       <c r="H57" t="s">
-        <v>1351</v>
+        <v>1356</v>
       </c>
       <c r="I57" t="s">
-        <v>1352</v>
+        <v>1357</v>
       </c>
       <c r="J57" t="s">
-        <v>721</v>
+        <v>1358</v>
       </c>
       <c r="K57" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="L57" t="s">
-        <v>1354</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B58" t="s">
-        <v>1355</v>
+        <v>1361</v>
       </c>
       <c r="C58" t="s">
         <v>12</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>1356</v>
+        <v>1354</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>1357</v>
+        <v>1362</v>
       </c>
       <c r="H58" t="s">
-        <v>1358</v>
+        <v>1363</v>
       </c>
       <c r="I58" t="s">
-        <v>1359</v>
+        <v>1364</v>
       </c>
       <c r="J58" t="s">
-        <v>1145</v>
+        <v>802</v>
       </c>
       <c r="K58" t="s">
-        <v>1360</v>
+        <v>1365</v>
       </c>
       <c r="L58" t="s">
-        <v>1361</v>
-[...13 lines deleted...]
-      <c r="Q58" t="s">
         <v>1366</v>
-      </c>
-[...10 lines deleted...]
-        <v>1370</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B59" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I59" t="s">
         <v>1371</v>
       </c>
-      <c r="C59" t="s">
-[...5 lines deleted...]
-      <c r="E59" t="s">
+      <c r="J59" t="s">
+        <v>1157</v>
+      </c>
+      <c r="K59" t="s">
         <v>1372</v>
       </c>
-      <c r="F59" t="s">
-[...2 lines deleted...]
-      <c r="G59" t="s">
+      <c r="L59" t="s">
         <v>1373</v>
       </c>
-      <c r="H59" t="s">
+      <c r="M59" t="s">
         <v>1374</v>
       </c>
-      <c r="I59" t="s">
+      <c r="N59" t="s">
         <v>1375</v>
       </c>
-      <c r="J59" t="s">
+      <c r="O59" t="s">
         <v>1376</v>
       </c>
-      <c r="K59" t="s">
+      <c r="P59" t="s">
         <v>1377</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>1378</v>
+      </c>
+      <c r="R59" t="s">
+        <v>1379</v>
+      </c>
+      <c r="S59" t="s">
+        <v>1380</v>
+      </c>
+      <c r="T59" t="s">
+        <v>1381</v>
+      </c>
+      <c r="U59" t="s">
+        <v>1382</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B60" t="s">
-        <v>1378</v>
+        <v>1383</v>
       </c>
       <c r="C60" t="s">
         <v>12</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>1379</v>
+        <v>1384</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60" t="s">
-        <v>1380</v>
+        <v>1385</v>
       </c>
       <c r="H60" t="s">
-        <v>1381</v>
+        <v>1386</v>
       </c>
       <c r="I60" t="s">
-        <v>1382</v>
+        <v>1387</v>
       </c>
       <c r="J60" t="s">
-        <v>1383</v>
+        <v>1388</v>
       </c>
       <c r="K60" t="s">
-        <v>1384</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B61" t="s">
-        <v>1385</v>
+        <v>1390</v>
       </c>
       <c r="C61" t="s">
         <v>12</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>1386</v>
+        <v>1391</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>1387</v>
+        <v>1392</v>
       </c>
       <c r="H61" t="s">
-        <v>1388</v>
+        <v>1393</v>
       </c>
       <c r="I61" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="J61" t="s">
-        <v>1145</v>
+        <v>1395</v>
       </c>
       <c r="K61" t="s">
-        <v>1390</v>
-[...16 lines deleted...]
-      <c r="Q61" t="s">
         <v>1396</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B62" t="s">
         <v>1397</v>
       </c>
       <c r="C62" t="s">
         <v>12</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
         <v>1398</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62" t="s">
         <v>1399</v>
       </c>
       <c r="H62" t="s">
         <v>1400</v>
       </c>
       <c r="I62" t="s">
         <v>1401</v>
       </c>
       <c r="J62" t="s">
-        <v>1202</v>
+        <v>1157</v>
       </c>
       <c r="K62" t="s">
         <v>1402</v>
       </c>
       <c r="L62" t="s">
         <v>1403</v>
       </c>
       <c r="M62" t="s">
         <v>1404</v>
       </c>
       <c r="N62" t="s">
         <v>1405</v>
       </c>
       <c r="O62" t="s">
         <v>1406</v>
       </c>
       <c r="P62" t="s">
         <v>1407</v>
       </c>
       <c r="Q62" t="s">
         <v>1408</v>
       </c>
-      <c r="R62" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B63" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C63" t="s">
+        <v>12</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1410</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1411</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1412</v>
+      </c>
+      <c r="I63" t="s">
         <v>1413</v>
       </c>
-      <c r="C63" t="s">
-[...5 lines deleted...]
-      <c r="E63" t="s">
+      <c r="J63" t="s">
+        <v>1214</v>
+      </c>
+      <c r="K63" t="s">
         <v>1414</v>
       </c>
-      <c r="F63" t="s">
-[...2 lines deleted...]
-      <c r="G63" t="s">
+      <c r="L63" t="s">
         <v>1415</v>
       </c>
-      <c r="H63" t="s">
+      <c r="M63" t="s">
         <v>1416</v>
       </c>
-      <c r="I63" t="s">
+      <c r="N63" t="s">
         <v>1417</v>
       </c>
-      <c r="J63" t="s">
+      <c r="O63" t="s">
         <v>1418</v>
       </c>
-      <c r="K63" t="s">
+      <c r="P63" t="s">
         <v>1419</v>
       </c>
-      <c r="L63" t="s">
+      <c r="Q63" t="s">
         <v>1420</v>
       </c>
-      <c r="M63" t="s">
+      <c r="R63" t="s">
         <v>1421</v>
       </c>
-      <c r="N63" t="s">
+      <c r="S63" t="s">
         <v>1422</v>
       </c>
-      <c r="O63" t="s">
+      <c r="T63" t="s">
         <v>1423</v>
       </c>
-      <c r="P63" t="s">
+      <c r="U63" t="s">
         <v>1424</v>
-      </c>
-[...4 lines deleted...]
-        <v>1426</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B64" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1426</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
         <v>1427</v>
       </c>
-      <c r="C64" t="s">
-[...5 lines deleted...]
-      <c r="E64" t="s">
+      <c r="H64" t="s">
         <v>1428</v>
       </c>
-      <c r="F64" t="s">
-[...2 lines deleted...]
-      <c r="G64" t="s">
+      <c r="I64" t="s">
         <v>1429</v>
       </c>
-      <c r="H64" t="s">
+      <c r="J64" t="s">
         <v>1430</v>
       </c>
-      <c r="I64" t="s">
+      <c r="K64" t="s">
         <v>1431</v>
       </c>
-      <c r="J64" t="s">
+      <c r="L64" t="s">
         <v>1432</v>
       </c>
-      <c r="K64" t="s">
+      <c r="M64" t="s">
         <v>1433</v>
       </c>
-      <c r="L64" t="s">
+      <c r="N64" t="s">
         <v>1434</v>
       </c>
-      <c r="M64" t="s">
+      <c r="O64" t="s">
         <v>1435</v>
       </c>
-      <c r="N64" t="s">
+      <c r="P64" t="s">
         <v>1436</v>
       </c>
-      <c r="O64" t="s">
+      <c r="Q64" t="s">
         <v>1437</v>
       </c>
-      <c r="P64" t="s">
+      <c r="R64" t="s">
         <v>1438</v>
-      </c>
-[...16 lines deleted...]
-        <v>1444</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B65" t="s">
+        <v>1439</v>
+      </c>
+      <c r="C65" t="s">
+        <v>12</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1440</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1442</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1443</v>
+      </c>
+      <c r="J65" t="s">
+        <v>1444</v>
+      </c>
+      <c r="K65" t="s">
         <v>1445</v>
       </c>
-      <c r="C65" t="s">
-[...5 lines deleted...]
-      <c r="E65" t="s">
+      <c r="L65" t="s">
         <v>1446</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="M65" t="s">
         <v>1447</v>
       </c>
-      <c r="H65" t="s">
+      <c r="N65" t="s">
         <v>1448</v>
       </c>
-      <c r="I65" t="s">
+      <c r="O65" t="s">
         <v>1449</v>
       </c>
-      <c r="J65" t="s">
+      <c r="P65" t="s">
         <v>1450</v>
       </c>
-      <c r="K65" t="s">
+      <c r="Q65" t="s">
         <v>1451</v>
+      </c>
+      <c r="R65" t="s">
+        <v>1452</v>
+      </c>
+      <c r="S65" t="s">
+        <v>1453</v>
+      </c>
+      <c r="T65" t="s">
+        <v>1454</v>
+      </c>
+      <c r="U65" t="s">
+        <v>1455</v>
+      </c>
+      <c r="V65" t="s">
+        <v>1456</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B66" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
       <c r="C66" t="s">
         <v>12</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>1453</v>
+        <v>1458</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>1454</v>
+        <v>1459</v>
       </c>
       <c r="H66" t="s">
-        <v>1455</v>
+        <v>1460</v>
       </c>
       <c r="I66" t="s">
-        <v>1160</v>
+        <v>1461</v>
       </c>
       <c r="J66" t="s">
-        <v>1456</v>
+        <v>1462</v>
       </c>
       <c r="K66" t="s">
-        <v>1457</v>
-[...14 lines deleted...]
-        <v>1462</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B67" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="C67" t="s">
         <v>12</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="H67" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="I67" t="s">
-        <v>1467</v>
+        <v>1172</v>
       </c>
       <c r="J67" t="s">
         <v>1468</v>
       </c>
       <c r="K67" t="s">
         <v>1469</v>
       </c>
       <c r="L67" t="s">
         <v>1470</v>
       </c>
       <c r="M67" t="s">
         <v>1471</v>
       </c>
       <c r="N67" t="s">
         <v>1472</v>
       </c>
+      <c r="O67" t="s">
+        <v>1473</v>
+      </c>
+      <c r="P67" t="s">
+        <v>1474</v>
+      </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B68" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="C68" t="s">
         <v>12</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="H68" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="I68" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
       <c r="J68" t="s">
-        <v>1418</v>
+        <v>1480</v>
       </c>
       <c r="K68" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="L68" t="s">
-        <v>1479</v>
+        <v>1482</v>
       </c>
       <c r="M68" t="s">
-        <v>1480</v>
+        <v>1483</v>
       </c>
       <c r="N68" t="s">
-        <v>1481</v>
+        <v>1484</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B69" t="s">
-        <v>1482</v>
+        <v>1485</v>
       </c>
       <c r="C69" t="s">
         <v>12</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>1483</v>
+        <v>1486</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>1484</v>
+        <v>1487</v>
       </c>
       <c r="H69" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="I69" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
       <c r="J69" t="s">
-        <v>1487</v>
+        <v>1430</v>
       </c>
       <c r="K69" t="s">
-        <v>1488</v>
+        <v>1490</v>
       </c>
       <c r="L69" t="s">
-        <v>1489</v>
+        <v>1491</v>
       </c>
       <c r="M69" t="s">
-        <v>1490</v>
+        <v>1492</v>
       </c>
       <c r="N69" t="s">
-        <v>1491</v>
-[...4 lines deleted...]
-      <c r="P69" t="s">
         <v>1493</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B70" t="s">
         <v>1494</v>
       </c>
       <c r="C70" t="s">
         <v>12</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
         <v>1495</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70" t="s">
         <v>1496</v>
       </c>
       <c r="H70" t="s">
         <v>1497</v>
       </c>
       <c r="I70" t="s">
         <v>1498</v>
       </c>
       <c r="J70" t="s">
-        <v>1096</v>
+        <v>1499</v>
       </c>
       <c r="K70" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="L70" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="M70" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="N70" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="O70" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="P70" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B71" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="C71" t="s">
         <v>12</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="H71" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="I71" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="J71" t="s">
-        <v>1510</v>
+        <v>1108</v>
       </c>
       <c r="K71" t="s">
         <v>1511</v>
       </c>
       <c r="L71" t="s">
         <v>1512</v>
       </c>
       <c r="M71" t="s">
         <v>1513</v>
       </c>
       <c r="N71" t="s">
         <v>1514</v>
       </c>
       <c r="O71" t="s">
         <v>1515</v>
       </c>
       <c r="P71" t="s">
         <v>1516</v>
       </c>
-      <c r="Q71" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B72" t="s">
+        <v>1517</v>
+      </c>
+      <c r="C72" t="s">
+        <v>12</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1518</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1519</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1520</v>
+      </c>
+      <c r="I72" t="s">
         <v>1521</v>
       </c>
-      <c r="C72" t="s">
-[...5 lines deleted...]
-      <c r="E72" t="s">
+      <c r="J72" t="s">
         <v>1522</v>
       </c>
-      <c r="F72" t="s">
-[...2 lines deleted...]
-      <c r="G72" t="s">
+      <c r="K72" t="s">
         <v>1523</v>
       </c>
-      <c r="H72" t="s">
+      <c r="L72" t="s">
         <v>1524</v>
       </c>
-      <c r="I72" t="s">
+      <c r="M72" t="s">
         <v>1525</v>
       </c>
-      <c r="J72" t="s">
+      <c r="N72" t="s">
         <v>1526</v>
       </c>
-      <c r="K72" t="s">
+      <c r="O72" t="s">
         <v>1527</v>
       </c>
-      <c r="L72" t="s">
+      <c r="P72" t="s">
         <v>1528</v>
       </c>
-      <c r="M72" t="s">
+      <c r="Q72" t="s">
         <v>1529</v>
+      </c>
+      <c r="R72" t="s">
+        <v>1530</v>
+      </c>
+      <c r="S72" t="s">
+        <v>1531</v>
+      </c>
+      <c r="T72" t="s">
+        <v>1532</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B73" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="C73" t="s">
         <v>12</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="H73" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="I73" t="s">
-        <v>1144</v>
+        <v>1537</v>
       </c>
       <c r="J73" t="s">
-        <v>1534</v>
+        <v>1538</v>
       </c>
       <c r="K73" t="s">
-        <v>1147</v>
+        <v>1539</v>
+      </c>
+      <c r="L73" t="s">
+        <v>1540</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1541</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B74" t="s">
-        <v>1535</v>
+        <v>1542</v>
       </c>
       <c r="C74" t="s">
         <v>12</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>1536</v>
+        <v>1543</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74" t="s">
-        <v>1537</v>
+        <v>1544</v>
       </c>
       <c r="H74" t="s">
-        <v>1538</v>
+        <v>1545</v>
       </c>
       <c r="I74" t="s">
-        <v>1539</v>
+        <v>1156</v>
       </c>
       <c r="J74" t="s">
-        <v>1078</v>
+        <v>1546</v>
       </c>
       <c r="K74" t="s">
-        <v>1540</v>
-[...20 lines deleted...]
-        <v>1547</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B75" t="s">
+        <v>1547</v>
+      </c>
+      <c r="C75" t="s">
+        <v>12</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
         <v>1548</v>
       </c>
-      <c r="C75" t="s">
-[...5 lines deleted...]
-      <c r="E75" t="s">
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
         <v>1549</v>
       </c>
-      <c r="F75" t="s">
-[...2 lines deleted...]
-      <c r="G75" t="s">
+      <c r="H75" t="s">
         <v>1550</v>
       </c>
-      <c r="H75" t="s">
+      <c r="I75" t="s">
         <v>1551</v>
       </c>
-      <c r="I75" t="s">
+      <c r="J75" t="s">
+        <v>1090</v>
+      </c>
+      <c r="K75" t="s">
         <v>1552</v>
       </c>
-      <c r="J75" t="s">
+      <c r="L75" t="s">
         <v>1553</v>
       </c>
-      <c r="K75" t="s">
+      <c r="M75" t="s">
         <v>1554</v>
       </c>
-      <c r="L75" t="s">
+      <c r="N75" t="s">
         <v>1555</v>
       </c>
-      <c r="M75" t="s">
+      <c r="O75" t="s">
         <v>1556</v>
       </c>
-      <c r="N75" t="s">
+      <c r="P75" t="s">
         <v>1557</v>
       </c>
-      <c r="O75" t="s">
+      <c r="Q75" t="s">
         <v>1558</v>
+      </c>
+      <c r="R75" t="s">
+        <v>1559</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B76" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="C76" t="s">
         <v>12</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="H76" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="I76" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="J76" t="s">
-        <v>1306</v>
+        <v>1565</v>
       </c>
       <c r="K76" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="L76" t="s">
-        <v>1565</v>
+        <v>1567</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1568</v>
+      </c>
+      <c r="N76" t="s">
+        <v>1569</v>
+      </c>
+      <c r="O76" t="s">
+        <v>1570</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B77" t="s">
-        <v>1566</v>
+        <v>1571</v>
       </c>
       <c r="C77" t="s">
         <v>12</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>1567</v>
+        <v>1572</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77" t="s">
-        <v>1568</v>
+        <v>1573</v>
       </c>
       <c r="H77" t="s">
-        <v>1569</v>
+        <v>1574</v>
       </c>
       <c r="I77" t="s">
-        <v>1570</v>
+        <v>1575</v>
       </c>
       <c r="J77" t="s">
-        <v>1571</v>
+        <v>1318</v>
       </c>
       <c r="K77" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="L77" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B78" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
       <c r="C78" t="s">
         <v>12</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="H78" t="s">
-        <v>1577</v>
+        <v>1581</v>
       </c>
       <c r="I78" t="s">
-        <v>1578</v>
+        <v>1582</v>
       </c>
       <c r="J78" t="s">
-        <v>1006</v>
+        <v>1583</v>
       </c>
       <c r="K78" t="s">
-        <v>1579</v>
+        <v>1584</v>
       </c>
       <c r="L78" t="s">
-        <v>1580</v>
-[...16 lines deleted...]
-      <c r="R78" t="s">
         <v>1585</v>
-      </c>
-[...4 lines deleted...]
-        <v>1587</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B79" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C79" t="s">
+        <v>12</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1587</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
         <v>1588</v>
       </c>
-      <c r="C79" t="s">
-[...5 lines deleted...]
-      <c r="E79" t="s">
+      <c r="H79" t="s">
         <v>1589</v>
       </c>
-      <c r="F79" t="s">
-[...2 lines deleted...]
-      <c r="G79" t="s">
+      <c r="I79" t="s">
         <v>1590</v>
       </c>
-      <c r="H79" t="s">
+      <c r="J79" t="s">
+        <v>1018</v>
+      </c>
+      <c r="K79" t="s">
         <v>1591</v>
       </c>
-      <c r="I79" t="s">
+      <c r="L79" t="s">
         <v>1592</v>
       </c>
-      <c r="J79" t="s">
-[...2 lines deleted...]
-      <c r="K79" t="s">
+      <c r="M79" t="s">
         <v>1593</v>
+      </c>
+      <c r="N79" t="s">
+        <v>1594</v>
+      </c>
+      <c r="O79" t="s">
+        <v>1595</v>
+      </c>
+      <c r="P79" t="s">
+        <v>1594</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>1596</v>
+      </c>
+      <c r="R79" t="s">
+        <v>1597</v>
+      </c>
+      <c r="S79" t="s">
+        <v>1598</v>
+      </c>
+      <c r="T79" t="s">
+        <v>1599</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B80" t="s">
-        <v>1594</v>
+        <v>1600</v>
       </c>
       <c r="C80" t="s">
         <v>12</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>1595</v>
+        <v>1601</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80" t="s">
-        <v>1596</v>
+        <v>1602</v>
       </c>
       <c r="H80" t="s">
-        <v>1597</v>
+        <v>1603</v>
       </c>
       <c r="I80" t="s">
-        <v>1598</v>
+        <v>1604</v>
       </c>
       <c r="J80" t="s">
-        <v>1599</v>
+        <v>1190</v>
       </c>
       <c r="K80" t="s">
-        <v>1600</v>
-[...8 lines deleted...]
-        <v>1603</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B81" t="s">
-        <v>1604</v>
+        <v>1606</v>
       </c>
       <c r="C81" t="s">
         <v>12</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>1605</v>
+        <v>1607</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81" t="s">
-        <v>1606</v>
+        <v>1608</v>
       </c>
       <c r="H81" t="s">
-        <v>1607</v>
+        <v>1609</v>
       </c>
       <c r="I81" t="s">
-        <v>1608</v>
+        <v>1610</v>
       </c>
       <c r="J81" t="s">
-        <v>1609</v>
+        <v>1611</v>
       </c>
       <c r="K81" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="L81" t="s">
-        <v>1611</v>
+        <v>1613</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1614</v>
+      </c>
+      <c r="N81" t="s">
+        <v>1615</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B82" t="s">
-        <v>1612</v>
+        <v>1616</v>
       </c>
       <c r="C82" t="s">
         <v>12</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>1613</v>
+        <v>1617</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82" t="s">
-        <v>1614</v>
+        <v>1618</v>
       </c>
       <c r="H82" t="s">
-        <v>1615</v>
+        <v>1619</v>
       </c>
       <c r="I82" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="J82" t="s">
-        <v>1178</v>
+        <v>1621</v>
       </c>
       <c r="K82" t="s">
-        <v>1617</v>
+        <v>1622</v>
+      </c>
+      <c r="L82" t="s">
+        <v>1623</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B83" t="s">
-        <v>1618</v>
+        <v>1624</v>
       </c>
       <c r="C83" t="s">
         <v>12</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>1619</v>
+        <v>1625</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83" t="s">
-        <v>1620</v>
+        <v>1626</v>
       </c>
       <c r="H83" t="s">
-        <v>1621</v>
+        <v>1627</v>
       </c>
       <c r="I83" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="J83" t="s">
-        <v>1153</v>
+        <v>1190</v>
       </c>
       <c r="K83" t="s">
-        <v>1623</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B84" t="s">
-        <v>1624</v>
+        <v>1630</v>
       </c>
       <c r="C84" t="s">
         <v>12</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>1625</v>
+        <v>1631</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84" t="s">
-        <v>1626</v>
+        <v>1632</v>
       </c>
       <c r="H84" t="s">
-        <v>1627</v>
+        <v>1633</v>
       </c>
       <c r="I84" t="s">
-        <v>1628</v>
+        <v>1634</v>
       </c>
       <c r="J84" t="s">
-        <v>1629</v>
+        <v>1165</v>
       </c>
       <c r="K84" t="s">
-        <v>1630</v>
-[...2 lines deleted...]
-        <v>1631</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B85" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
       <c r="C85" t="s">
         <v>12</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>1625</v>
+        <v>1637</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85" t="s">
-        <v>1633</v>
+        <v>1638</v>
       </c>
       <c r="H85" t="s">
-        <v>1634</v>
+        <v>1639</v>
       </c>
       <c r="I85" t="s">
-        <v>1635</v>
+        <v>1640</v>
       </c>
       <c r="J85" t="s">
-        <v>821</v>
+        <v>1641</v>
       </c>
       <c r="K85" t="s">
-        <v>1636</v>
+        <v>1642</v>
       </c>
       <c r="L85" t="s">
-        <v>1637</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B86" t="s">
-        <v>1638</v>
+        <v>1644</v>
       </c>
       <c r="C86" t="s">
         <v>12</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="E86" t="s">
-        <v>1625</v>
+        <v>1637</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86" t="s">
-        <v>1639</v>
+        <v>1645</v>
       </c>
       <c r="H86" t="s">
-        <v>1640</v>
+        <v>1646</v>
       </c>
       <c r="I86" t="s">
-        <v>1467</v>
+        <v>1647</v>
       </c>
       <c r="J86" t="s">
-        <v>1641</v>
+        <v>902</v>
       </c>
       <c r="K86" t="s">
-        <v>1642</v>
+        <v>1648</v>
       </c>
       <c r="L86" t="s">
-        <v>1643</v>
-[...5 lines deleted...]
-        <v>1645</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B87" t="s">
-        <v>1646</v>
+        <v>1650</v>
       </c>
       <c r="C87" t="s">
         <v>12</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="E87" t="s">
-        <v>1647</v>
+        <v>1637</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="H87" t="s">
-        <v>1649</v>
+        <v>1652</v>
       </c>
       <c r="I87" t="s">
-        <v>1622</v>
+        <v>1479</v>
       </c>
       <c r="J87" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="K87" t="s">
-        <v>1651</v>
+        <v>1654</v>
+      </c>
+      <c r="L87" t="s">
+        <v>1655</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1656</v>
+      </c>
+      <c r="N87" t="s">
+        <v>1657</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B88" t="s">
-        <v>1652</v>
+        <v>1658</v>
       </c>
       <c r="C88" t="s">
         <v>12</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88" t="s">
-        <v>1654</v>
+        <v>1660</v>
       </c>
       <c r="H88" t="s">
-        <v>1655</v>
+        <v>1661</v>
       </c>
       <c r="I88" t="s">
-        <v>1656</v>
+        <v>1634</v>
       </c>
       <c r="J88" t="s">
-        <v>1657</v>
+        <v>1662</v>
       </c>
       <c r="K88" t="s">
-        <v>1658</v>
-[...13 lines deleted...]
-      <c r="P88" t="s">
         <v>1663</v>
-      </c>
-[...40 lines deleted...]
-        <v>1677</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B89" t="s">
+        <v>1664</v>
+      </c>
+      <c r="C89" t="s">
+        <v>12</v>
+      </c>
+      <c r="D89" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1665</v>
+      </c>
+      <c r="F89" t="s">
+        <v>12</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1666</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1667</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1668</v>
+      </c>
+      <c r="J89" t="s">
+        <v>1669</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1670</v>
+      </c>
+      <c r="L89" t="s">
+        <v>1671</v>
+      </c>
+      <c r="M89" t="s">
+        <v>1672</v>
+      </c>
+      <c r="N89" t="s">
+        <v>1673</v>
+      </c>
+      <c r="O89" t="s">
+        <v>1674</v>
+      </c>
+      <c r="P89" t="s">
+        <v>1675</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>1676</v>
+      </c>
+      <c r="R89" t="s">
+        <v>1677</v>
+      </c>
+      <c r="S89" t="s">
         <v>1678</v>
       </c>
-      <c r="C89" t="s">
-[...5 lines deleted...]
-      <c r="E89" t="s">
+      <c r="T89" t="s">
         <v>1679</v>
       </c>
-      <c r="F89" t="s">
-[...2 lines deleted...]
-      <c r="G89" t="s">
+      <c r="U89" t="s">
         <v>1680</v>
       </c>
-      <c r="H89" t="s">
+      <c r="V89" t="s">
         <v>1681</v>
       </c>
-      <c r="I89" t="s">
+      <c r="W89" t="s">
         <v>1682</v>
       </c>
-      <c r="J89" t="s">
+      <c r="X89" t="s">
         <v>1683</v>
       </c>
-      <c r="K89" t="s">
+      <c r="Y89" t="s">
         <v>1684</v>
       </c>
-      <c r="L89" t="s">
+      <c r="Z89" t="s">
         <v>1685</v>
+      </c>
+      <c r="AA89" t="s">
+        <v>1686</v>
+      </c>
+      <c r="AB89" t="s">
+        <v>1687</v>
+      </c>
+      <c r="AC89" t="s">
+        <v>1688</v>
+      </c>
+      <c r="AD89" t="s">
+        <v>1689</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B90" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="C90" t="s">
         <v>12</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="H90" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
       <c r="I90" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="J90" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="K90" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="L90" t="s">
-        <v>1693</v>
-[...8 lines deleted...]
-        <v>1696</v>
+        <v>1697</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B91" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="C91" t="s">
         <v>12</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
       <c r="E91" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="H91" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="I91" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="J91" t="s">
-        <v>986</v>
+        <v>1703</v>
       </c>
       <c r="K91" t="s">
-        <v>1702</v>
+        <v>1704</v>
       </c>
       <c r="L91" t="s">
-        <v>1703</v>
+        <v>1705</v>
       </c>
       <c r="M91" t="s">
-        <v>1704</v>
+        <v>1706</v>
       </c>
       <c r="N91" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="O91" t="s">
-        <v>1706</v>
-[...4 lines deleted...]
-      <c r="Q91" t="s">
         <v>1708</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B92" t="s">
         <v>1709</v>
       </c>
       <c r="C92" t="s">
         <v>12</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
         <v>1710</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92" t="s">
         <v>1711</v>
       </c>
       <c r="H92" t="s">
         <v>1712</v>
       </c>
       <c r="I92" t="s">
         <v>1713</v>
       </c>
       <c r="J92" t="s">
-        <v>1223</v>
+        <v>998</v>
       </c>
       <c r="K92" t="s">
         <v>1714</v>
       </c>
       <c r="L92" t="s">
         <v>1715</v>
       </c>
       <c r="M92" t="s">
         <v>1716</v>
       </c>
       <c r="N92" t="s">
         <v>1717</v>
       </c>
       <c r="O92" t="s">
         <v>1718</v>
       </c>
       <c r="P92" t="s">
         <v>1719</v>
       </c>
       <c r="Q92" t="s">
         <v>1720</v>
       </c>
-      <c r="R92" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B93" t="s">
+        <v>1721</v>
+      </c>
+      <c r="C93" t="s">
+        <v>12</v>
+      </c>
+      <c r="D93" t="s">
+        <v>12</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1722</v>
+      </c>
+      <c r="F93" t="s">
+        <v>12</v>
+      </c>
+      <c r="G93" t="s">
         <v>1723</v>
       </c>
-      <c r="C93" t="s">
-[...5 lines deleted...]
-      <c r="E93" t="s">
+      <c r="H93" t="s">
         <v>1724</v>
       </c>
-      <c r="F93" t="s">
-[...2 lines deleted...]
-      <c r="G93" t="s">
+      <c r="I93" t="s">
         <v>1725</v>
       </c>
-      <c r="H93" t="s">
+      <c r="J93" t="s">
+        <v>1235</v>
+      </c>
+      <c r="K93" t="s">
         <v>1726</v>
       </c>
-      <c r="I93" t="s">
+      <c r="L93" t="s">
         <v>1727</v>
       </c>
-      <c r="J93" t="s">
+      <c r="M93" t="s">
         <v>1728</v>
       </c>
-      <c r="K93" t="s">
+      <c r="N93" t="s">
         <v>1729</v>
       </c>
-      <c r="L93" t="s">
+      <c r="O93" t="s">
         <v>1730</v>
       </c>
-      <c r="M93" t="s">
+      <c r="P93" t="s">
         <v>1731</v>
       </c>
-      <c r="N93" t="s">
+      <c r="Q93" t="s">
         <v>1732</v>
+      </c>
+      <c r="R93" t="s">
+        <v>1733</v>
+      </c>
+      <c r="S93" t="s">
+        <v>1734</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B94" t="s">
-        <v>1733</v>
+        <v>1735</v>
       </c>
       <c r="C94" t="s">
         <v>12</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="H94" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="I94" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="J94" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="K94" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="L94" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
       <c r="M94" t="s">
-        <v>1741</v>
+        <v>1743</v>
+      </c>
+      <c r="N94" t="s">
+        <v>1744</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B95" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
       <c r="C95" t="s">
         <v>12</v>
       </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
       <c r="E95" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="H95" t="s">
-        <v>1745</v>
+        <v>1748</v>
       </c>
       <c r="I95" t="s">
-        <v>1746</v>
+        <v>1749</v>
       </c>
       <c r="J95" t="s">
-        <v>1747</v>
+        <v>1750</v>
       </c>
       <c r="K95" t="s">
-        <v>1748</v>
+        <v>1751</v>
       </c>
       <c r="L95" t="s">
-        <v>1749</v>
+        <v>1752</v>
       </c>
       <c r="M95" t="s">
-        <v>1750</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B96" t="s">
-        <v>1751</v>
+        <v>1754</v>
       </c>
       <c r="C96" t="s">
         <v>12</v>
       </c>
       <c r="D96" t="s">
         <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>1752</v>
+        <v>1755</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96" t="s">
-        <v>1753</v>
+        <v>1756</v>
       </c>
       <c r="H96" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="I96" t="s">
-        <v>1755</v>
+        <v>1758</v>
       </c>
       <c r="J96" t="s">
-        <v>1756</v>
+        <v>1759</v>
       </c>
       <c r="K96" t="s">
-        <v>1757</v>
+        <v>1760</v>
       </c>
       <c r="L96" t="s">
-        <v>1758</v>
+        <v>1761</v>
       </c>
       <c r="M96" t="s">
-        <v>1759</v>
-[...7 lines deleted...]
-      <c r="P96" t="s">
         <v>1762</v>
-      </c>
-[...25 lines deleted...]
-        <v>1771</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B97" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C97" t="s">
+        <v>12</v>
+      </c>
+      <c r="D97" t="s">
+        <v>12</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1764</v>
+      </c>
+      <c r="F97" t="s">
+        <v>12</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1765</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1766</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1767</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1768</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1769</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1770</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1771</v>
+      </c>
+      <c r="N97" t="s">
         <v>1772</v>
       </c>
-      <c r="C97" t="s">
-[...5 lines deleted...]
-      <c r="E97" t="s">
+      <c r="O97" t="s">
         <v>1773</v>
       </c>
-      <c r="F97" t="s">
-[...2 lines deleted...]
-      <c r="G97" t="s">
+      <c r="P97" t="s">
         <v>1774</v>
       </c>
-      <c r="H97" t="s">
+      <c r="Q97" t="s">
         <v>1775</v>
       </c>
-      <c r="I97" t="s">
+      <c r="R97" t="s">
         <v>1776</v>
       </c>
-      <c r="J97" t="s">
+      <c r="S97" t="s">
         <v>1777</v>
       </c>
-      <c r="K97" t="s">
+      <c r="T97" t="s">
         <v>1778</v>
+      </c>
+      <c r="U97" t="s">
+        <v>1779</v>
+      </c>
+      <c r="V97" t="s">
+        <v>1780</v>
+      </c>
+      <c r="W97" t="s">
+        <v>1781</v>
+      </c>
+      <c r="X97" t="s">
+        <v>1782</v>
+      </c>
+      <c r="Y97" t="s">
+        <v>1783</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B98" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="C98" t="s">
         <v>12</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
       <c r="E98" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="H98" t="s">
-        <v>1782</v>
+        <v>1787</v>
       </c>
       <c r="I98" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
       <c r="J98" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="K98" t="s">
-        <v>1785</v>
-[...2 lines deleted...]
-        <v>1786</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B99" t="s">
-        <v>1787</v>
+        <v>1791</v>
       </c>
       <c r="C99" t="s">
         <v>12</v>
       </c>
       <c r="D99" t="s">
         <v>12</v>
       </c>
       <c r="E99" t="s">
-        <v>1780</v>
+        <v>1792</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="H99" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="I99" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="J99" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="K99" t="s">
-        <v>1792</v>
+        <v>1797</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1798</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B100" t="s">
-        <v>1793</v>
+        <v>1799</v>
       </c>
       <c r="C100" t="s">
         <v>12</v>
       </c>
       <c r="D100" t="s">
         <v>12</v>
       </c>
       <c r="E100" t="s">
-        <v>1794</v>
+        <v>1792</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
       <c r="H100" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="I100" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="J100" t="s">
-        <v>1418</v>
+        <v>1803</v>
       </c>
       <c r="K100" t="s">
-        <v>1798</v>
-[...16 lines deleted...]
-      <c r="Q100" t="s">
         <v>1804</v>
-      </c>
-[...31 lines deleted...]
-        <v>1815</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B101" t="s">
+        <v>1805</v>
+      </c>
+      <c r="C101" t="s">
+        <v>12</v>
+      </c>
+      <c r="D101" t="s">
+        <v>12</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1806</v>
+      </c>
+      <c r="F101" t="s">
+        <v>12</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1808</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1809</v>
+      </c>
+      <c r="J101" t="s">
+        <v>1430</v>
+      </c>
+      <c r="K101" t="s">
+        <v>1810</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1811</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1812</v>
+      </c>
+      <c r="N101" t="s">
+        <v>1813</v>
+      </c>
+      <c r="O101" t="s">
+        <v>1814</v>
+      </c>
+      <c r="P101" t="s">
+        <v>1815</v>
+      </c>
+      <c r="Q101" t="s">
         <v>1816</v>
       </c>
-      <c r="C101" t="s">
-[...5 lines deleted...]
-      <c r="E101" t="s">
+      <c r="R101" t="s">
         <v>1817</v>
       </c>
-      <c r="F101" t="s">
-[...2 lines deleted...]
-      <c r="G101" t="s">
+      <c r="S101" t="s">
         <v>1818</v>
       </c>
-      <c r="H101" t="s">
+      <c r="T101" t="s">
         <v>1819</v>
       </c>
-      <c r="I101" t="s">
+      <c r="U101" t="s">
         <v>1820</v>
       </c>
-      <c r="J101" t="s">
+      <c r="V101" t="s">
         <v>1821</v>
       </c>
-      <c r="K101" t="s">
+      <c r="W101" t="s">
         <v>1822</v>
       </c>
-      <c r="L101" t="s">
+      <c r="X101" t="s">
         <v>1823</v>
       </c>
-      <c r="M101" t="s">
+      <c r="Y101" t="s">
         <v>1824</v>
       </c>
-      <c r="N101" t="s">
+      <c r="Z101" t="s">
         <v>1825</v>
       </c>
-      <c r="O101" t="s">
+      <c r="AA101" t="s">
         <v>1826</v>
       </c>
-      <c r="P101" t="s">
+      <c r="AB101" t="s">
         <v>1827</v>
-      </c>
-[...4 lines deleted...]
-        <v>1829</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B102" t="s">
+        <v>1828</v>
+      </c>
+      <c r="C102" t="s">
+        <v>12</v>
+      </c>
+      <c r="D102" t="s">
+        <v>12</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1829</v>
+      </c>
+      <c r="F102" t="s">
+        <v>12</v>
+      </c>
+      <c r="G102" t="s">
         <v>1830</v>
       </c>
-      <c r="C102" t="s">
-[...5 lines deleted...]
-      <c r="E102" t="s">
+      <c r="H102" t="s">
         <v>1831</v>
       </c>
-      <c r="F102" t="s">
-[...2 lines deleted...]
-      <c r="G102" t="s">
+      <c r="I102" t="s">
         <v>1832</v>
       </c>
-      <c r="H102" t="s">
+      <c r="J102" t="s">
         <v>1833</v>
       </c>
-      <c r="I102" t="s">
+      <c r="K102" t="s">
         <v>1834</v>
       </c>
-      <c r="J102" t="s">
+      <c r="L102" t="s">
         <v>1835</v>
       </c>
-      <c r="K102" t="s">
+      <c r="M102" t="s">
         <v>1836</v>
+      </c>
+      <c r="N102" t="s">
+        <v>1837</v>
+      </c>
+      <c r="O102" t="s">
+        <v>1838</v>
+      </c>
+      <c r="P102" t="s">
+        <v>1839</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>1840</v>
+      </c>
+      <c r="R102" t="s">
+        <v>1841</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B103" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="C103" t="s">
         <v>12</v>
       </c>
       <c r="D103" t="s">
         <v>12</v>
       </c>
       <c r="E103" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
       <c r="H103" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="I103" t="s">
-        <v>1841</v>
+        <v>1846</v>
       </c>
       <c r="J103" t="s">
-        <v>741</v>
+        <v>1847</v>
       </c>
       <c r="K103" t="s">
-        <v>1842</v>
-[...2 lines deleted...]
-        <v>1843</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B104" t="s">
-        <v>1844</v>
+        <v>1849</v>
       </c>
       <c r="C104" t="s">
         <v>12</v>
       </c>
       <c r="D104" t="s">
         <v>12</v>
       </c>
       <c r="E104" t="s">
-        <v>1845</v>
+        <v>1850</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104" t="s">
-        <v>1846</v>
+        <v>1851</v>
       </c>
       <c r="H104" t="s">
-        <v>1847</v>
+        <v>1852</v>
       </c>
       <c r="I104" t="s">
-        <v>1848</v>
+        <v>1853</v>
       </c>
       <c r="J104" t="s">
-        <v>842</v>
+        <v>822</v>
       </c>
       <c r="K104" t="s">
-        <v>1849</v>
+        <v>1854</v>
       </c>
       <c r="L104" t="s">
-        <v>1850</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B105" t="s">
-        <v>1851</v>
+        <v>1856</v>
       </c>
       <c r="C105" t="s">
         <v>12</v>
       </c>
       <c r="D105" t="s">
         <v>12</v>
       </c>
       <c r="E105" t="s">
-        <v>1852</v>
+        <v>1857</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105" t="s">
-        <v>1853</v>
+        <v>1858</v>
       </c>
       <c r="H105" t="s">
-        <v>1854</v>
+        <v>1859</v>
       </c>
       <c r="I105" t="s">
-        <v>1855</v>
+        <v>1860</v>
       </c>
       <c r="J105" t="s">
-        <v>1856</v>
+        <v>923</v>
       </c>
       <c r="K105" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="L105" t="s">
-        <v>1858</v>
-[...10 lines deleted...]
-      <c r="P105" t="s">
         <v>1862</v>
-      </c>
-[...4 lines deleted...]
-        <v>1864</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B106" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C106" t="s">
+        <v>12</v>
+      </c>
+      <c r="D106" t="s">
+        <v>12</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1864</v>
+      </c>
+      <c r="F106" t="s">
+        <v>12</v>
+      </c>
+      <c r="G106" t="s">
         <v>1865</v>
       </c>
-      <c r="C106" t="s">
-[...5 lines deleted...]
-      <c r="E106" t="s">
+      <c r="H106" t="s">
         <v>1866</v>
       </c>
-      <c r="F106" t="s">
-[...2 lines deleted...]
-      <c r="G106" t="s">
+      <c r="I106" t="s">
         <v>1867</v>
       </c>
-      <c r="H106" t="s">
+      <c r="J106" t="s">
         <v>1868</v>
       </c>
-      <c r="I106" t="s">
+      <c r="K106" t="s">
         <v>1869</v>
       </c>
-      <c r="J106" t="s">
+      <c r="L106" t="s">
         <v>1870</v>
       </c>
-      <c r="K106" t="s">
+      <c r="M106" t="s">
         <v>1871</v>
       </c>
-      <c r="L106" t="s">
+      <c r="N106" t="s">
         <v>1872</v>
       </c>
-      <c r="M106" t="s">
+      <c r="O106" t="s">
         <v>1873</v>
       </c>
-      <c r="N106" t="s">
+      <c r="P106" t="s">
         <v>1874</v>
       </c>
-      <c r="O106" t="s">
+      <c r="Q106" t="s">
         <v>1875</v>
       </c>
-      <c r="P106" t="s">
+      <c r="R106" t="s">
         <v>1876</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B107" t="s">
         <v>1877</v>
       </c>
       <c r="C107" t="s">
         <v>12</v>
       </c>
       <c r="D107" t="s">
         <v>12</v>
       </c>
       <c r="E107" t="s">
         <v>1878</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107" t="s">
         <v>1879</v>
       </c>
       <c r="H107" t="s">
         <v>1880</v>
       </c>
       <c r="I107" t="s">
-        <v>1755</v>
+        <v>1881</v>
       </c>
       <c r="J107" t="s">
-        <v>1314</v>
+        <v>1882</v>
       </c>
       <c r="K107" t="s">
-        <v>1881</v>
+        <v>1883</v>
+      </c>
+      <c r="L107" t="s">
+        <v>1884</v>
+      </c>
+      <c r="M107" t="s">
+        <v>1885</v>
+      </c>
+      <c r="N107" t="s">
+        <v>1886</v>
+      </c>
+      <c r="O107" t="s">
+        <v>1887</v>
+      </c>
+      <c r="P107" t="s">
+        <v>1888</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B108" t="s">
-        <v>1882</v>
+        <v>1889</v>
       </c>
       <c r="C108" t="s">
         <v>12</v>
       </c>
       <c r="D108" t="s">
         <v>12</v>
       </c>
       <c r="E108" t="s">
-        <v>1883</v>
+        <v>1890</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108" t="s">
-        <v>1884</v>
+        <v>1891</v>
       </c>
       <c r="H108" t="s">
-        <v>1885</v>
+        <v>1892</v>
       </c>
       <c r="I108" t="s">
-        <v>1886</v>
+        <v>1767</v>
       </c>
       <c r="J108" t="s">
-        <v>1553</v>
+        <v>1326</v>
       </c>
       <c r="K108" t="s">
-        <v>1887</v>
-[...16 lines deleted...]
-      <c r="Q108" t="s">
         <v>1893</v>
-      </c>
-[...22 lines deleted...]
-        <v>1901</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B109" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C109" t="s">
+        <v>12</v>
+      </c>
+      <c r="D109" t="s">
+        <v>12</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1895</v>
+      </c>
+      <c r="F109" t="s">
+        <v>12</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1897</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1898</v>
+      </c>
+      <c r="J109" t="s">
+        <v>1565</v>
+      </c>
+      <c r="K109" t="s">
+        <v>1899</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1900</v>
+      </c>
+      <c r="M109" t="s">
+        <v>1901</v>
+      </c>
+      <c r="N109" t="s">
         <v>1902</v>
       </c>
-      <c r="C109" t="s">
-[...5 lines deleted...]
-      <c r="E109" t="s">
+      <c r="O109" t="s">
         <v>1903</v>
       </c>
-      <c r="F109" t="s">
-[...2 lines deleted...]
-      <c r="G109" t="s">
+      <c r="P109" t="s">
         <v>1904</v>
       </c>
-      <c r="H109" t="s">
+      <c r="Q109" t="s">
         <v>1905</v>
       </c>
-      <c r="I109" t="s">
+      <c r="R109" t="s">
         <v>1906</v>
       </c>
-      <c r="J109" t="s">
-[...2 lines deleted...]
-      <c r="K109" t="s">
+      <c r="S109" t="s">
         <v>1907</v>
       </c>
-      <c r="L109" t="s">
+      <c r="T109" t="s">
         <v>1908</v>
+      </c>
+      <c r="U109" t="s">
+        <v>1909</v>
+      </c>
+      <c r="V109" t="s">
+        <v>1910</v>
+      </c>
+      <c r="W109" t="s">
+        <v>1911</v>
+      </c>
+      <c r="X109" t="s">
+        <v>1912</v>
+      </c>
+      <c r="Y109" t="s">
+        <v>1913</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B110" t="s">
-        <v>1909</v>
+        <v>1914</v>
       </c>
       <c r="C110" t="s">
         <v>12</v>
       </c>
       <c r="D110" t="s">
         <v>12</v>
       </c>
       <c r="E110" t="s">
-        <v>1910</v>
+        <v>1915</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110" t="s">
-        <v>1911</v>
+        <v>1916</v>
       </c>
       <c r="H110" t="s">
-        <v>1912</v>
+        <v>1917</v>
       </c>
       <c r="I110" t="s">
-        <v>1913</v>
+        <v>1918</v>
       </c>
       <c r="J110" t="s">
-        <v>1914</v>
+        <v>1235</v>
       </c>
       <c r="K110" t="s">
-        <v>1915</v>
+        <v>1919</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1920</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B111" t="s">
-        <v>1916</v>
+        <v>1921</v>
       </c>
       <c r="C111" t="s">
         <v>12</v>
       </c>
       <c r="D111" t="s">
         <v>12</v>
       </c>
       <c r="E111" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111" t="s">
-        <v>1918</v>
+        <v>1923</v>
       </c>
       <c r="H111" t="s">
-        <v>1919</v>
+        <v>1924</v>
       </c>
       <c r="I111" t="s">
-        <v>1467</v>
+        <v>1925</v>
       </c>
       <c r="J111" t="s">
-        <v>1920</v>
+        <v>1926</v>
       </c>
       <c r="K111" t="s">
-        <v>1921</v>
-[...14 lines deleted...]
-        <v>1926</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B112" t="s">
-        <v>1927</v>
+        <v>1928</v>
       </c>
       <c r="C112" t="s">
         <v>12</v>
       </c>
       <c r="D112" t="s">
         <v>12</v>
       </c>
       <c r="E112" t="s">
-        <v>1928</v>
+        <v>1929</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="H112" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="I112" t="s">
-        <v>1931</v>
+        <v>1479</v>
       </c>
       <c r="J112" t="s">
-        <v>1078</v>
+        <v>1932</v>
       </c>
       <c r="K112" t="s">
-        <v>1932</v>
+        <v>1933</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1934</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1935</v>
+      </c>
+      <c r="N112" t="s">
+        <v>1936</v>
+      </c>
+      <c r="O112" t="s">
+        <v>1937</v>
+      </c>
+      <c r="P112" t="s">
+        <v>1938</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B113" t="s">
-        <v>1933</v>
+        <v>1939</v>
       </c>
       <c r="C113" t="s">
         <v>12</v>
       </c>
       <c r="D113" t="s">
         <v>12</v>
       </c>
       <c r="E113" t="s">
-        <v>1934</v>
+        <v>1940</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113" t="s">
-        <v>1935</v>
+        <v>1941</v>
       </c>
       <c r="H113" t="s">
-        <v>1936</v>
+        <v>1942</v>
       </c>
       <c r="I113" t="s">
-        <v>1467</v>
+        <v>1943</v>
       </c>
       <c r="J113" t="s">
-        <v>1937</v>
+        <v>1090</v>
       </c>
       <c r="K113" t="s">
-        <v>1938</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B114" t="s">
-        <v>1939</v>
+        <v>1945</v>
       </c>
       <c r="C114" t="s">
         <v>12</v>
       </c>
       <c r="D114" t="s">
         <v>12</v>
       </c>
       <c r="E114" t="s">
-        <v>1940</v>
+        <v>1946</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114" t="s">
-        <v>1941</v>
+        <v>1947</v>
       </c>
       <c r="H114" t="s">
-        <v>1942</v>
+        <v>1948</v>
       </c>
       <c r="I114" t="s">
-        <v>1943</v>
+        <v>1479</v>
       </c>
       <c r="J114" t="s">
-        <v>1944</v>
+        <v>1949</v>
       </c>
       <c r="K114" t="s">
-        <v>1945</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B115" t="s">
-        <v>1946</v>
+        <v>1951</v>
       </c>
       <c r="C115" t="s">
         <v>12</v>
       </c>
       <c r="D115" t="s">
         <v>12</v>
       </c>
       <c r="E115" t="s">
-        <v>1947</v>
+        <v>1952</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115" t="s">
-        <v>1948</v>
+        <v>1953</v>
       </c>
       <c r="H115" t="s">
-        <v>1949</v>
+        <v>1954</v>
       </c>
       <c r="I115" t="s">
-        <v>1467</v>
+        <v>1955</v>
       </c>
       <c r="J115" t="s">
-        <v>1950</v>
+        <v>1956</v>
       </c>
       <c r="K115" t="s">
-        <v>1951</v>
-[...8 lines deleted...]
-        <v>1954</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B116" t="s">
-        <v>1955</v>
+        <v>1958</v>
       </c>
       <c r="C116" t="s">
         <v>12</v>
       </c>
       <c r="D116" t="s">
         <v>12</v>
       </c>
       <c r="E116" t="s">
-        <v>1956</v>
+        <v>1959</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116" t="s">
-        <v>1957</v>
+        <v>1960</v>
       </c>
       <c r="H116" t="s">
-        <v>1958</v>
+        <v>1961</v>
       </c>
       <c r="I116" t="s">
-        <v>1959</v>
+        <v>1479</v>
       </c>
       <c r="J116" t="s">
-        <v>1920</v>
+        <v>1962</v>
       </c>
       <c r="K116" t="s">
-        <v>1960</v>
+        <v>1963</v>
       </c>
       <c r="L116" t="s">
-        <v>1961</v>
+        <v>1964</v>
       </c>
       <c r="M116" t="s">
-        <v>1962</v>
+        <v>1965</v>
+      </c>
+      <c r="N116" t="s">
+        <v>1966</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B117" t="s">
-        <v>1963</v>
+        <v>1967</v>
       </c>
       <c r="C117" t="s">
         <v>12</v>
       </c>
       <c r="D117" t="s">
         <v>12</v>
       </c>
       <c r="E117" t="s">
-        <v>1964</v>
+        <v>1968</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117" t="s">
-        <v>1965</v>
+        <v>1969</v>
       </c>
       <c r="H117" t="s">
-        <v>1966</v>
+        <v>1970</v>
       </c>
       <c r="I117" t="s">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="J117" t="s">
-        <v>12</v>
+        <v>1932</v>
       </c>
       <c r="K117" t="s">
-        <v>1968</v>
+        <v>1972</v>
+      </c>
+      <c r="L117" t="s">
+        <v>1973</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1974</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B118" t="s">
-        <v>1969</v>
+        <v>1975</v>
       </c>
       <c r="C118" t="s">
         <v>12</v>
       </c>
       <c r="D118" t="s">
         <v>12</v>
       </c>
       <c r="E118" t="s">
-        <v>1970</v>
+        <v>1976</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118" t="s">
-        <v>1971</v>
+        <v>1977</v>
       </c>
       <c r="H118" t="s">
-        <v>1972</v>
+        <v>1978</v>
       </c>
       <c r="I118" t="s">
-        <v>1973</v>
+        <v>1979</v>
       </c>
       <c r="J118" t="s">
-        <v>1169</v>
+        <v>12</v>
       </c>
       <c r="K118" t="s">
-        <v>1974</v>
-[...11 lines deleted...]
-        <v>1977</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B119" t="s">
-        <v>1978</v>
+        <v>1981</v>
       </c>
       <c r="C119" t="s">
         <v>12</v>
       </c>
       <c r="D119" t="s">
         <v>12</v>
       </c>
       <c r="E119" t="s">
-        <v>1979</v>
+        <v>1982</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119" t="s">
-        <v>1980</v>
+        <v>1983</v>
       </c>
       <c r="H119" t="s">
-        <v>1981</v>
+        <v>1984</v>
       </c>
       <c r="I119" t="s">
-        <v>1982</v>
+        <v>1985</v>
       </c>
       <c r="J119" t="s">
-        <v>1983</v>
+        <v>1181</v>
       </c>
       <c r="K119" t="s">
-        <v>1984</v>
+        <v>1986</v>
       </c>
       <c r="L119" t="s">
-        <v>1985</v>
+        <v>1987</v>
       </c>
       <c r="M119" t="s">
-        <v>1985</v>
+        <v>1988</v>
       </c>
       <c r="N119" t="s">
-        <v>1986</v>
+        <v>1989</v>
+      </c>
+      <c r="O119" t="s">
+        <v>1989</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B120" t="s">
-        <v>1987</v>
+        <v>1990</v>
       </c>
       <c r="C120" t="s">
         <v>12</v>
       </c>
       <c r="D120" t="s">
         <v>12</v>
       </c>
       <c r="E120" t="s">
-        <v>1988</v>
+        <v>1991</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120" t="s">
-        <v>1989</v>
+        <v>1992</v>
       </c>
       <c r="H120" t="s">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="I120" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="J120" t="s">
-        <v>842</v>
+        <v>1995</v>
       </c>
       <c r="K120" t="s">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="L120" t="s">
-        <v>1993</v>
+        <v>1997</v>
+      </c>
+      <c r="M120" t="s">
+        <v>1997</v>
+      </c>
+      <c r="N120" t="s">
+        <v>1998</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B121" t="s">
-        <v>1994</v>
+        <v>1999</v>
       </c>
       <c r="C121" t="s">
         <v>12</v>
       </c>
       <c r="D121" t="s">
         <v>12</v>
       </c>
       <c r="E121" t="s">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121" t="s">
-        <v>1996</v>
+        <v>2001</v>
       </c>
       <c r="H121" t="s">
-        <v>1997</v>
+        <v>2002</v>
       </c>
       <c r="I121" t="s">
-        <v>1998</v>
+        <v>2003</v>
       </c>
       <c r="J121" t="s">
-        <v>1999</v>
+        <v>923</v>
       </c>
       <c r="K121" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="L121" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B122" t="s">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="C122" t="s">
         <v>12</v>
       </c>
       <c r="D122" t="s">
         <v>12</v>
       </c>
       <c r="E122" t="s">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122" t="s">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="H122" t="s">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="I122" t="s">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="J122" t="s">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="K122" t="s">
-        <v>2008</v>
+        <v>2012</v>
+      </c>
+      <c r="L122" t="s">
+        <v>2013</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B123" t="s">
-        <v>2009</v>
+        <v>2014</v>
       </c>
       <c r="C123" t="s">
         <v>12</v>
       </c>
       <c r="D123" t="s">
         <v>12</v>
       </c>
       <c r="E123" t="s">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123" t="s">
-        <v>2011</v>
+        <v>2016</v>
       </c>
       <c r="H123" t="s">
-        <v>2012</v>
+        <v>2017</v>
       </c>
       <c r="I123" t="s">
-        <v>1345</v>
+        <v>2018</v>
       </c>
       <c r="J123" t="s">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="K123" t="s">
-        <v>2014</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B124" t="s">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="C124" t="s">
         <v>12</v>
       </c>
       <c r="D124" t="s">
         <v>12</v>
       </c>
       <c r="E124" t="s">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124" t="s">
-        <v>2017</v>
+        <v>2023</v>
       </c>
       <c r="H124" t="s">
-        <v>2018</v>
+        <v>2024</v>
       </c>
       <c r="I124" t="s">
-        <v>2019</v>
+        <v>1357</v>
       </c>
       <c r="J124" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="K124" t="s">
-        <v>2021</v>
-[...2 lines deleted...]
-        <v>2022</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B125" t="s">
-        <v>2023</v>
+        <v>2027</v>
       </c>
       <c r="C125" t="s">
         <v>12</v>
       </c>
       <c r="D125" t="s">
         <v>12</v>
       </c>
       <c r="E125" t="s">
-        <v>2024</v>
+        <v>2028</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125" t="s">
-        <v>2025</v>
+        <v>2029</v>
       </c>
       <c r="H125" t="s">
-        <v>2026</v>
+        <v>2030</v>
       </c>
       <c r="I125" t="s">
-        <v>2027</v>
+        <v>2031</v>
       </c>
       <c r="J125" t="s">
-        <v>1450</v>
+        <v>2032</v>
       </c>
       <c r="K125" t="s">
-        <v>2028</v>
+        <v>2033</v>
+      </c>
+      <c r="L125" t="s">
+        <v>2034</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B126" t="s">
-        <v>2029</v>
+        <v>2035</v>
       </c>
       <c r="C126" t="s">
         <v>12</v>
       </c>
       <c r="D126" t="s">
         <v>12</v>
       </c>
       <c r="E126" t="s">
-        <v>2030</v>
+        <v>2036</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126" t="s">
-        <v>2031</v>
+        <v>2037</v>
       </c>
       <c r="H126" t="s">
-        <v>2032</v>
+        <v>2038</v>
       </c>
       <c r="I126" t="s">
-        <v>1931</v>
+        <v>2039</v>
       </c>
       <c r="J126" t="s">
-        <v>2033</v>
+        <v>1462</v>
       </c>
       <c r="K126" t="s">
-        <v>2034</v>
-[...16 lines deleted...]
-      <c r="Q126" t="s">
         <v>2040</v>
-      </c>
-[...22 lines deleted...]
-        <v>2048</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B127" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C127" t="s">
+        <v>12</v>
+      </c>
+      <c r="D127" t="s">
+        <v>12</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F127" t="s">
+        <v>12</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2043</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2044</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1943</v>
+      </c>
+      <c r="J127" t="s">
+        <v>2045</v>
+      </c>
+      <c r="K127" t="s">
+        <v>2046</v>
+      </c>
+      <c r="L127" t="s">
+        <v>2047</v>
+      </c>
+      <c r="M127" t="s">
+        <v>2048</v>
+      </c>
+      <c r="N127" t="s">
         <v>2049</v>
       </c>
-      <c r="C127" t="s">
-[...5 lines deleted...]
-      <c r="E127" t="s">
+      <c r="O127" t="s">
         <v>2050</v>
       </c>
-      <c r="F127" t="s">
-[...2 lines deleted...]
-      <c r="G127" t="s">
+      <c r="P127" t="s">
         <v>2051</v>
       </c>
-      <c r="H127" t="s">
+      <c r="Q127" t="s">
         <v>2052</v>
       </c>
-      <c r="I127" t="s">
+      <c r="R127" t="s">
         <v>2053</v>
       </c>
-      <c r="J127" t="s">
-[...2 lines deleted...]
-      <c r="K127" t="s">
+      <c r="S127" t="s">
         <v>2054</v>
       </c>
-      <c r="L127" t="s">
+      <c r="T127" t="s">
         <v>2055</v>
       </c>
-      <c r="M127" t="s">
+      <c r="U127" t="s">
         <v>2056</v>
       </c>
-      <c r="N127" t="s">
+      <c r="V127" t="s">
         <v>2057</v>
       </c>
-      <c r="O127" t="s">
+      <c r="W127" t="s">
         <v>2058</v>
+      </c>
+      <c r="X127" t="s">
+        <v>2059</v>
+      </c>
+      <c r="Y127" t="s">
+        <v>2060</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B128" t="s">
-        <v>2059</v>
+        <v>2061</v>
       </c>
       <c r="C128" t="s">
         <v>12</v>
       </c>
       <c r="D128" t="s">
         <v>12</v>
       </c>
       <c r="E128" t="s">
-        <v>2060</v>
+        <v>2062</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128" t="s">
-        <v>2061</v>
+        <v>2063</v>
       </c>
       <c r="H128" t="s">
-        <v>2062</v>
+        <v>2064</v>
       </c>
       <c r="I128" t="s">
-        <v>2063</v>
+        <v>2065</v>
       </c>
       <c r="J128" t="s">
-        <v>741</v>
+        <v>1235</v>
       </c>
       <c r="K128" t="s">
-        <v>2064</v>
+        <v>2066</v>
       </c>
       <c r="L128" t="s">
-        <v>2065</v>
+        <v>2067</v>
+      </c>
+      <c r="M128" t="s">
+        <v>2068</v>
+      </c>
+      <c r="N128" t="s">
+        <v>2069</v>
+      </c>
+      <c r="O128" t="s">
+        <v>2070</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B129" t="s">
-        <v>2066</v>
+        <v>2071</v>
       </c>
       <c r="C129" t="s">
         <v>12</v>
       </c>
       <c r="D129" t="s">
         <v>12</v>
       </c>
       <c r="E129" t="s">
-        <v>2067</v>
+        <v>2072</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129" t="s">
-        <v>2068</v>
+        <v>2073</v>
       </c>
       <c r="H129" t="s">
-        <v>2069</v>
+        <v>2074</v>
       </c>
       <c r="I129" t="s">
-        <v>2070</v>
+        <v>2075</v>
       </c>
       <c r="J129" t="s">
-        <v>1271</v>
+        <v>822</v>
       </c>
       <c r="K129" t="s">
-        <v>2071</v>
+        <v>2076</v>
+      </c>
+      <c r="L129" t="s">
+        <v>2077</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B130" t="s">
-        <v>2072</v>
+        <v>2078</v>
       </c>
       <c r="C130" t="s">
         <v>12</v>
       </c>
       <c r="D130" t="s">
         <v>12</v>
       </c>
       <c r="E130" t="s">
-        <v>2073</v>
+        <v>2079</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130" t="s">
-        <v>2074</v>
+        <v>2080</v>
       </c>
       <c r="H130" t="s">
-        <v>2075</v>
+        <v>2081</v>
       </c>
       <c r="I130" t="s">
-        <v>2076</v>
+        <v>2082</v>
       </c>
       <c r="J130" t="s">
-        <v>2077</v>
+        <v>1283</v>
       </c>
       <c r="K130" t="s">
-        <v>2078</v>
-[...13 lines deleted...]
-      <c r="P130" t="s">
         <v>2083</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B131" t="s">
         <v>2084</v>
       </c>
       <c r="C131" t="s">
         <v>12</v>
       </c>
       <c r="D131" t="s">
         <v>12</v>
       </c>
       <c r="E131" t="s">
         <v>2085</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131" t="s">
         <v>2086</v>
       </c>
       <c r="H131" t="s">
         <v>2087</v>
       </c>
       <c r="I131" t="s">
         <v>2088</v>
       </c>
       <c r="J131" t="s">
-        <v>1118</v>
+        <v>2089</v>
       </c>
       <c r="K131" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="L131" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="M131" t="s">
-        <v>2091</v>
+        <v>2092</v>
+      </c>
+      <c r="N131" t="s">
+        <v>2093</v>
+      </c>
+      <c r="O131" t="s">
+        <v>2094</v>
+      </c>
+      <c r="P131" t="s">
+        <v>2095</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B132" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
       <c r="C132" t="s">
         <v>12</v>
       </c>
       <c r="D132" t="s">
         <v>12</v>
       </c>
       <c r="E132" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132" t="s">
-        <v>2094</v>
+        <v>2098</v>
       </c>
       <c r="H132" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
       <c r="I132" t="s">
-        <v>2096</v>
+        <v>2100</v>
       </c>
       <c r="J132" t="s">
-        <v>1178</v>
+        <v>1130</v>
       </c>
       <c r="K132" t="s">
-        <v>2097</v>
+        <v>2101</v>
       </c>
       <c r="L132" t="s">
-        <v>2098</v>
+        <v>2102</v>
+      </c>
+      <c r="M132" t="s">
+        <v>2103</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B133" t="s">
-        <v>2099</v>
+        <v>2104</v>
       </c>
       <c r="C133" t="s">
         <v>12</v>
       </c>
       <c r="D133" t="s">
         <v>12</v>
       </c>
       <c r="E133" t="s">
-        <v>2100</v>
+        <v>2105</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133" t="s">
-        <v>2101</v>
+        <v>2106</v>
       </c>
       <c r="H133" t="s">
-        <v>2102</v>
+        <v>2107</v>
       </c>
       <c r="I133" t="s">
-        <v>2103</v>
+        <v>2108</v>
       </c>
       <c r="J133" t="s">
-        <v>2104</v>
+        <v>1190</v>
       </c>
       <c r="K133" t="s">
-        <v>2105</v>
+        <v>2109</v>
       </c>
       <c r="L133" t="s">
-        <v>2106</v>
-[...10 lines deleted...]
-      <c r="P133" t="s">
         <v>2110</v>
-      </c>
-[...1 lines deleted...]
-        <v>2111</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B134" t="s">
+        <v>2111</v>
+      </c>
+      <c r="C134" t="s">
+        <v>12</v>
+      </c>
+      <c r="D134" t="s">
+        <v>12</v>
+      </c>
+      <c r="E134" t="s">
         <v>2112</v>
       </c>
-      <c r="C134" t="s">
-[...5 lines deleted...]
-      <c r="E134" t="s">
+      <c r="F134" t="s">
+        <v>12</v>
+      </c>
+      <c r="G134" t="s">
         <v>2113</v>
       </c>
-      <c r="F134" t="s">
-[...2 lines deleted...]
-      <c r="G134" t="s">
+      <c r="H134" t="s">
         <v>2114</v>
       </c>
-      <c r="H134" t="s">
+      <c r="I134" t="s">
         <v>2115</v>
       </c>
-      <c r="I134" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J134" t="s">
-        <v>1178</v>
+        <v>2116</v>
       </c>
       <c r="K134" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
       <c r="L134" t="s">
-        <v>2117</v>
+        <v>2118</v>
       </c>
       <c r="M134" t="s">
-        <v>2118</v>
+        <v>2119</v>
+      </c>
+      <c r="N134" t="s">
+        <v>2120</v>
+      </c>
+      <c r="O134" t="s">
+        <v>2121</v>
+      </c>
+      <c r="P134" t="s">
+        <v>2122</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>2123</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B135" t="s">
-        <v>2119</v>
+        <v>2124</v>
       </c>
       <c r="C135" t="s">
         <v>12</v>
       </c>
       <c r="D135" t="s">
         <v>12</v>
       </c>
       <c r="E135" t="s">
-        <v>2120</v>
+        <v>2125</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135" t="s">
-        <v>2121</v>
+        <v>2126</v>
       </c>
       <c r="H135" t="s">
-        <v>2122</v>
+        <v>2127</v>
       </c>
       <c r="I135" t="s">
-        <v>2123</v>
+        <v>1461</v>
       </c>
       <c r="J135" t="s">
-        <v>2124</v>
+        <v>1190</v>
       </c>
       <c r="K135" t="s">
-        <v>2125</v>
+        <v>2128</v>
       </c>
       <c r="L135" t="s">
-        <v>2126</v>
+        <v>2129</v>
+      </c>
+      <c r="M135" t="s">
+        <v>2130</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B136" t="s">
-        <v>2127</v>
+        <v>2131</v>
       </c>
       <c r="C136" t="s">
         <v>12</v>
       </c>
       <c r="D136" t="s">
         <v>12</v>
       </c>
       <c r="E136" t="s">
-        <v>2128</v>
+        <v>2132</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136" t="s">
-        <v>2129</v>
+        <v>2133</v>
       </c>
       <c r="H136" t="s">
-        <v>2130</v>
+        <v>2134</v>
       </c>
       <c r="I136" t="s">
-        <v>2131</v>
+        <v>2135</v>
       </c>
       <c r="J136" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="K136" t="s">
-        <v>2133</v>
+        <v>2137</v>
+      </c>
+      <c r="L136" t="s">
+        <v>2138</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B137" t="s">
-        <v>2134</v>
+        <v>2139</v>
       </c>
       <c r="C137" t="s">
         <v>12</v>
       </c>
       <c r="D137" t="s">
         <v>12</v>
       </c>
       <c r="E137" t="s">
-        <v>2135</v>
+        <v>2140</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137" t="s">
-        <v>2136</v>
+        <v>2141</v>
       </c>
       <c r="H137" t="s">
-        <v>2137</v>
+        <v>2142</v>
       </c>
       <c r="I137" t="s">
-        <v>2138</v>
+        <v>2143</v>
       </c>
       <c r="J137" t="s">
-        <v>2139</v>
+        <v>2144</v>
       </c>
       <c r="K137" t="s">
-        <v>2140</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B138" t="s">
-        <v>2141</v>
+        <v>2146</v>
       </c>
       <c r="C138" t="s">
         <v>12</v>
       </c>
       <c r="D138" t="s">
         <v>12</v>
       </c>
       <c r="E138" t="s">
-        <v>2142</v>
+        <v>2147</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138" t="s">
-        <v>2143</v>
+        <v>2148</v>
       </c>
       <c r="H138" t="s">
-        <v>2144</v>
+        <v>2149</v>
       </c>
       <c r="I138" t="s">
-        <v>2145</v>
+        <v>2150</v>
       </c>
       <c r="J138" t="s">
-        <v>1223</v>
+        <v>2151</v>
       </c>
       <c r="K138" t="s">
-        <v>2146</v>
-[...8 lines deleted...]
-        <v>2149</v>
+        <v>2152</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B139" t="s">
-        <v>2150</v>
+        <v>2153</v>
       </c>
       <c r="C139" t="s">
         <v>12</v>
       </c>
       <c r="D139" t="s">
         <v>12</v>
       </c>
       <c r="E139" t="s">
-        <v>2151</v>
+        <v>2154</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139" t="s">
-        <v>2152</v>
+        <v>2155</v>
       </c>
       <c r="H139" t="s">
-        <v>2153</v>
+        <v>2156</v>
       </c>
       <c r="I139" t="s">
-        <v>2154</v>
+        <v>2157</v>
       </c>
       <c r="J139" t="s">
-        <v>1023</v>
+        <v>1235</v>
       </c>
       <c r="K139" t="s">
-        <v>2155</v>
+        <v>2158</v>
       </c>
       <c r="L139" t="s">
-        <v>2156</v>
+        <v>2159</v>
       </c>
       <c r="M139" t="s">
-        <v>2157</v>
+        <v>2160</v>
       </c>
       <c r="N139" t="s">
-        <v>2158</v>
-[...2 lines deleted...]
-        <v>2159</v>
+        <v>2161</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B140" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="C140" t="s">
         <v>12</v>
       </c>
       <c r="D140" t="s">
         <v>12</v>
       </c>
       <c r="E140" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
       <c r="H140" t="s">
-        <v>2163</v>
+        <v>2165</v>
       </c>
       <c r="I140" t="s">
-        <v>2164</v>
+        <v>2166</v>
       </c>
       <c r="J140" t="s">
-        <v>1691</v>
+        <v>1035</v>
       </c>
       <c r="K140" t="s">
-        <v>2165</v>
+        <v>2167</v>
+      </c>
+      <c r="L140" t="s">
+        <v>2168</v>
+      </c>
+      <c r="M140" t="s">
+        <v>2169</v>
+      </c>
+      <c r="N140" t="s">
+        <v>2170</v>
+      </c>
+      <c r="O140" t="s">
+        <v>2171</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B141" t="s">
-        <v>2166</v>
+        <v>2172</v>
       </c>
       <c r="C141" t="s">
         <v>12</v>
       </c>
       <c r="D141" t="s">
         <v>12</v>
       </c>
       <c r="E141" t="s">
-        <v>2167</v>
+        <v>2173</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141" t="s">
-        <v>2168</v>
+        <v>2174</v>
       </c>
       <c r="H141" t="s">
-        <v>2169</v>
+        <v>2175</v>
       </c>
       <c r="I141" t="s">
-        <v>2170</v>
+        <v>2176</v>
       </c>
       <c r="J141" t="s">
-        <v>1178</v>
+        <v>1703</v>
       </c>
       <c r="K141" t="s">
-        <v>2171</v>
-[...11 lines deleted...]
-        <v>2175</v>
+        <v>2177</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B142" t="s">
-        <v>2176</v>
+        <v>2178</v>
       </c>
       <c r="C142" t="s">
         <v>12</v>
       </c>
       <c r="D142" t="s">
         <v>12</v>
       </c>
       <c r="E142" t="s">
-        <v>2177</v>
+        <v>2179</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142" t="s">
-        <v>2178</v>
+        <v>2180</v>
       </c>
       <c r="H142" t="s">
-        <v>2179</v>
+        <v>2181</v>
       </c>
       <c r="I142" t="s">
-        <v>1279</v>
+        <v>2182</v>
       </c>
       <c r="J142" t="s">
-        <v>2180</v>
+        <v>1190</v>
       </c>
       <c r="K142" t="s">
-        <v>2181</v>
+        <v>2183</v>
+      </c>
+      <c r="L142" t="s">
+        <v>2184</v>
+      </c>
+      <c r="M142" t="s">
+        <v>2185</v>
+      </c>
+      <c r="N142" t="s">
+        <v>2186</v>
+      </c>
+      <c r="O142" t="s">
+        <v>2187</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B143" t="s">
-        <v>2182</v>
+        <v>2188</v>
       </c>
       <c r="C143" t="s">
         <v>12</v>
       </c>
       <c r="D143" t="s">
         <v>12</v>
       </c>
       <c r="E143" t="s">
-        <v>2183</v>
+        <v>2189</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143" t="s">
-        <v>2184</v>
+        <v>2190</v>
       </c>
       <c r="H143" t="s">
-        <v>2185</v>
+        <v>2191</v>
       </c>
       <c r="I143" t="s">
-        <v>2186</v>
+        <v>1291</v>
       </c>
       <c r="J143" t="s">
-        <v>2187</v>
+        <v>2192</v>
       </c>
       <c r="K143" t="s">
-        <v>2188</v>
+        <v>2193</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B144" t="s">
-        <v>2189</v>
+        <v>2194</v>
       </c>
       <c r="C144" t="s">
         <v>12</v>
       </c>
       <c r="D144" t="s">
         <v>12</v>
       </c>
       <c r="E144" t="s">
-        <v>2190</v>
+        <v>2195</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144" t="s">
-        <v>2191</v>
+        <v>2196</v>
       </c>
       <c r="H144" t="s">
-        <v>2192</v>
+        <v>2197</v>
       </c>
       <c r="I144" t="s">
-        <v>1622</v>
+        <v>2198</v>
       </c>
       <c r="J144" t="s">
-        <v>1314</v>
+        <v>2199</v>
       </c>
       <c r="K144" t="s">
-        <v>2193</v>
-[...2 lines deleted...]
-        <v>2194</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B145" t="s">
-        <v>2195</v>
+        <v>2201</v>
       </c>
       <c r="C145" t="s">
         <v>12</v>
       </c>
       <c r="D145" t="s">
         <v>12</v>
       </c>
       <c r="E145" t="s">
-        <v>2196</v>
+        <v>2202</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145" t="s">
-        <v>2197</v>
+        <v>2203</v>
       </c>
       <c r="H145" t="s">
-        <v>2198</v>
+        <v>2204</v>
       </c>
       <c r="I145" t="s">
-        <v>2199</v>
+        <v>1634</v>
       </c>
       <c r="J145" t="s">
-        <v>751</v>
+        <v>1326</v>
       </c>
       <c r="K145" t="s">
-        <v>2200</v>
+        <v>2205</v>
+      </c>
+      <c r="L145" t="s">
+        <v>2206</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B146" t="s">
-        <v>2201</v>
+        <v>2207</v>
       </c>
       <c r="C146" t="s">
         <v>12</v>
       </c>
       <c r="D146" t="s">
         <v>12</v>
       </c>
       <c r="E146" t="s">
-        <v>2202</v>
+        <v>2208</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146" t="s">
-        <v>2203</v>
+        <v>2209</v>
       </c>
       <c r="H146" t="s">
-        <v>2204</v>
+        <v>2210</v>
       </c>
       <c r="I146" t="s">
-        <v>2205</v>
+        <v>2211</v>
       </c>
       <c r="J146" t="s">
-        <v>1006</v>
+        <v>832</v>
       </c>
       <c r="K146" t="s">
-        <v>2206</v>
-[...8 lines deleted...]
-        <v>2209</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B147" t="s">
-        <v>2210</v>
+        <v>2213</v>
       </c>
       <c r="C147" t="s">
         <v>12</v>
       </c>
       <c r="D147" t="s">
         <v>12</v>
       </c>
       <c r="E147" t="s">
-        <v>2211</v>
+        <v>2214</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147" t="s">
-        <v>2212</v>
+        <v>2215</v>
       </c>
       <c r="H147" t="s">
-        <v>2213</v>
+        <v>2216</v>
       </c>
       <c r="I147" t="s">
-        <v>2214</v>
+        <v>2217</v>
       </c>
       <c r="J147" t="s">
-        <v>1641</v>
+        <v>1018</v>
       </c>
       <c r="K147" t="s">
-        <v>2215</v>
+        <v>2218</v>
+      </c>
+      <c r="L147" t="s">
+        <v>2219</v>
+      </c>
+      <c r="M147" t="s">
+        <v>2220</v>
+      </c>
+      <c r="N147" t="s">
+        <v>2221</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B148" t="s">
-        <v>2216</v>
+        <v>2222</v>
       </c>
       <c r="C148" t="s">
         <v>12</v>
       </c>
       <c r="D148" t="s">
         <v>12</v>
       </c>
       <c r="E148" t="s">
-        <v>2217</v>
+        <v>2223</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148" t="s">
-        <v>2218</v>
+        <v>2224</v>
       </c>
       <c r="H148" t="s">
-        <v>2219</v>
+        <v>2225</v>
       </c>
       <c r="I148" t="s">
-        <v>2220</v>
+        <v>2226</v>
       </c>
       <c r="J148" t="s">
-        <v>1468</v>
+        <v>1653</v>
       </c>
       <c r="K148" t="s">
-        <v>2221</v>
-[...2 lines deleted...]
-        <v>2222</v>
+        <v>2227</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B149" t="s">
-        <v>2223</v>
+        <v>2228</v>
       </c>
       <c r="C149" t="s">
         <v>12</v>
       </c>
       <c r="D149" t="s">
         <v>12</v>
       </c>
       <c r="E149" t="s">
-        <v>2224</v>
+        <v>2229</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149" t="s">
-        <v>2225</v>
+        <v>2230</v>
       </c>
       <c r="H149" t="s">
-        <v>2226</v>
+        <v>2231</v>
       </c>
       <c r="I149" t="s">
-        <v>2227</v>
+        <v>2232</v>
       </c>
       <c r="J149" t="s">
-        <v>1950</v>
+        <v>1480</v>
       </c>
       <c r="K149" t="s">
-        <v>2228</v>
+        <v>2233</v>
       </c>
       <c r="L149" t="s">
-        <v>2229</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B150" t="s">
-        <v>2230</v>
+        <v>2235</v>
       </c>
       <c r="C150" t="s">
         <v>12</v>
       </c>
       <c r="D150" t="s">
         <v>12</v>
       </c>
       <c r="E150" t="s">
-        <v>2231</v>
+        <v>2236</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150" t="s">
-        <v>2232</v>
+        <v>2237</v>
       </c>
       <c r="H150" t="s">
-        <v>2233</v>
+        <v>2238</v>
       </c>
       <c r="I150" t="s">
-        <v>2234</v>
+        <v>2239</v>
       </c>
       <c r="J150" t="s">
-        <v>2235</v>
+        <v>1962</v>
       </c>
       <c r="K150" t="s">
-        <v>2236</v>
+        <v>2240</v>
       </c>
       <c r="L150" t="s">
-        <v>2237</v>
-[...10 lines deleted...]
-      <c r="P150" t="s">
         <v>2241</v>
-      </c>
-[...7 lines deleted...]
-        <v>2244</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B151" t="s">
+        <v>2242</v>
+      </c>
+      <c r="C151" t="s">
+        <v>12</v>
+      </c>
+      <c r="D151" t="s">
+        <v>12</v>
+      </c>
+      <c r="E151" t="s">
+        <v>2243</v>
+      </c>
+      <c r="F151" t="s">
+        <v>12</v>
+      </c>
+      <c r="G151" t="s">
+        <v>2244</v>
+      </c>
+      <c r="H151" t="s">
         <v>2245</v>
       </c>
-      <c r="C151" t="s">
-[...5 lines deleted...]
-      <c r="E151" t="s">
+      <c r="I151" t="s">
         <v>2246</v>
       </c>
-      <c r="F151" t="s">
-[...2 lines deleted...]
-      <c r="G151" t="s">
+      <c r="J151" t="s">
         <v>2247</v>
       </c>
-      <c r="H151" t="s">
+      <c r="K151" t="s">
         <v>2248</v>
       </c>
-      <c r="I151" t="s">
+      <c r="L151" t="s">
         <v>2249</v>
       </c>
-      <c r="J151" t="s">
+      <c r="M151" t="s">
         <v>2250</v>
       </c>
-      <c r="K151" t="s">
+      <c r="N151" t="s">
         <v>2251</v>
       </c>
-      <c r="L151" t="s">
+      <c r="O151" t="s">
         <v>2252</v>
+      </c>
+      <c r="P151" t="s">
+        <v>2253</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>2254</v>
+      </c>
+      <c r="R151" t="s">
+        <v>2255</v>
+      </c>
+      <c r="S151" t="s">
+        <v>2256</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B152" t="s">
-        <v>2253</v>
+        <v>2257</v>
       </c>
       <c r="C152" t="s">
         <v>12</v>
       </c>
       <c r="D152" t="s">
         <v>12</v>
       </c>
       <c r="E152" t="s">
-        <v>2254</v>
+        <v>2258</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152" t="s">
-        <v>2255</v>
+        <v>2259</v>
       </c>
       <c r="H152" t="s">
-        <v>2256</v>
+        <v>2260</v>
       </c>
       <c r="I152" t="s">
-        <v>2257</v>
+        <v>2261</v>
       </c>
       <c r="J152" t="s">
-        <v>2258</v>
+        <v>2262</v>
       </c>
       <c r="K152" t="s">
-        <v>2259</v>
+        <v>2263</v>
+      </c>
+      <c r="L152" t="s">
+        <v>2264</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B153" t="s">
-        <v>2260</v>
+        <v>2265</v>
       </c>
       <c r="C153" t="s">
         <v>12</v>
       </c>
       <c r="D153" t="s">
         <v>12</v>
       </c>
       <c r="E153" t="s">
-        <v>2261</v>
+        <v>2266</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153" t="s">
-        <v>2262</v>
+        <v>2267</v>
       </c>
       <c r="H153" t="s">
-        <v>2263</v>
+        <v>2268</v>
       </c>
       <c r="I153" t="s">
-        <v>2264</v>
+        <v>2269</v>
       </c>
       <c r="J153" t="s">
-        <v>1223</v>
+        <v>2270</v>
       </c>
       <c r="K153" t="s">
-        <v>2265</v>
-[...2 lines deleted...]
-        <v>2266</v>
+        <v>2271</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B154" t="s">
-        <v>2267</v>
+        <v>2272</v>
       </c>
       <c r="C154" t="s">
         <v>12</v>
       </c>
       <c r="D154" t="s">
         <v>12</v>
       </c>
       <c r="E154" t="s">
-        <v>2268</v>
+        <v>2273</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154" t="s">
-        <v>2269</v>
+        <v>2274</v>
       </c>
       <c r="H154" t="s">
-        <v>2270</v>
+        <v>2275</v>
       </c>
       <c r="I154" t="s">
-        <v>2271</v>
+        <v>2276</v>
       </c>
       <c r="J154" t="s">
-        <v>2272</v>
+        <v>1235</v>
       </c>
       <c r="K154" t="s">
-        <v>2273</v>
+        <v>2277</v>
       </c>
       <c r="L154" t="s">
-        <v>2274</v>
+        <v>2278</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B155" t="s">
-        <v>2275</v>
+        <v>2279</v>
       </c>
       <c r="C155" t="s">
         <v>12</v>
       </c>
       <c r="D155" t="s">
         <v>12</v>
       </c>
       <c r="E155" t="s">
-        <v>2276</v>
+        <v>2280</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155" t="s">
-        <v>2277</v>
+        <v>2281</v>
       </c>
       <c r="H155" t="s">
-        <v>2278</v>
+        <v>2282</v>
       </c>
       <c r="I155" t="s">
-        <v>2279</v>
+        <v>2283</v>
       </c>
       <c r="J155" t="s">
-        <v>2280</v>
+        <v>2284</v>
       </c>
       <c r="K155" t="s">
-        <v>2281</v>
+        <v>2285</v>
       </c>
       <c r="L155" t="s">
-        <v>2282</v>
-[...8 lines deleted...]
-        <v>2285</v>
+        <v>2286</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B156" t="s">
-        <v>2286</v>
+        <v>2287</v>
       </c>
       <c r="C156" t="s">
         <v>12</v>
       </c>
       <c r="D156" t="s">
         <v>12</v>
       </c>
       <c r="E156" t="s">
-        <v>2287</v>
+        <v>2288</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156" t="s">
-        <v>2288</v>
+        <v>2289</v>
       </c>
       <c r="H156" t="s">
-        <v>2289</v>
+        <v>2290</v>
       </c>
       <c r="I156" t="s">
-        <v>2290</v>
+        <v>2291</v>
       </c>
       <c r="J156" t="s">
-        <v>2291</v>
+        <v>2292</v>
       </c>
       <c r="K156" t="s">
-        <v>2292</v>
+        <v>2293</v>
+      </c>
+      <c r="L156" t="s">
+        <v>2294</v>
+      </c>
+      <c r="M156" t="s">
+        <v>2295</v>
+      </c>
+      <c r="N156" t="s">
+        <v>2296</v>
+      </c>
+      <c r="O156" t="s">
+        <v>2297</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B157" t="s">
-        <v>2293</v>
+        <v>2298</v>
       </c>
       <c r="C157" t="s">
         <v>12</v>
       </c>
       <c r="D157" t="s">
         <v>12</v>
       </c>
       <c r="E157" t="s">
-        <v>2294</v>
+        <v>2299</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157" t="s">
-        <v>2295</v>
+        <v>2300</v>
       </c>
       <c r="H157" t="s">
-        <v>2296</v>
+        <v>2301</v>
       </c>
       <c r="I157" t="s">
-        <v>2297</v>
+        <v>2302</v>
       </c>
       <c r="J157" t="s">
-        <v>1314</v>
+        <v>2303</v>
       </c>
       <c r="K157" t="s">
-        <v>2298</v>
+        <v>2304</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B158" t="s">
-        <v>2299</v>
+        <v>2305</v>
       </c>
       <c r="C158" t="s">
         <v>12</v>
       </c>
       <c r="D158" t="s">
         <v>12</v>
       </c>
       <c r="E158" t="s">
-        <v>2300</v>
+        <v>2306</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158" t="s">
-        <v>2301</v>
+        <v>2307</v>
       </c>
       <c r="H158" t="s">
-        <v>2302</v>
+        <v>2308</v>
       </c>
       <c r="I158" t="s">
-        <v>1797</v>
+        <v>2309</v>
       </c>
       <c r="J158" t="s">
-        <v>1223</v>
+        <v>1326</v>
       </c>
       <c r="K158" t="s">
-        <v>2303</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B159" t="s">
-        <v>2304</v>
+        <v>2311</v>
       </c>
       <c r="C159" t="s">
         <v>12</v>
       </c>
       <c r="D159" t="s">
         <v>12</v>
       </c>
       <c r="E159" t="s">
-        <v>2305</v>
+        <v>2312</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159" t="s">
-        <v>2306</v>
+        <v>2313</v>
       </c>
       <c r="H159" t="s">
-        <v>2307</v>
+        <v>2314</v>
       </c>
       <c r="I159" t="s">
-        <v>2308</v>
+        <v>1809</v>
       </c>
       <c r="J159" t="s">
-        <v>2309</v>
+        <v>1235</v>
       </c>
       <c r="K159" t="s">
-        <v>2310</v>
-[...2 lines deleted...]
-        <v>2311</v>
+        <v>2315</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B160" t="s">
-        <v>2312</v>
+        <v>2316</v>
       </c>
       <c r="C160" t="s">
         <v>12</v>
       </c>
       <c r="D160" t="s">
         <v>12</v>
       </c>
       <c r="E160" t="s">
-        <v>2313</v>
+        <v>2317</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160" t="s">
-        <v>2314</v>
+        <v>2318</v>
       </c>
       <c r="H160" t="s">
-        <v>2315</v>
+        <v>2319</v>
       </c>
       <c r="I160" t="s">
-        <v>2297</v>
+        <v>2320</v>
       </c>
       <c r="J160" t="s">
-        <v>2316</v>
+        <v>2321</v>
       </c>
       <c r="K160" t="s">
-        <v>2317</v>
+        <v>2322</v>
+      </c>
+      <c r="L160" t="s">
+        <v>2323</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B161" t="s">
-        <v>2318</v>
+        <v>2324</v>
       </c>
       <c r="C161" t="s">
         <v>12</v>
       </c>
       <c r="D161" t="s">
         <v>12</v>
       </c>
       <c r="E161" t="s">
-        <v>2319</v>
+        <v>2325</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161" t="s">
-        <v>2320</v>
+        <v>2326</v>
       </c>
       <c r="H161" t="s">
-        <v>2321</v>
+        <v>2327</v>
       </c>
       <c r="I161" t="s">
-        <v>1797</v>
+        <v>2309</v>
       </c>
       <c r="J161" t="s">
-        <v>2322</v>
+        <v>2328</v>
       </c>
       <c r="K161" t="s">
-        <v>2323</v>
-[...2 lines deleted...]
-        <v>2324</v>
+        <v>2329</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B162" t="s">
-        <v>2325</v>
+        <v>2330</v>
       </c>
       <c r="C162" t="s">
         <v>12</v>
       </c>
       <c r="D162" t="s">
         <v>12</v>
       </c>
       <c r="E162" t="s">
-        <v>2326</v>
+        <v>2331</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162" t="s">
-        <v>2327</v>
+        <v>2332</v>
       </c>
       <c r="H162" t="s">
-        <v>2328</v>
+        <v>2333</v>
       </c>
       <c r="I162" t="s">
-        <v>2329</v>
+        <v>1809</v>
       </c>
       <c r="J162" t="s">
-        <v>1450</v>
+        <v>2334</v>
       </c>
       <c r="K162" t="s">
-        <v>2330</v>
+        <v>2335</v>
+      </c>
+      <c r="L162" t="s">
+        <v>2336</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B163" t="s">
-        <v>2331</v>
+        <v>2337</v>
       </c>
       <c r="C163" t="s">
         <v>12</v>
       </c>
       <c r="D163" t="s">
         <v>12</v>
       </c>
       <c r="E163" t="s">
-        <v>2332</v>
+        <v>2338</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163" t="s">
-        <v>2333</v>
+        <v>2339</v>
       </c>
       <c r="H163" t="s">
-        <v>2334</v>
+        <v>2340</v>
       </c>
       <c r="I163" t="s">
-        <v>2335</v>
+        <v>2341</v>
       </c>
       <c r="J163" t="s">
-        <v>2336</v>
+        <v>1462</v>
       </c>
       <c r="K163" t="s">
-        <v>2337</v>
-[...8 lines deleted...]
-        <v>2340</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B164" t="s">
-        <v>2341</v>
+        <v>2343</v>
       </c>
       <c r="C164" t="s">
         <v>12</v>
       </c>
       <c r="D164" t="s">
         <v>12</v>
       </c>
       <c r="E164" t="s">
-        <v>2342</v>
+        <v>2344</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164" t="s">
-        <v>2343</v>
+        <v>2345</v>
       </c>
       <c r="H164" t="s">
-        <v>2344</v>
+        <v>2346</v>
       </c>
       <c r="I164" t="s">
-        <v>1126</v>
+        <v>2347</v>
       </c>
       <c r="J164" t="s">
-        <v>2345</v>
+        <v>2348</v>
       </c>
       <c r="K164" t="s">
-        <v>2346</v>
+        <v>2349</v>
       </c>
       <c r="L164" t="s">
-        <v>2347</v>
+        <v>2350</v>
+      </c>
+      <c r="M164" t="s">
+        <v>2351</v>
+      </c>
+      <c r="N164" t="s">
+        <v>2352</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B165" t="s">
-        <v>2348</v>
+        <v>2353</v>
       </c>
       <c r="C165" t="s">
         <v>12</v>
       </c>
       <c r="D165" t="s">
         <v>12</v>
       </c>
       <c r="E165" t="s">
-        <v>2349</v>
+        <v>2354</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165" t="s">
-        <v>2350</v>
+        <v>2355</v>
       </c>
       <c r="H165" t="s">
-        <v>2351</v>
+        <v>2356</v>
       </c>
       <c r="I165" t="s">
-        <v>2352</v>
+        <v>1138</v>
       </c>
       <c r="J165" t="s">
-        <v>2353</v>
+        <v>2357</v>
       </c>
       <c r="K165" t="s">
-        <v>2354</v>
+        <v>2358</v>
+      </c>
+      <c r="L165" t="s">
+        <v>2359</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B166" t="s">
-        <v>2355</v>
+        <v>2360</v>
       </c>
       <c r="C166" t="s">
         <v>12</v>
       </c>
       <c r="D166" t="s">
         <v>12</v>
       </c>
       <c r="E166" t="s">
-        <v>2356</v>
+        <v>2361</v>
       </c>
       <c r="F166" t="s">
         <v>12</v>
       </c>
       <c r="G166" t="s">
-        <v>2357</v>
+        <v>2362</v>
       </c>
       <c r="H166" t="s">
-        <v>2358</v>
+        <v>2363</v>
       </c>
       <c r="I166" t="s">
-        <v>2359</v>
+        <v>2364</v>
       </c>
       <c r="J166" t="s">
-        <v>2360</v>
+        <v>2365</v>
       </c>
       <c r="K166" t="s">
-        <v>2361</v>
-[...2 lines deleted...]
-        <v>2362</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B167" t="s">
-        <v>2363</v>
+        <v>2367</v>
       </c>
       <c r="C167" t="s">
         <v>12</v>
       </c>
       <c r="D167" t="s">
         <v>12</v>
       </c>
       <c r="E167" t="s">
-        <v>2364</v>
+        <v>2368</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="H167" t="s">
-        <v>2366</v>
+        <v>2370</v>
       </c>
       <c r="I167" t="s">
-        <v>2367</v>
+        <v>2371</v>
       </c>
       <c r="J167" t="s">
-        <v>2368</v>
+        <v>2372</v>
       </c>
       <c r="K167" t="s">
-        <v>2369</v>
+        <v>2373</v>
       </c>
       <c r="L167" t="s">
-        <v>2370</v>
-[...2 lines deleted...]
-        <v>2371</v>
+        <v>2374</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B168" t="s">
-        <v>2372</v>
+        <v>2375</v>
       </c>
       <c r="C168" t="s">
         <v>12</v>
       </c>
       <c r="D168" t="s">
         <v>12</v>
       </c>
       <c r="E168" t="s">
-        <v>2373</v>
+        <v>2376</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
       <c r="G168" t="s">
-        <v>2374</v>
+        <v>2377</v>
       </c>
       <c r="H168" t="s">
-        <v>2375</v>
+        <v>2378</v>
       </c>
       <c r="I168" t="s">
-        <v>2376</v>
+        <v>2379</v>
       </c>
       <c r="J168" t="s">
-        <v>1178</v>
+        <v>2380</v>
       </c>
       <c r="K168" t="s">
-        <v>2377</v>
+        <v>2381</v>
       </c>
       <c r="L168" t="s">
-        <v>2378</v>
+        <v>2382</v>
       </c>
       <c r="M168" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B169" t="s">
-        <v>2380</v>
+        <v>2384</v>
       </c>
       <c r="C169" t="s">
         <v>12</v>
       </c>
       <c r="D169" t="s">
         <v>12</v>
       </c>
       <c r="E169" t="s">
-        <v>2381</v>
+        <v>2385</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
       <c r="G169" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="H169" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="I169" t="s">
-        <v>2384</v>
+        <v>2388</v>
       </c>
       <c r="J169" t="s">
-        <v>2235</v>
+        <v>1190</v>
       </c>
       <c r="K169" t="s">
-        <v>2385</v>
+        <v>2389</v>
       </c>
       <c r="L169" t="s">
-        <v>2386</v>
+        <v>2390</v>
       </c>
       <c r="M169" t="s">
-        <v>2387</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B170" t="s">
-        <v>2388</v>
+        <v>2392</v>
       </c>
       <c r="C170" t="s">
         <v>12</v>
       </c>
       <c r="D170" t="s">
         <v>12</v>
       </c>
       <c r="E170" t="s">
-        <v>2389</v>
+        <v>2393</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
       <c r="G170" t="s">
-        <v>2390</v>
+        <v>2394</v>
       </c>
       <c r="H170" t="s">
-        <v>2391</v>
+        <v>2395</v>
       </c>
       <c r="I170" t="s">
-        <v>2392</v>
+        <v>2396</v>
       </c>
       <c r="J170" t="s">
-        <v>811</v>
+        <v>2247</v>
       </c>
       <c r="K170" t="s">
-        <v>2393</v>
+        <v>2397</v>
       </c>
       <c r="L170" t="s">
-        <v>2394</v>
+        <v>2398</v>
       </c>
       <c r="M170" t="s">
-        <v>2395</v>
-[...10 lines deleted...]
-      <c r="Q170" t="s">
         <v>2399</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B171" t="s">
         <v>2400</v>
       </c>
       <c r="C171" t="s">
         <v>12</v>
       </c>
       <c r="D171" t="s">
         <v>12</v>
       </c>
       <c r="E171" t="s">
         <v>2401</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171" t="s">
         <v>2402</v>
       </c>
       <c r="H171" t="s">
         <v>2403</v>
       </c>
       <c r="I171" t="s">
         <v>2404</v>
       </c>
       <c r="J171" t="s">
+        <v>892</v>
+      </c>
+      <c r="K171" t="s">
         <v>2405</v>
       </c>
-      <c r="K171" t="s">
+      <c r="L171" t="s">
         <v>2406</v>
       </c>
-      <c r="L171" t="s">
+      <c r="M171" t="s">
         <v>2407</v>
+      </c>
+      <c r="N171" t="s">
+        <v>2408</v>
+      </c>
+      <c r="O171" t="s">
+        <v>2409</v>
+      </c>
+      <c r="P171" t="s">
+        <v>2410</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>2411</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B172" t="s">
-        <v>2408</v>
+        <v>2412</v>
       </c>
       <c r="C172" t="s">
         <v>12</v>
       </c>
       <c r="D172" t="s">
         <v>12</v>
       </c>
       <c r="E172" t="s">
-        <v>2409</v>
+        <v>2413</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172" t="s">
-        <v>2410</v>
+        <v>2414</v>
       </c>
       <c r="H172" t="s">
-        <v>2411</v>
+        <v>2415</v>
       </c>
       <c r="I172" t="s">
-        <v>2412</v>
+        <v>2416</v>
       </c>
       <c r="J172" t="s">
-        <v>2322</v>
+        <v>2417</v>
       </c>
       <c r="K172" t="s">
-        <v>2413</v>
+        <v>2418</v>
       </c>
       <c r="L172" t="s">
-        <v>2414</v>
-[...11 lines deleted...]
-        <v>2418</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B173" t="s">
-        <v>2419</v>
+        <v>2420</v>
       </c>
       <c r="C173" t="s">
         <v>12</v>
       </c>
       <c r="D173" t="s">
         <v>12</v>
       </c>
       <c r="E173" t="s">
-        <v>2420</v>
+        <v>2421</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173" t="s">
-        <v>2421</v>
+        <v>2422</v>
       </c>
       <c r="H173" t="s">
-        <v>2422</v>
+        <v>2423</v>
       </c>
       <c r="I173" t="s">
-        <v>2423</v>
+        <v>2424</v>
       </c>
       <c r="J173" t="s">
-        <v>2424</v>
+        <v>2334</v>
       </c>
       <c r="K173" t="s">
         <v>2425</v>
       </c>
       <c r="L173" t="s">
         <v>2426</v>
       </c>
+      <c r="M173" t="s">
+        <v>2427</v>
+      </c>
+      <c r="N173" t="s">
+        <v>2428</v>
+      </c>
+      <c r="O173" t="s">
+        <v>2429</v>
+      </c>
+      <c r="P173" t="s">
+        <v>2430</v>
+      </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B174" t="s">
-        <v>2427</v>
+        <v>2431</v>
       </c>
       <c r="C174" t="s">
         <v>12</v>
       </c>
       <c r="D174" t="s">
         <v>12</v>
       </c>
       <c r="E174" t="s">
-        <v>2428</v>
+        <v>2432</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
       <c r="G174" t="s">
-        <v>2429</v>
+        <v>2433</v>
       </c>
       <c r="H174" t="s">
-        <v>2430</v>
+        <v>2434</v>
       </c>
       <c r="I174" t="s">
-        <v>1790</v>
+        <v>2435</v>
       </c>
       <c r="J174" t="s">
-        <v>741</v>
+        <v>2436</v>
       </c>
       <c r="K174" t="s">
-        <v>2431</v>
+        <v>2437</v>
       </c>
       <c r="L174" t="s">
-        <v>2432</v>
-[...8 lines deleted...]
-        <v>2435</v>
+        <v>2438</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B175" t="s">
-        <v>2436</v>
+        <v>2439</v>
       </c>
       <c r="C175" t="s">
         <v>12</v>
       </c>
       <c r="D175" t="s">
         <v>12</v>
       </c>
       <c r="E175" t="s">
-        <v>2437</v>
+        <v>2440</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
       <c r="G175" t="s">
-        <v>2438</v>
+        <v>2441</v>
       </c>
       <c r="H175" t="s">
-        <v>2439</v>
+        <v>2442</v>
       </c>
       <c r="I175" t="s">
-        <v>2440</v>
+        <v>1802</v>
       </c>
       <c r="J175" t="s">
-        <v>2441</v>
+        <v>822</v>
       </c>
       <c r="K175" t="s">
-        <v>2442</v>
+        <v>2443</v>
+      </c>
+      <c r="L175" t="s">
+        <v>2444</v>
+      </c>
+      <c r="M175" t="s">
+        <v>2445</v>
+      </c>
+      <c r="N175" t="s">
+        <v>2446</v>
+      </c>
+      <c r="O175" t="s">
+        <v>2447</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B176" t="s">
-        <v>2443</v>
+        <v>2448</v>
       </c>
       <c r="C176" t="s">
         <v>12</v>
       </c>
       <c r="D176" t="s">
         <v>12</v>
       </c>
       <c r="E176" t="s">
-        <v>2444</v>
+        <v>2449</v>
       </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
       <c r="G176" t="s">
-        <v>2445</v>
+        <v>2450</v>
       </c>
       <c r="H176" t="s">
-        <v>2446</v>
+        <v>2451</v>
       </c>
       <c r="I176" t="s">
-        <v>2297</v>
+        <v>2452</v>
       </c>
       <c r="J176" t="s">
-        <v>1153</v>
+        <v>2453</v>
       </c>
       <c r="K176" t="s">
-        <v>2447</v>
-[...2 lines deleted...]
-        <v>2448</v>
+        <v>2454</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B177" t="s">
-        <v>2449</v>
+        <v>2455</v>
       </c>
       <c r="C177" t="s">
         <v>12</v>
       </c>
       <c r="D177" t="s">
         <v>12</v>
       </c>
       <c r="E177" t="s">
-        <v>2450</v>
+        <v>2456</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177" t="s">
-        <v>2451</v>
+        <v>2457</v>
       </c>
       <c r="H177" t="s">
-        <v>2452</v>
+        <v>2458</v>
       </c>
       <c r="I177" t="s">
-        <v>2453</v>
+        <v>2309</v>
       </c>
       <c r="J177" t="s">
-        <v>2454</v>
+        <v>1165</v>
       </c>
       <c r="K177" t="s">
-        <v>2455</v>
+        <v>2459</v>
+      </c>
+      <c r="L177" t="s">
+        <v>2460</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B178" t="s">
-        <v>2456</v>
+        <v>2461</v>
       </c>
       <c r="C178" t="s">
         <v>12</v>
       </c>
       <c r="D178" t="s">
         <v>12</v>
       </c>
       <c r="E178" t="s">
-        <v>2457</v>
+        <v>2462</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178" t="s">
-        <v>2458</v>
+        <v>2463</v>
       </c>
       <c r="H178" t="s">
-        <v>2459</v>
+        <v>2464</v>
       </c>
       <c r="I178" t="s">
-        <v>2460</v>
+        <v>2465</v>
       </c>
       <c r="J178" t="s">
-        <v>1006</v>
+        <v>2466</v>
       </c>
       <c r="K178" t="s">
-        <v>2461</v>
-[...16 lines deleted...]
-      <c r="Q178" t="s">
         <v>2467</v>
-      </c>
-[...22 lines deleted...]
-        <v>2475</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B179" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C179" t="s">
+        <v>12</v>
+      </c>
+      <c r="D179" t="s">
+        <v>12</v>
+      </c>
+      <c r="E179" t="s">
+        <v>2469</v>
+      </c>
+      <c r="F179" t="s">
+        <v>12</v>
+      </c>
+      <c r="G179" t="s">
+        <v>2470</v>
+      </c>
+      <c r="H179" t="s">
+        <v>2471</v>
+      </c>
+      <c r="I179" t="s">
+        <v>2472</v>
+      </c>
+      <c r="J179" t="s">
+        <v>1018</v>
+      </c>
+      <c r="K179" t="s">
+        <v>2473</v>
+      </c>
+      <c r="L179" t="s">
+        <v>2474</v>
+      </c>
+      <c r="M179" t="s">
+        <v>2475</v>
+      </c>
+      <c r="N179" t="s">
         <v>2476</v>
       </c>
-      <c r="C179" t="s">
-[...5 lines deleted...]
-      <c r="E179" t="s">
+      <c r="O179" t="s">
         <v>2477</v>
       </c>
-      <c r="F179" t="s">
-[...2 lines deleted...]
-      <c r="G179" t="s">
+      <c r="P179" t="s">
         <v>2478</v>
       </c>
-      <c r="H179" t="s">
+      <c r="Q179" t="s">
         <v>2479</v>
       </c>
-      <c r="I179" t="s">
+      <c r="R179" t="s">
         <v>2480</v>
       </c>
-      <c r="J179" t="s">
-[...2 lines deleted...]
-      <c r="K179" t="s">
+      <c r="S179" t="s">
         <v>2481</v>
       </c>
-      <c r="L179" t="s">
+      <c r="T179" t="s">
         <v>2482</v>
       </c>
-      <c r="M179" t="s">
+      <c r="U179" t="s">
         <v>2483</v>
+      </c>
+      <c r="V179" t="s">
+        <v>2484</v>
+      </c>
+      <c r="W179" t="s">
+        <v>2485</v>
+      </c>
+      <c r="X179" t="s">
+        <v>2486</v>
+      </c>
+      <c r="Y179" t="s">
+        <v>2487</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B180" t="s">
-        <v>2484</v>
+        <v>2488</v>
       </c>
       <c r="C180" t="s">
         <v>12</v>
       </c>
       <c r="D180" t="s">
         <v>12</v>
       </c>
       <c r="E180" t="s">
-        <v>2485</v>
+        <v>2489</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180" t="s">
-        <v>2486</v>
+        <v>2490</v>
       </c>
       <c r="H180" t="s">
-        <v>2487</v>
+        <v>2491</v>
       </c>
       <c r="I180" t="s">
-        <v>2453</v>
+        <v>2492</v>
       </c>
       <c r="J180" t="s">
-        <v>2488</v>
+        <v>1759</v>
       </c>
       <c r="K180" t="s">
-        <v>2489</v>
+        <v>2493</v>
       </c>
       <c r="L180" t="s">
-        <v>2490</v>
+        <v>2494</v>
       </c>
       <c r="M180" t="s">
-        <v>2491</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B181" t="s">
-        <v>2492</v>
+        <v>2496</v>
       </c>
       <c r="C181" t="s">
         <v>12</v>
       </c>
       <c r="D181" t="s">
         <v>12</v>
       </c>
       <c r="E181" t="s">
-        <v>2493</v>
+        <v>2497</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181" t="s">
-        <v>2494</v>
+        <v>2498</v>
       </c>
       <c r="H181" t="s">
-        <v>2495</v>
+        <v>2499</v>
       </c>
       <c r="I181" t="s">
-        <v>2496</v>
+        <v>2465</v>
       </c>
       <c r="J181" t="s">
-        <v>2497</v>
+        <v>2500</v>
       </c>
       <c r="K181" t="s">
-        <v>2498</v>
+        <v>2501</v>
+      </c>
+      <c r="L181" t="s">
+        <v>2502</v>
+      </c>
+      <c r="M181" t="s">
+        <v>2503</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B182" t="s">
-        <v>2499</v>
+        <v>2504</v>
       </c>
       <c r="C182" t="s">
         <v>12</v>
       </c>
       <c r="D182" t="s">
         <v>12</v>
       </c>
       <c r="E182" t="s">
-        <v>2500</v>
+        <v>2505</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182" t="s">
-        <v>2501</v>
+        <v>2506</v>
       </c>
       <c r="H182" t="s">
-        <v>2502</v>
+        <v>2507</v>
       </c>
       <c r="I182" t="s">
-        <v>2503</v>
+        <v>2508</v>
       </c>
       <c r="J182" t="s">
-        <v>2504</v>
+        <v>2509</v>
       </c>
       <c r="K182" t="s">
-        <v>2505</v>
-[...8 lines deleted...]
-        <v>2508</v>
+        <v>2510</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B183" t="s">
-        <v>2509</v>
+        <v>2511</v>
       </c>
       <c r="C183" t="s">
         <v>12</v>
       </c>
       <c r="D183" t="s">
         <v>12</v>
       </c>
       <c r="E183" t="s">
-        <v>2510</v>
+        <v>2512</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183" t="s">
-        <v>2511</v>
+        <v>2513</v>
       </c>
       <c r="H183" t="s">
-        <v>2512</v>
+        <v>2514</v>
       </c>
       <c r="I183" t="s">
-        <v>2513</v>
+        <v>2515</v>
       </c>
       <c r="J183" t="s">
-        <v>2514</v>
+        <v>2516</v>
       </c>
       <c r="K183" t="s">
-        <v>2515</v>
+        <v>2517</v>
+      </c>
+      <c r="L183" t="s">
+        <v>2518</v>
+      </c>
+      <c r="M183" t="s">
+        <v>2519</v>
+      </c>
+      <c r="N183" t="s">
+        <v>2520</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B184" t="s">
-        <v>2516</v>
+        <v>2521</v>
       </c>
       <c r="C184" t="s">
         <v>12</v>
       </c>
       <c r="D184" t="s">
         <v>12</v>
       </c>
       <c r="E184" t="s">
-        <v>2517</v>
+        <v>2522</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184" t="s">
-        <v>2518</v>
+        <v>2523</v>
       </c>
       <c r="H184" t="s">
-        <v>2519</v>
+        <v>2524</v>
       </c>
       <c r="I184" t="s">
-        <v>2520</v>
+        <v>2525</v>
       </c>
       <c r="J184" t="s">
-        <v>1153</v>
+        <v>2526</v>
       </c>
       <c r="K184" t="s">
-        <v>2521</v>
-[...5 lines deleted...]
-        <v>2523</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B185" t="s">
-        <v>2524</v>
+        <v>2528</v>
       </c>
       <c r="C185" t="s">
         <v>12</v>
       </c>
       <c r="D185" t="s">
         <v>12</v>
       </c>
       <c r="E185" t="s">
-        <v>2525</v>
+        <v>2529</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185" t="s">
-        <v>2526</v>
+        <v>2530</v>
       </c>
       <c r="H185" t="s">
-        <v>2527</v>
+        <v>2531</v>
       </c>
       <c r="I185" t="s">
-        <v>2528</v>
+        <v>2532</v>
       </c>
       <c r="J185" t="s">
-        <v>1078</v>
+        <v>1165</v>
       </c>
       <c r="K185" t="s">
-        <v>2529</v>
+        <v>2533</v>
       </c>
       <c r="L185" t="s">
-        <v>2530</v>
+        <v>2534</v>
       </c>
       <c r="M185" t="s">
-        <v>2531</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B186" t="s">
-        <v>2532</v>
+        <v>2536</v>
       </c>
       <c r="C186" t="s">
         <v>12</v>
       </c>
       <c r="D186" t="s">
         <v>12</v>
       </c>
       <c r="E186" t="s">
-        <v>2533</v>
+        <v>2537</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
       <c r="G186" t="s">
-        <v>2534</v>
+        <v>2538</v>
       </c>
       <c r="H186" t="s">
-        <v>2535</v>
+        <v>2539</v>
       </c>
       <c r="I186" t="s">
-        <v>2536</v>
+        <v>2540</v>
       </c>
       <c r="J186" t="s">
-        <v>2537</v>
+        <v>1090</v>
       </c>
       <c r="K186" t="s">
-        <v>2538</v>
+        <v>2541</v>
+      </c>
+      <c r="L186" t="s">
+        <v>2542</v>
+      </c>
+      <c r="M186" t="s">
+        <v>2543</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B187" t="s">
-        <v>2539</v>
+        <v>2544</v>
       </c>
       <c r="C187" t="s">
         <v>12</v>
       </c>
       <c r="D187" t="s">
         <v>12</v>
       </c>
       <c r="E187" t="s">
-        <v>2540</v>
+        <v>2545</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187" t="s">
-        <v>2541</v>
+        <v>2546</v>
       </c>
       <c r="H187" t="s">
-        <v>2542</v>
+        <v>2547</v>
       </c>
       <c r="I187" t="s">
-        <v>2006</v>
+        <v>2548</v>
       </c>
       <c r="J187" t="s">
-        <v>2353</v>
+        <v>2549</v>
       </c>
       <c r="K187" t="s">
-        <v>2543</v>
-[...19 lines deleted...]
-      <c r="R187" t="s">
         <v>2550</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B188" t="s">
         <v>2551</v>
       </c>
       <c r="C188" t="s">
         <v>12</v>
       </c>
       <c r="D188" t="s">
         <v>12</v>
       </c>
       <c r="E188" t="s">
         <v>2552</v>
       </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
       <c r="G188" t="s">
         <v>2553</v>
       </c>
       <c r="H188" t="s">
         <v>2554</v>
       </c>
       <c r="I188" t="s">
+        <v>2018</v>
+      </c>
+      <c r="J188" t="s">
+        <v>2365</v>
+      </c>
+      <c r="K188" t="s">
         <v>2555</v>
       </c>
-      <c r="J188" t="s">
+      <c r="L188" t="s">
         <v>2556</v>
       </c>
-      <c r="K188" t="s">
+      <c r="M188" t="s">
         <v>2557</v>
       </c>
-      <c r="L188" t="s">
+      <c r="N188" t="s">
         <v>2558</v>
+      </c>
+      <c r="O188" t="s">
+        <v>2559</v>
+      </c>
+      <c r="P188" t="s">
+        <v>2560</v>
+      </c>
+      <c r="Q188" t="s">
+        <v>2561</v>
+      </c>
+      <c r="R188" t="s">
+        <v>2562</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B189" t="s">
-        <v>2559</v>
+        <v>2563</v>
       </c>
       <c r="C189" t="s">
         <v>12</v>
       </c>
       <c r="D189" t="s">
         <v>12</v>
       </c>
       <c r="E189" t="s">
-        <v>2560</v>
+        <v>2564</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189" t="s">
-        <v>2561</v>
+        <v>2565</v>
       </c>
       <c r="H189" t="s">
-        <v>2562</v>
+        <v>2566</v>
       </c>
       <c r="I189" t="s">
-        <v>2563</v>
+        <v>2567</v>
       </c>
       <c r="J189" t="s">
-        <v>1983</v>
+        <v>2568</v>
       </c>
       <c r="K189" t="s">
-        <v>2564</v>
+        <v>2569</v>
       </c>
       <c r="L189" t="s">
-        <v>2565</v>
-[...5 lines deleted...]
-        <v>2567</v>
+        <v>2570</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B190" t="s">
-        <v>2568</v>
+        <v>2571</v>
       </c>
       <c r="C190" t="s">
         <v>12</v>
       </c>
       <c r="D190" t="s">
         <v>12</v>
       </c>
       <c r="E190" t="s">
-        <v>2569</v>
+        <v>2572</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190" t="s">
-        <v>2570</v>
+        <v>2573</v>
       </c>
       <c r="H190" t="s">
-        <v>2571</v>
+        <v>2574</v>
       </c>
       <c r="I190" t="s">
-        <v>2572</v>
+        <v>2575</v>
       </c>
       <c r="J190" t="s">
-        <v>1223</v>
+        <v>1995</v>
       </c>
       <c r="K190" t="s">
-        <v>2573</v>
+        <v>2576</v>
       </c>
       <c r="L190" t="s">
-        <v>2574</v>
+        <v>2577</v>
       </c>
       <c r="M190" t="s">
-        <v>2575</v>
+        <v>2578</v>
       </c>
       <c r="N190" t="s">
-        <v>2576</v>
-[...5 lines deleted...]
-        <v>2578</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B191" t="s">
-        <v>2579</v>
+        <v>2580</v>
       </c>
       <c r="C191" t="s">
         <v>12</v>
       </c>
       <c r="D191" t="s">
         <v>12</v>
       </c>
       <c r="E191" t="s">
-        <v>2580</v>
+        <v>2581</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191" t="s">
-        <v>2581</v>
+        <v>2582</v>
       </c>
       <c r="H191" t="s">
-        <v>2582</v>
+        <v>2583</v>
       </c>
       <c r="I191" t="s">
-        <v>2583</v>
+        <v>2584</v>
       </c>
       <c r="J191" t="s">
-        <v>2584</v>
+        <v>1235</v>
       </c>
       <c r="K191" t="s">
         <v>2585</v>
       </c>
+      <c r="L191" t="s">
+        <v>2586</v>
+      </c>
+      <c r="M191" t="s">
+        <v>2587</v>
+      </c>
+      <c r="N191" t="s">
+        <v>2588</v>
+      </c>
+      <c r="O191" t="s">
+        <v>2589</v>
+      </c>
+      <c r="P191" t="s">
+        <v>2590</v>
+      </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B192" t="s">
-        <v>2586</v>
+        <v>2591</v>
       </c>
       <c r="C192" t="s">
         <v>12</v>
       </c>
       <c r="D192" t="s">
         <v>12</v>
       </c>
       <c r="E192" t="s">
-        <v>2587</v>
+        <v>2592</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192" t="s">
-        <v>2588</v>
+        <v>2593</v>
       </c>
       <c r="H192" t="s">
-        <v>2589</v>
+        <v>2594</v>
       </c>
       <c r="I192" t="s">
-        <v>2590</v>
+        <v>2595</v>
       </c>
       <c r="J192" t="s">
-        <v>2591</v>
+        <v>2596</v>
       </c>
       <c r="K192" t="s">
-        <v>2592</v>
-[...13 lines deleted...]
-      <c r="P192" t="s">
         <v>2597</v>
-      </c>
-[...10 lines deleted...]
-        <v>2601</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B193" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C193" t="s">
+        <v>12</v>
+      </c>
+      <c r="D193" t="s">
+        <v>12</v>
+      </c>
+      <c r="E193" t="s">
+        <v>2599</v>
+      </c>
+      <c r="F193" t="s">
+        <v>12</v>
+      </c>
+      <c r="G193" t="s">
+        <v>2600</v>
+      </c>
+      <c r="H193" t="s">
+        <v>2601</v>
+      </c>
+      <c r="I193" t="s">
         <v>2602</v>
       </c>
-      <c r="C193" t="s">
-[...5 lines deleted...]
-      <c r="E193" t="s">
+      <c r="J193" t="s">
         <v>2603</v>
       </c>
-      <c r="F193" t="s">
-[...2 lines deleted...]
-      <c r="G193" t="s">
+      <c r="K193" t="s">
         <v>2604</v>
       </c>
-      <c r="H193" t="s">
+      <c r="L193" t="s">
         <v>2605</v>
       </c>
-      <c r="I193" t="s">
+      <c r="M193" t="s">
         <v>2606</v>
       </c>
-      <c r="J193" t="s">
+      <c r="N193" t="s">
         <v>2607</v>
       </c>
-      <c r="K193" t="s">
+      <c r="O193" t="s">
         <v>2608</v>
       </c>
-      <c r="L193" t="s">
+      <c r="P193" t="s">
         <v>2609</v>
       </c>
-      <c r="M193" t="s">
+      <c r="Q193" t="s">
         <v>2610</v>
       </c>
-      <c r="N193" t="s">
+      <c r="R193" t="s">
         <v>2611</v>
       </c>
-      <c r="O193" t="s">
+      <c r="S193" t="s">
         <v>2612</v>
       </c>
-      <c r="P193" t="s">
+      <c r="T193" t="s">
         <v>2613</v>
-      </c>
-[...97 lines deleted...]
-        <v>2646</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B194" t="s">
+        <v>2614</v>
+      </c>
+      <c r="C194" t="s">
+        <v>12</v>
+      </c>
+      <c r="D194" t="s">
+        <v>12</v>
+      </c>
+      <c r="E194" t="s">
+        <v>2615</v>
+      </c>
+      <c r="F194" t="s">
+        <v>12</v>
+      </c>
+      <c r="G194" t="s">
+        <v>2616</v>
+      </c>
+      <c r="H194" t="s">
+        <v>2617</v>
+      </c>
+      <c r="I194" t="s">
+        <v>2618</v>
+      </c>
+      <c r="J194" t="s">
+        <v>2619</v>
+      </c>
+      <c r="K194" t="s">
+        <v>2620</v>
+      </c>
+      <c r="L194" t="s">
+        <v>2621</v>
+      </c>
+      <c r="M194" t="s">
+        <v>2622</v>
+      </c>
+      <c r="N194" t="s">
+        <v>2623</v>
+      </c>
+      <c r="O194" t="s">
+        <v>2624</v>
+      </c>
+      <c r="P194" t="s">
+        <v>2625</v>
+      </c>
+      <c r="Q194" t="s">
+        <v>2626</v>
+      </c>
+      <c r="R194" t="s">
+        <v>2627</v>
+      </c>
+      <c r="S194" t="s">
+        <v>2628</v>
+      </c>
+      <c r="T194" t="s">
+        <v>2629</v>
+      </c>
+      <c r="U194" t="s">
+        <v>2630</v>
+      </c>
+      <c r="V194" t="s">
+        <v>2631</v>
+      </c>
+      <c r="W194" t="s">
+        <v>2632</v>
+      </c>
+      <c r="X194" t="s">
+        <v>2633</v>
+      </c>
+      <c r="Y194" t="s">
+        <v>2634</v>
+      </c>
+      <c r="Z194" t="s">
+        <v>2635</v>
+      </c>
+      <c r="AA194" t="s">
+        <v>2636</v>
+      </c>
+      <c r="AB194" t="s">
+        <v>2637</v>
+      </c>
+      <c r="AC194" t="s">
+        <v>2638</v>
+      </c>
+      <c r="AD194" t="s">
+        <v>2639</v>
+      </c>
+      <c r="AE194" t="s">
+        <v>2640</v>
+      </c>
+      <c r="AF194" t="s">
+        <v>2641</v>
+      </c>
+      <c r="AG194" t="s">
+        <v>2642</v>
+      </c>
+      <c r="AH194" t="s">
+        <v>2643</v>
+      </c>
+      <c r="AI194" t="s">
+        <v>2644</v>
+      </c>
+      <c r="AJ194" t="s">
+        <v>2645</v>
+      </c>
+      <c r="AK194" t="s">
+        <v>2646</v>
+      </c>
+      <c r="AL194" t="s">
         <v>2647</v>
       </c>
-      <c r="C194" t="s">
-[...5 lines deleted...]
-      <c r="E194" t="s">
+      <c r="AM194" t="s">
         <v>2648</v>
       </c>
-      <c r="F194" t="s">
-[...2 lines deleted...]
-      <c r="G194" t="s">
+      <c r="AN194" t="s">
         <v>2649</v>
       </c>
-      <c r="H194" t="s">
+      <c r="AO194" t="s">
         <v>2650</v>
       </c>
-      <c r="I194" t="s">
+      <c r="AP194" t="s">
         <v>2651</v>
       </c>
-      <c r="J194" t="s">
-[...2 lines deleted...]
-      <c r="K194" t="s">
+      <c r="AQ194" t="s">
         <v>2652</v>
+      </c>
+      <c r="AR194" t="s">
+        <v>2653</v>
+      </c>
+      <c r="AS194" t="s">
+        <v>2654</v>
+      </c>
+      <c r="AT194" t="s">
+        <v>2655</v>
+      </c>
+      <c r="AU194" t="s">
+        <v>2656</v>
+      </c>
+      <c r="AV194" t="s">
+        <v>2657</v>
+      </c>
+      <c r="AW194" t="s">
+        <v>2658</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B195" t="s">
-        <v>2653</v>
+        <v>2659</v>
       </c>
       <c r="C195" t="s">
         <v>12</v>
       </c>
       <c r="D195" t="s">
         <v>12</v>
       </c>
       <c r="E195" t="s">
-        <v>2654</v>
+        <v>2660</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195" t="s">
-        <v>2655</v>
+        <v>2661</v>
       </c>
       <c r="H195" t="s">
-        <v>2656</v>
+        <v>2662</v>
       </c>
       <c r="I195" t="s">
-        <v>2657</v>
+        <v>2663</v>
       </c>
       <c r="J195" t="s">
-        <v>2658</v>
+        <v>1388</v>
       </c>
       <c r="K195" t="s">
-        <v>2659</v>
-[...11 lines deleted...]
-        <v>2663</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B196" t="s">
-        <v>2664</v>
+        <v>2665</v>
       </c>
       <c r="C196" t="s">
         <v>12</v>
       </c>
       <c r="D196" t="s">
         <v>12</v>
       </c>
       <c r="E196" t="s">
-        <v>2654</v>
+        <v>2666</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196" t="s">
-        <v>2665</v>
+        <v>2667</v>
       </c>
       <c r="H196" t="s">
-        <v>2666</v>
+        <v>2668</v>
       </c>
       <c r="I196" t="s">
-        <v>2667</v>
+        <v>2669</v>
       </c>
       <c r="J196" t="s">
-        <v>1747</v>
+        <v>2670</v>
       </c>
       <c r="K196" t="s">
-        <v>2668</v>
+        <v>2671</v>
       </c>
       <c r="L196" t="s">
-        <v>2669</v>
+        <v>2672</v>
       </c>
       <c r="M196" t="s">
-        <v>2670</v>
+        <v>2673</v>
+      </c>
+      <c r="N196" t="s">
+        <v>2674</v>
+      </c>
+      <c r="O196" t="s">
+        <v>2675</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B197" t="s">
-        <v>2671</v>
+        <v>2676</v>
       </c>
       <c r="C197" t="s">
         <v>12</v>
       </c>
       <c r="D197" t="s">
         <v>12</v>
       </c>
       <c r="E197" t="s">
-        <v>2672</v>
+        <v>2666</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197" t="s">
-        <v>2673</v>
+        <v>2677</v>
       </c>
       <c r="H197" t="s">
-        <v>2674</v>
+        <v>2678</v>
       </c>
       <c r="I197" t="s">
-        <v>2675</v>
+        <v>2679</v>
       </c>
       <c r="J197" t="s">
-        <v>2676</v>
+        <v>1759</v>
       </c>
       <c r="K197" t="s">
-        <v>2677</v>
+        <v>2680</v>
+      </c>
+      <c r="L197" t="s">
+        <v>2681</v>
+      </c>
+      <c r="M197" t="s">
+        <v>2682</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B198" t="s">
-        <v>2678</v>
+        <v>2683</v>
       </c>
       <c r="C198" t="s">
         <v>12</v>
       </c>
       <c r="D198" t="s">
         <v>12</v>
       </c>
       <c r="E198" t="s">
-        <v>2679</v>
+        <v>2684</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198" t="s">
-        <v>2680</v>
+        <v>2685</v>
       </c>
       <c r="H198" t="s">
-        <v>2681</v>
+        <v>2686</v>
       </c>
       <c r="I198" t="s">
-        <v>2297</v>
+        <v>2687</v>
       </c>
       <c r="J198" t="s">
-        <v>2682</v>
+        <v>2688</v>
       </c>
       <c r="K198" t="s">
-        <v>2683</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B199" t="s">
-        <v>2684</v>
+        <v>2690</v>
       </c>
       <c r="C199" t="s">
         <v>12</v>
       </c>
       <c r="D199" t="s">
         <v>12</v>
       </c>
       <c r="E199" t="s">
-        <v>2685</v>
+        <v>2691</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199" t="s">
-        <v>2686</v>
+        <v>2692</v>
       </c>
       <c r="H199" t="s">
-        <v>2687</v>
+        <v>2693</v>
       </c>
       <c r="I199" t="s">
-        <v>2688</v>
+        <v>2309</v>
       </c>
       <c r="J199" t="s">
-        <v>2689</v>
+        <v>2694</v>
       </c>
       <c r="K199" t="s">
-        <v>2690</v>
+        <v>2695</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B200" t="s">
-        <v>2691</v>
+        <v>2696</v>
       </c>
       <c r="C200" t="s">
         <v>12</v>
       </c>
       <c r="D200" t="s">
         <v>12</v>
       </c>
       <c r="E200" t="s">
-        <v>2692</v>
+        <v>2697</v>
       </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200" t="s">
-        <v>2693</v>
+        <v>2698</v>
       </c>
       <c r="H200" t="s">
-        <v>2694</v>
+        <v>2699</v>
       </c>
       <c r="I200" t="s">
-        <v>2695</v>
+        <v>2700</v>
       </c>
       <c r="J200" t="s">
-        <v>2424</v>
+        <v>2701</v>
       </c>
       <c r="K200" t="s">
-        <v>2696</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B201" t="s">
-        <v>2697</v>
+        <v>2703</v>
       </c>
       <c r="C201" t="s">
         <v>12</v>
       </c>
       <c r="D201" t="s">
         <v>12</v>
       </c>
       <c r="E201" t="s">
-        <v>2698</v>
+        <v>2704</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201" t="s">
-        <v>2699</v>
+        <v>2705</v>
       </c>
       <c r="H201" t="s">
-        <v>2700</v>
+        <v>2706</v>
       </c>
       <c r="I201" t="s">
-        <v>2297</v>
+        <v>2707</v>
       </c>
       <c r="J201" t="s">
-        <v>2322</v>
+        <v>2436</v>
       </c>
       <c r="K201" t="s">
-        <v>2701</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B202" t="s">
-        <v>2702</v>
+        <v>2709</v>
       </c>
       <c r="C202" t="s">
         <v>12</v>
       </c>
       <c r="D202" t="s">
         <v>12</v>
       </c>
       <c r="E202" t="s">
-        <v>564</v>
+        <v>2710</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202" t="s">
-        <v>2703</v>
+        <v>2711</v>
       </c>
       <c r="H202" t="s">
-        <v>2704</v>
+        <v>2712</v>
       </c>
       <c r="I202" t="s">
-        <v>2705</v>
+        <v>2309</v>
       </c>
       <c r="J202" t="s">
-        <v>1153</v>
+        <v>2334</v>
       </c>
       <c r="K202" t="s">
-        <v>2706</v>
+        <v>2713</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B203" t="s">
-        <v>2707</v>
+        <v>2714</v>
       </c>
       <c r="C203" t="s">
         <v>12</v>
       </c>
       <c r="D203" t="s">
         <v>12</v>
       </c>
       <c r="E203" t="s">
-        <v>2708</v>
+        <v>564</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203" t="s">
-        <v>2709</v>
+        <v>2715</v>
       </c>
       <c r="H203" t="s">
-        <v>2710</v>
+        <v>2716</v>
       </c>
       <c r="I203" t="s">
-        <v>2711</v>
+        <v>2717</v>
       </c>
       <c r="J203" t="s">
-        <v>2712</v>
+        <v>1165</v>
       </c>
       <c r="K203" t="s">
-        <v>2713</v>
-[...11 lines deleted...]
-        <v>2717</v>
+        <v>2718</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B204" t="s">
-        <v>2718</v>
+        <v>2719</v>
       </c>
       <c r="C204" t="s">
         <v>12</v>
       </c>
       <c r="D204" t="s">
         <v>12</v>
       </c>
       <c r="E204" t="s">
-        <v>2719</v>
+        <v>2720</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204" t="s">
-        <v>2720</v>
+        <v>2721</v>
       </c>
       <c r="H204" t="s">
-        <v>2721</v>
+        <v>2722</v>
       </c>
       <c r="I204" t="s">
-        <v>2722</v>
+        <v>2723</v>
       </c>
       <c r="J204" t="s">
-        <v>2514</v>
+        <v>2724</v>
       </c>
       <c r="K204" t="s">
-        <v>2723</v>
+        <v>2725</v>
       </c>
       <c r="L204" t="s">
-        <v>2724</v>
+        <v>2726</v>
       </c>
       <c r="M204" t="s">
-        <v>2725</v>
+        <v>2727</v>
       </c>
       <c r="N204" t="s">
-        <v>2726</v>
+        <v>2728</v>
       </c>
       <c r="O204" t="s">
-        <v>2727</v>
-[...2 lines deleted...]
-        <v>2728</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B205" t="s">
-        <v>2729</v>
+        <v>2730</v>
       </c>
       <c r="C205" t="s">
         <v>12</v>
       </c>
       <c r="D205" t="s">
         <v>12</v>
       </c>
       <c r="E205" t="s">
-        <v>2730</v>
+        <v>2731</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205" t="s">
-        <v>2731</v>
+        <v>2732</v>
       </c>
       <c r="H205" t="s">
-        <v>2732</v>
+        <v>2733</v>
       </c>
       <c r="I205" t="s">
-        <v>2733</v>
+        <v>2734</v>
       </c>
       <c r="J205" t="s">
-        <v>1006</v>
+        <v>2526</v>
       </c>
       <c r="K205" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
       <c r="L205" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
       <c r="M205" t="s">
-        <v>2736</v>
+        <v>2737</v>
       </c>
       <c r="N205" t="s">
-        <v>2737</v>
+        <v>2738</v>
+      </c>
+      <c r="O205" t="s">
+        <v>2739</v>
+      </c>
+      <c r="P205" t="s">
+        <v>2740</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B206" t="s">
-        <v>2738</v>
+        <v>2741</v>
       </c>
       <c r="C206" t="s">
         <v>12</v>
       </c>
       <c r="D206" t="s">
         <v>12</v>
       </c>
       <c r="E206" t="s">
-        <v>2739</v>
+        <v>2742</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206" t="s">
-        <v>2740</v>
+        <v>2743</v>
       </c>
       <c r="H206" t="s">
-        <v>2741</v>
+        <v>2744</v>
       </c>
       <c r="I206" t="s">
-        <v>2742</v>
+        <v>2745</v>
       </c>
       <c r="J206" t="s">
-        <v>1178</v>
+        <v>1018</v>
       </c>
       <c r="K206" t="s">
-        <v>2743</v>
+        <v>2746</v>
       </c>
       <c r="L206" t="s">
-        <v>2744</v>
+        <v>2747</v>
       </c>
       <c r="M206" t="s">
-        <v>2745</v>
+        <v>2748</v>
+      </c>
+      <c r="N206" t="s">
+        <v>2749</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B207" t="s">
-        <v>2746</v>
+        <v>2750</v>
       </c>
       <c r="C207" t="s">
         <v>12</v>
       </c>
       <c r="D207" t="s">
         <v>12</v>
       </c>
       <c r="E207" t="s">
-        <v>2747</v>
+        <v>2751</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207" t="s">
-        <v>2748</v>
+        <v>2752</v>
       </c>
       <c r="H207" t="s">
-        <v>2749</v>
+        <v>2753</v>
       </c>
       <c r="I207" t="s">
-        <v>1168</v>
+        <v>2754</v>
       </c>
       <c r="J207" t="s">
-        <v>1920</v>
+        <v>1190</v>
       </c>
       <c r="K207" t="s">
-        <v>2750</v>
+        <v>2755</v>
       </c>
       <c r="L207" t="s">
-        <v>2751</v>
+        <v>2756</v>
       </c>
       <c r="M207" t="s">
-        <v>2752</v>
-[...2 lines deleted...]
-        <v>2753</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B208" t="s">
-        <v>2754</v>
+        <v>2758</v>
       </c>
       <c r="C208" t="s">
         <v>12</v>
       </c>
       <c r="D208" t="s">
         <v>12</v>
       </c>
       <c r="E208" t="s">
-        <v>2755</v>
+        <v>2759</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
       <c r="G208" t="s">
-        <v>2756</v>
+        <v>2760</v>
       </c>
       <c r="H208" t="s">
-        <v>2757</v>
+        <v>2761</v>
       </c>
       <c r="I208" t="s">
-        <v>2758</v>
+        <v>1180</v>
       </c>
       <c r="J208" t="s">
-        <v>2759</v>
+        <v>1932</v>
       </c>
       <c r="K208" t="s">
-        <v>2760</v>
+        <v>2762</v>
       </c>
       <c r="L208" t="s">
-        <v>2761</v>
+        <v>2763</v>
       </c>
       <c r="M208" t="s">
-        <v>2762</v>
+        <v>2764</v>
       </c>
       <c r="N208" t="s">
-        <v>2763</v>
-[...4 lines deleted...]
-      <c r="P208" t="s">
         <v>2765</v>
-      </c>
-[...1 lines deleted...]
-        <v>2766</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B209" t="s">
+        <v>2766</v>
+      </c>
+      <c r="C209" t="s">
+        <v>12</v>
+      </c>
+      <c r="D209" t="s">
+        <v>12</v>
+      </c>
+      <c r="E209" t="s">
         <v>2767</v>
       </c>
-      <c r="C209" t="s">
-[...5 lines deleted...]
-      <c r="E209" t="s">
+      <c r="F209" t="s">
+        <v>12</v>
+      </c>
+      <c r="G209" t="s">
         <v>2768</v>
       </c>
-      <c r="F209" t="s">
-[...2 lines deleted...]
-      <c r="G209" t="s">
+      <c r="H209" t="s">
         <v>2769</v>
       </c>
-      <c r="H209" t="s">
+      <c r="I209" t="s">
         <v>2770</v>
       </c>
-      <c r="I209" t="s">
+      <c r="J209" t="s">
         <v>2771</v>
-      </c>
-[...1 lines deleted...]
-        <v>1153</v>
       </c>
       <c r="K209" t="s">
         <v>2772</v>
       </c>
+      <c r="L209" t="s">
+        <v>2773</v>
+      </c>
+      <c r="M209" t="s">
+        <v>2774</v>
+      </c>
+      <c r="N209" t="s">
+        <v>2775</v>
+      </c>
+      <c r="O209" t="s">
+        <v>2776</v>
+      </c>
+      <c r="P209" t="s">
+        <v>2777</v>
+      </c>
+      <c r="Q209" t="s">
+        <v>2778</v>
+      </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B210" t="s">
-        <v>2773</v>
+        <v>2779</v>
       </c>
       <c r="C210" t="s">
         <v>12</v>
       </c>
       <c r="D210" t="s">
         <v>12</v>
       </c>
       <c r="E210" t="s">
-        <v>2755</v>
+        <v>2780</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210" t="s">
-        <v>2774</v>
+        <v>2781</v>
       </c>
       <c r="H210" t="s">
-        <v>2775</v>
+        <v>2782</v>
       </c>
       <c r="I210" t="s">
-        <v>2776</v>
+        <v>2783</v>
       </c>
       <c r="J210" t="s">
-        <v>2777</v>
+        <v>1165</v>
       </c>
       <c r="K210" t="s">
-        <v>2778</v>
-[...16 lines deleted...]
-      <c r="Q210" t="s">
         <v>2784</v>
-      </c>
-[...121 lines deleted...]
-        <v>2825</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B211" t="s">
+        <v>2785</v>
+      </c>
+      <c r="C211" t="s">
+        <v>12</v>
+      </c>
+      <c r="D211" t="s">
+        <v>12</v>
+      </c>
+      <c r="E211" t="s">
+        <v>2767</v>
+      </c>
+      <c r="F211" t="s">
+        <v>12</v>
+      </c>
+      <c r="G211" t="s">
+        <v>2786</v>
+      </c>
+      <c r="H211" t="s">
+        <v>2787</v>
+      </c>
+      <c r="I211" t="s">
+        <v>2788</v>
+      </c>
+      <c r="J211" t="s">
+        <v>2789</v>
+      </c>
+      <c r="K211" t="s">
+        <v>2790</v>
+      </c>
+      <c r="L211" t="s">
+        <v>2791</v>
+      </c>
+      <c r="M211" t="s">
+        <v>2792</v>
+      </c>
+      <c r="N211" t="s">
+        <v>2793</v>
+      </c>
+      <c r="O211" t="s">
+        <v>2794</v>
+      </c>
+      <c r="P211" t="s">
+        <v>2795</v>
+      </c>
+      <c r="Q211" t="s">
+        <v>2796</v>
+      </c>
+      <c r="R211" t="s">
+        <v>2797</v>
+      </c>
+      <c r="S211" t="s">
+        <v>2798</v>
+      </c>
+      <c r="T211" t="s">
+        <v>2799</v>
+      </c>
+      <c r="U211" t="s">
+        <v>2800</v>
+      </c>
+      <c r="V211" t="s">
+        <v>2801</v>
+      </c>
+      <c r="W211" t="s">
+        <v>2802</v>
+      </c>
+      <c r="X211" t="s">
+        <v>2803</v>
+      </c>
+      <c r="Y211" t="s">
+        <v>2804</v>
+      </c>
+      <c r="Z211" t="s">
+        <v>2805</v>
+      </c>
+      <c r="AA211" t="s">
+        <v>2806</v>
+      </c>
+      <c r="AB211" t="s">
+        <v>2807</v>
+      </c>
+      <c r="AC211" t="s">
+        <v>2808</v>
+      </c>
+      <c r="AD211" t="s">
+        <v>2809</v>
+      </c>
+      <c r="AE211" t="s">
+        <v>2810</v>
+      </c>
+      <c r="AF211" t="s">
+        <v>2811</v>
+      </c>
+      <c r="AG211" t="s">
+        <v>2812</v>
+      </c>
+      <c r="AH211" t="s">
+        <v>2813</v>
+      </c>
+      <c r="AI211" t="s">
+        <v>2814</v>
+      </c>
+      <c r="AJ211" t="s">
+        <v>2815</v>
+      </c>
+      <c r="AK211" t="s">
+        <v>2816</v>
+      </c>
+      <c r="AL211" t="s">
+        <v>2817</v>
+      </c>
+      <c r="AM211" t="s">
+        <v>2818</v>
+      </c>
+      <c r="AN211" t="s">
+        <v>2819</v>
+      </c>
+      <c r="AO211" t="s">
+        <v>2820</v>
+      </c>
+      <c r="AP211" t="s">
+        <v>2821</v>
+      </c>
+      <c r="AQ211" t="s">
+        <v>2822</v>
+      </c>
+      <c r="AR211" t="s">
+        <v>2823</v>
+      </c>
+      <c r="AS211" t="s">
+        <v>2824</v>
+      </c>
+      <c r="AT211" t="s">
+        <v>2825</v>
+      </c>
+      <c r="AU211" t="s">
         <v>2826</v>
       </c>
-      <c r="C211" t="s">
-[...5 lines deleted...]
-      <c r="E211" t="s">
+      <c r="AV211" t="s">
         <v>2827</v>
       </c>
-      <c r="F211" t="s">
-[...2 lines deleted...]
-      <c r="G211" t="s">
+      <c r="AW211" t="s">
         <v>2828</v>
       </c>
-      <c r="H211" t="s">
+      <c r="AX211" t="s">
         <v>2829</v>
       </c>
-      <c r="I211" t="s">
-[...5 lines deleted...]
-      <c r="K211" t="s">
+      <c r="AY211" t="s">
         <v>2830</v>
       </c>
-      <c r="L211" t="s">
+      <c r="AZ211" t="s">
         <v>2831</v>
+      </c>
+      <c r="BA211" t="s">
+        <v>2832</v>
+      </c>
+      <c r="BB211" t="s">
+        <v>2833</v>
+      </c>
+      <c r="BC211" t="s">
+        <v>2834</v>
+      </c>
+      <c r="BD211" t="s">
+        <v>2835</v>
+      </c>
+      <c r="BE211" t="s">
+        <v>2836</v>
+      </c>
+      <c r="BF211" t="s">
+        <v>2837</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B212" t="s">
-        <v>2832</v>
+        <v>2838</v>
       </c>
       <c r="C212" t="s">
         <v>12</v>
       </c>
       <c r="D212" t="s">
         <v>12</v>
       </c>
       <c r="E212" t="s">
-        <v>2833</v>
+        <v>2839</v>
       </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212" t="s">
-        <v>2834</v>
+        <v>2840</v>
       </c>
       <c r="H212" t="s">
-        <v>2835</v>
+        <v>2841</v>
       </c>
       <c r="I212" t="s">
-        <v>2836</v>
+        <v>2416</v>
       </c>
       <c r="J212" t="s">
-        <v>1920</v>
+        <v>2136</v>
       </c>
       <c r="K212" t="s">
-        <v>2837</v>
+        <v>2842</v>
+      </c>
+      <c r="L212" t="s">
+        <v>2843</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B213" t="s">
-        <v>2838</v>
+        <v>2844</v>
       </c>
       <c r="C213" t="s">
         <v>12</v>
       </c>
       <c r="D213" t="s">
         <v>12</v>
       </c>
       <c r="E213" t="s">
-        <v>2833</v>
+        <v>2845</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213" t="s">
-        <v>2839</v>
+        <v>2846</v>
       </c>
       <c r="H213" t="s">
-        <v>2840</v>
+        <v>2847</v>
       </c>
       <c r="I213" t="s">
-        <v>2841</v>
+        <v>2848</v>
       </c>
       <c r="J213" t="s">
-        <v>1006</v>
+        <v>1932</v>
       </c>
       <c r="K213" t="s">
-        <v>2842</v>
-[...5 lines deleted...]
-        <v>2844</v>
+        <v>2849</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B214" t="s">
+        <v>2850</v>
+      </c>
+      <c r="C214" t="s">
+        <v>12</v>
+      </c>
+      <c r="D214" t="s">
+        <v>12</v>
+      </c>
+      <c r="E214" t="s">
         <v>2845</v>
       </c>
-      <c r="C214" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F214" t="s">
         <v>12</v>
       </c>
       <c r="G214" t="s">
-        <v>2847</v>
+        <v>2851</v>
       </c>
       <c r="H214" t="s">
-        <v>2848</v>
+        <v>2852</v>
       </c>
       <c r="I214" t="s">
-        <v>2849</v>
+        <v>2853</v>
       </c>
       <c r="J214" t="s">
-        <v>2316</v>
+        <v>1018</v>
       </c>
       <c r="K214" t="s">
-        <v>2850</v>
+        <v>2854</v>
+      </c>
+      <c r="L214" t="s">
+        <v>2855</v>
+      </c>
+      <c r="M214" t="s">
+        <v>2856</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B215" t="s">
-        <v>2851</v>
+        <v>2857</v>
       </c>
       <c r="C215" t="s">
         <v>12</v>
       </c>
       <c r="D215" t="s">
         <v>12</v>
       </c>
       <c r="E215" t="s">
-        <v>2846</v>
+        <v>2858</v>
       </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
       <c r="G215" t="s">
-        <v>2852</v>
+        <v>2859</v>
       </c>
       <c r="H215" t="s">
-        <v>2853</v>
+        <v>2860</v>
       </c>
       <c r="I215" t="s">
-        <v>2854</v>
+        <v>2861</v>
       </c>
       <c r="J215" t="s">
-        <v>1153</v>
+        <v>2328</v>
       </c>
       <c r="K215" t="s">
-        <v>2855</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B216" t="s">
-        <v>2856</v>
+        <v>2863</v>
       </c>
       <c r="C216" t="s">
         <v>12</v>
       </c>
       <c r="D216" t="s">
         <v>12</v>
       </c>
       <c r="E216" t="s">
-        <v>2857</v>
+        <v>2858</v>
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
       <c r="G216" t="s">
-        <v>2858</v>
+        <v>2864</v>
       </c>
       <c r="H216" t="s">
-        <v>2859</v>
+        <v>2865</v>
       </c>
       <c r="I216" t="s">
-        <v>2860</v>
+        <v>2866</v>
       </c>
       <c r="J216" t="s">
-        <v>1153</v>
+        <v>1165</v>
       </c>
       <c r="K216" t="s">
-        <v>2861</v>
-[...8 lines deleted...]
-        <v>2864</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B217" t="s">
-        <v>2865</v>
+        <v>2868</v>
       </c>
       <c r="C217" t="s">
         <v>12</v>
       </c>
       <c r="D217" t="s">
         <v>12</v>
       </c>
       <c r="E217" t="s">
-        <v>2866</v>
+        <v>2869</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217" t="s">
-        <v>2867</v>
+        <v>2870</v>
       </c>
       <c r="H217" t="s">
-        <v>2868</v>
+        <v>2871</v>
       </c>
       <c r="I217" t="s">
-        <v>2869</v>
+        <v>2872</v>
       </c>
       <c r="J217" t="s">
-        <v>943</v>
+        <v>1165</v>
       </c>
       <c r="K217" t="s">
-        <v>2870</v>
+        <v>2873</v>
       </c>
       <c r="L217" t="s">
-        <v>2871</v>
+        <v>2874</v>
       </c>
       <c r="M217" t="s">
-        <v>2872</v>
+        <v>2875</v>
+      </c>
+      <c r="N217" t="s">
+        <v>2876</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B218" t="s">
-        <v>2873</v>
+        <v>2877</v>
       </c>
       <c r="C218" t="s">
         <v>12</v>
       </c>
       <c r="D218" t="s">
         <v>12</v>
       </c>
       <c r="E218" t="s">
-        <v>2874</v>
+        <v>2878</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
       <c r="G218" t="s">
-        <v>2875</v>
+        <v>2879</v>
       </c>
       <c r="H218" t="s">
-        <v>2876</v>
+        <v>2880</v>
       </c>
       <c r="I218" t="s">
-        <v>2877</v>
+        <v>2881</v>
       </c>
       <c r="J218" t="s">
-        <v>1510</v>
+        <v>955</v>
       </c>
       <c r="K218" t="s">
-        <v>2878</v>
+        <v>2882</v>
       </c>
       <c r="L218" t="s">
-        <v>2879</v>
+        <v>2883</v>
+      </c>
+      <c r="M218" t="s">
+        <v>2884</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B219" t="s">
-        <v>2880</v>
+        <v>2885</v>
       </c>
       <c r="C219" t="s">
         <v>12</v>
       </c>
       <c r="D219" t="s">
         <v>12</v>
       </c>
       <c r="E219" t="s">
-        <v>2881</v>
+        <v>2886</v>
       </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
       <c r="G219" t="s">
-        <v>2882</v>
+        <v>2887</v>
       </c>
       <c r="H219" t="s">
-        <v>2883</v>
+        <v>2888</v>
       </c>
       <c r="I219" t="s">
-        <v>2884</v>
+        <v>2889</v>
       </c>
       <c r="J219" t="s">
-        <v>1006</v>
+        <v>1522</v>
       </c>
       <c r="K219" t="s">
-        <v>2885</v>
+        <v>2890</v>
       </c>
       <c r="L219" t="s">
-        <v>2886</v>
-[...5 lines deleted...]
-        <v>2888</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B220" t="s">
-        <v>2889</v>
+        <v>2892</v>
       </c>
       <c r="C220" t="s">
         <v>12</v>
       </c>
       <c r="D220" t="s">
         <v>12</v>
       </c>
       <c r="E220" t="s">
-        <v>2890</v>
+        <v>2893</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
       <c r="G220" t="s">
-        <v>2891</v>
+        <v>2894</v>
       </c>
       <c r="H220" t="s">
-        <v>2892</v>
+        <v>2895</v>
       </c>
       <c r="I220" t="s">
-        <v>2893</v>
+        <v>2896</v>
       </c>
       <c r="J220" t="s">
-        <v>2894</v>
+        <v>1018</v>
       </c>
       <c r="K220" t="s">
-        <v>2895</v>
+        <v>2897</v>
       </c>
       <c r="L220" t="s">
-        <v>2896</v>
+        <v>2898</v>
+      </c>
+      <c r="M220" t="s">
+        <v>2899</v>
+      </c>
+      <c r="N220" t="s">
+        <v>2900</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B221" t="s">
-        <v>2897</v>
+        <v>2901</v>
       </c>
       <c r="C221" t="s">
         <v>12</v>
       </c>
       <c r="D221" t="s">
         <v>12</v>
       </c>
       <c r="E221" t="s">
-        <v>2898</v>
+        <v>2902</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221" t="s">
-        <v>2899</v>
+        <v>2903</v>
       </c>
       <c r="H221" t="s">
-        <v>2900</v>
+        <v>2904</v>
       </c>
       <c r="I221" t="s">
-        <v>2901</v>
+        <v>2905</v>
       </c>
       <c r="J221" t="s">
-        <v>2902</v>
+        <v>2906</v>
       </c>
       <c r="K221" t="s">
-        <v>2903</v>
+        <v>2907</v>
       </c>
       <c r="L221" t="s">
-        <v>2904</v>
-[...2 lines deleted...]
-        <v>2905</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B222" t="s">
-        <v>2906</v>
+        <v>2909</v>
       </c>
       <c r="C222" t="s">
         <v>12</v>
       </c>
       <c r="D222" t="s">
         <v>12</v>
       </c>
       <c r="E222" t="s">
-        <v>2907</v>
+        <v>2910</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222" t="s">
-        <v>2908</v>
+        <v>2911</v>
       </c>
       <c r="H222" t="s">
-        <v>2909</v>
+        <v>2912</v>
       </c>
       <c r="I222" t="s">
-        <v>2910</v>
+        <v>2913</v>
       </c>
       <c r="J222" t="s">
-        <v>2584</v>
+        <v>2914</v>
       </c>
       <c r="K222" t="s">
-        <v>2911</v>
+        <v>2915</v>
       </c>
       <c r="L222" t="s">
-        <v>2912</v>
+        <v>2916</v>
+      </c>
+      <c r="M222" t="s">
+        <v>2917</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B223" t="s">
-        <v>2913</v>
+        <v>2918</v>
       </c>
       <c r="C223" t="s">
         <v>12</v>
       </c>
       <c r="D223" t="s">
         <v>12</v>
       </c>
       <c r="E223" t="s">
-        <v>2907</v>
+        <v>2919</v>
       </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223" t="s">
-        <v>2914</v>
+        <v>2920</v>
       </c>
       <c r="H223" t="s">
-        <v>2915</v>
+        <v>2921</v>
       </c>
       <c r="I223" t="s">
-        <v>2916</v>
+        <v>2922</v>
       </c>
       <c r="J223" t="s">
-        <v>1418</v>
+        <v>2596</v>
       </c>
       <c r="K223" t="s">
-        <v>2917</v>
+        <v>2923</v>
       </c>
       <c r="L223" t="s">
-        <v>2918</v>
-[...2 lines deleted...]
-        <v>2919</v>
+        <v>2924</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B224" t="s">
-        <v>2920</v>
+        <v>2925</v>
       </c>
       <c r="C224" t="s">
         <v>12</v>
       </c>
       <c r="D224" t="s">
         <v>12</v>
       </c>
       <c r="E224" t="s">
-        <v>2921</v>
+        <v>2919</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224" t="s">
-        <v>2922</v>
+        <v>2926</v>
       </c>
       <c r="H224" t="s">
-        <v>2923</v>
+        <v>2927</v>
       </c>
       <c r="I224" t="s">
-        <v>2924</v>
+        <v>2928</v>
       </c>
       <c r="J224" t="s">
-        <v>1006</v>
+        <v>1430</v>
       </c>
       <c r="K224" t="s">
-        <v>2925</v>
+        <v>2929</v>
       </c>
       <c r="L224" t="s">
-        <v>2926</v>
+        <v>2930</v>
       </c>
       <c r="M224" t="s">
-        <v>2927</v>
-[...5 lines deleted...]
-        <v>2929</v>
+        <v>2931</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B225" t="s">
-        <v>2930</v>
+        <v>2932</v>
       </c>
       <c r="C225" t="s">
         <v>12</v>
       </c>
       <c r="D225" t="s">
         <v>12</v>
       </c>
       <c r="E225" t="s">
-        <v>2931</v>
+        <v>2933</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225" t="s">
-        <v>2932</v>
+        <v>2934</v>
       </c>
       <c r="H225" t="s">
-        <v>2933</v>
+        <v>2935</v>
       </c>
       <c r="I225" t="s">
-        <v>2934</v>
+        <v>2936</v>
       </c>
       <c r="J225" t="s">
-        <v>721</v>
+        <v>1018</v>
       </c>
       <c r="K225" t="s">
-        <v>2935</v>
+        <v>2937</v>
       </c>
       <c r="L225" t="s">
-        <v>2936</v>
+        <v>2938</v>
+      </c>
+      <c r="M225" t="s">
+        <v>2939</v>
+      </c>
+      <c r="N225" t="s">
+        <v>2940</v>
+      </c>
+      <c r="O225" t="s">
+        <v>2941</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B226" t="s">
-        <v>2937</v>
+        <v>2942</v>
       </c>
       <c r="C226" t="s">
         <v>12</v>
       </c>
       <c r="D226" t="s">
         <v>12</v>
       </c>
       <c r="E226" t="s">
-        <v>2938</v>
+        <v>2943</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
       <c r="G226" t="s">
-        <v>2939</v>
+        <v>2944</v>
       </c>
       <c r="H226" t="s">
-        <v>2940</v>
+        <v>2945</v>
       </c>
       <c r="I226" t="s">
-        <v>2941</v>
+        <v>2946</v>
       </c>
       <c r="J226" t="s">
-        <v>1178</v>
+        <v>802</v>
       </c>
       <c r="K226" t="s">
-        <v>2942</v>
+        <v>2947</v>
       </c>
       <c r="L226" t="s">
-        <v>2943</v>
-[...13 lines deleted...]
-      <c r="Q226" t="s">
         <v>2948</v>
-      </c>
-[...1 lines deleted...]
-        <v>2949</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B227" t="s">
+        <v>2949</v>
+      </c>
+      <c r="C227" t="s">
+        <v>12</v>
+      </c>
+      <c r="D227" t="s">
+        <v>12</v>
+      </c>
+      <c r="E227" t="s">
         <v>2950</v>
       </c>
-      <c r="C227" t="s">
-[...5 lines deleted...]
-      <c r="E227" t="s">
+      <c r="F227" t="s">
+        <v>12</v>
+      </c>
+      <c r="G227" t="s">
         <v>2951</v>
       </c>
-      <c r="F227" t="s">
-[...2 lines deleted...]
-      <c r="G227" t="s">
+      <c r="H227" t="s">
         <v>2952</v>
       </c>
-      <c r="H227" t="s">
+      <c r="I227" t="s">
         <v>2953</v>
       </c>
-      <c r="I227" t="s">
+      <c r="J227" t="s">
+        <v>1190</v>
+      </c>
+      <c r="K227" t="s">
         <v>2954</v>
       </c>
-      <c r="J227" t="s">
+      <c r="L227" t="s">
         <v>2955</v>
       </c>
-      <c r="K227" t="s">
+      <c r="M227" t="s">
         <v>2956</v>
       </c>
-      <c r="L227" t="s">
+      <c r="N227" t="s">
         <v>2957</v>
       </c>
-      <c r="M227" t="s">
+      <c r="O227" t="s">
         <v>2958</v>
       </c>
-      <c r="N227" t="s">
+      <c r="P227" t="s">
         <v>2959</v>
+      </c>
+      <c r="Q227" t="s">
+        <v>2960</v>
+      </c>
+      <c r="R227" t="s">
+        <v>2961</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B228" t="s">
-        <v>2960</v>
+        <v>2962</v>
       </c>
       <c r="C228" t="s">
         <v>12</v>
       </c>
       <c r="D228" t="s">
         <v>12</v>
       </c>
       <c r="E228" t="s">
-        <v>2961</v>
+        <v>2963</v>
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
       <c r="G228" t="s">
-        <v>2962</v>
+        <v>2964</v>
       </c>
       <c r="H228" t="s">
-        <v>2963</v>
+        <v>2965</v>
       </c>
       <c r="I228" t="s">
-        <v>2964</v>
+        <v>2966</v>
       </c>
       <c r="J228" t="s">
-        <v>721</v>
+        <v>2967</v>
       </c>
       <c r="K228" t="s">
-        <v>2965</v>
+        <v>2968</v>
       </c>
       <c r="L228" t="s">
-        <v>2966</v>
+        <v>2969</v>
       </c>
       <c r="M228" t="s">
-        <v>2967</v>
+        <v>2970</v>
       </c>
       <c r="N228" t="s">
-        <v>2968</v>
-[...2 lines deleted...]
-        <v>2969</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B229" t="s">
-        <v>2970</v>
+        <v>2972</v>
       </c>
       <c r="C229" t="s">
         <v>12</v>
       </c>
       <c r="D229" t="s">
         <v>12</v>
       </c>
       <c r="E229" t="s">
-        <v>2971</v>
+        <v>2973</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
       <c r="G229" t="s">
-        <v>2972</v>
+        <v>2974</v>
       </c>
       <c r="H229" t="s">
-        <v>2973</v>
+        <v>2975</v>
       </c>
       <c r="I229" t="s">
-        <v>2974</v>
+        <v>2976</v>
       </c>
       <c r="J229" t="s">
-        <v>1383</v>
+        <v>802</v>
       </c>
       <c r="K229" t="s">
-        <v>2975</v>
+        <v>2977</v>
       </c>
       <c r="L229" t="s">
-        <v>2976</v>
+        <v>2978</v>
       </c>
       <c r="M229" t="s">
-        <v>2977</v>
+        <v>2979</v>
+      </c>
+      <c r="N229" t="s">
+        <v>2980</v>
+      </c>
+      <c r="O229" t="s">
+        <v>2981</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B230" t="s">
-        <v>2978</v>
+        <v>2982</v>
       </c>
       <c r="C230" t="s">
         <v>12</v>
       </c>
       <c r="D230" t="s">
         <v>12</v>
       </c>
       <c r="E230" t="s">
-        <v>2979</v>
+        <v>2983</v>
       </c>
       <c r="F230" t="s">
         <v>12</v>
       </c>
       <c r="G230" t="s">
-        <v>2980</v>
+        <v>2984</v>
       </c>
       <c r="H230" t="s">
-        <v>2981</v>
+        <v>2985</v>
       </c>
       <c r="I230" t="s">
-        <v>2982</v>
+        <v>2986</v>
       </c>
       <c r="J230" t="s">
-        <v>751</v>
+        <v>1395</v>
       </c>
       <c r="K230" t="s">
-        <v>2983</v>
+        <v>2987</v>
+      </c>
+      <c r="L230" t="s">
+        <v>2988</v>
+      </c>
+      <c r="M230" t="s">
+        <v>2989</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B231" t="s">
-        <v>2984</v>
+        <v>2990</v>
       </c>
       <c r="C231" t="s">
         <v>12</v>
       </c>
       <c r="D231" t="s">
         <v>12</v>
       </c>
       <c r="E231" t="s">
-        <v>2985</v>
+        <v>2991</v>
       </c>
       <c r="F231" t="s">
         <v>12</v>
       </c>
       <c r="G231" t="s">
-        <v>2986</v>
+        <v>2992</v>
       </c>
       <c r="H231" t="s">
-        <v>2987</v>
+        <v>2993</v>
       </c>
       <c r="I231" t="s">
-        <v>2367</v>
+        <v>2994</v>
       </c>
       <c r="J231" t="s">
-        <v>1153</v>
+        <v>832</v>
       </c>
       <c r="K231" t="s">
-        <v>2988</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B232" t="s">
-        <v>2989</v>
+        <v>2996</v>
       </c>
       <c r="C232" t="s">
         <v>12</v>
       </c>
       <c r="D232" t="s">
         <v>12</v>
       </c>
       <c r="E232" t="s">
-        <v>2990</v>
+        <v>2997</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232" t="s">
-        <v>2991</v>
+        <v>2998</v>
       </c>
       <c r="H232" t="s">
-        <v>2992</v>
+        <v>2999</v>
       </c>
       <c r="I232" t="s">
-        <v>2993</v>
+        <v>2379</v>
       </c>
       <c r="J232" t="s">
-        <v>1553</v>
+        <v>1165</v>
       </c>
       <c r="K232" t="s">
-        <v>2994</v>
-[...2 lines deleted...]
-        <v>2995</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B233" t="s">
-        <v>2996</v>
+        <v>3001</v>
       </c>
       <c r="C233" t="s">
         <v>12</v>
       </c>
       <c r="D233" t="s">
         <v>12</v>
       </c>
       <c r="E233" t="s">
-        <v>2997</v>
+        <v>3002</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
       <c r="G233" t="s">
-        <v>2998</v>
+        <v>3003</v>
       </c>
       <c r="H233" t="s">
-        <v>2999</v>
+        <v>3004</v>
       </c>
       <c r="I233" t="s">
-        <v>3000</v>
+        <v>3005</v>
       </c>
       <c r="J233" t="s">
-        <v>3001</v>
+        <v>1565</v>
       </c>
       <c r="K233" t="s">
-        <v>3002</v>
+        <v>3006</v>
+      </c>
+      <c r="L233" t="s">
+        <v>3007</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B234" t="s">
-        <v>3003</v>
+        <v>3008</v>
       </c>
       <c r="C234" t="s">
         <v>12</v>
       </c>
       <c r="D234" t="s">
         <v>12</v>
       </c>
       <c r="E234" t="s">
-        <v>3004</v>
+        <v>3009</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
       <c r="G234" t="s">
-        <v>3005</v>
+        <v>3010</v>
       </c>
       <c r="H234" t="s">
-        <v>3006</v>
+        <v>3011</v>
       </c>
       <c r="I234" t="s">
-        <v>3007</v>
+        <v>3012</v>
       </c>
       <c r="J234" t="s">
-        <v>1950</v>
+        <v>3013</v>
       </c>
       <c r="K234" t="s">
-        <v>3008</v>
+        <v>3014</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B235" t="s">
-        <v>3009</v>
+        <v>3015</v>
       </c>
       <c r="C235" t="s">
         <v>12</v>
       </c>
       <c r="D235" t="s">
         <v>12</v>
       </c>
       <c r="E235" t="s">
-        <v>3010</v>
+        <v>3016</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
       <c r="G235" t="s">
-        <v>3011</v>
+        <v>3017</v>
       </c>
       <c r="H235" t="s">
-        <v>3012</v>
+        <v>3018</v>
       </c>
       <c r="I235" t="s">
-        <v>1797</v>
+        <v>3019</v>
       </c>
       <c r="J235" t="s">
-        <v>2316</v>
+        <v>1962</v>
       </c>
       <c r="K235" t="s">
-        <v>3013</v>
-[...2 lines deleted...]
-        <v>3014</v>
+        <v>3020</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B236" t="s">
-        <v>3015</v>
+        <v>3021</v>
       </c>
       <c r="C236" t="s">
         <v>12</v>
       </c>
       <c r="D236" t="s">
         <v>12</v>
       </c>
       <c r="E236" t="s">
-        <v>3016</v>
+        <v>3022</v>
       </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
       <c r="G236" t="s">
-        <v>3017</v>
+        <v>3023</v>
       </c>
       <c r="H236" t="s">
-        <v>3018</v>
+        <v>3024</v>
       </c>
       <c r="I236" t="s">
-        <v>3019</v>
+        <v>1809</v>
       </c>
       <c r="J236" t="s">
-        <v>1006</v>
+        <v>2328</v>
       </c>
       <c r="K236" t="s">
-        <v>3020</v>
+        <v>3025</v>
       </c>
       <c r="L236" t="s">
-        <v>3021</v>
-[...8 lines deleted...]
-        <v>3024</v>
+        <v>3026</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B237" t="s">
-        <v>3025</v>
+        <v>3027</v>
       </c>
       <c r="C237" t="s">
         <v>12</v>
       </c>
       <c r="D237" t="s">
         <v>12</v>
       </c>
       <c r="E237" t="s">
-        <v>3026</v>
+        <v>3028</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237" t="s">
-        <v>3027</v>
+        <v>3029</v>
       </c>
       <c r="H237" t="s">
-        <v>3028</v>
+        <v>3030</v>
       </c>
       <c r="I237" t="s">
-        <v>2279</v>
+        <v>3031</v>
       </c>
       <c r="J237" t="s">
-        <v>2235</v>
+        <v>1018</v>
       </c>
       <c r="K237" t="s">
-        <v>3029</v>
+        <v>3032</v>
       </c>
       <c r="L237" t="s">
-        <v>3030</v>
+        <v>3033</v>
+      </c>
+      <c r="M237" t="s">
+        <v>3034</v>
+      </c>
+      <c r="N237" t="s">
+        <v>3035</v>
+      </c>
+      <c r="O237" t="s">
+        <v>3036</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B238" t="s">
-        <v>3031</v>
+        <v>3037</v>
       </c>
       <c r="C238" t="s">
         <v>12</v>
       </c>
       <c r="D238" t="s">
         <v>12</v>
       </c>
       <c r="E238" t="s">
-        <v>3032</v>
+        <v>3038</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238" t="s">
-        <v>3033</v>
+        <v>3039</v>
       </c>
       <c r="H238" t="s">
-        <v>3034</v>
+        <v>3040</v>
       </c>
       <c r="I238" t="s">
-        <v>3035</v>
+        <v>2291</v>
       </c>
       <c r="J238" t="s">
-        <v>1202</v>
+        <v>2247</v>
       </c>
       <c r="K238" t="s">
-        <v>3036</v>
+        <v>3041</v>
       </c>
       <c r="L238" t="s">
-        <v>3037</v>
-[...5 lines deleted...]
-        <v>3039</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B239" t="s">
-        <v>3040</v>
+        <v>3043</v>
       </c>
       <c r="C239" t="s">
         <v>12</v>
       </c>
       <c r="D239" t="s">
         <v>12</v>
       </c>
       <c r="E239" t="s">
-        <v>3041</v>
+        <v>3044</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239" t="s">
-        <v>3042</v>
+        <v>3045</v>
       </c>
       <c r="H239" t="s">
-        <v>3043</v>
+        <v>3046</v>
       </c>
       <c r="I239" t="s">
-        <v>3044</v>
+        <v>3047</v>
       </c>
       <c r="J239" t="s">
-        <v>1223</v>
+        <v>1214</v>
       </c>
       <c r="K239" t="s">
-        <v>3045</v>
+        <v>3048</v>
+      </c>
+      <c r="L239" t="s">
+        <v>3049</v>
+      </c>
+      <c r="M239" t="s">
+        <v>3050</v>
+      </c>
+      <c r="N239" t="s">
+        <v>3051</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B240" t="s">
-        <v>3046</v>
+        <v>3052</v>
       </c>
       <c r="C240" t="s">
         <v>12</v>
       </c>
       <c r="D240" t="s">
         <v>12</v>
       </c>
       <c r="E240" t="s">
-        <v>3047</v>
+        <v>3053</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
       <c r="G240" t="s">
-        <v>3048</v>
+        <v>3054</v>
       </c>
       <c r="H240" t="s">
-        <v>3049</v>
+        <v>3055</v>
       </c>
       <c r="I240" t="s">
-        <v>2722</v>
+        <v>3056</v>
       </c>
       <c r="J240" t="s">
-        <v>1178</v>
+        <v>1235</v>
       </c>
       <c r="K240" t="s">
-        <v>3050</v>
-[...2 lines deleted...]
-        <v>3051</v>
+        <v>3057</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B241" t="s">
-        <v>3052</v>
+        <v>3058</v>
       </c>
       <c r="C241" t="s">
         <v>12</v>
       </c>
       <c r="D241" t="s">
         <v>12</v>
       </c>
       <c r="E241" t="s">
-        <v>3053</v>
+        <v>3059</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
       <c r="G241" t="s">
-        <v>3054</v>
+        <v>3060</v>
       </c>
       <c r="H241" t="s">
-        <v>3055</v>
+        <v>3061</v>
       </c>
       <c r="I241" t="s">
-        <v>3056</v>
+        <v>2734</v>
       </c>
       <c r="J241" t="s">
-        <v>2607</v>
+        <v>1190</v>
       </c>
       <c r="K241" t="s">
-        <v>3057</v>
+        <v>3062</v>
       </c>
       <c r="L241" t="s">
-        <v>3058</v>
+        <v>3063</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B242" t="s">
-        <v>3059</v>
+        <v>3064</v>
       </c>
       <c r="C242" t="s">
         <v>12</v>
       </c>
       <c r="D242" t="s">
         <v>12</v>
       </c>
       <c r="E242" t="s">
-        <v>3060</v>
+        <v>3065</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
       <c r="G242" t="s">
-        <v>3061</v>
+        <v>3066</v>
       </c>
       <c r="H242" t="s">
-        <v>3062</v>
+        <v>3067</v>
       </c>
       <c r="I242" t="s">
-        <v>3063</v>
+        <v>3068</v>
       </c>
       <c r="J242" t="s">
-        <v>3064</v>
+        <v>2619</v>
       </c>
       <c r="K242" t="s">
-        <v>3065</v>
+        <v>3069</v>
       </c>
       <c r="L242" t="s">
-        <v>3066</v>
-[...2 lines deleted...]
-        <v>3067</v>
+        <v>3070</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B243" t="s">
-        <v>3068</v>
+        <v>3071</v>
       </c>
       <c r="C243" t="s">
         <v>12</v>
       </c>
       <c r="D243" t="s">
         <v>12</v>
       </c>
       <c r="E243" t="s">
-        <v>3069</v>
+        <v>3072</v>
       </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
       <c r="G243" t="s">
-        <v>3070</v>
+        <v>3073</v>
       </c>
       <c r="H243" t="s">
-        <v>3071</v>
+        <v>3074</v>
       </c>
       <c r="I243" t="s">
-        <v>2440</v>
+        <v>3075</v>
       </c>
       <c r="J243" t="s">
-        <v>2584</v>
+        <v>3076</v>
       </c>
       <c r="K243" t="s">
-        <v>3072</v>
+        <v>3077</v>
       </c>
       <c r="L243" t="s">
-        <v>3073</v>
+        <v>3078</v>
       </c>
       <c r="M243" t="s">
-        <v>3074</v>
+        <v>3079</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B244" t="s">
-        <v>3075</v>
+        <v>3080</v>
       </c>
       <c r="C244" t="s">
         <v>12</v>
       </c>
       <c r="D244" t="s">
         <v>12</v>
       </c>
       <c r="E244" t="s">
-        <v>3076</v>
+        <v>3081</v>
       </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
       <c r="G244" t="s">
-        <v>3077</v>
+        <v>3082</v>
       </c>
       <c r="H244" t="s">
-        <v>3078</v>
+        <v>3083</v>
       </c>
       <c r="I244" t="s">
-        <v>3079</v>
+        <v>2452</v>
       </c>
       <c r="J244" t="s">
-        <v>1223</v>
+        <v>2596</v>
       </c>
       <c r="K244" t="s">
-        <v>3080</v>
+        <v>3084</v>
       </c>
       <c r="L244" t="s">
-        <v>3081</v>
+        <v>3085</v>
       </c>
       <c r="M244" t="s">
-        <v>3082</v>
-[...2 lines deleted...]
-        <v>3083</v>
+        <v>3086</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B245" t="s">
-        <v>3084</v>
+        <v>3087</v>
       </c>
       <c r="C245" t="s">
         <v>12</v>
       </c>
       <c r="D245" t="s">
         <v>12</v>
       </c>
       <c r="E245" t="s">
-        <v>3085</v>
+        <v>3088</v>
       </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245" t="s">
-        <v>3086</v>
+        <v>3089</v>
       </c>
       <c r="H245" t="s">
-        <v>3087</v>
+        <v>3090</v>
       </c>
       <c r="I245" t="s">
-        <v>3088</v>
+        <v>3091</v>
       </c>
       <c r="J245" t="s">
-        <v>3089</v>
+        <v>1235</v>
       </c>
       <c r="K245" t="s">
-        <v>3090</v>
+        <v>3092</v>
+      </c>
+      <c r="L245" t="s">
+        <v>3093</v>
+      </c>
+      <c r="M245" t="s">
+        <v>3094</v>
+      </c>
+      <c r="N245" t="s">
+        <v>3095</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B246" t="s">
-        <v>3091</v>
+        <v>3096</v>
       </c>
       <c r="C246" t="s">
         <v>12</v>
       </c>
       <c r="D246" t="s">
         <v>12</v>
       </c>
       <c r="E246" t="s">
-        <v>3092</v>
+        <v>3097</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
       <c r="G246" t="s">
-        <v>3093</v>
+        <v>3098</v>
       </c>
       <c r="H246" t="s">
-        <v>3094</v>
+        <v>3099</v>
       </c>
       <c r="I246" t="s">
-        <v>3095</v>
+        <v>3100</v>
       </c>
       <c r="J246" t="s">
-        <v>1418</v>
+        <v>3101</v>
       </c>
       <c r="K246" t="s">
-        <v>3096</v>
-[...11 lines deleted...]
-        <v>3100</v>
+        <v>3102</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B247" t="s">
-        <v>3101</v>
+        <v>3103</v>
       </c>
       <c r="C247" t="s">
         <v>12</v>
       </c>
       <c r="D247" t="s">
         <v>12</v>
       </c>
       <c r="E247" t="s">
-        <v>3102</v>
+        <v>3104</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247" t="s">
-        <v>3103</v>
+        <v>3105</v>
       </c>
       <c r="H247" t="s">
-        <v>3104</v>
+        <v>3106</v>
       </c>
       <c r="I247" t="s">
-        <v>3105</v>
+        <v>3107</v>
       </c>
       <c r="J247" t="s">
-        <v>882</v>
+        <v>1430</v>
       </c>
       <c r="K247" t="s">
-        <v>3106</v>
+        <v>3108</v>
       </c>
       <c r="L247" t="s">
-        <v>3107</v>
+        <v>3109</v>
       </c>
       <c r="M247" t="s">
-        <v>3108</v>
+        <v>3110</v>
       </c>
       <c r="N247" t="s">
-        <v>3109</v>
+        <v>3111</v>
+      </c>
+      <c r="O247" t="s">
+        <v>3112</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B248" t="s">
-        <v>3110</v>
+        <v>3113</v>
       </c>
       <c r="C248" t="s">
         <v>12</v>
       </c>
       <c r="D248" t="s">
         <v>12</v>
       </c>
       <c r="E248" t="s">
-        <v>3102</v>
+        <v>3114</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248" t="s">
-        <v>3111</v>
+        <v>3115</v>
       </c>
       <c r="H248" t="s">
-        <v>3112</v>
+        <v>3116</v>
       </c>
       <c r="I248" t="s">
-        <v>2993</v>
+        <v>3117</v>
       </c>
       <c r="J248" t="s">
-        <v>1950</v>
+        <v>729</v>
       </c>
       <c r="K248" t="s">
-        <v>3113</v>
+        <v>3118</v>
+      </c>
+      <c r="L248" t="s">
+        <v>3119</v>
+      </c>
+      <c r="M248" t="s">
+        <v>3120</v>
+      </c>
+      <c r="N248" t="s">
+        <v>3121</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B249" t="s">
+        <v>3122</v>
+      </c>
+      <c r="C249" t="s">
+        <v>12</v>
+      </c>
+      <c r="D249" t="s">
+        <v>12</v>
+      </c>
+      <c r="E249" t="s">
         <v>3114</v>
       </c>
-      <c r="C249" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249" t="s">
-        <v>3116</v>
+        <v>3123</v>
       </c>
       <c r="H249" t="s">
-        <v>3117</v>
+        <v>3124</v>
       </c>
       <c r="I249" t="s">
-        <v>2860</v>
+        <v>3005</v>
       </c>
       <c r="J249" t="s">
-        <v>3118</v>
+        <v>1962</v>
       </c>
       <c r="K249" t="s">
-        <v>3119</v>
-[...2 lines deleted...]
-        <v>3120</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B250" t="s">
-        <v>3121</v>
+        <v>3126</v>
       </c>
       <c r="C250" t="s">
         <v>12</v>
       </c>
       <c r="D250" t="s">
         <v>12</v>
       </c>
       <c r="E250" t="s">
-        <v>3122</v>
+        <v>3127</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250" t="s">
-        <v>3123</v>
+        <v>3128</v>
       </c>
       <c r="H250" t="s">
-        <v>3124</v>
+        <v>3129</v>
       </c>
       <c r="I250" t="s">
-        <v>3125</v>
+        <v>2872</v>
       </c>
       <c r="J250" t="s">
-        <v>3126</v>
+        <v>3130</v>
       </c>
       <c r="K250" t="s">
-        <v>3127</v>
+        <v>3131</v>
+      </c>
+      <c r="L250" t="s">
+        <v>3132</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B251" t="s">
-        <v>3128</v>
+        <v>3133</v>
       </c>
       <c r="C251" t="s">
         <v>12</v>
       </c>
       <c r="D251" t="s">
         <v>12</v>
       </c>
       <c r="E251" t="s">
-        <v>3129</v>
+        <v>3134</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251" t="s">
-        <v>3130</v>
+        <v>3135</v>
       </c>
       <c r="H251" t="s">
-        <v>3131</v>
+        <v>3136</v>
       </c>
       <c r="I251" t="s">
-        <v>3132</v>
+        <v>3137</v>
       </c>
       <c r="J251" t="s">
-        <v>1223</v>
+        <v>3138</v>
       </c>
       <c r="K251" t="s">
-        <v>3133</v>
-[...5 lines deleted...]
-        <v>3135</v>
+        <v>3139</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B252" t="s">
-        <v>3136</v>
+        <v>3140</v>
       </c>
       <c r="C252" t="s">
         <v>12</v>
       </c>
       <c r="D252" t="s">
         <v>12</v>
       </c>
       <c r="E252" t="s">
-        <v>3137</v>
+        <v>3141</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252" t="s">
-        <v>3138</v>
+        <v>3142</v>
       </c>
       <c r="H252" t="s">
-        <v>3139</v>
+        <v>3143</v>
       </c>
       <c r="I252" t="s">
-        <v>3140</v>
+        <v>3144</v>
       </c>
       <c r="J252" t="s">
-        <v>3141</v>
+        <v>1235</v>
       </c>
       <c r="K252" t="s">
-        <v>3142</v>
+        <v>3145</v>
       </c>
       <c r="L252" t="s">
-        <v>3143</v>
+        <v>3146</v>
+      </c>
+      <c r="M252" t="s">
+        <v>3147</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B253" t="s">
-        <v>3144</v>
+        <v>3148</v>
       </c>
       <c r="C253" t="s">
         <v>12</v>
       </c>
       <c r="D253" t="s">
         <v>12</v>
       </c>
       <c r="E253" t="s">
-        <v>3145</v>
+        <v>3149</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253" t="s">
-        <v>3146</v>
+        <v>3150</v>
       </c>
       <c r="H253" t="s">
-        <v>3147</v>
+        <v>3151</v>
       </c>
       <c r="I253" t="s">
-        <v>3148</v>
+        <v>3152</v>
       </c>
       <c r="J253" t="s">
-        <v>2124</v>
+        <v>3153</v>
       </c>
       <c r="K253" t="s">
-        <v>3149</v>
+        <v>3154</v>
+      </c>
+      <c r="L253" t="s">
+        <v>3155</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B254" t="s">
-        <v>3150</v>
+        <v>3156</v>
       </c>
       <c r="C254" t="s">
         <v>12</v>
       </c>
       <c r="D254" t="s">
         <v>12</v>
       </c>
       <c r="E254" t="s">
-        <v>3151</v>
+        <v>3157</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254" t="s">
-        <v>3152</v>
+        <v>3158</v>
       </c>
       <c r="H254" t="s">
-        <v>3153</v>
+        <v>3159</v>
       </c>
       <c r="I254" t="s">
-        <v>1498</v>
+        <v>3160</v>
       </c>
       <c r="J254" t="s">
-        <v>1223</v>
+        <v>2136</v>
       </c>
       <c r="K254" t="s">
-        <v>3154</v>
-[...5 lines deleted...]
-        <v>3156</v>
+        <v>3161</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B255" t="s">
-        <v>3157</v>
+        <v>3162</v>
       </c>
       <c r="C255" t="s">
         <v>12</v>
       </c>
       <c r="D255" t="s">
         <v>12</v>
       </c>
       <c r="E255" t="s">
-        <v>3158</v>
+        <v>3163</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255" t="s">
-        <v>3159</v>
+        <v>3164</v>
       </c>
       <c r="H255" t="s">
-        <v>3160</v>
+        <v>3165</v>
       </c>
       <c r="I255" t="s">
-        <v>3161</v>
+        <v>1510</v>
       </c>
       <c r="J255" t="s">
-        <v>1821</v>
+        <v>1235</v>
       </c>
       <c r="K255" t="s">
-        <v>3162</v>
+        <v>3166</v>
       </c>
       <c r="L255" t="s">
-        <v>3163</v>
+        <v>3167</v>
       </c>
       <c r="M255" t="s">
-        <v>3164</v>
-[...5 lines deleted...]
-        <v>3166</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B256" t="s">
-        <v>3167</v>
+        <v>3169</v>
       </c>
       <c r="C256" t="s">
         <v>12</v>
       </c>
       <c r="D256" t="s">
         <v>12</v>
       </c>
       <c r="E256" t="s">
-        <v>3168</v>
+        <v>3170</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256" t="s">
-        <v>3169</v>
+        <v>3171</v>
       </c>
       <c r="H256" t="s">
-        <v>3170</v>
+        <v>3172</v>
       </c>
       <c r="I256" t="s">
-        <v>3171</v>
+        <v>3173</v>
       </c>
       <c r="J256" t="s">
-        <v>3172</v>
+        <v>1833</v>
       </c>
       <c r="K256" t="s">
-        <v>3173</v>
+        <v>3174</v>
       </c>
       <c r="L256" t="s">
-        <v>3174</v>
+        <v>3175</v>
       </c>
       <c r="M256" t="s">
-        <v>3175</v>
+        <v>3176</v>
+      </c>
+      <c r="N256" t="s">
+        <v>3177</v>
+      </c>
+      <c r="O256" t="s">
+        <v>3178</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B257" t="s">
-        <v>3176</v>
+        <v>3179</v>
       </c>
       <c r="C257" t="s">
         <v>12</v>
       </c>
       <c r="D257" t="s">
         <v>12</v>
       </c>
       <c r="E257" t="s">
-        <v>3177</v>
+        <v>3180</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257" t="s">
-        <v>3178</v>
+        <v>3181</v>
       </c>
       <c r="H257" t="s">
-        <v>3179</v>
+        <v>3182</v>
       </c>
       <c r="I257" t="s">
-        <v>1168</v>
+        <v>3183</v>
       </c>
       <c r="J257" t="s">
-        <v>1468</v>
+        <v>3184</v>
       </c>
       <c r="K257" t="s">
-        <v>3180</v>
+        <v>3185</v>
       </c>
       <c r="L257" t="s">
-        <v>3181</v>
+        <v>3186</v>
       </c>
       <c r="M257" t="s">
-        <v>3182</v>
-[...2 lines deleted...]
-        <v>3183</v>
+        <v>3187</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B258" t="s">
-        <v>3184</v>
+        <v>3188</v>
       </c>
       <c r="C258" t="s">
         <v>12</v>
       </c>
       <c r="D258" t="s">
         <v>12</v>
       </c>
       <c r="E258" t="s">
-        <v>3185</v>
+        <v>3189</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258" t="s">
-        <v>3186</v>
+        <v>3190</v>
       </c>
       <c r="H258" t="s">
-        <v>3187</v>
+        <v>3191</v>
       </c>
       <c r="I258" t="s">
-        <v>2860</v>
+        <v>1180</v>
       </c>
       <c r="J258" t="s">
-        <v>2104</v>
+        <v>1480</v>
       </c>
       <c r="K258" t="s">
-        <v>3188</v>
+        <v>3192</v>
       </c>
       <c r="L258" t="s">
-        <v>3189</v>
+        <v>3193</v>
       </c>
       <c r="M258" t="s">
-        <v>3190</v>
+        <v>3194</v>
+      </c>
+      <c r="N258" t="s">
+        <v>3195</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B259" t="s">
-        <v>3191</v>
+        <v>3196</v>
       </c>
       <c r="C259" t="s">
         <v>12</v>
       </c>
       <c r="D259" t="s">
         <v>12</v>
       </c>
       <c r="E259" t="s">
-        <v>3192</v>
+        <v>3197</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259" t="s">
-        <v>3193</v>
+        <v>3198</v>
       </c>
       <c r="H259" t="s">
-        <v>3194</v>
+        <v>3199</v>
       </c>
       <c r="I259" t="s">
-        <v>1279</v>
+        <v>2872</v>
       </c>
       <c r="J259" t="s">
-        <v>741</v>
+        <v>2116</v>
       </c>
       <c r="K259" t="s">
-        <v>3195</v>
+        <v>3200</v>
       </c>
       <c r="L259" t="s">
-        <v>3196</v>
+        <v>3201</v>
+      </c>
+      <c r="M259" t="s">
+        <v>3202</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B260" t="s">
-        <v>3197</v>
+        <v>3203</v>
       </c>
       <c r="C260" t="s">
         <v>12</v>
       </c>
       <c r="D260" t="s">
         <v>12</v>
       </c>
       <c r="E260" t="s">
-        <v>3192</v>
+        <v>3204</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260" t="s">
-        <v>3198</v>
+        <v>3205</v>
       </c>
       <c r="H260" t="s">
-        <v>3199</v>
+        <v>3206</v>
       </c>
       <c r="I260" t="s">
-        <v>1126</v>
+        <v>1291</v>
       </c>
       <c r="J260" t="s">
-        <v>3118</v>
+        <v>822</v>
       </c>
       <c r="K260" t="s">
-        <v>3200</v>
+        <v>3207</v>
       </c>
       <c r="L260" t="s">
-        <v>3201</v>
-[...2 lines deleted...]
-        <v>3202</v>
+        <v>3208</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B261" t="s">
-        <v>3203</v>
+        <v>3209</v>
       </c>
       <c r="C261" t="s">
         <v>12</v>
       </c>
       <c r="D261" t="s">
         <v>12</v>
       </c>
       <c r="E261" t="s">
-        <v>3192</v>
+        <v>3204</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261" t="s">
-        <v>3204</v>
+        <v>3210</v>
       </c>
       <c r="H261" t="s">
-        <v>3205</v>
+        <v>3211</v>
       </c>
       <c r="I261" t="s">
-        <v>3206</v>
+        <v>1138</v>
       </c>
       <c r="J261" t="s">
-        <v>3118</v>
+        <v>3130</v>
       </c>
       <c r="K261" t="s">
-        <v>3207</v>
+        <v>3212</v>
       </c>
       <c r="L261" t="s">
-        <v>3208</v>
+        <v>3213</v>
+      </c>
+      <c r="M261" t="s">
+        <v>3214</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B262" t="s">
-        <v>3209</v>
+        <v>3215</v>
       </c>
       <c r="C262" t="s">
         <v>12</v>
       </c>
       <c r="D262" t="s">
         <v>12</v>
       </c>
       <c r="E262" t="s">
-        <v>3210</v>
+        <v>3204</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262" t="s">
-        <v>3211</v>
+        <v>3216</v>
       </c>
       <c r="H262" t="s">
-        <v>3212</v>
+        <v>3217</v>
       </c>
       <c r="I262" t="s">
-        <v>3213</v>
+        <v>3218</v>
       </c>
       <c r="J262" t="s">
-        <v>2682</v>
+        <v>3130</v>
       </c>
       <c r="K262" t="s">
-        <v>3214</v>
+        <v>3219</v>
       </c>
       <c r="L262" t="s">
-        <v>3215</v>
+        <v>3220</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B263" t="s">
-        <v>3216</v>
+        <v>3221</v>
       </c>
       <c r="C263" t="s">
         <v>12</v>
       </c>
       <c r="D263" t="s">
         <v>12</v>
       </c>
       <c r="E263" t="s">
-        <v>3217</v>
+        <v>3222</v>
       </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263" t="s">
-        <v>3218</v>
+        <v>3223</v>
       </c>
       <c r="H263" t="s">
-        <v>3219</v>
+        <v>3224</v>
       </c>
       <c r="I263" t="s">
-        <v>3220</v>
+        <v>3225</v>
       </c>
       <c r="J263" t="s">
-        <v>1950</v>
+        <v>2694</v>
       </c>
       <c r="K263" t="s">
-        <v>3221</v>
+        <v>3226</v>
       </c>
       <c r="L263" t="s">
-        <v>3222</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B264" t="s">
-        <v>3223</v>
+        <v>3228</v>
       </c>
       <c r="C264" t="s">
         <v>12</v>
       </c>
       <c r="D264" t="s">
         <v>12</v>
       </c>
       <c r="E264" t="s">
-        <v>3224</v>
+        <v>3229</v>
       </c>
       <c r="F264" t="s">
         <v>12</v>
       </c>
       <c r="G264" t="s">
-        <v>3225</v>
+        <v>3230</v>
       </c>
       <c r="H264" t="s">
-        <v>3226</v>
+        <v>3231</v>
       </c>
       <c r="I264" t="s">
-        <v>3227</v>
+        <v>3232</v>
       </c>
       <c r="J264" t="s">
-        <v>1223</v>
+        <v>1962</v>
       </c>
       <c r="K264" t="s">
-        <v>3228</v>
+        <v>3233</v>
       </c>
       <c r="L264" t="s">
-        <v>3229</v>
-[...11 lines deleted...]
-        <v>3233</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B265" t="s">
-        <v>3234</v>
+        <v>3235</v>
       </c>
       <c r="C265" t="s">
         <v>12</v>
       </c>
       <c r="D265" t="s">
         <v>12</v>
       </c>
       <c r="E265" t="s">
-        <v>3235</v>
+        <v>3236</v>
       </c>
       <c r="F265" t="s">
         <v>12</v>
       </c>
       <c r="G265" t="s">
-        <v>3236</v>
+        <v>3237</v>
       </c>
       <c r="H265" t="s">
-        <v>3237</v>
+        <v>3238</v>
       </c>
       <c r="I265" t="s">
-        <v>2893</v>
+        <v>3239</v>
       </c>
       <c r="J265" t="s">
-        <v>721</v>
+        <v>1235</v>
       </c>
       <c r="K265" t="s">
-        <v>3238</v>
+        <v>3240</v>
       </c>
       <c r="L265" t="s">
-        <v>3239</v>
+        <v>3241</v>
       </c>
       <c r="M265" t="s">
-        <v>3240</v>
+        <v>3242</v>
       </c>
       <c r="N265" t="s">
-        <v>3241</v>
+        <v>3243</v>
       </c>
       <c r="O265" t="s">
-        <v>3242</v>
+        <v>3244</v>
       </c>
       <c r="P265" t="s">
-        <v>3243</v>
-[...2 lines deleted...]
-        <v>3244</v>
+        <v>3245</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B266" t="s">
-        <v>3245</v>
+        <v>3246</v>
       </c>
       <c r="C266" t="s">
         <v>12</v>
       </c>
       <c r="D266" t="s">
         <v>12</v>
       </c>
       <c r="E266" t="s">
-        <v>3246</v>
+        <v>3247</v>
       </c>
       <c r="F266" t="s">
         <v>12</v>
       </c>
       <c r="G266" t="s">
-        <v>3247</v>
+        <v>3248</v>
       </c>
       <c r="H266" t="s">
-        <v>3248</v>
+        <v>3249</v>
       </c>
       <c r="I266" t="s">
-        <v>3249</v>
+        <v>2905</v>
       </c>
       <c r="J266" t="s">
+        <v>802</v>
+      </c>
+      <c r="K266" t="s">
         <v>3250</v>
       </c>
-      <c r="K266" t="s">
+      <c r="L266" t="s">
         <v>3251</v>
       </c>
-      <c r="L266" t="s">
+      <c r="M266" t="s">
         <v>3252</v>
       </c>
-      <c r="M266" t="s">
+      <c r="N266" t="s">
         <v>3253</v>
       </c>
-      <c r="N266" t="s">
+      <c r="O266" t="s">
         <v>3254</v>
+      </c>
+      <c r="P266" t="s">
+        <v>3255</v>
+      </c>
+      <c r="Q266" t="s">
+        <v>3256</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B267" t="s">
-        <v>3255</v>
+        <v>3257</v>
       </c>
       <c r="C267" t="s">
         <v>12</v>
       </c>
       <c r="D267" t="s">
         <v>12</v>
       </c>
       <c r="E267" t="s">
-        <v>3256</v>
+        <v>3258</v>
       </c>
       <c r="F267" t="s">
         <v>12</v>
       </c>
       <c r="G267" t="s">
-        <v>3257</v>
+        <v>3259</v>
       </c>
       <c r="H267" t="s">
-        <v>3258</v>
+        <v>3260</v>
       </c>
       <c r="I267" t="s">
-        <v>3259</v>
+        <v>3261</v>
       </c>
       <c r="J267" t="s">
-        <v>1526</v>
+        <v>3262</v>
       </c>
       <c r="K267" t="s">
-        <v>3260</v>
+        <v>3263</v>
       </c>
       <c r="L267" t="s">
-        <v>3261</v>
+        <v>3264</v>
+      </c>
+      <c r="M267" t="s">
+        <v>3265</v>
+      </c>
+      <c r="N267" t="s">
+        <v>3266</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B268" t="s">
-        <v>3262</v>
+        <v>3267</v>
       </c>
       <c r="C268" t="s">
         <v>12</v>
       </c>
       <c r="D268" t="s">
         <v>12</v>
       </c>
       <c r="E268" t="s">
-        <v>3263</v>
+        <v>3268</v>
       </c>
       <c r="F268" t="s">
         <v>12</v>
       </c>
       <c r="G268" t="s">
-        <v>3264</v>
+        <v>3269</v>
       </c>
       <c r="H268" t="s">
-        <v>3265</v>
+        <v>3270</v>
       </c>
       <c r="I268" t="s">
-        <v>3266</v>
+        <v>3271</v>
       </c>
       <c r="J268" t="s">
-        <v>1006</v>
+        <v>1538</v>
       </c>
       <c r="K268" t="s">
-        <v>3267</v>
+        <v>3272</v>
+      </c>
+      <c r="L268" t="s">
+        <v>3273</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B269" t="s">
-        <v>3268</v>
+        <v>3274</v>
       </c>
       <c r="C269" t="s">
         <v>12</v>
       </c>
       <c r="D269" t="s">
         <v>12</v>
       </c>
       <c r="E269" t="s">
-        <v>3269</v>
+        <v>3275</v>
       </c>
       <c r="F269" t="s">
         <v>12</v>
       </c>
       <c r="G269" t="s">
-        <v>3270</v>
+        <v>3276</v>
       </c>
       <c r="H269" t="s">
-        <v>3271</v>
+        <v>3277</v>
       </c>
       <c r="I269" t="s">
-        <v>2667</v>
+        <v>3278</v>
       </c>
       <c r="J269" t="s">
-        <v>3272</v>
+        <v>1018</v>
       </c>
       <c r="K269" t="s">
-        <v>3273</v>
-[...5 lines deleted...]
-        <v>3275</v>
+        <v>3279</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B270" t="s">
-        <v>3276</v>
+        <v>3280</v>
       </c>
       <c r="C270" t="s">
         <v>12</v>
       </c>
       <c r="D270" t="s">
         <v>12</v>
       </c>
       <c r="E270" t="s">
-        <v>3277</v>
+        <v>3281</v>
       </c>
       <c r="F270" t="s">
         <v>12</v>
       </c>
       <c r="G270" t="s">
-        <v>3278</v>
+        <v>3282</v>
       </c>
       <c r="H270" t="s">
-        <v>3279</v>
+        <v>3283</v>
       </c>
       <c r="I270" t="s">
-        <v>3280</v>
+        <v>2679</v>
       </c>
       <c r="J270" t="s">
-        <v>2556</v>
+        <v>3284</v>
       </c>
       <c r="K270" t="s">
-        <v>3281</v>
+        <v>3285</v>
+      </c>
+      <c r="L270" t="s">
+        <v>3286</v>
+      </c>
+      <c r="M270" t="s">
+        <v>3287</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B271" t="s">
-        <v>3282</v>
+        <v>3288</v>
       </c>
       <c r="C271" t="s">
         <v>12</v>
       </c>
       <c r="D271" t="s">
         <v>12</v>
       </c>
       <c r="E271" t="s">
-        <v>3283</v>
+        <v>3289</v>
       </c>
       <c r="F271" t="s">
         <v>12</v>
       </c>
       <c r="G271" t="s">
-        <v>3284</v>
+        <v>3290</v>
       </c>
       <c r="H271" t="s">
-        <v>3285</v>
+        <v>3291</v>
       </c>
       <c r="I271" t="s">
-        <v>3286</v>
+        <v>3292</v>
       </c>
       <c r="J271" t="s">
-        <v>3287</v>
+        <v>2568</v>
       </c>
       <c r="K271" t="s">
-        <v>3288</v>
-[...5 lines deleted...]
-        <v>3290</v>
+        <v>3293</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B272" t="s">
-        <v>3291</v>
+        <v>3294</v>
       </c>
       <c r="C272" t="s">
         <v>12</v>
       </c>
       <c r="D272" t="s">
         <v>12</v>
       </c>
       <c r="E272" t="s">
-        <v>3263</v>
+        <v>3295</v>
       </c>
       <c r="F272" t="s">
         <v>12</v>
       </c>
       <c r="G272" t="s">
-        <v>3292</v>
+        <v>3296</v>
       </c>
       <c r="H272" t="s">
-        <v>3293</v>
+        <v>3297</v>
       </c>
       <c r="I272" t="s">
-        <v>3294</v>
+        <v>3298</v>
       </c>
       <c r="J272" t="s">
-        <v>721</v>
+        <v>3299</v>
       </c>
       <c r="K272" t="s">
-        <v>3295</v>
+        <v>3300</v>
       </c>
       <c r="L272" t="s">
-        <v>3296</v>
+        <v>3301</v>
       </c>
       <c r="M272" t="s">
-        <v>3297</v>
-[...13 lines deleted...]
-      <c r="R272" t="s">
         <v>3302</v>
-      </c>
-[...1 lines deleted...]
-        <v>3303</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B273" t="s">
+        <v>3303</v>
+      </c>
+      <c r="C273" t="s">
+        <v>12</v>
+      </c>
+      <c r="D273" t="s">
+        <v>12</v>
+      </c>
+      <c r="E273" t="s">
+        <v>3275</v>
+      </c>
+      <c r="F273" t="s">
+        <v>12</v>
+      </c>
+      <c r="G273" t="s">
         <v>3304</v>
       </c>
-      <c r="C273" t="s">
-[...5 lines deleted...]
-      <c r="E273" t="s">
+      <c r="H273" t="s">
         <v>3305</v>
       </c>
-      <c r="F273" t="s">
-[...2 lines deleted...]
-      <c r="G273" t="s">
+      <c r="I273" t="s">
         <v>3306</v>
       </c>
-      <c r="H273" t="s">
+      <c r="J273" t="s">
+        <v>802</v>
+      </c>
+      <c r="K273" t="s">
         <v>3307</v>
       </c>
-      <c r="I273" t="s">
+      <c r="L273" t="s">
         <v>3308</v>
       </c>
-      <c r="J273" t="s">
-[...2 lines deleted...]
-      <c r="K273" t="s">
+      <c r="M273" t="s">
         <v>3309</v>
       </c>
-      <c r="L273" t="s">
+      <c r="N273" t="s">
         <v>3310</v>
+      </c>
+      <c r="O273" t="s">
+        <v>3311</v>
+      </c>
+      <c r="P273" t="s">
+        <v>3312</v>
+      </c>
+      <c r="Q273" t="s">
+        <v>3313</v>
+      </c>
+      <c r="R273" t="s">
+        <v>3314</v>
+      </c>
+      <c r="S273" t="s">
+        <v>3315</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B274" t="s">
-        <v>3311</v>
+        <v>3316</v>
       </c>
       <c r="C274" t="s">
         <v>12</v>
       </c>
       <c r="D274" t="s">
         <v>12</v>
       </c>
       <c r="E274" t="s">
-        <v>3312</v>
+        <v>3317</v>
       </c>
       <c r="F274" t="s">
         <v>12</v>
       </c>
       <c r="G274" t="s">
-        <v>3313</v>
+        <v>3318</v>
       </c>
       <c r="H274" t="s">
-        <v>3314</v>
+        <v>3319</v>
       </c>
       <c r="I274" t="s">
-        <v>3315</v>
+        <v>3320</v>
       </c>
       <c r="J274" t="s">
-        <v>3316</v>
+        <v>2136</v>
       </c>
       <c r="K274" t="s">
-        <v>3317</v>
+        <v>3321</v>
       </c>
       <c r="L274" t="s">
-        <v>3318</v>
-[...8 lines deleted...]
-        <v>3321</v>
+        <v>3322</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B275" t="s">
-        <v>3322</v>
+        <v>3323</v>
       </c>
       <c r="C275" t="s">
         <v>12</v>
       </c>
       <c r="D275" t="s">
         <v>12</v>
       </c>
       <c r="E275" t="s">
-        <v>3323</v>
+        <v>3324</v>
       </c>
       <c r="F275" t="s">
         <v>12</v>
       </c>
       <c r="G275" t="s">
-        <v>3324</v>
+        <v>3325</v>
       </c>
       <c r="H275" t="s">
-        <v>3325</v>
+        <v>3326</v>
       </c>
       <c r="I275" t="s">
-        <v>2667</v>
+        <v>3327</v>
       </c>
       <c r="J275" t="s">
-        <v>1023</v>
+        <v>3328</v>
       </c>
       <c r="K275" t="s">
-        <v>3326</v>
+        <v>3329</v>
       </c>
       <c r="L275" t="s">
-        <v>3327</v>
+        <v>3330</v>
       </c>
       <c r="M275" t="s">
-        <v>3328</v>
+        <v>3331</v>
       </c>
       <c r="N275" t="s">
-        <v>3329</v>
+        <v>3332</v>
+      </c>
+      <c r="O275" t="s">
+        <v>3333</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B276" t="s">
-        <v>3330</v>
+        <v>3334</v>
       </c>
       <c r="C276" t="s">
         <v>12</v>
       </c>
       <c r="D276" t="s">
         <v>12</v>
       </c>
       <c r="E276" t="s">
-        <v>3323</v>
+        <v>3335</v>
       </c>
       <c r="F276" t="s">
         <v>12</v>
       </c>
       <c r="G276" t="s">
-        <v>3331</v>
+        <v>3336</v>
       </c>
       <c r="H276" t="s">
-        <v>3332</v>
+        <v>3337</v>
       </c>
       <c r="I276" t="s">
-        <v>2993</v>
+        <v>2679</v>
       </c>
       <c r="J276" t="s">
-        <v>1553</v>
+        <v>1035</v>
       </c>
       <c r="K276" t="s">
-        <v>3333</v>
+        <v>3338</v>
       </c>
       <c r="L276" t="s">
-        <v>3334</v>
+        <v>3339</v>
       </c>
       <c r="M276" t="s">
-        <v>3335</v>
+        <v>3340</v>
       </c>
       <c r="N276" t="s">
-        <v>3336</v>
+        <v>3341</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B277" t="s">
-        <v>3337</v>
+        <v>3342</v>
       </c>
       <c r="C277" t="s">
         <v>12</v>
       </c>
       <c r="D277" t="s">
         <v>12</v>
       </c>
       <c r="E277" t="s">
-        <v>3338</v>
+        <v>3335</v>
       </c>
       <c r="F277" t="s">
         <v>12</v>
       </c>
       <c r="G277" t="s">
-        <v>3339</v>
+        <v>3343</v>
       </c>
       <c r="H277" t="s">
-        <v>3340</v>
+        <v>3344</v>
       </c>
       <c r="I277" t="s">
-        <v>2520</v>
+        <v>3005</v>
       </c>
       <c r="J277" t="s">
-        <v>1078</v>
+        <v>1565</v>
       </c>
       <c r="K277" t="s">
-        <v>3341</v>
+        <v>3345</v>
       </c>
       <c r="L277" t="s">
-        <v>3342</v>
+        <v>3346</v>
       </c>
       <c r="M277" t="s">
-        <v>3343</v>
+        <v>3347</v>
+      </c>
+      <c r="N277" t="s">
+        <v>3348</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B278" t="s">
-        <v>3344</v>
+        <v>3349</v>
       </c>
       <c r="C278" t="s">
         <v>12</v>
       </c>
       <c r="D278" t="s">
         <v>12</v>
       </c>
       <c r="E278" t="s">
-        <v>3345</v>
+        <v>3350</v>
       </c>
       <c r="F278" t="s">
         <v>12</v>
       </c>
       <c r="G278" t="s">
-        <v>3346</v>
+        <v>3351</v>
       </c>
       <c r="H278" t="s">
-        <v>3347</v>
+        <v>3352</v>
       </c>
       <c r="I278" t="s">
-        <v>3348</v>
+        <v>2532</v>
       </c>
       <c r="J278" t="s">
-        <v>1920</v>
+        <v>1090</v>
       </c>
       <c r="K278" t="s">
-        <v>3349</v>
+        <v>3353</v>
       </c>
       <c r="L278" t="s">
-        <v>3350</v>
+        <v>3354</v>
       </c>
       <c r="M278" t="s">
-        <v>3351</v>
+        <v>3355</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B279" t="s">
-        <v>3352</v>
+        <v>3356</v>
       </c>
       <c r="C279" t="s">
         <v>12</v>
       </c>
       <c r="D279" t="s">
         <v>12</v>
       </c>
       <c r="E279" t="s">
-        <v>3345</v>
+        <v>3357</v>
       </c>
       <c r="F279" t="s">
         <v>12</v>
       </c>
       <c r="G279" t="s">
-        <v>3353</v>
+        <v>3358</v>
       </c>
       <c r="H279" t="s">
-        <v>3354</v>
+        <v>3359</v>
       </c>
       <c r="I279" t="s">
-        <v>3355</v>
+        <v>3360</v>
       </c>
       <c r="J279" t="s">
-        <v>1153</v>
+        <v>1932</v>
       </c>
       <c r="K279" t="s">
-        <v>3356</v>
+        <v>3361</v>
+      </c>
+      <c r="L279" t="s">
+        <v>3362</v>
+      </c>
+      <c r="M279" t="s">
+        <v>3363</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B280" t="s">
+        <v>3364</v>
+      </c>
+      <c r="C280" t="s">
+        <v>12</v>
+      </c>
+      <c r="D280" t="s">
+        <v>12</v>
+      </c>
+      <c r="E280" t="s">
         <v>3357</v>
       </c>
-      <c r="C280" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F280" t="s">
         <v>12</v>
       </c>
       <c r="G280" t="s">
-        <v>3359</v>
+        <v>3365</v>
       </c>
       <c r="H280" t="s">
-        <v>3360</v>
+        <v>3366</v>
       </c>
       <c r="I280" t="s">
-        <v>3361</v>
+        <v>3367</v>
       </c>
       <c r="J280" t="s">
-        <v>3316</v>
+        <v>1165</v>
       </c>
       <c r="K280" t="s">
-        <v>3362</v>
+        <v>3368</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B281" t="s">
-        <v>3363</v>
+        <v>3369</v>
       </c>
       <c r="C281" t="s">
         <v>12</v>
       </c>
       <c r="D281" t="s">
         <v>12</v>
       </c>
       <c r="E281" t="s">
-        <v>3364</v>
+        <v>3370</v>
       </c>
       <c r="F281" t="s">
         <v>12</v>
       </c>
       <c r="G281" t="s">
-        <v>3365</v>
+        <v>3371</v>
       </c>
       <c r="H281" t="s">
-        <v>3366</v>
+        <v>3372</v>
       </c>
       <c r="I281" t="s">
-        <v>3367</v>
+        <v>3373</v>
       </c>
       <c r="J281" t="s">
-        <v>3368</v>
+        <v>3328</v>
       </c>
       <c r="K281" t="s">
-        <v>3369</v>
+        <v>3374</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B282" t="s">
-        <v>3370</v>
+        <v>3375</v>
       </c>
       <c r="C282" t="s">
         <v>12</v>
       </c>
       <c r="D282" t="s">
         <v>12</v>
       </c>
       <c r="E282" t="s">
-        <v>3371</v>
+        <v>3376</v>
       </c>
       <c r="F282" t="s">
         <v>12</v>
       </c>
       <c r="G282" t="s">
-        <v>3372</v>
+        <v>3377</v>
       </c>
       <c r="H282" t="s">
-        <v>3373</v>
+        <v>3378</v>
       </c>
       <c r="I282" t="s">
-        <v>2297</v>
+        <v>3379</v>
       </c>
       <c r="J282" t="s">
-        <v>1023</v>
+        <v>3380</v>
       </c>
       <c r="K282" t="s">
-        <v>3374</v>
-[...5 lines deleted...]
-        <v>3376</v>
+        <v>3381</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B283" t="s">
-        <v>3377</v>
+        <v>3382</v>
       </c>
       <c r="C283" t="s">
         <v>12</v>
       </c>
       <c r="D283" t="s">
         <v>12</v>
       </c>
       <c r="E283" t="s">
-        <v>3378</v>
+        <v>3383</v>
       </c>
       <c r="F283" t="s">
         <v>12</v>
       </c>
       <c r="G283" t="s">
-        <v>3379</v>
+        <v>3384</v>
       </c>
       <c r="H283" t="s">
-        <v>3380</v>
+        <v>3385</v>
       </c>
       <c r="I283" t="s">
-        <v>3381</v>
+        <v>2309</v>
       </c>
       <c r="J283" t="s">
-        <v>1418</v>
+        <v>1035</v>
       </c>
       <c r="K283" t="s">
-        <v>3382</v>
+        <v>3386</v>
       </c>
       <c r="L283" t="s">
-        <v>3383</v>
+        <v>3387</v>
       </c>
       <c r="M283" t="s">
-        <v>3384</v>
-[...8 lines deleted...]
-        <v>3387</v>
+        <v>3388</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B284" t="s">
-        <v>3388</v>
+        <v>3389</v>
       </c>
       <c r="C284" t="s">
         <v>12</v>
       </c>
       <c r="D284" t="s">
         <v>12</v>
       </c>
       <c r="E284" t="s">
-        <v>3389</v>
+        <v>3390</v>
       </c>
       <c r="F284" t="s">
         <v>12</v>
       </c>
       <c r="G284" t="s">
-        <v>3390</v>
+        <v>3391</v>
       </c>
       <c r="H284" t="s">
-        <v>3391</v>
+        <v>3392</v>
       </c>
       <c r="I284" t="s">
-        <v>3392</v>
+        <v>3393</v>
       </c>
       <c r="J284" t="s">
-        <v>3287</v>
+        <v>1430</v>
       </c>
       <c r="K284" t="s">
-        <v>3393</v>
+        <v>3394</v>
+      </c>
+      <c r="L284" t="s">
+        <v>3395</v>
+      </c>
+      <c r="M284" t="s">
+        <v>3396</v>
+      </c>
+      <c r="N284" t="s">
+        <v>3397</v>
+      </c>
+      <c r="O284" t="s">
+        <v>3398</v>
+      </c>
+      <c r="P284" t="s">
+        <v>3399</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B285" t="s">
-        <v>3394</v>
+        <v>3400</v>
       </c>
       <c r="C285" t="s">
         <v>12</v>
       </c>
       <c r="D285" t="s">
         <v>12</v>
       </c>
       <c r="E285" t="s">
-        <v>3395</v>
+        <v>3401</v>
       </c>
       <c r="F285" t="s">
         <v>12</v>
       </c>
       <c r="G285" t="s">
-        <v>3396</v>
+        <v>3402</v>
       </c>
       <c r="H285" t="s">
-        <v>3397</v>
+        <v>3403</v>
       </c>
       <c r="I285" t="s">
-        <v>3398</v>
+        <v>3404</v>
       </c>
       <c r="J285" t="s">
-        <v>3118</v>
+        <v>3299</v>
       </c>
       <c r="K285" t="s">
-        <v>3399</v>
-[...8 lines deleted...]
-        <v>3402</v>
+        <v>3405</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B286" t="s">
-        <v>3403</v>
+        <v>3406</v>
       </c>
       <c r="C286" t="s">
         <v>12</v>
       </c>
       <c r="D286" t="s">
         <v>12</v>
       </c>
       <c r="E286" t="s">
-        <v>3404</v>
+        <v>3407</v>
       </c>
       <c r="F286" t="s">
         <v>12</v>
       </c>
       <c r="G286" t="s">
-        <v>3405</v>
+        <v>3408</v>
       </c>
       <c r="H286" t="s">
-        <v>3406</v>
+        <v>3409</v>
       </c>
       <c r="I286" t="s">
-        <v>3407</v>
+        <v>3410</v>
       </c>
       <c r="J286" t="s">
-        <v>3126</v>
+        <v>3130</v>
       </c>
       <c r="K286" t="s">
-        <v>3408</v>
+        <v>3411</v>
+      </c>
+      <c r="L286" t="s">
+        <v>3412</v>
+      </c>
+      <c r="M286" t="s">
+        <v>3413</v>
+      </c>
+      <c r="N286" t="s">
+        <v>3414</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B287" t="s">
-        <v>3409</v>
+        <v>3415</v>
       </c>
       <c r="C287" t="s">
         <v>12</v>
       </c>
       <c r="D287" t="s">
         <v>12</v>
       </c>
       <c r="E287" t="s">
-        <v>3410</v>
+        <v>3416</v>
       </c>
       <c r="F287" t="s">
         <v>12</v>
       </c>
       <c r="G287" t="s">
-        <v>3411</v>
+        <v>3417</v>
       </c>
       <c r="H287" t="s">
-        <v>3412</v>
+        <v>3418</v>
       </c>
       <c r="I287" t="s">
-        <v>3413</v>
+        <v>3419</v>
       </c>
       <c r="J287" t="s">
-        <v>3414</v>
+        <v>3138</v>
       </c>
       <c r="K287" t="s">
-        <v>3415</v>
-[...2 lines deleted...]
-        <v>3416</v>
+        <v>3420</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B288" t="s">
-        <v>3417</v>
+        <v>3421</v>
       </c>
       <c r="C288" t="s">
         <v>12</v>
       </c>
       <c r="D288" t="s">
         <v>12</v>
       </c>
       <c r="E288" t="s">
-        <v>3418</v>
+        <v>3422</v>
       </c>
       <c r="F288" t="s">
         <v>12</v>
       </c>
       <c r="G288" t="s">
-        <v>3419</v>
+        <v>3423</v>
       </c>
       <c r="H288" t="s">
-        <v>3420</v>
+        <v>3424</v>
       </c>
       <c r="I288" t="s">
-        <v>3421</v>
+        <v>3425</v>
       </c>
       <c r="J288" t="s">
-        <v>1747</v>
+        <v>3426</v>
       </c>
       <c r="K288" t="s">
-        <v>3422</v>
+        <v>3427</v>
       </c>
       <c r="L288" t="s">
-        <v>3423</v>
-[...2 lines deleted...]
-        <v>3424</v>
+        <v>3428</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B289" t="s">
-        <v>3425</v>
+        <v>3429</v>
       </c>
       <c r="C289" t="s">
         <v>12</v>
       </c>
       <c r="D289" t="s">
         <v>12</v>
       </c>
       <c r="E289" t="s">
-        <v>3426</v>
+        <v>3430</v>
       </c>
       <c r="F289" t="s">
         <v>12</v>
       </c>
       <c r="G289" t="s">
-        <v>3427</v>
+        <v>3431</v>
       </c>
       <c r="H289" t="s">
-        <v>3428</v>
+        <v>3432</v>
       </c>
       <c r="I289" t="s">
-        <v>2993</v>
+        <v>3433</v>
       </c>
       <c r="J289" t="s">
-        <v>1950</v>
+        <v>1759</v>
       </c>
       <c r="K289" t="s">
-        <v>3429</v>
+        <v>3434</v>
+      </c>
+      <c r="L289" t="s">
+        <v>3435</v>
+      </c>
+      <c r="M289" t="s">
+        <v>3436</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B290" t="s">
-        <v>3430</v>
+        <v>3437</v>
       </c>
       <c r="C290" t="s">
         <v>12</v>
       </c>
       <c r="D290" t="s">
         <v>12</v>
       </c>
       <c r="E290" t="s">
-        <v>3431</v>
+        <v>3438</v>
       </c>
       <c r="F290" t="s">
         <v>12</v>
       </c>
       <c r="G290" t="s">
-        <v>3432</v>
+        <v>3439</v>
       </c>
       <c r="H290" t="s">
-        <v>3433</v>
+        <v>3440</v>
       </c>
       <c r="I290" t="s">
-        <v>3434</v>
+        <v>3005</v>
       </c>
       <c r="J290" t="s">
-        <v>3435</v>
+        <v>1962</v>
       </c>
       <c r="K290" t="s">
-        <v>3436</v>
+        <v>3441</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B291" t="s">
-        <v>3437</v>
+        <v>3442</v>
       </c>
       <c r="C291" t="s">
         <v>12</v>
       </c>
       <c r="D291" t="s">
         <v>12</v>
       </c>
       <c r="E291" t="s">
-        <v>3438</v>
+        <v>3443</v>
       </c>
       <c r="F291" t="s">
         <v>12</v>
       </c>
       <c r="G291" t="s">
-        <v>3439</v>
+        <v>3444</v>
       </c>
       <c r="H291" t="s">
-        <v>3440</v>
+        <v>3445</v>
       </c>
       <c r="I291" t="s">
-        <v>3441</v>
+        <v>3446</v>
       </c>
       <c r="J291" t="s">
-        <v>1178</v>
+        <v>3447</v>
       </c>
       <c r="K291" t="s">
-        <v>3442</v>
-[...5 lines deleted...]
-        <v>3444</v>
+        <v>3448</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B292" t="s">
-        <v>3445</v>
+        <v>3449</v>
       </c>
       <c r="C292" t="s">
         <v>12</v>
       </c>
       <c r="D292" t="s">
         <v>12</v>
       </c>
       <c r="E292" t="s">
-        <v>3446</v>
+        <v>3450</v>
       </c>
       <c r="F292" t="s">
         <v>12</v>
       </c>
       <c r="G292" t="s">
-        <v>3447</v>
+        <v>3451</v>
       </c>
       <c r="H292" t="s">
-        <v>3448</v>
+        <v>3452</v>
       </c>
       <c r="I292" t="s">
-        <v>3449</v>
+        <v>3453</v>
       </c>
       <c r="J292" t="s">
-        <v>3450</v>
+        <v>1190</v>
       </c>
       <c r="K292" t="s">
-        <v>3451</v>
+        <v>3454</v>
       </c>
       <c r="L292" t="s">
-        <v>3452</v>
+        <v>3455</v>
       </c>
       <c r="M292" t="s">
-        <v>3453</v>
-[...2 lines deleted...]
-        <v>3454</v>
+        <v>3456</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B293" t="s">
-        <v>3455</v>
+        <v>3457</v>
       </c>
       <c r="C293" t="s">
         <v>12</v>
       </c>
       <c r="D293" t="s">
         <v>12</v>
       </c>
       <c r="E293" t="s">
-        <v>3456</v>
+        <v>3458</v>
       </c>
       <c r="F293" t="s">
         <v>12</v>
       </c>
       <c r="G293" t="s">
-        <v>3457</v>
+        <v>3459</v>
       </c>
       <c r="H293" t="s">
-        <v>3458</v>
+        <v>3460</v>
       </c>
       <c r="I293" t="s">
-        <v>3459</v>
+        <v>3461</v>
       </c>
       <c r="J293" t="s">
-        <v>1023</v>
+        <v>3462</v>
       </c>
       <c r="K293" t="s">
-        <v>3460</v>
+        <v>3463</v>
       </c>
       <c r="L293" t="s">
-        <v>3461</v>
+        <v>3464</v>
       </c>
       <c r="M293" t="s">
-        <v>3462</v>
+        <v>3465</v>
       </c>
       <c r="N293" t="s">
-        <v>3463</v>
-[...5 lines deleted...]
-        <v>3465</v>
+        <v>3466</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B294" t="s">
-        <v>3466</v>
+        <v>3467</v>
       </c>
       <c r="C294" t="s">
         <v>12</v>
       </c>
       <c r="D294" t="s">
         <v>12</v>
       </c>
       <c r="E294" t="s">
-        <v>3467</v>
+        <v>3468</v>
       </c>
       <c r="F294" t="s">
         <v>12</v>
       </c>
       <c r="G294" t="s">
-        <v>3468</v>
+        <v>3469</v>
       </c>
       <c r="H294" t="s">
-        <v>3469</v>
+        <v>3470</v>
       </c>
       <c r="I294" t="s">
-        <v>3470</v>
+        <v>3471</v>
       </c>
       <c r="J294" t="s">
-        <v>1153</v>
+        <v>1035</v>
       </c>
       <c r="K294" t="s">
-        <v>3471</v>
+        <v>3472</v>
+      </c>
+      <c r="L294" t="s">
+        <v>3473</v>
+      </c>
+      <c r="M294" t="s">
+        <v>3474</v>
+      </c>
+      <c r="N294" t="s">
+        <v>3475</v>
+      </c>
+      <c r="O294" t="s">
+        <v>3476</v>
+      </c>
+      <c r="P294" t="s">
+        <v>3477</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B295" t="s">
-        <v>3472</v>
+        <v>3478</v>
       </c>
       <c r="C295" t="s">
         <v>12</v>
       </c>
       <c r="D295" t="s">
         <v>12</v>
       </c>
       <c r="E295" t="s">
-        <v>3467</v>
+        <v>3479</v>
       </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
       <c r="G295" t="s">
-        <v>3473</v>
+        <v>3480</v>
       </c>
       <c r="H295" t="s">
-        <v>3474</v>
+        <v>3481</v>
       </c>
       <c r="I295" t="s">
-        <v>3132</v>
+        <v>3482</v>
       </c>
       <c r="J295" t="s">
-        <v>3475</v>
+        <v>1165</v>
       </c>
       <c r="K295" t="s">
-        <v>3476</v>
-[...5 lines deleted...]
-        <v>3478</v>
+        <v>3483</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B296" t="s">
+        <v>3484</v>
+      </c>
+      <c r="C296" t="s">
+        <v>12</v>
+      </c>
+      <c r="D296" t="s">
+        <v>12</v>
+      </c>
+      <c r="E296" t="s">
         <v>3479</v>
       </c>
-      <c r="C296" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
       <c r="G296" t="s">
-        <v>3480</v>
+        <v>3485</v>
       </c>
       <c r="H296" t="s">
-        <v>3481</v>
+        <v>3486</v>
       </c>
       <c r="I296" t="s">
-        <v>3482</v>
+        <v>3144</v>
       </c>
       <c r="J296" t="s">
-        <v>3483</v>
+        <v>3487</v>
       </c>
       <c r="K296" t="s">
-        <v>3484</v>
+        <v>3488</v>
+      </c>
+      <c r="L296" t="s">
+        <v>3489</v>
+      </c>
+      <c r="M296" t="s">
+        <v>3490</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B297" t="s">
-        <v>3485</v>
+        <v>3491</v>
       </c>
       <c r="C297" t="s">
         <v>12</v>
       </c>
       <c r="D297" t="s">
         <v>12</v>
       </c>
       <c r="E297" t="s">
-        <v>3486</v>
+        <v>3479</v>
       </c>
       <c r="F297" t="s">
         <v>12</v>
       </c>
       <c r="G297" t="s">
-        <v>3487</v>
+        <v>3492</v>
       </c>
       <c r="H297" t="s">
-        <v>3488</v>
+        <v>3493</v>
       </c>
       <c r="I297" t="s">
-        <v>2993</v>
+        <v>3494</v>
       </c>
       <c r="J297" t="s">
-        <v>2607</v>
+        <v>3495</v>
       </c>
       <c r="K297" t="s">
-        <v>3489</v>
-[...5 lines deleted...]
-        <v>3491</v>
+        <v>3496</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B298" t="s">
-        <v>3492</v>
+        <v>3497</v>
       </c>
       <c r="C298" t="s">
         <v>12</v>
       </c>
       <c r="D298" t="s">
         <v>12</v>
       </c>
       <c r="E298" t="s">
-        <v>3493</v>
+        <v>3498</v>
       </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298" t="s">
-        <v>3494</v>
+        <v>3499</v>
       </c>
       <c r="H298" t="s">
-        <v>3495</v>
+        <v>3500</v>
       </c>
       <c r="I298" t="s">
-        <v>1168</v>
+        <v>3005</v>
       </c>
       <c r="J298" t="s">
-        <v>3496</v>
+        <v>2619</v>
       </c>
       <c r="K298" t="s">
-        <v>3497</v>
+        <v>3501</v>
+      </c>
+      <c r="L298" t="s">
+        <v>3502</v>
+      </c>
+      <c r="M298" t="s">
+        <v>3503</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B299" t="s">
-        <v>3498</v>
+        <v>3504</v>
       </c>
       <c r="C299" t="s">
         <v>12</v>
       </c>
       <c r="D299" t="s">
         <v>12</v>
       </c>
       <c r="E299" t="s">
-        <v>3499</v>
+        <v>3505</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
       <c r="G299" t="s">
-        <v>3500</v>
+        <v>3506</v>
       </c>
       <c r="H299" t="s">
-        <v>3501</v>
+        <v>3507</v>
       </c>
       <c r="I299" t="s">
-        <v>3502</v>
+        <v>1180</v>
       </c>
       <c r="J299" t="s">
-        <v>3503</v>
+        <v>3508</v>
       </c>
       <c r="K299" t="s">
-        <v>3504</v>
-[...5 lines deleted...]
-        <v>3506</v>
+        <v>3509</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B300" t="s">
-        <v>3507</v>
+        <v>3510</v>
       </c>
       <c r="C300" t="s">
         <v>12</v>
       </c>
       <c r="D300" t="s">
         <v>12</v>
       </c>
       <c r="E300" t="s">
-        <v>3508</v>
+        <v>3511</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
       <c r="G300" t="s">
-        <v>3509</v>
+        <v>3512</v>
       </c>
       <c r="H300" t="s">
-        <v>3510</v>
+        <v>3513</v>
       </c>
       <c r="I300" t="s">
-        <v>3511</v>
+        <v>3514</v>
       </c>
       <c r="J300" t="s">
-        <v>3512</v>
+        <v>3515</v>
       </c>
       <c r="K300" t="s">
-        <v>3513</v>
+        <v>3516</v>
       </c>
       <c r="L300" t="s">
-        <v>3514</v>
+        <v>3517</v>
       </c>
       <c r="M300" t="s">
-        <v>3515</v>
+        <v>3518</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B301" t="s">
-        <v>3516</v>
+        <v>3519</v>
       </c>
       <c r="C301" t="s">
         <v>12</v>
       </c>
       <c r="D301" t="s">
         <v>12</v>
       </c>
       <c r="E301" t="s">
-        <v>3517</v>
+        <v>3520</v>
       </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
       <c r="G301" t="s">
-        <v>3518</v>
+        <v>3521</v>
       </c>
       <c r="H301" t="s">
-        <v>3519</v>
+        <v>3522</v>
       </c>
       <c r="I301" t="s">
-        <v>3520</v>
+        <v>3523</v>
       </c>
       <c r="J301" t="s">
-        <v>1468</v>
+        <v>3524</v>
       </c>
       <c r="K301" t="s">
-        <v>3521</v>
+        <v>3525</v>
       </c>
       <c r="L301" t="s">
-        <v>3522</v>
+        <v>3526</v>
+      </c>
+      <c r="M301" t="s">
+        <v>3527</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B302" t="s">
-        <v>3523</v>
+        <v>3528</v>
       </c>
       <c r="C302" t="s">
         <v>12</v>
       </c>
       <c r="D302" t="s">
         <v>12</v>
       </c>
       <c r="E302" t="s">
-        <v>3524</v>
+        <v>3529</v>
       </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302" t="s">
-        <v>3525</v>
+        <v>3530</v>
       </c>
       <c r="H302" t="s">
-        <v>3526</v>
+        <v>3531</v>
       </c>
       <c r="I302" t="s">
-        <v>3413</v>
+        <v>3532</v>
       </c>
       <c r="J302" t="s">
-        <v>721</v>
+        <v>1480</v>
       </c>
       <c r="K302" t="s">
-        <v>3527</v>
+        <v>3533</v>
+      </c>
+      <c r="L302" t="s">
+        <v>3534</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B303" t="s">
-        <v>3528</v>
+        <v>3535</v>
       </c>
       <c r="C303" t="s">
         <v>12</v>
       </c>
       <c r="D303" t="s">
         <v>12</v>
       </c>
       <c r="E303" t="s">
-        <v>3524</v>
+        <v>3536</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303" t="s">
-        <v>3529</v>
+        <v>3537</v>
       </c>
       <c r="H303" t="s">
-        <v>3530</v>
+        <v>3538</v>
       </c>
       <c r="I303" t="s">
-        <v>3531</v>
+        <v>3425</v>
       </c>
       <c r="J303" t="s">
-        <v>3272</v>
+        <v>802</v>
       </c>
       <c r="K303" t="s">
-        <v>3532</v>
+        <v>3539</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B304" t="s">
-        <v>3533</v>
+        <v>3540</v>
       </c>
       <c r="C304" t="s">
         <v>12</v>
       </c>
       <c r="D304" t="s">
         <v>12</v>
       </c>
       <c r="E304" t="s">
-        <v>3534</v>
+        <v>3536</v>
       </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304" t="s">
-        <v>3535</v>
+        <v>3541</v>
       </c>
       <c r="H304" t="s">
-        <v>3536</v>
+        <v>3542</v>
       </c>
       <c r="I304" t="s">
-        <v>2667</v>
+        <v>3543</v>
       </c>
       <c r="J304" t="s">
-        <v>2322</v>
+        <v>3284</v>
       </c>
       <c r="K304" t="s">
-        <v>3537</v>
-[...2 lines deleted...]
-        <v>3538</v>
+        <v>3544</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B305" t="s">
-        <v>3539</v>
+        <v>3545</v>
       </c>
       <c r="C305" t="s">
         <v>12</v>
       </c>
       <c r="D305" t="s">
         <v>12</v>
       </c>
       <c r="E305" t="s">
-        <v>3540</v>
+        <v>3546</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305" t="s">
-        <v>3541</v>
+        <v>3547</v>
       </c>
       <c r="H305" t="s">
-        <v>3542</v>
+        <v>3548</v>
       </c>
       <c r="I305" t="s">
-        <v>3543</v>
+        <v>2679</v>
       </c>
       <c r="J305" t="s">
-        <v>751</v>
+        <v>2334</v>
       </c>
       <c r="K305" t="s">
-        <v>3544</v>
+        <v>3549</v>
+      </c>
+      <c r="L305" t="s">
+        <v>3550</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B306" t="s">
-        <v>3545</v>
+        <v>3551</v>
       </c>
       <c r="C306" t="s">
         <v>12</v>
       </c>
       <c r="D306" t="s">
         <v>12</v>
       </c>
       <c r="E306" t="s">
-        <v>3546</v>
+        <v>3552</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306" t="s">
-        <v>3547</v>
+        <v>3553</v>
       </c>
       <c r="H306" t="s">
-        <v>3548</v>
+        <v>3554</v>
       </c>
       <c r="I306" t="s">
-        <v>3549</v>
+        <v>3555</v>
       </c>
       <c r="J306" t="s">
-        <v>1178</v>
+        <v>832</v>
       </c>
       <c r="K306" t="s">
-        <v>3550</v>
+        <v>3556</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B307" t="s">
-        <v>3551</v>
+        <v>3557</v>
       </c>
       <c r="C307" t="s">
         <v>12</v>
       </c>
       <c r="D307" t="s">
         <v>12</v>
       </c>
       <c r="E307" t="s">
-        <v>3552</v>
+        <v>3558</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307" t="s">
-        <v>3553</v>
+        <v>3559</v>
       </c>
       <c r="H307" t="s">
-        <v>3554</v>
+        <v>3560</v>
       </c>
       <c r="I307" t="s">
-        <v>3206</v>
+        <v>3561</v>
       </c>
       <c r="J307" t="s">
-        <v>2180</v>
+        <v>1190</v>
       </c>
       <c r="K307" t="s">
-        <v>3555</v>
+        <v>3562</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B308" t="s">
-        <v>3556</v>
+        <v>3563</v>
       </c>
       <c r="C308" t="s">
         <v>12</v>
       </c>
       <c r="D308" t="s">
         <v>12</v>
       </c>
       <c r="E308" t="s">
-        <v>3557</v>
+        <v>3564</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308" t="s">
-        <v>3558</v>
+        <v>3565</v>
       </c>
       <c r="H308" t="s">
-        <v>3559</v>
+        <v>3566</v>
       </c>
       <c r="I308" t="s">
-        <v>1168</v>
+        <v>3218</v>
       </c>
       <c r="J308" t="s">
-        <v>1950</v>
+        <v>2192</v>
       </c>
       <c r="K308" t="s">
-        <v>3560</v>
-[...5 lines deleted...]
-        <v>3562</v>
+        <v>3567</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B309" t="s">
-        <v>3563</v>
+        <v>3568</v>
       </c>
       <c r="C309" t="s">
         <v>12</v>
       </c>
       <c r="D309" t="s">
         <v>12</v>
       </c>
       <c r="E309" t="s">
-        <v>3564</v>
+        <v>3569</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309" t="s">
-        <v>3565</v>
+        <v>3570</v>
       </c>
       <c r="H309" t="s">
-        <v>3566</v>
+        <v>3571</v>
       </c>
       <c r="I309" t="s">
-        <v>3567</v>
+        <v>1180</v>
       </c>
       <c r="J309" t="s">
-        <v>3089</v>
+        <v>1962</v>
       </c>
       <c r="K309" t="s">
-        <v>3568</v>
+        <v>3572</v>
       </c>
       <c r="L309" t="s">
-        <v>3569</v>
+        <v>3573</v>
+      </c>
+      <c r="M309" t="s">
+        <v>3574</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B310" t="s">
-        <v>3570</v>
+        <v>3575</v>
       </c>
       <c r="C310" t="s">
         <v>12</v>
       </c>
       <c r="D310" t="s">
         <v>12</v>
       </c>
       <c r="E310" t="s">
-        <v>3571</v>
+        <v>3576</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310" t="s">
-        <v>3572</v>
+        <v>3577</v>
       </c>
       <c r="H310" t="s">
-        <v>3573</v>
+        <v>3578</v>
       </c>
       <c r="I310" t="s">
-        <v>3574</v>
+        <v>3579</v>
       </c>
       <c r="J310" t="s">
-        <v>3575</v>
+        <v>3101</v>
       </c>
       <c r="K310" t="s">
-        <v>3576</v>
+        <v>3580</v>
       </c>
       <c r="L310" t="s">
-        <v>3577</v>
+        <v>3581</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B311" t="s">
-        <v>3578</v>
+        <v>3582</v>
       </c>
       <c r="C311" t="s">
         <v>12</v>
       </c>
       <c r="D311" t="s">
         <v>12</v>
       </c>
       <c r="E311" t="s">
-        <v>3579</v>
+        <v>3583</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311" t="s">
-        <v>3580</v>
+        <v>3584</v>
       </c>
       <c r="H311" t="s">
-        <v>3581</v>
+        <v>3585</v>
       </c>
       <c r="I311" t="s">
-        <v>3582</v>
+        <v>3586</v>
       </c>
       <c r="J311" t="s">
-        <v>1178</v>
+        <v>3587</v>
       </c>
       <c r="K311" t="s">
-        <v>3583</v>
+        <v>3588</v>
       </c>
       <c r="L311" t="s">
-        <v>3584</v>
+        <v>3589</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B312" t="s">
-        <v>3585</v>
+        <v>3590</v>
       </c>
       <c r="C312" t="s">
         <v>12</v>
       </c>
       <c r="D312" t="s">
         <v>12</v>
       </c>
       <c r="E312" t="s">
-        <v>3579</v>
+        <v>3591</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312" t="s">
-        <v>3586</v>
+        <v>3592</v>
       </c>
       <c r="H312" t="s">
-        <v>3587</v>
+        <v>3593</v>
       </c>
       <c r="I312" t="s">
-        <v>3588</v>
+        <v>3594</v>
       </c>
       <c r="J312" t="s">
-        <v>1178</v>
+        <v>1190</v>
       </c>
       <c r="K312" t="s">
-        <v>3589</v>
+        <v>3595</v>
       </c>
       <c r="L312" t="s">
-        <v>3590</v>
-[...2 lines deleted...]
-        <v>3591</v>
+        <v>3596</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B313" t="s">
-        <v>3592</v>
+        <v>3597</v>
       </c>
       <c r="C313" t="s">
         <v>12</v>
       </c>
       <c r="D313" t="s">
         <v>12</v>
       </c>
       <c r="E313" t="s">
-        <v>3593</v>
+        <v>3591</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313" t="s">
-        <v>3594</v>
+        <v>3598</v>
       </c>
       <c r="H313" t="s">
-        <v>3595</v>
+        <v>3599</v>
       </c>
       <c r="I313" t="s">
-        <v>3596</v>
+        <v>3600</v>
       </c>
       <c r="J313" t="s">
-        <v>3597</v>
+        <v>1190</v>
       </c>
       <c r="K313" t="s">
-        <v>3598</v>
+        <v>3601</v>
       </c>
       <c r="L313" t="s">
-        <v>3599</v>
+        <v>3602</v>
       </c>
       <c r="M313" t="s">
-        <v>3600</v>
+        <v>3603</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B314" t="s">
-        <v>3601</v>
+        <v>3604</v>
       </c>
       <c r="C314" t="s">
         <v>12</v>
       </c>
       <c r="D314" t="s">
         <v>12</v>
       </c>
       <c r="E314" t="s">
-        <v>3602</v>
+        <v>3605</v>
       </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
       <c r="G314" t="s">
-        <v>3603</v>
+        <v>3606</v>
       </c>
       <c r="H314" t="s">
-        <v>3604</v>
+        <v>3607</v>
       </c>
       <c r="I314" t="s">
-        <v>3000</v>
+        <v>3608</v>
       </c>
       <c r="J314" t="s">
-        <v>3605</v>
+        <v>3609</v>
       </c>
       <c r="K314" t="s">
-        <v>3606</v>
+        <v>3610</v>
       </c>
       <c r="L314" t="s">
-        <v>3607</v>
+        <v>3611</v>
+      </c>
+      <c r="M314" t="s">
+        <v>3612</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B315" t="s">
-        <v>3608</v>
+        <v>3613</v>
       </c>
       <c r="C315" t="s">
         <v>12</v>
       </c>
       <c r="D315" t="s">
         <v>12</v>
       </c>
       <c r="E315" t="s">
-        <v>3609</v>
+        <v>3614</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315" t="s">
-        <v>3610</v>
+        <v>3615</v>
       </c>
       <c r="H315" t="s">
-        <v>3611</v>
+        <v>3616</v>
       </c>
       <c r="I315" t="s">
-        <v>2220</v>
+        <v>3012</v>
       </c>
       <c r="J315" t="s">
-        <v>3612</v>
+        <v>3617</v>
       </c>
       <c r="K315" t="s">
-        <v>3613</v>
+        <v>3618</v>
+      </c>
+      <c r="L315" t="s">
+        <v>3619</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B316" t="s">
-        <v>3614</v>
+        <v>3620</v>
       </c>
       <c r="C316" t="s">
         <v>12</v>
       </c>
       <c r="D316" t="s">
         <v>12</v>
       </c>
       <c r="E316" t="s">
-        <v>3615</v>
+        <v>3621</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316" t="s">
-        <v>3616</v>
+        <v>3622</v>
       </c>
       <c r="H316" t="s">
-        <v>3617</v>
+        <v>3623</v>
       </c>
       <c r="I316" t="s">
-        <v>3618</v>
+        <v>2232</v>
       </c>
       <c r="J316" t="s">
-        <v>3619</v>
+        <v>3624</v>
       </c>
       <c r="K316" t="s">
-        <v>3620</v>
-[...5 lines deleted...]
-        <v>3622</v>
+        <v>3625</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B317" t="s">
-        <v>3623</v>
+        <v>3626</v>
       </c>
       <c r="C317" t="s">
         <v>12</v>
       </c>
       <c r="D317" t="s">
         <v>12</v>
       </c>
       <c r="E317" t="s">
-        <v>3624</v>
+        <v>3627</v>
       </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317" t="s">
-        <v>3625</v>
+        <v>3628</v>
       </c>
       <c r="H317" t="s">
-        <v>3626</v>
+        <v>3629</v>
       </c>
       <c r="I317" t="s">
-        <v>3627</v>
+        <v>3630</v>
       </c>
       <c r="J317" t="s">
-        <v>3628</v>
+        <v>3631</v>
       </c>
       <c r="K317" t="s">
-        <v>3629</v>
+        <v>3632</v>
+      </c>
+      <c r="L317" t="s">
+        <v>3633</v>
+      </c>
+      <c r="M317" t="s">
+        <v>3634</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B318" t="s">
-        <v>3630</v>
+        <v>3635</v>
       </c>
       <c r="C318" t="s">
         <v>12</v>
       </c>
       <c r="D318" t="s">
         <v>12</v>
       </c>
       <c r="E318" t="s">
-        <v>3631</v>
+        <v>3636</v>
       </c>
       <c r="F318" t="s">
         <v>12</v>
       </c>
       <c r="G318" t="s">
-        <v>3632</v>
+        <v>3637</v>
       </c>
       <c r="H318" t="s">
-        <v>3633</v>
+        <v>3638</v>
       </c>
       <c r="I318" t="s">
-        <v>3634</v>
+        <v>3639</v>
       </c>
       <c r="J318" t="s">
-        <v>3612</v>
+        <v>3640</v>
       </c>
       <c r="K318" t="s">
-        <v>3635</v>
+        <v>3641</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B319" t="s">
-        <v>3636</v>
+        <v>3642</v>
       </c>
       <c r="C319" t="s">
         <v>12</v>
       </c>
       <c r="D319" t="s">
         <v>12</v>
       </c>
       <c r="E319" t="s">
-        <v>3637</v>
+        <v>3643</v>
       </c>
       <c r="F319" t="s">
         <v>12</v>
       </c>
       <c r="G319" t="s">
-        <v>3638</v>
+        <v>3644</v>
       </c>
       <c r="H319" t="s">
-        <v>3639</v>
+        <v>3645</v>
       </c>
       <c r="I319" t="s">
-        <v>3640</v>
+        <v>3646</v>
       </c>
       <c r="J319" t="s">
-        <v>3641</v>
+        <v>3624</v>
       </c>
       <c r="K319" t="s">
-        <v>3642</v>
-[...2 lines deleted...]
-        <v>3643</v>
+        <v>3647</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B320" t="s">
-        <v>3644</v>
+        <v>3648</v>
       </c>
       <c r="C320" t="s">
         <v>12</v>
       </c>
       <c r="D320" t="s">
         <v>12</v>
       </c>
       <c r="E320" t="s">
-        <v>3645</v>
+        <v>3649</v>
       </c>
       <c r="F320" t="s">
         <v>12</v>
       </c>
       <c r="G320" t="s">
-        <v>3646</v>
+        <v>3650</v>
       </c>
       <c r="H320" t="s">
-        <v>3647</v>
+        <v>3651</v>
       </c>
       <c r="I320" t="s">
-        <v>3648</v>
+        <v>3652</v>
       </c>
       <c r="J320" t="s">
-        <v>3649</v>
+        <v>3653</v>
       </c>
       <c r="K320" t="s">
-        <v>3650</v>
+        <v>3654</v>
       </c>
       <c r="L320" t="s">
-        <v>3651</v>
+        <v>3655</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B321" t="s">
-        <v>3652</v>
+        <v>3656</v>
       </c>
       <c r="C321" t="s">
         <v>12</v>
       </c>
       <c r="D321" t="s">
         <v>12</v>
       </c>
       <c r="E321" t="s">
-        <v>3653</v>
+        <v>3657</v>
       </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321" t="s">
-        <v>3654</v>
+        <v>3658</v>
       </c>
       <c r="H321" t="s">
-        <v>3655</v>
+        <v>3659</v>
       </c>
       <c r="I321" t="s">
-        <v>2053</v>
+        <v>3660</v>
       </c>
       <c r="J321" t="s">
-        <v>3656</v>
+        <v>3661</v>
       </c>
       <c r="K321" t="s">
-        <v>3657</v>
+        <v>3662</v>
       </c>
       <c r="L321" t="s">
-        <v>3658</v>
-[...2 lines deleted...]
-        <v>1758</v>
+        <v>3663</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B322" t="s">
-        <v>3659</v>
+        <v>3664</v>
       </c>
       <c r="C322" t="s">
         <v>12</v>
       </c>
       <c r="D322" t="s">
         <v>12</v>
       </c>
       <c r="E322" t="s">
-        <v>3660</v>
+        <v>3665</v>
       </c>
       <c r="F322" t="s">
         <v>12</v>
       </c>
       <c r="G322" t="s">
-        <v>3661</v>
+        <v>3666</v>
       </c>
       <c r="H322" t="s">
-        <v>3662</v>
+        <v>3667</v>
       </c>
       <c r="I322" t="s">
-        <v>1168</v>
+        <v>2065</v>
       </c>
       <c r="J322" t="s">
-        <v>1999</v>
+        <v>3668</v>
       </c>
       <c r="K322" t="s">
-        <v>3663</v>
+        <v>3669</v>
       </c>
       <c r="L322" t="s">
-        <v>3664</v>
+        <v>3670</v>
+      </c>
+      <c r="M322" t="s">
+        <v>1770</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B323" t="s">
-        <v>3665</v>
+        <v>3671</v>
       </c>
       <c r="C323" t="s">
         <v>12</v>
       </c>
       <c r="D323" t="s">
         <v>12</v>
       </c>
       <c r="E323" t="s">
-        <v>3666</v>
+        <v>3672</v>
       </c>
       <c r="F323" t="s">
         <v>12</v>
       </c>
       <c r="G323" t="s">
-        <v>3667</v>
+        <v>3673</v>
       </c>
       <c r="H323" t="s">
-        <v>3668</v>
+        <v>3674</v>
       </c>
       <c r="I323" t="s">
-        <v>3669</v>
+        <v>1180</v>
       </c>
       <c r="J323" t="s">
-        <v>3670</v>
+        <v>2011</v>
       </c>
       <c r="K323" t="s">
-        <v>3671</v>
+        <v>3675</v>
+      </c>
+      <c r="L323" t="s">
+        <v>3676</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="B324" t="s">
-        <v>3672</v>
+        <v>3677</v>
       </c>
       <c r="C324" t="s">
         <v>12</v>
       </c>
       <c r="D324" t="s">
         <v>12</v>
       </c>
       <c r="E324" t="s">
-        <v>3673</v>
+        <v>3678</v>
       </c>
       <c r="F324" t="s">
         <v>12</v>
       </c>
       <c r="G324" t="s">
-        <v>3674</v>
+        <v>3679</v>
       </c>
       <c r="H324" t="s">
-        <v>3675</v>
+        <v>3680</v>
       </c>
       <c r="I324" t="s">
-        <v>3676</v>
+        <v>3681</v>
       </c>
       <c r="J324" t="s">
-        <v>3677</v>
+        <v>3682</v>
       </c>
       <c r="K324" t="s">
-        <v>3678</v>
-[...2 lines deleted...]
-        <v>3679</v>
+        <v>3683</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" t="s">
+        <v>716</v>
+      </c>
+      <c r="B325" t="s">
+        <v>3684</v>
+      </c>
+      <c r="C325" t="s">
+        <v>12</v>
+      </c>
+      <c r="D325" t="s">
+        <v>12</v>
+      </c>
+      <c r="E325" t="s">
+        <v>3685</v>
+      </c>
+      <c r="F325" t="s">
+        <v>12</v>
+      </c>
+      <c r="G325" t="s">
+        <v>3686</v>
+      </c>
+      <c r="H325" t="s">
+        <v>3687</v>
+      </c>
+      <c r="I325" t="s">
+        <v>3688</v>
+      </c>
+      <c r="J325" t="s">
+        <v>3689</v>
+      </c>
+      <c r="K325" t="s">
+        <v>3690</v>
+      </c>
+      <c r="L325" t="s">
+        <v>3691</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>