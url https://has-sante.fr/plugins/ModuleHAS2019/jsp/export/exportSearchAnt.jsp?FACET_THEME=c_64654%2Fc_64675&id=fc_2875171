--- v2 (2026-01-19)
+++ v3 (2026-03-06)
@@ -36,51 +36,51 @@
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
     <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5709" uniqueCount="3702">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5713" uniqueCount="3706">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1109,65 +1109,50 @@
   <si>
     <t>28/01/2019 10:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2900212/fr/atteintes-hepatiques-au-cours-de-la-maladie-de-rendu-osler</t>
   </si>
   <si>
     <t>c_2900212</t>
   </si>
   <si>
     <t>Déficit en G6PD (Glucose-6-Phosphate Deshydrogenase) ou FAVISME</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de déficit en G6PD (Glucose‐6‐Phosphate Déshydrogénase), également appelé favisme.</t>
   </si>
   <si>
     <t>19/10/2017 08:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2800207/fr/deficit-en-g6pd-glucose-6-phosphate-deshydrogenase-ou-favisme</t>
   </si>
   <si>
     <t>c_2800207</t>
   </si>
   <si>
-    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
-[...13 lines deleted...]
-  <si>
     <t>ALD n° 30 - Lymphomes non hodgkiniens de l’adulte</t>
   </si>
   <si>
     <t>28/01/2015 00:00:00</t>
   </si>
   <si>
     <t>22/04/2015 11:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_881776/fr/ald-n-30-lymphomes-non-hodgkiniens-de-l-adulte</t>
   </si>
   <si>
     <t>c_881776</t>
   </si>
   <si>
     <t>ALD n° 30 - Leucémie aiguë de l'adulte</t>
   </si>
   <si>
     <t>22/04/2015 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1216166/fr/ald-n-30-leucemie-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>c_1216166</t>
@@ -1415,50 +1400,65 @@
   <si>
     <t>c_271914</t>
   </si>
   <si>
     <t>Thrombophilie et grossesse - Prévention des risques thrombotiques maternels et placentaires</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury :# 1. Quels sont les facteurs de risque de la maladie thrombo-embolique veineuse maternelle ?# 2. Quels sont les facteurs de risque de pathologie vasculaire placentaire ?# 3. Quels examens complémentaires réaliser, pour quelles patientes ?# 4. Quels sont les moyens thérapeutiques ? Quelles patientes traiter et selon quelles modalités pratiques ? Quelle information donner aux patientes ?#</t>
   </si>
   <si>
     <t>15/04/2003 00:00:00</t>
   </si>
   <si>
     <t>15/04/2003 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272236/fr/thrombophilie-et-grossesse-prevention-des-risques-thrombotiques-maternels-et-placentaires</t>
   </si>
   <si>
     <t>c_272236</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
+    <t>La HAS recommande de ne plus prescrire la vitesse de sédimentation</t>
+  </si>
+  <si>
+    <t>La vitesse de sédimentation (VS) est un marqueur de l’inflammation. L’usage de ce test sanguin est ancien et de moins en moins fréquent. Prescrit majoritairement en médecine générale et en rhumatologie, il représentait en 2023 près de seize millions d’actes remboursés par l’Assurance maladie, pour un montant de douze millions d’euros. La Haute Autorité de santé (HAS) a été saisie par l’Union nationale des caisses d'assurance maladie (UNCAM) afin d’évaluer la pertinence de ce test, dans l’objectif, le cas échéant, d’envisager son déremboursement. Aujourd’hui, considérant ses inconvénients et l’existence d’autres examens plus performants en complément de l’examen clinique, la HAS recommande de ne plus le prescrire.</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738149/fr/la-has-recommande-de-ne-plus-prescrire-la-vitesse-de-sedimentation</t>
+  </si>
+  <si>
+    <t>p_3738149</t>
+  </si>
+  <si>
     <t>La HAS recommande la généralisation du dépistage de la drépanocytose à la naissance</t>
   </si>
   <si>
     <t>La drépanocytose est une maladie héréditaire du sang dont les conséquences peuvent être graves. En France, son dépistage est actuellement réalisé de manière ciblée, chez les nouveau-nés dont les parents ont des origines à risque[1]. Saisie par la Direction générale de la santé, la HAS actualise aujourd’hui son avis sur le dépistage néonatal de la drépanocytose. Sur la base des nouvelles données disponibles, notamment épidémiologiques, elle recommande désormais que celui- ci soit étendu à l’ensemble des nouveau-nés.</t>
   </si>
   <si>
     <t>15/11/2022 10:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3385623/fr/la-has-recommande-la-generalisation-du-depistage-de-la-drepanocytose-a-la-naissance</t>
   </si>
   <si>
     <t>p_3385623</t>
   </si>
   <si>
     <t>CAR-T cells : des médicaments prometteurs, que la HAS réévaluera pour en confirmer le potentiel</t>
   </si>
   <si>
     <t>Parmi les innovations médicales récentes, les CAR-T cells représentent une nouvelle option thérapeutique porteuse d’espoir pour lutter contre certains cancers du sang. Deux d’entre eux, Yescarta et Kymriah, ont obtenu en 2018 une autorisation de mise sur le marché. La HAS a rendu un avis favorable à leur remboursement, souligne l’incertitude quant à l’efficience de ces produits, et reste attentive aux données en vie réelle. En effet, il n’existe pas à ce jour de données d’efficacité et de sécurité à moyen et long terme.</t>
   </si>
   <si>
     <t>27/05/2019 10:46:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2970845/fr/car-t-cells-des-medicaments-prometteurs-que-la-has-reevaluera-pour-en-confirmer-le-potentiel</t>
@@ -1568,50 +1568,53 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_682170/fr/antivitamines-k-prendre-en-charge-le-surdosage-les-hemorragies-et-les-situations-a-risques-d-hemorragies</t>
   </si>
   <si>
     <t>c_682170</t>
   </si>
   <si>
     <t>Prise en charge de la drépanocytose chez l’enfant et l’adolescent</t>
   </si>
   <si>
     <t>01/12/2005 12:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240664/fr/prise-en-charge-de-la-drepanocytose-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_240664</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
   </si>
   <si>
+    <t>La HAS conclut que la vitesse de sédimentation (VS) n’a plus d’utilité en pratique courante. Elle n’est pertinente ni en médecine générale ni dans les maladies inflammatoires évaluées. La VS est jugée peu fiable, peu spécifique et trop lente, alors que des examens plus performants existent, notamment la CRP, à privilégier pour détecter une inflammation. En conséquence, la VS ne devrait plus être prescrite en soin courant.</t>
+  </si>
+  <si>
     <t>13/11/2025 00:00:00</t>
   </si>
   <si>
     <t>17/11/2025 10:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3609754</t>
   </si>
   <si>
     <t>Séquençage haut débit ciblé d’un panel d’altérations moléculaires dans la prise en charge du myélome multiple</t>
   </si>
   <si>
     <t>Séquençage Haut Débit ciblé (ou NGS ciblé ou SHD ciblé) ; panel d’altérations moléculaires, génétique somatique des cancers, hémopathie maligne</t>
   </si>
   <si>
     <t>16/10/2025 00:00:00</t>
   </si>
   <si>
     <t>21/10/2025 17:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701474/fr/sequencage-haut-debit-cible-d-un-panel-d-alterations-moleculaires-dans-la-prise-en-charge-du-myelome-multiple</t>
@@ -2189,50 +2192,146 @@
   <si>
     <t>c_778859</t>
   </si>
   <si>
     <t>Critères d’EPP pour les maladies du sang</t>
   </si>
   <si>
     <t>08/10/2008 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_831700/fr/criteres-d-epp-pour-les-maladies-du-sang</t>
   </si>
   <si>
     <t>c_831700</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>ADZYNMA (ADAMTS13r)</t>
+  </si>
+  <si>
+    <t>12/02/2026 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495308/fr/adzynma-adamts13r</t>
+  </si>
+  <si>
+    <t>p_3495308</t>
+  </si>
+  <si>
+    <t>ADAMTS13r</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495284/fr/adzynma-apadamtase-alfa-purpura-thrombotique-thrombocytopenique-congenital-pttc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576108/fr/adzynma-apadamtase-alfa-purpura-thrombotique-thrombocytopenique-congenital-pttc-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586231/fr/adzynma-adamts13r-purpura-thrombotique-thrombocytopenique-congenital-pttc</t>
+  </si>
+  <si>
+    <t>CALQUENCE (acalabrutinib)</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:59:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265561/fr/calquence-acalabrutinib</t>
+  </si>
+  <si>
+    <t>p_3265561</t>
+  </si>
+  <si>
+    <t>acalabrutinib</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3265516/fr/calquence-acalabrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310174/fr/calquence-100-mg-acalabrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427072/fr/calquence-acalabrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448231/fr/calquence-acalabrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3597238/fr/calquence-acalabrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840713/fr/calquence-acalabrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>BREYANZI (lisocabtagene maraleucel)</t>
+  </si>
+  <si>
+    <t>20/01/2026 12:05:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368515/fr/breyanzi-lisocabtagene-maraleucel</t>
+  </si>
+  <si>
+    <t>p_3368515</t>
+  </si>
+  <si>
+    <t>lisocabtagene maraleucel</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368313/fr/breyanzi-lisocabtagene-maraleucel-liso-cel-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463573/fr/breyanzi-lisocabtagene-maraleucel-lymphome-diffus-a-grandes-cellules-b-ldgcb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463592/fr/breyanzi-lisocabtagene-maraleucel-lymphome-folliculaire-de-grade-3b-lf3b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465836/fr/breyanzi-lisocabtagene-maraleucel-lymphome-diffus-a-grandes-cellules-b-ldgcb-lymphome-de-haut-grade-a-cellules-b-lhgcb-lymphome-mediastinal-primitif-a-grandes-cellules-b-lmpgcb-et-lymphome-folliculaire-de-grade-3b-lf3b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808974/fr/breyanzi-lisocabtagene-maraleucel-lymphome-folliculaire-lf</t>
+  </si>
+  <si>
     <t>ZEMCELPRO (dorocubicel et cellules CD34- non expansées)</t>
   </si>
   <si>
     <t>15/01/2026 08:34:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3809010/fr/zemcelpro-dorocubicel-et-cellules-cd34-non-expansees</t>
   </si>
   <si>
     <t>p_3809010</t>
   </si>
   <si>
     <t>dorocubicel et cellules CD34- non expansées</t>
   </si>
   <si>
     <t>Cordex Biologics International Ltd</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3808999/fr/zemcelpro-dorocubicel-et-cellules-cd34-non-expansees-hemopathies-malignes</t>
   </si>
   <si>
     <t>KEYTRUDA (pembrolizumab)</t>
   </si>
   <si>
     <t>19/12/2025 11:48:38</t>
@@ -2504,53 +2603,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3427083/fr/imbruvica-ibrutinib-leucemie-lymphoide-chronique-llc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3741331/fr/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3761970/fr/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
   </si>
   <si>
     <t>REBLOZYL (luspatercept)</t>
   </si>
   <si>
     <t>01/12/2025 14:42:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3281288/fr/reblozyl-luspatercept</t>
   </si>
   <si>
     <t>p_3281288</t>
   </si>
   <si>
     <t>luspatercept</t>
   </si>
   <si>
-    <t>BRISTOL-MYERS SQUIBB</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3281010/fr/reblozyl-25-luspatercept-ss-thalassemie</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3281443/fr/reblozyl-luspatercept-syndrome-myelodysplasique-smd</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490841/fr/reblozyl-luspatercept-anemie-associee-a-une-beta-thalassemie</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3742011/fr/reblozyl-luspatercept-anemie-due-a-un-syndrome-myelodysplasique</t>
   </si>
   <si>
     <t>ALHEMO (concizumab)</t>
   </si>
   <si>
     <t>01/12/2025 14:29:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3466254/fr/alhemo-concizumab</t>
   </si>
   <si>
     <t>p_3466254</t>
   </si>
   <si>
     <t>concizumab</t>
@@ -2744,53 +2840,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3560827/fr/fabhalta-iptacopan-hemoglobinurie-paroxystique-nocturne-hpn</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689646/fr/fabhalta-iptacopan-glomerulopathie-a-depots-de-c3</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3704152/fr/fabhalta-iptacopan-glomerulopathie-a-depots-de-c3</t>
   </si>
   <si>
     <t>FEIBA (facteurs de coagulation ayant une activité court-circuitant l'inhibiteur du facteur VIII et IX)</t>
   </si>
   <si>
     <t>23/10/2025 16:45:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983172/fr/feiba-facteurs-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteur-du-facteur-viii-et-ix</t>
   </si>
   <si>
     <t>pprd_2983172</t>
   </si>
   <si>
     <t>facteurs de coagulation ayant une activité court-circuitant l'inhibiteur du facteur VIII et IX</t>
   </si>
   <si>
-    <t>TAKEDA FRANCE SAS</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_398933/fr/feiba-500-u/20-ml-poudre-et-solvant-pour-solution-injectable-feiba-1000-u/20-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400783/fr/feiba-facteur-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteu</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2823235/fr/feiba-facteur-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteu</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2863565/fr/feiba-facteur-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteu</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701920/fr/feiba-facteurs-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteur-du-facteur-viii-et-ix-hemophilie-congenitale-et-acquise</t>
   </si>
   <si>
     <t>TECVAYLI (teclistamab)</t>
   </si>
   <si>
     <t>23/10/2025 12:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3369344/fr/tecvayli-teclistamab</t>
   </si>
   <si>
     <t>p_3369344</t>
@@ -3461,83 +3554,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3599704/fr/ferrostrane-nourrissons-feredetate-de-sodium-carence-martiale</t>
   </si>
   <si>
     <t>PHELINUN (melphalan)</t>
   </si>
   <si>
     <t>25/03/2025 13:53:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3599097/fr/phelinun-melphalan</t>
   </si>
   <si>
     <t>p_3599097</t>
   </si>
   <si>
     <t>melphalan</t>
   </si>
   <si>
     <t>ADIENNE S.r.l.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598809/fr/phelinun-melphalan-cancer-et-greffe</t>
   </si>
   <si>
-    <t>CALQUENCE (acalabrutinib)</t>
-[...31 lines deleted...]
-  <si>
     <t>VOYDEYA (danicopan)</t>
   </si>
   <si>
     <t>13/03/2025 15:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3561246/fr/voydeya-danicopan</t>
   </si>
   <si>
     <t>p_3561246</t>
   </si>
   <si>
     <t>danicopan</t>
   </si>
   <si>
     <t>ALEXION PHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3560836/fr/voydeya-danicopan-hemoglobinurie-paroxystique-nocturne-hpn</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482363/fr/danicopan-danicopan-hemoglobinurie-paroxystique-nocturne-hpn</t>
   </si>
   <si>
     <t>TEPADINA (thiotépa)</t>
@@ -3641,137 +3701,119 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3431851/fr/xenpozyme-olipudase-alfa-deficit-en-sphingomyelinase-acide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3456309/fr/xenpozyme-olipudase-alfa-maladie-rare</t>
   </si>
   <si>
     <t>PEPAXTI (melphalan flufénamide)</t>
   </si>
   <si>
     <t>19/02/2025 17:00:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591422/fr/pepaxti-melphalan-flufenamide</t>
   </si>
   <si>
     <t>p_3591422</t>
   </si>
   <si>
     <t>melphalan flufénamide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3590642/fr/pepaxti-melphalan-flufenamide-myelome-multiple</t>
   </si>
   <si>
-    <t>ADZYNMA (ADAMTS13r)</t>
-[...22 lines deleted...]
-  <si>
     <t>TECARTUS (brexucabtagene autoleucel (cellules autologues CD3+ transduites anti-CD19))</t>
   </si>
   <si>
     <t>09/01/2025 09:28:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3266354/fr/tecartus-brexucabtagene-autoleucel-cellules-autologues-cd3-transduites-anti-cd19</t>
   </si>
   <si>
     <t>p_3266354</t>
   </si>
   <si>
     <t>brexucabtagene autoleucel (cellules autologues CD3+ transduites anti-CD19)</t>
   </si>
   <si>
     <t>GILEAD SCIENCES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3265892/fr/tecartus-cellules-autologues-cd3-transduites-anti-cd19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3403423/fr/tecartus-brexucabtagene-autoleucel-leucemie-aigue-lymphoblastique-b</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3419164/fr/tecartus-brexucabtagene-autoleucel-cellules-auto-logues-cd3-transduites-anti-cd19-leucemie-aigue-lymphoblastique-lal</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3483642/fr/tecartus-brexucabtagene-autoleucel-leucemie-aigue-lymphoblastique-b</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3575020/fr/tecartus-brexucabtagene-autoleucel-lymphome-a-cellules-du-manteau-lcm</t>
   </si>
   <si>
     <t>CASGEVY (exagamglogene autotemcel)</t>
   </si>
   <si>
-    <t>20/12/2024 13:35:00</t>
+    <t>29/11/2024 10:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490709/fr/casgevy-exagamglogene-autotemcel</t>
   </si>
   <si>
     <t>p_3490709</t>
   </si>
   <si>
     <t>exagamglogene autotemcel</t>
   </si>
   <si>
     <t>VERTEX PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490695/fr/casgevy-exagamglogene-autotemcel-thalassemie-dependante-des-transfusions-tdt</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534430/fr/casgevy-exagamglogene-autotemcel-drepanocytose-severe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3541918/fr/casgevy-exagamglogene-autotemcel-drepanocytose-severe-chez-les-patients-ages-de-plus-de-12-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545557/fr/casgevy-exagamglogene-autotemcel-ss-thalassemie-dependante-des-transfusions-tdt</t>
   </si>
   <si>
+    <t>https://www.has-sante.fr/jcms/p_3864273/fr/casgevy-exagamglogene-autotemcel-drepanocytose-severe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3864275/fr/casgevy-exagamglogene-autotemcel-thalassemie-dependante-des-transfusions-tdt</t>
+  </si>
+  <si>
     <t>RAPAMUNE (sirolimus)</t>
   </si>
   <si>
     <t>21/11/2024 15:29:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982784/fr/rapamune-sirolimus</t>
   </si>
   <si>
     <t>pprd_2982784</t>
   </si>
   <si>
     <t>sirolimus</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399282/fr/rapamune-1-mg/ml-solution-buvable-flacon-de-60-ml-avec-30-seringues-pour-administration-orale-rapamune-1-mg/1-ml-solution-buvable-sachet-b/30-rapamune-2-mg/2-ml-solution-buvable-sachet-b/30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399860/fr/rapamune-2-mg-comprime-enrobe-boite-de-30-comprimes</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400336/fr/rapamune-1-mg-comprime-enrobe-boite-de-30-code-cip-359-530-1-rapamune-2-mg-comprime-enrobe-boite-de-30-code-cip-361-568-2-rapamune-1-mg/ml-solution-buvable-flacon-60-ml-code-cip-356-884-7</t>
@@ -4854,80 +4896,50 @@
     <t>https://www.has-sante.fr/jcms/p_3451606/fr/kymriah-tisagenlecleucel-lymphome-folliculaire</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3467532/fr/kymriah-tisagenlecleucel-lymphome-diffus-a-grande-cellules-b-ldgcb</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3467523/fr/kymriah-tisagenlecleucel-leucemie-aigue-lymphoblastique-lal-a-cellules-b-refractaire</t>
   </si>
   <si>
     <t>OLUTASIDENIB PHARMA BLUE</t>
   </si>
   <si>
     <t>18/10/2023 14:51:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3468448/fr/olutasidenib-pharma-blue</t>
   </si>
   <si>
     <t>p_3468448</t>
   </si>
   <si>
     <t>olutasidenib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3468410/fr/olutasidenib-pharma-blue-leucemie-aigue-myeloide</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3465836/fr/breyanzi-lisocabtagene-maraleucel-lymphome-diffus-a-grandes-cellules-b-ldgcb-lymphome-de-haut-grade-a-cellules-b-lhgcb-lymphome-mediastinal-primitif-a-grandes-cellules-b-lmpgcb-et-lymphome-folliculaire-de-grade-3b-lf3b</t>
   </si>
   <si>
     <t>HEMGENIX (etranacogene dezaparvovec)</t>
   </si>
   <si>
     <t>08/09/2023 11:19:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3444035/fr/hemgenix-etranacogene-dezaparvovec</t>
   </si>
   <si>
     <t>p_3444035</t>
   </si>
   <si>
     <t>etranacogene dezaparvovec</t>
   </si>
   <si>
     <t>CSL BEHRING</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3444027/fr/hemgenix-etranacogene-dezaparvovec-hemophilie-b</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3460133/fr/hemgenix-etranacogene-dezaparvovec-hemophilie-b</t>
   </si>
@@ -12232,109 +12244,109 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>3692</v>
+        <v>3696</v>
       </c>
       <c r="B2" t="s">
-        <v>3693</v>
+        <v>3697</v>
       </c>
       <c r="C2" t="s">
-        <v>3694</v>
+        <v>3698</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>3695</v>
+        <v>3699</v>
       </c>
       <c r="H2" t="s">
-        <v>3696</v>
+        <v>3700</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>3692</v>
+        <v>3696</v>
       </c>
       <c r="B3" t="s">
-        <v>3697</v>
+        <v>3701</v>
       </c>
       <c r="C3" t="s">
-        <v>3698</v>
+        <v>3702</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>3699</v>
+        <v>3703</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>3700</v>
+        <v>3704</v>
       </c>
       <c r="H3" t="s">
-        <v>3701</v>
+        <v>3705</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H46"/>
+  <dimension ref="A1:H45"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -13240,181 +13252,181 @@
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
         <v>354</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
         <v>355</v>
       </c>
       <c r="H36" t="s">
         <v>356</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>181</v>
       </c>
       <c r="B37" t="s">
         <v>357</v>
       </c>
       <c r="C37" t="s">
+        <v>198</v>
+      </c>
+      <c r="D37" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E37" t="s">
         <v>359</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
         <v>360</v>
       </c>
       <c r="H37" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>181</v>
       </c>
       <c r="B38" t="s">
         <v>362</v>
       </c>
       <c r="C38" t="s">
         <v>198</v>
       </c>
       <c r="D38" t="s">
+        <v>358</v>
+      </c>
+      <c r="E38" t="s">
         <v>363</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
         <v>364</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>181</v>
       </c>
       <c r="B39" t="s">
-        <v>367</v>
+        <v>366</v>
       </c>
       <c r="C39" t="s">
         <v>198</v>
       </c>
       <c r="D39" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="E39" t="s">
         <v>368</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
         <v>369</v>
       </c>
       <c r="H39" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>181</v>
       </c>
       <c r="B40" t="s">
         <v>371</v>
       </c>
       <c r="C40" t="s">
-        <v>198</v>
+        <v>372</v>
       </c>
       <c r="D40" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E40" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H40" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>181</v>
       </c>
       <c r="B41" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C41" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D41" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E41" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H41" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>181</v>
       </c>
       <c r="B42" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C42" t="s">
-        <v>383</v>
+        <v>198</v>
       </c>
       <c r="D42" t="s">
         <v>384</v>
       </c>
       <c r="E42" t="s">
         <v>385</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
         <v>386</v>
       </c>
       <c r="H42" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>181</v>
       </c>
       <c r="B43" t="s">
         <v>388</v>
       </c>
       <c r="C43" t="s">
@@ -13422,665 +13434,665 @@
       </c>
       <c r="D43" t="s">
         <v>389</v>
       </c>
       <c r="E43" t="s">
         <v>390</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
         <v>391</v>
       </c>
       <c r="H43" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>181</v>
       </c>
       <c r="B44" t="s">
         <v>393</v>
       </c>
       <c r="C44" t="s">
-        <v>198</v>
+        <v>394</v>
       </c>
       <c r="D44" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="E44" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="H44" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>181</v>
       </c>
       <c r="B45" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C45" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D45" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="E45" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="H45" t="s">
-        <v>403</v>
-[...6 lines deleted...]
-      <c r="B46" t="s">
         <v>404</v>
-      </c>
-[...16 lines deleted...]
-        <v>409</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>405</v>
+      </c>
+      <c r="B2" t="s">
+        <v>406</v>
+      </c>
+      <c r="C2" t="s">
+        <v>407</v>
+      </c>
+      <c r="D2" t="s">
+        <v>408</v>
+      </c>
+      <c r="E2" t="s">
+        <v>409</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>410</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>411</v>
-      </c>
-[...16 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="B3" t="s">
+        <v>412</v>
+      </c>
+      <c r="C3" t="s">
+        <v>413</v>
+      </c>
+      <c r="D3" t="s">
+        <v>414</v>
+      </c>
+      <c r="E3" t="s">
+        <v>415</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>416</v>
+      </c>
+      <c r="H3" t="s">
         <v>417</v>
-      </c>
-[...16 lines deleted...]
-        <v>422</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="B4" t="s">
+        <v>418</v>
+      </c>
+      <c r="C4" t="s">
+        <v>419</v>
+      </c>
+      <c r="D4" t="s">
+        <v>420</v>
+      </c>
+      <c r="E4" t="s">
+        <v>421</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>422</v>
+      </c>
+      <c r="H4" t="s">
         <v>423</v>
-      </c>
-[...16 lines deleted...]
-        <v>428</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="B5" t="s">
+        <v>424</v>
+      </c>
+      <c r="C5" t="s">
+        <v>425</v>
+      </c>
+      <c r="D5" t="s">
+        <v>426</v>
+      </c>
+      <c r="E5" t="s">
+        <v>427</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>428</v>
+      </c>
+      <c r="H5" t="s">
         <v>429</v>
-      </c>
-[...16 lines deleted...]
-        <v>434</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="B6" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="C6" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="D6" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="E6" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="H6" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="B7" t="s">
+        <v>435</v>
+      </c>
+      <c r="C7" t="s">
+        <v>436</v>
+      </c>
+      <c r="D7" t="s">
+        <v>437</v>
+      </c>
+      <c r="E7" t="s">
+        <v>438</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>439</v>
+      </c>
+      <c r="H7" t="s">
         <v>440</v>
-      </c>
-[...16 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="B8" t="s">
+        <v>441</v>
+      </c>
+      <c r="C8" t="s">
+        <v>442</v>
+      </c>
+      <c r="D8" t="s">
+        <v>443</v>
+      </c>
+      <c r="E8" t="s">
+        <v>444</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>445</v>
+      </c>
+      <c r="H8" t="s">
         <v>446</v>
-      </c>
-[...16 lines deleted...]
-        <v>451</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="B9" t="s">
+        <v>447</v>
+      </c>
+      <c r="C9" t="s">
+        <v>448</v>
+      </c>
+      <c r="D9" t="s">
+        <v>449</v>
+      </c>
+      <c r="E9" t="s">
+        <v>450</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>451</v>
+      </c>
+      <c r="H9" t="s">
         <v>452</v>
-      </c>
-[...16 lines deleted...]
-        <v>457</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>453</v>
+      </c>
+      <c r="B2" t="s">
+        <v>454</v>
+      </c>
+      <c r="C2" t="s">
+        <v>455</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>456</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>457</v>
+      </c>
+      <c r="H2" t="s">
         <v>458</v>
-      </c>
-[...19 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B3" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="C3" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="H3" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B4" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="C4" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
       <c r="H4" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B5" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="C5" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="H5" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B6" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="C6" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="H6" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B7" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="C7" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="H7" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B8" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="C8" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
       <c r="H8" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B9" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="C9" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="H9" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B10" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="C10" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="H10" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="B11" t="s">
+        <v>499</v>
+      </c>
+      <c r="C11" t="s">
+        <v>500</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>501</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>502</v>
+      </c>
+      <c r="H11" t="s">
+        <v>503</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>453</v>
+      </c>
+      <c r="B12" t="s">
         <v>504</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
         <v>505</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
         <v>506</v>
       </c>
-      <c r="H11" t="s">
+      <c r="H12" t="s">
         <v>507</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -14088,4258 +14100,4258 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>508</v>
       </c>
       <c r="B2" t="s">
         <v>509</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>510</v>
       </c>
       <c r="D2" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="E2" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="H2" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>508</v>
       </c>
       <c r="B3" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C3" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D3" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="E3" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="H3" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>508</v>
       </c>
       <c r="B4" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="C4" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="D4" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="E4" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="H4" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>508</v>
       </c>
       <c r="B5" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C5" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D5" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="E5" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H5" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>508</v>
       </c>
       <c r="B6" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="C6" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="D6" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="E6" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="H6" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>508</v>
       </c>
       <c r="B7" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="C7" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="D7" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="E7" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="H7" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>508</v>
       </c>
       <c r="B8" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="C8" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D8" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="E8" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="H8" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>508</v>
       </c>
       <c r="B9" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="C9" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="D9" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="E9" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="H9" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>508</v>
       </c>
       <c r="B10" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="C10" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="D10" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="E10" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="H10" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>508</v>
       </c>
       <c r="B11" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C11" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="H11" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>508</v>
       </c>
       <c r="B12" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C12" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D12" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="E12" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H12" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>508</v>
       </c>
       <c r="B13" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="C13" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="D13" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="E13" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="H13" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>508</v>
       </c>
       <c r="B14" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C14" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="D14" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="E14" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="H14" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>508</v>
       </c>
       <c r="B15" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="C15" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="D15" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="E15" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="H15" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>508</v>
       </c>
       <c r="B16" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C16" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D16" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="E16" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="H16" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>508</v>
       </c>
       <c r="B17" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="C17" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="D17" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="E17" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="H17" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>508</v>
       </c>
       <c r="B18" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C18" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="D18" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="E18" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="H18" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>508</v>
       </c>
       <c r="B19" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C19" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D19" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="E19" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="H19" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>508</v>
       </c>
       <c r="B20" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="C20" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="D20" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="E20" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="H20" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>508</v>
       </c>
       <c r="B21" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C21" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="D21" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="E21" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="H21" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>508</v>
       </c>
       <c r="B22" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C22" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D22" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="E22" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="H22" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>508</v>
       </c>
       <c r="B23" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C23" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H23" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>508</v>
       </c>
       <c r="B24" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C24" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="D24" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="E24" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="H24" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>508</v>
       </c>
       <c r="B25" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="C25" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="D25" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="E25" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="H25" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>508</v>
       </c>
       <c r="B26" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="C26" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="D26" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="E26" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="H26" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B2" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C2" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="D2" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="E2" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="H2" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B3" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C3" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="D3" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="E3" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="H3" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B4" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="C4" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="D4" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
       <c r="E4" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="H4" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B5" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C5" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="D5" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
       <c r="E5" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="H5" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B6" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C6" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D6" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="E6" t="s">
         <v>461</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="H6" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B2" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C2" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="D2" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="E2" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="H2" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="B3" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C3" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="H3" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B2" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C2" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="H2" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B3" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C3" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="H3" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B4" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="H4" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B5" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="H5" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BP325"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B2" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="H2" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="I2" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="J2" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="K2" t="s">
-        <v>723</v>
+        <v>724</v>
+      </c>
+      <c r="L2" t="s">
+        <v>725</v>
+      </c>
+      <c r="M2" t="s">
+        <v>726</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B3" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="H3" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="I3" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="J3" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="K3" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="L3" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="M3" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
       <c r="N3" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="O3" t="s">
-        <v>734</v>
+        <v>736</v>
       </c>
       <c r="P3" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="Q3" t="s">
-        <v>736</v>
-[...4 lines deleted...]
-      <c r="S3" t="s">
         <v>738</v>
-      </c>
-[...145 lines deleted...]
-        <v>787</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B4" t="s">
-        <v>788</v>
+        <v>739</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>789</v>
+        <v>740</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>790</v>
+        <v>741</v>
       </c>
       <c r="H4" t="s">
-        <v>791</v>
+        <v>742</v>
       </c>
       <c r="I4" t="s">
-        <v>792</v>
+        <v>743</v>
       </c>
       <c r="J4" t="s">
-        <v>793</v>
+        <v>744</v>
       </c>
       <c r="K4" t="s">
-        <v>794</v>
+        <v>745</v>
       </c>
       <c r="L4" t="s">
-        <v>795</v>
+        <v>746</v>
       </c>
       <c r="M4" t="s">
-        <v>796</v>
+        <v>747</v>
+      </c>
+      <c r="N4" t="s">
+        <v>748</v>
+      </c>
+      <c r="O4" t="s">
+        <v>749</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B5" t="s">
-        <v>797</v>
+        <v>750</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>798</v>
+        <v>751</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>799</v>
+        <v>752</v>
       </c>
       <c r="H5" t="s">
-        <v>800</v>
+        <v>753</v>
       </c>
       <c r="I5" t="s">
-        <v>801</v>
+        <v>754</v>
       </c>
       <c r="J5" t="s">
-        <v>802</v>
+        <v>755</v>
       </c>
       <c r="K5" t="s">
-        <v>803</v>
-[...38 lines deleted...]
-        <v>816</v>
+        <v>756</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B6" t="s">
+        <v>757</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>758</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>759</v>
+      </c>
+      <c r="H6" t="s">
+        <v>760</v>
+      </c>
+      <c r="I6" t="s">
+        <v>761</v>
+      </c>
+      <c r="J6" t="s">
+        <v>762</v>
+      </c>
+      <c r="K6" t="s">
+        <v>763</v>
+      </c>
+      <c r="L6" t="s">
+        <v>764</v>
+      </c>
+      <c r="M6" t="s">
+        <v>765</v>
+      </c>
+      <c r="N6" t="s">
+        <v>766</v>
+      </c>
+      <c r="O6" t="s">
+        <v>767</v>
+      </c>
+      <c r="P6" t="s">
+        <v>768</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>769</v>
+      </c>
+      <c r="R6" t="s">
+        <v>770</v>
+      </c>
+      <c r="S6" t="s">
+        <v>771</v>
+      </c>
+      <c r="T6" t="s">
+        <v>772</v>
+      </c>
+      <c r="U6" t="s">
+        <v>773</v>
+      </c>
+      <c r="V6" t="s">
+        <v>774</v>
+      </c>
+      <c r="W6" t="s">
+        <v>775</v>
+      </c>
+      <c r="X6" t="s">
+        <v>776</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>777</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>778</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>779</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>780</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>781</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>782</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>783</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>784</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>785</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>786</v>
+      </c>
+      <c r="AI6" t="s">
+        <v>787</v>
+      </c>
+      <c r="AJ6" t="s">
+        <v>788</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>789</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>790</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>791</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>792</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>793</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>794</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>795</v>
+      </c>
+      <c r="AR6" t="s">
+        <v>796</v>
+      </c>
+      <c r="AS6" t="s">
+        <v>797</v>
+      </c>
+      <c r="AT6" t="s">
+        <v>798</v>
+      </c>
+      <c r="AU6" t="s">
+        <v>799</v>
+      </c>
+      <c r="AV6" t="s">
+        <v>800</v>
+      </c>
+      <c r="AW6" t="s">
+        <v>801</v>
+      </c>
+      <c r="AX6" t="s">
+        <v>802</v>
+      </c>
+      <c r="AY6" t="s">
+        <v>803</v>
+      </c>
+      <c r="AZ6" t="s">
+        <v>804</v>
+      </c>
+      <c r="BA6" t="s">
+        <v>805</v>
+      </c>
+      <c r="BB6" t="s">
+        <v>806</v>
+      </c>
+      <c r="BC6" t="s">
+        <v>807</v>
+      </c>
+      <c r="BD6" t="s">
+        <v>808</v>
+      </c>
+      <c r="BE6" t="s">
+        <v>809</v>
+      </c>
+      <c r="BF6" t="s">
+        <v>810</v>
+      </c>
+      <c r="BG6" t="s">
+        <v>811</v>
+      </c>
+      <c r="BH6" t="s">
+        <v>812</v>
+      </c>
+      <c r="BI6" t="s">
+        <v>813</v>
+      </c>
+      <c r="BJ6" t="s">
+        <v>814</v>
+      </c>
+      <c r="BK6" t="s">
+        <v>815</v>
+      </c>
+      <c r="BL6" t="s">
+        <v>816</v>
+      </c>
+      <c r="BM6" t="s">
         <v>817</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="BN6" t="s">
         <v>818</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="BO6" t="s">
         <v>819</v>
       </c>
-      <c r="H6" t="s">
+      <c r="BP6" t="s">
         <v>820</v>
-      </c>
-[...16 lines deleted...]
-        <v>826</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B7" t="s">
+        <v>821</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>822</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>823</v>
+      </c>
+      <c r="H7" t="s">
+        <v>824</v>
+      </c>
+      <c r="I7" t="s">
+        <v>825</v>
+      </c>
+      <c r="J7" t="s">
+        <v>826</v>
+      </c>
+      <c r="K7" t="s">
         <v>827</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="L7" t="s">
         <v>828</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="M7" t="s">
         <v>829</v>
-      </c>
-[...19 lines deleted...]
-        <v>836</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B8" t="s">
+        <v>830</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>831</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>832</v>
+      </c>
+      <c r="H8" t="s">
+        <v>833</v>
+      </c>
+      <c r="I8" t="s">
+        <v>834</v>
+      </c>
+      <c r="J8" t="s">
+        <v>835</v>
+      </c>
+      <c r="K8" t="s">
+        <v>836</v>
+      </c>
+      <c r="L8" t="s">
         <v>837</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="M8" t="s">
         <v>838</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="N8" t="s">
         <v>839</v>
       </c>
-      <c r="H8" t="s">
+      <c r="O8" t="s">
         <v>840</v>
       </c>
-      <c r="I8" t="s">
+      <c r="P8" t="s">
         <v>841</v>
       </c>
-      <c r="J8" t="s">
-[...2 lines deleted...]
-      <c r="K8" t="s">
+      <c r="Q8" t="s">
         <v>842</v>
       </c>
-      <c r="L8" t="s">
+      <c r="R8" t="s">
         <v>843</v>
       </c>
-      <c r="M8" t="s">
+      <c r="S8" t="s">
         <v>844</v>
       </c>
-      <c r="N8" t="s">
+      <c r="T8" t="s">
         <v>845</v>
       </c>
-      <c r="O8" t="s">
+      <c r="U8" t="s">
         <v>846</v>
       </c>
-      <c r="P8" t="s">
+      <c r="V8" t="s">
         <v>847</v>
       </c>
-      <c r="Q8" t="s">
+      <c r="W8" t="s">
         <v>848</v>
       </c>
-      <c r="R8" t="s">
+      <c r="X8" t="s">
         <v>849</v>
-      </c>
-[...10 lines deleted...]
-        <v>853</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B9" t="s">
+        <v>850</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>851</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>852</v>
+      </c>
+      <c r="H9" t="s">
+        <v>853</v>
+      </c>
+      <c r="I9" t="s">
         <v>854</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="J9" t="s">
+        <v>744</v>
+      </c>
+      <c r="K9" t="s">
         <v>855</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="L9" t="s">
         <v>856</v>
       </c>
-      <c r="H9" t="s">
+      <c r="M9" t="s">
         <v>857</v>
       </c>
-      <c r="I9" t="s">
+      <c r="N9" t="s">
         <v>858</v>
-      </c>
-[...52 lines deleted...]
-        <v>876</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B10" t="s">
-        <v>877</v>
+        <v>859</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>878</v>
+        <v>860</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>879</v>
+        <v>861</v>
       </c>
       <c r="H10" t="s">
-        <v>880</v>
+        <v>862</v>
       </c>
       <c r="I10" t="s">
-        <v>881</v>
+        <v>863</v>
       </c>
       <c r="J10" t="s">
-        <v>882</v>
+        <v>864</v>
       </c>
       <c r="K10" t="s">
-        <v>883</v>
+        <v>865</v>
       </c>
       <c r="L10" t="s">
-        <v>884</v>
+        <v>866</v>
       </c>
       <c r="M10" t="s">
-        <v>885</v>
+        <v>867</v>
       </c>
       <c r="N10" t="s">
-        <v>886</v>
+        <v>868</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B11" t="s">
-        <v>887</v>
+        <v>869</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>888</v>
+        <v>870</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>889</v>
+        <v>871</v>
       </c>
       <c r="H11" t="s">
-        <v>890</v>
+        <v>872</v>
       </c>
       <c r="I11" t="s">
-        <v>891</v>
+        <v>873</v>
       </c>
       <c r="J11" t="s">
-        <v>892</v>
+        <v>835</v>
       </c>
       <c r="K11" t="s">
-        <v>893</v>
+        <v>874</v>
       </c>
       <c r="L11" t="s">
-        <v>894</v>
+        <v>875</v>
       </c>
       <c r="M11" t="s">
-        <v>895</v>
+        <v>876</v>
       </c>
       <c r="N11" t="s">
-        <v>896</v>
+        <v>877</v>
+      </c>
+      <c r="O11" t="s">
+        <v>878</v>
+      </c>
+      <c r="P11" t="s">
+        <v>879</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>880</v>
+      </c>
+      <c r="R11" t="s">
+        <v>881</v>
+      </c>
+      <c r="S11" t="s">
+        <v>882</v>
+      </c>
+      <c r="T11" t="s">
+        <v>883</v>
+      </c>
+      <c r="U11" t="s">
+        <v>884</v>
+      </c>
+      <c r="V11" t="s">
+        <v>885</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B12" t="s">
+        <v>886</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>887</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>888</v>
+      </c>
+      <c r="H12" t="s">
+        <v>889</v>
+      </c>
+      <c r="I12" t="s">
+        <v>890</v>
+      </c>
+      <c r="J12" t="s">
+        <v>891</v>
+      </c>
+      <c r="K12" t="s">
+        <v>892</v>
+      </c>
+      <c r="L12" t="s">
+        <v>893</v>
+      </c>
+      <c r="M12" t="s">
+        <v>894</v>
+      </c>
+      <c r="N12" t="s">
+        <v>895</v>
+      </c>
+      <c r="O12" t="s">
+        <v>896</v>
+      </c>
+      <c r="P12" t="s">
         <v>897</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="Q12" t="s">
         <v>898</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="R12" t="s">
         <v>899</v>
       </c>
-      <c r="H12" t="s">
+      <c r="S12" t="s">
         <v>900</v>
       </c>
-      <c r="I12" t="s">
+      <c r="T12" t="s">
         <v>901</v>
       </c>
-      <c r="J12" t="s">
+      <c r="U12" t="s">
         <v>902</v>
       </c>
-      <c r="K12" t="s">
+      <c r="V12" t="s">
         <v>903</v>
       </c>
-      <c r="L12" t="s">
+      <c r="W12" t="s">
         <v>904</v>
       </c>
-      <c r="M12" t="s">
+      <c r="X12" t="s">
         <v>905</v>
       </c>
-      <c r="N12" t="s">
+      <c r="Y12" t="s">
         <v>906</v>
       </c>
-      <c r="O12" t="s">
+      <c r="Z12" t="s">
         <v>907</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>908</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B13" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="H13" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="I13" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
       <c r="J13" t="s">
-        <v>802</v>
+        <v>914</v>
       </c>
       <c r="K13" t="s">
-        <v>913</v>
+        <v>915</v>
       </c>
       <c r="L13" t="s">
-        <v>914</v>
+        <v>916</v>
       </c>
       <c r="M13" t="s">
-        <v>915</v>
+        <v>917</v>
       </c>
       <c r="N13" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B14" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="H14" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="I14" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="J14" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="K14" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="L14" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="M14" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="N14" t="s">
-        <v>927</v>
-[...1 lines deleted...]
-      <c r="O14" t="s">
         <v>928</v>
-      </c>
-[...1 lines deleted...]
-        <v>929</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B15" t="s">
+        <v>929</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
         <v>930</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
         <v>931</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>932</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>933</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
+        <v>723</v>
+      </c>
+      <c r="K15" t="s">
         <v>934</v>
       </c>
-      <c r="J15" t="s">
+      <c r="L15" t="s">
         <v>935</v>
       </c>
-      <c r="K15" t="s">
+      <c r="M15" t="s">
         <v>936</v>
       </c>
-      <c r="L15" t="s">
+      <c r="N15" t="s">
         <v>937</v>
       </c>
-      <c r="M15" t="s">
+      <c r="O15" t="s">
         <v>938</v>
-      </c>
-[...10 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B16" t="s">
+        <v>939</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>940</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>941</v>
+      </c>
+      <c r="H16" t="s">
+        <v>942</v>
+      </c>
+      <c r="I16" t="s">
         <v>943</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="J16" t="s">
+        <v>835</v>
+      </c>
+      <c r="K16" t="s">
         <v>944</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="L16" t="s">
         <v>945</v>
       </c>
-      <c r="H16" t="s">
+      <c r="M16" t="s">
         <v>946</v>
       </c>
-      <c r="I16" t="s">
+      <c r="N16" t="s">
         <v>947</v>
       </c>
-      <c r="J16" t="s">
-[...2 lines deleted...]
-      <c r="K16" t="s">
+      <c r="O16" t="s">
         <v>948</v>
-      </c>
-[...1 lines deleted...]
-        <v>949</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B17" t="s">
+        <v>949</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
         <v>950</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
         <v>951</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>952</v>
       </c>
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>953</v>
       </c>
-      <c r="I17" t="s">
+      <c r="J17" t="s">
         <v>954</v>
       </c>
-      <c r="J17" t="s">
+      <c r="K17" t="s">
         <v>955</v>
       </c>
-      <c r="K17" t="s">
+      <c r="L17" t="s">
         <v>956</v>
       </c>
-      <c r="L17" t="s">
+      <c r="M17" t="s">
         <v>957</v>
       </c>
-      <c r="M17" t="s">
+      <c r="N17" t="s">
         <v>958</v>
       </c>
-      <c r="N17" t="s">
+      <c r="O17" t="s">
         <v>959</v>
       </c>
-      <c r="O17" t="s">
+      <c r="P17" t="s">
         <v>960</v>
-      </c>
-[...16 lines deleted...]
-        <v>966</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B18" t="s">
+        <v>961</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>962</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>963</v>
+      </c>
+      <c r="H18" t="s">
+        <v>964</v>
+      </c>
+      <c r="I18" t="s">
+        <v>965</v>
+      </c>
+      <c r="J18" t="s">
+        <v>966</v>
+      </c>
+      <c r="K18" t="s">
         <v>967</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="L18" t="s">
         <v>968</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="M18" t="s">
         <v>969</v>
       </c>
-      <c r="H18" t="s">
+      <c r="N18" t="s">
         <v>970</v>
       </c>
-      <c r="I18" t="s">
+      <c r="O18" t="s">
         <v>971</v>
       </c>
-      <c r="J18" t="s">
+      <c r="P18" t="s">
         <v>972</v>
       </c>
-      <c r="K18" t="s">
+      <c r="Q18" t="s">
         <v>973</v>
-      </c>
-[...1 lines deleted...]
-        <v>974</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B19" t="s">
+        <v>974</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
         <v>975</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
         <v>976</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>977</v>
       </c>
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>978</v>
       </c>
-      <c r="I19" t="s">
+      <c r="J19" t="s">
+        <v>723</v>
+      </c>
+      <c r="K19" t="s">
         <v>979</v>
       </c>
-      <c r="J19" t="s">
+      <c r="L19" t="s">
         <v>980</v>
-      </c>
-[...10 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B20" t="s">
+        <v>981</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>982</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>983</v>
+      </c>
+      <c r="H20" t="s">
+        <v>984</v>
+      </c>
+      <c r="I20" t="s">
         <v>985</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="J20" t="s">
         <v>986</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="K20" t="s">
         <v>987</v>
       </c>
-      <c r="H20" t="s">
+      <c r="L20" t="s">
         <v>988</v>
       </c>
-      <c r="I20" t="s">
+      <c r="M20" t="s">
         <v>989</v>
       </c>
-      <c r="J20" t="s">
-[...2 lines deleted...]
-      <c r="K20" t="s">
+      <c r="N20" t="s">
         <v>990</v>
       </c>
-      <c r="L20" t="s">
+      <c r="O20" t="s">
         <v>991</v>
       </c>
-      <c r="M20" t="s">
+      <c r="P20" t="s">
         <v>992</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>993</v>
+      </c>
+      <c r="R20" t="s">
+        <v>994</v>
+      </c>
+      <c r="S20" t="s">
+        <v>995</v>
+      </c>
+      <c r="T20" t="s">
+        <v>996</v>
+      </c>
+      <c r="U20" t="s">
+        <v>997</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B21" t="s">
-        <v>993</v>
+        <v>998</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>994</v>
+        <v>999</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>995</v>
+        <v>1000</v>
       </c>
       <c r="H21" t="s">
-        <v>996</v>
+        <v>1001</v>
       </c>
       <c r="I21" t="s">
-        <v>997</v>
+        <v>1002</v>
       </c>
       <c r="J21" t="s">
-        <v>998</v>
+        <v>1003</v>
       </c>
       <c r="K21" t="s">
-        <v>999</v>
+        <v>1004</v>
       </c>
       <c r="L21" t="s">
-        <v>1000</v>
-[...5 lines deleted...]
-        <v>1002</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B22" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
       <c r="H22" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="I22" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="J22" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="K22" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="L22" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="M22" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
       <c r="N22" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B23" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="H23" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="I23" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="J23" t="s">
-        <v>1018</v>
+        <v>835</v>
       </c>
       <c r="K23" t="s">
-        <v>1019</v>
+        <v>1021</v>
       </c>
       <c r="L23" t="s">
-        <v>1020</v>
+        <v>1022</v>
       </c>
       <c r="M23" t="s">
-        <v>1021</v>
-[...4 lines deleted...]
-      <c r="O23" t="s">
         <v>1023</v>
-      </c>
-[...16 lines deleted...]
-        <v>1029</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B24" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1027</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1028</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1029</v>
+      </c>
+      <c r="K24" t="s">
         <v>1030</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="L24" t="s">
         <v>1031</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="M24" t="s">
         <v>1032</v>
       </c>
-      <c r="H24" t="s">
+      <c r="N24" t="s">
         <v>1033</v>
-      </c>
-[...43 lines deleted...]
-        <v>1048</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B25" t="s">
-        <v>1049</v>
+        <v>1034</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>1050</v>
+        <v>1035</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>1051</v>
+        <v>1036</v>
       </c>
       <c r="H25" t="s">
-        <v>1052</v>
+        <v>1037</v>
       </c>
       <c r="I25" t="s">
-        <v>1053</v>
+        <v>1038</v>
       </c>
       <c r="J25" t="s">
-        <v>1054</v>
+        <v>1039</v>
       </c>
       <c r="K25" t="s">
-        <v>1055</v>
+        <v>1040</v>
       </c>
       <c r="L25" t="s">
-        <v>1056</v>
+        <v>1041</v>
       </c>
       <c r="M25" t="s">
-        <v>1057</v>
+        <v>1042</v>
       </c>
       <c r="N25" t="s">
-        <v>1058</v>
-[...5 lines deleted...]
-        <v>1060</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B26" t="s">
-        <v>1061</v>
+        <v>1044</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>1062</v>
+        <v>1045</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>1063</v>
+        <v>1046</v>
       </c>
       <c r="H26" t="s">
-        <v>1064</v>
+        <v>1047</v>
       </c>
       <c r="I26" t="s">
-        <v>1065</v>
+        <v>1048</v>
       </c>
       <c r="J26" t="s">
-        <v>1066</v>
+        <v>1049</v>
       </c>
       <c r="K26" t="s">
-        <v>1067</v>
+        <v>1050</v>
       </c>
       <c r="L26" t="s">
-        <v>1068</v>
+        <v>1051</v>
       </c>
       <c r="M26" t="s">
-        <v>1069</v>
+        <v>1052</v>
       </c>
       <c r="N26" t="s">
-        <v>1070</v>
+        <v>1053</v>
       </c>
       <c r="O26" t="s">
-        <v>1071</v>
+        <v>1054</v>
+      </c>
+      <c r="P26" t="s">
+        <v>1055</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1056</v>
+      </c>
+      <c r="R26" t="s">
+        <v>1057</v>
+      </c>
+      <c r="S26" t="s">
+        <v>1058</v>
+      </c>
+      <c r="T26" t="s">
+        <v>1059</v>
+      </c>
+      <c r="U26" t="s">
+        <v>1060</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B27" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1064</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1065</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1066</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1067</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1068</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1069</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1070</v>
+      </c>
+      <c r="O27" t="s">
+        <v>1071</v>
+      </c>
+      <c r="P27" t="s">
         <v>1072</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="Q27" t="s">
         <v>1073</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="R27" t="s">
         <v>1074</v>
       </c>
-      <c r="H27" t="s">
+      <c r="S27" t="s">
         <v>1075</v>
       </c>
-      <c r="I27" t="s">
+      <c r="T27" t="s">
         <v>1076</v>
       </c>
-      <c r="J27" t="s">
-[...2 lines deleted...]
-      <c r="K27" t="s">
+      <c r="U27" t="s">
         <v>1077</v>
       </c>
-      <c r="L27" t="s">
+      <c r="V27" t="s">
         <v>1078</v>
       </c>
-      <c r="M27" t="s">
+      <c r="W27" t="s">
         <v>1079</v>
-      </c>
-[...13 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B28" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1083</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1084</v>
+      </c>
+      <c r="J28" t="s">
         <v>1085</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="K28" t="s">
         <v>1086</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="L28" t="s">
         <v>1087</v>
       </c>
-      <c r="H28" t="s">
+      <c r="M28" t="s">
         <v>1088</v>
       </c>
-      <c r="I28" t="s">
+      <c r="N28" t="s">
         <v>1089</v>
       </c>
-      <c r="J28" t="s">
+      <c r="O28" t="s">
         <v>1090</v>
       </c>
-      <c r="K28" t="s">
+      <c r="P28" t="s">
         <v>1091</v>
-      </c>
-[...7 lines deleted...]
-        <v>1094</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B29" t="s">
+        <v>1092</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H29" t="s">
         <v>1095</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="I29" t="s">
         <v>1096</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="J29" t="s">
         <v>1097</v>
       </c>
-      <c r="H29" t="s">
+      <c r="K29" t="s">
         <v>1098</v>
       </c>
-      <c r="I29" t="s">
+      <c r="L29" t="s">
         <v>1099</v>
       </c>
-      <c r="J29" t="s">
+      <c r="M29" t="s">
         <v>1100</v>
       </c>
-      <c r="K29" t="s">
+      <c r="N29" t="s">
         <v>1101</v>
       </c>
-      <c r="L29" t="s">
+      <c r="O29" t="s">
         <v>1102</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B30" t="s">
         <v>1103</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
         <v>1104</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
         <v>1105</v>
       </c>
       <c r="H30" t="s">
         <v>1106</v>
       </c>
       <c r="I30" t="s">
         <v>1107</v>
       </c>
       <c r="J30" t="s">
+        <v>744</v>
+      </c>
+      <c r="K30" t="s">
         <v>1108</v>
       </c>
-      <c r="K30" t="s">
+      <c r="L30" t="s">
         <v>1109</v>
       </c>
-      <c r="L30" t="s">
+      <c r="M30" t="s">
         <v>1110</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1111</v>
+      </c>
+      <c r="O30" t="s">
+        <v>1112</v>
+      </c>
+      <c r="P30" t="s">
+        <v>1113</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>1114</v>
+      </c>
+      <c r="R30" t="s">
+        <v>1115</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B31" t="s">
-        <v>1111</v>
+        <v>1116</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>1112</v>
+        <v>1117</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>1113</v>
+        <v>1118</v>
       </c>
       <c r="H31" t="s">
-        <v>1114</v>
+        <v>1119</v>
       </c>
       <c r="I31" t="s">
-        <v>1115</v>
+        <v>1120</v>
       </c>
       <c r="J31" t="s">
-        <v>1116</v>
+        <v>1121</v>
       </c>
       <c r="K31" t="s">
-        <v>1117</v>
+        <v>1122</v>
+      </c>
+      <c r="L31" t="s">
+        <v>1123</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1124</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1125</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B32" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>1120</v>
+        <v>1128</v>
       </c>
       <c r="H32" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="I32" t="s">
-        <v>1122</v>
+        <v>1130</v>
       </c>
       <c r="J32" t="s">
-        <v>998</v>
+        <v>1131</v>
       </c>
       <c r="K32" t="s">
-        <v>1123</v>
+        <v>1132</v>
       </c>
       <c r="L32" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B33" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>1126</v>
+        <v>1135</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>1127</v>
+        <v>1136</v>
       </c>
       <c r="H33" t="s">
-        <v>1128</v>
+        <v>1137</v>
       </c>
       <c r="I33" t="s">
-        <v>1129</v>
+        <v>1138</v>
       </c>
       <c r="J33" t="s">
-        <v>1130</v>
+        <v>1139</v>
       </c>
       <c r="K33" t="s">
-        <v>1131</v>
+        <v>1140</v>
       </c>
       <c r="L33" t="s">
-        <v>1132</v>
-[...2 lines deleted...]
-        <v>1133</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B34" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>1135</v>
+        <v>1143</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>1136</v>
+        <v>1144</v>
       </c>
       <c r="H34" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
       <c r="I34" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="J34" t="s">
-        <v>1139</v>
+        <v>1147</v>
       </c>
       <c r="K34" t="s">
-        <v>1140</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B35" t="s">
-        <v>1141</v>
+        <v>1149</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>1142</v>
+        <v>1150</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>1143</v>
+        <v>1151</v>
       </c>
       <c r="H35" t="s">
-        <v>1144</v>
+        <v>1152</v>
       </c>
       <c r="I35" t="s">
-        <v>1145</v>
+        <v>1153</v>
       </c>
       <c r="J35" t="s">
-        <v>1146</v>
+        <v>1029</v>
       </c>
       <c r="K35" t="s">
-        <v>1147</v>
+        <v>1154</v>
       </c>
       <c r="L35" t="s">
-        <v>1148</v>
-[...11 lines deleted...]
-        <v>1151</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B36" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="H36" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="I36" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="J36" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="K36" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="L36" t="s">
-        <v>1159</v>
+        <v>1163</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1164</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B37" t="s">
-        <v>1160</v>
+        <v>1165</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>1161</v>
+        <v>1166</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>1162</v>
+        <v>1167</v>
       </c>
       <c r="H37" t="s">
-        <v>1163</v>
+        <v>1168</v>
       </c>
       <c r="I37" t="s">
-        <v>1164</v>
+        <v>1169</v>
       </c>
       <c r="J37" t="s">
-        <v>1165</v>
+        <v>1170</v>
       </c>
       <c r="K37" t="s">
-        <v>1166</v>
-[...5 lines deleted...]
-        <v>1168</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B38" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>1161</v>
+        <v>1173</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="H38" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="I38" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="J38" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="K38" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="L38" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B39" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="H39" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="I39" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="J39" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="K39" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="L39" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
       <c r="M39" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B40" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>1186</v>
+        <v>1181</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="H40" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="I40" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="J40" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="K40" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="L40" t="s">
-        <v>1192</v>
-[...5 lines deleted...]
-        <v>1194</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B41" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="C41" t="s">
         <v>12</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="H41" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
       <c r="I41" t="s">
-        <v>1199</v>
+        <v>1200</v>
       </c>
       <c r="J41" t="s">
-        <v>882</v>
+        <v>1201</v>
       </c>
       <c r="K41" t="s">
-        <v>1200</v>
+        <v>1202</v>
+      </c>
+      <c r="L41" t="s">
+        <v>1203</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1204</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B42" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="H42" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="I42" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="J42" t="s">
-        <v>902</v>
+        <v>1210</v>
       </c>
       <c r="K42" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="L42" t="s">
-        <v>1207</v>
+        <v>1212</v>
       </c>
       <c r="M42" t="s">
-        <v>1208</v>
+        <v>1213</v>
+      </c>
+      <c r="N42" t="s">
+        <v>1214</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B43" t="s">
-        <v>1209</v>
+        <v>1215</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="H43" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="I43" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="J43" t="s">
-        <v>1214</v>
+        <v>914</v>
       </c>
       <c r="K43" t="s">
-        <v>1215</v>
-[...11 lines deleted...]
-        <v>1219</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B44" t="s">
-        <v>1220</v>
+        <v>1221</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>1221</v>
+        <v>1222</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>1222</v>
+        <v>1223</v>
       </c>
       <c r="H44" t="s">
-        <v>1223</v>
+        <v>1224</v>
       </c>
       <c r="I44" t="s">
-        <v>1224</v>
+        <v>1225</v>
       </c>
       <c r="J44" t="s">
-        <v>1225</v>
+        <v>1226</v>
       </c>
       <c r="K44" t="s">
-        <v>1226</v>
+        <v>1227</v>
       </c>
       <c r="L44" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="M44" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
       <c r="N44" t="s">
-        <v>1229</v>
+        <v>1230</v>
+      </c>
+      <c r="O44" t="s">
+        <v>1231</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B45" t="s">
-        <v>1230</v>
+        <v>1232</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>1231</v>
+        <v>1233</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>1232</v>
+        <v>1234</v>
       </c>
       <c r="H45" t="s">
-        <v>1233</v>
+        <v>1235</v>
       </c>
       <c r="I45" t="s">
-        <v>1234</v>
+        <v>1236</v>
       </c>
       <c r="J45" t="s">
-        <v>1235</v>
+        <v>1237</v>
       </c>
       <c r="K45" t="s">
-        <v>1236</v>
+        <v>1238</v>
       </c>
       <c r="L45" t="s">
-        <v>1237</v>
+        <v>1239</v>
       </c>
       <c r="M45" t="s">
-        <v>1238</v>
+        <v>1240</v>
       </c>
       <c r="N45" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="O45" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="P45" t="s">
-        <v>1241</v>
-[...2 lines deleted...]
-        <v>1242</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B46" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="H46" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="I46" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="J46" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="K46" t="s">
-        <v>1249</v>
+        <v>1250</v>
       </c>
       <c r="L46" t="s">
-        <v>1250</v>
+        <v>1251</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1252</v>
+      </c>
+      <c r="N46" t="s">
+        <v>1253</v>
+      </c>
+      <c r="O46" t="s">
+        <v>1254</v>
+      </c>
+      <c r="P46" t="s">
+        <v>1255</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>1256</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B47" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="C47" t="s">
         <v>12</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="H47" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
       <c r="I47" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="J47" t="s">
-        <v>822</v>
+        <v>1262</v>
       </c>
       <c r="K47" t="s">
-        <v>1256</v>
+        <v>1263</v>
       </c>
       <c r="L47" t="s">
-        <v>1257</v>
-[...17 lines deleted...]
-        <v>1262</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B48" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="H48" t="s">
-        <v>1266</v>
+        <v>1268</v>
       </c>
       <c r="I48" t="s">
-        <v>1267</v>
+        <v>1269</v>
       </c>
       <c r="J48" t="s">
-        <v>1090</v>
+        <v>744</v>
       </c>
       <c r="K48" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="L48" t="s">
-        <v>1269</v>
+        <v>1271</v>
       </c>
       <c r="M48" t="s">
-        <v>1270</v>
+        <v>1272</v>
+      </c>
+      <c r="N48" t="s">
+        <v>1273</v>
+      </c>
+      <c r="O48" t="s">
+        <v>1272</v>
+      </c>
+      <c r="P48" t="s">
+        <v>1274</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>1275</v>
+      </c>
+      <c r="R48" t="s">
+        <v>1276</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B49" t="s">
-        <v>1271</v>
+        <v>1277</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>1273</v>
+        <v>1279</v>
       </c>
       <c r="H49" t="s">
-        <v>1274</v>
+        <v>1280</v>
       </c>
       <c r="I49" t="s">
-        <v>1275</v>
+        <v>1281</v>
       </c>
       <c r="J49" t="s">
-        <v>822</v>
+        <v>1121</v>
       </c>
       <c r="K49" t="s">
-        <v>1276</v>
+        <v>1282</v>
       </c>
       <c r="L49" t="s">
-        <v>1277</v>
+        <v>1283</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1284</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B50" t="s">
-        <v>1278</v>
+        <v>1285</v>
       </c>
       <c r="C50" t="s">
         <v>12</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>1279</v>
+        <v>1286</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>1280</v>
+        <v>1287</v>
       </c>
       <c r="H50" t="s">
-        <v>1281</v>
+        <v>1288</v>
       </c>
       <c r="I50" t="s">
-        <v>1282</v>
+        <v>1289</v>
       </c>
       <c r="J50" t="s">
-        <v>1283</v>
+        <v>744</v>
       </c>
       <c r="K50" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
       <c r="L50" t="s">
-        <v>1285</v>
-[...5 lines deleted...]
-        <v>1286</v>
+        <v>1291</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B51" t="s">
-        <v>1287</v>
+        <v>1292</v>
       </c>
       <c r="C51" t="s">
         <v>12</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>1288</v>
+        <v>1293</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>1289</v>
+        <v>1294</v>
       </c>
       <c r="H51" t="s">
-        <v>1290</v>
+        <v>1295</v>
       </c>
       <c r="I51" t="s">
-        <v>1291</v>
+        <v>1296</v>
       </c>
       <c r="J51" t="s">
-        <v>1292</v>
+        <v>1297</v>
       </c>
       <c r="K51" t="s">
-        <v>1293</v>
+        <v>1298</v>
       </c>
       <c r="L51" t="s">
-        <v>1294</v>
+        <v>1299</v>
       </c>
       <c r="M51" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="N51" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B52" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="C52" t="s">
         <v>12</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="H52" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="I52" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="J52" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="K52" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="L52" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
       <c r="M52" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="N52" t="s">
-        <v>1306</v>
-[...10 lines deleted...]
-      <c r="R52" t="s">
         <v>1310</v>
-      </c>
-[...4 lines deleted...]
-        <v>1312</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B53" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
         <v>1313</v>
       </c>
-      <c r="C53" t="s">
-[...5 lines deleted...]
-      <c r="E53" t="s">
+      <c r="H53" t="s">
         <v>1314</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="I53" t="s">
         <v>1315</v>
       </c>
-      <c r="H53" t="s">
+      <c r="J53" t="s">
         <v>1316</v>
       </c>
-      <c r="I53" t="s">
+      <c r="K53" t="s">
         <v>1317</v>
       </c>
-      <c r="J53" t="s">
+      <c r="L53" t="s">
         <v>1318</v>
       </c>
-      <c r="K53" t="s">
+      <c r="M53" t="s">
         <v>1319</v>
       </c>
-      <c r="L53" t="s">
+      <c r="N53" t="s">
         <v>1320</v>
+      </c>
+      <c r="O53" t="s">
+        <v>1321</v>
+      </c>
+      <c r="P53" t="s">
+        <v>1322</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>1323</v>
+      </c>
+      <c r="R53" t="s">
+        <v>1324</v>
+      </c>
+      <c r="S53" t="s">
+        <v>1325</v>
+      </c>
+      <c r="T53" t="s">
+        <v>1326</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B54" t="s">
-        <v>1321</v>
+        <v>1327</v>
       </c>
       <c r="C54" t="s">
         <v>12</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>1322</v>
+        <v>1328</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>1323</v>
+        <v>1329</v>
       </c>
       <c r="H54" t="s">
-        <v>1324</v>
+        <v>1330</v>
       </c>
       <c r="I54" t="s">
-        <v>1325</v>
+        <v>1331</v>
       </c>
       <c r="J54" t="s">
-        <v>1326</v>
+        <v>1332</v>
       </c>
       <c r="K54" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="L54" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B55" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
       <c r="C55" t="s">
         <v>12</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>1331</v>
+        <v>1337</v>
       </c>
       <c r="H55" t="s">
-        <v>1332</v>
+        <v>1338</v>
       </c>
       <c r="I55" t="s">
-        <v>1333</v>
+        <v>1339</v>
       </c>
       <c r="J55" t="s">
-        <v>1334</v>
+        <v>1340</v>
       </c>
       <c r="K55" t="s">
-        <v>1335</v>
+        <v>1341</v>
       </c>
       <c r="L55" t="s">
-        <v>1336</v>
-[...5 lines deleted...]
-        <v>1338</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B56" t="s">
-        <v>1339</v>
+        <v>1343</v>
       </c>
       <c r="C56" t="s">
         <v>12</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>1340</v>
+        <v>1344</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>1341</v>
+        <v>1345</v>
       </c>
       <c r="H56" t="s">
-        <v>1342</v>
+        <v>1346</v>
       </c>
       <c r="I56" t="s">
-        <v>1343</v>
+        <v>1347</v>
       </c>
       <c r="J56" t="s">
-        <v>1344</v>
+        <v>1348</v>
       </c>
       <c r="K56" t="s">
-        <v>1345</v>
+        <v>1349</v>
       </c>
       <c r="L56" t="s">
-        <v>1346</v>
+        <v>1350</v>
       </c>
       <c r="M56" t="s">
-        <v>1347</v>
+        <v>1351</v>
       </c>
       <c r="N56" t="s">
-        <v>1348</v>
-[...10 lines deleted...]
-      <c r="R56" t="s">
         <v>1352</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B57" t="s">
         <v>1353</v>
       </c>
       <c r="C57" t="s">
         <v>12</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
         <v>1354</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57" t="s">
         <v>1355</v>
       </c>
       <c r="H57" t="s">
         <v>1356</v>
       </c>
       <c r="I57" t="s">
         <v>1357</v>
       </c>
       <c r="J57" t="s">
         <v>1358</v>
       </c>
       <c r="K57" t="s">
         <v>1359</v>
       </c>
       <c r="L57" t="s">
         <v>1360</v>
       </c>
+      <c r="M57" t="s">
+        <v>1361</v>
+      </c>
+      <c r="N57" t="s">
+        <v>1362</v>
+      </c>
+      <c r="O57" t="s">
+        <v>1363</v>
+      </c>
+      <c r="P57" t="s">
+        <v>1364</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>1365</v>
+      </c>
+      <c r="R57" t="s">
+        <v>1366</v>
+      </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B58" t="s">
-        <v>1361</v>
+        <v>1367</v>
       </c>
       <c r="C58" t="s">
         <v>12</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>1354</v>
+        <v>1368</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>1362</v>
+        <v>1369</v>
       </c>
       <c r="H58" t="s">
-        <v>1363</v>
+        <v>1370</v>
       </c>
       <c r="I58" t="s">
-        <v>1364</v>
+        <v>1371</v>
       </c>
       <c r="J58" t="s">
-        <v>802</v>
+        <v>1372</v>
       </c>
       <c r="K58" t="s">
-        <v>1365</v>
+        <v>1373</v>
       </c>
       <c r="L58" t="s">
-        <v>1366</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B59" t="s">
-        <v>1367</v>
+        <v>1375</v>
       </c>
       <c r="C59" t="s">
         <v>12</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
         <v>1368</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>1369</v>
+        <v>1376</v>
       </c>
       <c r="H59" t="s">
-        <v>1370</v>
+        <v>1377</v>
       </c>
       <c r="I59" t="s">
-        <v>1371</v>
+        <v>1378</v>
       </c>
       <c r="J59" t="s">
-        <v>1157</v>
+        <v>835</v>
       </c>
       <c r="K59" t="s">
-        <v>1372</v>
+        <v>1379</v>
       </c>
       <c r="L59" t="s">
-        <v>1373</v>
-[...19 lines deleted...]
-      <c r="S59" t="s">
         <v>1380</v>
-      </c>
-[...4 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B60" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C60" t="s">
+        <v>12</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
         <v>1383</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="E60" t="s">
+      <c r="H60" t="s">
         <v>1384</v>
       </c>
-      <c r="F60" t="s">
-[...2 lines deleted...]
-      <c r="G60" t="s">
+      <c r="I60" t="s">
         <v>1385</v>
       </c>
-      <c r="H60" t="s">
+      <c r="J60" t="s">
+        <v>1177</v>
+      </c>
+      <c r="K60" t="s">
         <v>1386</v>
       </c>
-      <c r="I60" t="s">
+      <c r="L60" t="s">
         <v>1387</v>
       </c>
-      <c r="J60" t="s">
+      <c r="M60" t="s">
         <v>1388</v>
       </c>
-      <c r="K60" t="s">
+      <c r="N60" t="s">
         <v>1389</v>
+      </c>
+      <c r="O60" t="s">
+        <v>1390</v>
+      </c>
+      <c r="P60" t="s">
+        <v>1391</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>1392</v>
+      </c>
+      <c r="R60" t="s">
+        <v>1393</v>
+      </c>
+      <c r="S60" t="s">
+        <v>1394</v>
+      </c>
+      <c r="T60" t="s">
+        <v>1395</v>
+      </c>
+      <c r="U60" t="s">
+        <v>1396</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B61" t="s">
-        <v>1390</v>
+        <v>1397</v>
       </c>
       <c r="C61" t="s">
         <v>12</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>1392</v>
+        <v>1399</v>
       </c>
       <c r="H61" t="s">
-        <v>1393</v>
+        <v>1400</v>
       </c>
       <c r="I61" t="s">
-        <v>1394</v>
+        <v>1401</v>
       </c>
       <c r="J61" t="s">
-        <v>1395</v>
+        <v>1402</v>
       </c>
       <c r="K61" t="s">
-        <v>1396</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B62" t="s">
-        <v>1397</v>
+        <v>1404</v>
       </c>
       <c r="C62" t="s">
         <v>12</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>1398</v>
+        <v>1405</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="H62" t="s">
-        <v>1400</v>
+        <v>1407</v>
       </c>
       <c r="I62" t="s">
-        <v>1401</v>
+        <v>1408</v>
       </c>
       <c r="J62" t="s">
-        <v>1157</v>
+        <v>1409</v>
       </c>
       <c r="K62" t="s">
-        <v>1402</v>
-[...17 lines deleted...]
-        <v>1408</v>
+        <v>1410</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B63" t="s">
-        <v>1409</v>
+        <v>1411</v>
       </c>
       <c r="C63" t="s">
         <v>12</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>1410</v>
+        <v>1412</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>1411</v>
+        <v>1413</v>
       </c>
       <c r="H63" t="s">
-        <v>1412</v>
+        <v>1414</v>
       </c>
       <c r="I63" t="s">
-        <v>1413</v>
+        <v>1415</v>
       </c>
       <c r="J63" t="s">
-        <v>1214</v>
+        <v>1177</v>
       </c>
       <c r="K63" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
       <c r="L63" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="M63" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="N63" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="O63" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="P63" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="Q63" t="s">
-        <v>1420</v>
-[...4 lines deleted...]
-      <c r="S63" t="s">
         <v>1422</v>
-      </c>
-[...4 lines deleted...]
-        <v>1424</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B64" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
         <v>1425</v>
       </c>
-      <c r="C64" t="s">
-[...5 lines deleted...]
-      <c r="E64" t="s">
+      <c r="H64" t="s">
         <v>1426</v>
       </c>
-      <c r="F64" t="s">
-[...2 lines deleted...]
-      <c r="G64" t="s">
+      <c r="I64" t="s">
         <v>1427</v>
       </c>
-      <c r="H64" t="s">
+      <c r="J64" t="s">
+        <v>1226</v>
+      </c>
+      <c r="K64" t="s">
         <v>1428</v>
       </c>
-      <c r="I64" t="s">
+      <c r="L64" t="s">
         <v>1429</v>
       </c>
-      <c r="J64" t="s">
+      <c r="M64" t="s">
         <v>1430</v>
       </c>
-      <c r="K64" t="s">
+      <c r="N64" t="s">
         <v>1431</v>
       </c>
-      <c r="L64" t="s">
+      <c r="O64" t="s">
         <v>1432</v>
       </c>
-      <c r="M64" t="s">
+      <c r="P64" t="s">
         <v>1433</v>
       </c>
-      <c r="N64" t="s">
+      <c r="Q64" t="s">
         <v>1434</v>
       </c>
-      <c r="O64" t="s">
+      <c r="R64" t="s">
         <v>1435</v>
       </c>
-      <c r="P64" t="s">
+      <c r="S64" t="s">
         <v>1436</v>
       </c>
-      <c r="Q64" t="s">
+      <c r="T64" t="s">
         <v>1437</v>
       </c>
-      <c r="R64" t="s">
+      <c r="U64" t="s">
         <v>1438</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B65" t="s">
         <v>1439</v>
       </c>
       <c r="C65" t="s">
         <v>12</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
         <v>1440</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65" t="s">
         <v>1441</v>
       </c>
       <c r="H65" t="s">
         <v>1442</v>
       </c>
       <c r="I65" t="s">
         <v>1443</v>
       </c>
@@ -18348,11076 +18360,11088 @@
       </c>
       <c r="K65" t="s">
         <v>1445</v>
       </c>
       <c r="L65" t="s">
         <v>1446</v>
       </c>
       <c r="M65" t="s">
         <v>1447</v>
       </c>
       <c r="N65" t="s">
         <v>1448</v>
       </c>
       <c r="O65" t="s">
         <v>1449</v>
       </c>
       <c r="P65" t="s">
         <v>1450</v>
       </c>
       <c r="Q65" t="s">
         <v>1451</v>
       </c>
       <c r="R65" t="s">
         <v>1452</v>
       </c>
-      <c r="S65" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B66" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1454</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1456</v>
+      </c>
+      <c r="I66" t="s">
         <v>1457</v>
       </c>
-      <c r="C66" t="s">
-[...5 lines deleted...]
-      <c r="E66" t="s">
+      <c r="J66" t="s">
         <v>1458</v>
       </c>
-      <c r="F66" t="s">
-[...2 lines deleted...]
-      <c r="G66" t="s">
+      <c r="K66" t="s">
         <v>1459</v>
       </c>
-      <c r="H66" t="s">
+      <c r="L66" t="s">
         <v>1460</v>
       </c>
-      <c r="I66" t="s">
+      <c r="M66" t="s">
         <v>1461</v>
       </c>
-      <c r="J66" t="s">
+      <c r="N66" t="s">
         <v>1462</v>
       </c>
-      <c r="K66" t="s">
+      <c r="O66" t="s">
         <v>1463</v>
+      </c>
+      <c r="P66" t="s">
+        <v>1464</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>1465</v>
+      </c>
+      <c r="R66" t="s">
+        <v>1466</v>
+      </c>
+      <c r="S66" t="s">
+        <v>1467</v>
+      </c>
+      <c r="T66" t="s">
+        <v>1468</v>
+      </c>
+      <c r="U66" t="s">
+        <v>1469</v>
+      </c>
+      <c r="V66" t="s">
+        <v>1470</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B67" t="s">
-        <v>1464</v>
+        <v>1471</v>
       </c>
       <c r="C67" t="s">
         <v>12</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>1465</v>
+        <v>1472</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>1466</v>
+        <v>1473</v>
       </c>
       <c r="H67" t="s">
-        <v>1467</v>
+        <v>1474</v>
       </c>
       <c r="I67" t="s">
-        <v>1172</v>
+        <v>1475</v>
       </c>
       <c r="J67" t="s">
-        <v>1468</v>
+        <v>1476</v>
       </c>
       <c r="K67" t="s">
-        <v>1469</v>
-[...14 lines deleted...]
-        <v>1474</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B68" t="s">
-        <v>1475</v>
+        <v>1478</v>
       </c>
       <c r="C68" t="s">
         <v>12</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>1476</v>
+        <v>1479</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>1477</v>
+        <v>1480</v>
       </c>
       <c r="H68" t="s">
-        <v>1478</v>
+        <v>1481</v>
       </c>
       <c r="I68" t="s">
-        <v>1479</v>
+        <v>1192</v>
       </c>
       <c r="J68" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="K68" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="L68" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="M68" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
       <c r="N68" t="s">
-        <v>1484</v>
+        <v>1486</v>
+      </c>
+      <c r="O68" t="s">
+        <v>1487</v>
+      </c>
+      <c r="P68" t="s">
+        <v>1488</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B69" t="s">
-        <v>1485</v>
+        <v>1489</v>
       </c>
       <c r="C69" t="s">
         <v>12</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>1486</v>
+        <v>1490</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>1487</v>
+        <v>1491</v>
       </c>
       <c r="H69" t="s">
-        <v>1488</v>
+        <v>1492</v>
       </c>
       <c r="I69" t="s">
-        <v>1489</v>
+        <v>1493</v>
       </c>
       <c r="J69" t="s">
-        <v>1430</v>
+        <v>1494</v>
       </c>
       <c r="K69" t="s">
-        <v>1490</v>
+        <v>1495</v>
       </c>
       <c r="L69" t="s">
-        <v>1491</v>
+        <v>1496</v>
       </c>
       <c r="M69" t="s">
-        <v>1492</v>
+        <v>1497</v>
       </c>
       <c r="N69" t="s">
-        <v>1493</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B70" t="s">
-        <v>1494</v>
+        <v>1499</v>
       </c>
       <c r="C70" t="s">
         <v>12</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>1495</v>
+        <v>1500</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70" t="s">
-        <v>1496</v>
+        <v>1501</v>
       </c>
       <c r="H70" t="s">
-        <v>1497</v>
+        <v>1502</v>
       </c>
       <c r="I70" t="s">
-        <v>1498</v>
+        <v>1503</v>
       </c>
       <c r="J70" t="s">
-        <v>1499</v>
+        <v>1444</v>
       </c>
       <c r="K70" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="L70" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="M70" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="N70" t="s">
-        <v>1503</v>
-[...5 lines deleted...]
-        <v>1505</v>
+        <v>1507</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B71" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
       <c r="C71" t="s">
         <v>12</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71" t="s">
-        <v>1508</v>
+        <v>1510</v>
       </c>
       <c r="H71" t="s">
-        <v>1509</v>
+        <v>1511</v>
       </c>
       <c r="I71" t="s">
-        <v>1510</v>
+        <v>1512</v>
       </c>
       <c r="J71" t="s">
-        <v>1108</v>
+        <v>1513</v>
       </c>
       <c r="K71" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
       <c r="L71" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="M71" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="N71" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="O71" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="P71" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B72" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
       <c r="C72" t="s">
         <v>12</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>1518</v>
+        <v>1521</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>1519</v>
+        <v>1522</v>
       </c>
       <c r="H72" t="s">
-        <v>1520</v>
+        <v>1523</v>
       </c>
       <c r="I72" t="s">
-        <v>1521</v>
+        <v>1524</v>
       </c>
       <c r="J72" t="s">
-        <v>1522</v>
+        <v>1139</v>
       </c>
       <c r="K72" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="L72" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="M72" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="N72" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="O72" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="P72" t="s">
-        <v>1528</v>
-[...4 lines deleted...]
-      <c r="R72" t="s">
         <v>1530</v>
-      </c>
-[...4 lines deleted...]
-        <v>1532</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B73" t="s">
+        <v>1531</v>
+      </c>
+      <c r="C73" t="s">
+        <v>12</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1532</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
         <v>1533</v>
       </c>
-      <c r="C73" t="s">
-[...5 lines deleted...]
-      <c r="E73" t="s">
+      <c r="H73" t="s">
         <v>1534</v>
       </c>
-      <c r="F73" t="s">
-[...2 lines deleted...]
-      <c r="G73" t="s">
+      <c r="I73" t="s">
         <v>1535</v>
       </c>
-      <c r="H73" t="s">
+      <c r="J73" t="s">
         <v>1536</v>
       </c>
-      <c r="I73" t="s">
+      <c r="K73" t="s">
         <v>1537</v>
       </c>
-      <c r="J73" t="s">
+      <c r="L73" t="s">
         <v>1538</v>
       </c>
-      <c r="K73" t="s">
+      <c r="M73" t="s">
         <v>1539</v>
       </c>
-      <c r="L73" t="s">
+      <c r="N73" t="s">
         <v>1540</v>
       </c>
-      <c r="M73" t="s">
+      <c r="O73" t="s">
         <v>1541</v>
+      </c>
+      <c r="P73" t="s">
+        <v>1542</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>1543</v>
+      </c>
+      <c r="R73" t="s">
+        <v>1544</v>
+      </c>
+      <c r="S73" t="s">
+        <v>1545</v>
+      </c>
+      <c r="T73" t="s">
+        <v>1546</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B74" t="s">
-        <v>1542</v>
+        <v>1547</v>
       </c>
       <c r="C74" t="s">
         <v>12</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>1543</v>
+        <v>1548</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74" t="s">
-        <v>1544</v>
+        <v>1549</v>
       </c>
       <c r="H74" t="s">
-        <v>1545</v>
+        <v>1550</v>
       </c>
       <c r="I74" t="s">
-        <v>1156</v>
+        <v>1551</v>
       </c>
       <c r="J74" t="s">
-        <v>1546</v>
+        <v>1552</v>
       </c>
       <c r="K74" t="s">
-        <v>1159</v>
+        <v>1553</v>
+      </c>
+      <c r="L74" t="s">
+        <v>1554</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1555</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B75" t="s">
-        <v>1547</v>
+        <v>1556</v>
       </c>
       <c r="C75" t="s">
         <v>12</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>1548</v>
+        <v>1557</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75" t="s">
-        <v>1549</v>
+        <v>1558</v>
       </c>
       <c r="H75" t="s">
-        <v>1550</v>
+        <v>1559</v>
       </c>
       <c r="I75" t="s">
-        <v>1551</v>
+        <v>1176</v>
       </c>
       <c r="J75" t="s">
-        <v>1090</v>
+        <v>1560</v>
       </c>
       <c r="K75" t="s">
-        <v>1552</v>
-[...20 lines deleted...]
-        <v>1559</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B76" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="C76" t="s">
         <v>12</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
       <c r="H76" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="I76" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="J76" t="s">
-        <v>1565</v>
+        <v>1121</v>
       </c>
       <c r="K76" t="s">
         <v>1566</v>
       </c>
       <c r="L76" t="s">
         <v>1567</v>
       </c>
       <c r="M76" t="s">
         <v>1568</v>
       </c>
       <c r="N76" t="s">
         <v>1569</v>
       </c>
       <c r="O76" t="s">
         <v>1570</v>
       </c>
+      <c r="P76" t="s">
+        <v>1571</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>1572</v>
+      </c>
+      <c r="R76" t="s">
+        <v>1573</v>
+      </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B77" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
       <c r="C77" t="s">
         <v>12</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77" t="s">
-        <v>1573</v>
+        <v>1576</v>
       </c>
       <c r="H77" t="s">
-        <v>1574</v>
+        <v>1577</v>
       </c>
       <c r="I77" t="s">
-        <v>1575</v>
+        <v>1578</v>
       </c>
       <c r="J77" t="s">
-        <v>1318</v>
+        <v>1579</v>
       </c>
       <c r="K77" t="s">
-        <v>1576</v>
+        <v>1580</v>
       </c>
       <c r="L77" t="s">
-        <v>1577</v>
+        <v>1581</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1582</v>
+      </c>
+      <c r="N77" t="s">
+        <v>1583</v>
+      </c>
+      <c r="O77" t="s">
+        <v>1584</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B78" t="s">
-        <v>1578</v>
+        <v>1585</v>
       </c>
       <c r="C78" t="s">
         <v>12</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>1579</v>
+        <v>1586</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>1580</v>
+        <v>1587</v>
       </c>
       <c r="H78" t="s">
-        <v>1581</v>
+        <v>1588</v>
       </c>
       <c r="I78" t="s">
-        <v>1582</v>
+        <v>1589</v>
       </c>
       <c r="J78" t="s">
-        <v>1583</v>
+        <v>1332</v>
       </c>
       <c r="K78" t="s">
-        <v>1584</v>
+        <v>1590</v>
       </c>
       <c r="L78" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B79" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
       <c r="C79" t="s">
         <v>12</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>1587</v>
+        <v>1593</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79" t="s">
-        <v>1588</v>
+        <v>1594</v>
       </c>
       <c r="H79" t="s">
-        <v>1589</v>
+        <v>1595</v>
       </c>
       <c r="I79" t="s">
-        <v>1590</v>
+        <v>1596</v>
       </c>
       <c r="J79" t="s">
-        <v>1018</v>
+        <v>1597</v>
       </c>
       <c r="K79" t="s">
-        <v>1591</v>
+        <v>1598</v>
       </c>
       <c r="L79" t="s">
-        <v>1592</v>
-[...22 lines deleted...]
-      <c r="T79" t="s">
         <v>1599</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B80" t="s">
         <v>1600</v>
       </c>
       <c r="C80" t="s">
         <v>12</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
         <v>1601</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80" t="s">
         <v>1602</v>
       </c>
       <c r="H80" t="s">
         <v>1603</v>
       </c>
       <c r="I80" t="s">
         <v>1604</v>
       </c>
       <c r="J80" t="s">
-        <v>1190</v>
+        <v>1049</v>
       </c>
       <c r="K80" t="s">
         <v>1605</v>
       </c>
+      <c r="L80" t="s">
+        <v>1606</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1607</v>
+      </c>
+      <c r="N80" t="s">
+        <v>1608</v>
+      </c>
+      <c r="O80" t="s">
+        <v>1609</v>
+      </c>
+      <c r="P80" t="s">
+        <v>1608</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>1610</v>
+      </c>
+      <c r="R80" t="s">
+        <v>1611</v>
+      </c>
+      <c r="S80" t="s">
+        <v>1612</v>
+      </c>
+      <c r="T80" t="s">
+        <v>1613</v>
+      </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B81" t="s">
-        <v>1606</v>
+        <v>1614</v>
       </c>
       <c r="C81" t="s">
         <v>12</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>1607</v>
+        <v>1615</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81" t="s">
-        <v>1608</v>
+        <v>1616</v>
       </c>
       <c r="H81" t="s">
-        <v>1609</v>
+        <v>1617</v>
       </c>
       <c r="I81" t="s">
-        <v>1610</v>
+        <v>1618</v>
       </c>
       <c r="J81" t="s">
-        <v>1611</v>
+        <v>1210</v>
       </c>
       <c r="K81" t="s">
-        <v>1612</v>
-[...8 lines deleted...]
-        <v>1615</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B82" t="s">
-        <v>1616</v>
+        <v>1620</v>
       </c>
       <c r="C82" t="s">
         <v>12</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="H82" t="s">
-        <v>1619</v>
+        <v>1623</v>
       </c>
       <c r="I82" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
       <c r="J82" t="s">
-        <v>1621</v>
+        <v>1625</v>
       </c>
       <c r="K82" t="s">
-        <v>1622</v>
+        <v>1626</v>
       </c>
       <c r="L82" t="s">
-        <v>1623</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B83" t="s">
-        <v>1624</v>
+        <v>1628</v>
       </c>
       <c r="C83" t="s">
         <v>12</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>1625</v>
+        <v>1629</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83" t="s">
-        <v>1626</v>
+        <v>1630</v>
       </c>
       <c r="H83" t="s">
-        <v>1627</v>
+        <v>1631</v>
       </c>
       <c r="I83" t="s">
-        <v>1628</v>
+        <v>1632</v>
       </c>
       <c r="J83" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="K83" t="s">
-        <v>1629</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B84" t="s">
-        <v>1630</v>
+        <v>1634</v>
       </c>
       <c r="C84" t="s">
         <v>12</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>1631</v>
+        <v>1635</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84" t="s">
-        <v>1632</v>
+        <v>1636</v>
       </c>
       <c r="H84" t="s">
-        <v>1633</v>
+        <v>1637</v>
       </c>
       <c r="I84" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="J84" t="s">
-        <v>1165</v>
+        <v>1185</v>
       </c>
       <c r="K84" t="s">
-        <v>1635</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B85" t="s">
-        <v>1636</v>
+        <v>1640</v>
       </c>
       <c r="C85" t="s">
         <v>12</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85" t="s">
-        <v>1638</v>
+        <v>1642</v>
       </c>
       <c r="H85" t="s">
-        <v>1639</v>
+        <v>1643</v>
       </c>
       <c r="I85" t="s">
-        <v>1640</v>
+        <v>1644</v>
       </c>
       <c r="J85" t="s">
-        <v>1641</v>
+        <v>1645</v>
       </c>
       <c r="K85" t="s">
-        <v>1642</v>
+        <v>1646</v>
       </c>
       <c r="L85" t="s">
-        <v>1643</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B86" t="s">
-        <v>1644</v>
+        <v>1648</v>
       </c>
       <c r="C86" t="s">
         <v>12</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="E86" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86" t="s">
-        <v>1645</v>
+        <v>1649</v>
       </c>
       <c r="H86" t="s">
-        <v>1646</v>
+        <v>1650</v>
       </c>
       <c r="I86" t="s">
-        <v>1647</v>
+        <v>1651</v>
       </c>
       <c r="J86" t="s">
-        <v>902</v>
+        <v>723</v>
       </c>
       <c r="K86" t="s">
-        <v>1648</v>
+        <v>1652</v>
       </c>
       <c r="L86" t="s">
-        <v>1649</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B87" t="s">
-        <v>1650</v>
+        <v>1654</v>
       </c>
       <c r="C87" t="s">
         <v>12</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="E87" t="s">
-        <v>1637</v>
+        <v>1641</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87" t="s">
-        <v>1651</v>
+        <v>1655</v>
       </c>
       <c r="H87" t="s">
-        <v>1652</v>
+        <v>1656</v>
       </c>
       <c r="I87" t="s">
-        <v>1479</v>
+        <v>1493</v>
       </c>
       <c r="J87" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="K87" t="s">
-        <v>1654</v>
+        <v>1658</v>
       </c>
       <c r="L87" t="s">
-        <v>1655</v>
+        <v>1659</v>
       </c>
       <c r="M87" t="s">
-        <v>1656</v>
+        <v>1660</v>
       </c>
       <c r="N87" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B88" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="C88" t="s">
         <v>12</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>1659</v>
+        <v>1663</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88" t="s">
-        <v>1660</v>
+        <v>1664</v>
       </c>
       <c r="H88" t="s">
-        <v>1661</v>
+        <v>1665</v>
       </c>
       <c r="I88" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="J88" t="s">
-        <v>1662</v>
+        <v>1666</v>
       </c>
       <c r="K88" t="s">
-        <v>1663</v>
+        <v>1667</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B89" t="s">
-        <v>1664</v>
+        <v>1668</v>
       </c>
       <c r="C89" t="s">
         <v>12</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>1665</v>
+        <v>1669</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89" t="s">
-        <v>1666</v>
+        <v>1670</v>
       </c>
       <c r="H89" t="s">
-        <v>1667</v>
+        <v>1671</v>
       </c>
       <c r="I89" t="s">
-        <v>1668</v>
+        <v>1672</v>
       </c>
       <c r="J89" t="s">
-        <v>1669</v>
+        <v>1673</v>
       </c>
       <c r="K89" t="s">
-        <v>1670</v>
+        <v>1674</v>
       </c>
       <c r="L89" t="s">
-        <v>1671</v>
+        <v>1675</v>
       </c>
       <c r="M89" t="s">
-        <v>1672</v>
+        <v>1676</v>
       </c>
       <c r="N89" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="O89" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="P89" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="Q89" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="R89" t="s">
-        <v>1677</v>
+        <v>1681</v>
       </c>
       <c r="S89" t="s">
-        <v>1678</v>
+        <v>1682</v>
       </c>
       <c r="T89" t="s">
-        <v>1679</v>
+        <v>1683</v>
       </c>
       <c r="U89" t="s">
-        <v>1680</v>
+        <v>1684</v>
       </c>
       <c r="V89" t="s">
-        <v>1681</v>
+        <v>1685</v>
       </c>
       <c r="W89" t="s">
-        <v>1682</v>
+        <v>1686</v>
       </c>
       <c r="X89" t="s">
-        <v>1683</v>
+        <v>1687</v>
       </c>
       <c r="Y89" t="s">
-        <v>1684</v>
+        <v>1688</v>
       </c>
       <c r="Z89" t="s">
-        <v>1685</v>
+        <v>1689</v>
       </c>
       <c r="AA89" t="s">
-        <v>1686</v>
+        <v>1690</v>
       </c>
       <c r="AB89" t="s">
-        <v>1687</v>
+        <v>1691</v>
       </c>
       <c r="AC89" t="s">
-        <v>1688</v>
+        <v>1692</v>
       </c>
       <c r="AD89" t="s">
-        <v>1689</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B90" t="s">
-        <v>1690</v>
+        <v>1694</v>
       </c>
       <c r="C90" t="s">
         <v>12</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>1691</v>
+        <v>1695</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90" t="s">
-        <v>1692</v>
+        <v>1696</v>
       </c>
       <c r="H90" t="s">
-        <v>1693</v>
+        <v>1697</v>
       </c>
       <c r="I90" t="s">
-        <v>1694</v>
+        <v>1698</v>
       </c>
       <c r="J90" t="s">
-        <v>1695</v>
+        <v>1699</v>
       </c>
       <c r="K90" t="s">
-        <v>1696</v>
+        <v>1700</v>
       </c>
       <c r="L90" t="s">
-        <v>1697</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B91" t="s">
-        <v>1698</v>
+        <v>1702</v>
       </c>
       <c r="C91" t="s">
         <v>12</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
       <c r="E91" t="s">
-        <v>1699</v>
+        <v>1703</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91" t="s">
-        <v>1700</v>
+        <v>1704</v>
       </c>
       <c r="H91" t="s">
-        <v>1701</v>
+        <v>1705</v>
       </c>
       <c r="I91" t="s">
-        <v>1702</v>
+        <v>1706</v>
       </c>
       <c r="J91" t="s">
-        <v>1703</v>
+        <v>1707</v>
       </c>
       <c r="K91" t="s">
-        <v>1704</v>
+        <v>1708</v>
       </c>
       <c r="L91" t="s">
-        <v>1705</v>
+        <v>1709</v>
       </c>
       <c r="M91" t="s">
-        <v>1706</v>
+        <v>1710</v>
       </c>
       <c r="N91" t="s">
-        <v>1707</v>
+        <v>1711</v>
       </c>
       <c r="O91" t="s">
-        <v>1708</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B92" t="s">
-        <v>1709</v>
+        <v>1713</v>
       </c>
       <c r="C92" t="s">
         <v>12</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>1710</v>
+        <v>1714</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92" t="s">
-        <v>1711</v>
+        <v>1715</v>
       </c>
       <c r="H92" t="s">
-        <v>1712</v>
+        <v>1716</v>
       </c>
       <c r="I92" t="s">
-        <v>1713</v>
+        <v>1717</v>
       </c>
       <c r="J92" t="s">
-        <v>998</v>
+        <v>1029</v>
       </c>
       <c r="K92" t="s">
-        <v>1714</v>
+        <v>1718</v>
       </c>
       <c r="L92" t="s">
-        <v>1715</v>
+        <v>1719</v>
       </c>
       <c r="M92" t="s">
-        <v>1716</v>
+        <v>1720</v>
       </c>
       <c r="N92" t="s">
-        <v>1717</v>
+        <v>1721</v>
       </c>
       <c r="O92" t="s">
-        <v>1718</v>
+        <v>1722</v>
       </c>
       <c r="P92" t="s">
-        <v>1719</v>
+        <v>1723</v>
       </c>
       <c r="Q92" t="s">
-        <v>1720</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B93" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="C93" t="s">
         <v>12</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>1722</v>
+        <v>1726</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93" t="s">
-        <v>1723</v>
+        <v>1727</v>
       </c>
       <c r="H93" t="s">
-        <v>1724</v>
+        <v>1728</v>
       </c>
       <c r="I93" t="s">
-        <v>1725</v>
+        <v>1729</v>
       </c>
       <c r="J93" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="K93" t="s">
-        <v>1726</v>
+        <v>1730</v>
       </c>
       <c r="L93" t="s">
-        <v>1727</v>
+        <v>1731</v>
       </c>
       <c r="M93" t="s">
-        <v>1728</v>
+        <v>1732</v>
       </c>
       <c r="N93" t="s">
-        <v>1729</v>
+        <v>1733</v>
       </c>
       <c r="O93" t="s">
-        <v>1730</v>
+        <v>1734</v>
       </c>
       <c r="P93" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="Q93" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="R93" t="s">
-        <v>1733</v>
+        <v>1737</v>
       </c>
       <c r="S93" t="s">
-        <v>1734</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B94" t="s">
-        <v>1735</v>
+        <v>1739</v>
       </c>
       <c r="C94" t="s">
         <v>12</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>1736</v>
+        <v>1740</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94" t="s">
-        <v>1737</v>
+        <v>1741</v>
       </c>
       <c r="H94" t="s">
-        <v>1738</v>
+        <v>1742</v>
       </c>
       <c r="I94" t="s">
-        <v>1739</v>
+        <v>1743</v>
       </c>
       <c r="J94" t="s">
-        <v>1740</v>
+        <v>1744</v>
       </c>
       <c r="K94" t="s">
-        <v>1741</v>
+        <v>1745</v>
       </c>
       <c r="L94" t="s">
-        <v>1742</v>
+        <v>1746</v>
       </c>
       <c r="M94" t="s">
-        <v>1743</v>
+        <v>1747</v>
       </c>
       <c r="N94" t="s">
-        <v>1744</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B95" t="s">
-        <v>1745</v>
+        <v>1749</v>
       </c>
       <c r="C95" t="s">
         <v>12</v>
       </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
       <c r="E95" t="s">
-        <v>1746</v>
+        <v>1750</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95" t="s">
-        <v>1747</v>
+        <v>1751</v>
       </c>
       <c r="H95" t="s">
-        <v>1748</v>
+        <v>1752</v>
       </c>
       <c r="I95" t="s">
-        <v>1749</v>
+        <v>1753</v>
       </c>
       <c r="J95" t="s">
-        <v>1750</v>
+        <v>1754</v>
       </c>
       <c r="K95" t="s">
-        <v>1751</v>
+        <v>1755</v>
       </c>
       <c r="L95" t="s">
-        <v>1752</v>
+        <v>1756</v>
       </c>
       <c r="M95" t="s">
-        <v>1753</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B96" t="s">
-        <v>1754</v>
+        <v>1758</v>
       </c>
       <c r="C96" t="s">
         <v>12</v>
       </c>
       <c r="D96" t="s">
         <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>1755</v>
+        <v>1759</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96" t="s">
-        <v>1756</v>
+        <v>1760</v>
       </c>
       <c r="H96" t="s">
-        <v>1757</v>
+        <v>1761</v>
       </c>
       <c r="I96" t="s">
-        <v>1758</v>
+        <v>1762</v>
       </c>
       <c r="J96" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="K96" t="s">
-        <v>1760</v>
+        <v>1764</v>
       </c>
       <c r="L96" t="s">
-        <v>1761</v>
+        <v>1765</v>
       </c>
       <c r="M96" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B97" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="C97" t="s">
         <v>12</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
       <c r="E97" t="s">
-        <v>1764</v>
+        <v>1768</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97" t="s">
-        <v>1765</v>
+        <v>1769</v>
       </c>
       <c r="H97" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
       <c r="I97" t="s">
-        <v>1767</v>
+        <v>1771</v>
       </c>
       <c r="J97" t="s">
-        <v>1768</v>
+        <v>1772</v>
       </c>
       <c r="K97" t="s">
-        <v>1769</v>
+        <v>1773</v>
       </c>
       <c r="L97" t="s">
-        <v>1770</v>
+        <v>1774</v>
       </c>
       <c r="M97" t="s">
-        <v>1771</v>
+        <v>1775</v>
       </c>
       <c r="N97" t="s">
-        <v>1772</v>
+        <v>1776</v>
       </c>
       <c r="O97" t="s">
-        <v>1773</v>
+        <v>1777</v>
       </c>
       <c r="P97" t="s">
-        <v>1774</v>
+        <v>1778</v>
       </c>
       <c r="Q97" t="s">
-        <v>1775</v>
+        <v>1779</v>
       </c>
       <c r="R97" t="s">
-        <v>1776</v>
+        <v>1780</v>
       </c>
       <c r="S97" t="s">
-        <v>1777</v>
+        <v>1781</v>
       </c>
       <c r="T97" t="s">
-        <v>1778</v>
+        <v>1782</v>
       </c>
       <c r="U97" t="s">
-        <v>1779</v>
+        <v>1783</v>
       </c>
       <c r="V97" t="s">
-        <v>1780</v>
+        <v>1784</v>
       </c>
       <c r="W97" t="s">
-        <v>1781</v>
+        <v>1785</v>
       </c>
       <c r="X97" t="s">
-        <v>1782</v>
+        <v>1786</v>
       </c>
       <c r="Y97" t="s">
-        <v>1783</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B98" t="s">
-        <v>1784</v>
+        <v>1788</v>
       </c>
       <c r="C98" t="s">
         <v>12</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
       <c r="E98" t="s">
-        <v>1785</v>
+        <v>1789</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98" t="s">
-        <v>1786</v>
+        <v>1790</v>
       </c>
       <c r="H98" t="s">
-        <v>1787</v>
+        <v>1791</v>
       </c>
       <c r="I98" t="s">
-        <v>1788</v>
+        <v>1792</v>
       </c>
       <c r="J98" t="s">
-        <v>1789</v>
+        <v>1793</v>
       </c>
       <c r="K98" t="s">
-        <v>1790</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B99" t="s">
-        <v>1791</v>
+        <v>1795</v>
       </c>
       <c r="C99" t="s">
         <v>12</v>
       </c>
       <c r="D99" t="s">
         <v>12</v>
       </c>
       <c r="E99" t="s">
-        <v>1792</v>
+        <v>1796</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99" t="s">
-        <v>1793</v>
+        <v>1797</v>
       </c>
       <c r="H99" t="s">
-        <v>1794</v>
+        <v>1798</v>
       </c>
       <c r="I99" t="s">
-        <v>1795</v>
+        <v>1799</v>
       </c>
       <c r="J99" t="s">
-        <v>1796</v>
+        <v>1800</v>
       </c>
       <c r="K99" t="s">
-        <v>1797</v>
+        <v>1801</v>
       </c>
       <c r="L99" t="s">
-        <v>1798</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B100" t="s">
-        <v>1799</v>
+        <v>1803</v>
       </c>
       <c r="C100" t="s">
         <v>12</v>
       </c>
       <c r="D100" t="s">
         <v>12</v>
       </c>
       <c r="E100" t="s">
-        <v>1792</v>
+        <v>1796</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100" t="s">
-        <v>1800</v>
+        <v>1804</v>
       </c>
       <c r="H100" t="s">
-        <v>1801</v>
+        <v>1805</v>
       </c>
       <c r="I100" t="s">
-        <v>1802</v>
+        <v>1806</v>
       </c>
       <c r="J100" t="s">
-        <v>1803</v>
+        <v>1807</v>
       </c>
       <c r="K100" t="s">
-        <v>1804</v>
+        <v>1808</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B101" t="s">
-        <v>1805</v>
+        <v>1809</v>
       </c>
       <c r="C101" t="s">
         <v>12</v>
       </c>
       <c r="D101" t="s">
         <v>12</v>
       </c>
       <c r="E101" t="s">
-        <v>1806</v>
+        <v>1810</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101" t="s">
-        <v>1807</v>
+        <v>1811</v>
       </c>
       <c r="H101" t="s">
-        <v>1808</v>
+        <v>1812</v>
       </c>
       <c r="I101" t="s">
-        <v>1809</v>
+        <v>1813</v>
       </c>
       <c r="J101" t="s">
-        <v>1430</v>
+        <v>1444</v>
       </c>
       <c r="K101" t="s">
-        <v>1810</v>
+        <v>1814</v>
       </c>
       <c r="L101" t="s">
-        <v>1811</v>
+        <v>1815</v>
       </c>
       <c r="M101" t="s">
-        <v>1812</v>
+        <v>1816</v>
       </c>
       <c r="N101" t="s">
-        <v>1813</v>
+        <v>1817</v>
       </c>
       <c r="O101" t="s">
-        <v>1814</v>
+        <v>1818</v>
       </c>
       <c r="P101" t="s">
-        <v>1815</v>
+        <v>1819</v>
       </c>
       <c r="Q101" t="s">
-        <v>1816</v>
+        <v>1820</v>
       </c>
       <c r="R101" t="s">
-        <v>1817</v>
+        <v>1821</v>
       </c>
       <c r="S101" t="s">
-        <v>1818</v>
+        <v>1822</v>
       </c>
       <c r="T101" t="s">
-        <v>1819</v>
+        <v>1823</v>
       </c>
       <c r="U101" t="s">
-        <v>1820</v>
+        <v>1824</v>
       </c>
       <c r="V101" t="s">
-        <v>1821</v>
+        <v>1825</v>
       </c>
       <c r="W101" t="s">
-        <v>1822</v>
+        <v>1826</v>
       </c>
       <c r="X101" t="s">
-        <v>1823</v>
+        <v>1827</v>
       </c>
       <c r="Y101" t="s">
-        <v>1824</v>
+        <v>1828</v>
       </c>
       <c r="Z101" t="s">
-        <v>1825</v>
+        <v>1829</v>
       </c>
       <c r="AA101" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
       <c r="AB101" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B102" t="s">
-        <v>1828</v>
+        <v>1832</v>
       </c>
       <c r="C102" t="s">
         <v>12</v>
       </c>
       <c r="D102" t="s">
         <v>12</v>
       </c>
       <c r="E102" t="s">
-        <v>1829</v>
+        <v>1833</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102" t="s">
-        <v>1830</v>
+        <v>1834</v>
       </c>
       <c r="H102" t="s">
-        <v>1831</v>
+        <v>1835</v>
       </c>
       <c r="I102" t="s">
-        <v>1832</v>
+        <v>1836</v>
       </c>
       <c r="J102" t="s">
-        <v>1833</v>
+        <v>1837</v>
       </c>
       <c r="K102" t="s">
-        <v>1834</v>
+        <v>1838</v>
       </c>
       <c r="L102" t="s">
-        <v>1835</v>
+        <v>1839</v>
       </c>
       <c r="M102" t="s">
-        <v>1836</v>
+        <v>1840</v>
       </c>
       <c r="N102" t="s">
-        <v>1837</v>
+        <v>1841</v>
       </c>
       <c r="O102" t="s">
-        <v>1838</v>
+        <v>1842</v>
       </c>
       <c r="P102" t="s">
-        <v>1839</v>
+        <v>1843</v>
       </c>
       <c r="Q102" t="s">
-        <v>1840</v>
+        <v>1844</v>
       </c>
       <c r="R102" t="s">
-        <v>1841</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B103" t="s">
-        <v>1842</v>
+        <v>1846</v>
       </c>
       <c r="C103" t="s">
         <v>12</v>
       </c>
       <c r="D103" t="s">
         <v>12</v>
       </c>
       <c r="E103" t="s">
-        <v>1843</v>
+        <v>1847</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103" t="s">
-        <v>1844</v>
+        <v>1848</v>
       </c>
       <c r="H103" t="s">
-        <v>1845</v>
+        <v>1849</v>
       </c>
       <c r="I103" t="s">
-        <v>1846</v>
+        <v>1850</v>
       </c>
       <c r="J103" t="s">
-        <v>1847</v>
+        <v>1851</v>
       </c>
       <c r="K103" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B104" t="s">
-        <v>1849</v>
+        <v>1853</v>
       </c>
       <c r="C104" t="s">
         <v>12</v>
       </c>
       <c r="D104" t="s">
         <v>12</v>
       </c>
       <c r="E104" t="s">
-        <v>1850</v>
+        <v>1854</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104" t="s">
-        <v>1851</v>
+        <v>1855</v>
       </c>
       <c r="H104" t="s">
-        <v>1852</v>
+        <v>1856</v>
       </c>
       <c r="I104" t="s">
-        <v>1853</v>
+        <v>1857</v>
       </c>
       <c r="J104" t="s">
-        <v>822</v>
+        <v>744</v>
       </c>
       <c r="K104" t="s">
-        <v>1854</v>
+        <v>1858</v>
       </c>
       <c r="L104" t="s">
-        <v>1855</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B105" t="s">
-        <v>1856</v>
+        <v>1860</v>
       </c>
       <c r="C105" t="s">
         <v>12</v>
       </c>
       <c r="D105" t="s">
         <v>12</v>
       </c>
       <c r="E105" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105" t="s">
-        <v>1858</v>
+        <v>1862</v>
       </c>
       <c r="H105" t="s">
-        <v>1859</v>
+        <v>1863</v>
       </c>
       <c r="I105" t="s">
-        <v>1860</v>
+        <v>1864</v>
       </c>
       <c r="J105" t="s">
-        <v>923</v>
+        <v>954</v>
       </c>
       <c r="K105" t="s">
-        <v>1861</v>
+        <v>1865</v>
       </c>
       <c r="L105" t="s">
-        <v>1862</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B106" t="s">
-        <v>1863</v>
+        <v>1867</v>
       </c>
       <c r="C106" t="s">
         <v>12</v>
       </c>
       <c r="D106" t="s">
         <v>12</v>
       </c>
       <c r="E106" t="s">
-        <v>1864</v>
+        <v>1868</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106" t="s">
-        <v>1865</v>
+        <v>1869</v>
       </c>
       <c r="H106" t="s">
-        <v>1866</v>
+        <v>1870</v>
       </c>
       <c r="I106" t="s">
-        <v>1867</v>
+        <v>1871</v>
       </c>
       <c r="J106" t="s">
-        <v>1868</v>
+        <v>1872</v>
       </c>
       <c r="K106" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="L106" t="s">
-        <v>1870</v>
+        <v>1874</v>
       </c>
       <c r="M106" t="s">
-        <v>1871</v>
+        <v>1875</v>
       </c>
       <c r="N106" t="s">
-        <v>1872</v>
+        <v>1876</v>
       </c>
       <c r="O106" t="s">
-        <v>1873</v>
+        <v>1877</v>
       </c>
       <c r="P106" t="s">
-        <v>1874</v>
+        <v>1878</v>
       </c>
       <c r="Q106" t="s">
-        <v>1875</v>
+        <v>1879</v>
       </c>
       <c r="R106" t="s">
-        <v>1876</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B107" t="s">
-        <v>1877</v>
+        <v>1881</v>
       </c>
       <c r="C107" t="s">
         <v>12</v>
       </c>
       <c r="D107" t="s">
         <v>12</v>
       </c>
       <c r="E107" t="s">
-        <v>1878</v>
+        <v>1882</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107" t="s">
-        <v>1879</v>
+        <v>1883</v>
       </c>
       <c r="H107" t="s">
-        <v>1880</v>
+        <v>1884</v>
       </c>
       <c r="I107" t="s">
-        <v>1881</v>
+        <v>1885</v>
       </c>
       <c r="J107" t="s">
-        <v>1882</v>
+        <v>1886</v>
       </c>
       <c r="K107" t="s">
-        <v>1883</v>
+        <v>1887</v>
       </c>
       <c r="L107" t="s">
-        <v>1884</v>
+        <v>1888</v>
       </c>
       <c r="M107" t="s">
-        <v>1885</v>
+        <v>1889</v>
       </c>
       <c r="N107" t="s">
-        <v>1886</v>
+        <v>1890</v>
       </c>
       <c r="O107" t="s">
-        <v>1887</v>
+        <v>1891</v>
       </c>
       <c r="P107" t="s">
-        <v>1888</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B108" t="s">
-        <v>1889</v>
+        <v>1893</v>
       </c>
       <c r="C108" t="s">
         <v>12</v>
       </c>
       <c r="D108" t="s">
         <v>12</v>
       </c>
       <c r="E108" t="s">
-        <v>1890</v>
+        <v>1894</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108" t="s">
-        <v>1891</v>
+        <v>1895</v>
       </c>
       <c r="H108" t="s">
-        <v>1892</v>
+        <v>1896</v>
       </c>
       <c r="I108" t="s">
-        <v>1767</v>
+        <v>1771</v>
       </c>
       <c r="J108" t="s">
-        <v>1326</v>
+        <v>1340</v>
       </c>
       <c r="K108" t="s">
-        <v>1893</v>
+        <v>1897</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B109" t="s">
-        <v>1894</v>
+        <v>1898</v>
       </c>
       <c r="C109" t="s">
         <v>12</v>
       </c>
       <c r="D109" t="s">
         <v>12</v>
       </c>
       <c r="E109" t="s">
-        <v>1895</v>
+        <v>1899</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="H109" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="I109" t="s">
-        <v>1898</v>
+        <v>1902</v>
       </c>
       <c r="J109" t="s">
-        <v>1565</v>
+        <v>1579</v>
       </c>
       <c r="K109" t="s">
-        <v>1899</v>
+        <v>1903</v>
       </c>
       <c r="L109" t="s">
-        <v>1900</v>
+        <v>1904</v>
       </c>
       <c r="M109" t="s">
-        <v>1901</v>
+        <v>1905</v>
       </c>
       <c r="N109" t="s">
-        <v>1902</v>
+        <v>1906</v>
       </c>
       <c r="O109" t="s">
-        <v>1903</v>
+        <v>1907</v>
       </c>
       <c r="P109" t="s">
-        <v>1904</v>
+        <v>1908</v>
       </c>
       <c r="Q109" t="s">
-        <v>1905</v>
+        <v>1909</v>
       </c>
       <c r="R109" t="s">
-        <v>1906</v>
+        <v>1910</v>
       </c>
       <c r="S109" t="s">
-        <v>1907</v>
+        <v>1911</v>
       </c>
       <c r="T109" t="s">
-        <v>1908</v>
+        <v>1912</v>
       </c>
       <c r="U109" t="s">
-        <v>1909</v>
+        <v>1913</v>
       </c>
       <c r="V109" t="s">
-        <v>1910</v>
+        <v>1914</v>
       </c>
       <c r="W109" t="s">
-        <v>1911</v>
+        <v>1915</v>
       </c>
       <c r="X109" t="s">
-        <v>1912</v>
+        <v>1916</v>
       </c>
       <c r="Y109" t="s">
-        <v>1913</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B110" t="s">
-        <v>1914</v>
+        <v>1918</v>
       </c>
       <c r="C110" t="s">
         <v>12</v>
       </c>
       <c r="D110" t="s">
         <v>12</v>
       </c>
       <c r="E110" t="s">
-        <v>1915</v>
+        <v>1919</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110" t="s">
-        <v>1916</v>
+        <v>1920</v>
       </c>
       <c r="H110" t="s">
-        <v>1917</v>
+        <v>1921</v>
       </c>
       <c r="I110" t="s">
-        <v>1918</v>
+        <v>1922</v>
       </c>
       <c r="J110" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="K110" t="s">
-        <v>1919</v>
+        <v>1923</v>
       </c>
       <c r="L110" t="s">
-        <v>1920</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B111" t="s">
-        <v>1921</v>
+        <v>1925</v>
       </c>
       <c r="C111" t="s">
         <v>12</v>
       </c>
       <c r="D111" t="s">
         <v>12</v>
       </c>
       <c r="E111" t="s">
-        <v>1922</v>
+        <v>1926</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111" t="s">
-        <v>1923</v>
+        <v>1927</v>
       </c>
       <c r="H111" t="s">
-        <v>1924</v>
+        <v>1928</v>
       </c>
       <c r="I111" t="s">
-        <v>1925</v>
+        <v>1929</v>
       </c>
       <c r="J111" t="s">
-        <v>1926</v>
+        <v>1930</v>
       </c>
       <c r="K111" t="s">
-        <v>1927</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B112" t="s">
-        <v>1928</v>
+        <v>1932</v>
       </c>
       <c r="C112" t="s">
         <v>12</v>
       </c>
       <c r="D112" t="s">
         <v>12</v>
       </c>
       <c r="E112" t="s">
-        <v>1929</v>
+        <v>1933</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112" t="s">
-        <v>1930</v>
+        <v>1934</v>
       </c>
       <c r="H112" t="s">
-        <v>1931</v>
+        <v>1935</v>
       </c>
       <c r="I112" t="s">
-        <v>1479</v>
+        <v>1493</v>
       </c>
       <c r="J112" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
       <c r="K112" t="s">
-        <v>1933</v>
+        <v>1937</v>
       </c>
       <c r="L112" t="s">
-        <v>1934</v>
+        <v>1938</v>
       </c>
       <c r="M112" t="s">
-        <v>1935</v>
+        <v>1939</v>
       </c>
       <c r="N112" t="s">
-        <v>1936</v>
+        <v>1940</v>
       </c>
       <c r="O112" t="s">
-        <v>1937</v>
+        <v>1941</v>
       </c>
       <c r="P112" t="s">
-        <v>1938</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B113" t="s">
-        <v>1939</v>
+        <v>1943</v>
       </c>
       <c r="C113" t="s">
         <v>12</v>
       </c>
       <c r="D113" t="s">
         <v>12</v>
       </c>
       <c r="E113" t="s">
-        <v>1940</v>
+        <v>1944</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113" t="s">
-        <v>1941</v>
+        <v>1945</v>
       </c>
       <c r="H113" t="s">
-        <v>1942</v>
+        <v>1946</v>
       </c>
       <c r="I113" t="s">
-        <v>1943</v>
+        <v>1947</v>
       </c>
       <c r="J113" t="s">
-        <v>1090</v>
+        <v>1121</v>
       </c>
       <c r="K113" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B114" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="C114" t="s">
         <v>12</v>
       </c>
       <c r="D114" t="s">
         <v>12</v>
       </c>
       <c r="E114" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114" t="s">
-        <v>1947</v>
+        <v>1951</v>
       </c>
       <c r="H114" t="s">
-        <v>1948</v>
+        <v>1952</v>
       </c>
       <c r="I114" t="s">
-        <v>1479</v>
+        <v>1493</v>
       </c>
       <c r="J114" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
       <c r="K114" t="s">
-        <v>1950</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B115" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
       <c r="C115" t="s">
         <v>12</v>
       </c>
       <c r="D115" t="s">
         <v>12</v>
       </c>
       <c r="E115" t="s">
-        <v>1952</v>
+        <v>1956</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115" t="s">
-        <v>1953</v>
+        <v>1957</v>
       </c>
       <c r="H115" t="s">
-        <v>1954</v>
+        <v>1958</v>
       </c>
       <c r="I115" t="s">
-        <v>1955</v>
+        <v>1959</v>
       </c>
       <c r="J115" t="s">
-        <v>1956</v>
+        <v>1960</v>
       </c>
       <c r="K115" t="s">
-        <v>1957</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B116" t="s">
-        <v>1958</v>
+        <v>1962</v>
       </c>
       <c r="C116" t="s">
         <v>12</v>
       </c>
       <c r="D116" t="s">
         <v>12</v>
       </c>
       <c r="E116" t="s">
-        <v>1959</v>
+        <v>1963</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116" t="s">
-        <v>1960</v>
+        <v>1964</v>
       </c>
       <c r="H116" t="s">
-        <v>1961</v>
+        <v>1965</v>
       </c>
       <c r="I116" t="s">
-        <v>1479</v>
+        <v>1493</v>
       </c>
       <c r="J116" t="s">
-        <v>1962</v>
+        <v>1966</v>
       </c>
       <c r="K116" t="s">
-        <v>1963</v>
+        <v>1967</v>
       </c>
       <c r="L116" t="s">
-        <v>1964</v>
+        <v>1968</v>
       </c>
       <c r="M116" t="s">
-        <v>1965</v>
+        <v>1969</v>
       </c>
       <c r="N116" t="s">
-        <v>1966</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B117" t="s">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="C117" t="s">
         <v>12</v>
       </c>
       <c r="D117" t="s">
         <v>12</v>
       </c>
       <c r="E117" t="s">
-        <v>1968</v>
+        <v>1972</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117" t="s">
-        <v>1969</v>
+        <v>1973</v>
       </c>
       <c r="H117" t="s">
-        <v>1970</v>
+        <v>1974</v>
       </c>
       <c r="I117" t="s">
-        <v>1971</v>
+        <v>1975</v>
       </c>
       <c r="J117" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
       <c r="K117" t="s">
-        <v>1972</v>
+        <v>1976</v>
       </c>
       <c r="L117" t="s">
-        <v>1973</v>
+        <v>1977</v>
       </c>
       <c r="M117" t="s">
-        <v>1974</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B118" t="s">
-        <v>1975</v>
+        <v>1979</v>
       </c>
       <c r="C118" t="s">
         <v>12</v>
       </c>
       <c r="D118" t="s">
         <v>12</v>
       </c>
       <c r="E118" t="s">
-        <v>1976</v>
+        <v>1980</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118" t="s">
-        <v>1977</v>
+        <v>1981</v>
       </c>
       <c r="H118" t="s">
-        <v>1978</v>
+        <v>1982</v>
       </c>
       <c r="I118" t="s">
-        <v>1979</v>
+        <v>1983</v>
       </c>
       <c r="J118" t="s">
         <v>12</v>
       </c>
       <c r="K118" t="s">
-        <v>1980</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B119" t="s">
-        <v>1981</v>
+        <v>1985</v>
       </c>
       <c r="C119" t="s">
         <v>12</v>
       </c>
       <c r="D119" t="s">
         <v>12</v>
       </c>
       <c r="E119" t="s">
-        <v>1982</v>
+        <v>1986</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119" t="s">
-        <v>1983</v>
+        <v>1987</v>
       </c>
       <c r="H119" t="s">
-        <v>1984</v>
+        <v>1988</v>
       </c>
       <c r="I119" t="s">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="J119" t="s">
-        <v>1181</v>
+        <v>1201</v>
       </c>
       <c r="K119" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="L119" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="M119" t="s">
-        <v>1988</v>
+        <v>1992</v>
       </c>
       <c r="N119" t="s">
-        <v>1989</v>
+        <v>1993</v>
       </c>
       <c r="O119" t="s">
-        <v>1989</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B120" t="s">
-        <v>1990</v>
+        <v>1994</v>
       </c>
       <c r="C120" t="s">
         <v>12</v>
       </c>
       <c r="D120" t="s">
         <v>12</v>
       </c>
       <c r="E120" t="s">
-        <v>1991</v>
+        <v>1995</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120" t="s">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="H120" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="I120" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
       <c r="J120" t="s">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="K120" t="s">
-        <v>1996</v>
+        <v>2000</v>
       </c>
       <c r="L120" t="s">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="M120" t="s">
-        <v>1997</v>
+        <v>2001</v>
       </c>
       <c r="N120" t="s">
-        <v>1998</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B121" t="s">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="C121" t="s">
         <v>12</v>
       </c>
       <c r="D121" t="s">
         <v>12</v>
       </c>
       <c r="E121" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="H121" t="s">
-        <v>2002</v>
+        <v>2006</v>
       </c>
       <c r="I121" t="s">
-        <v>2003</v>
+        <v>2007</v>
       </c>
       <c r="J121" t="s">
-        <v>923</v>
+        <v>954</v>
       </c>
       <c r="K121" t="s">
-        <v>2004</v>
+        <v>2008</v>
       </c>
       <c r="L121" t="s">
-        <v>2005</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B122" t="s">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="C122" t="s">
         <v>12</v>
       </c>
       <c r="D122" t="s">
         <v>12</v>
       </c>
       <c r="E122" t="s">
-        <v>2007</v>
+        <v>2011</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122" t="s">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="H122" t="s">
-        <v>2009</v>
+        <v>2013</v>
       </c>
       <c r="I122" t="s">
-        <v>2010</v>
+        <v>2014</v>
       </c>
       <c r="J122" t="s">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="K122" t="s">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="L122" t="s">
-        <v>2013</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B123" t="s">
-        <v>2014</v>
+        <v>2018</v>
       </c>
       <c r="C123" t="s">
         <v>12</v>
       </c>
       <c r="D123" t="s">
         <v>12</v>
       </c>
       <c r="E123" t="s">
-        <v>2015</v>
+        <v>2019</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123" t="s">
-        <v>2016</v>
+        <v>2020</v>
       </c>
       <c r="H123" t="s">
-        <v>2017</v>
+        <v>2021</v>
       </c>
       <c r="I123" t="s">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="J123" t="s">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="K123" t="s">
-        <v>2020</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B124" t="s">
-        <v>2021</v>
+        <v>2025</v>
       </c>
       <c r="C124" t="s">
         <v>12</v>
       </c>
       <c r="D124" t="s">
         <v>12</v>
       </c>
       <c r="E124" t="s">
-        <v>2022</v>
+        <v>2026</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124" t="s">
-        <v>2023</v>
+        <v>2027</v>
       </c>
       <c r="H124" t="s">
-        <v>2024</v>
+        <v>2028</v>
       </c>
       <c r="I124" t="s">
-        <v>1357</v>
+        <v>1371</v>
       </c>
       <c r="J124" t="s">
-        <v>2025</v>
+        <v>2029</v>
       </c>
       <c r="K124" t="s">
-        <v>2026</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B125" t="s">
-        <v>2027</v>
+        <v>2031</v>
       </c>
       <c r="C125" t="s">
         <v>12</v>
       </c>
       <c r="D125" t="s">
         <v>12</v>
       </c>
       <c r="E125" t="s">
-        <v>2028</v>
+        <v>2032</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125" t="s">
-        <v>2029</v>
+        <v>2033</v>
       </c>
       <c r="H125" t="s">
-        <v>2030</v>
+        <v>2034</v>
       </c>
       <c r="I125" t="s">
-        <v>2031</v>
+        <v>2035</v>
       </c>
       <c r="J125" t="s">
-        <v>2032</v>
+        <v>2036</v>
       </c>
       <c r="K125" t="s">
-        <v>2033</v>
+        <v>2037</v>
       </c>
       <c r="L125" t="s">
-        <v>2034</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B126" t="s">
-        <v>2035</v>
+        <v>2039</v>
       </c>
       <c r="C126" t="s">
         <v>12</v>
       </c>
       <c r="D126" t="s">
         <v>12</v>
       </c>
       <c r="E126" t="s">
-        <v>2036</v>
+        <v>2040</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126" t="s">
-        <v>2037</v>
+        <v>2041</v>
       </c>
       <c r="H126" t="s">
-        <v>2038</v>
+        <v>2042</v>
       </c>
       <c r="I126" t="s">
-        <v>2039</v>
+        <v>2043</v>
       </c>
       <c r="J126" t="s">
-        <v>1462</v>
+        <v>1476</v>
       </c>
       <c r="K126" t="s">
-        <v>2040</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B127" t="s">
-        <v>2041</v>
+        <v>2045</v>
       </c>
       <c r="C127" t="s">
         <v>12</v>
       </c>
       <c r="D127" t="s">
         <v>12</v>
       </c>
       <c r="E127" t="s">
-        <v>2042</v>
+        <v>2046</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127" t="s">
-        <v>2043</v>
+        <v>2047</v>
       </c>
       <c r="H127" t="s">
-        <v>2044</v>
+        <v>2048</v>
       </c>
       <c r="I127" t="s">
-        <v>1943</v>
+        <v>1947</v>
       </c>
       <c r="J127" t="s">
-        <v>2045</v>
+        <v>2049</v>
       </c>
       <c r="K127" t="s">
-        <v>2046</v>
+        <v>2050</v>
       </c>
       <c r="L127" t="s">
-        <v>2047</v>
+        <v>2051</v>
       </c>
       <c r="M127" t="s">
-        <v>2048</v>
+        <v>2052</v>
       </c>
       <c r="N127" t="s">
-        <v>2049</v>
+        <v>2053</v>
       </c>
       <c r="O127" t="s">
-        <v>2050</v>
+        <v>2054</v>
       </c>
       <c r="P127" t="s">
-        <v>2051</v>
+        <v>2055</v>
       </c>
       <c r="Q127" t="s">
-        <v>2052</v>
+        <v>2056</v>
       </c>
       <c r="R127" t="s">
-        <v>2053</v>
+        <v>2057</v>
       </c>
       <c r="S127" t="s">
-        <v>2054</v>
+        <v>2058</v>
       </c>
       <c r="T127" t="s">
-        <v>2055</v>
+        <v>2059</v>
       </c>
       <c r="U127" t="s">
-        <v>2056</v>
+        <v>2060</v>
       </c>
       <c r="V127" t="s">
-        <v>2057</v>
+        <v>2061</v>
       </c>
       <c r="W127" t="s">
-        <v>2058</v>
+        <v>2062</v>
       </c>
       <c r="X127" t="s">
-        <v>2059</v>
+        <v>2063</v>
       </c>
       <c r="Y127" t="s">
-        <v>2060</v>
+        <v>2064</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B128" t="s">
-        <v>2061</v>
+        <v>2065</v>
       </c>
       <c r="C128" t="s">
         <v>12</v>
       </c>
       <c r="D128" t="s">
         <v>12</v>
       </c>
       <c r="E128" t="s">
-        <v>2062</v>
+        <v>2066</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128" t="s">
-        <v>2063</v>
+        <v>2067</v>
       </c>
       <c r="H128" t="s">
-        <v>2064</v>
+        <v>2068</v>
       </c>
       <c r="I128" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
       <c r="J128" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="K128" t="s">
-        <v>2066</v>
+        <v>2070</v>
       </c>
       <c r="L128" t="s">
-        <v>2067</v>
+        <v>2071</v>
       </c>
       <c r="M128" t="s">
-        <v>2068</v>
+        <v>2072</v>
       </c>
       <c r="N128" t="s">
-        <v>2069</v>
+        <v>2073</v>
       </c>
       <c r="O128" t="s">
-        <v>2070</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B129" t="s">
-        <v>2071</v>
+        <v>2075</v>
       </c>
       <c r="C129" t="s">
         <v>12</v>
       </c>
       <c r="D129" t="s">
         <v>12</v>
       </c>
       <c r="E129" t="s">
-        <v>2072</v>
+        <v>2076</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
       <c r="H129" t="s">
-        <v>2074</v>
+        <v>2078</v>
       </c>
       <c r="I129" t="s">
-        <v>2075</v>
+        <v>2079</v>
       </c>
       <c r="J129" t="s">
-        <v>822</v>
+        <v>744</v>
       </c>
       <c r="K129" t="s">
-        <v>2076</v>
+        <v>2080</v>
       </c>
       <c r="L129" t="s">
-        <v>2077</v>
+        <v>2081</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B130" t="s">
-        <v>2078</v>
+        <v>2082</v>
       </c>
       <c r="C130" t="s">
         <v>12</v>
       </c>
       <c r="D130" t="s">
         <v>12</v>
       </c>
       <c r="E130" t="s">
-        <v>2079</v>
+        <v>2083</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130" t="s">
-        <v>2080</v>
+        <v>2084</v>
       </c>
       <c r="H130" t="s">
-        <v>2081</v>
+        <v>2085</v>
       </c>
       <c r="I130" t="s">
-        <v>2082</v>
+        <v>2086</v>
       </c>
       <c r="J130" t="s">
-        <v>1283</v>
+        <v>1297</v>
       </c>
       <c r="K130" t="s">
-        <v>2083</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B131" t="s">
-        <v>2084</v>
+        <v>2088</v>
       </c>
       <c r="C131" t="s">
         <v>12</v>
       </c>
       <c r="D131" t="s">
         <v>12</v>
       </c>
       <c r="E131" t="s">
-        <v>2085</v>
+        <v>2089</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131" t="s">
-        <v>2086</v>
+        <v>2090</v>
       </c>
       <c r="H131" t="s">
-        <v>2087</v>
+        <v>2091</v>
       </c>
       <c r="I131" t="s">
-        <v>2088</v>
+        <v>2092</v>
       </c>
       <c r="J131" t="s">
-        <v>2089</v>
+        <v>2093</v>
       </c>
       <c r="K131" t="s">
-        <v>2090</v>
+        <v>2094</v>
       </c>
       <c r="L131" t="s">
-        <v>2091</v>
+        <v>2095</v>
       </c>
       <c r="M131" t="s">
-        <v>2092</v>
+        <v>2096</v>
       </c>
       <c r="N131" t="s">
-        <v>2093</v>
+        <v>2097</v>
       </c>
       <c r="O131" t="s">
-        <v>2094</v>
+        <v>2098</v>
       </c>
       <c r="P131" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B132" t="s">
-        <v>2096</v>
+        <v>2100</v>
       </c>
       <c r="C132" t="s">
         <v>12</v>
       </c>
       <c r="D132" t="s">
         <v>12</v>
       </c>
       <c r="E132" t="s">
-        <v>2097</v>
+        <v>2101</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132" t="s">
-        <v>2098</v>
+        <v>2102</v>
       </c>
       <c r="H132" t="s">
-        <v>2099</v>
+        <v>2103</v>
       </c>
       <c r="I132" t="s">
-        <v>2100</v>
+        <v>2104</v>
       </c>
       <c r="J132" t="s">
-        <v>1130</v>
+        <v>1161</v>
       </c>
       <c r="K132" t="s">
-        <v>2101</v>
+        <v>2105</v>
       </c>
       <c r="L132" t="s">
-        <v>2102</v>
+        <v>2106</v>
       </c>
       <c r="M132" t="s">
-        <v>2103</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B133" t="s">
-        <v>2104</v>
+        <v>2108</v>
       </c>
       <c r="C133" t="s">
         <v>12</v>
       </c>
       <c r="D133" t="s">
         <v>12</v>
       </c>
       <c r="E133" t="s">
-        <v>2105</v>
+        <v>2109</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133" t="s">
-        <v>2106</v>
+        <v>2110</v>
       </c>
       <c r="H133" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="I133" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="J133" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="K133" t="s">
-        <v>2109</v>
+        <v>2113</v>
       </c>
       <c r="L133" t="s">
-        <v>2110</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B134" t="s">
-        <v>2111</v>
+        <v>2115</v>
       </c>
       <c r="C134" t="s">
         <v>12</v>
       </c>
       <c r="D134" t="s">
         <v>12</v>
       </c>
       <c r="E134" t="s">
-        <v>2112</v>
+        <v>2116</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134" t="s">
-        <v>2113</v>
+        <v>2117</v>
       </c>
       <c r="H134" t="s">
-        <v>2114</v>
+        <v>2118</v>
       </c>
       <c r="I134" t="s">
-        <v>2115</v>
+        <v>2119</v>
       </c>
       <c r="J134" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="K134" t="s">
-        <v>2117</v>
+        <v>2121</v>
       </c>
       <c r="L134" t="s">
-        <v>2118</v>
+        <v>2122</v>
       </c>
       <c r="M134" t="s">
-        <v>2119</v>
+        <v>2123</v>
       </c>
       <c r="N134" t="s">
-        <v>2120</v>
+        <v>2124</v>
       </c>
       <c r="O134" t="s">
-        <v>2121</v>
+        <v>2125</v>
       </c>
       <c r="P134" t="s">
-        <v>2122</v>
+        <v>2126</v>
       </c>
       <c r="Q134" t="s">
-        <v>2123</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B135" t="s">
-        <v>2124</v>
+        <v>2128</v>
       </c>
       <c r="C135" t="s">
         <v>12</v>
       </c>
       <c r="D135" t="s">
         <v>12</v>
       </c>
       <c r="E135" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135" t="s">
-        <v>2126</v>
+        <v>2130</v>
       </c>
       <c r="H135" t="s">
-        <v>2127</v>
+        <v>2131</v>
       </c>
       <c r="I135" t="s">
-        <v>1461</v>
+        <v>1475</v>
       </c>
       <c r="J135" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="K135" t="s">
-        <v>2128</v>
+        <v>2132</v>
       </c>
       <c r="L135" t="s">
-        <v>2129</v>
+        <v>2133</v>
       </c>
       <c r="M135" t="s">
-        <v>2130</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B136" t="s">
-        <v>2131</v>
+        <v>2135</v>
       </c>
       <c r="C136" t="s">
         <v>12</v>
       </c>
       <c r="D136" t="s">
         <v>12</v>
       </c>
       <c r="E136" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136" t="s">
-        <v>2133</v>
+        <v>2137</v>
       </c>
       <c r="H136" t="s">
-        <v>2134</v>
+        <v>2138</v>
       </c>
       <c r="I136" t="s">
-        <v>2135</v>
+        <v>2139</v>
       </c>
       <c r="J136" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
       <c r="K136" t="s">
-        <v>2137</v>
+        <v>2141</v>
       </c>
       <c r="L136" t="s">
-        <v>2138</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B137" t="s">
-        <v>2139</v>
+        <v>2143</v>
       </c>
       <c r="C137" t="s">
         <v>12</v>
       </c>
       <c r="D137" t="s">
         <v>12</v>
       </c>
       <c r="E137" t="s">
-        <v>2140</v>
+        <v>2144</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137" t="s">
-        <v>2141</v>
+        <v>2145</v>
       </c>
       <c r="H137" t="s">
-        <v>2142</v>
+        <v>2146</v>
       </c>
       <c r="I137" t="s">
-        <v>2143</v>
+        <v>2147</v>
       </c>
       <c r="J137" t="s">
-        <v>2144</v>
+        <v>2148</v>
       </c>
       <c r="K137" t="s">
-        <v>2145</v>
+        <v>2149</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B138" t="s">
-        <v>2146</v>
+        <v>2150</v>
       </c>
       <c r="C138" t="s">
         <v>12</v>
       </c>
       <c r="D138" t="s">
         <v>12</v>
       </c>
       <c r="E138" t="s">
-        <v>2147</v>
+        <v>2151</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138" t="s">
-        <v>2148</v>
+        <v>2152</v>
       </c>
       <c r="H138" t="s">
-        <v>2149</v>
+        <v>2153</v>
       </c>
       <c r="I138" t="s">
-        <v>2150</v>
+        <v>2154</v>
       </c>
       <c r="J138" t="s">
-        <v>2151</v>
+        <v>2155</v>
       </c>
       <c r="K138" t="s">
-        <v>2152</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B139" t="s">
-        <v>2153</v>
+        <v>2157</v>
       </c>
       <c r="C139" t="s">
         <v>12</v>
       </c>
       <c r="D139" t="s">
         <v>12</v>
       </c>
       <c r="E139" t="s">
-        <v>2154</v>
+        <v>2158</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139" t="s">
-        <v>2155</v>
+        <v>2159</v>
       </c>
       <c r="H139" t="s">
-        <v>2156</v>
+        <v>2160</v>
       </c>
       <c r="I139" t="s">
-        <v>2157</v>
+        <v>2161</v>
       </c>
       <c r="J139" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="K139" t="s">
-        <v>2158</v>
+        <v>2162</v>
       </c>
       <c r="L139" t="s">
-        <v>2159</v>
+        <v>2163</v>
       </c>
       <c r="M139" t="s">
-        <v>2160</v>
+        <v>2164</v>
       </c>
       <c r="N139" t="s">
-        <v>2161</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B140" t="s">
-        <v>2162</v>
+        <v>2166</v>
       </c>
       <c r="C140" t="s">
         <v>12</v>
       </c>
       <c r="D140" t="s">
         <v>12</v>
       </c>
       <c r="E140" t="s">
-        <v>2163</v>
+        <v>2167</v>
       </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140" t="s">
-        <v>2164</v>
+        <v>2168</v>
       </c>
       <c r="H140" t="s">
-        <v>2165</v>
+        <v>2169</v>
       </c>
       <c r="I140" t="s">
-        <v>2166</v>
+        <v>2170</v>
       </c>
       <c r="J140" t="s">
-        <v>1035</v>
+        <v>1066</v>
       </c>
       <c r="K140" t="s">
-        <v>2167</v>
+        <v>2171</v>
       </c>
       <c r="L140" t="s">
-        <v>2168</v>
+        <v>2172</v>
       </c>
       <c r="M140" t="s">
-        <v>2169</v>
+        <v>2173</v>
       </c>
       <c r="N140" t="s">
-        <v>2170</v>
+        <v>2174</v>
       </c>
       <c r="O140" t="s">
-        <v>2171</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B141" t="s">
-        <v>2172</v>
+        <v>2176</v>
       </c>
       <c r="C141" t="s">
         <v>12</v>
       </c>
       <c r="D141" t="s">
         <v>12</v>
       </c>
       <c r="E141" t="s">
-        <v>2173</v>
+        <v>2177</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141" t="s">
-        <v>2174</v>
+        <v>2178</v>
       </c>
       <c r="H141" t="s">
-        <v>2175</v>
+        <v>2179</v>
       </c>
       <c r="I141" t="s">
-        <v>2176</v>
+        <v>2180</v>
       </c>
       <c r="J141" t="s">
-        <v>1703</v>
+        <v>1707</v>
       </c>
       <c r="K141" t="s">
-        <v>2177</v>
+        <v>2181</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B142" t="s">
-        <v>2178</v>
+        <v>2182</v>
       </c>
       <c r="C142" t="s">
         <v>12</v>
       </c>
       <c r="D142" t="s">
         <v>12</v>
       </c>
       <c r="E142" t="s">
-        <v>2179</v>
+        <v>2183</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142" t="s">
-        <v>2180</v>
+        <v>2184</v>
       </c>
       <c r="H142" t="s">
-        <v>2181</v>
+        <v>2185</v>
       </c>
       <c r="I142" t="s">
-        <v>2182</v>
+        <v>2186</v>
       </c>
       <c r="J142" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="K142" t="s">
-        <v>2183</v>
+        <v>2187</v>
       </c>
       <c r="L142" t="s">
-        <v>2184</v>
+        <v>2188</v>
       </c>
       <c r="M142" t="s">
-        <v>2185</v>
+        <v>2189</v>
       </c>
       <c r="N142" t="s">
-        <v>2186</v>
+        <v>2190</v>
       </c>
       <c r="O142" t="s">
-        <v>2187</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B143" t="s">
-        <v>2188</v>
+        <v>2192</v>
       </c>
       <c r="C143" t="s">
         <v>12</v>
       </c>
       <c r="D143" t="s">
         <v>12</v>
       </c>
       <c r="E143" t="s">
-        <v>2189</v>
+        <v>2193</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143" t="s">
-        <v>2190</v>
+        <v>2194</v>
       </c>
       <c r="H143" t="s">
-        <v>2191</v>
+        <v>2195</v>
       </c>
       <c r="I143" t="s">
-        <v>1291</v>
+        <v>1305</v>
       </c>
       <c r="J143" t="s">
-        <v>2192</v>
+        <v>2196</v>
       </c>
       <c r="K143" t="s">
-        <v>2193</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B144" t="s">
-        <v>2194</v>
+        <v>2198</v>
       </c>
       <c r="C144" t="s">
         <v>12</v>
       </c>
       <c r="D144" t="s">
         <v>12</v>
       </c>
       <c r="E144" t="s">
-        <v>2195</v>
+        <v>2199</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144" t="s">
-        <v>2196</v>
+        <v>2200</v>
       </c>
       <c r="H144" t="s">
-        <v>2197</v>
+        <v>2201</v>
       </c>
       <c r="I144" t="s">
-        <v>2198</v>
+        <v>2202</v>
       </c>
       <c r="J144" t="s">
-        <v>2199</v>
+        <v>2203</v>
       </c>
       <c r="K144" t="s">
-        <v>2200</v>
+        <v>2204</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B145" t="s">
-        <v>2201</v>
+        <v>2205</v>
       </c>
       <c r="C145" t="s">
         <v>12</v>
       </c>
       <c r="D145" t="s">
         <v>12</v>
       </c>
       <c r="E145" t="s">
-        <v>2202</v>
+        <v>2206</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145" t="s">
-        <v>2203</v>
+        <v>2207</v>
       </c>
       <c r="H145" t="s">
-        <v>2204</v>
+        <v>2208</v>
       </c>
       <c r="I145" t="s">
-        <v>1634</v>
+        <v>1638</v>
       </c>
       <c r="J145" t="s">
-        <v>1326</v>
+        <v>1340</v>
       </c>
       <c r="K145" t="s">
-        <v>2205</v>
+        <v>2209</v>
       </c>
       <c r="L145" t="s">
-        <v>2206</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B146" t="s">
-        <v>2207</v>
+        <v>2211</v>
       </c>
       <c r="C146" t="s">
         <v>12</v>
       </c>
       <c r="D146" t="s">
         <v>12</v>
       </c>
       <c r="E146" t="s">
-        <v>2208</v>
+        <v>2212</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146" t="s">
-        <v>2209</v>
+        <v>2213</v>
       </c>
       <c r="H146" t="s">
-        <v>2210</v>
+        <v>2214</v>
       </c>
       <c r="I146" t="s">
-        <v>2211</v>
+        <v>2215</v>
       </c>
       <c r="J146" t="s">
-        <v>832</v>
+        <v>864</v>
       </c>
       <c r="K146" t="s">
-        <v>2212</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B147" t="s">
-        <v>2213</v>
+        <v>2217</v>
       </c>
       <c r="C147" t="s">
         <v>12</v>
       </c>
       <c r="D147" t="s">
         <v>12</v>
       </c>
       <c r="E147" t="s">
-        <v>2214</v>
+        <v>2218</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147" t="s">
-        <v>2215</v>
+        <v>2219</v>
       </c>
       <c r="H147" t="s">
-        <v>2216</v>
+        <v>2220</v>
       </c>
       <c r="I147" t="s">
-        <v>2217</v>
+        <v>2221</v>
       </c>
       <c r="J147" t="s">
-        <v>1018</v>
+        <v>1049</v>
       </c>
       <c r="K147" t="s">
-        <v>2218</v>
+        <v>2222</v>
       </c>
       <c r="L147" t="s">
-        <v>2219</v>
+        <v>2223</v>
       </c>
       <c r="M147" t="s">
-        <v>2220</v>
+        <v>2224</v>
       </c>
       <c r="N147" t="s">
-        <v>2221</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B148" t="s">
-        <v>2222</v>
+        <v>2226</v>
       </c>
       <c r="C148" t="s">
         <v>12</v>
       </c>
       <c r="D148" t="s">
         <v>12</v>
       </c>
       <c r="E148" t="s">
-        <v>2223</v>
+        <v>2227</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148" t="s">
-        <v>2224</v>
+        <v>2228</v>
       </c>
       <c r="H148" t="s">
-        <v>2225</v>
+        <v>2229</v>
       </c>
       <c r="I148" t="s">
-        <v>2226</v>
+        <v>2230</v>
       </c>
       <c r="J148" t="s">
-        <v>1653</v>
+        <v>1657</v>
       </c>
       <c r="K148" t="s">
-        <v>2227</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B149" t="s">
-        <v>2228</v>
+        <v>2232</v>
       </c>
       <c r="C149" t="s">
         <v>12</v>
       </c>
       <c r="D149" t="s">
         <v>12</v>
       </c>
       <c r="E149" t="s">
-        <v>2229</v>
+        <v>2233</v>
       </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149" t="s">
-        <v>2230</v>
+        <v>2234</v>
       </c>
       <c r="H149" t="s">
-        <v>2231</v>
+        <v>2235</v>
       </c>
       <c r="I149" t="s">
-        <v>2232</v>
+        <v>2236</v>
       </c>
       <c r="J149" t="s">
-        <v>1480</v>
+        <v>1494</v>
       </c>
       <c r="K149" t="s">
-        <v>2233</v>
+        <v>2237</v>
       </c>
       <c r="L149" t="s">
-        <v>2234</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B150" t="s">
-        <v>2235</v>
+        <v>2239</v>
       </c>
       <c r="C150" t="s">
         <v>12</v>
       </c>
       <c r="D150" t="s">
         <v>12</v>
       </c>
       <c r="E150" t="s">
-        <v>2236</v>
+        <v>2240</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150" t="s">
-        <v>2237</v>
+        <v>2241</v>
       </c>
       <c r="H150" t="s">
-        <v>2238</v>
+        <v>2242</v>
       </c>
       <c r="I150" t="s">
-        <v>2239</v>
+        <v>2243</v>
       </c>
       <c r="J150" t="s">
-        <v>1962</v>
+        <v>1966</v>
       </c>
       <c r="K150" t="s">
-        <v>2240</v>
+        <v>2244</v>
       </c>
       <c r="L150" t="s">
-        <v>2241</v>
+        <v>2245</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B151" t="s">
-        <v>2242</v>
+        <v>2246</v>
       </c>
       <c r="C151" t="s">
         <v>12</v>
       </c>
       <c r="D151" t="s">
         <v>12</v>
       </c>
       <c r="E151" t="s">
-        <v>2243</v>
+        <v>2247</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151" t="s">
-        <v>2244</v>
+        <v>2248</v>
       </c>
       <c r="H151" t="s">
-        <v>2245</v>
+        <v>2249</v>
       </c>
       <c r="I151" t="s">
-        <v>2246</v>
+        <v>2250</v>
       </c>
       <c r="J151" t="s">
-        <v>2247</v>
+        <v>2251</v>
       </c>
       <c r="K151" t="s">
-        <v>2248</v>
+        <v>2252</v>
       </c>
       <c r="L151" t="s">
-        <v>2249</v>
+        <v>2253</v>
       </c>
       <c r="M151" t="s">
-        <v>2250</v>
+        <v>2254</v>
       </c>
       <c r="N151" t="s">
-        <v>2251</v>
+        <v>2255</v>
       </c>
       <c r="O151" t="s">
-        <v>2252</v>
+        <v>2256</v>
       </c>
       <c r="P151" t="s">
-        <v>2253</v>
+        <v>2257</v>
       </c>
       <c r="Q151" t="s">
-        <v>2254</v>
+        <v>2258</v>
       </c>
       <c r="R151" t="s">
-        <v>2255</v>
+        <v>2259</v>
       </c>
       <c r="S151" t="s">
-        <v>2256</v>
+        <v>2260</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B152" t="s">
-        <v>2257</v>
+        <v>2261</v>
       </c>
       <c r="C152" t="s">
         <v>12</v>
       </c>
       <c r="D152" t="s">
         <v>12</v>
       </c>
       <c r="E152" t="s">
-        <v>2258</v>
+        <v>2262</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152" t="s">
-        <v>2259</v>
+        <v>2263</v>
       </c>
       <c r="H152" t="s">
-        <v>2260</v>
+        <v>2264</v>
       </c>
       <c r="I152" t="s">
-        <v>2261</v>
+        <v>2265</v>
       </c>
       <c r="J152" t="s">
-        <v>2262</v>
+        <v>2266</v>
       </c>
       <c r="K152" t="s">
-        <v>2263</v>
+        <v>2267</v>
       </c>
       <c r="L152" t="s">
-        <v>2264</v>
+        <v>2268</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B153" t="s">
-        <v>2265</v>
+        <v>2269</v>
       </c>
       <c r="C153" t="s">
         <v>12</v>
       </c>
       <c r="D153" t="s">
         <v>12</v>
       </c>
       <c r="E153" t="s">
-        <v>2266</v>
+        <v>2270</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153" t="s">
-        <v>2267</v>
+        <v>2271</v>
       </c>
       <c r="H153" t="s">
-        <v>2268</v>
+        <v>2272</v>
       </c>
       <c r="I153" t="s">
-        <v>2269</v>
+        <v>2273</v>
       </c>
       <c r="J153" t="s">
-        <v>2270</v>
+        <v>2274</v>
       </c>
       <c r="K153" t="s">
-        <v>2271</v>
+        <v>2275</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B154" t="s">
-        <v>2272</v>
+        <v>2276</v>
       </c>
       <c r="C154" t="s">
         <v>12</v>
       </c>
       <c r="D154" t="s">
         <v>12</v>
       </c>
       <c r="E154" t="s">
-        <v>2273</v>
+        <v>2277</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154" t="s">
-        <v>2274</v>
+        <v>2278</v>
       </c>
       <c r="H154" t="s">
-        <v>2275</v>
+        <v>2279</v>
       </c>
       <c r="I154" t="s">
-        <v>2276</v>
+        <v>2280</v>
       </c>
       <c r="J154" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="K154" t="s">
-        <v>2277</v>
+        <v>2281</v>
       </c>
       <c r="L154" t="s">
-        <v>2278</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B155" t="s">
-        <v>2279</v>
+        <v>2283</v>
       </c>
       <c r="C155" t="s">
         <v>12</v>
       </c>
       <c r="D155" t="s">
         <v>12</v>
       </c>
       <c r="E155" t="s">
-        <v>2280</v>
+        <v>2284</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155" t="s">
-        <v>2281</v>
+        <v>2285</v>
       </c>
       <c r="H155" t="s">
-        <v>2282</v>
+        <v>2286</v>
       </c>
       <c r="I155" t="s">
-        <v>2283</v>
+        <v>2287</v>
       </c>
       <c r="J155" t="s">
-        <v>2284</v>
+        <v>2288</v>
       </c>
       <c r="K155" t="s">
-        <v>2285</v>
+        <v>2289</v>
       </c>
       <c r="L155" t="s">
-        <v>2286</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B156" t="s">
-        <v>2287</v>
+        <v>2291</v>
       </c>
       <c r="C156" t="s">
         <v>12</v>
       </c>
       <c r="D156" t="s">
         <v>12</v>
       </c>
       <c r="E156" t="s">
-        <v>2288</v>
+        <v>2292</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156" t="s">
-        <v>2289</v>
+        <v>2293</v>
       </c>
       <c r="H156" t="s">
-        <v>2290</v>
+        <v>2294</v>
       </c>
       <c r="I156" t="s">
-        <v>2291</v>
+        <v>2295</v>
       </c>
       <c r="J156" t="s">
-        <v>2292</v>
+        <v>2296</v>
       </c>
       <c r="K156" t="s">
-        <v>2293</v>
+        <v>2297</v>
       </c>
       <c r="L156" t="s">
-        <v>2294</v>
+        <v>2298</v>
       </c>
       <c r="M156" t="s">
-        <v>2295</v>
+        <v>2299</v>
       </c>
       <c r="N156" t="s">
-        <v>2296</v>
+        <v>2300</v>
       </c>
       <c r="O156" t="s">
-        <v>2297</v>
+        <v>2301</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B157" t="s">
-        <v>2298</v>
+        <v>2302</v>
       </c>
       <c r="C157" t="s">
         <v>12</v>
       </c>
       <c r="D157" t="s">
         <v>12</v>
       </c>
       <c r="E157" t="s">
-        <v>2299</v>
+        <v>2303</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157" t="s">
-        <v>2300</v>
+        <v>2304</v>
       </c>
       <c r="H157" t="s">
-        <v>2301</v>
+        <v>2305</v>
       </c>
       <c r="I157" t="s">
-        <v>2302</v>
+        <v>2306</v>
       </c>
       <c r="J157" t="s">
-        <v>2303</v>
+        <v>2307</v>
       </c>
       <c r="K157" t="s">
-        <v>2304</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B158" t="s">
-        <v>2305</v>
+        <v>2309</v>
       </c>
       <c r="C158" t="s">
         <v>12</v>
       </c>
       <c r="D158" t="s">
         <v>12</v>
       </c>
       <c r="E158" t="s">
-        <v>2306</v>
+        <v>2310</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158" t="s">
-        <v>2307</v>
+        <v>2311</v>
       </c>
       <c r="H158" t="s">
-        <v>2308</v>
+        <v>2312</v>
       </c>
       <c r="I158" t="s">
-        <v>2309</v>
+        <v>2313</v>
       </c>
       <c r="J158" t="s">
-        <v>1326</v>
+        <v>1340</v>
       </c>
       <c r="K158" t="s">
-        <v>2310</v>
+        <v>2314</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B159" t="s">
-        <v>2311</v>
+        <v>2315</v>
       </c>
       <c r="C159" t="s">
         <v>12</v>
       </c>
       <c r="D159" t="s">
         <v>12</v>
       </c>
       <c r="E159" t="s">
-        <v>2312</v>
+        <v>2316</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159" t="s">
-        <v>2313</v>
+        <v>2317</v>
       </c>
       <c r="H159" t="s">
-        <v>2314</v>
+        <v>2318</v>
       </c>
       <c r="I159" t="s">
-        <v>1809</v>
+        <v>1813</v>
       </c>
       <c r="J159" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="K159" t="s">
-        <v>2315</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B160" t="s">
-        <v>2316</v>
+        <v>2320</v>
       </c>
       <c r="C160" t="s">
         <v>12</v>
       </c>
       <c r="D160" t="s">
         <v>12</v>
       </c>
       <c r="E160" t="s">
-        <v>2317</v>
+        <v>2321</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160" t="s">
-        <v>2318</v>
+        <v>2322</v>
       </c>
       <c r="H160" t="s">
-        <v>2319</v>
+        <v>2323</v>
       </c>
       <c r="I160" t="s">
-        <v>2320</v>
+        <v>2324</v>
       </c>
       <c r="J160" t="s">
-        <v>2321</v>
+        <v>2325</v>
       </c>
       <c r="K160" t="s">
-        <v>2322</v>
+        <v>2326</v>
       </c>
       <c r="L160" t="s">
-        <v>2323</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B161" t="s">
-        <v>2324</v>
+        <v>2328</v>
       </c>
       <c r="C161" t="s">
         <v>12</v>
       </c>
       <c r="D161" t="s">
         <v>12</v>
       </c>
       <c r="E161" t="s">
-        <v>2325</v>
+        <v>2329</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161" t="s">
-        <v>2326</v>
+        <v>2330</v>
       </c>
       <c r="H161" t="s">
-        <v>2327</v>
+        <v>2331</v>
       </c>
       <c r="I161" t="s">
-        <v>2309</v>
+        <v>2313</v>
       </c>
       <c r="J161" t="s">
-        <v>2328</v>
+        <v>2332</v>
       </c>
       <c r="K161" t="s">
-        <v>2329</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B162" t="s">
-        <v>2330</v>
+        <v>2334</v>
       </c>
       <c r="C162" t="s">
         <v>12</v>
       </c>
       <c r="D162" t="s">
         <v>12</v>
       </c>
       <c r="E162" t="s">
-        <v>2331</v>
+        <v>2335</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162" t="s">
-        <v>2332</v>
+        <v>2336</v>
       </c>
       <c r="H162" t="s">
-        <v>2333</v>
+        <v>2337</v>
       </c>
       <c r="I162" t="s">
-        <v>1809</v>
+        <v>1813</v>
       </c>
       <c r="J162" t="s">
-        <v>2334</v>
+        <v>2338</v>
       </c>
       <c r="K162" t="s">
-        <v>2335</v>
+        <v>2339</v>
       </c>
       <c r="L162" t="s">
-        <v>2336</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B163" t="s">
-        <v>2337</v>
+        <v>2341</v>
       </c>
       <c r="C163" t="s">
         <v>12</v>
       </c>
       <c r="D163" t="s">
         <v>12</v>
       </c>
       <c r="E163" t="s">
-        <v>2338</v>
+        <v>2342</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163" t="s">
-        <v>2339</v>
+        <v>2343</v>
       </c>
       <c r="H163" t="s">
-        <v>2340</v>
+        <v>2344</v>
       </c>
       <c r="I163" t="s">
-        <v>2341</v>
+        <v>2345</v>
       </c>
       <c r="J163" t="s">
-        <v>1462</v>
+        <v>1476</v>
       </c>
       <c r="K163" t="s">
-        <v>2342</v>
+        <v>2346</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B164" t="s">
-        <v>2343</v>
+        <v>2347</v>
       </c>
       <c r="C164" t="s">
         <v>12</v>
       </c>
       <c r="D164" t="s">
         <v>12</v>
       </c>
       <c r="E164" t="s">
-        <v>2344</v>
+        <v>2348</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164" t="s">
-        <v>2345</v>
+        <v>2349</v>
       </c>
       <c r="H164" t="s">
-        <v>2346</v>
+        <v>2350</v>
       </c>
       <c r="I164" t="s">
-        <v>2347</v>
+        <v>2351</v>
       </c>
       <c r="J164" t="s">
-        <v>2348</v>
+        <v>2352</v>
       </c>
       <c r="K164" t="s">
-        <v>2349</v>
+        <v>2353</v>
       </c>
       <c r="L164" t="s">
-        <v>2350</v>
+        <v>2354</v>
       </c>
       <c r="M164" t="s">
-        <v>2351</v>
+        <v>2355</v>
       </c>
       <c r="N164" t="s">
-        <v>2352</v>
+        <v>2356</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B165" t="s">
-        <v>2353</v>
+        <v>2357</v>
       </c>
       <c r="C165" t="s">
         <v>12</v>
       </c>
       <c r="D165" t="s">
         <v>12</v>
       </c>
       <c r="E165" t="s">
-        <v>2354</v>
+        <v>2358</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165" t="s">
-        <v>2355</v>
+        <v>2359</v>
       </c>
       <c r="H165" t="s">
-        <v>2356</v>
+        <v>2360</v>
       </c>
       <c r="I165" t="s">
-        <v>1138</v>
+        <v>1169</v>
       </c>
       <c r="J165" t="s">
-        <v>2357</v>
+        <v>2361</v>
       </c>
       <c r="K165" t="s">
-        <v>2358</v>
+        <v>2362</v>
       </c>
       <c r="L165" t="s">
-        <v>2359</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B166" t="s">
-        <v>2360</v>
+        <v>2364</v>
       </c>
       <c r="C166" t="s">
         <v>12</v>
       </c>
       <c r="D166" t="s">
         <v>12</v>
       </c>
       <c r="E166" t="s">
-        <v>2361</v>
+        <v>2365</v>
       </c>
       <c r="F166" t="s">
         <v>12</v>
       </c>
       <c r="G166" t="s">
-        <v>2362</v>
+        <v>2366</v>
       </c>
       <c r="H166" t="s">
-        <v>2363</v>
+        <v>2367</v>
       </c>
       <c r="I166" t="s">
-        <v>2364</v>
+        <v>2368</v>
       </c>
       <c r="J166" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="K166" t="s">
-        <v>2366</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B167" t="s">
-        <v>2367</v>
+        <v>2371</v>
       </c>
       <c r="C167" t="s">
         <v>12</v>
       </c>
       <c r="D167" t="s">
         <v>12</v>
       </c>
       <c r="E167" t="s">
-        <v>2368</v>
+        <v>2372</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167" t="s">
-        <v>2369</v>
+        <v>2373</v>
       </c>
       <c r="H167" t="s">
-        <v>2370</v>
+        <v>2374</v>
       </c>
       <c r="I167" t="s">
-        <v>2371</v>
+        <v>2375</v>
       </c>
       <c r="J167" t="s">
-        <v>2372</v>
+        <v>2376</v>
       </c>
       <c r="K167" t="s">
-        <v>2373</v>
+        <v>2377</v>
       </c>
       <c r="L167" t="s">
-        <v>2374</v>
+        <v>2378</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B168" t="s">
-        <v>2375</v>
+        <v>2379</v>
       </c>
       <c r="C168" t="s">
         <v>12</v>
       </c>
       <c r="D168" t="s">
         <v>12</v>
       </c>
       <c r="E168" t="s">
-        <v>2376</v>
+        <v>2380</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
       <c r="G168" t="s">
-        <v>2377</v>
+        <v>2381</v>
       </c>
       <c r="H168" t="s">
-        <v>2378</v>
+        <v>2382</v>
       </c>
       <c r="I168" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
       <c r="J168" t="s">
-        <v>2380</v>
+        <v>2384</v>
       </c>
       <c r="K168" t="s">
-        <v>2381</v>
+        <v>2385</v>
       </c>
       <c r="L168" t="s">
-        <v>2382</v>
+        <v>2386</v>
       </c>
       <c r="M168" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B169" t="s">
-        <v>2384</v>
+        <v>2388</v>
       </c>
       <c r="C169" t="s">
         <v>12</v>
       </c>
       <c r="D169" t="s">
         <v>12</v>
       </c>
       <c r="E169" t="s">
-        <v>2385</v>
+        <v>2389</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
       <c r="G169" t="s">
-        <v>2386</v>
+        <v>2390</v>
       </c>
       <c r="H169" t="s">
-        <v>2387</v>
+        <v>2391</v>
       </c>
       <c r="I169" t="s">
-        <v>2388</v>
+        <v>2392</v>
       </c>
       <c r="J169" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="K169" t="s">
-        <v>2389</v>
+        <v>2393</v>
       </c>
       <c r="L169" t="s">
-        <v>2390</v>
+        <v>2394</v>
       </c>
       <c r="M169" t="s">
-        <v>2391</v>
+        <v>2395</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B170" t="s">
-        <v>2392</v>
+        <v>2396</v>
       </c>
       <c r="C170" t="s">
         <v>12</v>
       </c>
       <c r="D170" t="s">
         <v>12</v>
       </c>
       <c r="E170" t="s">
-        <v>2393</v>
+        <v>2397</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
       <c r="G170" t="s">
-        <v>2394</v>
+        <v>2398</v>
       </c>
       <c r="H170" t="s">
-        <v>2395</v>
+        <v>2399</v>
       </c>
       <c r="I170" t="s">
-        <v>2396</v>
+        <v>2400</v>
       </c>
       <c r="J170" t="s">
-        <v>2247</v>
+        <v>2251</v>
       </c>
       <c r="K170" t="s">
-        <v>2397</v>
+        <v>2401</v>
       </c>
       <c r="L170" t="s">
-        <v>2398</v>
+        <v>2402</v>
       </c>
       <c r="M170" t="s">
-        <v>2399</v>
+        <v>2403</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B171" t="s">
-        <v>2400</v>
+        <v>2404</v>
       </c>
       <c r="C171" t="s">
         <v>12</v>
       </c>
       <c r="D171" t="s">
         <v>12</v>
       </c>
       <c r="E171" t="s">
-        <v>2401</v>
+        <v>2405</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171" t="s">
-        <v>2402</v>
+        <v>2406</v>
       </c>
       <c r="H171" t="s">
-        <v>2403</v>
+        <v>2407</v>
       </c>
       <c r="I171" t="s">
-        <v>2404</v>
+        <v>2408</v>
       </c>
       <c r="J171" t="s">
-        <v>892</v>
+        <v>924</v>
       </c>
       <c r="K171" t="s">
-        <v>2405</v>
+        <v>2409</v>
       </c>
       <c r="L171" t="s">
-        <v>2406</v>
+        <v>2410</v>
       </c>
       <c r="M171" t="s">
-        <v>2407</v>
+        <v>2411</v>
       </c>
       <c r="N171" t="s">
-        <v>2408</v>
+        <v>2412</v>
       </c>
       <c r="O171" t="s">
-        <v>2409</v>
+        <v>2413</v>
       </c>
       <c r="P171" t="s">
-        <v>2410</v>
+        <v>2414</v>
       </c>
       <c r="Q171" t="s">
-        <v>2411</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B172" t="s">
-        <v>2412</v>
+        <v>2416</v>
       </c>
       <c r="C172" t="s">
         <v>12</v>
       </c>
       <c r="D172" t="s">
         <v>12</v>
       </c>
       <c r="E172" t="s">
-        <v>2413</v>
+        <v>2417</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172" t="s">
-        <v>2414</v>
+        <v>2418</v>
       </c>
       <c r="H172" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="I172" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="J172" t="s">
-        <v>2417</v>
+        <v>2421</v>
       </c>
       <c r="K172" t="s">
-        <v>2418</v>
+        <v>2422</v>
       </c>
       <c r="L172" t="s">
-        <v>2419</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B173" t="s">
-        <v>2420</v>
+        <v>2424</v>
       </c>
       <c r="C173" t="s">
         <v>12</v>
       </c>
       <c r="D173" t="s">
         <v>12</v>
       </c>
       <c r="E173" t="s">
-        <v>2421</v>
+        <v>2425</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173" t="s">
-        <v>2422</v>
+        <v>2426</v>
       </c>
       <c r="H173" t="s">
-        <v>2423</v>
+        <v>2427</v>
       </c>
       <c r="I173" t="s">
-        <v>2424</v>
+        <v>2428</v>
       </c>
       <c r="J173" t="s">
-        <v>2334</v>
+        <v>2338</v>
       </c>
       <c r="K173" t="s">
-        <v>2425</v>
+        <v>2429</v>
       </c>
       <c r="L173" t="s">
-        <v>2426</v>
+        <v>2430</v>
       </c>
       <c r="M173" t="s">
-        <v>2427</v>
+        <v>2431</v>
       </c>
       <c r="N173" t="s">
-        <v>2428</v>
+        <v>2432</v>
       </c>
       <c r="O173" t="s">
-        <v>2429</v>
+        <v>2433</v>
       </c>
       <c r="P173" t="s">
-        <v>2430</v>
+        <v>2434</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B174" t="s">
-        <v>2431</v>
+        <v>2435</v>
       </c>
       <c r="C174" t="s">
         <v>12</v>
       </c>
       <c r="D174" t="s">
         <v>12</v>
       </c>
       <c r="E174" t="s">
-        <v>2432</v>
+        <v>2436</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
       <c r="G174" t="s">
-        <v>2433</v>
+        <v>2437</v>
       </c>
       <c r="H174" t="s">
-        <v>2434</v>
+        <v>2438</v>
       </c>
       <c r="I174" t="s">
-        <v>2435</v>
+        <v>2439</v>
       </c>
       <c r="J174" t="s">
-        <v>2436</v>
+        <v>2440</v>
       </c>
       <c r="K174" t="s">
-        <v>2437</v>
+        <v>2441</v>
       </c>
       <c r="L174" t="s">
-        <v>2438</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B175" t="s">
-        <v>2439</v>
+        <v>2443</v>
       </c>
       <c r="C175" t="s">
         <v>12</v>
       </c>
       <c r="D175" t="s">
         <v>12</v>
       </c>
       <c r="E175" t="s">
-        <v>2440</v>
+        <v>2444</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
       <c r="G175" t="s">
-        <v>2441</v>
+        <v>2445</v>
       </c>
       <c r="H175" t="s">
-        <v>2442</v>
+        <v>2446</v>
       </c>
       <c r="I175" t="s">
-        <v>1802</v>
+        <v>1806</v>
       </c>
       <c r="J175" t="s">
-        <v>822</v>
+        <v>744</v>
       </c>
       <c r="K175" t="s">
-        <v>2443</v>
+        <v>2447</v>
       </c>
       <c r="L175" t="s">
-        <v>2444</v>
+        <v>2448</v>
       </c>
       <c r="M175" t="s">
-        <v>2445</v>
+        <v>2449</v>
       </c>
       <c r="N175" t="s">
-        <v>2446</v>
+        <v>2450</v>
       </c>
       <c r="O175" t="s">
-        <v>2447</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B176" t="s">
-        <v>2448</v>
+        <v>2452</v>
       </c>
       <c r="C176" t="s">
         <v>12</v>
       </c>
       <c r="D176" t="s">
         <v>12</v>
       </c>
       <c r="E176" t="s">
-        <v>2449</v>
+        <v>2453</v>
       </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
       <c r="G176" t="s">
-        <v>2450</v>
+        <v>2454</v>
       </c>
       <c r="H176" t="s">
-        <v>2451</v>
+        <v>2455</v>
       </c>
       <c r="I176" t="s">
-        <v>2452</v>
+        <v>2456</v>
       </c>
       <c r="J176" t="s">
-        <v>2453</v>
+        <v>2457</v>
       </c>
       <c r="K176" t="s">
-        <v>2454</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B177" t="s">
-        <v>2455</v>
+        <v>2459</v>
       </c>
       <c r="C177" t="s">
         <v>12</v>
       </c>
       <c r="D177" t="s">
         <v>12</v>
       </c>
       <c r="E177" t="s">
-        <v>2456</v>
+        <v>2460</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177" t="s">
-        <v>2457</v>
+        <v>2461</v>
       </c>
       <c r="H177" t="s">
-        <v>2458</v>
+        <v>2462</v>
       </c>
       <c r="I177" t="s">
-        <v>2309</v>
+        <v>2313</v>
       </c>
       <c r="J177" t="s">
-        <v>1165</v>
+        <v>1185</v>
       </c>
       <c r="K177" t="s">
-        <v>2459</v>
+        <v>2463</v>
       </c>
       <c r="L177" t="s">
-        <v>2460</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B178" t="s">
-        <v>2461</v>
+        <v>2465</v>
       </c>
       <c r="C178" t="s">
         <v>12</v>
       </c>
       <c r="D178" t="s">
         <v>12</v>
       </c>
       <c r="E178" t="s">
-        <v>2462</v>
+        <v>2466</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178" t="s">
-        <v>2463</v>
+        <v>2467</v>
       </c>
       <c r="H178" t="s">
-        <v>2464</v>
+        <v>2468</v>
       </c>
       <c r="I178" t="s">
-        <v>2465</v>
+        <v>2469</v>
       </c>
       <c r="J178" t="s">
-        <v>2466</v>
+        <v>2470</v>
       </c>
       <c r="K178" t="s">
-        <v>2467</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B179" t="s">
-        <v>2468</v>
+        <v>2472</v>
       </c>
       <c r="C179" t="s">
         <v>12</v>
       </c>
       <c r="D179" t="s">
         <v>12</v>
       </c>
       <c r="E179" t="s">
-        <v>2469</v>
+        <v>2473</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179" t="s">
-        <v>2470</v>
+        <v>2474</v>
       </c>
       <c r="H179" t="s">
-        <v>2471</v>
+        <v>2475</v>
       </c>
       <c r="I179" t="s">
-        <v>2472</v>
+        <v>2476</v>
       </c>
       <c r="J179" t="s">
-        <v>1018</v>
+        <v>1049</v>
       </c>
       <c r="K179" t="s">
-        <v>2473</v>
+        <v>2477</v>
       </c>
       <c r="L179" t="s">
-        <v>2474</v>
+        <v>2478</v>
       </c>
       <c r="M179" t="s">
-        <v>2475</v>
+        <v>2479</v>
       </c>
       <c r="N179" t="s">
-        <v>2476</v>
+        <v>2480</v>
       </c>
       <c r="O179" t="s">
-        <v>2477</v>
+        <v>2481</v>
       </c>
       <c r="P179" t="s">
-        <v>2478</v>
+        <v>2482</v>
       </c>
       <c r="Q179" t="s">
-        <v>2479</v>
+        <v>2483</v>
       </c>
       <c r="R179" t="s">
-        <v>2480</v>
+        <v>2484</v>
       </c>
       <c r="S179" t="s">
-        <v>2481</v>
+        <v>2485</v>
       </c>
       <c r="T179" t="s">
-        <v>2482</v>
+        <v>2486</v>
       </c>
       <c r="U179" t="s">
-        <v>2483</v>
+        <v>2487</v>
       </c>
       <c r="V179" t="s">
-        <v>2484</v>
+        <v>2488</v>
       </c>
       <c r="W179" t="s">
-        <v>2485</v>
+        <v>2489</v>
       </c>
       <c r="X179" t="s">
-        <v>2486</v>
+        <v>2490</v>
       </c>
       <c r="Y179" t="s">
-        <v>2487</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B180" t="s">
-        <v>2488</v>
+        <v>2492</v>
       </c>
       <c r="C180" t="s">
         <v>12</v>
       </c>
       <c r="D180" t="s">
         <v>12</v>
       </c>
       <c r="E180" t="s">
-        <v>2489</v>
+        <v>2493</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180" t="s">
-        <v>2490</v>
+        <v>2494</v>
       </c>
       <c r="H180" t="s">
-        <v>2491</v>
+        <v>2495</v>
       </c>
       <c r="I180" t="s">
-        <v>2492</v>
+        <v>2496</v>
       </c>
       <c r="J180" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="K180" t="s">
-        <v>2493</v>
+        <v>2497</v>
       </c>
       <c r="L180" t="s">
-        <v>2494</v>
+        <v>2498</v>
       </c>
       <c r="M180" t="s">
-        <v>2495</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B181" t="s">
-        <v>2496</v>
+        <v>2500</v>
       </c>
       <c r="C181" t="s">
         <v>12</v>
       </c>
       <c r="D181" t="s">
         <v>12</v>
       </c>
       <c r="E181" t="s">
-        <v>2497</v>
+        <v>2501</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181" t="s">
-        <v>2498</v>
+        <v>2502</v>
       </c>
       <c r="H181" t="s">
-        <v>2499</v>
+        <v>2503</v>
       </c>
       <c r="I181" t="s">
-        <v>2465</v>
+        <v>2469</v>
       </c>
       <c r="J181" t="s">
-        <v>2500</v>
+        <v>2504</v>
       </c>
       <c r="K181" t="s">
-        <v>2501</v>
+        <v>2505</v>
       </c>
       <c r="L181" t="s">
-        <v>2502</v>
+        <v>2506</v>
       </c>
       <c r="M181" t="s">
-        <v>2503</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B182" t="s">
-        <v>2504</v>
+        <v>2508</v>
       </c>
       <c r="C182" t="s">
         <v>12</v>
       </c>
       <c r="D182" t="s">
         <v>12</v>
       </c>
       <c r="E182" t="s">
-        <v>2505</v>
+        <v>2509</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182" t="s">
-        <v>2506</v>
+        <v>2510</v>
       </c>
       <c r="H182" t="s">
-        <v>2507</v>
+        <v>2511</v>
       </c>
       <c r="I182" t="s">
-        <v>2508</v>
+        <v>2512</v>
       </c>
       <c r="J182" t="s">
-        <v>2509</v>
+        <v>2513</v>
       </c>
       <c r="K182" t="s">
-        <v>2510</v>
+        <v>2514</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B183" t="s">
-        <v>2511</v>
+        <v>2515</v>
       </c>
       <c r="C183" t="s">
         <v>12</v>
       </c>
       <c r="D183" t="s">
         <v>12</v>
       </c>
       <c r="E183" t="s">
-        <v>2512</v>
+        <v>2516</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183" t="s">
-        <v>2513</v>
+        <v>2517</v>
       </c>
       <c r="H183" t="s">
-        <v>2514</v>
+        <v>2518</v>
       </c>
       <c r="I183" t="s">
-        <v>2515</v>
+        <v>2519</v>
       </c>
       <c r="J183" t="s">
-        <v>2516</v>
+        <v>2520</v>
       </c>
       <c r="K183" t="s">
-        <v>2517</v>
+        <v>2521</v>
       </c>
       <c r="L183" t="s">
-        <v>2518</v>
+        <v>2522</v>
       </c>
       <c r="M183" t="s">
-        <v>2519</v>
+        <v>2523</v>
       </c>
       <c r="N183" t="s">
-        <v>2520</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B184" t="s">
-        <v>2521</v>
+        <v>2525</v>
       </c>
       <c r="C184" t="s">
         <v>12</v>
       </c>
       <c r="D184" t="s">
         <v>12</v>
       </c>
       <c r="E184" t="s">
-        <v>2522</v>
+        <v>2526</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184" t="s">
-        <v>2523</v>
+        <v>2527</v>
       </c>
       <c r="H184" t="s">
-        <v>2524</v>
+        <v>2528</v>
       </c>
       <c r="I184" t="s">
-        <v>2525</v>
+        <v>2529</v>
       </c>
       <c r="J184" t="s">
-        <v>2526</v>
+        <v>2530</v>
       </c>
       <c r="K184" t="s">
-        <v>2527</v>
+        <v>2531</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B185" t="s">
-        <v>2528</v>
+        <v>2532</v>
       </c>
       <c r="C185" t="s">
         <v>12</v>
       </c>
       <c r="D185" t="s">
         <v>12</v>
       </c>
       <c r="E185" t="s">
-        <v>2529</v>
+        <v>2533</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185" t="s">
-        <v>2530</v>
+        <v>2534</v>
       </c>
       <c r="H185" t="s">
-        <v>2531</v>
+        <v>2535</v>
       </c>
       <c r="I185" t="s">
-        <v>2532</v>
+        <v>2536</v>
       </c>
       <c r="J185" t="s">
-        <v>1165</v>
+        <v>1185</v>
       </c>
       <c r="K185" t="s">
-        <v>2533</v>
+        <v>2537</v>
       </c>
       <c r="L185" t="s">
-        <v>2534</v>
+        <v>2538</v>
       </c>
       <c r="M185" t="s">
-        <v>2535</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B186" t="s">
-        <v>2536</v>
+        <v>2540</v>
       </c>
       <c r="C186" t="s">
         <v>12</v>
       </c>
       <c r="D186" t="s">
         <v>12</v>
       </c>
       <c r="E186" t="s">
-        <v>2537</v>
+        <v>2541</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
       <c r="G186" t="s">
-        <v>2538</v>
+        <v>2542</v>
       </c>
       <c r="H186" t="s">
-        <v>2539</v>
+        <v>2543</v>
       </c>
       <c r="I186" t="s">
-        <v>2540</v>
+        <v>2544</v>
       </c>
       <c r="J186" t="s">
-        <v>1090</v>
+        <v>1121</v>
       </c>
       <c r="K186" t="s">
-        <v>2541</v>
+        <v>2545</v>
       </c>
       <c r="L186" t="s">
-        <v>2542</v>
+        <v>2546</v>
       </c>
       <c r="M186" t="s">
-        <v>2543</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B187" t="s">
-        <v>2544</v>
+        <v>2548</v>
       </c>
       <c r="C187" t="s">
         <v>12</v>
       </c>
       <c r="D187" t="s">
         <v>12</v>
       </c>
       <c r="E187" t="s">
-        <v>2545</v>
+        <v>2549</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187" t="s">
-        <v>2546</v>
+        <v>2550</v>
       </c>
       <c r="H187" t="s">
-        <v>2547</v>
+        <v>2551</v>
       </c>
       <c r="I187" t="s">
-        <v>2548</v>
+        <v>2552</v>
       </c>
       <c r="J187" t="s">
-        <v>2549</v>
+        <v>2553</v>
       </c>
       <c r="K187" t="s">
-        <v>2550</v>
+        <v>2554</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B188" t="s">
-        <v>2551</v>
+        <v>2555</v>
       </c>
       <c r="C188" t="s">
         <v>12</v>
       </c>
       <c r="D188" t="s">
         <v>12</v>
       </c>
       <c r="E188" t="s">
-        <v>2552</v>
+        <v>2556</v>
       </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
       <c r="G188" t="s">
-        <v>2553</v>
+        <v>2557</v>
       </c>
       <c r="H188" t="s">
-        <v>2554</v>
+        <v>2558</v>
       </c>
       <c r="I188" t="s">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="J188" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="K188" t="s">
-        <v>2555</v>
+        <v>2559</v>
       </c>
       <c r="L188" t="s">
-        <v>2556</v>
+        <v>2560</v>
       </c>
       <c r="M188" t="s">
-        <v>2557</v>
+        <v>2561</v>
       </c>
       <c r="N188" t="s">
-        <v>2558</v>
+        <v>2562</v>
       </c>
       <c r="O188" t="s">
-        <v>2559</v>
+        <v>2563</v>
       </c>
       <c r="P188" t="s">
-        <v>2560</v>
+        <v>2564</v>
       </c>
       <c r="Q188" t="s">
-        <v>2561</v>
+        <v>2565</v>
       </c>
       <c r="R188" t="s">
-        <v>2562</v>
+        <v>2566</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B189" t="s">
-        <v>2563</v>
+        <v>2567</v>
       </c>
       <c r="C189" t="s">
         <v>12</v>
       </c>
       <c r="D189" t="s">
         <v>12</v>
       </c>
       <c r="E189" t="s">
-        <v>2564</v>
+        <v>2568</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189" t="s">
-        <v>2565</v>
+        <v>2569</v>
       </c>
       <c r="H189" t="s">
-        <v>2566</v>
+        <v>2570</v>
       </c>
       <c r="I189" t="s">
-        <v>2567</v>
+        <v>2571</v>
       </c>
       <c r="J189" t="s">
-        <v>2568</v>
+        <v>2572</v>
       </c>
       <c r="K189" t="s">
-        <v>2569</v>
+        <v>2573</v>
       </c>
       <c r="L189" t="s">
-        <v>2570</v>
+        <v>2574</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B190" t="s">
-        <v>2571</v>
+        <v>2575</v>
       </c>
       <c r="C190" t="s">
         <v>12</v>
       </c>
       <c r="D190" t="s">
         <v>12</v>
       </c>
       <c r="E190" t="s">
-        <v>2572</v>
+        <v>2576</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190" t="s">
-        <v>2573</v>
+        <v>2577</v>
       </c>
       <c r="H190" t="s">
-        <v>2574</v>
+        <v>2578</v>
       </c>
       <c r="I190" t="s">
-        <v>2575</v>
+        <v>2579</v>
       </c>
       <c r="J190" t="s">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="K190" t="s">
-        <v>2576</v>
+        <v>2580</v>
       </c>
       <c r="L190" t="s">
-        <v>2577</v>
+        <v>2581</v>
       </c>
       <c r="M190" t="s">
-        <v>2578</v>
+        <v>2582</v>
       </c>
       <c r="N190" t="s">
-        <v>2579</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B191" t="s">
-        <v>2580</v>
+        <v>2584</v>
       </c>
       <c r="C191" t="s">
         <v>12</v>
       </c>
       <c r="D191" t="s">
         <v>12</v>
       </c>
       <c r="E191" t="s">
-        <v>2581</v>
+        <v>2585</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191" t="s">
-        <v>2582</v>
+        <v>2586</v>
       </c>
       <c r="H191" t="s">
-        <v>2583</v>
+        <v>2587</v>
       </c>
       <c r="I191" t="s">
-        <v>2584</v>
+        <v>2588</v>
       </c>
       <c r="J191" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="K191" t="s">
-        <v>2585</v>
+        <v>2589</v>
       </c>
       <c r="L191" t="s">
-        <v>2586</v>
+        <v>2590</v>
       </c>
       <c r="M191" t="s">
-        <v>2587</v>
+        <v>2591</v>
       </c>
       <c r="N191" t="s">
-        <v>2588</v>
+        <v>2592</v>
       </c>
       <c r="O191" t="s">
-        <v>2589</v>
+        <v>2593</v>
       </c>
       <c r="P191" t="s">
-        <v>2590</v>
+        <v>2594</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B192" t="s">
-        <v>2591</v>
+        <v>2595</v>
       </c>
       <c r="C192" t="s">
         <v>12</v>
       </c>
       <c r="D192" t="s">
         <v>12</v>
       </c>
       <c r="E192" t="s">
-        <v>2592</v>
+        <v>2596</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192" t="s">
-        <v>2593</v>
+        <v>2597</v>
       </c>
       <c r="H192" t="s">
-        <v>2594</v>
+        <v>2598</v>
       </c>
       <c r="I192" t="s">
-        <v>2595</v>
+        <v>2599</v>
       </c>
       <c r="J192" t="s">
-        <v>2596</v>
+        <v>2600</v>
       </c>
       <c r="K192" t="s">
-        <v>2597</v>
+        <v>2601</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B193" t="s">
-        <v>2598</v>
+        <v>2602</v>
       </c>
       <c r="C193" t="s">
         <v>12</v>
       </c>
       <c r="D193" t="s">
         <v>12</v>
       </c>
       <c r="E193" t="s">
-        <v>2599</v>
+        <v>2603</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193" t="s">
-        <v>2600</v>
+        <v>2604</v>
       </c>
       <c r="H193" t="s">
-        <v>2601</v>
+        <v>2605</v>
       </c>
       <c r="I193" t="s">
-        <v>2602</v>
+        <v>2606</v>
       </c>
       <c r="J193" t="s">
-        <v>2603</v>
+        <v>2607</v>
       </c>
       <c r="K193" t="s">
-        <v>2604</v>
+        <v>2608</v>
       </c>
       <c r="L193" t="s">
-        <v>2605</v>
+        <v>2609</v>
       </c>
       <c r="M193" t="s">
-        <v>2606</v>
+        <v>2610</v>
       </c>
       <c r="N193" t="s">
-        <v>2607</v>
+        <v>2611</v>
       </c>
       <c r="O193" t="s">
-        <v>2608</v>
+        <v>2612</v>
       </c>
       <c r="P193" t="s">
-        <v>2609</v>
+        <v>2613</v>
       </c>
       <c r="Q193" t="s">
-        <v>2610</v>
+        <v>2614</v>
       </c>
       <c r="R193" t="s">
-        <v>2611</v>
+        <v>2615</v>
       </c>
       <c r="S193" t="s">
-        <v>2612</v>
+        <v>2616</v>
       </c>
       <c r="T193" t="s">
-        <v>2613</v>
+        <v>2617</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B194" t="s">
-        <v>2614</v>
+        <v>2618</v>
       </c>
       <c r="C194" t="s">
         <v>12</v>
       </c>
       <c r="D194" t="s">
         <v>12</v>
       </c>
       <c r="E194" t="s">
-        <v>2615</v>
+        <v>2619</v>
       </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
       <c r="G194" t="s">
-        <v>2616</v>
+        <v>2620</v>
       </c>
       <c r="H194" t="s">
-        <v>2617</v>
+        <v>2621</v>
       </c>
       <c r="I194" t="s">
-        <v>2618</v>
+        <v>2622</v>
       </c>
       <c r="J194" t="s">
-        <v>2619</v>
+        <v>2623</v>
       </c>
       <c r="K194" t="s">
-        <v>2620</v>
+        <v>2624</v>
       </c>
       <c r="L194" t="s">
-        <v>2621</v>
+        <v>2625</v>
       </c>
       <c r="M194" t="s">
-        <v>2622</v>
+        <v>2626</v>
       </c>
       <c r="N194" t="s">
-        <v>2623</v>
+        <v>2627</v>
       </c>
       <c r="O194" t="s">
-        <v>2624</v>
+        <v>2628</v>
       </c>
       <c r="P194" t="s">
-        <v>2625</v>
+        <v>2629</v>
       </c>
       <c r="Q194" t="s">
-        <v>2626</v>
+        <v>2630</v>
       </c>
       <c r="R194" t="s">
-        <v>2627</v>
+        <v>2631</v>
       </c>
       <c r="S194" t="s">
-        <v>2628</v>
+        <v>2632</v>
       </c>
       <c r="T194" t="s">
-        <v>2629</v>
+        <v>2633</v>
       </c>
       <c r="U194" t="s">
-        <v>2630</v>
+        <v>2634</v>
       </c>
       <c r="V194" t="s">
-        <v>2631</v>
+        <v>2635</v>
       </c>
       <c r="W194" t="s">
-        <v>2632</v>
+        <v>2636</v>
       </c>
       <c r="X194" t="s">
-        <v>2633</v>
+        <v>2637</v>
       </c>
       <c r="Y194" t="s">
-        <v>2634</v>
+        <v>2638</v>
       </c>
       <c r="Z194" t="s">
-        <v>2635</v>
+        <v>2639</v>
       </c>
       <c r="AA194" t="s">
-        <v>2636</v>
+        <v>2640</v>
       </c>
       <c r="AB194" t="s">
-        <v>2637</v>
+        <v>2641</v>
       </c>
       <c r="AC194" t="s">
-        <v>2638</v>
+        <v>2642</v>
       </c>
       <c r="AD194" t="s">
-        <v>2639</v>
+        <v>2643</v>
       </c>
       <c r="AE194" t="s">
-        <v>2640</v>
+        <v>2644</v>
       </c>
       <c r="AF194" t="s">
-        <v>2641</v>
+        <v>2645</v>
       </c>
       <c r="AG194" t="s">
-        <v>2642</v>
+        <v>2646</v>
       </c>
       <c r="AH194" t="s">
-        <v>2643</v>
+        <v>2647</v>
       </c>
       <c r="AI194" t="s">
-        <v>2644</v>
+        <v>2648</v>
       </c>
       <c r="AJ194" t="s">
-        <v>2645</v>
+        <v>2649</v>
       </c>
       <c r="AK194" t="s">
-        <v>2646</v>
+        <v>2650</v>
       </c>
       <c r="AL194" t="s">
-        <v>2647</v>
+        <v>2651</v>
       </c>
       <c r="AM194" t="s">
-        <v>2648</v>
+        <v>2652</v>
       </c>
       <c r="AN194" t="s">
-        <v>2649</v>
+        <v>2653</v>
       </c>
       <c r="AO194" t="s">
-        <v>2650</v>
+        <v>2654</v>
       </c>
       <c r="AP194" t="s">
-        <v>2651</v>
+        <v>2655</v>
       </c>
       <c r="AQ194" t="s">
-        <v>2652</v>
+        <v>2656</v>
       </c>
       <c r="AR194" t="s">
-        <v>2653</v>
+        <v>2657</v>
       </c>
       <c r="AS194" t="s">
-        <v>2654</v>
+        <v>2658</v>
       </c>
       <c r="AT194" t="s">
-        <v>2655</v>
+        <v>2659</v>
       </c>
       <c r="AU194" t="s">
-        <v>2656</v>
+        <v>2660</v>
       </c>
       <c r="AV194" t="s">
-        <v>2657</v>
+        <v>2661</v>
       </c>
       <c r="AW194" t="s">
-        <v>2658</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B195" t="s">
-        <v>2659</v>
+        <v>2663</v>
       </c>
       <c r="C195" t="s">
         <v>12</v>
       </c>
       <c r="D195" t="s">
         <v>12</v>
       </c>
       <c r="E195" t="s">
-        <v>2660</v>
+        <v>2664</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195" t="s">
-        <v>2661</v>
+        <v>2665</v>
       </c>
       <c r="H195" t="s">
-        <v>2662</v>
+        <v>2666</v>
       </c>
       <c r="I195" t="s">
-        <v>2663</v>
+        <v>2667</v>
       </c>
       <c r="J195" t="s">
-        <v>1388</v>
+        <v>1402</v>
       </c>
       <c r="K195" t="s">
-        <v>2664</v>
+        <v>2668</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B196" t="s">
-        <v>2665</v>
+        <v>2669</v>
       </c>
       <c r="C196" t="s">
         <v>12</v>
       </c>
       <c r="D196" t="s">
         <v>12</v>
       </c>
       <c r="E196" t="s">
-        <v>2666</v>
+        <v>2670</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196" t="s">
-        <v>2667</v>
+        <v>2671</v>
       </c>
       <c r="H196" t="s">
-        <v>2668</v>
+        <v>2672</v>
       </c>
       <c r="I196" t="s">
-        <v>2669</v>
+        <v>2673</v>
       </c>
       <c r="J196" t="s">
-        <v>2670</v>
+        <v>2674</v>
       </c>
       <c r="K196" t="s">
-        <v>2671</v>
+        <v>2675</v>
       </c>
       <c r="L196" t="s">
-        <v>2672</v>
+        <v>2676</v>
       </c>
       <c r="M196" t="s">
-        <v>2673</v>
+        <v>2677</v>
       </c>
       <c r="N196" t="s">
-        <v>2674</v>
+        <v>2678</v>
       </c>
       <c r="O196" t="s">
-        <v>2675</v>
+        <v>2679</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B197" t="s">
-        <v>2676</v>
+        <v>2680</v>
       </c>
       <c r="C197" t="s">
         <v>12</v>
       </c>
       <c r="D197" t="s">
         <v>12</v>
       </c>
       <c r="E197" t="s">
-        <v>2666</v>
+        <v>2670</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197" t="s">
-        <v>2677</v>
+        <v>2681</v>
       </c>
       <c r="H197" t="s">
-        <v>2678</v>
+        <v>2682</v>
       </c>
       <c r="I197" t="s">
-        <v>2679</v>
+        <v>2683</v>
       </c>
       <c r="J197" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="K197" t="s">
-        <v>2680</v>
+        <v>2684</v>
       </c>
       <c r="L197" t="s">
-        <v>2681</v>
+        <v>2685</v>
       </c>
       <c r="M197" t="s">
-        <v>2682</v>
+        <v>2686</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B198" t="s">
-        <v>2683</v>
+        <v>2687</v>
       </c>
       <c r="C198" t="s">
         <v>12</v>
       </c>
       <c r="D198" t="s">
         <v>12</v>
       </c>
       <c r="E198" t="s">
-        <v>2684</v>
+        <v>2688</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198" t="s">
-        <v>2685</v>
+        <v>2689</v>
       </c>
       <c r="H198" t="s">
-        <v>2686</v>
+        <v>2690</v>
       </c>
       <c r="I198" t="s">
-        <v>2687</v>
+        <v>2691</v>
       </c>
       <c r="J198" t="s">
-        <v>2688</v>
+        <v>2692</v>
       </c>
       <c r="K198" t="s">
-        <v>2689</v>
+        <v>2693</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B199" t="s">
-        <v>2690</v>
+        <v>2694</v>
       </c>
       <c r="C199" t="s">
         <v>12</v>
       </c>
       <c r="D199" t="s">
         <v>12</v>
       </c>
       <c r="E199" t="s">
-        <v>2691</v>
+        <v>2695</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199" t="s">
-        <v>2692</v>
+        <v>2696</v>
       </c>
       <c r="H199" t="s">
-        <v>2693</v>
+        <v>2697</v>
       </c>
       <c r="I199" t="s">
-        <v>2309</v>
+        <v>2313</v>
       </c>
       <c r="J199" t="s">
-        <v>2694</v>
+        <v>2698</v>
       </c>
       <c r="K199" t="s">
-        <v>2695</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B200" t="s">
-        <v>2696</v>
+        <v>2700</v>
       </c>
       <c r="C200" t="s">
         <v>12</v>
       </c>
       <c r="D200" t="s">
         <v>12</v>
       </c>
       <c r="E200" t="s">
-        <v>2697</v>
+        <v>2701</v>
       </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200" t="s">
-        <v>2698</v>
+        <v>2702</v>
       </c>
       <c r="H200" t="s">
-        <v>2699</v>
+        <v>2703</v>
       </c>
       <c r="I200" t="s">
-        <v>2700</v>
+        <v>2704</v>
       </c>
       <c r="J200" t="s">
-        <v>2701</v>
+        <v>2705</v>
       </c>
       <c r="K200" t="s">
-        <v>2702</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B201" t="s">
-        <v>2703</v>
+        <v>2707</v>
       </c>
       <c r="C201" t="s">
         <v>12</v>
       </c>
       <c r="D201" t="s">
         <v>12</v>
       </c>
       <c r="E201" t="s">
-        <v>2704</v>
+        <v>2708</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201" t="s">
-        <v>2705</v>
+        <v>2709</v>
       </c>
       <c r="H201" t="s">
-        <v>2706</v>
+        <v>2710</v>
       </c>
       <c r="I201" t="s">
-        <v>2707</v>
+        <v>2711</v>
       </c>
       <c r="J201" t="s">
-        <v>2436</v>
+        <v>2440</v>
       </c>
       <c r="K201" t="s">
-        <v>2708</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B202" t="s">
-        <v>2709</v>
+        <v>2713</v>
       </c>
       <c r="C202" t="s">
         <v>12</v>
       </c>
       <c r="D202" t="s">
         <v>12</v>
       </c>
       <c r="E202" t="s">
-        <v>2710</v>
+        <v>2714</v>
       </c>
       <c r="F202" t="s">
         <v>12</v>
       </c>
       <c r="G202" t="s">
-        <v>2711</v>
+        <v>2715</v>
       </c>
       <c r="H202" t="s">
-        <v>2712</v>
+        <v>2716</v>
       </c>
       <c r="I202" t="s">
-        <v>2309</v>
+        <v>2313</v>
       </c>
       <c r="J202" t="s">
-        <v>2334</v>
+        <v>2338</v>
       </c>
       <c r="K202" t="s">
-        <v>2713</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B203" t="s">
-        <v>2714</v>
+        <v>2718</v>
       </c>
       <c r="C203" t="s">
         <v>12</v>
       </c>
       <c r="D203" t="s">
         <v>12</v>
       </c>
       <c r="E203" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203" t="s">
-        <v>2715</v>
+        <v>2719</v>
       </c>
       <c r="H203" t="s">
-        <v>2716</v>
+        <v>2720</v>
       </c>
       <c r="I203" t="s">
-        <v>2717</v>
+        <v>2721</v>
       </c>
       <c r="J203" t="s">
-        <v>1165</v>
+        <v>1185</v>
       </c>
       <c r="K203" t="s">
-        <v>2718</v>
+        <v>2722</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B204" t="s">
-        <v>2719</v>
+        <v>2723</v>
       </c>
       <c r="C204" t="s">
         <v>12</v>
       </c>
       <c r="D204" t="s">
         <v>12</v>
       </c>
       <c r="E204" t="s">
-        <v>2720</v>
+        <v>2724</v>
       </c>
       <c r="F204" t="s">
         <v>12</v>
       </c>
       <c r="G204" t="s">
-        <v>2721</v>
+        <v>2725</v>
       </c>
       <c r="H204" t="s">
-        <v>2722</v>
+        <v>2726</v>
       </c>
       <c r="I204" t="s">
-        <v>2723</v>
+        <v>2727</v>
       </c>
       <c r="J204" t="s">
-        <v>2724</v>
+        <v>2728</v>
       </c>
       <c r="K204" t="s">
-        <v>2725</v>
+        <v>2729</v>
       </c>
       <c r="L204" t="s">
-        <v>2726</v>
+        <v>2730</v>
       </c>
       <c r="M204" t="s">
-        <v>2727</v>
+        <v>2731</v>
       </c>
       <c r="N204" t="s">
-        <v>2728</v>
+        <v>2732</v>
       </c>
       <c r="O204" t="s">
-        <v>2729</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B205" t="s">
-        <v>2730</v>
+        <v>2734</v>
       </c>
       <c r="C205" t="s">
         <v>12</v>
       </c>
       <c r="D205" t="s">
         <v>12</v>
       </c>
       <c r="E205" t="s">
-        <v>2731</v>
+        <v>2735</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205" t="s">
-        <v>2732</v>
+        <v>2736</v>
       </c>
       <c r="H205" t="s">
-        <v>2733</v>
+        <v>2737</v>
       </c>
       <c r="I205" t="s">
-        <v>2734</v>
+        <v>2738</v>
       </c>
       <c r="J205" t="s">
-        <v>2526</v>
+        <v>2530</v>
       </c>
       <c r="K205" t="s">
-        <v>2735</v>
+        <v>2739</v>
       </c>
       <c r="L205" t="s">
-        <v>2736</v>
+        <v>2740</v>
       </c>
       <c r="M205" t="s">
-        <v>2737</v>
+        <v>2741</v>
       </c>
       <c r="N205" t="s">
-        <v>2738</v>
+        <v>2742</v>
       </c>
       <c r="O205" t="s">
-        <v>2739</v>
+        <v>2743</v>
       </c>
       <c r="P205" t="s">
-        <v>2740</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B206" t="s">
-        <v>2741</v>
+        <v>2745</v>
       </c>
       <c r="C206" t="s">
         <v>12</v>
       </c>
       <c r="D206" t="s">
         <v>12</v>
       </c>
       <c r="E206" t="s">
-        <v>2742</v>
+        <v>2746</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206" t="s">
-        <v>2743</v>
+        <v>2747</v>
       </c>
       <c r="H206" t="s">
-        <v>2744</v>
+        <v>2748</v>
       </c>
       <c r="I206" t="s">
-        <v>2745</v>
+        <v>2749</v>
       </c>
       <c r="J206" t="s">
-        <v>1018</v>
+        <v>1049</v>
       </c>
       <c r="K206" t="s">
-        <v>2746</v>
+        <v>2750</v>
       </c>
       <c r="L206" t="s">
-        <v>2747</v>
+        <v>2751</v>
       </c>
       <c r="M206" t="s">
-        <v>2748</v>
+        <v>2752</v>
       </c>
       <c r="N206" t="s">
-        <v>2749</v>
+        <v>2753</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B207" t="s">
-        <v>2750</v>
+        <v>2754</v>
       </c>
       <c r="C207" t="s">
         <v>12</v>
       </c>
       <c r="D207" t="s">
         <v>12</v>
       </c>
       <c r="E207" t="s">
-        <v>2751</v>
+        <v>2755</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207" t="s">
-        <v>2752</v>
+        <v>2756</v>
       </c>
       <c r="H207" t="s">
-        <v>2753</v>
+        <v>2757</v>
       </c>
       <c r="I207" t="s">
-        <v>2754</v>
+        <v>2758</v>
       </c>
       <c r="J207" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="K207" t="s">
-        <v>2755</v>
+        <v>2759</v>
       </c>
       <c r="L207" t="s">
-        <v>2756</v>
+        <v>2760</v>
       </c>
       <c r="M207" t="s">
-        <v>2757</v>
+        <v>2761</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B208" t="s">
-        <v>2758</v>
+        <v>2762</v>
       </c>
       <c r="C208" t="s">
         <v>12</v>
       </c>
       <c r="D208" t="s">
         <v>12</v>
       </c>
       <c r="E208" t="s">
-        <v>2759</v>
+        <v>2763</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
       <c r="G208" t="s">
-        <v>2760</v>
+        <v>2764</v>
       </c>
       <c r="H208" t="s">
-        <v>2761</v>
+        <v>2765</v>
       </c>
       <c r="I208" t="s">
-        <v>1180</v>
+        <v>1200</v>
       </c>
       <c r="J208" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
       <c r="K208" t="s">
-        <v>2762</v>
+        <v>2766</v>
       </c>
       <c r="L208" t="s">
-        <v>2763</v>
+        <v>2767</v>
       </c>
       <c r="M208" t="s">
-        <v>2764</v>
+        <v>2768</v>
       </c>
       <c r="N208" t="s">
-        <v>2765</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B209" t="s">
-        <v>2766</v>
+        <v>2770</v>
       </c>
       <c r="C209" t="s">
         <v>12</v>
       </c>
       <c r="D209" t="s">
         <v>12</v>
       </c>
       <c r="E209" t="s">
-        <v>2767</v>
+        <v>2771</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209" t="s">
-        <v>2768</v>
+        <v>2772</v>
       </c>
       <c r="H209" t="s">
-        <v>2769</v>
+        <v>2773</v>
       </c>
       <c r="I209" t="s">
-        <v>2770</v>
+        <v>2774</v>
       </c>
       <c r="J209" t="s">
-        <v>2771</v>
+        <v>2775</v>
       </c>
       <c r="K209" t="s">
-        <v>2772</v>
+        <v>2776</v>
       </c>
       <c r="L209" t="s">
-        <v>2773</v>
+        <v>2777</v>
       </c>
       <c r="M209" t="s">
-        <v>2774</v>
+        <v>2778</v>
       </c>
       <c r="N209" t="s">
-        <v>2775</v>
+        <v>2779</v>
       </c>
       <c r="O209" t="s">
-        <v>2776</v>
+        <v>2780</v>
       </c>
       <c r="P209" t="s">
-        <v>2777</v>
+        <v>2781</v>
       </c>
       <c r="Q209" t="s">
-        <v>2778</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B210" t="s">
-        <v>2779</v>
+        <v>2783</v>
       </c>
       <c r="C210" t="s">
         <v>12</v>
       </c>
       <c r="D210" t="s">
         <v>12</v>
       </c>
       <c r="E210" t="s">
-        <v>2780</v>
+        <v>2784</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210" t="s">
-        <v>2781</v>
+        <v>2785</v>
       </c>
       <c r="H210" t="s">
-        <v>2782</v>
+        <v>2786</v>
       </c>
       <c r="I210" t="s">
-        <v>2783</v>
+        <v>2787</v>
       </c>
       <c r="J210" t="s">
-        <v>1165</v>
+        <v>1185</v>
       </c>
       <c r="K210" t="s">
-        <v>2784</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B211" t="s">
-        <v>2785</v>
+        <v>2789</v>
       </c>
       <c r="C211" t="s">
         <v>12</v>
       </c>
       <c r="D211" t="s">
         <v>12</v>
       </c>
       <c r="E211" t="s">
-        <v>2767</v>
+        <v>2771</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211" t="s">
-        <v>2786</v>
+        <v>2790</v>
       </c>
       <c r="H211" t="s">
-        <v>2787</v>
+        <v>2791</v>
       </c>
       <c r="I211" t="s">
-        <v>2788</v>
+        <v>2792</v>
       </c>
       <c r="J211" t="s">
-        <v>2789</v>
+        <v>2793</v>
       </c>
       <c r="K211" t="s">
-        <v>2790</v>
+        <v>2794</v>
       </c>
       <c r="L211" t="s">
-        <v>2791</v>
+        <v>2795</v>
       </c>
       <c r="M211" t="s">
-        <v>2792</v>
+        <v>2796</v>
       </c>
       <c r="N211" t="s">
-        <v>2793</v>
+        <v>2797</v>
       </c>
       <c r="O211" t="s">
-        <v>2794</v>
+        <v>2798</v>
       </c>
       <c r="P211" t="s">
-        <v>2795</v>
+        <v>2799</v>
       </c>
       <c r="Q211" t="s">
-        <v>2796</v>
+        <v>2800</v>
       </c>
       <c r="R211" t="s">
-        <v>2797</v>
+        <v>2801</v>
       </c>
       <c r="S211" t="s">
-        <v>2798</v>
+        <v>2802</v>
       </c>
       <c r="T211" t="s">
-        <v>2799</v>
+        <v>2803</v>
       </c>
       <c r="U211" t="s">
-        <v>2800</v>
+        <v>2804</v>
       </c>
       <c r="V211" t="s">
-        <v>2801</v>
+        <v>2805</v>
       </c>
       <c r="W211" t="s">
-        <v>2802</v>
+        <v>2806</v>
       </c>
       <c r="X211" t="s">
-        <v>2803</v>
+        <v>2807</v>
       </c>
       <c r="Y211" t="s">
-        <v>2804</v>
+        <v>2808</v>
       </c>
       <c r="Z211" t="s">
-        <v>2805</v>
+        <v>2809</v>
       </c>
       <c r="AA211" t="s">
-        <v>2806</v>
+        <v>2810</v>
       </c>
       <c r="AB211" t="s">
-        <v>2807</v>
+        <v>2811</v>
       </c>
       <c r="AC211" t="s">
-        <v>2808</v>
+        <v>2812</v>
       </c>
       <c r="AD211" t="s">
-        <v>2809</v>
+        <v>2813</v>
       </c>
       <c r="AE211" t="s">
-        <v>2810</v>
+        <v>2814</v>
       </c>
       <c r="AF211" t="s">
-        <v>2811</v>
+        <v>2815</v>
       </c>
       <c r="AG211" t="s">
-        <v>2812</v>
+        <v>2816</v>
       </c>
       <c r="AH211" t="s">
-        <v>2813</v>
+        <v>2817</v>
       </c>
       <c r="AI211" t="s">
-        <v>2814</v>
+        <v>2818</v>
       </c>
       <c r="AJ211" t="s">
-        <v>2815</v>
+        <v>2819</v>
       </c>
       <c r="AK211" t="s">
-        <v>2816</v>
+        <v>2820</v>
       </c>
       <c r="AL211" t="s">
-        <v>2817</v>
+        <v>2821</v>
       </c>
       <c r="AM211" t="s">
-        <v>2818</v>
+        <v>2822</v>
       </c>
       <c r="AN211" t="s">
-        <v>2819</v>
+        <v>2823</v>
       </c>
       <c r="AO211" t="s">
-        <v>2820</v>
+        <v>2824</v>
       </c>
       <c r="AP211" t="s">
-        <v>2821</v>
+        <v>2825</v>
       </c>
       <c r="AQ211" t="s">
-        <v>2822</v>
+        <v>2826</v>
       </c>
       <c r="AR211" t="s">
-        <v>2823</v>
+        <v>2827</v>
       </c>
       <c r="AS211" t="s">
-        <v>2824</v>
+        <v>2828</v>
       </c>
       <c r="AT211" t="s">
-        <v>2825</v>
+        <v>2829</v>
       </c>
       <c r="AU211" t="s">
-        <v>2826</v>
+        <v>2830</v>
       </c>
       <c r="AV211" t="s">
-        <v>2827</v>
+        <v>2831</v>
       </c>
       <c r="AW211" t="s">
-        <v>2828</v>
+        <v>2832</v>
       </c>
       <c r="AX211" t="s">
-        <v>2829</v>
+        <v>2833</v>
       </c>
       <c r="AY211" t="s">
-        <v>2830</v>
+        <v>2834</v>
       </c>
       <c r="AZ211" t="s">
-        <v>2831</v>
+        <v>2835</v>
       </c>
       <c r="BA211" t="s">
-        <v>2832</v>
+        <v>2836</v>
       </c>
       <c r="BB211" t="s">
-        <v>2833</v>
+        <v>2837</v>
       </c>
       <c r="BC211" t="s">
-        <v>2834</v>
+        <v>2838</v>
       </c>
       <c r="BD211" t="s">
-        <v>2835</v>
+        <v>2839</v>
       </c>
       <c r="BE211" t="s">
-        <v>2836</v>
+        <v>2840</v>
       </c>
       <c r="BF211" t="s">
-        <v>2837</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B212" t="s">
-        <v>2838</v>
+        <v>2842</v>
       </c>
       <c r="C212" t="s">
         <v>12</v>
       </c>
       <c r="D212" t="s">
         <v>12</v>
       </c>
       <c r="E212" t="s">
-        <v>2839</v>
+        <v>2843</v>
       </c>
       <c r="F212" t="s">
         <v>12</v>
       </c>
       <c r="G212" t="s">
-        <v>2840</v>
+        <v>2844</v>
       </c>
       <c r="H212" t="s">
-        <v>2841</v>
+        <v>2845</v>
       </c>
       <c r="I212" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="J212" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
       <c r="K212" t="s">
-        <v>2842</v>
+        <v>2846</v>
       </c>
       <c r="L212" t="s">
-        <v>2843</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B213" t="s">
-        <v>2844</v>
+        <v>2848</v>
       </c>
       <c r="C213" t="s">
         <v>12</v>
       </c>
       <c r="D213" t="s">
         <v>12</v>
       </c>
       <c r="E213" t="s">
-        <v>2845</v>
+        <v>2849</v>
       </c>
       <c r="F213" t="s">
         <v>12</v>
       </c>
       <c r="G213" t="s">
-        <v>2846</v>
+        <v>2850</v>
       </c>
       <c r="H213" t="s">
-        <v>2847</v>
+        <v>2851</v>
       </c>
       <c r="I213" t="s">
-        <v>2848</v>
+        <v>2852</v>
       </c>
       <c r="J213" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
       <c r="K213" t="s">
-        <v>2849</v>
+        <v>2853</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B214" t="s">
-        <v>2850</v>
+        <v>2854</v>
       </c>
       <c r="C214" t="s">
         <v>12</v>
       </c>
       <c r="D214" t="s">
         <v>12</v>
       </c>
       <c r="E214" t="s">
-        <v>2845</v>
+        <v>2849</v>
       </c>
       <c r="F214" t="s">
         <v>12</v>
       </c>
       <c r="G214" t="s">
-        <v>2851</v>
+        <v>2855</v>
       </c>
       <c r="H214" t="s">
-        <v>2852</v>
+        <v>2856</v>
       </c>
       <c r="I214" t="s">
-        <v>2853</v>
+        <v>2857</v>
       </c>
       <c r="J214" t="s">
-        <v>1018</v>
+        <v>1049</v>
       </c>
       <c r="K214" t="s">
-        <v>2854</v>
+        <v>2858</v>
       </c>
       <c r="L214" t="s">
-        <v>2855</v>
+        <v>2859</v>
       </c>
       <c r="M214" t="s">
-        <v>2856</v>
+        <v>2860</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B215" t="s">
-        <v>2857</v>
+        <v>2861</v>
       </c>
       <c r="C215" t="s">
         <v>12</v>
       </c>
       <c r="D215" t="s">
         <v>12</v>
       </c>
       <c r="E215" t="s">
-        <v>2858</v>
+        <v>2862</v>
       </c>
       <c r="F215" t="s">
         <v>12</v>
       </c>
       <c r="G215" t="s">
-        <v>2859</v>
+        <v>2863</v>
       </c>
       <c r="H215" t="s">
-        <v>2860</v>
+        <v>2864</v>
       </c>
       <c r="I215" t="s">
-        <v>2861</v>
+        <v>2865</v>
       </c>
       <c r="J215" t="s">
-        <v>2328</v>
+        <v>2332</v>
       </c>
       <c r="K215" t="s">
-        <v>2862</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B216" t="s">
-        <v>2863</v>
+        <v>2867</v>
       </c>
       <c r="C216" t="s">
         <v>12</v>
       </c>
       <c r="D216" t="s">
         <v>12</v>
       </c>
       <c r="E216" t="s">
-        <v>2858</v>
+        <v>2862</v>
       </c>
       <c r="F216" t="s">
         <v>12</v>
       </c>
       <c r="G216" t="s">
-        <v>2864</v>
+        <v>2868</v>
       </c>
       <c r="H216" t="s">
-        <v>2865</v>
+        <v>2869</v>
       </c>
       <c r="I216" t="s">
-        <v>2866</v>
+        <v>2870</v>
       </c>
       <c r="J216" t="s">
-        <v>1165</v>
+        <v>1185</v>
       </c>
       <c r="K216" t="s">
-        <v>2867</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B217" t="s">
-        <v>2868</v>
+        <v>2872</v>
       </c>
       <c r="C217" t="s">
         <v>12</v>
       </c>
       <c r="D217" t="s">
         <v>12</v>
       </c>
       <c r="E217" t="s">
-        <v>2869</v>
+        <v>2873</v>
       </c>
       <c r="F217" t="s">
         <v>12</v>
       </c>
       <c r="G217" t="s">
-        <v>2870</v>
+        <v>2874</v>
       </c>
       <c r="H217" t="s">
-        <v>2871</v>
+        <v>2875</v>
       </c>
       <c r="I217" t="s">
-        <v>2872</v>
+        <v>2876</v>
       </c>
       <c r="J217" t="s">
-        <v>1165</v>
+        <v>1185</v>
       </c>
       <c r="K217" t="s">
-        <v>2873</v>
+        <v>2877</v>
       </c>
       <c r="L217" t="s">
-        <v>2874</v>
+        <v>2878</v>
       </c>
       <c r="M217" t="s">
-        <v>2875</v>
+        <v>2879</v>
       </c>
       <c r="N217" t="s">
-        <v>2876</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B218" t="s">
-        <v>2877</v>
+        <v>2881</v>
       </c>
       <c r="C218" t="s">
         <v>12</v>
       </c>
       <c r="D218" t="s">
         <v>12</v>
       </c>
       <c r="E218" t="s">
-        <v>2878</v>
+        <v>2882</v>
       </c>
       <c r="F218" t="s">
         <v>12</v>
       </c>
       <c r="G218" t="s">
-        <v>2879</v>
+        <v>2883</v>
       </c>
       <c r="H218" t="s">
-        <v>2880</v>
+        <v>2884</v>
       </c>
       <c r="I218" t="s">
-        <v>2881</v>
+        <v>2885</v>
       </c>
       <c r="J218" t="s">
-        <v>955</v>
+        <v>986</v>
       </c>
       <c r="K218" t="s">
-        <v>2882</v>
+        <v>2886</v>
       </c>
       <c r="L218" t="s">
-        <v>2883</v>
+        <v>2887</v>
       </c>
       <c r="M218" t="s">
-        <v>2884</v>
+        <v>2888</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B219" t="s">
-        <v>2885</v>
+        <v>2889</v>
       </c>
       <c r="C219" t="s">
         <v>12</v>
       </c>
       <c r="D219" t="s">
         <v>12</v>
       </c>
       <c r="E219" t="s">
-        <v>2886</v>
+        <v>2890</v>
       </c>
       <c r="F219" t="s">
         <v>12</v>
       </c>
       <c r="G219" t="s">
-        <v>2887</v>
+        <v>2891</v>
       </c>
       <c r="H219" t="s">
-        <v>2888</v>
+        <v>2892</v>
       </c>
       <c r="I219" t="s">
-        <v>2889</v>
+        <v>2893</v>
       </c>
       <c r="J219" t="s">
-        <v>1522</v>
+        <v>1536</v>
       </c>
       <c r="K219" t="s">
-        <v>2890</v>
+        <v>2894</v>
       </c>
       <c r="L219" t="s">
-        <v>2891</v>
+        <v>2895</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B220" t="s">
-        <v>2892</v>
+        <v>2896</v>
       </c>
       <c r="C220" t="s">
         <v>12</v>
       </c>
       <c r="D220" t="s">
         <v>12</v>
       </c>
       <c r="E220" t="s">
-        <v>2893</v>
+        <v>2897</v>
       </c>
       <c r="F220" t="s">
         <v>12</v>
       </c>
       <c r="G220" t="s">
-        <v>2894</v>
+        <v>2898</v>
       </c>
       <c r="H220" t="s">
-        <v>2895</v>
+        <v>2899</v>
       </c>
       <c r="I220" t="s">
-        <v>2896</v>
+        <v>2900</v>
       </c>
       <c r="J220" t="s">
-        <v>1018</v>
+        <v>1049</v>
       </c>
       <c r="K220" t="s">
-        <v>2897</v>
+        <v>2901</v>
       </c>
       <c r="L220" t="s">
-        <v>2898</v>
+        <v>2902</v>
       </c>
       <c r="M220" t="s">
-        <v>2899</v>
+        <v>2903</v>
       </c>
       <c r="N220" t="s">
-        <v>2900</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B221" t="s">
-        <v>2901</v>
+        <v>2905</v>
       </c>
       <c r="C221" t="s">
         <v>12</v>
       </c>
       <c r="D221" t="s">
         <v>12</v>
       </c>
       <c r="E221" t="s">
-        <v>2902</v>
+        <v>2906</v>
       </c>
       <c r="F221" t="s">
         <v>12</v>
       </c>
       <c r="G221" t="s">
-        <v>2903</v>
+        <v>2907</v>
       </c>
       <c r="H221" t="s">
-        <v>2904</v>
+        <v>2908</v>
       </c>
       <c r="I221" t="s">
-        <v>2905</v>
+        <v>2909</v>
       </c>
       <c r="J221" t="s">
-        <v>2906</v>
+        <v>2910</v>
       </c>
       <c r="K221" t="s">
-        <v>2907</v>
+        <v>2911</v>
       </c>
       <c r="L221" t="s">
-        <v>2908</v>
+        <v>2912</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B222" t="s">
-        <v>2909</v>
+        <v>2913</v>
       </c>
       <c r="C222" t="s">
         <v>12</v>
       </c>
       <c r="D222" t="s">
         <v>12</v>
       </c>
       <c r="E222" t="s">
-        <v>2910</v>
+        <v>2914</v>
       </c>
       <c r="F222" t="s">
         <v>12</v>
       </c>
       <c r="G222" t="s">
-        <v>2911</v>
+        <v>2915</v>
       </c>
       <c r="H222" t="s">
-        <v>2912</v>
+        <v>2916</v>
       </c>
       <c r="I222" t="s">
-        <v>2913</v>
+        <v>2917</v>
       </c>
       <c r="J222" t="s">
-        <v>2914</v>
+        <v>2918</v>
       </c>
       <c r="K222" t="s">
-        <v>2915</v>
+        <v>2919</v>
       </c>
       <c r="L222" t="s">
-        <v>2916</v>
+        <v>2920</v>
       </c>
       <c r="M222" t="s">
-        <v>2917</v>
+        <v>2921</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B223" t="s">
-        <v>2918</v>
+        <v>2922</v>
       </c>
       <c r="C223" t="s">
         <v>12</v>
       </c>
       <c r="D223" t="s">
         <v>12</v>
       </c>
       <c r="E223" t="s">
-        <v>2919</v>
+        <v>2923</v>
       </c>
       <c r="F223" t="s">
         <v>12</v>
       </c>
       <c r="G223" t="s">
-        <v>2920</v>
+        <v>2924</v>
       </c>
       <c r="H223" t="s">
-        <v>2921</v>
+        <v>2925</v>
       </c>
       <c r="I223" t="s">
-        <v>2922</v>
+        <v>2926</v>
       </c>
       <c r="J223" t="s">
-        <v>2596</v>
+        <v>2600</v>
       </c>
       <c r="K223" t="s">
-        <v>2923</v>
+        <v>2927</v>
       </c>
       <c r="L223" t="s">
-        <v>2924</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B224" t="s">
-        <v>2925</v>
+        <v>2929</v>
       </c>
       <c r="C224" t="s">
         <v>12</v>
       </c>
       <c r="D224" t="s">
         <v>12</v>
       </c>
       <c r="E224" t="s">
-        <v>2919</v>
+        <v>2923</v>
       </c>
       <c r="F224" t="s">
         <v>12</v>
       </c>
       <c r="G224" t="s">
-        <v>2926</v>
+        <v>2930</v>
       </c>
       <c r="H224" t="s">
-        <v>2927</v>
+        <v>2931</v>
       </c>
       <c r="I224" t="s">
-        <v>2928</v>
+        <v>2932</v>
       </c>
       <c r="J224" t="s">
-        <v>1430</v>
+        <v>1444</v>
       </c>
       <c r="K224" t="s">
-        <v>2929</v>
+        <v>2933</v>
       </c>
       <c r="L224" t="s">
-        <v>2930</v>
+        <v>2934</v>
       </c>
       <c r="M224" t="s">
-        <v>2931</v>
+        <v>2935</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B225" t="s">
-        <v>2932</v>
+        <v>2936</v>
       </c>
       <c r="C225" t="s">
         <v>12</v>
       </c>
       <c r="D225" t="s">
         <v>12</v>
       </c>
       <c r="E225" t="s">
-        <v>2933</v>
+        <v>2937</v>
       </c>
       <c r="F225" t="s">
         <v>12</v>
       </c>
       <c r="G225" t="s">
-        <v>2934</v>
+        <v>2938</v>
       </c>
       <c r="H225" t="s">
-        <v>2935</v>
+        <v>2939</v>
       </c>
       <c r="I225" t="s">
-        <v>2936</v>
+        <v>2940</v>
       </c>
       <c r="J225" t="s">
-        <v>1018</v>
+        <v>1049</v>
       </c>
       <c r="K225" t="s">
-        <v>2937</v>
+        <v>2941</v>
       </c>
       <c r="L225" t="s">
-        <v>2938</v>
+        <v>2942</v>
       </c>
       <c r="M225" t="s">
-        <v>2939</v>
+        <v>2943</v>
       </c>
       <c r="N225" t="s">
-        <v>2940</v>
+        <v>2944</v>
       </c>
       <c r="O225" t="s">
-        <v>2941</v>
+        <v>2945</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B226" t="s">
-        <v>2942</v>
+        <v>2946</v>
       </c>
       <c r="C226" t="s">
         <v>12</v>
       </c>
       <c r="D226" t="s">
         <v>12</v>
       </c>
       <c r="E226" t="s">
-        <v>2943</v>
+        <v>2947</v>
       </c>
       <c r="F226" t="s">
         <v>12</v>
       </c>
       <c r="G226" t="s">
-        <v>2944</v>
+        <v>2948</v>
       </c>
       <c r="H226" t="s">
-        <v>2945</v>
+        <v>2949</v>
       </c>
       <c r="I226" t="s">
-        <v>2946</v>
+        <v>2950</v>
       </c>
       <c r="J226" t="s">
-        <v>802</v>
+        <v>835</v>
       </c>
       <c r="K226" t="s">
-        <v>2947</v>
+        <v>2951</v>
       </c>
       <c r="L226" t="s">
-        <v>2948</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B227" t="s">
-        <v>2949</v>
+        <v>2953</v>
       </c>
       <c r="C227" t="s">
         <v>12</v>
       </c>
       <c r="D227" t="s">
         <v>12</v>
       </c>
       <c r="E227" t="s">
-        <v>2950</v>
+        <v>2954</v>
       </c>
       <c r="F227" t="s">
         <v>12</v>
       </c>
       <c r="G227" t="s">
-        <v>2951</v>
+        <v>2955</v>
       </c>
       <c r="H227" t="s">
-        <v>2952</v>
+        <v>2956</v>
       </c>
       <c r="I227" t="s">
-        <v>2953</v>
+        <v>2957</v>
       </c>
       <c r="J227" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="K227" t="s">
-        <v>2954</v>
+        <v>2958</v>
       </c>
       <c r="L227" t="s">
-        <v>2955</v>
+        <v>2959</v>
       </c>
       <c r="M227" t="s">
-        <v>2956</v>
+        <v>2960</v>
       </c>
       <c r="N227" t="s">
-        <v>2957</v>
+        <v>2961</v>
       </c>
       <c r="O227" t="s">
-        <v>2958</v>
+        <v>2962</v>
       </c>
       <c r="P227" t="s">
-        <v>2959</v>
+        <v>2963</v>
       </c>
       <c r="Q227" t="s">
-        <v>2960</v>
+        <v>2964</v>
       </c>
       <c r="R227" t="s">
-        <v>2961</v>
+        <v>2965</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B228" t="s">
-        <v>2962</v>
+        <v>2966</v>
       </c>
       <c r="C228" t="s">
         <v>12</v>
       </c>
       <c r="D228" t="s">
         <v>12</v>
       </c>
       <c r="E228" t="s">
-        <v>2963</v>
+        <v>2967</v>
       </c>
       <c r="F228" t="s">
         <v>12</v>
       </c>
       <c r="G228" t="s">
-        <v>2964</v>
+        <v>2968</v>
       </c>
       <c r="H228" t="s">
-        <v>2965</v>
+        <v>2969</v>
       </c>
       <c r="I228" t="s">
-        <v>2966</v>
+        <v>2970</v>
       </c>
       <c r="J228" t="s">
-        <v>2967</v>
+        <v>2971</v>
       </c>
       <c r="K228" t="s">
-        <v>2968</v>
+        <v>2972</v>
       </c>
       <c r="L228" t="s">
-        <v>2969</v>
+        <v>2973</v>
       </c>
       <c r="M228" t="s">
-        <v>2970</v>
+        <v>2974</v>
       </c>
       <c r="N228" t="s">
-        <v>2971</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B229" t="s">
-        <v>2972</v>
+        <v>2976</v>
       </c>
       <c r="C229" t="s">
         <v>12</v>
       </c>
       <c r="D229" t="s">
         <v>12</v>
       </c>
       <c r="E229" t="s">
-        <v>2973</v>
+        <v>2977</v>
       </c>
       <c r="F229" t="s">
         <v>12</v>
       </c>
       <c r="G229" t="s">
-        <v>2974</v>
+        <v>2978</v>
       </c>
       <c r="H229" t="s">
-        <v>2975</v>
+        <v>2979</v>
       </c>
       <c r="I229" t="s">
-        <v>2976</v>
+        <v>2980</v>
       </c>
       <c r="J229" t="s">
-        <v>802</v>
+        <v>835</v>
       </c>
       <c r="K229" t="s">
-        <v>2977</v>
+        <v>2981</v>
       </c>
       <c r="L229" t="s">
-        <v>2978</v>
+        <v>2982</v>
       </c>
       <c r="M229" t="s">
-        <v>2979</v>
+        <v>2983</v>
       </c>
       <c r="N229" t="s">
-        <v>2980</v>
+        <v>2984</v>
       </c>
       <c r="O229" t="s">
-        <v>2981</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B230" t="s">
-        <v>2982</v>
+        <v>2986</v>
       </c>
       <c r="C230" t="s">
         <v>12</v>
       </c>
       <c r="D230" t="s">
         <v>12</v>
       </c>
       <c r="E230" t="s">
-        <v>2983</v>
+        <v>2987</v>
       </c>
       <c r="F230" t="s">
         <v>12</v>
       </c>
       <c r="G230" t="s">
-        <v>2984</v>
+        <v>2988</v>
       </c>
       <c r="H230" t="s">
-        <v>2985</v>
+        <v>2989</v>
       </c>
       <c r="I230" t="s">
-        <v>2986</v>
+        <v>2990</v>
       </c>
       <c r="J230" t="s">
-        <v>1395</v>
+        <v>1409</v>
       </c>
       <c r="K230" t="s">
-        <v>2987</v>
+        <v>2991</v>
       </c>
       <c r="L230" t="s">
-        <v>2988</v>
+        <v>2992</v>
       </c>
       <c r="M230" t="s">
-        <v>2989</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B231" t="s">
-        <v>2990</v>
+        <v>2994</v>
       </c>
       <c r="C231" t="s">
         <v>12</v>
       </c>
       <c r="D231" t="s">
         <v>12</v>
       </c>
       <c r="E231" t="s">
-        <v>2991</v>
+        <v>2995</v>
       </c>
       <c r="F231" t="s">
         <v>12</v>
       </c>
       <c r="G231" t="s">
-        <v>2992</v>
+        <v>2996</v>
       </c>
       <c r="H231" t="s">
-        <v>2993</v>
+        <v>2997</v>
       </c>
       <c r="I231" t="s">
-        <v>2994</v>
+        <v>2998</v>
       </c>
       <c r="J231" t="s">
-        <v>832</v>
+        <v>864</v>
       </c>
       <c r="K231" t="s">
-        <v>2995</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B232" t="s">
-        <v>2996</v>
+        <v>3000</v>
       </c>
       <c r="C232" t="s">
         <v>12</v>
       </c>
       <c r="D232" t="s">
         <v>12</v>
       </c>
       <c r="E232" t="s">
-        <v>2997</v>
+        <v>3001</v>
       </c>
       <c r="F232" t="s">
         <v>12</v>
       </c>
       <c r="G232" t="s">
-        <v>2998</v>
+        <v>3002</v>
       </c>
       <c r="H232" t="s">
-        <v>2999</v>
+        <v>3003</v>
       </c>
       <c r="I232" t="s">
-        <v>2379</v>
+        <v>2383</v>
       </c>
       <c r="J232" t="s">
-        <v>1165</v>
+        <v>1185</v>
       </c>
       <c r="K232" t="s">
-        <v>3000</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B233" t="s">
-        <v>3001</v>
+        <v>3005</v>
       </c>
       <c r="C233" t="s">
         <v>12</v>
       </c>
       <c r="D233" t="s">
         <v>12</v>
       </c>
       <c r="E233" t="s">
-        <v>3002</v>
+        <v>3006</v>
       </c>
       <c r="F233" t="s">
         <v>12</v>
       </c>
       <c r="G233" t="s">
-        <v>3003</v>
+        <v>3007</v>
       </c>
       <c r="H233" t="s">
-        <v>3004</v>
+        <v>3008</v>
       </c>
       <c r="I233" t="s">
-        <v>3005</v>
+        <v>3009</v>
       </c>
       <c r="J233" t="s">
-        <v>1565</v>
+        <v>1579</v>
       </c>
       <c r="K233" t="s">
-        <v>3006</v>
+        <v>3010</v>
       </c>
       <c r="L233" t="s">
-        <v>3007</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B234" t="s">
-        <v>3008</v>
+        <v>3012</v>
       </c>
       <c r="C234" t="s">
         <v>12</v>
       </c>
       <c r="D234" t="s">
         <v>12</v>
       </c>
       <c r="E234" t="s">
-        <v>3009</v>
+        <v>3013</v>
       </c>
       <c r="F234" t="s">
         <v>12</v>
       </c>
       <c r="G234" t="s">
-        <v>3010</v>
+        <v>3014</v>
       </c>
       <c r="H234" t="s">
-        <v>3011</v>
+        <v>3015</v>
       </c>
       <c r="I234" t="s">
-        <v>3012</v>
+        <v>3016</v>
       </c>
       <c r="J234" t="s">
-        <v>3013</v>
+        <v>3017</v>
       </c>
       <c r="K234" t="s">
-        <v>3014</v>
+        <v>3018</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B235" t="s">
-        <v>3015</v>
+        <v>3019</v>
       </c>
       <c r="C235" t="s">
         <v>12</v>
       </c>
       <c r="D235" t="s">
         <v>12</v>
       </c>
       <c r="E235" t="s">
-        <v>3016</v>
+        <v>3020</v>
       </c>
       <c r="F235" t="s">
         <v>12</v>
       </c>
       <c r="G235" t="s">
-        <v>3017</v>
+        <v>3021</v>
       </c>
       <c r="H235" t="s">
-        <v>3018</v>
+        <v>3022</v>
       </c>
       <c r="I235" t="s">
-        <v>3019</v>
+        <v>3023</v>
       </c>
       <c r="J235" t="s">
-        <v>1962</v>
+        <v>1966</v>
       </c>
       <c r="K235" t="s">
-        <v>3020</v>
+        <v>3024</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B236" t="s">
-        <v>3021</v>
+        <v>3025</v>
       </c>
       <c r="C236" t="s">
         <v>12</v>
       </c>
       <c r="D236" t="s">
         <v>12</v>
       </c>
       <c r="E236" t="s">
-        <v>3022</v>
+        <v>3026</v>
       </c>
       <c r="F236" t="s">
         <v>12</v>
       </c>
       <c r="G236" t="s">
-        <v>3023</v>
+        <v>3027</v>
       </c>
       <c r="H236" t="s">
-        <v>3024</v>
+        <v>3028</v>
       </c>
       <c r="I236" t="s">
-        <v>1809</v>
+        <v>1813</v>
       </c>
       <c r="J236" t="s">
-        <v>2328</v>
+        <v>2332</v>
       </c>
       <c r="K236" t="s">
-        <v>3025</v>
+        <v>3029</v>
       </c>
       <c r="L236" t="s">
-        <v>3026</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B237" t="s">
-        <v>3027</v>
+        <v>3031</v>
       </c>
       <c r="C237" t="s">
         <v>12</v>
       </c>
       <c r="D237" t="s">
         <v>12</v>
       </c>
       <c r="E237" t="s">
-        <v>3028</v>
+        <v>3032</v>
       </c>
       <c r="F237" t="s">
         <v>12</v>
       </c>
       <c r="G237" t="s">
-        <v>3029</v>
+        <v>3033</v>
       </c>
       <c r="H237" t="s">
-        <v>3030</v>
+        <v>3034</v>
       </c>
       <c r="I237" t="s">
-        <v>3031</v>
+        <v>3035</v>
       </c>
       <c r="J237" t="s">
-        <v>1018</v>
+        <v>1049</v>
       </c>
       <c r="K237" t="s">
-        <v>3032</v>
+        <v>3036</v>
       </c>
       <c r="L237" t="s">
-        <v>3033</v>
+        <v>3037</v>
       </c>
       <c r="M237" t="s">
-        <v>3034</v>
+        <v>3038</v>
       </c>
       <c r="N237" t="s">
-        <v>3035</v>
+        <v>3039</v>
       </c>
       <c r="O237" t="s">
-        <v>3036</v>
+        <v>3040</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B238" t="s">
-        <v>3037</v>
+        <v>3041</v>
       </c>
       <c r="C238" t="s">
         <v>12</v>
       </c>
       <c r="D238" t="s">
         <v>12</v>
       </c>
       <c r="E238" t="s">
-        <v>3038</v>
+        <v>3042</v>
       </c>
       <c r="F238" t="s">
         <v>12</v>
       </c>
       <c r="G238" t="s">
-        <v>3039</v>
+        <v>3043</v>
       </c>
       <c r="H238" t="s">
-        <v>3040</v>
+        <v>3044</v>
       </c>
       <c r="I238" t="s">
-        <v>2291</v>
+        <v>2295</v>
       </c>
       <c r="J238" t="s">
-        <v>2247</v>
+        <v>2251</v>
       </c>
       <c r="K238" t="s">
-        <v>3041</v>
+        <v>3045</v>
       </c>
       <c r="L238" t="s">
-        <v>3042</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B239" t="s">
-        <v>3043</v>
+        <v>3047</v>
       </c>
       <c r="C239" t="s">
         <v>12</v>
       </c>
       <c r="D239" t="s">
         <v>12</v>
       </c>
       <c r="E239" t="s">
-        <v>3044</v>
+        <v>3048</v>
       </c>
       <c r="F239" t="s">
         <v>12</v>
       </c>
       <c r="G239" t="s">
-        <v>3045</v>
+        <v>3049</v>
       </c>
       <c r="H239" t="s">
-        <v>3046</v>
+        <v>3050</v>
       </c>
       <c r="I239" t="s">
-        <v>3047</v>
+        <v>3051</v>
       </c>
       <c r="J239" t="s">
-        <v>1214</v>
+        <v>1226</v>
       </c>
       <c r="K239" t="s">
-        <v>3048</v>
+        <v>3052</v>
       </c>
       <c r="L239" t="s">
-        <v>3049</v>
+        <v>3053</v>
       </c>
       <c r="M239" t="s">
-        <v>3050</v>
+        <v>3054</v>
       </c>
       <c r="N239" t="s">
-        <v>3051</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B240" t="s">
-        <v>3052</v>
+        <v>3056</v>
       </c>
       <c r="C240" t="s">
         <v>12</v>
       </c>
       <c r="D240" t="s">
         <v>12</v>
       </c>
       <c r="E240" t="s">
-        <v>3053</v>
+        <v>3057</v>
       </c>
       <c r="F240" t="s">
         <v>12</v>
       </c>
       <c r="G240" t="s">
-        <v>3054</v>
+        <v>3058</v>
       </c>
       <c r="H240" t="s">
-        <v>3055</v>
+        <v>3059</v>
       </c>
       <c r="I240" t="s">
-        <v>3056</v>
+        <v>3060</v>
       </c>
       <c r="J240" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="K240" t="s">
-        <v>3057</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B241" t="s">
-        <v>3058</v>
+        <v>3062</v>
       </c>
       <c r="C241" t="s">
         <v>12</v>
       </c>
       <c r="D241" t="s">
         <v>12</v>
       </c>
       <c r="E241" t="s">
-        <v>3059</v>
+        <v>3063</v>
       </c>
       <c r="F241" t="s">
         <v>12</v>
       </c>
       <c r="G241" t="s">
-        <v>3060</v>
+        <v>3064</v>
       </c>
       <c r="H241" t="s">
-        <v>3061</v>
+        <v>3065</v>
       </c>
       <c r="I241" t="s">
-        <v>2734</v>
+        <v>2738</v>
       </c>
       <c r="J241" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="K241" t="s">
-        <v>3062</v>
+        <v>3066</v>
       </c>
       <c r="L241" t="s">
-        <v>3063</v>
+        <v>3067</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B242" t="s">
-        <v>3064</v>
+        <v>3068</v>
       </c>
       <c r="C242" t="s">
         <v>12</v>
       </c>
       <c r="D242" t="s">
         <v>12</v>
       </c>
       <c r="E242" t="s">
-        <v>3065</v>
+        <v>3069</v>
       </c>
       <c r="F242" t="s">
         <v>12</v>
       </c>
       <c r="G242" t="s">
-        <v>3066</v>
+        <v>3070</v>
       </c>
       <c r="H242" t="s">
-        <v>3067</v>
+        <v>3071</v>
       </c>
       <c r="I242" t="s">
-        <v>3068</v>
+        <v>3072</v>
       </c>
       <c r="J242" t="s">
-        <v>2619</v>
+        <v>2623</v>
       </c>
       <c r="K242" t="s">
-        <v>3069</v>
+        <v>3073</v>
       </c>
       <c r="L242" t="s">
-        <v>3070</v>
+        <v>3074</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B243" t="s">
-        <v>3071</v>
+        <v>3075</v>
       </c>
       <c r="C243" t="s">
         <v>12</v>
       </c>
       <c r="D243" t="s">
         <v>12</v>
       </c>
       <c r="E243" t="s">
-        <v>3072</v>
+        <v>3076</v>
       </c>
       <c r="F243" t="s">
         <v>12</v>
       </c>
       <c r="G243" t="s">
-        <v>3073</v>
+        <v>3077</v>
       </c>
       <c r="H243" t="s">
-        <v>3074</v>
+        <v>3078</v>
       </c>
       <c r="I243" t="s">
-        <v>3075</v>
+        <v>3079</v>
       </c>
       <c r="J243" t="s">
-        <v>3076</v>
+        <v>3080</v>
       </c>
       <c r="K243" t="s">
-        <v>3077</v>
+        <v>3081</v>
       </c>
       <c r="L243" t="s">
-        <v>3078</v>
+        <v>3082</v>
       </c>
       <c r="M243" t="s">
-        <v>3079</v>
+        <v>3083</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B244" t="s">
-        <v>3080</v>
+        <v>3084</v>
       </c>
       <c r="C244" t="s">
         <v>12</v>
       </c>
       <c r="D244" t="s">
         <v>12</v>
       </c>
       <c r="E244" t="s">
-        <v>3081</v>
+        <v>3085</v>
       </c>
       <c r="F244" t="s">
         <v>12</v>
       </c>
       <c r="G244" t="s">
-        <v>3082</v>
+        <v>3086</v>
       </c>
       <c r="H244" t="s">
-        <v>3083</v>
+        <v>3087</v>
       </c>
       <c r="I244" t="s">
-        <v>2452</v>
+        <v>2456</v>
       </c>
       <c r="J244" t="s">
-        <v>2596</v>
+        <v>2600</v>
       </c>
       <c r="K244" t="s">
-        <v>3084</v>
+        <v>3088</v>
       </c>
       <c r="L244" t="s">
-        <v>3085</v>
+        <v>3089</v>
       </c>
       <c r="M244" t="s">
-        <v>3086</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B245" t="s">
-        <v>3087</v>
+        <v>3091</v>
       </c>
       <c r="C245" t="s">
         <v>12</v>
       </c>
       <c r="D245" t="s">
         <v>12</v>
       </c>
       <c r="E245" t="s">
-        <v>3088</v>
+        <v>3092</v>
       </c>
       <c r="F245" t="s">
         <v>12</v>
       </c>
       <c r="G245" t="s">
-        <v>3089</v>
+        <v>3093</v>
       </c>
       <c r="H245" t="s">
-        <v>3090</v>
+        <v>3094</v>
       </c>
       <c r="I245" t="s">
-        <v>3091</v>
+        <v>3095</v>
       </c>
       <c r="J245" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="K245" t="s">
-        <v>3092</v>
+        <v>3096</v>
       </c>
       <c r="L245" t="s">
-        <v>3093</v>
+        <v>3097</v>
       </c>
       <c r="M245" t="s">
-        <v>3094</v>
+        <v>3098</v>
       </c>
       <c r="N245" t="s">
-        <v>3095</v>
+        <v>3099</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B246" t="s">
-        <v>3096</v>
+        <v>3100</v>
       </c>
       <c r="C246" t="s">
         <v>12</v>
       </c>
       <c r="D246" t="s">
         <v>12</v>
       </c>
       <c r="E246" t="s">
-        <v>3097</v>
+        <v>3101</v>
       </c>
       <c r="F246" t="s">
         <v>12</v>
       </c>
       <c r="G246" t="s">
-        <v>3098</v>
+        <v>3102</v>
       </c>
       <c r="H246" t="s">
-        <v>3099</v>
+        <v>3103</v>
       </c>
       <c r="I246" t="s">
-        <v>3100</v>
+        <v>3104</v>
       </c>
       <c r="J246" t="s">
-        <v>3101</v>
+        <v>3105</v>
       </c>
       <c r="K246" t="s">
-        <v>3102</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B247" t="s">
-        <v>3103</v>
+        <v>3107</v>
       </c>
       <c r="C247" t="s">
         <v>12</v>
       </c>
       <c r="D247" t="s">
         <v>12</v>
       </c>
       <c r="E247" t="s">
-        <v>3104</v>
+        <v>3108</v>
       </c>
       <c r="F247" t="s">
         <v>12</v>
       </c>
       <c r="G247" t="s">
-        <v>3105</v>
+        <v>3109</v>
       </c>
       <c r="H247" t="s">
-        <v>3106</v>
+        <v>3110</v>
       </c>
       <c r="I247" t="s">
-        <v>3107</v>
+        <v>3111</v>
       </c>
       <c r="J247" t="s">
-        <v>1430</v>
+        <v>1444</v>
       </c>
       <c r="K247" t="s">
-        <v>3108</v>
+        <v>3112</v>
       </c>
       <c r="L247" t="s">
-        <v>3109</v>
+        <v>3113</v>
       </c>
       <c r="M247" t="s">
-        <v>3110</v>
+        <v>3114</v>
       </c>
       <c r="N247" t="s">
-        <v>3111</v>
+        <v>3115</v>
       </c>
       <c r="O247" t="s">
-        <v>3112</v>
+        <v>3116</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B248" t="s">
-        <v>3113</v>
+        <v>3117</v>
       </c>
       <c r="C248" t="s">
         <v>12</v>
       </c>
       <c r="D248" t="s">
         <v>12</v>
       </c>
       <c r="E248" t="s">
-        <v>3114</v>
+        <v>3118</v>
       </c>
       <c r="F248" t="s">
         <v>12</v>
       </c>
       <c r="G248" t="s">
-        <v>3115</v>
+        <v>3119</v>
       </c>
       <c r="H248" t="s">
-        <v>3116</v>
+        <v>3120</v>
       </c>
       <c r="I248" t="s">
-        <v>3117</v>
+        <v>3121</v>
       </c>
       <c r="J248" t="s">
-        <v>729</v>
+        <v>762</v>
       </c>
       <c r="K248" t="s">
-        <v>3118</v>
+        <v>3122</v>
       </c>
       <c r="L248" t="s">
-        <v>3119</v>
+        <v>3123</v>
       </c>
       <c r="M248" t="s">
-        <v>3120</v>
+        <v>3124</v>
       </c>
       <c r="N248" t="s">
-        <v>3121</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B249" t="s">
-        <v>3122</v>
+        <v>3126</v>
       </c>
       <c r="C249" t="s">
         <v>12</v>
       </c>
       <c r="D249" t="s">
         <v>12</v>
       </c>
       <c r="E249" t="s">
-        <v>3114</v>
+        <v>3118</v>
       </c>
       <c r="F249" t="s">
         <v>12</v>
       </c>
       <c r="G249" t="s">
-        <v>3123</v>
+        <v>3127</v>
       </c>
       <c r="H249" t="s">
-        <v>3124</v>
+        <v>3128</v>
       </c>
       <c r="I249" t="s">
-        <v>3005</v>
+        <v>3009</v>
       </c>
       <c r="J249" t="s">
-        <v>1962</v>
+        <v>1966</v>
       </c>
       <c r="K249" t="s">
-        <v>3125</v>
+        <v>3129</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B250" t="s">
-        <v>3126</v>
+        <v>3130</v>
       </c>
       <c r="C250" t="s">
         <v>12</v>
       </c>
       <c r="D250" t="s">
         <v>12</v>
       </c>
       <c r="E250" t="s">
-        <v>3127</v>
+        <v>3131</v>
       </c>
       <c r="F250" t="s">
         <v>12</v>
       </c>
       <c r="G250" t="s">
-        <v>3128</v>
+        <v>3132</v>
       </c>
       <c r="H250" t="s">
-        <v>3129</v>
+        <v>3133</v>
       </c>
       <c r="I250" t="s">
-        <v>2872</v>
+        <v>2876</v>
       </c>
       <c r="J250" t="s">
-        <v>3130</v>
+        <v>3134</v>
       </c>
       <c r="K250" t="s">
-        <v>3131</v>
+        <v>3135</v>
       </c>
       <c r="L250" t="s">
-        <v>3132</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B251" t="s">
-        <v>3133</v>
+        <v>3137</v>
       </c>
       <c r="C251" t="s">
         <v>12</v>
       </c>
       <c r="D251" t="s">
         <v>12</v>
       </c>
       <c r="E251" t="s">
-        <v>3134</v>
+        <v>3138</v>
       </c>
       <c r="F251" t="s">
         <v>12</v>
       </c>
       <c r="G251" t="s">
-        <v>3135</v>
+        <v>3139</v>
       </c>
       <c r="H251" t="s">
-        <v>3136</v>
+        <v>3140</v>
       </c>
       <c r="I251" t="s">
-        <v>3137</v>
+        <v>3141</v>
       </c>
       <c r="J251" t="s">
-        <v>3138</v>
+        <v>3142</v>
       </c>
       <c r="K251" t="s">
-        <v>3139</v>
+        <v>3143</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B252" t="s">
-        <v>3140</v>
+        <v>3144</v>
       </c>
       <c r="C252" t="s">
         <v>12</v>
       </c>
       <c r="D252" t="s">
         <v>12</v>
       </c>
       <c r="E252" t="s">
-        <v>3141</v>
+        <v>3145</v>
       </c>
       <c r="F252" t="s">
         <v>12</v>
       </c>
       <c r="G252" t="s">
-        <v>3142</v>
+        <v>3146</v>
       </c>
       <c r="H252" t="s">
-        <v>3143</v>
+        <v>3147</v>
       </c>
       <c r="I252" t="s">
-        <v>3144</v>
+        <v>3148</v>
       </c>
       <c r="J252" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="K252" t="s">
-        <v>3145</v>
+        <v>3149</v>
       </c>
       <c r="L252" t="s">
-        <v>3146</v>
+        <v>3150</v>
       </c>
       <c r="M252" t="s">
-        <v>3147</v>
+        <v>3151</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B253" t="s">
-        <v>3148</v>
+        <v>3152</v>
       </c>
       <c r="C253" t="s">
         <v>12</v>
       </c>
       <c r="D253" t="s">
         <v>12</v>
       </c>
       <c r="E253" t="s">
-        <v>3149</v>
+        <v>3153</v>
       </c>
       <c r="F253" t="s">
         <v>12</v>
       </c>
       <c r="G253" t="s">
-        <v>3150</v>
+        <v>3154</v>
       </c>
       <c r="H253" t="s">
-        <v>3151</v>
+        <v>3155</v>
       </c>
       <c r="I253" t="s">
-        <v>3152</v>
+        <v>3156</v>
       </c>
       <c r="J253" t="s">
-        <v>3153</v>
+        <v>3157</v>
       </c>
       <c r="K253" t="s">
-        <v>3154</v>
+        <v>3158</v>
       </c>
       <c r="L253" t="s">
-        <v>3155</v>
+        <v>3159</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B254" t="s">
-        <v>3156</v>
+        <v>3160</v>
       </c>
       <c r="C254" t="s">
         <v>12</v>
       </c>
       <c r="D254" t="s">
         <v>12</v>
       </c>
       <c r="E254" t="s">
-        <v>3157</v>
+        <v>3161</v>
       </c>
       <c r="F254" t="s">
         <v>12</v>
       </c>
       <c r="G254" t="s">
-        <v>3158</v>
+        <v>3162</v>
       </c>
       <c r="H254" t="s">
-        <v>3159</v>
+        <v>3163</v>
       </c>
       <c r="I254" t="s">
-        <v>3160</v>
+        <v>3164</v>
       </c>
       <c r="J254" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
       <c r="K254" t="s">
-        <v>3161</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B255" t="s">
-        <v>3162</v>
+        <v>3166</v>
       </c>
       <c r="C255" t="s">
         <v>12</v>
       </c>
       <c r="D255" t="s">
         <v>12</v>
       </c>
       <c r="E255" t="s">
-        <v>3163</v>
+        <v>3167</v>
       </c>
       <c r="F255" t="s">
         <v>12</v>
       </c>
       <c r="G255" t="s">
-        <v>3164</v>
+        <v>3168</v>
       </c>
       <c r="H255" t="s">
-        <v>3165</v>
+        <v>3169</v>
       </c>
       <c r="I255" t="s">
-        <v>1510</v>
+        <v>1524</v>
       </c>
       <c r="J255" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="K255" t="s">
-        <v>3166</v>
+        <v>3170</v>
       </c>
       <c r="L255" t="s">
-        <v>3167</v>
+        <v>3171</v>
       </c>
       <c r="M255" t="s">
-        <v>3168</v>
+        <v>3172</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B256" t="s">
-        <v>3169</v>
+        <v>3173</v>
       </c>
       <c r="C256" t="s">
         <v>12</v>
       </c>
       <c r="D256" t="s">
         <v>12</v>
       </c>
       <c r="E256" t="s">
-        <v>3170</v>
+        <v>3174</v>
       </c>
       <c r="F256" t="s">
         <v>12</v>
       </c>
       <c r="G256" t="s">
-        <v>3171</v>
+        <v>3175</v>
       </c>
       <c r="H256" t="s">
-        <v>3172</v>
+        <v>3176</v>
       </c>
       <c r="I256" t="s">
-        <v>3173</v>
+        <v>3177</v>
       </c>
       <c r="J256" t="s">
-        <v>1833</v>
+        <v>1837</v>
       </c>
       <c r="K256" t="s">
-        <v>3174</v>
+        <v>3178</v>
       </c>
       <c r="L256" t="s">
-        <v>3175</v>
+        <v>3179</v>
       </c>
       <c r="M256" t="s">
-        <v>3176</v>
+        <v>3180</v>
       </c>
       <c r="N256" t="s">
-        <v>3177</v>
+        <v>3181</v>
       </c>
       <c r="O256" t="s">
-        <v>3178</v>
+        <v>3182</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B257" t="s">
-        <v>3179</v>
+        <v>3183</v>
       </c>
       <c r="C257" t="s">
         <v>12</v>
       </c>
       <c r="D257" t="s">
         <v>12</v>
       </c>
       <c r="E257" t="s">
-        <v>3180</v>
+        <v>3184</v>
       </c>
       <c r="F257" t="s">
         <v>12</v>
       </c>
       <c r="G257" t="s">
-        <v>3181</v>
+        <v>3185</v>
       </c>
       <c r="H257" t="s">
-        <v>3182</v>
+        <v>3186</v>
       </c>
       <c r="I257" t="s">
-        <v>3183</v>
+        <v>3187</v>
       </c>
       <c r="J257" t="s">
-        <v>3184</v>
+        <v>3188</v>
       </c>
       <c r="K257" t="s">
-        <v>3185</v>
+        <v>3189</v>
       </c>
       <c r="L257" t="s">
-        <v>3186</v>
+        <v>3190</v>
       </c>
       <c r="M257" t="s">
-        <v>3187</v>
+        <v>3191</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B258" t="s">
-        <v>3188</v>
+        <v>3192</v>
       </c>
       <c r="C258" t="s">
         <v>12</v>
       </c>
       <c r="D258" t="s">
         <v>12</v>
       </c>
       <c r="E258" t="s">
-        <v>3189</v>
+        <v>3193</v>
       </c>
       <c r="F258" t="s">
         <v>12</v>
       </c>
       <c r="G258" t="s">
-        <v>3190</v>
+        <v>3194</v>
       </c>
       <c r="H258" t="s">
-        <v>3191</v>
+        <v>3195</v>
       </c>
       <c r="I258" t="s">
-        <v>1180</v>
+        <v>1200</v>
       </c>
       <c r="J258" t="s">
-        <v>1480</v>
+        <v>1494</v>
       </c>
       <c r="K258" t="s">
-        <v>3192</v>
+        <v>3196</v>
       </c>
       <c r="L258" t="s">
-        <v>3193</v>
+        <v>3197</v>
       </c>
       <c r="M258" t="s">
-        <v>3194</v>
+        <v>3198</v>
       </c>
       <c r="N258" t="s">
-        <v>3195</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B259" t="s">
-        <v>3196</v>
+        <v>3200</v>
       </c>
       <c r="C259" t="s">
         <v>12</v>
       </c>
       <c r="D259" t="s">
         <v>12</v>
       </c>
       <c r="E259" t="s">
-        <v>3197</v>
+        <v>3201</v>
       </c>
       <c r="F259" t="s">
         <v>12</v>
       </c>
       <c r="G259" t="s">
-        <v>3198</v>
+        <v>3202</v>
       </c>
       <c r="H259" t="s">
-        <v>3199</v>
+        <v>3203</v>
       </c>
       <c r="I259" t="s">
-        <v>2872</v>
+        <v>2876</v>
       </c>
       <c r="J259" t="s">
-        <v>2116</v>
+        <v>2120</v>
       </c>
       <c r="K259" t="s">
-        <v>3200</v>
+        <v>3204</v>
       </c>
       <c r="L259" t="s">
-        <v>3201</v>
+        <v>3205</v>
       </c>
       <c r="M259" t="s">
-        <v>3202</v>
+        <v>3206</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B260" t="s">
-        <v>3203</v>
+        <v>3207</v>
       </c>
       <c r="C260" t="s">
         <v>12</v>
       </c>
       <c r="D260" t="s">
         <v>12</v>
       </c>
       <c r="E260" t="s">
-        <v>3204</v>
+        <v>3208</v>
       </c>
       <c r="F260" t="s">
         <v>12</v>
       </c>
       <c r="G260" t="s">
-        <v>3205</v>
+        <v>3209</v>
       </c>
       <c r="H260" t="s">
-        <v>3206</v>
+        <v>3210</v>
       </c>
       <c r="I260" t="s">
-        <v>1291</v>
+        <v>1305</v>
       </c>
       <c r="J260" t="s">
-        <v>822</v>
+        <v>744</v>
       </c>
       <c r="K260" t="s">
-        <v>3207</v>
+        <v>3211</v>
       </c>
       <c r="L260" t="s">
-        <v>3208</v>
+        <v>3212</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B261" t="s">
-        <v>3209</v>
+        <v>3213</v>
       </c>
       <c r="C261" t="s">
         <v>12</v>
       </c>
       <c r="D261" t="s">
         <v>12</v>
       </c>
       <c r="E261" t="s">
-        <v>3204</v>
+        <v>3208</v>
       </c>
       <c r="F261" t="s">
         <v>12</v>
       </c>
       <c r="G261" t="s">
-        <v>3210</v>
+        <v>3214</v>
       </c>
       <c r="H261" t="s">
-        <v>3211</v>
+        <v>3215</v>
       </c>
       <c r="I261" t="s">
-        <v>1138</v>
+        <v>1169</v>
       </c>
       <c r="J261" t="s">
-        <v>3130</v>
+        <v>3134</v>
       </c>
       <c r="K261" t="s">
-        <v>3212</v>
+        <v>3216</v>
       </c>
       <c r="L261" t="s">
-        <v>3213</v>
+        <v>3217</v>
       </c>
       <c r="M261" t="s">
-        <v>3214</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B262" t="s">
-        <v>3215</v>
+        <v>3219</v>
       </c>
       <c r="C262" t="s">
         <v>12</v>
       </c>
       <c r="D262" t="s">
         <v>12</v>
       </c>
       <c r="E262" t="s">
-        <v>3204</v>
+        <v>3208</v>
       </c>
       <c r="F262" t="s">
         <v>12</v>
       </c>
       <c r="G262" t="s">
-        <v>3216</v>
+        <v>3220</v>
       </c>
       <c r="H262" t="s">
-        <v>3217</v>
+        <v>3221</v>
       </c>
       <c r="I262" t="s">
-        <v>3218</v>
+        <v>3222</v>
       </c>
       <c r="J262" t="s">
-        <v>3130</v>
+        <v>3134</v>
       </c>
       <c r="K262" t="s">
-        <v>3219</v>
+        <v>3223</v>
       </c>
       <c r="L262" t="s">
-        <v>3220</v>
+        <v>3224</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B263" t="s">
-        <v>3221</v>
+        <v>3225</v>
       </c>
       <c r="C263" t="s">
         <v>12</v>
       </c>
       <c r="D263" t="s">
         <v>12</v>
       </c>
       <c r="E263" t="s">
-        <v>3222</v>
+        <v>3226</v>
       </c>
       <c r="F263" t="s">
         <v>12</v>
       </c>
       <c r="G263" t="s">
-        <v>3223</v>
+        <v>3227</v>
       </c>
       <c r="H263" t="s">
-        <v>3224</v>
+        <v>3228</v>
       </c>
       <c r="I263" t="s">
-        <v>3225</v>
+        <v>3229</v>
       </c>
       <c r="J263" t="s">
-        <v>2694</v>
+        <v>2698</v>
       </c>
       <c r="K263" t="s">
-        <v>3226</v>
+        <v>3230</v>
       </c>
       <c r="L263" t="s">
-        <v>3227</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B264" t="s">
-        <v>3228</v>
+        <v>3232</v>
       </c>
       <c r="C264" t="s">
         <v>12</v>
       </c>
       <c r="D264" t="s">
         <v>12</v>
       </c>
       <c r="E264" t="s">
-        <v>3229</v>
+        <v>3233</v>
       </c>
       <c r="F264" t="s">
         <v>12</v>
       </c>
       <c r="G264" t="s">
-        <v>3230</v>
+        <v>3234</v>
       </c>
       <c r="H264" t="s">
-        <v>3231</v>
+        <v>3235</v>
       </c>
       <c r="I264" t="s">
-        <v>3232</v>
+        <v>3236</v>
       </c>
       <c r="J264" t="s">
-        <v>1962</v>
+        <v>1966</v>
       </c>
       <c r="K264" t="s">
-        <v>3233</v>
+        <v>3237</v>
       </c>
       <c r="L264" t="s">
-        <v>3234</v>
+        <v>3238</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B265" t="s">
-        <v>3235</v>
+        <v>3239</v>
       </c>
       <c r="C265" t="s">
         <v>12</v>
       </c>
       <c r="D265" t="s">
         <v>12</v>
       </c>
       <c r="E265" t="s">
-        <v>3236</v>
+        <v>3240</v>
       </c>
       <c r="F265" t="s">
         <v>12</v>
       </c>
       <c r="G265" t="s">
-        <v>3237</v>
+        <v>3241</v>
       </c>
       <c r="H265" t="s">
-        <v>3238</v>
+        <v>3242</v>
       </c>
       <c r="I265" t="s">
-        <v>3239</v>
+        <v>3243</v>
       </c>
       <c r="J265" t="s">
-        <v>1235</v>
+        <v>1249</v>
       </c>
       <c r="K265" t="s">
-        <v>3240</v>
+        <v>3244</v>
       </c>
       <c r="L265" t="s">
-        <v>3241</v>
+        <v>3245</v>
       </c>
       <c r="M265" t="s">
-        <v>3242</v>
+        <v>3246</v>
       </c>
       <c r="N265" t="s">
-        <v>3243</v>
+        <v>3247</v>
       </c>
       <c r="O265" t="s">
-        <v>3244</v>
+        <v>3248</v>
       </c>
       <c r="P265" t="s">
-        <v>3245</v>
+        <v>3249</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B266" t="s">
-        <v>3246</v>
+        <v>3250</v>
       </c>
       <c r="C266" t="s">
         <v>12</v>
       </c>
       <c r="D266" t="s">
         <v>12</v>
       </c>
       <c r="E266" t="s">
-        <v>3247</v>
+        <v>3251</v>
       </c>
       <c r="F266" t="s">
         <v>12</v>
       </c>
       <c r="G266" t="s">
-        <v>3248</v>
+        <v>3252</v>
       </c>
       <c r="H266" t="s">
-        <v>3249</v>
+        <v>3253</v>
       </c>
       <c r="I266" t="s">
-        <v>2905</v>
+        <v>2909</v>
       </c>
       <c r="J266" t="s">
-        <v>802</v>
+        <v>835</v>
       </c>
       <c r="K266" t="s">
-        <v>3250</v>
+        <v>3254</v>
       </c>
       <c r="L266" t="s">
-        <v>3251</v>
+        <v>3255</v>
       </c>
       <c r="M266" t="s">
-        <v>3252</v>
+        <v>3256</v>
       </c>
       <c r="N266" t="s">
-        <v>3253</v>
+        <v>3257</v>
       </c>
       <c r="O266" t="s">
-        <v>3254</v>
+        <v>3258</v>
       </c>
       <c r="P266" t="s">
-        <v>3255</v>
+        <v>3259</v>
       </c>
       <c r="Q266" t="s">
-        <v>3256</v>
+        <v>3260</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B267" t="s">
-        <v>3257</v>
+        <v>3261</v>
       </c>
       <c r="C267" t="s">
         <v>12</v>
       </c>
       <c r="D267" t="s">
         <v>12</v>
       </c>
       <c r="E267" t="s">
-        <v>3258</v>
+        <v>3262</v>
       </c>
       <c r="F267" t="s">
         <v>12</v>
       </c>
       <c r="G267" t="s">
-        <v>3259</v>
+        <v>3263</v>
       </c>
       <c r="H267" t="s">
-        <v>3260</v>
+        <v>3264</v>
       </c>
       <c r="I267" t="s">
-        <v>3261</v>
+        <v>3265</v>
       </c>
       <c r="J267" t="s">
-        <v>3262</v>
+        <v>3266</v>
       </c>
       <c r="K267" t="s">
-        <v>3263</v>
+        <v>3267</v>
       </c>
       <c r="L267" t="s">
-        <v>3264</v>
+        <v>3268</v>
       </c>
       <c r="M267" t="s">
-        <v>3265</v>
+        <v>3269</v>
       </c>
       <c r="N267" t="s">
-        <v>3266</v>
+        <v>3270</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B268" t="s">
-        <v>3267</v>
+        <v>3271</v>
       </c>
       <c r="C268" t="s">
         <v>12</v>
       </c>
       <c r="D268" t="s">
         <v>12</v>
       </c>
       <c r="E268" t="s">
-        <v>3268</v>
+        <v>3272</v>
       </c>
       <c r="F268" t="s">
         <v>12</v>
       </c>
       <c r="G268" t="s">
-        <v>3269</v>
+        <v>3273</v>
       </c>
       <c r="H268" t="s">
-        <v>3270</v>
+        <v>3274</v>
       </c>
       <c r="I268" t="s">
-        <v>3271</v>
+        <v>3275</v>
       </c>
       <c r="J268" t="s">
-        <v>1538</v>
+        <v>1552</v>
       </c>
       <c r="K268" t="s">
-        <v>3272</v>
+        <v>3276</v>
       </c>
       <c r="L268" t="s">
-        <v>3273</v>
+        <v>3277</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B269" t="s">
-        <v>3274</v>
+        <v>3278</v>
       </c>
       <c r="C269" t="s">
         <v>12</v>
       </c>
       <c r="D269" t="s">
         <v>12</v>
       </c>
       <c r="E269" t="s">
-        <v>3275</v>
+        <v>3279</v>
       </c>
       <c r="F269" t="s">
         <v>12</v>
       </c>
       <c r="G269" t="s">
-        <v>3276</v>
+        <v>3280</v>
       </c>
       <c r="H269" t="s">
-        <v>3277</v>
+        <v>3281</v>
       </c>
       <c r="I269" t="s">
-        <v>3278</v>
+        <v>3282</v>
       </c>
       <c r="J269" t="s">
-        <v>1018</v>
+        <v>1049</v>
       </c>
       <c r="K269" t="s">
-        <v>3279</v>
+        <v>3283</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B270" t="s">
-        <v>3280</v>
+        <v>3284</v>
       </c>
       <c r="C270" t="s">
         <v>12</v>
       </c>
       <c r="D270" t="s">
         <v>12</v>
       </c>
       <c r="E270" t="s">
-        <v>3281</v>
+        <v>3285</v>
       </c>
       <c r="F270" t="s">
         <v>12</v>
       </c>
       <c r="G270" t="s">
-        <v>3282</v>
+        <v>3286</v>
       </c>
       <c r="H270" t="s">
-        <v>3283</v>
+        <v>3287</v>
       </c>
       <c r="I270" t="s">
-        <v>2679</v>
+        <v>2683</v>
       </c>
       <c r="J270" t="s">
-        <v>3284</v>
+        <v>3288</v>
       </c>
       <c r="K270" t="s">
-        <v>3285</v>
+        <v>3289</v>
       </c>
       <c r="L270" t="s">
-        <v>3286</v>
+        <v>3290</v>
       </c>
       <c r="M270" t="s">
-        <v>3287</v>
+        <v>3291</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B271" t="s">
-        <v>3288</v>
+        <v>3292</v>
       </c>
       <c r="C271" t="s">
         <v>12</v>
       </c>
       <c r="D271" t="s">
         <v>12</v>
       </c>
       <c r="E271" t="s">
-        <v>3289</v>
+        <v>3293</v>
       </c>
       <c r="F271" t="s">
         <v>12</v>
       </c>
       <c r="G271" t="s">
-        <v>3290</v>
+        <v>3294</v>
       </c>
       <c r="H271" t="s">
-        <v>3291</v>
+        <v>3295</v>
       </c>
       <c r="I271" t="s">
-        <v>3292</v>
+        <v>3296</v>
       </c>
       <c r="J271" t="s">
-        <v>2568</v>
+        <v>2572</v>
       </c>
       <c r="K271" t="s">
-        <v>3293</v>
+        <v>3297</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B272" t="s">
-        <v>3294</v>
+        <v>3298</v>
       </c>
       <c r="C272" t="s">
         <v>12</v>
       </c>
       <c r="D272" t="s">
         <v>12</v>
       </c>
       <c r="E272" t="s">
-        <v>3295</v>
+        <v>3299</v>
       </c>
       <c r="F272" t="s">
         <v>12</v>
       </c>
       <c r="G272" t="s">
-        <v>3296</v>
+        <v>3300</v>
       </c>
       <c r="H272" t="s">
-        <v>3297</v>
+        <v>3301</v>
       </c>
       <c r="I272" t="s">
-        <v>3298</v>
+        <v>3302</v>
       </c>
       <c r="J272" t="s">
-        <v>3299</v>
+        <v>3303</v>
       </c>
       <c r="K272" t="s">
-        <v>3300</v>
+        <v>3304</v>
       </c>
       <c r="L272" t="s">
-        <v>3301</v>
+        <v>3305</v>
       </c>
       <c r="M272" t="s">
-        <v>3302</v>
+        <v>3306</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B273" t="s">
-        <v>3303</v>
+        <v>3307</v>
       </c>
       <c r="C273" t="s">
         <v>12</v>
       </c>
       <c r="D273" t="s">
         <v>12</v>
       </c>
       <c r="E273" t="s">
-        <v>3275</v>
+        <v>3279</v>
       </c>
       <c r="F273" t="s">
         <v>12</v>
       </c>
       <c r="G273" t="s">
-        <v>3304</v>
+        <v>3308</v>
       </c>
       <c r="H273" t="s">
-        <v>3305</v>
+        <v>3309</v>
       </c>
       <c r="I273" t="s">
-        <v>3306</v>
+        <v>3310</v>
       </c>
       <c r="J273" t="s">
-        <v>802</v>
+        <v>835</v>
       </c>
       <c r="K273" t="s">
-        <v>3307</v>
+        <v>3311</v>
       </c>
       <c r="L273" t="s">
-        <v>3308</v>
+        <v>3312</v>
       </c>
       <c r="M273" t="s">
-        <v>3309</v>
+        <v>3313</v>
       </c>
       <c r="N273" t="s">
-        <v>3310</v>
+        <v>3314</v>
       </c>
       <c r="O273" t="s">
-        <v>3311</v>
+        <v>3315</v>
       </c>
       <c r="P273" t="s">
-        <v>3312</v>
+        <v>3316</v>
       </c>
       <c r="Q273" t="s">
-        <v>3313</v>
+        <v>3317</v>
       </c>
       <c r="R273" t="s">
-        <v>3314</v>
+        <v>3318</v>
       </c>
       <c r="S273" t="s">
-        <v>3315</v>
+        <v>3319</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B274" t="s">
-        <v>3316</v>
+        <v>3320</v>
       </c>
       <c r="C274" t="s">
         <v>12</v>
       </c>
       <c r="D274" t="s">
         <v>12</v>
       </c>
       <c r="E274" t="s">
-        <v>3317</v>
+        <v>3321</v>
       </c>
       <c r="F274" t="s">
         <v>12</v>
       </c>
       <c r="G274" t="s">
-        <v>3318</v>
+        <v>3322</v>
       </c>
       <c r="H274" t="s">
-        <v>3319</v>
+        <v>3323</v>
       </c>
       <c r="I274" t="s">
-        <v>3320</v>
+        <v>3324</v>
       </c>
       <c r="J274" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
       <c r="K274" t="s">
-        <v>3321</v>
+        <v>3325</v>
       </c>
       <c r="L274" t="s">
-        <v>3322</v>
+        <v>3326</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B275" t="s">
-        <v>3323</v>
+        <v>3327</v>
       </c>
       <c r="C275" t="s">
         <v>12</v>
       </c>
       <c r="D275" t="s">
         <v>12</v>
       </c>
       <c r="E275" t="s">
-        <v>3324</v>
+        <v>3328</v>
       </c>
       <c r="F275" t="s">
         <v>12</v>
       </c>
       <c r="G275" t="s">
-        <v>3325</v>
+        <v>3329</v>
       </c>
       <c r="H275" t="s">
-        <v>3326</v>
+        <v>3330</v>
       </c>
       <c r="I275" t="s">
-        <v>3327</v>
+        <v>3331</v>
       </c>
       <c r="J275" t="s">
-        <v>3328</v>
+        <v>3332</v>
       </c>
       <c r="K275" t="s">
-        <v>3329</v>
+        <v>3333</v>
       </c>
       <c r="L275" t="s">
-        <v>3330</v>
+        <v>3334</v>
       </c>
       <c r="M275" t="s">
-        <v>3331</v>
+        <v>3335</v>
       </c>
       <c r="N275" t="s">
-        <v>3332</v>
+        <v>3336</v>
       </c>
       <c r="O275" t="s">
-        <v>3333</v>
+        <v>3337</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B276" t="s">
-        <v>3334</v>
+        <v>3338</v>
       </c>
       <c r="C276" t="s">
         <v>12</v>
       </c>
       <c r="D276" t="s">
         <v>12</v>
       </c>
       <c r="E276" t="s">
-        <v>3335</v>
+        <v>3339</v>
       </c>
       <c r="F276" t="s">
         <v>12</v>
       </c>
       <c r="G276" t="s">
-        <v>3336</v>
+        <v>3340</v>
       </c>
       <c r="H276" t="s">
-        <v>3337</v>
+        <v>3341</v>
       </c>
       <c r="I276" t="s">
-        <v>2679</v>
+        <v>2683</v>
       </c>
       <c r="J276" t="s">
-        <v>1035</v>
+        <v>1066</v>
       </c>
       <c r="K276" t="s">
-        <v>3338</v>
+        <v>3342</v>
       </c>
       <c r="L276" t="s">
-        <v>3339</v>
+        <v>3343</v>
       </c>
       <c r="M276" t="s">
-        <v>3340</v>
+        <v>3344</v>
       </c>
       <c r="N276" t="s">
-        <v>3341</v>
+        <v>3345</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B277" t="s">
-        <v>3342</v>
+        <v>3346</v>
       </c>
       <c r="C277" t="s">
         <v>12</v>
       </c>
       <c r="D277" t="s">
         <v>12</v>
       </c>
       <c r="E277" t="s">
-        <v>3335</v>
+        <v>3339</v>
       </c>
       <c r="F277" t="s">
         <v>12</v>
       </c>
       <c r="G277" t="s">
-        <v>3343</v>
+        <v>3347</v>
       </c>
       <c r="H277" t="s">
-        <v>3344</v>
+        <v>3348</v>
       </c>
       <c r="I277" t="s">
-        <v>3005</v>
+        <v>3009</v>
       </c>
       <c r="J277" t="s">
-        <v>1565</v>
+        <v>1579</v>
       </c>
       <c r="K277" t="s">
-        <v>3345</v>
+        <v>3349</v>
       </c>
       <c r="L277" t="s">
-        <v>3346</v>
+        <v>3350</v>
       </c>
       <c r="M277" t="s">
-        <v>3347</v>
+        <v>3351</v>
       </c>
       <c r="N277" t="s">
-        <v>3348</v>
+        <v>3352</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B278" t="s">
-        <v>3349</v>
+        <v>3353</v>
       </c>
       <c r="C278" t="s">
         <v>12</v>
       </c>
       <c r="D278" t="s">
         <v>12</v>
       </c>
       <c r="E278" t="s">
-        <v>3350</v>
+        <v>3354</v>
       </c>
       <c r="F278" t="s">
         <v>12</v>
       </c>
       <c r="G278" t="s">
-        <v>3351</v>
+        <v>3355</v>
       </c>
       <c r="H278" t="s">
-        <v>3352</v>
+        <v>3356</v>
       </c>
       <c r="I278" t="s">
-        <v>2532</v>
+        <v>2536</v>
       </c>
       <c r="J278" t="s">
-        <v>1090</v>
+        <v>1121</v>
       </c>
       <c r="K278" t="s">
-        <v>3353</v>
+        <v>3357</v>
       </c>
       <c r="L278" t="s">
-        <v>3354</v>
+        <v>3358</v>
       </c>
       <c r="M278" t="s">
-        <v>3355</v>
+        <v>3359</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B279" t="s">
-        <v>3356</v>
+        <v>3360</v>
       </c>
       <c r="C279" t="s">
         <v>12</v>
       </c>
       <c r="D279" t="s">
         <v>12</v>
       </c>
       <c r="E279" t="s">
-        <v>3357</v>
+        <v>3361</v>
       </c>
       <c r="F279" t="s">
         <v>12</v>
       </c>
       <c r="G279" t="s">
-        <v>3358</v>
+        <v>3362</v>
       </c>
       <c r="H279" t="s">
-        <v>3359</v>
+        <v>3363</v>
       </c>
       <c r="I279" t="s">
-        <v>3360</v>
+        <v>3364</v>
       </c>
       <c r="J279" t="s">
-        <v>1932</v>
+        <v>1936</v>
       </c>
       <c r="K279" t="s">
-        <v>3361</v>
+        <v>3365</v>
       </c>
       <c r="L279" t="s">
-        <v>3362</v>
+        <v>3366</v>
       </c>
       <c r="M279" t="s">
-        <v>3363</v>
+        <v>3367</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B280" t="s">
-        <v>3364</v>
+        <v>3368</v>
       </c>
       <c r="C280" t="s">
         <v>12</v>
       </c>
       <c r="D280" t="s">
         <v>12</v>
       </c>
       <c r="E280" t="s">
-        <v>3357</v>
+        <v>3361</v>
       </c>
       <c r="F280" t="s">
         <v>12</v>
       </c>
       <c r="G280" t="s">
-        <v>3365</v>
+        <v>3369</v>
       </c>
       <c r="H280" t="s">
-        <v>3366</v>
+        <v>3370</v>
       </c>
       <c r="I280" t="s">
-        <v>3367</v>
+        <v>3371</v>
       </c>
       <c r="J280" t="s">
-        <v>1165</v>
+        <v>1185</v>
       </c>
       <c r="K280" t="s">
-        <v>3368</v>
+        <v>3372</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B281" t="s">
-        <v>3369</v>
+        <v>3373</v>
       </c>
       <c r="C281" t="s">
         <v>12</v>
       </c>
       <c r="D281" t="s">
         <v>12</v>
       </c>
       <c r="E281" t="s">
-        <v>3370</v>
+        <v>3374</v>
       </c>
       <c r="F281" t="s">
         <v>12</v>
       </c>
       <c r="G281" t="s">
-        <v>3371</v>
+        <v>3375</v>
       </c>
       <c r="H281" t="s">
-        <v>3372</v>
+        <v>3376</v>
       </c>
       <c r="I281" t="s">
-        <v>3373</v>
+        <v>3377</v>
       </c>
       <c r="J281" t="s">
-        <v>3328</v>
+        <v>3332</v>
       </c>
       <c r="K281" t="s">
-        <v>3374</v>
+        <v>3378</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B282" t="s">
-        <v>3375</v>
+        <v>3379</v>
       </c>
       <c r="C282" t="s">
         <v>12</v>
       </c>
       <c r="D282" t="s">
         <v>12</v>
       </c>
       <c r="E282" t="s">
-        <v>3376</v>
+        <v>3380</v>
       </c>
       <c r="F282" t="s">
         <v>12</v>
       </c>
       <c r="G282" t="s">
-        <v>3377</v>
+        <v>3381</v>
       </c>
       <c r="H282" t="s">
-        <v>3378</v>
+        <v>3382</v>
       </c>
       <c r="I282" t="s">
-        <v>3379</v>
+        <v>3383</v>
       </c>
       <c r="J282" t="s">
-        <v>3380</v>
+        <v>3384</v>
       </c>
       <c r="K282" t="s">
-        <v>3381</v>
+        <v>3385</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B283" t="s">
-        <v>3382</v>
+        <v>3386</v>
       </c>
       <c r="C283" t="s">
         <v>12</v>
       </c>
       <c r="D283" t="s">
         <v>12</v>
       </c>
       <c r="E283" t="s">
-        <v>3383</v>
+        <v>3387</v>
       </c>
       <c r="F283" t="s">
         <v>12</v>
       </c>
       <c r="G283" t="s">
-        <v>3384</v>
+        <v>3388</v>
       </c>
       <c r="H283" t="s">
-        <v>3385</v>
+        <v>3389</v>
       </c>
       <c r="I283" t="s">
-        <v>2309</v>
+        <v>2313</v>
       </c>
       <c r="J283" t="s">
-        <v>1035</v>
+        <v>1066</v>
       </c>
       <c r="K283" t="s">
-        <v>3386</v>
+        <v>3390</v>
       </c>
       <c r="L283" t="s">
-        <v>3387</v>
+        <v>3391</v>
       </c>
       <c r="M283" t="s">
-        <v>3388</v>
+        <v>3392</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B284" t="s">
-        <v>3389</v>
+        <v>3393</v>
       </c>
       <c r="C284" t="s">
         <v>12</v>
       </c>
       <c r="D284" t="s">
         <v>12</v>
       </c>
       <c r="E284" t="s">
-        <v>3390</v>
+        <v>3394</v>
       </c>
       <c r="F284" t="s">
         <v>12</v>
       </c>
       <c r="G284" t="s">
-        <v>3391</v>
+        <v>3395</v>
       </c>
       <c r="H284" t="s">
-        <v>3392</v>
+        <v>3396</v>
       </c>
       <c r="I284" t="s">
-        <v>3393</v>
+        <v>3397</v>
       </c>
       <c r="J284" t="s">
-        <v>1430</v>
+        <v>1444</v>
       </c>
       <c r="K284" t="s">
-        <v>3394</v>
+        <v>3398</v>
       </c>
       <c r="L284" t="s">
-        <v>3395</v>
+        <v>3399</v>
       </c>
       <c r="M284" t="s">
-        <v>3396</v>
+        <v>3400</v>
       </c>
       <c r="N284" t="s">
-        <v>3397</v>
+        <v>3401</v>
       </c>
       <c r="O284" t="s">
-        <v>3398</v>
+        <v>3402</v>
       </c>
       <c r="P284" t="s">
-        <v>3399</v>
+        <v>3403</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B285" t="s">
-        <v>3400</v>
+        <v>3404</v>
       </c>
       <c r="C285" t="s">
         <v>12</v>
       </c>
       <c r="D285" t="s">
         <v>12</v>
       </c>
       <c r="E285" t="s">
-        <v>3401</v>
+        <v>3405</v>
       </c>
       <c r="F285" t="s">
         <v>12</v>
       </c>
       <c r="G285" t="s">
-        <v>3402</v>
+        <v>3406</v>
       </c>
       <c r="H285" t="s">
-        <v>3403</v>
+        <v>3407</v>
       </c>
       <c r="I285" t="s">
-        <v>3404</v>
+        <v>3408</v>
       </c>
       <c r="J285" t="s">
-        <v>3299</v>
+        <v>3303</v>
       </c>
       <c r="K285" t="s">
-        <v>3405</v>
+        <v>3409</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B286" t="s">
-        <v>3406</v>
+        <v>3410</v>
       </c>
       <c r="C286" t="s">
         <v>12</v>
       </c>
       <c r="D286" t="s">
         <v>12</v>
       </c>
       <c r="E286" t="s">
-        <v>3407</v>
+        <v>3411</v>
       </c>
       <c r="F286" t="s">
         <v>12</v>
       </c>
       <c r="G286" t="s">
-        <v>3408</v>
+        <v>3412</v>
       </c>
       <c r="H286" t="s">
-        <v>3409</v>
+        <v>3413</v>
       </c>
       <c r="I286" t="s">
-        <v>3410</v>
+        <v>3414</v>
       </c>
       <c r="J286" t="s">
-        <v>3130</v>
+        <v>3134</v>
       </c>
       <c r="K286" t="s">
-        <v>3411</v>
+        <v>3415</v>
       </c>
       <c r="L286" t="s">
-        <v>3412</v>
+        <v>3416</v>
       </c>
       <c r="M286" t="s">
-        <v>3413</v>
+        <v>3417</v>
       </c>
       <c r="N286" t="s">
-        <v>3414</v>
+        <v>3418</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B287" t="s">
-        <v>3415</v>
+        <v>3419</v>
       </c>
       <c r="C287" t="s">
         <v>12</v>
       </c>
       <c r="D287" t="s">
         <v>12</v>
       </c>
       <c r="E287" t="s">
-        <v>3416</v>
+        <v>3420</v>
       </c>
       <c r="F287" t="s">
         <v>12</v>
       </c>
       <c r="G287" t="s">
-        <v>3417</v>
+        <v>3421</v>
       </c>
       <c r="H287" t="s">
-        <v>3418</v>
+        <v>3422</v>
       </c>
       <c r="I287" t="s">
-        <v>3419</v>
+        <v>3423</v>
       </c>
       <c r="J287" t="s">
-        <v>3138</v>
+        <v>3142</v>
       </c>
       <c r="K287" t="s">
-        <v>3420</v>
+        <v>3424</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B288" t="s">
-        <v>3421</v>
+        <v>3425</v>
       </c>
       <c r="C288" t="s">
         <v>12</v>
       </c>
       <c r="D288" t="s">
         <v>12</v>
       </c>
       <c r="E288" t="s">
-        <v>3422</v>
+        <v>3426</v>
       </c>
       <c r="F288" t="s">
         <v>12</v>
       </c>
       <c r="G288" t="s">
-        <v>3423</v>
+        <v>3427</v>
       </c>
       <c r="H288" t="s">
-        <v>3424</v>
+        <v>3428</v>
       </c>
       <c r="I288" t="s">
-        <v>3425</v>
+        <v>3429</v>
       </c>
       <c r="J288" t="s">
-        <v>3426</v>
+        <v>3430</v>
       </c>
       <c r="K288" t="s">
-        <v>3427</v>
+        <v>3431</v>
       </c>
       <c r="L288" t="s">
-        <v>3428</v>
+        <v>3432</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B289" t="s">
-        <v>3429</v>
+        <v>3433</v>
       </c>
       <c r="C289" t="s">
         <v>12</v>
       </c>
       <c r="D289" t="s">
         <v>12</v>
       </c>
       <c r="E289" t="s">
-        <v>3430</v>
+        <v>3434</v>
       </c>
       <c r="F289" t="s">
         <v>12</v>
       </c>
       <c r="G289" t="s">
-        <v>3431</v>
+        <v>3435</v>
       </c>
       <c r="H289" t="s">
-        <v>3432</v>
+        <v>3436</v>
       </c>
       <c r="I289" t="s">
-        <v>3433</v>
+        <v>3437</v>
       </c>
       <c r="J289" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="K289" t="s">
-        <v>3434</v>
+        <v>3438</v>
       </c>
       <c r="L289" t="s">
-        <v>3435</v>
+        <v>3439</v>
       </c>
       <c r="M289" t="s">
-        <v>3436</v>
+        <v>3440</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B290" t="s">
-        <v>3437</v>
+        <v>3441</v>
       </c>
       <c r="C290" t="s">
         <v>12</v>
       </c>
       <c r="D290" t="s">
         <v>12</v>
       </c>
       <c r="E290" t="s">
-        <v>3438</v>
+        <v>3442</v>
       </c>
       <c r="F290" t="s">
         <v>12</v>
       </c>
       <c r="G290" t="s">
-        <v>3439</v>
+        <v>3443</v>
       </c>
       <c r="H290" t="s">
-        <v>3440</v>
+        <v>3444</v>
       </c>
       <c r="I290" t="s">
-        <v>3005</v>
+        <v>3009</v>
       </c>
       <c r="J290" t="s">
-        <v>1962</v>
+        <v>1966</v>
       </c>
       <c r="K290" t="s">
-        <v>3441</v>
+        <v>3445</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B291" t="s">
-        <v>3442</v>
+        <v>3446</v>
       </c>
       <c r="C291" t="s">
         <v>12</v>
       </c>
       <c r="D291" t="s">
         <v>12</v>
       </c>
       <c r="E291" t="s">
-        <v>3443</v>
+        <v>3447</v>
       </c>
       <c r="F291" t="s">
         <v>12</v>
       </c>
       <c r="G291" t="s">
-        <v>3444</v>
+        <v>3448</v>
       </c>
       <c r="H291" t="s">
-        <v>3445</v>
+        <v>3449</v>
       </c>
       <c r="I291" t="s">
-        <v>3446</v>
+        <v>3450</v>
       </c>
       <c r="J291" t="s">
-        <v>3447</v>
+        <v>3451</v>
       </c>
       <c r="K291" t="s">
-        <v>3448</v>
+        <v>3452</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B292" t="s">
-        <v>3449</v>
+        <v>3453</v>
       </c>
       <c r="C292" t="s">
         <v>12</v>
       </c>
       <c r="D292" t="s">
         <v>12</v>
       </c>
       <c r="E292" t="s">
-        <v>3450</v>
+        <v>3454</v>
       </c>
       <c r="F292" t="s">
         <v>12</v>
       </c>
       <c r="G292" t="s">
-        <v>3451</v>
+        <v>3455</v>
       </c>
       <c r="H292" t="s">
-        <v>3452</v>
+        <v>3456</v>
       </c>
       <c r="I292" t="s">
-        <v>3453</v>
+        <v>3457</v>
       </c>
       <c r="J292" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="K292" t="s">
-        <v>3454</v>
+        <v>3458</v>
       </c>
       <c r="L292" t="s">
-        <v>3455</v>
+        <v>3459</v>
       </c>
       <c r="M292" t="s">
-        <v>3456</v>
+        <v>3460</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B293" t="s">
-        <v>3457</v>
+        <v>3461</v>
       </c>
       <c r="C293" t="s">
         <v>12</v>
       </c>
       <c r="D293" t="s">
         <v>12</v>
       </c>
       <c r="E293" t="s">
-        <v>3458</v>
+        <v>3462</v>
       </c>
       <c r="F293" t="s">
         <v>12</v>
       </c>
       <c r="G293" t="s">
-        <v>3459</v>
+        <v>3463</v>
       </c>
       <c r="H293" t="s">
-        <v>3460</v>
+        <v>3464</v>
       </c>
       <c r="I293" t="s">
-        <v>3461</v>
+        <v>3465</v>
       </c>
       <c r="J293" t="s">
-        <v>3462</v>
+        <v>3466</v>
       </c>
       <c r="K293" t="s">
-        <v>3463</v>
+        <v>3467</v>
       </c>
       <c r="L293" t="s">
-        <v>3464</v>
+        <v>3468</v>
       </c>
       <c r="M293" t="s">
-        <v>3465</v>
+        <v>3469</v>
       </c>
       <c r="N293" t="s">
-        <v>3466</v>
+        <v>3470</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B294" t="s">
-        <v>3467</v>
+        <v>3471</v>
       </c>
       <c r="C294" t="s">
         <v>12</v>
       </c>
       <c r="D294" t="s">
         <v>12</v>
       </c>
       <c r="E294" t="s">
-        <v>3468</v>
+        <v>3472</v>
       </c>
       <c r="F294" t="s">
         <v>12</v>
       </c>
       <c r="G294" t="s">
-        <v>3469</v>
+        <v>3473</v>
       </c>
       <c r="H294" t="s">
-        <v>3470</v>
+        <v>3474</v>
       </c>
       <c r="I294" t="s">
-        <v>3471</v>
+        <v>3475</v>
       </c>
       <c r="J294" t="s">
-        <v>1035</v>
+        <v>1066</v>
       </c>
       <c r="K294" t="s">
-        <v>3472</v>
+        <v>3476</v>
       </c>
       <c r="L294" t="s">
-        <v>3473</v>
+        <v>3477</v>
       </c>
       <c r="M294" t="s">
-        <v>3474</v>
+        <v>3478</v>
       </c>
       <c r="N294" t="s">
-        <v>3475</v>
+        <v>3479</v>
       </c>
       <c r="O294" t="s">
-        <v>3476</v>
+        <v>3480</v>
       </c>
       <c r="P294" t="s">
-        <v>3477</v>
+        <v>3481</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B295" t="s">
-        <v>3478</v>
+        <v>3482</v>
       </c>
       <c r="C295" t="s">
         <v>12</v>
       </c>
       <c r="D295" t="s">
         <v>12</v>
       </c>
       <c r="E295" t="s">
-        <v>3479</v>
+        <v>3483</v>
       </c>
       <c r="F295" t="s">
         <v>12</v>
       </c>
       <c r="G295" t="s">
-        <v>3480</v>
+        <v>3484</v>
       </c>
       <c r="H295" t="s">
-        <v>3481</v>
+        <v>3485</v>
       </c>
       <c r="I295" t="s">
-        <v>3482</v>
+        <v>3486</v>
       </c>
       <c r="J295" t="s">
-        <v>1165</v>
+        <v>1185</v>
       </c>
       <c r="K295" t="s">
-        <v>3483</v>
+        <v>3487</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B296" t="s">
-        <v>3484</v>
+        <v>3488</v>
       </c>
       <c r="C296" t="s">
         <v>12</v>
       </c>
       <c r="D296" t="s">
         <v>12</v>
       </c>
       <c r="E296" t="s">
-        <v>3479</v>
+        <v>3483</v>
       </c>
       <c r="F296" t="s">
         <v>12</v>
       </c>
       <c r="G296" t="s">
-        <v>3485</v>
+        <v>3489</v>
       </c>
       <c r="H296" t="s">
-        <v>3486</v>
+        <v>3490</v>
       </c>
       <c r="I296" t="s">
-        <v>3144</v>
+        <v>3148</v>
       </c>
       <c r="J296" t="s">
-        <v>3487</v>
+        <v>3491</v>
       </c>
       <c r="K296" t="s">
-        <v>3488</v>
+        <v>3492</v>
       </c>
       <c r="L296" t="s">
-        <v>3489</v>
+        <v>3493</v>
       </c>
       <c r="M296" t="s">
-        <v>3490</v>
+        <v>3494</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B297" t="s">
-        <v>3491</v>
+        <v>3495</v>
       </c>
       <c r="C297" t="s">
         <v>12</v>
       </c>
       <c r="D297" t="s">
         <v>12</v>
       </c>
       <c r="E297" t="s">
-        <v>3479</v>
+        <v>3483</v>
       </c>
       <c r="F297" t="s">
         <v>12</v>
       </c>
       <c r="G297" t="s">
-        <v>3492</v>
+        <v>3496</v>
       </c>
       <c r="H297" t="s">
-        <v>3493</v>
+        <v>3497</v>
       </c>
       <c r="I297" t="s">
-        <v>3494</v>
+        <v>3498</v>
       </c>
       <c r="J297" t="s">
-        <v>3495</v>
+        <v>3499</v>
       </c>
       <c r="K297" t="s">
-        <v>3496</v>
+        <v>3500</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B298" t="s">
-        <v>3497</v>
+        <v>3501</v>
       </c>
       <c r="C298" t="s">
         <v>12</v>
       </c>
       <c r="D298" t="s">
         <v>12</v>
       </c>
       <c r="E298" t="s">
-        <v>3498</v>
+        <v>3502</v>
       </c>
       <c r="F298" t="s">
         <v>12</v>
       </c>
       <c r="G298" t="s">
-        <v>3499</v>
+        <v>3503</v>
       </c>
       <c r="H298" t="s">
-        <v>3500</v>
+        <v>3504</v>
       </c>
       <c r="I298" t="s">
-        <v>3005</v>
+        <v>3009</v>
       </c>
       <c r="J298" t="s">
-        <v>2619</v>
+        <v>2623</v>
       </c>
       <c r="K298" t="s">
-        <v>3501</v>
+        <v>3505</v>
       </c>
       <c r="L298" t="s">
-        <v>3502</v>
+        <v>3506</v>
       </c>
       <c r="M298" t="s">
-        <v>3503</v>
+        <v>3507</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B299" t="s">
-        <v>3504</v>
+        <v>3508</v>
       </c>
       <c r="C299" t="s">
         <v>12</v>
       </c>
       <c r="D299" t="s">
         <v>12</v>
       </c>
       <c r="E299" t="s">
-        <v>3505</v>
+        <v>3509</v>
       </c>
       <c r="F299" t="s">
         <v>12</v>
       </c>
       <c r="G299" t="s">
-        <v>3506</v>
+        <v>3510</v>
       </c>
       <c r="H299" t="s">
-        <v>3507</v>
+        <v>3511</v>
       </c>
       <c r="I299" t="s">
-        <v>1180</v>
+        <v>1200</v>
       </c>
       <c r="J299" t="s">
-        <v>3508</v>
+        <v>3512</v>
       </c>
       <c r="K299" t="s">
-        <v>3509</v>
+        <v>3513</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B300" t="s">
-        <v>3510</v>
+        <v>3514</v>
       </c>
       <c r="C300" t="s">
         <v>12</v>
       </c>
       <c r="D300" t="s">
         <v>12</v>
       </c>
       <c r="E300" t="s">
-        <v>3511</v>
+        <v>3515</v>
       </c>
       <c r="F300" t="s">
         <v>12</v>
       </c>
       <c r="G300" t="s">
-        <v>3512</v>
+        <v>3516</v>
       </c>
       <c r="H300" t="s">
-        <v>3513</v>
+        <v>3517</v>
       </c>
       <c r="I300" t="s">
-        <v>3514</v>
+        <v>3518</v>
       </c>
       <c r="J300" t="s">
-        <v>3515</v>
+        <v>3519</v>
       </c>
       <c r="K300" t="s">
-        <v>3516</v>
+        <v>3520</v>
       </c>
       <c r="L300" t="s">
-        <v>3517</v>
+        <v>3521</v>
       </c>
       <c r="M300" t="s">
-        <v>3518</v>
+        <v>3522</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B301" t="s">
-        <v>3519</v>
+        <v>3523</v>
       </c>
       <c r="C301" t="s">
         <v>12</v>
       </c>
       <c r="D301" t="s">
         <v>12</v>
       </c>
       <c r="E301" t="s">
-        <v>3520</v>
+        <v>3524</v>
       </c>
       <c r="F301" t="s">
         <v>12</v>
       </c>
       <c r="G301" t="s">
-        <v>3521</v>
+        <v>3525</v>
       </c>
       <c r="H301" t="s">
-        <v>3522</v>
+        <v>3526</v>
       </c>
       <c r="I301" t="s">
-        <v>3523</v>
+        <v>3527</v>
       </c>
       <c r="J301" t="s">
-        <v>3524</v>
+        <v>3528</v>
       </c>
       <c r="K301" t="s">
-        <v>3525</v>
+        <v>3529</v>
       </c>
       <c r="L301" t="s">
-        <v>3526</v>
+        <v>3530</v>
       </c>
       <c r="M301" t="s">
-        <v>3527</v>
+        <v>3531</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B302" t="s">
-        <v>3528</v>
+        <v>3532</v>
       </c>
       <c r="C302" t="s">
         <v>12</v>
       </c>
       <c r="D302" t="s">
         <v>12</v>
       </c>
       <c r="E302" t="s">
-        <v>3529</v>
+        <v>3533</v>
       </c>
       <c r="F302" t="s">
         <v>12</v>
       </c>
       <c r="G302" t="s">
-        <v>3530</v>
+        <v>3534</v>
       </c>
       <c r="H302" t="s">
-        <v>3531</v>
+        <v>3535</v>
       </c>
       <c r="I302" t="s">
-        <v>3532</v>
+        <v>3536</v>
       </c>
       <c r="J302" t="s">
-        <v>1480</v>
+        <v>1494</v>
       </c>
       <c r="K302" t="s">
-        <v>3533</v>
+        <v>3537</v>
       </c>
       <c r="L302" t="s">
-        <v>3534</v>
+        <v>3538</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B303" t="s">
-        <v>3535</v>
+        <v>3539</v>
       </c>
       <c r="C303" t="s">
         <v>12</v>
       </c>
       <c r="D303" t="s">
         <v>12</v>
       </c>
       <c r="E303" t="s">
-        <v>3536</v>
+        <v>3540</v>
       </c>
       <c r="F303" t="s">
         <v>12</v>
       </c>
       <c r="G303" t="s">
-        <v>3537</v>
+        <v>3541</v>
       </c>
       <c r="H303" t="s">
-        <v>3538</v>
+        <v>3542</v>
       </c>
       <c r="I303" t="s">
-        <v>3425</v>
+        <v>3429</v>
       </c>
       <c r="J303" t="s">
-        <v>802</v>
+        <v>835</v>
       </c>
       <c r="K303" t="s">
-        <v>3539</v>
+        <v>3543</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B304" t="s">
+        <v>3544</v>
+      </c>
+      <c r="C304" t="s">
+        <v>12</v>
+      </c>
+      <c r="D304" t="s">
+        <v>12</v>
+      </c>
+      <c r="E304" t="s">
         <v>3540</v>
       </c>
-      <c r="C304" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F304" t="s">
         <v>12</v>
       </c>
       <c r="G304" t="s">
-        <v>3541</v>
+        <v>3545</v>
       </c>
       <c r="H304" t="s">
-        <v>3542</v>
+        <v>3546</v>
       </c>
       <c r="I304" t="s">
-        <v>3543</v>
+        <v>3547</v>
       </c>
       <c r="J304" t="s">
-        <v>3284</v>
+        <v>3288</v>
       </c>
       <c r="K304" t="s">
-        <v>3544</v>
+        <v>3548</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B305" t="s">
-        <v>3545</v>
+        <v>3549</v>
       </c>
       <c r="C305" t="s">
         <v>12</v>
       </c>
       <c r="D305" t="s">
         <v>12</v>
       </c>
       <c r="E305" t="s">
-        <v>3546</v>
+        <v>3550</v>
       </c>
       <c r="F305" t="s">
         <v>12</v>
       </c>
       <c r="G305" t="s">
-        <v>3547</v>
+        <v>3551</v>
       </c>
       <c r="H305" t="s">
-        <v>3548</v>
+        <v>3552</v>
       </c>
       <c r="I305" t="s">
-        <v>2679</v>
+        <v>2683</v>
       </c>
       <c r="J305" t="s">
-        <v>2334</v>
+        <v>2338</v>
       </c>
       <c r="K305" t="s">
-        <v>3549</v>
+        <v>3553</v>
       </c>
       <c r="L305" t="s">
-        <v>3550</v>
+        <v>3554</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B306" t="s">
-        <v>3551</v>
+        <v>3555</v>
       </c>
       <c r="C306" t="s">
         <v>12</v>
       </c>
       <c r="D306" t="s">
         <v>12</v>
       </c>
       <c r="E306" t="s">
-        <v>3552</v>
+        <v>3556</v>
       </c>
       <c r="F306" t="s">
         <v>12</v>
       </c>
       <c r="G306" t="s">
-        <v>3553</v>
+        <v>3557</v>
       </c>
       <c r="H306" t="s">
-        <v>3554</v>
+        <v>3558</v>
       </c>
       <c r="I306" t="s">
-        <v>3555</v>
+        <v>3559</v>
       </c>
       <c r="J306" t="s">
-        <v>832</v>
+        <v>864</v>
       </c>
       <c r="K306" t="s">
-        <v>3556</v>
+        <v>3560</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B307" t="s">
-        <v>3557</v>
+        <v>3561</v>
       </c>
       <c r="C307" t="s">
         <v>12</v>
       </c>
       <c r="D307" t="s">
         <v>12</v>
       </c>
       <c r="E307" t="s">
-        <v>3558</v>
+        <v>3562</v>
       </c>
       <c r="F307" t="s">
         <v>12</v>
       </c>
       <c r="G307" t="s">
-        <v>3559</v>
+        <v>3563</v>
       </c>
       <c r="H307" t="s">
-        <v>3560</v>
+        <v>3564</v>
       </c>
       <c r="I307" t="s">
-        <v>3561</v>
+        <v>3565</v>
       </c>
       <c r="J307" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="K307" t="s">
-        <v>3562</v>
+        <v>3566</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B308" t="s">
-        <v>3563</v>
+        <v>3567</v>
       </c>
       <c r="C308" t="s">
         <v>12</v>
       </c>
       <c r="D308" t="s">
         <v>12</v>
       </c>
       <c r="E308" t="s">
-        <v>3564</v>
+        <v>3568</v>
       </c>
       <c r="F308" t="s">
         <v>12</v>
       </c>
       <c r="G308" t="s">
-        <v>3565</v>
+        <v>3569</v>
       </c>
       <c r="H308" t="s">
-        <v>3566</v>
+        <v>3570</v>
       </c>
       <c r="I308" t="s">
-        <v>3218</v>
+        <v>3222</v>
       </c>
       <c r="J308" t="s">
-        <v>2192</v>
+        <v>2196</v>
       </c>
       <c r="K308" t="s">
-        <v>3567</v>
+        <v>3571</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B309" t="s">
-        <v>3568</v>
+        <v>3572</v>
       </c>
       <c r="C309" t="s">
         <v>12</v>
       </c>
       <c r="D309" t="s">
         <v>12</v>
       </c>
       <c r="E309" t="s">
-        <v>3569</v>
+        <v>3573</v>
       </c>
       <c r="F309" t="s">
         <v>12</v>
       </c>
       <c r="G309" t="s">
-        <v>3570</v>
+        <v>3574</v>
       </c>
       <c r="H309" t="s">
-        <v>3571</v>
+        <v>3575</v>
       </c>
       <c r="I309" t="s">
-        <v>1180</v>
+        <v>1200</v>
       </c>
       <c r="J309" t="s">
-        <v>1962</v>
+        <v>1966</v>
       </c>
       <c r="K309" t="s">
-        <v>3572</v>
+        <v>3576</v>
       </c>
       <c r="L309" t="s">
-        <v>3573</v>
+        <v>3577</v>
       </c>
       <c r="M309" t="s">
-        <v>3574</v>
+        <v>3578</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B310" t="s">
-        <v>3575</v>
+        <v>3579</v>
       </c>
       <c r="C310" t="s">
         <v>12</v>
       </c>
       <c r="D310" t="s">
         <v>12</v>
       </c>
       <c r="E310" t="s">
-        <v>3576</v>
+        <v>3580</v>
       </c>
       <c r="F310" t="s">
         <v>12</v>
       </c>
       <c r="G310" t="s">
-        <v>3577</v>
+        <v>3581</v>
       </c>
       <c r="H310" t="s">
-        <v>3578</v>
+        <v>3582</v>
       </c>
       <c r="I310" t="s">
-        <v>3579</v>
+        <v>3583</v>
       </c>
       <c r="J310" t="s">
-        <v>3101</v>
+        <v>3105</v>
       </c>
       <c r="K310" t="s">
-        <v>3580</v>
+        <v>3584</v>
       </c>
       <c r="L310" t="s">
-        <v>3581</v>
+        <v>3585</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B311" t="s">
-        <v>3582</v>
+        <v>3586</v>
       </c>
       <c r="C311" t="s">
         <v>12</v>
       </c>
       <c r="D311" t="s">
         <v>12</v>
       </c>
       <c r="E311" t="s">
-        <v>3583</v>
+        <v>3587</v>
       </c>
       <c r="F311" t="s">
         <v>12</v>
       </c>
       <c r="G311" t="s">
-        <v>3584</v>
+        <v>3588</v>
       </c>
       <c r="H311" t="s">
-        <v>3585</v>
+        <v>3589</v>
       </c>
       <c r="I311" t="s">
-        <v>3586</v>
+        <v>3590</v>
       </c>
       <c r="J311" t="s">
-        <v>3587</v>
+        <v>3591</v>
       </c>
       <c r="K311" t="s">
-        <v>3588</v>
+        <v>3592</v>
       </c>
       <c r="L311" t="s">
-        <v>3589</v>
+        <v>3593</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B312" t="s">
-        <v>3590</v>
+        <v>3594</v>
       </c>
       <c r="C312" t="s">
         <v>12</v>
       </c>
       <c r="D312" t="s">
         <v>12</v>
       </c>
       <c r="E312" t="s">
-        <v>3591</v>
+        <v>3595</v>
       </c>
       <c r="F312" t="s">
         <v>12</v>
       </c>
       <c r="G312" t="s">
-        <v>3592</v>
+        <v>3596</v>
       </c>
       <c r="H312" t="s">
-        <v>3593</v>
+        <v>3597</v>
       </c>
       <c r="I312" t="s">
-        <v>3594</v>
+        <v>3598</v>
       </c>
       <c r="J312" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="K312" t="s">
-        <v>3595</v>
+        <v>3599</v>
       </c>
       <c r="L312" t="s">
-        <v>3596</v>
+        <v>3600</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B313" t="s">
-        <v>3597</v>
+        <v>3601</v>
       </c>
       <c r="C313" t="s">
         <v>12</v>
       </c>
       <c r="D313" t="s">
         <v>12</v>
       </c>
       <c r="E313" t="s">
-        <v>3591</v>
+        <v>3595</v>
       </c>
       <c r="F313" t="s">
         <v>12</v>
       </c>
       <c r="G313" t="s">
-        <v>3598</v>
+        <v>3602</v>
       </c>
       <c r="H313" t="s">
-        <v>3599</v>
+        <v>3603</v>
       </c>
       <c r="I313" t="s">
-        <v>3600</v>
+        <v>3604</v>
       </c>
       <c r="J313" t="s">
-        <v>1190</v>
+        <v>1210</v>
       </c>
       <c r="K313" t="s">
-        <v>3601</v>
+        <v>3605</v>
       </c>
       <c r="L313" t="s">
-        <v>3602</v>
+        <v>3606</v>
       </c>
       <c r="M313" t="s">
-        <v>3603</v>
+        <v>3607</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B314" t="s">
-        <v>3604</v>
+        <v>3608</v>
       </c>
       <c r="C314" t="s">
         <v>12</v>
       </c>
       <c r="D314" t="s">
         <v>12</v>
       </c>
       <c r="E314" t="s">
-        <v>3605</v>
+        <v>3609</v>
       </c>
       <c r="F314" t="s">
         <v>12</v>
       </c>
       <c r="G314" t="s">
-        <v>3606</v>
+        <v>3610</v>
       </c>
       <c r="H314" t="s">
-        <v>3607</v>
+        <v>3611</v>
       </c>
       <c r="I314" t="s">
-        <v>3608</v>
+        <v>3612</v>
       </c>
       <c r="J314" t="s">
-        <v>3609</v>
+        <v>3613</v>
       </c>
       <c r="K314" t="s">
-        <v>3610</v>
+        <v>3614</v>
       </c>
       <c r="L314" t="s">
-        <v>3611</v>
+        <v>3615</v>
       </c>
       <c r="M314" t="s">
-        <v>3612</v>
+        <v>3616</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B315" t="s">
-        <v>3613</v>
+        <v>3617</v>
       </c>
       <c r="C315" t="s">
         <v>12</v>
       </c>
       <c r="D315" t="s">
         <v>12</v>
       </c>
       <c r="E315" t="s">
-        <v>3614</v>
+        <v>3618</v>
       </c>
       <c r="F315" t="s">
         <v>12</v>
       </c>
       <c r="G315" t="s">
-        <v>3615</v>
+        <v>3619</v>
       </c>
       <c r="H315" t="s">
-        <v>3616</v>
+        <v>3620</v>
       </c>
       <c r="I315" t="s">
-        <v>3012</v>
+        <v>3016</v>
       </c>
       <c r="J315" t="s">
-        <v>3617</v>
+        <v>3621</v>
       </c>
       <c r="K315" t="s">
-        <v>3618</v>
+        <v>3622</v>
       </c>
       <c r="L315" t="s">
-        <v>3619</v>
+        <v>3623</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B316" t="s">
-        <v>3620</v>
+        <v>3624</v>
       </c>
       <c r="C316" t="s">
         <v>12</v>
       </c>
       <c r="D316" t="s">
         <v>12</v>
       </c>
       <c r="E316" t="s">
-        <v>3621</v>
+        <v>3625</v>
       </c>
       <c r="F316" t="s">
         <v>12</v>
       </c>
       <c r="G316" t="s">
-        <v>3622</v>
+        <v>3626</v>
       </c>
       <c r="H316" t="s">
-        <v>3623</v>
+        <v>3627</v>
       </c>
       <c r="I316" t="s">
-        <v>2232</v>
+        <v>2236</v>
       </c>
       <c r="J316" t="s">
-        <v>3624</v>
+        <v>3628</v>
       </c>
       <c r="K316" t="s">
-        <v>3625</v>
+        <v>3629</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B317" t="s">
-        <v>3626</v>
+        <v>3630</v>
       </c>
       <c r="C317" t="s">
         <v>12</v>
       </c>
       <c r="D317" t="s">
         <v>12</v>
       </c>
       <c r="E317" t="s">
-        <v>3627</v>
+        <v>3631</v>
       </c>
       <c r="F317" t="s">
         <v>12</v>
       </c>
       <c r="G317" t="s">
-        <v>3628</v>
+        <v>3632</v>
       </c>
       <c r="H317" t="s">
-        <v>3629</v>
+        <v>3633</v>
       </c>
       <c r="I317" t="s">
-        <v>3630</v>
+        <v>3634</v>
       </c>
       <c r="J317" t="s">
-        <v>3631</v>
+        <v>3635</v>
       </c>
       <c r="K317" t="s">
-        <v>3632</v>
+        <v>3636</v>
       </c>
       <c r="L317" t="s">
-        <v>3633</v>
+        <v>3637</v>
       </c>
       <c r="M317" t="s">
-        <v>3634</v>
+        <v>3638</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B318" t="s">
-        <v>3635</v>
+        <v>3639</v>
       </c>
       <c r="C318" t="s">
         <v>12</v>
       </c>
       <c r="D318" t="s">
         <v>12</v>
       </c>
       <c r="E318" t="s">
-        <v>3636</v>
+        <v>3640</v>
       </c>
       <c r="F318" t="s">
         <v>12</v>
       </c>
       <c r="G318" t="s">
-        <v>3637</v>
+        <v>3641</v>
       </c>
       <c r="H318" t="s">
-        <v>3638</v>
+        <v>3642</v>
       </c>
       <c r="I318" t="s">
-        <v>3639</v>
+        <v>3643</v>
       </c>
       <c r="J318" t="s">
-        <v>3640</v>
+        <v>3644</v>
       </c>
       <c r="K318" t="s">
-        <v>3641</v>
+        <v>3645</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B319" t="s">
-        <v>3642</v>
+        <v>3646</v>
       </c>
       <c r="C319" t="s">
         <v>12</v>
       </c>
       <c r="D319" t="s">
         <v>12</v>
       </c>
       <c r="E319" t="s">
-        <v>3643</v>
+        <v>3647</v>
       </c>
       <c r="F319" t="s">
         <v>12</v>
       </c>
       <c r="G319" t="s">
-        <v>3644</v>
+        <v>3648</v>
       </c>
       <c r="H319" t="s">
-        <v>3645</v>
+        <v>3649</v>
       </c>
       <c r="I319" t="s">
-        <v>3646</v>
+        <v>3650</v>
       </c>
       <c r="J319" t="s">
-        <v>3624</v>
+        <v>3628</v>
       </c>
       <c r="K319" t="s">
-        <v>3647</v>
+        <v>3651</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B320" t="s">
-        <v>3648</v>
+        <v>3652</v>
       </c>
       <c r="C320" t="s">
         <v>12</v>
       </c>
       <c r="D320" t="s">
         <v>12</v>
       </c>
       <c r="E320" t="s">
-        <v>3649</v>
+        <v>3653</v>
       </c>
       <c r="F320" t="s">
         <v>12</v>
       </c>
       <c r="G320" t="s">
-        <v>3650</v>
+        <v>3654</v>
       </c>
       <c r="H320" t="s">
-        <v>3651</v>
+        <v>3655</v>
       </c>
       <c r="I320" t="s">
-        <v>3652</v>
+        <v>3656</v>
       </c>
       <c r="J320" t="s">
-        <v>3653</v>
+        <v>3657</v>
       </c>
       <c r="K320" t="s">
-        <v>3654</v>
+        <v>3658</v>
       </c>
       <c r="L320" t="s">
-        <v>3655</v>
+        <v>3659</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B321" t="s">
-        <v>3656</v>
+        <v>3660</v>
       </c>
       <c r="C321" t="s">
         <v>12</v>
       </c>
       <c r="D321" t="s">
         <v>12</v>
       </c>
       <c r="E321" t="s">
-        <v>3657</v>
+        <v>3661</v>
       </c>
       <c r="F321" t="s">
         <v>12</v>
       </c>
       <c r="G321" t="s">
-        <v>3658</v>
+        <v>3662</v>
       </c>
       <c r="H321" t="s">
-        <v>3659</v>
+        <v>3663</v>
       </c>
       <c r="I321" t="s">
-        <v>3660</v>
+        <v>3664</v>
       </c>
       <c r="J321" t="s">
-        <v>3661</v>
+        <v>3665</v>
       </c>
       <c r="K321" t="s">
-        <v>3662</v>
+        <v>3666</v>
       </c>
       <c r="L321" t="s">
-        <v>3663</v>
+        <v>3667</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B322" t="s">
-        <v>3664</v>
+        <v>3668</v>
       </c>
       <c r="C322" t="s">
         <v>12</v>
       </c>
       <c r="D322" t="s">
         <v>12</v>
       </c>
       <c r="E322" t="s">
-        <v>3665</v>
+        <v>3669</v>
       </c>
       <c r="F322" t="s">
         <v>12</v>
       </c>
       <c r="G322" t="s">
-        <v>3666</v>
+        <v>3670</v>
       </c>
       <c r="H322" t="s">
-        <v>3667</v>
+        <v>3671</v>
       </c>
       <c r="I322" t="s">
-        <v>2065</v>
+        <v>2069</v>
       </c>
       <c r="J322" t="s">
-        <v>3668</v>
+        <v>3672</v>
       </c>
       <c r="K322" t="s">
-        <v>3669</v>
+        <v>3673</v>
       </c>
       <c r="L322" t="s">
-        <v>3670</v>
+        <v>3674</v>
       </c>
       <c r="M322" t="s">
-        <v>1770</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B323" t="s">
-        <v>3671</v>
+        <v>3675</v>
       </c>
       <c r="C323" t="s">
         <v>12</v>
       </c>
       <c r="D323" t="s">
         <v>12</v>
       </c>
       <c r="E323" t="s">
-        <v>3672</v>
+        <v>3676</v>
       </c>
       <c r="F323" t="s">
         <v>12</v>
       </c>
       <c r="G323" t="s">
-        <v>3673</v>
+        <v>3677</v>
       </c>
       <c r="H323" t="s">
-        <v>3674</v>
+        <v>3678</v>
       </c>
       <c r="I323" t="s">
-        <v>1180</v>
+        <v>1200</v>
       </c>
       <c r="J323" t="s">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="K323" t="s">
-        <v>3675</v>
+        <v>3679</v>
       </c>
       <c r="L323" t="s">
-        <v>3676</v>
+        <v>3680</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B324" t="s">
-        <v>3677</v>
+        <v>3681</v>
       </c>
       <c r="C324" t="s">
         <v>12</v>
       </c>
       <c r="D324" t="s">
         <v>12</v>
       </c>
       <c r="E324" t="s">
-        <v>3678</v>
+        <v>3682</v>
       </c>
       <c r="F324" t="s">
         <v>12</v>
       </c>
       <c r="G324" t="s">
-        <v>3679</v>
+        <v>3683</v>
       </c>
       <c r="H324" t="s">
-        <v>3680</v>
+        <v>3684</v>
       </c>
       <c r="I324" t="s">
-        <v>3681</v>
+        <v>3685</v>
       </c>
       <c r="J324" t="s">
-        <v>3682</v>
+        <v>3686</v>
       </c>
       <c r="K324" t="s">
-        <v>3683</v>
+        <v>3687</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="B325" t="s">
-        <v>3684</v>
+        <v>3688</v>
       </c>
       <c r="C325" t="s">
         <v>12</v>
       </c>
       <c r="D325" t="s">
         <v>12</v>
       </c>
       <c r="E325" t="s">
-        <v>3685</v>
+        <v>3689</v>
       </c>
       <c r="F325" t="s">
         <v>12</v>
       </c>
       <c r="G325" t="s">
-        <v>3686</v>
+        <v>3690</v>
       </c>
       <c r="H325" t="s">
-        <v>3687</v>
+        <v>3691</v>
       </c>
       <c r="I325" t="s">
-        <v>3688</v>
+        <v>3692</v>
       </c>
       <c r="J325" t="s">
-        <v>3689</v>
+        <v>3693</v>
       </c>
       <c r="K325" t="s">
-        <v>3690</v>
+        <v>3694</v>
       </c>
       <c r="L325" t="s">
-        <v>3691</v>
+        <v>3695</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>