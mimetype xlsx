--- v0 (2025-10-25)
+++ v1 (2026-01-14)
@@ -1,50191 +1,11628 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...8 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
-[...13 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
-[...13 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10143" uniqueCount="5835">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2200" uniqueCount="1505">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Panorama</t>
-[...5 lines deleted...]
-    <t>Panorama des principales publications de la HAS sur l'Accident Vasculaire Cérébral (AVC)</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
+  </si>
+  <si>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>24/06/2024 12:11:00</t>
-[...3893 lines deleted...]
-    <t>ATROSTIM</t>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+  </si>
+  <si>
+    <t>p_3451353</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Stroke: early management (warning signs, pre-hospital phase, initial hospital phase, indications for intravenous thrombolysis and mechanical thrombectomy)</t>
+  </si>
+  <si>
+    <t>Identify relevant information for the general public in order to improve recognition of warning signs and increase awareness of the need for urgent treatment ; Optimise the initial prehospital and hospital care pathway of patients with suspected stroke and improve management for the largest possible number of stroke patients ; Reduce the frequency and severity of the functional disorders associated with stroke through early multiprofessional management, implemented as quickly as possible in a stroke unit (SU), or failing this, in a hospital with an organised care pathway for patients with suspected stroke, in coordination with a SU ; Improve the practices of the SAMU-Centre 15 dispatching physician, emergency physicians and all professionals involved in the early management of stroke (including TIAs).</t>
+  </si>
+  <si>
+    <t>10/23/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/28/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830203/en/stroke-early-management-warning-signs-pre-hospital-phase-initial-hospital-phase-indications-for-intravenous-thrombolysis-and-mechanical-thrombectomy</t>
+  </si>
+  <si>
+    <t>c_830203</t>
+  </si>
+  <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Fibromyalgia in adults: Diagnostic process and treatment strategy</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has published a recommendation for best practice on the diagnostic approach and treatment strategy for fibromyalgia, intended for professionals treating adult patients.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+  </si>
+  <si>
+    <t>p_3634512</t>
+  </si>
+  <si>
+    <t>Diagnosis and management of adults with post-intensive care syndrome (PICS) and their relatives</t>
+  </si>
+  <si>
+    <t>Objectifs Defining patients at risk for PICS Diagnose these patients Early and long-term management of PICS Improving care pathways Develop documents for the patient, their family or those close to them in order to alert them to this post-resuscitation syndrome and to support them in its treatment by referring them to healthcare professionals trained in this syndrome.</t>
+  </si>
+  <si>
+    <t>05/17/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312530/en/diagnosis-and-management-of-adults-with-post-intensive-care-syndrome-pics-and-their-relatives</t>
+  </si>
+  <si>
+    <t>p_3312530</t>
+  </si>
+  <si>
+    <t>Role and management of tracheostomy in the care of ventilator-dependent patients with slowly progressive neuromuscular diseases</t>
+  </si>
+  <si>
+    <t>Objectifs Il s’agit d’aider la prise de décision dans le choix des soins, améliorer et harmoniser les pratiques. La finalité est d’améliorer la prise en charge des patients, et donc la qualité et la sécurité des soins qui leur sont apportés, ainsi que leur qualité de vie</t>
+  </si>
+  <si>
+    <t>11/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2020 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217806/en/role-and-management-of-tracheostomy-in-the-care-of-ventilator-dependent-patients-with-slowly-progressive-neuromuscular-diseases</t>
+  </si>
+  <si>
+    <t>p_3217806</t>
+  </si>
+  <si>
+    <t>Memo : Prevention of positional skull deformities and sudden infant death syndrome</t>
+  </si>
+  <si>
+    <t>The aim of this Memo is to provide information about : risk factors and prevention of sudden infant death syndrome definition and diagnosis of positional skull deformities risk factors for positional skull deformities potential complications of positional skull deformity primary prevention of positional skull deformities management of established positional skull deformities</t>
+  </si>
+  <si>
+    <t>02/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151574/en/memo-prevention-of-positional-skull-deformities-and-sudden-infant-death-syndrome</t>
+  </si>
+  <si>
+    <t>p_3151574</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+  </si>
+  <si>
+    <t>c_2794425</t>
+  </si>
+  <si>
+    <t>Diagnosis and immediate management of transient ischaemic attacks (TIAs) in adults</t>
+  </si>
+  <si>
+    <t>These recommendations are aimed at : - Update the definition of TIA - Specify clinical symptoms for a diagnosis - Addresse TIA prognosis - Describe tests for positive and aetiological diagnosis - Describe immediate treatment</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+  </si>
+  <si>
+    <t>c_272368</t>
+  </si>
+  <si>
+    <t>Care of patients with amyotrophic lateral sclerosis (ALS) (23-24 November 2004)</t>
+  </si>
+  <si>
+    <t>Questions put to the jury: 1. How to diagnose ALS? 2. How to break the news of ALS? 3. How to assess the course of ALS and what instruments to use? 4. What therapies and follow-up are available for patients with ALS and their families? 5. What is the role of life support in patients with ALS?</t>
+  </si>
+  <si>
+    <t>02/02/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2006 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_409014/en/care-of-patients-with-amyotrophic-lateral-sclerosis-als-23-24-november-2004</t>
+  </si>
+  <si>
+    <t>c_409014</t>
+  </si>
+  <si>
+    <t>Practical aspects of long-term noninvasive positive pressure ventilation at home in neuromuscular disease</t>
+  </si>
+  <si>
+    <t>The aim of these guidelines is to review the practical aspects (initiation, adjustment and monitoring) of home noninvasive positive pressure ventilation via a nasal, oral or facial interface, when prescribed for patients with neuromuscular disease.</t>
+  </si>
+  <si>
+    <t>05/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2006 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_334439/en/practical-aspects-of-long-term-noninvasive-positive-pressure-ventilation-at-home-in-neuromuscular-disease</t>
+  </si>
+  <si>
+    <t>c_334439</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+  </si>
+  <si>
+    <t>c_272249</t>
+  </si>
+  <si>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+  </si>
+  <si>
+    <t>c_272365</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Irreversible secondary or degenerative parkinsonian syndromes</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/15/2021 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546220/en/irreversible-secondary-or-degenerative-parkinsonian-syndromes</t>
+  </si>
+  <si>
+    <t>c_546220</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Screening for dihydropyrimidine dehydrogenase deficiency to decrease the risk of severe toxicities related to fluoropyrimidines (5-fluorouracil or capecitabine) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Each year in France, almost 80,000 new patients receive fluoropyrimidines, a group of anticancer drugs including 5-Fluorouracil [5-FU] and its prodrug capecitabine (Xeloda®), used to treat various types of cancer (mainly digestive, breast and head and neck cancer). Fluoropyrimidines-based chemotherapies , can cause severe toxicities (incidence at around 20%), and rarely but sometimes lethal toxicity (incidence between 0.1 and 1%). Part of these toxicities may be related to deficiency in the activity of the main enzyme enabling elimination of 5-FU, called dihydropyrimidine dehydrogenase (DPD). This deficiency can be partial (around 3 to 8% of individuals) or complete (between 0.01 and 0.5% of individuals). Therefore, the summary of product characteristics of fluoropyrimidines includes a contraindication to treatment in patients with complete DPD loss, and the recommendation for dose adjustment and careful monitoring in partially deficient patients. Beginning 2018, the French agency in charge of medicinal product safety ruled in favour of routine screening for DPD deficiency before treatment with fluoropyrimidine. In the absence of a previously established consensus as to the methods of implementation of the screening (detection of variants of the DPYD gene coding for DPD and/or determination of the activity of the DPD enzyme), the Institut National du Cancer (INCa) [French National Cancer Institute] was approached by the Ministry of Health to draw up recommendations for the said methods. Also, in order to enable reimbursement of the test selected to screen for DPD deficiency for all patients by the French health insurance system, regardless of the laboratory carrying out the test (public or private), its registration on the list of reimbursable medical biology procedures is necessary. This registration decision has to be made by the national health insurance fund, but a prior opinion from the Haute Autorité de Santé (HAS) [French National Authority for Health] is required. For this reason, the HAS decided to refer the matter to itself and to work jointly with the INCa to be able to return an opinion without delay</t>
+  </si>
+  <si>
+    <t>09/21/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2891090</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA) analysis is a molecular cytogenetic technology that is used to detect quantitative variations of the genome, corresponding to chromosomal material losses or gains (deletions, duplications, insertions, abnormal chromosome numbers, etc.) compared to a reference diploid genome. This pangenomic technology has a substantially higher resolution than standard karyotype, which is considered as the gold standard for whole genome analysis. A request was made for an assessment of this technique by HAS, from the French Ministry of Health and the National Health Insurance, with a view to permanent cover under common law. CGHA was previously assessed in 2019 by HAS for use in cancer care. The aim of this assessment was to determine the current benefit of CGHA use in the postnatal context, within the scope of routine care. This involved defining the indications of interest and the role of this technology in the diagnostic strategy, in the different clinical contexts in question, as well as the conditions of its implementation.</t>
+  </si>
+  <si>
+    <t>07/13/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3453213</t>
+  </si>
+  <si>
+    <t>Evaluation of the METAglut1™ test in the diagnosis of glucose transporter type 1 deficiency syndrome - INAHTA  Brief</t>
+  </si>
+  <si>
+    <t>Glucose transporter type 1 (Glut1) deficiency syndrome is an encephalopathy characterised, in its typical form, by treatment-resistant infantile-onset epilepsy, slowed head circumference growth resulting in microcephaly, delayed psychomotor development, spasticity, ataxia, dysarthria and other paroxysmal neurological disorders. “Atypical” forms, including a very broad variety of phenotypes, are also described. The prevalence of the condition is between 1/83,000 and 1/24,000. The diagnosis of Glut1 deficiency syndrome is based on demonstration of hypoglycorrhachia as the reference test. This requires the performance of a lumbar puncture. An additional genetic test (molecular analysis of the SLC2A1 gene) can be used to confirm the diagnosis. The METAglut1™ test is an in vitro diagnostic medical device (IVDMD). The test is performed on a blood sample to detect a reduction in glucose transporter (Glut1) expression on the surface of circulating erythrocytes and therefore diagnose glucose transporter type 1 deficiency syndrome. In November 2017, METAFORA Biosystems SAS, the company that markets the METAglut1™ test, received the approval of the HAS to carry out a clinical study as part of the French “forfait innovation” innovation funding programme. The clinical study proposed in this context aimed to evaluate the diagnostic performance of the METAglut1™ test in patients with a clinical presentation compatible with glucose transporter type 1 deficiency syndrome, thereby providing the clinical data required for a procedure to be able to claim a sufficient expected clinical benefit. With the clinical study now completed, the French Directorate General of Healthcare Provision (DGOS) therefore consulted the HAS on 29 April 2022, with a view to assessing whether it would be appropriate for this test to be funded by the French National Health Insurance system. The objective of this work is to evaluate the diagnostic performance of the METAglut1™ test in comparison with glycorrhachia after lumbar puncture, in terms of sensitivity, specificity, positive predictive value and negative predictive value (NPV), in the diagnosis of glucose transporter type 1 deficiency syndrome, with a view to positioning the METAglut1™ test as a first-line test in place of glycorrhachia</t>
+  </si>
+  <si>
+    <t>03/30/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/27/2023 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424746/en/evaluation-of-the-metaglut1-test-in-the-diagnosis-of-glucose-transporter-type-1-deficiency-syndrome-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3424746</t>
+  </si>
+  <si>
+    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysisThe objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysis</t>
+  </si>
+  <si>
+    <t>12/18/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/27/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3080503</t>
+  </si>
+  <si>
+    <t>Assessment of chiropodist-podiatrist consultations for preventing foot lesions in diabetic patients with a grade 1 podiatric risk - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to update an initial review conducted by HAS in 2007, with a view to an indication extension of chiropody-podiatry prevention consultations for diabetic subjects presenting with a grade 1 podiatric risk (isolated sensitive neuropathy). These consultations are not currently covered by French National Health Insurance; as such, the purpose of this report is to: • assess the impact of chiropodist-podiatrist prevention consultations on the morbidity of diabetic subjects with a grade 1 foot ulceration risk; • define the content, frequency and duration of chiropodist-podiatrist prevention consultations for diabetic subjects with grade 1 foot ulceration risk</t>
+  </si>
+  <si>
+    <t>12/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2018 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860579/en/assessment-of-chiropodist-podiatrist-consultations-for-preventing-foot-lesions-in-diabetic-patients-with-a-grade-1-podiatric-risk-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2860579</t>
+  </si>
+  <si>
+    <t>Organisation of the early management of acute ischaemic stroke using mechanical thrombectomy</t>
+  </si>
+  <si>
+    <t>Ischaemic stroke (IS) is an acute condition which, according to the World Health Organization (WHO), represents the second leading cause of mortality worldwide, and the third cause of mortality in developed countries.</t>
+  </si>
+  <si>
+    <t>07/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/26/2018 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757616/en/organisation-of-the-early-management-of-acute-ischaemic-stroke-using-mechanical-thrombectomy</t>
+  </si>
+  <si>
+    <t>c_2757616</t>
+  </si>
+  <si>
+    <t>Updating of medical pathology procedures concerning the diagnosis of cysticercosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Cysticercosis is the infection of humans by the larval stage of Taenia solium, a tapeworm of the class Cestoda, that parasitises the small intestine. It is found primarily in tropical and sub-tropical regions, though it persists in some European countries. The three most commonly encountered forms of cysticercosis are: i) subcutaneous and muscular cysticercosis, ii) neurocysticercosis and iii) ocular cysticercosis. According to the WHO, 30% of cases of epilepsy worldwide could be ascribed to neurocysticercosis. This would represent between 2.56 and 8.30 million cases of neurocysticercosis per 50,000 deaths per year. Cysticercosis is difficult to diagnose due to the low specificity of the clinical signs and to the time to onset of symptoms after infection. Biological diagnosis is based primarily on the detection of antibodies in serum or cerebrospinal fluid</t>
+  </si>
+  <si>
+    <t>06/20/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2018 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823986/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-cysticercosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2823986</t>
+  </si>
+  <si>
+    <t>Updating of medical pathology procedures concerning the diagnosis of trichinellosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Trichinellosis is a cosmopolitan zoonosis transmitted by eating raw meat contaminated with a nematode of the genus Trichinella. Between 2001 and 2003 in France, there were approximately ten confirmed cases. In humans, trichinellosis occurs in the form of small sporadic epidemics. Human trichinellosis generally starts with diarrhoea and high fever, facial oedema and myalgia. Depending on the occurrence of neurological or cardiac complications, the prognosis may be dramatic. Depending on the extent of contamination, human trichinellosis may go unnoticed, be limited to palpebral oedema, or be fatal following allergic shock. Biological diagnosis relies on serology and possibly muscle biopsy. The aim of this work is to draw up the list of serological diagnostic techniques currently relevant to the diagnosis of trichinellosis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860414/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-trichinellosis-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2860414</t>
+  </si>
+  <si>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis and follow-up of hepatitis E - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the Health Insurance proposals to update the list of procedures involved in the diagnosis and follow-up of viral hepatitis E (detection of RNA and detection of serum antibodies), by specifying their indications and the techniques used. The aim of this work is not to assess the treatment, screening or overall management of this type of hepatitis</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657506/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-follow-up-of-hepatitis-e-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2657506</t>
+  </si>
+  <si>
+    <t>Endovascular thrombectomy of intracranial arteries - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assessment of the efficacy and safety of mechanical thrombectomy (MT) for the treatment of Acute Ischaemic Stroke (AIS)</t>
+  </si>
+  <si>
+    <t>11/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/23/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624413/en/endovascular-thrombectomy-of-intracranial-arteries-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2624413</t>
+  </si>
+  <si>
+    <t>Assessment of tests for meningococci (Neisseria meningitidis) and pneumococci (Streptococcus pneumoniae) using gene amplification in the diagnosis of meningitis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this study is to assess gene amplification (polymerase chain reaction, PCR) tests in the diagnosis of meningitis suspected of being bacterial for meningococci (Neisseria meningitidis) and pneumococci (Streptococus pneumoniae) . The aim of this work is to analyse the consistency between, firstly, the request, and secondly good clinical practice guidelines and the opinions of professionals, with a view to the inclusion on the list of medical laboratory procedures reimbursed by the National Health Insurance system in France</t>
   </si>
   <si>
     <t>05/04/2016 00:00:00</t>
   </si>
   <si>
-    <t>03/05/2016 09:39:47</t>
-[...4859 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
+    <t>05/25/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
   </si>
   <si>
     <t>c_2589730</t>
   </si>
   <si>
-    <t>Détection du génome des virus Herpès Simplex (HSV) et Zona Varicelle (VZV) dans le liquide cérébro-spinal par amplification génique en cas d’encéphalite</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2015366/fr/detection-du-genome-des-virus-herpes-simplex-hsv-et-zona-varicelle-vzv-dans-le-liquide-cerebro-spinal-par-amplification-genique-en-cas-d-encephalite</t>
+    <t>Gene amplification to detect herpes simplex virus (HSV) and varicella-zoster virus (VZV) genomes in cerebrospinal fluid in cases of encephalitis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to analyse coherence between the application, and good professional practice guidelines and professional opinion, with a view to including gene amplification for detecting herpes simplex and varicella-zoster virus genomes in cerebrospinal fluid (CSF) in patients with encephalitis on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>06/29/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/29/2015 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015366/en/gene-amplification-to-detect-herpes-simplex-virus-hsv-and-varicella-zoster-virus-vzv-genomes-in-cerebrospinal-fluid-in-cases-of-encephalitis-inahta-brief</t>
   </si>
   <si>
     <t>c_2015366</t>
   </si>
   <si>
-    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1739174/fr/evaluation-de-la-detection-du-genome-des-enterovirus-dans-le-liquide-cephalorachidien-par-amplification-genique-dans-les-meningites-rapport-d-evaluation</t>
+    <t>Detection of enterovirus genome in cerebrospinal fluid by gene amplification in meningitis patients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>According to professionals in the field, detection of enterovirus (EV) genome in cerebrospinal fluid (CSF) by gene amplification has been gradually becoming standard practice in the management of meningitis over the past 10 or so years, especially since ready-to-use kits came onto the market With a view to having this diagnostic test reimbursed by National Health Insurance, CNAMTS [National Salaried Workers’ Health Insurance Fund] and the French Society for Microbiology agreed on a joint request to the Haute Autorité de Santé for an assessment of this diagnostic tool The purpose of this assessment is to make sure that enterovirus genome detection in CSF by gene amplification is a validated diagnostic tool in the management of meningitis cases</t>
+  </si>
+  <si>
+    <t>07/23/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/29/2014 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739174/en/detection-of-enterovirus-genome-in-cerebrospinal-fluid-by-gene-amplification-in-meningitis-patients-inahta-brief</t>
   </si>
   <si>
     <t>c_1739174</t>
   </si>
   <si>
-    <t>Évaluation des systèmes implantables de neurostimulation médullaire</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1351767/fr/evaluation-des-systemes-implantables-de-neurostimulation-medullaire</t>
+    <t>Assessment of spinal cord stimulation - March 2014</t>
+  </si>
+  <si>
+    <t>To assess effectiveness and safety of spinal cord stimulation to support reimbursement decision by the French National Insurance Funds (FNIF). Systematic literature review was performed. The ensuing report was discussed by a multidisciplinary working group, then submitted to the relevant HAS Committee for validation.</t>
+  </si>
+  <si>
+    <t>03/01/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>05/27/2014 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351767/en/assessment-of-spinal-cord-stimulation-march-2014</t>
   </si>
   <si>
     <t>c_1351767</t>
   </si>
   <si>
-    <t>Évaluation des endoprothèses utilisées dans l’angioplastie des sténoses athéromateuses intracrâniennes</t>
-[...260 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984955/fr/nimenrix-vaccin-meningococcique-des-groupes-a-c-w-135-et-y-conjugue-a-l-anatoxine-tetanique</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>LIKOZAM (clobazam)</t>
+  </si>
+  <si>
+    <t>12/15/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983931/en/likozam-clobazam</t>
+  </si>
+  <si>
+    <t>pprd_2983931</t>
+  </si>
+  <si>
+    <t>clobazam</t>
+  </si>
+  <si>
+    <t>ADVICENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676744/en/likozam-clobazam-benzodiazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793778/en/likozam-clobazam-epilepsie</t>
+  </si>
+  <si>
+    <t>GADOVIST (Gadobutrol)</t>
+  </si>
+  <si>
+    <t>11/06/2025 09:30:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983118/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>pprd_2983118</t>
+  </si>
+  <si>
+    <t>gadobutrol</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474325/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539510/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642516/en/gadovist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024753/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298556/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717941/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038857/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656319/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869901/en/gadovist-gadobutrol-paramagnetic-contrast-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869907/en/gadolinium-based-contrast-agent-gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500935/en/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704143/en/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
+  </si>
+  <si>
+    <t>LIBMELDY 2-10 x 106 cellules/ml dispersion pour perfusion (atidarsagène autotemcel)</t>
+  </si>
+  <si>
+    <t>10/28/2025 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263782/en/libmeldy-2-10-x-106-cellules/ml-dispersion-pour-perfusion-atidarsagene-autotemcel</t>
+  </si>
+  <si>
+    <t>p_3263782</t>
+  </si>
+  <si>
+    <t>atidarsagène autotemcel</t>
+  </si>
+  <si>
+    <t>ORCHARD THERAPEUTICS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263243/en/libmeldy-population-autologue-enrichie-en-cellules-cd34-qui-contient-des-cellules-souches-progenitrices-hematopoietiques-transduites-ex-vivo-avec-un-vecteur-lentiviral-codant-le-gene-de-l-arylsulfatase-a-humaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295376/en/libmeldy-2-10-x-106-cellules/ml-dispersion-pour-perfusion-atidarsagene-autotemcel-leucodystrophie-metachromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3379875/en/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466391/en/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543093/en/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555789/en/libmeldy-atidarsagene-autotemcel-metachromatic-leukodystrophy-mld</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602613/en/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique-30-mois-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702884/en/libmeldy-atidarsagene-autotemcel-leucodystrophie-metachromatique-30-mois-6-ans</t>
+  </si>
+  <si>
+    <t>NIMENRIX (polyoside de Neisseria meningitidis de groupe A conjugué à l'anatoxine...)</t>
+  </si>
+  <si>
+    <t>09/26/2025 08:51:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984955/en/nimenrix-polyoside-de-neisseria-meningitidis-de-groupe-a-conjugue-a-l-anatoxine</t>
   </si>
   <si>
     <t>pprd_2984955</t>
   </si>
   <si>
     <t>vaccin méningococcique des groupes A, C, W-135 et Y conjugué à l’anatoxine tétanique</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1352587/fr/nimenrix-polyoside-de-neisseria-meningitidis-de-groupe-a-conjugue-a-l-anatoxine</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984736/fr/bexsero-vaccin-meningococcique-groupe-b-adnr-composant-adsorbe</t>
+    <t>https://www.has-sante.fr/jcms/c_1352587/en/nimenrix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041961/en/menveo-and-nimenrix-meningococcal-group-a-c-w135-and-y-conjugate-vaccines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296242/en/nimenrix-polyoside-de-neisseria-meningitidis-de-groupe-w-135</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534139/en/nimenrix-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-vaccines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687274/en/nimenrix-vaccin-meningococcique-conjugue-des-groupes-a-c-w135-et-y-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+  </si>
+  <si>
+    <t>BEXSERO (protéine recombinante NadA de Neisseria meningitidis groupe B ((BACTER...)</t>
+  </si>
+  <si>
+    <t>09/25/2025 09:57:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984736/en/bexsero-proteine-recombinante-nada-de-neisseria-meningitidis-groupe-b-bacter</t>
   </si>
   <si>
     <t>pprd_2984736</t>
   </si>
   <si>
     <t>vaccin méningococcique groupe B, ADNr, composant, adsorbé</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1753524/fr/bexsero-vaccin-meningococcique-b-proteine-recombinante-nada-de-neisseria-meningitidis-groupe-b-bacter</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984826/fr/menveo-vaccin-meningococcique-des-groupes-a-c-w-135-et-y-conjugue-a-la-proteine-crm197-de-la-toxine-de-corynebacterium-diphteriae</t>
+    <t>https://www.has-sante.fr/jcms/c_1753524/en/bexsero</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279808/en/bexsero-vaccin-meningococcique-groupe-b-adnr-composant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534142/en/bexsero-meningococcal-group-b-vaccine-vaccine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686940/en/bexsero-vaccines-against-invasive-meningococcal-disease-serogroups-a-c-w-y-and-b</t>
+  </si>
+  <si>
+    <t>MENVEO (oligoside de Neisseria meningitidis du groupe W135 conjugué à la proté...)</t>
+  </si>
+  <si>
+    <t>09/25/2025 10:01:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984826/en/menveo-oligoside-de-neisseria-meningitidis-du-groupe-w135-conjugue-a-la-prote</t>
   </si>
   <si>
     <t>pprd_2984826</t>
   </si>
   <si>
     <t>Vaccin méningococcique des groupes A, C, W-135 et Y conjugué à la protéine CRM197 de la toxine de Corynebacterium diphteriae</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1013267/fr/menveo-oligoside-de-neisseria-meningitidis-du-groupe-w135-conjugue-a-la-prote</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3281243/fr/trumenba-vaccin-meningococcique-groupe-b-recombinant-adsorbe</t>
+    <t>https://www.has-sante.fr/jcms/c_1013267/en/menveo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722891/en/menveo</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041931/en/menveo-and-nimenrix-meningococcal-group-a-c-w135-and-y-conjugate-vaccines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315464/en/menveo-oligoside-de-neisseria-meningitidis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534145/en/menveo-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-disease</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686949/en/menveo-vaccin-meningococcique-des-serogroupes-a-c-w-135-et-y-conjugue-infections-invasives-a-meningocoques-des-serogroupes-acwy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686943/en/menveo-vaccin-meningococcique-des-groupes-a-c-w-135-et-y-conjugue-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+  </si>
+  <si>
+    <t>TRUMENBA suspension injectable en seringue préremplie</t>
+  </si>
+  <si>
+    <t>09/25/2025 10:08:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281243/en/trumenba-suspension-injectable-en-seringue-preremplie</t>
   </si>
   <si>
     <t>p_3281243</t>
   </si>
   <si>
     <t>vaccin méningococcique groupe B (recombinant, adsorbé)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3280981/fr/trumenba-vaccin-meningococcique-groupe-b-recombinant-adsorbe</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3296179/fr/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-135-et-y-conjugue-a-l-anatoxine-tetanique</t>
+    <t>https://www.has-sante.fr/jcms/p_3280981/en/trumenba-meningococcal-group-b-vaccine-recombinant-adsorbed</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576429/en/trumenba-vaccin-meningococcique-groupe-b-recombinant-adsorbe-vaccin-anti-meningococcique-serogroupe-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686931/en/trumenba-vaccin-meningococcique-groupe-b-recombinant-adsorbe-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+  </si>
+  <si>
+    <t>MENQUADFI (vaccin méningococcique conjugué des groupes A, C, W et Y)</t>
+  </si>
+  <si>
+    <t>09/25/2025 10:08:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296179/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y</t>
   </si>
   <si>
     <t>p_3296179</t>
   </si>
   <si>
     <t>vaccin méningococcique conjugué des groupes A, C, W-135 et Y conjugué à l’anatoxine tétanique</t>
   </si>
   <si>
     <t>SANOFI PASTEUR FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3295762/fr/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3643893/fr/ceftriaxone-qilu-ceftriaxone-cephalosporine-de-3e-generation</t>
+    <t>https://www.has-sante.fr/jcms/p_3295762/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534136/en/menquadfi-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-vaccines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686928/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
   </si>
   <si>
     <t>KOSELUGO (sélumétinib)</t>
   </si>
   <si>
-    <t>10/09/2025 13:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3322927/fr/koselugo-selumetinib</t>
+    <t>09/10/2025 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322927/en/koselugo-selumetinib</t>
   </si>
   <si>
     <t>p_3322927</t>
   </si>
   <si>
     <t>sélumétinib</t>
   </si>
   <si>
     <t>Laboratoire AstraZeneca</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3322781/fr/koselugo-selumetinib-neurofibromes-plexiformes</t>
-[...17 lines deleted...]
-    <t>lécanémab</t>
+    <t>https://www.has-sante.fr/jcms/p_3322781/en/koselugo-selumetinib-neurofibromes-plexiformes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644451/en/koselugo-selumetinib-neurofibromatose-de-type-1-nf1</t>
+  </si>
+  <si>
+    <t>BUCCOLAM (midazolam)</t>
+  </si>
+  <si>
+    <t>09/05/2025 13:50:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983442/en/buccolam-midazolam</t>
+  </si>
+  <si>
+    <t>pprd_2983442</t>
+  </si>
+  <si>
+    <t>midazolam</t>
+  </si>
+  <si>
+    <t>NEURAXPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284604/en/buccolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818022/en/buccolam-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643533/en/buccolam-midazolam-epileptic-seizures-in-adults</t>
+  </si>
+  <si>
+    <t>FLEBOGAMMA DIF (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>08/11/2025 08:32:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985246/en/flebogamma-dif-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>pprd_2985246</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale</t>
+  </si>
+  <si>
+    <t>GRIFOLS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_992837/en/flebogammadif-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118416/en/flebogamma-dif-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136109/en/flebogamma-dif-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3640558/en/flebogamma-normal-human-immunoglobulin-measles-pre/post-exposure</t>
+  </si>
+  <si>
+    <t>TYSABRI (natalizumab)</t>
+  </si>
+  <si>
+    <t>08/07/2025 11:06:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983073/en/tysabri-natalizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983073</t>
+  </si>
+  <si>
+    <t>natalizumab</t>
+  </si>
+  <si>
+    <t>BIOGEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490369/en/tysabri</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234483/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780899/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877334/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287332/en/tysabri-150-mg-natalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608834/en/tysabri-natalizumab-relapsing-remitting-multiple-sclerosis-rrms</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639811/en/tysabri-natalizumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>KEPPRA (N/R/ -/ lévétiracetam/ lévétiracétam)</t>
+  </si>
+  <si>
+    <t>07/25/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984457/en/keppra-n/r/-/-levetiracetam/-levetiracetam</t>
+  </si>
+  <si>
+    <t>pprd_2984457</t>
+  </si>
+  <si>
+    <t>lévétiracétam</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398978/en/keppra-levetiracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460095/en/keppra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_496162/en/keppra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603015/en/keppra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945886/en/keppra-levetiracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969537/en/keppra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638075/en/keppra-levetiracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048970/en/keppra-levetiracetam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638197/en/keppra-levetiracetam-epilepsie-chez-l-enfant-4-ans-et-le-nourrisson-6-mois</t>
+  </si>
+  <si>
+    <t>WELIREG (belzutifan)</t>
+  </si>
+  <si>
+    <t>07/16/2025 16:46:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633425/en/welireg-belzutifan</t>
+  </si>
+  <si>
+    <t>p_3633425</t>
+  </si>
+  <si>
+    <t>belzutifan</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633406/en/welireg-belzutifan-maladie-de-von-hippel-lindau</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635779/en/welireg-belzutifan-von-hippel-lindau-disease-vhl</t>
+  </si>
+  <si>
+    <t>VYVGART (efgartigimod alfa)</t>
+  </si>
+  <si>
+    <t>06/24/2025 15:31:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359145/en/vyvgart-efgartigimod-alfa</t>
+  </si>
+  <si>
+    <t>p_3359145</t>
+  </si>
+  <si>
+    <t>efgartigimod alfa</t>
+  </si>
+  <si>
+    <t>ARGENX BV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359123/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402357/en/vyvgart-efgartigimod-alfa-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455583/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516768/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516792/en/vyvgart-efgartigimod-alfa-myasthenia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536075/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632389/en/vyvgart-efgartigimod-alfa-myasthenia</t>
+  </si>
+  <si>
+    <t>ELIQUIS</t>
+  </si>
+  <si>
+    <t>06/13/2025 16:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983394/en/eliquis</t>
+  </si>
+  <si>
+    <t>pprd_2983394</t>
+  </si>
+  <si>
+    <t>apixaban</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616483/en/eliquis-apixaban-anticoagulant-par-voie-orale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008303/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038860/en/eliquis-apixaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826829/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199558/en/eliquis-apixaban</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352188/en/eliquis-apixaban-reevaluation-place-dans-la-strategie-et-population-cible-dans-tvp/ep-en-cas-de-cancer-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-venous-thromboembolism-vte-and-prevention-of-recurrent-vte-in-paediatric-patients-from-28-days-to-less-than-18-years-of-age</t>
+  </si>
+  <si>
+    <t>GILENYA (fingolimod)</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:43:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982821/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>pprd_2982821</t>
+  </si>
+  <si>
+    <t>fingolimod</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084362/en/gilenya</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639636/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755878/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877323/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913088/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266944/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608843/en/gilenya-fingolimod-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>MAVENCLAD</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983075/en/mavenclad</t>
+  </si>
+  <si>
+    <t>pprd_2983075</t>
+  </si>
+  <si>
+    <t>cladribine</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877329/en/mavenclad-cladribine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186725/en/mavenclad</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608846/en/mavenclad-cladribine-multiple-sclerosis-ms</t>
+  </si>
+  <si>
+    <t>OCREVUS</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983136/en/ocrevus</t>
+  </si>
+  <si>
+    <t>pprd_2983136</t>
+  </si>
+  <si>
+    <t>ocrelizumab</t>
+  </si>
+  <si>
+    <t>ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868189/en/ocrevus-sep-recurrente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863557/en/ocrevus-ocrelizumab-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608840/en/ocrevus-ocrelizumab-multiple-sclerosis-rms</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609553/en/ocrevus-ocrelizumab-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>ZEPOSIA (ozanimod)</t>
+  </si>
+  <si>
+    <t>06/12/2025 12:00:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226320/en/zeposia-ozanimod</t>
+  </si>
+  <si>
+    <t>p_3226320</t>
+  </si>
+  <si>
+    <t>ozanimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226174/en/zeposia-ozanimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352182/en/zeposia-ozanimod-chlorhydrate-d-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410991/en/zeposia-ozanimod-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608837/en/zeposia-ozanimod-relapsing-remitting-multiple-sclerosis-rrms</t>
+  </si>
+  <si>
+    <t>KESIMPTA (ofatumumab)</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:52:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270867/en/kesimpta-ofatumumab</t>
+  </si>
+  <si>
+    <t>p_3270867</t>
+  </si>
+  <si>
+    <t>ofatumumab</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270638/en/kesimpta-ofatumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410976/en/kesimpta-ofatumumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608831/en/kesimpta-ofatumumab-multiple-sclerosis-rms</t>
+  </si>
+  <si>
+    <t>TIXTAR (rifaximine), anti-infectieux intestinal</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:43:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984305/en/tixtar-rifaximine-anti-infectieux-intestinal</t>
+  </si>
+  <si>
+    <t>pprd_2984305</t>
+  </si>
+  <si>
+    <t>rifaximine</t>
+  </si>
+  <si>
+    <t>ALFASIGMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579407/en/tixtar-rifaximin-intestinal-anti-infective-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280941/en/tixtar-rifaximine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606155/en/-tixtar-rifaximin-hepatic-encephalopathy</t>
+  </si>
+  <si>
+    <t>EVRYSDI (risdiplam)</t>
+  </si>
+  <si>
+    <t>05/21/2025 16:29:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289152/en/evrysdi-risdiplam</t>
+  </si>
+  <si>
+    <t>p_3289152</t>
+  </si>
+  <si>
+    <t>risdiplam</t>
+  </si>
+  <si>
+    <t>ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289078/en/evrysdi-0-75-mg/ml-risdiplam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606847/en/evrysdi-risdiplam-spinal-muscular-atrophy-sma</t>
+  </si>
+  <si>
+    <t>FAMPYRA (fampridine)</t>
+  </si>
+  <si>
+    <t>04/30/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983039/en/fampyra-fampridine</t>
+  </si>
+  <si>
+    <t>pprd_2983039</t>
+  </si>
+  <si>
+    <t>fampridine</t>
+  </si>
+  <si>
+    <t>MERZ PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1244156/en/fampyra-fampridine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034297/en/fampyra-fampridine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883451/en/fampyra-fampridine-voltage-dependent-potassium-channel-blocker</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603354/en/fampyra-fampridine-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>AJOVY</t>
+  </si>
+  <si>
+    <t>04/11/2025 17:03:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202599/en/ajovy</t>
+  </si>
+  <si>
+    <t>p_3202599</t>
+  </si>
+  <si>
+    <t>frémanezumab</t>
+  </si>
+  <si>
+    <t>TEVA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202357/en/ajovy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367543/en/ajovy-fremanezumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601431/en/ajovy-fremanezumab-migraine</t>
+  </si>
+  <si>
+    <t>HYQVIA (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>03/05/2025 18:58:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983419/en/hyqvia-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983419</t>
+  </si>
+  <si>
+    <t>immunoglobuline humaine normale (plasmatique)</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823770/en/hyqvia-normal-human-immunoglobulin-multi-purpose-immunoglobulin-combined-with-recombinant-human-hyaluronidase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559091/en/hyqvia-human-normal-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3480473/en/hyqvia-normal-human-immunoglobulin-co-administered-with-recombinant-human-hya-luronidase-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594402/en/hyqvia-human-normal-immunoglobulin-chronic-inflammatory-demyelinating-neuropathy-cidp</t>
+  </si>
+  <si>
+    <t>AMVUTTRA (vutrisiran)</t>
+  </si>
+  <si>
+    <t>02/26/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395883/en/amvuttra-vutrisiran</t>
+  </si>
+  <si>
+    <t>p_3395883</t>
+  </si>
+  <si>
+    <t>vutrisiran</t>
+  </si>
+  <si>
+    <t>ALNYLAM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395907/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402366/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482344/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592928/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine-avec-cardiomyopathie</t>
+  </si>
+  <si>
+    <t>SKYCLARYS (omaveloxolone)</t>
+  </si>
+  <si>
+    <t>02/10/2025 08:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474040/en/skyclarys-omaveloxolone</t>
+  </si>
+  <si>
+    <t>p_3474040</t>
+  </si>
+  <si>
+    <t>omaveloxolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474022/en/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542845/en/skyclarys-omaveloxolone-friedreich-s-ataxia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589534/en/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>BRIUMVI (ublituximab)</t>
+  </si>
+  <si>
+    <t>01/22/2025 11:53:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585042/en/briumvi-ublituximab</t>
+  </si>
+  <si>
+    <t>p_3585042</t>
+  </si>
+  <si>
+    <t>ublituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578966/en/briumvi-ublituximab-multiple-sclerosis-ms</t>
+  </si>
+  <si>
+    <t>NOMANESIT (sumatriptan/naproxène)</t>
+  </si>
+  <si>
+    <t>01/10/2025 08:45:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577142/en/nomanesit-sumatriptan/naproxene</t>
+  </si>
+  <si>
+    <t>p_3577142</t>
+  </si>
+  <si>
+    <t>sumatriptan,naproxène</t>
+  </si>
+  <si>
+    <t>ORION PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577027/en/nomanesit-sumatriptan/naproxene</t>
+  </si>
+  <si>
+    <t>BRINEURA (cerliponase alfa)</t>
+  </si>
+  <si>
+    <t>12/12/2024 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983205/en/brineura-cerliponase-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2983205</t>
+  </si>
+  <si>
+    <t>cerliponase alfa</t>
+  </si>
+  <si>
+    <t>BIOMARIN INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859880/en/brineura-cerliponase-alfa-simple-class</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3571320/en/brineura-150-mg-cerliponase-alfa-rare-disease</t>
+  </si>
+  <si>
+    <t>ZILBRYSQ (zilucoplan sodique)</t>
+  </si>
+  <si>
+    <t>11/29/2024 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505560/en/zilbrysq-zilucoplan-sodique</t>
+  </si>
+  <si>
+    <t>p_3505560</t>
+  </si>
+  <si>
+    <t>zilucoplan sodique</t>
+  </si>
+  <si>
+    <t>UCB PHARMA S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503160/en/zilbrysq-zilucoplan-myasthenia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420820/en/zilbrysq-zilucoplan-myasthenie</t>
+  </si>
+  <si>
+    <t>QALSODY (tofersen)</t>
+  </si>
+  <si>
+    <t>11/28/2024 15:44:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3551919/en/qalsody-tofersen</t>
+  </si>
+  <si>
+    <t>p_3551919</t>
+  </si>
+  <si>
+    <t>tofersen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3551002/en/qalsody-tofersen-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561111/en/qalsody-tofersen-amyotrophic-lateral-sclerosis-als</t>
+  </si>
+  <si>
+    <t>FINTEPLA (fenfluramine)</t>
+  </si>
+  <si>
+    <t>11/27/2024 17:04:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270401/en/fintepla-fenfluramine</t>
+  </si>
+  <si>
+    <t>p_3270401</t>
+  </si>
+  <si>
+    <t>fenfluramine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269738/en/fintepla-fenfluramine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561260/en/fintepla-fenfluramine-epilepsy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561257/en/fintepla-fenfluramine-epilepsy</t>
+  </si>
+  <si>
+    <t>TRANSLARNA (ataluren)</t>
+  </si>
+  <si>
+    <t>11/07/2024 11:21:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983565/en/translarna-ataluren</t>
+  </si>
+  <si>
+    <t>pprd_2983565</t>
+  </si>
+  <si>
+    <t>ataluren</t>
+  </si>
+  <si>
+    <t>PTC THERAPEUTICS INTERNATIONAL LTD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009663/en/translarna-ataluren-rna-interference-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779824/en/translarna-ataluren-rna-interference-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118134/en/translarna-ataluren</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554883/en/translarna-ataluren-duchenne-muscular-dystrophy</t>
+  </si>
+  <si>
+    <t>ROACTEMRA</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:23:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982795/en/roactemra</t>
+  </si>
+  <si>
+    <t>pprd_2982795</t>
+  </si>
+  <si>
+    <t>tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854116/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250135/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717939/en/roactemra-tocilizumab-inhibiteur-de-l-interleukine-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758974/en/roactemra-tocilizumab-inhibiteur-des-recepteurs-de-l-interleukine-6-par-voie-sous-cutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759071/en/roactemra</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585423/en/roactemra-tocilizumab-interleukin-6-receptor-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635025/en/roactemra-arthrite-juvenile-idiopathique-systemique-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635028/en/roactemra-polyarthrite-rhumatoide-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628638/en/roactemra-sc-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2732640/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879351/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872820/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900431/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897001/en/roactemra-tocilizumab-immunosuppressive-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964632/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193723/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262250/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295750/en/roactemra-tocilizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318928/en/roactemra-tocilizumab-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539135/en/roactemra-tocilizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>OXYGENE MEDICINAL (oxygène)</t>
+  </si>
+  <si>
+    <t>09/09/2024 17:19:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984096/en/oxygene-medicinal-oxygene</t>
+  </si>
+  <si>
+    <t>pprd_2984096</t>
+  </si>
+  <si>
+    <t>oxygène</t>
+  </si>
+  <si>
+    <t>AIR LIQUIDE SANTE FRANCE / AIR PRODUCTS / LINDE FRANCE / MESSER FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400038/en/oxygene-medical-air-liquide-sante-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400213/en/oxygene-medicinal-air-liquide-reunion-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651884/en/oxygene-medicinal-messer-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758557/en/oxygene-medicinal-messer-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635764/en/oxygene-medicinal-linde-healthcare-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106170/en/oxygene-medicinal-air-products-medical-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619977/en/oxygene-medicinal-liquide-air-products-medical-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234204/en/oxygene-medicinal-air-liquide-sante-france-oxygene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538260/en/medicinal-oxygen-air-liquide-sante-france-oxygen-medicinal-oxygen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538257/en/oxygene-medicinal-linde-healthcare-oxygene-oxygene-medicinal</t>
+  </si>
+  <si>
+    <t>VALIUM (diazépam)</t>
+  </si>
+  <si>
+    <t>07/29/2024 16:44:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984487/en/valium-diazepam</t>
+  </si>
+  <si>
+    <t>pprd_2984487</t>
+  </si>
+  <si>
+    <t>diazépam</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642367/en/valium-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098676/en/valium-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042196/en/valium-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534479/en/valium-diazepam-premedication</t>
+  </si>
+  <si>
+    <t>DIAZEPAM RENAUDIN (diazépam)</t>
+  </si>
+  <si>
+    <t>07/26/2024 11:58:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983823/en/diazepam-renaudin-diazepam</t>
+  </si>
+  <si>
+    <t>pprd_2983823</t>
+  </si>
+  <si>
+    <t>RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729428/en/diazepam-renaudin-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534497/en/diazepam-renaudin-diazepam-premedication</t>
+  </si>
+  <si>
+    <t>SPINRAZA</t>
+  </si>
+  <si>
+    <t>07/10/2024 11:22:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983397/en/spinraza</t>
+  </si>
+  <si>
+    <t>pprd_2983397</t>
+  </si>
+  <si>
+    <t>nusinersen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826600/en/spinraza-nusinersen-antisense-oligonucleotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199401/en/spinraza</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529321/en/spinraza-nusinersen-spinal-muscular-atrophy</t>
+  </si>
+  <si>
+    <t>ULTOMIRIS</t>
+  </si>
+  <si>
+    <t>07/01/2024 08:38:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202655/en/ultomiris</t>
+  </si>
+  <si>
+    <t>p_3202655</t>
+  </si>
+  <si>
+    <t>ravulizumab</t>
+  </si>
+  <si>
+    <t>ALEXION PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281239/en/ultomiris-300-mg/3-ml-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3274202/en/ultomiris-ravulizumab-shua</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202251/en/ultomiris-ravulizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341428/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358127/en/ultomiris-ravulizumab-hemoglobinurie-paroxystique-nocturne-chez-les-patients-pediatriques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419442/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee-mag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433398/en/ultomiris-ravulizumab-atypical-haemolytic-uremic-syndrome-ahus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455563/en/ultomiris-ravulizumab-myasthenie-acquise-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456902/en/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460121/en/ultomiris-ravulizumab-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527465/en/ultomiris-ravulizumab-inhibiteur-du-complement-c5</t>
+  </si>
+  <si>
+    <t>ZTALMY (ganaxolone)</t>
+  </si>
+  <si>
+    <t>07/01/2024 08:38:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528532/en/ztalmy-ganaxolone</t>
+  </si>
+  <si>
+    <t>p_3528532</t>
+  </si>
+  <si>
+    <t>ganaxolone</t>
+  </si>
+  <si>
+    <t>ORION PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527609/en/ztalmy-ganaxolone-epilepsy</t>
+  </si>
+  <si>
+    <t>AFINITOR (everolimus)</t>
+  </si>
+  <si>
+    <t>06/27/2024 08:26:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983561/en/afinitor-everolimus</t>
+  </si>
+  <si>
+    <t>pprd_2983561</t>
+  </si>
+  <si>
+    <t>everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_918262/en/afinitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241699/en/afinitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528334/en/afinitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719413/en/afinitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055706/en/afinitor-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027898/en/afinitor-everolimus-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589175/en/afinitor-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780977/en/afinitor-everolimus-tyrosine-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098032/en/afinitor-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527216/en/afinitor-everolimus-neuroendocrine-tumours-of-pancreatic-origin</t>
+  </si>
+  <si>
+    <t>AGAMREE (vamorolone)</t>
+  </si>
+  <si>
+    <t>06/18/2024 09:04:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463669/en/agamree-vamorolone</t>
+  </si>
+  <si>
+    <t>p_3463669</t>
+  </si>
+  <si>
+    <t>vamorolone</t>
+  </si>
+  <si>
+    <t>SANTHERA PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463630/en/agamree-vamorolone-traitement-de-la-dystrophie-musculaire-de-duchenne-dmd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516936/en/agamree-vamorolone-traitement-de-la-dystrophie-musculaire-de-duchenne-dmd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3523614/en/agamree-vamorolone-duchenne-muscular-dystrophy-dmd</t>
+  </si>
+  <si>
+    <t>SOLIRIS</t>
+  </si>
+  <si>
+    <t>05/17/2024 10:38:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983133/en/soliris</t>
+  </si>
+  <si>
+    <t>pprd_2983133</t>
+  </si>
+  <si>
+    <t>eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605768/en/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1319245/en/soliris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623651/en/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868565/en/soliris-eculizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202348/en/soliris</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427913/en/soliris-eculizumab-atypical-haemolytic-uraemic-syndrome-ahus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517560/en/soliris-eculizumab-myasthenia</t>
+  </si>
+  <si>
+    <t>SIANALAR</t>
+  </si>
+  <si>
+    <t>03/08/2024 08:40:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982973/en/sianalar</t>
+  </si>
+  <si>
+    <t>pprd_2982973</t>
+  </si>
+  <si>
+    <t>bromure de glycopyrronium</t>
+  </si>
+  <si>
+    <t>EURODEP PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889901/en/sianalar-glycopyrronium-bromide-anticholinergic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499775/en/sialanar-glycopyrronium-bromide-severe-sialorrhoea</t>
+  </si>
+  <si>
+    <t>CLAIRYG (immunoglobuline humaine normale/ immunoglobuline humaine normale (plas...)</t>
+  </si>
+  <si>
+    <t>03/06/2024 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982739/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>pprd_2982739</t>
+  </si>
+  <si>
+    <t>LFB-BIOMEDICAMENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928130/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971108/en/clairyg-immunoglobuline-humaine-normale/-immunoglobuline-humaine-normale-plas</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820109/en/clairyg-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452178/en/clairyg-immunoglobuline-humaine-normale-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>DOTAREM (acide gadotérique)</t>
+  </si>
+  <si>
+    <t>02/22/2024 18:33:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983120/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>pprd_2983120</t>
+  </si>
+  <si>
+    <t>acide gadotérique</t>
+  </si>
+  <si>
+    <t>GUERBET FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400090/en/dotarem-0-5-mmol/ml-seringues-pre-remplies-de-15-20-ml-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_743951/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716262/en/dotarem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716253/en/dotarem-acide-gadoterique-produit-de-contraste-paramagnetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778239/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013192/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798540/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869895/en/gadolinium-based-contrast-agent-dotarem-gadoteric-acid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186479/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189746/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264404/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497041/en/dotarem-acide-gadoterique-produit-de-contraste-pour-imagerie-par-resonnance-magnetique</t>
+  </si>
+  <si>
+    <t>SCYOVA (foslévodopa/foscarbidopa)</t>
+  </si>
+  <si>
+    <t>02/02/2024 16:05:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492781/en/scyova-foslevodopa/foscarbidopa</t>
+  </si>
+  <si>
+    <t>p_3492781</t>
+  </si>
+  <si>
+    <t>foslévodopa,foscarbidopa</t>
+  </si>
+  <si>
+    <t>ABBVIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492656/en/scyova-foslevodopa/foscarbidopa-parkinson-s-disease</t>
+  </si>
+  <si>
+    <t>KYNMOBI (chlorhydrate d'apomorphine)</t>
+  </si>
+  <si>
+    <t>02/02/2024 16:04:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492797/en/kynmobi-chlorhydrate-d-apomorphine</t>
+  </si>
+  <si>
+    <t>p_3492797</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'apomorphine</t>
+  </si>
+  <si>
+    <t>PHARMABLUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492683/en/kynmobi-apomorphine-hydrochloride-parkinson-s-disease</t>
+  </si>
+  <si>
+    <t>BOTOX</t>
+  </si>
+  <si>
+    <t>01/10/2024 09:02:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982764/en/botox</t>
+  </si>
+  <si>
+    <t>pprd_2982764</t>
+  </si>
+  <si>
+    <t>toxine botulinique de type A</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399774/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399919/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443245/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916585/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281708/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782527/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967154/en/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098271/en/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303898/en/botox-type-a-botulinum-toxin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487172/en/botox-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+  </si>
+  <si>
+    <t>PRADAXA</t>
+  </si>
+  <si>
+    <t>01/10/2024 08:59:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983140/en/pradaxa</t>
+  </si>
+  <si>
+    <t>pprd_2983140</t>
+  </si>
+  <si>
+    <t>dabigatran</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_698139/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740793/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221597/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008301/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572151/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735608/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826822/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867487/en/pradaxa-dabigatran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199398/en/pradaxa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478094/en/pradaxa-dabigatran-etexilate-traitement-des-evenements-thromboemboliques-veineux-etev-pediatrique</t>
+  </si>
+  <si>
+    <t>BAVENCIO</t>
+  </si>
+  <si>
+    <t>11/09/2023 10:03:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983108/en/bavencio</t>
+  </si>
+  <si>
+    <t>pprd_2983108</t>
+  </si>
+  <si>
+    <t>avelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872662/en/bavencio-avelumab-anti-pdl1-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165896/en/bavencio-avelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184665/en/bavencio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243896/en/bavencio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470393/en/bavencio-avelumab-merkel-cell-carcinoma-mcc</t>
+  </si>
+  <si>
+    <t>MANTADIX (amantadine (chlorhydrate d’))</t>
+  </si>
+  <si>
+    <t>09/08/2023 11:26:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984919/en/mantadix-amantadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984919</t>
+  </si>
+  <si>
+    <t>amantadine (chlorhydrate d’)</t>
+  </si>
+  <si>
+    <t>LABORATOIRE X.O</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474411/en/mantadix-amantadine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1599740/en/mantadix-amantadine-dopaminergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280908/en/mantadix-amantadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280905/en/mantadix-amantadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459838/en/mantadix-chlorhydrate-d-amantadine-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>GAMUNEX (immunoglobuline humaine normale)</t>
+  </si>
+  <si>
+    <t>08/03/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107219/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>p_3107219</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106161/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191678/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232152/en/gamunex-immunoglobuline-humaine-normale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455979/en/gamunex-normal-human-immunoglobulin-measles-pre-/post-exposure-prophylaxis-for-susceptible-adults-children-and-adolescents-0-18-years</t>
+  </si>
+  <si>
+    <t>XEOMIN (N/R/ neurotoxine de Clostridium Botulinum de type A (150 kD), sans pro...)</t>
+  </si>
+  <si>
+    <t>06/29/2023 12:44:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983927/en/xeomin-n/r/-neurotoxine-de-clostridium-botulinum-de-type-a-150-kd-sans-pro</t>
+  </si>
+  <si>
+    <t>pprd_2983927</t>
+  </si>
+  <si>
+    <t>neurotoxine de clostridium botulinum de type A</t>
+  </si>
+  <si>
+    <t>MERZ PHARMA FRANCE S.AS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657773/en/xeomin-neurotoxine-de-clostridium-botulinum-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036534/en/xeomin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256025/en/xeomin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676759/en/xeomin-neurotoxine-de-clostridium-botulinum-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330893/en/xeomin-toxine-botulinique-type-a-sialorrhee-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448222/en/xeomin-clostridium-botulinum-neurotoxin-type-a-spasticity-of-the-upper-limb</t>
+  </si>
+  <si>
+    <t>ONTOZRY (cénobamate)</t>
+  </si>
+  <si>
+    <t>06/28/2023 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295737/en/ontozry-cenobamate</t>
+  </si>
+  <si>
+    <t>p_3295737</t>
+  </si>
+  <si>
+    <t>cénobamate</t>
+  </si>
+  <si>
+    <t>Arvelle Therapeutics Netherlands BV</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287323/en/ontozry</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331958/en/ontozry-cenobamate-epilepsie-focale</t>
+  </si>
+  <si>
+    <t>ISOPTINE (vérapamil (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>05/25/2023 09:59:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983271/en/isoptine-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983271</t>
+  </si>
+  <si>
+    <t>vérapamil (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>VIATRIS MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614766/en/isoptine-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329825/en/isoptine-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852601/en/isoptine-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443280/en/isoptine-verapamil-hydrochloride-cluster-headaches</t>
+  </si>
+  <si>
+    <t>ZOLGENSMA (onasemnogene abeparvovec)</t>
+  </si>
+  <si>
+    <t>05/25/2023 14:10:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225241/en/zolgensma-onasemnogene-abeparvovec</t>
+  </si>
+  <si>
+    <t>p_3225241</t>
+  </si>
+  <si>
+    <t>onasemnogène abéparvovec</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224937/en/zolgensma-onasemnogene-abeparvovec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291799/en/zolgensma-onasemnogene-abeparvovec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442932/en/zolgensma-onasemnogene-abeparvovec-spinal-muscular-atrophy-sma</t>
+  </si>
+  <si>
+    <t>DYSPORT</t>
+  </si>
+  <si>
+    <t>05/22/2023 09:37:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984966/en/dysport</t>
+  </si>
+  <si>
+    <t>pprd_2984966</t>
+  </si>
+  <si>
+    <t>toxine botulinique type A</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446634/en/dysport</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339917/en/dysport</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202242/en/dysport</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394941/en/dysport-300-et-500-unites-speywood-toxine-botulinique-de-type-a-incontinence-urinaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434800/en/dysport-500-unites-speywood-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+  </si>
+  <si>
+    <t>NEURACEQ (florbétabène (18F))</t>
+  </si>
+  <si>
+    <t>04/25/2023 17:41:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982906/en/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>pprd_2982906</t>
+  </si>
+  <si>
+    <t>florbétabène (18F)</t>
+  </si>
+  <si>
+    <t>CURIUM PET FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899212/en/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427910/en/neuraceq-florbetaben-18f-alzheimer-s-disease</t>
+  </si>
+  <si>
+    <t>BRIVIACT (brivaracétam)</t>
+  </si>
+  <si>
+    <t>01/09/2023 09:52:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983977/en/briviact-brivaracetam</t>
+  </si>
+  <si>
+    <t>pprd_2983977</t>
+  </si>
+  <si>
+    <t>brivaracétam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2664617/en/briviact-brivaracetam-antiepileptic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402018/en/briviact-brivaracetam-epilepsie-de-l-enfant-et-de-l-adolescent-2-a-15-ans-inclus</t>
+  </si>
+  <si>
+    <t>LECIGIMON (lévodopa/ carbidopa/ entacapone)</t>
+  </si>
+  <si>
+    <t>01/09/2023 14:12:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330861/en/lecigimon-levodopa/-carbidopa/-entacapone</t>
+  </si>
+  <si>
+    <t>p_3330861</t>
+  </si>
+  <si>
+    <t>lévodopa,carbidopa,entacapone</t>
+  </si>
+  <si>
+    <t>EG LABO - LABORATOIRES EUROGENERIC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330854/en/lecigimon-levodopa/-carbidopa/-entacapone-maladie-de-parkinson-a-un-stade-avance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402036/en/lecigimon-levodopa-/-carbidopa-/-entacapone-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>VYEPTI (eptinezumab)</t>
+  </si>
+  <si>
+    <t>11/09/2022 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3384640/en/vyepti-eptinezumab</t>
+  </si>
+  <si>
+    <t>p_3384640</t>
+  </si>
+  <si>
+    <t>eptinezumab</t>
+  </si>
+  <si>
+    <t>LUNDBECK SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382726/en/vyepti-eptinezumab</t>
+  </si>
+  <si>
+    <t>SUMATRIPTAN SUN (sumatriptan)</t>
+  </si>
+  <si>
+    <t>10/25/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985144/en/sumatriptan-sun-sumatriptan</t>
+  </si>
+  <si>
+    <t>pprd_2985144</t>
+  </si>
+  <si>
+    <t>sumatriptan</t>
+  </si>
+  <si>
+    <t>SUN PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075826/en/sumatriptan-sun-sumatriptan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380762/en/sumatriptan-sun-sumatriptan</t>
+  </si>
+  <si>
+    <t>FLUCORTAC (fludrocortisone (acétate de))</t>
+  </si>
+  <si>
+    <t>10/13/2022 09:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983307/en/flucortac-fludrocortisone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983307</t>
+  </si>
+  <si>
+    <t>fludrocortisone (acétate de)</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671828/en/flucortac-fludrocortisone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847936/en/flucortac-fludrocortisone-corticosteroid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375776/en/flucortac-acetate-de-fludrocortisone</t>
+  </si>
+  <si>
+    <t>SATIVEX (cannabis (feuille et fleur de) riche en cannabidiol, extrait mou de)</t>
+  </si>
+  <si>
+    <t>09/02/2022 16:49:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984661/en/sativex-cannabis-feuille-et-fleur-de-riche-en-cannabidiol-extrait-mou-de</t>
+  </si>
+  <si>
+    <t>pprd_2984661</t>
+  </si>
+  <si>
+    <t>cannabis (feuille et fleur de) riche en cannabidiol, extrait mou de</t>
+  </si>
+  <si>
+    <t>ALMIRALL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775578/en/sativex-delta-9-tetrahydrocannabinol/cannabidiol-analgesic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361559/en/sativex-cannabis-feuille-et-fleur-de-riche-en-tetrahydrocannabinol-traitement-des-symptomes-lies-a-une-spasticite-moderee-a-severe-due-a-une-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>OCTAGAM (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>07/29/2022 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983666/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983666</t>
+  </si>
+  <si>
+    <t>OCTAPHARMA  SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1048924/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069661/en/octagam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014035/en/octagam-50-mg/ml-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754740/en/octagam-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332730/en/octagam-immunoglobuline-humaine-normale-neuropathie-motrice-multifocale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358109/en/octagam-immunoglobuline-humaine-normale-dermatomyosite</t>
+  </si>
+  <si>
+    <t>VIZAMYL (flutémétamol, 18F)</t>
+  </si>
+  <si>
+    <t>07/18/2022 10:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983672/en/vizamyl-flutemetamol-18f</t>
+  </si>
+  <si>
+    <t>pprd_2983672</t>
+  </si>
+  <si>
+    <t>flutémétamol (18F)</t>
+  </si>
+  <si>
+    <t>GE HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2753721/en/vizamyl-flutemetamol-18f-diagnostic-product-for-the-central-nervous-system</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352209/en/vizamyl-flutemetamol-18f-produit-diagnostique-de-la-maladie-d-alzheimer</t>
+  </si>
+  <si>
+    <t>HIZENTRA (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>06/07/2022 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983129/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983129</t>
+  </si>
+  <si>
+    <t>CSL BEHRING SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965166/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868844/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1099607/en/hizentra-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342053/en/hizentra-immunoglobuline-humaine-normale-deficits-immunitaires-primitifs</t>
+  </si>
+  <si>
+    <t>AUBAGIO (tériflunomide)</t>
+  </si>
+  <si>
+    <t>04/12/2022 18:19:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983852/en/aubagio-teriflunomide</t>
+  </si>
+  <si>
+    <t>pprd_2983852</t>
+  </si>
+  <si>
+    <t>tériflunomide</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730041/en/aubagio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722045/en/aubagio-teriflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117100/en/aubagio-teriflunomide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330878/en/aubagio-teriflunomide-sep-recurrentes-remittentes</t>
+  </si>
+  <si>
+    <t>AIMOVIG (erenumab)</t>
+  </si>
+  <si>
+    <t>04/12/2022 18:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330955/en/aimovig-erenumab</t>
+  </si>
+  <si>
+    <t>p_3330955</t>
+  </si>
+  <si>
+    <t>erenumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330875/en/aimovig-erenumab-migraine</t>
+  </si>
+  <si>
+    <t>LAMICTAL - LAMICSTART (lamotrigine)</t>
+  </si>
+  <si>
+    <t>03/07/2022 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985274/en/lamictal-lamicstart-lamotrigine</t>
+  </si>
+  <si>
+    <t>pprd_2985274</t>
+  </si>
+  <si>
+    <t>lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957059/en/lamictal-lamicstart</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652822/en/lamictal-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556176/en/lamictal-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957058/en/lamictal-lamicstart</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399433/en/lamictal-25mg-comprimes-dispersibles-lamictal-100mg-comprimes-dispersibles-boite-de-30-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398983/en/lamictal-25-mg-comprime-instauration-du-traitement-boite-de-21-lamictal-50-mg-comprime-instauration-du-traitement-boite-de-42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398982/en/lamictal-5-mg-comprime-dispersible-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098822/en/lamictal-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148224/en/lamictal-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322081/en/lamictal-lamotrigine-epilepsies-partielles-et-generalisees</t>
+  </si>
+  <si>
+    <t>ENSPRYNG (satralizumab)</t>
+  </si>
+  <si>
+    <t>02/10/2022 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316380/en/enspryng-satralizumab</t>
+  </si>
+  <si>
+    <t>p_3316380</t>
+  </si>
+  <si>
+    <t>satralizumab</t>
+  </si>
+  <si>
+    <t>ROCHE France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316324/en/enspryng-satralizumab</t>
+  </si>
+  <si>
+    <t>EPIDYOLEX</t>
+  </si>
+  <si>
+    <t>01/10/2022 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184783/en/epidyolex</t>
+  </si>
+  <si>
+    <t>p_3184783</t>
+  </si>
+  <si>
+    <t>cannabidiol</t>
+  </si>
+  <si>
+    <t>GW PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184448/en/epidyolex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308700/en/epidyolex-100-mg/ml-cannabidiol</t>
+  </si>
+  <si>
+    <t>TARGAXAN (rifaximine)</t>
+  </si>
+  <si>
+    <t>08/05/2021 09:41:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984300/en/targaxan-rifaximine</t>
+  </si>
+  <si>
+    <t>pprd_2984300</t>
+  </si>
+  <si>
+    <t>NORGINE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579431/en/targaxan-rifaximine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280963/en/targaxan-rifaximine</t>
+  </si>
+  <si>
+    <t>FYCOMPA (pérampanel)</t>
+  </si>
+  <si>
+    <t>06/24/2021 15:41:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982727/en/fycompa-perampanel</t>
+  </si>
+  <si>
+    <t>pprd_2982727</t>
+  </si>
+  <si>
+    <t>pérampanel</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3644185/fr/leqembi-lecanemab-maladie-d-alzheimer</t>
-[...1982 lines deleted...]
-    <t>p_3460016</t>
+    <t>https://www.has-sante.fr/jcms/c_1638077/en/fycompa-perampanel-antiepileptique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682097/en/fycompa-perampanel-antiepileptic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972296/en/fycompa-perampanel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106646/en/fycompa-perampanel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273462/en/fycompa-perampanel-crises-d-epilepsie-gtcp-et-egi</t>
+  </si>
+  <si>
+    <t>TECFIDERA</t>
+  </si>
+  <si>
+    <t>05/18/2021 17:55:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984760/en/tecfidera</t>
+  </si>
+  <si>
+    <t>pprd_2984760</t>
+  </si>
+  <si>
+    <t>diméthyle fumarate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743058/en/tecfidera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266575/en/tecfidera-dimethyle-fumarate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398695/en/tecfidera-dimethyle-fumarate-sclerose-en-plaques-de-forme-remittente-recurrente-sep-rr</t>
+  </si>
+  <si>
+    <t>VIMPAT (lacosamide)</t>
+  </si>
+  <si>
+    <t>05/07/2021 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983013/en/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>pprd_2983013</t>
+  </si>
+  <si>
+    <t>lacosamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763759/en/vimpat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558823/en/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818028/en/vimpat-lacosamide-antiepileptic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885813/en/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264975/en/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>KARDEGIC (acetylsalicylate de DL-lysine)</t>
+  </si>
+  <si>
+    <t>04/30/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983750/en/kardegic-acetylsalicylate-de-dl-lysine</t>
+  </si>
+  <si>
+    <t>pprd_2983750</t>
+  </si>
+  <si>
+    <t>acetylsalicylate de DL-lysine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399270/en/kardegic-75-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-160-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-300-mg-poudre-pour-solution-buvable-en-sachet-dose-boite-de-30-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461070/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104031/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742062/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262649/en/kardegic-acetylsalicylate-de-dl-lysine</t>
+  </si>
+  <si>
+    <t>DUPHALAC (lactulose)</t>
+  </si>
+  <si>
+    <t>04/09/2021 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983327/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>pprd_2983327</t>
+  </si>
+  <si>
+    <t>lactulose</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603123/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361963/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728827/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843881/en/duphalac-lactulose-hypoammonaemic-osmotic-laxative</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259733/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>NAMUSCLA</t>
+  </si>
+  <si>
+    <t>03/29/2021 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143419/en/namuscla</t>
+  </si>
+  <si>
+    <t>p_3143419</t>
+  </si>
+  <si>
+    <t>mexilétine</t>
+  </si>
+  <si>
+    <t>LUPIN EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135571/en/namuscla-mexiletine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3246176/en/namuscla-mexiletine</t>
+  </si>
+  <si>
+    <t>PLEGRIDY</t>
+  </si>
+  <si>
+    <t>03/16/2021 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984539/en/plegridy</t>
+  </si>
+  <si>
+    <t>pprd_2984539</t>
+  </si>
+  <si>
+    <t>péginterféron bêta-1a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034337/en/plegridy-peginterferon-beta-1a-disease-modifying-therapy-for-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243409/en/plegridy-peginterferon-beta-1a</t>
+  </si>
+  <si>
+    <t>CARMUSTINE OBVIUS (carmustine)</t>
+  </si>
+  <si>
+    <t>03/12/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118543/en/carmustine-obvius-carmustine</t>
+  </si>
+  <si>
+    <t>p_3118543</t>
   </si>
   <si>
     <t>carmustine</t>
   </si>
   <si>
-    <t>ACCORD HEALTHCARE FRANCE SAS</t>
-[...103 lines deleted...]
-  <si>
     <t>MEDAC</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3447602/fr/lomustine-medac-lomustine-antineoplasique</t>
-[...161 lines deleted...]
-    <t>p_3431514</t>
+    <t>https://www.has-sante.fr/jcms/p_3118398/en/carmustine-obvius-carmustine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242568/en/carmustine-obvius-carmustine</t>
+  </si>
+  <si>
+    <t>VYNDAQEL</t>
+  </si>
+  <si>
+    <t>10/16/2020 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985026/en/vyndaqel</t>
+  </si>
+  <si>
+    <t>pprd_2985026</t>
+  </si>
+  <si>
+    <t>tafamidis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1247876/en/vyndaqel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115172/en/vyndaqel-tafamidis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212995/en/vyndaqel</t>
+  </si>
+  <si>
+    <t>MAYZENT</t>
+  </si>
+  <si>
+    <t>07/24/2020 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196769/en/mayzent</t>
+  </si>
+  <si>
+    <t>p_3196769</t>
+  </si>
+  <si>
+    <t>siponimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196679/en/mayzent</t>
+  </si>
+  <si>
+    <t>EMGALITY</t>
+  </si>
+  <si>
+    <t>06/29/2020 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191590/en/emgality</t>
+  </si>
+  <si>
+    <t>p_3191590</t>
+  </si>
+  <si>
+    <t>galcanézumab</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191463/en/emgality</t>
+  </si>
+  <si>
+    <t>INOVELON (rufinamide)</t>
+  </si>
+  <si>
+    <t>11/25/2019 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984518/en/inovelon-rufinamide</t>
+  </si>
+  <si>
+    <t>pprd_2984518</t>
+  </si>
+  <si>
+    <t>rufinamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766284/en/inovelon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038286/en/inovelon-rufinamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119786/en/inovelon-rufinamide</t>
+  </si>
+  <si>
+    <t>TEGSEDI</t>
+  </si>
+  <si>
+    <t>09/30/2019 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982780/en/tegsedi</t>
+  </si>
+  <si>
+    <t>pprd_2982780</t>
+  </si>
+  <si>
+    <t>inotersen</t>
+  </si>
+  <si>
+    <t>AKCEA THERAPEUTICS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965636/en/tegsedi-inotersen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106176/en/tegsedi-inotersen</t>
+  </si>
+  <si>
+    <t>VOTUBIA (evérolimus)</t>
+  </si>
+  <si>
+    <t>09/12/2019 09:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983228/en/votubia-everolimus</t>
+  </si>
+  <si>
+    <t>pprd_2983228</t>
+  </si>
+  <si>
+    <t>evérolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1192687/en/votubia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525543/en/votubia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2007294/en/votubia-everolimus-mtor-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658507/en/votubia-everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857763/en/votubia-everolimus-tyrosine-kinase-protein-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080464/en/votubia-everolimus</t>
+  </si>
+  <si>
+    <t>SIGNIFOR (pasiréotide)</t>
+  </si>
+  <si>
+    <t>03/12/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982844/en/signifor-pasireotide</t>
+  </si>
+  <si>
+    <t>pprd_2982844</t>
+  </si>
+  <si>
+    <t>pasiréotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284805/en/signifor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034331/en/signifor-pasireotide-somatostatin-analogue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839029/en/signifor-pasireotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908487/en/signifor-pasireotide</t>
+  </si>
+  <si>
+    <t>CUPRIOR (trientine (tétrachlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/11/2019 16:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982852/en/cuprior-trientine-tetrachlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982852</t>
+  </si>
+  <si>
+    <t>trientine (tétrachlorhydrate de)</t>
+  </si>
+  <si>
+    <t>GMP-ORPHAN SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908456/en/cuprior-trientine-tetrachlorhydrate-de</t>
+  </si>
+  <si>
+    <t>MERONEM (méropénem trihydraté)</t>
+  </si>
+  <si>
+    <t>11/30/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983003/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983003</t>
+  </si>
+  <si>
+    <t>méropénem trihydraté</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713145/en/meronem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610188/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2610506/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886960/en/meronem-meropenem-trihydrate</t>
+  </si>
+  <si>
+    <t>LEMTRADA</t>
+  </si>
+  <si>
+    <t>10/25/2018 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983077/en/lemtrada</t>
+  </si>
+  <si>
+    <t>pprd_2983077</t>
+  </si>
+  <si>
+    <t>alemtuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804109/en/lemtrada-alemtuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590010/en/lemtrada-alemtuzumab-selective-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877320/en/lemtrada-alemtuzumab</t>
+  </si>
+  <si>
+    <t>ZEBINIX (acétate d'eslicarbazépine/ eslicarbazépine (acétate d'))</t>
+  </si>
+  <si>
+    <t>10/09/2018 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983097/en/zebinix-acetate-d-eslicarbazepine/-eslicarbazepine-acetate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983097</t>
+  </si>
+  <si>
+    <t>acétate d'eslicarbazépine,eslicarbazépine (acétate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991889/en/zebinix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749829/en/zebinix-acetate-d-eslicarbazepine/-eslicarbazepine-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2875359/en/zebinix-acetate-d-eslicarbazepine/-eslicarbazepine-acetate-d</t>
+  </si>
+  <si>
+    <t>MULTIHANCE (diméglumine (gadobénate de))</t>
+  </si>
+  <si>
+    <t>01/17/2019 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983117/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983117</t>
+  </si>
+  <si>
+    <t>diméglumine (gadobénate de)</t>
+  </si>
+  <si>
+    <t>BRACCO IMAGING FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399155/en/multihance-0-5-mmol/ml-solution-injectable-iv-flacons-de-5-ml-10-ml-15-ml-et-20-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538092/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810805/en/multihance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234480/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648993/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1779498/en/multihance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635801/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869904/en/multihance-gadobenic-acid-paramagnetic-contrast-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869916/en/gadolinium-based-contrast-agent-multihance-gadobenic-acid</t>
+  </si>
+  <si>
+    <t>SPASMAG (levure saccharomyces cerevisae/ magnésium (sulfate de) heptahydraté)</t>
+  </si>
+  <si>
+    <t>08/31/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983130/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983130</t>
+  </si>
+  <si>
+    <t>levure saccharomyces cerevisae,magnésium (sulfate de) heptahydraté</t>
+  </si>
+  <si>
+    <t>GRIMBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642478/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676887/en/spasmag-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_739497/en/spasmag</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367951/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808598/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868647/en/spasmag-injectable-levure-saccharomyces-cerevisae/-magnesium-sulfate-de-heptahydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400554/en/spasmag-solution-buvable-b/30-code-cip-329-263-5-spasmag-comprime-pour-suspension-buvable-b/30-code-cip-329-397-1-b/42-code-cip-329-398-8-spasmag-gelule-b/60-code-cip-323-690-9</t>
+  </si>
+  <si>
+    <t>MUPHORAN (fotémustine)</t>
+  </si>
+  <si>
+    <t>02/14/2019 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983175/en/muphoran-fotemustine</t>
+  </si>
+  <si>
+    <t>pprd_2983175</t>
+  </si>
+  <si>
+    <t>fotémustine</t>
+  </si>
+  <si>
+    <t>SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758663/en/muphoran</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863546/en/muphoran-fotemustine-nitrosourea</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400874/en/muphoran-poudre-et-solution-pour-usage-parenteral-a-diluer-perfusion-1-flacon-en-verre-brun-de-208-mg-1-ampoule-s-en-verre-de-4-ml-331-870-2</t>
+  </si>
+  <si>
+    <t>EXELON (Rivastigmine (hydrogénotartrate))</t>
+  </si>
+  <si>
+    <t>05/25/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983276/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>pprd_2983276</t>
+  </si>
+  <si>
+    <t>Rivastigmine (hydrogénotartrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398931/en/exelon-1-5-mg-gelule-exelon-3-mg-gelule-exelon-4-5-mg-gelule-exelon-6-mg-gelule-boites-de-28-et-de-56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400006/en/exelon-2-mg/ml-solution-buvable-flacon-de-50-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593209/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468391/en/exelon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619531/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117849/en/exelon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714286/en/exelon-13-3-mg/24-h-dispositif-transdermique-rivastigmine-anticholinesterasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681008/en/exelon-rivastigmine-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851265/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>EBIXA (mémantine chlorhydrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983277/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983277</t>
+  </si>
+  <si>
+    <t>mémantine chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399676/en/ebixa-10mg-comprime-pellicule-boite-de-56-boite-de-112-ebixa-10mg/g-solution-buvable-flacon-de-50g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593206/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012347/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725214/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593201/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117850/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681003/en/ebixa-memantine-non-competitive-nmda-receptor-antagonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851260/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>ARICEPT (donépézil (chlorhydrate))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983281/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983281</t>
+  </si>
+  <si>
+    <t>donépézil (chlorhydrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593193/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022283/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117852/en/aricept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681001/en/aricept-donepezil-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851228/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>LIXIANA (édoxaban (tosilate d') monohydraté)</t>
+  </si>
+  <si>
+    <t>02/09/2018 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983395/en/lixiana-edoxaban-tosilate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983395</t>
+  </si>
+  <si>
+    <t>édoxaban (tosilate d') monohydraté</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658504/en/lixiana-edoxaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658576/en/lixiana-edoxaban-oral-anticoagulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826827/en/lixiana-edoxaban-tosilate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>ZINBRYTA (daclizumab)</t>
+  </si>
+  <si>
+    <t>02/16/2018 12:07:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983405/en/zinbryta-daclizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983405</t>
+  </si>
+  <si>
+    <t>daclizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742059/en/zinbryta-daclizumab-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825864/en/zinbryta-daclizumab</t>
+  </si>
+  <si>
+    <t>DINUTUXIMAB BETA EUSA (dinutuximab bêta)</t>
+  </si>
+  <si>
+    <t>03/29/2018 12:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983467/en/dinutuximab-beta-eusa-dinutuximab-beta</t>
+  </si>
+  <si>
+    <t>pprd_2983467</t>
+  </si>
+  <si>
+    <t>dinutuximab bêta</t>
+  </si>
+  <si>
+    <t>EUSA PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808580/en/dinutuximab-beta-eusa-dinutuximab-beta-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>HYDROCORTANCYL (prednisolone (acétate de))</t>
+  </si>
+  <si>
+    <t>04/12/2018 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983469/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983469</t>
+  </si>
+  <si>
+    <t>prednisolone (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_724536/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710104/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766752/en/hydrocortancyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807273/en/hydrocortancyl-prednisolone-glucocorticoid</t>
+  </si>
+  <si>
+    <t>ZONEGRAN (N/R/ zonisamide)</t>
+  </si>
+  <si>
+    <t>09/12/2017 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983534/en/zonegran-n/r/-zonisamide</t>
+  </si>
+  <si>
+    <t>pprd_2983534</t>
   </si>
   <si>
     <t>zonisamide</t>
   </si>
   <si>
-    <t>NEURAXPHARM FRANCE</t>
-[...56 lines deleted...]
-    <t>ponésimod</t>
+    <t>https://www.has-sante.fr/jcms/c_400752/en/zonegran-zonisamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761866/en/zonegran-zonisamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011660/en/zonegran-zonisamide-antiepileptic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030374/en/zonegran-zonisamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792315/en/zonegran-zonisamide</t>
+  </si>
+  <si>
+    <t>PRITOR (telmisartan)</t>
+  </si>
+  <si>
+    <t>08/02/2017 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983556/en/pritor-telmisartan</t>
+  </si>
+  <si>
+    <t>pprd_2983556</t>
+  </si>
+  <si>
+    <t>telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399117/en/pritor-20-mg-comprime-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399456/en/pritor-40-mg-comprime-b/28-pritor-80-mg-comprime-b/28-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399511/en/pritor-plus-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538683/en/pritor-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538705/en/pritor-plus-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710760/en/pritor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788588/en/pritor-telmisartan</t>
+  </si>
+  <si>
+    <t>MICARDIS - MICARDISPLUS (hydrochlorothiazide/ telmisartan)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983560/en/micardis-micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>pprd_2983560</t>
+  </si>
+  <si>
+    <t>hydrochlorothiazide,telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398997/en/micardis-20-mg-comprime-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399439/en/micardis-40mg-comprime-b/28-micardis-80mg-comprime-b/28-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523351/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710757/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788567/en/micardis-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777965/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322498/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532214/en/micardisplus-hydrochlorothiazide/-telmisartan</t>
+  </si>
+  <si>
+    <t>GYNERGENE CAFEINE (caféine/ ergotamine (tartrate d'))</t>
+  </si>
+  <si>
+    <t>05/30/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983608/en/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983608</t>
+  </si>
+  <si>
+    <t>caféine,ergotamine (tartrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455464/en/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256027/en/gynergene-cafeine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770184/en/gynergene-cafeine-cafeine/-ergotamine-tartrate-d</t>
+  </si>
+  <si>
+    <t>NEISVAC (vaccin méningococcique polyosidique du groupe C conjugué)</t>
+  </si>
+  <si>
+    <t>05/18/2017 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983621/en/neisvac-vaccin-meningococcique-polyosidique-du-groupe-c-conjugue</t>
+  </si>
+  <si>
+    <t>pprd_2983621</t>
+  </si>
+  <si>
+    <t>vaccin méningococcique polyosidique du groupe C conjugué</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_883298/en/neisvac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038854/en/neisvac-vaccin-meningococcique-polyosidique-du-groupe-c-conjugue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768599/en/neisvac-vaccin-meningococcique-polyosidique-du-groupe-c-conjugue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399982/en/neisvac-suspension-injectable-en-seringue-pre-remplie-vaccin-meningococcique-polyosidique-du-groupe-c-conjugue-seringue-pre-remplie-2-aiguilles-boite-de-1-seringues-pre-remplies-boite-de-10-et-boite-de-20</t>
+  </si>
+  <si>
+    <t>FIRDAPSE (amifampridine (phosphate d'))</t>
+  </si>
+  <si>
+    <t>04/21/2017 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983648/en/firdapse-amifampridine-phosphate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983648</t>
+  </si>
+  <si>
+    <t>amifampridine (phosphate d')</t>
+  </si>
+  <si>
+    <t>BIOMARIN EUROPE Limited</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962465/en/firdapse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757143/en/firdapse-amifampridine-phosphate-d</t>
+  </si>
+  <si>
+    <t>LEPONEX (clozapine)</t>
+  </si>
+  <si>
+    <t>03/09/2017 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983695/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>pprd_2983695</t>
+  </si>
+  <si>
+    <t>clozapine</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517525/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241650/en/leponex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716223/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749470/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>SANDOSTATINE LP (octréotide (acétate d'))</t>
+  </si>
+  <si>
+    <t>03/03/2017 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983708/en/sandostatine-lp-octreotide-acetate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983708</t>
+  </si>
+  <si>
+    <t>octréotide (acétate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399096/en/sandostatine-l-p-10-mg-poudre-et-solvant-pour-suspension-injectable-im-a-liberation-prolongee-sandostatine-l-p-20-mg-poudre-et-solvant-pour-suspension-injectable-im-a-liberation-prolongee-sandostatine-l-p-30-mg-poudre-et-solvant-pour-suspension-injectable-im-a-liberation-prolongee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399163/en/sandostatine-50-g/ml-solution-injectable-en-ampoule-s-c-boite-de-6-ampoules-sandostatine-100-g/ml-solution-injectable-en-ampoule-s-c-boite-de-6-ampoules-sandostatine-500-g/ml-solution-injectable-en-ampoule-s-c-boite-de-6-ampoules</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474592/en/sandostatine-octreotide-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718320/en/sandostatine-octreotide-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2660648/en/sandostatine-octreotide-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671719/en/sandostatine-lp-30-mg-octreotide-somatostatin-analogue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748721/en/sandostatine-lp-octreotide-acetate-d</t>
+  </si>
+  <si>
+    <t>REMINYL (galantamine bromhydrate)</t>
+  </si>
+  <si>
+    <t>01/25/2017 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983883/en/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983883</t>
+  </si>
+  <si>
+    <t>galantamine bromhydrate</t>
+  </si>
+  <si>
+    <t>JANSSEN CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400337/en/reminyl-l-p-8-mg-16-mg-24-mg-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593217/en/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117851/en/reminyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681026/en/reminyl-galantamine-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>TEGELINE (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>09/27/2016 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983986/en/tegeline-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2983986</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399073/en/tegeline-50mg/ml-poudre-et-solvant-pour-solution-pour-perfusion-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538439/en/tegeline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928148/en/tegeline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2661722/en/tegeline-normal-human-immunoglobulin-iv-polyvalent-human-immunoglobulin</t>
+  </si>
+  <si>
+    <t>IASOglio (fluoroéthyl-L tyrosine (18F))</t>
+  </si>
+  <si>
+    <t>11/03/2016 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983995/en/iasoglio-fluoroethyl-l-tyrosine-18f</t>
+  </si>
+  <si>
+    <t>pprd_2983995</t>
+  </si>
+  <si>
+    <t>fluoroéthyl-L tyrosine (18F)</t>
+  </si>
+  <si>
+    <t>IASON GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659628/en/iasoglio-fluoroethyl-l-tyrosine-18f-or-fet-radiopharmaceutical-for-diagnostic-use-for-the-detection-of-tumours</t>
+  </si>
+  <si>
+    <t>COPAXONE (glatiramère (acétate de))</t>
+  </si>
+  <si>
+    <t>08/03/2016 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984014/en/copaxone-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984014</t>
+  </si>
+  <si>
+    <t>glatiramère (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399786/en/copaxone-20-mg/ml-poudre-et-solvant-pour-solution-injectable-flacon-de-20mg-de-poudre-ampoule-de-solvant-de-1ml-boite-de-28-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1057078/en/copaxone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970611/en/copaxone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658567/en/copaxone-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658573/en/copaxone-glatiramere-acetate-de</t>
+  </si>
+  <si>
+    <t>SOMATULINE (lanréotide (acétate de))</t>
+  </si>
+  <si>
+    <t>06/10/2016 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984136/en/somatuline-lanreotide-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984136</t>
+  </si>
+  <si>
+    <t>lanréotide (acétate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399091/en/somatuline-l-p-30-mg-poudre-et-solvant-pour-suspension-injectable-im-a-liberation-prolongee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399200/en/somatuline-l-p-60-mg-solution-injectable-a-liberation-prolongee-en-seringue-preremplie-boite-de-1-seringue-de-0-3-ml-somatuline-l-p-90-mg-solution-injectable-a-liberation-prolongee-en-seringue-preremplie-boite-de-1-seringue-de-0-3-ml-somatuline-l-p-120-mg-solution-injectable-a-liberation-prolongee-en-seringue-preremplie-boite-de-1-seringue-de-0-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399864/en/somatuline-lp-30-mg-poudre-et-solvant-pour-suspension-injectable-im-a-liberation-prolongee-poudre-en-flacon-verre-et-2-ml-de-solvant-en-ampoule-verre-boite-de-1-avec-1-seringue-et-2-aiguilles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400217/en/somatuline-l-p-60-mg-solution-injectable-a-liberation-prolongee-en-seringue-preremplie-boite-de-1-somatuline-l-p-90-mg-solution-injectable-a-liberation-prolongee-en-seringue-preremplie-boite-de-1-somatuline-l-p-120-mg-solution-injectable-a-liberation-prolongee-en-seringue-preremplie-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461178/en/somatuline-lanreotide-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477492/en/somatuline-lanreotide-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019676/en/somatuline-lp-lanreotide-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2586912/en/somatuline-lp-lanreotide-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625989/en/somatuline-lanreotide-somatostatin-analogue</t>
+  </si>
+  <si>
+    <t>ACTILYSE (alteplase)</t>
+  </si>
+  <si>
+    <t>04/06/2016 10:25:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984148/en/actilyse-alteplase</t>
+  </si>
+  <si>
+    <t>pprd_2984148</t>
+  </si>
+  <si>
+    <t>alteplase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399844/en/actilyse-alteplase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866792/en/actilyse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277894/en/actilyse</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621686/en/actilyse-alteplase</t>
+  </si>
+  <si>
+    <t>RISPERDAL - RISPERDALCONSTA - RISPERDALORO (rispéridone)</t>
+  </si>
+  <si>
+    <t>03/30/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984165/en/risperdal-risperdalconsta-risperdaloro-risperidone</t>
+  </si>
+  <si>
+    <t>pprd_2984165</t>
+  </si>
+  <si>
+    <t>rispéridone</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3284793/fr/ponvory-ponesimod</t>
-[...1115 lines deleted...]
-    <t>p_3104929</t>
+    <t>https://www.has-sante.fr/jcms/c_399101/en/risperdal-0-1-pour-cent-1-mg/ml-solution-buvable-flacons-de-60-et-120-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399342/en/risperdal-1-mg-comprime-risperdal-2-mg-comprime-boites-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400148/en/risperdal-0-5-mg-risperdal-1-mg-risperdal-1-mg/ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400989/en/risperdal-1-mg-comprime-pellicule-b/60-risperdal-2-mg-comprime-pellicule-b/60-risperdal-4-mg-comprime-pellicule-b/60-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml-60ml-et-120ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969961/en/risperdal-risperdaloro-risperdalconsta-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241693/en/risperdal-risperdaloro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728502/en/risperdal-risperdaloro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619974/en/risperdal-risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957062/en/risperdalconsta-l-p</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400016/en/risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400339/en/risperdaloro-0-5-mg-comprime-orodispersible-boite-de-28-risperdaloro-1-mg-comprime-orodispersible-boite-de-28-risperdaloro-2-mg-comprime-orodispersible-boite-de-28-risperdaloro-3-mg-comprime-orodispersible-boite-de-28-risperdaloro-4-mg-comprime-orodispersible-boite-de-28-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml</t>
+  </si>
+  <si>
+    <t>TARGINACT (oxycodone (chlorhydrate d')/ naloxone (chlorhydrate de) dihydraté)</t>
+  </si>
+  <si>
+    <t>09/09/2016 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984173/en/targinact-oxycodone-chlorhydrate-d-/-naloxone-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984173</t>
+  </si>
+  <si>
+    <t>oxycodone (chlorhydrate d'),naloxone (chlorhydrate de) dihydraté</t>
+  </si>
+  <si>
+    <t>MUNDIPHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189043/en/targinact</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040129/en/targinact-oxycodone/naloxone-opioid-agonist-antagonist-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617874/en/targinact-oxycodone/naloxone-opioid-analgesic-and-antagonist</t>
+  </si>
+  <si>
+    <t>SOMAVERT (pegvisomant)</t>
+  </si>
+  <si>
+    <t>11/16/2015 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984323/en/somavert-pegvisomant</t>
+  </si>
+  <si>
+    <t>pprd_2984323</t>
+  </si>
+  <si>
+    <t>pegvisomant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399928/en/somavert-10-mg-poudre-et-solvant-pour-solution-injectable-boite-de-30-somavert-15-mg-poudre-et-solvant-pour-solution-injectable-boite-de-30-somavert-20-mg-poudre-et-solvant-pour-solution-injectable-boite-de-1-et-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013230/en/somavert-pegvisomant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600988/en/somavert-pegvisomant-analogue-de-l-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730032/en/somavert</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572175/en/somavert-pegvisomant</t>
+  </si>
+  <si>
+    <t>XADAGO (safinamide)</t>
+  </si>
+  <si>
+    <t>04/18/2016 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984345/en/xadago-safinamide</t>
+  </si>
+  <si>
+    <t>pprd_2984345</t>
+  </si>
+  <si>
+    <t>safinamide (mésilate de)</t>
+  </si>
+  <si>
+    <t>ZAMBON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569071/en/xadago-safinamide-antiparkinsonian</t>
+  </si>
+  <si>
+    <t>NEUPRO (rotigotine)</t>
+  </si>
+  <si>
+    <t>07/17/2015 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984470/en/neupro-rotigotine</t>
+  </si>
+  <si>
+    <t>pprd_2984470</t>
+  </si>
+  <si>
+    <t>rotigotine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666769/en/neupro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490343/en/neupro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648987/en/neupro-rotigotine-agoniste-dopaminergique-non-ergote-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046981/en/neupro-rotigotine</t>
+  </si>
+  <si>
+    <t>DIERGOSPRAY - DIHYDROERGOTAMINE AMDIPHARM (dihydroergotamine (mésilate de))</t>
+  </si>
+  <si>
+    <t>07/07/2015 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984490/en/diergospray-dihydroergotamine-amdipharm-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984490</t>
+  </si>
+  <si>
+    <t>dihydroergotamine (mésilate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400908/en/diergospray-4-mg/ml-solution-pour-pulverisation-nasale-flacon-de-1-ml-cip-347-382-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041958/en/diergospray-dihydroergotamine-amdipharm-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256037/en/dihydroergotamine-amdipharm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968485/en/dihydroergotamine-amdipharm-diergospray-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>REQUIP (ropinirole (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>06/15/2015 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984517/en/requip-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984517</t>
+  </si>
+  <si>
+    <t>ropinirole (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400672/en/requip-0-25-mg-requip-0-50-mg-requip-1-mg-requip-2-mg-requip-5-mg-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944543/en/requip-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773263/en/requip</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038289/en/requip-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>SIFROL (pramipexole (dichlorhydrate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984524/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984524</t>
+  </si>
+  <si>
+    <t>pramipexole (dichlorhydrate de) monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400017/en/sifrol-0-125-mg-comprime-boite-de-30-sifrol-0-25-mg-comprime-boite-de-30-sifrol-0-5-mg-comprime-boite-de-30-sifrol-1-mg-comprime-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517621/en/sifrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_912566/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058652/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356136/en/sifrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038119/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>TROBALT (retigabine), antiépileptique</t>
+  </si>
+  <si>
+    <t>06/10/2014 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984776/en/trobalt-retigabine-antiepileptique</t>
+  </si>
+  <si>
+    <t>pprd_2984776</t>
+  </si>
+  <si>
+    <t>retigabine,rétigabine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1078992/en/trobalt</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739172/en/trobalt</t>
+  </si>
+  <si>
+    <t>PRIVIGEN (immunoglobuline humaine normale (plasmatique))</t>
+  </si>
+  <si>
+    <t>03/05/2014 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984872/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>pprd_2984872</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697321/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671506/en/privigen-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701300/en/privigen-immunoglobuline-humaine-immunoglobuline-humaine-normale-plasmatique</t>
+  </si>
+  <si>
+    <t>DESERNIL (méthysergide (maléate de))</t>
+  </si>
+  <si>
+    <t>03/19/2013 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985016/en/desernil-methysergide-maleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985016</t>
+  </si>
+  <si>
+    <t>méthysergide (maléate de)</t>
+  </si>
+  <si>
+    <t>Laboratoire CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477425/en/desernil-sandoz-methysergide-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256036/en/desernil</t>
+  </si>
+  <si>
+    <t>TAMIK (dihydroergotamine (mésilate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985017/en/tamik-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985017</t>
+  </si>
+  <si>
+    <t>Laboratoire ALFA WASSERMANN (ex IPRAD)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490359/en/tamik-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574629/en/tamik-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256031/en/tamik</t>
+  </si>
+  <si>
+    <t>SEGLOR (dihydroergotamine (mésilate de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985018/en/seglor-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985018</t>
+  </si>
+  <si>
+    <t>Laboratoire UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538327/en/seglor-dihydroergotamine-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256030/en/seglor</t>
+  </si>
+  <si>
+    <t>CELANCE (pergolide (mesilate de))</t>
+  </si>
+  <si>
+    <t>07/17/2012 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985177/en/celance-pergolide-mesilate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985177</t>
+  </si>
+  <si>
+    <t>pergolide (mesilate de)</t>
+  </si>
+  <si>
+    <t>Laboratoire LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401012/en/celance-0-05mg-0-25mg-1mg-comprime-secable-boite-de-30-pergolide-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400297/en/celance-0-05-mg-comprime-secable-3-film-s-thermosoude-s-aluminium-de-10-comprime-s-code-cip-338-081-3-celance-0-25-mg-comprime-secable-3-film-s-thermosoude-s-aluminium-de-10-comprime-s-code-cip-338-084-2-celance-1-mg-comprime-secable-film-s-thermosoude-s-aluminium-de-30-comprime-s-code-cip-338-086-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055252/en/celance-pergolide-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019639/en/celance</t>
+  </si>
+  <si>
+    <t>GLIOLAN (acide 5-aminolévulinique)</t>
+  </si>
+  <si>
+    <t>05/16/2011 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985276/en/gliolan-acide-5-aminolevulinique</t>
+  </si>
+  <si>
+    <t>pprd_2985276</t>
+  </si>
+  <si>
+    <t>acide 5-aminolévulinique</t>
+  </si>
+  <si>
+    <t>Laboratoire MEDAC GESELLSCHAFT FÜR MEDIZINISCHE SPEZIALPRÄPARATE mbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954793/en/gliolan</t>
+  </si>
+  <si>
+    <t>ZAVESCA (N/R/ miglustat)</t>
+  </si>
+  <si>
+    <t>02/18/2011 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985302/en/zavesca-n/r/-miglustat</t>
+  </si>
+  <si>
+    <t>pprd_2985302</t>
   </si>
   <si>
     <t>miglustat</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3104691/fr/yargesa-miglustat</t>
-[...4231 lines deleted...]
-  <si>
     <t>Laboratoire ACTELION PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399915/fr/zavesca-miglustat</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_893158/fr/ledertrexate-methotrexate</t>
+    <t>https://www.has-sante.fr/jcms/c_399915/en/zavesca-miglustat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_905044/en/zavesca</t>
   </si>
   <si>
     <t>MENCEVAX (neisseria meningitidis de groupe A/ neisseria meningitidis de groupe C...)</t>
   </si>
   <si>
-    <t>14/03/2011 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985343/fr/mencevax-neisseria-meningitidis-de-groupe-a/-neisseria-meningitidis-de-groupe-c</t>
+    <t>03/14/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985343/en/mencevax-neisseria-meningitidis-de-groupe-a/-neisseria-meningitidis-de-groupe-c</t>
   </si>
   <si>
     <t>pprd_2985343</t>
   </si>
   <si>
     <t>neisseria meningitidis de groupe A,neisseria meningitidis de groupe C,neisseria meningitidis de groupe Y,neisseria meningitidis de groupe W135</t>
   </si>
   <si>
     <t>Laboratoire GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_763780/fr/mencevax-neisseria-meningitidis-de-groupe-a/-neisseria-meningitidis-de-groupe-c</t>
-[...350 lines deleted...]
-    <t>c_937359</t>
+    <t>https://www.has-sante.fr/jcms/c_763780/en/mencevax</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...42 lines deleted...]
-        <v>23</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2653</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>2654</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>2655</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>2656</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>2657</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2658</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>2659</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2653</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>2660</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>2661</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>2662</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>2663</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2664</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>2665</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2653</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>2666</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>2667</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>524</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>2668</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2669</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>2670</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2653</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>2671</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>2672</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>2673</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>2674</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2675</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>2676</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2653</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>2677</v>
+        <v>41</v>
       </c>
       <c r="C6" t="s">
-        <v>2678</v>
+        <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>2679</v>
+        <v>43</v>
       </c>
       <c r="E6" t="s">
-        <v>2680</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2681</v>
+        <v>45</v>
       </c>
       <c r="H6" t="s">
-        <v>2682</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2653</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>2683</v>
+        <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>2684</v>
+        <v>48</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>49</v>
       </c>
       <c r="E7" t="s">
-        <v>2685</v>
+        <v>50</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2686</v>
+        <v>51</v>
       </c>
       <c r="H7" t="s">
-        <v>2687</v>
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>53</v>
+      </c>
+      <c r="C8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D8" t="s">
+        <v>55</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>61</v>
+      </c>
+      <c r="E9" t="s">
+        <v>62</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>63</v>
+      </c>
+      <c r="H9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
+        <v>66</v>
+      </c>
+      <c r="D10" t="s">
+        <v>67</v>
+      </c>
+      <c r="E10" t="s">
+        <v>68</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>69</v>
+      </c>
+      <c r="H10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>72</v>
+      </c>
+      <c r="D11" t="s">
+        <v>73</v>
+      </c>
+      <c r="E11" t="s">
+        <v>74</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>75</v>
+      </c>
+      <c r="H11" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>77</v>
+      </c>
+      <c r="C12" t="s">
+        <v>78</v>
+      </c>
+      <c r="D12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" t="s">
+        <v>80</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>81</v>
+      </c>
+      <c r="H12" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>83</v>
+      </c>
+      <c r="C13" t="s">
+        <v>84</v>
+      </c>
+      <c r="D13" t="s">
+        <v>85</v>
+      </c>
+      <c r="E13" t="s">
+        <v>86</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>87</v>
+      </c>
+      <c r="H13" t="s">
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-[...15396 lines deleted...]
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="C2" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="D2" t="s">
-        <v>27</v>
+        <v>92</v>
       </c>
       <c r="E2" t="s">
-        <v>28</v>
+        <v>93</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>29</v>
+        <v>94</v>
       </c>
       <c r="H2" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J383"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>98</v>
       </c>
       <c r="D2" t="s">
-        <v>35</v>
+        <v>99</v>
       </c>
       <c r="E2" t="s">
-        <v>36</v>
+        <v>100</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>37</v>
+        <v>101</v>
       </c>
       <c r="H2" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>40</v>
+        <v>102</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>103</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>104</v>
       </c>
       <c r="D3" t="s">
-        <v>35</v>
+        <v>105</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>42</v>
+        <v>107</v>
       </c>
       <c r="H3" t="s">
-        <v>43</v>
-[...5 lines deleted...]
-        <v>45</v>
+        <v>108</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B4" t="s">
-        <v>46</v>
+        <v>109</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>110</v>
       </c>
       <c r="D4" t="s">
-        <v>35</v>
+        <v>111</v>
       </c>
       <c r="E4" t="s">
-        <v>36</v>
+        <v>112</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>47</v>
+        <v>113</v>
       </c>
       <c r="H4" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>50</v>
+        <v>114</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B5" t="s">
-        <v>51</v>
+        <v>115</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>116</v>
       </c>
       <c r="D5" t="s">
-        <v>52</v>
+        <v>117</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>118</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>53</v>
+        <v>119</v>
       </c>
       <c r="H5" t="s">
-        <v>54</v>
-[...5 lines deleted...]
-        <v>56</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B6" t="s">
-        <v>57</v>
+        <v>121</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>122</v>
       </c>
       <c r="D6" t="s">
-        <v>52</v>
+        <v>123</v>
       </c>
       <c r="E6" t="s">
-        <v>58</v>
+        <v>124</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>59</v>
+        <v>125</v>
       </c>
       <c r="H6" t="s">
-        <v>60</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>126</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B7" t="s">
-        <v>63</v>
+        <v>127</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>128</v>
       </c>
       <c r="D7" t="s">
-        <v>52</v>
+        <v>129</v>
       </c>
       <c r="E7" t="s">
-        <v>58</v>
+        <v>130</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>64</v>
+        <v>131</v>
       </c>
       <c r="H7" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>132</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B8" t="s">
-        <v>67</v>
+        <v>133</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>134</v>
       </c>
       <c r="D8" t="s">
-        <v>52</v>
+        <v>135</v>
       </c>
       <c r="E8" t="s">
-        <v>58</v>
+        <v>136</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>68</v>
+        <v>137</v>
       </c>
       <c r="H8" t="s">
-        <v>69</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>138</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B9" t="s">
-        <v>71</v>
+        <v>139</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>140</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>135</v>
       </c>
       <c r="E9" t="s">
-        <v>58</v>
+        <v>136</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>72</v>
+        <v>141</v>
       </c>
       <c r="H9" t="s">
-        <v>73</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>142</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B10" t="s">
-        <v>74</v>
+        <v>143</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>144</v>
       </c>
       <c r="D10" t="s">
-        <v>52</v>
+        <v>145</v>
       </c>
       <c r="E10" t="s">
-        <v>58</v>
+        <v>146</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>75</v>
+        <v>147</v>
       </c>
       <c r="H10" t="s">
-        <v>76</v>
-[...5 lines deleted...]
-        <v>62</v>
+        <v>148</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B11" t="s">
-        <v>77</v>
+        <v>149</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>150</v>
       </c>
       <c r="D11" t="s">
-        <v>78</v>
+        <v>151</v>
       </c>
       <c r="E11" t="s">
-        <v>79</v>
+        <v>152</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>80</v>
+        <v>153</v>
       </c>
       <c r="H11" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>83</v>
+        <v>154</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B12" t="s">
-        <v>84</v>
+        <v>155</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>156</v>
       </c>
       <c r="D12" t="s">
-        <v>85</v>
+        <v>157</v>
       </c>
       <c r="E12" t="s">
-        <v>79</v>
+        <v>158</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>86</v>
+        <v>159</v>
       </c>
       <c r="H12" t="s">
-        <v>87</v>
-[...5 lines deleted...]
-        <v>89</v>
+        <v>160</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B13" t="s">
-        <v>90</v>
+        <v>161</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>162</v>
       </c>
       <c r="D13" t="s">
-        <v>91</v>
+        <v>163</v>
       </c>
       <c r="E13" t="s">
-        <v>79</v>
+        <v>164</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>92</v>
+        <v>165</v>
       </c>
       <c r="H13" t="s">
-        <v>93</v>
-[...5 lines deleted...]
-        <v>95</v>
+        <v>166</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B14" t="s">
-        <v>96</v>
+        <v>167</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>168</v>
       </c>
       <c r="D14" t="s">
-        <v>97</v>
+        <v>169</v>
       </c>
       <c r="E14" t="s">
-        <v>98</v>
+        <v>170</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>99</v>
+        <v>171</v>
       </c>
       <c r="H14" t="s">
-        <v>100</v>
-[...5 lines deleted...]
-        <v>102</v>
+        <v>172</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="B15" t="s">
-        <v>103</v>
+        <v>173</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>174</v>
       </c>
       <c r="D15" t="s">
-        <v>104</v>
+        <v>175</v>
       </c>
       <c r="E15" t="s">
-        <v>105</v>
+        <v>176</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>106</v>
+        <v>177</v>
       </c>
       <c r="H15" t="s">
-        <v>107</v>
-[...452 lines deleted...]
-      <c r="J29" t="s">
         <v>178</v>
       </c>
     </row>
-    <row r="30">
-[...11326 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H91"/>
+  <dimension ref="A1:AD137"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>179</v>
+      </c>
+      <c r="J1" t="s">
+        <v>180</v>
+      </c>
+      <c r="K1" t="s">
+        <v>181</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B2" t="s">
-        <v>1808</v>
+        <v>183</v>
       </c>
       <c r="C2" t="s">
-        <v>1809</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1810</v>
+        <v>184</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1811</v>
+        <v>185</v>
       </c>
       <c r="H2" t="s">
-        <v>1812</v>
+        <v>186</v>
+      </c>
+      <c r="I2" t="s">
+        <v>187</v>
+      </c>
+      <c r="J2" t="s">
+        <v>188</v>
+      </c>
+      <c r="K2" t="s">
+        <v>189</v>
+      </c>
+      <c r="L2" t="s">
+        <v>190</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B3" t="s">
-        <v>1813</v>
+        <v>191</v>
       </c>
       <c r="C3" t="s">
-        <v>1814</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1815</v>
+        <v>192</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1816</v>
+        <v>193</v>
       </c>
       <c r="H3" t="s">
-        <v>1817</v>
+        <v>194</v>
+      </c>
+      <c r="I3" t="s">
+        <v>195</v>
+      </c>
+      <c r="J3" t="s">
+        <v>196</v>
+      </c>
+      <c r="K3" t="s">
+        <v>197</v>
+      </c>
+      <c r="L3" t="s">
+        <v>198</v>
+      </c>
+      <c r="M3" t="s">
+        <v>199</v>
+      </c>
+      <c r="N3" t="s">
+        <v>200</v>
+      </c>
+      <c r="O3" t="s">
+        <v>201</v>
+      </c>
+      <c r="P3" t="s">
+        <v>202</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>203</v>
+      </c>
+      <c r="R3" t="s">
+        <v>204</v>
+      </c>
+      <c r="S3" t="s">
+        <v>205</v>
+      </c>
+      <c r="T3" t="s">
+        <v>206</v>
+      </c>
+      <c r="U3" t="s">
+        <v>207</v>
+      </c>
+      <c r="V3" t="s">
+        <v>208</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B4" t="s">
-        <v>1818</v>
+        <v>209</v>
       </c>
       <c r="C4" t="s">
-        <v>1819</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1820</v>
+        <v>210</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1821</v>
+        <v>211</v>
       </c>
       <c r="H4" t="s">
-        <v>1822</v>
+        <v>212</v>
+      </c>
+      <c r="I4" t="s">
+        <v>213</v>
+      </c>
+      <c r="J4" t="s">
+        <v>214</v>
+      </c>
+      <c r="K4" t="s">
+        <v>215</v>
+      </c>
+      <c r="L4" t="s">
+        <v>216</v>
+      </c>
+      <c r="M4" t="s">
+        <v>217</v>
+      </c>
+      <c r="N4" t="s">
+        <v>218</v>
+      </c>
+      <c r="O4" t="s">
+        <v>219</v>
+      </c>
+      <c r="P4" t="s">
+        <v>220</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>221</v>
+      </c>
+      <c r="R4" t="s">
+        <v>222</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B5" t="s">
-        <v>1823</v>
+        <v>223</v>
       </c>
       <c r="C5" t="s">
-        <v>1824</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1825</v>
+        <v>224</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1826</v>
+        <v>225</v>
       </c>
       <c r="H5" t="s">
-        <v>1827</v>
+        <v>226</v>
+      </c>
+      <c r="I5" t="s">
+        <v>227</v>
+      </c>
+      <c r="J5" t="s">
+        <v>228</v>
+      </c>
+      <c r="K5" t="s">
+        <v>229</v>
+      </c>
+      <c r="L5" t="s">
+        <v>230</v>
+      </c>
+      <c r="M5" t="s">
+        <v>231</v>
+      </c>
+      <c r="N5" t="s">
+        <v>232</v>
+      </c>
+      <c r="O5" t="s">
+        <v>233</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B6" t="s">
-        <v>1828</v>
+        <v>234</v>
       </c>
       <c r="C6" t="s">
-        <v>1829</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1830</v>
+        <v>235</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1831</v>
+        <v>236</v>
       </c>
       <c r="H6" t="s">
-        <v>1832</v>
+        <v>237</v>
+      </c>
+      <c r="I6" t="s">
+        <v>238</v>
+      </c>
+      <c r="J6" t="s">
+        <v>239</v>
+      </c>
+      <c r="K6" t="s">
+        <v>240</v>
+      </c>
+      <c r="L6" t="s">
+        <v>241</v>
+      </c>
+      <c r="M6" t="s">
+        <v>242</v>
+      </c>
+      <c r="N6" t="s">
+        <v>243</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B7" t="s">
-        <v>1833</v>
+        <v>244</v>
       </c>
       <c r="C7" t="s">
-        <v>1834</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1835</v>
+        <v>245</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1836</v>
+        <v>246</v>
       </c>
       <c r="H7" t="s">
-        <v>1837</v>
+        <v>247</v>
+      </c>
+      <c r="I7" t="s">
+        <v>248</v>
+      </c>
+      <c r="J7" t="s">
+        <v>239</v>
+      </c>
+      <c r="K7" t="s">
+        <v>249</v>
+      </c>
+      <c r="L7" t="s">
+        <v>250</v>
+      </c>
+      <c r="M7" t="s">
+        <v>251</v>
+      </c>
+      <c r="N7" t="s">
+        <v>252</v>
+      </c>
+      <c r="O7" t="s">
+        <v>253</v>
+      </c>
+      <c r="P7" t="s">
+        <v>254</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>255</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B8" t="s">
-        <v>1838</v>
+        <v>256</v>
       </c>
       <c r="C8" t="s">
-        <v>1839</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1840</v>
+        <v>257</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1841</v>
+        <v>258</v>
       </c>
       <c r="H8" t="s">
-        <v>1842</v>
+        <v>259</v>
+      </c>
+      <c r="I8" t="s">
+        <v>260</v>
+      </c>
+      <c r="J8" t="s">
+        <v>228</v>
+      </c>
+      <c r="K8" t="s">
+        <v>261</v>
+      </c>
+      <c r="L8" t="s">
+        <v>262</v>
+      </c>
+      <c r="M8" t="s">
+        <v>263</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B9" t="s">
-        <v>1843</v>
+        <v>264</v>
       </c>
       <c r="C9" t="s">
-        <v>1844</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1845</v>
+        <v>265</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1846</v>
+        <v>266</v>
       </c>
       <c r="H9" t="s">
-        <v>1847</v>
+        <v>267</v>
+      </c>
+      <c r="I9" t="s">
+        <v>268</v>
+      </c>
+      <c r="J9" t="s">
+        <v>269</v>
+      </c>
+      <c r="K9" t="s">
+        <v>270</v>
+      </c>
+      <c r="L9" t="s">
+        <v>271</v>
+      </c>
+      <c r="M9" t="s">
+        <v>272</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B10" t="s">
-        <v>1848</v>
+        <v>273</v>
       </c>
       <c r="C10" t="s">
-        <v>1849</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1850</v>
+        <v>274</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1851</v>
+        <v>275</v>
       </c>
       <c r="H10" t="s">
-        <v>1852</v>
+        <v>276</v>
+      </c>
+      <c r="I10" t="s">
+        <v>277</v>
+      </c>
+      <c r="J10" t="s">
+        <v>278</v>
+      </c>
+      <c r="K10" t="s">
+        <v>279</v>
+      </c>
+      <c r="L10" t="s">
+        <v>280</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B11" t="s">
-        <v>1853</v>
+        <v>281</v>
       </c>
       <c r="C11" t="s">
-        <v>1854</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1855</v>
+        <v>282</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1856</v>
+        <v>283</v>
       </c>
       <c r="H11" t="s">
-        <v>1857</v>
+        <v>284</v>
+      </c>
+      <c r="I11" t="s">
+        <v>285</v>
+      </c>
+      <c r="J11" t="s">
+        <v>286</v>
+      </c>
+      <c r="K11" t="s">
+        <v>287</v>
+      </c>
+      <c r="L11" t="s">
+        <v>288</v>
+      </c>
+      <c r="M11" t="s">
+        <v>289</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B12" t="s">
-        <v>1858</v>
+        <v>290</v>
       </c>
       <c r="C12" t="s">
-        <v>1859</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1860</v>
+        <v>291</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1861</v>
+        <v>292</v>
       </c>
       <c r="H12" t="s">
-        <v>1862</v>
+        <v>293</v>
+      </c>
+      <c r="I12" t="s">
+        <v>294</v>
+      </c>
+      <c r="J12" t="s">
+        <v>295</v>
+      </c>
+      <c r="K12" t="s">
+        <v>296</v>
+      </c>
+      <c r="L12" t="s">
+        <v>297</v>
+      </c>
+      <c r="M12" t="s">
+        <v>298</v>
+      </c>
+      <c r="N12" t="s">
+        <v>299</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B13" t="s">
-        <v>1863</v>
+        <v>300</v>
       </c>
       <c r="C13" t="s">
-        <v>1864</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>1865</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1866</v>
+        <v>301</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1867</v>
+        <v>302</v>
       </c>
       <c r="H13" t="s">
-        <v>1868</v>
+        <v>303</v>
+      </c>
+      <c r="I13" t="s">
+        <v>304</v>
+      </c>
+      <c r="J13" t="s">
+        <v>305</v>
+      </c>
+      <c r="K13" t="s">
+        <v>306</v>
+      </c>
+      <c r="L13" t="s">
+        <v>307</v>
+      </c>
+      <c r="M13" t="s">
+        <v>308</v>
+      </c>
+      <c r="N13" t="s">
+        <v>309</v>
+      </c>
+      <c r="O13" t="s">
+        <v>310</v>
+      </c>
+      <c r="P13" t="s">
+        <v>311</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B14" t="s">
-        <v>1869</v>
+        <v>313</v>
       </c>
       <c r="C14" t="s">
-        <v>1870</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>1871</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1872</v>
+        <v>314</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1873</v>
+        <v>315</v>
       </c>
       <c r="H14" t="s">
-        <v>1874</v>
+        <v>316</v>
+      </c>
+      <c r="I14" t="s">
+        <v>317</v>
+      </c>
+      <c r="J14" t="s">
+        <v>318</v>
+      </c>
+      <c r="K14" t="s">
+        <v>319</v>
+      </c>
+      <c r="L14" t="s">
+        <v>320</v>
+      </c>
+      <c r="M14" t="s">
+        <v>321</v>
+      </c>
+      <c r="N14" t="s">
+        <v>322</v>
+      </c>
+      <c r="O14" t="s">
+        <v>323</v>
+      </c>
+      <c r="P14" t="s">
+        <v>324</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>325</v>
+      </c>
+      <c r="R14" t="s">
+        <v>326</v>
+      </c>
+      <c r="S14" t="s">
+        <v>327</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B15" t="s">
-        <v>1875</v>
+        <v>328</v>
       </c>
       <c r="C15" t="s">
-        <v>1876</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>1877</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1878</v>
+        <v>329</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1879</v>
+        <v>330</v>
       </c>
       <c r="H15" t="s">
-        <v>1880</v>
+        <v>331</v>
+      </c>
+      <c r="I15" t="s">
+        <v>332</v>
+      </c>
+      <c r="J15" t="s">
+        <v>333</v>
+      </c>
+      <c r="K15" t="s">
+        <v>334</v>
+      </c>
+      <c r="L15" t="s">
+        <v>335</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B16" t="s">
-        <v>1881</v>
+        <v>336</v>
       </c>
       <c r="C16" t="s">
-        <v>1882</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>1883</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1884</v>
+        <v>337</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1885</v>
+        <v>338</v>
       </c>
       <c r="H16" t="s">
-        <v>1886</v>
+        <v>339</v>
+      </c>
+      <c r="I16" t="s">
+        <v>340</v>
+      </c>
+      <c r="J16" t="s">
+        <v>341</v>
+      </c>
+      <c r="K16" t="s">
+        <v>342</v>
+      </c>
+      <c r="L16" t="s">
+        <v>343</v>
+      </c>
+      <c r="M16" t="s">
+        <v>344</v>
+      </c>
+      <c r="N16" t="s">
+        <v>345</v>
+      </c>
+      <c r="O16" t="s">
+        <v>346</v>
+      </c>
+      <c r="P16" t="s">
+        <v>347</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>348</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B17" t="s">
-        <v>1887</v>
+        <v>349</v>
       </c>
       <c r="C17" t="s">
-        <v>1888</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1889</v>
+        <v>350</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1890</v>
+        <v>351</v>
       </c>
       <c r="H17" t="s">
-        <v>1891</v>
+        <v>352</v>
+      </c>
+      <c r="I17" t="s">
+        <v>353</v>
+      </c>
+      <c r="J17" t="s">
+        <v>354</v>
+      </c>
+      <c r="K17" t="s">
+        <v>355</v>
+      </c>
+      <c r="L17" t="s">
+        <v>356</v>
+      </c>
+      <c r="M17" t="s">
+        <v>357</v>
+      </c>
+      <c r="N17" t="s">
+        <v>358</v>
+      </c>
+      <c r="O17" t="s">
+        <v>359</v>
+      </c>
+      <c r="P17" t="s">
+        <v>360</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>361</v>
+      </c>
+      <c r="R17" t="s">
+        <v>362</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B18" t="s">
-        <v>1892</v>
+        <v>363</v>
       </c>
       <c r="C18" t="s">
-        <v>1893</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>1894</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1895</v>
+        <v>364</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1896</v>
+        <v>365</v>
       </c>
       <c r="H18" t="s">
-        <v>1897</v>
+        <v>366</v>
+      </c>
+      <c r="I18" t="s">
+        <v>367</v>
+      </c>
+      <c r="J18" t="s">
+        <v>368</v>
+      </c>
+      <c r="K18" t="s">
+        <v>369</v>
+      </c>
+      <c r="L18" t="s">
+        <v>370</v>
+      </c>
+      <c r="M18" t="s">
+        <v>371</v>
+      </c>
+      <c r="N18" t="s">
+        <v>372</v>
+      </c>
+      <c r="O18" t="s">
+        <v>373</v>
+      </c>
+      <c r="P18" t="s">
+        <v>374</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>375</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B19" t="s">
-        <v>1898</v>
+        <v>376</v>
       </c>
       <c r="C19" t="s">
-        <v>1882</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>1877</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1899</v>
+        <v>377</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1900</v>
+        <v>378</v>
       </c>
       <c r="H19" t="s">
-        <v>1901</v>
+        <v>379</v>
+      </c>
+      <c r="I19" t="s">
+        <v>380</v>
+      </c>
+      <c r="J19" t="s">
+        <v>381</v>
+      </c>
+      <c r="K19" t="s">
+        <v>382</v>
+      </c>
+      <c r="L19" t="s">
+        <v>383</v>
+      </c>
+      <c r="M19" t="s">
+        <v>384</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B20" t="s">
-        <v>1902</v>
+        <v>385</v>
       </c>
       <c r="C20" t="s">
-        <v>1903</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1904</v>
+        <v>386</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1905</v>
+        <v>387</v>
       </c>
       <c r="H20" t="s">
-        <v>1906</v>
+        <v>388</v>
+      </c>
+      <c r="I20" t="s">
+        <v>389</v>
+      </c>
+      <c r="J20" t="s">
+        <v>390</v>
+      </c>
+      <c r="K20" t="s">
+        <v>391</v>
+      </c>
+      <c r="L20" t="s">
+        <v>392</v>
+      </c>
+      <c r="M20" t="s">
+        <v>393</v>
+      </c>
+      <c r="N20" t="s">
+        <v>394</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B21" t="s">
-        <v>1907</v>
+        <v>395</v>
       </c>
       <c r="C21" t="s">
-        <v>1908</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1904</v>
+        <v>396</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1909</v>
+        <v>397</v>
       </c>
       <c r="H21" t="s">
-        <v>1910</v>
+        <v>398</v>
+      </c>
+      <c r="I21" t="s">
+        <v>399</v>
+      </c>
+      <c r="J21" t="s">
+        <v>354</v>
+      </c>
+      <c r="K21" t="s">
+        <v>400</v>
+      </c>
+      <c r="L21" t="s">
+        <v>401</v>
+      </c>
+      <c r="M21" t="s">
+        <v>402</v>
+      </c>
+      <c r="N21" t="s">
+        <v>403</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B22" t="s">
-        <v>1911</v>
+        <v>404</v>
       </c>
       <c r="C22" t="s">
-        <v>1912</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1904</v>
+        <v>405</v>
       </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1913</v>
+        <v>406</v>
       </c>
       <c r="H22" t="s">
-        <v>1914</v>
+        <v>407</v>
+      </c>
+      <c r="I22" t="s">
+        <v>408</v>
+      </c>
+      <c r="J22" t="s">
+        <v>409</v>
+      </c>
+      <c r="K22" t="s">
+        <v>410</v>
+      </c>
+      <c r="L22" t="s">
+        <v>411</v>
+      </c>
+      <c r="M22" t="s">
+        <v>412</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B23" t="s">
-        <v>1915</v>
+        <v>413</v>
       </c>
       <c r="C23" t="s">
-        <v>1916</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1917</v>
+        <v>414</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1918</v>
+        <v>415</v>
       </c>
       <c r="H23" t="s">
-        <v>1919</v>
+        <v>416</v>
+      </c>
+      <c r="I23" t="s">
+        <v>417</v>
+      </c>
+      <c r="J23" t="s">
+        <v>418</v>
+      </c>
+      <c r="K23" t="s">
+        <v>419</v>
+      </c>
+      <c r="L23" t="s">
+        <v>420</v>
+      </c>
+      <c r="M23" t="s">
+        <v>421</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B24" t="s">
-        <v>1920</v>
+        <v>422</v>
       </c>
       <c r="C24" t="s">
-        <v>1921</v>
+        <v>13</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1922</v>
+        <v>423</v>
       </c>
       <c r="F24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1923</v>
+        <v>424</v>
       </c>
       <c r="H24" t="s">
-        <v>1924</v>
+        <v>425</v>
+      </c>
+      <c r="I24" t="s">
+        <v>426</v>
+      </c>
+      <c r="J24" t="s">
+        <v>427</v>
+      </c>
+      <c r="K24" t="s">
+        <v>428</v>
+      </c>
+      <c r="L24" t="s">
+        <v>429</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B25" t="s">
-        <v>1925</v>
+        <v>430</v>
       </c>
       <c r="C25" t="s">
-        <v>1926</v>
+        <v>13</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1922</v>
+        <v>431</v>
       </c>
       <c r="F25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1927</v>
+        <v>432</v>
       </c>
       <c r="H25" t="s">
-        <v>1928</v>
+        <v>433</v>
+      </c>
+      <c r="I25" t="s">
+        <v>434</v>
+      </c>
+      <c r="J25" t="s">
+        <v>435</v>
+      </c>
+      <c r="K25" t="s">
+        <v>436</v>
+      </c>
+      <c r="L25" t="s">
+        <v>437</v>
+      </c>
+      <c r="M25" t="s">
+        <v>438</v>
+      </c>
+      <c r="N25" t="s">
+        <v>439</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B26" t="s">
-        <v>1929</v>
+        <v>440</v>
       </c>
       <c r="C26" t="s">
-        <v>1930</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1922</v>
+        <v>441</v>
       </c>
       <c r="F26" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1931</v>
+        <v>442</v>
       </c>
       <c r="H26" t="s">
-        <v>1932</v>
+        <v>443</v>
+      </c>
+      <c r="I26" t="s">
+        <v>444</v>
+      </c>
+      <c r="J26" t="s">
+        <v>445</v>
+      </c>
+      <c r="K26" t="s">
+        <v>446</v>
+      </c>
+      <c r="L26" t="s">
+        <v>447</v>
+      </c>
+      <c r="M26" t="s">
+        <v>448</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B27" t="s">
-        <v>1933</v>
+        <v>449</v>
       </c>
       <c r="C27" t="s">
-        <v>1934</v>
+        <v>13</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1922</v>
+        <v>450</v>
       </c>
       <c r="F27" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1935</v>
+        <v>451</v>
       </c>
       <c r="H27" t="s">
-        <v>1936</v>
+        <v>452</v>
+      </c>
+      <c r="I27" t="s">
+        <v>453</v>
+      </c>
+      <c r="J27" t="s">
+        <v>454</v>
+      </c>
+      <c r="K27" t="s">
+        <v>455</v>
+      </c>
+      <c r="L27" t="s">
+        <v>456</v>
+      </c>
+      <c r="M27" t="s">
+        <v>457</v>
+      </c>
+      <c r="N27" t="s">
+        <v>458</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B28" t="s">
-        <v>1937</v>
+        <v>459</v>
       </c>
       <c r="C28" t="s">
-        <v>1938</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1939</v>
+        <v>460</v>
       </c>
       <c r="F28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1940</v>
+        <v>461</v>
       </c>
       <c r="H28" t="s">
-        <v>1941</v>
+        <v>462</v>
+      </c>
+      <c r="I28" t="s">
+        <v>463</v>
+      </c>
+      <c r="J28" t="s">
+        <v>464</v>
+      </c>
+      <c r="K28" t="s">
+        <v>465</v>
+      </c>
+      <c r="L28" t="s">
+        <v>466</v>
+      </c>
+      <c r="M28" t="s">
+        <v>467</v>
+      </c>
+      <c r="N28" t="s">
+        <v>468</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B29" t="s">
-        <v>1942</v>
+        <v>469</v>
       </c>
       <c r="C29" t="s">
-        <v>1943</v>
+        <v>13</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1944</v>
+        <v>470</v>
       </c>
       <c r="F29" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1945</v>
+        <v>471</v>
       </c>
       <c r="H29" t="s">
-        <v>1946</v>
+        <v>472</v>
+      </c>
+      <c r="I29" t="s">
+        <v>473</v>
+      </c>
+      <c r="J29" t="s">
+        <v>305</v>
+      </c>
+      <c r="K29" t="s">
+        <v>474</v>
+      </c>
+      <c r="L29" t="s">
+        <v>475</v>
+      </c>
+      <c r="M29" t="s">
+        <v>476</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B30" t="s">
-        <v>1947</v>
+        <v>477</v>
       </c>
       <c r="C30" t="s">
-        <v>1948</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1949</v>
+        <v>478</v>
       </c>
       <c r="F30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1950</v>
+        <v>479</v>
       </c>
       <c r="H30" t="s">
-        <v>1951</v>
+        <v>480</v>
+      </c>
+      <c r="I30" t="s">
+        <v>481</v>
+      </c>
+      <c r="J30" t="s">
+        <v>286</v>
+      </c>
+      <c r="K30" t="s">
+        <v>482</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B31" t="s">
-        <v>1952</v>
+        <v>483</v>
       </c>
       <c r="C31" t="s">
-        <v>1953</v>
+        <v>13</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1954</v>
+        <v>484</v>
       </c>
       <c r="F31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1955</v>
+        <v>485</v>
       </c>
       <c r="H31" t="s">
-        <v>1956</v>
+        <v>486</v>
+      </c>
+      <c r="I31" t="s">
+        <v>487</v>
+      </c>
+      <c r="J31" t="s">
+        <v>488</v>
+      </c>
+      <c r="K31" t="s">
+        <v>489</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B32" t="s">
-        <v>1957</v>
+        <v>490</v>
       </c>
       <c r="C32" t="s">
-        <v>1958</v>
+        <v>13</v>
       </c>
       <c r="D32" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1959</v>
+        <v>491</v>
       </c>
       <c r="F32" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1960</v>
+        <v>492</v>
       </c>
       <c r="H32" t="s">
-        <v>1961</v>
+        <v>493</v>
+      </c>
+      <c r="I32" t="s">
+        <v>494</v>
+      </c>
+      <c r="J32" t="s">
+        <v>495</v>
+      </c>
+      <c r="K32" t="s">
+        <v>496</v>
+      </c>
+      <c r="L32" t="s">
+        <v>497</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B33" t="s">
-        <v>1962</v>
+        <v>498</v>
       </c>
       <c r="C33" t="s">
-        <v>1963</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1964</v>
+        <v>499</v>
       </c>
       <c r="F33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1965</v>
+        <v>500</v>
       </c>
       <c r="H33" t="s">
-        <v>1966</v>
+        <v>501</v>
+      </c>
+      <c r="I33" t="s">
+        <v>502</v>
+      </c>
+      <c r="J33" t="s">
+        <v>503</v>
+      </c>
+      <c r="K33" t="s">
+        <v>504</v>
+      </c>
+      <c r="L33" t="s">
+        <v>505</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B34" t="s">
-        <v>1967</v>
+        <v>506</v>
       </c>
       <c r="C34" t="s">
-        <v>1968</v>
+        <v>13</v>
       </c>
       <c r="D34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1969</v>
+        <v>507</v>
       </c>
       <c r="F34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1970</v>
+        <v>508</v>
       </c>
       <c r="H34" t="s">
-        <v>1971</v>
+        <v>509</v>
+      </c>
+      <c r="I34" t="s">
+        <v>510</v>
+      </c>
+      <c r="J34" t="s">
+        <v>305</v>
+      </c>
+      <c r="K34" t="s">
+        <v>511</v>
+      </c>
+      <c r="L34" t="s">
+        <v>512</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>1972</v>
+        <v>513</v>
       </c>
       <c r="C35" t="s">
-        <v>1973</v>
+        <v>13</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1969</v>
+        <v>514</v>
       </c>
       <c r="F35" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1974</v>
+        <v>515</v>
       </c>
       <c r="H35" t="s">
-        <v>1975</v>
+        <v>516</v>
+      </c>
+      <c r="I35" t="s">
+        <v>517</v>
+      </c>
+      <c r="J35" t="s">
+        <v>503</v>
+      </c>
+      <c r="K35" t="s">
+        <v>518</v>
+      </c>
+      <c r="L35" t="s">
+        <v>519</v>
+      </c>
+      <c r="M35" t="s">
+        <v>520</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B36" t="s">
-        <v>1976</v>
+        <v>521</v>
       </c>
       <c r="C36" t="s">
-        <v>1977</v>
+        <v>13</v>
       </c>
       <c r="D36" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1969</v>
+        <v>522</v>
       </c>
       <c r="F36" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1978</v>
+        <v>523</v>
       </c>
       <c r="H36" t="s">
-        <v>1979</v>
+        <v>524</v>
+      </c>
+      <c r="I36" t="s">
+        <v>525</v>
+      </c>
+      <c r="J36" t="s">
+        <v>526</v>
+      </c>
+      <c r="K36" t="s">
+        <v>527</v>
+      </c>
+      <c r="L36" t="s">
+        <v>528</v>
+      </c>
+      <c r="M36" t="s">
+        <v>529</v>
+      </c>
+      <c r="N36" t="s">
+        <v>530</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B37" t="s">
-        <v>1980</v>
+        <v>531</v>
       </c>
       <c r="C37" t="s">
-        <v>1981</v>
+        <v>13</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1982</v>
+        <v>532</v>
       </c>
       <c r="F37" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1983</v>
+        <v>533</v>
       </c>
       <c r="H37" t="s">
-        <v>1984</v>
+        <v>534</v>
+      </c>
+      <c r="I37" t="s">
+        <v>535</v>
+      </c>
+      <c r="J37" t="s">
+        <v>390</v>
+      </c>
+      <c r="K37" t="s">
+        <v>536</v>
+      </c>
+      <c r="L37" t="s">
+        <v>537</v>
+      </c>
+      <c r="M37" t="s">
+        <v>538</v>
+      </c>
+      <c r="N37" t="s">
+        <v>539</v>
+      </c>
+      <c r="O37" t="s">
+        <v>540</v>
+      </c>
+      <c r="P37" t="s">
+        <v>541</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>542</v>
+      </c>
+      <c r="R37" t="s">
+        <v>543</v>
+      </c>
+      <c r="S37" t="s">
+        <v>544</v>
+      </c>
+      <c r="T37" t="s">
+        <v>545</v>
+      </c>
+      <c r="U37" t="s">
+        <v>546</v>
+      </c>
+      <c r="V37" t="s">
+        <v>547</v>
+      </c>
+      <c r="W37" t="s">
+        <v>548</v>
+      </c>
+      <c r="X37" t="s">
+        <v>549</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>550</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>551</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>552</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>553</v>
+      </c>
+      <c r="AC37" t="s">
+        <v>554</v>
+      </c>
+      <c r="AD37" t="s">
+        <v>555</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B38" t="s">
-        <v>1985</v>
+        <v>556</v>
       </c>
       <c r="C38" t="s">
-        <v>1986</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1987</v>
+        <v>557</v>
       </c>
       <c r="F38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1988</v>
+        <v>558</v>
       </c>
       <c r="H38" t="s">
-        <v>1989</v>
+        <v>559</v>
+      </c>
+      <c r="I38" t="s">
+        <v>560</v>
+      </c>
+      <c r="J38" t="s">
+        <v>561</v>
+      </c>
+      <c r="K38" t="s">
+        <v>562</v>
+      </c>
+      <c r="L38" t="s">
+        <v>563</v>
+      </c>
+      <c r="M38" t="s">
+        <v>564</v>
+      </c>
+      <c r="N38" t="s">
+        <v>565</v>
+      </c>
+      <c r="O38" t="s">
+        <v>566</v>
+      </c>
+      <c r="P38" t="s">
+        <v>567</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>568</v>
+      </c>
+      <c r="R38" t="s">
+        <v>569</v>
+      </c>
+      <c r="S38" t="s">
+        <v>570</v>
+      </c>
+      <c r="T38" t="s">
+        <v>571</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B39" t="s">
-        <v>1990</v>
+        <v>572</v>
       </c>
       <c r="C39" t="s">
-        <v>1991</v>
+        <v>13</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1992</v>
+        <v>573</v>
       </c>
       <c r="F39" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1993</v>
+        <v>574</v>
       </c>
       <c r="H39" t="s">
-        <v>1994</v>
+        <v>575</v>
+      </c>
+      <c r="I39" t="s">
+        <v>576</v>
+      </c>
+      <c r="J39" t="s">
+        <v>577</v>
+      </c>
+      <c r="K39" t="s">
+        <v>578</v>
+      </c>
+      <c r="L39" t="s">
+        <v>579</v>
+      </c>
+      <c r="M39" t="s">
+        <v>580</v>
+      </c>
+      <c r="N39" t="s">
+        <v>581</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B40" t="s">
-        <v>1995</v>
+        <v>582</v>
       </c>
       <c r="C40" t="s">
-        <v>1996</v>
+        <v>13</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1997</v>
+        <v>583</v>
       </c>
       <c r="F40" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1998</v>
+        <v>584</v>
       </c>
       <c r="H40" t="s">
-        <v>1999</v>
+        <v>585</v>
+      </c>
+      <c r="I40" t="s">
+        <v>576</v>
+      </c>
+      <c r="J40" t="s">
+        <v>586</v>
+      </c>
+      <c r="K40" t="s">
+        <v>587</v>
+      </c>
+      <c r="L40" t="s">
+        <v>588</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B41" t="s">
-        <v>2000</v>
+        <v>589</v>
       </c>
       <c r="C41" t="s">
-        <v>2001</v>
+        <v>13</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1997</v>
+        <v>590</v>
       </c>
       <c r="F41" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2002</v>
+        <v>591</v>
       </c>
       <c r="H41" t="s">
-        <v>2003</v>
+        <v>592</v>
+      </c>
+      <c r="I41" t="s">
+        <v>593</v>
+      </c>
+      <c r="J41" t="s">
+        <v>305</v>
+      </c>
+      <c r="K41" t="s">
+        <v>594</v>
+      </c>
+      <c r="L41" t="s">
+        <v>595</v>
+      </c>
+      <c r="M41" t="s">
+        <v>596</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B42" t="s">
-        <v>2004</v>
+        <v>597</v>
       </c>
       <c r="C42" t="s">
-        <v>2005</v>
+        <v>13</v>
       </c>
       <c r="D42" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1997</v>
+        <v>598</v>
       </c>
       <c r="F42" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2006</v>
+        <v>599</v>
       </c>
       <c r="H42" t="s">
-        <v>2007</v>
+        <v>600</v>
+      </c>
+      <c r="I42" t="s">
+        <v>601</v>
+      </c>
+      <c r="J42" t="s">
+        <v>602</v>
+      </c>
+      <c r="K42" t="s">
+        <v>603</v>
+      </c>
+      <c r="L42" t="s">
+        <v>604</v>
+      </c>
+      <c r="M42" t="s">
+        <v>605</v>
+      </c>
+      <c r="N42" t="s">
+        <v>606</v>
+      </c>
+      <c r="O42" t="s">
+        <v>607</v>
+      </c>
+      <c r="P42" t="s">
+        <v>608</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>609</v>
+      </c>
+      <c r="R42" t="s">
+        <v>610</v>
+      </c>
+      <c r="S42" t="s">
+        <v>611</v>
+      </c>
+      <c r="T42" t="s">
+        <v>612</v>
+      </c>
+      <c r="U42" t="s">
+        <v>613</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B43" t="s">
-        <v>2008</v>
+        <v>614</v>
       </c>
       <c r="C43" t="s">
-        <v>2009</v>
+        <v>13</v>
       </c>
       <c r="D43" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1997</v>
+        <v>615</v>
       </c>
       <c r="F43" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2010</v>
+        <v>616</v>
       </c>
       <c r="H43" t="s">
-        <v>2011</v>
+        <v>617</v>
+      </c>
+      <c r="I43" t="s">
+        <v>618</v>
+      </c>
+      <c r="J43" t="s">
+        <v>619</v>
+      </c>
+      <c r="K43" t="s">
+        <v>620</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B44" t="s">
-        <v>2012</v>
+        <v>621</v>
       </c>
       <c r="C44" t="s">
-        <v>2013</v>
+        <v>13</v>
       </c>
       <c r="D44" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1997</v>
+        <v>622</v>
       </c>
       <c r="F44" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2014</v>
+        <v>623</v>
       </c>
       <c r="H44" t="s">
-        <v>2015</v>
+        <v>624</v>
+      </c>
+      <c r="I44" t="s">
+        <v>625</v>
+      </c>
+      <c r="J44" t="s">
+        <v>368</v>
+      </c>
+      <c r="K44" t="s">
+        <v>626</v>
+      </c>
+      <c r="L44" t="s">
+        <v>627</v>
+      </c>
+      <c r="M44" t="s">
+        <v>628</v>
+      </c>
+      <c r="N44" t="s">
+        <v>629</v>
+      </c>
+      <c r="O44" t="s">
+        <v>630</v>
+      </c>
+      <c r="P44" t="s">
+        <v>631</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>632</v>
+      </c>
+      <c r="R44" t="s">
+        <v>633</v>
+      </c>
+      <c r="S44" t="s">
+        <v>634</v>
+      </c>
+      <c r="T44" t="s">
+        <v>635</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B45" t="s">
-        <v>2016</v>
+        <v>636</v>
       </c>
       <c r="C45" t="s">
-        <v>2017</v>
+        <v>13</v>
       </c>
       <c r="D45" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>2018</v>
+        <v>637</v>
       </c>
       <c r="F45" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2019</v>
+        <v>638</v>
       </c>
       <c r="H45" t="s">
-        <v>2020</v>
+        <v>639</v>
+      </c>
+      <c r="I45" t="s">
+        <v>640</v>
+      </c>
+      <c r="J45" t="s">
+        <v>641</v>
+      </c>
+      <c r="K45" t="s">
+        <v>642</v>
+      </c>
+      <c r="L45" t="s">
+        <v>643</v>
+      </c>
+      <c r="M45" t="s">
+        <v>644</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B46" t="s">
-        <v>2021</v>
+        <v>645</v>
       </c>
       <c r="C46" t="s">
-        <v>2022</v>
+        <v>13</v>
       </c>
       <c r="D46" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>2018</v>
+        <v>646</v>
       </c>
       <c r="F46" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2023</v>
+        <v>647</v>
       </c>
       <c r="H46" t="s">
-        <v>2024</v>
+        <v>648</v>
+      </c>
+      <c r="I46" t="s">
+        <v>649</v>
+      </c>
+      <c r="J46" t="s">
+        <v>602</v>
+      </c>
+      <c r="K46" t="s">
+        <v>650</v>
+      </c>
+      <c r="L46" t="s">
+        <v>651</v>
+      </c>
+      <c r="M46" t="s">
+        <v>652</v>
+      </c>
+      <c r="N46" t="s">
+        <v>653</v>
+      </c>
+      <c r="O46" t="s">
+        <v>654</v>
+      </c>
+      <c r="P46" t="s">
+        <v>655</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>656</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B47" t="s">
-        <v>2025</v>
+        <v>657</v>
       </c>
       <c r="C47" t="s">
-        <v>2026</v>
+        <v>13</v>
       </c>
       <c r="D47" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>2018</v>
+        <v>658</v>
       </c>
       <c r="F47" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2027</v>
+        <v>659</v>
       </c>
       <c r="H47" t="s">
-        <v>2028</v>
+        <v>660</v>
+      </c>
+      <c r="I47" t="s">
+        <v>661</v>
+      </c>
+      <c r="J47" t="s">
+        <v>662</v>
+      </c>
+      <c r="K47" t="s">
+        <v>663</v>
+      </c>
+      <c r="L47" t="s">
+        <v>664</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B48" t="s">
-        <v>2029</v>
+        <v>665</v>
       </c>
       <c r="C48" t="s">
-        <v>2030</v>
+        <v>13</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>2018</v>
+        <v>666</v>
       </c>
       <c r="F48" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2031</v>
+        <v>667</v>
       </c>
       <c r="H48" t="s">
-        <v>2032</v>
+        <v>668</v>
+      </c>
+      <c r="I48" t="s">
+        <v>294</v>
+      </c>
+      <c r="J48" t="s">
+        <v>669</v>
+      </c>
+      <c r="K48" t="s">
+        <v>670</v>
+      </c>
+      <c r="L48" t="s">
+        <v>671</v>
+      </c>
+      <c r="M48" t="s">
+        <v>672</v>
+      </c>
+      <c r="N48" t="s">
+        <v>673</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B49" t="s">
-        <v>2033</v>
+        <v>674</v>
       </c>
       <c r="C49" t="s">
-        <v>2034</v>
+        <v>13</v>
       </c>
       <c r="D49" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>2018</v>
+        <v>675</v>
       </c>
       <c r="F49" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2035</v>
+        <v>676</v>
       </c>
       <c r="H49" t="s">
-        <v>2036</v>
+        <v>677</v>
+      </c>
+      <c r="I49" t="s">
+        <v>678</v>
+      </c>
+      <c r="J49" t="s">
+        <v>679</v>
+      </c>
+      <c r="K49" t="s">
+        <v>680</v>
+      </c>
+      <c r="L49" t="s">
+        <v>681</v>
+      </c>
+      <c r="M49" t="s">
+        <v>682</v>
+      </c>
+      <c r="N49" t="s">
+        <v>683</v>
+      </c>
+      <c r="O49" t="s">
+        <v>684</v>
+      </c>
+      <c r="P49" t="s">
+        <v>685</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>686</v>
+      </c>
+      <c r="R49" t="s">
+        <v>687</v>
+      </c>
+      <c r="S49" t="s">
+        <v>688</v>
+      </c>
+      <c r="T49" t="s">
+        <v>689</v>
+      </c>
+      <c r="U49" t="s">
+        <v>690</v>
+      </c>
+      <c r="V49" t="s">
+        <v>691</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B50" t="s">
-        <v>2037</v>
+        <v>692</v>
       </c>
       <c r="C50" t="s">
-        <v>2038</v>
+        <v>13</v>
       </c>
       <c r="D50" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>2039</v>
+        <v>693</v>
       </c>
       <c r="F50" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>2040</v>
+        <v>694</v>
       </c>
       <c r="H50" t="s">
-        <v>2041</v>
+        <v>695</v>
+      </c>
+      <c r="I50" t="s">
+        <v>696</v>
+      </c>
+      <c r="J50" t="s">
+        <v>697</v>
+      </c>
+      <c r="K50" t="s">
+        <v>698</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B51" t="s">
-        <v>2042</v>
+        <v>699</v>
       </c>
       <c r="C51" t="s">
-        <v>2043</v>
+        <v>13</v>
       </c>
       <c r="D51" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>2044</v>
+        <v>700</v>
       </c>
       <c r="F51" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>2045</v>
+        <v>701</v>
       </c>
       <c r="H51" t="s">
-        <v>2046</v>
+        <v>702</v>
+      </c>
+      <c r="I51" t="s">
+        <v>703</v>
+      </c>
+      <c r="J51" t="s">
+        <v>704</v>
+      </c>
+      <c r="K51" t="s">
+        <v>705</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B52" t="s">
-        <v>2047</v>
+        <v>706</v>
       </c>
       <c r="C52" t="s">
-        <v>2048</v>
+        <v>13</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>2044</v>
+        <v>707</v>
       </c>
       <c r="F52" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>2049</v>
+        <v>708</v>
       </c>
       <c r="H52" t="s">
-        <v>2050</v>
+        <v>709</v>
+      </c>
+      <c r="I52" t="s">
+        <v>710</v>
+      </c>
+      <c r="J52" t="s">
+        <v>697</v>
+      </c>
+      <c r="K52" t="s">
+        <v>711</v>
+      </c>
+      <c r="L52" t="s">
+        <v>712</v>
+      </c>
+      <c r="M52" t="s">
+        <v>713</v>
+      </c>
+      <c r="N52" t="s">
+        <v>714</v>
+      </c>
+      <c r="O52" t="s">
+        <v>715</v>
+      </c>
+      <c r="P52" t="s">
+        <v>716</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>717</v>
+      </c>
+      <c r="R52" t="s">
+        <v>718</v>
+      </c>
+      <c r="S52" t="s">
+        <v>719</v>
+      </c>
+      <c r="T52" t="s">
+        <v>720</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B53" t="s">
-        <v>2051</v>
+        <v>721</v>
       </c>
       <c r="C53" t="s">
-        <v>2052</v>
+        <v>13</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>2044</v>
+        <v>722</v>
       </c>
       <c r="F53" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>2053</v>
+        <v>723</v>
       </c>
       <c r="H53" t="s">
-        <v>2054</v>
+        <v>724</v>
+      </c>
+      <c r="I53" t="s">
+        <v>725</v>
+      </c>
+      <c r="J53" t="s">
+        <v>726</v>
+      </c>
+      <c r="K53" t="s">
+        <v>727</v>
+      </c>
+      <c r="L53" t="s">
+        <v>728</v>
+      </c>
+      <c r="M53" t="s">
+        <v>729</v>
+      </c>
+      <c r="N53" t="s">
+        <v>730</v>
+      </c>
+      <c r="O53" t="s">
+        <v>731</v>
+      </c>
+      <c r="P53" t="s">
+        <v>732</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>733</v>
+      </c>
+      <c r="R53" t="s">
+        <v>734</v>
+      </c>
+      <c r="S53" t="s">
+        <v>735</v>
+      </c>
+      <c r="T53" t="s">
+        <v>736</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B54" t="s">
-        <v>2055</v>
+        <v>737</v>
       </c>
       <c r="C54" t="s">
-        <v>2056</v>
+        <v>13</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>2044</v>
+        <v>738</v>
       </c>
       <c r="F54" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>2057</v>
+        <v>739</v>
       </c>
       <c r="H54" t="s">
-        <v>2058</v>
+        <v>740</v>
+      </c>
+      <c r="I54" t="s">
+        <v>741</v>
+      </c>
+      <c r="J54" t="s">
+        <v>381</v>
+      </c>
+      <c r="K54" t="s">
+        <v>742</v>
+      </c>
+      <c r="L54" t="s">
+        <v>743</v>
+      </c>
+      <c r="M54" t="s">
+        <v>744</v>
+      </c>
+      <c r="N54" t="s">
+        <v>745</v>
+      </c>
+      <c r="O54" t="s">
+        <v>746</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B55" t="s">
-        <v>2059</v>
+        <v>747</v>
       </c>
       <c r="C55" t="s">
-        <v>2060</v>
+        <v>13</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>2061</v>
+        <v>748</v>
       </c>
       <c r="F55" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>2062</v>
+        <v>749</v>
       </c>
       <c r="H55" t="s">
-        <v>2063</v>
+        <v>750</v>
+      </c>
+      <c r="I55" t="s">
+        <v>751</v>
+      </c>
+      <c r="J55" t="s">
+        <v>752</v>
+      </c>
+      <c r="K55" t="s">
+        <v>753</v>
+      </c>
+      <c r="L55" t="s">
+        <v>754</v>
+      </c>
+      <c r="M55" t="s">
+        <v>755</v>
+      </c>
+      <c r="N55" t="s">
+        <v>756</v>
+      </c>
+      <c r="O55" t="s">
+        <v>757</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B56" t="s">
-        <v>2064</v>
+        <v>758</v>
       </c>
       <c r="C56" t="s">
-        <v>2065</v>
+        <v>13</v>
       </c>
       <c r="D56" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>2061</v>
+        <v>759</v>
       </c>
       <c r="F56" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>2066</v>
+        <v>760</v>
       </c>
       <c r="H56" t="s">
-        <v>2067</v>
+        <v>761</v>
+      </c>
+      <c r="I56" t="s">
+        <v>294</v>
+      </c>
+      <c r="J56" t="s">
+        <v>295</v>
+      </c>
+      <c r="K56" t="s">
+        <v>762</v>
+      </c>
+      <c r="L56" t="s">
+        <v>763</v>
+      </c>
+      <c r="M56" t="s">
+        <v>764</v>
+      </c>
+      <c r="N56" t="s">
+        <v>765</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B57" t="s">
-        <v>2068</v>
+        <v>766</v>
       </c>
       <c r="C57" t="s">
-        <v>2069</v>
+        <v>13</v>
       </c>
       <c r="D57" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>2070</v>
+        <v>767</v>
       </c>
       <c r="F57" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>2071</v>
+        <v>768</v>
       </c>
       <c r="H57" t="s">
-        <v>2072</v>
+        <v>769</v>
+      </c>
+      <c r="I57" t="s">
+        <v>770</v>
+      </c>
+      <c r="J57" t="s">
+        <v>771</v>
+      </c>
+      <c r="K57" t="s">
+        <v>772</v>
+      </c>
+      <c r="L57" t="s">
+        <v>773</v>
+      </c>
+      <c r="M57" t="s">
+        <v>774</v>
+      </c>
+      <c r="N57" t="s">
+        <v>775</v>
+      </c>
+      <c r="O57" t="s">
+        <v>776</v>
+      </c>
+      <c r="P57" t="s">
+        <v>777</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B58" t="s">
-        <v>2073</v>
+        <v>778</v>
       </c>
       <c r="C58" t="s">
-        <v>2074</v>
+        <v>13</v>
       </c>
       <c r="D58" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>2070</v>
+        <v>779</v>
       </c>
       <c r="F58" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>2075</v>
+        <v>780</v>
       </c>
       <c r="H58" t="s">
-        <v>2076</v>
+        <v>781</v>
+      </c>
+      <c r="I58" t="s">
+        <v>782</v>
+      </c>
+      <c r="J58" t="s">
+        <v>783</v>
+      </c>
+      <c r="K58" t="s">
+        <v>784</v>
+      </c>
+      <c r="L58" t="s">
+        <v>784</v>
+      </c>
+      <c r="M58" t="s">
+        <v>785</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B59" t="s">
-        <v>2077</v>
+        <v>786</v>
       </c>
       <c r="C59" t="s">
-        <v>2078</v>
+        <v>13</v>
       </c>
       <c r="D59" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>2079</v>
+        <v>787</v>
       </c>
       <c r="F59" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>2080</v>
+        <v>788</v>
       </c>
       <c r="H59" t="s">
-        <v>2081</v>
+        <v>789</v>
+      </c>
+      <c r="I59" t="s">
+        <v>790</v>
+      </c>
+      <c r="J59" t="s">
+        <v>791</v>
+      </c>
+      <c r="K59" t="s">
+        <v>792</v>
+      </c>
+      <c r="L59" t="s">
+        <v>793</v>
+      </c>
+      <c r="M59" t="s">
+        <v>794</v>
+      </c>
+      <c r="N59" t="s">
+        <v>795</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B60" t="s">
-        <v>2082</v>
+        <v>796</v>
       </c>
       <c r="C60" t="s">
-        <v>2083</v>
+        <v>13</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>2084</v>
+        <v>797</v>
       </c>
       <c r="F60" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>2085</v>
+        <v>798</v>
       </c>
       <c r="H60" t="s">
-        <v>2086</v>
+        <v>799</v>
+      </c>
+      <c r="I60" t="s">
+        <v>800</v>
+      </c>
+      <c r="J60" t="s">
+        <v>801</v>
+      </c>
+      <c r="K60" t="s">
+        <v>802</v>
+      </c>
+      <c r="L60" t="s">
+        <v>803</v>
+      </c>
+      <c r="M60" t="s">
+        <v>804</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B61" t="s">
-        <v>2087</v>
+        <v>805</v>
       </c>
       <c r="C61" t="s">
-        <v>2088</v>
+        <v>13</v>
       </c>
       <c r="D61" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>2084</v>
+        <v>806</v>
       </c>
       <c r="F61" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>2089</v>
+        <v>807</v>
       </c>
       <c r="H61" t="s">
-        <v>2090</v>
+        <v>808</v>
+      </c>
+      <c r="I61" t="s">
+        <v>809</v>
+      </c>
+      <c r="J61" t="s">
+        <v>810</v>
+      </c>
+      <c r="K61" t="s">
+        <v>811</v>
+      </c>
+      <c r="L61" t="s">
+        <v>812</v>
+      </c>
+      <c r="M61" t="s">
+        <v>813</v>
+      </c>
+      <c r="N61" t="s">
+        <v>814</v>
+      </c>
+      <c r="O61" t="s">
+        <v>815</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B62" t="s">
-        <v>2091</v>
+        <v>816</v>
       </c>
       <c r="C62" t="s">
-        <v>1882</v>
+        <v>13</v>
       </c>
       <c r="D62" t="s">
-        <v>2092</v>
+        <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>2093</v>
+        <v>817</v>
       </c>
       <c r="F62" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>2094</v>
+        <v>818</v>
       </c>
       <c r="H62" t="s">
-        <v>2095</v>
+        <v>819</v>
+      </c>
+      <c r="I62" t="s">
+        <v>820</v>
+      </c>
+      <c r="J62" t="s">
+        <v>821</v>
+      </c>
+      <c r="K62" t="s">
+        <v>822</v>
+      </c>
+      <c r="L62" t="s">
+        <v>823</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B63" t="s">
-        <v>2096</v>
+        <v>824</v>
       </c>
       <c r="C63" t="s">
-        <v>2097</v>
+        <v>13</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>2098</v>
+        <v>825</v>
       </c>
       <c r="F63" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>2099</v>
+        <v>826</v>
       </c>
       <c r="H63" t="s">
-        <v>2100</v>
+        <v>827</v>
+      </c>
+      <c r="I63" t="s">
+        <v>828</v>
+      </c>
+      <c r="J63" t="s">
+        <v>318</v>
+      </c>
+      <c r="K63" t="s">
+        <v>829</v>
+      </c>
+      <c r="L63" t="s">
+        <v>830</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B64" t="s">
-        <v>2101</v>
+        <v>831</v>
       </c>
       <c r="C64" t="s">
-        <v>2102</v>
+        <v>13</v>
       </c>
       <c r="D64" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>2103</v>
+        <v>832</v>
       </c>
       <c r="F64" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>2104</v>
+        <v>833</v>
       </c>
       <c r="H64" t="s">
-        <v>2105</v>
+        <v>834</v>
+      </c>
+      <c r="I64" t="s">
+        <v>835</v>
+      </c>
+      <c r="J64" t="s">
+        <v>836</v>
+      </c>
+      <c r="K64" t="s">
+        <v>837</v>
+      </c>
+      <c r="L64" t="s">
+        <v>838</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B65" t="s">
-        <v>2106</v>
+        <v>839</v>
       </c>
       <c r="C65" t="s">
-        <v>2107</v>
+        <v>13</v>
       </c>
       <c r="D65" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>2108</v>
+        <v>840</v>
       </c>
       <c r="F65" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>2109</v>
+        <v>841</v>
       </c>
       <c r="H65" t="s">
-        <v>2110</v>
+        <v>842</v>
+      </c>
+      <c r="I65" t="s">
+        <v>843</v>
+      </c>
+      <c r="J65" t="s">
+        <v>844</v>
+      </c>
+      <c r="K65" t="s">
+        <v>845</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B66" t="s">
-        <v>2111</v>
+        <v>846</v>
       </c>
       <c r="C66" t="s">
-        <v>2112</v>
+        <v>13</v>
       </c>
       <c r="D66" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>2113</v>
+        <v>847</v>
       </c>
       <c r="F66" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>2114</v>
+        <v>848</v>
       </c>
       <c r="H66" t="s">
-        <v>2115</v>
+        <v>849</v>
+      </c>
+      <c r="I66" t="s">
+        <v>850</v>
+      </c>
+      <c r="J66" t="s">
+        <v>851</v>
+      </c>
+      <c r="K66" t="s">
+        <v>852</v>
+      </c>
+      <c r="L66" t="s">
+        <v>853</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B67" t="s">
-        <v>2116</v>
+        <v>854</v>
       </c>
       <c r="C67" t="s">
-        <v>2117</v>
+        <v>13</v>
       </c>
       <c r="D67" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>2118</v>
+        <v>855</v>
       </c>
       <c r="F67" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>2119</v>
+        <v>856</v>
       </c>
       <c r="H67" t="s">
-        <v>2120</v>
+        <v>857</v>
+      </c>
+      <c r="I67" t="s">
+        <v>858</v>
+      </c>
+      <c r="J67" t="s">
+        <v>859</v>
+      </c>
+      <c r="K67" t="s">
+        <v>860</v>
+      </c>
+      <c r="L67" t="s">
+        <v>861</v>
+      </c>
+      <c r="M67" t="s">
+        <v>862</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B68" t="s">
-        <v>2121</v>
+        <v>863</v>
       </c>
       <c r="C68" t="s">
-        <v>2122</v>
+        <v>13</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>2123</v>
+        <v>864</v>
       </c>
       <c r="F68" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>2124</v>
+        <v>865</v>
       </c>
       <c r="H68" t="s">
-        <v>2125</v>
+        <v>866</v>
+      </c>
+      <c r="I68" t="s">
+        <v>867</v>
+      </c>
+      <c r="J68" t="s">
+        <v>868</v>
+      </c>
+      <c r="K68" t="s">
+        <v>869</v>
+      </c>
+      <c r="L68" t="s">
+        <v>870</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B69" t="s">
-        <v>2126</v>
+        <v>871</v>
       </c>
       <c r="C69" t="s">
-        <v>2127</v>
+        <v>13</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>2128</v>
+        <v>872</v>
       </c>
       <c r="F69" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>2129</v>
+        <v>873</v>
       </c>
       <c r="H69" t="s">
-        <v>2130</v>
+        <v>874</v>
+      </c>
+      <c r="I69" t="s">
+        <v>294</v>
+      </c>
+      <c r="J69" t="s">
+        <v>875</v>
+      </c>
+      <c r="K69" t="s">
+        <v>876</v>
+      </c>
+      <c r="L69" t="s">
+        <v>877</v>
+      </c>
+      <c r="M69" t="s">
+        <v>878</v>
+      </c>
+      <c r="N69" t="s">
+        <v>879</v>
+      </c>
+      <c r="O69" t="s">
+        <v>880</v>
+      </c>
+      <c r="P69" t="s">
+        <v>881</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B70" t="s">
-        <v>2131</v>
+        <v>882</v>
       </c>
       <c r="C70" t="s">
-        <v>2132</v>
+        <v>13</v>
       </c>
       <c r="D70" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>2133</v>
+        <v>883</v>
       </c>
       <c r="F70" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>2134</v>
+        <v>884</v>
       </c>
       <c r="H70" t="s">
-        <v>2135</v>
+        <v>885</v>
+      </c>
+      <c r="I70" t="s">
+        <v>886</v>
+      </c>
+      <c r="J70" t="s">
+        <v>887</v>
+      </c>
+      <c r="K70" t="s">
+        <v>888</v>
+      </c>
+      <c r="L70" t="s">
+        <v>889</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B71" t="s">
-        <v>2136</v>
+        <v>890</v>
       </c>
       <c r="C71" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D71" t="s">
-        <v>2137</v>
+        <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>2138</v>
+        <v>891</v>
       </c>
       <c r="F71" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>2139</v>
+        <v>892</v>
       </c>
       <c r="H71" t="s">
-        <v>2140</v>
+        <v>893</v>
+      </c>
+      <c r="I71" t="s">
+        <v>294</v>
+      </c>
+      <c r="J71" t="s">
+        <v>894</v>
+      </c>
+      <c r="K71" t="s">
+        <v>895</v>
+      </c>
+      <c r="L71" t="s">
+        <v>896</v>
+      </c>
+      <c r="M71" t="s">
+        <v>897</v>
+      </c>
+      <c r="N71" t="s">
+        <v>898</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B72" t="s">
-        <v>2141</v>
+        <v>899</v>
       </c>
       <c r="C72" t="s">
-        <v>2142</v>
+        <v>13</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>2143</v>
+        <v>900</v>
       </c>
       <c r="F72" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>2144</v>
+        <v>901</v>
       </c>
       <c r="H72" t="s">
-        <v>2145</v>
+        <v>902</v>
+      </c>
+      <c r="I72" t="s">
+        <v>903</v>
+      </c>
+      <c r="J72" t="s">
+        <v>904</v>
+      </c>
+      <c r="K72" t="s">
+        <v>905</v>
+      </c>
+      <c r="L72" t="s">
+        <v>906</v>
+      </c>
+      <c r="M72" t="s">
+        <v>907</v>
+      </c>
+      <c r="N72" t="s">
+        <v>908</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B73" t="s">
-        <v>2146</v>
+        <v>909</v>
       </c>
       <c r="C73" t="s">
-        <v>2147</v>
+        <v>13</v>
       </c>
       <c r="D73" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>2143</v>
+        <v>910</v>
       </c>
       <c r="F73" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>2148</v>
+        <v>911</v>
       </c>
       <c r="H73" t="s">
-        <v>2149</v>
+        <v>912</v>
+      </c>
+      <c r="I73" t="s">
+        <v>913</v>
+      </c>
+      <c r="J73" t="s">
+        <v>409</v>
+      </c>
+      <c r="K73" t="s">
+        <v>914</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B74" t="s">
-        <v>2150</v>
+        <v>915</v>
       </c>
       <c r="C74" t="s">
-        <v>2151</v>
+        <v>13</v>
       </c>
       <c r="D74" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>2152</v>
+        <v>916</v>
       </c>
       <c r="F74" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>2153</v>
+        <v>917</v>
       </c>
       <c r="H74" t="s">
-        <v>2154</v>
+        <v>918</v>
+      </c>
+      <c r="I74" t="s">
+        <v>919</v>
+      </c>
+      <c r="J74" t="s">
+        <v>239</v>
+      </c>
+      <c r="K74" t="s">
+        <v>920</v>
+      </c>
+      <c r="L74" t="s">
+        <v>921</v>
+      </c>
+      <c r="M74" t="s">
+        <v>922</v>
+      </c>
+      <c r="N74" t="s">
+        <v>923</v>
+      </c>
+      <c r="O74" t="s">
+        <v>924</v>
+      </c>
+      <c r="P74" t="s">
+        <v>925</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>926</v>
+      </c>
+      <c r="R74" t="s">
+        <v>927</v>
+      </c>
+      <c r="S74" t="s">
+        <v>928</v>
+      </c>
+      <c r="T74" t="s">
+        <v>929</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B75" t="s">
-        <v>2155</v>
+        <v>930</v>
       </c>
       <c r="C75" t="s">
-        <v>2156</v>
+        <v>13</v>
       </c>
       <c r="D75" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>2157</v>
+        <v>931</v>
       </c>
       <c r="F75" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>2158</v>
+        <v>932</v>
       </c>
       <c r="H75" t="s">
-        <v>2159</v>
+        <v>933</v>
+      </c>
+      <c r="I75" t="s">
+        <v>934</v>
+      </c>
+      <c r="J75" t="s">
+        <v>935</v>
+      </c>
+      <c r="K75" t="s">
+        <v>936</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B76" t="s">
-        <v>2160</v>
+        <v>937</v>
       </c>
       <c r="C76" t="s">
-        <v>2161</v>
+        <v>13</v>
       </c>
       <c r="D76" t="s">
-        <v>2162</v>
+        <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>2163</v>
+        <v>938</v>
       </c>
       <c r="F76" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>2164</v>
+        <v>939</v>
       </c>
       <c r="H76" t="s">
-        <v>2165</v>
+        <v>940</v>
+      </c>
+      <c r="I76" t="s">
+        <v>941</v>
+      </c>
+      <c r="J76" t="s">
+        <v>942</v>
+      </c>
+      <c r="K76" t="s">
+        <v>943</v>
+      </c>
+      <c r="L76" t="s">
+        <v>944</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B77" t="s">
-        <v>2166</v>
+        <v>945</v>
       </c>
       <c r="C77" t="s">
-        <v>2167</v>
+        <v>13</v>
       </c>
       <c r="D77" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>2168</v>
+        <v>946</v>
       </c>
       <c r="F77" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>2169</v>
+        <v>947</v>
       </c>
       <c r="H77" t="s">
-        <v>2170</v>
+        <v>948</v>
+      </c>
+      <c r="I77" t="s">
+        <v>417</v>
+      </c>
+      <c r="J77" t="s">
+        <v>949</v>
+      </c>
+      <c r="K77" t="s">
+        <v>950</v>
+      </c>
+      <c r="L77" t="s">
+        <v>951</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B78" t="s">
-        <v>2171</v>
+        <v>952</v>
       </c>
       <c r="C78" t="s">
-        <v>2172</v>
+        <v>13</v>
       </c>
       <c r="D78" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>2173</v>
+        <v>953</v>
       </c>
       <c r="F78" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>2174</v>
+        <v>954</v>
       </c>
       <c r="H78" t="s">
-        <v>2175</v>
+        <v>955</v>
+      </c>
+      <c r="I78" t="s">
+        <v>956</v>
+      </c>
+      <c r="J78" t="s">
+        <v>957</v>
+      </c>
+      <c r="K78" t="s">
+        <v>958</v>
+      </c>
+      <c r="L78" t="s">
+        <v>959</v>
+      </c>
+      <c r="M78" t="s">
+        <v>960</v>
+      </c>
+      <c r="N78" t="s">
+        <v>961</v>
+      </c>
+      <c r="O78" t="s">
+        <v>962</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B79" t="s">
-        <v>2176</v>
+        <v>963</v>
       </c>
       <c r="C79" t="s">
-        <v>2177</v>
+        <v>13</v>
       </c>
       <c r="D79" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>2178</v>
+        <v>964</v>
       </c>
       <c r="F79" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>2179</v>
+        <v>965</v>
       </c>
       <c r="H79" t="s">
-        <v>2180</v>
+        <v>966</v>
+      </c>
+      <c r="I79" t="s">
+        <v>967</v>
+      </c>
+      <c r="J79" t="s">
+        <v>305</v>
+      </c>
+      <c r="K79" t="s">
+        <v>968</v>
+      </c>
+      <c r="L79" t="s">
+        <v>969</v>
+      </c>
+      <c r="M79" t="s">
+        <v>970</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B80" t="s">
-        <v>2181</v>
+        <v>971</v>
       </c>
       <c r="C80" t="s">
-        <v>2182</v>
+        <v>13</v>
       </c>
       <c r="D80" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>2183</v>
+        <v>972</v>
       </c>
       <c r="F80" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>2184</v>
+        <v>973</v>
       </c>
       <c r="H80" t="s">
-        <v>2185</v>
+        <v>974</v>
+      </c>
+      <c r="I80" t="s">
+        <v>975</v>
+      </c>
+      <c r="J80" t="s">
+        <v>318</v>
+      </c>
+      <c r="K80" t="s">
+        <v>976</v>
+      </c>
+      <c r="L80" t="s">
+        <v>977</v>
+      </c>
+      <c r="M80" t="s">
+        <v>978</v>
+      </c>
+      <c r="N80" t="s">
+        <v>979</v>
+      </c>
+      <c r="O80" t="s">
+        <v>980</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B81" t="s">
-        <v>2186</v>
+        <v>981</v>
       </c>
       <c r="C81" t="s">
-        <v>2187</v>
+        <v>13</v>
       </c>
       <c r="D81" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>2188</v>
+        <v>982</v>
       </c>
       <c r="F81" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>2189</v>
+        <v>983</v>
       </c>
       <c r="H81" t="s">
-        <v>2190</v>
+        <v>984</v>
+      </c>
+      <c r="I81" t="s">
+        <v>985</v>
+      </c>
+      <c r="J81" t="s">
+        <v>904</v>
+      </c>
+      <c r="K81" t="s">
+        <v>986</v>
+      </c>
+      <c r="L81" t="s">
+        <v>987</v>
+      </c>
+      <c r="M81" t="s">
+        <v>988</v>
+      </c>
+      <c r="N81" t="s">
+        <v>989</v>
+      </c>
+      <c r="O81" t="s">
+        <v>990</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B82" t="s">
-        <v>2191</v>
+        <v>991</v>
       </c>
       <c r="C82" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D82" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>2192</v>
+        <v>992</v>
       </c>
       <c r="F82" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>2193</v>
+        <v>993</v>
       </c>
       <c r="H82" t="s">
-        <v>2194</v>
+        <v>994</v>
+      </c>
+      <c r="I82" t="s">
+        <v>995</v>
+      </c>
+      <c r="J82" t="s">
+        <v>996</v>
+      </c>
+      <c r="K82" t="s">
+        <v>997</v>
+      </c>
+      <c r="L82" t="s">
+        <v>998</v>
+      </c>
+      <c r="M82" t="s">
+        <v>999</v>
+      </c>
+      <c r="N82" t="s">
+        <v>1000</v>
+      </c>
+      <c r="O82" t="s">
+        <v>1001</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B83" t="s">
-        <v>2195</v>
+        <v>1002</v>
       </c>
       <c r="C83" t="s">
-        <v>2196</v>
+        <v>13</v>
       </c>
       <c r="D83" t="s">
-        <v>2197</v>
+        <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>2198</v>
+        <v>1003</v>
       </c>
       <c r="F83" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>2199</v>
+        <v>1004</v>
       </c>
       <c r="H83" t="s">
-        <v>2200</v>
+        <v>1005</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1006</v>
+      </c>
+      <c r="J83" t="s">
+        <v>1007</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1008</v>
+      </c>
+      <c r="L83" t="s">
+        <v>1009</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B84" t="s">
-        <v>2201</v>
+        <v>1010</v>
       </c>
       <c r="C84" t="s">
-        <v>1882</v>
+        <v>13</v>
       </c>
       <c r="D84" t="s">
-        <v>2202</v>
+        <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>2203</v>
+        <v>1011</v>
       </c>
       <c r="F84" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>2204</v>
+        <v>1012</v>
       </c>
       <c r="H84" t="s">
-        <v>2205</v>
+        <v>1013</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1014</v>
+      </c>
+      <c r="J84" t="s">
+        <v>305</v>
+      </c>
+      <c r="K84" t="s">
+        <v>1015</v>
+      </c>
+      <c r="L84" t="s">
+        <v>1016</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B85" t="s">
-        <v>2206</v>
+        <v>1017</v>
       </c>
       <c r="C85" t="s">
-        <v>1882</v>
+        <v>13</v>
       </c>
       <c r="D85" t="s">
-        <v>2207</v>
+        <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>2208</v>
+        <v>1018</v>
       </c>
       <c r="F85" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>2209</v>
+        <v>1019</v>
       </c>
       <c r="H85" t="s">
-        <v>2210</v>
+        <v>1020</v>
+      </c>
+      <c r="I85" t="s">
+        <v>1021</v>
+      </c>
+      <c r="J85" t="s">
+        <v>1022</v>
+      </c>
+      <c r="K85" t="s">
+        <v>1023</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1024</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B86" t="s">
-        <v>2211</v>
+        <v>1025</v>
       </c>
       <c r="C86" t="s">
-        <v>2212</v>
+        <v>13</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>2213</v>
+        <v>1026</v>
       </c>
       <c r="F86" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>2214</v>
+        <v>1027</v>
       </c>
       <c r="H86" t="s">
-        <v>2215</v>
+        <v>1028</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1029</v>
+      </c>
+      <c r="J86" t="s">
+        <v>228</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1030</v>
+      </c>
+      <c r="L86" t="s">
+        <v>1031</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1032</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B87" t="s">
-        <v>2216</v>
+        <v>1033</v>
       </c>
       <c r="C87" t="s">
-        <v>1882</v>
+        <v>13</v>
       </c>
       <c r="D87" t="s">
-        <v>2217</v>
+        <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>2218</v>
+        <v>1034</v>
       </c>
       <c r="F87" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>2219</v>
+        <v>1035</v>
       </c>
       <c r="H87" t="s">
-        <v>2220</v>
+        <v>1036</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1037</v>
+      </c>
+      <c r="J87" t="s">
+        <v>409</v>
+      </c>
+      <c r="K87" t="s">
+        <v>1038</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B88" t="s">
-        <v>2221</v>
+        <v>1039</v>
       </c>
       <c r="C88" t="s">
-        <v>2222</v>
+        <v>13</v>
       </c>
       <c r="D88" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>2223</v>
+        <v>1040</v>
       </c>
       <c r="F88" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>2224</v>
+        <v>1041</v>
       </c>
       <c r="H88" t="s">
-        <v>2225</v>
+        <v>1042</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1043</v>
+      </c>
+      <c r="J88" t="s">
+        <v>1044</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1045</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B89" t="s">
-        <v>2226</v>
+        <v>1046</v>
       </c>
       <c r="C89" t="s">
-        <v>2227</v>
+        <v>13</v>
       </c>
       <c r="D89" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>2228</v>
+        <v>1047</v>
       </c>
       <c r="F89" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>2229</v>
+        <v>1048</v>
       </c>
       <c r="H89" t="s">
-        <v>2230</v>
+        <v>1049</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1050</v>
+      </c>
+      <c r="J89" t="s">
+        <v>957</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1051</v>
+      </c>
+      <c r="L89" t="s">
+        <v>1052</v>
+      </c>
+      <c r="M89" t="s">
+        <v>1053</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B90" t="s">
-        <v>2231</v>
+        <v>1054</v>
       </c>
       <c r="C90" t="s">
-        <v>1882</v>
+        <v>13</v>
       </c>
       <c r="D90" t="s">
-        <v>2232</v>
+        <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>2233</v>
+        <v>1055</v>
       </c>
       <c r="F90" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>2234</v>
+        <v>1056</v>
       </c>
       <c r="H90" t="s">
-        <v>2235</v>
+        <v>1057</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J90" t="s">
+        <v>1059</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1060</v>
+      </c>
+      <c r="L90" t="s">
+        <v>1061</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1807</v>
+        <v>182</v>
       </c>
       <c r="B91" t="s">
-        <v>2236</v>
+        <v>1062</v>
       </c>
       <c r="C91" t="s">
-        <v>2237</v>
+        <v>13</v>
       </c>
       <c r="D91" t="s">
-        <v>2238</v>
+        <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>2239</v>
+        <v>1063</v>
       </c>
       <c r="F91" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>2240</v>
+        <v>1064</v>
       </c>
       <c r="H91" t="s">
-        <v>2241</v>
+        <v>1065</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1066</v>
+      </c>
+      <c r="J91" t="s">
+        <v>368</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1067</v>
+      </c>
+      <c r="L91" t="s">
+        <v>1068</v>
+      </c>
+      <c r="M91" t="s">
+        <v>1069</v>
+      </c>
+      <c r="N91" t="s">
+        <v>1070</v>
+      </c>
+      <c r="O91" t="s">
+        <v>1071</v>
+      </c>
+      <c r="P91" t="s">
+        <v>1072</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>182</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1073</v>
+      </c>
+      <c r="C92" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1076</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1077</v>
+      </c>
+      <c r="J92" t="s">
+        <v>368</v>
+      </c>
+      <c r="K92" t="s">
+        <v>1078</v>
+      </c>
+      <c r="L92" t="s">
+        <v>1079</v>
+      </c>
+      <c r="M92" t="s">
+        <v>1080</v>
+      </c>
+      <c r="N92" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>182</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C93" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1085</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1086</v>
+      </c>
+      <c r="J93" t="s">
+        <v>1087</v>
+      </c>
+      <c r="K93" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>182</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C94" t="s">
+        <v>13</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1090</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1092</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1093</v>
+      </c>
+      <c r="J94" t="s">
+        <v>1094</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1095</v>
+      </c>
+      <c r="L94" t="s">
+        <v>1096</v>
+      </c>
+      <c r="M94" t="s">
+        <v>1097</v>
+      </c>
+      <c r="N94" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>182</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C95" t="s">
+        <v>13</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1100</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1102</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1103</v>
+      </c>
+      <c r="J95" t="s">
+        <v>904</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1104</v>
+      </c>
+      <c r="L95" t="s">
+        <v>1105</v>
+      </c>
+      <c r="M95" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>182</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C96" t="s">
+        <v>13</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1110</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1111</v>
+      </c>
+      <c r="J96" t="s">
+        <v>957</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1112</v>
+      </c>
+      <c r="L96" t="s">
+        <v>1113</v>
+      </c>
+      <c r="M96" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>182</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C97" t="s">
+        <v>13</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1119</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1120</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1122</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1123</v>
+      </c>
+      <c r="N97" t="s">
+        <v>1124</v>
+      </c>
+      <c r="O97" t="s">
+        <v>1125</v>
+      </c>
+      <c r="P97" t="s">
+        <v>1126</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>1127</v>
+      </c>
+      <c r="R97" t="s">
+        <v>1128</v>
+      </c>
+      <c r="S97" t="s">
+        <v>1129</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>182</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C98" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1131</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1132</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1133</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J98" t="s">
+        <v>1135</v>
+      </c>
+      <c r="K98" t="s">
+        <v>1136</v>
+      </c>
+      <c r="L98" t="s">
+        <v>1137</v>
+      </c>
+      <c r="M98" t="s">
+        <v>1138</v>
+      </c>
+      <c r="N98" t="s">
+        <v>1139</v>
+      </c>
+      <c r="O98" t="s">
+        <v>1140</v>
+      </c>
+      <c r="P98" t="s">
+        <v>1141</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>1142</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>182</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C99" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1144</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1145</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1146</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1147</v>
+      </c>
+      <c r="J99" t="s">
+        <v>1148</v>
+      </c>
+      <c r="K99" t="s">
+        <v>1149</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1150</v>
+      </c>
+      <c r="M99" t="s">
+        <v>1151</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>182</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1152</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1155</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1156</v>
+      </c>
+      <c r="J100" t="s">
+        <v>801</v>
+      </c>
+      <c r="K100" t="s">
+        <v>1157</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1158</v>
+      </c>
+      <c r="M100" t="s">
+        <v>1159</v>
+      </c>
+      <c r="N100" t="s">
+        <v>1160</v>
+      </c>
+      <c r="O100" t="s">
+        <v>1161</v>
+      </c>
+      <c r="P100" t="s">
+        <v>1162</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>1163</v>
+      </c>
+      <c r="R100" t="s">
+        <v>1164</v>
+      </c>
+      <c r="S100" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>182</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1168</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1169</v>
+      </c>
+      <c r="J101" t="s">
+        <v>844</v>
+      </c>
+      <c r="K101" t="s">
+        <v>1170</v>
+      </c>
+      <c r="L101" t="s">
+        <v>1171</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1172</v>
+      </c>
+      <c r="N101" t="s">
+        <v>1173</v>
+      </c>
+      <c r="O101" t="s">
+        <v>1174</v>
+      </c>
+      <c r="P101" t="s">
+        <v>1175</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>1176</v>
+      </c>
+      <c r="R101" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>182</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C102" t="s">
+        <v>13</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1180</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1181</v>
+      </c>
+      <c r="J102" t="s">
+        <v>957</v>
+      </c>
+      <c r="K102" t="s">
+        <v>1182</v>
+      </c>
+      <c r="L102" t="s">
+        <v>1183</v>
+      </c>
+      <c r="M102" t="s">
+        <v>1184</v>
+      </c>
+      <c r="N102" t="s">
+        <v>1185</v>
+      </c>
+      <c r="O102" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>182</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C103" t="s">
+        <v>13</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1188</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1189</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1190</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1191</v>
+      </c>
+      <c r="J103" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K103" t="s">
+        <v>1193</v>
+      </c>
+      <c r="L103" t="s">
+        <v>1194</v>
+      </c>
+      <c r="M103" t="s">
+        <v>1195</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>182</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C104" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1199</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1200</v>
+      </c>
+      <c r="J104" t="s">
+        <v>305</v>
+      </c>
+      <c r="K104" t="s">
+        <v>1201</v>
+      </c>
+      <c r="L104" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>182</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C105" t="s">
+        <v>13</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1204</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1205</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1206</v>
+      </c>
+      <c r="I105" t="s">
+        <v>1207</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1208</v>
+      </c>
+      <c r="K105" t="s">
+        <v>1209</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>182</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C106" t="s">
+        <v>13</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1213</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1214</v>
+      </c>
+      <c r="J106" t="s">
+        <v>904</v>
+      </c>
+      <c r="K106" t="s">
+        <v>1215</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1216</v>
+      </c>
+      <c r="M106" t="s">
+        <v>1217</v>
+      </c>
+      <c r="N106" t="s">
+        <v>1218</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>182</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C107" t="s">
+        <v>13</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H107" t="s">
+        <v>1222</v>
+      </c>
+      <c r="I107" t="s">
+        <v>1223</v>
+      </c>
+      <c r="J107" t="s">
+        <v>957</v>
+      </c>
+      <c r="K107" t="s">
+        <v>1224</v>
+      </c>
+      <c r="L107" t="s">
+        <v>1225</v>
+      </c>
+      <c r="M107" t="s">
+        <v>1226</v>
+      </c>
+      <c r="N107" t="s">
+        <v>1227</v>
+      </c>
+      <c r="O107" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>182</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C108" t="s">
+        <v>13</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1232</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1233</v>
+      </c>
+      <c r="J108" t="s">
+        <v>196</v>
+      </c>
+      <c r="K108" t="s">
+        <v>1234</v>
+      </c>
+      <c r="L108" t="s">
+        <v>1235</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1236</v>
+      </c>
+      <c r="N108" t="s">
+        <v>1237</v>
+      </c>
+      <c r="O108" t="s">
+        <v>1238</v>
+      </c>
+      <c r="P108" t="s">
+        <v>1239</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>182</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C109" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1230</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1242</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1243</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1244</v>
+      </c>
+      <c r="J109" t="s">
+        <v>726</v>
+      </c>
+      <c r="K109" t="s">
+        <v>1245</v>
+      </c>
+      <c r="L109" t="s">
+        <v>1246</v>
+      </c>
+      <c r="M109" t="s">
+        <v>1247</v>
+      </c>
+      <c r="N109" t="s">
+        <v>1248</v>
+      </c>
+      <c r="O109" t="s">
+        <v>1249</v>
+      </c>
+      <c r="P109" t="s">
+        <v>1250</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>1251</v>
+      </c>
+      <c r="R109" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>182</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C110" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1256</v>
+      </c>
+      <c r="I110" t="s">
+        <v>1257</v>
+      </c>
+      <c r="J110" t="s">
+        <v>577</v>
+      </c>
+      <c r="K110" t="s">
+        <v>1258</v>
+      </c>
+      <c r="L110" t="s">
+        <v>1259</v>
+      </c>
+      <c r="M110" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>182</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C111" t="s">
+        <v>13</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1264</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1265</v>
+      </c>
+      <c r="J111" t="s">
+        <v>1094</v>
+      </c>
+      <c r="K111" t="s">
+        <v>1266</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1267</v>
+      </c>
+      <c r="M111" t="s">
+        <v>1268</v>
+      </c>
+      <c r="N111" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>182</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C112" t="s">
+        <v>13</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1271</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1273</v>
+      </c>
+      <c r="I112" t="s">
+        <v>1274</v>
+      </c>
+      <c r="J112" t="s">
+        <v>1275</v>
+      </c>
+      <c r="K112" t="s">
+        <v>1276</v>
+      </c>
+      <c r="L112" t="s">
+        <v>1277</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>182</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C113" t="s">
+        <v>13</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1281</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1282</v>
+      </c>
+      <c r="J113" t="s">
+        <v>1283</v>
+      </c>
+      <c r="K113" t="s">
+        <v>1284</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1285</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1286</v>
+      </c>
+      <c r="N113" t="s">
+        <v>1287</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>182</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C114" t="s">
+        <v>13</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1291</v>
+      </c>
+      <c r="I114" t="s">
+        <v>1292</v>
+      </c>
+      <c r="J114" t="s">
+        <v>368</v>
+      </c>
+      <c r="K114" t="s">
+        <v>1293</v>
+      </c>
+      <c r="L114" t="s">
+        <v>1294</v>
+      </c>
+      <c r="M114" t="s">
+        <v>1295</v>
+      </c>
+      <c r="N114" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O114" t="s">
+        <v>1297</v>
+      </c>
+      <c r="P114" t="s">
+        <v>1298</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>182</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C115" t="s">
+        <v>13</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1301</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1303</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1304</v>
+      </c>
+      <c r="J115" t="s">
+        <v>1305</v>
+      </c>
+      <c r="K115" t="s">
+        <v>1306</v>
+      </c>
+      <c r="L115" t="s">
+        <v>1307</v>
+      </c>
+      <c r="M115" t="s">
+        <v>1308</v>
+      </c>
+      <c r="N115" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>182</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C116" t="s">
+        <v>13</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1312</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1313</v>
+      </c>
+      <c r="I116" t="s">
+        <v>453</v>
+      </c>
+      <c r="J116" t="s">
+        <v>669</v>
+      </c>
+      <c r="K116" t="s">
+        <v>1314</v>
+      </c>
+      <c r="L116" t="s">
+        <v>1315</v>
+      </c>
+      <c r="M116" t="s">
+        <v>1316</v>
+      </c>
+      <c r="N116" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>182</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C117" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1319</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1321</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1322</v>
+      </c>
+      <c r="J117" t="s">
+        <v>1323</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>182</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C118" t="s">
+        <v>13</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1328</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1329</v>
+      </c>
+      <c r="J118" t="s">
+        <v>445</v>
+      </c>
+      <c r="K118" t="s">
+        <v>1330</v>
+      </c>
+      <c r="L118" t="s">
+        <v>1331</v>
+      </c>
+      <c r="M118" t="s">
+        <v>1332</v>
+      </c>
+      <c r="N118" t="s">
+        <v>1333</v>
+      </c>
+      <c r="O118" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>182</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C119" t="s">
+        <v>13</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1338</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1339</v>
+      </c>
+      <c r="J119" t="s">
+        <v>810</v>
+      </c>
+      <c r="K119" t="s">
+        <v>1340</v>
+      </c>
+      <c r="L119" t="s">
+        <v>1341</v>
+      </c>
+      <c r="M119" t="s">
+        <v>1342</v>
+      </c>
+      <c r="N119" t="s">
+        <v>1343</v>
+      </c>
+      <c r="O119" t="s">
+        <v>1344</v>
+      </c>
+      <c r="P119" t="s">
+        <v>1345</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>1346</v>
+      </c>
+      <c r="R119" t="s">
+        <v>1347</v>
+      </c>
+      <c r="S119" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>182</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C120" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1350</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1351</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1352</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1353</v>
+      </c>
+      <c r="J120" t="s">
+        <v>726</v>
+      </c>
+      <c r="K120" t="s">
+        <v>1354</v>
+      </c>
+      <c r="L120" t="s">
+        <v>1355</v>
+      </c>
+      <c r="M120" t="s">
+        <v>1356</v>
+      </c>
+      <c r="N120" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>182</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C121" t="s">
+        <v>13</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1361</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1362</v>
+      </c>
+      <c r="J121" t="s">
+        <v>1363</v>
+      </c>
+      <c r="K121" t="s">
+        <v>1364</v>
+      </c>
+      <c r="L121" t="s">
+        <v>1365</v>
+      </c>
+      <c r="M121" t="s">
+        <v>1366</v>
+      </c>
+      <c r="N121" t="s">
+        <v>1367</v>
+      </c>
+      <c r="O121" t="s">
+        <v>1368</v>
+      </c>
+      <c r="P121" t="s">
+        <v>1369</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>1370</v>
+      </c>
+      <c r="R121" t="s">
+        <v>1371</v>
+      </c>
+      <c r="S121" t="s">
+        <v>1372</v>
+      </c>
+      <c r="T121" t="s">
+        <v>1373</v>
+      </c>
+      <c r="U121" t="s">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>182</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C122" t="s">
+        <v>13</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1376</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1378</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1379</v>
+      </c>
+      <c r="J122" t="s">
+        <v>1380</v>
+      </c>
+      <c r="K122" t="s">
+        <v>1381</v>
+      </c>
+      <c r="L122" t="s">
+        <v>1382</v>
+      </c>
+      <c r="M122" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>182</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C123" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1385</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1386</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1387</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1388</v>
+      </c>
+      <c r="J123" t="s">
+        <v>228</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1389</v>
+      </c>
+      <c r="L123" t="s">
+        <v>1390</v>
+      </c>
+      <c r="M123" t="s">
+        <v>1391</v>
+      </c>
+      <c r="N123" t="s">
+        <v>1392</v>
+      </c>
+      <c r="O123" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>182</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C124" t="s">
+        <v>13</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1397</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1398</v>
+      </c>
+      <c r="J124" t="s">
+        <v>1399</v>
+      </c>
+      <c r="K124" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>182</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C125" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1402</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1404</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1405</v>
+      </c>
+      <c r="J125" t="s">
+        <v>318</v>
+      </c>
+      <c r="K125" t="s">
+        <v>1406</v>
+      </c>
+      <c r="L125" t="s">
+        <v>1407</v>
+      </c>
+      <c r="M125" t="s">
+        <v>1408</v>
+      </c>
+      <c r="N125" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>182</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C126" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1412</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1413</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1414</v>
+      </c>
+      <c r="J126" t="s">
+        <v>577</v>
+      </c>
+      <c r="K126" t="s">
+        <v>1415</v>
+      </c>
+      <c r="L126" t="s">
+        <v>1416</v>
+      </c>
+      <c r="M126" t="s">
+        <v>1417</v>
+      </c>
+      <c r="N126" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>182</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1420</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1422</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1423</v>
+      </c>
+      <c r="J127" t="s">
+        <v>239</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1424</v>
+      </c>
+      <c r="L127" t="s">
+        <v>1425</v>
+      </c>
+      <c r="M127" t="s">
+        <v>1426</v>
+      </c>
+      <c r="N127" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>182</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C128" t="s">
+        <v>13</v>
+      </c>
+      <c r="D128" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1420</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1431</v>
+      </c>
+      <c r="J128" t="s">
+        <v>726</v>
+      </c>
+      <c r="K128" t="s">
+        <v>1432</v>
+      </c>
+      <c r="L128" t="s">
+        <v>1433</v>
+      </c>
+      <c r="M128" t="s">
+        <v>1434</v>
+      </c>
+      <c r="N128" t="s">
+        <v>1435</v>
+      </c>
+      <c r="O128" t="s">
+        <v>1436</v>
+      </c>
+      <c r="P128" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>182</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C129" t="s">
+        <v>13</v>
+      </c>
+      <c r="D129" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1439</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1441</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1442</v>
+      </c>
+      <c r="J129" t="s">
+        <v>239</v>
+      </c>
+      <c r="K129" t="s">
+        <v>1443</v>
+      </c>
+      <c r="L129" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>182</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1445</v>
+      </c>
+      <c r="C130" t="s">
+        <v>13</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1446</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1448</v>
+      </c>
+      <c r="I130" t="s">
+        <v>453</v>
+      </c>
+      <c r="J130" t="s">
+        <v>894</v>
+      </c>
+      <c r="K130" t="s">
+        <v>1449</v>
+      </c>
+      <c r="L130" t="s">
+        <v>1450</v>
+      </c>
+      <c r="M130" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>182</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1452</v>
+      </c>
+      <c r="C131" t="s">
+        <v>13</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1455</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1456</v>
+      </c>
+      <c r="J131" t="s">
+        <v>1457</v>
+      </c>
+      <c r="K131" t="s">
+        <v>1458</v>
+      </c>
+      <c r="L131" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>182</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C132" t="s">
+        <v>13</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1461</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1462</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1414</v>
+      </c>
+      <c r="J132" t="s">
+        <v>1463</v>
+      </c>
+      <c r="K132" t="s">
+        <v>1464</v>
+      </c>
+      <c r="L132" t="s">
+        <v>1465</v>
+      </c>
+      <c r="M132" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>182</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C133" t="s">
+        <v>13</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1469</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1414</v>
+      </c>
+      <c r="J133" t="s">
+        <v>1470</v>
+      </c>
+      <c r="K133" t="s">
+        <v>1471</v>
+      </c>
+      <c r="L133" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>182</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C134" t="s">
+        <v>13</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1475</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1476</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1477</v>
+      </c>
+      <c r="J134" t="s">
+        <v>1478</v>
+      </c>
+      <c r="K134" t="s">
+        <v>1479</v>
+      </c>
+      <c r="L134" t="s">
+        <v>1480</v>
+      </c>
+      <c r="M134" t="s">
+        <v>1481</v>
+      </c>
+      <c r="N134" t="s">
+        <v>1482</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>182</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1483</v>
+      </c>
+      <c r="C135" t="s">
+        <v>13</v>
+      </c>
+      <c r="D135" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1484</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1485</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1486</v>
+      </c>
+      <c r="I135" t="s">
+        <v>1487</v>
+      </c>
+      <c r="J135" t="s">
+        <v>1488</v>
+      </c>
+      <c r="K135" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>182</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C136" t="s">
+        <v>13</v>
+      </c>
+      <c r="D136" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I136" t="s">
+        <v>1494</v>
+      </c>
+      <c r="J136" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K136" t="s">
+        <v>1496</v>
+      </c>
+      <c r="L136" t="s">
+        <v>1497</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>182</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1498</v>
+      </c>
+      <c r="C137" t="s">
+        <v>13</v>
+      </c>
+      <c r="D137" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1500</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1501</v>
+      </c>
+      <c r="I137" t="s">
+        <v>1502</v>
+      </c>
+      <c r="J137" t="s">
+        <v>1503</v>
+      </c>
+      <c r="K137" t="s">
+        <v>1504</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...2123 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>