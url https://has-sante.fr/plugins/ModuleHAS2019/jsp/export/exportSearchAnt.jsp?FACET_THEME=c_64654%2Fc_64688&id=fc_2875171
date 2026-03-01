--- v1 (2026-01-14)
+++ v2 (2026-03-01)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
     <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
     <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
     <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
     <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2200" uniqueCount="1505">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2241" uniqueCount="1534">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -572,50 +572,212 @@
   <si>
     <t>03/01/2014 00:00:00</t>
   </si>
   <si>
     <t>05/27/2014 15:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1351767/en/assessment-of-spinal-cord-stimulation-march-2014</t>
   </si>
   <si>
     <t>c_1351767</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>KOSELUGO (sélumétinib)</t>
+  </si>
+  <si>
+    <t>02/11/2026 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322927/en/koselugo-selumetinib</t>
+  </si>
+  <si>
+    <t>p_3322927</t>
+  </si>
+  <si>
+    <t>sélumétinib</t>
+  </si>
+  <si>
+    <t>Laboratoire AstraZeneca</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322781/en/koselugo-selumetinib-neurofibromes-plexiformes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644451/en/koselugo-selumetinib-neurofibromatose-de-type-1-nf1</t>
+  </si>
+  <si>
+    <t>VYVGART (efgartigimod alfa)</t>
+  </si>
+  <si>
+    <t>02/11/2026 12:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359145/en/vyvgart-efgartigimod-alfa</t>
+  </si>
+  <si>
+    <t>p_3359145</t>
+  </si>
+  <si>
+    <t>efgartigimod alfa</t>
+  </si>
+  <si>
+    <t>ARGENX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359123/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402357/en/vyvgart-efgartigimod-alfa-myasthenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455583/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516768/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3516792/en/vyvgart-efgartigimod-alfa-myasthenia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536075/en/vyvgart-efgartigimod-alfa-myasthenie-auto-immune-generalisee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632389/en/vyvgart-efgartigimod-alfa-myasthenia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859742/en/vyvgart-efgartigimod-alfa-polyradiculonevrite-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>SKYCLARYS (omaveloxolone)</t>
+  </si>
+  <si>
+    <t>02/10/2026 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474040/en/skyclarys-omaveloxolone</t>
+  </si>
+  <si>
+    <t>p_3474040</t>
+  </si>
+  <si>
+    <t>omaveloxolone</t>
+  </si>
+  <si>
+    <t>BIOGEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474022/en/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542845/en/skyclarys-omaveloxolone-friedreich-s-ataxia</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3589534/en/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859207/en/skyclarys-omaveloxolone-traitement-de-l-ataxie-de-friedreich-af</t>
+  </si>
+  <si>
+    <t>QUTENZA (capsaïcine)</t>
+  </si>
+  <si>
+    <t>01/20/2026 12:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983362/en/qutenza-capsaicine</t>
+  </si>
+  <si>
+    <t>pprd_2983362</t>
+  </si>
+  <si>
+    <t>capsaïcine</t>
+  </si>
+  <si>
+    <t>GRUNENTHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013245/en/qutenza</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682076/en/qutenza-capsaicin-local-analgesic-patch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831687/en/qutenza-capsaicin-local-analgesic-patch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808978/en/qutenza-capsaicine-douleur-neuropathique-peripherique</t>
+  </si>
+  <si>
+    <t>DUPHALAC (lactulose)</t>
+  </si>
+  <si>
+    <t>01/16/2026 16:23:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983327/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>pprd_2983327</t>
+  </si>
+  <si>
+    <t>lactulose</t>
+  </si>
+  <si>
+    <t>COOPERATION PHARMACEUTIQUE FRANCAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603123/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361963/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728827/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843881/en/duphalac-lactulose-hypoammonaemic-osmotic-laxative</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259733/en/duphalac-lactulose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807659/en/duphalac-lactulose-laxatif-hypoammoniemiant</t>
+  </si>
+  <si>
     <t>LIKOZAM (clobazam)</t>
   </si>
   <si>
     <t>12/15/2025 08:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983931/en/likozam-clobazam</t>
   </si>
   <si>
     <t>pprd_2983931</t>
   </si>
   <si>
     <t>clobazam</t>
   </si>
   <si>
     <t>ADVICENNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2676744/en/likozam-clobazam-benzodiazepine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3793778/en/likozam-clobazam-epilepsie</t>
   </si>
   <si>
     <t>GADOVIST (Gadobutrol)</t>
@@ -722,51 +884,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984955/en/nimenrix-polyoside-de-neisseria-meningitidis-de-groupe-a-conjugue-a-l-anatoxine</t>
   </si>
   <si>
     <t>pprd_2984955</t>
   </si>
   <si>
     <t>vaccin méningococcique des groupes A, C, W-135 et Y conjugué à l’anatoxine tétanique</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1352587/en/nimenrix</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2041961/en/menveo-and-nimenrix-meningococcal-group-a-c-w135-and-y-conjugate-vaccines</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3296242/en/nimenrix-polyoside-de-neisseria-meningitidis-de-groupe-w-135</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534139/en/nimenrix-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-vaccines</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3687274/en/nimenrix-vaccin-meningococcique-conjugue-des-groupes-a-c-w135-et-y-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+    <t>https://www.has-sante.fr/jcms/p_3687274/en/nimenrix-vaccines-against-invasive-meningococcal-disease-serogroups-a-c-w-y-and-b-invasive-meningococcal-disease-serogroups-a-c-w-135</t>
   </si>
   <si>
     <t>BEXSERO (protéine recombinante NadA de Neisseria meningitidis groupe B ((BACTER...)</t>
   </si>
   <si>
     <t>09/25/2025 09:57:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984736/en/bexsero-proteine-recombinante-nada-de-neisseria-meningitidis-groupe-b-bacter</t>
   </si>
   <si>
     <t>pprd_2984736</t>
   </si>
   <si>
     <t>vaccin méningococcique groupe B, ADNr, composant, adsorbé</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753524/en/bexsero</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3279808/en/bexsero-vaccin-meningococcique-groupe-b-adnr-composant-adsorbe</t>
   </si>
@@ -785,129 +947,153 @@
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984826/en/menveo-oligoside-de-neisseria-meningitidis-du-groupe-w135-conjugue-a-la-prote</t>
   </si>
   <si>
     <t>pprd_2984826</t>
   </si>
   <si>
     <t>Vaccin méningococcique des groupes A, C, W-135 et Y conjugué à la protéine CRM197 de la toxine de Corynebacterium diphteriae</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1013267/en/menveo</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1722891/en/menveo</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2041931/en/menveo-and-nimenrix-meningococcal-group-a-c-w135-and-y-conjugate-vaccines</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3315464/en/menveo-oligoside-de-neisseria-meningitidis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534145/en/menveo-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-disease</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3686949/en/menveo-vaccin-meningococcique-des-serogroupes-a-c-w-135-et-y-conjugue-infections-invasives-a-meningocoques-des-serogroupes-acwy</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3686943/en/menveo-vaccin-meningococcique-des-groupes-a-c-w-135-et-y-conjugue-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+    <t>https://www.has-sante.fr/jcms/p_3686949/en/menveo-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-invasive-meningococcal-group-a-c-w-135</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686943/en/menveo-vaccines-against-invasive-meningococcal-disease-serogroups-a-c-w-y-and-b-invasive-meningococcal-disease-serogroups-a-c-w-135</t>
   </si>
   <si>
     <t>TRUMENBA suspension injectable en seringue préremplie</t>
   </si>
   <si>
     <t>09/25/2025 10:08:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3281243/en/trumenba-suspension-injectable-en-seringue-preremplie</t>
   </si>
   <si>
     <t>p_3281243</t>
   </si>
   <si>
     <t>vaccin méningococcique groupe B (recombinant, adsorbé)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280981/en/trumenba-meningococcal-group-b-vaccine-recombinant-adsorbed</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3576429/en/trumenba-vaccin-meningococcique-groupe-b-recombinant-adsorbe-vaccin-anti-meningococcique-serogroupe-b</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3686931/en/trumenba-vaccin-meningococcique-groupe-b-recombinant-adsorbe-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+    <t>https://www.has-sante.fr/jcms/p_3686931/en/trumenba-vaccines-against-invasive-meningococcal-disease-serogroups-a-c-w-y-and-b-invasive-meningococcal-disease-serogroups-a-c-w-135</t>
   </si>
   <si>
     <t>MENQUADFI (vaccin méningococcique conjugué des groupes A, C, W et Y)</t>
   </si>
   <si>
     <t>09/25/2025 10:08:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3296179/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y</t>
   </si>
   <si>
     <t>p_3296179</t>
   </si>
   <si>
     <t>vaccin méningococcique conjugué des groupes A, C, W-135 et Y conjugué à l’anatoxine tétanique</t>
   </si>
   <si>
     <t>SANOFI PASTEUR FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3295762/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534136/en/menquadfi-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-vaccines</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3686928/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
   </si>
   <si>
-    <t>KOSELUGO (sélumétinib)</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3644451/en/koselugo-selumetinib-neurofibromatose-de-type-1-nf1</t>
+    <t>EMCITATE (tiratricol)</t>
+  </si>
+  <si>
+    <t>09/25/2025 10:00:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639866/en/emcitate-tiratricol</t>
+  </si>
+  <si>
+    <t>p_3639866</t>
+  </si>
+  <si>
+    <t>tiratricol</t>
+  </si>
+  <si>
+    <t>EGETIS THERAPEUTICS AB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639856/en/emcitate-tiratricol-thyrotoxicose-peripherique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686952/en/emcitate-tiratricol-peripheral-thyrotoxicosis</t>
+  </si>
+  <si>
+    <t>WAINZUA (éplontersen)</t>
+  </si>
+  <si>
+    <t>09/15/2025 08:42:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638372/en/wainzua-eplontersen</t>
+  </si>
+  <si>
+    <t>p_3638372</t>
+  </si>
+  <si>
+    <t>éplontersen</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638357/en/wainzua-eplontersen-amylose-hereditaire-a-transthyretine-avec-polyneuropathie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658183/en/wainzua-eplontersen-hereditary-transthyretin-mediated</t>
   </si>
   <si>
     <t>BUCCOLAM (midazolam)</t>
   </si>
   <si>
     <t>09/05/2025 13:50:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983442/en/buccolam-midazolam</t>
   </si>
   <si>
     <t>pprd_2983442</t>
   </si>
   <si>
     <t>midazolam</t>
   </si>
   <si>
     <t>NEURAXPHARM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1284604/en/buccolam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2818022/en/buccolam-midazolam</t>
   </si>
@@ -938,53 +1124,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3118416/en/flebogamma-dif-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3136109/en/flebogamma-dif-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3640558/en/flebogamma-normal-human-immunoglobulin-measles-pre/post-exposure</t>
   </si>
   <si>
     <t>TYSABRI (natalizumab)</t>
   </si>
   <si>
     <t>08/07/2025 11:06:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983073/en/tysabri-natalizumab</t>
   </si>
   <si>
     <t>pprd_2983073</t>
   </si>
   <si>
     <t>natalizumab</t>
   </si>
   <si>
-    <t>BIOGEN FRANCE SAS</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_490369/en/tysabri</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1234483/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2780899/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2877334/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3287332/en/tysabri-150-mg-natalizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3608834/en/tysabri-natalizumab-relapsing-remitting-multiple-sclerosis-rrms</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639811/en/tysabri-natalizumab-sclerose-en-plaques</t>
   </si>
   <si>
     <t>KEPPRA (N/R/ -/ lévétiracetam/ lévétiracétam)</t>
   </si>
   <si>
     <t>07/25/2025 14:34:32</t>
@@ -1031,89 +1214,50 @@
   <si>
     <t>WELIREG (belzutifan)</t>
   </si>
   <si>
     <t>07/16/2025 16:46:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633425/en/welireg-belzutifan</t>
   </si>
   <si>
     <t>p_3633425</t>
   </si>
   <si>
     <t>belzutifan</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633406/en/welireg-belzutifan-maladie-de-von-hippel-lindau</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635779/en/welireg-belzutifan-von-hippel-lindau-disease-vhl</t>
   </si>
   <si>
-    <t>VYVGART (efgartigimod alfa)</t>
-[...37 lines deleted...]
-  <si>
     <t>ELIQUIS</t>
   </si>
   <si>
     <t>06/13/2025 16:46:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983394/en/eliquis</t>
   </si>
   <si>
     <t>pprd_2983394</t>
   </si>
   <si>
     <t>apixaban</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1616483/en/eliquis-apixaban-anticoagulant-par-voie-orale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2008303/en/eliquis-apixaban</t>
@@ -1430,74 +1574,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3395883/en/amvuttra-vutrisiran</t>
   </si>
   <si>
     <t>p_3395883</t>
   </si>
   <si>
     <t>vutrisiran</t>
   </si>
   <si>
     <t>ALNYLAM FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3395907/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3402366/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482344/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592928/en/amvuttra-vutrisiran-amylose-hereditaire-a-transthyretine-avec-cardiomyopathie</t>
   </si>
   <si>
-    <t>SKYCLARYS (omaveloxolone)</t>
-[...22 lines deleted...]
-  <si>
     <t>BRIUMVI (ublituximab)</t>
   </si>
   <si>
     <t>01/22/2025 11:53:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585042/en/briumvi-ublituximab</t>
   </si>
   <si>
     <t>p_3585042</t>
   </si>
   <si>
     <t>ublituximab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578966/en/briumvi-ublituximab-multiple-sclerosis-ms</t>
   </si>
   <si>
     <t>NOMANESIT (sumatriptan/naproxène)</t>
   </si>
   <si>
     <t>01/10/2025 08:45:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3577142/en/nomanesit-sumatriptan/naproxene</t>
@@ -2994,83 +3114,50 @@
     <t>04/30/2021 10:55:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983750/en/kardegic-acetylsalicylate-de-dl-lysine</t>
   </si>
   <si>
     <t>pprd_2983750</t>
   </si>
   <si>
     <t>acetylsalicylate de DL-lysine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399270/en/kardegic-75-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-160-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-300-mg-poudre-pour-solution-buvable-en-sachet-dose-boite-de-30-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_461070/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1104031/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2742062/en/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3262649/en/kardegic-acetylsalicylate-de-dl-lysine</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3259733/en/duphalac-lactulose</t>
   </si>
   <si>
     <t>NAMUSCLA</t>
   </si>
   <si>
     <t>03/29/2021 17:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3143419/en/namuscla</t>
   </si>
   <si>
     <t>p_3143419</t>
   </si>
   <si>
     <t>mexilétine</t>
   </si>
   <si>
     <t>LUPIN EUROPE GmbH</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3135571/en/namuscla-mexiletine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3246176/en/namuscla-mexiletine</t>
   </si>
@@ -5474,51 +5561,51 @@
       </c>
       <c r="D15" t="s">
         <v>175</v>
       </c>
       <c r="E15" t="s">
         <v>176</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>177</v>
       </c>
       <c r="H15" t="s">
         <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AD137"/>
+  <dimension ref="A1:AD140"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -5608,6021 +5695,6150 @@
       </c>
       <c r="K3" t="s">
         <v>197</v>
       </c>
       <c r="L3" t="s">
         <v>198</v>
       </c>
       <c r="M3" t="s">
         <v>199</v>
       </c>
       <c r="N3" t="s">
         <v>200</v>
       </c>
       <c r="O3" t="s">
         <v>201</v>
       </c>
       <c r="P3" t="s">
         <v>202</v>
       </c>
       <c r="Q3" t="s">
         <v>203</v>
       </c>
       <c r="R3" t="s">
         <v>204</v>
       </c>
-      <c r="S3" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>182</v>
       </c>
       <c r="B4" t="s">
+        <v>205</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>206</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>207</v>
+      </c>
+      <c r="H4" t="s">
+        <v>208</v>
+      </c>
+      <c r="I4" t="s">
         <v>209</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="J4" t="s">
         <v>210</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="K4" t="s">
         <v>211</v>
       </c>
-      <c r="H4" t="s">
+      <c r="L4" t="s">
         <v>212</v>
       </c>
-      <c r="I4" t="s">
+      <c r="M4" t="s">
         <v>213</v>
       </c>
-      <c r="J4" t="s">
+      <c r="N4" t="s">
         <v>214</v>
-      </c>
-[...22 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>182</v>
       </c>
       <c r="B5" t="s">
+        <v>215</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>216</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>217</v>
+      </c>
+      <c r="H5" t="s">
+        <v>218</v>
+      </c>
+      <c r="I5" t="s">
+        <v>219</v>
+      </c>
+      <c r="J5" t="s">
+        <v>220</v>
+      </c>
+      <c r="K5" t="s">
+        <v>221</v>
+      </c>
+      <c r="L5" t="s">
+        <v>222</v>
+      </c>
+      <c r="M5" t="s">
         <v>223</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="N5" t="s">
         <v>224</v>
-      </c>
-[...28 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>182</v>
       </c>
       <c r="B6" t="s">
+        <v>225</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>226</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>227</v>
+      </c>
+      <c r="H6" t="s">
+        <v>228</v>
+      </c>
+      <c r="I6" t="s">
+        <v>229</v>
+      </c>
+      <c r="J6" t="s">
+        <v>230</v>
+      </c>
+      <c r="K6" t="s">
+        <v>231</v>
+      </c>
+      <c r="L6" t="s">
+        <v>232</v>
+      </c>
+      <c r="M6" t="s">
+        <v>233</v>
+      </c>
+      <c r="N6" t="s">
         <v>234</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="O6" t="s">
         <v>235</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="P6" t="s">
         <v>236</v>
-      </c>
-[...19 lines deleted...]
-        <v>243</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>182</v>
       </c>
       <c r="B7" t="s">
+        <v>237</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>238</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>239</v>
+      </c>
+      <c r="H7" t="s">
+        <v>240</v>
+      </c>
+      <c r="I7" t="s">
+        <v>241</v>
+      </c>
+      <c r="J7" t="s">
+        <v>242</v>
+      </c>
+      <c r="K7" t="s">
+        <v>243</v>
+      </c>
+      <c r="L7" t="s">
         <v>244</v>
-      </c>
-[...43 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>182</v>
       </c>
       <c r="B8" t="s">
+        <v>245</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>246</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>247</v>
+      </c>
+      <c r="H8" t="s">
+        <v>248</v>
+      </c>
+      <c r="I8" t="s">
+        <v>249</v>
+      </c>
+      <c r="J8" t="s">
+        <v>250</v>
+      </c>
+      <c r="K8" t="s">
+        <v>251</v>
+      </c>
+      <c r="L8" t="s">
+        <v>252</v>
+      </c>
+      <c r="M8" t="s">
+        <v>253</v>
+      </c>
+      <c r="N8" t="s">
+        <v>254</v>
+      </c>
+      <c r="O8" t="s">
+        <v>255</v>
+      </c>
+      <c r="P8" t="s">
         <v>256</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="Q8" t="s">
         <v>257</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="R8" t="s">
         <v>258</v>
       </c>
-      <c r="H8" t="s">
+      <c r="S8" t="s">
         <v>259</v>
       </c>
-      <c r="I8" t="s">
+      <c r="T8" t="s">
         <v>260</v>
       </c>
-      <c r="J8" t="s">
-[...2 lines deleted...]
-      <c r="K8" t="s">
+      <c r="U8" t="s">
         <v>261</v>
       </c>
-      <c r="L8" t="s">
+      <c r="V8" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>182</v>
       </c>
       <c r="B9" t="s">
+        <v>263</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>264</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>265</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>266</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>267</v>
       </c>
-      <c r="I9" t="s">
+      <c r="J9" t="s">
         <v>268</v>
       </c>
-      <c r="J9" t="s">
+      <c r="K9" t="s">
         <v>269</v>
       </c>
-      <c r="K9" t="s">
+      <c r="L9" t="s">
         <v>270</v>
       </c>
-      <c r="L9" t="s">
+      <c r="M9" t="s">
         <v>271</v>
       </c>
-      <c r="M9" t="s">
+      <c r="N9" t="s">
         <v>272</v>
+      </c>
+      <c r="O9" t="s">
+        <v>273</v>
+      </c>
+      <c r="P9" t="s">
+        <v>274</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>275</v>
+      </c>
+      <c r="R9" t="s">
+        <v>276</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>182</v>
       </c>
       <c r="B10" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="H10" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="I10" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="J10" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="K10" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="L10" t="s">
-        <v>280</v>
+        <v>284</v>
+      </c>
+      <c r="M10" t="s">
+        <v>285</v>
+      </c>
+      <c r="N10" t="s">
+        <v>286</v>
+      </c>
+      <c r="O10" t="s">
+        <v>287</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>182</v>
       </c>
       <c r="B11" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>283</v>
+        <v>290</v>
       </c>
       <c r="H11" t="s">
-        <v>284</v>
+        <v>291</v>
       </c>
       <c r="I11" t="s">
-        <v>285</v>
+        <v>292</v>
       </c>
       <c r="J11" t="s">
-        <v>286</v>
+        <v>293</v>
       </c>
       <c r="K11" t="s">
-        <v>287</v>
+        <v>294</v>
       </c>
       <c r="L11" t="s">
-        <v>288</v>
+        <v>295</v>
       </c>
       <c r="M11" t="s">
-        <v>289</v>
+        <v>296</v>
+      </c>
+      <c r="N11" t="s">
+        <v>297</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>182</v>
       </c>
       <c r="B12" t="s">
-        <v>290</v>
+        <v>298</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="H12" t="s">
+        <v>301</v>
+      </c>
+      <c r="I12" t="s">
+        <v>302</v>
+      </c>
+      <c r="J12" t="s">
         <v>293</v>
       </c>
-      <c r="I12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K12" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="L12" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="M12" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="N12" t="s">
-        <v>299</v>
+        <v>306</v>
+      </c>
+      <c r="O12" t="s">
+        <v>307</v>
+      </c>
+      <c r="P12" t="s">
+        <v>308</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>309</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>182</v>
       </c>
       <c r="B13" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>301</v>
+        <v>311</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="H13" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="I13" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="J13" t="s">
-        <v>305</v>
+        <v>282</v>
       </c>
       <c r="K13" t="s">
-        <v>306</v>
+        <v>315</v>
       </c>
       <c r="L13" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="M13" t="s">
-        <v>308</v>
-[...11 lines deleted...]
-        <v>312</v>
+        <v>317</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>182</v>
       </c>
       <c r="B14" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="H14" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="I14" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="J14" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="K14" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="L14" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="M14" t="s">
-        <v>321</v>
-[...13 lines deleted...]
-      <c r="R14" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>182</v>
       </c>
       <c r="B15" t="s">
+        <v>327</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
         <v>328</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>329</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>330</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>331</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
         <v>332</v>
       </c>
-      <c r="J15" t="s">
+      <c r="K15" t="s">
         <v>333</v>
       </c>
-      <c r="K15" t="s">
+      <c r="L15" t="s">
         <v>334</v>
-      </c>
-[...1 lines deleted...]
-        <v>335</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>182</v>
       </c>
       <c r="B16" t="s">
+        <v>335</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
         <v>336</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>337</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>338</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>339</v>
       </c>
-      <c r="I16" t="s">
+      <c r="J16" t="s">
         <v>340</v>
       </c>
-      <c r="J16" t="s">
+      <c r="K16" t="s">
         <v>341</v>
       </c>
-      <c r="K16" t="s">
+      <c r="L16" t="s">
         <v>342</v>
-      </c>
-[...16 lines deleted...]
-        <v>348</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>182</v>
       </c>
       <c r="B17" t="s">
+        <v>343</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>344</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>345</v>
+      </c>
+      <c r="H17" t="s">
+        <v>346</v>
+      </c>
+      <c r="I17" t="s">
+        <v>347</v>
+      </c>
+      <c r="J17" t="s">
+        <v>348</v>
+      </c>
+      <c r="K17" t="s">
         <v>349</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="L17" t="s">
         <v>350</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="M17" t="s">
         <v>351</v>
-      </c>
-[...31 lines deleted...]
-        <v>362</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>182</v>
       </c>
       <c r="B18" t="s">
-        <v>363</v>
+        <v>352</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>364</v>
+        <v>353</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>365</v>
+        <v>354</v>
       </c>
       <c r="H18" t="s">
-        <v>366</v>
+        <v>355</v>
       </c>
       <c r="I18" t="s">
-        <v>367</v>
+        <v>356</v>
       </c>
       <c r="J18" t="s">
-        <v>368</v>
+        <v>357</v>
       </c>
       <c r="K18" t="s">
-        <v>369</v>
+        <v>358</v>
       </c>
       <c r="L18" t="s">
-        <v>370</v>
+        <v>359</v>
       </c>
       <c r="M18" t="s">
-        <v>371</v>
+        <v>360</v>
       </c>
       <c r="N18" t="s">
-        <v>372</v>
-[...8 lines deleted...]
-        <v>375</v>
+        <v>361</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>182</v>
       </c>
       <c r="B19" t="s">
-        <v>376</v>
+        <v>362</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>377</v>
+        <v>363</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>378</v>
+        <v>364</v>
       </c>
       <c r="H19" t="s">
-        <v>379</v>
+        <v>365</v>
       </c>
       <c r="I19" t="s">
-        <v>380</v>
+        <v>366</v>
       </c>
       <c r="J19" t="s">
-        <v>381</v>
+        <v>210</v>
       </c>
       <c r="K19" t="s">
-        <v>382</v>
+        <v>367</v>
       </c>
       <c r="L19" t="s">
-        <v>383</v>
+        <v>368</v>
       </c>
       <c r="M19" t="s">
-        <v>384</v>
+        <v>369</v>
+      </c>
+      <c r="N19" t="s">
+        <v>370</v>
+      </c>
+      <c r="O19" t="s">
+        <v>371</v>
+      </c>
+      <c r="P19" t="s">
+        <v>372</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>373</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>182</v>
       </c>
       <c r="B20" t="s">
+        <v>374</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>375</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>376</v>
+      </c>
+      <c r="H20" t="s">
+        <v>377</v>
+      </c>
+      <c r="I20" t="s">
+        <v>378</v>
+      </c>
+      <c r="J20" t="s">
+        <v>379</v>
+      </c>
+      <c r="K20" t="s">
+        <v>380</v>
+      </c>
+      <c r="L20" t="s">
+        <v>381</v>
+      </c>
+      <c r="M20" t="s">
+        <v>382</v>
+      </c>
+      <c r="N20" t="s">
+        <v>383</v>
+      </c>
+      <c r="O20" t="s">
+        <v>384</v>
+      </c>
+      <c r="P20" t="s">
         <v>385</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="Q20" t="s">
         <v>386</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="R20" t="s">
         <v>387</v>
       </c>
-      <c r="H20" t="s">
+      <c r="S20" t="s">
         <v>388</v>
-      </c>
-[...16 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>182</v>
       </c>
       <c r="B21" t="s">
+        <v>389</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>390</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>391</v>
+      </c>
+      <c r="H21" t="s">
+        <v>392</v>
+      </c>
+      <c r="I21" t="s">
+        <v>393</v>
+      </c>
+      <c r="J21" t="s">
+        <v>394</v>
+      </c>
+      <c r="K21" t="s">
         <v>395</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="L21" t="s">
         <v>396</v>
-      </c>
-[...25 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>182</v>
       </c>
       <c r="B22" t="s">
+        <v>397</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>398</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>399</v>
+      </c>
+      <c r="H22" t="s">
+        <v>400</v>
+      </c>
+      <c r="I22" t="s">
+        <v>401</v>
+      </c>
+      <c r="J22" t="s">
+        <v>402</v>
+      </c>
+      <c r="K22" t="s">
+        <v>403</v>
+      </c>
+      <c r="L22" t="s">
         <v>404</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="M22" t="s">
         <v>405</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="N22" t="s">
         <v>406</v>
       </c>
-      <c r="H22" t="s">
+      <c r="O22" t="s">
         <v>407</v>
       </c>
-      <c r="I22" t="s">
+      <c r="P22" t="s">
         <v>408</v>
       </c>
-      <c r="J22" t="s">
+      <c r="Q22" t="s">
         <v>409</v>
       </c>
-      <c r="K22" t="s">
+      <c r="R22" t="s">
         <v>410</v>
-      </c>
-[...4 lines deleted...]
-        <v>412</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>182</v>
       </c>
       <c r="B23" t="s">
+        <v>411</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>412</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
         <v>413</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="H23" t="s">
         <v>414</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="I23" t="s">
         <v>415</v>
       </c>
-      <c r="H23" t="s">
+      <c r="J23" t="s">
         <v>416</v>
       </c>
-      <c r="I23" t="s">
+      <c r="K23" t="s">
         <v>417</v>
       </c>
-      <c r="J23" t="s">
+      <c r="L23" t="s">
         <v>418</v>
       </c>
-      <c r="K23" t="s">
+      <c r="M23" t="s">
         <v>419</v>
       </c>
-      <c r="L23" t="s">
+      <c r="N23" t="s">
         <v>420</v>
       </c>
-      <c r="M23" t="s">
+      <c r="O23" t="s">
         <v>421</v>
+      </c>
+      <c r="P23" t="s">
+        <v>422</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>423</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>182</v>
       </c>
       <c r="B24" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="H24" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="I24" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="J24" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
       <c r="K24" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="L24" t="s">
-        <v>429</v>
+        <v>431</v>
+      </c>
+      <c r="M24" t="s">
+        <v>432</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>182</v>
       </c>
       <c r="B25" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="H25" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="I25" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="J25" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="K25" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="L25" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="M25" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="N25" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>182</v>
       </c>
       <c r="B26" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="H26" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="I26" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="J26" t="s">
-        <v>445</v>
+        <v>402</v>
       </c>
       <c r="K26" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="L26" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="M26" t="s">
-        <v>448</v>
+        <v>450</v>
+      </c>
+      <c r="N26" t="s">
+        <v>451</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>182</v>
       </c>
       <c r="B27" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="H27" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="I27" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="J27" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="K27" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="L27" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="M27" t="s">
-        <v>457</v>
-[...2 lines deleted...]
-        <v>458</v>
+        <v>460</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>182</v>
       </c>
       <c r="B28" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="H28" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="I28" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="J28" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="K28" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="L28" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="M28" t="s">
-        <v>467</v>
-[...2 lines deleted...]
-        <v>468</v>
+        <v>469</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>182</v>
       </c>
       <c r="B29" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="H29" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="I29" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="J29" t="s">
-        <v>305</v>
+        <v>475</v>
       </c>
       <c r="K29" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="L29" t="s">
-        <v>475</v>
-[...2 lines deleted...]
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>182</v>
       </c>
       <c r="B30" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="H30" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="I30" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="J30" t="s">
-        <v>286</v>
+        <v>483</v>
       </c>
       <c r="K30" t="s">
-        <v>482</v>
+        <v>484</v>
+      </c>
+      <c r="L30" t="s">
+        <v>485</v>
+      </c>
+      <c r="M30" t="s">
+        <v>486</v>
+      </c>
+      <c r="N30" t="s">
+        <v>487</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>182</v>
       </c>
       <c r="B31" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="H31" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="I31" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="J31" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="K31" t="s">
-        <v>489</v>
+        <v>494</v>
+      </c>
+      <c r="L31" t="s">
+        <v>495</v>
+      </c>
+      <c r="M31" t="s">
+        <v>496</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>182</v>
       </c>
       <c r="B32" t="s">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>491</v>
+        <v>498</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>492</v>
+        <v>499</v>
       </c>
       <c r="H32" t="s">
-        <v>493</v>
+        <v>500</v>
       </c>
       <c r="I32" t="s">
-        <v>494</v>
+        <v>501</v>
       </c>
       <c r="J32" t="s">
-        <v>495</v>
+        <v>502</v>
       </c>
       <c r="K32" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="L32" t="s">
-        <v>497</v>
+        <v>504</v>
+      </c>
+      <c r="M32" t="s">
+        <v>505</v>
+      </c>
+      <c r="N32" t="s">
+        <v>506</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>182</v>
       </c>
       <c r="B33" t="s">
-        <v>498</v>
+        <v>507</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>499</v>
+        <v>508</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>500</v>
+        <v>509</v>
       </c>
       <c r="H33" t="s">
-        <v>501</v>
+        <v>510</v>
       </c>
       <c r="I33" t="s">
-        <v>502</v>
+        <v>511</v>
       </c>
       <c r="J33" t="s">
-        <v>503</v>
+        <v>512</v>
       </c>
       <c r="K33" t="s">
-        <v>504</v>
+        <v>513</v>
       </c>
       <c r="L33" t="s">
-        <v>505</v>
+        <v>514</v>
+      </c>
+      <c r="M33" t="s">
+        <v>515</v>
+      </c>
+      <c r="N33" t="s">
+        <v>516</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>182</v>
       </c>
       <c r="B34" t="s">
-        <v>506</v>
+        <v>517</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>507</v>
+        <v>518</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>508</v>
+        <v>519</v>
       </c>
       <c r="H34" t="s">
-        <v>509</v>
+        <v>520</v>
       </c>
       <c r="I34" t="s">
-        <v>510</v>
+        <v>521</v>
       </c>
       <c r="J34" t="s">
-        <v>305</v>
+        <v>348</v>
       </c>
       <c r="K34" t="s">
-        <v>511</v>
-[...2 lines deleted...]
-        <v>512</v>
+        <v>522</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
       <c r="H35" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="I35" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="J35" t="s">
-        <v>503</v>
+        <v>528</v>
       </c>
       <c r="K35" t="s">
-        <v>518</v>
-[...5 lines deleted...]
-        <v>520</v>
+        <v>529</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>182</v>
       </c>
       <c r="B36" t="s">
-        <v>521</v>
+        <v>530</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>522</v>
+        <v>531</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>523</v>
+        <v>532</v>
       </c>
       <c r="H36" t="s">
-        <v>524</v>
+        <v>533</v>
       </c>
       <c r="I36" t="s">
-        <v>525</v>
+        <v>534</v>
       </c>
       <c r="J36" t="s">
-        <v>526</v>
+        <v>535</v>
       </c>
       <c r="K36" t="s">
-        <v>527</v>
+        <v>536</v>
       </c>
       <c r="L36" t="s">
-        <v>528</v>
-[...5 lines deleted...]
-        <v>530</v>
+        <v>537</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>182</v>
       </c>
       <c r="B37" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="H37" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="I37" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="J37" t="s">
-        <v>390</v>
+        <v>543</v>
       </c>
       <c r="K37" t="s">
-        <v>536</v>
+        <v>544</v>
       </c>
       <c r="L37" t="s">
-        <v>537</v>
-[...22 lines deleted...]
-      <c r="T37" t="s">
         <v>545</v>
-      </c>
-[...28 lines deleted...]
-        <v>555</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>182</v>
       </c>
       <c r="B38" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>557</v>
+        <v>547</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="H38" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="I38" t="s">
-        <v>560</v>
+        <v>550</v>
       </c>
       <c r="J38" t="s">
-        <v>561</v>
+        <v>210</v>
       </c>
       <c r="K38" t="s">
-        <v>562</v>
+        <v>551</v>
       </c>
       <c r="L38" t="s">
-        <v>563</v>
-[...23 lines deleted...]
-        <v>571</v>
+        <v>552</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>182</v>
       </c>
       <c r="B39" t="s">
-        <v>572</v>
+        <v>553</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>573</v>
+        <v>554</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>574</v>
+        <v>555</v>
       </c>
       <c r="H39" t="s">
-        <v>575</v>
+        <v>556</v>
       </c>
       <c r="I39" t="s">
-        <v>576</v>
+        <v>557</v>
       </c>
       <c r="J39" t="s">
-        <v>577</v>
+        <v>543</v>
       </c>
       <c r="K39" t="s">
-        <v>578</v>
+        <v>558</v>
       </c>
       <c r="L39" t="s">
-        <v>579</v>
+        <v>559</v>
       </c>
       <c r="M39" t="s">
-        <v>580</v>
-[...2 lines deleted...]
-        <v>581</v>
+        <v>560</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>182</v>
       </c>
       <c r="B40" t="s">
-        <v>582</v>
+        <v>561</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>583</v>
+        <v>562</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>584</v>
+        <v>563</v>
       </c>
       <c r="H40" t="s">
-        <v>585</v>
+        <v>564</v>
       </c>
       <c r="I40" t="s">
-        <v>576</v>
+        <v>565</v>
       </c>
       <c r="J40" t="s">
-        <v>586</v>
+        <v>566</v>
       </c>
       <c r="K40" t="s">
-        <v>587</v>
+        <v>567</v>
       </c>
       <c r="L40" t="s">
-        <v>588</v>
+        <v>568</v>
+      </c>
+      <c r="M40" t="s">
+        <v>569</v>
+      </c>
+      <c r="N40" t="s">
+        <v>570</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>182</v>
       </c>
       <c r="B41" t="s">
+        <v>571</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>572</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>573</v>
+      </c>
+      <c r="H41" t="s">
+        <v>574</v>
+      </c>
+      <c r="I41" t="s">
+        <v>575</v>
+      </c>
+      <c r="J41" t="s">
+        <v>438</v>
+      </c>
+      <c r="K41" t="s">
+        <v>576</v>
+      </c>
+      <c r="L41" t="s">
+        <v>577</v>
+      </c>
+      <c r="M41" t="s">
+        <v>578</v>
+      </c>
+      <c r="N41" t="s">
+        <v>579</v>
+      </c>
+      <c r="O41" t="s">
+        <v>580</v>
+      </c>
+      <c r="P41" t="s">
+        <v>581</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>582</v>
+      </c>
+      <c r="R41" t="s">
+        <v>583</v>
+      </c>
+      <c r="S41" t="s">
+        <v>584</v>
+      </c>
+      <c r="T41" t="s">
+        <v>585</v>
+      </c>
+      <c r="U41" t="s">
+        <v>586</v>
+      </c>
+      <c r="V41" t="s">
+        <v>587</v>
+      </c>
+      <c r="W41" t="s">
+        <v>588</v>
+      </c>
+      <c r="X41" t="s">
         <v>589</v>
       </c>
-      <c r="C41" t="s">
-[...5 lines deleted...]
-      <c r="E41" t="s">
+      <c r="Y41" t="s">
         <v>590</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="Z41" t="s">
         <v>591</v>
       </c>
-      <c r="H41" t="s">
+      <c r="AA41" t="s">
         <v>592</v>
       </c>
-      <c r="I41" t="s">
+      <c r="AB41" t="s">
         <v>593</v>
       </c>
-      <c r="J41" t="s">
-[...2 lines deleted...]
-      <c r="K41" t="s">
+      <c r="AC41" t="s">
         <v>594</v>
       </c>
-      <c r="L41" t="s">
+      <c r="AD41" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>182</v>
       </c>
       <c r="B42" t="s">
+        <v>596</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
         <v>597</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
         <v>598</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>599</v>
       </c>
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>600</v>
       </c>
-      <c r="I42" t="s">
+      <c r="J42" t="s">
         <v>601</v>
       </c>
-      <c r="J42" t="s">
+      <c r="K42" t="s">
         <v>602</v>
       </c>
-      <c r="K42" t="s">
+      <c r="L42" t="s">
         <v>603</v>
       </c>
-      <c r="L42" t="s">
+      <c r="M42" t="s">
         <v>604</v>
       </c>
-      <c r="M42" t="s">
+      <c r="N42" t="s">
         <v>605</v>
       </c>
-      <c r="N42" t="s">
+      <c r="O42" t="s">
         <v>606</v>
       </c>
-      <c r="O42" t="s">
+      <c r="P42" t="s">
         <v>607</v>
       </c>
-      <c r="P42" t="s">
+      <c r="Q42" t="s">
         <v>608</v>
       </c>
-      <c r="Q42" t="s">
+      <c r="R42" t="s">
         <v>609</v>
       </c>
-      <c r="R42" t="s">
+      <c r="S42" t="s">
         <v>610</v>
       </c>
-      <c r="S42" t="s">
+      <c r="T42" t="s">
         <v>611</v>
-      </c>
-[...4 lines deleted...]
-        <v>613</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>182</v>
       </c>
       <c r="B43" t="s">
+        <v>612</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>613</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
         <v>614</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="H43" t="s">
         <v>615</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="I43" t="s">
         <v>616</v>
       </c>
-      <c r="H43" t="s">
+      <c r="J43" t="s">
         <v>617</v>
       </c>
-      <c r="I43" t="s">
+      <c r="K43" t="s">
         <v>618</v>
       </c>
-      <c r="J43" t="s">
+      <c r="L43" t="s">
         <v>619</v>
       </c>
-      <c r="K43" t="s">
+      <c r="M43" t="s">
         <v>620</v>
+      </c>
+      <c r="N43" t="s">
+        <v>621</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>182</v>
       </c>
       <c r="B44" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="H44" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="I44" t="s">
-        <v>625</v>
+        <v>616</v>
       </c>
       <c r="J44" t="s">
-        <v>368</v>
+        <v>626</v>
       </c>
       <c r="K44" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="L44" t="s">
-        <v>627</v>
-[...1 lines deleted...]
-      <c r="M44" t="s">
         <v>628</v>
-      </c>
-[...19 lines deleted...]
-        <v>635</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>182</v>
       </c>
       <c r="B45" t="s">
+        <v>629</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>630</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>631</v>
+      </c>
+      <c r="H45" t="s">
+        <v>632</v>
+      </c>
+      <c r="I45" t="s">
+        <v>633</v>
+      </c>
+      <c r="J45" t="s">
+        <v>210</v>
+      </c>
+      <c r="K45" t="s">
+        <v>634</v>
+      </c>
+      <c r="L45" t="s">
+        <v>635</v>
+      </c>
+      <c r="M45" t="s">
         <v>636</v>
-      </c>
-[...31 lines deleted...]
-        <v>644</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>182</v>
       </c>
       <c r="B46" t="s">
+        <v>637</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>638</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>639</v>
+      </c>
+      <c r="H46" t="s">
+        <v>640</v>
+      </c>
+      <c r="I46" t="s">
+        <v>641</v>
+      </c>
+      <c r="J46" t="s">
+        <v>642</v>
+      </c>
+      <c r="K46" t="s">
+        <v>643</v>
+      </c>
+      <c r="L46" t="s">
+        <v>644</v>
+      </c>
+      <c r="M46" t="s">
         <v>645</v>
       </c>
-      <c r="C46" t="s">
-[...5 lines deleted...]
-      <c r="E46" t="s">
+      <c r="N46" t="s">
         <v>646</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="O46" t="s">
         <v>647</v>
       </c>
-      <c r="H46" t="s">
+      <c r="P46" t="s">
         <v>648</v>
       </c>
-      <c r="I46" t="s">
+      <c r="Q46" t="s">
         <v>649</v>
       </c>
-      <c r="J46" t="s">
-[...2 lines deleted...]
-      <c r="K46" t="s">
+      <c r="R46" t="s">
         <v>650</v>
       </c>
-      <c r="L46" t="s">
+      <c r="S46" t="s">
         <v>651</v>
       </c>
-      <c r="M46" t="s">
+      <c r="T46" t="s">
         <v>652</v>
       </c>
-      <c r="N46" t="s">
+      <c r="U46" t="s">
         <v>653</v>
-      </c>
-[...7 lines deleted...]
-        <v>656</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>182</v>
       </c>
       <c r="B47" t="s">
+        <v>654</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>655</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>656</v>
+      </c>
+      <c r="H47" t="s">
         <v>657</v>
       </c>
-      <c r="C47" t="s">
-[...5 lines deleted...]
-      <c r="E47" t="s">
+      <c r="I47" t="s">
         <v>658</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="J47" t="s">
         <v>659</v>
       </c>
-      <c r="H47" t="s">
+      <c r="K47" t="s">
         <v>660</v>
-      </c>
-[...10 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>182</v>
       </c>
       <c r="B48" t="s">
+        <v>661</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>662</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>663</v>
+      </c>
+      <c r="H48" t="s">
+        <v>664</v>
+      </c>
+      <c r="I48" t="s">
         <v>665</v>
       </c>
-      <c r="C48" t="s">
-[...5 lines deleted...]
-      <c r="E48" t="s">
+      <c r="J48" t="s">
+        <v>416</v>
+      </c>
+      <c r="K48" t="s">
         <v>666</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="L48" t="s">
         <v>667</v>
       </c>
-      <c r="H48" t="s">
+      <c r="M48" t="s">
         <v>668</v>
       </c>
-      <c r="I48" t="s">
-[...2 lines deleted...]
-      <c r="J48" t="s">
+      <c r="N48" t="s">
         <v>669</v>
       </c>
-      <c r="K48" t="s">
+      <c r="O48" t="s">
         <v>670</v>
       </c>
-      <c r="L48" t="s">
+      <c r="P48" t="s">
         <v>671</v>
       </c>
-      <c r="M48" t="s">
+      <c r="Q48" t="s">
         <v>672</v>
       </c>
-      <c r="N48" t="s">
+      <c r="R48" t="s">
         <v>673</v>
+      </c>
+      <c r="S48" t="s">
+        <v>674</v>
+      </c>
+      <c r="T48" t="s">
+        <v>675</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>182</v>
       </c>
       <c r="B49" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="H49" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="I49" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="J49" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="K49" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="L49" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="M49" t="s">
-        <v>682</v>
-[...4 lines deleted...]
-      <c r="O49" t="s">
         <v>684</v>
-      </c>
-[...19 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>182</v>
       </c>
       <c r="B50" t="s">
+        <v>685</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>686</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>687</v>
+      </c>
+      <c r="H50" t="s">
+        <v>688</v>
+      </c>
+      <c r="I50" t="s">
+        <v>689</v>
+      </c>
+      <c r="J50" t="s">
+        <v>642</v>
+      </c>
+      <c r="K50" t="s">
+        <v>690</v>
+      </c>
+      <c r="L50" t="s">
+        <v>691</v>
+      </c>
+      <c r="M50" t="s">
         <v>692</v>
       </c>
-      <c r="C50" t="s">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="N50" t="s">
         <v>693</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="O50" t="s">
         <v>694</v>
       </c>
-      <c r="H50" t="s">
+      <c r="P50" t="s">
         <v>695</v>
       </c>
-      <c r="I50" t="s">
+      <c r="Q50" t="s">
         <v>696</v>
-      </c>
-[...4 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>182</v>
       </c>
       <c r="B51" t="s">
+        <v>697</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>698</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
         <v>699</v>
       </c>
-      <c r="C51" t="s">
-[...5 lines deleted...]
-      <c r="E51" t="s">
+      <c r="H51" t="s">
         <v>700</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="I51" t="s">
         <v>701</v>
       </c>
-      <c r="H51" t="s">
+      <c r="J51" t="s">
         <v>702</v>
       </c>
-      <c r="I51" t="s">
+      <c r="K51" t="s">
         <v>703</v>
       </c>
-      <c r="J51" t="s">
+      <c r="L51" t="s">
         <v>704</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>182</v>
       </c>
       <c r="B52" t="s">
+        <v>705</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
         <v>706</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
         <v>707</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="H52" t="s">
         <v>708</v>
       </c>
-      <c r="H52" t="s">
+      <c r="I52" t="s">
+        <v>356</v>
+      </c>
+      <c r="J52" t="s">
         <v>709</v>
       </c>
-      <c r="I52" t="s">
+      <c r="K52" t="s">
         <v>710</v>
       </c>
-      <c r="J52" t="s">
-[...2 lines deleted...]
-      <c r="K52" t="s">
+      <c r="L52" t="s">
         <v>711</v>
       </c>
-      <c r="L52" t="s">
+      <c r="M52" t="s">
         <v>712</v>
       </c>
-      <c r="M52" t="s">
+      <c r="N52" t="s">
         <v>713</v>
-      </c>
-[...19 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>182</v>
       </c>
       <c r="B53" t="s">
+        <v>714</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>715</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>716</v>
+      </c>
+      <c r="H53" t="s">
+        <v>717</v>
+      </c>
+      <c r="I53" t="s">
+        <v>718</v>
+      </c>
+      <c r="J53" t="s">
+        <v>719</v>
+      </c>
+      <c r="K53" t="s">
+        <v>720</v>
+      </c>
+      <c r="L53" t="s">
         <v>721</v>
       </c>
-      <c r="C53" t="s">
-[...5 lines deleted...]
-      <c r="E53" t="s">
+      <c r="M53" t="s">
         <v>722</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="N53" t="s">
         <v>723</v>
       </c>
-      <c r="H53" t="s">
+      <c r="O53" t="s">
         <v>724</v>
       </c>
-      <c r="I53" t="s">
+      <c r="P53" t="s">
         <v>725</v>
       </c>
-      <c r="J53" t="s">
+      <c r="Q53" t="s">
         <v>726</v>
       </c>
-      <c r="K53" t="s">
+      <c r="R53" t="s">
         <v>727</v>
       </c>
-      <c r="L53" t="s">
+      <c r="S53" t="s">
         <v>728</v>
       </c>
-      <c r="M53" t="s">
+      <c r="T53" t="s">
         <v>729</v>
       </c>
-      <c r="N53" t="s">
+      <c r="U53" t="s">
         <v>730</v>
       </c>
-      <c r="O53" t="s">
+      <c r="V53" t="s">
         <v>731</v>
-      </c>
-[...13 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>182</v>
       </c>
       <c r="B54" t="s">
+        <v>732</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>733</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>734</v>
+      </c>
+      <c r="H54" t="s">
+        <v>735</v>
+      </c>
+      <c r="I54" t="s">
+        <v>736</v>
+      </c>
+      <c r="J54" t="s">
         <v>737</v>
       </c>
-      <c r="C54" t="s">
-[...5 lines deleted...]
-      <c r="E54" t="s">
+      <c r="K54" t="s">
         <v>738</v>
-      </c>
-[...28 lines deleted...]
-        <v>746</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>182</v>
       </c>
       <c r="B55" t="s">
-        <v>747</v>
+        <v>739</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>748</v>
+        <v>740</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>749</v>
+        <v>741</v>
       </c>
       <c r="H55" t="s">
-        <v>750</v>
+        <v>742</v>
       </c>
       <c r="I55" t="s">
-        <v>751</v>
+        <v>743</v>
       </c>
       <c r="J55" t="s">
-        <v>752</v>
+        <v>744</v>
       </c>
       <c r="K55" t="s">
-        <v>753</v>
-[...11 lines deleted...]
-        <v>757</v>
+        <v>745</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>182</v>
       </c>
       <c r="B56" t="s">
+        <v>746</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>747</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>748</v>
+      </c>
+      <c r="H56" t="s">
+        <v>749</v>
+      </c>
+      <c r="I56" t="s">
+        <v>750</v>
+      </c>
+      <c r="J56" t="s">
+        <v>737</v>
+      </c>
+      <c r="K56" t="s">
+        <v>751</v>
+      </c>
+      <c r="L56" t="s">
+        <v>752</v>
+      </c>
+      <c r="M56" t="s">
+        <v>753</v>
+      </c>
+      <c r="N56" t="s">
+        <v>754</v>
+      </c>
+      <c r="O56" t="s">
+        <v>755</v>
+      </c>
+      <c r="P56" t="s">
+        <v>756</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>757</v>
+      </c>
+      <c r="R56" t="s">
         <v>758</v>
       </c>
-      <c r="C56" t="s">
-[...5 lines deleted...]
-      <c r="E56" t="s">
+      <c r="S56" t="s">
         <v>759</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="G56" t="s">
+      <c r="T56" t="s">
         <v>760</v>
-      </c>
-[...19 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>182</v>
       </c>
       <c r="B57" t="s">
+        <v>761</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>762</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>763</v>
+      </c>
+      <c r="H57" t="s">
+        <v>764</v>
+      </c>
+      <c r="I57" t="s">
+        <v>765</v>
+      </c>
+      <c r="J57" t="s">
         <v>766</v>
       </c>
-      <c r="C57" t="s">
-[...5 lines deleted...]
-      <c r="E57" t="s">
+      <c r="K57" t="s">
         <v>767</v>
       </c>
-      <c r="F57" t="s">
-[...2 lines deleted...]
-      <c r="G57" t="s">
+      <c r="L57" t="s">
         <v>768</v>
       </c>
-      <c r="H57" t="s">
+      <c r="M57" t="s">
         <v>769</v>
       </c>
-      <c r="I57" t="s">
+      <c r="N57" t="s">
         <v>770</v>
       </c>
-      <c r="J57" t="s">
+      <c r="O57" t="s">
         <v>771</v>
       </c>
-      <c r="K57" t="s">
+      <c r="P57" t="s">
         <v>772</v>
       </c>
-      <c r="L57" t="s">
+      <c r="Q57" t="s">
         <v>773</v>
       </c>
-      <c r="M57" t="s">
+      <c r="R57" t="s">
         <v>774</v>
       </c>
-      <c r="N57" t="s">
+      <c r="S57" t="s">
         <v>775</v>
       </c>
-      <c r="O57" t="s">
+      <c r="T57" t="s">
         <v>776</v>
-      </c>
-[...1 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>182</v>
       </c>
       <c r="B58" t="s">
+        <v>777</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
         <v>778</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
         <v>779</v>
       </c>
-      <c r="F58" t="s">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="H58" t="s">
         <v>780</v>
       </c>
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>781</v>
       </c>
-      <c r="I58" t="s">
+      <c r="J58" t="s">
+        <v>429</v>
+      </c>
+      <c r="K58" t="s">
         <v>782</v>
       </c>
-      <c r="J58" t="s">
+      <c r="L58" t="s">
         <v>783</v>
       </c>
-      <c r="K58" t="s">
+      <c r="M58" t="s">
         <v>784</v>
       </c>
-      <c r="L58" t="s">
-[...2 lines deleted...]
-      <c r="M58" t="s">
+      <c r="N58" t="s">
         <v>785</v>
+      </c>
+      <c r="O58" t="s">
+        <v>786</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>182</v>
       </c>
       <c r="B59" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="H59" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="I59" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="J59" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="K59" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="L59" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="M59" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="N59" t="s">
-        <v>795</v>
+        <v>796</v>
+      </c>
+      <c r="O59" t="s">
+        <v>797</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>182</v>
       </c>
       <c r="B60" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>797</v>
+        <v>799</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>798</v>
+        <v>800</v>
       </c>
       <c r="H60" t="s">
-        <v>799</v>
+        <v>801</v>
       </c>
       <c r="I60" t="s">
-        <v>800</v>
+        <v>356</v>
       </c>
       <c r="J60" t="s">
-        <v>801</v>
+        <v>357</v>
       </c>
       <c r="K60" t="s">
         <v>802</v>
       </c>
       <c r="L60" t="s">
         <v>803</v>
       </c>
       <c r="M60" t="s">
         <v>804</v>
       </c>
+      <c r="N60" t="s">
+        <v>805</v>
+      </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>182</v>
       </c>
       <c r="B61" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C61" t="s">
         <v>13</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="H61" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="I61" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="J61" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="K61" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="L61" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="M61" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="N61" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="O61" t="s">
-        <v>815</v>
+        <v>816</v>
+      </c>
+      <c r="P61" t="s">
+        <v>817</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>182</v>
       </c>
       <c r="B62" t="s">
-        <v>816</v>
+        <v>818</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>818</v>
+        <v>820</v>
       </c>
       <c r="H62" t="s">
-        <v>819</v>
+        <v>821</v>
       </c>
       <c r="I62" t="s">
-        <v>820</v>
+        <v>822</v>
       </c>
       <c r="J62" t="s">
-        <v>821</v>
+        <v>823</v>
       </c>
       <c r="K62" t="s">
-        <v>822</v>
+        <v>824</v>
       </c>
       <c r="L62" t="s">
-        <v>823</v>
+        <v>824</v>
+      </c>
+      <c r="M62" t="s">
+        <v>825</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>182</v>
       </c>
       <c r="B63" t="s">
-        <v>824</v>
+        <v>826</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>825</v>
+        <v>827</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>826</v>
+        <v>828</v>
       </c>
       <c r="H63" t="s">
-        <v>827</v>
+        <v>829</v>
       </c>
       <c r="I63" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
       <c r="J63" t="s">
-        <v>318</v>
+        <v>831</v>
       </c>
       <c r="K63" t="s">
-        <v>829</v>
+        <v>832</v>
       </c>
       <c r="L63" t="s">
-        <v>830</v>
+        <v>833</v>
+      </c>
+      <c r="M63" t="s">
+        <v>834</v>
+      </c>
+      <c r="N63" t="s">
+        <v>835</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>182</v>
       </c>
       <c r="B64" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="H64" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
       <c r="I64" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="J64" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="K64" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="L64" t="s">
-        <v>838</v>
+        <v>843</v>
+      </c>
+      <c r="M64" t="s">
+        <v>844</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>182</v>
       </c>
       <c r="B65" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="C65" t="s">
         <v>13</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="H65" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="I65" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="J65" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
       <c r="K65" t="s">
-        <v>845</v>
+        <v>851</v>
+      </c>
+      <c r="L65" t="s">
+        <v>852</v>
+      </c>
+      <c r="M65" t="s">
+        <v>853</v>
+      </c>
+      <c r="N65" t="s">
+        <v>854</v>
+      </c>
+      <c r="O65" t="s">
+        <v>855</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>182</v>
       </c>
       <c r="B66" t="s">
-        <v>846</v>
+        <v>856</v>
       </c>
       <c r="C66" t="s">
         <v>13</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>847</v>
+        <v>857</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>848</v>
+        <v>858</v>
       </c>
       <c r="H66" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="I66" t="s">
-        <v>850</v>
+        <v>860</v>
       </c>
       <c r="J66" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="K66" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="L66" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>182</v>
       </c>
       <c r="B67" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="C67" t="s">
         <v>13</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="H67" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="I67" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="J67" t="s">
-        <v>859</v>
+        <v>379</v>
       </c>
       <c r="K67" t="s">
-        <v>860</v>
+        <v>869</v>
       </c>
       <c r="L67" t="s">
-        <v>861</v>
-[...2 lines deleted...]
-        <v>862</v>
+        <v>870</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>182</v>
       </c>
       <c r="B68" t="s">
-        <v>863</v>
+        <v>871</v>
       </c>
       <c r="C68" t="s">
         <v>13</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>864</v>
+        <v>872</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>865</v>
+        <v>873</v>
       </c>
       <c r="H68" t="s">
-        <v>866</v>
+        <v>874</v>
       </c>
       <c r="I68" t="s">
-        <v>867</v>
+        <v>875</v>
       </c>
       <c r="J68" t="s">
-        <v>868</v>
+        <v>876</v>
       </c>
       <c r="K68" t="s">
-        <v>869</v>
+        <v>877</v>
       </c>
       <c r="L68" t="s">
-        <v>870</v>
+        <v>878</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>182</v>
       </c>
       <c r="B69" t="s">
-        <v>871</v>
+        <v>879</v>
       </c>
       <c r="C69" t="s">
         <v>13</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>872</v>
+        <v>880</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>873</v>
+        <v>881</v>
       </c>
       <c r="H69" t="s">
-        <v>874</v>
+        <v>882</v>
       </c>
       <c r="I69" t="s">
-        <v>294</v>
+        <v>883</v>
       </c>
       <c r="J69" t="s">
-        <v>875</v>
+        <v>884</v>
       </c>
       <c r="K69" t="s">
-        <v>876</v>
-[...14 lines deleted...]
-        <v>881</v>
+        <v>885</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>182</v>
       </c>
       <c r="B70" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="C70" t="s">
         <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="H70" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="I70" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="J70" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="K70" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="L70" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>182</v>
       </c>
       <c r="B71" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="C71" t="s">
         <v>13</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="H71" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="I71" t="s">
-        <v>294</v>
+        <v>898</v>
       </c>
       <c r="J71" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="K71" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="L71" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="M71" t="s">
-        <v>897</v>
-[...2 lines deleted...]
-        <v>898</v>
+        <v>902</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>182</v>
       </c>
       <c r="B72" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="C72" t="s">
         <v>13</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="H72" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="I72" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="J72" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="K72" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="L72" t="s">
-        <v>906</v>
-[...5 lines deleted...]
-        <v>908</v>
+        <v>910</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>182</v>
       </c>
       <c r="B73" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="C73" t="s">
         <v>13</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="H73" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="I73" t="s">
-        <v>913</v>
+        <v>356</v>
       </c>
       <c r="J73" t="s">
-        <v>409</v>
+        <v>915</v>
       </c>
       <c r="K73" t="s">
-        <v>914</v>
+        <v>916</v>
+      </c>
+      <c r="L73" t="s">
+        <v>917</v>
+      </c>
+      <c r="M73" t="s">
+        <v>918</v>
+      </c>
+      <c r="N73" t="s">
+        <v>919</v>
+      </c>
+      <c r="O73" t="s">
+        <v>920</v>
+      </c>
+      <c r="P73" t="s">
+        <v>921</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>182</v>
       </c>
       <c r="B74" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="C74" t="s">
         <v>13</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
       <c r="H74" t="s">
-        <v>918</v>
+        <v>925</v>
       </c>
       <c r="I74" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="J74" t="s">
-        <v>239</v>
+        <v>927</v>
       </c>
       <c r="K74" t="s">
-        <v>920</v>
+        <v>928</v>
       </c>
       <c r="L74" t="s">
-        <v>921</v>
-[...22 lines deleted...]
-      <c r="T74" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>182</v>
       </c>
       <c r="B75" t="s">
         <v>930</v>
       </c>
       <c r="C75" t="s">
         <v>13</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
         <v>931</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
         <v>932</v>
       </c>
       <c r="H75" t="s">
         <v>933</v>
       </c>
       <c r="I75" t="s">
+        <v>356</v>
+      </c>
+      <c r="J75" t="s">
         <v>934</v>
       </c>
-      <c r="J75" t="s">
+      <c r="K75" t="s">
         <v>935</v>
       </c>
-      <c r="K75" t="s">
+      <c r="L75" t="s">
         <v>936</v>
+      </c>
+      <c r="M75" t="s">
+        <v>937</v>
+      </c>
+      <c r="N75" t="s">
+        <v>938</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>182</v>
       </c>
       <c r="B76" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="C76" t="s">
         <v>13</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="H76" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
       <c r="I76" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="J76" t="s">
-        <v>942</v>
+        <v>944</v>
       </c>
       <c r="K76" t="s">
-        <v>943</v>
+        <v>945</v>
       </c>
       <c r="L76" t="s">
-        <v>944</v>
+        <v>946</v>
+      </c>
+      <c r="M76" t="s">
+        <v>947</v>
+      </c>
+      <c r="N76" t="s">
+        <v>948</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>182</v>
       </c>
       <c r="B77" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="C77" t="s">
         <v>13</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="H77" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="I77" t="s">
-        <v>417</v>
+        <v>953</v>
       </c>
       <c r="J77" t="s">
-        <v>949</v>
+        <v>457</v>
       </c>
       <c r="K77" t="s">
-        <v>950</v>
-[...2 lines deleted...]
-        <v>951</v>
+        <v>954</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>182</v>
       </c>
       <c r="B78" t="s">
-        <v>952</v>
+        <v>955</v>
       </c>
       <c r="C78" t="s">
         <v>13</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>953</v>
+        <v>956</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>954</v>
+        <v>957</v>
       </c>
       <c r="H78" t="s">
-        <v>955</v>
+        <v>958</v>
       </c>
       <c r="I78" t="s">
-        <v>956</v>
+        <v>959</v>
       </c>
       <c r="J78" t="s">
-        <v>957</v>
+        <v>293</v>
       </c>
       <c r="K78" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="L78" t="s">
-        <v>959</v>
+        <v>961</v>
       </c>
       <c r="M78" t="s">
-        <v>960</v>
+        <v>962</v>
       </c>
       <c r="N78" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="O78" t="s">
-        <v>962</v>
+        <v>964</v>
+      </c>
+      <c r="P78" t="s">
+        <v>965</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>966</v>
+      </c>
+      <c r="R78" t="s">
+        <v>967</v>
+      </c>
+      <c r="S78" t="s">
+        <v>968</v>
+      </c>
+      <c r="T78" t="s">
+        <v>969</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>182</v>
       </c>
       <c r="B79" t="s">
-        <v>963</v>
+        <v>970</v>
       </c>
       <c r="C79" t="s">
         <v>13</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>964</v>
+        <v>971</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>965</v>
+        <v>972</v>
       </c>
       <c r="H79" t="s">
-        <v>966</v>
+        <v>973</v>
       </c>
       <c r="I79" t="s">
-        <v>967</v>
+        <v>974</v>
       </c>
       <c r="J79" t="s">
-        <v>305</v>
+        <v>975</v>
       </c>
       <c r="K79" t="s">
-        <v>968</v>
-[...5 lines deleted...]
-        <v>970</v>
+        <v>976</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>182</v>
       </c>
       <c r="B80" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
       <c r="C80" t="s">
         <v>13</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>973</v>
+        <v>979</v>
       </c>
       <c r="H80" t="s">
-        <v>974</v>
+        <v>980</v>
       </c>
       <c r="I80" t="s">
-        <v>975</v>
+        <v>981</v>
       </c>
       <c r="J80" t="s">
-        <v>318</v>
+        <v>982</v>
       </c>
       <c r="K80" t="s">
-        <v>976</v>
+        <v>983</v>
       </c>
       <c r="L80" t="s">
-        <v>977</v>
-[...8 lines deleted...]
-        <v>980</v>
+        <v>984</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>182</v>
       </c>
       <c r="B81" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="C81" t="s">
         <v>13</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="H81" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="I81" t="s">
-        <v>985</v>
+        <v>465</v>
       </c>
       <c r="J81" t="s">
-        <v>904</v>
+        <v>989</v>
       </c>
       <c r="K81" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="L81" t="s">
-        <v>987</v>
-[...8 lines deleted...]
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>182</v>
       </c>
       <c r="B82" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C82" t="s">
         <v>13</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="H82" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="I82" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="J82" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="K82" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="L82" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="M82" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="N82" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="O82" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>182</v>
       </c>
       <c r="B83" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="C83" t="s">
         <v>13</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="H83" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="I83" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="J83" t="s">
-        <v>1007</v>
+        <v>210</v>
       </c>
       <c r="K83" t="s">
         <v>1008</v>
       </c>
       <c r="L83" t="s">
         <v>1009</v>
       </c>
+      <c r="M83" t="s">
+        <v>1010</v>
+      </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>182</v>
       </c>
       <c r="B84" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="C84" t="s">
         <v>13</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="H84" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="I84" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="J84" t="s">
-        <v>305</v>
+        <v>379</v>
       </c>
       <c r="K84" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="L84" t="s">
-        <v>1016</v>
+        <v>1017</v>
+      </c>
+      <c r="M84" t="s">
+        <v>1018</v>
+      </c>
+      <c r="N84" t="s">
+        <v>1019</v>
+      </c>
+      <c r="O84" t="s">
+        <v>1020</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>182</v>
       </c>
       <c r="B85" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="C85" t="s">
         <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="H85" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="I85" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="J85" t="s">
-        <v>1022</v>
+        <v>944</v>
       </c>
       <c r="K85" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="L85" t="s">
-        <v>1024</v>
+        <v>1027</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1028</v>
+      </c>
+      <c r="N85" t="s">
+        <v>1029</v>
+      </c>
+      <c r="O85" t="s">
+        <v>1030</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>182</v>
       </c>
       <c r="B86" t="s">
-        <v>1025</v>
+        <v>1031</v>
       </c>
       <c r="C86" t="s">
         <v>13</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>1026</v>
+        <v>1032</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>1027</v>
+        <v>1033</v>
       </c>
       <c r="H86" t="s">
-        <v>1028</v>
+        <v>1034</v>
       </c>
       <c r="I86" t="s">
-        <v>1029</v>
+        <v>1035</v>
       </c>
       <c r="J86" t="s">
-        <v>228</v>
+        <v>1036</v>
       </c>
       <c r="K86" t="s">
-        <v>1030</v>
+        <v>1037</v>
       </c>
       <c r="L86" t="s">
-        <v>1031</v>
-[...2 lines deleted...]
-        <v>1032</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>182</v>
       </c>
       <c r="B87" t="s">
-        <v>1033</v>
+        <v>1039</v>
       </c>
       <c r="C87" t="s">
         <v>13</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>1034</v>
+        <v>1040</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
       <c r="H87" t="s">
-        <v>1036</v>
+        <v>1042</v>
       </c>
       <c r="I87" t="s">
-        <v>1037</v>
+        <v>1043</v>
       </c>
       <c r="J87" t="s">
-        <v>409</v>
+        <v>210</v>
       </c>
       <c r="K87" t="s">
-        <v>1038</v>
+        <v>1044</v>
+      </c>
+      <c r="L87" t="s">
+        <v>1045</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>182</v>
       </c>
       <c r="B88" t="s">
-        <v>1039</v>
+        <v>1046</v>
       </c>
       <c r="C88" t="s">
         <v>13</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>1040</v>
+        <v>1047</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>1041</v>
+        <v>1048</v>
       </c>
       <c r="H88" t="s">
-        <v>1042</v>
+        <v>1049</v>
       </c>
       <c r="I88" t="s">
-        <v>1043</v>
+        <v>1050</v>
       </c>
       <c r="J88" t="s">
-        <v>1044</v>
+        <v>1051</v>
       </c>
       <c r="K88" t="s">
-        <v>1045</v>
+        <v>1052</v>
+      </c>
+      <c r="L88" t="s">
+        <v>1053</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>182</v>
       </c>
       <c r="B89" t="s">
-        <v>1046</v>
+        <v>1054</v>
       </c>
       <c r="C89" t="s">
         <v>13</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>1047</v>
+        <v>1055</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>1048</v>
+        <v>1056</v>
       </c>
       <c r="H89" t="s">
-        <v>1049</v>
+        <v>1057</v>
       </c>
       <c r="I89" t="s">
-        <v>1050</v>
+        <v>1058</v>
       </c>
       <c r="J89" t="s">
-        <v>957</v>
+        <v>282</v>
       </c>
       <c r="K89" t="s">
-        <v>1051</v>
+        <v>1059</v>
       </c>
       <c r="L89" t="s">
-        <v>1052</v>
+        <v>1060</v>
       </c>
       <c r="M89" t="s">
-        <v>1053</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>182</v>
       </c>
       <c r="B90" t="s">
-        <v>1054</v>
+        <v>1062</v>
       </c>
       <c r="C90" t="s">
         <v>13</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>1055</v>
+        <v>1063</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>1056</v>
+        <v>1064</v>
       </c>
       <c r="H90" t="s">
-        <v>1057</v>
+        <v>1065</v>
       </c>
       <c r="I90" t="s">
-        <v>1058</v>
+        <v>1066</v>
       </c>
       <c r="J90" t="s">
-        <v>1059</v>
+        <v>457</v>
       </c>
       <c r="K90" t="s">
-        <v>1060</v>
-[...2 lines deleted...]
-        <v>1061</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>182</v>
       </c>
       <c r="B91" t="s">
-        <v>1062</v>
+        <v>1068</v>
       </c>
       <c r="C91" t="s">
         <v>13</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="H91" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="I91" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="J91" t="s">
-        <v>368</v>
+        <v>1073</v>
       </c>
       <c r="K91" t="s">
-        <v>1067</v>
-[...14 lines deleted...]
-        <v>1072</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>182</v>
       </c>
       <c r="B92" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="C92" t="s">
         <v>13</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>1075</v>
+        <v>1077</v>
       </c>
       <c r="H92" t="s">
-        <v>1076</v>
+        <v>1078</v>
       </c>
       <c r="I92" t="s">
-        <v>1077</v>
+        <v>1079</v>
       </c>
       <c r="J92" t="s">
-        <v>368</v>
+        <v>997</v>
       </c>
       <c r="K92" t="s">
-        <v>1078</v>
+        <v>1080</v>
       </c>
       <c r="L92" t="s">
-        <v>1079</v>
+        <v>1081</v>
       </c>
       <c r="M92" t="s">
-        <v>1080</v>
-[...2 lines deleted...]
-        <v>1081</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>182</v>
       </c>
       <c r="B93" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C93" t="s">
         <v>13</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="H93" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="I93" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="J93" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="K93" t="s">
-        <v>1088</v>
+        <v>1089</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1090</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>182</v>
       </c>
       <c r="B94" t="s">
-        <v>1089</v>
+        <v>1091</v>
       </c>
       <c r="C94" t="s">
         <v>13</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>1090</v>
+        <v>1092</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>1091</v>
+        <v>1093</v>
       </c>
       <c r="H94" t="s">
-        <v>1092</v>
+        <v>1094</v>
       </c>
       <c r="I94" t="s">
-        <v>1093</v>
+        <v>1095</v>
       </c>
       <c r="J94" t="s">
-        <v>1094</v>
+        <v>416</v>
       </c>
       <c r="K94" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="L94" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="M94" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="N94" t="s">
-        <v>1098</v>
+        <v>1099</v>
+      </c>
+      <c r="O94" t="s">
+        <v>1100</v>
+      </c>
+      <c r="P94" t="s">
+        <v>1101</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>182</v>
       </c>
       <c r="B95" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="C95" t="s">
         <v>13</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>1101</v>
+        <v>1104</v>
       </c>
       <c r="H95" t="s">
-        <v>1102</v>
+        <v>1105</v>
       </c>
       <c r="I95" t="s">
-        <v>1103</v>
+        <v>1106</v>
       </c>
       <c r="J95" t="s">
-        <v>904</v>
+        <v>416</v>
       </c>
       <c r="K95" t="s">
-        <v>1104</v>
+        <v>1107</v>
       </c>
       <c r="L95" t="s">
-        <v>1105</v>
+        <v>1108</v>
       </c>
       <c r="M95" t="s">
-        <v>1106</v>
+        <v>1109</v>
+      </c>
+      <c r="N95" t="s">
+        <v>1110</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>182</v>
       </c>
       <c r="B96" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="C96" t="s">
         <v>13</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="H96" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="I96" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="J96" t="s">
-        <v>957</v>
+        <v>1116</v>
       </c>
       <c r="K96" t="s">
-        <v>1112</v>
-[...5 lines deleted...]
-        <v>1114</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>182</v>
       </c>
       <c r="B97" t="s">
-        <v>1115</v>
+        <v>1118</v>
       </c>
       <c r="C97" t="s">
         <v>13</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>1116</v>
+        <v>1119</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>1117</v>
+        <v>1120</v>
       </c>
       <c r="H97" t="s">
-        <v>1118</v>
+        <v>1121</v>
       </c>
       <c r="I97" t="s">
-        <v>1119</v>
+        <v>1122</v>
       </c>
       <c r="J97" t="s">
-        <v>1120</v>
+        <v>1123</v>
       </c>
       <c r="K97" t="s">
-        <v>1121</v>
+        <v>1124</v>
       </c>
       <c r="L97" t="s">
-        <v>1122</v>
+        <v>1125</v>
       </c>
       <c r="M97" t="s">
-        <v>1123</v>
+        <v>1126</v>
       </c>
       <c r="N97" t="s">
-        <v>1124</v>
-[...7 lines deleted...]
-      <c r="Q97" t="s">
         <v>1127</v>
-      </c>
-[...4 lines deleted...]
-        <v>1129</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>182</v>
       </c>
       <c r="B98" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C98" t="s">
+        <v>13</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
         <v>1130</v>
       </c>
-      <c r="C98" t="s">
-[...5 lines deleted...]
-      <c r="E98" t="s">
+      <c r="H98" t="s">
         <v>1131</v>
       </c>
-      <c r="F98" t="s">
-[...2 lines deleted...]
-      <c r="G98" t="s">
+      <c r="I98" t="s">
         <v>1132</v>
       </c>
-      <c r="H98" t="s">
+      <c r="J98" t="s">
+        <v>944</v>
+      </c>
+      <c r="K98" t="s">
         <v>1133</v>
       </c>
-      <c r="I98" t="s">
+      <c r="L98" t="s">
         <v>1134</v>
       </c>
-      <c r="J98" t="s">
+      <c r="M98" t="s">
         <v>1135</v>
-      </c>
-[...19 lines deleted...]
-        <v>1142</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>182</v>
       </c>
       <c r="B99" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C99" t="s">
+        <v>13</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1137</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1139</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1140</v>
+      </c>
+      <c r="J99" t="s">
+        <v>997</v>
+      </c>
+      <c r="K99" t="s">
+        <v>1141</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1142</v>
+      </c>
+      <c r="M99" t="s">
         <v>1143</v>
-      </c>
-[...31 lines deleted...]
-        <v>1151</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>182</v>
       </c>
       <c r="B100" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C100" t="s">
+        <v>13</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1147</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1148</v>
+      </c>
+      <c r="J100" t="s">
+        <v>1149</v>
+      </c>
+      <c r="K100" t="s">
+        <v>1150</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1151</v>
+      </c>
+      <c r="M100" t="s">
         <v>1152</v>
       </c>
-      <c r="C100" t="s">
-[...5 lines deleted...]
-      <c r="E100" t="s">
+      <c r="N100" t="s">
         <v>1153</v>
       </c>
-      <c r="F100" t="s">
-[...2 lines deleted...]
-      <c r="G100" t="s">
+      <c r="O100" t="s">
         <v>1154</v>
       </c>
-      <c r="H100" t="s">
+      <c r="P100" t="s">
         <v>1155</v>
       </c>
-      <c r="I100" t="s">
+      <c r="Q100" t="s">
         <v>1156</v>
       </c>
-      <c r="J100" t="s">
-[...2 lines deleted...]
-      <c r="K100" t="s">
+      <c r="R100" t="s">
         <v>1157</v>
       </c>
-      <c r="L100" t="s">
+      <c r="S100" t="s">
         <v>1158</v>
-      </c>
-[...19 lines deleted...]
-        <v>1165</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>182</v>
       </c>
       <c r="B101" t="s">
+        <v>1159</v>
+      </c>
+      <c r="C101" t="s">
+        <v>13</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1160</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1162</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1163</v>
+      </c>
+      <c r="J101" t="s">
+        <v>1164</v>
+      </c>
+      <c r="K101" t="s">
+        <v>1165</v>
+      </c>
+      <c r="L101" t="s">
         <v>1166</v>
       </c>
-      <c r="C101" t="s">
-[...11 lines deleted...]
-      <c r="G101" t="s">
+      <c r="M101" t="s">
         <v>1167</v>
       </c>
-      <c r="H101" t="s">
+      <c r="N101" t="s">
         <v>1168</v>
       </c>
-      <c r="I101" t="s">
+      <c r="O101" t="s">
         <v>1169</v>
       </c>
-      <c r="J101" t="s">
-[...2 lines deleted...]
-      <c r="K101" t="s">
+      <c r="P101" t="s">
         <v>1170</v>
       </c>
-      <c r="L101" t="s">
+      <c r="Q101" t="s">
         <v>1171</v>
-      </c>
-[...16 lines deleted...]
-        <v>1177</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>182</v>
       </c>
       <c r="B102" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C102" t="s">
+        <v>13</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1176</v>
+      </c>
+      <c r="J102" t="s">
+        <v>1177</v>
+      </c>
+      <c r="K102" t="s">
         <v>1178</v>
       </c>
-      <c r="C102" t="s">
-[...11 lines deleted...]
-      <c r="G102" t="s">
+      <c r="L102" t="s">
         <v>1179</v>
       </c>
-      <c r="H102" t="s">
+      <c r="M102" t="s">
         <v>1180</v>
-      </c>
-[...19 lines deleted...]
-        <v>1186</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>182</v>
       </c>
       <c r="B103" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C103" t="s">
+        <v>13</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1184</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1185</v>
+      </c>
+      <c r="J103" t="s">
+        <v>841</v>
+      </c>
+      <c r="K103" t="s">
+        <v>1186</v>
+      </c>
+      <c r="L103" t="s">
         <v>1187</v>
       </c>
-      <c r="C103" t="s">
-[...5 lines deleted...]
-      <c r="E103" t="s">
+      <c r="M103" t="s">
         <v>1188</v>
       </c>
-      <c r="F103" t="s">
-[...2 lines deleted...]
-      <c r="G103" t="s">
+      <c r="N103" t="s">
         <v>1189</v>
       </c>
-      <c r="H103" t="s">
+      <c r="O103" t="s">
         <v>1190</v>
       </c>
-      <c r="I103" t="s">
+      <c r="P103" t="s">
         <v>1191</v>
       </c>
-      <c r="J103" t="s">
+      <c r="Q103" t="s">
         <v>1192</v>
       </c>
-      <c r="K103" t="s">
+      <c r="R103" t="s">
         <v>1193</v>
       </c>
-      <c r="L103" t="s">
+      <c r="S103" t="s">
         <v>1194</v>
-      </c>
-[...1 lines deleted...]
-        <v>1195</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>182</v>
       </c>
       <c r="B104" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C104" t="s">
+        <v>13</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
         <v>1196</v>
       </c>
-      <c r="C104" t="s">
-[...5 lines deleted...]
-      <c r="E104" t="s">
+      <c r="H104" t="s">
         <v>1197</v>
       </c>
-      <c r="F104" t="s">
-[...2 lines deleted...]
-      <c r="G104" t="s">
+      <c r="I104" t="s">
         <v>1198</v>
       </c>
-      <c r="H104" t="s">
+      <c r="J104" t="s">
+        <v>884</v>
+      </c>
+      <c r="K104" t="s">
         <v>1199</v>
       </c>
-      <c r="I104" t="s">
+      <c r="L104" t="s">
         <v>1200</v>
       </c>
-      <c r="J104" t="s">
-[...2 lines deleted...]
-      <c r="K104" t="s">
+      <c r="M104" t="s">
         <v>1201</v>
       </c>
-      <c r="L104" t="s">
+      <c r="N104" t="s">
         <v>1202</v>
+      </c>
+      <c r="O104" t="s">
+        <v>1203</v>
+      </c>
+      <c r="P104" t="s">
+        <v>1204</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>1205</v>
+      </c>
+      <c r="R104" t="s">
+        <v>1206</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>182</v>
       </c>
       <c r="B105" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="C105" t="s">
         <v>13</v>
       </c>
       <c r="D105" t="s">
         <v>13</v>
       </c>
       <c r="E105" t="s">
-        <v>1204</v>
+        <v>1182</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="H105" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="I105" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="J105" t="s">
-        <v>1208</v>
+        <v>997</v>
       </c>
       <c r="K105" t="s">
-        <v>1209</v>
+        <v>1211</v>
+      </c>
+      <c r="L105" t="s">
+        <v>1212</v>
+      </c>
+      <c r="M105" t="s">
+        <v>1213</v>
+      </c>
+      <c r="N105" t="s">
+        <v>1214</v>
+      </c>
+      <c r="O105" t="s">
+        <v>1215</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>182</v>
       </c>
       <c r="B106" t="s">
-        <v>1210</v>
+        <v>1216</v>
       </c>
       <c r="C106" t="s">
         <v>13</v>
       </c>
       <c r="D106" t="s">
         <v>13</v>
       </c>
       <c r="E106" t="s">
-        <v>1211</v>
+        <v>1217</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>1212</v>
+        <v>1218</v>
       </c>
       <c r="H106" t="s">
-        <v>1213</v>
+        <v>1219</v>
       </c>
       <c r="I106" t="s">
-        <v>1214</v>
+        <v>1220</v>
       </c>
       <c r="J106" t="s">
-        <v>904</v>
+        <v>1221</v>
       </c>
       <c r="K106" t="s">
-        <v>1215</v>
+        <v>1222</v>
       </c>
       <c r="L106" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
       <c r="M106" t="s">
-        <v>1217</v>
-[...2 lines deleted...]
-        <v>1218</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>182</v>
       </c>
       <c r="B107" t="s">
-        <v>1219</v>
+        <v>1225</v>
       </c>
       <c r="C107" t="s">
         <v>13</v>
       </c>
       <c r="D107" t="s">
         <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="H107" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="I107" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="J107" t="s">
-        <v>957</v>
+        <v>210</v>
       </c>
       <c r="K107" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="L107" t="s">
-        <v>1225</v>
-[...8 lines deleted...]
-        <v>1228</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>182</v>
       </c>
       <c r="B108" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="C108" t="s">
         <v>13</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
       <c r="H108" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="I108" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="J108" t="s">
-        <v>196</v>
+        <v>1237</v>
       </c>
       <c r="K108" t="s">
-        <v>1234</v>
-[...10 lines deleted...]
-      <c r="O108" t="s">
         <v>1238</v>
-      </c>
-[...4 lines deleted...]
-        <v>1240</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>182</v>
       </c>
       <c r="B109" t="s">
+        <v>1239</v>
+      </c>
+      <c r="C109" t="s">
+        <v>13</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1240</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
         <v>1241</v>
       </c>
-      <c r="C109" t="s">
-[...11 lines deleted...]
-      <c r="G109" t="s">
+      <c r="H109" t="s">
         <v>1242</v>
       </c>
-      <c r="H109" t="s">
+      <c r="I109" t="s">
         <v>1243</v>
       </c>
-      <c r="I109" t="s">
+      <c r="J109" t="s">
+        <v>944</v>
+      </c>
+      <c r="K109" t="s">
         <v>1244</v>
       </c>
-      <c r="J109" t="s">
-[...2 lines deleted...]
-      <c r="K109" t="s">
+      <c r="L109" t="s">
         <v>1245</v>
       </c>
-      <c r="L109" t="s">
+      <c r="M109" t="s">
         <v>1246</v>
       </c>
-      <c r="M109" t="s">
+      <c r="N109" t="s">
         <v>1247</v>
-      </c>
-[...13 lines deleted...]
-        <v>1252</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>182</v>
       </c>
       <c r="B110" t="s">
+        <v>1248</v>
+      </c>
+      <c r="C110" t="s">
+        <v>13</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1249</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1250</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1251</v>
+      </c>
+      <c r="I110" t="s">
+        <v>1252</v>
+      </c>
+      <c r="J110" t="s">
+        <v>997</v>
+      </c>
+      <c r="K110" t="s">
         <v>1253</v>
       </c>
-      <c r="C110" t="s">
-[...5 lines deleted...]
-      <c r="E110" t="s">
+      <c r="L110" t="s">
         <v>1254</v>
       </c>
-      <c r="F110" t="s">
-[...2 lines deleted...]
-      <c r="G110" t="s">
+      <c r="M110" t="s">
         <v>1255</v>
       </c>
-      <c r="H110" t="s">
+      <c r="N110" t="s">
         <v>1256</v>
       </c>
-      <c r="I110" t="s">
+      <c r="O110" t="s">
         <v>1257</v>
-      </c>
-[...10 lines deleted...]
-        <v>1260</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>182</v>
       </c>
       <c r="B111" t="s">
+        <v>1258</v>
+      </c>
+      <c r="C111" t="s">
+        <v>13</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H111" t="s">
         <v>1261</v>
       </c>
-      <c r="C111" t="s">
-[...5 lines deleted...]
-      <c r="E111" t="s">
+      <c r="I111" t="s">
         <v>1262</v>
       </c>
-      <c r="F111" t="s">
-[...2 lines deleted...]
-      <c r="G111" t="s">
+      <c r="J111" t="s">
+        <v>250</v>
+      </c>
+      <c r="K111" t="s">
         <v>1263</v>
       </c>
-      <c r="H111" t="s">
+      <c r="L111" t="s">
         <v>1264</v>
       </c>
-      <c r="I111" t="s">
+      <c r="M111" t="s">
         <v>1265</v>
       </c>
-      <c r="J111" t="s">
-[...2 lines deleted...]
-      <c r="K111" t="s">
+      <c r="N111" t="s">
         <v>1266</v>
       </c>
-      <c r="L111" t="s">
+      <c r="O111" t="s">
         <v>1267</v>
       </c>
-      <c r="M111" t="s">
+      <c r="P111" t="s">
         <v>1268</v>
       </c>
-      <c r="N111" t="s">
+      <c r="Q111" t="s">
         <v>1269</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>182</v>
       </c>
       <c r="B112" t="s">
         <v>1270</v>
       </c>
       <c r="C112" t="s">
         <v>13</v>
       </c>
       <c r="D112" t="s">
         <v>13</v>
       </c>
       <c r="E112" t="s">
+        <v>1259</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
         <v>1271</v>
       </c>
-      <c r="F112" t="s">
-[...2 lines deleted...]
-      <c r="G112" t="s">
+      <c r="H112" t="s">
         <v>1272</v>
       </c>
-      <c r="H112" t="s">
+      <c r="I112" t="s">
         <v>1273</v>
       </c>
-      <c r="I112" t="s">
+      <c r="J112" t="s">
+        <v>766</v>
+      </c>
+      <c r="K112" t="s">
         <v>1274</v>
       </c>
-      <c r="J112" t="s">
+      <c r="L112" t="s">
         <v>1275</v>
       </c>
-      <c r="K112" t="s">
+      <c r="M112" t="s">
         <v>1276</v>
       </c>
-      <c r="L112" t="s">
+      <c r="N112" t="s">
         <v>1277</v>
+      </c>
+      <c r="O112" t="s">
+        <v>1278</v>
+      </c>
+      <c r="P112" t="s">
+        <v>1279</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>1280</v>
+      </c>
+      <c r="R112" t="s">
+        <v>1281</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>182</v>
       </c>
       <c r="B113" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="C113" t="s">
         <v>13</v>
       </c>
       <c r="D113" t="s">
         <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="H113" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
       <c r="I113" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="J113" t="s">
-        <v>1283</v>
+        <v>617</v>
       </c>
       <c r="K113" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="L113" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="M113" t="s">
-        <v>1286</v>
-[...2 lines deleted...]
-        <v>1287</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>182</v>
       </c>
       <c r="B114" t="s">
-        <v>1288</v>
+        <v>1290</v>
       </c>
       <c r="C114" t="s">
         <v>13</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114" t="s">
-        <v>1289</v>
+        <v>1291</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="H114" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="I114" t="s">
-        <v>1292</v>
+        <v>1294</v>
       </c>
       <c r="J114" t="s">
-        <v>368</v>
+        <v>1123</v>
       </c>
       <c r="K114" t="s">
-        <v>1293</v>
+        <v>1295</v>
       </c>
       <c r="L114" t="s">
-        <v>1294</v>
+        <v>1296</v>
       </c>
       <c r="M114" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="N114" t="s">
-        <v>1296</v>
-[...4 lines deleted...]
-      <c r="P114" t="s">
         <v>1298</v>
-      </c>
-[...1 lines deleted...]
-        <v>1299</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>182</v>
       </c>
       <c r="B115" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C115" t="s">
+        <v>13</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
         <v>1300</v>
       </c>
-      <c r="C115" t="s">
-[...5 lines deleted...]
-      <c r="E115" t="s">
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
         <v>1301</v>
       </c>
-      <c r="F115" t="s">
-[...2 lines deleted...]
-      <c r="G115" t="s">
+      <c r="H115" t="s">
         <v>1302</v>
       </c>
-      <c r="H115" t="s">
+      <c r="I115" t="s">
         <v>1303</v>
       </c>
-      <c r="I115" t="s">
+      <c r="J115" t="s">
         <v>1304</v>
       </c>
-      <c r="J115" t="s">
+      <c r="K115" t="s">
         <v>1305</v>
       </c>
-      <c r="K115" t="s">
+      <c r="L115" t="s">
         <v>1306</v>
-      </c>
-[...7 lines deleted...]
-        <v>1309</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>182</v>
       </c>
       <c r="B116" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C116" t="s">
+        <v>13</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H116" t="s">
         <v>1310</v>
       </c>
-      <c r="C116" t="s">
-[...5 lines deleted...]
-      <c r="E116" t="s">
+      <c r="I116" t="s">
         <v>1311</v>
       </c>
-      <c r="F116" t="s">
-[...2 lines deleted...]
-      <c r="G116" t="s">
+      <c r="J116" t="s">
         <v>1312</v>
       </c>
-      <c r="H116" t="s">
+      <c r="K116" t="s">
         <v>1313</v>
       </c>
-      <c r="I116" t="s">
-[...5 lines deleted...]
-      <c r="K116" t="s">
+      <c r="L116" t="s">
         <v>1314</v>
       </c>
-      <c r="L116" t="s">
+      <c r="M116" t="s">
         <v>1315</v>
       </c>
-      <c r="M116" t="s">
+      <c r="N116" t="s">
         <v>1316</v>
-      </c>
-[...1 lines deleted...]
-        <v>1317</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>182</v>
       </c>
       <c r="B117" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C117" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
         <v>1318</v>
       </c>
-      <c r="C117" t="s">
-[...5 lines deleted...]
-      <c r="E117" t="s">
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
         <v>1319</v>
       </c>
-      <c r="F117" t="s">
-[...2 lines deleted...]
-      <c r="G117" t="s">
+      <c r="H117" t="s">
         <v>1320</v>
       </c>
-      <c r="H117" t="s">
+      <c r="I117" t="s">
         <v>1321</v>
       </c>
-      <c r="I117" t="s">
+      <c r="J117" t="s">
+        <v>416</v>
+      </c>
+      <c r="K117" t="s">
         <v>1322</v>
       </c>
-      <c r="J117" t="s">
+      <c r="L117" t="s">
         <v>1323</v>
       </c>
-      <c r="K117" t="s">
+      <c r="M117" t="s">
         <v>1324</v>
+      </c>
+      <c r="N117" t="s">
+        <v>1325</v>
+      </c>
+      <c r="O117" t="s">
+        <v>1326</v>
+      </c>
+      <c r="P117" t="s">
+        <v>1327</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>1328</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>182</v>
       </c>
       <c r="B118" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="C118" t="s">
         <v>13</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="H118" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="I118" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="J118" t="s">
-        <v>445</v>
+        <v>1334</v>
       </c>
       <c r="K118" t="s">
-        <v>1330</v>
+        <v>1335</v>
       </c>
       <c r="L118" t="s">
-        <v>1331</v>
+        <v>1336</v>
       </c>
       <c r="M118" t="s">
-        <v>1332</v>
+        <v>1337</v>
       </c>
       <c r="N118" t="s">
-        <v>1333</v>
-[...2 lines deleted...]
-        <v>1334</v>
+        <v>1338</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>182</v>
       </c>
       <c r="B119" t="s">
-        <v>1335</v>
+        <v>1339</v>
       </c>
       <c r="C119" t="s">
         <v>13</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>1336</v>
+        <v>1340</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>1337</v>
+        <v>1341</v>
       </c>
       <c r="H119" t="s">
-        <v>1338</v>
+        <v>1342</v>
       </c>
       <c r="I119" t="s">
-        <v>1339</v>
+        <v>501</v>
       </c>
       <c r="J119" t="s">
-        <v>810</v>
+        <v>709</v>
       </c>
       <c r="K119" t="s">
-        <v>1340</v>
+        <v>1343</v>
       </c>
       <c r="L119" t="s">
-        <v>1341</v>
+        <v>1344</v>
       </c>
       <c r="M119" t="s">
-        <v>1342</v>
+        <v>1345</v>
       </c>
       <c r="N119" t="s">
-        <v>1343</v>
-[...7 lines deleted...]
-      <c r="Q119" t="s">
         <v>1346</v>
-      </c>
-[...4 lines deleted...]
-        <v>1348</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>182</v>
       </c>
       <c r="B120" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C120" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
         <v>1349</v>
       </c>
-      <c r="C120" t="s">
-[...5 lines deleted...]
-      <c r="E120" t="s">
+      <c r="H120" t="s">
         <v>1350</v>
       </c>
-      <c r="F120" t="s">
-[...2 lines deleted...]
-      <c r="G120" t="s">
+      <c r="I120" t="s">
         <v>1351</v>
       </c>
-      <c r="H120" t="s">
+      <c r="J120" t="s">
         <v>1352</v>
       </c>
-      <c r="I120" t="s">
+      <c r="K120" t="s">
         <v>1353</v>
-      </c>
-[...13 lines deleted...]
-        <v>1357</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>182</v>
       </c>
       <c r="B121" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C121" t="s">
+        <v>13</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1355</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1356</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1357</v>
+      </c>
+      <c r="I121" t="s">
         <v>1358</v>
       </c>
-      <c r="C121" t="s">
-[...5 lines deleted...]
-      <c r="E121" t="s">
+      <c r="J121" t="s">
+        <v>493</v>
+      </c>
+      <c r="K121" t="s">
         <v>1359</v>
       </c>
-      <c r="F121" t="s">
-[...2 lines deleted...]
-      <c r="G121" t="s">
+      <c r="L121" t="s">
         <v>1360</v>
       </c>
-      <c r="H121" t="s">
+      <c r="M121" t="s">
         <v>1361</v>
       </c>
-      <c r="I121" t="s">
+      <c r="N121" t="s">
         <v>1362</v>
       </c>
-      <c r="J121" t="s">
+      <c r="O121" t="s">
         <v>1363</v>
-      </c>
-[...31 lines deleted...]
-        <v>1374</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>182</v>
       </c>
       <c r="B122" t="s">
+        <v>1364</v>
+      </c>
+      <c r="C122" t="s">
+        <v>13</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1366</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1367</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1368</v>
+      </c>
+      <c r="J122" t="s">
+        <v>850</v>
+      </c>
+      <c r="K122" t="s">
+        <v>1369</v>
+      </c>
+      <c r="L122" t="s">
+        <v>1370</v>
+      </c>
+      <c r="M122" t="s">
+        <v>1371</v>
+      </c>
+      <c r="N122" t="s">
+        <v>1372</v>
+      </c>
+      <c r="O122" t="s">
+        <v>1373</v>
+      </c>
+      <c r="P122" t="s">
+        <v>1374</v>
+      </c>
+      <c r="Q122" t="s">
         <v>1375</v>
       </c>
-      <c r="C122" t="s">
-[...5 lines deleted...]
-      <c r="E122" t="s">
+      <c r="R122" t="s">
         <v>1376</v>
       </c>
-      <c r="F122" t="s">
-[...2 lines deleted...]
-      <c r="G122" t="s">
+      <c r="S122" t="s">
         <v>1377</v>
-      </c>
-[...16 lines deleted...]
-        <v>1383</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>182</v>
       </c>
       <c r="B123" t="s">
+        <v>1378</v>
+      </c>
+      <c r="C123" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1381</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1382</v>
+      </c>
+      <c r="J123" t="s">
+        <v>766</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1383</v>
+      </c>
+      <c r="L123" t="s">
         <v>1384</v>
       </c>
-      <c r="C123" t="s">
-[...5 lines deleted...]
-      <c r="E123" t="s">
+      <c r="M123" t="s">
         <v>1385</v>
       </c>
-      <c r="F123" t="s">
-[...2 lines deleted...]
-      <c r="G123" t="s">
+      <c r="N123" t="s">
         <v>1386</v>
-      </c>
-[...22 lines deleted...]
-        <v>1393</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>182</v>
       </c>
       <c r="B124" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C124" t="s">
+        <v>13</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1388</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1390</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1391</v>
+      </c>
+      <c r="J124" t="s">
+        <v>1392</v>
+      </c>
+      <c r="K124" t="s">
+        <v>1393</v>
+      </c>
+      <c r="L124" t="s">
         <v>1394</v>
       </c>
-      <c r="C124" t="s">
-[...5 lines deleted...]
-      <c r="E124" t="s">
+      <c r="M124" t="s">
         <v>1395</v>
       </c>
-      <c r="F124" t="s">
-[...2 lines deleted...]
-      <c r="G124" t="s">
+      <c r="N124" t="s">
         <v>1396</v>
       </c>
-      <c r="H124" t="s">
+      <c r="O124" t="s">
         <v>1397</v>
       </c>
-      <c r="I124" t="s">
+      <c r="P124" t="s">
         <v>1398</v>
       </c>
-      <c r="J124" t="s">
+      <c r="Q124" t="s">
         <v>1399</v>
       </c>
-      <c r="K124" t="s">
+      <c r="R124" t="s">
         <v>1400</v>
+      </c>
+      <c r="S124" t="s">
+        <v>1401</v>
+      </c>
+      <c r="T124" t="s">
+        <v>1402</v>
+      </c>
+      <c r="U124" t="s">
+        <v>1403</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>182</v>
       </c>
       <c r="B125" t="s">
-        <v>1401</v>
+        <v>1404</v>
       </c>
       <c r="C125" t="s">
         <v>13</v>
       </c>
       <c r="D125" t="s">
         <v>13</v>
       </c>
       <c r="E125" t="s">
-        <v>1402</v>
+        <v>1405</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>1403</v>
+        <v>1406</v>
       </c>
       <c r="H125" t="s">
-        <v>1404</v>
+        <v>1407</v>
       </c>
       <c r="I125" t="s">
-        <v>1405</v>
+        <v>1408</v>
       </c>
       <c r="J125" t="s">
-        <v>318</v>
+        <v>1409</v>
       </c>
       <c r="K125" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="L125" t="s">
-        <v>1407</v>
+        <v>1411</v>
       </c>
       <c r="M125" t="s">
-        <v>1408</v>
-[...2 lines deleted...]
-        <v>1409</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>182</v>
       </c>
       <c r="B126" t="s">
-        <v>1410</v>
+        <v>1413</v>
       </c>
       <c r="C126" t="s">
         <v>13</v>
       </c>
       <c r="D126" t="s">
         <v>13</v>
       </c>
       <c r="E126" t="s">
-        <v>1411</v>
+        <v>1414</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>1412</v>
+        <v>1415</v>
       </c>
       <c r="H126" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
       <c r="I126" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
       <c r="J126" t="s">
-        <v>577</v>
+        <v>282</v>
       </c>
       <c r="K126" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="L126" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="M126" t="s">
-        <v>1417</v>
+        <v>1420</v>
       </c>
       <c r="N126" t="s">
-        <v>1418</v>
+        <v>1421</v>
+      </c>
+      <c r="O126" t="s">
+        <v>1422</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>182</v>
       </c>
       <c r="B127" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="C127" t="s">
         <v>13</v>
       </c>
       <c r="D127" t="s">
         <v>13</v>
       </c>
       <c r="E127" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
       <c r="H127" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="I127" t="s">
-        <v>1423</v>
+        <v>1427</v>
       </c>
       <c r="J127" t="s">
-        <v>239</v>
+        <v>1428</v>
       </c>
       <c r="K127" t="s">
-        <v>1424</v>
-[...8 lines deleted...]
-        <v>1427</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>182</v>
       </c>
       <c r="B128" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="C128" t="s">
         <v>13</v>
       </c>
       <c r="D128" t="s">
         <v>13</v>
       </c>
       <c r="E128" t="s">
-        <v>1420</v>
+        <v>1431</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>1429</v>
+        <v>1432</v>
       </c>
       <c r="H128" t="s">
-        <v>1430</v>
+        <v>1433</v>
       </c>
       <c r="I128" t="s">
-        <v>1431</v>
+        <v>1434</v>
       </c>
       <c r="J128" t="s">
-        <v>726</v>
+        <v>379</v>
       </c>
       <c r="K128" t="s">
-        <v>1432</v>
+        <v>1435</v>
       </c>
       <c r="L128" t="s">
-        <v>1433</v>
+        <v>1436</v>
       </c>
       <c r="M128" t="s">
-        <v>1434</v>
+        <v>1437</v>
       </c>
       <c r="N128" t="s">
-        <v>1435</v>
-[...5 lines deleted...]
-        <v>1437</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>182</v>
       </c>
       <c r="B129" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="C129" t="s">
         <v>13</v>
       </c>
       <c r="D129" t="s">
         <v>13</v>
       </c>
       <c r="E129" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="H129" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="I129" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="J129" t="s">
-        <v>239</v>
+        <v>617</v>
       </c>
       <c r="K129" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="L129" t="s">
-        <v>1444</v>
+        <v>1445</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1446</v>
+      </c>
+      <c r="N129" t="s">
+        <v>1447</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>182</v>
       </c>
       <c r="B130" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="C130" t="s">
         <v>13</v>
       </c>
       <c r="D130" t="s">
         <v>13</v>
       </c>
       <c r="E130" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
       <c r="H130" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
       <c r="I130" t="s">
-        <v>453</v>
+        <v>1452</v>
       </c>
       <c r="J130" t="s">
-        <v>894</v>
+        <v>293</v>
       </c>
       <c r="K130" t="s">
-        <v>1449</v>
+        <v>1453</v>
       </c>
       <c r="L130" t="s">
-        <v>1450</v>
+        <v>1454</v>
       </c>
       <c r="M130" t="s">
-        <v>1451</v>
+        <v>1455</v>
+      </c>
+      <c r="N130" t="s">
+        <v>1456</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>182</v>
       </c>
       <c r="B131" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
       <c r="C131" t="s">
         <v>13</v>
       </c>
       <c r="D131" t="s">
         <v>13</v>
       </c>
       <c r="E131" t="s">
-        <v>1453</v>
+        <v>1449</v>
       </c>
       <c r="F131" t="s">
         <v>13</v>
       </c>
       <c r="G131" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="H131" t="s">
-        <v>1455</v>
+        <v>1459</v>
       </c>
       <c r="I131" t="s">
-        <v>1456</v>
+        <v>1460</v>
       </c>
       <c r="J131" t="s">
-        <v>1457</v>
+        <v>766</v>
       </c>
       <c r="K131" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
       <c r="L131" t="s">
-        <v>1459</v>
+        <v>1462</v>
+      </c>
+      <c r="M131" t="s">
+        <v>1463</v>
+      </c>
+      <c r="N131" t="s">
+        <v>1464</v>
+      </c>
+      <c r="O131" t="s">
+        <v>1465</v>
+      </c>
+      <c r="P131" t="s">
+        <v>1466</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>182</v>
       </c>
       <c r="B132" t="s">
-        <v>1460</v>
+        <v>1467</v>
       </c>
       <c r="C132" t="s">
         <v>13</v>
       </c>
       <c r="D132" t="s">
         <v>13</v>
       </c>
       <c r="E132" t="s">
-        <v>1453</v>
+        <v>1468</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" t="s">
-        <v>1461</v>
+        <v>1469</v>
       </c>
       <c r="H132" t="s">
-        <v>1462</v>
+        <v>1470</v>
       </c>
       <c r="I132" t="s">
-        <v>1414</v>
+        <v>1471</v>
       </c>
       <c r="J132" t="s">
-        <v>1463</v>
+        <v>293</v>
       </c>
       <c r="K132" t="s">
-        <v>1464</v>
+        <v>1472</v>
       </c>
       <c r="L132" t="s">
-        <v>1465</v>
-[...2 lines deleted...]
-        <v>1466</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>182</v>
       </c>
       <c r="B133" t="s">
-        <v>1467</v>
+        <v>1474</v>
       </c>
       <c r="C133" t="s">
         <v>13</v>
       </c>
       <c r="D133" t="s">
         <v>13</v>
       </c>
       <c r="E133" t="s">
-        <v>1453</v>
+        <v>1475</v>
       </c>
       <c r="F133" t="s">
         <v>13</v>
       </c>
       <c r="G133" t="s">
-        <v>1468</v>
+        <v>1476</v>
       </c>
       <c r="H133" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="I133" t="s">
-        <v>1414</v>
+        <v>501</v>
       </c>
       <c r="J133" t="s">
-        <v>1470</v>
+        <v>934</v>
       </c>
       <c r="K133" t="s">
-        <v>1471</v>
+        <v>1478</v>
       </c>
       <c r="L133" t="s">
-        <v>1472</v>
+        <v>1479</v>
+      </c>
+      <c r="M133" t="s">
+        <v>1480</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>182</v>
       </c>
       <c r="B134" t="s">
-        <v>1473</v>
+        <v>1481</v>
       </c>
       <c r="C134" t="s">
         <v>13</v>
       </c>
       <c r="D134" t="s">
         <v>13</v>
       </c>
       <c r="E134" t="s">
-        <v>1474</v>
+        <v>1482</v>
       </c>
       <c r="F134" t="s">
         <v>13</v>
       </c>
       <c r="G134" t="s">
-        <v>1475</v>
+        <v>1483</v>
       </c>
       <c r="H134" t="s">
-        <v>1476</v>
+        <v>1484</v>
       </c>
       <c r="I134" t="s">
-        <v>1477</v>
+        <v>1485</v>
       </c>
       <c r="J134" t="s">
-        <v>1478</v>
+        <v>1486</v>
       </c>
       <c r="K134" t="s">
-        <v>1479</v>
+        <v>1487</v>
       </c>
       <c r="L134" t="s">
-        <v>1480</v>
-[...5 lines deleted...]
-        <v>1482</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>182</v>
       </c>
       <c r="B135" t="s">
-        <v>1483</v>
+        <v>1489</v>
       </c>
       <c r="C135" t="s">
         <v>13</v>
       </c>
       <c r="D135" t="s">
         <v>13</v>
       </c>
       <c r="E135" t="s">
-        <v>1484</v>
+        <v>1482</v>
       </c>
       <c r="F135" t="s">
         <v>13</v>
       </c>
       <c r="G135" t="s">
-        <v>1485</v>
+        <v>1490</v>
       </c>
       <c r="H135" t="s">
-        <v>1486</v>
+        <v>1491</v>
       </c>
       <c r="I135" t="s">
-        <v>1487</v>
+        <v>1443</v>
       </c>
       <c r="J135" t="s">
-        <v>1488</v>
+        <v>1492</v>
       </c>
       <c r="K135" t="s">
-        <v>1489</v>
+        <v>1493</v>
+      </c>
+      <c r="L135" t="s">
+        <v>1494</v>
+      </c>
+      <c r="M135" t="s">
+        <v>1495</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>182</v>
       </c>
       <c r="B136" t="s">
-        <v>1490</v>
+        <v>1496</v>
       </c>
       <c r="C136" t="s">
         <v>13</v>
       </c>
       <c r="D136" t="s">
         <v>13</v>
       </c>
       <c r="E136" t="s">
-        <v>1491</v>
+        <v>1482</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" t="s">
-        <v>1492</v>
+        <v>1497</v>
       </c>
       <c r="H136" t="s">
-        <v>1493</v>
+        <v>1498</v>
       </c>
       <c r="I136" t="s">
-        <v>1494</v>
+        <v>1443</v>
       </c>
       <c r="J136" t="s">
-        <v>1495</v>
+        <v>1499</v>
       </c>
       <c r="K136" t="s">
-        <v>1496</v>
+        <v>1500</v>
       </c>
       <c r="L136" t="s">
-        <v>1497</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>182</v>
       </c>
       <c r="B137" t="s">
-        <v>1498</v>
+        <v>1502</v>
       </c>
       <c r="C137" t="s">
         <v>13</v>
       </c>
       <c r="D137" t="s">
         <v>13</v>
       </c>
       <c r="E137" t="s">
-        <v>1499</v>
+        <v>1503</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" t="s">
-        <v>1500</v>
+        <v>1504</v>
       </c>
       <c r="H137" t="s">
-        <v>1501</v>
+        <v>1505</v>
       </c>
       <c r="I137" t="s">
-        <v>1502</v>
+        <v>1506</v>
       </c>
       <c r="J137" t="s">
-        <v>1503</v>
+        <v>1507</v>
       </c>
       <c r="K137" t="s">
-        <v>1504</v>
+        <v>1508</v>
+      </c>
+      <c r="L137" t="s">
+        <v>1509</v>
+      </c>
+      <c r="M137" t="s">
+        <v>1510</v>
+      </c>
+      <c r="N137" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>182</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C138" t="s">
+        <v>13</v>
+      </c>
+      <c r="D138" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1513</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1515</v>
+      </c>
+      <c r="I138" t="s">
+        <v>1516</v>
+      </c>
+      <c r="J138" t="s">
+        <v>1517</v>
+      </c>
+      <c r="K138" t="s">
+        <v>1518</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>182</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C139" t="s">
+        <v>13</v>
+      </c>
+      <c r="D139" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I139" t="s">
+        <v>1523</v>
+      </c>
+      <c r="J139" t="s">
+        <v>1524</v>
+      </c>
+      <c r="K139" t="s">
+        <v>1525</v>
+      </c>
+      <c r="L139" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>182</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C140" t="s">
+        <v>13</v>
+      </c>
+      <c r="D140" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1528</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1529</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1530</v>
+      </c>
+      <c r="I140" t="s">
+        <v>1531</v>
+      </c>
+      <c r="J140" t="s">
+        <v>1532</v>
+      </c>
+      <c r="K140" t="s">
+        <v>1533</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>