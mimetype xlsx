--- v0 (2025-10-21)
+++ v1 (2025-12-05)
@@ -39,136 +39,169 @@
     <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
     <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4649" uniqueCount="2766">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4670" uniqueCount="2774">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>VISMED GEL MULTI</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>23/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/10/2025 11:33:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689733/fr/vismed-gel-multi</t>
+  </si>
+  <si>
+    <t>p_3689733</t>
+  </si>
+  <si>
+    <t>Gel stérile de hyaluronate de sodium à 0,3% pour usage ophtalmique topique</t>
+  </si>
+  <si>
+    <t>HORUS PHARMA (France)</t>
+  </si>
+  <si>
+    <t>HYLOVIS GEL MULTI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3690520/fr/hylovis-gel-multi</t>
+  </si>
+  <si>
+    <t>p_3690520</t>
+  </si>
+  <si>
+    <t>TRB CHEMEDICA SAS (France)</t>
+  </si>
+  <si>
     <t>Pommades ophtalmiques : Phase contradictoire d'un avis de projet d’inscription paru au JO le 11 septembre 2025</t>
   </si>
   <si>
     <t>Avis de projet d’inscription de pommades ophtalmiques au titre I de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale publié au JO le 11 septembre 2025. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
   </si>
   <si>
     <t>07/10/2025 00:00:00</t>
   </si>
   <si>
     <t>09/10/2025 10:08:42</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3690431/fr/pommades-ophtalmiques-phase-contradictoire-d-un-avis-de-projet-d-inscription-paru-au-jo-le-11-septembre-2025</t>
   </si>
   <si>
     <t>p_3690431</t>
   </si>
   <si>
     <t>Phase contradictoire d'un avis de projet d’inscription (LPP)</t>
   </si>
   <si>
     <t>Ministère des Affaires Sociales et de Santé</t>
   </si>
   <si>
     <t>ODYSIGHT</t>
   </si>
   <si>
     <t>La CNEDiMTS émet un avis favorable à la prise en charge anticipée dans l’indication revendiquée.</t>
   </si>
   <si>
     <t>09/10/2025 10:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3690457/fr/odysight</t>
   </si>
   <si>
     <t>p_3690457</t>
   </si>
   <si>
+    <t>Activité de télésurveillance médicale</t>
+  </si>
+  <si>
     <t>TILAK HEALTHCARE</t>
   </si>
   <si>
     <t>HYLO LIPID</t>
   </si>
   <si>
-    <t>23/09/2025 00:00:00</t>
-[...1 lines deleted...]
-  <si>
     <t>29/09/2025 12:52:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3687635/fr/hylo-lipid</t>
   </si>
   <si>
     <t>p_3687635</t>
   </si>
   <si>
     <t>Gouttes oculaires lubrifiantes</t>
   </si>
   <si>
     <t>LABORATOIRES URSAPHARM (France)</t>
   </si>
   <si>
     <t>HYLOVIS LIPO MULTI</t>
   </si>
   <si>
     <t>25/03/2025 00:00:00</t>
   </si>
   <si>
     <t>18/08/2025 13:22:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635812/fr/hylovis-lipo-multi</t>
@@ -344,53 +377,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3518508/fr/cationorm-multidoses</t>
   </si>
   <si>
     <t>p_3518508</t>
   </si>
   <si>
     <t>ODM 5</t>
   </si>
   <si>
     <t>09/04/2024 00:00:00</t>
   </si>
   <si>
     <t>26/04/2024 09:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3511384/fr/odm-5</t>
   </si>
   <si>
     <t>p_3511384</t>
   </si>
   <si>
     <t>Solution stérile hyperosmolaire pour usage ophtalmique topique</t>
   </si>
   <si>
-    <t>HORUS PHARMA (France)</t>
-[...1 lines deleted...]
-  <si>
     <t>DRL</t>
   </si>
   <si>
     <t>05/12/2023 00:00:00</t>
   </si>
   <si>
     <t>18/01/2024 09:12:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3488835/fr/drl</t>
   </si>
   <si>
     <t>p_3488835</t>
   </si>
   <si>
     <t>Lentilles d’orthokératologie à défocalisation myopique périphérique</t>
   </si>
   <si>
     <t>LABORATOIRE PRECILENS</t>
   </si>
   <si>
     <t>iSTENT INJECT W</t>
   </si>
   <si>
     <t>19/12/2023 00:00:00</t>
@@ -1055,68 +1085,62 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3198922/fr/systane-ultra-ud</t>
   </si>
   <si>
     <t>p_3198922</t>
   </si>
   <si>
     <t>ACRYSOF IQ TORIC</t>
   </si>
   <si>
     <t>30/06/2020 00:00:00</t>
   </si>
   <si>
     <t>24/07/2020 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3195264/fr/acrysof-iq-toric</t>
   </si>
   <si>
     <t>p_3195264</t>
   </si>
   <si>
     <t>Lentille intraoculaire monofocale torique</t>
   </si>
   <si>
-    <t>HYLOVIS GEL MULTI</t>
-[...1 lines deleted...]
-  <si>
     <t>10/03/2020 00:00:00</t>
   </si>
   <si>
     <t>30/03/2020 08:26:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3167444/fr/hylovis-gel-multi</t>
   </si>
   <si>
     <t>p_3167444</t>
   </si>
   <si>
-    <t>VISMED GEL MULTI</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3167453/fr/vismed-gel-multi</t>
   </si>
   <si>
     <t>p_3167453</t>
   </si>
   <si>
     <t>ISTENT INJECT W</t>
   </si>
   <si>
     <t>05/11/2019 00:00:00</t>
   </si>
   <si>
     <t>08/11/2019 17:08:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3117820/fr/istent-inject-w</t>
   </si>
   <si>
     <t>p_3117820</t>
   </si>
   <si>
     <t>micro-stent de pontage trabéculaire</t>
   </si>
   <si>
     <t>GLAUKOS FRANCE SASU</t>
@@ -1754,53 +1778,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1012176/fr/spot-25-janvier-2011-3029-avis</t>
   </si>
   <si>
     <t>c_1012176</t>
   </si>
   <si>
     <t>Laboratoire d’appareillage oculaire</t>
   </si>
   <si>
     <t>HYLOVIS - 07 décembre 2010 (3051) avis</t>
   </si>
   <si>
     <t>07/12/2010 00:00:00</t>
   </si>
   <si>
     <t>06/01/2011 13:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1010207/fr/hylovis-07-decembre-2010-3051-avis</t>
   </si>
   <si>
     <t>c_1010207</t>
   </si>
   <si>
-    <t>TRB CHEMEDICA SAS (France)</t>
-[...1 lines deleted...]
-  <si>
     <t>HYLOVIS MULTI - 07 décembre 2010 (3072) avis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1010209/fr/hylovis-multi-07-decembre-2010-3072-avis</t>
   </si>
   <si>
     <t>c_1010209</t>
   </si>
   <si>
     <t>VISMED - 07 décembre 2010 (3053) avis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1010211/fr/vismed-07-decembre-2010-3053-avis</t>
   </si>
   <si>
     <t>c_1010211</t>
   </si>
   <si>
     <t>VISMED MULTI - 07 décembre 2010 (3073) avis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1010213/fr/vismed-multi-07-decembre-2010-3073-avis</t>
   </si>
   <si>
     <t>c_1010213</t>
@@ -1865,51 +1886,51 @@
   <si>
     <t>Le rapport d’orientation Dépistage et diagnostic précoce du glaucome : problématique et perspectives en France fait la synthèse des données sur le glaucome : histoire de la maladie, épidémiologie, prise en charge diagnostique et thérapeutique, pertinence du dépistage, attentes des professionnels de santé.</t>
   </si>
   <si>
     <t>01/07/2006 00:00:00</t>
   </si>
   <si>
     <t>01/07/2006 11:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
   </si>
   <si>
     <t>c_500229</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Syndrome d’Alport</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SA. Il a été élaboré par le Centre de Référence MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>01/10/2025 10:36:00</t>
+    <t>01/10/2025 11:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689000/fr/syndrome-d-alport</t>
   </si>
   <si>
     <t>p_3689000</t>
   </si>
   <si>
     <t>Les maladies du spectre de la neuromyélite optique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
   </si>
   <si>
     <t>p_3245151</t>
   </si>
   <si>
     <t>Prise en charge de la Maladie de Coats</t>
   </si>
@@ -2786,51 +2807,51 @@
   <si>
     <t>c_1345134</t>
   </si>
   <si>
     <t>Avis de la HAS sur le protocole de coopération  : Extension de la période de renouvellement de verres correcteurs par un opticien, après un premier équipement prescrit par un ophtalmologiste, de 3 ans à 5 ans</t>
   </si>
   <si>
     <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Auvergne a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé pour l'extension de la période de renouvellement de verres correcteurs par un opticien, après un premier équipement prescrit par un ophtalmologiste, de 3 ans à 5 ans Professionnels concernés :# * Ophtalmologiste * Opticien</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1345139/fr/avis-de-la-has-sur-le-protocole-de-cooperation-extension-de-la-periode-de-renouvellement-de-verres-correcteurs-par-un-opticien-apres-un-premier-equipement-prescrit-par-un-ophtalmologiste-de-3-ans-a-5-ans</t>
   </si>
   <si>
     <t>c_1345139</t>
   </si>
   <si>
     <t>Avis de la HAS sur la prise en charge dérogatoire se rapportant à la maladie rare Syndromes de Marfan et apparentés (ALD hors liste)</t>
   </si>
   <si>
     <t>La HAS a rendu 2 avis, avec leur argumentaire comportant la position de l’AFSSAPS, sur les spécialités pharmaceutiques relevant de la prise en charge dérogatoire prévue à l’article L. 162-17-2-1 du code de la sécurité sociale et figurant sur la liste des actes et prestations établie par la HAS pour la maladie rare syndromes de Marfan et apparentés (ALD hors liste) : * Bêtabloquants sans activité sympathomimétique intrinsèque * Inhibiteurs calciques ralentisseurs : Verapamil et Diltiazem</t>
   </si>
   <si>
     <t>16/11/2011 10:59:00</t>
   </si>
   <si>
-    <t>10/02/2012 15:34:19</t>
+    <t>10/02/2012 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1197469/fr/avis-de-la-has-sur-la-prise-en-charge-derogatoire-se-rapportant-a-la-maladie-rare-syndromes-de-marfan-et-apparentes-ald-hors-liste</t>
   </si>
   <si>
     <t>c_1197469</t>
   </si>
   <si>
     <t>Avis de la HAS sur le protocole de coopération : Dépistage itinérant de la rétinopathie diabétique</t>
   </si>
   <si>
     <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Bourgogne a sollicité l'avis de la Haute Autorité de Santé, dans le cadre d'une deuxième saisine, sur le protocole de coopération entre professionnels de santé pour le dépistage itinérant de la rétinopathie diabétique.# Professionnels concernés :# * Ophtalmologiste * Orthoptiste</t>
   </si>
   <si>
     <t>06/10/2011 10:53:00</t>
   </si>
   <si>
     <t>20/10/2011 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1106110/fr/avis-de-la-has-sur-le-protocole-de-cooperation-depistage-itinerant-de-la-retinopathie-diabetique</t>
   </si>
   <si>
     <t>c_1106110</t>
   </si>
@@ -2855,50 +2876,83 @@
   <si>
     <t>Fiche pertinence des soins indications et contre-indications de la chirurgie de la cataracte liée à l’âge</t>
   </si>
   <si>
     <t>Cette fiche pertinence décline les indications et contre-indications de la chirurgie de la cataracte liée à l’âge.</t>
   </si>
   <si>
     <t>11/03/2019 11:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2906983/fr/fiche-pertinence-des-soins-indications-et-contre-indications-de-la-chirurgie-de-la-cataracte-liee-a-l-age</t>
   </si>
   <si>
     <t>c_2906983</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>IOPIDINE (apraclonidine)</t>
+  </si>
+  <si>
+    <t>06/11/2025 09:31:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984302/fr/iopidine-apraclonidine</t>
+  </si>
+  <si>
+    <t>pprd_2984302</t>
+  </si>
+  <si>
+    <t>apraclonidine</t>
+  </si>
+  <si>
+    <t>ESSENTIAL PHARMA LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400925/fr/iopidine-0-5-pour-cent-collyre-en-solution-1-flacon-de-5-ml-cip-338-389-8-iopidine-1-pour-cent-collyre-en-recipient-unidose-2-recipients-de-0-25-ml-cip-341-054-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962473/fr/iopidine-apraclonidine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579419/fr/iopidine-apraclonidine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419179/fr/iopidine-apraclonidine-hypertonie-intraoculaire-post-chirurgicale</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704134/fr/iopidine-apraclonidine-hypertonie-intra-oculaire-post-chirurgicale</t>
+  </si>
+  <si>
     <t>XALATAN (latanoprost)</t>
   </si>
   <si>
     <t>10/10/2025 15:34:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984107/fr/xalatan-latanoprost</t>
   </si>
   <si>
     <t>pprd_2984107</t>
   </si>
   <si>
     <t>latanoprost</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399037/fr/xalatan-latanoprost</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399815/fr/xalatan-latanoprost</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_490347/fr/xalatan-latanoprost</t>
@@ -3786,80 +3840,50 @@
     <t>https://www.has-sante.fr/jcms/p_3434800/fr/dysport-500-unites-speywood-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
   </si>
   <si>
     <t>SOFTACORT (phosphate sodique d'hydrocortisone)</t>
   </si>
   <si>
     <t>13/04/2023 14:26:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983384/fr/softacort-phosphate-sodique-d-hydrocortisone</t>
   </si>
   <si>
     <t>pprd_2983384</t>
   </si>
   <si>
     <t>phosphate sodique d'hydrocortisone</t>
   </si>
   <si>
     <t>THEA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2827588/fr/softacort-hydrocortisone-phosphate-sodique-d</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3427080/fr/softacort-phosphate-sodique-d-hydrocortisone-inflammation-oculaire</t>
-  </si>
-[...28 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3419179/fr/iopidine-apraclonidine-hypertonie-intraoculaire-post-chirurgicale</t>
   </si>
   <si>
     <t>AZOPT (brinzolamide)</t>
   </si>
   <si>
     <t>09/01/2023 09:51:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984373/fr/azopt-brinzolamide</t>
   </si>
   <si>
     <t>pprd_2984373</t>
   </si>
   <si>
     <t>brinzolamide</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400898/fr/azopt-10-mg/ml-collyre-en-suspension-1-flacon-de-5-ml-cip-354-349-7</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_866798/fr/azopt-brinzolamide</t>
   </si>
@@ -8387,51 +8411,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J118"/>
+  <dimension ref="A1:J120"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -8442,14887 +8466,14954 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>15</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>16</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>17</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+      <c r="I3" t="s">
+        <v>17</v>
+      </c>
+      <c r="J3" t="s">
         <v>22</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>28</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>29</v>
       </c>
-      <c r="H4" t="s">
+      <c r="J4" t="s">
         <v>30</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E5" t="s">
         <v>33</v>
       </c>
-      <c r="C5" t="s">
-[...2 lines deleted...]
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>34</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>35</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>36</v>
       </c>
-      <c r="H5" t="s">
+      <c r="J5" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
         <v>40</v>
       </c>
-      <c r="C6" t="s">
-[...2 lines deleted...]
-      <c r="D6" t="s">
+      <c r="H6" t="s">
         <v>41</v>
       </c>
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>42</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="J6" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>45</v>
+      </c>
+      <c r="E7" t="s">
+        <v>46</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
         <v>47</v>
       </c>
-      <c r="C7" t="s">
-[...11 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>48</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>49</v>
       </c>
-      <c r="I7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="E8" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="H8" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="I8" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="J8" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>20</v>
+        <v>58</v>
       </c>
       <c r="C9" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>59</v>
+      </c>
+      <c r="H9" t="s">
+        <v>60</v>
+      </c>
+      <c r="I9" t="s">
         <v>56</v>
       </c>
-      <c r="E9" t="s">
+      <c r="J9" t="s">
         <v>57</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D10" t="s">
+        <v>52</v>
+      </c>
+      <c r="E10" t="s">
         <v>62</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
         <v>63</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>64</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>65</v>
       </c>
-      <c r="I10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>67</v>
+        <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>31</v>
+      </c>
+      <c r="C11" t="s">
+        <v>66</v>
+      </c>
+      <c r="D11" t="s">
+        <v>67</v>
+      </c>
+      <c r="E11" t="s">
         <v>68</v>
       </c>
-      <c r="C11" t="s">
-[...2 lines deleted...]
-      <c r="D11" t="s">
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
         <v>69</v>
       </c>
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>70</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="I11" t="s">
         <v>71</v>
       </c>
-      <c r="H11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J11" t="s">
-        <v>73</v>
+        <v>37</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
+        <v>72</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>73</v>
+      </c>
+      <c r="E12" t="s">
         <v>74</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
         <v>75</v>
       </c>
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>76</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="I12" t="s">
         <v>77</v>
       </c>
-      <c r="H12" t="s">
+      <c r="J12" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
+        <v>79</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E13" t="s">
         <v>81</v>
       </c>
-      <c r="C13" t="s">
-[...2 lines deleted...]
-      <c r="D13" t="s">
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
         <v>82</v>
       </c>
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>83</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="I13" t="s">
+        <v>49</v>
+      </c>
+      <c r="J13" t="s">
         <v>84</v>
-      </c>
-[...7 lines deleted...]
-        <v>87</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="C14" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D14" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="E14" t="s">
+        <v>87</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
         <v>88</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>89</v>
       </c>
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="J14" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
         <v>92</v>
       </c>
       <c r="C15" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D15" t="s">
-        <v>75</v>
+        <v>93</v>
       </c>
       <c r="E15" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="H15" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="I15" t="s">
-        <v>79</v>
+        <v>97</v>
       </c>
       <c r="J15" t="s">
-        <v>80</v>
+        <v>98</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
-        <v>95</v>
+        <v>85</v>
       </c>
       <c r="C16" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D16" t="s">
-        <v>96</v>
+        <v>86</v>
       </c>
       <c r="E16" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="H16" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="I16" t="s">
-        <v>100</v>
+        <v>12</v>
       </c>
       <c r="J16" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C17" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D17" t="s">
-        <v>103</v>
+        <v>86</v>
       </c>
       <c r="E17" t="s">
+        <v>99</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
         <v>104</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>105</v>
       </c>
-      <c r="H17" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I17" t="s">
-        <v>107</v>
+        <v>90</v>
       </c>
       <c r="J17" t="s">
-        <v>108</v>
+        <v>91</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
+        <v>106</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>107</v>
+      </c>
+      <c r="E18" t="s">
+        <v>108</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
         <v>109</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="H18" t="s">
         <v>110</v>
       </c>
-      <c r="E18" t="s">
+      <c r="I18" t="s">
         <v>111</v>
       </c>
-      <c r="F18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J18" t="s">
-        <v>115</v>
+        <v>18</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
+        <v>112</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>113</v>
+      </c>
+      <c r="E19" t="s">
+        <v>114</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>115</v>
+      </c>
+      <c r="H19" t="s">
         <v>116</v>
       </c>
-      <c r="C19" t="s">
-[...2 lines deleted...]
-      <c r="D19" t="s">
+      <c r="I19" t="s">
         <v>117</v>
       </c>
-      <c r="E19" t="s">
+      <c r="J19" t="s">
         <v>118</v>
-      </c>
-[...13 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
+        <v>119</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>120</v>
+      </c>
+      <c r="E20" t="s">
+        <v>121</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>122</v>
+      </c>
+      <c r="H20" t="s">
         <v>123</v>
       </c>
-      <c r="C20" t="s">
-[...2 lines deleted...]
-      <c r="D20" t="s">
+      <c r="I20" t="s">
         <v>124</v>
       </c>
-      <c r="E20" t="s">
+      <c r="J20" t="s">
         <v>125</v>
-      </c>
-[...13 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
+        <v>126</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>127</v>
+      </c>
+      <c r="E21" t="s">
+        <v>128</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
         <v>129</v>
       </c>
-      <c r="C21" t="s">
+      <c r="H21" t="s">
         <v>130</v>
       </c>
-      <c r="D21" t="s">
+      <c r="I21" t="s">
         <v>131</v>
       </c>
-      <c r="E21" t="s">
+      <c r="J21" t="s">
         <v>132</v>
-      </c>
-[...13 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
-        <v>33</v>
+        <v>133</v>
       </c>
       <c r="C22" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D22" t="s">
+        <v>134</v>
+      </c>
+      <c r="E22" t="s">
         <v>135</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
         <v>136</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>137</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="s">
+        <v>124</v>
+      </c>
+      <c r="J22" t="s">
         <v>138</v>
-      </c>
-[...4 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
+        <v>139</v>
+      </c>
+      <c r="C23" t="s">
         <v>140</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="D23" t="s">
         <v>141</v>
       </c>
       <c r="E23" t="s">
         <v>142</v>
       </c>
       <c r="F23" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G23" t="s">
         <v>143</v>
       </c>
       <c r="H23" t="s">
         <v>144</v>
       </c>
       <c r="I23" t="s">
-        <v>145</v>
+        <v>12</v>
       </c>
       <c r="J23" t="s">
-        <v>146</v>
+        <v>30</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
+        <v>44</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>145</v>
+      </c>
+      <c r="E24" t="s">
+        <v>146</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
         <v>147</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="H24" t="s">
         <v>148</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="I24" t="s">
+        <v>49</v>
+      </c>
+      <c r="J24" t="s">
         <v>149</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>68</v>
+        <v>150</v>
       </c>
       <c r="C25" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D25" t="s">
-        <v>135</v>
+        <v>151</v>
       </c>
       <c r="E25" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F25" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H25" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="I25" t="s">
-        <v>38</v>
+        <v>155</v>
       </c>
       <c r="J25" t="s">
-        <v>73</v>
+        <v>156</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
-        <v>154</v>
+        <v>157</v>
       </c>
       <c r="C26" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D26" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="E26" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="F26" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="H26" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="I26" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="J26" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>157</v>
+        <v>79</v>
       </c>
       <c r="C27" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D27" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="E27" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="F27" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="H27" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="I27" t="s">
-        <v>162</v>
+        <v>49</v>
       </c>
       <c r="J27" t="s">
-        <v>163</v>
+        <v>84</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
-        <v>102</v>
+        <v>164</v>
       </c>
       <c r="C28" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D28" t="s">
-        <v>158</v>
+        <v>145</v>
       </c>
       <c r="E28" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="F28" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G28" t="s">
         <v>165</v>
       </c>
       <c r="H28" t="s">
         <v>166</v>
       </c>
       <c r="I28" t="s">
-        <v>107</v>
+        <v>49</v>
       </c>
       <c r="J28" t="s">
-        <v>108</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
         <v>167</v>
       </c>
       <c r="C29" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>168</v>
       </c>
       <c r="E29" t="s">
         <v>169</v>
       </c>
       <c r="F29" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G29" t="s">
         <v>170</v>
       </c>
       <c r="H29" t="s">
         <v>171</v>
       </c>
       <c r="I29" t="s">
-        <v>121</v>
+        <v>172</v>
       </c>
       <c r="J29" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
-        <v>173</v>
+        <v>112</v>
       </c>
       <c r="C30" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D30" t="s">
+        <v>168</v>
+      </c>
+      <c r="E30" t="s">
         <v>174</v>
       </c>
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
         <v>175</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>176</v>
       </c>
-      <c r="H30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I30" t="s">
-        <v>178</v>
+        <v>117</v>
       </c>
       <c r="J30" t="s">
-        <v>179</v>
+        <v>118</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="C31" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D31" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="E31" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="F31" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G31" t="s">
         <v>180</v>
       </c>
       <c r="H31" t="s">
         <v>181</v>
       </c>
       <c r="I31" t="s">
-        <v>178</v>
+        <v>131</v>
       </c>
       <c r="J31" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C32" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D32" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E32" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F32" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H32" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I32" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J32" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
+        <v>183</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>184</v>
+      </c>
+      <c r="E33" t="s">
+        <v>185</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>190</v>
+      </c>
+      <c r="H33" t="s">
+        <v>191</v>
+      </c>
+      <c r="I33" t="s">
+        <v>188</v>
+      </c>
+      <c r="J33" t="s">
         <v>189</v>
-      </c>
-[...22 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>193</v>
+      </c>
+      <c r="E34" t="s">
+        <v>194</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
         <v>195</v>
       </c>
-      <c r="C34" t="s">
-[...2 lines deleted...]
-      <c r="D34" t="s">
+      <c r="H34" t="s">
         <v>196</v>
       </c>
-      <c r="E34" t="s">
+      <c r="I34" t="s">
         <v>197</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="J34" t="s">
         <v>198</v>
-      </c>
-[...7 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
+        <v>199</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>200</v>
+      </c>
+      <c r="E35" t="s">
+        <v>201</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
         <v>202</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="s">
+      <c r="H35" t="s">
         <v>203</v>
       </c>
-      <c r="E35" t="s">
+      <c r="I35" t="s">
+        <v>188</v>
+      </c>
+      <c r="J35" t="s">
         <v>204</v>
-      </c>
-[...13 lines deleted...]
-        <v>207</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>140</v>
+        <v>205</v>
       </c>
       <c r="C36" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D36" t="s">
+        <v>206</v>
+      </c>
+      <c r="E36" t="s">
+        <v>207</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
         <v>208</v>
       </c>
-      <c r="E36" t="s">
+      <c r="H36" t="s">
         <v>209</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="I36" t="s">
         <v>210</v>
       </c>
-      <c r="H36" t="s">
+      <c r="J36" t="s">
         <v>211</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
         <v>212</v>
       </c>
       <c r="C37" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>213</v>
       </c>
       <c r="E37" t="s">
         <v>214</v>
       </c>
       <c r="F37" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G37" t="s">
         <v>215</v>
       </c>
       <c r="H37" t="s">
         <v>216</v>
       </c>
       <c r="I37" t="s">
-        <v>145</v>
+        <v>42</v>
       </c>
       <c r="J37" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
+        <v>150</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
         <v>218</v>
       </c>
-      <c r="C38" t="s">
-[...2 lines deleted...]
-      <c r="D38" t="s">
+      <c r="E38" t="s">
         <v>219</v>
       </c>
-      <c r="E38" t="s">
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
         <v>220</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>221</v>
       </c>
-      <c r="H38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I38" t="s">
-        <v>178</v>
+        <v>155</v>
       </c>
       <c r="J38" t="s">
-        <v>223</v>
+        <v>156</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
+        <v>222</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>223</v>
+      </c>
+      <c r="E39" t="s">
         <v>224</v>
       </c>
-      <c r="C39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F39" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G39" t="s">
         <v>225</v>
       </c>
       <c r="H39" t="s">
         <v>226</v>
       </c>
       <c r="I39" t="s">
-        <v>178</v>
+        <v>155</v>
       </c>
       <c r="J39" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
         <v>228</v>
       </c>
       <c r="C40" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D40" t="s">
         <v>229</v>
       </c>
       <c r="E40" t="s">
         <v>230</v>
       </c>
       <c r="F40" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G40" t="s">
         <v>231</v>
       </c>
       <c r="H40" t="s">
         <v>232</v>
       </c>
       <c r="I40" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="J40" t="s">
-        <v>194</v>
+        <v>233</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C41" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D41" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
       <c r="E41" t="s">
+        <v>230</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
         <v>235</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="H41" t="s">
         <v>236</v>
       </c>
-      <c r="H41" t="s">
+      <c r="I41" t="s">
+        <v>188</v>
+      </c>
+      <c r="J41" t="s">
         <v>237</v>
-      </c>
-[...4 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
         <v>238</v>
       </c>
       <c r="C42" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D42" t="s">
         <v>239</v>
       </c>
       <c r="E42" t="s">
         <v>240</v>
       </c>
       <c r="F42" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G42" t="s">
         <v>241</v>
       </c>
       <c r="H42" t="s">
         <v>242</v>
       </c>
       <c r="I42" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="J42" t="s">
-        <v>179</v>
+        <v>204</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>10</v>
       </c>
       <c r="B43" t="s">
-        <v>218</v>
+        <v>243</v>
       </c>
       <c r="C43" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D43" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E43" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="F43" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H43" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="I43" t="s">
-        <v>178</v>
+        <v>155</v>
       </c>
       <c r="J43" t="s">
-        <v>194</v>
+        <v>204</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>10</v>
       </c>
       <c r="B44" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C44" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D44" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="E44" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="F44" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="H44" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="I44" t="s">
-        <v>252</v>
+        <v>188</v>
       </c>
       <c r="J44" t="s">
-        <v>253</v>
+        <v>189</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>10</v>
       </c>
       <c r="B45" t="s">
+        <v>228</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>253</v>
+      </c>
+      <c r="E45" t="s">
         <v>254</v>
       </c>
-      <c r="C45" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F45" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G45" t="s">
         <v>255</v>
       </c>
       <c r="H45" t="s">
         <v>256</v>
       </c>
       <c r="I45" t="s">
-        <v>252</v>
+        <v>188</v>
       </c>
       <c r="J45" t="s">
-        <v>253</v>
+        <v>204</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>10</v>
       </c>
       <c r="B46" t="s">
         <v>257</v>
       </c>
       <c r="C46" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D46" t="s">
         <v>258</v>
       </c>
       <c r="E46" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="F46" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H46" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="I46" t="s">
-        <v>178</v>
+        <v>262</v>
       </c>
       <c r="J46" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>10</v>
       </c>
       <c r="B47" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="C47" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D47" t="s">
         <v>258</v>
       </c>
       <c r="E47" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="F47" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G47" t="s">
+        <v>265</v>
+      </c>
+      <c r="H47" t="s">
+        <v>266</v>
+      </c>
+      <c r="I47" t="s">
+        <v>262</v>
+      </c>
+      <c r="J47" t="s">
         <v>263</v>
-      </c>
-[...7 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>10</v>
       </c>
       <c r="B48" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="C48" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D48" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="E48" t="s">
-        <v>267</v>
+        <v>259</v>
       </c>
       <c r="F48" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H48" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="I48" t="s">
-        <v>31</v>
+        <v>188</v>
       </c>
       <c r="J48" t="s">
-        <v>207</v>
+        <v>271</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="C49" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D49" t="s">
-        <v>248</v>
+        <v>268</v>
       </c>
       <c r="E49" t="s">
+        <v>259</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>273</v>
+      </c>
+      <c r="H49" t="s">
+        <v>274</v>
+      </c>
+      <c r="I49" t="s">
+        <v>188</v>
+      </c>
+      <c r="J49" t="s">
         <v>271</v>
-      </c>
-[...13 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>10</v>
       </c>
       <c r="B50" t="s">
+        <v>275</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
         <v>276</v>
       </c>
-      <c r="C50" t="s">
-[...2 lines deleted...]
-      <c r="D50" t="s">
+      <c r="E50" t="s">
         <v>277</v>
       </c>
-      <c r="E50" t="s">
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
         <v>278</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>279</v>
       </c>
-      <c r="H50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I50" t="s">
-        <v>281</v>
+        <v>42</v>
       </c>
       <c r="J50" t="s">
-        <v>39</v>
+        <v>217</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>10</v>
       </c>
       <c r="B51" t="s">
+        <v>280</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>258</v>
+      </c>
+      <c r="E51" t="s">
+        <v>281</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
         <v>282</v>
       </c>
-      <c r="C51" t="s">
-[...5 lines deleted...]
-      <c r="E51" t="s">
+      <c r="H51" t="s">
         <v>283</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="I51" t="s">
         <v>284</v>
       </c>
-      <c r="H51" t="s">
+      <c r="J51" t="s">
         <v>285</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>10</v>
       </c>
       <c r="B52" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="C52" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D52" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="E52" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="F52" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="H52" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="I52" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="J52" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>10</v>
       </c>
       <c r="B53" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="C53" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D53" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="E53" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="F53" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G53" t="s">
+        <v>294</v>
+      </c>
+      <c r="H53" t="s">
+        <v>295</v>
+      </c>
+      <c r="I53" t="s">
         <v>291</v>
       </c>
-      <c r="H53" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J53" t="s">
-        <v>39</v>
+        <v>84</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>10</v>
       </c>
       <c r="B54" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
       <c r="C54" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D54" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="E54" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="F54" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="H54" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="I54" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="J54" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>10</v>
       </c>
       <c r="B55" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="C55" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D55" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="E55" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="F55" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="H55" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="I55" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="J55" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>10</v>
       </c>
       <c r="B56" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="C56" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D56" t="s">
-        <v>302</v>
+        <v>287</v>
       </c>
       <c r="E56" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F56" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="H56" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="I56" t="s">
-        <v>145</v>
+        <v>291</v>
       </c>
       <c r="J56" t="s">
-        <v>207</v>
+        <v>84</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>10</v>
       </c>
       <c r="B57" t="s">
-        <v>289</v>
+        <v>307</v>
       </c>
       <c r="C57" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D57" t="s">
-        <v>306</v>
+        <v>287</v>
       </c>
       <c r="E57" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F57" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H57" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="I57" t="s">
-        <v>310</v>
+        <v>291</v>
       </c>
       <c r="J57" t="s">
-        <v>311</v>
+        <v>84</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>10</v>
       </c>
       <c r="B58" t="s">
-        <v>26</v>
+        <v>311</v>
       </c>
       <c r="C58" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D58" t="s">
         <v>312</v>
       </c>
       <c r="E58" t="s">
         <v>313</v>
       </c>
       <c r="F58" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G58" t="s">
         <v>314</v>
       </c>
       <c r="H58" t="s">
         <v>315</v>
       </c>
       <c r="I58" t="s">
-        <v>31</v>
+        <v>155</v>
       </c>
       <c r="J58" t="s">
-        <v>146</v>
+        <v>217</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>10</v>
       </c>
       <c r="B59" t="s">
+        <v>299</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
         <v>316</v>
       </c>
-      <c r="C59" t="s">
+      <c r="E59" t="s">
         <v>317</v>
       </c>
-      <c r="D59" t="s">
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
         <v>318</v>
       </c>
-      <c r="E59" t="s">
+      <c r="H59" t="s">
         <v>319</v>
       </c>
-      <c r="F59" t="s">
-[...2 lines deleted...]
-      <c r="G59" t="s">
+      <c r="I59" t="s">
         <v>320</v>
       </c>
-      <c r="H59" t="s">
+      <c r="J59" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>10</v>
       </c>
       <c r="B60" t="s">
+        <v>38</v>
+      </c>
+      <c r="C60" t="s">
+        <v>12</v>
+      </c>
+      <c r="D60" t="s">
+        <v>322</v>
+      </c>
+      <c r="E60" t="s">
         <v>323</v>
       </c>
-      <c r="C60" t="s">
-[...2 lines deleted...]
-      <c r="D60" t="s">
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
         <v>324</v>
       </c>
-      <c r="E60" t="s">
+      <c r="H60" t="s">
         <v>325</v>
       </c>
-      <c r="F60" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I60" t="s">
-        <v>145</v>
+        <v>42</v>
       </c>
       <c r="J60" t="s">
-        <v>207</v>
+        <v>156</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>10</v>
       </c>
       <c r="B61" t="s">
+        <v>326</v>
+      </c>
+      <c r="C61" t="s">
+        <v>327</v>
+      </c>
+      <c r="D61" t="s">
         <v>328</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
       <c r="E61" t="s">
         <v>329</v>
       </c>
       <c r="F61" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G61" t="s">
         <v>330</v>
       </c>
       <c r="H61" t="s">
         <v>331</v>
       </c>
       <c r="I61" t="s">
-        <v>145</v>
+        <v>327</v>
       </c>
       <c r="J61" t="s">
-        <v>207</v>
+        <v>332</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>10</v>
       </c>
       <c r="B62" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C62" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D62" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="E62" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="F62" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="H62" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="I62" t="s">
-        <v>337</v>
+        <v>155</v>
       </c>
       <c r="J62" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>10</v>
       </c>
       <c r="B63" t="s">
         <v>338</v>
       </c>
       <c r="C63" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D63" t="s">
+        <v>334</v>
+      </c>
+      <c r="E63" t="s">
         <v>339</v>
       </c>
-      <c r="E63" t="s">
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
         <v>340</v>
       </c>
-      <c r="F63" t="s">
-[...2 lines deleted...]
-      <c r="G63" t="s">
+      <c r="H63" t="s">
         <v>341</v>
       </c>
-      <c r="H63" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I63" t="s">
-        <v>15</v>
+        <v>155</v>
       </c>
       <c r="J63" t="s">
-        <v>39</v>
+        <v>217</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>10</v>
       </c>
       <c r="B64" t="s">
+        <v>342</v>
+      </c>
+      <c r="C64" t="s">
+        <v>12</v>
+      </c>
+      <c r="D64" t="s">
         <v>343</v>
       </c>
-      <c r="C64" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E64" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="F64" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="H64" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="I64" t="s">
-        <v>15</v>
+        <v>347</v>
       </c>
       <c r="J64" t="s">
-        <v>73</v>
+        <v>217</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>10</v>
       </c>
       <c r="B65" t="s">
-        <v>346</v>
+        <v>19</v>
       </c>
       <c r="C65" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D65" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="E65" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="F65" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H65" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="I65" t="s">
-        <v>351</v>
+        <v>12</v>
       </c>
       <c r="J65" t="s">
-        <v>352</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>10</v>
       </c>
       <c r="B66" t="s">
+        <v>11</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" t="s">
+        <v>348</v>
+      </c>
+      <c r="E66" t="s">
+        <v>349</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>352</v>
+      </c>
+      <c r="H66" t="s">
         <v>353</v>
       </c>
-      <c r="C66" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I66" t="s">
-        <v>358</v>
+        <v>12</v>
       </c>
       <c r="J66" t="s">
-        <v>359</v>
+        <v>84</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>10</v>
       </c>
       <c r="B67" t="s">
-        <v>257</v>
+        <v>354</v>
       </c>
       <c r="C67" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D67" t="s">
+        <v>355</v>
+      </c>
+      <c r="E67" t="s">
+        <v>356</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>357</v>
+      </c>
+      <c r="H67" t="s">
+        <v>358</v>
+      </c>
+      <c r="I67" t="s">
+        <v>359</v>
+      </c>
+      <c r="J67" t="s">
         <v>360</v>
-      </c>
-[...16 lines deleted...]
-        <v>365</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>10</v>
       </c>
       <c r="B68" t="s">
+        <v>361</v>
+      </c>
+      <c r="C68" t="s">
+        <v>12</v>
+      </c>
+      <c r="D68" t="s">
+        <v>362</v>
+      </c>
+      <c r="E68" t="s">
+        <v>363</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>364</v>
+      </c>
+      <c r="H68" t="s">
+        <v>365</v>
+      </c>
+      <c r="I68" t="s">
         <v>366</v>
       </c>
-      <c r="C68" t="s">
-[...2 lines deleted...]
-      <c r="D68" t="s">
+      <c r="J68" t="s">
         <v>367</v>
-      </c>
-[...16 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>10</v>
       </c>
       <c r="B69" t="s">
-        <v>74</v>
+        <v>267</v>
       </c>
       <c r="C69" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D69" t="s">
+        <v>368</v>
+      </c>
+      <c r="E69" t="s">
+        <v>369</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>370</v>
+      </c>
+      <c r="H69" t="s">
+        <v>371</v>
+      </c>
+      <c r="I69" t="s">
+        <v>372</v>
+      </c>
+      <c r="J69" t="s">
         <v>373</v>
-      </c>
-[...16 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>10</v>
       </c>
       <c r="B70" t="s">
+        <v>374</v>
+      </c>
+      <c r="C70" t="s">
+        <v>12</v>
+      </c>
+      <c r="D70" t="s">
+        <v>375</v>
+      </c>
+      <c r="E70" t="s">
+        <v>376</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>377</v>
+      </c>
+      <c r="H70" t="s">
         <v>378</v>
       </c>
-      <c r="C70" t="s">
-[...11 lines deleted...]
-      <c r="G70" t="s">
+      <c r="I70" t="s">
         <v>379</v>
       </c>
-      <c r="H70" t="s">
+      <c r="J70" t="s">
         <v>380</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>10</v>
       </c>
       <c r="B71" t="s">
+        <v>85</v>
+      </c>
+      <c r="C71" t="s">
+        <v>12</v>
+      </c>
+      <c r="D71" t="s">
         <v>381</v>
       </c>
-      <c r="C71" t="s">
-[...2 lines deleted...]
-      <c r="D71" t="s">
+      <c r="E71" t="s">
         <v>382</v>
       </c>
-      <c r="E71" t="s">
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
         <v>383</v>
       </c>
-      <c r="F71" t="s">
-[...2 lines deleted...]
-      <c r="G71" t="s">
+      <c r="H71" t="s">
         <v>384</v>
       </c>
-      <c r="H71" t="s">
+      <c r="I71" t="s">
         <v>385</v>
       </c>
-      <c r="I71" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J71" t="s">
-        <v>387</v>
+        <v>182</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>10</v>
       </c>
       <c r="B72" t="s">
+        <v>386</v>
+      </c>
+      <c r="C72" t="s">
+        <v>12</v>
+      </c>
+      <c r="D72" t="s">
+        <v>381</v>
+      </c>
+      <c r="E72" t="s">
+        <v>382</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>387</v>
+      </c>
+      <c r="H72" t="s">
         <v>388</v>
       </c>
-      <c r="C72" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I72" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="J72" t="s">
-        <v>387</v>
+        <v>182</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>10</v>
       </c>
       <c r="B73" t="s">
+        <v>389</v>
+      </c>
+      <c r="C73" t="s">
+        <v>12</v>
+      </c>
+      <c r="D73" t="s">
+        <v>390</v>
+      </c>
+      <c r="E73" t="s">
         <v>391</v>
       </c>
-      <c r="C73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F73" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G73" t="s">
         <v>392</v>
       </c>
       <c r="H73" t="s">
         <v>393</v>
       </c>
       <c r="I73" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="J73" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>10</v>
       </c>
       <c r="B74" t="s">
-        <v>33</v>
+        <v>396</v>
       </c>
       <c r="C74" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D74" t="s">
+        <v>390</v>
+      </c>
+      <c r="E74" t="s">
+        <v>391</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>397</v>
+      </c>
+      <c r="H74" t="s">
+        <v>398</v>
+      </c>
+      <c r="I74" t="s">
         <v>394</v>
       </c>
-      <c r="E74" t="s">
+      <c r="J74" t="s">
         <v>395</v>
-      </c>
-[...13 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>10</v>
       </c>
       <c r="B75" t="s">
-        <v>147</v>
+        <v>399</v>
       </c>
       <c r="C75" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D75" t="s">
+        <v>390</v>
+      </c>
+      <c r="E75" t="s">
+        <v>391</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>400</v>
+      </c>
+      <c r="H75" t="s">
+        <v>401</v>
+      </c>
+      <c r="I75" t="s">
         <v>394</v>
       </c>
-      <c r="E75" t="s">
+      <c r="J75" t="s">
         <v>395</v>
-      </c>
-[...13 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>10</v>
       </c>
       <c r="B76" t="s">
-        <v>154</v>
+        <v>44</v>
       </c>
       <c r="C76" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D76" t="s">
-        <v>394</v>
+        <v>402</v>
       </c>
       <c r="E76" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="F76" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G76" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="H76" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
       <c r="I76" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="J76" t="s">
-        <v>73</v>
+        <v>321</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>10</v>
       </c>
       <c r="B77" t="s">
+        <v>157</v>
+      </c>
+      <c r="C77" t="s">
+        <v>12</v>
+      </c>
+      <c r="D77" t="s">
         <v>402</v>
       </c>
-      <c r="C77" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E77" t="s">
-        <v>395</v>
+        <v>403</v>
       </c>
       <c r="F77" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G77" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="H77" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="I77" t="s">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="J77" t="s">
-        <v>73</v>
+        <v>321</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>10</v>
       </c>
       <c r="B78" t="s">
-        <v>405</v>
+        <v>164</v>
       </c>
       <c r="C78" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D78" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="E78" t="s">
-        <v>407</v>
+        <v>403</v>
       </c>
       <c r="F78" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G78" t="s">
         <v>408</v>
       </c>
       <c r="H78" t="s">
         <v>409</v>
       </c>
       <c r="I78" t="s">
-        <v>114</v>
+        <v>49</v>
       </c>
       <c r="J78" t="s">
-        <v>352</v>
+        <v>84</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>10</v>
       </c>
       <c r="B79" t="s">
-        <v>276</v>
+        <v>410</v>
       </c>
       <c r="C79" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D79" t="s">
-        <v>410</v>
+        <v>402</v>
       </c>
       <c r="E79" t="s">
+        <v>403</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
         <v>411</v>
       </c>
-      <c r="F79" t="s">
-[...2 lines deleted...]
-      <c r="G79" t="s">
+      <c r="H79" t="s">
         <v>412</v>
       </c>
-      <c r="H79" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I79" t="s">
-        <v>414</v>
+        <v>49</v>
       </c>
       <c r="J79" t="s">
-        <v>311</v>
+        <v>84</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>10</v>
       </c>
       <c r="B80" t="s">
-        <v>282</v>
+        <v>413</v>
       </c>
       <c r="C80" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D80" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="E80" t="s">
         <v>415</v>
       </c>
       <c r="F80" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G80" t="s">
         <v>416</v>
       </c>
       <c r="H80" t="s">
         <v>417</v>
       </c>
       <c r="I80" t="s">
-        <v>418</v>
+        <v>124</v>
       </c>
       <c r="J80" t="s">
-        <v>73</v>
+        <v>360</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>10</v>
       </c>
       <c r="B81" t="s">
-        <v>262</v>
+        <v>286</v>
       </c>
       <c r="C81" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D81" t="s">
+        <v>418</v>
+      </c>
+      <c r="E81" t="s">
         <v>419</v>
       </c>
-      <c r="E81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F81" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G81" t="s">
         <v>420</v>
       </c>
       <c r="H81" t="s">
         <v>421</v>
       </c>
       <c r="I81" t="s">
-        <v>145</v>
+        <v>422</v>
       </c>
       <c r="J81" t="s">
-        <v>422</v>
+        <v>321</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>10</v>
       </c>
       <c r="B82" t="s">
-        <v>276</v>
+        <v>292</v>
       </c>
       <c r="C82" t="s">
-        <v>310</v>
+        <v>12</v>
       </c>
       <c r="D82" t="s">
+        <v>418</v>
+      </c>
+      <c r="E82" t="s">
         <v>423</v>
       </c>
-      <c r="E82" t="s">
+      <c r="F82" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" t="s">
         <v>424</v>
       </c>
-      <c r="F82" t="s">
-[...2 lines deleted...]
-      <c r="G82" t="s">
+      <c r="H82" t="s">
         <v>425</v>
       </c>
-      <c r="H82" t="s">
+      <c r="I82" t="s">
         <v>426</v>
       </c>
-      <c r="I82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J82" t="s">
-        <v>311</v>
+        <v>84</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>10</v>
       </c>
       <c r="B83" t="s">
-        <v>282</v>
+        <v>272</v>
       </c>
       <c r="C83" t="s">
-        <v>310</v>
+        <v>12</v>
       </c>
       <c r="D83" t="s">
+        <v>427</v>
+      </c>
+      <c r="E83" t="s">
         <v>423</v>
       </c>
-      <c r="E83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F83" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G83" t="s">
         <v>428</v>
       </c>
       <c r="H83" t="s">
         <v>429</v>
       </c>
       <c r="I83" t="s">
-        <v>310</v>
+        <v>155</v>
       </c>
       <c r="J83" t="s">
-        <v>73</v>
+        <v>430</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>10</v>
       </c>
       <c r="B84" t="s">
-        <v>332</v>
+        <v>286</v>
       </c>
       <c r="C84" t="s">
-        <v>337</v>
+        <v>320</v>
       </c>
       <c r="D84" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="E84" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F84" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G84" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H84" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I84" t="s">
-        <v>337</v>
+        <v>320</v>
       </c>
       <c r="J84" t="s">
-        <v>434</v>
+        <v>321</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>10</v>
       </c>
       <c r="B85" t="s">
-        <v>189</v>
+        <v>292</v>
       </c>
       <c r="C85" t="s">
-        <v>145</v>
+        <v>320</v>
       </c>
       <c r="D85" t="s">
+        <v>431</v>
+      </c>
+      <c r="E85" t="s">
         <v>435</v>
       </c>
-      <c r="E85" t="s">
+      <c r="F85" t="s">
+        <v>12</v>
+      </c>
+      <c r="G85" t="s">
         <v>436</v>
       </c>
-      <c r="F85" t="s">
-[...2 lines deleted...]
-      <c r="G85" t="s">
+      <c r="H85" t="s">
         <v>437</v>
       </c>
-      <c r="H85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I85" t="s">
-        <v>145</v>
+        <v>320</v>
       </c>
       <c r="J85" t="s">
-        <v>439</v>
+        <v>84</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>10</v>
       </c>
       <c r="B86" t="s">
+        <v>342</v>
+      </c>
+      <c r="C86" t="s">
+        <v>347</v>
+      </c>
+      <c r="D86" t="s">
+        <v>438</v>
+      </c>
+      <c r="E86" t="s">
+        <v>439</v>
+      </c>
+      <c r="F86" t="s">
+        <v>12</v>
+      </c>
+      <c r="G86" t="s">
         <v>440</v>
       </c>
-      <c r="C86" t="s">
+      <c r="H86" t="s">
         <v>441</v>
       </c>
-      <c r="D86" t="s">
+      <c r="I86" t="s">
+        <v>347</v>
+      </c>
+      <c r="J86" t="s">
         <v>442</v>
-      </c>
-[...16 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>10</v>
       </c>
       <c r="B87" t="s">
+        <v>199</v>
+      </c>
+      <c r="C87" t="s">
+        <v>155</v>
+      </c>
+      <c r="D87" t="s">
+        <v>443</v>
+      </c>
+      <c r="E87" t="s">
+        <v>444</v>
+      </c>
+      <c r="F87" t="s">
+        <v>12</v>
+      </c>
+      <c r="G87" t="s">
+        <v>445</v>
+      </c>
+      <c r="H87" t="s">
+        <v>446</v>
+      </c>
+      <c r="I87" t="s">
+        <v>155</v>
+      </c>
+      <c r="J87" t="s">
         <v>447</v>
-      </c>
-[...22 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>10</v>
       </c>
       <c r="B88" t="s">
+        <v>448</v>
+      </c>
+      <c r="C88" t="s">
+        <v>449</v>
+      </c>
+      <c r="D88" t="s">
+        <v>450</v>
+      </c>
+      <c r="E88" t="s">
+        <v>451</v>
+      </c>
+      <c r="F88" t="s">
+        <v>12</v>
+      </c>
+      <c r="G88" t="s">
         <v>452</v>
       </c>
-      <c r="C88" t="s">
-[...5 lines deleted...]
-      <c r="E88" t="s">
+      <c r="H88" t="s">
+        <v>453</v>
+      </c>
+      <c r="I88" t="s">
         <v>449</v>
       </c>
-      <c r="F88" t="s">
-[...5 lines deleted...]
-      <c r="H88" t="s">
+      <c r="J88" t="s">
         <v>454</v>
-      </c>
-[...4 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>10</v>
       </c>
       <c r="B89" t="s">
-        <v>212</v>
+        <v>455</v>
       </c>
       <c r="C89" t="s">
-        <v>455</v>
+        <v>90</v>
       </c>
       <c r="D89" t="s">
         <v>456</v>
       </c>
       <c r="E89" t="s">
         <v>457</v>
       </c>
       <c r="F89" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G89" t="s">
         <v>458</v>
       </c>
       <c r="H89" t="s">
         <v>459</v>
       </c>
       <c r="I89" t="s">
-        <v>455</v>
+        <v>90</v>
       </c>
       <c r="J89" t="s">
-        <v>146</v>
+        <v>84</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>10</v>
       </c>
       <c r="B90" t="s">
-        <v>140</v>
+        <v>460</v>
       </c>
       <c r="C90" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="D90" t="s">
-        <v>460</v>
+        <v>456</v>
       </c>
       <c r="E90" t="s">
+        <v>457</v>
+      </c>
+      <c r="F90" t="s">
+        <v>12</v>
+      </c>
+      <c r="G90" t="s">
         <v>461</v>
       </c>
-      <c r="F90" t="s">
-[...2 lines deleted...]
-      <c r="G90" t="s">
+      <c r="H90" t="s">
         <v>462</v>
       </c>
-      <c r="H90" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I90" t="s">
-        <v>15</v>
+        <v>90</v>
       </c>
       <c r="J90" t="s">
-        <v>146</v>
+        <v>84</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>10</v>
       </c>
       <c r="B91" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C91" t="s">
-        <v>15</v>
+        <v>463</v>
       </c>
       <c r="D91" t="s">
         <v>464</v>
       </c>
       <c r="E91" t="s">
         <v>465</v>
       </c>
       <c r="F91" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G91" t="s">
         <v>466</v>
       </c>
       <c r="H91" t="s">
         <v>467</v>
       </c>
       <c r="I91" t="s">
-        <v>15</v>
+        <v>463</v>
       </c>
       <c r="J91" t="s">
-        <v>439</v>
+        <v>156</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>10</v>
       </c>
       <c r="B92" t="s">
+        <v>150</v>
+      </c>
+      <c r="C92" t="s">
+        <v>12</v>
+      </c>
+      <c r="D92" t="s">
         <v>468</v>
       </c>
-      <c r="C92" t="s">
+      <c r="E92" t="s">
         <v>469</v>
       </c>
-      <c r="D92" t="s">
+      <c r="F92" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" t="s">
         <v>470</v>
       </c>
-      <c r="E92" t="s">
+      <c r="H92" t="s">
         <v>471</v>
       </c>
-      <c r="F92" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I92" t="s">
-        <v>469</v>
+        <v>12</v>
       </c>
       <c r="J92" t="s">
-        <v>474</v>
+        <v>156</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>10</v>
       </c>
       <c r="B93" t="s">
+        <v>228</v>
+      </c>
+      <c r="C93" t="s">
+        <v>12</v>
+      </c>
+      <c r="D93" t="s">
+        <v>472</v>
+      </c>
+      <c r="E93" t="s">
+        <v>473</v>
+      </c>
+      <c r="F93" t="s">
+        <v>12</v>
+      </c>
+      <c r="G93" t="s">
+        <v>474</v>
+      </c>
+      <c r="H93" t="s">
         <v>475</v>
       </c>
-      <c r="C93" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I93" t="s">
-        <v>469</v>
+        <v>12</v>
       </c>
       <c r="J93" t="s">
-        <v>474</v>
+        <v>447</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>10</v>
       </c>
       <c r="B94" t="s">
-        <v>202</v>
+        <v>476</v>
       </c>
       <c r="C94" t="s">
-        <v>15</v>
+        <v>477</v>
       </c>
       <c r="D94" t="s">
         <v>478</v>
       </c>
       <c r="E94" t="s">
         <v>479</v>
       </c>
       <c r="F94" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G94" t="s">
         <v>480</v>
       </c>
       <c r="H94" t="s">
         <v>481</v>
       </c>
       <c r="I94" t="s">
-        <v>15</v>
+        <v>477</v>
       </c>
       <c r="J94" t="s">
-        <v>434</v>
+        <v>482</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>10</v>
       </c>
       <c r="B95" t="s">
-        <v>270</v>
+        <v>483</v>
       </c>
       <c r="C95" t="s">
+        <v>477</v>
+      </c>
+      <c r="D95" t="s">
+        <v>478</v>
+      </c>
+      <c r="E95" t="s">
+        <v>479</v>
+      </c>
+      <c r="F95" t="s">
+        <v>12</v>
+      </c>
+      <c r="G95" t="s">
+        <v>484</v>
+      </c>
+      <c r="H95" t="s">
+        <v>485</v>
+      </c>
+      <c r="I95" t="s">
+        <v>477</v>
+      </c>
+      <c r="J95" t="s">
         <v>482</v>
-      </c>
-[...19 lines deleted...]
-        <v>487</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>10</v>
       </c>
       <c r="B96" t="s">
-        <v>228</v>
+        <v>212</v>
       </c>
       <c r="C96" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D96" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="E96" t="s">
+        <v>487</v>
+      </c>
+      <c r="F96" t="s">
+        <v>12</v>
+      </c>
+      <c r="G96" t="s">
         <v>488</v>
       </c>
-      <c r="F96" t="s">
-[...2 lines deleted...]
-      <c r="G96" t="s">
+      <c r="H96" t="s">
         <v>489</v>
       </c>
-      <c r="H96" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I96" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="J96" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>10</v>
       </c>
       <c r="B97" t="s">
-        <v>293</v>
+        <v>280</v>
       </c>
       <c r="C97" t="s">
-        <v>15</v>
+        <v>490</v>
       </c>
       <c r="D97" t="s">
-        <v>306</v>
+        <v>491</v>
       </c>
       <c r="E97" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="F97" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G97" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="H97" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="I97" t="s">
-        <v>15</v>
+        <v>490</v>
       </c>
       <c r="J97" t="s">
-        <v>73</v>
+        <v>495</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>10</v>
       </c>
       <c r="B98" t="s">
-        <v>282</v>
+        <v>238</v>
       </c>
       <c r="C98" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D98" t="s">
-        <v>306</v>
+        <v>491</v>
       </c>
       <c r="E98" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="F98" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G98" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="H98" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="I98" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="J98" t="s">
-        <v>73</v>
+        <v>447</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>10</v>
       </c>
       <c r="B99" t="s">
-        <v>496</v>
+        <v>303</v>
       </c>
       <c r="C99" t="s">
-        <v>497</v>
+        <v>12</v>
       </c>
       <c r="D99" t="s">
-        <v>498</v>
+        <v>316</v>
       </c>
       <c r="E99" t="s">
         <v>499</v>
       </c>
       <c r="F99" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G99" t="s">
         <v>500</v>
       </c>
       <c r="H99" t="s">
         <v>501</v>
       </c>
       <c r="I99" t="s">
-        <v>497</v>
+        <v>12</v>
       </c>
       <c r="J99" t="s">
-        <v>502</v>
+        <v>84</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>10</v>
       </c>
       <c r="B100" t="s">
+        <v>292</v>
+      </c>
+      <c r="C100" t="s">
+        <v>12</v>
+      </c>
+      <c r="D100" t="s">
+        <v>316</v>
+      </c>
+      <c r="E100" t="s">
+        <v>499</v>
+      </c>
+      <c r="F100" t="s">
+        <v>12</v>
+      </c>
+      <c r="G100" t="s">
+        <v>502</v>
+      </c>
+      <c r="H100" t="s">
         <v>503</v>
       </c>
-      <c r="C100" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I100" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="J100" t="s">
-        <v>311</v>
+        <v>84</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>10</v>
       </c>
       <c r="B101" t="s">
+        <v>504</v>
+      </c>
+      <c r="C101" t="s">
+        <v>505</v>
+      </c>
+      <c r="D101" t="s">
+        <v>506</v>
+      </c>
+      <c r="E101" t="s">
         <v>507</v>
       </c>
-      <c r="C101" t="s">
-[...2 lines deleted...]
-      <c r="D101" t="s">
+      <c r="F101" t="s">
+        <v>12</v>
+      </c>
+      <c r="G101" t="s">
         <v>508</v>
       </c>
-      <c r="E101" t="s">
+      <c r="H101" t="s">
         <v>509</v>
       </c>
-      <c r="F101" t="s">
-[...2 lines deleted...]
-      <c r="G101" t="s">
+      <c r="I101" t="s">
+        <v>505</v>
+      </c>
+      <c r="J101" t="s">
         <v>510</v>
-      </c>
-[...7 lines deleted...]
-        <v>502</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>10</v>
       </c>
       <c r="B102" t="s">
-        <v>257</v>
+        <v>511</v>
       </c>
       <c r="C102" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D102" t="s">
-        <v>508</v>
+        <v>316</v>
       </c>
       <c r="E102" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F102" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G102" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="H102" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="I102" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="J102" t="s">
-        <v>514</v>
+        <v>321</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>10</v>
       </c>
       <c r="B103" t="s">
-        <v>328</v>
+        <v>515</v>
       </c>
       <c r="C103" t="s">
-        <v>15</v>
+        <v>505</v>
       </c>
       <c r="D103" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="E103" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="F103" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G103" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="H103" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="I103" t="s">
-        <v>15</v>
+        <v>505</v>
       </c>
       <c r="J103" t="s">
-        <v>519</v>
+        <v>510</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>10</v>
       </c>
       <c r="B104" t="s">
-        <v>323</v>
+        <v>267</v>
       </c>
       <c r="C104" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D104" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="E104" t="s">
+        <v>517</v>
+      </c>
+      <c r="F104" t="s">
+        <v>12</v>
+      </c>
+      <c r="G104" t="s">
         <v>520</v>
       </c>
-      <c r="F104" t="s">
-[...2 lines deleted...]
-      <c r="G104" t="s">
+      <c r="H104" t="s">
         <v>521</v>
       </c>
-      <c r="H104" t="s">
+      <c r="I104" t="s">
+        <v>12</v>
+      </c>
+      <c r="J104" t="s">
         <v>522</v>
-      </c>
-[...4 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>10</v>
       </c>
       <c r="B105" t="s">
+        <v>338</v>
+      </c>
+      <c r="C105" t="s">
+        <v>12</v>
+      </c>
+      <c r="D105" t="s">
         <v>523</v>
       </c>
-      <c r="C105" t="s">
-[...2 lines deleted...]
-      <c r="D105" t="s">
+      <c r="E105" t="s">
         <v>524</v>
       </c>
-      <c r="E105" t="s">
+      <c r="F105" t="s">
+        <v>12</v>
+      </c>
+      <c r="G105" t="s">
         <v>525</v>
       </c>
-      <c r="F105" t="s">
-[...2 lines deleted...]
-      <c r="G105" t="s">
+      <c r="H105" t="s">
         <v>526</v>
       </c>
-      <c r="H105" t="s">
+      <c r="I105" t="s">
+        <v>12</v>
+      </c>
+      <c r="J105" t="s">
         <v>527</v>
-      </c>
-[...4 lines deleted...]
-        <v>446</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>10</v>
       </c>
       <c r="B106" t="s">
+        <v>333</v>
+      </c>
+      <c r="C106" t="s">
+        <v>12</v>
+      </c>
+      <c r="D106" t="s">
+        <v>523</v>
+      </c>
+      <c r="E106" t="s">
         <v>528</v>
       </c>
-      <c r="C106" t="s">
+      <c r="F106" t="s">
+        <v>12</v>
+      </c>
+      <c r="G106" t="s">
         <v>529</v>
       </c>
-      <c r="D106" t="s">
+      <c r="H106" t="s">
         <v>530</v>
       </c>
-      <c r="E106" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I106" t="s">
-        <v>529</v>
+        <v>12</v>
       </c>
       <c r="J106" t="s">
-        <v>91</v>
+        <v>527</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>10</v>
       </c>
       <c r="B107" t="s">
+        <v>531</v>
+      </c>
+      <c r="C107" t="s">
+        <v>12</v>
+      </c>
+      <c r="D107" t="s">
+        <v>532</v>
+      </c>
+      <c r="E107" t="s">
+        <v>533</v>
+      </c>
+      <c r="F107" t="s">
+        <v>12</v>
+      </c>
+      <c r="G107" t="s">
         <v>534</v>
       </c>
-      <c r="C107" t="s">
-[...2 lines deleted...]
-      <c r="D107" t="s">
+      <c r="H107" t="s">
         <v>535</v>
       </c>
-      <c r="E107" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I107" t="s">
-        <v>529</v>
+        <v>12</v>
       </c>
       <c r="J107" t="s">
-        <v>474</v>
+        <v>454</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>10</v>
       </c>
       <c r="B108" t="s">
+        <v>536</v>
+      </c>
+      <c r="C108" t="s">
+        <v>537</v>
+      </c>
+      <c r="D108" t="s">
+        <v>538</v>
+      </c>
+      <c r="E108" t="s">
         <v>539</v>
       </c>
-      <c r="C108" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F108" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G108" t="s">
         <v>540</v>
       </c>
       <c r="H108" t="s">
         <v>541</v>
       </c>
       <c r="I108" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="J108" t="s">
-        <v>474</v>
+        <v>102</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>10</v>
       </c>
       <c r="B109" t="s">
-        <v>496</v>
+        <v>542</v>
       </c>
       <c r="C109" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="D109" t="s">
         <v>543</v>
       </c>
       <c r="E109" t="s">
         <v>544</v>
       </c>
       <c r="F109" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G109" t="s">
         <v>545</v>
       </c>
       <c r="H109" t="s">
         <v>546</v>
       </c>
       <c r="I109" t="s">
-        <v>497</v>
+        <v>537</v>
       </c>
       <c r="J109" t="s">
-        <v>502</v>
+        <v>482</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>10</v>
       </c>
       <c r="B110" t="s">
         <v>547</v>
       </c>
       <c r="C110" t="s">
-        <v>15</v>
+        <v>537</v>
       </c>
       <c r="D110" t="s">
+        <v>543</v>
+      </c>
+      <c r="E110" t="s">
+        <v>544</v>
+      </c>
+      <c r="F110" t="s">
+        <v>12</v>
+      </c>
+      <c r="G110" t="s">
         <v>548</v>
       </c>
-      <c r="E110" t="s">
+      <c r="H110" t="s">
         <v>549</v>
       </c>
-      <c r="F110" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I110" t="s">
-        <v>15</v>
+        <v>537</v>
       </c>
       <c r="J110" t="s">
-        <v>552</v>
+        <v>482</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>10</v>
       </c>
       <c r="B111" t="s">
+        <v>504</v>
+      </c>
+      <c r="C111" t="s">
+        <v>550</v>
+      </c>
+      <c r="D111" t="s">
+        <v>551</v>
+      </c>
+      <c r="E111" t="s">
+        <v>552</v>
+      </c>
+      <c r="F111" t="s">
+        <v>12</v>
+      </c>
+      <c r="G111" t="s">
         <v>553</v>
       </c>
-      <c r="C111" t="s">
+      <c r="H111" t="s">
         <v>554</v>
       </c>
-      <c r="D111" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="I111" t="s">
-        <v>15</v>
+        <v>505</v>
       </c>
       <c r="J111" t="s">
-        <v>559</v>
+        <v>510</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>10</v>
       </c>
       <c r="B112" t="s">
+        <v>555</v>
+      </c>
+      <c r="C112" t="s">
+        <v>12</v>
+      </c>
+      <c r="D112" t="s">
+        <v>556</v>
+      </c>
+      <c r="E112" t="s">
+        <v>557</v>
+      </c>
+      <c r="F112" t="s">
+        <v>12</v>
+      </c>
+      <c r="G112" t="s">
+        <v>558</v>
+      </c>
+      <c r="H112" t="s">
+        <v>559</v>
+      </c>
+      <c r="I112" t="s">
+        <v>12</v>
+      </c>
+      <c r="J112" t="s">
         <v>560</v>
-      </c>
-[...22 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>10</v>
       </c>
       <c r="B113" t="s">
+        <v>561</v>
+      </c>
+      <c r="C113" t="s">
+        <v>562</v>
+      </c>
+      <c r="D113" t="s">
+        <v>563</v>
+      </c>
+      <c r="E113" t="s">
+        <v>564</v>
+      </c>
+      <c r="F113" t="s">
+        <v>12</v>
+      </c>
+      <c r="G113" t="s">
+        <v>565</v>
+      </c>
+      <c r="H113" t="s">
         <v>566</v>
       </c>
-      <c r="C113" t="s">
-[...2 lines deleted...]
-      <c r="D113" t="s">
+      <c r="I113" t="s">
+        <v>12</v>
+      </c>
+      <c r="J113" t="s">
         <v>567</v>
-      </c>
-[...16 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>10</v>
       </c>
       <c r="B114" t="s">
+        <v>568</v>
+      </c>
+      <c r="C114" t="s">
+        <v>12</v>
+      </c>
+      <c r="D114" t="s">
+        <v>569</v>
+      </c>
+      <c r="E114" t="s">
+        <v>570</v>
+      </c>
+      <c r="F114" t="s">
+        <v>12</v>
+      </c>
+      <c r="G114" t="s">
+        <v>571</v>
+      </c>
+      <c r="H114" t="s">
         <v>572</v>
       </c>
-      <c r="C114" t="s">
-[...11 lines deleted...]
-      <c r="G114" t="s">
+      <c r="I114" t="s">
+        <v>12</v>
+      </c>
+      <c r="J114" t="s">
         <v>573</v>
-      </c>
-[...7 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>10</v>
       </c>
       <c r="B115" t="s">
+        <v>574</v>
+      </c>
+      <c r="C115" t="s">
+        <v>12</v>
+      </c>
+      <c r="D115" t="s">
         <v>575</v>
       </c>
-      <c r="C115" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E115" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
       <c r="F115" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G115" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="H115" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="I115" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="J115" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>10</v>
       </c>
       <c r="B116" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C116" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D116" t="s">
-        <v>567</v>
+        <v>575</v>
       </c>
       <c r="E116" t="s">
-        <v>568</v>
+        <v>576</v>
       </c>
       <c r="F116" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G116" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="H116" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="I116" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="J116" t="s">
-        <v>101</v>
+        <v>22</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>10</v>
       </c>
       <c r="B117" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="C117" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D117" t="s">
-        <v>582</v>
+        <v>575</v>
       </c>
       <c r="E117" t="s">
+        <v>576</v>
+      </c>
+      <c r="F117" t="s">
+        <v>12</v>
+      </c>
+      <c r="G117" t="s">
         <v>583</v>
       </c>
-      <c r="F117" t="s">
-[...2 lines deleted...]
-      <c r="G117" t="s">
+      <c r="H117" t="s">
         <v>584</v>
       </c>
-      <c r="H117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I117" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="J117" t="s">
-        <v>586</v>
+        <v>18</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>10</v>
       </c>
       <c r="B118" t="s">
+        <v>585</v>
+      </c>
+      <c r="C118" t="s">
+        <v>12</v>
+      </c>
+      <c r="D118" t="s">
+        <v>575</v>
+      </c>
+      <c r="E118" t="s">
+        <v>576</v>
+      </c>
+      <c r="F118" t="s">
+        <v>12</v>
+      </c>
+      <c r="G118" t="s">
+        <v>586</v>
+      </c>
+      <c r="H118" t="s">
         <v>587</v>
       </c>
-      <c r="C118" t="s">
-[...2 lines deleted...]
-      <c r="D118" t="s">
+      <c r="I118" t="s">
+        <v>12</v>
+      </c>
+      <c r="J118" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>10</v>
+      </c>
+      <c r="B119" t="s">
         <v>588</v>
       </c>
-      <c r="E118" t="s">
+      <c r="C119" t="s">
+        <v>12</v>
+      </c>
+      <c r="D119" t="s">
         <v>589</v>
       </c>
-      <c r="F118" t="s">
-[...2 lines deleted...]
-      <c r="G118" t="s">
+      <c r="E119" t="s">
         <v>590</v>
       </c>
-      <c r="H118" t="s">
+      <c r="F119" t="s">
+        <v>12</v>
+      </c>
+      <c r="G119" t="s">
         <v>591</v>
       </c>
-      <c r="I118" t="s">
-[...3 lines deleted...]
-        <v>586</v>
+      <c r="H119" t="s">
+        <v>592</v>
+      </c>
+      <c r="I119" t="s">
+        <v>12</v>
+      </c>
+      <c r="J119" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>10</v>
+      </c>
+      <c r="B120" t="s">
+        <v>594</v>
+      </c>
+      <c r="C120" t="s">
+        <v>12</v>
+      </c>
+      <c r="D120" t="s">
+        <v>595</v>
+      </c>
+      <c r="E120" t="s">
+        <v>596</v>
+      </c>
+      <c r="F120" t="s">
+        <v>12</v>
+      </c>
+      <c r="G120" t="s">
+        <v>597</v>
+      </c>
+      <c r="H120" t="s">
+        <v>598</v>
+      </c>
+      <c r="I120" t="s">
+        <v>12</v>
+      </c>
+      <c r="J120" t="s">
+        <v>593</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:BF210"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>935</v>
+        <v>942</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>936</v>
+        <v>943</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B2" t="s">
-        <v>938</v>
+        <v>945</v>
       </c>
       <c r="C2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>939</v>
+        <v>946</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>940</v>
+        <v>947</v>
       </c>
       <c r="H2" t="s">
-        <v>941</v>
+        <v>948</v>
       </c>
       <c r="I2" t="s">
-        <v>942</v>
+        <v>949</v>
       </c>
       <c r="J2" t="s">
-        <v>943</v>
+        <v>950</v>
       </c>
       <c r="K2" t="s">
-        <v>944</v>
+        <v>951</v>
       </c>
       <c r="L2" t="s">
-        <v>945</v>
+        <v>952</v>
       </c>
       <c r="M2" t="s">
-        <v>946</v>
+        <v>953</v>
       </c>
       <c r="N2" t="s">
-        <v>947</v>
+        <v>954</v>
       </c>
       <c r="O2" t="s">
-        <v>948</v>
-[...5 lines deleted...]
-        <v>950</v>
+        <v>955</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B3" t="s">
-        <v>951</v>
+        <v>956</v>
       </c>
       <c r="C3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>952</v>
+        <v>957</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>953</v>
+        <v>958</v>
       </c>
       <c r="H3" t="s">
-        <v>954</v>
+        <v>959</v>
       </c>
       <c r="I3" t="s">
-        <v>955</v>
+        <v>960</v>
       </c>
       <c r="J3" t="s">
-        <v>956</v>
+        <v>961</v>
       </c>
       <c r="K3" t="s">
-        <v>957</v>
+        <v>962</v>
       </c>
       <c r="L3" t="s">
-        <v>958</v>
+        <v>963</v>
       </c>
       <c r="M3" t="s">
-        <v>959</v>
+        <v>964</v>
       </c>
       <c r="N3" t="s">
-        <v>960</v>
+        <v>965</v>
       </c>
       <c r="O3" t="s">
-        <v>961</v>
+        <v>966</v>
       </c>
       <c r="P3" t="s">
-        <v>962</v>
+        <v>967</v>
       </c>
       <c r="Q3" t="s">
-        <v>963</v>
+        <v>968</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B4" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="C4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="H4" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="I4" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="J4" t="s">
-        <v>956</v>
+        <v>974</v>
       </c>
       <c r="K4" t="s">
-        <v>969</v>
+        <v>975</v>
       </c>
       <c r="L4" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="M4" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
       <c r="N4" t="s">
-        <v>972</v>
+        <v>978</v>
+      </c>
+      <c r="O4" t="s">
+        <v>979</v>
+      </c>
+      <c r="P4" t="s">
+        <v>980</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>981</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B5" t="s">
-        <v>973</v>
+        <v>982</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
+        <v>983</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>984</v>
+      </c>
+      <c r="H5" t="s">
+        <v>985</v>
+      </c>
+      <c r="I5" t="s">
+        <v>986</v>
+      </c>
+      <c r="J5" t="s">
         <v>974</v>
       </c>
-      <c r="F5" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K5" t="s">
-        <v>979</v>
+        <v>987</v>
+      </c>
+      <c r="L5" t="s">
+        <v>988</v>
+      </c>
+      <c r="M5" t="s">
+        <v>989</v>
+      </c>
+      <c r="N5" t="s">
+        <v>990</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B6" t="s">
-        <v>980</v>
+        <v>991</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>981</v>
+        <v>992</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>982</v>
+        <v>993</v>
       </c>
       <c r="H6" t="s">
-        <v>983</v>
+        <v>994</v>
       </c>
       <c r="I6" t="s">
-        <v>984</v>
+        <v>995</v>
       </c>
       <c r="J6" t="s">
-        <v>985</v>
+        <v>996</v>
       </c>
       <c r="K6" t="s">
-        <v>986</v>
+        <v>997</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B7" t="s">
-        <v>987</v>
+        <v>998</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>988</v>
+        <v>999</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>989</v>
+        <v>1000</v>
       </c>
       <c r="H7" t="s">
-        <v>990</v>
+        <v>1001</v>
       </c>
       <c r="I7" t="s">
-        <v>991</v>
+        <v>1002</v>
       </c>
       <c r="J7" t="s">
-        <v>956</v>
+        <v>1003</v>
       </c>
       <c r="K7" t="s">
-        <v>992</v>
-[...8 lines deleted...]
-        <v>995</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B8" t="s">
-        <v>996</v>
+        <v>1005</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>997</v>
+        <v>1006</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>998</v>
+        <v>1007</v>
       </c>
       <c r="H8" t="s">
-        <v>999</v>
+        <v>1008</v>
       </c>
       <c r="I8" t="s">
-        <v>1000</v>
+        <v>1009</v>
       </c>
       <c r="J8" t="s">
-        <v>1001</v>
+        <v>974</v>
       </c>
       <c r="K8" t="s">
-        <v>1002</v>
+        <v>1010</v>
       </c>
       <c r="L8" t="s">
-        <v>1003</v>
+        <v>1011</v>
       </c>
       <c r="M8" t="s">
-        <v>1004</v>
+        <v>1012</v>
       </c>
       <c r="N8" t="s">
-        <v>1005</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B9" t="s">
-        <v>1006</v>
+        <v>1014</v>
       </c>
       <c r="C9" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>1007</v>
+        <v>1015</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>1008</v>
+        <v>1016</v>
       </c>
       <c r="H9" t="s">
-        <v>1009</v>
+        <v>1017</v>
       </c>
       <c r="I9" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
       <c r="J9" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="K9" t="s">
-        <v>1012</v>
+        <v>1020</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1021</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1022</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1023</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B10" t="s">
-        <v>1013</v>
+        <v>1024</v>
       </c>
       <c r="C10" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>1014</v>
+        <v>1025</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>1015</v>
+        <v>1026</v>
       </c>
       <c r="H10" t="s">
-        <v>1016</v>
+        <v>1027</v>
       </c>
       <c r="I10" t="s">
-        <v>1017</v>
+        <v>1028</v>
       </c>
       <c r="J10" t="s">
-        <v>311</v>
+        <v>1029</v>
       </c>
       <c r="K10" t="s">
-        <v>1018</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B11" t="s">
-        <v>1019</v>
+        <v>1031</v>
       </c>
       <c r="C11" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>1020</v>
+        <v>1032</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>1021</v>
+        <v>1033</v>
       </c>
       <c r="H11" t="s">
-        <v>1022</v>
+        <v>1034</v>
       </c>
       <c r="I11" t="s">
-        <v>1017</v>
+        <v>1035</v>
       </c>
       <c r="J11" t="s">
-        <v>172</v>
+        <v>321</v>
       </c>
       <c r="K11" t="s">
-        <v>1023</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B12" t="s">
-        <v>1024</v>
+        <v>1037</v>
       </c>
       <c r="C12" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>1025</v>
+        <v>1038</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>1026</v>
+        <v>1039</v>
       </c>
       <c r="H12" t="s">
-        <v>1027</v>
+        <v>1040</v>
       </c>
       <c r="I12" t="s">
-        <v>1028</v>
+        <v>1035</v>
       </c>
       <c r="J12" t="s">
-        <v>122</v>
+        <v>182</v>
       </c>
       <c r="K12" t="s">
-        <v>1029</v>
-[...14 lines deleted...]
-        <v>1034</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B13" t="s">
-        <v>1035</v>
+        <v>1042</v>
       </c>
       <c r="C13" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>1036</v>
+        <v>1043</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>1037</v>
+        <v>1044</v>
       </c>
       <c r="H13" t="s">
-        <v>1038</v>
+        <v>1045</v>
       </c>
       <c r="I13" t="s">
-        <v>1039</v>
+        <v>1046</v>
       </c>
       <c r="J13" t="s">
-        <v>1040</v>
+        <v>132</v>
       </c>
       <c r="K13" t="s">
-        <v>1041</v>
+        <v>1047</v>
       </c>
       <c r="L13" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
       <c r="M13" t="s">
-        <v>1043</v>
+        <v>1049</v>
       </c>
       <c r="N13" t="s">
-        <v>1044</v>
+        <v>1050</v>
       </c>
       <c r="O13" t="s">
-        <v>1045</v>
+        <v>1051</v>
       </c>
       <c r="P13" t="s">
-        <v>1046</v>
-[...11 lines deleted...]
-        <v>1050</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B14" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="C14" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
       <c r="H14" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="I14" t="s">
-        <v>1055</v>
+        <v>1057</v>
       </c>
       <c r="J14" t="s">
-        <v>179</v>
+        <v>1058</v>
       </c>
       <c r="K14" t="s">
-        <v>1056</v>
+        <v>1059</v>
       </c>
       <c r="L14" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="M14" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="N14" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="O14" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="P14" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="Q14" t="s">
-        <v>1062</v>
+        <v>1065</v>
+      </c>
+      <c r="R14" t="s">
+        <v>1066</v>
+      </c>
+      <c r="S14" t="s">
+        <v>1067</v>
+      </c>
+      <c r="T14" t="s">
+        <v>1068</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B15" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="C15" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>1064</v>
+        <v>1070</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>1065</v>
+        <v>1071</v>
       </c>
       <c r="H15" t="s">
-        <v>1066</v>
+        <v>1072</v>
       </c>
       <c r="I15" t="s">
-        <v>942</v>
+        <v>1073</v>
       </c>
       <c r="J15" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="K15" t="s">
-        <v>1067</v>
+        <v>1074</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1075</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1076</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1077</v>
+      </c>
+      <c r="O15" t="s">
+        <v>1078</v>
+      </c>
+      <c r="P15" t="s">
+        <v>1079</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>1080</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B16" t="s">
-        <v>1068</v>
+        <v>1081</v>
       </c>
       <c r="C16" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D16" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>1070</v>
+        <v>1083</v>
       </c>
       <c r="H16" t="s">
-        <v>1071</v>
+        <v>1084</v>
       </c>
       <c r="I16" t="s">
-        <v>942</v>
+        <v>960</v>
       </c>
       <c r="J16" t="s">
-        <v>311</v>
+        <v>182</v>
       </c>
       <c r="K16" t="s">
-        <v>1072</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B17" t="s">
-        <v>1073</v>
+        <v>1086</v>
       </c>
       <c r="C17" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>1074</v>
+        <v>1087</v>
       </c>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>1075</v>
+        <v>1088</v>
       </c>
       <c r="H17" t="s">
-        <v>1076</v>
+        <v>1089</v>
       </c>
       <c r="I17" t="s">
-        <v>1077</v>
+        <v>960</v>
       </c>
       <c r="J17" t="s">
-        <v>122</v>
+        <v>321</v>
       </c>
       <c r="K17" t="s">
-        <v>1078</v>
-[...34 lines deleted...]
-      <c r="W17" t="s">
         <v>1090</v>
-      </c>
-[...58 lines deleted...]
-        <v>1110</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B18" t="s">
+        <v>1091</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1094</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1095</v>
+      </c>
+      <c r="J18" t="s">
+        <v>132</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1096</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1097</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1098</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1099</v>
+      </c>
+      <c r="O18" t="s">
+        <v>1100</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1101</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1102</v>
+      </c>
+      <c r="R18" t="s">
+        <v>1103</v>
+      </c>
+      <c r="S18" t="s">
+        <v>1104</v>
+      </c>
+      <c r="T18" t="s">
+        <v>1105</v>
+      </c>
+      <c r="U18" t="s">
+        <v>1106</v>
+      </c>
+      <c r="V18" t="s">
+        <v>1107</v>
+      </c>
+      <c r="W18" t="s">
+        <v>1108</v>
+      </c>
+      <c r="X18" t="s">
+        <v>1109</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>1110</v>
+      </c>
+      <c r="Z18" t="s">
         <v>1111</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="AA18" t="s">
         <v>1112</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="AB18" t="s">
         <v>1113</v>
       </c>
-      <c r="H18" t="s">
+      <c r="AC18" t="s">
         <v>1114</v>
       </c>
-      <c r="I18" t="s">
+      <c r="AD18" t="s">
         <v>1115</v>
       </c>
-      <c r="J18" t="s">
+      <c r="AE18" t="s">
         <v>1116</v>
       </c>
-      <c r="K18" t="s">
+      <c r="AF18" t="s">
         <v>1117</v>
       </c>
-      <c r="L18" t="s">
+      <c r="AG18" t="s">
         <v>1118</v>
       </c>
-      <c r="M18" t="s">
+      <c r="AH18" t="s">
         <v>1119</v>
+      </c>
+      <c r="AI18" t="s">
+        <v>1120</v>
+      </c>
+      <c r="AJ18" t="s">
+        <v>1121</v>
+      </c>
+      <c r="AK18" t="s">
+        <v>1122</v>
+      </c>
+      <c r="AL18" t="s">
+        <v>1123</v>
+      </c>
+      <c r="AM18" t="s">
+        <v>1124</v>
+      </c>
+      <c r="AN18" t="s">
+        <v>1125</v>
+      </c>
+      <c r="AO18" t="s">
+        <v>1126</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>1127</v>
+      </c>
+      <c r="AQ18" t="s">
+        <v>1128</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B19" t="s">
-        <v>1120</v>
+        <v>1129</v>
       </c>
       <c r="C19" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>1121</v>
+        <v>1130</v>
       </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>1122</v>
+        <v>1131</v>
       </c>
       <c r="H19" t="s">
-        <v>1123</v>
+        <v>1132</v>
       </c>
       <c r="I19" t="s">
-        <v>1124</v>
+        <v>1133</v>
       </c>
       <c r="J19" t="s">
-        <v>1125</v>
+        <v>1134</v>
       </c>
       <c r="K19" t="s">
-        <v>1126</v>
+        <v>1135</v>
       </c>
       <c r="L19" t="s">
-        <v>1127</v>
+        <v>1136</v>
       </c>
       <c r="M19" t="s">
-        <v>1128</v>
-[...23 lines deleted...]
-        <v>1136</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B20" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="C20" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D20" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="H20" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="I20" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
       <c r="J20" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="K20" t="s">
-        <v>1143</v>
+        <v>1144</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1145</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1146</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1147</v>
+      </c>
+      <c r="O20" t="s">
+        <v>1148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>1149</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>1150</v>
+      </c>
+      <c r="R20" t="s">
+        <v>1151</v>
+      </c>
+      <c r="S20" t="s">
+        <v>1152</v>
+      </c>
+      <c r="T20" t="s">
+        <v>1153</v>
+      </c>
+      <c r="U20" t="s">
+        <v>1154</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B21" t="s">
-        <v>1144</v>
+        <v>1155</v>
       </c>
       <c r="C21" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>1138</v>
+        <v>1156</v>
       </c>
       <c r="F21" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>1145</v>
+        <v>1157</v>
       </c>
       <c r="H21" t="s">
-        <v>1146</v>
+        <v>1158</v>
       </c>
       <c r="I21" t="s">
-        <v>1147</v>
+        <v>1159</v>
       </c>
       <c r="J21" t="s">
-        <v>1148</v>
+        <v>1160</v>
       </c>
       <c r="K21" t="s">
-        <v>1149</v>
-[...2 lines deleted...]
-        <v>1150</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B22" t="s">
-        <v>1151</v>
+        <v>1162</v>
       </c>
       <c r="C22" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D22" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="F22" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>1153</v>
+        <v>1163</v>
       </c>
       <c r="H22" t="s">
-        <v>1154</v>
+        <v>1164</v>
       </c>
       <c r="I22" t="s">
-        <v>1155</v>
+        <v>1165</v>
       </c>
       <c r="J22" t="s">
-        <v>122</v>
+        <v>1166</v>
       </c>
       <c r="K22" t="s">
-        <v>1156</v>
+        <v>1167</v>
       </c>
       <c r="L22" t="s">
-        <v>1157</v>
-[...23 lines deleted...]
-        <v>1165</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B23" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="C23" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="F23" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="H23" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="I23" t="s">
-        <v>984</v>
+        <v>1173</v>
       </c>
       <c r="J23" t="s">
-        <v>1170</v>
+        <v>132</v>
       </c>
       <c r="K23" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="L23" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="M23" t="s">
-        <v>1173</v>
+        <v>1176</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1177</v>
+      </c>
+      <c r="O23" t="s">
+        <v>1178</v>
+      </c>
+      <c r="P23" t="s">
+        <v>1179</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>1180</v>
+      </c>
+      <c r="R23" t="s">
+        <v>1181</v>
+      </c>
+      <c r="S23" t="s">
+        <v>1182</v>
+      </c>
+      <c r="T23" t="s">
+        <v>1183</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B24" t="s">
-        <v>1174</v>
+        <v>1184</v>
       </c>
       <c r="C24" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D24" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>1175</v>
+        <v>1185</v>
       </c>
       <c r="F24" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>1176</v>
+        <v>1186</v>
       </c>
       <c r="H24" t="s">
-        <v>1177</v>
+        <v>1187</v>
       </c>
       <c r="I24" t="s">
-        <v>1178</v>
+        <v>1002</v>
       </c>
       <c r="J24" t="s">
-        <v>978</v>
+        <v>1188</v>
       </c>
       <c r="K24" t="s">
-        <v>1179</v>
+        <v>1189</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1190</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1191</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B25" t="s">
-        <v>1180</v>
+        <v>1192</v>
       </c>
       <c r="C25" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D25" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>1181</v>
+        <v>1193</v>
       </c>
       <c r="F25" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>1182</v>
+        <v>1194</v>
       </c>
       <c r="H25" t="s">
-        <v>1183</v>
+        <v>1195</v>
       </c>
       <c r="I25" t="s">
-        <v>942</v>
+        <v>1196</v>
       </c>
       <c r="J25" t="s">
-        <v>73</v>
+        <v>996</v>
       </c>
       <c r="K25" t="s">
-        <v>1184</v>
-[...2 lines deleted...]
-        <v>1185</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B26" t="s">
-        <v>1186</v>
+        <v>1198</v>
       </c>
       <c r="C26" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>1187</v>
+        <v>1199</v>
       </c>
       <c r="F26" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>1188</v>
+        <v>1200</v>
       </c>
       <c r="H26" t="s">
-        <v>1189</v>
+        <v>1201</v>
       </c>
       <c r="I26" t="s">
-        <v>1190</v>
+        <v>960</v>
       </c>
       <c r="J26" t="s">
-        <v>261</v>
+        <v>84</v>
       </c>
       <c r="K26" t="s">
-        <v>1191</v>
+        <v>1202</v>
       </c>
       <c r="L26" t="s">
-        <v>1192</v>
-[...8 lines deleted...]
-        <v>1195</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B27" t="s">
-        <v>1196</v>
+        <v>1204</v>
       </c>
       <c r="C27" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D27" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>1197</v>
+        <v>1205</v>
       </c>
       <c r="F27" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>1198</v>
+        <v>1206</v>
       </c>
       <c r="H27" t="s">
-        <v>1199</v>
+        <v>1207</v>
       </c>
       <c r="I27" t="s">
-        <v>1200</v>
+        <v>1208</v>
       </c>
       <c r="J27" t="s">
-        <v>172</v>
+        <v>271</v>
       </c>
       <c r="K27" t="s">
-        <v>1201</v>
+        <v>1209</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1210</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1211</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1212</v>
+      </c>
+      <c r="O27" t="s">
+        <v>1213</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B28" t="s">
-        <v>1202</v>
+        <v>1214</v>
       </c>
       <c r="C28" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D28" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>1203</v>
+        <v>1215</v>
       </c>
       <c r="F28" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>1204</v>
+        <v>1216</v>
       </c>
       <c r="H28" t="s">
-        <v>1205</v>
+        <v>1217</v>
       </c>
       <c r="I28" t="s">
-        <v>1206</v>
+        <v>1218</v>
       </c>
       <c r="J28" t="s">
-        <v>73</v>
+        <v>182</v>
       </c>
       <c r="K28" t="s">
-        <v>1207</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B29" t="s">
-        <v>1208</v>
+        <v>1220</v>
       </c>
       <c r="C29" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D29" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>1209</v>
+        <v>1221</v>
       </c>
       <c r="F29" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>1210</v>
+        <v>1222</v>
       </c>
       <c r="H29" t="s">
-        <v>1211</v>
+        <v>1223</v>
       </c>
       <c r="I29" t="s">
-        <v>1212</v>
+        <v>1224</v>
       </c>
       <c r="J29" t="s">
-        <v>1213</v>
+        <v>84</v>
       </c>
       <c r="K29" t="s">
-        <v>1214</v>
-[...14 lines deleted...]
-        <v>1219</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B30" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
       <c r="C30" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D30" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
       <c r="F30" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="H30" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="I30" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
       <c r="J30" t="s">
-        <v>1225</v>
+        <v>1231</v>
       </c>
       <c r="K30" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
       <c r="L30" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
       <c r="M30" t="s">
-        <v>1228</v>
+        <v>1234</v>
       </c>
       <c r="N30" t="s">
-        <v>1229</v>
+        <v>1235</v>
+      </c>
+      <c r="O30" t="s">
+        <v>1236</v>
+      </c>
+      <c r="P30" t="s">
+        <v>1237</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B31" t="s">
-        <v>1230</v>
+        <v>1238</v>
       </c>
       <c r="C31" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D31" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>1231</v>
+        <v>1239</v>
       </c>
       <c r="F31" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>1232</v>
+        <v>1240</v>
       </c>
       <c r="H31" t="s">
-        <v>1233</v>
+        <v>1241</v>
       </c>
       <c r="I31" t="s">
-        <v>1234</v>
+        <v>1242</v>
       </c>
       <c r="J31" t="s">
-        <v>1235</v>
+        <v>1243</v>
       </c>
       <c r="K31" t="s">
-        <v>1236</v>
+        <v>1244</v>
       </c>
       <c r="L31" t="s">
-        <v>1237</v>
+        <v>1245</v>
       </c>
       <c r="M31" t="s">
-        <v>1238</v>
+        <v>1246</v>
       </c>
       <c r="N31" t="s">
-        <v>1239</v>
-[...2 lines deleted...]
-        <v>1240</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B32" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
       <c r="C32" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D32" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
       <c r="F32" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>1243</v>
+        <v>1250</v>
       </c>
       <c r="H32" t="s">
-        <v>1244</v>
+        <v>1251</v>
       </c>
       <c r="I32" t="s">
-        <v>1245</v>
+        <v>1252</v>
       </c>
       <c r="J32" t="s">
-        <v>1246</v>
+        <v>1253</v>
       </c>
       <c r="K32" t="s">
-        <v>1247</v>
+        <v>1254</v>
       </c>
       <c r="L32" t="s">
-        <v>1248</v>
+        <v>1255</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1256</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1257</v>
+      </c>
+      <c r="O32" t="s">
+        <v>1258</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B33" t="s">
-        <v>1249</v>
+        <v>1259</v>
       </c>
       <c r="C33" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D33" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>1250</v>
+        <v>1260</v>
       </c>
       <c r="F33" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>1251</v>
+        <v>1261</v>
       </c>
       <c r="H33" t="s">
-        <v>1252</v>
+        <v>1262</v>
       </c>
       <c r="I33" t="s">
-        <v>1253</v>
+        <v>1263</v>
       </c>
       <c r="J33" t="s">
-        <v>1254</v>
+        <v>1264</v>
       </c>
       <c r="K33" t="s">
-        <v>1255</v>
+        <v>1265</v>
       </c>
       <c r="L33" t="s">
-        <v>1256</v>
-[...5 lines deleted...]
-        <v>1258</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B34" t="s">
-        <v>1259</v>
+        <v>1267</v>
       </c>
       <c r="C34" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D34" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>1260</v>
+        <v>1268</v>
       </c>
       <c r="F34" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>1261</v>
+        <v>1269</v>
       </c>
       <c r="H34" t="s">
-        <v>1262</v>
+        <v>1270</v>
       </c>
       <c r="I34" t="s">
-        <v>1263</v>
+        <v>1271</v>
       </c>
       <c r="J34" t="s">
-        <v>1264</v>
+        <v>1272</v>
       </c>
       <c r="K34" t="s">
-        <v>1265</v>
+        <v>1273</v>
       </c>
       <c r="L34" t="s">
-        <v>1266</v>
+        <v>1274</v>
       </c>
       <c r="M34" t="s">
-        <v>1267</v>
+        <v>1275</v>
       </c>
       <c r="N34" t="s">
-        <v>1268</v>
+        <v>1276</v>
       </c>
       <c r="O34" t="s">
-        <v>1269</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B35" t="s">
-        <v>1270</v>
+        <v>1278</v>
       </c>
       <c r="C35" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D35" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>1271</v>
+        <v>1279</v>
       </c>
       <c r="F35" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>1272</v>
+        <v>1280</v>
       </c>
       <c r="H35" t="s">
-        <v>1273</v>
+        <v>1281</v>
       </c>
       <c r="I35" t="s">
-        <v>1274</v>
+        <v>1282</v>
       </c>
       <c r="J35" t="s">
-        <v>1275</v>
+        <v>1283</v>
       </c>
       <c r="K35" t="s">
-        <v>1276</v>
+        <v>1284</v>
       </c>
       <c r="L35" t="s">
-        <v>1277</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B36" t="s">
-        <v>1278</v>
+        <v>1286</v>
       </c>
       <c r="C36" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D36" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>1279</v>
+        <v>1287</v>
       </c>
       <c r="F36" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>1280</v>
+        <v>1288</v>
       </c>
       <c r="H36" t="s">
-        <v>1281</v>
+        <v>1289</v>
       </c>
       <c r="I36" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="J36" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="K36" t="s">
-        <v>1282</v>
+        <v>1290</v>
       </c>
       <c r="L36" t="s">
-        <v>1283</v>
+        <v>1291</v>
       </c>
       <c r="M36" t="s">
-        <v>1284</v>
+        <v>1292</v>
       </c>
       <c r="N36" t="s">
-        <v>1285</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B37" t="s">
-        <v>1286</v>
+        <v>1294</v>
       </c>
       <c r="C37" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D37" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>1287</v>
+        <v>1295</v>
       </c>
       <c r="F37" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>1288</v>
+        <v>1296</v>
       </c>
       <c r="H37" t="s">
-        <v>1289</v>
+        <v>1297</v>
       </c>
       <c r="I37" t="s">
-        <v>1290</v>
+        <v>1298</v>
       </c>
       <c r="J37" t="s">
-        <v>1291</v>
+        <v>1299</v>
       </c>
       <c r="K37" t="s">
-        <v>1292</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B38" t="s">
-        <v>1293</v>
+        <v>1301</v>
       </c>
       <c r="C38" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D38" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>1294</v>
+        <v>1302</v>
       </c>
       <c r="F38" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>1295</v>
+        <v>1303</v>
       </c>
       <c r="H38" t="s">
-        <v>1296</v>
+        <v>1304</v>
       </c>
       <c r="I38" t="s">
-        <v>1297</v>
+        <v>1305</v>
       </c>
       <c r="J38" t="s">
-        <v>1298</v>
+        <v>1306</v>
       </c>
       <c r="K38" t="s">
-        <v>1299</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B39" t="s">
-        <v>1300</v>
+        <v>1308</v>
       </c>
       <c r="C39" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D39" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>1301</v>
+        <v>1309</v>
       </c>
       <c r="F39" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>1302</v>
+        <v>1310</v>
       </c>
       <c r="H39" t="s">
-        <v>1303</v>
+        <v>1311</v>
       </c>
       <c r="I39" t="s">
-        <v>1304</v>
+        <v>1312</v>
       </c>
       <c r="J39" t="s">
-        <v>1305</v>
+        <v>1313</v>
       </c>
       <c r="K39" t="s">
-        <v>1306</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B40" t="s">
-        <v>1307</v>
+        <v>1315</v>
       </c>
       <c r="C40" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D40" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>1308</v>
+        <v>1316</v>
       </c>
       <c r="F40" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>1309</v>
+        <v>1317</v>
       </c>
       <c r="H40" t="s">
-        <v>1310</v>
+        <v>1318</v>
       </c>
       <c r="I40" t="s">
-        <v>1274</v>
+        <v>1282</v>
       </c>
       <c r="J40" t="s">
-        <v>1311</v>
+        <v>1319</v>
       </c>
       <c r="K40" t="s">
-        <v>1312</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B41" t="s">
-        <v>1313</v>
+        <v>1321</v>
       </c>
       <c r="C41" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D41" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>1314</v>
+        <v>1322</v>
       </c>
       <c r="F41" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>1315</v>
+        <v>1323</v>
       </c>
       <c r="H41" t="s">
-        <v>1316</v>
+        <v>1324</v>
       </c>
       <c r="I41" t="s">
-        <v>1317</v>
+        <v>1325</v>
       </c>
       <c r="J41" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K41" t="s">
-        <v>1318</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B42" t="s">
-        <v>1319</v>
+        <v>1327</v>
       </c>
       <c r="C42" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D42" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>1320</v>
+        <v>1328</v>
       </c>
       <c r="F42" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>1321</v>
+        <v>1329</v>
       </c>
       <c r="H42" t="s">
-        <v>1322</v>
+        <v>1330</v>
       </c>
       <c r="I42" t="s">
-        <v>1323</v>
+        <v>1331</v>
       </c>
       <c r="J42" t="s">
-        <v>1324</v>
+        <v>1332</v>
       </c>
       <c r="K42" t="s">
-        <v>1325</v>
+        <v>1333</v>
       </c>
       <c r="L42" t="s">
-        <v>1326</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B43" t="s">
-        <v>1327</v>
+        <v>1335</v>
       </c>
       <c r="C43" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D43" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>1328</v>
+        <v>1336</v>
       </c>
       <c r="F43" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>1329</v>
+        <v>1337</v>
       </c>
       <c r="H43" t="s">
-        <v>1330</v>
+        <v>1338</v>
       </c>
       <c r="I43" t="s">
-        <v>1331</v>
+        <v>1339</v>
       </c>
       <c r="J43" t="s">
-        <v>1332</v>
+        <v>1340</v>
       </c>
       <c r="K43" t="s">
-        <v>1333</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B44" t="s">
-        <v>1334</v>
+        <v>1342</v>
       </c>
       <c r="C44" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D44" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>1335</v>
+        <v>1343</v>
       </c>
       <c r="F44" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>1336</v>
+        <v>1344</v>
       </c>
       <c r="H44" t="s">
-        <v>1337</v>
+        <v>1345</v>
       </c>
       <c r="I44" t="s">
-        <v>1338</v>
+        <v>1346</v>
       </c>
       <c r="J44" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="K44" t="s">
-        <v>1339</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B45" t="s">
-        <v>1340</v>
+        <v>1348</v>
       </c>
       <c r="C45" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D45" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>1341</v>
+        <v>1349</v>
       </c>
       <c r="F45" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>1342</v>
+        <v>1350</v>
       </c>
       <c r="H45" t="s">
-        <v>1343</v>
+        <v>1351</v>
       </c>
       <c r="I45" t="s">
-        <v>1344</v>
+        <v>1352</v>
       </c>
       <c r="J45" t="s">
-        <v>179</v>
+        <v>189</v>
       </c>
       <c r="K45" t="s">
-        <v>1345</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B46" t="s">
-        <v>1346</v>
+        <v>1354</v>
       </c>
       <c r="C46" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D46" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>1347</v>
+        <v>1355</v>
       </c>
       <c r="F46" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>1348</v>
+        <v>1356</v>
       </c>
       <c r="H46" t="s">
-        <v>1349</v>
+        <v>1357</v>
       </c>
       <c r="I46" t="s">
-        <v>1350</v>
+        <v>1358</v>
       </c>
       <c r="J46" t="s">
-        <v>1351</v>
+        <v>1359</v>
       </c>
       <c r="K46" t="s">
-        <v>1352</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B47" t="s">
-        <v>1353</v>
+        <v>1361</v>
       </c>
       <c r="C47" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D47" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>1354</v>
+        <v>1362</v>
       </c>
       <c r="F47" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>1355</v>
+        <v>1363</v>
       </c>
       <c r="H47" t="s">
-        <v>1356</v>
+        <v>1364</v>
       </c>
       <c r="I47" t="s">
-        <v>1357</v>
+        <v>1365</v>
       </c>
       <c r="J47" t="s">
-        <v>1358</v>
+        <v>1366</v>
       </c>
       <c r="K47" t="s">
-        <v>1359</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B48" t="s">
-        <v>1360</v>
+        <v>1368</v>
       </c>
       <c r="C48" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D48" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>1361</v>
+        <v>1369</v>
       </c>
       <c r="F48" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>1362</v>
+        <v>1370</v>
       </c>
       <c r="H48" t="s">
-        <v>1363</v>
+        <v>1371</v>
       </c>
       <c r="I48" t="s">
-        <v>1364</v>
+        <v>1372</v>
       </c>
       <c r="J48" t="s">
-        <v>1365</v>
+        <v>1373</v>
       </c>
       <c r="K48" t="s">
-        <v>1366</v>
+        <v>1374</v>
       </c>
       <c r="L48" t="s">
-        <v>1367</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B49" t="s">
-        <v>1368</v>
+        <v>1376</v>
       </c>
       <c r="C49" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D49" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>1369</v>
+        <v>1377</v>
       </c>
       <c r="F49" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>1370</v>
+        <v>1378</v>
       </c>
       <c r="H49" t="s">
-        <v>1371</v>
+        <v>1379</v>
       </c>
       <c r="I49" t="s">
-        <v>1372</v>
+        <v>1380</v>
       </c>
       <c r="J49" t="s">
-        <v>1373</v>
+        <v>1381</v>
       </c>
       <c r="K49" t="s">
-        <v>1374</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B50" t="s">
-        <v>1375</v>
+        <v>1383</v>
       </c>
       <c r="C50" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D50" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>1376</v>
+        <v>1384</v>
       </c>
       <c r="F50" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>1377</v>
+        <v>1385</v>
       </c>
       <c r="H50" t="s">
-        <v>1378</v>
+        <v>1386</v>
       </c>
       <c r="I50" t="s">
-        <v>1379</v>
+        <v>1387</v>
       </c>
       <c r="J50" t="s">
-        <v>1116</v>
+        <v>1134</v>
       </c>
       <c r="K50" t="s">
-        <v>1380</v>
+        <v>1388</v>
       </c>
       <c r="L50" t="s">
-        <v>1381</v>
+        <v>1389</v>
       </c>
       <c r="M50" t="s">
-        <v>1382</v>
+        <v>1390</v>
       </c>
       <c r="N50" t="s">
-        <v>1383</v>
+        <v>1391</v>
       </c>
       <c r="O50" t="s">
-        <v>1384</v>
+        <v>1392</v>
       </c>
       <c r="P50" t="s">
-        <v>1385</v>
+        <v>1393</v>
       </c>
       <c r="Q50" t="s">
-        <v>1386</v>
+        <v>1394</v>
       </c>
       <c r="R50" t="s">
-        <v>1387</v>
+        <v>1395</v>
       </c>
       <c r="S50" t="s">
-        <v>1388</v>
+        <v>1396</v>
       </c>
       <c r="T50" t="s">
-        <v>1389</v>
+        <v>1397</v>
       </c>
       <c r="U50" t="s">
-        <v>1390</v>
+        <v>1398</v>
       </c>
       <c r="V50" t="s">
-        <v>1391</v>
+        <v>1399</v>
       </c>
       <c r="W50" t="s">
-        <v>1392</v>
+        <v>1400</v>
       </c>
       <c r="X50" t="s">
-        <v>1393</v>
+        <v>1401</v>
       </c>
       <c r="Y50" t="s">
-        <v>1394</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B51" t="s">
-        <v>1395</v>
+        <v>1403</v>
       </c>
       <c r="C51" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D51" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>1396</v>
+        <v>1404</v>
       </c>
       <c r="F51" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>1397</v>
+        <v>1405</v>
       </c>
       <c r="H51" t="s">
-        <v>1398</v>
+        <v>1406</v>
       </c>
       <c r="I51" t="s">
-        <v>1399</v>
+        <v>1407</v>
       </c>
       <c r="J51" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K51" t="s">
-        <v>1400</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B52" t="s">
-        <v>1401</v>
+        <v>1409</v>
       </c>
       <c r="C52" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D52" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>1402</v>
+        <v>1410</v>
       </c>
       <c r="F52" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>1403</v>
+        <v>1411</v>
       </c>
       <c r="H52" t="s">
-        <v>1404</v>
+        <v>1412</v>
       </c>
       <c r="I52" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
       <c r="J52" t="s">
-        <v>1406</v>
+        <v>1414</v>
       </c>
       <c r="K52" t="s">
-        <v>1407</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B53" t="s">
-        <v>1408</v>
+        <v>1416</v>
       </c>
       <c r="C53" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D53" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>1409</v>
+        <v>1417</v>
       </c>
       <c r="F53" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>1410</v>
+        <v>1418</v>
       </c>
       <c r="H53" t="s">
-        <v>1411</v>
+        <v>1419</v>
       </c>
       <c r="I53" t="s">
-        <v>1412</v>
+        <v>1420</v>
       </c>
       <c r="J53" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="K53" t="s">
-        <v>1413</v>
+        <v>1421</v>
       </c>
       <c r="L53" t="s">
-        <v>1414</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B54" t="s">
-        <v>1415</v>
+        <v>1423</v>
       </c>
       <c r="C54" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D54" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>1416</v>
+        <v>1424</v>
       </c>
       <c r="F54" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>1417</v>
+        <v>1425</v>
       </c>
       <c r="H54" t="s">
-        <v>1418</v>
+        <v>1426</v>
       </c>
       <c r="I54" t="s">
-        <v>955</v>
+        <v>973</v>
       </c>
       <c r="J54" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K54" t="s">
-        <v>1419</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B55" t="s">
-        <v>1420</v>
+        <v>1428</v>
       </c>
       <c r="C55" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D55" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
       <c r="F55" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>1422</v>
+        <v>1430</v>
       </c>
       <c r="H55" t="s">
-        <v>1423</v>
+        <v>1431</v>
       </c>
       <c r="I55" t="s">
-        <v>1424</v>
+        <v>1432</v>
       </c>
       <c r="J55" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K55" t="s">
-        <v>1426</v>
+        <v>1434</v>
       </c>
       <c r="L55" t="s">
-        <v>1427</v>
+        <v>1435</v>
       </c>
       <c r="M55" t="s">
-        <v>1428</v>
+        <v>1436</v>
       </c>
       <c r="N55" t="s">
-        <v>1429</v>
+        <v>1437</v>
       </c>
       <c r="O55" t="s">
-        <v>1430</v>
+        <v>1438</v>
       </c>
       <c r="P55" t="s">
-        <v>1431</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B56" t="s">
-        <v>1432</v>
+        <v>1440</v>
       </c>
       <c r="C56" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D56" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>1433</v>
+        <v>1441</v>
       </c>
       <c r="F56" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>1434</v>
+        <v>1442</v>
       </c>
       <c r="H56" t="s">
-        <v>1435</v>
+        <v>1443</v>
       </c>
       <c r="I56" t="s">
-        <v>1436</v>
+        <v>1444</v>
       </c>
       <c r="J56" t="s">
-        <v>1246</v>
+        <v>1264</v>
       </c>
       <c r="K56" t="s">
-        <v>1437</v>
+        <v>1445</v>
       </c>
       <c r="L56" t="s">
-        <v>1438</v>
+        <v>1446</v>
       </c>
       <c r="M56" t="s">
-        <v>1439</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B57" t="s">
-        <v>1440</v>
+        <v>1448</v>
       </c>
       <c r="C57" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D57" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>1441</v>
+        <v>1449</v>
       </c>
       <c r="F57" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>1442</v>
+        <v>1450</v>
       </c>
       <c r="H57" t="s">
-        <v>1443</v>
+        <v>1451</v>
       </c>
       <c r="I57" t="s">
-        <v>1444</v>
+        <v>1452</v>
       </c>
       <c r="J57" t="s">
-        <v>1246</v>
+        <v>1264</v>
       </c>
       <c r="K57" t="s">
-        <v>1445</v>
+        <v>1453</v>
       </c>
       <c r="L57" t="s">
-        <v>1446</v>
+        <v>1454</v>
       </c>
       <c r="M57" t="s">
-        <v>1447</v>
+        <v>1455</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B58" t="s">
-        <v>1448</v>
+        <v>1456</v>
       </c>
       <c r="C58" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D58" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>1449</v>
+        <v>1457</v>
       </c>
       <c r="F58" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>1450</v>
+        <v>1458</v>
       </c>
       <c r="H58" t="s">
-        <v>1451</v>
+        <v>1459</v>
       </c>
       <c r="I58" t="s">
-        <v>1452</v>
+        <v>1460</v>
       </c>
       <c r="J58" t="s">
-        <v>956</v>
+        <v>974</v>
       </c>
       <c r="K58" t="s">
-        <v>1453</v>
+        <v>1461</v>
       </c>
       <c r="L58" t="s">
-        <v>1454</v>
+        <v>1462</v>
       </c>
       <c r="M58" t="s">
-        <v>1455</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B59" t="s">
-        <v>1456</v>
+        <v>1464</v>
       </c>
       <c r="C59" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D59" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>1457</v>
+        <v>1465</v>
       </c>
       <c r="F59" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>1458</v>
+        <v>1466</v>
       </c>
       <c r="H59" t="s">
-        <v>1459</v>
+        <v>1467</v>
       </c>
       <c r="I59" t="s">
-        <v>1460</v>
+        <v>1468</v>
       </c>
       <c r="J59" t="s">
-        <v>956</v>
+        <v>974</v>
       </c>
       <c r="K59" t="s">
-        <v>1461</v>
+        <v>1469</v>
       </c>
       <c r="L59" t="s">
-        <v>1462</v>
+        <v>1470</v>
       </c>
       <c r="M59" t="s">
-        <v>1463</v>
+        <v>1471</v>
       </c>
       <c r="N59" t="s">
-        <v>1464</v>
+        <v>1472</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B60" t="s">
-        <v>1465</v>
+        <v>1473</v>
       </c>
       <c r="C60" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D60" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>1466</v>
+        <v>1474</v>
       </c>
       <c r="F60" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G60" t="s">
-        <v>1467</v>
+        <v>1475</v>
       </c>
       <c r="H60" t="s">
-        <v>1468</v>
+        <v>1476</v>
       </c>
       <c r="I60" t="s">
-        <v>1469</v>
+        <v>1477</v>
       </c>
       <c r="J60" t="s">
-        <v>1470</v>
+        <v>1478</v>
       </c>
       <c r="K60" t="s">
-        <v>1471</v>
+        <v>1479</v>
       </c>
       <c r="L60" t="s">
-        <v>1472</v>
+        <v>1480</v>
       </c>
       <c r="M60" t="s">
-        <v>1473</v>
+        <v>1481</v>
       </c>
       <c r="N60" t="s">
-        <v>1474</v>
+        <v>1482</v>
       </c>
       <c r="O60" t="s">
-        <v>1475</v>
+        <v>1483</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B61" t="s">
-        <v>1476</v>
+        <v>1484</v>
       </c>
       <c r="C61" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D61" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>1477</v>
+        <v>1485</v>
       </c>
       <c r="F61" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>1478</v>
+        <v>1486</v>
       </c>
       <c r="H61" t="s">
-        <v>1479</v>
+        <v>1487</v>
       </c>
       <c r="I61" t="s">
-        <v>1480</v>
+        <v>1488</v>
       </c>
       <c r="J61" t="s">
-        <v>1481</v>
+        <v>1489</v>
       </c>
       <c r="K61" t="s">
-        <v>1482</v>
+        <v>1490</v>
       </c>
       <c r="L61" t="s">
-        <v>1483</v>
+        <v>1491</v>
       </c>
       <c r="M61" t="s">
-        <v>1484</v>
+        <v>1492</v>
       </c>
       <c r="N61" t="s">
-        <v>1485</v>
+        <v>1493</v>
       </c>
       <c r="O61" t="s">
-        <v>1486</v>
+        <v>1494</v>
       </c>
       <c r="P61" t="s">
-        <v>1487</v>
+        <v>1495</v>
       </c>
       <c r="Q61" t="s">
-        <v>1488</v>
+        <v>1496</v>
       </c>
       <c r="R61" t="s">
-        <v>1489</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B62" t="s">
-        <v>1490</v>
+        <v>1498</v>
       </c>
       <c r="C62" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D62" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>1491</v>
+        <v>1499</v>
       </c>
       <c r="F62" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>1492</v>
+        <v>1500</v>
       </c>
       <c r="H62" t="s">
-        <v>1493</v>
+        <v>1501</v>
       </c>
       <c r="I62" t="s">
-        <v>1017</v>
+        <v>1035</v>
       </c>
       <c r="J62" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="K62" t="s">
-        <v>1494</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B63" t="s">
-        <v>1495</v>
+        <v>1503</v>
       </c>
       <c r="C63" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D63" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>1496</v>
+        <v>1504</v>
       </c>
       <c r="F63" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>1497</v>
+        <v>1505</v>
       </c>
       <c r="H63" t="s">
-        <v>1498</v>
+        <v>1506</v>
       </c>
       <c r="I63" t="s">
-        <v>1499</v>
+        <v>1507</v>
       </c>
       <c r="J63" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K63" t="s">
-        <v>1500</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B64" t="s">
-        <v>1501</v>
+        <v>1509</v>
       </c>
       <c r="C64" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D64" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>1502</v>
+        <v>1510</v>
       </c>
       <c r="F64" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>1503</v>
+        <v>1511</v>
       </c>
       <c r="H64" t="s">
-        <v>1504</v>
+        <v>1512</v>
       </c>
       <c r="I64" t="s">
-        <v>1505</v>
+        <v>1513</v>
       </c>
       <c r="J64" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K64" t="s">
-        <v>1506</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B65" t="s">
-        <v>1507</v>
+        <v>1515</v>
       </c>
       <c r="C65" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D65" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>1508</v>
+        <v>1516</v>
       </c>
       <c r="F65" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>1509</v>
+        <v>1517</v>
       </c>
       <c r="H65" t="s">
-        <v>1510</v>
+        <v>1518</v>
       </c>
       <c r="I65" t="s">
-        <v>1511</v>
+        <v>1519</v>
       </c>
       <c r="J65" t="s">
-        <v>1512</v>
+        <v>1520</v>
       </c>
       <c r="K65" t="s">
-        <v>1513</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B66" t="s">
-        <v>1514</v>
+        <v>1522</v>
       </c>
       <c r="C66" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D66" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>1515</v>
+        <v>1523</v>
       </c>
       <c r="F66" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>1516</v>
+        <v>1524</v>
       </c>
       <c r="H66" t="s">
-        <v>1517</v>
+        <v>1525</v>
       </c>
       <c r="I66" t="s">
-        <v>1460</v>
+        <v>1468</v>
       </c>
       <c r="J66" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K66" t="s">
-        <v>1518</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B67" t="s">
-        <v>1519</v>
+        <v>1527</v>
       </c>
       <c r="C67" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D67" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>1520</v>
+        <v>1528</v>
       </c>
       <c r="F67" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>1521</v>
+        <v>1529</v>
       </c>
       <c r="H67" t="s">
-        <v>1522</v>
+        <v>1530</v>
       </c>
       <c r="I67" t="s">
-        <v>1523</v>
+        <v>1531</v>
       </c>
       <c r="J67" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K67" t="s">
-        <v>1524</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B68" t="s">
-        <v>1525</v>
+        <v>1533</v>
       </c>
       <c r="C68" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D68" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>1526</v>
+        <v>1534</v>
       </c>
       <c r="F68" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>1527</v>
+        <v>1535</v>
       </c>
       <c r="H68" t="s">
-        <v>1528</v>
+        <v>1536</v>
       </c>
       <c r="I68" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="J68" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="K68" t="s">
-        <v>1529</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B69" t="s">
-        <v>1530</v>
+        <v>1538</v>
       </c>
       <c r="C69" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D69" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>1531</v>
+        <v>1539</v>
       </c>
       <c r="F69" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>1532</v>
+        <v>1540</v>
       </c>
       <c r="H69" t="s">
-        <v>1533</v>
+        <v>1541</v>
       </c>
       <c r="I69" t="s">
-        <v>1534</v>
+        <v>1542</v>
       </c>
       <c r="J69" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K69" t="s">
-        <v>1535</v>
+        <v>1543</v>
       </c>
       <c r="L69" t="s">
-        <v>1536</v>
+        <v>1544</v>
       </c>
       <c r="M69" t="s">
-        <v>1537</v>
+        <v>1545</v>
       </c>
       <c r="N69" t="s">
-        <v>1538</v>
+        <v>1546</v>
       </c>
       <c r="O69" t="s">
-        <v>1539</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B70" t="s">
-        <v>1540</v>
+        <v>1548</v>
       </c>
       <c r="C70" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D70" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>1541</v>
+        <v>1549</v>
       </c>
       <c r="F70" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G70" t="s">
-        <v>1542</v>
+        <v>1550</v>
       </c>
       <c r="H70" t="s">
-        <v>1543</v>
+        <v>1551</v>
       </c>
       <c r="I70" t="s">
-        <v>1544</v>
+        <v>1552</v>
       </c>
       <c r="J70" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K70" t="s">
-        <v>1545</v>
+        <v>1553</v>
       </c>
       <c r="L70" t="s">
-        <v>1546</v>
+        <v>1554</v>
       </c>
       <c r="M70" t="s">
-        <v>1547</v>
+        <v>1555</v>
       </c>
       <c r="N70" t="s">
-        <v>1548</v>
+        <v>1556</v>
       </c>
       <c r="O70" t="s">
-        <v>1549</v>
+        <v>1557</v>
       </c>
       <c r="P70" t="s">
-        <v>1550</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B71" t="s">
-        <v>1551</v>
+        <v>1559</v>
       </c>
       <c r="C71" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D71" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>1552</v>
+        <v>1560</v>
       </c>
       <c r="F71" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G71" t="s">
-        <v>1553</v>
+        <v>1561</v>
       </c>
       <c r="H71" t="s">
-        <v>1554</v>
+        <v>1562</v>
       </c>
       <c r="I71" t="s">
-        <v>1555</v>
+        <v>1563</v>
       </c>
       <c r="J71" t="s">
-        <v>1556</v>
+        <v>1564</v>
       </c>
       <c r="K71" t="s">
-        <v>1557</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B72" t="s">
-        <v>1558</v>
+        <v>1566</v>
       </c>
       <c r="C72" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D72" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>1559</v>
+        <v>1567</v>
       </c>
       <c r="F72" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>1560</v>
+        <v>1568</v>
       </c>
       <c r="H72" t="s">
-        <v>1561</v>
+        <v>1569</v>
       </c>
       <c r="I72" t="s">
-        <v>1077</v>
+        <v>1095</v>
       </c>
       <c r="J72" t="s">
-        <v>1562</v>
+        <v>1570</v>
       </c>
       <c r="K72" t="s">
-        <v>1563</v>
+        <v>1571</v>
       </c>
       <c r="L72" t="s">
-        <v>1564</v>
+        <v>1572</v>
       </c>
       <c r="M72" t="s">
-        <v>1565</v>
+        <v>1573</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B73" t="s">
-        <v>1566</v>
+        <v>1574</v>
       </c>
       <c r="C73" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D73" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>1567</v>
+        <v>1575</v>
       </c>
       <c r="F73" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>1568</v>
+        <v>1576</v>
       </c>
       <c r="H73" t="s">
-        <v>1569</v>
+        <v>1577</v>
       </c>
       <c r="I73" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="J73" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K73" t="s">
-        <v>1571</v>
+        <v>1579</v>
       </c>
       <c r="L73" t="s">
-        <v>1572</v>
+        <v>1580</v>
       </c>
       <c r="M73" t="s">
-        <v>1573</v>
+        <v>1581</v>
       </c>
       <c r="N73" t="s">
-        <v>1574</v>
+        <v>1582</v>
       </c>
       <c r="O73" t="s">
-        <v>1575</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B74" t="s">
-        <v>1576</v>
+        <v>1584</v>
       </c>
       <c r="C74" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D74" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>1577</v>
+        <v>1585</v>
       </c>
       <c r="F74" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G74" t="s">
-        <v>1578</v>
+        <v>1586</v>
       </c>
       <c r="H74" t="s">
-        <v>1579</v>
+        <v>1587</v>
       </c>
       <c r="I74" t="s">
-        <v>1580</v>
+        <v>1588</v>
       </c>
       <c r="J74" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="K74" t="s">
-        <v>1581</v>
+        <v>1589</v>
       </c>
       <c r="L74" t="s">
-        <v>1582</v>
+        <v>1590</v>
       </c>
       <c r="M74" t="s">
-        <v>1583</v>
+        <v>1591</v>
       </c>
       <c r="N74" t="s">
-        <v>1584</v>
+        <v>1592</v>
       </c>
       <c r="O74" t="s">
-        <v>1585</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B75" t="s">
-        <v>1586</v>
+        <v>1594</v>
       </c>
       <c r="C75" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D75" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>1587</v>
+        <v>1595</v>
       </c>
       <c r="F75" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G75" t="s">
-        <v>1588</v>
+        <v>1596</v>
       </c>
       <c r="H75" t="s">
-        <v>1589</v>
+        <v>1597</v>
       </c>
       <c r="I75" t="s">
-        <v>1590</v>
+        <v>1598</v>
       </c>
       <c r="J75" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="K75" t="s">
-        <v>1591</v>
+        <v>1599</v>
       </c>
       <c r="L75" t="s">
-        <v>1592</v>
+        <v>1600</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B76" t="s">
-        <v>1593</v>
+        <v>1601</v>
       </c>
       <c r="C76" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D76" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>1594</v>
+        <v>1602</v>
       </c>
       <c r="F76" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G76" t="s">
-        <v>1595</v>
+        <v>1603</v>
       </c>
       <c r="H76" t="s">
-        <v>1596</v>
+        <v>1604</v>
       </c>
       <c r="I76" t="s">
-        <v>1597</v>
+        <v>1605</v>
       </c>
       <c r="J76" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="K76" t="s">
-        <v>1598</v>
+        <v>1606</v>
       </c>
       <c r="L76" t="s">
-        <v>1599</v>
+        <v>1607</v>
       </c>
       <c r="M76" t="s">
-        <v>1600</v>
+        <v>1608</v>
       </c>
       <c r="N76" t="s">
-        <v>1601</v>
+        <v>1609</v>
       </c>
       <c r="O76" t="s">
-        <v>1602</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B77" t="s">
-        <v>1603</v>
+        <v>1611</v>
       </c>
       <c r="C77" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D77" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>1604</v>
+        <v>1612</v>
       </c>
       <c r="F77" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G77" t="s">
-        <v>1605</v>
+        <v>1613</v>
       </c>
       <c r="H77" t="s">
-        <v>1606</v>
+        <v>1614</v>
       </c>
       <c r="I77" t="s">
-        <v>1077</v>
+        <v>1095</v>
       </c>
       <c r="J77" t="s">
-        <v>1512</v>
+        <v>1520</v>
       </c>
       <c r="K77" t="s">
-        <v>1607</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B78" t="s">
-        <v>1608</v>
+        <v>1616</v>
       </c>
       <c r="C78" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D78" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>1609</v>
+        <v>1617</v>
       </c>
       <c r="F78" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>1610</v>
+        <v>1618</v>
       </c>
       <c r="H78" t="s">
-        <v>1611</v>
+        <v>1619</v>
       </c>
       <c r="I78" t="s">
-        <v>1612</v>
+        <v>1620</v>
       </c>
       <c r="J78" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K78" t="s">
-        <v>1613</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B79" t="s">
-        <v>1614</v>
+        <v>1622</v>
       </c>
       <c r="C79" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D79" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>1615</v>
+        <v>1623</v>
       </c>
       <c r="F79" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G79" t="s">
-        <v>1616</v>
+        <v>1624</v>
       </c>
       <c r="H79" t="s">
-        <v>1617</v>
+        <v>1625</v>
       </c>
       <c r="I79" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="J79" t="s">
-        <v>1619</v>
+        <v>1627</v>
       </c>
       <c r="K79" t="s">
-        <v>1620</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B80" t="s">
-        <v>1621</v>
+        <v>1629</v>
       </c>
       <c r="C80" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D80" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>1622</v>
+        <v>1630</v>
       </c>
       <c r="F80" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G80" t="s">
-        <v>1623</v>
+        <v>1631</v>
       </c>
       <c r="H80" t="s">
-        <v>1624</v>
+        <v>1632</v>
       </c>
       <c r="I80" t="s">
-        <v>1274</v>
+        <v>1282</v>
       </c>
       <c r="J80" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="K80" t="s">
-        <v>1625</v>
+        <v>1633</v>
       </c>
       <c r="L80" t="s">
-        <v>1626</v>
+        <v>1634</v>
       </c>
       <c r="M80" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
       <c r="N80" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="O80" t="s">
-        <v>1629</v>
+        <v>1637</v>
       </c>
       <c r="P80" t="s">
-        <v>1630</v>
+        <v>1638</v>
       </c>
       <c r="Q80" t="s">
-        <v>1631</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B81" t="s">
-        <v>1632</v>
+        <v>1640</v>
       </c>
       <c r="C81" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D81" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>1622</v>
+        <v>1630</v>
       </c>
       <c r="F81" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G81" t="s">
-        <v>1633</v>
+        <v>1641</v>
       </c>
       <c r="H81" t="s">
-        <v>1634</v>
+        <v>1642</v>
       </c>
       <c r="I81" t="s">
-        <v>1635</v>
+        <v>1643</v>
       </c>
       <c r="J81" t="s">
-        <v>172</v>
+        <v>182</v>
       </c>
       <c r="K81" t="s">
-        <v>1636</v>
+        <v>1644</v>
       </c>
       <c r="L81" t="s">
-        <v>1637</v>
+        <v>1645</v>
       </c>
       <c r="M81" t="s">
-        <v>1638</v>
+        <v>1646</v>
       </c>
       <c r="N81" t="s">
-        <v>1639</v>
+        <v>1647</v>
       </c>
       <c r="O81" t="s">
-        <v>1640</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B82" t="s">
-        <v>1641</v>
+        <v>1649</v>
       </c>
       <c r="C82" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D82" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>1642</v>
+        <v>1650</v>
       </c>
       <c r="F82" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G82" t="s">
-        <v>1643</v>
+        <v>1651</v>
       </c>
       <c r="H82" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="I82" t="s">
-        <v>1317</v>
+        <v>1325</v>
       </c>
       <c r="J82" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="K82" t="s">
-        <v>1645</v>
+        <v>1653</v>
       </c>
       <c r="L82" t="s">
-        <v>1646</v>
+        <v>1654</v>
       </c>
       <c r="M82" t="s">
-        <v>1647</v>
+        <v>1655</v>
       </c>
       <c r="N82" t="s">
-        <v>1648</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B83" t="s">
-        <v>1649</v>
+        <v>1657</v>
       </c>
       <c r="C83" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D83" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>1650</v>
+        <v>1658</v>
       </c>
       <c r="F83" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G83" t="s">
-        <v>1651</v>
+        <v>1659</v>
       </c>
       <c r="H83" t="s">
-        <v>1652</v>
+        <v>1660</v>
       </c>
       <c r="I83" t="s">
-        <v>1405</v>
+        <v>1413</v>
       </c>
       <c r="J83" t="s">
-        <v>1653</v>
+        <v>1661</v>
       </c>
       <c r="K83" t="s">
-        <v>1654</v>
+        <v>1662</v>
       </c>
       <c r="L83" t="s">
-        <v>1655</v>
+        <v>1663</v>
       </c>
       <c r="M83" t="s">
-        <v>1656</v>
+        <v>1664</v>
       </c>
       <c r="N83" t="s">
-        <v>1657</v>
+        <v>1665</v>
       </c>
       <c r="O83" t="s">
-        <v>1658</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B84" t="s">
-        <v>1659</v>
+        <v>1667</v>
       </c>
       <c r="C84" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D84" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>1660</v>
+        <v>1668</v>
       </c>
       <c r="F84" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G84" t="s">
-        <v>1661</v>
+        <v>1669</v>
       </c>
       <c r="H84" t="s">
-        <v>1662</v>
+        <v>1670</v>
       </c>
       <c r="I84" t="s">
-        <v>1663</v>
+        <v>1671</v>
       </c>
       <c r="J84" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K84" t="s">
-        <v>1664</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B85" t="s">
-        <v>1665</v>
+        <v>1673</v>
       </c>
       <c r="C85" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D85" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>1666</v>
+        <v>1674</v>
       </c>
       <c r="F85" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G85" t="s">
-        <v>1667</v>
+        <v>1675</v>
       </c>
       <c r="H85" t="s">
-        <v>1668</v>
+        <v>1676</v>
       </c>
       <c r="I85" t="s">
-        <v>942</v>
+        <v>960</v>
       </c>
       <c r="J85" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="K85" t="s">
-        <v>1669</v>
+        <v>1677</v>
       </c>
       <c r="L85" t="s">
-        <v>1670</v>
+        <v>1678</v>
       </c>
       <c r="M85" t="s">
-        <v>1671</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B86" t="s">
-        <v>1672</v>
+        <v>1680</v>
       </c>
       <c r="C86" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D86" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E86" t="s">
-        <v>1673</v>
+        <v>1681</v>
       </c>
       <c r="F86" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G86" t="s">
-        <v>1674</v>
+        <v>1682</v>
       </c>
       <c r="H86" t="s">
-        <v>1675</v>
+        <v>1683</v>
       </c>
       <c r="I86" t="s">
-        <v>942</v>
+        <v>960</v>
       </c>
       <c r="J86" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K86" t="s">
-        <v>1676</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B87" t="s">
-        <v>1677</v>
+        <v>1685</v>
       </c>
       <c r="C87" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D87" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E87" t="s">
-        <v>1678</v>
+        <v>1686</v>
       </c>
       <c r="F87" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G87" t="s">
-        <v>1679</v>
+        <v>1687</v>
       </c>
       <c r="H87" t="s">
-        <v>1680</v>
+        <v>1688</v>
       </c>
       <c r="I87" t="s">
-        <v>1681</v>
+        <v>1689</v>
       </c>
       <c r="J87" t="s">
-        <v>1116</v>
+        <v>1134</v>
       </c>
       <c r="K87" t="s">
-        <v>1682</v>
+        <v>1690</v>
       </c>
       <c r="L87" t="s">
-        <v>1683</v>
+        <v>1691</v>
       </c>
       <c r="M87" t="s">
-        <v>1684</v>
+        <v>1692</v>
       </c>
       <c r="N87" t="s">
-        <v>1685</v>
+        <v>1693</v>
       </c>
       <c r="O87" t="s">
-        <v>1686</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B88" t="s">
-        <v>1687</v>
+        <v>1695</v>
       </c>
       <c r="C88" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D88" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>1678</v>
+        <v>1686</v>
       </c>
       <c r="F88" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G88" t="s">
-        <v>1688</v>
+        <v>1696</v>
       </c>
       <c r="H88" t="s">
-        <v>1689</v>
+        <v>1697</v>
       </c>
       <c r="I88" t="s">
-        <v>1690</v>
+        <v>1698</v>
       </c>
       <c r="J88" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="K88" t="s">
-        <v>1691</v>
+        <v>1699</v>
       </c>
       <c r="L88" t="s">
-        <v>1692</v>
+        <v>1700</v>
       </c>
       <c r="M88" t="s">
-        <v>1693</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B89" t="s">
-        <v>1694</v>
+        <v>1702</v>
       </c>
       <c r="C89" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D89" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>1695</v>
+        <v>1703</v>
       </c>
       <c r="F89" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G89" t="s">
-        <v>1696</v>
+        <v>1704</v>
       </c>
       <c r="H89" t="s">
-        <v>1697</v>
+        <v>1705</v>
       </c>
       <c r="I89" t="s">
-        <v>1698</v>
+        <v>1706</v>
       </c>
       <c r="J89" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="K89" t="s">
-        <v>1699</v>
+        <v>1707</v>
       </c>
       <c r="L89" t="s">
-        <v>1700</v>
+        <v>1708</v>
       </c>
       <c r="M89" t="s">
-        <v>1701</v>
+        <v>1709</v>
       </c>
       <c r="N89" t="s">
-        <v>1702</v>
+        <v>1710</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B90" t="s">
-        <v>1703</v>
+        <v>1711</v>
       </c>
       <c r="C90" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D90" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>1704</v>
+        <v>1712</v>
       </c>
       <c r="F90" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G90" t="s">
-        <v>1705</v>
+        <v>1713</v>
       </c>
       <c r="H90" t="s">
-        <v>1706</v>
+        <v>1714</v>
       </c>
       <c r="I90" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="J90" t="s">
-        <v>1707</v>
+        <v>1715</v>
       </c>
       <c r="K90" t="s">
-        <v>1708</v>
+        <v>1716</v>
       </c>
       <c r="L90" t="s">
-        <v>1709</v>
+        <v>1717</v>
       </c>
       <c r="M90" t="s">
-        <v>1710</v>
+        <v>1718</v>
       </c>
       <c r="N90" t="s">
-        <v>1711</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B91" t="s">
-        <v>1712</v>
+        <v>1720</v>
       </c>
       <c r="C91" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D91" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E91" t="s">
-        <v>1713</v>
+        <v>1721</v>
       </c>
       <c r="F91" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G91" t="s">
-        <v>1714</v>
+        <v>1722</v>
       </c>
       <c r="H91" t="s">
-        <v>1715</v>
+        <v>1723</v>
       </c>
       <c r="I91" t="s">
-        <v>1716</v>
+        <v>1724</v>
       </c>
       <c r="J91" t="s">
-        <v>1717</v>
+        <v>1725</v>
       </c>
       <c r="K91" t="s">
-        <v>1718</v>
+        <v>1726</v>
       </c>
       <c r="L91" t="s">
-        <v>1719</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B92" t="s">
-        <v>1720</v>
+        <v>1728</v>
       </c>
       <c r="C92" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D92" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>1721</v>
+        <v>1729</v>
       </c>
       <c r="F92" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G92" t="s">
-        <v>1722</v>
+        <v>1730</v>
       </c>
       <c r="H92" t="s">
-        <v>1723</v>
+        <v>1731</v>
       </c>
       <c r="I92" t="s">
-        <v>1724</v>
+        <v>1732</v>
       </c>
       <c r="J92" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K92" t="s">
-        <v>1725</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B93" t="s">
-        <v>1726</v>
+        <v>1734</v>
       </c>
       <c r="C93" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D93" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>1727</v>
+        <v>1735</v>
       </c>
       <c r="F93" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G93" t="s">
-        <v>1728</v>
+        <v>1736</v>
       </c>
       <c r="H93" t="s">
-        <v>1729</v>
+        <v>1737</v>
       </c>
       <c r="I93" t="s">
-        <v>955</v>
+        <v>973</v>
       </c>
       <c r="J93" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K93" t="s">
-        <v>1730</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B94" t="s">
-        <v>1731</v>
+        <v>1739</v>
       </c>
       <c r="C94" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D94" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>1732</v>
+        <v>1740</v>
       </c>
       <c r="F94" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G94" t="s">
-        <v>1733</v>
+        <v>1741</v>
       </c>
       <c r="H94" t="s">
-        <v>1734</v>
+        <v>1742</v>
       </c>
       <c r="I94" t="s">
-        <v>1735</v>
+        <v>1743</v>
       </c>
       <c r="J94" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K94" t="s">
-        <v>1736</v>
+        <v>1744</v>
       </c>
       <c r="L94" t="s">
-        <v>1737</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B95" t="s">
-        <v>1738</v>
+        <v>1746</v>
       </c>
       <c r="C95" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D95" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E95" t="s">
-        <v>1739</v>
+        <v>1747</v>
       </c>
       <c r="F95" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G95" t="s">
-        <v>1740</v>
+        <v>1748</v>
       </c>
       <c r="H95" t="s">
-        <v>1741</v>
+        <v>1749</v>
       </c>
       <c r="I95" t="s">
-        <v>1742</v>
+        <v>1750</v>
       </c>
       <c r="J95" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="K95" t="s">
-        <v>1743</v>
+        <v>1751</v>
       </c>
       <c r="L95" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
       <c r="M95" t="s">
-        <v>1745</v>
+        <v>1753</v>
       </c>
       <c r="N95" t="s">
-        <v>1746</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B96" t="s">
-        <v>1747</v>
+        <v>1755</v>
       </c>
       <c r="C96" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D96" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>1748</v>
+        <v>1756</v>
       </c>
       <c r="F96" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G96" t="s">
-        <v>1749</v>
+        <v>1757</v>
       </c>
       <c r="H96" t="s">
-        <v>1750</v>
+        <v>1758</v>
       </c>
       <c r="I96" t="s">
-        <v>1751</v>
+        <v>1759</v>
       </c>
       <c r="J96" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="K96" t="s">
-        <v>1752</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B97" t="s">
-        <v>1753</v>
+        <v>1761</v>
       </c>
       <c r="C97" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D97" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E97" t="s">
-        <v>1748</v>
+        <v>1756</v>
       </c>
       <c r="F97" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G97" t="s">
-        <v>1754</v>
+        <v>1762</v>
       </c>
       <c r="H97" t="s">
-        <v>1755</v>
+        <v>1763</v>
       </c>
       <c r="I97" t="s">
-        <v>1756</v>
+        <v>1764</v>
       </c>
       <c r="J97" t="s">
-        <v>1757</v>
+        <v>1765</v>
       </c>
       <c r="K97" t="s">
-        <v>1758</v>
+        <v>1766</v>
       </c>
       <c r="L97" t="s">
-        <v>1759</v>
+        <v>1767</v>
       </c>
       <c r="M97" t="s">
-        <v>1760</v>
+        <v>1768</v>
       </c>
       <c r="N97" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B98" t="s">
-        <v>1762</v>
+        <v>1770</v>
       </c>
       <c r="C98" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D98" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E98" t="s">
-        <v>1748</v>
+        <v>1756</v>
       </c>
       <c r="F98" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G98" t="s">
-        <v>1763</v>
+        <v>1771</v>
       </c>
       <c r="H98" t="s">
-        <v>1764</v>
+        <v>1772</v>
       </c>
       <c r="I98" t="s">
-        <v>1765</v>
+        <v>1773</v>
       </c>
       <c r="J98" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="K98" t="s">
-        <v>1766</v>
+        <v>1774</v>
       </c>
       <c r="L98" t="s">
-        <v>1767</v>
+        <v>1775</v>
       </c>
       <c r="M98" t="s">
-        <v>1768</v>
+        <v>1776</v>
       </c>
       <c r="N98" t="s">
-        <v>1769</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B99" t="s">
-        <v>1770</v>
+        <v>1778</v>
       </c>
       <c r="C99" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D99" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E99" t="s">
-        <v>1771</v>
+        <v>1779</v>
       </c>
       <c r="F99" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G99" t="s">
-        <v>1772</v>
+        <v>1780</v>
       </c>
       <c r="H99" t="s">
-        <v>1773</v>
+        <v>1781</v>
       </c>
       <c r="I99" t="s">
-        <v>1774</v>
+        <v>1782</v>
       </c>
       <c r="J99" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="K99" t="s">
-        <v>1775</v>
+        <v>1783</v>
       </c>
       <c r="L99" t="s">
-        <v>1776</v>
+        <v>1784</v>
       </c>
       <c r="M99" t="s">
-        <v>1777</v>
+        <v>1785</v>
       </c>
       <c r="N99" t="s">
-        <v>1778</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B100" t="s">
-        <v>1779</v>
+        <v>1787</v>
       </c>
       <c r="C100" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D100" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E100" t="s">
-        <v>1780</v>
+        <v>1788</v>
       </c>
       <c r="F100" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G100" t="s">
-        <v>1781</v>
+        <v>1789</v>
       </c>
       <c r="H100" t="s">
-        <v>1782</v>
+        <v>1790</v>
       </c>
       <c r="I100" t="s">
-        <v>1783</v>
+        <v>1791</v>
       </c>
       <c r="J100" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="K100" t="s">
-        <v>1784</v>
+        <v>1792</v>
       </c>
       <c r="L100" t="s">
-        <v>1785</v>
+        <v>1793</v>
       </c>
       <c r="M100" t="s">
-        <v>1786</v>
+        <v>1794</v>
       </c>
       <c r="N100" t="s">
-        <v>1787</v>
+        <v>1795</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B101" t="s">
-        <v>1788</v>
+        <v>1796</v>
       </c>
       <c r="C101" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D101" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E101" t="s">
-        <v>1789</v>
+        <v>1797</v>
       </c>
       <c r="F101" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G101" t="s">
-        <v>1790</v>
+        <v>1798</v>
       </c>
       <c r="H101" t="s">
-        <v>1791</v>
+        <v>1799</v>
       </c>
       <c r="I101" t="s">
-        <v>1792</v>
+        <v>1800</v>
       </c>
       <c r="J101" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K101" t="s">
-        <v>1793</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B102" t="s">
-        <v>1794</v>
+        <v>1802</v>
       </c>
       <c r="C102" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D102" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E102" t="s">
-        <v>1748</v>
+        <v>1756</v>
       </c>
       <c r="F102" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G102" t="s">
-        <v>1795</v>
+        <v>1803</v>
       </c>
       <c r="H102" t="s">
-        <v>1796</v>
+        <v>1804</v>
       </c>
       <c r="I102" t="s">
-        <v>1077</v>
+        <v>1095</v>
       </c>
       <c r="J102" t="s">
-        <v>1797</v>
+        <v>1805</v>
       </c>
       <c r="K102" t="s">
-        <v>1798</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B103" t="s">
-        <v>1799</v>
+        <v>1807</v>
       </c>
       <c r="C103" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D103" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E103" t="s">
-        <v>1800</v>
+        <v>1808</v>
       </c>
       <c r="F103" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G103" t="s">
-        <v>1801</v>
+        <v>1809</v>
       </c>
       <c r="H103" t="s">
-        <v>1802</v>
+        <v>1810</v>
       </c>
       <c r="I103" t="s">
-        <v>1803</v>
+        <v>1811</v>
       </c>
       <c r="J103" t="s">
-        <v>1804</v>
+        <v>1812</v>
       </c>
       <c r="K103" t="s">
-        <v>1805</v>
+        <v>1813</v>
       </c>
       <c r="L103" t="s">
-        <v>1806</v>
+        <v>1814</v>
       </c>
       <c r="M103" t="s">
-        <v>1807</v>
+        <v>1815</v>
       </c>
       <c r="N103" t="s">
-        <v>1808</v>
+        <v>1816</v>
       </c>
       <c r="O103" t="s">
-        <v>1809</v>
+        <v>1817</v>
       </c>
       <c r="P103" t="s">
-        <v>1810</v>
+        <v>1818</v>
       </c>
       <c r="Q103" t="s">
-        <v>1811</v>
+        <v>1819</v>
       </c>
       <c r="R103" t="s">
-        <v>1812</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B104" t="s">
-        <v>1813</v>
+        <v>1821</v>
       </c>
       <c r="C104" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D104" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E104" t="s">
-        <v>1814</v>
+        <v>1822</v>
       </c>
       <c r="F104" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G104" t="s">
-        <v>1815</v>
+        <v>1823</v>
       </c>
       <c r="H104" t="s">
-        <v>1816</v>
+        <v>1824</v>
       </c>
       <c r="I104" t="s">
-        <v>1817</v>
+        <v>1825</v>
       </c>
       <c r="J104" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K104" t="s">
-        <v>1818</v>
+        <v>1826</v>
       </c>
       <c r="L104" t="s">
-        <v>1819</v>
+        <v>1827</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B105" t="s">
-        <v>1820</v>
+        <v>1828</v>
       </c>
       <c r="C105" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D105" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E105" t="s">
-        <v>1821</v>
+        <v>1829</v>
       </c>
       <c r="F105" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G105" t="s">
-        <v>1822</v>
+        <v>1830</v>
       </c>
       <c r="H105" t="s">
-        <v>1823</v>
+        <v>1831</v>
       </c>
       <c r="I105" t="s">
-        <v>1824</v>
+        <v>1832</v>
       </c>
       <c r="J105" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="K105" t="s">
-        <v>1825</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B106" t="s">
-        <v>1826</v>
+        <v>1834</v>
       </c>
       <c r="C106" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D106" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E106" t="s">
-        <v>1827</v>
+        <v>1835</v>
       </c>
       <c r="F106" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G106" t="s">
-        <v>1828</v>
+        <v>1836</v>
       </c>
       <c r="H106" t="s">
-        <v>1829</v>
+        <v>1837</v>
       </c>
       <c r="I106" t="s">
-        <v>1830</v>
+        <v>1838</v>
       </c>
       <c r="J106" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="K106" t="s">
-        <v>1831</v>
+        <v>1839</v>
       </c>
       <c r="L106" t="s">
-        <v>1832</v>
+        <v>1840</v>
       </c>
       <c r="M106" t="s">
-        <v>1833</v>
+        <v>1841</v>
       </c>
       <c r="N106" t="s">
-        <v>1834</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B107" t="s">
+        <v>1843</v>
+      </c>
+      <c r="C107" t="s">
+        <v>12</v>
+      </c>
+      <c r="D107" t="s">
+        <v>12</v>
+      </c>
+      <c r="E107" t="s">
         <v>1835</v>
       </c>
-      <c r="C107" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F107" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G107" t="s">
-        <v>1836</v>
+        <v>1844</v>
       </c>
       <c r="H107" t="s">
-        <v>1837</v>
+        <v>1845</v>
       </c>
       <c r="I107" t="s">
-        <v>1838</v>
+        <v>1846</v>
       </c>
       <c r="J107" t="s">
-        <v>422</v>
+        <v>430</v>
       </c>
       <c r="K107" t="s">
-        <v>1839</v>
+        <v>1847</v>
       </c>
       <c r="L107" t="s">
-        <v>1840</v>
+        <v>1848</v>
       </c>
       <c r="M107" t="s">
-        <v>1841</v>
+        <v>1849</v>
       </c>
       <c r="N107" t="s">
-        <v>1842</v>
+        <v>1850</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B108" t="s">
-        <v>1843</v>
+        <v>1851</v>
       </c>
       <c r="C108" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D108" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E108" t="s">
-        <v>1844</v>
+        <v>1852</v>
       </c>
       <c r="F108" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G108" t="s">
-        <v>1845</v>
+        <v>1853</v>
       </c>
       <c r="H108" t="s">
-        <v>1846</v>
+        <v>1854</v>
       </c>
       <c r="I108" t="s">
-        <v>1847</v>
+        <v>1855</v>
       </c>
       <c r="J108" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="K108" t="s">
-        <v>1848</v>
+        <v>1856</v>
       </c>
       <c r="L108" t="s">
-        <v>1849</v>
+        <v>1857</v>
       </c>
       <c r="M108" t="s">
-        <v>1850</v>
+        <v>1858</v>
       </c>
       <c r="N108" t="s">
-        <v>1851</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B109" t="s">
+        <v>1860</v>
+      </c>
+      <c r="C109" t="s">
+        <v>12</v>
+      </c>
+      <c r="D109" t="s">
+        <v>12</v>
+      </c>
+      <c r="E109" t="s">
         <v>1852</v>
       </c>
-      <c r="C109" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F109" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G109" t="s">
-        <v>1853</v>
+        <v>1861</v>
       </c>
       <c r="H109" t="s">
-        <v>1854</v>
+        <v>1862</v>
       </c>
       <c r="I109" t="s">
-        <v>1855</v>
+        <v>1863</v>
       </c>
       <c r="J109" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K109" t="s">
-        <v>1856</v>
+        <v>1864</v>
       </c>
       <c r="L109" t="s">
-        <v>1857</v>
+        <v>1865</v>
       </c>
       <c r="M109" t="s">
-        <v>1858</v>
+        <v>1866</v>
       </c>
       <c r="N109" t="s">
-        <v>1859</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B110" t="s">
-        <v>1860</v>
+        <v>1868</v>
       </c>
       <c r="C110" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D110" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E110" t="s">
-        <v>1861</v>
+        <v>1869</v>
       </c>
       <c r="F110" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G110" t="s">
-        <v>1862</v>
+        <v>1870</v>
       </c>
       <c r="H110" t="s">
-        <v>1863</v>
+        <v>1871</v>
       </c>
       <c r="I110" t="s">
-        <v>1077</v>
+        <v>1095</v>
       </c>
       <c r="J110" t="s">
-        <v>1864</v>
+        <v>1872</v>
       </c>
       <c r="K110" t="s">
-        <v>1865</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B111" t="s">
-        <v>1866</v>
+        <v>1874</v>
       </c>
       <c r="C111" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D111" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E111" t="s">
-        <v>1867</v>
+        <v>1875</v>
       </c>
       <c r="F111" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G111" t="s">
-        <v>1868</v>
+        <v>1876</v>
       </c>
       <c r="H111" t="s">
-        <v>1869</v>
+        <v>1877</v>
       </c>
       <c r="I111" t="s">
-        <v>1870</v>
+        <v>1878</v>
       </c>
       <c r="J111" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="K111" t="s">
-        <v>1871</v>
+        <v>1879</v>
       </c>
       <c r="L111" t="s">
-        <v>1872</v>
+        <v>1880</v>
       </c>
       <c r="M111" t="s">
-        <v>1873</v>
+        <v>1881</v>
       </c>
       <c r="N111" t="s">
-        <v>1874</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B112" t="s">
-        <v>1875</v>
+        <v>1883</v>
       </c>
       <c r="C112" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D112" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E112" t="s">
-        <v>1876</v>
+        <v>1884</v>
       </c>
       <c r="F112" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G112" t="s">
-        <v>1877</v>
+        <v>1885</v>
       </c>
       <c r="H112" t="s">
-        <v>1878</v>
+        <v>1886</v>
       </c>
       <c r="I112" t="s">
-        <v>1879</v>
+        <v>1887</v>
       </c>
       <c r="J112" t="s">
-        <v>1880</v>
+        <v>1888</v>
       </c>
       <c r="K112" t="s">
-        <v>1881</v>
+        <v>1889</v>
       </c>
       <c r="L112" t="s">
-        <v>1882</v>
+        <v>1890</v>
       </c>
       <c r="M112" t="s">
-        <v>1883</v>
+        <v>1891</v>
       </c>
       <c r="N112" t="s">
-        <v>1884</v>
+        <v>1892</v>
       </c>
       <c r="O112" t="s">
-        <v>1885</v>
+        <v>1893</v>
       </c>
       <c r="P112" t="s">
-        <v>1886</v>
+        <v>1894</v>
       </c>
       <c r="Q112" t="s">
-        <v>1887</v>
+        <v>1895</v>
       </c>
       <c r="R112" t="s">
-        <v>1888</v>
+        <v>1896</v>
       </c>
       <c r="S112" t="s">
-        <v>1889</v>
+        <v>1897</v>
       </c>
       <c r="T112" t="s">
-        <v>1890</v>
+        <v>1898</v>
       </c>
       <c r="U112" t="s">
-        <v>1891</v>
+        <v>1899</v>
       </c>
       <c r="V112" t="s">
-        <v>1892</v>
+        <v>1900</v>
       </c>
       <c r="W112" t="s">
-        <v>1893</v>
+        <v>1901</v>
       </c>
       <c r="X112" t="s">
-        <v>1894</v>
+        <v>1902</v>
       </c>
       <c r="Y112" t="s">
-        <v>1895</v>
+        <v>1903</v>
       </c>
       <c r="Z112" t="s">
-        <v>1896</v>
+        <v>1904</v>
       </c>
       <c r="AA112" t="s">
-        <v>1897</v>
+        <v>1905</v>
       </c>
       <c r="AB112" t="s">
-        <v>1898</v>
+        <v>1906</v>
       </c>
       <c r="AC112" t="s">
-        <v>1899</v>
+        <v>1907</v>
       </c>
       <c r="AD112" t="s">
-        <v>1900</v>
+        <v>1908</v>
       </c>
       <c r="AE112" t="s">
-        <v>1901</v>
+        <v>1909</v>
       </c>
       <c r="AF112" t="s">
-        <v>1902</v>
+        <v>1910</v>
       </c>
       <c r="AG112" t="s">
-        <v>1903</v>
+        <v>1911</v>
       </c>
       <c r="AH112" t="s">
-        <v>1904</v>
+        <v>1912</v>
       </c>
       <c r="AI112" t="s">
-        <v>1905</v>
+        <v>1913</v>
       </c>
       <c r="AJ112" t="s">
-        <v>1906</v>
+        <v>1914</v>
       </c>
       <c r="AK112" t="s">
-        <v>1907</v>
+        <v>1915</v>
       </c>
       <c r="AL112" t="s">
-        <v>1908</v>
+        <v>1916</v>
       </c>
       <c r="AM112" t="s">
-        <v>1909</v>
+        <v>1917</v>
       </c>
       <c r="AN112" t="s">
-        <v>1910</v>
+        <v>1918</v>
       </c>
       <c r="AO112" t="s">
-        <v>1911</v>
+        <v>1919</v>
       </c>
       <c r="AP112" t="s">
-        <v>1912</v>
+        <v>1920</v>
       </c>
       <c r="AQ112" t="s">
-        <v>1913</v>
+        <v>1921</v>
       </c>
       <c r="AR112" t="s">
-        <v>1914</v>
+        <v>1922</v>
       </c>
       <c r="AS112" t="s">
-        <v>1915</v>
+        <v>1923</v>
       </c>
       <c r="AT112" t="s">
-        <v>1916</v>
+        <v>1924</v>
       </c>
       <c r="AU112" t="s">
-        <v>1917</v>
+        <v>1925</v>
       </c>
       <c r="AV112" t="s">
-        <v>1918</v>
+        <v>1926</v>
       </c>
       <c r="AW112" t="s">
-        <v>1919</v>
+        <v>1927</v>
       </c>
       <c r="AX112" t="s">
-        <v>1920</v>
+        <v>1928</v>
       </c>
       <c r="AY112" t="s">
-        <v>1921</v>
+        <v>1929</v>
       </c>
       <c r="AZ112" t="s">
-        <v>1922</v>
+        <v>1930</v>
       </c>
       <c r="BA112" t="s">
-        <v>1923</v>
+        <v>1931</v>
       </c>
       <c r="BB112" t="s">
-        <v>1924</v>
+        <v>1932</v>
       </c>
       <c r="BC112" t="s">
-        <v>1925</v>
+        <v>1933</v>
       </c>
       <c r="BD112" t="s">
-        <v>1926</v>
+        <v>1934</v>
       </c>
       <c r="BE112" t="s">
-        <v>1927</v>
+        <v>1935</v>
       </c>
       <c r="BF112" t="s">
-        <v>1928</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B113" t="s">
-        <v>1929</v>
+        <v>1937</v>
       </c>
       <c r="C113" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D113" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E113" t="s">
-        <v>1930</v>
+        <v>1938</v>
       </c>
       <c r="F113" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G113" t="s">
-        <v>1931</v>
+        <v>1939</v>
       </c>
       <c r="H113" t="s">
-        <v>1932</v>
+        <v>1940</v>
       </c>
       <c r="I113" t="s">
-        <v>942</v>
+        <v>960</v>
       </c>
       <c r="J113" t="s">
-        <v>1933</v>
+        <v>1941</v>
       </c>
       <c r="K113" t="s">
-        <v>1934</v>
+        <v>1942</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B114" t="s">
-        <v>1935</v>
+        <v>1943</v>
       </c>
       <c r="C114" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D114" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E114" t="s">
-        <v>1936</v>
+        <v>1944</v>
       </c>
       <c r="F114" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G114" t="s">
-        <v>1937</v>
+        <v>1945</v>
       </c>
       <c r="H114" t="s">
-        <v>1938</v>
+        <v>1946</v>
       </c>
       <c r="I114" t="s">
-        <v>1939</v>
+        <v>1947</v>
       </c>
       <c r="J114" t="s">
-        <v>1940</v>
+        <v>1948</v>
       </c>
       <c r="K114" t="s">
-        <v>1941</v>
+        <v>1949</v>
       </c>
       <c r="L114" t="s">
-        <v>1942</v>
+        <v>1950</v>
       </c>
       <c r="M114" t="s">
-        <v>1943</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B115" t="s">
-        <v>1944</v>
+        <v>1952</v>
       </c>
       <c r="C115" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D115" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E115" t="s">
-        <v>1945</v>
+        <v>1953</v>
       </c>
       <c r="F115" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G115" t="s">
-        <v>1946</v>
+        <v>1954</v>
       </c>
       <c r="H115" t="s">
-        <v>1947</v>
+        <v>1955</v>
       </c>
       <c r="I115" t="s">
-        <v>1948</v>
+        <v>1956</v>
       </c>
       <c r="J115" t="s">
-        <v>1949</v>
+        <v>1957</v>
       </c>
       <c r="K115" t="s">
-        <v>1950</v>
+        <v>1958</v>
       </c>
       <c r="L115" t="s">
-        <v>1951</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B116" t="s">
-        <v>1952</v>
+        <v>1960</v>
       </c>
       <c r="C116" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D116" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E116" t="s">
-        <v>1953</v>
+        <v>1961</v>
       </c>
       <c r="F116" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G116" t="s">
-        <v>1954</v>
+        <v>1962</v>
       </c>
       <c r="H116" t="s">
-        <v>1955</v>
+        <v>1963</v>
       </c>
       <c r="I116" t="s">
-        <v>1956</v>
+        <v>1964</v>
       </c>
       <c r="J116" t="s">
-        <v>1957</v>
+        <v>1965</v>
       </c>
       <c r="K116" t="s">
-        <v>1958</v>
+        <v>1966</v>
       </c>
       <c r="L116" t="s">
-        <v>1959</v>
+        <v>1967</v>
       </c>
       <c r="M116" t="s">
-        <v>1960</v>
+        <v>1968</v>
       </c>
       <c r="N116" t="s">
-        <v>1961</v>
+        <v>1969</v>
       </c>
       <c r="O116" t="s">
-        <v>1962</v>
+        <v>1970</v>
       </c>
       <c r="P116" t="s">
-        <v>1963</v>
+        <v>1971</v>
       </c>
       <c r="Q116" t="s">
-        <v>1964</v>
+        <v>1972</v>
       </c>
       <c r="R116" t="s">
-        <v>1965</v>
+        <v>1973</v>
       </c>
       <c r="S116" t="s">
-        <v>1966</v>
+        <v>1974</v>
       </c>
       <c r="T116" t="s">
-        <v>1967</v>
+        <v>1975</v>
       </c>
       <c r="U116" t="s">
-        <v>1968</v>
+        <v>1976</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B117" t="s">
-        <v>1969</v>
+        <v>1977</v>
       </c>
       <c r="C117" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D117" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E117" t="s">
-        <v>1970</v>
+        <v>1978</v>
       </c>
       <c r="F117" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G117" t="s">
-        <v>1971</v>
+        <v>1979</v>
       </c>
       <c r="H117" t="s">
-        <v>1972</v>
+        <v>1980</v>
       </c>
       <c r="I117" t="s">
-        <v>1973</v>
+        <v>1981</v>
       </c>
       <c r="J117" t="s">
-        <v>1974</v>
+        <v>1982</v>
       </c>
       <c r="K117" t="s">
-        <v>1975</v>
+        <v>1983</v>
       </c>
       <c r="L117" t="s">
-        <v>1976</v>
+        <v>1984</v>
       </c>
       <c r="M117" t="s">
-        <v>1977</v>
+        <v>1985</v>
       </c>
       <c r="N117" t="s">
-        <v>1978</v>
+        <v>1986</v>
       </c>
       <c r="O117" t="s">
-        <v>1979</v>
+        <v>1987</v>
       </c>
       <c r="P117" t="s">
-        <v>1980</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B118" t="s">
-        <v>1981</v>
+        <v>1989</v>
       </c>
       <c r="C118" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D118" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E118" t="s">
-        <v>1982</v>
+        <v>1990</v>
       </c>
       <c r="F118" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G118" t="s">
-        <v>1983</v>
+        <v>1991</v>
       </c>
       <c r="H118" t="s">
-        <v>1984</v>
+        <v>1992</v>
       </c>
       <c r="I118" t="s">
-        <v>1838</v>
+        <v>1846</v>
       </c>
       <c r="J118" t="s">
-        <v>1116</v>
+        <v>1134</v>
       </c>
       <c r="K118" t="s">
-        <v>1985</v>
+        <v>1993</v>
       </c>
       <c r="L118" t="s">
-        <v>1986</v>
+        <v>1994</v>
       </c>
       <c r="M118" t="s">
-        <v>1987</v>
+        <v>1995</v>
       </c>
       <c r="N118" t="s">
-        <v>1988</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B119" t="s">
-        <v>1989</v>
+        <v>1997</v>
       </c>
       <c r="C119" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D119" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E119" t="s">
-        <v>1990</v>
+        <v>1998</v>
       </c>
       <c r="F119" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G119" t="s">
-        <v>1991</v>
+        <v>1999</v>
       </c>
       <c r="H119" t="s">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="I119" t="s">
-        <v>1993</v>
+        <v>2001</v>
       </c>
       <c r="J119" t="s">
-        <v>1994</v>
+        <v>2002</v>
       </c>
       <c r="K119" t="s">
-        <v>1995</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B120" t="s">
-        <v>1996</v>
+        <v>2004</v>
       </c>
       <c r="C120" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D120" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E120" t="s">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="F120" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G120" t="s">
-        <v>1998</v>
+        <v>2006</v>
       </c>
       <c r="H120" t="s">
-        <v>1999</v>
+        <v>2007</v>
       </c>
       <c r="I120" t="s">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="J120" t="s">
-        <v>1246</v>
+        <v>1264</v>
       </c>
       <c r="K120" t="s">
-        <v>2001</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B121" t="s">
-        <v>2002</v>
+        <v>2010</v>
       </c>
       <c r="C121" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D121" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E121" t="s">
-        <v>2003</v>
+        <v>2011</v>
       </c>
       <c r="F121" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G121" t="s">
-        <v>2004</v>
+        <v>2012</v>
       </c>
       <c r="H121" t="s">
-        <v>2005</v>
+        <v>2013</v>
       </c>
       <c r="I121" t="s">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="J121" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="K121" t="s">
-        <v>2006</v>
+        <v>2014</v>
       </c>
       <c r="L121" t="s">
-        <v>2007</v>
+        <v>2015</v>
       </c>
       <c r="M121" t="s">
-        <v>2008</v>
+        <v>2016</v>
       </c>
       <c r="N121" t="s">
-        <v>2009</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B122" t="s">
-        <v>2010</v>
+        <v>2018</v>
       </c>
       <c r="C122" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D122" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E122" t="s">
-        <v>2011</v>
+        <v>2019</v>
       </c>
       <c r="F122" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G122" t="s">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="H122" t="s">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="I122" t="s">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="J122" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="K122" t="s">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="L122" t="s">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="M122" t="s">
-        <v>2017</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B123" t="s">
-        <v>2018</v>
+        <v>2026</v>
       </c>
       <c r="C123" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D123" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E123" t="s">
-        <v>2019</v>
+        <v>2027</v>
       </c>
       <c r="F123" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G123" t="s">
-        <v>2020</v>
+        <v>2028</v>
       </c>
       <c r="H123" t="s">
-        <v>2021</v>
+        <v>2029</v>
       </c>
       <c r="I123" t="s">
-        <v>2022</v>
+        <v>2030</v>
       </c>
       <c r="J123" t="s">
-        <v>2023</v>
+        <v>2031</v>
       </c>
       <c r="K123" t="s">
-        <v>2024</v>
+        <v>2032</v>
       </c>
       <c r="L123" t="s">
-        <v>2025</v>
+        <v>2033</v>
       </c>
       <c r="M123" t="s">
-        <v>2026</v>
+        <v>2034</v>
       </c>
       <c r="N123" t="s">
-        <v>2027</v>
+        <v>2035</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B124" t="s">
-        <v>2028</v>
+        <v>2036</v>
       </c>
       <c r="C124" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D124" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E124" t="s">
-        <v>2029</v>
+        <v>2037</v>
       </c>
       <c r="F124" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G124" t="s">
-        <v>2030</v>
+        <v>2038</v>
       </c>
       <c r="H124" t="s">
-        <v>2031</v>
+        <v>2039</v>
       </c>
       <c r="I124" t="s">
-        <v>2032</v>
+        <v>2040</v>
       </c>
       <c r="J124" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="K124" t="s">
-        <v>2033</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B125" t="s">
-        <v>2034</v>
+        <v>2042</v>
       </c>
       <c r="C125" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D125" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E125" t="s">
-        <v>2035</v>
+        <v>2043</v>
       </c>
       <c r="F125" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G125" t="s">
-        <v>2036</v>
+        <v>2044</v>
       </c>
       <c r="H125" t="s">
-        <v>2037</v>
+        <v>2045</v>
       </c>
       <c r="I125" t="s">
-        <v>2038</v>
+        <v>2046</v>
       </c>
       <c r="J125" t="s">
-        <v>2039</v>
+        <v>2047</v>
       </c>
       <c r="K125" t="s">
-        <v>2040</v>
+        <v>2048</v>
       </c>
       <c r="L125" t="s">
-        <v>2041</v>
+        <v>2049</v>
       </c>
       <c r="M125" t="s">
-        <v>2042</v>
+        <v>2050</v>
       </c>
       <c r="N125" t="s">
-        <v>2043</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B126" t="s">
-        <v>2044</v>
+        <v>2052</v>
       </c>
       <c r="C126" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D126" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E126" t="s">
-        <v>2045</v>
+        <v>2053</v>
       </c>
       <c r="F126" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G126" t="s">
-        <v>2046</v>
+        <v>2054</v>
       </c>
       <c r="H126" t="s">
-        <v>2047</v>
+        <v>2055</v>
       </c>
       <c r="I126" t="s">
-        <v>984</v>
+        <v>1002</v>
       </c>
       <c r="J126" t="s">
-        <v>1116</v>
+        <v>1134</v>
       </c>
       <c r="K126" t="s">
-        <v>2048</v>
+        <v>2056</v>
       </c>
       <c r="L126" t="s">
-        <v>2049</v>
+        <v>2057</v>
       </c>
       <c r="M126" t="s">
-        <v>2050</v>
+        <v>2058</v>
       </c>
       <c r="N126" t="s">
-        <v>2051</v>
+        <v>2059</v>
       </c>
       <c r="O126" t="s">
-        <v>2052</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B127" t="s">
-        <v>2053</v>
+        <v>2061</v>
       </c>
       <c r="C127" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D127" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E127" t="s">
-        <v>2054</v>
+        <v>2062</v>
       </c>
       <c r="F127" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G127" t="s">
-        <v>2055</v>
+        <v>2063</v>
       </c>
       <c r="H127" t="s">
-        <v>2056</v>
+        <v>2064</v>
       </c>
       <c r="I127" t="s">
-        <v>2057</v>
+        <v>2065</v>
       </c>
       <c r="J127" t="s">
-        <v>1246</v>
+        <v>1264</v>
       </c>
       <c r="K127" t="s">
-        <v>2058</v>
+        <v>2066</v>
       </c>
       <c r="L127" t="s">
-        <v>2059</v>
+        <v>2067</v>
       </c>
       <c r="M127" t="s">
-        <v>2060</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B128" t="s">
-        <v>2061</v>
+        <v>2069</v>
       </c>
       <c r="C128" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D128" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E128" t="s">
-        <v>2062</v>
+        <v>2070</v>
       </c>
       <c r="F128" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G128" t="s">
-        <v>2063</v>
+        <v>2071</v>
       </c>
       <c r="H128" t="s">
-        <v>2064</v>
+        <v>2072</v>
       </c>
       <c r="I128" t="s">
-        <v>2065</v>
+        <v>2073</v>
       </c>
       <c r="J128" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K128" t="s">
-        <v>2066</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B129" t="s">
-        <v>2067</v>
+        <v>2075</v>
       </c>
       <c r="C129" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D129" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E129" t="s">
-        <v>2068</v>
+        <v>2076</v>
       </c>
       <c r="F129" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G129" t="s">
-        <v>2069</v>
+        <v>2077</v>
       </c>
       <c r="H129" t="s">
-        <v>2070</v>
+        <v>2078</v>
       </c>
       <c r="I129" t="s">
-        <v>2071</v>
+        <v>2079</v>
       </c>
       <c r="J129" t="s">
-        <v>1957</v>
+        <v>1965</v>
       </c>
       <c r="K129" t="s">
-        <v>2072</v>
+        <v>2080</v>
       </c>
       <c r="L129" t="s">
-        <v>2073</v>
+        <v>2081</v>
       </c>
       <c r="M129" t="s">
-        <v>2074</v>
+        <v>2082</v>
       </c>
       <c r="N129" t="s">
-        <v>2075</v>
+        <v>2083</v>
       </c>
       <c r="O129" t="s">
-        <v>2076</v>
+        <v>2084</v>
       </c>
       <c r="P129" t="s">
-        <v>2077</v>
+        <v>2085</v>
       </c>
       <c r="Q129" t="s">
-        <v>2078</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B130" t="s">
-        <v>2079</v>
+        <v>2087</v>
       </c>
       <c r="C130" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D130" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E130" t="s">
-        <v>2080</v>
+        <v>2088</v>
       </c>
       <c r="F130" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G130" t="s">
-        <v>2081</v>
+        <v>2089</v>
       </c>
       <c r="H130" t="s">
-        <v>2082</v>
+        <v>2090</v>
       </c>
       <c r="I130" t="s">
-        <v>1838</v>
+        <v>1846</v>
       </c>
       <c r="J130" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K130" t="s">
-        <v>2083</v>
+        <v>2091</v>
       </c>
       <c r="L130" t="s">
-        <v>2084</v>
+        <v>2092</v>
       </c>
       <c r="M130" t="s">
-        <v>2085</v>
+        <v>2093</v>
       </c>
       <c r="N130" t="s">
-        <v>2086</v>
+        <v>2094</v>
       </c>
       <c r="O130" t="s">
-        <v>2087</v>
+        <v>2095</v>
       </c>
       <c r="P130" t="s">
-        <v>2088</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B131" t="s">
-        <v>2089</v>
+        <v>2097</v>
       </c>
       <c r="C131" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D131" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E131" t="s">
-        <v>2090</v>
+        <v>2098</v>
       </c>
       <c r="F131" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G131" t="s">
-        <v>2091</v>
+        <v>2099</v>
       </c>
       <c r="H131" t="s">
-        <v>2092</v>
+        <v>2100</v>
       </c>
       <c r="I131" t="s">
-        <v>1344</v>
+        <v>1352</v>
       </c>
       <c r="J131" t="s">
-        <v>1246</v>
+        <v>1264</v>
       </c>
       <c r="K131" t="s">
-        <v>2093</v>
+        <v>2101</v>
       </c>
       <c r="L131" t="s">
-        <v>2094</v>
+        <v>2102</v>
       </c>
       <c r="M131" t="s">
-        <v>2095</v>
+        <v>2103</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B132" t="s">
-        <v>2096</v>
+        <v>2104</v>
       </c>
       <c r="C132" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D132" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E132" t="s">
-        <v>2097</v>
+        <v>2105</v>
       </c>
       <c r="F132" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G132" t="s">
-        <v>2098</v>
+        <v>2106</v>
       </c>
       <c r="H132" t="s">
-        <v>2099</v>
+        <v>2107</v>
       </c>
       <c r="I132" t="s">
-        <v>2100</v>
+        <v>2108</v>
       </c>
       <c r="J132" t="s">
-        <v>2101</v>
+        <v>2109</v>
       </c>
       <c r="K132" t="s">
-        <v>2102</v>
+        <v>2110</v>
       </c>
       <c r="L132" t="s">
-        <v>2103</v>
+        <v>2111</v>
       </c>
       <c r="M132" t="s">
-        <v>2104</v>
+        <v>2112</v>
       </c>
       <c r="N132" t="s">
-        <v>2105</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B133" t="s">
-        <v>2106</v>
+        <v>2114</v>
       </c>
       <c r="C133" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D133" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E133" t="s">
-        <v>2107</v>
+        <v>2115</v>
       </c>
       <c r="F133" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G133" t="s">
-        <v>2108</v>
+        <v>2116</v>
       </c>
       <c r="H133" t="s">
-        <v>2109</v>
+        <v>2117</v>
       </c>
       <c r="I133" t="s">
-        <v>2110</v>
+        <v>2118</v>
       </c>
       <c r="J133" t="s">
-        <v>2111</v>
+        <v>2119</v>
       </c>
       <c r="K133" t="s">
-        <v>2112</v>
+        <v>2120</v>
       </c>
       <c r="L133" t="s">
-        <v>2113</v>
+        <v>2121</v>
       </c>
       <c r="M133" t="s">
-        <v>2114</v>
+        <v>2122</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B134" t="s">
-        <v>2115</v>
+        <v>2123</v>
       </c>
       <c r="C134" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D134" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E134" t="s">
-        <v>2116</v>
+        <v>2124</v>
       </c>
       <c r="F134" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G134" t="s">
-        <v>2117</v>
+        <v>2125</v>
       </c>
       <c r="H134" t="s">
-        <v>2118</v>
+        <v>2126</v>
       </c>
       <c r="I134" t="s">
-        <v>2119</v>
+        <v>2127</v>
       </c>
       <c r="J134" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="K134" t="s">
-        <v>2120</v>
+        <v>2128</v>
       </c>
       <c r="L134" t="s">
-        <v>2121</v>
+        <v>2129</v>
       </c>
       <c r="M134" t="s">
-        <v>2122</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B135" t="s">
-        <v>2123</v>
+        <v>2131</v>
       </c>
       <c r="C135" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D135" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E135" t="s">
-        <v>2116</v>
+        <v>2124</v>
       </c>
       <c r="F135" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G135" t="s">
-        <v>2124</v>
+        <v>2132</v>
       </c>
       <c r="H135" t="s">
-        <v>2125</v>
+        <v>2133</v>
       </c>
       <c r="I135" t="s">
-        <v>2126</v>
+        <v>2134</v>
       </c>
       <c r="J135" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="K135" t="s">
-        <v>2127</v>
+        <v>2135</v>
       </c>
       <c r="L135" t="s">
-        <v>2128</v>
+        <v>2136</v>
       </c>
       <c r="M135" t="s">
-        <v>2129</v>
+        <v>2137</v>
       </c>
       <c r="N135" t="s">
-        <v>2130</v>
+        <v>2138</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B136" t="s">
-        <v>2131</v>
+        <v>2139</v>
       </c>
       <c r="C136" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D136" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E136" t="s">
-        <v>2116</v>
+        <v>2124</v>
       </c>
       <c r="F136" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G136" t="s">
-        <v>2132</v>
+        <v>2140</v>
       </c>
       <c r="H136" t="s">
-        <v>2133</v>
+        <v>2141</v>
       </c>
       <c r="I136" t="s">
-        <v>2134</v>
+        <v>2142</v>
       </c>
       <c r="J136" t="s">
-        <v>2135</v>
+        <v>2143</v>
       </c>
       <c r="K136" t="s">
-        <v>2136</v>
+        <v>2144</v>
       </c>
       <c r="L136" t="s">
-        <v>2137</v>
+        <v>2145</v>
       </c>
       <c r="M136" t="s">
-        <v>2138</v>
+        <v>2146</v>
       </c>
       <c r="N136" t="s">
-        <v>2139</v>
+        <v>2147</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B137" t="s">
-        <v>2140</v>
+        <v>2148</v>
       </c>
       <c r="C137" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D137" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E137" t="s">
-        <v>2141</v>
+        <v>2149</v>
       </c>
       <c r="F137" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G137" t="s">
-        <v>2142</v>
+        <v>2150</v>
       </c>
       <c r="H137" t="s">
-        <v>2143</v>
+        <v>2151</v>
       </c>
       <c r="I137" t="s">
-        <v>2144</v>
+        <v>2152</v>
       </c>
       <c r="J137" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="K137" t="s">
-        <v>2145</v>
+        <v>2153</v>
       </c>
       <c r="L137" t="s">
-        <v>2146</v>
+        <v>2154</v>
       </c>
       <c r="M137" t="s">
-        <v>2147</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B138" t="s">
-        <v>2148</v>
+        <v>2156</v>
       </c>
       <c r="C138" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D138" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E138" t="s">
-        <v>2141</v>
+        <v>2149</v>
       </c>
       <c r="F138" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G138" t="s">
-        <v>2149</v>
+        <v>2157</v>
       </c>
       <c r="H138" t="s">
-        <v>2150</v>
+        <v>2158</v>
       </c>
       <c r="I138" t="s">
-        <v>2151</v>
+        <v>2159</v>
       </c>
       <c r="J138" t="s">
-        <v>1246</v>
+        <v>1264</v>
       </c>
       <c r="K138" t="s">
-        <v>2152</v>
+        <v>2160</v>
       </c>
       <c r="L138" t="s">
-        <v>2153</v>
+        <v>2161</v>
       </c>
       <c r="M138" t="s">
-        <v>2154</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B139" t="s">
-        <v>2155</v>
+        <v>2163</v>
       </c>
       <c r="C139" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D139" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E139" t="s">
-        <v>2156</v>
+        <v>2164</v>
       </c>
       <c r="F139" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G139" t="s">
-        <v>2157</v>
+        <v>2165</v>
       </c>
       <c r="H139" t="s">
-        <v>2158</v>
+        <v>2166</v>
       </c>
       <c r="I139" t="s">
-        <v>2159</v>
+        <v>2167</v>
       </c>
       <c r="J139" t="s">
-        <v>2160</v>
+        <v>2168</v>
       </c>
       <c r="K139" t="s">
-        <v>2161</v>
+        <v>2169</v>
       </c>
       <c r="L139" t="s">
-        <v>2162</v>
+        <v>2170</v>
       </c>
       <c r="M139" t="s">
-        <v>2163</v>
+        <v>2171</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B140" t="s">
+        <v>2172</v>
+      </c>
+      <c r="C140" t="s">
+        <v>12</v>
+      </c>
+      <c r="D140" t="s">
+        <v>12</v>
+      </c>
+      <c r="E140" t="s">
         <v>2164</v>
       </c>
-      <c r="C140" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F140" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G140" t="s">
-        <v>2165</v>
+        <v>2173</v>
       </c>
       <c r="H140" t="s">
-        <v>2166</v>
+        <v>2174</v>
       </c>
       <c r="I140" t="s">
-        <v>2167</v>
+        <v>2175</v>
       </c>
       <c r="J140" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="K140" t="s">
-        <v>2168</v>
+        <v>2176</v>
       </c>
       <c r="L140" t="s">
-        <v>2169</v>
+        <v>2177</v>
       </c>
       <c r="M140" t="s">
-        <v>2170</v>
+        <v>2178</v>
       </c>
       <c r="N140" t="s">
-        <v>2171</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B141" t="s">
-        <v>2172</v>
+        <v>2180</v>
       </c>
       <c r="C141" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D141" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E141" t="s">
-        <v>2156</v>
+        <v>2164</v>
       </c>
       <c r="F141" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G141" t="s">
-        <v>2173</v>
+        <v>2181</v>
       </c>
       <c r="H141" t="s">
-        <v>2174</v>
+        <v>2182</v>
       </c>
       <c r="I141" t="s">
-        <v>1028</v>
+        <v>1046</v>
       </c>
       <c r="J141" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="K141" t="s">
-        <v>2175</v>
+        <v>2183</v>
       </c>
       <c r="L141" t="s">
-        <v>2176</v>
+        <v>2184</v>
       </c>
       <c r="M141" t="s">
-        <v>2177</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B142" t="s">
-        <v>2178</v>
+        <v>2186</v>
       </c>
       <c r="C142" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D142" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E142" t="s">
-        <v>2179</v>
+        <v>2187</v>
       </c>
       <c r="F142" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G142" t="s">
-        <v>2180</v>
+        <v>2188</v>
       </c>
       <c r="H142" t="s">
-        <v>2181</v>
+        <v>2189</v>
       </c>
       <c r="I142" t="s">
-        <v>2182</v>
+        <v>2190</v>
       </c>
       <c r="J142" t="s">
-        <v>2183</v>
+        <v>2191</v>
       </c>
       <c r="K142" t="s">
-        <v>2184</v>
+        <v>2192</v>
       </c>
       <c r="L142" t="s">
-        <v>2185</v>
+        <v>2193</v>
       </c>
       <c r="M142" t="s">
-        <v>2186</v>
+        <v>2194</v>
       </c>
       <c r="N142" t="s">
-        <v>2187</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B143" t="s">
-        <v>2188</v>
+        <v>2196</v>
       </c>
       <c r="C143" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D143" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E143" t="s">
-        <v>2189</v>
+        <v>2197</v>
       </c>
       <c r="F143" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G143" t="s">
-        <v>2190</v>
+        <v>2198</v>
       </c>
       <c r="H143" t="s">
-        <v>2191</v>
+        <v>2199</v>
       </c>
       <c r="I143" t="s">
-        <v>2192</v>
+        <v>2200</v>
       </c>
       <c r="J143" t="s">
-        <v>1246</v>
+        <v>1264</v>
       </c>
       <c r="K143" t="s">
-        <v>2193</v>
+        <v>2201</v>
       </c>
       <c r="L143" t="s">
-        <v>2194</v>
+        <v>2202</v>
       </c>
       <c r="M143" t="s">
-        <v>2195</v>
+        <v>2203</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B144" t="s">
-        <v>2196</v>
+        <v>2204</v>
       </c>
       <c r="C144" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D144" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E144" t="s">
-        <v>2197</v>
+        <v>2205</v>
       </c>
       <c r="F144" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G144" t="s">
-        <v>2198</v>
+        <v>2206</v>
       </c>
       <c r="H144" t="s">
-        <v>2199</v>
+        <v>2207</v>
       </c>
       <c r="I144" t="s">
-        <v>2200</v>
+        <v>2208</v>
       </c>
       <c r="J144" t="s">
-        <v>2201</v>
+        <v>2209</v>
       </c>
       <c r="K144" t="s">
-        <v>2202</v>
+        <v>2210</v>
       </c>
       <c r="L144" t="s">
-        <v>2203</v>
+        <v>2211</v>
       </c>
       <c r="M144" t="s">
-        <v>2204</v>
+        <v>2212</v>
       </c>
       <c r="N144" t="s">
-        <v>2205</v>
+        <v>2213</v>
       </c>
       <c r="O144" t="s">
-        <v>2206</v>
+        <v>2214</v>
       </c>
       <c r="P144" t="s">
-        <v>2207</v>
+        <v>2215</v>
       </c>
       <c r="Q144" t="s">
-        <v>2208</v>
+        <v>2216</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B145" t="s">
-        <v>2209</v>
+        <v>2217</v>
       </c>
       <c r="C145" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D145" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E145" t="s">
-        <v>2210</v>
+        <v>2218</v>
       </c>
       <c r="F145" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G145" t="s">
-        <v>2211</v>
+        <v>2219</v>
       </c>
       <c r="H145" t="s">
-        <v>2212</v>
+        <v>2220</v>
       </c>
       <c r="I145" t="s">
-        <v>2213</v>
+        <v>2221</v>
       </c>
       <c r="J145" t="s">
-        <v>1653</v>
+        <v>1661</v>
       </c>
       <c r="K145" t="s">
-        <v>2214</v>
+        <v>2222</v>
       </c>
       <c r="L145" t="s">
-        <v>2215</v>
+        <v>2223</v>
       </c>
       <c r="M145" t="s">
-        <v>2216</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B146" t="s">
-        <v>2217</v>
+        <v>2225</v>
       </c>
       <c r="C146" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D146" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E146" t="s">
-        <v>2218</v>
+        <v>2226</v>
       </c>
       <c r="F146" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G146" t="s">
-        <v>2219</v>
+        <v>2227</v>
       </c>
       <c r="H146" t="s">
-        <v>2220</v>
+        <v>2228</v>
       </c>
       <c r="I146" t="s">
-        <v>2221</v>
+        <v>2229</v>
       </c>
       <c r="J146" t="s">
-        <v>2222</v>
+        <v>2230</v>
       </c>
       <c r="K146" t="s">
-        <v>2223</v>
+        <v>2231</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B147" t="s">
-        <v>2224</v>
+        <v>2232</v>
       </c>
       <c r="C147" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D147" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E147" t="s">
-        <v>2218</v>
+        <v>2226</v>
       </c>
       <c r="F147" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G147" t="s">
-        <v>2225</v>
+        <v>2233</v>
       </c>
       <c r="H147" t="s">
-        <v>2226</v>
+        <v>2234</v>
       </c>
       <c r="I147" t="s">
-        <v>2227</v>
+        <v>2235</v>
       </c>
       <c r="J147" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="K147" t="s">
-        <v>2228</v>
+        <v>2236</v>
       </c>
       <c r="L147" t="s">
-        <v>2229</v>
+        <v>2237</v>
       </c>
       <c r="M147" t="s">
-        <v>2230</v>
+        <v>2238</v>
       </c>
       <c r="N147" t="s">
-        <v>2231</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B148" t="s">
-        <v>2232</v>
+        <v>2240</v>
       </c>
       <c r="C148" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D148" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E148" t="s">
-        <v>2233</v>
+        <v>2241</v>
       </c>
       <c r="F148" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G148" t="s">
-        <v>2234</v>
+        <v>2242</v>
       </c>
       <c r="H148" t="s">
-        <v>2235</v>
+        <v>2243</v>
       </c>
       <c r="I148" t="s">
-        <v>2236</v>
+        <v>2244</v>
       </c>
       <c r="J148" t="s">
-        <v>2237</v>
+        <v>2245</v>
       </c>
       <c r="K148" t="s">
-        <v>2238</v>
+        <v>2246</v>
       </c>
       <c r="L148" t="s">
-        <v>2239</v>
+        <v>2247</v>
       </c>
       <c r="M148" t="s">
-        <v>2240</v>
+        <v>2248</v>
       </c>
       <c r="N148" t="s">
-        <v>2241</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B149" t="s">
-        <v>2242</v>
+        <v>2250</v>
       </c>
       <c r="C149" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D149" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E149" t="s">
-        <v>2243</v>
+        <v>2251</v>
       </c>
       <c r="F149" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G149" t="s">
-        <v>2244</v>
+        <v>2252</v>
       </c>
       <c r="H149" t="s">
-        <v>2245</v>
+        <v>2253</v>
       </c>
       <c r="I149" t="s">
-        <v>2246</v>
+        <v>2254</v>
       </c>
       <c r="J149" t="s">
-        <v>2247</v>
+        <v>2255</v>
       </c>
       <c r="K149" t="s">
-        <v>2248</v>
+        <v>2256</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B150" t="s">
-        <v>2249</v>
+        <v>2257</v>
       </c>
       <c r="C150" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D150" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E150" t="s">
-        <v>2250</v>
+        <v>2258</v>
       </c>
       <c r="F150" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G150" t="s">
-        <v>2251</v>
+        <v>2259</v>
       </c>
       <c r="H150" t="s">
-        <v>2252</v>
+        <v>2260</v>
       </c>
       <c r="I150" t="s">
-        <v>2253</v>
+        <v>2261</v>
       </c>
       <c r="J150" t="s">
-        <v>2023</v>
+        <v>2031</v>
       </c>
       <c r="K150" t="s">
-        <v>2254</v>
+        <v>2262</v>
       </c>
       <c r="L150" t="s">
-        <v>2255</v>
+        <v>2263</v>
       </c>
       <c r="M150" t="s">
-        <v>2256</v>
+        <v>2264</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B151" t="s">
-        <v>2257</v>
+        <v>2265</v>
       </c>
       <c r="C151" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D151" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E151" t="s">
-        <v>2258</v>
+        <v>2266</v>
       </c>
       <c r="F151" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G151" t="s">
-        <v>2259</v>
+        <v>2267</v>
       </c>
       <c r="H151" t="s">
-        <v>2260</v>
+        <v>2268</v>
       </c>
       <c r="I151" t="s">
-        <v>2182</v>
+        <v>2190</v>
       </c>
       <c r="J151" t="s">
-        <v>1757</v>
+        <v>1765</v>
       </c>
       <c r="K151" t="s">
-        <v>2261</v>
+        <v>2269</v>
       </c>
       <c r="L151" t="s">
-        <v>2262</v>
+        <v>2270</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B152" t="s">
-        <v>2263</v>
+        <v>2271</v>
       </c>
       <c r="C152" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D152" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E152" t="s">
-        <v>2258</v>
+        <v>2266</v>
       </c>
       <c r="F152" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G152" t="s">
-        <v>2264</v>
+        <v>2272</v>
       </c>
       <c r="H152" t="s">
-        <v>2265</v>
+        <v>2273</v>
       </c>
       <c r="I152" t="s">
-        <v>2266</v>
+        <v>2274</v>
       </c>
       <c r="J152" t="s">
-        <v>2160</v>
+        <v>2168</v>
       </c>
       <c r="K152" t="s">
-        <v>2267</v>
+        <v>2275</v>
       </c>
       <c r="L152" t="s">
-        <v>2268</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B153" t="s">
-        <v>2269</v>
+        <v>2277</v>
       </c>
       <c r="C153" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D153" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E153" t="s">
-        <v>2258</v>
+        <v>2266</v>
       </c>
       <c r="F153" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G153" t="s">
-        <v>2270</v>
+        <v>2278</v>
       </c>
       <c r="H153" t="s">
-        <v>2271</v>
+        <v>2279</v>
       </c>
       <c r="I153" t="s">
-        <v>2266</v>
+        <v>2274</v>
       </c>
       <c r="J153" t="s">
-        <v>2272</v>
+        <v>2280</v>
       </c>
       <c r="K153" t="s">
-        <v>2273</v>
+        <v>2281</v>
       </c>
       <c r="L153" t="s">
-        <v>2274</v>
+        <v>2282</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B154" t="s">
-        <v>2275</v>
+        <v>2283</v>
       </c>
       <c r="C154" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D154" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E154" t="s">
-        <v>2276</v>
+        <v>2284</v>
       </c>
       <c r="F154" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G154" t="s">
-        <v>2277</v>
+        <v>2285</v>
       </c>
       <c r="H154" t="s">
-        <v>2278</v>
+        <v>2286</v>
       </c>
       <c r="I154" t="s">
-        <v>1399</v>
+        <v>1407</v>
       </c>
       <c r="J154" t="s">
-        <v>2279</v>
+        <v>2287</v>
       </c>
       <c r="K154" t="s">
-        <v>2280</v>
+        <v>2288</v>
       </c>
       <c r="L154" t="s">
-        <v>2281</v>
+        <v>2289</v>
       </c>
       <c r="M154" t="s">
-        <v>2282</v>
+        <v>2290</v>
       </c>
       <c r="N154" t="s">
-        <v>2283</v>
+        <v>2291</v>
       </c>
       <c r="O154" t="s">
-        <v>2284</v>
+        <v>2292</v>
       </c>
       <c r="P154" t="s">
-        <v>2285</v>
+        <v>2293</v>
       </c>
       <c r="Q154" t="s">
-        <v>2286</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B155" t="s">
-        <v>2287</v>
+        <v>2295</v>
       </c>
       <c r="C155" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D155" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E155" t="s">
-        <v>2288</v>
+        <v>2296</v>
       </c>
       <c r="F155" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G155" t="s">
-        <v>2289</v>
+        <v>2297</v>
       </c>
       <c r="H155" t="s">
-        <v>2290</v>
+        <v>2298</v>
       </c>
       <c r="I155" t="s">
-        <v>2291</v>
+        <v>2299</v>
       </c>
       <c r="J155" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K155" t="s">
-        <v>2292</v>
+        <v>2300</v>
       </c>
       <c r="L155" t="s">
-        <v>2293</v>
+        <v>2301</v>
       </c>
       <c r="M155" t="s">
-        <v>2294</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B156" t="s">
-        <v>2295</v>
+        <v>2303</v>
       </c>
       <c r="C156" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D156" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E156" t="s">
-        <v>2288</v>
+        <v>2296</v>
       </c>
       <c r="F156" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G156" t="s">
-        <v>2296</v>
+        <v>2304</v>
       </c>
       <c r="H156" t="s">
-        <v>2297</v>
+        <v>2305</v>
       </c>
       <c r="I156" t="s">
-        <v>2182</v>
+        <v>2190</v>
       </c>
       <c r="J156" t="s">
-        <v>1246</v>
+        <v>1264</v>
       </c>
       <c r="K156" t="s">
-        <v>2298</v>
+        <v>2306</v>
       </c>
       <c r="L156" t="s">
-        <v>2299</v>
+        <v>2307</v>
       </c>
       <c r="M156" t="s">
-        <v>2300</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B157" t="s">
-        <v>2301</v>
+        <v>2309</v>
       </c>
       <c r="C157" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D157" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E157" t="s">
-        <v>2302</v>
+        <v>2310</v>
       </c>
       <c r="F157" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G157" t="s">
-        <v>2303</v>
+        <v>2311</v>
       </c>
       <c r="H157" t="s">
-        <v>2304</v>
+        <v>2312</v>
       </c>
       <c r="I157" t="s">
-        <v>2305</v>
+        <v>2313</v>
       </c>
       <c r="J157" t="s">
-        <v>2272</v>
+        <v>2280</v>
       </c>
       <c r="K157" t="s">
-        <v>2306</v>
+        <v>2314</v>
       </c>
       <c r="L157" t="s">
-        <v>2307</v>
+        <v>2315</v>
       </c>
       <c r="M157" t="s">
-        <v>2308</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B158" t="s">
-        <v>2309</v>
+        <v>2317</v>
       </c>
       <c r="C158" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D158" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E158" t="s">
-        <v>2310</v>
+        <v>2318</v>
       </c>
       <c r="F158" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G158" t="s">
-        <v>2311</v>
+        <v>2319</v>
       </c>
       <c r="H158" t="s">
-        <v>2312</v>
+        <v>2320</v>
       </c>
       <c r="I158" t="s">
-        <v>2313</v>
+        <v>2321</v>
       </c>
       <c r="J158" t="s">
-        <v>1040</v>
+        <v>1058</v>
       </c>
       <c r="K158" t="s">
-        <v>2314</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B159" t="s">
-        <v>2315</v>
+        <v>2323</v>
       </c>
       <c r="C159" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D159" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E159" t="s">
-        <v>2316</v>
+        <v>2324</v>
       </c>
       <c r="F159" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G159" t="s">
-        <v>2317</v>
+        <v>2325</v>
       </c>
       <c r="H159" t="s">
-        <v>2318</v>
+        <v>2326</v>
       </c>
       <c r="I159" t="s">
-        <v>2319</v>
+        <v>2327</v>
       </c>
       <c r="J159" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="K159" t="s">
-        <v>2320</v>
+        <v>2328</v>
       </c>
       <c r="L159" t="s">
-        <v>2321</v>
+        <v>2329</v>
       </c>
       <c r="M159" t="s">
-        <v>2322</v>
+        <v>2330</v>
       </c>
       <c r="N159" t="s">
-        <v>2323</v>
+        <v>2331</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B160" t="s">
-        <v>2324</v>
+        <v>2332</v>
       </c>
       <c r="C160" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D160" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E160" t="s">
-        <v>2325</v>
+        <v>2333</v>
       </c>
       <c r="F160" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G160" t="s">
-        <v>2326</v>
+        <v>2334</v>
       </c>
       <c r="H160" t="s">
-        <v>2327</v>
+        <v>2335</v>
       </c>
       <c r="I160" t="s">
-        <v>2328</v>
+        <v>2336</v>
       </c>
       <c r="J160" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K160" t="s">
-        <v>2329</v>
+        <v>2337</v>
       </c>
       <c r="L160" t="s">
-        <v>2330</v>
+        <v>2338</v>
       </c>
       <c r="M160" t="s">
-        <v>2331</v>
+        <v>2339</v>
       </c>
       <c r="N160" t="s">
-        <v>2332</v>
+        <v>2340</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B161" t="s">
-        <v>2333</v>
+        <v>2341</v>
       </c>
       <c r="C161" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D161" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E161" t="s">
-        <v>2334</v>
+        <v>2342</v>
       </c>
       <c r="F161" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G161" t="s">
-        <v>2335</v>
+        <v>2343</v>
       </c>
       <c r="H161" t="s">
-        <v>2336</v>
+        <v>2344</v>
       </c>
       <c r="I161" t="s">
-        <v>2337</v>
+        <v>2345</v>
       </c>
       <c r="J161" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="K161" t="s">
-        <v>2338</v>
+        <v>2346</v>
       </c>
       <c r="L161" t="s">
-        <v>2339</v>
+        <v>2347</v>
       </c>
       <c r="M161" t="s">
-        <v>2340</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B162" t="s">
-        <v>2341</v>
+        <v>2349</v>
       </c>
       <c r="C162" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D162" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E162" t="s">
-        <v>2334</v>
+        <v>2342</v>
       </c>
       <c r="F162" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G162" t="s">
-        <v>2342</v>
+        <v>2350</v>
       </c>
       <c r="H162" t="s">
-        <v>2343</v>
+        <v>2351</v>
       </c>
       <c r="I162" t="s">
-        <v>2344</v>
+        <v>2352</v>
       </c>
       <c r="J162" t="s">
-        <v>1116</v>
+        <v>1134</v>
       </c>
       <c r="K162" t="s">
-        <v>2345</v>
+        <v>2353</v>
       </c>
       <c r="L162" t="s">
-        <v>2346</v>
+        <v>2354</v>
       </c>
       <c r="M162" t="s">
-        <v>2347</v>
+        <v>2355</v>
       </c>
       <c r="N162" t="s">
-        <v>2348</v>
+        <v>2356</v>
       </c>
       <c r="O162" t="s">
-        <v>2349</v>
+        <v>2357</v>
       </c>
       <c r="P162" t="s">
-        <v>2350</v>
+        <v>2358</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B163" t="s">
-        <v>2351</v>
+        <v>2359</v>
       </c>
       <c r="C163" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D163" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E163" t="s">
-        <v>2352</v>
+        <v>2360</v>
       </c>
       <c r="F163" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G163" t="s">
-        <v>2353</v>
+        <v>2361</v>
       </c>
       <c r="H163" t="s">
-        <v>2354</v>
+        <v>2362</v>
       </c>
       <c r="I163" t="s">
-        <v>2355</v>
+        <v>2363</v>
       </c>
       <c r="J163" t="s">
-        <v>439</v>
+        <v>447</v>
       </c>
       <c r="K163" t="s">
-        <v>2356</v>
+        <v>2364</v>
       </c>
       <c r="L163" t="s">
-        <v>2357</v>
+        <v>2365</v>
       </c>
       <c r="M163" t="s">
-        <v>2358</v>
+        <v>2366</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B164" t="s">
-        <v>2359</v>
+        <v>2367</v>
       </c>
       <c r="C164" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D164" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E164" t="s">
-        <v>2360</v>
+        <v>2368</v>
       </c>
       <c r="F164" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G164" t="s">
-        <v>2361</v>
+        <v>2369</v>
       </c>
       <c r="H164" t="s">
-        <v>2362</v>
+        <v>2370</v>
       </c>
       <c r="I164" t="s">
-        <v>2363</v>
+        <v>2371</v>
       </c>
       <c r="J164" t="s">
-        <v>2364</v>
+        <v>2372</v>
       </c>
       <c r="K164" t="s">
-        <v>2365</v>
+        <v>2373</v>
       </c>
       <c r="L164" t="s">
-        <v>2366</v>
+        <v>2374</v>
       </c>
       <c r="M164" t="s">
-        <v>2367</v>
+        <v>2375</v>
       </c>
       <c r="N164" t="s">
-        <v>2368</v>
+        <v>2376</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B165" t="s">
-        <v>2369</v>
+        <v>2377</v>
       </c>
       <c r="C165" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D165" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E165" t="s">
-        <v>2370</v>
+        <v>2378</v>
       </c>
       <c r="F165" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G165" t="s">
-        <v>2371</v>
+        <v>2379</v>
       </c>
       <c r="H165" t="s">
-        <v>2372</v>
+        <v>2380</v>
       </c>
       <c r="I165" t="s">
-        <v>2373</v>
+        <v>2381</v>
       </c>
       <c r="J165" t="s">
-        <v>2374</v>
+        <v>2382</v>
       </c>
       <c r="K165" t="s">
-        <v>2375</v>
+        <v>2383</v>
       </c>
       <c r="L165" t="s">
-        <v>2376</v>
+        <v>2384</v>
       </c>
       <c r="M165" t="s">
-        <v>2377</v>
+        <v>2385</v>
       </c>
       <c r="N165" t="s">
-        <v>2378</v>
+        <v>2386</v>
       </c>
       <c r="O165" t="s">
-        <v>2379</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B166" t="s">
-        <v>2380</v>
+        <v>2388</v>
       </c>
       <c r="C166" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D166" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E166" t="s">
-        <v>2381</v>
+        <v>2389</v>
       </c>
       <c r="F166" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G166" t="s">
-        <v>2382</v>
+        <v>2390</v>
       </c>
       <c r="H166" t="s">
-        <v>2383</v>
+        <v>2391</v>
       </c>
       <c r="I166" t="s">
-        <v>1147</v>
+        <v>1165</v>
       </c>
       <c r="J166" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="K166" t="s">
-        <v>2384</v>
+        <v>2392</v>
       </c>
       <c r="L166" t="s">
-        <v>2385</v>
+        <v>2393</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B167" t="s">
-        <v>2386</v>
+        <v>2394</v>
       </c>
       <c r="C167" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D167" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E167" t="s">
-        <v>2387</v>
+        <v>2395</v>
       </c>
       <c r="F167" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G167" t="s">
-        <v>2388</v>
+        <v>2396</v>
       </c>
       <c r="H167" t="s">
-        <v>2389</v>
+        <v>2397</v>
       </c>
       <c r="I167" t="s">
-        <v>2390</v>
+        <v>2398</v>
       </c>
       <c r="J167" t="s">
-        <v>1116</v>
+        <v>1134</v>
       </c>
       <c r="K167" t="s">
-        <v>2391</v>
+        <v>2399</v>
       </c>
       <c r="L167" t="s">
-        <v>2392</v>
+        <v>2400</v>
       </c>
       <c r="M167" t="s">
-        <v>2393</v>
+        <v>2401</v>
       </c>
       <c r="N167" t="s">
-        <v>2394</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B168" t="s">
-        <v>2395</v>
+        <v>2403</v>
       </c>
       <c r="C168" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D168" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E168" t="s">
-        <v>2396</v>
+        <v>2404</v>
       </c>
       <c r="F168" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G168" t="s">
-        <v>2397</v>
+        <v>2405</v>
       </c>
       <c r="H168" t="s">
-        <v>2398</v>
+        <v>2406</v>
       </c>
       <c r="I168" t="s">
-        <v>2399</v>
+        <v>2407</v>
       </c>
       <c r="J168" t="s">
-        <v>2400</v>
+        <v>2408</v>
       </c>
       <c r="K168" t="s">
-        <v>2401</v>
+        <v>2409</v>
       </c>
       <c r="L168" t="s">
-        <v>2402</v>
+        <v>2410</v>
       </c>
       <c r="M168" t="s">
-        <v>2403</v>
+        <v>2411</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B169" t="s">
+        <v>2412</v>
+      </c>
+      <c r="C169" t="s">
+        <v>12</v>
+      </c>
+      <c r="D169" t="s">
+        <v>12</v>
+      </c>
+      <c r="E169" t="s">
         <v>2404</v>
       </c>
-      <c r="C169" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F169" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G169" t="s">
-        <v>2405</v>
+        <v>2413</v>
       </c>
       <c r="H169" t="s">
-        <v>2406</v>
+        <v>2414</v>
       </c>
       <c r="I169" t="s">
-        <v>2407</v>
+        <v>2415</v>
       </c>
       <c r="J169" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="K169" t="s">
-        <v>2408</v>
+        <v>2416</v>
       </c>
       <c r="L169" t="s">
-        <v>2409</v>
+        <v>2417</v>
       </c>
       <c r="M169" t="s">
-        <v>2410</v>
+        <v>2418</v>
       </c>
       <c r="N169" t="s">
-        <v>2411</v>
+        <v>2419</v>
       </c>
       <c r="O169" t="s">
-        <v>2412</v>
+        <v>2420</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B170" t="s">
-        <v>2413</v>
+        <v>2421</v>
       </c>
       <c r="C170" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D170" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E170" t="s">
-        <v>2414</v>
+        <v>2422</v>
       </c>
       <c r="F170" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G170" t="s">
-        <v>2415</v>
+        <v>2423</v>
       </c>
       <c r="H170" t="s">
-        <v>2416</v>
+        <v>2424</v>
       </c>
       <c r="I170" t="s">
-        <v>2159</v>
+        <v>2167</v>
       </c>
       <c r="J170" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="K170" t="s">
-        <v>2417</v>
+        <v>2425</v>
       </c>
       <c r="L170" t="s">
-        <v>2418</v>
+        <v>2426</v>
       </c>
       <c r="M170" t="s">
-        <v>2419</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B171" t="s">
-        <v>2420</v>
+        <v>2428</v>
       </c>
       <c r="C171" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D171" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E171" t="s">
-        <v>2421</v>
+        <v>2429</v>
       </c>
       <c r="F171" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G171" t="s">
-        <v>2422</v>
+        <v>2430</v>
       </c>
       <c r="H171" t="s">
-        <v>2423</v>
+        <v>2431</v>
       </c>
       <c r="I171" t="s">
-        <v>2424</v>
+        <v>2432</v>
       </c>
       <c r="J171" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="K171" t="s">
-        <v>2425</v>
+        <v>2433</v>
       </c>
       <c r="L171" t="s">
-        <v>2426</v>
+        <v>2434</v>
       </c>
       <c r="M171" t="s">
-        <v>2427</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B172" t="s">
-        <v>2428</v>
+        <v>2436</v>
       </c>
       <c r="C172" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D172" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E172" t="s">
-        <v>2429</v>
+        <v>2437</v>
       </c>
       <c r="F172" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G172" t="s">
-        <v>2430</v>
+        <v>2438</v>
       </c>
       <c r="H172" t="s">
-        <v>2431</v>
+        <v>2439</v>
       </c>
       <c r="I172" t="s">
-        <v>2432</v>
+        <v>2440</v>
       </c>
       <c r="J172" t="s">
-        <v>1246</v>
+        <v>1264</v>
       </c>
       <c r="K172" t="s">
-        <v>2433</v>
+        <v>2441</v>
       </c>
       <c r="L172" t="s">
-        <v>2434</v>
+        <v>2442</v>
       </c>
       <c r="M172" t="s">
-        <v>2435</v>
+        <v>2443</v>
       </c>
       <c r="N172" t="s">
-        <v>2436</v>
+        <v>2444</v>
       </c>
       <c r="O172" t="s">
-        <v>2437</v>
+        <v>2445</v>
       </c>
       <c r="P172" t="s">
-        <v>2438</v>
+        <v>2446</v>
       </c>
       <c r="Q172" t="s">
-        <v>2439</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B173" t="s">
-        <v>2440</v>
+        <v>2448</v>
       </c>
       <c r="C173" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D173" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E173" t="s">
-        <v>2441</v>
+        <v>2449</v>
       </c>
       <c r="F173" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G173" t="s">
-        <v>2442</v>
+        <v>2450</v>
       </c>
       <c r="H173" t="s">
-        <v>2443</v>
+        <v>2451</v>
       </c>
       <c r="I173" t="s">
-        <v>1570</v>
+        <v>1578</v>
       </c>
       <c r="J173" t="s">
-        <v>2160</v>
+        <v>2168</v>
       </c>
       <c r="K173" t="s">
-        <v>2444</v>
+        <v>2452</v>
       </c>
       <c r="L173" t="s">
-        <v>2445</v>
+        <v>2453</v>
       </c>
       <c r="M173" t="s">
-        <v>2446</v>
+        <v>2454</v>
       </c>
       <c r="N173" t="s">
-        <v>2447</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B174" t="s">
-        <v>2448</v>
+        <v>2456</v>
       </c>
       <c r="C174" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D174" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E174" t="s">
-        <v>2441</v>
+        <v>2449</v>
       </c>
       <c r="F174" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G174" t="s">
-        <v>2449</v>
+        <v>2457</v>
       </c>
       <c r="H174" t="s">
-        <v>2450</v>
+        <v>2458</v>
       </c>
       <c r="I174" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="J174" t="s">
-        <v>1757</v>
+        <v>1765</v>
       </c>
       <c r="K174" t="s">
-        <v>2451</v>
+        <v>2459</v>
       </c>
       <c r="L174" t="s">
-        <v>2452</v>
+        <v>2460</v>
       </c>
       <c r="M174" t="s">
-        <v>2453</v>
+        <v>2461</v>
       </c>
       <c r="N174" t="s">
-        <v>2454</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B175" t="s">
-        <v>2455</v>
+        <v>2463</v>
       </c>
       <c r="C175" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D175" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E175" t="s">
-        <v>2441</v>
+        <v>2449</v>
       </c>
       <c r="F175" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G175" t="s">
-        <v>2456</v>
+        <v>2464</v>
       </c>
       <c r="H175" t="s">
-        <v>2457</v>
+        <v>2465</v>
       </c>
       <c r="I175" t="s">
-        <v>2458</v>
+        <v>2466</v>
       </c>
       <c r="J175" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K175" t="s">
-        <v>2459</v>
+        <v>2467</v>
       </c>
       <c r="L175" t="s">
-        <v>2460</v>
+        <v>2468</v>
       </c>
       <c r="M175" t="s">
-        <v>2461</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B176" t="s">
-        <v>2462</v>
+        <v>2470</v>
       </c>
       <c r="C176" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D176" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E176" t="s">
-        <v>2463</v>
+        <v>2471</v>
       </c>
       <c r="F176" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G176" t="s">
-        <v>2464</v>
+        <v>2472</v>
       </c>
       <c r="H176" t="s">
-        <v>2465</v>
+        <v>2473</v>
       </c>
       <c r="I176" t="s">
-        <v>2466</v>
+        <v>2474</v>
       </c>
       <c r="J176" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="K176" t="s">
-        <v>2467</v>
+        <v>2475</v>
       </c>
       <c r="L176" t="s">
-        <v>2468</v>
+        <v>2476</v>
       </c>
       <c r="M176" t="s">
-        <v>2469</v>
+        <v>2477</v>
       </c>
       <c r="N176" t="s">
-        <v>2470</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B177" t="s">
+        <v>2479</v>
+      </c>
+      <c r="C177" t="s">
+        <v>12</v>
+      </c>
+      <c r="D177" t="s">
+        <v>12</v>
+      </c>
+      <c r="E177" t="s">
         <v>2471</v>
       </c>
-      <c r="C177" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F177" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G177" t="s">
-        <v>2472</v>
+        <v>2480</v>
       </c>
       <c r="H177" t="s">
-        <v>2473</v>
+        <v>2481</v>
       </c>
       <c r="I177" t="s">
-        <v>2363</v>
+        <v>2371</v>
       </c>
       <c r="J177" t="s">
-        <v>2474</v>
+        <v>2482</v>
       </c>
       <c r="K177" t="s">
-        <v>2475</v>
+        <v>2483</v>
       </c>
       <c r="L177" t="s">
-        <v>2476</v>
+        <v>2484</v>
       </c>
       <c r="M177" t="s">
-        <v>2477</v>
+        <v>2485</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B178" t="s">
-        <v>2478</v>
+        <v>2486</v>
       </c>
       <c r="C178" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D178" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E178" t="s">
-        <v>2479</v>
+        <v>2487</v>
       </c>
       <c r="F178" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G178" t="s">
-        <v>2480</v>
+        <v>2488</v>
       </c>
       <c r="H178" t="s">
-        <v>2481</v>
+        <v>2489</v>
       </c>
       <c r="I178" t="s">
-        <v>1350</v>
+        <v>1358</v>
       </c>
       <c r="J178" t="s">
-        <v>2482</v>
+        <v>2490</v>
       </c>
       <c r="K178" t="s">
-        <v>2483</v>
+        <v>2491</v>
       </c>
       <c r="L178" t="s">
-        <v>2484</v>
+        <v>2492</v>
       </c>
       <c r="M178" t="s">
-        <v>2485</v>
+        <v>2493</v>
       </c>
       <c r="N178" t="s">
-        <v>2486</v>
+        <v>2494</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B179" t="s">
+        <v>2495</v>
+      </c>
+      <c r="C179" t="s">
+        <v>12</v>
+      </c>
+      <c r="D179" t="s">
+        <v>12</v>
+      </c>
+      <c r="E179" t="s">
         <v>2487</v>
       </c>
-      <c r="C179" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F179" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G179" t="s">
-        <v>2488</v>
+        <v>2496</v>
       </c>
       <c r="H179" t="s">
-        <v>2489</v>
+        <v>2497</v>
       </c>
       <c r="I179" t="s">
-        <v>2490</v>
+        <v>2498</v>
       </c>
       <c r="J179" t="s">
-        <v>1246</v>
+        <v>1264</v>
       </c>
       <c r="K179" t="s">
-        <v>2491</v>
+        <v>2499</v>
       </c>
       <c r="L179" t="s">
-        <v>2492</v>
+        <v>2500</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B180" t="s">
-        <v>2493</v>
+        <v>2501</v>
       </c>
       <c r="C180" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D180" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E180" t="s">
-        <v>2494</v>
+        <v>2502</v>
       </c>
       <c r="F180" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G180" t="s">
-        <v>2495</v>
+        <v>2503</v>
       </c>
       <c r="H180" t="s">
-        <v>2496</v>
+        <v>2504</v>
       </c>
       <c r="I180" t="s">
-        <v>2466</v>
+        <v>2474</v>
       </c>
       <c r="J180" t="s">
-        <v>1707</v>
+        <v>1715</v>
       </c>
       <c r="K180" t="s">
-        <v>2497</v>
+        <v>2505</v>
       </c>
       <c r="L180" t="s">
-        <v>2498</v>
+        <v>2506</v>
       </c>
       <c r="M180" t="s">
-        <v>2499</v>
+        <v>2507</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B181" t="s">
-        <v>2500</v>
+        <v>2508</v>
       </c>
       <c r="C181" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D181" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E181" t="s">
-        <v>2494</v>
+        <v>2502</v>
       </c>
       <c r="F181" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G181" t="s">
-        <v>2501</v>
+        <v>2509</v>
       </c>
       <c r="H181" t="s">
-        <v>2502</v>
+        <v>2510</v>
       </c>
       <c r="I181" t="s">
-        <v>2503</v>
+        <v>2511</v>
       </c>
       <c r="J181" t="s">
-        <v>1425</v>
+        <v>1433</v>
       </c>
       <c r="K181" t="s">
-        <v>2504</v>
+        <v>2512</v>
       </c>
       <c r="L181" t="s">
-        <v>2505</v>
+        <v>2513</v>
       </c>
       <c r="M181" t="s">
-        <v>2506</v>
+        <v>2514</v>
       </c>
       <c r="N181" t="s">
-        <v>2507</v>
+        <v>2515</v>
       </c>
       <c r="O181" t="s">
-        <v>2508</v>
+        <v>2516</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B182" t="s">
-        <v>2509</v>
+        <v>2517</v>
       </c>
       <c r="C182" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D182" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E182" t="s">
-        <v>2510</v>
+        <v>2518</v>
       </c>
       <c r="F182" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G182" t="s">
-        <v>2511</v>
+        <v>2519</v>
       </c>
       <c r="H182" t="s">
-        <v>2512</v>
+        <v>2520</v>
       </c>
       <c r="I182" t="s">
-        <v>2513</v>
+        <v>2521</v>
       </c>
       <c r="J182" t="s">
-        <v>2023</v>
+        <v>2031</v>
       </c>
       <c r="K182" t="s">
-        <v>2514</v>
+        <v>2522</v>
       </c>
       <c r="L182" t="s">
-        <v>2515</v>
+        <v>2523</v>
       </c>
       <c r="M182" t="s">
-        <v>2516</v>
+        <v>2524</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B183" t="s">
-        <v>2517</v>
+        <v>2525</v>
       </c>
       <c r="C183" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D183" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E183" t="s">
-        <v>2518</v>
+        <v>2526</v>
       </c>
       <c r="F183" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G183" t="s">
-        <v>2519</v>
+        <v>2527</v>
       </c>
       <c r="H183" t="s">
-        <v>2520</v>
+        <v>2528</v>
       </c>
       <c r="I183" t="s">
-        <v>1618</v>
+        <v>1626</v>
       </c>
       <c r="J183" t="s">
-        <v>2521</v>
+        <v>2529</v>
       </c>
       <c r="K183" t="s">
-        <v>2522</v>
+        <v>2530</v>
       </c>
       <c r="L183" t="s">
-        <v>2523</v>
+        <v>2531</v>
       </c>
       <c r="M183" t="s">
-        <v>2524</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B184" t="s">
-        <v>2525</v>
+        <v>2533</v>
       </c>
       <c r="C184" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D184" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E184" t="s">
-        <v>2518</v>
+        <v>2526</v>
       </c>
       <c r="F184" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G184" t="s">
-        <v>2526</v>
+        <v>2534</v>
       </c>
       <c r="H184" t="s">
-        <v>2527</v>
+        <v>2535</v>
       </c>
       <c r="I184" t="s">
-        <v>2528</v>
+        <v>2536</v>
       </c>
       <c r="J184" t="s">
-        <v>2529</v>
+        <v>2537</v>
       </c>
       <c r="K184" t="s">
-        <v>2530</v>
+        <v>2538</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B185" t="s">
-        <v>2531</v>
+        <v>2539</v>
       </c>
       <c r="C185" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D185" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E185" t="s">
+        <v>1835</v>
+      </c>
+      <c r="F185" t="s">
+        <v>12</v>
+      </c>
+      <c r="G185" t="s">
+        <v>2540</v>
+      </c>
+      <c r="H185" t="s">
+        <v>2541</v>
+      </c>
+      <c r="I185" t="s">
+        <v>2542</v>
+      </c>
+      <c r="J185" t="s">
+        <v>1433</v>
+      </c>
+      <c r="K185" t="s">
+        <v>2543</v>
+      </c>
+      <c r="L185" t="s">
+        <v>2544</v>
+      </c>
+      <c r="M185" t="s">
+        <v>2545</v>
+      </c>
+      <c r="N185" t="s">
+        <v>2546</v>
+      </c>
+      <c r="O185" t="s">
         <v>1827</v>
       </c>
-      <c r="F185" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="P185" t="s">
-        <v>1818</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B186" t="s">
-        <v>2539</v>
+        <v>2547</v>
       </c>
       <c r="C186" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D186" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E186" t="s">
-        <v>2540</v>
+        <v>2548</v>
       </c>
       <c r="F186" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G186" t="s">
-        <v>2541</v>
+        <v>2549</v>
       </c>
       <c r="H186" t="s">
-        <v>2542</v>
+        <v>2550</v>
       </c>
       <c r="I186" t="s">
-        <v>2319</v>
+        <v>2327</v>
       </c>
       <c r="J186" t="s">
-        <v>434</v>
+        <v>442</v>
       </c>
       <c r="K186" t="s">
-        <v>2543</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B187" t="s">
-        <v>2544</v>
+        <v>2552</v>
       </c>
       <c r="C187" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D187" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E187" t="s">
-        <v>2545</v>
+        <v>2553</v>
       </c>
       <c r="F187" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G187" t="s">
-        <v>2546</v>
+        <v>2554</v>
       </c>
       <c r="H187" t="s">
-        <v>2547</v>
+        <v>2555</v>
       </c>
       <c r="I187" t="s">
-        <v>2466</v>
+        <v>2474</v>
       </c>
       <c r="J187" t="s">
-        <v>2548</v>
+        <v>2556</v>
       </c>
       <c r="K187" t="s">
-        <v>2549</v>
+        <v>2557</v>
       </c>
       <c r="L187" t="s">
-        <v>2550</v>
+        <v>2558</v>
       </c>
       <c r="M187" t="s">
-        <v>2551</v>
+        <v>2559</v>
       </c>
       <c r="N187" t="s">
-        <v>2552</v>
+        <v>2560</v>
       </c>
       <c r="O187" t="s">
-        <v>2553</v>
+        <v>2561</v>
       </c>
       <c r="P187" t="s">
-        <v>2554</v>
+        <v>2562</v>
       </c>
       <c r="Q187" t="s">
-        <v>2555</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B188" t="s">
-        <v>2556</v>
+        <v>2564</v>
       </c>
       <c r="C188" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D188" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E188" t="s">
-        <v>2557</v>
+        <v>2565</v>
       </c>
       <c r="F188" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G188" t="s">
-        <v>2558</v>
+        <v>2566</v>
       </c>
       <c r="H188" t="s">
-        <v>2559</v>
+        <v>2567</v>
       </c>
       <c r="I188" t="s">
-        <v>955</v>
+        <v>973</v>
       </c>
       <c r="J188" t="s">
-        <v>519</v>
+        <v>527</v>
       </c>
       <c r="K188" t="s">
-        <v>2560</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B189" t="s">
-        <v>2561</v>
+        <v>2569</v>
       </c>
       <c r="C189" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D189" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E189" t="s">
-        <v>2562</v>
+        <v>2570</v>
       </c>
       <c r="F189" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G189" t="s">
-        <v>2563</v>
+        <v>2571</v>
       </c>
       <c r="H189" t="s">
-        <v>2564</v>
+        <v>2572</v>
       </c>
       <c r="I189" t="s">
-        <v>2565</v>
+        <v>2573</v>
       </c>
       <c r="J189" t="s">
-        <v>2548</v>
+        <v>2556</v>
       </c>
       <c r="K189" t="s">
-        <v>2566</v>
+        <v>2574</v>
       </c>
       <c r="L189" t="s">
-        <v>2567</v>
+        <v>2575</v>
       </c>
       <c r="M189" t="s">
-        <v>2568</v>
+        <v>2576</v>
       </c>
       <c r="N189" t="s">
-        <v>2569</v>
+        <v>2577</v>
       </c>
       <c r="O189" t="s">
-        <v>2570</v>
+        <v>2578</v>
       </c>
       <c r="P189" t="s">
-        <v>2571</v>
+        <v>2579</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B190" t="s">
-        <v>2572</v>
+        <v>2580</v>
       </c>
       <c r="C190" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D190" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E190" t="s">
-        <v>2573</v>
+        <v>2581</v>
       </c>
       <c r="F190" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G190" t="s">
-        <v>2574</v>
+        <v>2582</v>
       </c>
       <c r="H190" t="s">
-        <v>2575</v>
+        <v>2583</v>
       </c>
       <c r="I190" t="s">
-        <v>2424</v>
+        <v>2432</v>
       </c>
       <c r="J190" t="s">
-        <v>1757</v>
+        <v>1765</v>
       </c>
       <c r="K190" t="s">
-        <v>2576</v>
+        <v>2584</v>
       </c>
       <c r="L190" t="s">
-        <v>2577</v>
+        <v>2585</v>
       </c>
       <c r="M190" t="s">
-        <v>2578</v>
+        <v>2586</v>
       </c>
       <c r="N190" t="s">
-        <v>2579</v>
+        <v>2587</v>
       </c>
       <c r="O190" t="s">
-        <v>2580</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B191" t="s">
-        <v>2581</v>
+        <v>2589</v>
       </c>
       <c r="C191" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D191" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E191" t="s">
-        <v>2582</v>
+        <v>2590</v>
       </c>
       <c r="F191" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G191" t="s">
-        <v>2583</v>
+        <v>2591</v>
       </c>
       <c r="H191" t="s">
-        <v>2584</v>
+        <v>2592</v>
       </c>
       <c r="I191" t="s">
-        <v>2585</v>
+        <v>2593</v>
       </c>
       <c r="J191" t="s">
-        <v>2586</v>
+        <v>2594</v>
       </c>
       <c r="K191" t="s">
-        <v>2587</v>
+        <v>2595</v>
       </c>
       <c r="L191" t="s">
-        <v>2588</v>
+        <v>2596</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B192" t="s">
-        <v>2589</v>
+        <v>2597</v>
       </c>
       <c r="C192" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D192" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E192" t="s">
-        <v>2590</v>
+        <v>2598</v>
       </c>
       <c r="F192" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G192" t="s">
-        <v>2591</v>
+        <v>2599</v>
       </c>
       <c r="H192" t="s">
-        <v>2592</v>
+        <v>2600</v>
       </c>
       <c r="I192" t="s">
-        <v>2593</v>
+        <v>2601</v>
       </c>
       <c r="J192" t="s">
-        <v>2023</v>
+        <v>2031</v>
       </c>
       <c r="K192" t="s">
-        <v>2594</v>
+        <v>2602</v>
       </c>
       <c r="L192" t="s">
-        <v>2595</v>
+        <v>2603</v>
       </c>
       <c r="M192" t="s">
-        <v>2596</v>
+        <v>2604</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B193" t="s">
-        <v>2597</v>
+        <v>2605</v>
       </c>
       <c r="C193" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D193" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E193" t="s">
-        <v>2598</v>
+        <v>2606</v>
       </c>
       <c r="F193" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G193" t="s">
-        <v>2599</v>
+        <v>2607</v>
       </c>
       <c r="H193" t="s">
-        <v>2600</v>
+        <v>2608</v>
       </c>
       <c r="I193" t="s">
-        <v>2601</v>
+        <v>2609</v>
       </c>
       <c r="J193" t="s">
-        <v>2548</v>
+        <v>2556</v>
       </c>
       <c r="K193" t="s">
-        <v>2602</v>
+        <v>2610</v>
       </c>
       <c r="L193" t="s">
-        <v>2603</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B194" t="s">
-        <v>2604</v>
+        <v>2612</v>
       </c>
       <c r="C194" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D194" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E194" t="s">
-        <v>2605</v>
+        <v>2613</v>
       </c>
       <c r="F194" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G194" t="s">
-        <v>2606</v>
+        <v>2614</v>
       </c>
       <c r="H194" t="s">
-        <v>2607</v>
+        <v>2615</v>
       </c>
       <c r="I194" t="s">
-        <v>2608</v>
+        <v>2616</v>
       </c>
       <c r="J194" t="s">
-        <v>2609</v>
+        <v>2617</v>
       </c>
       <c r="K194" t="s">
-        <v>2610</v>
+        <v>2618</v>
       </c>
       <c r="L194" t="s">
-        <v>2611</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B195" t="s">
-        <v>2612</v>
+        <v>2620</v>
       </c>
       <c r="C195" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D195" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E195" t="s">
-        <v>2613</v>
+        <v>2621</v>
       </c>
       <c r="F195" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G195" t="s">
-        <v>2614</v>
+        <v>2622</v>
       </c>
       <c r="H195" t="s">
-        <v>2615</v>
+        <v>2623</v>
       </c>
       <c r="I195" t="s">
-        <v>2616</v>
+        <v>2624</v>
       </c>
       <c r="J195" t="s">
-        <v>2617</v>
+        <v>2625</v>
       </c>
       <c r="K195" t="s">
-        <v>2618</v>
+        <v>2626</v>
       </c>
       <c r="L195" t="s">
-        <v>2619</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B196" t="s">
-        <v>2620</v>
+        <v>2628</v>
       </c>
       <c r="C196" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D196" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E196" t="s">
-        <v>2621</v>
+        <v>2629</v>
       </c>
       <c r="F196" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G196" t="s">
-        <v>2622</v>
+        <v>2630</v>
       </c>
       <c r="H196" t="s">
-        <v>2623</v>
+        <v>2631</v>
       </c>
       <c r="I196" t="s">
-        <v>2624</v>
+        <v>2632</v>
       </c>
       <c r="J196" t="s">
-        <v>2625</v>
+        <v>2633</v>
       </c>
       <c r="K196" t="s">
-        <v>2626</v>
+        <v>2634</v>
       </c>
       <c r="L196" t="s">
-        <v>2627</v>
+        <v>2635</v>
       </c>
       <c r="M196" t="s">
-        <v>2628</v>
+        <v>2636</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B197" t="s">
-        <v>2629</v>
+        <v>2637</v>
       </c>
       <c r="C197" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D197" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E197" t="s">
-        <v>2630</v>
+        <v>2638</v>
       </c>
       <c r="F197" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G197" t="s">
-        <v>2631</v>
+        <v>2639</v>
       </c>
       <c r="H197" t="s">
-        <v>2632</v>
+        <v>2640</v>
       </c>
       <c r="I197" t="s">
-        <v>1751</v>
+        <v>1759</v>
       </c>
       <c r="J197" t="s">
-        <v>2633</v>
+        <v>2641</v>
       </c>
       <c r="K197" t="s">
-        <v>2634</v>
+        <v>2642</v>
       </c>
       <c r="L197" t="s">
-        <v>2635</v>
+        <v>2643</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B198" t="s">
-        <v>2636</v>
+        <v>2644</v>
       </c>
       <c r="C198" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D198" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E198" t="s">
-        <v>2637</v>
+        <v>2645</v>
       </c>
       <c r="F198" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G198" t="s">
-        <v>2638</v>
+        <v>2646</v>
       </c>
       <c r="H198" t="s">
-        <v>2639</v>
+        <v>2647</v>
       </c>
       <c r="I198" t="s">
-        <v>2640</v>
+        <v>2648</v>
       </c>
       <c r="J198" t="s">
-        <v>2641</v>
+        <v>2649</v>
       </c>
       <c r="K198" t="s">
-        <v>2642</v>
+        <v>2650</v>
       </c>
       <c r="L198" t="s">
-        <v>2643</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B199" t="s">
-        <v>2644</v>
+        <v>2652</v>
       </c>
       <c r="C199" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D199" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E199" t="s">
-        <v>2645</v>
+        <v>2653</v>
       </c>
       <c r="F199" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G199" t="s">
-        <v>2646</v>
+        <v>2654</v>
       </c>
       <c r="H199" t="s">
-        <v>2647</v>
+        <v>2655</v>
       </c>
       <c r="I199" t="s">
-        <v>2648</v>
+        <v>2656</v>
       </c>
       <c r="J199" t="s">
-        <v>2649</v>
+        <v>2657</v>
       </c>
       <c r="K199" t="s">
-        <v>2650</v>
+        <v>2658</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B200" t="s">
-        <v>2651</v>
+        <v>2659</v>
       </c>
       <c r="C200" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D200" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E200" t="s">
-        <v>2652</v>
+        <v>2660</v>
       </c>
       <c r="F200" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G200" t="s">
-        <v>2653</v>
+        <v>2661</v>
       </c>
       <c r="H200" t="s">
-        <v>2654</v>
+        <v>2662</v>
       </c>
       <c r="I200" t="s">
-        <v>2655</v>
+        <v>2663</v>
       </c>
       <c r="J200" t="s">
-        <v>2656</v>
+        <v>2664</v>
       </c>
       <c r="K200" t="s">
-        <v>2657</v>
+        <v>2665</v>
       </c>
       <c r="L200" t="s">
-        <v>2658</v>
+        <v>2666</v>
       </c>
       <c r="M200" t="s">
-        <v>2659</v>
+        <v>2667</v>
       </c>
       <c r="N200" t="s">
-        <v>2660</v>
+        <v>2668</v>
       </c>
       <c r="O200" t="s">
-        <v>2661</v>
+        <v>2669</v>
       </c>
       <c r="P200" t="s">
-        <v>2662</v>
+        <v>2670</v>
       </c>
       <c r="Q200" t="s">
-        <v>2663</v>
+        <v>2671</v>
       </c>
       <c r="R200" t="s">
-        <v>2664</v>
+        <v>2672</v>
       </c>
       <c r="S200" t="s">
-        <v>2665</v>
+        <v>2673</v>
       </c>
       <c r="T200" t="s">
-        <v>2666</v>
+        <v>2674</v>
       </c>
       <c r="U200" t="s">
-        <v>2667</v>
+        <v>2675</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B201" t="s">
-        <v>2668</v>
+        <v>2676</v>
       </c>
       <c r="C201" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D201" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E201" t="s">
-        <v>2652</v>
+        <v>2660</v>
       </c>
       <c r="F201" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G201" t="s">
-        <v>2669</v>
+        <v>2677</v>
       </c>
       <c r="H201" t="s">
-        <v>2670</v>
+        <v>2678</v>
       </c>
       <c r="I201" t="s">
-        <v>2655</v>
+        <v>2663</v>
       </c>
       <c r="J201" t="s">
-        <v>2023</v>
+        <v>2031</v>
       </c>
       <c r="K201" t="s">
-        <v>2671</v>
+        <v>2679</v>
       </c>
       <c r="L201" t="s">
-        <v>2672</v>
+        <v>2680</v>
       </c>
       <c r="M201" t="s">
-        <v>2673</v>
+        <v>2681</v>
       </c>
       <c r="N201" t="s">
-        <v>2674</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B202" t="s">
-        <v>2675</v>
+        <v>2683</v>
       </c>
       <c r="C202" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D202" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E202" t="s">
-        <v>2676</v>
+        <v>2684</v>
       </c>
       <c r="F202" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G202" t="s">
-        <v>2677</v>
+        <v>2685</v>
       </c>
       <c r="H202" t="s">
-        <v>2678</v>
+        <v>2686</v>
       </c>
       <c r="I202" t="s">
-        <v>2679</v>
+        <v>2687</v>
       </c>
       <c r="J202" t="s">
-        <v>1235</v>
+        <v>1253</v>
       </c>
       <c r="K202" t="s">
-        <v>2680</v>
+        <v>2688</v>
       </c>
       <c r="L202" t="s">
-        <v>2681</v>
+        <v>2689</v>
       </c>
       <c r="M202" t="s">
-        <v>2682</v>
+        <v>2690</v>
       </c>
       <c r="N202" t="s">
-        <v>2683</v>
+        <v>2691</v>
       </c>
       <c r="O202" t="s">
-        <v>2684</v>
+        <v>2692</v>
       </c>
       <c r="P202" t="s">
-        <v>2685</v>
+        <v>2693</v>
       </c>
       <c r="Q202" t="s">
-        <v>2686</v>
+        <v>2694</v>
       </c>
       <c r="R202" t="s">
-        <v>2687</v>
+        <v>2695</v>
       </c>
       <c r="S202" t="s">
-        <v>2688</v>
+        <v>2696</v>
       </c>
       <c r="T202" t="s">
-        <v>2688</v>
+        <v>2696</v>
       </c>
       <c r="U202" t="s">
-        <v>2689</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B203" t="s">
-        <v>2690</v>
+        <v>2698</v>
       </c>
       <c r="C203" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D203" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E203" t="s">
-        <v>2691</v>
+        <v>2699</v>
       </c>
       <c r="F203" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G203" t="s">
-        <v>2692</v>
+        <v>2700</v>
       </c>
       <c r="H203" t="s">
-        <v>2693</v>
+        <v>2701</v>
       </c>
       <c r="I203" t="s">
-        <v>2694</v>
+        <v>2702</v>
       </c>
       <c r="J203" t="s">
-        <v>2695</v>
+        <v>2703</v>
       </c>
       <c r="K203" t="s">
-        <v>2696</v>
+        <v>2704</v>
       </c>
       <c r="L203" t="s">
-        <v>2697</v>
+        <v>2705</v>
       </c>
       <c r="M203" t="s">
-        <v>2698</v>
+        <v>2706</v>
       </c>
       <c r="N203" t="s">
-        <v>2699</v>
+        <v>2707</v>
       </c>
       <c r="O203" t="s">
-        <v>2700</v>
+        <v>2708</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B204" t="s">
-        <v>2701</v>
+        <v>2709</v>
       </c>
       <c r="C204" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D204" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E204" t="s">
-        <v>2691</v>
+        <v>2699</v>
       </c>
       <c r="F204" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G204" t="s">
-        <v>2702</v>
+        <v>2710</v>
       </c>
       <c r="H204" t="s">
-        <v>2703</v>
+        <v>2711</v>
       </c>
       <c r="I204" t="s">
-        <v>2704</v>
+        <v>2712</v>
       </c>
       <c r="J204" t="s">
-        <v>2705</v>
+        <v>2713</v>
       </c>
       <c r="K204" t="s">
-        <v>2706</v>
+        <v>2714</v>
       </c>
       <c r="L204" t="s">
-        <v>2707</v>
+        <v>2715</v>
       </c>
       <c r="M204" t="s">
-        <v>2708</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B205" t="s">
-        <v>2709</v>
+        <v>2717</v>
       </c>
       <c r="C205" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D205" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E205" t="s">
-        <v>2710</v>
+        <v>2718</v>
       </c>
       <c r="F205" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G205" t="s">
-        <v>2711</v>
+        <v>2719</v>
       </c>
       <c r="H205" t="s">
-        <v>2712</v>
+        <v>2720</v>
       </c>
       <c r="I205" t="s">
-        <v>2713</v>
+        <v>2721</v>
       </c>
       <c r="J205" t="s">
-        <v>2714</v>
+        <v>2722</v>
       </c>
       <c r="K205" t="s">
-        <v>2715</v>
+        <v>2723</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B206" t="s">
-        <v>2716</v>
+        <v>2724</v>
       </c>
       <c r="C206" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D206" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E206" t="s">
-        <v>2717</v>
+        <v>2725</v>
       </c>
       <c r="F206" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G206" t="s">
-        <v>2718</v>
+        <v>2726</v>
       </c>
       <c r="H206" t="s">
-        <v>2719</v>
+        <v>2727</v>
       </c>
       <c r="I206" t="s">
-        <v>2720</v>
+        <v>2728</v>
       </c>
       <c r="J206" t="s">
-        <v>2625</v>
+        <v>2633</v>
       </c>
       <c r="K206" t="s">
-        <v>2721</v>
+        <v>2729</v>
       </c>
       <c r="L206" t="s">
-        <v>2722</v>
+        <v>2730</v>
       </c>
       <c r="M206" t="s">
-        <v>2723</v>
+        <v>2731</v>
       </c>
       <c r="N206" t="s">
-        <v>2724</v>
+        <v>2732</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B207" t="s">
+        <v>2733</v>
+      </c>
+      <c r="C207" t="s">
+        <v>12</v>
+      </c>
+      <c r="D207" t="s">
+        <v>12</v>
+      </c>
+      <c r="E207" t="s">
         <v>2725</v>
       </c>
-      <c r="C207" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F207" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G207" t="s">
-        <v>2726</v>
+        <v>2734</v>
       </c>
       <c r="H207" t="s">
-        <v>2727</v>
+        <v>2735</v>
       </c>
       <c r="I207" t="s">
-        <v>2728</v>
+        <v>2736</v>
       </c>
       <c r="J207" t="s">
-        <v>2729</v>
+        <v>2737</v>
       </c>
       <c r="K207" t="s">
-        <v>2730</v>
+        <v>2738</v>
       </c>
       <c r="L207" t="s">
-        <v>2731</v>
+        <v>2739</v>
       </c>
       <c r="M207" t="s">
-        <v>2732</v>
+        <v>2740</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B208" t="s">
-        <v>2733</v>
+        <v>2741</v>
       </c>
       <c r="C208" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D208" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E208" t="s">
-        <v>2734</v>
+        <v>2742</v>
       </c>
       <c r="F208" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G208" t="s">
-        <v>2735</v>
+        <v>2743</v>
       </c>
       <c r="H208" t="s">
-        <v>2736</v>
+        <v>2744</v>
       </c>
       <c r="I208" t="s">
-        <v>2737</v>
+        <v>2745</v>
       </c>
       <c r="J208" t="s">
-        <v>2738</v>
+        <v>2746</v>
       </c>
       <c r="K208" t="s">
-        <v>2739</v>
+        <v>2747</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B209" t="s">
-        <v>2740</v>
+        <v>2748</v>
       </c>
       <c r="C209" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D209" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E209" t="s">
-        <v>2734</v>
+        <v>2742</v>
       </c>
       <c r="F209" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G209" t="s">
-        <v>2741</v>
+        <v>2749</v>
       </c>
       <c r="H209" t="s">
-        <v>2742</v>
+        <v>2750</v>
       </c>
       <c r="I209" t="s">
-        <v>2743</v>
+        <v>2751</v>
       </c>
       <c r="J209" t="s">
-        <v>2272</v>
+        <v>2280</v>
       </c>
       <c r="K209" t="s">
-        <v>2744</v>
+        <v>2752</v>
       </c>
       <c r="L209" t="s">
-        <v>2745</v>
+        <v>2753</v>
       </c>
       <c r="M209" t="s">
-        <v>2746</v>
+        <v>2754</v>
       </c>
       <c r="N209" t="s">
-        <v>2747</v>
+        <v>2755</v>
       </c>
       <c r="O209" t="s">
-        <v>2748</v>
+        <v>2756</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>937</v>
+        <v>944</v>
       </c>
       <c r="B210" t="s">
-        <v>2749</v>
+        <v>2757</v>
       </c>
       <c r="C210" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D210" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E210" t="s">
-        <v>2750</v>
+        <v>2758</v>
       </c>
       <c r="F210" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G210" t="s">
-        <v>2751</v>
+        <v>2759</v>
       </c>
       <c r="H210" t="s">
-        <v>2752</v>
+        <v>2760</v>
       </c>
       <c r="I210" t="s">
-        <v>1580</v>
+        <v>1588</v>
       </c>
       <c r="J210" t="s">
-        <v>2633</v>
+        <v>2641</v>
       </c>
       <c r="K210" t="s">
-        <v>2753</v>
+        <v>2761</v>
       </c>
       <c r="L210" t="s">
-        <v>2754</v>
+        <v>2762</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2755</v>
+        <v>2763</v>
       </c>
       <c r="B2" t="s">
-        <v>2756</v>
+        <v>2764</v>
       </c>
       <c r="C2" t="s">
-        <v>2757</v>
+        <v>2765</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>2758</v>
+        <v>2766</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>2759</v>
+        <v>2767</v>
       </c>
       <c r="H2" t="s">
-        <v>2760</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2755</v>
+        <v>2763</v>
       </c>
       <c r="B3" t="s">
-        <v>2761</v>
+        <v>2769</v>
       </c>
       <c r="C3" t="s">
-        <v>2762</v>
+        <v>2770</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>2763</v>
+        <v>2771</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>2764</v>
+        <v>2772</v>
       </c>
       <c r="H3" t="s">
-        <v>2765</v>
+        <v>2773</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="B2" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="C2" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="D2" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="E2" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
       <c r="H2" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="B3" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="C3" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
       <c r="D3" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="E3" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
       <c r="H3" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B2" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
       <c r="C2" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
       <c r="H2" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B3" t="s">
-        <v>611</v>
+        <v>618</v>
       </c>
       <c r="C3" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="H3" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B4" t="s">
-        <v>616</v>
+        <v>623</v>
       </c>
       <c r="C4" t="s">
-        <v>617</v>
+        <v>624</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>619</v>
+        <v>626</v>
       </c>
       <c r="H4" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B5" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="C5" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>618</v>
+        <v>625</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="H5" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B6" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="C6" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>628</v>
+        <v>635</v>
       </c>
       <c r="H6" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B7" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="C7" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="H7" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B8" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="C8" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="D8" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="E8" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="H8" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B9" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="C9" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="H9" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B10" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
       <c r="C10" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="H10" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B11" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="C11" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="H11" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B12" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="C12" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="H12" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B13" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="C13" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="H13" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B14" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="C14" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="H14" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B15" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="C15" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="H15" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B16" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="C16" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="D16" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="H16" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B17" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="C17" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="H17" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B18" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="C18" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="H18" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B19" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="C19" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="H19" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B20" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="C20" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="D20" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="H20" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B21" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
       <c r="C21" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="F21" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="H21" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B22" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="C22" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="D22" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="F22" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="H22" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B23" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="C23" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="F23" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="H23" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B24" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="C24" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="D24" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="F24" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="H24" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B25" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="C25" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D25" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="E25" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="F25" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="H25" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B26" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="C26" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="F26" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="H26" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B27" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="C27" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="D27" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="F27" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="H27" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B28" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="C28" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="D28" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="F28" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="H28" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B29" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="C29" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="D29" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="F29" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="H29" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="B30" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="C30" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="D30" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="F30" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="H30" t="s">
-        <v>748</v>
+        <v>755</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="B2" t="s">
-        <v>750</v>
+        <v>757</v>
       </c>
       <c r="C2" t="s">
-        <v>751</v>
+        <v>758</v>
       </c>
       <c r="D2" t="s">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="E2" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="H2" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="B3" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="C3" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="D3" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="E3" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="H3" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="B4" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="C4" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="D4" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="E4" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="H4" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="B2" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="C2" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="D2" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="E2" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="H2" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="B2" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="C2" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="H2" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="B3" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="C3" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="H3" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="B4" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="C4" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="D4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="H4" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B2" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="C2" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="D2" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="E2" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="H2" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B3" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="C3" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="D3" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="E3" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="H3" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B4" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="C4" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="D4" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="E4" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="H4" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B5" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="C5" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="D5" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="E5" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="H5" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B6" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="C6" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="H6" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B7" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="C7" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="D7" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="E7" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="H7" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B8" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="C8" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="D8" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="E8" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="H8" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B9" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="C9" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="D9" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="E9" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="H9" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B10" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="C10" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="D10" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
       <c r="E10" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="H10" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B11" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="C11" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="D11" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="E11" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="H11" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B12" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="C12" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="H12" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B13" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="C13" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="D13" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
       <c r="E13" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="H13" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B14" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="C14" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="D14" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="E14" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="H14" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B15" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="C15" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="D15" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
       <c r="E15" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="H15" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="B2" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="C2" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="D2" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="E2" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="H2" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="B3" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="C3" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="D3" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="E3" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="H3" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="B4" t="s">
+        <v>890</v>
+      </c>
+      <c r="C4" t="s">
+        <v>891</v>
+      </c>
+      <c r="D4" t="s">
+        <v>882</v>
+      </c>
+      <c r="E4" t="s">
         <v>883</v>
       </c>
-      <c r="C4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>885</v>
+        <v>892</v>
       </c>
       <c r="H4" t="s">
-        <v>886</v>
+        <v>893</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="B5" t="s">
-        <v>887</v>
+        <v>894</v>
       </c>
       <c r="C5" t="s">
-        <v>888</v>
+        <v>895</v>
       </c>
       <c r="D5" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="E5" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="H5" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="B6" t="s">
-        <v>893</v>
+        <v>900</v>
       </c>
       <c r="C6" t="s">
-        <v>894</v>
+        <v>901</v>
       </c>
       <c r="D6" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="E6" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>897</v>
+        <v>904</v>
       </c>
       <c r="H6" t="s">
-        <v>898</v>
+        <v>905</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="B7" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
       <c r="C7" t="s">
-        <v>900</v>
+        <v>907</v>
       </c>
       <c r="D7" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="E7" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>901</v>
+        <v>908</v>
       </c>
       <c r="H7" t="s">
-        <v>902</v>
+        <v>909</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="B8" t="s">
+        <v>910</v>
+      </c>
+      <c r="C8" t="s">
+        <v>911</v>
+      </c>
+      <c r="D8" t="s">
+        <v>912</v>
+      </c>
+      <c r="E8" t="s">
         <v>903</v>
       </c>
-      <c r="C8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>906</v>
+        <v>913</v>
       </c>
       <c r="H8" t="s">
-        <v>907</v>
+        <v>914</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="B9" t="s">
-        <v>908</v>
+        <v>915</v>
       </c>
       <c r="C9" t="s">
-        <v>909</v>
+        <v>916</v>
       </c>
       <c r="D9" t="s">
-        <v>895</v>
+        <v>902</v>
       </c>
       <c r="E9" t="s">
-        <v>896</v>
+        <v>903</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>910</v>
+        <v>917</v>
       </c>
       <c r="H9" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="B10" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="C10" t="s">
-        <v>913</v>
+        <v>920</v>
       </c>
       <c r="D10" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="E10" t="s">
-        <v>915</v>
+        <v>922</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>916</v>
+        <v>923</v>
       </c>
       <c r="H10" t="s">
-        <v>917</v>
+        <v>924</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="B11" t="s">
-        <v>918</v>
+        <v>925</v>
       </c>
       <c r="C11" t="s">
-        <v>919</v>
+        <v>926</v>
       </c>
       <c r="D11" t="s">
-        <v>920</v>
+        <v>927</v>
       </c>
       <c r="E11" t="s">
-        <v>921</v>
+        <v>928</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>922</v>
+        <v>929</v>
       </c>
       <c r="H11" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="B2" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="C2" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>927</v>
+        <v>934</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="H2" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="B3" t="s">
-        <v>930</v>
+        <v>937</v>
       </c>
       <c r="C3" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="D3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>932</v>
+        <v>939</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>933</v>
+        <v>940</v>
       </c>
       <c r="H3" t="s">
-        <v>934</v>
+        <v>941</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>