--- v1 (2025-12-05)
+++ v2 (2026-01-19)
@@ -39,51 +39,51 @@
     <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
     <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4670" uniqueCount="2774">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4682" uniqueCount="2780">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1880,50 +1880,65 @@
   <si>
     <t>c_1028305</t>
   </si>
   <si>
     <t>Dépistage et diagnostic précoce du glaucome : problématique  et perspectives en France</t>
   </si>
   <si>
     <t>Le rapport d’orientation Dépistage et diagnostic précoce du glaucome : problématique et perspectives en France fait la synthèse des données sur le glaucome : histoire de la maladie, épidémiologie, prise en charge diagnostique et thérapeutique, pertinence du dépistage, attentes des professionnels de santé.</t>
   </si>
   <si>
     <t>01/07/2006 00:00:00</t>
   </si>
   <si>
     <t>01/07/2006 11:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
   </si>
   <si>
     <t>c_500229</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
     <t>Syndrome d’Alport</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SA. Il a été élaboré par le Centre de Référence MARHEA sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>01/10/2025 11:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689000/fr/syndrome-d-alport</t>
   </si>
   <si>
     <t>p_3689000</t>
   </si>
   <si>
     <t>Les maladies du spectre de la neuromyélite optique</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
@@ -2294,65 +2309,50 @@
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Incontinentia Pigmenti. Il a été élaboré par par le centre de référence : Hôpital Necker Enfants -Malades, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3112337/fr/incontinentia-pigmenti</t>
   </si>
   <si>
     <t>p_3112337</t>
   </si>
   <si>
     <t>Aniridie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'Aniridie. Il a été élaboré par le Centre de référence des Maladies Rares en Ophtalmologie – OPHTARA à l’aide d’une méthodologie proposée par la HAS.</t>
   </si>
   <si>
     <t>10/04/2019 14:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2963463/fr/aniridie</t>
   </si>
   <si>
     <t>c_2963463</t>
   </si>
   <si>
-    <t>Syndrome de Marfan et apparentés</t>
-[...13 lines deleted...]
-  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Diagnostic et prise en charge de l’hypertonie oculaire et du glaucome primitif à angle ouvert</t>
   </si>
   <si>
     <t>Le glaucome est une maladie grave, insidieuse et longtemps asymptomatique pour laquelle il existe une grande variabilité interindividuelle. Un retard diagnostique ou une prise en charge inadaptée peuvent aboutir à des altérations irréversibles du champ visuel et de la qualité visuelle. Ces recommandations de la HAS s'adressent en priorité aux ophtalmologistes, orthoptistes et médecins généralistes.</t>
   </si>
   <si>
     <t>27/02/2022 00:00:00</t>
   </si>
   <si>
     <t>04/03/2022 11:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3321655/fr/diagnostic-et-prise-en-charge-de-l-hypertonie-oculaire-et-du-glaucome-primitif-a-angle-ouvert</t>
   </si>
   <si>
     <t>p_3321655</t>
   </si>
   <si>
     <t>Troubles de la réfraction : délivrance de verres correcteurs par les opticiens dans le cadre d'un renouvellement</t>
   </si>
   <si>
     <t>L’article 54 de la loi n° 2006-1640 du 21 décembre 2006 de financement de la Sécurité sociale et ses décrets d’application (décrets n° 2007-553 et n° 2007-551 du 13 avril 2007) ont permis aux opticiens-lunetiers d’adapter, dans le cadre d'un renouvellement, les prescriptions médicales initiales de verres correcteurs datant de moins de 3 ans, à l'exclusion de celles établies pour les personnes âgées de moins de 16 ans et sauf opposition du médecin.</t>
@@ -2876,50 +2876,92 @@
   <si>
     <t>Fiche pertinence des soins indications et contre-indications de la chirurgie de la cataracte liée à l’âge</t>
   </si>
   <si>
     <t>Cette fiche pertinence décline les indications et contre-indications de la chirurgie de la cataracte liée à l’âge.</t>
   </si>
   <si>
     <t>11/03/2019 11:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2906983/fr/fiche-pertinence-des-soins-indications-et-contre-indications-de-la-chirurgie-de-la-cataracte-liee-a-l-age</t>
   </si>
   <si>
     <t>c_2906983</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>VEVIZYE (ciclosporine)</t>
+  </si>
+  <si>
+    <t>29/12/2025 14:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806686/fr/vevizye-ciclosporine</t>
+  </si>
+  <si>
+    <t>p_3806686</t>
+  </si>
+  <si>
+    <t>ciclosporine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806397/fr/vevizye-ciclosporine-keratoconjonctivite-seche</t>
+  </si>
+  <si>
+    <t>TEPEZZA (téprotumumab)</t>
+  </si>
+  <si>
+    <t>10/12/2025 16:26:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592975/fr/tepezza-teprotumumab</t>
+  </si>
+  <si>
+    <t>p_3592975</t>
+  </si>
+  <si>
+    <t>téprotumumab</t>
+  </si>
+  <si>
+    <t>AMGEN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592956/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785356/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
+  </si>
+  <si>
     <t>IOPIDINE (apraclonidine)</t>
   </si>
   <si>
     <t>06/11/2025 09:31:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984302/fr/iopidine-apraclonidine</t>
   </si>
   <si>
     <t>pprd_2984302</t>
   </si>
   <si>
     <t>apraclonidine</t>
   </si>
   <si>
     <t>ESSENTIAL PHARMA LIMITED</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400925/fr/iopidine-0-5-pour-cent-collyre-en-solution-1-flacon-de-5-ml-cip-338-389-8-iopidine-1-pour-cent-collyre-en-recipient-unidose-2-recipients-de-0-25-ml-cip-341-054-3</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_962473/fr/iopidine-apraclonidine-chlorhydrate-d</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2579419/fr/iopidine-apraclonidine-chlorhydrate-d</t>
@@ -3047,53 +3089,50 @@
   <si>
     <t>p_3639394</t>
   </si>
   <si>
     <t>polihexanide</t>
   </si>
   <si>
     <t>SIFI FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639096/fr/akantior-polihexanide-keratite-amibienne-chez-l-adulte-l-adolescent-et-l-enfant-a-partir-de-12-ans</t>
   </si>
   <si>
     <t>CEQUA (ciclosporine)</t>
   </si>
   <si>
     <t>30/06/2025 08:48:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633538/fr/cequa-ciclosporine</t>
   </si>
   <si>
     <t>p_3633538</t>
   </si>
   <si>
-    <t>ciclosporine</t>
-[...1 lines deleted...]
-  <si>
     <t>SUN PHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633263/fr/cequa-ciclosporine-keratoconjonctivite-seche-moderee-a-severe</t>
   </si>
   <si>
     <t>BEOVU (brolucizumab)</t>
   </si>
   <si>
     <t>10/04/2025 16:45:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3225094/fr/beovu-brolucizumab</t>
   </si>
   <si>
     <t>p_3225094</t>
   </si>
   <si>
     <t>brolucizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3224952/fr/beovu-brolucizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3375404/fr/beovu-brolucizumab</t>
@@ -3111,71 +3150,50 @@
     <t>05/03/2025 18:58:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3415991/fr/vabysmo-faricimab</t>
   </si>
   <si>
     <t>p_3415991</t>
   </si>
   <si>
     <t>faricimab</t>
   </si>
   <si>
     <t>ROCHE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3413296/fr/vabysmo-faricimab-degenerescence-maculaire-liee-a-l-age-neovasculaire-dmlan</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3413299/fr/vabysmo-faricimab-oedeme-maculaire-diabetique-omd</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3577021/fr/vabysmo-faricimab-oedeme-maculaire-secondaire-a-une-occlusion-de-branche-veineuse-retinienne-obvr-ou-de-la-veine-centrale-de-la-retine-ovcr</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594384/fr/vabysmo-faricimab-degenerescence-maculaire-liee-a-l-age-neovasculaire-oedeme-maculaire-diabetique-oedeme-maculaire-secondaire-aux-occlusions-veineuses-retiniennes</t>
-  </si>
-[...19 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3592956/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
   </si>
   <si>
     <t>OLATALIN (dorzolamide/timolol)</t>
   </si>
   <si>
     <t>21/02/2025 08:57:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591650/fr/olatalin-dorzolamide/timolol</t>
   </si>
   <si>
     <t>p_3591650</t>
   </si>
   <si>
     <t>dorzolamide,timolol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591600/fr/olatalin-dorzolamide/timolol-glaucome-a-angle-ouvert-glaucome-pseudo-exfoliatif</t>
   </si>
   <si>
     <t>COSIDIME (dorzolamide / timolol)</t>
   </si>
   <si>
     <t>24/01/2025 16:20:53</t>
   </si>
@@ -12265,51 +12283,51 @@
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120" t="s">
         <v>597</v>
       </c>
       <c r="H120" t="s">
         <v>598</v>
       </c>
       <c r="I120" t="s">
         <v>12</v>
       </c>
       <c r="J120" t="s">
         <v>593</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BF210"/>
+  <dimension ref="A1:BF211"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -12335,2693 +12353,2696 @@
       <c r="B2" t="s">
         <v>945</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>946</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>947</v>
       </c>
       <c r="H2" t="s">
         <v>948</v>
       </c>
       <c r="I2" t="s">
         <v>949</v>
       </c>
       <c r="J2" t="s">
+        <v>271</v>
+      </c>
+      <c r="K2" t="s">
         <v>950</v>
-      </c>
-[...13 lines deleted...]
-        <v>955</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>944</v>
       </c>
       <c r="B3" t="s">
+        <v>951</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>952</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>953</v>
+      </c>
+      <c r="H3" t="s">
+        <v>954</v>
+      </c>
+      <c r="I3" t="s">
+        <v>955</v>
+      </c>
+      <c r="J3" t="s">
         <v>956</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="K3" t="s">
         <v>957</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="L3" t="s">
         <v>958</v>
-      </c>
-[...28 lines deleted...]
-        <v>968</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>944</v>
       </c>
       <c r="B4" t="s">
+        <v>959</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>960</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>961</v>
+      </c>
+      <c r="H4" t="s">
+        <v>962</v>
+      </c>
+      <c r="I4" t="s">
+        <v>963</v>
+      </c>
+      <c r="J4" t="s">
+        <v>964</v>
+      </c>
+      <c r="K4" t="s">
+        <v>965</v>
+      </c>
+      <c r="L4" t="s">
+        <v>966</v>
+      </c>
+      <c r="M4" t="s">
+        <v>967</v>
+      </c>
+      <c r="N4" t="s">
+        <v>968</v>
+      </c>
+      <c r="O4" t="s">
         <v>969</v>
-      </c>
-[...43 lines deleted...]
-        <v>981</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>944</v>
       </c>
       <c r="B5" t="s">
+        <v>970</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>971</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>972</v>
+      </c>
+      <c r="H5" t="s">
+        <v>973</v>
+      </c>
+      <c r="I5" t="s">
+        <v>974</v>
+      </c>
+      <c r="J5" t="s">
+        <v>975</v>
+      </c>
+      <c r="K5" t="s">
+        <v>976</v>
+      </c>
+      <c r="L5" t="s">
+        <v>977</v>
+      </c>
+      <c r="M5" t="s">
+        <v>978</v>
+      </c>
+      <c r="N5" t="s">
+        <v>979</v>
+      </c>
+      <c r="O5" t="s">
+        <v>980</v>
+      </c>
+      <c r="P5" t="s">
+        <v>981</v>
+      </c>
+      <c r="Q5" t="s">
         <v>982</v>
-      </c>
-[...34 lines deleted...]
-        <v>990</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>944</v>
       </c>
       <c r="B6" t="s">
+        <v>983</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>984</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>985</v>
+      </c>
+      <c r="H6" t="s">
+        <v>986</v>
+      </c>
+      <c r="I6" t="s">
+        <v>987</v>
+      </c>
+      <c r="J6" t="s">
+        <v>988</v>
+      </c>
+      <c r="K6" t="s">
+        <v>989</v>
+      </c>
+      <c r="L6" t="s">
+        <v>990</v>
+      </c>
+      <c r="M6" t="s">
         <v>991</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="N6" t="s">
         <v>992</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="O6" t="s">
         <v>993</v>
       </c>
-      <c r="H6" t="s">
+      <c r="P6" t="s">
         <v>994</v>
       </c>
-      <c r="I6" t="s">
+      <c r="Q6" t="s">
         <v>995</v>
-      </c>
-[...4 lines deleted...]
-        <v>997</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>944</v>
       </c>
       <c r="B7" t="s">
+        <v>996</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>997</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
         <v>998</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>999</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="I7" t="s">
         <v>1000</v>
       </c>
-      <c r="H7" t="s">
+      <c r="J7" t="s">
+        <v>988</v>
+      </c>
+      <c r="K7" t="s">
         <v>1001</v>
       </c>
-      <c r="I7" t="s">
+      <c r="L7" t="s">
         <v>1002</v>
       </c>
-      <c r="J7" t="s">
+      <c r="M7" t="s">
         <v>1003</v>
       </c>
-      <c r="K7" t="s">
+      <c r="N7" t="s">
         <v>1004</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>944</v>
       </c>
       <c r="B8" t="s">
         <v>1005</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
         <v>1006</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>1007</v>
       </c>
       <c r="H8" t="s">
         <v>1008</v>
       </c>
       <c r="I8" t="s">
         <v>1009</v>
       </c>
       <c r="J8" t="s">
-        <v>974</v>
+        <v>1010</v>
       </c>
       <c r="K8" t="s">
-        <v>1010</v>
-[...1 lines deleted...]
-      <c r="L8" t="s">
         <v>1011</v>
-      </c>
-[...4 lines deleted...]
-        <v>1013</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>944</v>
       </c>
       <c r="B9" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1013</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
         <v>1014</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>1015</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="I9" t="s">
+        <v>949</v>
+      </c>
+      <c r="J9" t="s">
         <v>1016</v>
       </c>
-      <c r="H9" t="s">
+      <c r="K9" t="s">
         <v>1017</v>
-      </c>
-[...16 lines deleted...]
-        <v>1023</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>944</v>
       </c>
       <c r="B10" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1019</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1021</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1022</v>
+      </c>
+      <c r="J10" t="s">
+        <v>988</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1023</v>
+      </c>
+      <c r="L10" t="s">
         <v>1024</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="M10" t="s">
         <v>1025</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="N10" t="s">
         <v>1026</v>
-      </c>
-[...10 lines deleted...]
-        <v>1030</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>944</v>
       </c>
       <c r="B11" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1030</v>
+      </c>
+      <c r="I11" t="s">
         <v>1031</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="J11" t="s">
         <v>1032</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="K11" t="s">
         <v>1033</v>
       </c>
-      <c r="H11" t="s">
+      <c r="L11" t="s">
         <v>1034</v>
       </c>
-      <c r="I11" t="s">
+      <c r="M11" t="s">
         <v>1035</v>
       </c>
-      <c r="J11" t="s">
-[...2 lines deleted...]
-      <c r="K11" t="s">
+      <c r="N11" t="s">
         <v>1036</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>944</v>
       </c>
       <c r="B12" t="s">
         <v>1037</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
         <v>1038</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
         <v>1039</v>
       </c>
       <c r="H12" t="s">
         <v>1040</v>
       </c>
       <c r="I12" t="s">
-        <v>1035</v>
+        <v>1041</v>
       </c>
       <c r="J12" t="s">
-        <v>182</v>
+        <v>321</v>
       </c>
       <c r="K12" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>944</v>
       </c>
       <c r="B13" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="H13" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="I13" t="s">
-        <v>1046</v>
+        <v>1041</v>
       </c>
       <c r="J13" t="s">
-        <v>132</v>
+        <v>182</v>
       </c>
       <c r="K13" t="s">
         <v>1047</v>
-      </c>
-[...13 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>944</v>
       </c>
       <c r="B14" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1051</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1052</v>
+      </c>
+      <c r="J14" t="s">
+        <v>132</v>
+      </c>
+      <c r="K14" t="s">
         <v>1053</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="L14" t="s">
         <v>1054</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="M14" t="s">
         <v>1055</v>
       </c>
-      <c r="H14" t="s">
+      <c r="N14" t="s">
         <v>1056</v>
       </c>
-      <c r="I14" t="s">
+      <c r="O14" t="s">
         <v>1057</v>
       </c>
-      <c r="J14" t="s">
+      <c r="P14" t="s">
         <v>1058</v>
-      </c>
-[...28 lines deleted...]
-        <v>1068</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>944</v>
       </c>
       <c r="B15" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1062</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1064</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1065</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1066</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1067</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1068</v>
+      </c>
+      <c r="O15" t="s">
         <v>1069</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="P15" t="s">
         <v>1070</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="Q15" t="s">
         <v>1071</v>
       </c>
-      <c r="H15" t="s">
+      <c r="R15" t="s">
         <v>1072</v>
       </c>
-      <c r="I15" t="s">
+      <c r="S15" t="s">
         <v>1073</v>
       </c>
-      <c r="J15" t="s">
-[...2 lines deleted...]
-      <c r="K15" t="s">
+      <c r="T15" t="s">
         <v>1074</v>
-      </c>
-[...16 lines deleted...]
-        <v>1080</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>944</v>
       </c>
       <c r="B16" t="s">
+        <v>1075</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1076</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1077</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1079</v>
+      </c>
+      <c r="J16" t="s">
+        <v>189</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1080</v>
+      </c>
+      <c r="L16" t="s">
         <v>1081</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="M16" t="s">
         <v>1082</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="N16" t="s">
         <v>1083</v>
       </c>
-      <c r="H16" t="s">
+      <c r="O16" t="s">
         <v>1084</v>
       </c>
-      <c r="I16" t="s">
-[...5 lines deleted...]
-      <c r="K16" t="s">
+      <c r="P16" t="s">
         <v>1085</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>1086</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>944</v>
       </c>
       <c r="B17" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="H17" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="I17" t="s">
-        <v>960</v>
+        <v>974</v>
       </c>
       <c r="J17" t="s">
-        <v>321</v>
+        <v>182</v>
       </c>
       <c r="K17" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>944</v>
       </c>
       <c r="B18" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="H18" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="I18" t="s">
-        <v>1095</v>
+        <v>974</v>
       </c>
       <c r="J18" t="s">
-        <v>132</v>
+        <v>321</v>
       </c>
       <c r="K18" t="s">
         <v>1096</v>
-      </c>
-[...94 lines deleted...]
-        <v>1128</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>944</v>
       </c>
       <c r="B19" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1100</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1101</v>
+      </c>
+      <c r="J19" t="s">
+        <v>132</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1102</v>
+      </c>
+      <c r="L19" t="s">
+        <v>1103</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1104</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1105</v>
+      </c>
+      <c r="O19" t="s">
+        <v>1106</v>
+      </c>
+      <c r="P19" t="s">
+        <v>1107</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>1108</v>
+      </c>
+      <c r="R19" t="s">
+        <v>1109</v>
+      </c>
+      <c r="S19" t="s">
+        <v>1110</v>
+      </c>
+      <c r="T19" t="s">
+        <v>1111</v>
+      </c>
+      <c r="U19" t="s">
+        <v>1112</v>
+      </c>
+      <c r="V19" t="s">
+        <v>1113</v>
+      </c>
+      <c r="W19" t="s">
+        <v>1114</v>
+      </c>
+      <c r="X19" t="s">
+        <v>1115</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>1116</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>1117</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>1118</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>1119</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>1120</v>
+      </c>
+      <c r="AD19" t="s">
+        <v>1121</v>
+      </c>
+      <c r="AE19" t="s">
+        <v>1122</v>
+      </c>
+      <c r="AF19" t="s">
+        <v>1123</v>
+      </c>
+      <c r="AG19" t="s">
+        <v>1124</v>
+      </c>
+      <c r="AH19" t="s">
+        <v>1125</v>
+      </c>
+      <c r="AI19" t="s">
+        <v>1126</v>
+      </c>
+      <c r="AJ19" t="s">
+        <v>1127</v>
+      </c>
+      <c r="AK19" t="s">
+        <v>1128</v>
+      </c>
+      <c r="AL19" t="s">
         <v>1129</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="AM19" t="s">
         <v>1130</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="AN19" t="s">
         <v>1131</v>
       </c>
-      <c r="H19" t="s">
+      <c r="AO19" t="s">
         <v>1132</v>
       </c>
-      <c r="I19" t="s">
+      <c r="AP19" t="s">
         <v>1133</v>
       </c>
-      <c r="J19" t="s">
+      <c r="AQ19" t="s">
         <v>1134</v>
-      </c>
-[...7 lines deleted...]
-        <v>1137</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>944</v>
       </c>
       <c r="B20" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H20" t="s">
         <v>1138</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>1139</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="J20" t="s">
         <v>1140</v>
       </c>
-      <c r="H20" t="s">
+      <c r="K20" t="s">
         <v>1141</v>
       </c>
-      <c r="I20" t="s">
+      <c r="L20" t="s">
         <v>1142</v>
       </c>
-      <c r="J20" t="s">
+      <c r="M20" t="s">
         <v>1143</v>
-      </c>
-[...31 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>944</v>
       </c>
       <c r="B21" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1147</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1148</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1149</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1150</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1151</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1152</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1153</v>
+      </c>
+      <c r="O21" t="s">
+        <v>1154</v>
+      </c>
+      <c r="P21" t="s">
         <v>1155</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="Q21" t="s">
         <v>1156</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="R21" t="s">
         <v>1157</v>
       </c>
-      <c r="H21" t="s">
+      <c r="S21" t="s">
         <v>1158</v>
       </c>
-      <c r="I21" t="s">
+      <c r="T21" t="s">
         <v>1159</v>
       </c>
-      <c r="J21" t="s">
+      <c r="U21" t="s">
         <v>1160</v>
-      </c>
-[...1 lines deleted...]
-        <v>1161</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>944</v>
       </c>
       <c r="B22" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>1162</v>
-      </c>
-[...7 lines deleted...]
-        <v>1156</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
         <v>1163</v>
       </c>
       <c r="H22" t="s">
         <v>1164</v>
       </c>
       <c r="I22" t="s">
         <v>1165</v>
       </c>
       <c r="J22" t="s">
         <v>1166</v>
       </c>
       <c r="K22" t="s">
         <v>1167</v>
-      </c>
-[...1 lines deleted...]
-        <v>1168</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>944</v>
       </c>
       <c r="B23" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
         <v>1169</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="H23" t="s">
         <v>1170</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="I23" t="s">
         <v>1171</v>
       </c>
-      <c r="H23" t="s">
+      <c r="J23" t="s">
         <v>1172</v>
       </c>
-      <c r="I23" t="s">
+      <c r="K23" t="s">
         <v>1173</v>
       </c>
-      <c r="J23" t="s">
-[...2 lines deleted...]
-      <c r="K23" t="s">
+      <c r="L23" t="s">
         <v>1174</v>
-      </c>
-[...25 lines deleted...]
-        <v>1183</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>944</v>
       </c>
       <c r="B24" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1178</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1179</v>
+      </c>
+      <c r="J24" t="s">
+        <v>132</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1180</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1181</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1182</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1183</v>
+      </c>
+      <c r="O24" t="s">
         <v>1184</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="P24" t="s">
         <v>1185</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="Q24" t="s">
         <v>1186</v>
       </c>
-      <c r="H24" t="s">
+      <c r="R24" t="s">
         <v>1187</v>
       </c>
-      <c r="I24" t="s">
-[...2 lines deleted...]
-      <c r="J24" t="s">
+      <c r="S24" t="s">
         <v>1188</v>
       </c>
-      <c r="K24" t="s">
+      <c r="T24" t="s">
         <v>1189</v>
-      </c>
-[...4 lines deleted...]
-        <v>1191</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>944</v>
       </c>
       <c r="B25" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
         <v>1192</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>1193</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="I25" t="s">
+        <v>949</v>
+      </c>
+      <c r="J25" t="s">
         <v>1194</v>
       </c>
-      <c r="H25" t="s">
+      <c r="K25" t="s">
         <v>1195</v>
       </c>
-      <c r="I25" t="s">
+      <c r="L25" t="s">
         <v>1196</v>
       </c>
-      <c r="J25" t="s">
-[...2 lines deleted...]
-      <c r="K25" t="s">
+      <c r="M25" t="s">
         <v>1197</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>944</v>
       </c>
       <c r="B26" t="s">
         <v>1198</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
         <v>1199</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
         <v>1200</v>
       </c>
       <c r="H26" t="s">
         <v>1201</v>
       </c>
       <c r="I26" t="s">
-        <v>960</v>
+        <v>1202</v>
       </c>
       <c r="J26" t="s">
-        <v>84</v>
+        <v>1010</v>
       </c>
       <c r="K26" t="s">
-        <v>1202</v>
-[...1 lines deleted...]
-      <c r="L26" t="s">
         <v>1203</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>944</v>
       </c>
       <c r="B27" t="s">
         <v>1204</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
         <v>1205</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
         <v>1206</v>
       </c>
       <c r="H27" t="s">
         <v>1207</v>
       </c>
       <c r="I27" t="s">
+        <v>974</v>
+      </c>
+      <c r="J27" t="s">
+        <v>84</v>
+      </c>
+      <c r="K27" t="s">
         <v>1208</v>
       </c>
-      <c r="J27" t="s">
-[...2 lines deleted...]
-      <c r="K27" t="s">
+      <c r="L27" t="s">
         <v>1209</v>
-      </c>
-[...10 lines deleted...]
-        <v>1213</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>944</v>
       </c>
       <c r="B28" t="s">
+        <v>1210</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1211</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1213</v>
+      </c>
+      <c r="I28" t="s">
         <v>1214</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="J28" t="s">
+        <v>271</v>
+      </c>
+      <c r="K28" t="s">
         <v>1215</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="L28" t="s">
         <v>1216</v>
       </c>
-      <c r="H28" t="s">
+      <c r="M28" t="s">
         <v>1217</v>
       </c>
-      <c r="I28" t="s">
+      <c r="N28" t="s">
         <v>1218</v>
       </c>
-      <c r="J28" t="s">
-[...2 lines deleted...]
-      <c r="K28" t="s">
+      <c r="O28" t="s">
         <v>1219</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>944</v>
       </c>
       <c r="B29" t="s">
         <v>1220</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
         <v>1221</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
         <v>1222</v>
       </c>
       <c r="H29" t="s">
         <v>1223</v>
       </c>
       <c r="I29" t="s">
         <v>1224</v>
       </c>
       <c r="J29" t="s">
-        <v>84</v>
+        <v>182</v>
       </c>
       <c r="K29" t="s">
         <v>1225</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>944</v>
       </c>
       <c r="B30" t="s">
         <v>1226</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
         <v>1227</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
         <v>1228</v>
       </c>
       <c r="H30" t="s">
         <v>1229</v>
       </c>
       <c r="I30" t="s">
         <v>1230</v>
       </c>
       <c r="J30" t="s">
+        <v>84</v>
+      </c>
+      <c r="K30" t="s">
         <v>1231</v>
-      </c>
-[...16 lines deleted...]
-        <v>1237</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>944</v>
       </c>
       <c r="B31" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1235</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1236</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1237</v>
+      </c>
+      <c r="K31" t="s">
         <v>1238</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="L31" t="s">
         <v>1239</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="M31" t="s">
         <v>1240</v>
       </c>
-      <c r="H31" t="s">
+      <c r="N31" t="s">
         <v>1241</v>
       </c>
-      <c r="I31" t="s">
+      <c r="O31" t="s">
         <v>1242</v>
       </c>
-      <c r="J31" t="s">
+      <c r="P31" t="s">
         <v>1243</v>
-      </c>
-[...10 lines deleted...]
-        <v>1247</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>944</v>
       </c>
       <c r="B32" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I32" t="s">
         <v>1248</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="J32" t="s">
         <v>1249</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="K32" t="s">
         <v>1250</v>
       </c>
-      <c r="H32" t="s">
+      <c r="L32" t="s">
         <v>1251</v>
       </c>
-      <c r="I32" t="s">
+      <c r="M32" t="s">
         <v>1252</v>
       </c>
-      <c r="J32" t="s">
+      <c r="N32" t="s">
         <v>1253</v>
-      </c>
-[...13 lines deleted...]
-        <v>1258</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>944</v>
       </c>
       <c r="B33" t="s">
+        <v>1254</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1255</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1256</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1257</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1258</v>
+      </c>
+      <c r="J33" t="s">
         <v>1259</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="K33" t="s">
         <v>1260</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="L33" t="s">
         <v>1261</v>
       </c>
-      <c r="H33" t="s">
+      <c r="M33" t="s">
         <v>1262</v>
       </c>
-      <c r="I33" t="s">
+      <c r="N33" t="s">
         <v>1263</v>
       </c>
-      <c r="J33" t="s">
+      <c r="O33" t="s">
         <v>1264</v>
-      </c>
-[...4 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>944</v>
       </c>
       <c r="B34" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
         <v>1267</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="H34" t="s">
         <v>1268</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="I34" t="s">
         <v>1269</v>
       </c>
-      <c r="H34" t="s">
+      <c r="J34" t="s">
         <v>1270</v>
       </c>
-      <c r="I34" t="s">
+      <c r="K34" t="s">
         <v>1271</v>
       </c>
-      <c r="J34" t="s">
+      <c r="L34" t="s">
         <v>1272</v>
-      </c>
-[...13 lines deleted...]
-        <v>1277</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>944</v>
       </c>
       <c r="B35" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1276</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1277</v>
+      </c>
+      <c r="J35" t="s">
         <v>1278</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="K35" t="s">
         <v>1279</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="L35" t="s">
         <v>1280</v>
       </c>
-      <c r="H35" t="s">
+      <c r="M35" t="s">
         <v>1281</v>
       </c>
-      <c r="I35" t="s">
+      <c r="N35" t="s">
         <v>1282</v>
       </c>
-      <c r="J35" t="s">
+      <c r="O35" t="s">
         <v>1283</v>
-      </c>
-[...4 lines deleted...]
-        <v>1285</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>944</v>
       </c>
       <c r="B36" t="s">
+        <v>1284</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
         <v>1286</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="H36" t="s">
         <v>1287</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="I36" t="s">
         <v>1288</v>
       </c>
-      <c r="H36" t="s">
+      <c r="J36" t="s">
         <v>1289</v>
-      </c>
-[...4 lines deleted...]
-        <v>102</v>
       </c>
       <c r="K36" t="s">
         <v>1290</v>
       </c>
       <c r="L36" t="s">
         <v>1291</v>
-      </c>
-[...4 lines deleted...]
-        <v>1293</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>944</v>
       </c>
       <c r="B37" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1293</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
         <v>1294</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="H37" t="s">
         <v>1295</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="I37" t="s">
+        <v>949</v>
+      </c>
+      <c r="J37" t="s">
+        <v>102</v>
+      </c>
+      <c r="K37" t="s">
         <v>1296</v>
       </c>
-      <c r="H37" t="s">
+      <c r="L37" t="s">
         <v>1297</v>
       </c>
-      <c r="I37" t="s">
+      <c r="M37" t="s">
         <v>1298</v>
       </c>
-      <c r="J37" t="s">
+      <c r="N37" t="s">
         <v>1299</v>
-      </c>
-[...1 lines deleted...]
-        <v>1300</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>944</v>
       </c>
       <c r="B38" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
         <v>1301</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
         <v>1302</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>1303</v>
       </c>
-      <c r="H38" t="s">
+      <c r="I38" t="s">
         <v>1304</v>
       </c>
-      <c r="I38" t="s">
+      <c r="J38" t="s">
         <v>1305</v>
       </c>
-      <c r="J38" t="s">
+      <c r="K38" t="s">
         <v>1306</v>
-      </c>
-[...1 lines deleted...]
-        <v>1307</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>944</v>
       </c>
       <c r="B39" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
         <v>1308</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
         <v>1309</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>1310</v>
       </c>
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>1311</v>
       </c>
-      <c r="I39" t="s">
+      <c r="J39" t="s">
         <v>1312</v>
       </c>
-      <c r="J39" t="s">
+      <c r="K39" t="s">
         <v>1313</v>
-      </c>
-[...1 lines deleted...]
-        <v>1314</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>944</v>
       </c>
       <c r="B40" t="s">
+        <v>1314</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
         <v>1315</v>
       </c>
-      <c r="C40" t="s">
-[...5 lines deleted...]
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
         <v>1316</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>1317</v>
       </c>
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>1318</v>
-      </c>
-[...1 lines deleted...]
-        <v>1282</v>
       </c>
       <c r="J40" t="s">
         <v>1319</v>
       </c>
       <c r="K40" t="s">
         <v>1320</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>944</v>
       </c>
       <c r="B41" t="s">
         <v>1321</v>
       </c>
       <c r="C41" t="s">
         <v>12</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
         <v>1322</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
         <v>1323</v>
       </c>
       <c r="H41" t="s">
         <v>1324</v>
       </c>
       <c r="I41" t="s">
+        <v>1288</v>
+      </c>
+      <c r="J41" t="s">
         <v>1325</v>
-      </c>
-[...1 lines deleted...]
-        <v>84</v>
       </c>
       <c r="K41" t="s">
         <v>1326</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>944</v>
       </c>
       <c r="B42" t="s">
         <v>1327</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
         <v>1328</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
         <v>1329</v>
       </c>
       <c r="H42" t="s">
         <v>1330</v>
       </c>
       <c r="I42" t="s">
         <v>1331</v>
       </c>
       <c r="J42" t="s">
+        <v>84</v>
+      </c>
+      <c r="K42" t="s">
         <v>1332</v>
-      </c>
-[...4 lines deleted...]
-        <v>1334</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>944</v>
       </c>
       <c r="B43" t="s">
+        <v>1333</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1334</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
         <v>1335</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="H43" t="s">
         <v>1336</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="I43" t="s">
         <v>1337</v>
       </c>
-      <c r="H43" t="s">
+      <c r="J43" t="s">
         <v>1338</v>
       </c>
-      <c r="I43" t="s">
+      <c r="K43" t="s">
         <v>1339</v>
       </c>
-      <c r="J43" t="s">
+      <c r="L43" t="s">
         <v>1340</v>
-      </c>
-[...1 lines deleted...]
-        <v>1341</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>944</v>
       </c>
       <c r="B44" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
         <v>1342</v>
       </c>
-      <c r="C44" t="s">
-[...5 lines deleted...]
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
         <v>1343</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>1344</v>
       </c>
-      <c r="H44" t="s">
+      <c r="I44" t="s">
         <v>1345</v>
       </c>
-      <c r="I44" t="s">
+      <c r="J44" t="s">
         <v>1346</v>
-      </c>
-[...1 lines deleted...]
-        <v>182</v>
       </c>
       <c r="K44" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>944</v>
       </c>
       <c r="B45" t="s">
         <v>1348</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
         <v>1349</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
         <v>1350</v>
       </c>
       <c r="H45" t="s">
         <v>1351</v>
       </c>
       <c r="I45" t="s">
         <v>1352</v>
       </c>
       <c r="J45" t="s">
-        <v>189</v>
+        <v>182</v>
       </c>
       <c r="K45" t="s">
         <v>1353</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>944</v>
       </c>
       <c r="B46" t="s">
         <v>1354</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
         <v>1355</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
         <v>1356</v>
       </c>
       <c r="H46" t="s">
         <v>1357</v>
       </c>
       <c r="I46" t="s">
         <v>1358</v>
       </c>
       <c r="J46" t="s">
+        <v>189</v>
+      </c>
+      <c r="K46" t="s">
         <v>1359</v>
-      </c>
-[...1 lines deleted...]
-        <v>1360</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>944</v>
       </c>
       <c r="B47" t="s">
+        <v>1360</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
         <v>1361</v>
       </c>
-      <c r="C47" t="s">
-[...5 lines deleted...]
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
         <v>1362</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>1363</v>
       </c>
-      <c r="H47" t="s">
+      <c r="I47" t="s">
         <v>1364</v>
       </c>
-      <c r="I47" t="s">
+      <c r="J47" t="s">
         <v>1365</v>
       </c>
-      <c r="J47" t="s">
+      <c r="K47" t="s">
         <v>1366</v>
-      </c>
-[...1 lines deleted...]
-        <v>1367</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>944</v>
       </c>
       <c r="B48" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
         <v>1368</v>
       </c>
-      <c r="C48" t="s">
-[...5 lines deleted...]
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
         <v>1369</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>1370</v>
       </c>
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>1371</v>
       </c>
-      <c r="I48" t="s">
+      <c r="J48" t="s">
         <v>1372</v>
       </c>
-      <c r="J48" t="s">
+      <c r="K48" t="s">
         <v>1373</v>
-      </c>
-[...4 lines deleted...]
-        <v>1375</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>944</v>
       </c>
       <c r="B49" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1375</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
         <v>1376</v>
       </c>
-      <c r="C49" t="s">
-[...5 lines deleted...]
-      <c r="E49" t="s">
+      <c r="H49" t="s">
         <v>1377</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="I49" t="s">
         <v>1378</v>
       </c>
-      <c r="H49" t="s">
+      <c r="J49" t="s">
         <v>1379</v>
       </c>
-      <c r="I49" t="s">
+      <c r="K49" t="s">
         <v>1380</v>
       </c>
-      <c r="J49" t="s">
+      <c r="L49" t="s">
         <v>1381</v>
-      </c>
-[...1 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>944</v>
       </c>
       <c r="B50" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
         <v>1383</v>
       </c>
-      <c r="C50" t="s">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
         <v>1384</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>1385</v>
       </c>
-      <c r="H50" t="s">
+      <c r="I50" t="s">
         <v>1386</v>
       </c>
-      <c r="I50" t="s">
+      <c r="J50" t="s">
         <v>1387</v>
-      </c>
-[...1 lines deleted...]
-        <v>1134</v>
       </c>
       <c r="K50" t="s">
         <v>1388</v>
-      </c>
-[...40 lines deleted...]
-        <v>1402</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>944</v>
       </c>
       <c r="B51" t="s">
+        <v>1389</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1392</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1393</v>
+      </c>
+      <c r="J51" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1394</v>
+      </c>
+      <c r="L51" t="s">
+        <v>1395</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1396</v>
+      </c>
+      <c r="N51" t="s">
+        <v>1397</v>
+      </c>
+      <c r="O51" t="s">
+        <v>1398</v>
+      </c>
+      <c r="P51" t="s">
+        <v>1399</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>1400</v>
+      </c>
+      <c r="R51" t="s">
+        <v>1401</v>
+      </c>
+      <c r="S51" t="s">
+        <v>1402</v>
+      </c>
+      <c r="T51" t="s">
         <v>1403</v>
       </c>
-      <c r="C51" t="s">
-[...5 lines deleted...]
-      <c r="E51" t="s">
+      <c r="U51" t="s">
         <v>1404</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="V51" t="s">
         <v>1405</v>
       </c>
-      <c r="H51" t="s">
+      <c r="W51" t="s">
         <v>1406</v>
       </c>
-      <c r="I51" t="s">
+      <c r="X51" t="s">
         <v>1407</v>
       </c>
-      <c r="J51" t="s">
-[...2 lines deleted...]
-      <c r="K51" t="s">
+      <c r="Y51" t="s">
         <v>1408</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>944</v>
       </c>
       <c r="B52" t="s">
         <v>1409</v>
       </c>
       <c r="C52" t="s">
         <v>12</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
         <v>1410</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52" t="s">
         <v>1411</v>
       </c>
       <c r="H52" t="s">
         <v>1412</v>
       </c>
       <c r="I52" t="s">
         <v>1413</v>
       </c>
       <c r="J52" t="s">
+        <v>84</v>
+      </c>
+      <c r="K52" t="s">
         <v>1414</v>
-      </c>
-[...1 lines deleted...]
-        <v>1415</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>944</v>
       </c>
       <c r="B53" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
         <v>1416</v>
       </c>
-      <c r="C53" t="s">
-[...5 lines deleted...]
-      <c r="E53" t="s">
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
         <v>1417</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>1418</v>
       </c>
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>1419</v>
       </c>
-      <c r="I53" t="s">
+      <c r="J53" t="s">
         <v>1420</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="K53" t="s">
         <v>1421</v>
-      </c>
-[...1 lines deleted...]
-        <v>1422</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>944</v>
       </c>
       <c r="B54" t="s">
+        <v>1422</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
         <v>1423</v>
       </c>
-      <c r="C54" t="s">
-[...5 lines deleted...]
-      <c r="E54" t="s">
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
         <v>1424</v>
       </c>
-      <c r="F54" t="s">
-[...2 lines deleted...]
-      <c r="G54" t="s">
+      <c r="H54" t="s">
         <v>1425</v>
       </c>
-      <c r="H54" t="s">
+      <c r="I54" t="s">
         <v>1426</v>
       </c>
-      <c r="I54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J54" t="s">
-        <v>84</v>
+        <v>271</v>
       </c>
       <c r="K54" t="s">
         <v>1427</v>
+      </c>
+      <c r="L54" t="s">
+        <v>1428</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>944</v>
       </c>
       <c r="B55" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="C55" t="s">
         <v>12</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="H55" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="I55" t="s">
-        <v>1432</v>
+        <v>987</v>
       </c>
       <c r="J55" t="s">
+        <v>84</v>
+      </c>
+      <c r="K55" t="s">
         <v>1433</v>
-      </c>
-[...16 lines deleted...]
-        <v>1439</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>944</v>
       </c>
       <c r="B56" t="s">
+        <v>1434</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1437</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1438</v>
+      </c>
+      <c r="J56" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K56" t="s">
         <v>1440</v>
       </c>
-      <c r="C56" t="s">
-[...5 lines deleted...]
-      <c r="E56" t="s">
+      <c r="L56" t="s">
         <v>1441</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="G56" t="s">
+      <c r="M56" t="s">
         <v>1442</v>
       </c>
-      <c r="H56" t="s">
+      <c r="N56" t="s">
         <v>1443</v>
       </c>
-      <c r="I56" t="s">
+      <c r="O56" t="s">
         <v>1444</v>
       </c>
-      <c r="J56" t="s">
-[...2 lines deleted...]
-      <c r="K56" t="s">
+      <c r="P56" t="s">
         <v>1445</v>
-      </c>
-[...4 lines deleted...]
-        <v>1447</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>944</v>
       </c>
       <c r="B57" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C57" t="s">
+        <v>12</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1447</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
         <v>1448</v>
       </c>
-      <c r="C57" t="s">
-[...5 lines deleted...]
-      <c r="E57" t="s">
+      <c r="H57" t="s">
         <v>1449</v>
       </c>
-      <c r="F57" t="s">
-[...2 lines deleted...]
-      <c r="G57" t="s">
+      <c r="I57" t="s">
         <v>1450</v>
       </c>
-      <c r="H57" t="s">
+      <c r="J57" t="s">
+        <v>1270</v>
+      </c>
+      <c r="K57" t="s">
         <v>1451</v>
       </c>
-      <c r="I57" t="s">
+      <c r="L57" t="s">
         <v>1452</v>
       </c>
-      <c r="J57" t="s">
-[...2 lines deleted...]
-      <c r="K57" t="s">
+      <c r="M57" t="s">
         <v>1453</v>
-      </c>
-[...4 lines deleted...]
-        <v>1455</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>944</v>
       </c>
       <c r="B58" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C58" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1455</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
         <v>1456</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="H58" t="s">
         <v>1457</v>
       </c>
-      <c r="F58" t="s">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="I58" t="s">
         <v>1458</v>
       </c>
-      <c r="H58" t="s">
+      <c r="J58" t="s">
+        <v>1270</v>
+      </c>
+      <c r="K58" t="s">
         <v>1459</v>
       </c>
-      <c r="I58" t="s">
+      <c r="L58" t="s">
         <v>1460</v>
       </c>
-      <c r="J58" t="s">
-[...2 lines deleted...]
-      <c r="K58" t="s">
+      <c r="M58" t="s">
         <v>1461</v>
-      </c>
-[...4 lines deleted...]
-        <v>1463</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>944</v>
       </c>
       <c r="B59" t="s">
+        <v>1462</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1463</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
         <v>1464</v>
       </c>
-      <c r="C59" t="s">
-[...5 lines deleted...]
-      <c r="E59" t="s">
+      <c r="H59" t="s">
         <v>1465</v>
       </c>
-      <c r="F59" t="s">
-[...2 lines deleted...]
-      <c r="G59" t="s">
+      <c r="I59" t="s">
         <v>1466</v>
       </c>
-      <c r="H59" t="s">
+      <c r="J59" t="s">
+        <v>988</v>
+      </c>
+      <c r="K59" t="s">
         <v>1467</v>
       </c>
-      <c r="I59" t="s">
+      <c r="L59" t="s">
         <v>1468</v>
       </c>
-      <c r="J59" t="s">
-[...2 lines deleted...]
-      <c r="K59" t="s">
+      <c r="M59" t="s">
         <v>1469</v>
-      </c>
-[...7 lines deleted...]
-        <v>1472</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>944</v>
       </c>
       <c r="B60" t="s">
+        <v>1470</v>
+      </c>
+      <c r="C60" t="s">
+        <v>12</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1471</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H60" t="s">
         <v>1473</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="E60" t="s">
+      <c r="I60" t="s">
         <v>1474</v>
       </c>
-      <c r="F60" t="s">
-[...2 lines deleted...]
-      <c r="G60" t="s">
+      <c r="J60" t="s">
+        <v>988</v>
+      </c>
+      <c r="K60" t="s">
         <v>1475</v>
       </c>
-      <c r="H60" t="s">
+      <c r="L60" t="s">
         <v>1476</v>
       </c>
-      <c r="I60" t="s">
+      <c r="M60" t="s">
         <v>1477</v>
       </c>
-      <c r="J60" t="s">
+      <c r="N60" t="s">
         <v>1478</v>
-      </c>
-[...13 lines deleted...]
-        <v>1483</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>944</v>
       </c>
       <c r="B61" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1481</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1482</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1483</v>
+      </c>
+      <c r="J61" t="s">
         <v>1484</v>
       </c>
-      <c r="C61" t="s">
-[...5 lines deleted...]
-      <c r="E61" t="s">
+      <c r="K61" t="s">
         <v>1485</v>
       </c>
-      <c r="F61" t="s">
-[...2 lines deleted...]
-      <c r="G61" t="s">
+      <c r="L61" t="s">
         <v>1486</v>
       </c>
-      <c r="H61" t="s">
+      <c r="M61" t="s">
         <v>1487</v>
       </c>
-      <c r="I61" t="s">
+      <c r="N61" t="s">
         <v>1488</v>
       </c>
-      <c r="J61" t="s">
+      <c r="O61" t="s">
         <v>1489</v>
-      </c>
-[...22 lines deleted...]
-        <v>1497</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>944</v>
       </c>
       <c r="B62" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C62" t="s">
+        <v>12</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1493</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1494</v>
+      </c>
+      <c r="J62" t="s">
+        <v>1495</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1496</v>
+      </c>
+      <c r="L62" t="s">
+        <v>1497</v>
+      </c>
+      <c r="M62" t="s">
         <v>1498</v>
       </c>
-      <c r="C62" t="s">
-[...5 lines deleted...]
-      <c r="E62" t="s">
+      <c r="N62" t="s">
         <v>1499</v>
       </c>
-      <c r="F62" t="s">
-[...2 lines deleted...]
-      <c r="G62" t="s">
+      <c r="O62" t="s">
         <v>1500</v>
       </c>
-      <c r="H62" t="s">
+      <c r="P62" t="s">
         <v>1501</v>
       </c>
-      <c r="I62" t="s">
-[...5 lines deleted...]
-      <c r="K62" t="s">
+      <c r="Q62" t="s">
         <v>1502</v>
+      </c>
+      <c r="R62" t="s">
+        <v>1503</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>944</v>
       </c>
       <c r="B63" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="C63" t="s">
         <v>12</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="H63" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="I63" t="s">
-        <v>1507</v>
+        <v>1041</v>
       </c>
       <c r="J63" t="s">
-        <v>84</v>
+        <v>182</v>
       </c>
       <c r="K63" t="s">
         <v>1508</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>944</v>
       </c>
       <c r="B64" t="s">
         <v>1509</v>
       </c>
       <c r="C64" t="s">
         <v>12</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
         <v>1510</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64" t="s">
@@ -15047,6394 +15068,6429 @@
       <c r="B65" t="s">
         <v>1515</v>
       </c>
       <c r="C65" t="s">
         <v>12</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
         <v>1516</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65" t="s">
         <v>1517</v>
       </c>
       <c r="H65" t="s">
         <v>1518</v>
       </c>
       <c r="I65" t="s">
         <v>1519</v>
       </c>
       <c r="J65" t="s">
+        <v>84</v>
+      </c>
+      <c r="K65" t="s">
         <v>1520</v>
-      </c>
-[...1 lines deleted...]
-        <v>1521</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>944</v>
       </c>
       <c r="B66" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
         <v>1522</v>
       </c>
-      <c r="C66" t="s">
-[...5 lines deleted...]
-      <c r="E66" t="s">
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
         <v>1523</v>
       </c>
-      <c r="F66" t="s">
-[...2 lines deleted...]
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>1524</v>
       </c>
-      <c r="H66" t="s">
+      <c r="I66" t="s">
         <v>1525</v>
       </c>
-      <c r="I66" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J66" t="s">
-        <v>84</v>
+        <v>1526</v>
       </c>
       <c r="K66" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>944</v>
       </c>
       <c r="B67" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="C67" t="s">
         <v>12</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="H67" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="I67" t="s">
-        <v>1531</v>
+        <v>1474</v>
       </c>
       <c r="J67" t="s">
         <v>84</v>
       </c>
       <c r="K67" t="s">
         <v>1532</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>944</v>
       </c>
       <c r="B68" t="s">
         <v>1533</v>
       </c>
       <c r="C68" t="s">
         <v>12</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
         <v>1534</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68" t="s">
         <v>1535</v>
       </c>
       <c r="H68" t="s">
         <v>1536</v>
       </c>
       <c r="I68" t="s">
-        <v>1002</v>
+        <v>1537</v>
       </c>
       <c r="J68" t="s">
-        <v>182</v>
+        <v>84</v>
       </c>
       <c r="K68" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>944</v>
       </c>
       <c r="B69" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="C69" t="s">
         <v>12</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="H69" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="I69" t="s">
-        <v>1542</v>
+        <v>949</v>
       </c>
       <c r="J69" t="s">
-        <v>1433</v>
+        <v>182</v>
       </c>
       <c r="K69" t="s">
         <v>1543</v>
-      </c>
-[...10 lines deleted...]
-        <v>1547</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>944</v>
       </c>
       <c r="B70" t="s">
+        <v>1544</v>
+      </c>
+      <c r="C70" t="s">
+        <v>12</v>
+      </c>
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1545</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1546</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1547</v>
+      </c>
+      <c r="I70" t="s">
         <v>1548</v>
       </c>
-      <c r="C70" t="s">
-[...5 lines deleted...]
-      <c r="E70" t="s">
+      <c r="J70" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K70" t="s">
         <v>1549</v>
       </c>
-      <c r="F70" t="s">
-[...2 lines deleted...]
-      <c r="G70" t="s">
+      <c r="L70" t="s">
         <v>1550</v>
       </c>
-      <c r="H70" t="s">
+      <c r="M70" t="s">
         <v>1551</v>
       </c>
-      <c r="I70" t="s">
+      <c r="N70" t="s">
         <v>1552</v>
       </c>
-      <c r="J70" t="s">
-[...2 lines deleted...]
-      <c r="K70" t="s">
+      <c r="O70" t="s">
         <v>1553</v>
-      </c>
-[...13 lines deleted...]
-        <v>1558</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>944</v>
       </c>
       <c r="B71" t="s">
+        <v>1554</v>
+      </c>
+      <c r="C71" t="s">
+        <v>12</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1555</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1556</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1557</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J71" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K71" t="s">
         <v>1559</v>
       </c>
-      <c r="C71" t="s">
-[...5 lines deleted...]
-      <c r="E71" t="s">
+      <c r="L71" t="s">
         <v>1560</v>
       </c>
-      <c r="F71" t="s">
-[...2 lines deleted...]
-      <c r="G71" t="s">
+      <c r="M71" t="s">
         <v>1561</v>
       </c>
-      <c r="H71" t="s">
+      <c r="N71" t="s">
         <v>1562</v>
       </c>
-      <c r="I71" t="s">
+      <c r="O71" t="s">
         <v>1563</v>
       </c>
-      <c r="J71" t="s">
+      <c r="P71" t="s">
         <v>1564</v>
-      </c>
-[...1 lines deleted...]
-        <v>1565</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>944</v>
       </c>
       <c r="B72" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C72" t="s">
+        <v>12</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
         <v>1566</v>
       </c>
-      <c r="C72" t="s">
-[...5 lines deleted...]
-      <c r="E72" t="s">
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
         <v>1567</v>
       </c>
-      <c r="F72" t="s">
-[...2 lines deleted...]
-      <c r="G72" t="s">
+      <c r="H72" t="s">
         <v>1568</v>
       </c>
-      <c r="H72" t="s">
+      <c r="I72" t="s">
         <v>1569</v>
-      </c>
-[...1 lines deleted...]
-        <v>1095</v>
       </c>
       <c r="J72" t="s">
         <v>1570</v>
       </c>
       <c r="K72" t="s">
         <v>1571</v>
-      </c>
-[...4 lines deleted...]
-        <v>1573</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>944</v>
       </c>
       <c r="B73" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C73" t="s">
+        <v>12</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
         <v>1574</v>
       </c>
-      <c r="C73" t="s">
-[...5 lines deleted...]
-      <c r="E73" t="s">
+      <c r="H73" t="s">
         <v>1575</v>
       </c>
-      <c r="F73" t="s">
-[...2 lines deleted...]
-      <c r="G73" t="s">
+      <c r="I73" t="s">
+        <v>1101</v>
+      </c>
+      <c r="J73" t="s">
         <v>1576</v>
       </c>
-      <c r="H73" t="s">
+      <c r="K73" t="s">
         <v>1577</v>
       </c>
-      <c r="I73" t="s">
+      <c r="L73" t="s">
         <v>1578</v>
       </c>
-      <c r="J73" t="s">
-[...2 lines deleted...]
-      <c r="K73" t="s">
+      <c r="M73" t="s">
         <v>1579</v>
-      </c>
-[...10 lines deleted...]
-        <v>1583</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>944</v>
       </c>
       <c r="B74" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C74" t="s">
+        <v>12</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1583</v>
+      </c>
+      <c r="I74" t="s">
         <v>1584</v>
       </c>
-      <c r="C74" t="s">
-[...5 lines deleted...]
-      <c r="E74" t="s">
+      <c r="J74" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K74" t="s">
         <v>1585</v>
       </c>
-      <c r="F74" t="s">
-[...2 lines deleted...]
-      <c r="G74" t="s">
+      <c r="L74" t="s">
         <v>1586</v>
       </c>
-      <c r="H74" t="s">
+      <c r="M74" t="s">
         <v>1587</v>
       </c>
-      <c r="I74" t="s">
+      <c r="N74" t="s">
         <v>1588</v>
       </c>
-      <c r="J74" t="s">
-[...2 lines deleted...]
-      <c r="K74" t="s">
+      <c r="O74" t="s">
         <v>1589</v>
-      </c>
-[...10 lines deleted...]
-        <v>1593</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>944</v>
       </c>
       <c r="B75" t="s">
+        <v>1590</v>
+      </c>
+      <c r="C75" t="s">
+        <v>12</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1591</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1592</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1593</v>
+      </c>
+      <c r="I75" t="s">
         <v>1594</v>
       </c>
-      <c r="C75" t="s">
-[...5 lines deleted...]
-      <c r="E75" t="s">
+      <c r="J75" t="s">
+        <v>102</v>
+      </c>
+      <c r="K75" t="s">
         <v>1595</v>
       </c>
-      <c r="F75" t="s">
-[...2 lines deleted...]
-      <c r="G75" t="s">
+      <c r="L75" t="s">
         <v>1596</v>
       </c>
-      <c r="H75" t="s">
+      <c r="M75" t="s">
         <v>1597</v>
       </c>
-      <c r="I75" t="s">
+      <c r="N75" t="s">
         <v>1598</v>
       </c>
-      <c r="J75" t="s">
-[...2 lines deleted...]
-      <c r="K75" t="s">
+      <c r="O75" t="s">
         <v>1599</v>
-      </c>
-[...1 lines deleted...]
-        <v>1600</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>944</v>
       </c>
       <c r="B76" t="s">
+        <v>1600</v>
+      </c>
+      <c r="C76" t="s">
+        <v>12</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
         <v>1601</v>
       </c>
-      <c r="C76" t="s">
-[...5 lines deleted...]
-      <c r="E76" t="s">
+      <c r="F76" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" t="s">
         <v>1602</v>
       </c>
-      <c r="F76" t="s">
-[...2 lines deleted...]
-      <c r="G76" t="s">
+      <c r="H76" t="s">
         <v>1603</v>
       </c>
-      <c r="H76" t="s">
+      <c r="I76" t="s">
         <v>1604</v>
       </c>
-      <c r="I76" t="s">
+      <c r="J76" t="s">
+        <v>271</v>
+      </c>
+      <c r="K76" t="s">
         <v>1605</v>
       </c>
-      <c r="J76" t="s">
-[...2 lines deleted...]
-      <c r="K76" t="s">
+      <c r="L76" t="s">
         <v>1606</v>
-      </c>
-[...10 lines deleted...]
-        <v>1610</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>944</v>
       </c>
       <c r="B77" t="s">
+        <v>1607</v>
+      </c>
+      <c r="C77" t="s">
+        <v>12</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1608</v>
+      </c>
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1610</v>
+      </c>
+      <c r="I77" t="s">
         <v>1611</v>
       </c>
-      <c r="C77" t="s">
-[...5 lines deleted...]
-      <c r="E77" t="s">
+      <c r="J77" t="s">
+        <v>102</v>
+      </c>
+      <c r="K77" t="s">
         <v>1612</v>
       </c>
-      <c r="F77" t="s">
-[...2 lines deleted...]
-      <c r="G77" t="s">
+      <c r="L77" t="s">
         <v>1613</v>
       </c>
-      <c r="H77" t="s">
+      <c r="M77" t="s">
         <v>1614</v>
       </c>
-      <c r="I77" t="s">
-[...5 lines deleted...]
-      <c r="K77" t="s">
+      <c r="N77" t="s">
         <v>1615</v>
+      </c>
+      <c r="O77" t="s">
+        <v>1616</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>944</v>
       </c>
       <c r="B78" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="C78" t="s">
         <v>12</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="H78" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="I78" t="s">
-        <v>1620</v>
+        <v>1101</v>
       </c>
       <c r="J78" t="s">
-        <v>84</v>
+        <v>1526</v>
       </c>
       <c r="K78" t="s">
         <v>1621</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>944</v>
       </c>
       <c r="B79" t="s">
         <v>1622</v>
       </c>
       <c r="C79" t="s">
         <v>12</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
         <v>1623</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79" t="s">
         <v>1624</v>
       </c>
       <c r="H79" t="s">
         <v>1625</v>
       </c>
       <c r="I79" t="s">
         <v>1626</v>
       </c>
       <c r="J79" t="s">
+        <v>84</v>
+      </c>
+      <c r="K79" t="s">
         <v>1627</v>
-      </c>
-[...1 lines deleted...]
-        <v>1628</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>944</v>
       </c>
       <c r="B80" t="s">
+        <v>1628</v>
+      </c>
+      <c r="C80" t="s">
+        <v>12</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
         <v>1629</v>
       </c>
-      <c r="C80" t="s">
-[...5 lines deleted...]
-      <c r="E80" t="s">
+      <c r="F80" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" t="s">
         <v>1630</v>
       </c>
-      <c r="F80" t="s">
-[...2 lines deleted...]
-      <c r="G80" t="s">
+      <c r="H80" t="s">
         <v>1631</v>
       </c>
-      <c r="H80" t="s">
+      <c r="I80" t="s">
         <v>1632</v>
       </c>
-      <c r="I80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J80" t="s">
-        <v>447</v>
+        <v>1633</v>
       </c>
       <c r="K80" t="s">
-        <v>1633</v>
-[...1 lines deleted...]
-      <c r="L80" t="s">
         <v>1634</v>
-      </c>
-[...13 lines deleted...]
-        <v>1639</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>944</v>
       </c>
       <c r="B81" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C81" t="s">
+        <v>12</v>
+      </c>
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1636</v>
+      </c>
+      <c r="F81" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1637</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1638</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1288</v>
+      </c>
+      <c r="J81" t="s">
+        <v>447</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1639</v>
+      </c>
+      <c r="L81" t="s">
         <v>1640</v>
       </c>
-      <c r="C81" t="s">
-[...11 lines deleted...]
-      <c r="G81" t="s">
+      <c r="M81" t="s">
         <v>1641</v>
       </c>
-      <c r="H81" t="s">
+      <c r="N81" t="s">
         <v>1642</v>
       </c>
-      <c r="I81" t="s">
+      <c r="O81" t="s">
         <v>1643</v>
       </c>
-      <c r="J81" t="s">
-[...2 lines deleted...]
-      <c r="K81" t="s">
+      <c r="P81" t="s">
         <v>1644</v>
       </c>
-      <c r="L81" t="s">
+      <c r="Q81" t="s">
         <v>1645</v>
-      </c>
-[...7 lines deleted...]
-        <v>1648</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>944</v>
       </c>
       <c r="B82" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C82" t="s">
+        <v>12</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1636</v>
+      </c>
+      <c r="F82" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1647</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1648</v>
+      </c>
+      <c r="I82" t="s">
         <v>1649</v>
       </c>
-      <c r="C82" t="s">
-[...5 lines deleted...]
-      <c r="E82" t="s">
+      <c r="J82" t="s">
+        <v>182</v>
+      </c>
+      <c r="K82" t="s">
         <v>1650</v>
       </c>
-      <c r="F82" t="s">
-[...2 lines deleted...]
-      <c r="G82" t="s">
+      <c r="L82" t="s">
         <v>1651</v>
       </c>
-      <c r="H82" t="s">
+      <c r="M82" t="s">
         <v>1652</v>
       </c>
-      <c r="I82" t="s">
-[...5 lines deleted...]
-      <c r="K82" t="s">
+      <c r="N82" t="s">
         <v>1653</v>
       </c>
-      <c r="L82" t="s">
+      <c r="O82" t="s">
         <v>1654</v>
-      </c>
-[...4 lines deleted...]
-        <v>1656</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>944</v>
       </c>
       <c r="B83" t="s">
+        <v>1655</v>
+      </c>
+      <c r="C83" t="s">
+        <v>12</v>
+      </c>
+      <c r="D83" t="s">
+        <v>12</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1656</v>
+      </c>
+      <c r="F83" t="s">
+        <v>12</v>
+      </c>
+      <c r="G83" t="s">
         <v>1657</v>
       </c>
-      <c r="C83" t="s">
-[...5 lines deleted...]
-      <c r="E83" t="s">
+      <c r="H83" t="s">
         <v>1658</v>
       </c>
-      <c r="F83" t="s">
-[...2 lines deleted...]
-      <c r="G83" t="s">
+      <c r="I83" t="s">
+        <v>1331</v>
+      </c>
+      <c r="J83" t="s">
+        <v>447</v>
+      </c>
+      <c r="K83" t="s">
         <v>1659</v>
       </c>
-      <c r="H83" t="s">
+      <c r="L83" t="s">
         <v>1660</v>
       </c>
-      <c r="I83" t="s">
-[...2 lines deleted...]
-      <c r="J83" t="s">
+      <c r="M83" t="s">
         <v>1661</v>
       </c>
-      <c r="K83" t="s">
+      <c r="N83" t="s">
         <v>1662</v>
-      </c>
-[...10 lines deleted...]
-        <v>1666</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>944</v>
       </c>
       <c r="B84" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C84" t="s">
+        <v>12</v>
+      </c>
+      <c r="D84" t="s">
+        <v>12</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1664</v>
+      </c>
+      <c r="F84" t="s">
+        <v>12</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1665</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1666</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1419</v>
+      </c>
+      <c r="J84" t="s">
         <v>1667</v>
       </c>
-      <c r="C84" t="s">
-[...5 lines deleted...]
-      <c r="E84" t="s">
+      <c r="K84" t="s">
         <v>1668</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84" t="s">
+      <c r="L84" t="s">
         <v>1669</v>
       </c>
-      <c r="H84" t="s">
+      <c r="M84" t="s">
         <v>1670</v>
       </c>
-      <c r="I84" t="s">
+      <c r="N84" t="s">
         <v>1671</v>
       </c>
-      <c r="J84" t="s">
-[...2 lines deleted...]
-      <c r="K84" t="s">
+      <c r="O84" t="s">
         <v>1672</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>944</v>
       </c>
       <c r="B85" t="s">
         <v>1673</v>
       </c>
       <c r="C85" t="s">
         <v>12</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
         <v>1674</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85" t="s">
         <v>1675</v>
       </c>
       <c r="H85" t="s">
         <v>1676</v>
       </c>
       <c r="I85" t="s">
-        <v>960</v>
+        <v>1677</v>
       </c>
       <c r="J85" t="s">
-        <v>271</v>
+        <v>1439</v>
       </c>
       <c r="K85" t="s">
-        <v>1677</v>
-[...1 lines deleted...]
-      <c r="L85" t="s">
         <v>1678</v>
-      </c>
-[...1 lines deleted...]
-        <v>1679</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>944</v>
       </c>
       <c r="B86" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C86" t="s">
+        <v>12</v>
+      </c>
+      <c r="D86" t="s">
+        <v>12</v>
+      </c>
+      <c r="E86" t="s">
         <v>1680</v>
       </c>
-      <c r="C86" t="s">
-[...5 lines deleted...]
-      <c r="E86" t="s">
+      <c r="F86" t="s">
+        <v>12</v>
+      </c>
+      <c r="G86" t="s">
         <v>1681</v>
       </c>
-      <c r="F86" t="s">
-[...2 lines deleted...]
-      <c r="G86" t="s">
+      <c r="H86" t="s">
         <v>1682</v>
       </c>
-      <c r="H86" t="s">
+      <c r="I86" t="s">
+        <v>974</v>
+      </c>
+      <c r="J86" t="s">
+        <v>271</v>
+      </c>
+      <c r="K86" t="s">
         <v>1683</v>
       </c>
-      <c r="I86" t="s">
-[...5 lines deleted...]
-      <c r="K86" t="s">
+      <c r="L86" t="s">
         <v>1684</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1685</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>944</v>
       </c>
       <c r="B87" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
       <c r="C87" t="s">
         <v>12</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="E87" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="H87" t="s">
-        <v>1688</v>
+        <v>1689</v>
       </c>
       <c r="I87" t="s">
-        <v>1689</v>
+        <v>974</v>
       </c>
       <c r="J87" t="s">
-        <v>1134</v>
+        <v>1439</v>
       </c>
       <c r="K87" t="s">
         <v>1690</v>
-      </c>
-[...10 lines deleted...]
-        <v>1694</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>944</v>
       </c>
       <c r="B88" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C88" t="s">
+        <v>12</v>
+      </c>
+      <c r="D88" t="s">
+        <v>12</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1692</v>
+      </c>
+      <c r="F88" t="s">
+        <v>12</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1694</v>
+      </c>
+      <c r="I88" t="s">
         <v>1695</v>
       </c>
-      <c r="C88" t="s">
-[...11 lines deleted...]
-      <c r="G88" t="s">
+      <c r="J88" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K88" t="s">
         <v>1696</v>
       </c>
-      <c r="H88" t="s">
+      <c r="L88" t="s">
         <v>1697</v>
       </c>
-      <c r="I88" t="s">
+      <c r="M88" t="s">
         <v>1698</v>
       </c>
-      <c r="J88" t="s">
-[...2 lines deleted...]
-      <c r="K88" t="s">
+      <c r="N88" t="s">
         <v>1699</v>
       </c>
-      <c r="L88" t="s">
+      <c r="O88" t="s">
         <v>1700</v>
-      </c>
-[...1 lines deleted...]
-        <v>1701</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>944</v>
       </c>
       <c r="B89" t="s">
+        <v>1701</v>
+      </c>
+      <c r="C89" t="s">
+        <v>12</v>
+      </c>
+      <c r="D89" t="s">
+        <v>12</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1692</v>
+      </c>
+      <c r="F89" t="s">
+        <v>12</v>
+      </c>
+      <c r="G89" t="s">
         <v>1702</v>
       </c>
-      <c r="C89" t="s">
-[...5 lines deleted...]
-      <c r="E89" t="s">
+      <c r="H89" t="s">
         <v>1703</v>
       </c>
-      <c r="F89" t="s">
-[...2 lines deleted...]
-      <c r="G89" t="s">
+      <c r="I89" t="s">
         <v>1704</v>
-      </c>
-[...4 lines deleted...]
-        <v>1706</v>
       </c>
       <c r="J89" t="s">
         <v>447</v>
       </c>
       <c r="K89" t="s">
+        <v>1705</v>
+      </c>
+      <c r="L89" t="s">
+        <v>1706</v>
+      </c>
+      <c r="M89" t="s">
         <v>1707</v>
-      </c>
-[...7 lines deleted...]
-        <v>1710</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>944</v>
       </c>
       <c r="B90" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C90" t="s">
+        <v>12</v>
+      </c>
+      <c r="D90" t="s">
+        <v>12</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1709</v>
+      </c>
+      <c r="F90" t="s">
+        <v>12</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1710</v>
+      </c>
+      <c r="H90" t="s">
         <v>1711</v>
       </c>
-      <c r="C90" t="s">
-[...5 lines deleted...]
-      <c r="E90" t="s">
+      <c r="I90" t="s">
         <v>1712</v>
       </c>
-      <c r="F90" t="s">
-[...2 lines deleted...]
-      <c r="G90" t="s">
+      <c r="J90" t="s">
+        <v>447</v>
+      </c>
+      <c r="K90" t="s">
         <v>1713</v>
       </c>
-      <c r="H90" t="s">
+      <c r="L90" t="s">
         <v>1714</v>
       </c>
-      <c r="I90" t="s">
-[...2 lines deleted...]
-      <c r="J90" t="s">
+      <c r="M90" t="s">
         <v>1715</v>
       </c>
-      <c r="K90" t="s">
+      <c r="N90" t="s">
         <v>1716</v>
-      </c>
-[...7 lines deleted...]
-        <v>1719</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>944</v>
       </c>
       <c r="B91" t="s">
+        <v>1717</v>
+      </c>
+      <c r="C91" t="s">
+        <v>12</v>
+      </c>
+      <c r="D91" t="s">
+        <v>12</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1718</v>
+      </c>
+      <c r="F91" t="s">
+        <v>12</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1719</v>
+      </c>
+      <c r="H91" t="s">
         <v>1720</v>
       </c>
-      <c r="C91" t="s">
-[...5 lines deleted...]
-      <c r="E91" t="s">
+      <c r="I91" t="s">
+        <v>1584</v>
+      </c>
+      <c r="J91" t="s">
         <v>1721</v>
       </c>
-      <c r="F91" t="s">
-[...2 lines deleted...]
-      <c r="G91" t="s">
+      <c r="K91" t="s">
         <v>1722</v>
       </c>
-      <c r="H91" t="s">
+      <c r="L91" t="s">
         <v>1723</v>
       </c>
-      <c r="I91" t="s">
+      <c r="M91" t="s">
         <v>1724</v>
       </c>
-      <c r="J91" t="s">
+      <c r="N91" t="s">
         <v>1725</v>
-      </c>
-[...4 lines deleted...]
-        <v>1727</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>944</v>
       </c>
       <c r="B92" t="s">
+        <v>1726</v>
+      </c>
+      <c r="C92" t="s">
+        <v>12</v>
+      </c>
+      <c r="D92" t="s">
+        <v>12</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F92" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" t="s">
         <v>1728</v>
       </c>
-      <c r="C92" t="s">
-[...5 lines deleted...]
-      <c r="E92" t="s">
+      <c r="H92" t="s">
         <v>1729</v>
       </c>
-      <c r="F92" t="s">
-[...2 lines deleted...]
-      <c r="G92" t="s">
+      <c r="I92" t="s">
         <v>1730</v>
       </c>
-      <c r="H92" t="s">
+      <c r="J92" t="s">
         <v>1731</v>
       </c>
-      <c r="I92" t="s">
+      <c r="K92" t="s">
         <v>1732</v>
       </c>
-      <c r="J92" t="s">
-[...2 lines deleted...]
-      <c r="K92" t="s">
+      <c r="L92" t="s">
         <v>1733</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>944</v>
       </c>
       <c r="B93" t="s">
         <v>1734</v>
       </c>
       <c r="C93" t="s">
         <v>12</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
         <v>1735</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93" t="s">
         <v>1736</v>
       </c>
       <c r="H93" t="s">
         <v>1737</v>
       </c>
       <c r="I93" t="s">
-        <v>973</v>
+        <v>1738</v>
       </c>
       <c r="J93" t="s">
-        <v>1433</v>
+        <v>1439</v>
       </c>
       <c r="K93" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>944</v>
       </c>
       <c r="B94" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="C94" t="s">
         <v>12</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="H94" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="I94" t="s">
-        <v>1743</v>
+        <v>987</v>
       </c>
       <c r="J94" t="s">
-        <v>1433</v>
+        <v>1439</v>
       </c>
       <c r="K94" t="s">
         <v>1744</v>
-      </c>
-[...1 lines deleted...]
-        <v>1745</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>944</v>
       </c>
       <c r="B95" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C95" t="s">
+        <v>12</v>
+      </c>
+      <c r="D95" t="s">
+        <v>12</v>
+      </c>
+      <c r="E95" t="s">
         <v>1746</v>
       </c>
-      <c r="C95" t="s">
-[...5 lines deleted...]
-      <c r="E95" t="s">
+      <c r="F95" t="s">
+        <v>12</v>
+      </c>
+      <c r="G95" t="s">
         <v>1747</v>
       </c>
-      <c r="F95" t="s">
-[...2 lines deleted...]
-      <c r="G95" t="s">
+      <c r="H95" t="s">
         <v>1748</v>
       </c>
-      <c r="H95" t="s">
+      <c r="I95" t="s">
         <v>1749</v>
       </c>
-      <c r="I95" t="s">
+      <c r="J95" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K95" t="s">
         <v>1750</v>
       </c>
-      <c r="J95" t="s">
-[...2 lines deleted...]
-      <c r="K95" t="s">
+      <c r="L95" t="s">
         <v>1751</v>
-      </c>
-[...7 lines deleted...]
-        <v>1754</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>944</v>
       </c>
       <c r="B96" t="s">
+        <v>1752</v>
+      </c>
+      <c r="C96" t="s">
+        <v>12</v>
+      </c>
+      <c r="D96" t="s">
+        <v>12</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F96" t="s">
+        <v>12</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H96" t="s">
         <v>1755</v>
       </c>
-      <c r="C96" t="s">
-[...5 lines deleted...]
-      <c r="E96" t="s">
+      <c r="I96" t="s">
         <v>1756</v>
       </c>
-      <c r="F96" t="s">
-[...2 lines deleted...]
-      <c r="G96" t="s">
+      <c r="J96" t="s">
+        <v>442</v>
+      </c>
+      <c r="K96" t="s">
         <v>1757</v>
       </c>
-      <c r="H96" t="s">
+      <c r="L96" t="s">
         <v>1758</v>
       </c>
-      <c r="I96" t="s">
+      <c r="M96" t="s">
         <v>1759</v>
       </c>
-      <c r="J96" t="s">
-[...2 lines deleted...]
-      <c r="K96" t="s">
+      <c r="N96" t="s">
         <v>1760</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>944</v>
       </c>
       <c r="B97" t="s">
         <v>1761</v>
       </c>
       <c r="C97" t="s">
         <v>12</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
       <c r="E97" t="s">
-        <v>1756</v>
+        <v>1762</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="H97" t="s">
-        <v>1763</v>
+        <v>1764</v>
       </c>
       <c r="I97" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="J97" t="s">
-        <v>1765</v>
+        <v>271</v>
       </c>
       <c r="K97" t="s">
         <v>1766</v>
-      </c>
-[...7 lines deleted...]
-        <v>1769</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>944</v>
       </c>
       <c r="B98" t="s">
+        <v>1767</v>
+      </c>
+      <c r="C98" t="s">
+        <v>12</v>
+      </c>
+      <c r="D98" t="s">
+        <v>12</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1762</v>
+      </c>
+      <c r="F98" t="s">
+        <v>12</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1768</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1769</v>
+      </c>
+      <c r="I98" t="s">
         <v>1770</v>
       </c>
-      <c r="C98" t="s">
-[...11 lines deleted...]
-      <c r="G98" t="s">
+      <c r="J98" t="s">
         <v>1771</v>
       </c>
-      <c r="H98" t="s">
+      <c r="K98" t="s">
         <v>1772</v>
       </c>
-      <c r="I98" t="s">
+      <c r="L98" t="s">
         <v>1773</v>
       </c>
-      <c r="J98" t="s">
-[...2 lines deleted...]
-      <c r="K98" t="s">
+      <c r="M98" t="s">
         <v>1774</v>
       </c>
-      <c r="L98" t="s">
+      <c r="N98" t="s">
         <v>1775</v>
-      </c>
-[...4 lines deleted...]
-        <v>1777</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>944</v>
       </c>
       <c r="B99" t="s">
+        <v>1776</v>
+      </c>
+      <c r="C99" t="s">
+        <v>12</v>
+      </c>
+      <c r="D99" t="s">
+        <v>12</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1762</v>
+      </c>
+      <c r="F99" t="s">
+        <v>12</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1777</v>
+      </c>
+      <c r="H99" t="s">
         <v>1778</v>
       </c>
-      <c r="C99" t="s">
-[...5 lines deleted...]
-      <c r="E99" t="s">
+      <c r="I99" t="s">
         <v>1779</v>
-      </c>
-[...10 lines deleted...]
-        <v>1782</v>
       </c>
       <c r="J99" t="s">
         <v>271</v>
       </c>
       <c r="K99" t="s">
+        <v>1780</v>
+      </c>
+      <c r="L99" t="s">
+        <v>1781</v>
+      </c>
+      <c r="M99" t="s">
+        <v>1782</v>
+      </c>
+      <c r="N99" t="s">
         <v>1783</v>
-      </c>
-[...7 lines deleted...]
-        <v>1786</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>944</v>
       </c>
       <c r="B100" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C100" t="s">
+        <v>12</v>
+      </c>
+      <c r="D100" t="s">
+        <v>12</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1785</v>
+      </c>
+      <c r="F100" t="s">
+        <v>12</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1786</v>
+      </c>
+      <c r="H100" t="s">
         <v>1787</v>
       </c>
-      <c r="C100" t="s">
-[...5 lines deleted...]
-      <c r="E100" t="s">
+      <c r="I100" t="s">
         <v>1788</v>
-      </c>
-[...10 lines deleted...]
-        <v>1791</v>
       </c>
       <c r="J100" t="s">
         <v>271</v>
       </c>
       <c r="K100" t="s">
+        <v>1789</v>
+      </c>
+      <c r="L100" t="s">
+        <v>1790</v>
+      </c>
+      <c r="M100" t="s">
+        <v>1791</v>
+      </c>
+      <c r="N100" t="s">
         <v>1792</v>
-      </c>
-[...7 lines deleted...]
-        <v>1795</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>944</v>
       </c>
       <c r="B101" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C101" t="s">
+        <v>12</v>
+      </c>
+      <c r="D101" t="s">
+        <v>12</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1794</v>
+      </c>
+      <c r="F101" t="s">
+        <v>12</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1795</v>
+      </c>
+      <c r="H101" t="s">
         <v>1796</v>
       </c>
-      <c r="C101" t="s">
-[...5 lines deleted...]
-      <c r="E101" t="s">
+      <c r="I101" t="s">
         <v>1797</v>
       </c>
-      <c r="F101" t="s">
-[...2 lines deleted...]
-      <c r="G101" t="s">
+      <c r="J101" t="s">
+        <v>271</v>
+      </c>
+      <c r="K101" t="s">
         <v>1798</v>
       </c>
-      <c r="H101" t="s">
+      <c r="L101" t="s">
         <v>1799</v>
       </c>
-      <c r="I101" t="s">
+      <c r="M101" t="s">
         <v>1800</v>
       </c>
-      <c r="J101" t="s">
-[...2 lines deleted...]
-      <c r="K101" t="s">
+      <c r="N101" t="s">
         <v>1801</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>944</v>
       </c>
       <c r="B102" t="s">
         <v>1802</v>
       </c>
       <c r="C102" t="s">
         <v>12</v>
       </c>
       <c r="D102" t="s">
         <v>12</v>
       </c>
       <c r="E102" t="s">
-        <v>1756</v>
+        <v>1803</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="H102" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="I102" t="s">
-        <v>1095</v>
+        <v>1806</v>
       </c>
       <c r="J102" t="s">
-        <v>1805</v>
+        <v>1439</v>
       </c>
       <c r="K102" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>944</v>
       </c>
       <c r="B103" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="C103" t="s">
         <v>12</v>
       </c>
       <c r="D103" t="s">
         <v>12</v>
       </c>
       <c r="E103" t="s">
-        <v>1808</v>
+        <v>1762</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103" t="s">
         <v>1809</v>
       </c>
       <c r="H103" t="s">
         <v>1810</v>
       </c>
       <c r="I103" t="s">
+        <v>1101</v>
+      </c>
+      <c r="J103" t="s">
         <v>1811</v>
       </c>
-      <c r="J103" t="s">
+      <c r="K103" t="s">
         <v>1812</v>
-      </c>
-[...22 lines deleted...]
-        <v>1820</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>944</v>
       </c>
       <c r="B104" t="s">
+        <v>1813</v>
+      </c>
+      <c r="C104" t="s">
+        <v>12</v>
+      </c>
+      <c r="D104" t="s">
+        <v>12</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1814</v>
+      </c>
+      <c r="F104" t="s">
+        <v>12</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1815</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1816</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1817</v>
+      </c>
+      <c r="J104" t="s">
+        <v>1818</v>
+      </c>
+      <c r="K104" t="s">
+        <v>1819</v>
+      </c>
+      <c r="L104" t="s">
+        <v>1820</v>
+      </c>
+      <c r="M104" t="s">
         <v>1821</v>
       </c>
-      <c r="C104" t="s">
-[...5 lines deleted...]
-      <c r="E104" t="s">
+      <c r="N104" t="s">
         <v>1822</v>
       </c>
-      <c r="F104" t="s">
-[...2 lines deleted...]
-      <c r="G104" t="s">
+      <c r="O104" t="s">
         <v>1823</v>
       </c>
-      <c r="H104" t="s">
+      <c r="P104" t="s">
         <v>1824</v>
       </c>
-      <c r="I104" t="s">
+      <c r="Q104" t="s">
         <v>1825</v>
       </c>
-      <c r="J104" t="s">
-[...2 lines deleted...]
-      <c r="K104" t="s">
+      <c r="R104" t="s">
         <v>1826</v>
-      </c>
-[...1 lines deleted...]
-        <v>1827</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>944</v>
       </c>
       <c r="B105" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C105" t="s">
+        <v>12</v>
+      </c>
+      <c r="D105" t="s">
+        <v>12</v>
+      </c>
+      <c r="E105" t="s">
         <v>1828</v>
       </c>
-      <c r="C105" t="s">
-[...5 lines deleted...]
-      <c r="E105" t="s">
+      <c r="F105" t="s">
+        <v>12</v>
+      </c>
+      <c r="G105" t="s">
         <v>1829</v>
       </c>
-      <c r="F105" t="s">
-[...2 lines deleted...]
-      <c r="G105" t="s">
+      <c r="H105" t="s">
         <v>1830</v>
       </c>
-      <c r="H105" t="s">
+      <c r="I105" t="s">
         <v>1831</v>
       </c>
-      <c r="I105" t="s">
+      <c r="J105" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K105" t="s">
         <v>1832</v>
       </c>
-      <c r="J105" t="s">
-[...2 lines deleted...]
-      <c r="K105" t="s">
+      <c r="L105" t="s">
         <v>1833</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>944</v>
       </c>
       <c r="B106" t="s">
         <v>1834</v>
       </c>
       <c r="C106" t="s">
         <v>12</v>
       </c>
       <c r="D106" t="s">
         <v>12</v>
       </c>
       <c r="E106" t="s">
         <v>1835</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106" t="s">
         <v>1836</v>
       </c>
       <c r="H106" t="s">
         <v>1837</v>
       </c>
       <c r="I106" t="s">
         <v>1838</v>
       </c>
       <c r="J106" t="s">
-        <v>271</v>
+        <v>442</v>
       </c>
       <c r="K106" t="s">
         <v>1839</v>
-      </c>
-[...7 lines deleted...]
-        <v>1842</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>944</v>
       </c>
       <c r="B107" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C107" t="s">
+        <v>12</v>
+      </c>
+      <c r="D107" t="s">
+        <v>12</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1841</v>
+      </c>
+      <c r="F107" t="s">
+        <v>12</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H107" t="s">
         <v>1843</v>
       </c>
-      <c r="C107" t="s">
-[...11 lines deleted...]
-      <c r="G107" t="s">
+      <c r="I107" t="s">
         <v>1844</v>
       </c>
-      <c r="H107" t="s">
+      <c r="J107" t="s">
+        <v>271</v>
+      </c>
+      <c r="K107" t="s">
         <v>1845</v>
       </c>
-      <c r="I107" t="s">
+      <c r="L107" t="s">
         <v>1846</v>
       </c>
-      <c r="J107" t="s">
-[...2 lines deleted...]
-      <c r="K107" t="s">
+      <c r="M107" t="s">
         <v>1847</v>
       </c>
-      <c r="L107" t="s">
+      <c r="N107" t="s">
         <v>1848</v>
-      </c>
-[...4 lines deleted...]
-        <v>1850</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>944</v>
       </c>
       <c r="B108" t="s">
+        <v>1849</v>
+      </c>
+      <c r="C108" t="s">
+        <v>12</v>
+      </c>
+      <c r="D108" t="s">
+        <v>12</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1841</v>
+      </c>
+      <c r="F108" t="s">
+        <v>12</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1850</v>
+      </c>
+      <c r="H108" t="s">
         <v>1851</v>
       </c>
-      <c r="C108" t="s">
-[...5 lines deleted...]
-      <c r="E108" t="s">
+      <c r="I108" t="s">
         <v>1852</v>
       </c>
-      <c r="F108" t="s">
-[...2 lines deleted...]
-      <c r="G108" t="s">
+      <c r="J108" t="s">
+        <v>430</v>
+      </c>
+      <c r="K108" t="s">
         <v>1853</v>
       </c>
-      <c r="H108" t="s">
+      <c r="L108" t="s">
         <v>1854</v>
       </c>
-      <c r="I108" t="s">
+      <c r="M108" t="s">
         <v>1855</v>
       </c>
-      <c r="J108" t="s">
-[...2 lines deleted...]
-      <c r="K108" t="s">
+      <c r="N108" t="s">
         <v>1856</v>
-      </c>
-[...7 lines deleted...]
-        <v>1859</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>944</v>
       </c>
       <c r="B109" t="s">
+        <v>1857</v>
+      </c>
+      <c r="C109" t="s">
+        <v>12</v>
+      </c>
+      <c r="D109" t="s">
+        <v>12</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F109" t="s">
+        <v>12</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H109" t="s">
         <v>1860</v>
       </c>
-      <c r="C109" t="s">
-[...11 lines deleted...]
-      <c r="G109" t="s">
+      <c r="I109" t="s">
         <v>1861</v>
       </c>
-      <c r="H109" t="s">
+      <c r="J109" t="s">
+        <v>447</v>
+      </c>
+      <c r="K109" t="s">
         <v>1862</v>
       </c>
-      <c r="I109" t="s">
+      <c r="L109" t="s">
         <v>1863</v>
       </c>
-      <c r="J109" t="s">
-[...2 lines deleted...]
-      <c r="K109" t="s">
+      <c r="M109" t="s">
         <v>1864</v>
       </c>
-      <c r="L109" t="s">
+      <c r="N109" t="s">
         <v>1865</v>
-      </c>
-[...4 lines deleted...]
-        <v>1867</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>944</v>
       </c>
       <c r="B110" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C110" t="s">
+        <v>12</v>
+      </c>
+      <c r="D110" t="s">
+        <v>12</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F110" t="s">
+        <v>12</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H110" t="s">
         <v>1868</v>
       </c>
-      <c r="C110" t="s">
-[...5 lines deleted...]
-      <c r="E110" t="s">
+      <c r="I110" t="s">
         <v>1869</v>
       </c>
-      <c r="F110" t="s">
-[...2 lines deleted...]
-      <c r="G110" t="s">
+      <c r="J110" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K110" t="s">
         <v>1870</v>
       </c>
-      <c r="H110" t="s">
+      <c r="L110" t="s">
         <v>1871</v>
       </c>
-      <c r="I110" t="s">
-[...2 lines deleted...]
-      <c r="J110" t="s">
+      <c r="M110" t="s">
         <v>1872</v>
       </c>
-      <c r="K110" t="s">
+      <c r="N110" t="s">
         <v>1873</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>944</v>
       </c>
       <c r="B111" t="s">
         <v>1874</v>
       </c>
       <c r="C111" t="s">
         <v>12</v>
       </c>
       <c r="D111" t="s">
         <v>12</v>
       </c>
       <c r="E111" t="s">
         <v>1875</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111" t="s">
         <v>1876</v>
       </c>
       <c r="H111" t="s">
         <v>1877</v>
       </c>
       <c r="I111" t="s">
+        <v>1101</v>
+      </c>
+      <c r="J111" t="s">
         <v>1878</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
       <c r="K111" t="s">
         <v>1879</v>
-      </c>
-[...7 lines deleted...]
-        <v>1882</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>944</v>
       </c>
       <c r="B112" t="s">
+        <v>1880</v>
+      </c>
+      <c r="C112" t="s">
+        <v>12</v>
+      </c>
+      <c r="D112" t="s">
+        <v>12</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1881</v>
+      </c>
+      <c r="F112" t="s">
+        <v>12</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1882</v>
+      </c>
+      <c r="H112" t="s">
         <v>1883</v>
       </c>
-      <c r="C112" t="s">
-[...5 lines deleted...]
-      <c r="E112" t="s">
+      <c r="I112" t="s">
         <v>1884</v>
       </c>
-      <c r="F112" t="s">
-[...2 lines deleted...]
-      <c r="G112" t="s">
+      <c r="J112" t="s">
+        <v>271</v>
+      </c>
+      <c r="K112" t="s">
         <v>1885</v>
       </c>
-      <c r="H112" t="s">
+      <c r="L112" t="s">
         <v>1886</v>
       </c>
-      <c r="I112" t="s">
+      <c r="M112" t="s">
         <v>1887</v>
       </c>
-      <c r="J112" t="s">
+      <c r="N112" t="s">
         <v>1888</v>
-      </c>
-[...142 lines deleted...]
-        <v>1936</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>944</v>
       </c>
       <c r="B113" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C113" t="s">
+        <v>12</v>
+      </c>
+      <c r="D113" t="s">
+        <v>12</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F113" t="s">
+        <v>12</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1892</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1893</v>
+      </c>
+      <c r="J113" t="s">
+        <v>1894</v>
+      </c>
+      <c r="K113" t="s">
+        <v>1895</v>
+      </c>
+      <c r="L113" t="s">
+        <v>1896</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1897</v>
+      </c>
+      <c r="N113" t="s">
+        <v>1898</v>
+      </c>
+      <c r="O113" t="s">
+        <v>1899</v>
+      </c>
+      <c r="P113" t="s">
+        <v>1900</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>1901</v>
+      </c>
+      <c r="R113" t="s">
+        <v>1902</v>
+      </c>
+      <c r="S113" t="s">
+        <v>1903</v>
+      </c>
+      <c r="T113" t="s">
+        <v>1904</v>
+      </c>
+      <c r="U113" t="s">
+        <v>1905</v>
+      </c>
+      <c r="V113" t="s">
+        <v>1906</v>
+      </c>
+      <c r="W113" t="s">
+        <v>1907</v>
+      </c>
+      <c r="X113" t="s">
+        <v>1908</v>
+      </c>
+      <c r="Y113" t="s">
+        <v>1909</v>
+      </c>
+      <c r="Z113" t="s">
+        <v>1910</v>
+      </c>
+      <c r="AA113" t="s">
+        <v>1911</v>
+      </c>
+      <c r="AB113" t="s">
+        <v>1912</v>
+      </c>
+      <c r="AC113" t="s">
+        <v>1913</v>
+      </c>
+      <c r="AD113" t="s">
+        <v>1914</v>
+      </c>
+      <c r="AE113" t="s">
+        <v>1915</v>
+      </c>
+      <c r="AF113" t="s">
+        <v>1916</v>
+      </c>
+      <c r="AG113" t="s">
+        <v>1917</v>
+      </c>
+      <c r="AH113" t="s">
+        <v>1918</v>
+      </c>
+      <c r="AI113" t="s">
+        <v>1919</v>
+      </c>
+      <c r="AJ113" t="s">
+        <v>1920</v>
+      </c>
+      <c r="AK113" t="s">
+        <v>1921</v>
+      </c>
+      <c r="AL113" t="s">
+        <v>1922</v>
+      </c>
+      <c r="AM113" t="s">
+        <v>1923</v>
+      </c>
+      <c r="AN113" t="s">
+        <v>1924</v>
+      </c>
+      <c r="AO113" t="s">
+        <v>1925</v>
+      </c>
+      <c r="AP113" t="s">
+        <v>1926</v>
+      </c>
+      <c r="AQ113" t="s">
+        <v>1927</v>
+      </c>
+      <c r="AR113" t="s">
+        <v>1928</v>
+      </c>
+      <c r="AS113" t="s">
+        <v>1929</v>
+      </c>
+      <c r="AT113" t="s">
+        <v>1930</v>
+      </c>
+      <c r="AU113" t="s">
+        <v>1931</v>
+      </c>
+      <c r="AV113" t="s">
+        <v>1932</v>
+      </c>
+      <c r="AW113" t="s">
+        <v>1933</v>
+      </c>
+      <c r="AX113" t="s">
+        <v>1934</v>
+      </c>
+      <c r="AY113" t="s">
+        <v>1935</v>
+      </c>
+      <c r="AZ113" t="s">
+        <v>1936</v>
+      </c>
+      <c r="BA113" t="s">
         <v>1937</v>
       </c>
-      <c r="C113" t="s">
-[...5 lines deleted...]
-      <c r="E113" t="s">
+      <c r="BB113" t="s">
         <v>1938</v>
       </c>
-      <c r="F113" t="s">
-[...2 lines deleted...]
-      <c r="G113" t="s">
+      <c r="BC113" t="s">
         <v>1939</v>
       </c>
-      <c r="H113" t="s">
+      <c r="BD113" t="s">
         <v>1940</v>
       </c>
-      <c r="I113" t="s">
-[...2 lines deleted...]
-      <c r="J113" t="s">
+      <c r="BE113" t="s">
         <v>1941</v>
       </c>
-      <c r="K113" t="s">
+      <c r="BF113" t="s">
         <v>1942</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>944</v>
       </c>
       <c r="B114" t="s">
         <v>1943</v>
       </c>
       <c r="C114" t="s">
         <v>12</v>
       </c>
       <c r="D114" t="s">
         <v>12</v>
       </c>
       <c r="E114" t="s">
         <v>1944</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114" t="s">
         <v>1945</v>
       </c>
       <c r="H114" t="s">
         <v>1946</v>
       </c>
       <c r="I114" t="s">
+        <v>974</v>
+      </c>
+      <c r="J114" t="s">
         <v>1947</v>
       </c>
-      <c r="J114" t="s">
+      <c r="K114" t="s">
         <v>1948</v>
-      </c>
-[...7 lines deleted...]
-        <v>1951</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>944</v>
       </c>
       <c r="B115" t="s">
+        <v>1949</v>
+      </c>
+      <c r="C115" t="s">
+        <v>12</v>
+      </c>
+      <c r="D115" t="s">
+        <v>12</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1950</v>
+      </c>
+      <c r="F115" t="s">
+        <v>12</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1951</v>
+      </c>
+      <c r="H115" t="s">
         <v>1952</v>
       </c>
-      <c r="C115" t="s">
-[...5 lines deleted...]
-      <c r="E115" t="s">
+      <c r="I115" t="s">
         <v>1953</v>
       </c>
-      <c r="F115" t="s">
-[...2 lines deleted...]
-      <c r="G115" t="s">
+      <c r="J115" t="s">
         <v>1954</v>
       </c>
-      <c r="H115" t="s">
+      <c r="K115" t="s">
         <v>1955</v>
       </c>
-      <c r="I115" t="s">
+      <c r="L115" t="s">
         <v>1956</v>
       </c>
-      <c r="J115" t="s">
+      <c r="M115" t="s">
         <v>1957</v>
-      </c>
-[...4 lines deleted...]
-        <v>1959</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>944</v>
       </c>
       <c r="B116" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C116" t="s">
+        <v>12</v>
+      </c>
+      <c r="D116" t="s">
+        <v>12</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1959</v>
+      </c>
+      <c r="F116" t="s">
+        <v>12</v>
+      </c>
+      <c r="G116" t="s">
         <v>1960</v>
       </c>
-      <c r="C116" t="s">
-[...5 lines deleted...]
-      <c r="E116" t="s">
+      <c r="H116" t="s">
         <v>1961</v>
       </c>
-      <c r="F116" t="s">
-[...2 lines deleted...]
-      <c r="G116" t="s">
+      <c r="I116" t="s">
         <v>1962</v>
       </c>
-      <c r="H116" t="s">
+      <c r="J116" t="s">
         <v>1963</v>
       </c>
-      <c r="I116" t="s">
+      <c r="K116" t="s">
         <v>1964</v>
       </c>
-      <c r="J116" t="s">
+      <c r="L116" t="s">
         <v>1965</v>
-      </c>
-[...31 lines deleted...]
-        <v>1976</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>944</v>
       </c>
       <c r="B117" t="s">
+        <v>1966</v>
+      </c>
+      <c r="C117" t="s">
+        <v>12</v>
+      </c>
+      <c r="D117" t="s">
+        <v>12</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1967</v>
+      </c>
+      <c r="F117" t="s">
+        <v>12</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1968</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1969</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1970</v>
+      </c>
+      <c r="J117" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1972</v>
+      </c>
+      <c r="L117" t="s">
+        <v>1973</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1974</v>
+      </c>
+      <c r="N117" t="s">
+        <v>1975</v>
+      </c>
+      <c r="O117" t="s">
+        <v>1976</v>
+      </c>
+      <c r="P117" t="s">
         <v>1977</v>
       </c>
-      <c r="C117" t="s">
-[...5 lines deleted...]
-      <c r="E117" t="s">
+      <c r="Q117" t="s">
         <v>1978</v>
       </c>
-      <c r="F117" t="s">
-[...2 lines deleted...]
-      <c r="G117" t="s">
+      <c r="R117" t="s">
         <v>1979</v>
       </c>
-      <c r="H117" t="s">
+      <c r="S117" t="s">
         <v>1980</v>
       </c>
-      <c r="I117" t="s">
+      <c r="T117" t="s">
         <v>1981</v>
       </c>
-      <c r="J117" t="s">
+      <c r="U117" t="s">
         <v>1982</v>
-      </c>
-[...16 lines deleted...]
-        <v>1988</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>944</v>
       </c>
       <c r="B118" t="s">
+        <v>1983</v>
+      </c>
+      <c r="C118" t="s">
+        <v>12</v>
+      </c>
+      <c r="D118" t="s">
+        <v>12</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1984</v>
+      </c>
+      <c r="F118" t="s">
+        <v>12</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1985</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1986</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1987</v>
+      </c>
+      <c r="J118" t="s">
+        <v>1988</v>
+      </c>
+      <c r="K118" t="s">
         <v>1989</v>
       </c>
-      <c r="C118" t="s">
-[...5 lines deleted...]
-      <c r="E118" t="s">
+      <c r="L118" t="s">
         <v>1990</v>
       </c>
-      <c r="F118" t="s">
-[...2 lines deleted...]
-      <c r="G118" t="s">
+      <c r="M118" t="s">
         <v>1991</v>
       </c>
-      <c r="H118" t="s">
+      <c r="N118" t="s">
         <v>1992</v>
       </c>
-      <c r="I118" t="s">
-[...5 lines deleted...]
-      <c r="K118" t="s">
+      <c r="O118" t="s">
         <v>1993</v>
       </c>
-      <c r="L118" t="s">
+      <c r="P118" t="s">
         <v>1994</v>
-      </c>
-[...4 lines deleted...]
-        <v>1996</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>944</v>
       </c>
       <c r="B119" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C119" t="s">
+        <v>12</v>
+      </c>
+      <c r="D119" t="s">
+        <v>12</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1996</v>
+      </c>
+      <c r="F119" t="s">
+        <v>12</v>
+      </c>
+      <c r="G119" t="s">
         <v>1997</v>
       </c>
-      <c r="C119" t="s">
-[...5 lines deleted...]
-      <c r="E119" t="s">
+      <c r="H119" t="s">
         <v>1998</v>
       </c>
-      <c r="F119" t="s">
-[...2 lines deleted...]
-      <c r="G119" t="s">
+      <c r="I119" t="s">
+        <v>1852</v>
+      </c>
+      <c r="J119" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K119" t="s">
         <v>1999</v>
       </c>
-      <c r="H119" t="s">
+      <c r="L119" t="s">
         <v>2000</v>
       </c>
-      <c r="I119" t="s">
+      <c r="M119" t="s">
         <v>2001</v>
       </c>
-      <c r="J119" t="s">
+      <c r="N119" t="s">
         <v>2002</v>
-      </c>
-[...1 lines deleted...]
-        <v>2003</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>944</v>
       </c>
       <c r="B120" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C120" t="s">
+        <v>12</v>
+      </c>
+      <c r="D120" t="s">
+        <v>12</v>
+      </c>
+      <c r="E120" t="s">
         <v>2004</v>
       </c>
-      <c r="C120" t="s">
-[...5 lines deleted...]
-      <c r="E120" t="s">
+      <c r="F120" t="s">
+        <v>12</v>
+      </c>
+      <c r="G120" t="s">
         <v>2005</v>
       </c>
-      <c r="F120" t="s">
-[...2 lines deleted...]
-      <c r="G120" t="s">
+      <c r="H120" t="s">
         <v>2006</v>
       </c>
-      <c r="H120" t="s">
+      <c r="I120" t="s">
         <v>2007</v>
       </c>
-      <c r="I120" t="s">
+      <c r="J120" t="s">
         <v>2008</v>
-      </c>
-[...1 lines deleted...]
-        <v>1264</v>
       </c>
       <c r="K120" t="s">
         <v>2009</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>944</v>
       </c>
       <c r="B121" t="s">
         <v>2010</v>
       </c>
       <c r="C121" t="s">
         <v>12</v>
       </c>
       <c r="D121" t="s">
         <v>12</v>
       </c>
       <c r="E121" t="s">
         <v>2011</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121" t="s">
         <v>2012</v>
       </c>
       <c r="H121" t="s">
         <v>2013</v>
       </c>
       <c r="I121" t="s">
-        <v>2008</v>
+        <v>2014</v>
       </c>
       <c r="J121" t="s">
-        <v>447</v>
+        <v>1270</v>
       </c>
       <c r="K121" t="s">
-        <v>2014</v>
-[...1 lines deleted...]
-      <c r="L121" t="s">
         <v>2015</v>
-      </c>
-[...4 lines deleted...]
-        <v>2017</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>944</v>
       </c>
       <c r="B122" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C122" t="s">
+        <v>12</v>
+      </c>
+      <c r="D122" t="s">
+        <v>12</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2017</v>
+      </c>
+      <c r="F122" t="s">
+        <v>12</v>
+      </c>
+      <c r="G122" t="s">
         <v>2018</v>
       </c>
-      <c r="C122" t="s">
-[...5 lines deleted...]
-      <c r="E122" t="s">
+      <c r="H122" t="s">
         <v>2019</v>
       </c>
-      <c r="F122" t="s">
-[...2 lines deleted...]
-      <c r="G122" t="s">
+      <c r="I122" t="s">
+        <v>2014</v>
+      </c>
+      <c r="J122" t="s">
+        <v>447</v>
+      </c>
+      <c r="K122" t="s">
         <v>2020</v>
       </c>
-      <c r="H122" t="s">
+      <c r="L122" t="s">
         <v>2021</v>
       </c>
-      <c r="I122" t="s">
+      <c r="M122" t="s">
         <v>2022</v>
       </c>
-      <c r="J122" t="s">
-[...2 lines deleted...]
-      <c r="K122" t="s">
+      <c r="N122" t="s">
         <v>2023</v>
-      </c>
-[...4 lines deleted...]
-        <v>2025</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>944</v>
       </c>
       <c r="B123" t="s">
+        <v>2024</v>
+      </c>
+      <c r="C123" t="s">
+        <v>12</v>
+      </c>
+      <c r="D123" t="s">
+        <v>12</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F123" t="s">
+        <v>12</v>
+      </c>
+      <c r="G123" t="s">
         <v>2026</v>
       </c>
-      <c r="C123" t="s">
-[...5 lines deleted...]
-      <c r="E123" t="s">
+      <c r="H123" t="s">
         <v>2027</v>
       </c>
-      <c r="F123" t="s">
-[...2 lines deleted...]
-      <c r="G123" t="s">
+      <c r="I123" t="s">
         <v>2028</v>
       </c>
-      <c r="H123" t="s">
+      <c r="J123" t="s">
+        <v>442</v>
+      </c>
+      <c r="K123" t="s">
         <v>2029</v>
       </c>
-      <c r="I123" t="s">
+      <c r="L123" t="s">
         <v>2030</v>
       </c>
-      <c r="J123" t="s">
+      <c r="M123" t="s">
         <v>2031</v>
-      </c>
-[...10 lines deleted...]
-        <v>2035</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>944</v>
       </c>
       <c r="B124" t="s">
+        <v>2032</v>
+      </c>
+      <c r="C124" t="s">
+        <v>12</v>
+      </c>
+      <c r="D124" t="s">
+        <v>12</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2033</v>
+      </c>
+      <c r="F124" t="s">
+        <v>12</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2034</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2035</v>
+      </c>
+      <c r="I124" t="s">
         <v>2036</v>
       </c>
-      <c r="C124" t="s">
-[...5 lines deleted...]
-      <c r="E124" t="s">
+      <c r="J124" t="s">
         <v>2037</v>
       </c>
-      <c r="F124" t="s">
-[...2 lines deleted...]
-      <c r="G124" t="s">
+      <c r="K124" t="s">
         <v>2038</v>
       </c>
-      <c r="H124" t="s">
+      <c r="L124" t="s">
         <v>2039</v>
       </c>
-      <c r="I124" t="s">
+      <c r="M124" t="s">
         <v>2040</v>
       </c>
-      <c r="J124" t="s">
-[...2 lines deleted...]
-      <c r="K124" t="s">
+      <c r="N124" t="s">
         <v>2041</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>944</v>
       </c>
       <c r="B125" t="s">
         <v>2042</v>
       </c>
       <c r="C125" t="s">
         <v>12</v>
       </c>
       <c r="D125" t="s">
         <v>12</v>
       </c>
       <c r="E125" t="s">
         <v>2043</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125" t="s">
         <v>2044</v>
       </c>
       <c r="H125" t="s">
         <v>2045</v>
       </c>
       <c r="I125" t="s">
         <v>2046</v>
       </c>
       <c r="J125" t="s">
+        <v>12</v>
+      </c>
+      <c r="K125" t="s">
         <v>2047</v>
-      </c>
-[...10 lines deleted...]
-        <v>2051</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>944</v>
       </c>
       <c r="B126" t="s">
+        <v>2048</v>
+      </c>
+      <c r="C126" t="s">
+        <v>12</v>
+      </c>
+      <c r="D126" t="s">
+        <v>12</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2049</v>
+      </c>
+      <c r="F126" t="s">
+        <v>12</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2050</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2051</v>
+      </c>
+      <c r="I126" t="s">
         <v>2052</v>
       </c>
-      <c r="C126" t="s">
-[...5 lines deleted...]
-      <c r="E126" t="s">
+      <c r="J126" t="s">
         <v>2053</v>
       </c>
-      <c r="F126" t="s">
-[...2 lines deleted...]
-      <c r="G126" t="s">
+      <c r="K126" t="s">
         <v>2054</v>
       </c>
-      <c r="H126" t="s">
+      <c r="L126" t="s">
         <v>2055</v>
       </c>
-      <c r="I126" t="s">
-[...5 lines deleted...]
-      <c r="K126" t="s">
+      <c r="M126" t="s">
         <v>2056</v>
       </c>
-      <c r="L126" t="s">
+      <c r="N126" t="s">
         <v>2057</v>
-      </c>
-[...7 lines deleted...]
-        <v>2060</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>944</v>
       </c>
       <c r="B127" t="s">
+        <v>2058</v>
+      </c>
+      <c r="C127" t="s">
+        <v>12</v>
+      </c>
+      <c r="D127" t="s">
+        <v>12</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2059</v>
+      </c>
+      <c r="F127" t="s">
+        <v>12</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2060</v>
+      </c>
+      <c r="H127" t="s">
         <v>2061</v>
       </c>
-      <c r="C127" t="s">
-[...5 lines deleted...]
-      <c r="E127" t="s">
+      <c r="I127" t="s">
+        <v>949</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K127" t="s">
         <v>2062</v>
       </c>
-      <c r="F127" t="s">
-[...2 lines deleted...]
-      <c r="G127" t="s">
+      <c r="L127" t="s">
         <v>2063</v>
       </c>
-      <c r="H127" t="s">
+      <c r="M127" t="s">
         <v>2064</v>
       </c>
-      <c r="I127" t="s">
+      <c r="N127" t="s">
         <v>2065</v>
       </c>
-      <c r="J127" t="s">
-[...2 lines deleted...]
-      <c r="K127" t="s">
+      <c r="O127" t="s">
         <v>2066</v>
-      </c>
-[...4 lines deleted...]
-        <v>2068</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>944</v>
       </c>
       <c r="B128" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C128" t="s">
+        <v>12</v>
+      </c>
+      <c r="D128" t="s">
+        <v>12</v>
+      </c>
+      <c r="E128" t="s">
+        <v>2068</v>
+      </c>
+      <c r="F128" t="s">
+        <v>12</v>
+      </c>
+      <c r="G128" t="s">
         <v>2069</v>
       </c>
-      <c r="C128" t="s">
-[...5 lines deleted...]
-      <c r="E128" t="s">
+      <c r="H128" t="s">
         <v>2070</v>
       </c>
-      <c r="F128" t="s">
-[...2 lines deleted...]
-      <c r="G128" t="s">
+      <c r="I128" t="s">
         <v>2071</v>
       </c>
-      <c r="H128" t="s">
+      <c r="J128" t="s">
+        <v>1270</v>
+      </c>
+      <c r="K128" t="s">
         <v>2072</v>
       </c>
-      <c r="I128" t="s">
+      <c r="L128" t="s">
         <v>2073</v>
       </c>
-      <c r="J128" t="s">
-[...2 lines deleted...]
-      <c r="K128" t="s">
+      <c r="M128" t="s">
         <v>2074</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>944</v>
       </c>
       <c r="B129" t="s">
         <v>2075</v>
       </c>
       <c r="C129" t="s">
         <v>12</v>
       </c>
       <c r="D129" t="s">
         <v>12</v>
       </c>
       <c r="E129" t="s">
         <v>2076</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129" t="s">
         <v>2077</v>
       </c>
       <c r="H129" t="s">
         <v>2078</v>
       </c>
       <c r="I129" t="s">
         <v>2079</v>
       </c>
       <c r="J129" t="s">
-        <v>1965</v>
+        <v>84</v>
       </c>
       <c r="K129" t="s">
         <v>2080</v>
-      </c>
-[...16 lines deleted...]
-        <v>2086</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>944</v>
       </c>
       <c r="B130" t="s">
+        <v>2081</v>
+      </c>
+      <c r="C130" t="s">
+        <v>12</v>
+      </c>
+      <c r="D130" t="s">
+        <v>12</v>
+      </c>
+      <c r="E130" t="s">
+        <v>2082</v>
+      </c>
+      <c r="F130" t="s">
+        <v>12</v>
+      </c>
+      <c r="G130" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H130" t="s">
+        <v>2084</v>
+      </c>
+      <c r="I130" t="s">
+        <v>2085</v>
+      </c>
+      <c r="J130" t="s">
+        <v>1971</v>
+      </c>
+      <c r="K130" t="s">
+        <v>2086</v>
+      </c>
+      <c r="L130" t="s">
         <v>2087</v>
       </c>
-      <c r="C130" t="s">
-[...5 lines deleted...]
-      <c r="E130" t="s">
+      <c r="M130" t="s">
         <v>2088</v>
       </c>
-      <c r="F130" t="s">
-[...2 lines deleted...]
-      <c r="G130" t="s">
+      <c r="N130" t="s">
         <v>2089</v>
       </c>
-      <c r="H130" t="s">
+      <c r="O130" t="s">
         <v>2090</v>
       </c>
-      <c r="I130" t="s">
-[...5 lines deleted...]
-      <c r="K130" t="s">
+      <c r="P130" t="s">
         <v>2091</v>
       </c>
-      <c r="L130" t="s">
+      <c r="Q130" t="s">
         <v>2092</v>
-      </c>
-[...10 lines deleted...]
-        <v>2096</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>944</v>
       </c>
       <c r="B131" t="s">
+        <v>2093</v>
+      </c>
+      <c r="C131" t="s">
+        <v>12</v>
+      </c>
+      <c r="D131" t="s">
+        <v>12</v>
+      </c>
+      <c r="E131" t="s">
+        <v>2094</v>
+      </c>
+      <c r="F131" t="s">
+        <v>12</v>
+      </c>
+      <c r="G131" t="s">
+        <v>2095</v>
+      </c>
+      <c r="H131" t="s">
+        <v>2096</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1852</v>
+      </c>
+      <c r="J131" t="s">
+        <v>84</v>
+      </c>
+      <c r="K131" t="s">
         <v>2097</v>
       </c>
-      <c r="C131" t="s">
-[...5 lines deleted...]
-      <c r="E131" t="s">
+      <c r="L131" t="s">
         <v>2098</v>
       </c>
-      <c r="F131" t="s">
-[...2 lines deleted...]
-      <c r="G131" t="s">
+      <c r="M131" t="s">
         <v>2099</v>
       </c>
-      <c r="H131" t="s">
+      <c r="N131" t="s">
         <v>2100</v>
       </c>
-      <c r="I131" t="s">
-[...5 lines deleted...]
-      <c r="K131" t="s">
+      <c r="O131" t="s">
         <v>2101</v>
       </c>
-      <c r="L131" t="s">
+      <c r="P131" t="s">
         <v>2102</v>
-      </c>
-[...1 lines deleted...]
-        <v>2103</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>944</v>
       </c>
       <c r="B132" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C132" t="s">
+        <v>12</v>
+      </c>
+      <c r="D132" t="s">
+        <v>12</v>
+      </c>
+      <c r="E132" t="s">
         <v>2104</v>
       </c>
-      <c r="C132" t="s">
-[...5 lines deleted...]
-      <c r="E132" t="s">
+      <c r="F132" t="s">
+        <v>12</v>
+      </c>
+      <c r="G132" t="s">
         <v>2105</v>
       </c>
-      <c r="F132" t="s">
-[...2 lines deleted...]
-      <c r="G132" t="s">
+      <c r="H132" t="s">
         <v>2106</v>
       </c>
-      <c r="H132" t="s">
+      <c r="I132" t="s">
+        <v>1358</v>
+      </c>
+      <c r="J132" t="s">
+        <v>1270</v>
+      </c>
+      <c r="K132" t="s">
         <v>2107</v>
       </c>
-      <c r="I132" t="s">
+      <c r="L132" t="s">
         <v>2108</v>
       </c>
-      <c r="J132" t="s">
+      <c r="M132" t="s">
         <v>2109</v>
-      </c>
-[...10 lines deleted...]
-        <v>2113</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>944</v>
       </c>
       <c r="B133" t="s">
+        <v>2110</v>
+      </c>
+      <c r="C133" t="s">
+        <v>12</v>
+      </c>
+      <c r="D133" t="s">
+        <v>12</v>
+      </c>
+      <c r="E133" t="s">
+        <v>2111</v>
+      </c>
+      <c r="F133" t="s">
+        <v>12</v>
+      </c>
+      <c r="G133" t="s">
+        <v>2112</v>
+      </c>
+      <c r="H133" t="s">
+        <v>2113</v>
+      </c>
+      <c r="I133" t="s">
         <v>2114</v>
       </c>
-      <c r="C133" t="s">
-[...5 lines deleted...]
-      <c r="E133" t="s">
+      <c r="J133" t="s">
         <v>2115</v>
       </c>
-      <c r="F133" t="s">
-[...2 lines deleted...]
-      <c r="G133" t="s">
+      <c r="K133" t="s">
         <v>2116</v>
       </c>
-      <c r="H133" t="s">
+      <c r="L133" t="s">
         <v>2117</v>
       </c>
-      <c r="I133" t="s">
+      <c r="M133" t="s">
         <v>2118</v>
       </c>
-      <c r="J133" t="s">
+      <c r="N133" t="s">
         <v>2119</v>
-      </c>
-[...7 lines deleted...]
-        <v>2122</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>944</v>
       </c>
       <c r="B134" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C134" t="s">
+        <v>12</v>
+      </c>
+      <c r="D134" t="s">
+        <v>12</v>
+      </c>
+      <c r="E134" t="s">
+        <v>2121</v>
+      </c>
+      <c r="F134" t="s">
+        <v>12</v>
+      </c>
+      <c r="G134" t="s">
+        <v>2122</v>
+      </c>
+      <c r="H134" t="s">
         <v>2123</v>
       </c>
-      <c r="C134" t="s">
-[...5 lines deleted...]
-      <c r="E134" t="s">
+      <c r="I134" t="s">
         <v>2124</v>
       </c>
-      <c r="F134" t="s">
-[...2 lines deleted...]
-      <c r="G134" t="s">
+      <c r="J134" t="s">
         <v>2125</v>
       </c>
-      <c r="H134" t="s">
+      <c r="K134" t="s">
         <v>2126</v>
       </c>
-      <c r="I134" t="s">
+      <c r="L134" t="s">
         <v>2127</v>
       </c>
-      <c r="J134" t="s">
-[...2 lines deleted...]
-      <c r="K134" t="s">
+      <c r="M134" t="s">
         <v>2128</v>
-      </c>
-[...4 lines deleted...]
-        <v>2130</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>944</v>
       </c>
       <c r="B135" t="s">
+        <v>2129</v>
+      </c>
+      <c r="C135" t="s">
+        <v>12</v>
+      </c>
+      <c r="D135" t="s">
+        <v>12</v>
+      </c>
+      <c r="E135" t="s">
+        <v>2130</v>
+      </c>
+      <c r="F135" t="s">
+        <v>12</v>
+      </c>
+      <c r="G135" t="s">
         <v>2131</v>
       </c>
-      <c r="C135" t="s">
-[...11 lines deleted...]
-      <c r="G135" t="s">
+      <c r="H135" t="s">
         <v>2132</v>
       </c>
-      <c r="H135" t="s">
+      <c r="I135" t="s">
         <v>2133</v>
-      </c>
-[...1 lines deleted...]
-        <v>2134</v>
       </c>
       <c r="J135" t="s">
         <v>442</v>
       </c>
       <c r="K135" t="s">
+        <v>2134</v>
+      </c>
+      <c r="L135" t="s">
         <v>2135</v>
       </c>
-      <c r="L135" t="s">
+      <c r="M135" t="s">
         <v>2136</v>
-      </c>
-[...4 lines deleted...]
-        <v>2138</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>944</v>
       </c>
       <c r="B136" t="s">
+        <v>2137</v>
+      </c>
+      <c r="C136" t="s">
+        <v>12</v>
+      </c>
+      <c r="D136" t="s">
+        <v>12</v>
+      </c>
+      <c r="E136" t="s">
+        <v>2130</v>
+      </c>
+      <c r="F136" t="s">
+        <v>12</v>
+      </c>
+      <c r="G136" t="s">
+        <v>2138</v>
+      </c>
+      <c r="H136" t="s">
         <v>2139</v>
       </c>
-      <c r="C136" t="s">
-[...11 lines deleted...]
-      <c r="G136" t="s">
+      <c r="I136" t="s">
         <v>2140</v>
       </c>
-      <c r="H136" t="s">
+      <c r="J136" t="s">
+        <v>442</v>
+      </c>
+      <c r="K136" t="s">
         <v>2141</v>
       </c>
-      <c r="I136" t="s">
+      <c r="L136" t="s">
         <v>2142</v>
       </c>
-      <c r="J136" t="s">
+      <c r="M136" t="s">
         <v>2143</v>
       </c>
-      <c r="K136" t="s">
+      <c r="N136" t="s">
         <v>2144</v>
-      </c>
-[...7 lines deleted...]
-        <v>2147</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>944</v>
       </c>
       <c r="B137" t="s">
+        <v>2145</v>
+      </c>
+      <c r="C137" t="s">
+        <v>12</v>
+      </c>
+      <c r="D137" t="s">
+        <v>12</v>
+      </c>
+      <c r="E137" t="s">
+        <v>2130</v>
+      </c>
+      <c r="F137" t="s">
+        <v>12</v>
+      </c>
+      <c r="G137" t="s">
+        <v>2146</v>
+      </c>
+      <c r="H137" t="s">
+        <v>2147</v>
+      </c>
+      <c r="I137" t="s">
         <v>2148</v>
       </c>
-      <c r="C137" t="s">
-[...5 lines deleted...]
-      <c r="E137" t="s">
+      <c r="J137" t="s">
         <v>2149</v>
       </c>
-      <c r="F137" t="s">
-[...2 lines deleted...]
-      <c r="G137" t="s">
+      <c r="K137" t="s">
         <v>2150</v>
       </c>
-      <c r="H137" t="s">
+      <c r="L137" t="s">
         <v>2151</v>
       </c>
-      <c r="I137" t="s">
+      <c r="M137" t="s">
         <v>2152</v>
       </c>
-      <c r="J137" t="s">
-[...2 lines deleted...]
-      <c r="K137" t="s">
+      <c r="N137" t="s">
         <v>2153</v>
-      </c>
-[...4 lines deleted...]
-        <v>2155</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>944</v>
       </c>
       <c r="B138" t="s">
+        <v>2154</v>
+      </c>
+      <c r="C138" t="s">
+        <v>12</v>
+      </c>
+      <c r="D138" t="s">
+        <v>12</v>
+      </c>
+      <c r="E138" t="s">
+        <v>2155</v>
+      </c>
+      <c r="F138" t="s">
+        <v>12</v>
+      </c>
+      <c r="G138" t="s">
         <v>2156</v>
       </c>
-      <c r="C138" t="s">
-[...11 lines deleted...]
-      <c r="G138" t="s">
+      <c r="H138" t="s">
         <v>2157</v>
       </c>
-      <c r="H138" t="s">
+      <c r="I138" t="s">
         <v>2158</v>
       </c>
-      <c r="I138" t="s">
+      <c r="J138" t="s">
+        <v>442</v>
+      </c>
+      <c r="K138" t="s">
         <v>2159</v>
       </c>
-      <c r="J138" t="s">
-[...2 lines deleted...]
-      <c r="K138" t="s">
+      <c r="L138" t="s">
         <v>2160</v>
       </c>
-      <c r="L138" t="s">
+      <c r="M138" t="s">
         <v>2161</v>
-      </c>
-[...1 lines deleted...]
-        <v>2162</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>944</v>
       </c>
       <c r="B139" t="s">
+        <v>2162</v>
+      </c>
+      <c r="C139" t="s">
+        <v>12</v>
+      </c>
+      <c r="D139" t="s">
+        <v>12</v>
+      </c>
+      <c r="E139" t="s">
+        <v>2155</v>
+      </c>
+      <c r="F139" t="s">
+        <v>12</v>
+      </c>
+      <c r="G139" t="s">
         <v>2163</v>
       </c>
-      <c r="C139" t="s">
-[...5 lines deleted...]
-      <c r="E139" t="s">
+      <c r="H139" t="s">
         <v>2164</v>
       </c>
-      <c r="F139" t="s">
-[...2 lines deleted...]
-      <c r="G139" t="s">
+      <c r="I139" t="s">
         <v>2165</v>
       </c>
-      <c r="H139" t="s">
+      <c r="J139" t="s">
+        <v>1270</v>
+      </c>
+      <c r="K139" t="s">
         <v>2166</v>
       </c>
-      <c r="I139" t="s">
+      <c r="L139" t="s">
         <v>2167</v>
       </c>
-      <c r="J139" t="s">
+      <c r="M139" t="s">
         <v>2168</v>
-      </c>
-[...7 lines deleted...]
-        <v>2171</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>944</v>
       </c>
       <c r="B140" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C140" t="s">
+        <v>12</v>
+      </c>
+      <c r="D140" t="s">
+        <v>12</v>
+      </c>
+      <c r="E140" t="s">
+        <v>2170</v>
+      </c>
+      <c r="F140" t="s">
+        <v>12</v>
+      </c>
+      <c r="G140" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H140" t="s">
         <v>2172</v>
       </c>
-      <c r="C140" t="s">
-[...11 lines deleted...]
-      <c r="G140" t="s">
+      <c r="I140" t="s">
         <v>2173</v>
       </c>
-      <c r="H140" t="s">
+      <c r="J140" t="s">
         <v>2174</v>
       </c>
-      <c r="I140" t="s">
+      <c r="K140" t="s">
         <v>2175</v>
       </c>
-      <c r="J140" t="s">
-[...2 lines deleted...]
-      <c r="K140" t="s">
+      <c r="L140" t="s">
         <v>2176</v>
       </c>
-      <c r="L140" t="s">
+      <c r="M140" t="s">
         <v>2177</v>
-      </c>
-[...4 lines deleted...]
-        <v>2179</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>944</v>
       </c>
       <c r="B141" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C141" t="s">
+        <v>12</v>
+      </c>
+      <c r="D141" t="s">
+        <v>12</v>
+      </c>
+      <c r="E141" t="s">
+        <v>2170</v>
+      </c>
+      <c r="F141" t="s">
+        <v>12</v>
+      </c>
+      <c r="G141" t="s">
+        <v>2179</v>
+      </c>
+      <c r="H141" t="s">
         <v>2180</v>
       </c>
-      <c r="C141" t="s">
-[...11 lines deleted...]
-      <c r="G141" t="s">
+      <c r="I141" t="s">
         <v>2181</v>
-      </c>
-[...4 lines deleted...]
-        <v>1046</v>
       </c>
       <c r="J141" t="s">
         <v>442</v>
       </c>
       <c r="K141" t="s">
+        <v>2182</v>
+      </c>
+      <c r="L141" t="s">
         <v>2183</v>
       </c>
-      <c r="L141" t="s">
+      <c r="M141" t="s">
         <v>2184</v>
       </c>
-      <c r="M141" t="s">
+      <c r="N141" t="s">
         <v>2185</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>944</v>
       </c>
       <c r="B142" t="s">
         <v>2186</v>
       </c>
       <c r="C142" t="s">
         <v>12</v>
       </c>
       <c r="D142" t="s">
         <v>12</v>
       </c>
       <c r="E142" t="s">
+        <v>2170</v>
+      </c>
+      <c r="F142" t="s">
+        <v>12</v>
+      </c>
+      <c r="G142" t="s">
         <v>2187</v>
       </c>
-      <c r="F142" t="s">
-[...2 lines deleted...]
-      <c r="G142" t="s">
+      <c r="H142" t="s">
         <v>2188</v>
       </c>
-      <c r="H142" t="s">
+      <c r="I142" t="s">
+        <v>1052</v>
+      </c>
+      <c r="J142" t="s">
+        <v>442</v>
+      </c>
+      <c r="K142" t="s">
         <v>2189</v>
       </c>
-      <c r="I142" t="s">
+      <c r="L142" t="s">
         <v>2190</v>
       </c>
-      <c r="J142" t="s">
+      <c r="M142" t="s">
         <v>2191</v>
-      </c>
-[...10 lines deleted...]
-        <v>2195</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>944</v>
       </c>
       <c r="B143" t="s">
+        <v>2192</v>
+      </c>
+      <c r="C143" t="s">
+        <v>12</v>
+      </c>
+      <c r="D143" t="s">
+        <v>12</v>
+      </c>
+      <c r="E143" t="s">
+        <v>2193</v>
+      </c>
+      <c r="F143" t="s">
+        <v>12</v>
+      </c>
+      <c r="G143" t="s">
+        <v>2194</v>
+      </c>
+      <c r="H143" t="s">
+        <v>2195</v>
+      </c>
+      <c r="I143" t="s">
         <v>2196</v>
       </c>
-      <c r="C143" t="s">
-[...5 lines deleted...]
-      <c r="E143" t="s">
+      <c r="J143" t="s">
         <v>2197</v>
       </c>
-      <c r="F143" t="s">
-[...2 lines deleted...]
-      <c r="G143" t="s">
+      <c r="K143" t="s">
         <v>2198</v>
       </c>
-      <c r="H143" t="s">
+      <c r="L143" t="s">
         <v>2199</v>
       </c>
-      <c r="I143" t="s">
+      <c r="M143" t="s">
         <v>2200</v>
       </c>
-      <c r="J143" t="s">
-[...2 lines deleted...]
-      <c r="K143" t="s">
+      <c r="N143" t="s">
         <v>2201</v>
-      </c>
-[...4 lines deleted...]
-        <v>2203</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>944</v>
       </c>
       <c r="B144" t="s">
+        <v>2202</v>
+      </c>
+      <c r="C144" t="s">
+        <v>12</v>
+      </c>
+      <c r="D144" t="s">
+        <v>12</v>
+      </c>
+      <c r="E144" t="s">
+        <v>2203</v>
+      </c>
+      <c r="F144" t="s">
+        <v>12</v>
+      </c>
+      <c r="G144" t="s">
         <v>2204</v>
       </c>
-      <c r="C144" t="s">
-[...5 lines deleted...]
-      <c r="E144" t="s">
+      <c r="H144" t="s">
         <v>2205</v>
       </c>
-      <c r="F144" t="s">
-[...2 lines deleted...]
-      <c r="G144" t="s">
+      <c r="I144" t="s">
         <v>2206</v>
       </c>
-      <c r="H144" t="s">
+      <c r="J144" t="s">
+        <v>1270</v>
+      </c>
+      <c r="K144" t="s">
         <v>2207</v>
       </c>
-      <c r="I144" t="s">
+      <c r="L144" t="s">
         <v>2208</v>
       </c>
-      <c r="J144" t="s">
+      <c r="M144" t="s">
         <v>2209</v>
-      </c>
-[...19 lines deleted...]
-        <v>2216</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>944</v>
       </c>
       <c r="B145" t="s">
+        <v>2210</v>
+      </c>
+      <c r="C145" t="s">
+        <v>12</v>
+      </c>
+      <c r="D145" t="s">
+        <v>12</v>
+      </c>
+      <c r="E145" t="s">
+        <v>2211</v>
+      </c>
+      <c r="F145" t="s">
+        <v>12</v>
+      </c>
+      <c r="G145" t="s">
+        <v>2212</v>
+      </c>
+      <c r="H145" t="s">
+        <v>2213</v>
+      </c>
+      <c r="I145" t="s">
+        <v>2214</v>
+      </c>
+      <c r="J145" t="s">
+        <v>2215</v>
+      </c>
+      <c r="K145" t="s">
+        <v>2216</v>
+      </c>
+      <c r="L145" t="s">
         <v>2217</v>
       </c>
-      <c r="C145" t="s">
-[...5 lines deleted...]
-      <c r="E145" t="s">
+      <c r="M145" t="s">
         <v>2218</v>
       </c>
-      <c r="F145" t="s">
-[...2 lines deleted...]
-      <c r="G145" t="s">
+      <c r="N145" t="s">
         <v>2219</v>
       </c>
-      <c r="H145" t="s">
+      <c r="O145" t="s">
         <v>2220</v>
       </c>
-      <c r="I145" t="s">
+      <c r="P145" t="s">
         <v>2221</v>
       </c>
-      <c r="J145" t="s">
-[...2 lines deleted...]
-      <c r="K145" t="s">
+      <c r="Q145" t="s">
         <v>2222</v>
-      </c>
-[...4 lines deleted...]
-        <v>2224</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>944</v>
       </c>
       <c r="B146" t="s">
+        <v>2223</v>
+      </c>
+      <c r="C146" t="s">
+        <v>12</v>
+      </c>
+      <c r="D146" t="s">
+        <v>12</v>
+      </c>
+      <c r="E146" t="s">
+        <v>2224</v>
+      </c>
+      <c r="F146" t="s">
+        <v>12</v>
+      </c>
+      <c r="G146" t="s">
         <v>2225</v>
       </c>
-      <c r="C146" t="s">
-[...5 lines deleted...]
-      <c r="E146" t="s">
+      <c r="H146" t="s">
         <v>2226</v>
       </c>
-      <c r="F146" t="s">
-[...2 lines deleted...]
-      <c r="G146" t="s">
+      <c r="I146" t="s">
         <v>2227</v>
       </c>
-      <c r="H146" t="s">
+      <c r="J146" t="s">
+        <v>1667</v>
+      </c>
+      <c r="K146" t="s">
         <v>2228</v>
       </c>
-      <c r="I146" t="s">
+      <c r="L146" t="s">
         <v>2229</v>
       </c>
-      <c r="J146" t="s">
+      <c r="M146" t="s">
         <v>2230</v>
-      </c>
-[...1 lines deleted...]
-        <v>2231</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>944</v>
       </c>
       <c r="B147" t="s">
+        <v>2231</v>
+      </c>
+      <c r="C147" t="s">
+        <v>12</v>
+      </c>
+      <c r="D147" t="s">
+        <v>12</v>
+      </c>
+      <c r="E147" t="s">
         <v>2232</v>
-      </c>
-[...7 lines deleted...]
-        <v>2226</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147" t="s">
         <v>2233</v>
       </c>
       <c r="H147" t="s">
         <v>2234</v>
       </c>
       <c r="I147" t="s">
         <v>2235</v>
       </c>
       <c r="J147" t="s">
-        <v>447</v>
+        <v>2236</v>
       </c>
       <c r="K147" t="s">
-        <v>2236</v>
-[...1 lines deleted...]
-      <c r="L147" t="s">
         <v>2237</v>
-      </c>
-[...4 lines deleted...]
-        <v>2239</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>944</v>
       </c>
       <c r="B148" t="s">
+        <v>2238</v>
+      </c>
+      <c r="C148" t="s">
+        <v>12</v>
+      </c>
+      <c r="D148" t="s">
+        <v>12</v>
+      </c>
+      <c r="E148" t="s">
+        <v>2232</v>
+      </c>
+      <c r="F148" t="s">
+        <v>12</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2239</v>
+      </c>
+      <c r="H148" t="s">
         <v>2240</v>
       </c>
-      <c r="C148" t="s">
-[...5 lines deleted...]
-      <c r="E148" t="s">
+      <c r="I148" t="s">
         <v>2241</v>
       </c>
-      <c r="F148" t="s">
-[...2 lines deleted...]
-      <c r="G148" t="s">
+      <c r="J148" t="s">
+        <v>447</v>
+      </c>
+      <c r="K148" t="s">
         <v>2242</v>
       </c>
-      <c r="H148" t="s">
+      <c r="L148" t="s">
         <v>2243</v>
       </c>
-      <c r="I148" t="s">
+      <c r="M148" t="s">
         <v>2244</v>
       </c>
-      <c r="J148" t="s">
+      <c r="N148" t="s">
         <v>2245</v>
-      </c>
-[...10 lines deleted...]
-        <v>2249</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>944</v>
       </c>
       <c r="B149" t="s">
+        <v>2246</v>
+      </c>
+      <c r="C149" t="s">
+        <v>12</v>
+      </c>
+      <c r="D149" t="s">
+        <v>12</v>
+      </c>
+      <c r="E149" t="s">
+        <v>2247</v>
+      </c>
+      <c r="F149" t="s">
+        <v>12</v>
+      </c>
+      <c r="G149" t="s">
+        <v>2248</v>
+      </c>
+      <c r="H149" t="s">
+        <v>2249</v>
+      </c>
+      <c r="I149" t="s">
         <v>2250</v>
       </c>
-      <c r="C149" t="s">
-[...5 lines deleted...]
-      <c r="E149" t="s">
+      <c r="J149" t="s">
         <v>2251</v>
       </c>
-      <c r="F149" t="s">
-[...2 lines deleted...]
-      <c r="G149" t="s">
+      <c r="K149" t="s">
         <v>2252</v>
       </c>
-      <c r="H149" t="s">
+      <c r="L149" t="s">
         <v>2253</v>
       </c>
-      <c r="I149" t="s">
+      <c r="M149" t="s">
         <v>2254</v>
       </c>
-      <c r="J149" t="s">
+      <c r="N149" t="s">
         <v>2255</v>
-      </c>
-[...1 lines deleted...]
-        <v>2256</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>944</v>
       </c>
       <c r="B150" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C150" t="s">
+        <v>12</v>
+      </c>
+      <c r="D150" t="s">
+        <v>12</v>
+      </c>
+      <c r="E150" t="s">
         <v>2257</v>
       </c>
-      <c r="C150" t="s">
-[...5 lines deleted...]
-      <c r="E150" t="s">
+      <c r="F150" t="s">
+        <v>12</v>
+      </c>
+      <c r="G150" t="s">
         <v>2258</v>
       </c>
-      <c r="F150" t="s">
-[...2 lines deleted...]
-      <c r="G150" t="s">
+      <c r="H150" t="s">
         <v>2259</v>
       </c>
-      <c r="H150" t="s">
+      <c r="I150" t="s">
         <v>2260</v>
       </c>
-      <c r="I150" t="s">
+      <c r="J150" t="s">
         <v>2261</v>
-      </c>
-[...1 lines deleted...]
-        <v>2031</v>
       </c>
       <c r="K150" t="s">
         <v>2262</v>
-      </c>
-[...4 lines deleted...]
-        <v>2264</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>944</v>
       </c>
       <c r="B151" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C151" t="s">
+        <v>12</v>
+      </c>
+      <c r="D151" t="s">
+        <v>12</v>
+      </c>
+      <c r="E151" t="s">
+        <v>2264</v>
+      </c>
+      <c r="F151" t="s">
+        <v>12</v>
+      </c>
+      <c r="G151" t="s">
         <v>2265</v>
       </c>
-      <c r="C151" t="s">
-[...5 lines deleted...]
-      <c r="E151" t="s">
+      <c r="H151" t="s">
         <v>2266</v>
       </c>
-      <c r="F151" t="s">
-[...2 lines deleted...]
-      <c r="G151" t="s">
+      <c r="I151" t="s">
         <v>2267</v>
       </c>
-      <c r="H151" t="s">
+      <c r="J151" t="s">
+        <v>2037</v>
+      </c>
+      <c r="K151" t="s">
         <v>2268</v>
       </c>
-      <c r="I151" t="s">
-[...5 lines deleted...]
-      <c r="K151" t="s">
+      <c r="L151" t="s">
         <v>2269</v>
       </c>
-      <c r="L151" t="s">
+      <c r="M151" t="s">
         <v>2270</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>944</v>
       </c>
       <c r="B152" t="s">
         <v>2271</v>
       </c>
       <c r="C152" t="s">
         <v>12</v>
       </c>
       <c r="D152" t="s">
         <v>12</v>
       </c>
       <c r="E152" t="s">
-        <v>2266</v>
+        <v>2272</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152" t="s">
-        <v>2272</v>
+        <v>2273</v>
       </c>
       <c r="H152" t="s">
-        <v>2273</v>
+        <v>2274</v>
       </c>
       <c r="I152" t="s">
-        <v>2274</v>
+        <v>2196</v>
       </c>
       <c r="J152" t="s">
-        <v>2168</v>
+        <v>1771</v>
       </c>
       <c r="K152" t="s">
         <v>2275</v>
       </c>
       <c r="L152" t="s">
         <v>2276</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>944</v>
       </c>
       <c r="B153" t="s">
         <v>2277</v>
       </c>
       <c r="C153" t="s">
         <v>12</v>
       </c>
       <c r="D153" t="s">
         <v>12</v>
       </c>
       <c r="E153" t="s">
-        <v>2266</v>
+        <v>2272</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153" t="s">
         <v>2278</v>
       </c>
       <c r="H153" t="s">
         <v>2279</v>
       </c>
       <c r="I153" t="s">
-        <v>2274</v>
+        <v>2280</v>
       </c>
       <c r="J153" t="s">
-        <v>2280</v>
+        <v>2174</v>
       </c>
       <c r="K153" t="s">
         <v>2281</v>
       </c>
       <c r="L153" t="s">
         <v>2282</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>944</v>
       </c>
       <c r="B154" t="s">
         <v>2283</v>
       </c>
       <c r="C154" t="s">
         <v>12</v>
       </c>
       <c r="D154" t="s">
         <v>12</v>
       </c>
       <c r="E154" t="s">
+        <v>2272</v>
+      </c>
+      <c r="F154" t="s">
+        <v>12</v>
+      </c>
+      <c r="G154" t="s">
         <v>2284</v>
       </c>
-      <c r="F154" t="s">
-[...2 lines deleted...]
-      <c r="G154" t="s">
+      <c r="H154" t="s">
         <v>2285</v>
       </c>
-      <c r="H154" t="s">
+      <c r="I154" t="s">
+        <v>2280</v>
+      </c>
+      <c r="J154" t="s">
         <v>2286</v>
       </c>
-      <c r="I154" t="s">
-[...2 lines deleted...]
-      <c r="J154" t="s">
+      <c r="K154" t="s">
         <v>2287</v>
       </c>
-      <c r="K154" t="s">
+      <c r="L154" t="s">
         <v>2288</v>
-      </c>
-[...16 lines deleted...]
-        <v>2294</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>944</v>
       </c>
       <c r="B155" t="s">
+        <v>2289</v>
+      </c>
+      <c r="C155" t="s">
+        <v>12</v>
+      </c>
+      <c r="D155" t="s">
+        <v>12</v>
+      </c>
+      <c r="E155" t="s">
+        <v>2290</v>
+      </c>
+      <c r="F155" t="s">
+        <v>12</v>
+      </c>
+      <c r="G155" t="s">
+        <v>2291</v>
+      </c>
+      <c r="H155" t="s">
+        <v>2292</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1413</v>
+      </c>
+      <c r="J155" t="s">
+        <v>2293</v>
+      </c>
+      <c r="K155" t="s">
+        <v>2294</v>
+      </c>
+      <c r="L155" t="s">
         <v>2295</v>
       </c>
-      <c r="C155" t="s">
-[...5 lines deleted...]
-      <c r="E155" t="s">
+      <c r="M155" t="s">
         <v>2296</v>
       </c>
-      <c r="F155" t="s">
-[...2 lines deleted...]
-      <c r="G155" t="s">
+      <c r="N155" t="s">
         <v>2297</v>
       </c>
-      <c r="H155" t="s">
+      <c r="O155" t="s">
         <v>2298</v>
       </c>
-      <c r="I155" t="s">
+      <c r="P155" t="s">
         <v>2299</v>
       </c>
-      <c r="J155" t="s">
-[...2 lines deleted...]
-      <c r="K155" t="s">
+      <c r="Q155" t="s">
         <v>2300</v>
-      </c>
-[...4 lines deleted...]
-        <v>2302</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>944</v>
       </c>
       <c r="B156" t="s">
+        <v>2301</v>
+      </c>
+      <c r="C156" t="s">
+        <v>12</v>
+      </c>
+      <c r="D156" t="s">
+        <v>12</v>
+      </c>
+      <c r="E156" t="s">
+        <v>2302</v>
+      </c>
+      <c r="F156" t="s">
+        <v>12</v>
+      </c>
+      <c r="G156" t="s">
         <v>2303</v>
       </c>
-      <c r="C156" t="s">
-[...11 lines deleted...]
-      <c r="G156" t="s">
+      <c r="H156" t="s">
         <v>2304</v>
       </c>
-      <c r="H156" t="s">
+      <c r="I156" t="s">
         <v>2305</v>
       </c>
-      <c r="I156" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J156" t="s">
-        <v>1264</v>
+        <v>84</v>
       </c>
       <c r="K156" t="s">
         <v>2306</v>
       </c>
       <c r="L156" t="s">
         <v>2307</v>
       </c>
       <c r="M156" t="s">
         <v>2308</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>944</v>
       </c>
       <c r="B157" t="s">
         <v>2309</v>
       </c>
       <c r="C157" t="s">
         <v>12</v>
       </c>
       <c r="D157" t="s">
         <v>12</v>
       </c>
       <c r="E157" t="s">
+        <v>2302</v>
+      </c>
+      <c r="F157" t="s">
+        <v>12</v>
+      </c>
+      <c r="G157" t="s">
         <v>2310</v>
       </c>
-      <c r="F157" t="s">
-[...2 lines deleted...]
-      <c r="G157" t="s">
+      <c r="H157" t="s">
         <v>2311</v>
       </c>
-      <c r="H157" t="s">
+      <c r="I157" t="s">
+        <v>2196</v>
+      </c>
+      <c r="J157" t="s">
+        <v>1270</v>
+      </c>
+      <c r="K157" t="s">
         <v>2312</v>
       </c>
-      <c r="I157" t="s">
+      <c r="L157" t="s">
         <v>2313</v>
       </c>
-      <c r="J157" t="s">
-[...2 lines deleted...]
-      <c r="K157" t="s">
+      <c r="M157" t="s">
         <v>2314</v>
-      </c>
-[...4 lines deleted...]
-        <v>2316</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>944</v>
       </c>
       <c r="B158" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C158" t="s">
+        <v>12</v>
+      </c>
+      <c r="D158" t="s">
+        <v>12</v>
+      </c>
+      <c r="E158" t="s">
+        <v>2316</v>
+      </c>
+      <c r="F158" t="s">
+        <v>12</v>
+      </c>
+      <c r="G158" t="s">
         <v>2317</v>
       </c>
-      <c r="C158" t="s">
-[...5 lines deleted...]
-      <c r="E158" t="s">
+      <c r="H158" t="s">
         <v>2318</v>
       </c>
-      <c r="F158" t="s">
-[...2 lines deleted...]
-      <c r="G158" t="s">
+      <c r="I158" t="s">
         <v>2319</v>
       </c>
-      <c r="H158" t="s">
+      <c r="J158" t="s">
+        <v>2286</v>
+      </c>
+      <c r="K158" t="s">
         <v>2320</v>
       </c>
-      <c r="I158" t="s">
+      <c r="L158" t="s">
         <v>2321</v>
       </c>
-      <c r="J158" t="s">
-[...2 lines deleted...]
-      <c r="K158" t="s">
+      <c r="M158" t="s">
         <v>2322</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>944</v>
       </c>
       <c r="B159" t="s">
         <v>2323</v>
       </c>
       <c r="C159" t="s">
         <v>12</v>
       </c>
       <c r="D159" t="s">
         <v>12</v>
       </c>
       <c r="E159" t="s">
         <v>2324</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159" t="s">
         <v>2325</v>
       </c>
       <c r="H159" t="s">
         <v>2326</v>
       </c>
       <c r="I159" t="s">
         <v>2327</v>
       </c>
       <c r="J159" t="s">
-        <v>447</v>
+        <v>1064</v>
       </c>
       <c r="K159" t="s">
         <v>2328</v>
-      </c>
-[...7 lines deleted...]
-        <v>2331</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>944</v>
       </c>
       <c r="B160" t="s">
+        <v>2329</v>
+      </c>
+      <c r="C160" t="s">
+        <v>12</v>
+      </c>
+      <c r="D160" t="s">
+        <v>12</v>
+      </c>
+      <c r="E160" t="s">
+        <v>2330</v>
+      </c>
+      <c r="F160" t="s">
+        <v>12</v>
+      </c>
+      <c r="G160" t="s">
+        <v>2331</v>
+      </c>
+      <c r="H160" t="s">
         <v>2332</v>
       </c>
-      <c r="C160" t="s">
-[...5 lines deleted...]
-      <c r="E160" t="s">
+      <c r="I160" t="s">
         <v>2333</v>
       </c>
-      <c r="F160" t="s">
-[...2 lines deleted...]
-      <c r="G160" t="s">
+      <c r="J160" t="s">
+        <v>447</v>
+      </c>
+      <c r="K160" t="s">
         <v>2334</v>
       </c>
-      <c r="H160" t="s">
+      <c r="L160" t="s">
         <v>2335</v>
       </c>
-      <c r="I160" t="s">
+      <c r="M160" t="s">
         <v>2336</v>
       </c>
-      <c r="J160" t="s">
-[...2 lines deleted...]
-      <c r="K160" t="s">
+      <c r="N160" t="s">
         <v>2337</v>
-      </c>
-[...7 lines deleted...]
-        <v>2340</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>944</v>
       </c>
       <c r="B161" t="s">
+        <v>2338</v>
+      </c>
+      <c r="C161" t="s">
+        <v>12</v>
+      </c>
+      <c r="D161" t="s">
+        <v>12</v>
+      </c>
+      <c r="E161" t="s">
+        <v>2339</v>
+      </c>
+      <c r="F161" t="s">
+        <v>12</v>
+      </c>
+      <c r="G161" t="s">
+        <v>2340</v>
+      </c>
+      <c r="H161" t="s">
         <v>2341</v>
       </c>
-      <c r="C161" t="s">
-[...5 lines deleted...]
-      <c r="E161" t="s">
+      <c r="I161" t="s">
         <v>2342</v>
       </c>
-      <c r="F161" t="s">
-[...2 lines deleted...]
-      <c r="G161" t="s">
+      <c r="J161" t="s">
+        <v>84</v>
+      </c>
+      <c r="K161" t="s">
         <v>2343</v>
       </c>
-      <c r="H161" t="s">
+      <c r="L161" t="s">
         <v>2344</v>
       </c>
-      <c r="I161" t="s">
+      <c r="M161" t="s">
         <v>2345</v>
       </c>
-      <c r="J161" t="s">
-[...2 lines deleted...]
-      <c r="K161" t="s">
+      <c r="N161" t="s">
         <v>2346</v>
-      </c>
-[...4 lines deleted...]
-        <v>2348</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>944</v>
       </c>
       <c r="B162" t="s">
+        <v>2347</v>
+      </c>
+      <c r="C162" t="s">
+        <v>12</v>
+      </c>
+      <c r="D162" t="s">
+        <v>12</v>
+      </c>
+      <c r="E162" t="s">
+        <v>2348</v>
+      </c>
+      <c r="F162" t="s">
+        <v>12</v>
+      </c>
+      <c r="G162" t="s">
         <v>2349</v>
       </c>
-      <c r="C162" t="s">
-[...11 lines deleted...]
-      <c r="G162" t="s">
+      <c r="H162" t="s">
         <v>2350</v>
       </c>
-      <c r="H162" t="s">
+      <c r="I162" t="s">
         <v>2351</v>
       </c>
-      <c r="I162" t="s">
+      <c r="J162" t="s">
+        <v>447</v>
+      </c>
+      <c r="K162" t="s">
         <v>2352</v>
       </c>
-      <c r="J162" t="s">
-[...2 lines deleted...]
-      <c r="K162" t="s">
+      <c r="L162" t="s">
         <v>2353</v>
       </c>
-      <c r="L162" t="s">
+      <c r="M162" t="s">
         <v>2354</v>
-      </c>
-[...10 lines deleted...]
-        <v>2358</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>944</v>
       </c>
       <c r="B163" t="s">
+        <v>2355</v>
+      </c>
+      <c r="C163" t="s">
+        <v>12</v>
+      </c>
+      <c r="D163" t="s">
+        <v>12</v>
+      </c>
+      <c r="E163" t="s">
+        <v>2348</v>
+      </c>
+      <c r="F163" t="s">
+        <v>12</v>
+      </c>
+      <c r="G163" t="s">
+        <v>2356</v>
+      </c>
+      <c r="H163" t="s">
+        <v>2357</v>
+      </c>
+      <c r="I163" t="s">
+        <v>2358</v>
+      </c>
+      <c r="J163" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K163" t="s">
         <v>2359</v>
       </c>
-      <c r="C163" t="s">
-[...5 lines deleted...]
-      <c r="E163" t="s">
+      <c r="L163" t="s">
         <v>2360</v>
       </c>
-      <c r="F163" t="s">
-[...2 lines deleted...]
-      <c r="G163" t="s">
+      <c r="M163" t="s">
         <v>2361</v>
       </c>
-      <c r="H163" t="s">
+      <c r="N163" t="s">
         <v>2362</v>
       </c>
-      <c r="I163" t="s">
+      <c r="O163" t="s">
         <v>2363</v>
       </c>
-      <c r="J163" t="s">
-[...2 lines deleted...]
-      <c r="K163" t="s">
+      <c r="P163" t="s">
         <v>2364</v>
-      </c>
-[...4 lines deleted...]
-        <v>2366</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>944</v>
       </c>
       <c r="B164" t="s">
+        <v>2365</v>
+      </c>
+      <c r="C164" t="s">
+        <v>12</v>
+      </c>
+      <c r="D164" t="s">
+        <v>12</v>
+      </c>
+      <c r="E164" t="s">
+        <v>2366</v>
+      </c>
+      <c r="F164" t="s">
+        <v>12</v>
+      </c>
+      <c r="G164" t="s">
         <v>2367</v>
       </c>
-      <c r="C164" t="s">
-[...5 lines deleted...]
-      <c r="E164" t="s">
+      <c r="H164" t="s">
         <v>2368</v>
       </c>
-      <c r="F164" t="s">
-[...2 lines deleted...]
-      <c r="G164" t="s">
+      <c r="I164" t="s">
         <v>2369</v>
       </c>
-      <c r="H164" t="s">
+      <c r="J164" t="s">
+        <v>447</v>
+      </c>
+      <c r="K164" t="s">
         <v>2370</v>
       </c>
-      <c r="I164" t="s">
+      <c r="L164" t="s">
         <v>2371</v>
       </c>
-      <c r="J164" t="s">
+      <c r="M164" t="s">
         <v>2372</v>
-      </c>
-[...10 lines deleted...]
-        <v>2376</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>944</v>
       </c>
       <c r="B165" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C165" t="s">
+        <v>12</v>
+      </c>
+      <c r="D165" t="s">
+        <v>12</v>
+      </c>
+      <c r="E165" t="s">
+        <v>2374</v>
+      </c>
+      <c r="F165" t="s">
+        <v>12</v>
+      </c>
+      <c r="G165" t="s">
+        <v>2375</v>
+      </c>
+      <c r="H165" t="s">
+        <v>2376</v>
+      </c>
+      <c r="I165" t="s">
         <v>2377</v>
       </c>
-      <c r="C165" t="s">
-[...5 lines deleted...]
-      <c r="E165" t="s">
+      <c r="J165" t="s">
         <v>2378</v>
       </c>
-      <c r="F165" t="s">
-[...2 lines deleted...]
-      <c r="G165" t="s">
+      <c r="K165" t="s">
         <v>2379</v>
       </c>
-      <c r="H165" t="s">
+      <c r="L165" t="s">
         <v>2380</v>
       </c>
-      <c r="I165" t="s">
+      <c r="M165" t="s">
         <v>2381</v>
       </c>
-      <c r="J165" t="s">
+      <c r="N165" t="s">
         <v>2382</v>
-      </c>
-[...13 lines deleted...]
-        <v>2387</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>944</v>
       </c>
       <c r="B166" t="s">
+        <v>2383</v>
+      </c>
+      <c r="C166" t="s">
+        <v>12</v>
+      </c>
+      <c r="D166" t="s">
+        <v>12</v>
+      </c>
+      <c r="E166" t="s">
+        <v>2384</v>
+      </c>
+      <c r="F166" t="s">
+        <v>12</v>
+      </c>
+      <c r="G166" t="s">
+        <v>2385</v>
+      </c>
+      <c r="H166" t="s">
+        <v>2386</v>
+      </c>
+      <c r="I166" t="s">
+        <v>2387</v>
+      </c>
+      <c r="J166" t="s">
         <v>2388</v>
       </c>
-      <c r="C166" t="s">
-[...5 lines deleted...]
-      <c r="E166" t="s">
+      <c r="K166" t="s">
         <v>2389</v>
       </c>
-      <c r="F166" t="s">
-[...2 lines deleted...]
-      <c r="G166" t="s">
+      <c r="L166" t="s">
         <v>2390</v>
       </c>
-      <c r="H166" t="s">
+      <c r="M166" t="s">
         <v>2391</v>
       </c>
-      <c r="I166" t="s">
-[...5 lines deleted...]
-      <c r="K166" t="s">
+      <c r="N166" t="s">
         <v>2392</v>
       </c>
-      <c r="L166" t="s">
+      <c r="O166" t="s">
         <v>2393</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>944</v>
       </c>
       <c r="B167" t="s">
         <v>2394</v>
       </c>
       <c r="C167" t="s">
         <v>12</v>
       </c>
       <c r="D167" t="s">
         <v>12</v>
       </c>
       <c r="E167" t="s">
         <v>2395</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167" t="s">
         <v>2396</v>
       </c>
       <c r="H167" t="s">
         <v>2397</v>
       </c>
       <c r="I167" t="s">
+        <v>1171</v>
+      </c>
+      <c r="J167" t="s">
+        <v>442</v>
+      </c>
+      <c r="K167" t="s">
         <v>2398</v>
       </c>
-      <c r="J167" t="s">
-[...2 lines deleted...]
-      <c r="K167" t="s">
+      <c r="L167" t="s">
         <v>2399</v>
-      </c>
-[...7 lines deleted...]
-        <v>2402</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>944</v>
       </c>
       <c r="B168" t="s">
+        <v>2400</v>
+      </c>
+      <c r="C168" t="s">
+        <v>12</v>
+      </c>
+      <c r="D168" t="s">
+        <v>12</v>
+      </c>
+      <c r="E168" t="s">
+        <v>2401</v>
+      </c>
+      <c r="F168" t="s">
+        <v>12</v>
+      </c>
+      <c r="G168" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H168" t="s">
         <v>2403</v>
       </c>
-      <c r="C168" t="s">
-[...5 lines deleted...]
-      <c r="E168" t="s">
+      <c r="I168" t="s">
         <v>2404</v>
       </c>
-      <c r="F168" t="s">
-[...2 lines deleted...]
-      <c r="G168" t="s">
+      <c r="J168" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K168" t="s">
         <v>2405</v>
       </c>
-      <c r="H168" t="s">
+      <c r="L168" t="s">
         <v>2406</v>
       </c>
-      <c r="I168" t="s">
+      <c r="M168" t="s">
         <v>2407</v>
       </c>
-      <c r="J168" t="s">
+      <c r="N168" t="s">
         <v>2408</v>
-      </c>
-[...7 lines deleted...]
-        <v>2411</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>944</v>
       </c>
       <c r="B169" t="s">
+        <v>2409</v>
+      </c>
+      <c r="C169" t="s">
+        <v>12</v>
+      </c>
+      <c r="D169" t="s">
+        <v>12</v>
+      </c>
+      <c r="E169" t="s">
+        <v>2410</v>
+      </c>
+      <c r="F169" t="s">
+        <v>12</v>
+      </c>
+      <c r="G169" t="s">
+        <v>2411</v>
+      </c>
+      <c r="H169" t="s">
         <v>2412</v>
       </c>
-      <c r="C169" t="s">
-[...11 lines deleted...]
-      <c r="G169" t="s">
+      <c r="I169" t="s">
         <v>2413</v>
       </c>
-      <c r="H169" t="s">
+      <c r="J169" t="s">
         <v>2414</v>
       </c>
-      <c r="I169" t="s">
+      <c r="K169" t="s">
         <v>2415</v>
       </c>
-      <c r="J169" t="s">
-[...2 lines deleted...]
-      <c r="K169" t="s">
+      <c r="L169" t="s">
         <v>2416</v>
       </c>
-      <c r="L169" t="s">
+      <c r="M169" t="s">
         <v>2417</v>
-      </c>
-[...7 lines deleted...]
-        <v>2420</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>944</v>
       </c>
       <c r="B170" t="s">
+        <v>2418</v>
+      </c>
+      <c r="C170" t="s">
+        <v>12</v>
+      </c>
+      <c r="D170" t="s">
+        <v>12</v>
+      </c>
+      <c r="E170" t="s">
+        <v>2410</v>
+      </c>
+      <c r="F170" t="s">
+        <v>12</v>
+      </c>
+      <c r="G170" t="s">
+        <v>2419</v>
+      </c>
+      <c r="H170" t="s">
+        <v>2420</v>
+      </c>
+      <c r="I170" t="s">
         <v>2421</v>
       </c>
-      <c r="C170" t="s">
-[...5 lines deleted...]
-      <c r="E170" t="s">
+      <c r="J170" t="s">
+        <v>442</v>
+      </c>
+      <c r="K170" t="s">
         <v>2422</v>
       </c>
-      <c r="F170" t="s">
-[...2 lines deleted...]
-      <c r="G170" t="s">
+      <c r="L170" t="s">
         <v>2423</v>
       </c>
-      <c r="H170" t="s">
+      <c r="M170" t="s">
         <v>2424</v>
       </c>
-      <c r="I170" t="s">
-[...5 lines deleted...]
-      <c r="K170" t="s">
+      <c r="N170" t="s">
         <v>2425</v>
       </c>
-      <c r="L170" t="s">
+      <c r="O170" t="s">
         <v>2426</v>
-      </c>
-[...1 lines deleted...]
-        <v>2427</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>944</v>
       </c>
       <c r="B171" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C171" t="s">
+        <v>12</v>
+      </c>
+      <c r="D171" t="s">
+        <v>12</v>
+      </c>
+      <c r="E171" t="s">
         <v>2428</v>
       </c>
-      <c r="C171" t="s">
-[...5 lines deleted...]
-      <c r="E171" t="s">
+      <c r="F171" t="s">
+        <v>12</v>
+      </c>
+      <c r="G171" t="s">
         <v>2429</v>
       </c>
-      <c r="F171" t="s">
-[...2 lines deleted...]
-      <c r="G171" t="s">
+      <c r="H171" t="s">
         <v>2430</v>
       </c>
-      <c r="H171" t="s">
+      <c r="I171" t="s">
+        <v>2173</v>
+      </c>
+      <c r="J171" t="s">
+        <v>84</v>
+      </c>
+      <c r="K171" t="s">
         <v>2431</v>
       </c>
-      <c r="I171" t="s">
+      <c r="L171" t="s">
         <v>2432</v>
       </c>
-      <c r="J171" t="s">
-[...2 lines deleted...]
-      <c r="K171" t="s">
+      <c r="M171" t="s">
         <v>2433</v>
-      </c>
-[...4 lines deleted...]
-        <v>2435</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>944</v>
       </c>
       <c r="B172" t="s">
+        <v>2434</v>
+      </c>
+      <c r="C172" t="s">
+        <v>12</v>
+      </c>
+      <c r="D172" t="s">
+        <v>12</v>
+      </c>
+      <c r="E172" t="s">
+        <v>2435</v>
+      </c>
+      <c r="F172" t="s">
+        <v>12</v>
+      </c>
+      <c r="G172" t="s">
         <v>2436</v>
       </c>
-      <c r="C172" t="s">
-[...5 lines deleted...]
-      <c r="E172" t="s">
+      <c r="H172" t="s">
         <v>2437</v>
       </c>
-      <c r="F172" t="s">
-[...2 lines deleted...]
-      <c r="G172" t="s">
+      <c r="I172" t="s">
         <v>2438</v>
       </c>
-      <c r="H172" t="s">
+      <c r="J172" t="s">
+        <v>442</v>
+      </c>
+      <c r="K172" t="s">
         <v>2439</v>
       </c>
-      <c r="I172" t="s">
+      <c r="L172" t="s">
         <v>2440</v>
       </c>
-      <c r="J172" t="s">
-[...2 lines deleted...]
-      <c r="K172" t="s">
+      <c r="M172" t="s">
         <v>2441</v>
-      </c>
-[...16 lines deleted...]
-        <v>2447</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>944</v>
       </c>
       <c r="B173" t="s">
+        <v>2442</v>
+      </c>
+      <c r="C173" t="s">
+        <v>12</v>
+      </c>
+      <c r="D173" t="s">
+        <v>12</v>
+      </c>
+      <c r="E173" t="s">
+        <v>2443</v>
+      </c>
+      <c r="F173" t="s">
+        <v>12</v>
+      </c>
+      <c r="G173" t="s">
+        <v>2444</v>
+      </c>
+      <c r="H173" t="s">
+        <v>2445</v>
+      </c>
+      <c r="I173" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J173" t="s">
+        <v>1270</v>
+      </c>
+      <c r="K173" t="s">
+        <v>2447</v>
+      </c>
+      <c r="L173" t="s">
         <v>2448</v>
       </c>
-      <c r="C173" t="s">
-[...5 lines deleted...]
-      <c r="E173" t="s">
+      <c r="M173" t="s">
         <v>2449</v>
       </c>
-      <c r="F173" t="s">
-[...2 lines deleted...]
-      <c r="G173" t="s">
+      <c r="N173" t="s">
         <v>2450</v>
       </c>
-      <c r="H173" t="s">
+      <c r="O173" t="s">
         <v>2451</v>
       </c>
-      <c r="I173" t="s">
-[...5 lines deleted...]
-      <c r="K173" t="s">
+      <c r="P173" t="s">
         <v>2452</v>
       </c>
-      <c r="L173" t="s">
+      <c r="Q173" t="s">
         <v>2453</v>
-      </c>
-[...4 lines deleted...]
-        <v>2455</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>944</v>
       </c>
       <c r="B174" t="s">
+        <v>2454</v>
+      </c>
+      <c r="C174" t="s">
+        <v>12</v>
+      </c>
+      <c r="D174" t="s">
+        <v>12</v>
+      </c>
+      <c r="E174" t="s">
+        <v>2455</v>
+      </c>
+      <c r="F174" t="s">
+        <v>12</v>
+      </c>
+      <c r="G174" t="s">
         <v>2456</v>
       </c>
-      <c r="C174" t="s">
-[...11 lines deleted...]
-      <c r="G174" t="s">
+      <c r="H174" t="s">
         <v>2457</v>
       </c>
-      <c r="H174" t="s">
+      <c r="I174" t="s">
+        <v>1584</v>
+      </c>
+      <c r="J174" t="s">
+        <v>2174</v>
+      </c>
+      <c r="K174" t="s">
         <v>2458</v>
       </c>
-      <c r="I174" t="s">
-[...5 lines deleted...]
-      <c r="K174" t="s">
+      <c r="L174" t="s">
         <v>2459</v>
       </c>
-      <c r="L174" t="s">
+      <c r="M174" t="s">
         <v>2460</v>
       </c>
-      <c r="M174" t="s">
+      <c r="N174" t="s">
         <v>2461</v>
-      </c>
-[...1 lines deleted...]
-        <v>2462</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>944</v>
       </c>
       <c r="B175" t="s">
+        <v>2462</v>
+      </c>
+      <c r="C175" t="s">
+        <v>12</v>
+      </c>
+      <c r="D175" t="s">
+        <v>12</v>
+      </c>
+      <c r="E175" t="s">
+        <v>2455</v>
+      </c>
+      <c r="F175" t="s">
+        <v>12</v>
+      </c>
+      <c r="G175" t="s">
         <v>2463</v>
       </c>
-      <c r="C175" t="s">
-[...11 lines deleted...]
-      <c r="G175" t="s">
+      <c r="H175" t="s">
         <v>2464</v>
       </c>
-      <c r="H175" t="s">
+      <c r="I175" t="s">
+        <v>1632</v>
+      </c>
+      <c r="J175" t="s">
+        <v>1771</v>
+      </c>
+      <c r="K175" t="s">
         <v>2465</v>
       </c>
-      <c r="I175" t="s">
+      <c r="L175" t="s">
         <v>2466</v>
       </c>
-      <c r="J175" t="s">
-[...2 lines deleted...]
-      <c r="K175" t="s">
+      <c r="M175" t="s">
         <v>2467</v>
       </c>
-      <c r="L175" t="s">
+      <c r="N175" t="s">
         <v>2468</v>
-      </c>
-[...1 lines deleted...]
-        <v>2469</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>944</v>
       </c>
       <c r="B176" t="s">
+        <v>2469</v>
+      </c>
+      <c r="C176" t="s">
+        <v>12</v>
+      </c>
+      <c r="D176" t="s">
+        <v>12</v>
+      </c>
+      <c r="E176" t="s">
+        <v>2455</v>
+      </c>
+      <c r="F176" t="s">
+        <v>12</v>
+      </c>
+      <c r="G176" t="s">
         <v>2470</v>
       </c>
-      <c r="C176" t="s">
-[...5 lines deleted...]
-      <c r="E176" t="s">
+      <c r="H176" t="s">
         <v>2471</v>
       </c>
-      <c r="F176" t="s">
-[...2 lines deleted...]
-      <c r="G176" t="s">
+      <c r="I176" t="s">
         <v>2472</v>
       </c>
-      <c r="H176" t="s">
+      <c r="J176" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K176" t="s">
         <v>2473</v>
       </c>
-      <c r="I176" t="s">
+      <c r="L176" t="s">
         <v>2474</v>
       </c>
-      <c r="J176" t="s">
-[...2 lines deleted...]
-      <c r="K176" t="s">
+      <c r="M176" t="s">
         <v>2475</v>
-      </c>
-[...7 lines deleted...]
-        <v>2478</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>944</v>
       </c>
       <c r="B177" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C177" t="s">
+        <v>12</v>
+      </c>
+      <c r="D177" t="s">
+        <v>12</v>
+      </c>
+      <c r="E177" t="s">
+        <v>2477</v>
+      </c>
+      <c r="F177" t="s">
+        <v>12</v>
+      </c>
+      <c r="G177" t="s">
+        <v>2478</v>
+      </c>
+      <c r="H177" t="s">
         <v>2479</v>
       </c>
-      <c r="C177" t="s">
-[...11 lines deleted...]
-      <c r="G177" t="s">
+      <c r="I177" t="s">
         <v>2480</v>
       </c>
-      <c r="H177" t="s">
+      <c r="J177" t="s">
+        <v>442</v>
+      </c>
+      <c r="K177" t="s">
         <v>2481</v>
       </c>
-      <c r="I177" t="s">
-[...2 lines deleted...]
-      <c r="J177" t="s">
+      <c r="L177" t="s">
         <v>2482</v>
       </c>
-      <c r="K177" t="s">
+      <c r="M177" t="s">
         <v>2483</v>
       </c>
-      <c r="L177" t="s">
+      <c r="N177" t="s">
         <v>2484</v>
-      </c>
-[...1 lines deleted...]
-        <v>2485</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>944</v>
       </c>
       <c r="B178" t="s">
+        <v>2485</v>
+      </c>
+      <c r="C178" t="s">
+        <v>12</v>
+      </c>
+      <c r="D178" t="s">
+        <v>12</v>
+      </c>
+      <c r="E178" t="s">
+        <v>2477</v>
+      </c>
+      <c r="F178" t="s">
+        <v>12</v>
+      </c>
+      <c r="G178" t="s">
         <v>2486</v>
       </c>
-      <c r="C178" t="s">
-[...5 lines deleted...]
-      <c r="E178" t="s">
+      <c r="H178" t="s">
         <v>2487</v>
       </c>
-      <c r="F178" t="s">
-[...2 lines deleted...]
-      <c r="G178" t="s">
+      <c r="I178" t="s">
+        <v>2377</v>
+      </c>
+      <c r="J178" t="s">
         <v>2488</v>
       </c>
-      <c r="H178" t="s">
+      <c r="K178" t="s">
         <v>2489</v>
       </c>
-      <c r="I178" t="s">
-[...2 lines deleted...]
-      <c r="J178" t="s">
+      <c r="L178" t="s">
         <v>2490</v>
       </c>
-      <c r="K178" t="s">
+      <c r="M178" t="s">
         <v>2491</v>
-      </c>
-[...7 lines deleted...]
-        <v>2494</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>944</v>
       </c>
       <c r="B179" t="s">
+        <v>2492</v>
+      </c>
+      <c r="C179" t="s">
+        <v>12</v>
+      </c>
+      <c r="D179" t="s">
+        <v>12</v>
+      </c>
+      <c r="E179" t="s">
+        <v>2493</v>
+      </c>
+      <c r="F179" t="s">
+        <v>12</v>
+      </c>
+      <c r="G179" t="s">
+        <v>2494</v>
+      </c>
+      <c r="H179" t="s">
         <v>2495</v>
       </c>
-      <c r="C179" t="s">
-[...11 lines deleted...]
-      <c r="G179" t="s">
+      <c r="I179" t="s">
+        <v>1364</v>
+      </c>
+      <c r="J179" t="s">
         <v>2496</v>
       </c>
-      <c r="H179" t="s">
+      <c r="K179" t="s">
         <v>2497</v>
       </c>
-      <c r="I179" t="s">
+      <c r="L179" t="s">
         <v>2498</v>
       </c>
-      <c r="J179" t="s">
-[...2 lines deleted...]
-      <c r="K179" t="s">
+      <c r="M179" t="s">
         <v>2499</v>
       </c>
-      <c r="L179" t="s">
+      <c r="N179" t="s">
         <v>2500</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>944</v>
       </c>
       <c r="B180" t="s">
         <v>2501</v>
       </c>
       <c r="C180" t="s">
         <v>12</v>
       </c>
       <c r="D180" t="s">
         <v>12</v>
       </c>
       <c r="E180" t="s">
+        <v>2493</v>
+      </c>
+      <c r="F180" t="s">
+        <v>12</v>
+      </c>
+      <c r="G180" t="s">
         <v>2502</v>
       </c>
-      <c r="F180" t="s">
-[...2 lines deleted...]
-      <c r="G180" t="s">
+      <c r="H180" t="s">
         <v>2503</v>
       </c>
-      <c r="H180" t="s">
+      <c r="I180" t="s">
         <v>2504</v>
       </c>
-      <c r="I180" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J180" t="s">
-        <v>1715</v>
+        <v>1270</v>
       </c>
       <c r="K180" t="s">
         <v>2505</v>
       </c>
       <c r="L180" t="s">
         <v>2506</v>
-      </c>
-[...1 lines deleted...]
-        <v>2507</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>944</v>
       </c>
       <c r="B181" t="s">
+        <v>2507</v>
+      </c>
+      <c r="C181" t="s">
+        <v>12</v>
+      </c>
+      <c r="D181" t="s">
+        <v>12</v>
+      </c>
+      <c r="E181" t="s">
         <v>2508</v>
-      </c>
-[...7 lines deleted...]
-        <v>2502</v>
       </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181" t="s">
         <v>2509</v>
       </c>
       <c r="H181" t="s">
         <v>2510</v>
       </c>
       <c r="I181" t="s">
+        <v>2480</v>
+      </c>
+      <c r="J181" t="s">
+        <v>1721</v>
+      </c>
+      <c r="K181" t="s">
         <v>2511</v>
       </c>
-      <c r="J181" t="s">
-[...2 lines deleted...]
-      <c r="K181" t="s">
+      <c r="L181" t="s">
         <v>2512</v>
       </c>
-      <c r="L181" t="s">
+      <c r="M181" t="s">
         <v>2513</v>
-      </c>
-[...7 lines deleted...]
-        <v>2516</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>944</v>
       </c>
       <c r="B182" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C182" t="s">
+        <v>12</v>
+      </c>
+      <c r="D182" t="s">
+        <v>12</v>
+      </c>
+      <c r="E182" t="s">
+        <v>2508</v>
+      </c>
+      <c r="F182" t="s">
+        <v>12</v>
+      </c>
+      <c r="G182" t="s">
+        <v>2515</v>
+      </c>
+      <c r="H182" t="s">
+        <v>2516</v>
+      </c>
+      <c r="I182" t="s">
         <v>2517</v>
       </c>
-      <c r="C182" t="s">
-[...5 lines deleted...]
-      <c r="E182" t="s">
+      <c r="J182" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K182" t="s">
         <v>2518</v>
       </c>
-      <c r="F182" t="s">
-[...2 lines deleted...]
-      <c r="G182" t="s">
+      <c r="L182" t="s">
         <v>2519</v>
       </c>
-      <c r="H182" t="s">
+      <c r="M182" t="s">
         <v>2520</v>
       </c>
-      <c r="I182" t="s">
+      <c r="N182" t="s">
         <v>2521</v>
       </c>
-      <c r="J182" t="s">
-[...2 lines deleted...]
-      <c r="K182" t="s">
+      <c r="O182" t="s">
         <v>2522</v>
-      </c>
-[...4 lines deleted...]
-        <v>2524</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>944</v>
       </c>
       <c r="B183" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C183" t="s">
+        <v>12</v>
+      </c>
+      <c r="D183" t="s">
+        <v>12</v>
+      </c>
+      <c r="E183" t="s">
+        <v>2524</v>
+      </c>
+      <c r="F183" t="s">
+        <v>12</v>
+      </c>
+      <c r="G183" t="s">
         <v>2525</v>
       </c>
-      <c r="C183" t="s">
-[...5 lines deleted...]
-      <c r="E183" t="s">
+      <c r="H183" t="s">
         <v>2526</v>
       </c>
-      <c r="F183" t="s">
-[...2 lines deleted...]
-      <c r="G183" t="s">
+      <c r="I183" t="s">
         <v>2527</v>
       </c>
-      <c r="H183" t="s">
+      <c r="J183" t="s">
+        <v>2037</v>
+      </c>
+      <c r="K183" t="s">
         <v>2528</v>
       </c>
-      <c r="I183" t="s">
-[...2 lines deleted...]
-      <c r="J183" t="s">
+      <c r="L183" t="s">
         <v>2529</v>
       </c>
-      <c r="K183" t="s">
+      <c r="M183" t="s">
         <v>2530</v>
-      </c>
-[...4 lines deleted...]
-        <v>2532</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>944</v>
       </c>
       <c r="B184" t="s">
+        <v>2531</v>
+      </c>
+      <c r="C184" t="s">
+        <v>12</v>
+      </c>
+      <c r="D184" t="s">
+        <v>12</v>
+      </c>
+      <c r="E184" t="s">
+        <v>2532</v>
+      </c>
+      <c r="F184" t="s">
+        <v>12</v>
+      </c>
+      <c r="G184" t="s">
         <v>2533</v>
       </c>
-      <c r="C184" t="s">
-[...11 lines deleted...]
-      <c r="G184" t="s">
+      <c r="H184" t="s">
         <v>2534</v>
       </c>
-      <c r="H184" t="s">
+      <c r="I184" t="s">
+        <v>1632</v>
+      </c>
+      <c r="J184" t="s">
         <v>2535</v>
       </c>
-      <c r="I184" t="s">
+      <c r="K184" t="s">
         <v>2536</v>
       </c>
-      <c r="J184" t="s">
+      <c r="L184" t="s">
         <v>2537</v>
       </c>
-      <c r="K184" t="s">
+      <c r="M184" t="s">
         <v>2538</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>944</v>
       </c>
       <c r="B185" t="s">
         <v>2539</v>
       </c>
       <c r="C185" t="s">
         <v>12</v>
       </c>
       <c r="D185" t="s">
         <v>12</v>
       </c>
       <c r="E185" t="s">
-        <v>1835</v>
+        <v>2532</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185" t="s">
         <v>2540</v>
       </c>
       <c r="H185" t="s">
         <v>2541</v>
       </c>
       <c r="I185" t="s">
         <v>2542</v>
       </c>
       <c r="J185" t="s">
-        <v>1433</v>
+        <v>2543</v>
       </c>
       <c r="K185" t="s">
-        <v>2543</v>
-[...1 lines deleted...]
-      <c r="L185" t="s">
         <v>2544</v>
-      </c>
-[...10 lines deleted...]
-        <v>1826</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>944</v>
       </c>
       <c r="B186" t="s">
+        <v>2545</v>
+      </c>
+      <c r="C186" t="s">
+        <v>12</v>
+      </c>
+      <c r="D186" t="s">
+        <v>12</v>
+      </c>
+      <c r="E186" t="s">
+        <v>1841</v>
+      </c>
+      <c r="F186" t="s">
+        <v>12</v>
+      </c>
+      <c r="G186" t="s">
+        <v>2546</v>
+      </c>
+      <c r="H186" t="s">
         <v>2547</v>
       </c>
-      <c r="C186" t="s">
-[...5 lines deleted...]
-      <c r="E186" t="s">
+      <c r="I186" t="s">
         <v>2548</v>
       </c>
-      <c r="F186" t="s">
-[...2 lines deleted...]
-      <c r="G186" t="s">
+      <c r="J186" t="s">
+        <v>1439</v>
+      </c>
+      <c r="K186" t="s">
         <v>2549</v>
       </c>
-      <c r="H186" t="s">
+      <c r="L186" t="s">
         <v>2550</v>
       </c>
-      <c r="I186" t="s">
-[...5 lines deleted...]
-      <c r="K186" t="s">
+      <c r="M186" t="s">
         <v>2551</v>
+      </c>
+      <c r="N186" t="s">
+        <v>2552</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1833</v>
+      </c>
+      <c r="P186" t="s">
+        <v>1832</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>944</v>
       </c>
       <c r="B187" t="s">
-        <v>2552</v>
+        <v>2553</v>
       </c>
       <c r="C187" t="s">
         <v>12</v>
       </c>
       <c r="D187" t="s">
         <v>12</v>
       </c>
       <c r="E187" t="s">
-        <v>2553</v>
+        <v>2554</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187" t="s">
-        <v>2554</v>
+        <v>2555</v>
       </c>
       <c r="H187" t="s">
-        <v>2555</v>
+        <v>2556</v>
       </c>
       <c r="I187" t="s">
-        <v>2474</v>
+        <v>2333</v>
       </c>
       <c r="J187" t="s">
-        <v>2556</v>
+        <v>442</v>
       </c>
       <c r="K187" t="s">
         <v>2557</v>
-      </c>
-[...16 lines deleted...]
-        <v>2563</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>944</v>
       </c>
       <c r="B188" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C188" t="s">
+        <v>12</v>
+      </c>
+      <c r="D188" t="s">
+        <v>12</v>
+      </c>
+      <c r="E188" t="s">
+        <v>2559</v>
+      </c>
+      <c r="F188" t="s">
+        <v>12</v>
+      </c>
+      <c r="G188" t="s">
+        <v>2560</v>
+      </c>
+      <c r="H188" t="s">
+        <v>2561</v>
+      </c>
+      <c r="I188" t="s">
+        <v>2480</v>
+      </c>
+      <c r="J188" t="s">
+        <v>2562</v>
+      </c>
+      <c r="K188" t="s">
+        <v>2563</v>
+      </c>
+      <c r="L188" t="s">
         <v>2564</v>
       </c>
-      <c r="C188" t="s">
-[...5 lines deleted...]
-      <c r="E188" t="s">
+      <c r="M188" t="s">
         <v>2565</v>
       </c>
-      <c r="F188" t="s">
-[...2 lines deleted...]
-      <c r="G188" t="s">
+      <c r="N188" t="s">
         <v>2566</v>
       </c>
-      <c r="H188" t="s">
+      <c r="O188" t="s">
         <v>2567</v>
       </c>
-      <c r="I188" t="s">
-[...5 lines deleted...]
-      <c r="K188" t="s">
+      <c r="P188" t="s">
         <v>2568</v>
+      </c>
+      <c r="Q188" t="s">
+        <v>2569</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>944</v>
       </c>
       <c r="B189" t="s">
-        <v>2569</v>
+        <v>2570</v>
       </c>
       <c r="C189" t="s">
         <v>12</v>
       </c>
       <c r="D189" t="s">
         <v>12</v>
       </c>
       <c r="E189" t="s">
-        <v>2570</v>
+        <v>2571</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189" t="s">
-        <v>2571</v>
+        <v>2572</v>
       </c>
       <c r="H189" t="s">
-        <v>2572</v>
+        <v>2573</v>
       </c>
       <c r="I189" t="s">
-        <v>2573</v>
+        <v>987</v>
       </c>
       <c r="J189" t="s">
-        <v>2556</v>
+        <v>527</v>
       </c>
       <c r="K189" t="s">
         <v>2574</v>
-      </c>
-[...13 lines deleted...]
-        <v>2579</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>944</v>
       </c>
       <c r="B190" t="s">
+        <v>2575</v>
+      </c>
+      <c r="C190" t="s">
+        <v>12</v>
+      </c>
+      <c r="D190" t="s">
+        <v>12</v>
+      </c>
+      <c r="E190" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F190" t="s">
+        <v>12</v>
+      </c>
+      <c r="G190" t="s">
+        <v>2577</v>
+      </c>
+      <c r="H190" t="s">
+        <v>2578</v>
+      </c>
+      <c r="I190" t="s">
+        <v>2579</v>
+      </c>
+      <c r="J190" t="s">
+        <v>2562</v>
+      </c>
+      <c r="K190" t="s">
         <v>2580</v>
       </c>
-      <c r="C190" t="s">
-[...5 lines deleted...]
-      <c r="E190" t="s">
+      <c r="L190" t="s">
         <v>2581</v>
       </c>
-      <c r="F190" t="s">
-[...2 lines deleted...]
-      <c r="G190" t="s">
+      <c r="M190" t="s">
         <v>2582</v>
       </c>
-      <c r="H190" t="s">
+      <c r="N190" t="s">
         <v>2583</v>
       </c>
-      <c r="I190" t="s">
-[...5 lines deleted...]
-      <c r="K190" t="s">
+      <c r="O190" t="s">
         <v>2584</v>
       </c>
-      <c r="L190" t="s">
+      <c r="P190" t="s">
         <v>2585</v>
-      </c>
-[...7 lines deleted...]
-        <v>2588</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>944</v>
       </c>
       <c r="B191" t="s">
+        <v>2586</v>
+      </c>
+      <c r="C191" t="s">
+        <v>12</v>
+      </c>
+      <c r="D191" t="s">
+        <v>12</v>
+      </c>
+      <c r="E191" t="s">
+        <v>2587</v>
+      </c>
+      <c r="F191" t="s">
+        <v>12</v>
+      </c>
+      <c r="G191" t="s">
+        <v>2588</v>
+      </c>
+      <c r="H191" t="s">
         <v>2589</v>
       </c>
-      <c r="C191" t="s">
-[...5 lines deleted...]
-      <c r="E191" t="s">
+      <c r="I191" t="s">
+        <v>2438</v>
+      </c>
+      <c r="J191" t="s">
+        <v>1771</v>
+      </c>
+      <c r="K191" t="s">
         <v>2590</v>
       </c>
-      <c r="F191" t="s">
-[...2 lines deleted...]
-      <c r="G191" t="s">
+      <c r="L191" t="s">
         <v>2591</v>
       </c>
-      <c r="H191" t="s">
+      <c r="M191" t="s">
         <v>2592</v>
       </c>
-      <c r="I191" t="s">
+      <c r="N191" t="s">
         <v>2593</v>
       </c>
-      <c r="J191" t="s">
+      <c r="O191" t="s">
         <v>2594</v>
-      </c>
-[...4 lines deleted...]
-        <v>2596</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>944</v>
       </c>
       <c r="B192" t="s">
+        <v>2595</v>
+      </c>
+      <c r="C192" t="s">
+        <v>12</v>
+      </c>
+      <c r="D192" t="s">
+        <v>12</v>
+      </c>
+      <c r="E192" t="s">
+        <v>2596</v>
+      </c>
+      <c r="F192" t="s">
+        <v>12</v>
+      </c>
+      <c r="G192" t="s">
         <v>2597</v>
       </c>
-      <c r="C192" t="s">
-[...5 lines deleted...]
-      <c r="E192" t="s">
+      <c r="H192" t="s">
         <v>2598</v>
       </c>
-      <c r="F192" t="s">
-[...2 lines deleted...]
-      <c r="G192" t="s">
+      <c r="I192" t="s">
         <v>2599</v>
       </c>
-      <c r="H192" t="s">
+      <c r="J192" t="s">
         <v>2600</v>
       </c>
-      <c r="I192" t="s">
+      <c r="K192" t="s">
         <v>2601</v>
       </c>
-      <c r="J192" t="s">
-[...2 lines deleted...]
-      <c r="K192" t="s">
+      <c r="L192" t="s">
         <v>2602</v>
-      </c>
-[...4 lines deleted...]
-        <v>2604</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>944</v>
       </c>
       <c r="B193" t="s">
+        <v>2603</v>
+      </c>
+      <c r="C193" t="s">
+        <v>12</v>
+      </c>
+      <c r="D193" t="s">
+        <v>12</v>
+      </c>
+      <c r="E193" t="s">
+        <v>2604</v>
+      </c>
+      <c r="F193" t="s">
+        <v>12</v>
+      </c>
+      <c r="G193" t="s">
         <v>2605</v>
       </c>
-      <c r="C193" t="s">
-[...5 lines deleted...]
-      <c r="E193" t="s">
+      <c r="H193" t="s">
         <v>2606</v>
       </c>
-      <c r="F193" t="s">
-[...2 lines deleted...]
-      <c r="G193" t="s">
+      <c r="I193" t="s">
         <v>2607</v>
       </c>
-      <c r="H193" t="s">
+      <c r="J193" t="s">
+        <v>2037</v>
+      </c>
+      <c r="K193" t="s">
         <v>2608</v>
       </c>
-      <c r="I193" t="s">
+      <c r="L193" t="s">
         <v>2609</v>
       </c>
-      <c r="J193" t="s">
-[...2 lines deleted...]
-      <c r="K193" t="s">
+      <c r="M193" t="s">
         <v>2610</v>
-      </c>
-[...1 lines deleted...]
-        <v>2611</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>944</v>
       </c>
       <c r="B194" t="s">
+        <v>2611</v>
+      </c>
+      <c r="C194" t="s">
+        <v>12</v>
+      </c>
+      <c r="D194" t="s">
+        <v>12</v>
+      </c>
+      <c r="E194" t="s">
         <v>2612</v>
       </c>
-      <c r="C194" t="s">
-[...5 lines deleted...]
-      <c r="E194" t="s">
+      <c r="F194" t="s">
+        <v>12</v>
+      </c>
+      <c r="G194" t="s">
         <v>2613</v>
       </c>
-      <c r="F194" t="s">
-[...2 lines deleted...]
-      <c r="G194" t="s">
+      <c r="H194" t="s">
         <v>2614</v>
       </c>
-      <c r="H194" t="s">
+      <c r="I194" t="s">
         <v>2615</v>
       </c>
-      <c r="I194" t="s">
+      <c r="J194" t="s">
+        <v>2562</v>
+      </c>
+      <c r="K194" t="s">
         <v>2616</v>
       </c>
-      <c r="J194" t="s">
+      <c r="L194" t="s">
         <v>2617</v>
-      </c>
-[...4 lines deleted...]
-        <v>2619</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>944</v>
       </c>
       <c r="B195" t="s">
+        <v>2618</v>
+      </c>
+      <c r="C195" t="s">
+        <v>12</v>
+      </c>
+      <c r="D195" t="s">
+        <v>12</v>
+      </c>
+      <c r="E195" t="s">
+        <v>2619</v>
+      </c>
+      <c r="F195" t="s">
+        <v>12</v>
+      </c>
+      <c r="G195" t="s">
         <v>2620</v>
       </c>
-      <c r="C195" t="s">
-[...5 lines deleted...]
-      <c r="E195" t="s">
+      <c r="H195" t="s">
         <v>2621</v>
       </c>
-      <c r="F195" t="s">
-[...2 lines deleted...]
-      <c r="G195" t="s">
+      <c r="I195" t="s">
         <v>2622</v>
       </c>
-      <c r="H195" t="s">
+      <c r="J195" t="s">
         <v>2623</v>
       </c>
-      <c r="I195" t="s">
+      <c r="K195" t="s">
         <v>2624</v>
       </c>
-      <c r="J195" t="s">
+      <c r="L195" t="s">
         <v>2625</v>
-      </c>
-[...4 lines deleted...]
-        <v>2627</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>944</v>
       </c>
       <c r="B196" t="s">
+        <v>2626</v>
+      </c>
+      <c r="C196" t="s">
+        <v>12</v>
+      </c>
+      <c r="D196" t="s">
+        <v>12</v>
+      </c>
+      <c r="E196" t="s">
+        <v>2627</v>
+      </c>
+      <c r="F196" t="s">
+        <v>12</v>
+      </c>
+      <c r="G196" t="s">
         <v>2628</v>
       </c>
-      <c r="C196" t="s">
-[...5 lines deleted...]
-      <c r="E196" t="s">
+      <c r="H196" t="s">
         <v>2629</v>
       </c>
-      <c r="F196" t="s">
-[...2 lines deleted...]
-      <c r="G196" t="s">
+      <c r="I196" t="s">
         <v>2630</v>
       </c>
-      <c r="H196" t="s">
+      <c r="J196" t="s">
         <v>2631</v>
       </c>
-      <c r="I196" t="s">
+      <c r="K196" t="s">
         <v>2632</v>
       </c>
-      <c r="J196" t="s">
+      <c r="L196" t="s">
         <v>2633</v>
-      </c>
-[...7 lines deleted...]
-        <v>2636</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>944</v>
       </c>
       <c r="B197" t="s">
+        <v>2634</v>
+      </c>
+      <c r="C197" t="s">
+        <v>12</v>
+      </c>
+      <c r="D197" t="s">
+        <v>12</v>
+      </c>
+      <c r="E197" t="s">
+        <v>2635</v>
+      </c>
+      <c r="F197" t="s">
+        <v>12</v>
+      </c>
+      <c r="G197" t="s">
+        <v>2636</v>
+      </c>
+      <c r="H197" t="s">
         <v>2637</v>
       </c>
-      <c r="C197" t="s">
-[...5 lines deleted...]
-      <c r="E197" t="s">
+      <c r="I197" t="s">
         <v>2638</v>
       </c>
-      <c r="F197" t="s">
-[...2 lines deleted...]
-      <c r="G197" t="s">
+      <c r="J197" t="s">
         <v>2639</v>
       </c>
-      <c r="H197" t="s">
+      <c r="K197" t="s">
         <v>2640</v>
       </c>
-      <c r="I197" t="s">
-[...2 lines deleted...]
-      <c r="J197" t="s">
+      <c r="L197" t="s">
         <v>2641</v>
       </c>
-      <c r="K197" t="s">
+      <c r="M197" t="s">
         <v>2642</v>
-      </c>
-[...1 lines deleted...]
-        <v>2643</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>944</v>
       </c>
       <c r="B198" t="s">
+        <v>2643</v>
+      </c>
+      <c r="C198" t="s">
+        <v>12</v>
+      </c>
+      <c r="D198" t="s">
+        <v>12</v>
+      </c>
+      <c r="E198" t="s">
         <v>2644</v>
       </c>
-      <c r="C198" t="s">
-[...5 lines deleted...]
-      <c r="E198" t="s">
+      <c r="F198" t="s">
+        <v>12</v>
+      </c>
+      <c r="G198" t="s">
         <v>2645</v>
       </c>
-      <c r="F198" t="s">
-[...2 lines deleted...]
-      <c r="G198" t="s">
+      <c r="H198" t="s">
         <v>2646</v>
       </c>
-      <c r="H198" t="s">
+      <c r="I198" t="s">
+        <v>1765</v>
+      </c>
+      <c r="J198" t="s">
         <v>2647</v>
       </c>
-      <c r="I198" t="s">
+      <c r="K198" t="s">
         <v>2648</v>
       </c>
-      <c r="J198" t="s">
+      <c r="L198" t="s">
         <v>2649</v>
-      </c>
-[...4 lines deleted...]
-        <v>2651</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>944</v>
       </c>
       <c r="B199" t="s">
+        <v>2650</v>
+      </c>
+      <c r="C199" t="s">
+        <v>12</v>
+      </c>
+      <c r="D199" t="s">
+        <v>12</v>
+      </c>
+      <c r="E199" t="s">
+        <v>2651</v>
+      </c>
+      <c r="F199" t="s">
+        <v>12</v>
+      </c>
+      <c r="G199" t="s">
         <v>2652</v>
       </c>
-      <c r="C199" t="s">
-[...5 lines deleted...]
-      <c r="E199" t="s">
+      <c r="H199" t="s">
         <v>2653</v>
       </c>
-      <c r="F199" t="s">
-[...2 lines deleted...]
-      <c r="G199" t="s">
+      <c r="I199" t="s">
         <v>2654</v>
       </c>
-      <c r="H199" t="s">
+      <c r="J199" t="s">
         <v>2655</v>
       </c>
-      <c r="I199" t="s">
+      <c r="K199" t="s">
         <v>2656</v>
       </c>
-      <c r="J199" t="s">
+      <c r="L199" t="s">
         <v>2657</v>
-      </c>
-[...1 lines deleted...]
-        <v>2658</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>944</v>
       </c>
       <c r="B200" t="s">
+        <v>2658</v>
+      </c>
+      <c r="C200" t="s">
+        <v>12</v>
+      </c>
+      <c r="D200" t="s">
+        <v>12</v>
+      </c>
+      <c r="E200" t="s">
         <v>2659</v>
       </c>
-      <c r="C200" t="s">
-[...5 lines deleted...]
-      <c r="E200" t="s">
+      <c r="F200" t="s">
+        <v>12</v>
+      </c>
+      <c r="G200" t="s">
         <v>2660</v>
       </c>
-      <c r="F200" t="s">
-[...2 lines deleted...]
-      <c r="G200" t="s">
+      <c r="H200" t="s">
         <v>2661</v>
       </c>
-      <c r="H200" t="s">
+      <c r="I200" t="s">
         <v>2662</v>
       </c>
-      <c r="I200" t="s">
+      <c r="J200" t="s">
         <v>2663</v>
       </c>
-      <c r="J200" t="s">
+      <c r="K200" t="s">
         <v>2664</v>
-      </c>
-[...31 lines deleted...]
-        <v>2675</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>944</v>
       </c>
       <c r="B201" t="s">
+        <v>2665</v>
+      </c>
+      <c r="C201" t="s">
+        <v>12</v>
+      </c>
+      <c r="D201" t="s">
+        <v>12</v>
+      </c>
+      <c r="E201" t="s">
+        <v>2666</v>
+      </c>
+      <c r="F201" t="s">
+        <v>12</v>
+      </c>
+      <c r="G201" t="s">
+        <v>2667</v>
+      </c>
+      <c r="H201" t="s">
+        <v>2668</v>
+      </c>
+      <c r="I201" t="s">
+        <v>2669</v>
+      </c>
+      <c r="J201" t="s">
+        <v>2670</v>
+      </c>
+      <c r="K201" t="s">
+        <v>2671</v>
+      </c>
+      <c r="L201" t="s">
+        <v>2672</v>
+      </c>
+      <c r="M201" t="s">
+        <v>2673</v>
+      </c>
+      <c r="N201" t="s">
+        <v>2674</v>
+      </c>
+      <c r="O201" t="s">
+        <v>2675</v>
+      </c>
+      <c r="P201" t="s">
         <v>2676</v>
       </c>
-      <c r="C201" t="s">
-[...11 lines deleted...]
-      <c r="G201" t="s">
+      <c r="Q201" t="s">
         <v>2677</v>
       </c>
-      <c r="H201" t="s">
+      <c r="R201" t="s">
         <v>2678</v>
       </c>
-      <c r="I201" t="s">
-[...5 lines deleted...]
-      <c r="K201" t="s">
+      <c r="S201" t="s">
         <v>2679</v>
       </c>
-      <c r="L201" t="s">
+      <c r="T201" t="s">
         <v>2680</v>
       </c>
-      <c r="M201" t="s">
+      <c r="U201" t="s">
         <v>2681</v>
-      </c>
-[...1 lines deleted...]
-        <v>2682</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>944</v>
       </c>
       <c r="B202" t="s">
+        <v>2682</v>
+      </c>
+      <c r="C202" t="s">
+        <v>12</v>
+      </c>
+      <c r="D202" t="s">
+        <v>12</v>
+      </c>
+      <c r="E202" t="s">
+        <v>2666</v>
+      </c>
+      <c r="F202" t="s">
+        <v>12</v>
+      </c>
+      <c r="G202" t="s">
         <v>2683</v>
       </c>
-      <c r="C202" t="s">
-[...5 lines deleted...]
-      <c r="E202" t="s">
+      <c r="H202" t="s">
         <v>2684</v>
       </c>
-      <c r="F202" t="s">
-[...2 lines deleted...]
-      <c r="G202" t="s">
+      <c r="I202" t="s">
+        <v>2669</v>
+      </c>
+      <c r="J202" t="s">
+        <v>2037</v>
+      </c>
+      <c r="K202" t="s">
         <v>2685</v>
       </c>
-      <c r="H202" t="s">
+      <c r="L202" t="s">
         <v>2686</v>
       </c>
-      <c r="I202" t="s">
+      <c r="M202" t="s">
         <v>2687</v>
       </c>
-      <c r="J202" t="s">
-[...2 lines deleted...]
-      <c r="K202" t="s">
+      <c r="N202" t="s">
         <v>2688</v>
-      </c>
-[...28 lines deleted...]
-        <v>2697</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>944</v>
       </c>
       <c r="B203" t="s">
+        <v>2689</v>
+      </c>
+      <c r="C203" t="s">
+        <v>12</v>
+      </c>
+      <c r="D203" t="s">
+        <v>12</v>
+      </c>
+      <c r="E203" t="s">
+        <v>2690</v>
+      </c>
+      <c r="F203" t="s">
+        <v>12</v>
+      </c>
+      <c r="G203" t="s">
+        <v>2691</v>
+      </c>
+      <c r="H203" t="s">
+        <v>2692</v>
+      </c>
+      <c r="I203" t="s">
+        <v>2693</v>
+      </c>
+      <c r="J203" t="s">
+        <v>1259</v>
+      </c>
+      <c r="K203" t="s">
+        <v>2694</v>
+      </c>
+      <c r="L203" t="s">
+        <v>2695</v>
+      </c>
+      <c r="M203" t="s">
+        <v>2696</v>
+      </c>
+      <c r="N203" t="s">
+        <v>2697</v>
+      </c>
+      <c r="O203" t="s">
         <v>2698</v>
       </c>
-      <c r="C203" t="s">
-[...5 lines deleted...]
-      <c r="E203" t="s">
+      <c r="P203" t="s">
         <v>2699</v>
       </c>
-      <c r="F203" t="s">
-[...2 lines deleted...]
-      <c r="G203" t="s">
+      <c r="Q203" t="s">
         <v>2700</v>
       </c>
-      <c r="H203" t="s">
+      <c r="R203" t="s">
         <v>2701</v>
       </c>
-      <c r="I203" t="s">
+      <c r="S203" t="s">
         <v>2702</v>
       </c>
-      <c r="J203" t="s">
+      <c r="T203" t="s">
+        <v>2702</v>
+      </c>
+      <c r="U203" t="s">
         <v>2703</v>
-      </c>
-[...13 lines deleted...]
-        <v>2708</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>944</v>
       </c>
       <c r="B204" t="s">
+        <v>2704</v>
+      </c>
+      <c r="C204" t="s">
+        <v>12</v>
+      </c>
+      <c r="D204" t="s">
+        <v>12</v>
+      </c>
+      <c r="E204" t="s">
+        <v>2705</v>
+      </c>
+      <c r="F204" t="s">
+        <v>12</v>
+      </c>
+      <c r="G204" t="s">
+        <v>2706</v>
+      </c>
+      <c r="H204" t="s">
+        <v>2707</v>
+      </c>
+      <c r="I204" t="s">
+        <v>2708</v>
+      </c>
+      <c r="J204" t="s">
         <v>2709</v>
       </c>
-      <c r="C204" t="s">
-[...11 lines deleted...]
-      <c r="G204" t="s">
+      <c r="K204" t="s">
         <v>2710</v>
       </c>
-      <c r="H204" t="s">
+      <c r="L204" t="s">
         <v>2711</v>
       </c>
-      <c r="I204" t="s">
+      <c r="M204" t="s">
         <v>2712</v>
       </c>
-      <c r="J204" t="s">
+      <c r="N204" t="s">
         <v>2713</v>
       </c>
-      <c r="K204" t="s">
+      <c r="O204" t="s">
         <v>2714</v>
-      </c>
-[...4 lines deleted...]
-        <v>2716</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>944</v>
       </c>
       <c r="B205" t="s">
+        <v>2715</v>
+      </c>
+      <c r="C205" t="s">
+        <v>12</v>
+      </c>
+      <c r="D205" t="s">
+        <v>12</v>
+      </c>
+      <c r="E205" t="s">
+        <v>2705</v>
+      </c>
+      <c r="F205" t="s">
+        <v>12</v>
+      </c>
+      <c r="G205" t="s">
+        <v>2716</v>
+      </c>
+      <c r="H205" t="s">
         <v>2717</v>
       </c>
-      <c r="C205" t="s">
-[...5 lines deleted...]
-      <c r="E205" t="s">
+      <c r="I205" t="s">
         <v>2718</v>
       </c>
-      <c r="F205" t="s">
-[...2 lines deleted...]
-      <c r="G205" t="s">
+      <c r="J205" t="s">
         <v>2719</v>
       </c>
-      <c r="H205" t="s">
+      <c r="K205" t="s">
         <v>2720</v>
       </c>
-      <c r="I205" t="s">
+      <c r="L205" t="s">
         <v>2721</v>
       </c>
-      <c r="J205" t="s">
+      <c r="M205" t="s">
         <v>2722</v>
-      </c>
-[...1 lines deleted...]
-        <v>2723</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>944</v>
       </c>
       <c r="B206" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C206" t="s">
+        <v>12</v>
+      </c>
+      <c r="D206" t="s">
+        <v>12</v>
+      </c>
+      <c r="E206" t="s">
         <v>2724</v>
       </c>
-      <c r="C206" t="s">
-[...5 lines deleted...]
-      <c r="E206" t="s">
+      <c r="F206" t="s">
+        <v>12</v>
+      </c>
+      <c r="G206" t="s">
         <v>2725</v>
       </c>
-      <c r="F206" t="s">
-[...2 lines deleted...]
-      <c r="G206" t="s">
+      <c r="H206" t="s">
         <v>2726</v>
       </c>
-      <c r="H206" t="s">
+      <c r="I206" t="s">
         <v>2727</v>
       </c>
-      <c r="I206" t="s">
+      <c r="J206" t="s">
         <v>2728</v>
-      </c>
-[...1 lines deleted...]
-        <v>2633</v>
       </c>
       <c r="K206" t="s">
         <v>2729</v>
-      </c>
-[...7 lines deleted...]
-        <v>2732</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>944</v>
       </c>
       <c r="B207" t="s">
+        <v>2730</v>
+      </c>
+      <c r="C207" t="s">
+        <v>12</v>
+      </c>
+      <c r="D207" t="s">
+        <v>12</v>
+      </c>
+      <c r="E207" t="s">
+        <v>2731</v>
+      </c>
+      <c r="F207" t="s">
+        <v>12</v>
+      </c>
+      <c r="G207" t="s">
+        <v>2732</v>
+      </c>
+      <c r="H207" t="s">
         <v>2733</v>
       </c>
-      <c r="C207" t="s">
-[...11 lines deleted...]
-      <c r="G207" t="s">
+      <c r="I207" t="s">
         <v>2734</v>
       </c>
-      <c r="H207" t="s">
+      <c r="J207" t="s">
+        <v>2639</v>
+      </c>
+      <c r="K207" t="s">
         <v>2735</v>
       </c>
-      <c r="I207" t="s">
+      <c r="L207" t="s">
         <v>2736</v>
       </c>
-      <c r="J207" t="s">
+      <c r="M207" t="s">
         <v>2737</v>
       </c>
-      <c r="K207" t="s">
+      <c r="N207" t="s">
         <v>2738</v>
-      </c>
-[...4 lines deleted...]
-        <v>2740</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>944</v>
       </c>
       <c r="B208" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C208" t="s">
+        <v>12</v>
+      </c>
+      <c r="D208" t="s">
+        <v>12</v>
+      </c>
+      <c r="E208" t="s">
+        <v>2731</v>
+      </c>
+      <c r="F208" t="s">
+        <v>12</v>
+      </c>
+      <c r="G208" t="s">
+        <v>2740</v>
+      </c>
+      <c r="H208" t="s">
         <v>2741</v>
       </c>
-      <c r="C208" t="s">
-[...5 lines deleted...]
-      <c r="E208" t="s">
+      <c r="I208" t="s">
         <v>2742</v>
       </c>
-      <c r="F208" t="s">
-[...2 lines deleted...]
-      <c r="G208" t="s">
+      <c r="J208" t="s">
         <v>2743</v>
       </c>
-      <c r="H208" t="s">
+      <c r="K208" t="s">
         <v>2744</v>
       </c>
-      <c r="I208" t="s">
+      <c r="L208" t="s">
         <v>2745</v>
       </c>
-      <c r="J208" t="s">
+      <c r="M208" t="s">
         <v>2746</v>
-      </c>
-[...1 lines deleted...]
-        <v>2747</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>944</v>
       </c>
       <c r="B209" t="s">
+        <v>2747</v>
+      </c>
+      <c r="C209" t="s">
+        <v>12</v>
+      </c>
+      <c r="D209" t="s">
+        <v>12</v>
+      </c>
+      <c r="E209" t="s">
         <v>2748</v>
-      </c>
-[...7 lines deleted...]
-        <v>2742</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209" t="s">
         <v>2749</v>
       </c>
       <c r="H209" t="s">
         <v>2750</v>
       </c>
       <c r="I209" t="s">
         <v>2751</v>
       </c>
       <c r="J209" t="s">
-        <v>2280</v>
+        <v>2752</v>
       </c>
       <c r="K209" t="s">
-        <v>2752</v>
-[...1 lines deleted...]
-      <c r="L209" t="s">
         <v>2753</v>
-      </c>
-[...7 lines deleted...]
-        <v>2756</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>944</v>
       </c>
       <c r="B210" t="s">
+        <v>2754</v>
+      </c>
+      <c r="C210" t="s">
+        <v>12</v>
+      </c>
+      <c r="D210" t="s">
+        <v>12</v>
+      </c>
+      <c r="E210" t="s">
+        <v>2748</v>
+      </c>
+      <c r="F210" t="s">
+        <v>12</v>
+      </c>
+      <c r="G210" t="s">
+        <v>2755</v>
+      </c>
+      <c r="H210" t="s">
+        <v>2756</v>
+      </c>
+      <c r="I210" t="s">
         <v>2757</v>
       </c>
-      <c r="C210" t="s">
-[...5 lines deleted...]
-      <c r="E210" t="s">
+      <c r="J210" t="s">
+        <v>2286</v>
+      </c>
+      <c r="K210" t="s">
         <v>2758</v>
       </c>
-      <c r="F210" t="s">
-[...2 lines deleted...]
-      <c r="G210" t="s">
+      <c r="L210" t="s">
         <v>2759</v>
       </c>
-      <c r="H210" t="s">
+      <c r="M210" t="s">
         <v>2760</v>
       </c>
-      <c r="I210" t="s">
-[...5 lines deleted...]
-      <c r="K210" t="s">
+      <c r="N210" t="s">
         <v>2761</v>
       </c>
-      <c r="L210" t="s">
+      <c r="O210" t="s">
         <v>2762</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>944</v>
+      </c>
+      <c r="B211" t="s">
+        <v>2763</v>
+      </c>
+      <c r="C211" t="s">
+        <v>12</v>
+      </c>
+      <c r="D211" t="s">
+        <v>12</v>
+      </c>
+      <c r="E211" t="s">
+        <v>2764</v>
+      </c>
+      <c r="F211" t="s">
+        <v>12</v>
+      </c>
+      <c r="G211" t="s">
+        <v>2765</v>
+      </c>
+      <c r="H211" t="s">
+        <v>2766</v>
+      </c>
+      <c r="I211" t="s">
+        <v>1594</v>
+      </c>
+      <c r="J211" t="s">
+        <v>2647</v>
+      </c>
+      <c r="K211" t="s">
+        <v>2767</v>
+      </c>
+      <c r="L211" t="s">
+        <v>2768</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2763</v>
+        <v>2769</v>
       </c>
       <c r="B2" t="s">
-        <v>2764</v>
+        <v>2770</v>
       </c>
       <c r="C2" t="s">
-        <v>2765</v>
+        <v>2771</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>2766</v>
+        <v>2772</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>2767</v>
+        <v>2773</v>
       </c>
       <c r="H2" t="s">
-        <v>2768</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2763</v>
+        <v>2769</v>
       </c>
       <c r="B3" t="s">
-        <v>2769</v>
+        <v>2775</v>
       </c>
       <c r="C3" t="s">
-        <v>2770</v>
+        <v>2776</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>2771</v>
+        <v>2777</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>2772</v>
+        <v>2778</v>
       </c>
       <c r="H3" t="s">
-        <v>2773</v>
+        <v>2779</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -21617,152 +21673,152 @@
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>626</v>
       </c>
       <c r="H4" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>612</v>
       </c>
       <c r="B5" t="s">
         <v>628</v>
       </c>
       <c r="C5" t="s">
         <v>629</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="H5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>612</v>
       </c>
       <c r="B6" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C6" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>635</v>
       </c>
       <c r="H6" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>612</v>
       </c>
       <c r="B7" t="s">
         <v>637</v>
       </c>
       <c r="C7" t="s">
         <v>638</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>639</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>640</v>
       </c>
       <c r="H7" t="s">
         <v>641</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>612</v>
       </c>
       <c r="B8" t="s">
         <v>642</v>
       </c>
       <c r="C8" t="s">
         <v>643</v>
       </c>
       <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>644</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
         <v>645</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>646</v>
-      </c>
-[...1 lines deleted...]
-        <v>647</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>612</v>
       </c>
       <c r="B9" t="s">
+        <v>647</v>
+      </c>
+      <c r="C9" t="s">
         <v>648</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>650</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>651</v>
       </c>
       <c r="H9" t="s">
         <v>652</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>612</v>
       </c>
       <c r="B10" t="s">
         <v>653</v>
       </c>
       <c r="C10" t="s">
         <v>654</v>
       </c>
       <c r="D10" t="s">
@@ -22007,77 +22063,77 @@
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>701</v>
       </c>
       <c r="H19" t="s">
         <v>702</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>612</v>
       </c>
       <c r="B20" t="s">
         <v>703</v>
       </c>
       <c r="C20" t="s">
         <v>704</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="H20" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>612</v>
       </c>
       <c r="B21" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C21" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
         <v>710</v>
       </c>
       <c r="H21" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>612</v>
       </c>
       <c r="B22" t="s">
         <v>712</v>
       </c>
       <c r="C22" t="s">
         <v>713</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
@@ -22131,80 +22187,80 @@
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
         <v>724</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
         <v>725</v>
       </c>
       <c r="H24" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>612</v>
       </c>
       <c r="B25" t="s">
         <v>727</v>
       </c>
       <c r="C25" t="s">
-        <v>12</v>
+        <v>728</v>
       </c>
       <c r="D25" t="s">
-        <v>728</v>
+        <v>12</v>
       </c>
       <c r="E25" t="s">
         <v>729</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
         <v>730</v>
       </c>
       <c r="H25" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>612</v>
       </c>
       <c r="B26" t="s">
         <v>732</v>
       </c>
       <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E26" t="s">
         <v>734</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
         <v>735</v>
       </c>
       <c r="H26" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>612</v>
       </c>
       <c r="B27" t="s">
         <v>737</v>
       </c>
       <c r="C27" t="s">
         <v>738</v>
       </c>
       <c r="D27" t="s">
@@ -22215,77 +22271,77 @@
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
         <v>740</v>
       </c>
       <c r="H27" t="s">
         <v>741</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>612</v>
       </c>
       <c r="B28" t="s">
         <v>742</v>
       </c>
       <c r="C28" t="s">
         <v>743</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="H28" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>612</v>
       </c>
       <c r="B29" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C29" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
         <v>749</v>
       </c>
       <c r="H29" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>612</v>
       </c>
       <c r="B30" t="s">
         <v>751</v>
       </c>
       <c r="C30" t="s">
         <v>752</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">