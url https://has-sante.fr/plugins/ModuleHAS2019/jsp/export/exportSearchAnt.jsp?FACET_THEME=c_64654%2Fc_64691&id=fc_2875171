--- v2 (2026-01-19)
+++ v3 (2026-03-06)
@@ -39,91 +39,112 @@
     <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
     <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4682" uniqueCount="2780">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4705" uniqueCount="2794">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>ISTENT INJECT</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>20/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2026 14:41:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840389/fr/istent-inject</t>
+  </si>
+  <si>
+    <t>p_3840389</t>
+  </si>
+  <si>
+    <t>Micro-stent de pontage trabéculaire</t>
+  </si>
+  <si>
+    <t>GLAUKOS FRANCE</t>
+  </si>
+  <si>
     <t>VISMED GEL MULTI</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>23/09/2025 00:00:00</t>
   </si>
   <si>
     <t>24/10/2025 11:33:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689733/fr/vismed-gel-multi</t>
   </si>
   <si>
     <t>p_3689733</t>
   </si>
   <si>
     <t>Gel stérile de hyaluronate de sodium à 0,3% pour usage ophtalmique topique</t>
   </si>
   <si>
     <t>HORUS PHARMA (France)</t>
   </si>
   <si>
     <t>HYLOVIS GEL MULTI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3690520/fr/hylovis-gel-multi</t>
   </si>
   <si>
     <t>p_3690520</t>
@@ -413,53 +434,50 @@
   <si>
     <t>p_3488835</t>
   </si>
   <si>
     <t>Lentilles d’orthokératologie à défocalisation myopique périphérique</t>
   </si>
   <si>
     <t>LABORATOIRE PRECILENS</t>
   </si>
   <si>
     <t>iSTENT INJECT W</t>
   </si>
   <si>
     <t>19/12/2023 00:00:00</t>
   </si>
   <si>
     <t>04/01/2024 11:04:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3483270/fr/istent-inject-w</t>
   </si>
   <si>
     <t>p_3483270</t>
   </si>
   <si>
-    <t>Micro-stent de pontage trabéculaire</t>
-[...1 lines deleted...]
-  <si>
     <t>GLAUKOS France SASU (France)</t>
   </si>
   <si>
     <t>XEN</t>
   </si>
   <si>
     <t>21/11/2023 00:00:00</t>
   </si>
   <si>
     <t>04/12/2023 14:36:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3477467/fr/xen</t>
   </si>
   <si>
     <t>p_3477467</t>
   </si>
   <si>
     <t>Système de drainage de l’humeur aqueuse</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
     <t>HYDRUS</t>
@@ -2876,92 +2894,158 @@
   <si>
     <t>Fiche pertinence des soins indications et contre-indications de la chirurgie de la cataracte liée à l’âge</t>
   </si>
   <si>
     <t>Cette fiche pertinence décline les indications et contre-indications de la chirurgie de la cataracte liée à l’âge.</t>
   </si>
   <si>
     <t>11/03/2019 11:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2906983/fr/fiche-pertinence-des-soins-indications-et-contre-indications-de-la-chirurgie-de-la-cataracte-liee-a-l-age</t>
   </si>
   <si>
     <t>c_2906983</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>ATROPINE (sulfate d'atropine)</t>
+  </si>
+  <si>
+    <t>20/02/2026 11:45:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983352/fr/atropine-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>pprd_2983352</t>
+  </si>
+  <si>
+    <t>sulfate d'atropine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS / AGUETTANT / LABORATOIRES ALCON SAS / RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473510/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121575/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739151/fr/atropine-sulfate-aguettant-atropine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739154/fr/atropine-sulfate-aguettant-atropine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019735/fr/atropine-sulfate-renaudin-atropine-sulfate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676708/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834504/fr/atropine-alcon-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233058/fr/atropine-sulfate-accord-sulfate-d-atropine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861011/fr/atropine-alcon-sulfate-d-atropine-uveites-/-cyclopegie-pour-refraction-/-penalisation-optique</t>
+  </si>
+  <si>
+    <t>LENASTER (phosphate sodique d’hydrocortisone)</t>
+  </si>
+  <si>
+    <t>20/02/2026 11:45:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3864446/fr/lenaster-phosphate-sodique-d-hydrocortisone</t>
+  </si>
+  <si>
+    <t>p_3864446</t>
+  </si>
+  <si>
+    <t>phosphate sodique d’hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861023/fr/lenaster-phosphate-sodique-d-hydrocortisone-inflammation-oculaire</t>
+  </si>
+  <si>
+    <t>TEPEZZA (téprotumumab)</t>
+  </si>
+  <si>
+    <t>12/02/2026 15:41:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592975/fr/tepezza-teprotumumab</t>
+  </si>
+  <si>
+    <t>p_3592975</t>
+  </si>
+  <si>
+    <t>téprotumumab</t>
+  </si>
+  <si>
+    <t>AMGEN SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592956/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785356/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859380/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
+  </si>
+  <si>
     <t>VEVIZYE (ciclosporine)</t>
   </si>
   <si>
     <t>29/12/2025 14:20:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806686/fr/vevizye-ciclosporine</t>
   </si>
   <si>
     <t>p_3806686</t>
   </si>
   <si>
     <t>ciclosporine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806397/fr/vevizye-ciclosporine-keratoconjonctivite-seche</t>
   </si>
   <si>
-    <t>TEPEZZA (téprotumumab)</t>
-[...22 lines deleted...]
-  <si>
     <t>IOPIDINE (apraclonidine)</t>
   </si>
   <si>
     <t>06/11/2025 09:31:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984302/fr/iopidine-apraclonidine</t>
   </si>
   <si>
     <t>pprd_2984302</t>
   </si>
   <si>
     <t>apraclonidine</t>
   </si>
   <si>
     <t>ESSENTIAL PHARMA LIMITED</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400925/fr/iopidine-0-5-pour-cent-collyre-en-solution-1-flacon-de-5-ml-cip-338-389-8-iopidine-1-pour-cent-collyre-en-recipient-unidose-2-recipients-de-0-25-ml-cip-341-054-3</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_962473/fr/iopidine-apraclonidine-chlorhydrate-d</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2579419/fr/iopidine-apraclonidine-chlorhydrate-d</t>
@@ -4509,92 +4593,50 @@
     <t>https://www.has-sante.fr/jcms/pprd_2983737/fr/fucidine-acide-fusidique/-fusidate-de-sodium</t>
   </si>
   <si>
     <t>pprd_2983737</t>
   </si>
   <si>
     <t>acide fusidique,fusidate de sodium</t>
   </si>
   <si>
     <t>LEO PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399428/fr/fucidine-2-pour-cent-creme-tube-de-15-g-acide-fusidique/-fusidate-de-sodium</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_460033/fr/fucidine-acide-fusidique/-fusidate-de-sodium</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1069667/fr/fucidine-fucithalmic-acide-fusidique/-fusidate-de-sodium</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2744912/fr/fucidine-acide-fusidique/-fusidate-de-sodium</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3238102/fr/fucidine-acide-fusidique/-fusidate-de-sodium</t>
-  </si>
-[...40 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3233058/fr/atropine-sulfate-accord-sulfate-d-atropine</t>
   </si>
   <si>
     <t>COSTEC (dorzolamide/ timolol)</t>
   </si>
   <si>
     <t>06/11/2020 17:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3216107/fr/costec-dorzolamide/-timolol</t>
   </si>
   <si>
     <t>p_3216107</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3215874/fr/costec-dorzolamide/-timolol</t>
   </si>
   <si>
     <t>BRIMAZED (tartrate de brimonidine)</t>
   </si>
   <si>
     <t>23/09/2020 08:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3202576/fr/brimazed-tartrate-de-brimonidine</t>
   </si>
@@ -8429,51 +8471,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J120"/>
+  <dimension ref="A1:J121"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -8510,179 +8552,179 @@
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="I3" t="s">
-        <v>17</v>
+        <v>24</v>
       </c>
       <c r="J3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
       <c r="I4" t="s">
+        <v>24</v>
+      </c>
+      <c r="J4" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" t="s">
         <v>31</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E5" t="s">
         <v>33</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>34</v>
       </c>
       <c r="H5" t="s">
         <v>35</v>
       </c>
       <c r="I5" t="s">
         <v>36</v>
       </c>
       <c r="J5" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>38</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>39</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>32</v>
       </c>
       <c r="E6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="H6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="I6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="J6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="E7" t="s">
         <v>46</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>47</v>
       </c>
       <c r="H7" t="s">
         <v>48</v>
       </c>
       <c r="I7" t="s">
         <v>49</v>
       </c>
       <c r="J7" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
@@ -8702,389 +8744,389 @@
       </c>
       <c r="G8" t="s">
         <v>54</v>
       </c>
       <c r="H8" t="s">
         <v>55</v>
       </c>
       <c r="I8" t="s">
         <v>56</v>
       </c>
       <c r="J8" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
         <v>58</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="E9" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H9" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I9" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="J9" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="E10" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H10" t="s">
+        <v>67</v>
+      </c>
+      <c r="I10" t="s">
         <v>63</v>
       </c>
-      <c r="H10" t="s">
+      <c r="J10" t="s">
         <v>64</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>12</v>
       </c>
       <c r="D11" t="s">
-        <v>67</v>
+        <v>59</v>
       </c>
       <c r="E11" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="H11" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="I11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="J11" t="s">
-        <v>37</v>
+        <v>64</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>72</v>
+        <v>38</v>
       </c>
       <c r="C12" t="s">
-        <v>12</v>
+        <v>73</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="E12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="H12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="I12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="J12" t="s">
-        <v>78</v>
+        <v>44</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>79</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>80</v>
       </c>
       <c r="E13" t="s">
         <v>81</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>82</v>
       </c>
       <c r="H13" t="s">
         <v>83</v>
       </c>
       <c r="I13" t="s">
-        <v>49</v>
+        <v>84</v>
       </c>
       <c r="J13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="E14" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H14" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I14" t="s">
-        <v>90</v>
+        <v>56</v>
       </c>
       <c r="J14" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
         <v>92</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>93</v>
       </c>
       <c r="E15" t="s">
         <v>94</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
         <v>95</v>
       </c>
       <c r="H15" t="s">
         <v>96</v>
       </c>
       <c r="I15" t="s">
         <v>97</v>
       </c>
       <c r="J15" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
-        <v>85</v>
+        <v>99</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
-        <v>86</v>
+        <v>100</v>
       </c>
       <c r="E16" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H16" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I16" t="s">
-        <v>12</v>
+        <v>104</v>
       </c>
       <c r="J16" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
-        <v>103</v>
+        <v>92</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="E17" t="s">
-        <v>99</v>
+        <v>106</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="H17" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="I17" t="s">
-        <v>90</v>
+        <v>12</v>
       </c>
       <c r="J17" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
+        <v>110</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>93</v>
+      </c>
+      <c r="E18" t="s">
         <v>106</v>
       </c>
-      <c r="C18" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="H18" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="I18" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="J18" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="E19" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H19" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I19" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="J19" t="s">
-        <v>118</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
         <v>119</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>120</v>
       </c>
       <c r="E20" t="s">
         <v>121</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>122</v>
       </c>
       <c r="H20" t="s">
@@ -9101,3009 +9143,3009 @@
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>126</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>127</v>
       </c>
       <c r="E21" t="s">
         <v>128</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
         <v>129</v>
       </c>
       <c r="H21" t="s">
         <v>130</v>
       </c>
       <c r="I21" t="s">
+        <v>17</v>
+      </c>
+      <c r="J21" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
+        <v>132</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
         <v>133</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>134</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
         <v>135</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>136</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>124</v>
       </c>
       <c r="J22" t="s">
         <v>138</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
         <v>139</v>
       </c>
       <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
         <v>140</v>
       </c>
-      <c r="D23" t="s">
+      <c r="E23" t="s">
         <v>141</v>
       </c>
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
         <v>142</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>143</v>
       </c>
-      <c r="H23" t="s">
+      <c r="I23" t="s">
+        <v>17</v>
+      </c>
+      <c r="J23" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
-        <v>44</v>
+        <v>145</v>
       </c>
       <c r="C24" t="s">
-        <v>12</v>
+        <v>146</v>
       </c>
       <c r="D24" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E24" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="H24" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="I24" t="s">
-        <v>49</v>
+        <v>12</v>
       </c>
       <c r="J24" t="s">
-        <v>149</v>
+        <v>37</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>150</v>
+        <v>51</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>151</v>
       </c>
       <c r="E25" t="s">
         <v>152</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
         <v>153</v>
       </c>
       <c r="H25" t="s">
         <v>154</v>
       </c>
       <c r="I25" t="s">
+        <v>56</v>
+      </c>
+      <c r="J25" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
+        <v>156</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
         <v>157</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
       <c r="E26" t="s">
         <v>158</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
         <v>159</v>
       </c>
       <c r="H26" t="s">
         <v>160</v>
       </c>
       <c r="I26" t="s">
-        <v>49</v>
+        <v>161</v>
       </c>
       <c r="J26" t="s">
-        <v>50</v>
+        <v>162</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>79</v>
+        <v>163</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="E27" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="H27" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="I27" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="J27" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
-        <v>164</v>
+        <v>86</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="E28" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="H28" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="I28" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="J28" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
+        <v>170</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>151</v>
+      </c>
+      <c r="E29" t="s">
         <v>167</v>
       </c>
-      <c r="C29" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="H29" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="I29" t="s">
-        <v>172</v>
+        <v>56</v>
       </c>
       <c r="J29" t="s">
-        <v>173</v>
+        <v>91</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
-        <v>112</v>
+        <v>173</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="E30" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H30" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="I30" t="s">
-        <v>117</v>
+        <v>178</v>
       </c>
       <c r="J30" t="s">
-        <v>118</v>
+        <v>179</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
-        <v>177</v>
+        <v>119</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="E31" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="H31" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="I31" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="J31" t="s">
-        <v>182</v>
+        <v>125</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
         <v>183</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>184</v>
       </c>
       <c r="E32" t="s">
         <v>185</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
         <v>186</v>
       </c>
       <c r="H32" t="s">
         <v>187</v>
       </c>
       <c r="I32" t="s">
+        <v>137</v>
+      </c>
+      <c r="J32" t="s">
         <v>188</v>
-      </c>
-[...1 lines deleted...]
-        <v>189</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="E33" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="H33" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="I33" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="J33" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="E34" t="s">
+        <v>191</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>196</v>
+      </c>
+      <c r="H34" t="s">
+        <v>197</v>
+      </c>
+      <c r="I34" t="s">
         <v>194</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="J34" t="s">
         <v>195</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
+        <v>198</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
         <v>199</v>
       </c>
-      <c r="C35" t="s">
-[...2 lines deleted...]
-      <c r="D35" t="s">
+      <c r="E35" t="s">
         <v>200</v>
       </c>
-      <c r="E35" t="s">
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
         <v>201</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="H35" t="s">
         <v>202</v>
       </c>
-      <c r="H35" t="s">
+      <c r="I35" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
       <c r="J35" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
         <v>205</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>206</v>
       </c>
       <c r="E36" t="s">
         <v>207</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
         <v>208</v>
       </c>
       <c r="H36" t="s">
         <v>209</v>
       </c>
       <c r="I36" t="s">
+        <v>194</v>
+      </c>
+      <c r="J36" t="s">
         <v>210</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
+        <v>211</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
         <v>212</v>
       </c>
-      <c r="C37" t="s">
-[...2 lines deleted...]
-      <c r="D37" t="s">
+      <c r="E37" t="s">
         <v>213</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
         <v>214</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>215</v>
       </c>
-      <c r="H37" t="s">
+      <c r="I37" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
       <c r="J37" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
-        <v>150</v>
+        <v>218</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="E38" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H38" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="I38" t="s">
-        <v>155</v>
+        <v>49</v>
       </c>
       <c r="J38" t="s">
-        <v>156</v>
+        <v>223</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
-        <v>222</v>
+        <v>156</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="E39" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="H39" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I39" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="J39" t="s">
-        <v>227</v>
+        <v>162</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
         <v>228</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40" t="s">
         <v>229</v>
       </c>
       <c r="E40" t="s">
         <v>230</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
         <v>231</v>
       </c>
       <c r="H40" t="s">
         <v>232</v>
       </c>
       <c r="I40" t="s">
-        <v>188</v>
+        <v>161</v>
       </c>
       <c r="J40" t="s">
         <v>233</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
         <v>234</v>
       </c>
       <c r="C41" t="s">
         <v>12</v>
       </c>
       <c r="D41" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="E41" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="H41" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="I41" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="J41" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="E42" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
         <v>241</v>
       </c>
       <c r="H42" t="s">
         <v>242</v>
       </c>
       <c r="I42" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="J42" t="s">
-        <v>204</v>
+        <v>243</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>10</v>
       </c>
       <c r="B43" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="E43" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H43" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I43" t="s">
-        <v>155</v>
+        <v>194</v>
       </c>
       <c r="J43" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>10</v>
       </c>
       <c r="B44" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E44" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H44" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I44" t="s">
-        <v>188</v>
+        <v>161</v>
       </c>
       <c r="J44" t="s">
-        <v>189</v>
+        <v>210</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>10</v>
       </c>
       <c r="B45" t="s">
-        <v>228</v>
+        <v>254</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E45" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="H45" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="I45" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="J45" t="s">
-        <v>204</v>
+        <v>195</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>10</v>
       </c>
       <c r="B46" t="s">
-        <v>257</v>
+        <v>234</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="E46" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H46" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I46" t="s">
-        <v>262</v>
+        <v>194</v>
       </c>
       <c r="J46" t="s">
-        <v>263</v>
+        <v>210</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>10</v>
       </c>
       <c r="B47" t="s">
+        <v>263</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
         <v>264</v>
       </c>
-      <c r="C47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E47" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H47" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="I47" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="J47" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>10</v>
       </c>
       <c r="B48" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48" t="s">
+        <v>264</v>
+      </c>
+      <c r="E48" t="s">
+        <v>265</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>271</v>
+      </c>
+      <c r="H48" t="s">
+        <v>272</v>
+      </c>
+      <c r="I48" t="s">
         <v>268</v>
       </c>
-      <c r="E48" t="s">
-[...5 lines deleted...]
-      <c r="G48" t="s">
+      <c r="J48" t="s">
         <v>269</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="E49" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="H49" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="I49" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="J49" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>10</v>
       </c>
       <c r="B50" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="C50" t="s">
         <v>12</v>
       </c>
       <c r="D50" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="E50" t="s">
+        <v>265</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>279</v>
+      </c>
+      <c r="H50" t="s">
+        <v>280</v>
+      </c>
+      <c r="I50" t="s">
+        <v>194</v>
+      </c>
+      <c r="J50" t="s">
         <v>277</v>
-      </c>
-[...13 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>10</v>
       </c>
       <c r="B51" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C51" t="s">
         <v>12</v>
       </c>
       <c r="D51" t="s">
-        <v>258</v>
+        <v>282</v>
       </c>
       <c r="E51" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="H51" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="I51" t="s">
-        <v>284</v>
+        <v>49</v>
       </c>
       <c r="J51" t="s">
-        <v>285</v>
+        <v>223</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>10</v>
       </c>
       <c r="B52" t="s">
         <v>286</v>
       </c>
       <c r="C52" t="s">
         <v>12</v>
       </c>
       <c r="D52" t="s">
+        <v>264</v>
+      </c>
+      <c r="E52" t="s">
         <v>287</v>
       </c>
-      <c r="E52" t="s">
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
         <v>288</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="H52" t="s">
         <v>289</v>
       </c>
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>290</v>
       </c>
-      <c r="I52" t="s">
+      <c r="J52" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>10</v>
       </c>
       <c r="B53" t="s">
         <v>292</v>
       </c>
       <c r="C53" t="s">
         <v>12</v>
       </c>
       <c r="D53" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="E53" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="H53" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="I53" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="J53" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>10</v>
       </c>
       <c r="B54" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="C54" t="s">
         <v>12</v>
       </c>
       <c r="D54" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="E54" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" t="s">
+        <v>300</v>
+      </c>
+      <c r="H54" t="s">
+        <v>301</v>
+      </c>
+      <c r="I54" t="s">
         <v>297</v>
       </c>
-      <c r="H54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J54" t="s">
-        <v>50</v>
+        <v>91</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>10</v>
       </c>
       <c r="B55" t="s">
-        <v>299</v>
+        <v>292</v>
       </c>
       <c r="C55" t="s">
         <v>12</v>
       </c>
       <c r="D55" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="E55" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="H55" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="I55" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="J55" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>10</v>
       </c>
       <c r="B56" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C56" t="s">
         <v>12</v>
       </c>
       <c r="D56" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="E56" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H56" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="I56" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="J56" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>10</v>
       </c>
       <c r="B57" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C57" t="s">
         <v>12</v>
       </c>
       <c r="D57" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="E57" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="H57" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="I57" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="J57" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>10</v>
       </c>
       <c r="B58" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C58" t="s">
         <v>12</v>
       </c>
       <c r="D58" t="s">
-        <v>312</v>
+        <v>293</v>
       </c>
       <c r="E58" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="H58" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="I58" t="s">
-        <v>155</v>
+        <v>297</v>
       </c>
       <c r="J58" t="s">
-        <v>217</v>
+        <v>91</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>10</v>
       </c>
       <c r="B59" t="s">
-        <v>299</v>
+        <v>317</v>
       </c>
       <c r="C59" t="s">
         <v>12</v>
       </c>
       <c r="D59" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="E59" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="H59" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="I59" t="s">
-        <v>320</v>
+        <v>161</v>
       </c>
       <c r="J59" t="s">
-        <v>321</v>
+        <v>223</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>10</v>
       </c>
       <c r="B60" t="s">
-        <v>38</v>
+        <v>305</v>
       </c>
       <c r="C60" t="s">
         <v>12</v>
       </c>
       <c r="D60" t="s">
         <v>322</v>
       </c>
       <c r="E60" t="s">
         <v>323</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60" t="s">
         <v>324</v>
       </c>
       <c r="H60" t="s">
         <v>325</v>
       </c>
       <c r="I60" t="s">
-        <v>42</v>
+        <v>326</v>
       </c>
       <c r="J60" t="s">
-        <v>156</v>
+        <v>327</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>10</v>
       </c>
       <c r="B61" t="s">
-        <v>326</v>
+        <v>45</v>
       </c>
       <c r="C61" t="s">
-        <v>327</v>
+        <v>12</v>
       </c>
       <c r="D61" t="s">
         <v>328</v>
       </c>
       <c r="E61" t="s">
         <v>329</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61" t="s">
         <v>330</v>
       </c>
       <c r="H61" t="s">
         <v>331</v>
       </c>
       <c r="I61" t="s">
-        <v>327</v>
+        <v>49</v>
       </c>
       <c r="J61" t="s">
-        <v>332</v>
+        <v>162</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>10</v>
       </c>
       <c r="B62" t="s">
+        <v>332</v>
+      </c>
+      <c r="C62" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D62" t="s">
         <v>334</v>
       </c>
       <c r="E62" t="s">
         <v>335</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62" t="s">
         <v>336</v>
       </c>
       <c r="H62" t="s">
         <v>337</v>
       </c>
       <c r="I62" t="s">
-        <v>155</v>
+        <v>333</v>
       </c>
       <c r="J62" t="s">
-        <v>217</v>
+        <v>338</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>10</v>
       </c>
       <c r="B63" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C63" t="s">
         <v>12</v>
       </c>
       <c r="D63" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="E63" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="H63" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="I63" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="J63" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>10</v>
       </c>
       <c r="B64" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="C64" t="s">
         <v>12</v>
       </c>
       <c r="D64" t="s">
-        <v>343</v>
+        <v>340</v>
       </c>
       <c r="E64" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="H64" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="I64" t="s">
-        <v>347</v>
+        <v>161</v>
       </c>
       <c r="J64" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>10</v>
       </c>
       <c r="B65" t="s">
-        <v>19</v>
+        <v>348</v>
       </c>
       <c r="C65" t="s">
         <v>12</v>
       </c>
       <c r="D65" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="E65" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H65" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="I65" t="s">
-        <v>12</v>
+        <v>353</v>
       </c>
       <c r="J65" t="s">
-        <v>50</v>
+        <v>223</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>10</v>
       </c>
       <c r="B66" t="s">
-        <v>11</v>
+        <v>26</v>
       </c>
       <c r="C66" t="s">
         <v>12</v>
       </c>
       <c r="D66" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="E66" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>352</v>
+        <v>356</v>
       </c>
       <c r="H66" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="I66" t="s">
         <v>12</v>
       </c>
       <c r="J66" t="s">
-        <v>84</v>
+        <v>57</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>10</v>
       </c>
       <c r="B67" t="s">
+        <v>19</v>
+      </c>
+      <c r="C67" t="s">
+        <v>12</v>
+      </c>
+      <c r="D67" t="s">
         <v>354</v>
       </c>
-      <c r="C67" t="s">
-[...2 lines deleted...]
-      <c r="D67" t="s">
+      <c r="E67" t="s">
         <v>355</v>
       </c>
-      <c r="E67" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H67" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="I67" t="s">
-        <v>359</v>
+        <v>12</v>
       </c>
       <c r="J67" t="s">
-        <v>360</v>
+        <v>91</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>10</v>
       </c>
       <c r="B68" t="s">
+        <v>360</v>
+      </c>
+      <c r="C68" t="s">
+        <v>12</v>
+      </c>
+      <c r="D68" t="s">
         <v>361</v>
       </c>
-      <c r="C68" t="s">
-[...2 lines deleted...]
-      <c r="D68" t="s">
+      <c r="E68" t="s">
         <v>362</v>
       </c>
-      <c r="E68" t="s">
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
         <v>363</v>
       </c>
-      <c r="F68" t="s">
-[...2 lines deleted...]
-      <c r="G68" t="s">
+      <c r="H68" t="s">
         <v>364</v>
       </c>
-      <c r="H68" t="s">
+      <c r="I68" t="s">
         <v>365</v>
       </c>
-      <c r="I68" t="s">
+      <c r="J68" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>10</v>
       </c>
       <c r="B69" t="s">
-        <v>267</v>
+        <v>367</v>
       </c>
       <c r="C69" t="s">
         <v>12</v>
       </c>
       <c r="D69" t="s">
         <v>368</v>
       </c>
       <c r="E69" t="s">
         <v>369</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69" t="s">
         <v>370</v>
       </c>
       <c r="H69" t="s">
         <v>371</v>
       </c>
       <c r="I69" t="s">
         <v>372</v>
       </c>
       <c r="J69" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>10</v>
       </c>
       <c r="B70" t="s">
+        <v>273</v>
+      </c>
+      <c r="C70" t="s">
+        <v>12</v>
+      </c>
+      <c r="D70" t="s">
         <v>374</v>
       </c>
-      <c r="C70" t="s">
-[...2 lines deleted...]
-      <c r="D70" t="s">
+      <c r="E70" t="s">
         <v>375</v>
       </c>
-      <c r="E70" t="s">
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
         <v>376</v>
       </c>
-      <c r="F70" t="s">
-[...2 lines deleted...]
-      <c r="G70" t="s">
+      <c r="H70" t="s">
         <v>377</v>
       </c>
-      <c r="H70" t="s">
+      <c r="I70" t="s">
         <v>378</v>
       </c>
-      <c r="I70" t="s">
+      <c r="J70" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>10</v>
       </c>
       <c r="B71" t="s">
-        <v>85</v>
+        <v>380</v>
       </c>
       <c r="C71" t="s">
         <v>12</v>
       </c>
       <c r="D71" t="s">
         <v>381</v>
       </c>
       <c r="E71" t="s">
         <v>382</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71" t="s">
         <v>383</v>
       </c>
       <c r="H71" t="s">
         <v>384</v>
       </c>
       <c r="I71" t="s">
         <v>385</v>
       </c>
       <c r="J71" t="s">
-        <v>182</v>
+        <v>386</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>10</v>
       </c>
       <c r="B72" t="s">
-        <v>386</v>
+        <v>92</v>
       </c>
       <c r="C72" t="s">
         <v>12</v>
       </c>
       <c r="D72" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
       <c r="E72" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="H72" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="I72" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="J72" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>10</v>
       </c>
       <c r="B73" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="C73" t="s">
         <v>12</v>
       </c>
       <c r="D73" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="E73" t="s">
+        <v>388</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
+        <v>393</v>
+      </c>
+      <c r="H73" t="s">
+        <v>394</v>
+      </c>
+      <c r="I73" t="s">
         <v>391</v>
       </c>
-      <c r="F73" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J73" t="s">
-        <v>395</v>
+        <v>188</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>10</v>
       </c>
       <c r="B74" t="s">
+        <v>395</v>
+      </c>
+      <c r="C74" t="s">
+        <v>12</v>
+      </c>
+      <c r="D74" t="s">
         <v>396</v>
       </c>
-      <c r="C74" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E74" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="H74" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="I74" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="J74" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>10</v>
       </c>
       <c r="B75" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="C75" t="s">
         <v>12</v>
       </c>
       <c r="D75" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
       <c r="E75" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75" t="s">
+        <v>403</v>
+      </c>
+      <c r="H75" t="s">
+        <v>404</v>
+      </c>
+      <c r="I75" t="s">
         <v>400</v>
       </c>
-      <c r="H75" t="s">
+      <c r="J75" t="s">
         <v>401</v>
-      </c>
-[...4 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>10</v>
       </c>
       <c r="B76" t="s">
-        <v>44</v>
+        <v>405</v>
       </c>
       <c r="C76" t="s">
         <v>12</v>
       </c>
       <c r="D76" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="E76" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="H76" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="I76" t="s">
-        <v>49</v>
+        <v>400</v>
       </c>
       <c r="J76" t="s">
-        <v>321</v>
+        <v>401</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>10</v>
       </c>
       <c r="B77" t="s">
-        <v>157</v>
+        <v>51</v>
       </c>
       <c r="C77" t="s">
         <v>12</v>
       </c>
       <c r="D77" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="E77" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="H77" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="I77" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="J77" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>10</v>
       </c>
       <c r="B78" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="C78" t="s">
         <v>12</v>
       </c>
       <c r="D78" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="E78" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="H78" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="I78" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="J78" t="s">
-        <v>84</v>
+        <v>327</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>10</v>
       </c>
       <c r="B79" t="s">
-        <v>410</v>
+        <v>170</v>
       </c>
       <c r="C79" t="s">
         <v>12</v>
       </c>
       <c r="D79" t="s">
-        <v>402</v>
+        <v>408</v>
       </c>
       <c r="E79" t="s">
-        <v>403</v>
+        <v>409</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="H79" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="I79" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="J79" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>10</v>
       </c>
       <c r="B80" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C80" t="s">
         <v>12</v>
       </c>
       <c r="D80" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="E80" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H80" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="I80" t="s">
-        <v>124</v>
+        <v>56</v>
       </c>
       <c r="J80" t="s">
-        <v>360</v>
+        <v>91</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>10</v>
       </c>
       <c r="B81" t="s">
-        <v>286</v>
+        <v>419</v>
       </c>
       <c r="C81" t="s">
         <v>12</v>
       </c>
       <c r="D81" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="E81" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="H81" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="I81" t="s">
-        <v>422</v>
+        <v>17</v>
       </c>
       <c r="J81" t="s">
-        <v>321</v>
+        <v>366</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>10</v>
       </c>
       <c r="B82" t="s">
         <v>292</v>
       </c>
       <c r="C82" t="s">
         <v>12</v>
       </c>
       <c r="D82" t="s">
-        <v>418</v>
+        <v>424</v>
       </c>
       <c r="E82" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="H82" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
       <c r="I82" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="J82" t="s">
-        <v>84</v>
+        <v>327</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>10</v>
       </c>
       <c r="B83" t="s">
-        <v>272</v>
+        <v>298</v>
       </c>
       <c r="C83" t="s">
         <v>12</v>
       </c>
       <c r="D83" t="s">
-        <v>427</v>
+        <v>424</v>
       </c>
       <c r="E83" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="H83" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="I83" t="s">
-        <v>155</v>
+        <v>432</v>
       </c>
       <c r="J83" t="s">
-        <v>430</v>
+        <v>91</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>10</v>
       </c>
       <c r="B84" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="C84" t="s">
-        <v>320</v>
+        <v>12</v>
       </c>
       <c r="D84" t="s">
-        <v>431</v>
+        <v>433</v>
       </c>
       <c r="E84" t="s">
-        <v>432</v>
+        <v>429</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="H84" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="I84" t="s">
-        <v>320</v>
+        <v>161</v>
       </c>
       <c r="J84" t="s">
-        <v>321</v>
+        <v>436</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>10</v>
       </c>
       <c r="B85" t="s">
         <v>292</v>
       </c>
       <c r="C85" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="D85" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="E85" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="H85" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="I85" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="J85" t="s">
-        <v>84</v>
+        <v>327</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>10</v>
       </c>
       <c r="B86" t="s">
-        <v>342</v>
+        <v>298</v>
       </c>
       <c r="C86" t="s">
-        <v>347</v>
+        <v>326</v>
       </c>
       <c r="D86" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="E86" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="H86" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="I86" t="s">
-        <v>347</v>
+        <v>326</v>
       </c>
       <c r="J86" t="s">
-        <v>442</v>
+        <v>91</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>10</v>
       </c>
       <c r="B87" t="s">
-        <v>199</v>
+        <v>348</v>
       </c>
       <c r="C87" t="s">
-        <v>155</v>
+        <v>353</v>
       </c>
       <c r="D87" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="E87" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="H87" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I87" t="s">
-        <v>155</v>
+        <v>353</v>
       </c>
       <c r="J87" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>10</v>
       </c>
       <c r="B88" t="s">
-        <v>448</v>
+        <v>205</v>
       </c>
       <c r="C88" t="s">
+        <v>161</v>
+      </c>
+      <c r="D88" t="s">
         <v>449</v>
       </c>
-      <c r="D88" t="s">
+      <c r="E88" t="s">
         <v>450</v>
       </c>
-      <c r="E88" t="s">
+      <c r="F88" t="s">
+        <v>12</v>
+      </c>
+      <c r="G88" t="s">
         <v>451</v>
       </c>
-      <c r="F88" t="s">
-[...2 lines deleted...]
-      <c r="G88" t="s">
+      <c r="H88" t="s">
         <v>452</v>
       </c>
-      <c r="H88" t="s">
+      <c r="I88" t="s">
+        <v>161</v>
+      </c>
+      <c r="J88" t="s">
         <v>453</v>
-      </c>
-[...4 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>10</v>
       </c>
       <c r="B89" t="s">
+        <v>454</v>
+      </c>
+      <c r="C89" t="s">
         <v>455</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="D89" t="s">
         <v>456</v>
       </c>
       <c r="E89" t="s">
         <v>457</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89" t="s">
         <v>458</v>
       </c>
       <c r="H89" t="s">
         <v>459</v>
       </c>
       <c r="I89" t="s">
-        <v>90</v>
+        <v>455</v>
       </c>
       <c r="J89" t="s">
-        <v>84</v>
+        <v>460</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>10</v>
       </c>
       <c r="B90" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="C90" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="D90" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="E90" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="H90" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="I90" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="J90" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>10</v>
       </c>
       <c r="B91" t="s">
-        <v>222</v>
+        <v>466</v>
       </c>
       <c r="C91" t="s">
+        <v>97</v>
+      </c>
+      <c r="D91" t="s">
+        <v>462</v>
+      </c>
+      <c r="E91" t="s">
         <v>463</v>
       </c>
-      <c r="D91" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="H91" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="I91" t="s">
-        <v>463</v>
+        <v>97</v>
       </c>
       <c r="J91" t="s">
-        <v>156</v>
+        <v>91</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>10</v>
       </c>
       <c r="B92" t="s">
-        <v>150</v>
+        <v>228</v>
       </c>
       <c r="C92" t="s">
-        <v>12</v>
+        <v>469</v>
       </c>
       <c r="D92" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="E92" t="s">
+        <v>471</v>
+      </c>
+      <c r="F92" t="s">
+        <v>12</v>
+      </c>
+      <c r="G92" t="s">
+        <v>472</v>
+      </c>
+      <c r="H92" t="s">
+        <v>473</v>
+      </c>
+      <c r="I92" t="s">
         <v>469</v>
       </c>
-      <c r="F92" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J92" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>10</v>
       </c>
       <c r="B93" t="s">
-        <v>228</v>
+        <v>156</v>
       </c>
       <c r="C93" t="s">
         <v>12</v>
       </c>
       <c r="D93" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="E93" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="H93" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
       <c r="I93" t="s">
         <v>12</v>
       </c>
       <c r="J93" t="s">
-        <v>447</v>
+        <v>162</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>10</v>
       </c>
       <c r="B94" t="s">
-        <v>476</v>
+        <v>234</v>
       </c>
       <c r="C94" t="s">
-        <v>477</v>
+        <v>12</v>
       </c>
       <c r="D94" t="s">
         <v>478</v>
       </c>
       <c r="E94" t="s">
         <v>479</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94" t="s">
         <v>480</v>
       </c>
       <c r="H94" t="s">
         <v>481</v>
       </c>
       <c r="I94" t="s">
-        <v>477</v>
+        <v>12</v>
       </c>
       <c r="J94" t="s">
-        <v>482</v>
+        <v>453</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>10</v>
       </c>
       <c r="B95" t="s">
+        <v>482</v>
+      </c>
+      <c r="C95" t="s">
         <v>483</v>
       </c>
-      <c r="C95" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D95" t="s">
-        <v>478</v>
+        <v>484</v>
       </c>
       <c r="E95" t="s">
-        <v>479</v>
+        <v>485</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="H95" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="I95" t="s">
-        <v>477</v>
+        <v>483</v>
       </c>
       <c r="J95" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>10</v>
       </c>
       <c r="B96" t="s">
-        <v>212</v>
+        <v>489</v>
       </c>
       <c r="C96" t="s">
-        <v>12</v>
+        <v>483</v>
       </c>
       <c r="D96" t="s">
-        <v>486</v>
+        <v>484</v>
       </c>
       <c r="E96" t="s">
-        <v>487</v>
+        <v>485</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96" t="s">
+        <v>490</v>
+      </c>
+      <c r="H96" t="s">
+        <v>491</v>
+      </c>
+      <c r="I96" t="s">
+        <v>483</v>
+      </c>
+      <c r="J96" t="s">
         <v>488</v>
-      </c>
-[...7 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>10</v>
       </c>
       <c r="B97" t="s">
-        <v>280</v>
+        <v>218</v>
       </c>
       <c r="C97" t="s">
-        <v>490</v>
+        <v>12</v>
       </c>
       <c r="D97" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="E97" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="H97" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="I97" t="s">
-        <v>490</v>
+        <v>12</v>
       </c>
       <c r="J97" t="s">
-        <v>495</v>
+        <v>448</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>10</v>
       </c>
       <c r="B98" t="s">
-        <v>238</v>
+        <v>286</v>
       </c>
       <c r="C98" t="s">
-        <v>12</v>
+        <v>496</v>
       </c>
       <c r="D98" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="E98" t="s">
+        <v>498</v>
+      </c>
+      <c r="F98" t="s">
+        <v>12</v>
+      </c>
+      <c r="G98" t="s">
+        <v>499</v>
+      </c>
+      <c r="H98" t="s">
+        <v>500</v>
+      </c>
+      <c r="I98" t="s">
         <v>496</v>
       </c>
-      <c r="F98" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J98" t="s">
-        <v>447</v>
+        <v>501</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>10</v>
       </c>
       <c r="B99" t="s">
-        <v>303</v>
+        <v>244</v>
       </c>
       <c r="C99" t="s">
         <v>12</v>
       </c>
       <c r="D99" t="s">
-        <v>316</v>
+        <v>497</v>
       </c>
       <c r="E99" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="H99" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="I99" t="s">
         <v>12</v>
       </c>
       <c r="J99" t="s">
-        <v>84</v>
+        <v>453</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>10</v>
       </c>
       <c r="B100" t="s">
-        <v>292</v>
+        <v>309</v>
       </c>
       <c r="C100" t="s">
         <v>12</v>
       </c>
       <c r="D100" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="E100" t="s">
-        <v>499</v>
+        <v>505</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="H100" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="I100" t="s">
         <v>12</v>
       </c>
       <c r="J100" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>10</v>
       </c>
       <c r="B101" t="s">
-        <v>504</v>
+        <v>298</v>
       </c>
       <c r="C101" t="s">
+        <v>12</v>
+      </c>
+      <c r="D101" t="s">
+        <v>322</v>
+      </c>
+      <c r="E101" t="s">
         <v>505</v>
-      </c>
-[...4 lines deleted...]
-        <v>507</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101" t="s">
         <v>508</v>
       </c>
       <c r="H101" t="s">
         <v>509</v>
       </c>
       <c r="I101" t="s">
-        <v>505</v>
+        <v>12</v>
       </c>
       <c r="J101" t="s">
-        <v>510</v>
+        <v>91</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>10</v>
       </c>
       <c r="B102" t="s">
+        <v>510</v>
+      </c>
+      <c r="C102" t="s">
         <v>511</v>
       </c>
-      <c r="C102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D102" t="s">
-        <v>316</v>
+        <v>512</v>
       </c>
       <c r="E102" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H102" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="I102" t="s">
-        <v>12</v>
+        <v>511</v>
       </c>
       <c r="J102" t="s">
-        <v>321</v>
+        <v>516</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>10</v>
       </c>
       <c r="B103" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="C103" t="s">
-        <v>505</v>
+        <v>12</v>
       </c>
       <c r="D103" t="s">
-        <v>516</v>
+        <v>322</v>
       </c>
       <c r="E103" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="H103" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="I103" t="s">
-        <v>505</v>
+        <v>12</v>
       </c>
       <c r="J103" t="s">
-        <v>510</v>
+        <v>327</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>10</v>
       </c>
       <c r="B104" t="s">
-        <v>267</v>
+        <v>521</v>
       </c>
       <c r="C104" t="s">
-        <v>12</v>
+        <v>511</v>
       </c>
       <c r="D104" t="s">
+        <v>522</v>
+      </c>
+      <c r="E104" t="s">
+        <v>523</v>
+      </c>
+      <c r="F104" t="s">
+        <v>12</v>
+      </c>
+      <c r="G104" t="s">
+        <v>524</v>
+      </c>
+      <c r="H104" t="s">
+        <v>525</v>
+      </c>
+      <c r="I104" t="s">
+        <v>511</v>
+      </c>
+      <c r="J104" t="s">
         <v>516</v>
-      </c>
-[...16 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>10</v>
       </c>
       <c r="B105" t="s">
-        <v>338</v>
+        <v>273</v>
       </c>
       <c r="C105" t="s">
         <v>12</v>
       </c>
       <c r="D105" t="s">
+        <v>522</v>
+      </c>
+      <c r="E105" t="s">
         <v>523</v>
       </c>
-      <c r="E105" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="H105" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="I105" t="s">
         <v>12</v>
       </c>
       <c r="J105" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>10</v>
       </c>
       <c r="B106" t="s">
-        <v>333</v>
+        <v>344</v>
       </c>
       <c r="C106" t="s">
         <v>12</v>
       </c>
       <c r="D106" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="E106" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="H106" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="I106" t="s">
         <v>12</v>
       </c>
       <c r="J106" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>10</v>
       </c>
       <c r="B107" t="s">
-        <v>531</v>
+        <v>339</v>
       </c>
       <c r="C107" t="s">
         <v>12</v>
       </c>
       <c r="D107" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="E107" t="s">
+        <v>534</v>
+      </c>
+      <c r="F107" t="s">
+        <v>12</v>
+      </c>
+      <c r="G107" t="s">
+        <v>535</v>
+      </c>
+      <c r="H107" t="s">
+        <v>536</v>
+      </c>
+      <c r="I107" t="s">
+        <v>12</v>
+      </c>
+      <c r="J107" t="s">
         <v>533</v>
-      </c>
-[...13 lines deleted...]
-        <v>454</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>10</v>
       </c>
       <c r="B108" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C108" t="s">
-        <v>537</v>
+        <v>12</v>
       </c>
       <c r="D108" t="s">
         <v>538</v>
       </c>
       <c r="E108" t="s">
         <v>539</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108" t="s">
         <v>540</v>
       </c>
       <c r="H108" t="s">
         <v>541</v>
       </c>
       <c r="I108" t="s">
-        <v>537</v>
+        <v>12</v>
       </c>
       <c r="J108" t="s">
-        <v>102</v>
+        <v>460</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>10</v>
       </c>
       <c r="B109" t="s">
         <v>542</v>
       </c>
       <c r="C109" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="D109" t="s">
+        <v>544</v>
+      </c>
+      <c r="E109" t="s">
+        <v>545</v>
+      </c>
+      <c r="F109" t="s">
+        <v>12</v>
+      </c>
+      <c r="G109" t="s">
+        <v>546</v>
+      </c>
+      <c r="H109" t="s">
+        <v>547</v>
+      </c>
+      <c r="I109" t="s">
         <v>543</v>
       </c>
-      <c r="E109" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J109" t="s">
-        <v>482</v>
+        <v>109</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>10</v>
       </c>
       <c r="B110" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C110" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
       <c r="D110" t="s">
+        <v>549</v>
+      </c>
+      <c r="E110" t="s">
+        <v>550</v>
+      </c>
+      <c r="F110" t="s">
+        <v>12</v>
+      </c>
+      <c r="G110" t="s">
+        <v>551</v>
+      </c>
+      <c r="H110" t="s">
+        <v>552</v>
+      </c>
+      <c r="I110" t="s">
         <v>543</v>
       </c>
-      <c r="E110" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J110" t="s">
-        <v>482</v>
+        <v>488</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>10</v>
       </c>
       <c r="B111" t="s">
-        <v>504</v>
+        <v>553</v>
       </c>
       <c r="C111" t="s">
+        <v>543</v>
+      </c>
+      <c r="D111" t="s">
+        <v>549</v>
+      </c>
+      <c r="E111" t="s">
         <v>550</v>
       </c>
-      <c r="D111" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="H111" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="I111" t="s">
-        <v>505</v>
+        <v>543</v>
       </c>
       <c r="J111" t="s">
-        <v>510</v>
+        <v>488</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>10</v>
       </c>
       <c r="B112" t="s">
-        <v>555</v>
+        <v>510</v>
       </c>
       <c r="C112" t="s">
-        <v>12</v>
+        <v>556</v>
       </c>
       <c r="D112" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E112" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="H112" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="I112" t="s">
-        <v>12</v>
+        <v>511</v>
       </c>
       <c r="J112" t="s">
-        <v>560</v>
+        <v>516</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>10</v>
       </c>
       <c r="B113" t="s">
         <v>561</v>
       </c>
       <c r="C113" t="s">
+        <v>12</v>
+      </c>
+      <c r="D113" t="s">
         <v>562</v>
       </c>
-      <c r="D113" t="s">
+      <c r="E113" t="s">
         <v>563</v>
       </c>
-      <c r="E113" t="s">
+      <c r="F113" t="s">
+        <v>12</v>
+      </c>
+      <c r="G113" t="s">
         <v>564</v>
       </c>
-      <c r="F113" t="s">
-[...2 lines deleted...]
-      <c r="G113" t="s">
+      <c r="H113" t="s">
         <v>565</v>
       </c>
-      <c r="H113" t="s">
+      <c r="I113" t="s">
+        <v>12</v>
+      </c>
+      <c r="J113" t="s">
         <v>566</v>
-      </c>
-[...4 lines deleted...]
-        <v>567</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>10</v>
       </c>
       <c r="B114" t="s">
+        <v>567</v>
+      </c>
+      <c r="C114" t="s">
         <v>568</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D114" t="s">
         <v>569</v>
       </c>
       <c r="E114" t="s">
         <v>570</v>
       </c>
       <c r="F114" t="s">
         <v>12</v>
       </c>
       <c r="G114" t="s">
         <v>571</v>
       </c>
       <c r="H114" t="s">
         <v>572</v>
       </c>
       <c r="I114" t="s">
         <v>12</v>
       </c>
       <c r="J114" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
@@ -12112,11364 +12154,11437 @@
       <c r="B115" t="s">
         <v>574</v>
       </c>
       <c r="C115" t="s">
         <v>12</v>
       </c>
       <c r="D115" t="s">
         <v>575</v>
       </c>
       <c r="E115" t="s">
         <v>576</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115" t="s">
         <v>577</v>
       </c>
       <c r="H115" t="s">
         <v>578</v>
       </c>
       <c r="I115" t="s">
         <v>12</v>
       </c>
       <c r="J115" t="s">
-        <v>22</v>
+        <v>579</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>10</v>
       </c>
       <c r="B116" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="C116" t="s">
         <v>12</v>
       </c>
       <c r="D116" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="E116" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="H116" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="I116" t="s">
         <v>12</v>
       </c>
       <c r="J116" t="s">
-        <v>22</v>
+        <v>29</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>10</v>
       </c>
       <c r="B117" t="s">
+        <v>585</v>
+      </c>
+      <c r="C117" t="s">
+        <v>12</v>
+      </c>
+      <c r="D117" t="s">
+        <v>581</v>
+      </c>
+      <c r="E117" t="s">
         <v>582</v>
       </c>
-      <c r="C117" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117" t="s">
-        <v>583</v>
+        <v>586</v>
       </c>
       <c r="H117" t="s">
-        <v>584</v>
+        <v>587</v>
       </c>
       <c r="I117" t="s">
         <v>12</v>
       </c>
       <c r="J117" t="s">
-        <v>18</v>
+        <v>29</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>10</v>
       </c>
       <c r="B118" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C118" t="s">
         <v>12</v>
       </c>
       <c r="D118" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="E118" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="F118" t="s">
         <v>12</v>
       </c>
       <c r="G118" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="H118" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="I118" t="s">
         <v>12</v>
       </c>
       <c r="J118" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>10</v>
       </c>
       <c r="B119" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="C119" t="s">
         <v>12</v>
       </c>
       <c r="D119" t="s">
-        <v>589</v>
+        <v>581</v>
       </c>
       <c r="E119" t="s">
-        <v>590</v>
+        <v>582</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="H119" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="I119" t="s">
         <v>12</v>
       </c>
       <c r="J119" t="s">
-        <v>593</v>
+        <v>25</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>10</v>
       </c>
       <c r="B120" t="s">
         <v>594</v>
       </c>
       <c r="C120" t="s">
         <v>12</v>
       </c>
       <c r="D120" t="s">
         <v>595</v>
       </c>
       <c r="E120" t="s">
         <v>596</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120" t="s">
         <v>597</v>
       </c>
       <c r="H120" t="s">
         <v>598</v>
       </c>
       <c r="I120" t="s">
         <v>12</v>
       </c>
       <c r="J120" t="s">
-        <v>593</v>
+        <v>599</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>10</v>
+      </c>
+      <c r="B121" t="s">
+        <v>600</v>
+      </c>
+      <c r="C121" t="s">
+        <v>12</v>
+      </c>
+      <c r="D121" t="s">
+        <v>601</v>
+      </c>
+      <c r="E121" t="s">
+        <v>602</v>
+      </c>
+      <c r="F121" t="s">
+        <v>12</v>
+      </c>
+      <c r="G121" t="s">
+        <v>603</v>
+      </c>
+      <c r="H121" t="s">
+        <v>604</v>
+      </c>
+      <c r="I121" t="s">
+        <v>12</v>
+      </c>
+      <c r="J121" t="s">
+        <v>599</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BF211"/>
+  <dimension ref="A1:BF212"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>942</v>
+        <v>948</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>943</v>
+        <v>949</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B2" t="s">
-        <v>945</v>
+        <v>951</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>947</v>
+        <v>953</v>
       </c>
       <c r="H2" t="s">
-        <v>948</v>
+        <v>954</v>
       </c>
       <c r="I2" t="s">
-        <v>949</v>
+        <v>955</v>
       </c>
       <c r="J2" t="s">
-        <v>271</v>
+        <v>956</v>
       </c>
       <c r="K2" t="s">
-        <v>950</v>
+        <v>957</v>
+      </c>
+      <c r="L2" t="s">
+        <v>958</v>
+      </c>
+      <c r="M2" t="s">
+        <v>959</v>
+      </c>
+      <c r="N2" t="s">
+        <v>960</v>
+      </c>
+      <c r="O2" t="s">
+        <v>961</v>
+      </c>
+      <c r="P2" t="s">
+        <v>962</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>963</v>
+      </c>
+      <c r="R2" t="s">
+        <v>964</v>
+      </c>
+      <c r="S2" t="s">
+        <v>965</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B3" t="s">
-        <v>951</v>
+        <v>966</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>952</v>
+        <v>967</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>953</v>
+        <v>968</v>
       </c>
       <c r="H3" t="s">
-        <v>954</v>
+        <v>969</v>
       </c>
       <c r="I3" t="s">
-        <v>955</v>
+        <v>970</v>
       </c>
       <c r="J3" t="s">
-        <v>956</v>
+        <v>91</v>
       </c>
       <c r="K3" t="s">
-        <v>957</v>
-[...2 lines deleted...]
-        <v>958</v>
+        <v>971</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B4" t="s">
-        <v>959</v>
+        <v>972</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>960</v>
+        <v>973</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>961</v>
+        <v>974</v>
       </c>
       <c r="H4" t="s">
-        <v>962</v>
+        <v>975</v>
       </c>
       <c r="I4" t="s">
-        <v>963</v>
+        <v>976</v>
       </c>
       <c r="J4" t="s">
-        <v>964</v>
+        <v>977</v>
       </c>
       <c r="K4" t="s">
-        <v>965</v>
+        <v>978</v>
       </c>
       <c r="L4" t="s">
-        <v>966</v>
+        <v>979</v>
       </c>
       <c r="M4" t="s">
-        <v>967</v>
-[...5 lines deleted...]
-        <v>969</v>
+        <v>980</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B5" t="s">
-        <v>970</v>
+        <v>981</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>971</v>
+        <v>982</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>972</v>
+        <v>983</v>
       </c>
       <c r="H5" t="s">
-        <v>973</v>
+        <v>984</v>
       </c>
       <c r="I5" t="s">
-        <v>974</v>
+        <v>985</v>
       </c>
       <c r="J5" t="s">
-        <v>975</v>
+        <v>277</v>
       </c>
       <c r="K5" t="s">
-        <v>976</v>
-[...17 lines deleted...]
-        <v>982</v>
+        <v>986</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B6" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="H6" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="I6" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="J6" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="K6" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="L6" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="M6" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="N6" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="O6" t="s">
-        <v>993</v>
-[...5 lines deleted...]
-        <v>995</v>
+        <v>997</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B7" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="H7" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="I7" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="J7" t="s">
-        <v>988</v>
+        <v>1003</v>
       </c>
       <c r="K7" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="L7" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="M7" t="s">
-        <v>1003</v>
+        <v>1006</v>
       </c>
       <c r="N7" t="s">
-        <v>1004</v>
+        <v>1007</v>
+      </c>
+      <c r="O7" t="s">
+        <v>1008</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1009</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>1010</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B8" t="s">
-        <v>1005</v>
+        <v>1011</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>1006</v>
+        <v>1012</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>1007</v>
+        <v>1013</v>
       </c>
       <c r="H8" t="s">
-        <v>1008</v>
+        <v>1014</v>
       </c>
       <c r="I8" t="s">
-        <v>1009</v>
+        <v>1015</v>
       </c>
       <c r="J8" t="s">
-        <v>1010</v>
+        <v>1016</v>
       </c>
       <c r="K8" t="s">
-        <v>1011</v>
+        <v>1017</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1018</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1019</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1020</v>
+      </c>
+      <c r="O8" t="s">
+        <v>1021</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1022</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>1023</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B9" t="s">
-        <v>1012</v>
+        <v>1024</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>1013</v>
+        <v>1025</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>1014</v>
+        <v>1026</v>
       </c>
       <c r="H9" t="s">
-        <v>1015</v>
+        <v>1027</v>
       </c>
       <c r="I9" t="s">
-        <v>949</v>
+        <v>1028</v>
       </c>
       <c r="J9" t="s">
         <v>1016</v>
       </c>
       <c r="K9" t="s">
-        <v>1017</v>
+        <v>1029</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1030</v>
+      </c>
+      <c r="M9" t="s">
+        <v>1031</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1032</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B10" t="s">
-        <v>1018</v>
+        <v>1033</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>1019</v>
+        <v>1034</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>1020</v>
+        <v>1035</v>
       </c>
       <c r="H10" t="s">
-        <v>1021</v>
+        <v>1036</v>
       </c>
       <c r="I10" t="s">
-        <v>1022</v>
+        <v>1037</v>
       </c>
       <c r="J10" t="s">
-        <v>988</v>
+        <v>1038</v>
       </c>
       <c r="K10" t="s">
-        <v>1023</v>
-[...8 lines deleted...]
-        <v>1026</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B11" t="s">
-        <v>1027</v>
+        <v>1040</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>1028</v>
+        <v>1041</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>1029</v>
+        <v>1042</v>
       </c>
       <c r="H11" t="s">
-        <v>1030</v>
+        <v>1043</v>
       </c>
       <c r="I11" t="s">
-        <v>1031</v>
+        <v>985</v>
       </c>
       <c r="J11" t="s">
-        <v>1032</v>
+        <v>1044</v>
       </c>
       <c r="K11" t="s">
-        <v>1033</v>
-[...8 lines deleted...]
-        <v>1036</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B12" t="s">
-        <v>1037</v>
+        <v>1046</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>1038</v>
+        <v>1047</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>1039</v>
+        <v>1048</v>
       </c>
       <c r="H12" t="s">
-        <v>1040</v>
+        <v>1049</v>
       </c>
       <c r="I12" t="s">
-        <v>1041</v>
+        <v>1050</v>
       </c>
       <c r="J12" t="s">
-        <v>321</v>
+        <v>1016</v>
       </c>
       <c r="K12" t="s">
-        <v>1042</v>
+        <v>1051</v>
+      </c>
+      <c r="L12" t="s">
+        <v>1052</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1053</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1054</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B13" t="s">
-        <v>1043</v>
+        <v>1055</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>1044</v>
+        <v>1056</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>1045</v>
+        <v>1057</v>
       </c>
       <c r="H13" t="s">
-        <v>1046</v>
+        <v>1058</v>
       </c>
       <c r="I13" t="s">
-        <v>1041</v>
+        <v>1059</v>
       </c>
       <c r="J13" t="s">
-        <v>182</v>
+        <v>1060</v>
       </c>
       <c r="K13" t="s">
-        <v>1047</v>
+        <v>1061</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1062</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1063</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1064</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B14" t="s">
-        <v>1048</v>
+        <v>1065</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>1049</v>
+        <v>1066</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>1050</v>
+        <v>1067</v>
       </c>
       <c r="H14" t="s">
-        <v>1051</v>
+        <v>1068</v>
       </c>
       <c r="I14" t="s">
-        <v>1052</v>
+        <v>1069</v>
       </c>
       <c r="J14" t="s">
-        <v>132</v>
+        <v>327</v>
       </c>
       <c r="K14" t="s">
-        <v>1053</v>
-[...14 lines deleted...]
-        <v>1058</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B15" t="s">
-        <v>1059</v>
+        <v>1071</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>1060</v>
+        <v>1072</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>1061</v>
+        <v>1073</v>
       </c>
       <c r="H15" t="s">
-        <v>1062</v>
+        <v>1074</v>
       </c>
       <c r="I15" t="s">
-        <v>1063</v>
+        <v>1069</v>
       </c>
       <c r="J15" t="s">
-        <v>1064</v>
+        <v>188</v>
       </c>
       <c r="K15" t="s">
-        <v>1065</v>
-[...26 lines deleted...]
-        <v>1074</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B16" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="H16" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="I16" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="J16" t="s">
-        <v>189</v>
+        <v>138</v>
       </c>
       <c r="K16" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="L16" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
       <c r="M16" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="N16" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="O16" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="P16" t="s">
-        <v>1085</v>
-[...1 lines deleted...]
-      <c r="Q16" t="s">
         <v>1086</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B17" t="s">
         <v>1087</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
         <v>1088</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>1089</v>
       </c>
       <c r="H17" t="s">
         <v>1090</v>
       </c>
       <c r="I17" t="s">
-        <v>974</v>
+        <v>1091</v>
       </c>
       <c r="J17" t="s">
-        <v>182</v>
+        <v>1092</v>
       </c>
       <c r="K17" t="s">
-        <v>1091</v>
+        <v>1093</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1094</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1095</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1096</v>
+      </c>
+      <c r="O17" t="s">
+        <v>1097</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1098</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>1099</v>
+      </c>
+      <c r="R17" t="s">
+        <v>1100</v>
+      </c>
+      <c r="S17" t="s">
+        <v>1101</v>
+      </c>
+      <c r="T17" t="s">
+        <v>1102</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B18" t="s">
-        <v>1092</v>
+        <v>1103</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>1093</v>
+        <v>1104</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>1094</v>
+        <v>1105</v>
       </c>
       <c r="H18" t="s">
-        <v>1095</v>
+        <v>1106</v>
       </c>
       <c r="I18" t="s">
-        <v>974</v>
+        <v>1107</v>
       </c>
       <c r="J18" t="s">
-        <v>321</v>
+        <v>195</v>
       </c>
       <c r="K18" t="s">
-        <v>1096</v>
+        <v>1108</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1109</v>
+      </c>
+      <c r="M18" t="s">
+        <v>1110</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1111</v>
+      </c>
+      <c r="O18" t="s">
+        <v>1112</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1113</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1114</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B19" t="s">
-        <v>1097</v>
+        <v>1115</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>1098</v>
+        <v>1116</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>1099</v>
+        <v>1117</v>
       </c>
       <c r="H19" t="s">
-        <v>1100</v>
+        <v>1118</v>
       </c>
       <c r="I19" t="s">
-        <v>1101</v>
+        <v>1002</v>
       </c>
       <c r="J19" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
       <c r="K19" t="s">
-        <v>1102</v>
-[...49 lines deleted...]
-      <c r="AB19" t="s">
         <v>1119</v>
-      </c>
-[...43 lines deleted...]
-        <v>1134</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B20" t="s">
-        <v>1135</v>
+        <v>1120</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>1136</v>
+        <v>1121</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>1137</v>
+        <v>1122</v>
       </c>
       <c r="H20" t="s">
-        <v>1138</v>
+        <v>1123</v>
       </c>
       <c r="I20" t="s">
-        <v>1139</v>
+        <v>1002</v>
       </c>
       <c r="J20" t="s">
-        <v>1140</v>
+        <v>327</v>
       </c>
       <c r="K20" t="s">
-        <v>1141</v>
-[...5 lines deleted...]
-        <v>1143</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B21" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1126</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1128</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1129</v>
+      </c>
+      <c r="J21" t="s">
+        <v>138</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1130</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1131</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1132</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1133</v>
+      </c>
+      <c r="O21" t="s">
+        <v>1134</v>
+      </c>
+      <c r="P21" t="s">
+        <v>1135</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1136</v>
+      </c>
+      <c r="R21" t="s">
+        <v>1137</v>
+      </c>
+      <c r="S21" t="s">
+        <v>1138</v>
+      </c>
+      <c r="T21" t="s">
+        <v>1139</v>
+      </c>
+      <c r="U21" t="s">
+        <v>1140</v>
+      </c>
+      <c r="V21" t="s">
+        <v>1141</v>
+      </c>
+      <c r="W21" t="s">
+        <v>1142</v>
+      </c>
+      <c r="X21" t="s">
+        <v>1143</v>
+      </c>
+      <c r="Y21" t="s">
         <v>1144</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="Z21" t="s">
         <v>1145</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="AA21" t="s">
         <v>1146</v>
       </c>
-      <c r="H21" t="s">
+      <c r="AB21" t="s">
         <v>1147</v>
       </c>
-      <c r="I21" t="s">
+      <c r="AC21" t="s">
         <v>1148</v>
       </c>
-      <c r="J21" t="s">
+      <c r="AD21" t="s">
         <v>1149</v>
       </c>
-      <c r="K21" t="s">
+      <c r="AE21" t="s">
         <v>1150</v>
       </c>
-      <c r="L21" t="s">
+      <c r="AF21" t="s">
         <v>1151</v>
       </c>
-      <c r="M21" t="s">
+      <c r="AG21" t="s">
         <v>1152</v>
       </c>
-      <c r="N21" t="s">
+      <c r="AH21" t="s">
         <v>1153</v>
       </c>
-      <c r="O21" t="s">
+      <c r="AI21" t="s">
         <v>1154</v>
       </c>
-      <c r="P21" t="s">
+      <c r="AJ21" t="s">
         <v>1155</v>
       </c>
-      <c r="Q21" t="s">
+      <c r="AK21" t="s">
         <v>1156</v>
       </c>
-      <c r="R21" t="s">
+      <c r="AL21" t="s">
         <v>1157</v>
       </c>
-      <c r="S21" t="s">
+      <c r="AM21" t="s">
         <v>1158</v>
       </c>
-      <c r="T21" t="s">
+      <c r="AN21" t="s">
         <v>1159</v>
       </c>
-      <c r="U21" t="s">
+      <c r="AO21" t="s">
         <v>1160</v>
+      </c>
+      <c r="AP21" t="s">
+        <v>1161</v>
+      </c>
+      <c r="AQ21" t="s">
+        <v>1162</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B22" t="s">
-        <v>1161</v>
+        <v>1163</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="H22" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="I22" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="J22" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
       <c r="K22" t="s">
-        <v>1167</v>
+        <v>1169</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1170</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1171</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B23" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>1162</v>
+        <v>1173</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>1169</v>
+        <v>1174</v>
       </c>
       <c r="H23" t="s">
-        <v>1170</v>
+        <v>1175</v>
       </c>
       <c r="I23" t="s">
-        <v>1171</v>
+        <v>1176</v>
       </c>
       <c r="J23" t="s">
-        <v>1172</v>
+        <v>1177</v>
       </c>
       <c r="K23" t="s">
-        <v>1173</v>
+        <v>1178</v>
       </c>
       <c r="L23" t="s">
-        <v>1174</v>
+        <v>1179</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1180</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1181</v>
+      </c>
+      <c r="O23" t="s">
+        <v>1182</v>
+      </c>
+      <c r="P23" t="s">
+        <v>1183</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>1184</v>
+      </c>
+      <c r="R23" t="s">
+        <v>1185</v>
+      </c>
+      <c r="S23" t="s">
+        <v>1186</v>
+      </c>
+      <c r="T23" t="s">
+        <v>1187</v>
+      </c>
+      <c r="U23" t="s">
+        <v>1188</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B24" t="s">
-        <v>1175</v>
+        <v>1189</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>1176</v>
+        <v>1190</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>1177</v>
+        <v>1191</v>
       </c>
       <c r="H24" t="s">
-        <v>1178</v>
+        <v>1192</v>
       </c>
       <c r="I24" t="s">
-        <v>1179</v>
+        <v>1193</v>
       </c>
       <c r="J24" t="s">
-        <v>132</v>
+        <v>1194</v>
       </c>
       <c r="K24" t="s">
-        <v>1180</v>
-[...26 lines deleted...]
-        <v>1189</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B25" t="s">
+        <v>1196</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
         <v>1190</v>
       </c>
-      <c r="C25" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>1192</v>
+        <v>1197</v>
       </c>
       <c r="H25" t="s">
-        <v>1193</v>
+        <v>1198</v>
       </c>
       <c r="I25" t="s">
-        <v>949</v>
+        <v>1199</v>
       </c>
       <c r="J25" t="s">
-        <v>1194</v>
+        <v>1200</v>
       </c>
       <c r="K25" t="s">
-        <v>1195</v>
+        <v>1201</v>
       </c>
       <c r="L25" t="s">
-        <v>1196</v>
-[...2 lines deleted...]
-        <v>1197</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B26" t="s">
-        <v>1198</v>
+        <v>1203</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>1200</v>
+        <v>1205</v>
       </c>
       <c r="H26" t="s">
-        <v>1201</v>
+        <v>1206</v>
       </c>
       <c r="I26" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="J26" t="s">
-        <v>1010</v>
+        <v>138</v>
       </c>
       <c r="K26" t="s">
-        <v>1203</v>
+        <v>1208</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1209</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1210</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1211</v>
+      </c>
+      <c r="O26" t="s">
+        <v>1212</v>
+      </c>
+      <c r="P26" t="s">
+        <v>1213</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1214</v>
+      </c>
+      <c r="R26" t="s">
+        <v>1215</v>
+      </c>
+      <c r="S26" t="s">
+        <v>1216</v>
+      </c>
+      <c r="T26" t="s">
+        <v>1217</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B27" t="s">
-        <v>1204</v>
+        <v>1218</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>1205</v>
+        <v>1219</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>1206</v>
+        <v>1220</v>
       </c>
       <c r="H27" t="s">
-        <v>1207</v>
+        <v>1221</v>
       </c>
       <c r="I27" t="s">
-        <v>974</v>
+        <v>985</v>
       </c>
       <c r="J27" t="s">
-        <v>84</v>
+        <v>1222</v>
       </c>
       <c r="K27" t="s">
-        <v>1208</v>
+        <v>1223</v>
       </c>
       <c r="L27" t="s">
-        <v>1209</v>
+        <v>1224</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1225</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B28" t="s">
-        <v>1210</v>
+        <v>1226</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>1211</v>
+        <v>1227</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>1212</v>
+        <v>1228</v>
       </c>
       <c r="H28" t="s">
-        <v>1213</v>
+        <v>1229</v>
       </c>
       <c r="I28" t="s">
-        <v>1214</v>
+        <v>1230</v>
       </c>
       <c r="J28" t="s">
-        <v>271</v>
+        <v>1038</v>
       </c>
       <c r="K28" t="s">
-        <v>1215</v>
-[...11 lines deleted...]
-        <v>1219</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B29" t="s">
-        <v>1220</v>
+        <v>1232</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>1221</v>
+        <v>1233</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>1222</v>
+        <v>1234</v>
       </c>
       <c r="H29" t="s">
-        <v>1223</v>
+        <v>1235</v>
       </c>
       <c r="I29" t="s">
-        <v>1224</v>
+        <v>1002</v>
       </c>
       <c r="J29" t="s">
-        <v>182</v>
+        <v>91</v>
       </c>
       <c r="K29" t="s">
-        <v>1225</v>
+        <v>1236</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1237</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B30" t="s">
-        <v>1226</v>
+        <v>1238</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>1227</v>
+        <v>1239</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>1228</v>
+        <v>1240</v>
       </c>
       <c r="H30" t="s">
-        <v>1229</v>
+        <v>1241</v>
       </c>
       <c r="I30" t="s">
-        <v>1230</v>
+        <v>1242</v>
       </c>
       <c r="J30" t="s">
-        <v>84</v>
+        <v>277</v>
       </c>
       <c r="K30" t="s">
-        <v>1231</v>
+        <v>1243</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1244</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1245</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1246</v>
+      </c>
+      <c r="O30" t="s">
+        <v>1247</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B31" t="s">
-        <v>1232</v>
+        <v>1248</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>1233</v>
+        <v>1249</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>1234</v>
+        <v>1250</v>
       </c>
       <c r="H31" t="s">
-        <v>1235</v>
+        <v>1251</v>
       </c>
       <c r="I31" t="s">
-        <v>1236</v>
+        <v>1252</v>
       </c>
       <c r="J31" t="s">
-        <v>1237</v>
+        <v>188</v>
       </c>
       <c r="K31" t="s">
-        <v>1238</v>
-[...14 lines deleted...]
-        <v>1243</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B32" t="s">
-        <v>1244</v>
+        <v>1254</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>1245</v>
+        <v>1255</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>1246</v>
+        <v>1256</v>
       </c>
       <c r="H32" t="s">
-        <v>1247</v>
+        <v>1257</v>
       </c>
       <c r="I32" t="s">
-        <v>1248</v>
+        <v>1258</v>
       </c>
       <c r="J32" t="s">
-        <v>1249</v>
+        <v>91</v>
       </c>
       <c r="K32" t="s">
-        <v>1250</v>
-[...8 lines deleted...]
-        <v>1253</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B33" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>1256</v>
+        <v>1262</v>
       </c>
       <c r="H33" t="s">
-        <v>1257</v>
+        <v>1263</v>
       </c>
       <c r="I33" t="s">
-        <v>1258</v>
+        <v>1264</v>
       </c>
       <c r="J33" t="s">
-        <v>1259</v>
+        <v>1265</v>
       </c>
       <c r="K33" t="s">
-        <v>1260</v>
+        <v>1266</v>
       </c>
       <c r="L33" t="s">
-        <v>1261</v>
+        <v>1267</v>
       </c>
       <c r="M33" t="s">
-        <v>1262</v>
+        <v>1268</v>
       </c>
       <c r="N33" t="s">
-        <v>1263</v>
+        <v>1269</v>
       </c>
       <c r="O33" t="s">
-        <v>1264</v>
+        <v>1270</v>
+      </c>
+      <c r="P33" t="s">
+        <v>1271</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B34" t="s">
-        <v>1265</v>
+        <v>1272</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>1266</v>
+        <v>1273</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>1267</v>
+        <v>1274</v>
       </c>
       <c r="H34" t="s">
-        <v>1268</v>
+        <v>1275</v>
       </c>
       <c r="I34" t="s">
-        <v>1269</v>
+        <v>1276</v>
       </c>
       <c r="J34" t="s">
-        <v>1270</v>
+        <v>1277</v>
       </c>
       <c r="K34" t="s">
-        <v>1271</v>
+        <v>1278</v>
       </c>
       <c r="L34" t="s">
-        <v>1272</v>
+        <v>1279</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1280</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1281</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B35" t="s">
-        <v>1273</v>
+        <v>1282</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>1274</v>
+        <v>1283</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>1275</v>
+        <v>1284</v>
       </c>
       <c r="H35" t="s">
-        <v>1276</v>
+        <v>1285</v>
       </c>
       <c r="I35" t="s">
-        <v>1277</v>
+        <v>1286</v>
       </c>
       <c r="J35" t="s">
-        <v>1278</v>
+        <v>1287</v>
       </c>
       <c r="K35" t="s">
-        <v>1279</v>
+        <v>1288</v>
       </c>
       <c r="L35" t="s">
-        <v>1280</v>
+        <v>1289</v>
       </c>
       <c r="M35" t="s">
-        <v>1281</v>
+        <v>1290</v>
       </c>
       <c r="N35" t="s">
-        <v>1282</v>
+        <v>1291</v>
       </c>
       <c r="O35" t="s">
-        <v>1283</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B36" t="s">
-        <v>1284</v>
+        <v>1293</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>1285</v>
+        <v>1294</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>1286</v>
+        <v>1295</v>
       </c>
       <c r="H36" t="s">
-        <v>1287</v>
+        <v>1296</v>
       </c>
       <c r="I36" t="s">
-        <v>1288</v>
+        <v>1297</v>
       </c>
       <c r="J36" t="s">
-        <v>1289</v>
+        <v>1298</v>
       </c>
       <c r="K36" t="s">
-        <v>1290</v>
+        <v>1299</v>
       </c>
       <c r="L36" t="s">
-        <v>1291</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B37" t="s">
-        <v>1292</v>
+        <v>1301</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>1293</v>
+        <v>1302</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>1294</v>
+        <v>1303</v>
       </c>
       <c r="H37" t="s">
-        <v>1295</v>
+        <v>1304</v>
       </c>
       <c r="I37" t="s">
-        <v>949</v>
+        <v>1305</v>
       </c>
       <c r="J37" t="s">
-        <v>102</v>
+        <v>1306</v>
       </c>
       <c r="K37" t="s">
-        <v>1296</v>
+        <v>1307</v>
       </c>
       <c r="L37" t="s">
-        <v>1297</v>
+        <v>1308</v>
       </c>
       <c r="M37" t="s">
-        <v>1298</v>
+        <v>1309</v>
       </c>
       <c r="N37" t="s">
-        <v>1299</v>
+        <v>1310</v>
+      </c>
+      <c r="O37" t="s">
+        <v>1311</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B38" t="s">
-        <v>1300</v>
+        <v>1312</v>
       </c>
       <c r="C38" t="s">
         <v>12</v>
       </c>
       <c r="D38" t="s">
         <v>12</v>
       </c>
       <c r="E38" t="s">
-        <v>1301</v>
+        <v>1313</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>1302</v>
+        <v>1314</v>
       </c>
       <c r="H38" t="s">
-        <v>1303</v>
+        <v>1315</v>
       </c>
       <c r="I38" t="s">
-        <v>1304</v>
+        <v>1316</v>
       </c>
       <c r="J38" t="s">
-        <v>1305</v>
+        <v>1317</v>
       </c>
       <c r="K38" t="s">
-        <v>1306</v>
+        <v>1318</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1319</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B39" t="s">
-        <v>1307</v>
+        <v>1320</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39" t="s">
         <v>12</v>
       </c>
       <c r="E39" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
-        <v>1309</v>
+        <v>1322</v>
       </c>
       <c r="H39" t="s">
-        <v>1310</v>
+        <v>1323</v>
       </c>
       <c r="I39" t="s">
-        <v>1311</v>
+        <v>985</v>
       </c>
       <c r="J39" t="s">
-        <v>1312</v>
+        <v>109</v>
       </c>
       <c r="K39" t="s">
-        <v>1313</v>
+        <v>1324</v>
+      </c>
+      <c r="L39" t="s">
+        <v>1325</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1326</v>
+      </c>
+      <c r="N39" t="s">
+        <v>1327</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B40" t="s">
-        <v>1314</v>
+        <v>1328</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40" t="s">
         <v>12</v>
       </c>
       <c r="E40" t="s">
-        <v>1315</v>
+        <v>1329</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="H40" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="I40" t="s">
-        <v>1318</v>
+        <v>1332</v>
       </c>
       <c r="J40" t="s">
-        <v>1319</v>
+        <v>1333</v>
       </c>
       <c r="K40" t="s">
-        <v>1320</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B41" t="s">
-        <v>1321</v>
+        <v>1335</v>
       </c>
       <c r="C41" t="s">
         <v>12</v>
       </c>
       <c r="D41" t="s">
         <v>12</v>
       </c>
       <c r="E41" t="s">
-        <v>1322</v>
+        <v>1336</v>
       </c>
       <c r="F41" t="s">
         <v>12</v>
       </c>
       <c r="G41" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
       <c r="H41" t="s">
-        <v>1324</v>
+        <v>1338</v>
       </c>
       <c r="I41" t="s">
-        <v>1288</v>
+        <v>1339</v>
       </c>
       <c r="J41" t="s">
-        <v>1325</v>
+        <v>1340</v>
       </c>
       <c r="K41" t="s">
-        <v>1326</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B42" t="s">
-        <v>1327</v>
+        <v>1342</v>
       </c>
       <c r="C42" t="s">
         <v>12</v>
       </c>
       <c r="D42" t="s">
         <v>12</v>
       </c>
       <c r="E42" t="s">
-        <v>1328</v>
+        <v>1343</v>
       </c>
       <c r="F42" t="s">
         <v>12</v>
       </c>
       <c r="G42" t="s">
-        <v>1329</v>
+        <v>1344</v>
       </c>
       <c r="H42" t="s">
-        <v>1330</v>
+        <v>1345</v>
       </c>
       <c r="I42" t="s">
-        <v>1331</v>
+        <v>1346</v>
       </c>
       <c r="J42" t="s">
-        <v>84</v>
+        <v>1347</v>
       </c>
       <c r="K42" t="s">
-        <v>1332</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B43" t="s">
-        <v>1333</v>
+        <v>1349</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>1334</v>
+        <v>1350</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>1335</v>
+        <v>1351</v>
       </c>
       <c r="H43" t="s">
-        <v>1336</v>
+        <v>1352</v>
       </c>
       <c r="I43" t="s">
-        <v>1337</v>
+        <v>1316</v>
       </c>
       <c r="J43" t="s">
-        <v>1338</v>
+        <v>1353</v>
       </c>
       <c r="K43" t="s">
-        <v>1339</v>
-[...2 lines deleted...]
-        <v>1340</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B44" t="s">
-        <v>1341</v>
+        <v>1355</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>1342</v>
+        <v>1356</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>1343</v>
+        <v>1357</v>
       </c>
       <c r="H44" t="s">
-        <v>1344</v>
+        <v>1358</v>
       </c>
       <c r="I44" t="s">
-        <v>1345</v>
+        <v>1359</v>
       </c>
       <c r="J44" t="s">
-        <v>1346</v>
+        <v>91</v>
       </c>
       <c r="K44" t="s">
-        <v>1347</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B45" t="s">
-        <v>1348</v>
+        <v>1361</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>1349</v>
+        <v>1362</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>1350</v>
+        <v>1363</v>
       </c>
       <c r="H45" t="s">
-        <v>1351</v>
+        <v>1364</v>
       </c>
       <c r="I45" t="s">
-        <v>1352</v>
+        <v>1365</v>
       </c>
       <c r="J45" t="s">
-        <v>182</v>
+        <v>1366</v>
       </c>
       <c r="K45" t="s">
-        <v>1353</v>
+        <v>1367</v>
+      </c>
+      <c r="L45" t="s">
+        <v>1368</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B46" t="s">
-        <v>1354</v>
+        <v>1369</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>1355</v>
+        <v>1370</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>1356</v>
+        <v>1371</v>
       </c>
       <c r="H46" t="s">
-        <v>1357</v>
+        <v>1372</v>
       </c>
       <c r="I46" t="s">
-        <v>1358</v>
+        <v>1373</v>
       </c>
       <c r="J46" t="s">
-        <v>189</v>
+        <v>1374</v>
       </c>
       <c r="K46" t="s">
-        <v>1359</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B47" t="s">
-        <v>1360</v>
+        <v>1376</v>
       </c>
       <c r="C47" t="s">
         <v>12</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>1361</v>
+        <v>1377</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>1362</v>
+        <v>1378</v>
       </c>
       <c r="H47" t="s">
-        <v>1363</v>
+        <v>1379</v>
       </c>
       <c r="I47" t="s">
-        <v>1364</v>
+        <v>1380</v>
       </c>
       <c r="J47" t="s">
-        <v>1365</v>
+        <v>188</v>
       </c>
       <c r="K47" t="s">
-        <v>1366</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B48" t="s">
-        <v>1367</v>
+        <v>1382</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>1368</v>
+        <v>1383</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>1369</v>
+        <v>1384</v>
       </c>
       <c r="H48" t="s">
-        <v>1370</v>
+        <v>1385</v>
       </c>
       <c r="I48" t="s">
-        <v>1371</v>
+        <v>1386</v>
       </c>
       <c r="J48" t="s">
-        <v>1372</v>
+        <v>195</v>
       </c>
       <c r="K48" t="s">
-        <v>1373</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B49" t="s">
-        <v>1374</v>
+        <v>1388</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>1375</v>
+        <v>1389</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>1376</v>
+        <v>1390</v>
       </c>
       <c r="H49" t="s">
-        <v>1377</v>
+        <v>1391</v>
       </c>
       <c r="I49" t="s">
-        <v>1378</v>
+        <v>1392</v>
       </c>
       <c r="J49" t="s">
-        <v>1379</v>
+        <v>1393</v>
       </c>
       <c r="K49" t="s">
-        <v>1380</v>
-[...2 lines deleted...]
-        <v>1381</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B50" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="C50" t="s">
         <v>12</v>
       </c>
       <c r="D50" t="s">
         <v>12</v>
       </c>
       <c r="E50" t="s">
-        <v>1383</v>
+        <v>1396</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>1384</v>
+        <v>1397</v>
       </c>
       <c r="H50" t="s">
-        <v>1385</v>
+        <v>1398</v>
       </c>
       <c r="I50" t="s">
-        <v>1386</v>
+        <v>1399</v>
       </c>
       <c r="J50" t="s">
-        <v>1387</v>
+        <v>1400</v>
       </c>
       <c r="K50" t="s">
-        <v>1388</v>
+        <v>1401</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B51" t="s">
-        <v>1389</v>
+        <v>1402</v>
       </c>
       <c r="C51" t="s">
         <v>12</v>
       </c>
       <c r="D51" t="s">
         <v>12</v>
       </c>
       <c r="E51" t="s">
-        <v>1390</v>
+        <v>1403</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51" t="s">
-        <v>1391</v>
+        <v>1404</v>
       </c>
       <c r="H51" t="s">
-        <v>1392</v>
+        <v>1405</v>
       </c>
       <c r="I51" t="s">
-        <v>1393</v>
+        <v>1406</v>
       </c>
       <c r="J51" t="s">
-        <v>1140</v>
+        <v>1407</v>
       </c>
       <c r="K51" t="s">
-        <v>1394</v>
+        <v>1408</v>
       </c>
       <c r="L51" t="s">
-        <v>1395</v>
-[...38 lines deleted...]
-        <v>1408</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B52" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="C52" t="s">
         <v>12</v>
       </c>
       <c r="D52" t="s">
         <v>12</v>
       </c>
       <c r="E52" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="F52" t="s">
         <v>12</v>
       </c>
       <c r="G52" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="H52" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="I52" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="J52" t="s">
-        <v>84</v>
+        <v>1415</v>
       </c>
       <c r="K52" t="s">
-        <v>1414</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B53" t="s">
-        <v>1415</v>
+        <v>1417</v>
       </c>
       <c r="C53" t="s">
         <v>12</v>
       </c>
       <c r="D53" t="s">
         <v>12</v>
       </c>
       <c r="E53" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="F53" t="s">
         <v>12</v>
       </c>
       <c r="G53" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="H53" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="I53" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="J53" t="s">
-        <v>1420</v>
+        <v>1168</v>
       </c>
       <c r="K53" t="s">
-        <v>1421</v>
+        <v>1422</v>
+      </c>
+      <c r="L53" t="s">
+        <v>1423</v>
+      </c>
+      <c r="M53" t="s">
+        <v>1424</v>
+      </c>
+      <c r="N53" t="s">
+        <v>1425</v>
+      </c>
+      <c r="O53" t="s">
+        <v>1426</v>
+      </c>
+      <c r="P53" t="s">
+        <v>1427</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>1428</v>
+      </c>
+      <c r="R53" t="s">
+        <v>1429</v>
+      </c>
+      <c r="S53" t="s">
+        <v>1430</v>
+      </c>
+      <c r="T53" t="s">
+        <v>1431</v>
+      </c>
+      <c r="U53" t="s">
+        <v>1432</v>
+      </c>
+      <c r="V53" t="s">
+        <v>1433</v>
+      </c>
+      <c r="W53" t="s">
+        <v>1434</v>
+      </c>
+      <c r="X53" t="s">
+        <v>1435</v>
+      </c>
+      <c r="Y53" t="s">
+        <v>1436</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B54" t="s">
-        <v>1422</v>
+        <v>1437</v>
       </c>
       <c r="C54" t="s">
         <v>12</v>
       </c>
       <c r="D54" t="s">
         <v>12</v>
       </c>
       <c r="E54" t="s">
-        <v>1423</v>
+        <v>1438</v>
       </c>
       <c r="F54" t="s">
         <v>12</v>
       </c>
       <c r="G54" t="s">
-        <v>1424</v>
+        <v>1439</v>
       </c>
       <c r="H54" t="s">
-        <v>1425</v>
+        <v>1440</v>
       </c>
       <c r="I54" t="s">
-        <v>1426</v>
+        <v>1441</v>
       </c>
       <c r="J54" t="s">
-        <v>271</v>
+        <v>91</v>
       </c>
       <c r="K54" t="s">
-        <v>1427</v>
-[...2 lines deleted...]
-        <v>1428</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B55" t="s">
-        <v>1429</v>
+        <v>1443</v>
       </c>
       <c r="C55" t="s">
         <v>12</v>
       </c>
       <c r="D55" t="s">
         <v>12</v>
       </c>
       <c r="E55" t="s">
-        <v>1430</v>
+        <v>1444</v>
       </c>
       <c r="F55" t="s">
         <v>12</v>
       </c>
       <c r="G55" t="s">
-        <v>1431</v>
+        <v>1445</v>
       </c>
       <c r="H55" t="s">
-        <v>1432</v>
+        <v>1446</v>
       </c>
       <c r="I55" t="s">
-        <v>987</v>
+        <v>1447</v>
       </c>
       <c r="J55" t="s">
-        <v>84</v>
+        <v>1448</v>
       </c>
       <c r="K55" t="s">
-        <v>1433</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B56" t="s">
-        <v>1434</v>
+        <v>1450</v>
       </c>
       <c r="C56" t="s">
         <v>12</v>
       </c>
       <c r="D56" t="s">
         <v>12</v>
       </c>
       <c r="E56" t="s">
-        <v>1435</v>
+        <v>1451</v>
       </c>
       <c r="F56" t="s">
         <v>12</v>
       </c>
       <c r="G56" t="s">
-        <v>1436</v>
+        <v>1452</v>
       </c>
       <c r="H56" t="s">
-        <v>1437</v>
+        <v>1453</v>
       </c>
       <c r="I56" t="s">
-        <v>1438</v>
+        <v>1454</v>
       </c>
       <c r="J56" t="s">
-        <v>1439</v>
+        <v>277</v>
       </c>
       <c r="K56" t="s">
-        <v>1440</v>
+        <v>1455</v>
       </c>
       <c r="L56" t="s">
-        <v>1441</v>
-[...11 lines deleted...]
-        <v>1445</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B57" t="s">
-        <v>1446</v>
+        <v>1457</v>
       </c>
       <c r="C57" t="s">
         <v>12</v>
       </c>
       <c r="D57" t="s">
         <v>12</v>
       </c>
       <c r="E57" t="s">
-        <v>1447</v>
+        <v>1458</v>
       </c>
       <c r="F57" t="s">
         <v>12</v>
       </c>
       <c r="G57" t="s">
-        <v>1448</v>
+        <v>1459</v>
       </c>
       <c r="H57" t="s">
-        <v>1449</v>
+        <v>1460</v>
       </c>
       <c r="I57" t="s">
-        <v>1450</v>
+        <v>1015</v>
       </c>
       <c r="J57" t="s">
-        <v>1270</v>
+        <v>91</v>
       </c>
       <c r="K57" t="s">
-        <v>1451</v>
-[...5 lines deleted...]
-        <v>1453</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B58" t="s">
-        <v>1454</v>
+        <v>1462</v>
       </c>
       <c r="C58" t="s">
         <v>12</v>
       </c>
       <c r="D58" t="s">
         <v>12</v>
       </c>
       <c r="E58" t="s">
-        <v>1455</v>
+        <v>1463</v>
       </c>
       <c r="F58" t="s">
         <v>12</v>
       </c>
       <c r="G58" t="s">
-        <v>1456</v>
+        <v>1464</v>
       </c>
       <c r="H58" t="s">
-        <v>1457</v>
+        <v>1465</v>
       </c>
       <c r="I58" t="s">
-        <v>1458</v>
+        <v>1466</v>
       </c>
       <c r="J58" t="s">
-        <v>1270</v>
+        <v>1467</v>
       </c>
       <c r="K58" t="s">
-        <v>1459</v>
+        <v>1468</v>
       </c>
       <c r="L58" t="s">
-        <v>1460</v>
+        <v>1469</v>
       </c>
       <c r="M58" t="s">
-        <v>1461</v>
+        <v>1470</v>
+      </c>
+      <c r="N58" t="s">
+        <v>1471</v>
+      </c>
+      <c r="O58" t="s">
+        <v>1472</v>
+      </c>
+      <c r="P58" t="s">
+        <v>1473</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B59" t="s">
-        <v>1462</v>
+        <v>1474</v>
       </c>
       <c r="C59" t="s">
         <v>12</v>
       </c>
       <c r="D59" t="s">
         <v>12</v>
       </c>
       <c r="E59" t="s">
-        <v>1463</v>
+        <v>1475</v>
       </c>
       <c r="F59" t="s">
         <v>12</v>
       </c>
       <c r="G59" t="s">
-        <v>1464</v>
+        <v>1476</v>
       </c>
       <c r="H59" t="s">
-        <v>1465</v>
+        <v>1477</v>
       </c>
       <c r="I59" t="s">
-        <v>1466</v>
+        <v>1478</v>
       </c>
       <c r="J59" t="s">
-        <v>988</v>
+        <v>1298</v>
       </c>
       <c r="K59" t="s">
-        <v>1467</v>
+        <v>1479</v>
       </c>
       <c r="L59" t="s">
-        <v>1468</v>
+        <v>1480</v>
       </c>
       <c r="M59" t="s">
-        <v>1469</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B60" t="s">
-        <v>1470</v>
+        <v>1482</v>
       </c>
       <c r="C60" t="s">
         <v>12</v>
       </c>
       <c r="D60" t="s">
         <v>12</v>
       </c>
       <c r="E60" t="s">
-        <v>1471</v>
+        <v>1483</v>
       </c>
       <c r="F60" t="s">
         <v>12</v>
       </c>
       <c r="G60" t="s">
-        <v>1472</v>
+        <v>1484</v>
       </c>
       <c r="H60" t="s">
-        <v>1473</v>
+        <v>1485</v>
       </c>
       <c r="I60" t="s">
-        <v>1474</v>
+        <v>1486</v>
       </c>
       <c r="J60" t="s">
-        <v>988</v>
+        <v>1298</v>
       </c>
       <c r="K60" t="s">
-        <v>1475</v>
+        <v>1487</v>
       </c>
       <c r="L60" t="s">
-        <v>1476</v>
+        <v>1488</v>
       </c>
       <c r="M60" t="s">
-        <v>1477</v>
-[...2 lines deleted...]
-        <v>1478</v>
+        <v>1489</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B61" t="s">
-        <v>1479</v>
+        <v>1490</v>
       </c>
       <c r="C61" t="s">
         <v>12</v>
       </c>
       <c r="D61" t="s">
         <v>12</v>
       </c>
       <c r="E61" t="s">
-        <v>1480</v>
+        <v>1491</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
       <c r="G61" t="s">
-        <v>1481</v>
+        <v>1492</v>
       </c>
       <c r="H61" t="s">
-        <v>1482</v>
+        <v>1493</v>
       </c>
       <c r="I61" t="s">
-        <v>1483</v>
+        <v>1494</v>
       </c>
       <c r="J61" t="s">
-        <v>1484</v>
+        <v>1016</v>
       </c>
       <c r="K61" t="s">
-        <v>1485</v>
+        <v>1495</v>
       </c>
       <c r="L61" t="s">
-        <v>1486</v>
+        <v>1496</v>
       </c>
       <c r="M61" t="s">
-        <v>1487</v>
-[...5 lines deleted...]
-        <v>1489</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B62" t="s">
-        <v>1490</v>
+        <v>1498</v>
       </c>
       <c r="C62" t="s">
         <v>12</v>
       </c>
       <c r="D62" t="s">
         <v>12</v>
       </c>
       <c r="E62" t="s">
-        <v>1491</v>
+        <v>1499</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
       <c r="G62" t="s">
-        <v>1492</v>
+        <v>1500</v>
       </c>
       <c r="H62" t="s">
-        <v>1493</v>
+        <v>1501</v>
       </c>
       <c r="I62" t="s">
-        <v>1494</v>
+        <v>1502</v>
       </c>
       <c r="J62" t="s">
-        <v>1495</v>
+        <v>1016</v>
       </c>
       <c r="K62" t="s">
-        <v>1496</v>
+        <v>1503</v>
       </c>
       <c r="L62" t="s">
-        <v>1497</v>
+        <v>1504</v>
       </c>
       <c r="M62" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="N62" t="s">
-        <v>1499</v>
-[...11 lines deleted...]
-        <v>1503</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B63" t="s">
-        <v>1504</v>
+        <v>1507</v>
       </c>
       <c r="C63" t="s">
         <v>12</v>
       </c>
       <c r="D63" t="s">
         <v>12</v>
       </c>
       <c r="E63" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
       <c r="G63" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="H63" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="I63" t="s">
-        <v>1041</v>
+        <v>1511</v>
       </c>
       <c r="J63" t="s">
-        <v>182</v>
+        <v>1512</v>
       </c>
       <c r="K63" t="s">
-        <v>1508</v>
+        <v>1513</v>
+      </c>
+      <c r="L63" t="s">
+        <v>1514</v>
+      </c>
+      <c r="M63" t="s">
+        <v>1515</v>
+      </c>
+      <c r="N63" t="s">
+        <v>1516</v>
+      </c>
+      <c r="O63" t="s">
+        <v>1517</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B64" t="s">
-        <v>1509</v>
+        <v>1518</v>
       </c>
       <c r="C64" t="s">
         <v>12</v>
       </c>
       <c r="D64" t="s">
         <v>12</v>
       </c>
       <c r="E64" t="s">
-        <v>1510</v>
+        <v>1519</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
       <c r="G64" t="s">
-        <v>1511</v>
+        <v>1520</v>
       </c>
       <c r="H64" t="s">
-        <v>1512</v>
+        <v>1521</v>
       </c>
       <c r="I64" t="s">
-        <v>1513</v>
+        <v>1069</v>
       </c>
       <c r="J64" t="s">
-        <v>84</v>
+        <v>188</v>
       </c>
       <c r="K64" t="s">
-        <v>1514</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B65" t="s">
-        <v>1515</v>
+        <v>1523</v>
       </c>
       <c r="C65" t="s">
         <v>12</v>
       </c>
       <c r="D65" t="s">
         <v>12</v>
       </c>
       <c r="E65" t="s">
-        <v>1516</v>
+        <v>1524</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
       <c r="G65" t="s">
-        <v>1517</v>
+        <v>1525</v>
       </c>
       <c r="H65" t="s">
-        <v>1518</v>
+        <v>1526</v>
       </c>
       <c r="I65" t="s">
-        <v>1519</v>
+        <v>1527</v>
       </c>
       <c r="J65" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="K65" t="s">
-        <v>1520</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B66" t="s">
-        <v>1521</v>
+        <v>1529</v>
       </c>
       <c r="C66" t="s">
         <v>12</v>
       </c>
       <c r="D66" t="s">
         <v>12</v>
       </c>
       <c r="E66" t="s">
-        <v>1522</v>
+        <v>1530</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
       <c r="G66" t="s">
-        <v>1523</v>
+        <v>1531</v>
       </c>
       <c r="H66" t="s">
-        <v>1524</v>
+        <v>1532</v>
       </c>
       <c r="I66" t="s">
-        <v>1525</v>
+        <v>1533</v>
       </c>
       <c r="J66" t="s">
-        <v>1526</v>
+        <v>91</v>
       </c>
       <c r="K66" t="s">
-        <v>1527</v>
+        <v>1534</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B67" t="s">
-        <v>1528</v>
+        <v>1535</v>
       </c>
       <c r="C67" t="s">
         <v>12</v>
       </c>
       <c r="D67" t="s">
         <v>12</v>
       </c>
       <c r="E67" t="s">
-        <v>1529</v>
+        <v>1536</v>
       </c>
       <c r="F67" t="s">
         <v>12</v>
       </c>
       <c r="G67" t="s">
-        <v>1530</v>
+        <v>1537</v>
       </c>
       <c r="H67" t="s">
-        <v>1531</v>
+        <v>1538</v>
       </c>
       <c r="I67" t="s">
-        <v>1474</v>
+        <v>1539</v>
       </c>
       <c r="J67" t="s">
-        <v>84</v>
+        <v>1540</v>
       </c>
       <c r="K67" t="s">
-        <v>1532</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B68" t="s">
-        <v>1533</v>
+        <v>1542</v>
       </c>
       <c r="C68" t="s">
         <v>12</v>
       </c>
       <c r="D68" t="s">
         <v>12</v>
       </c>
       <c r="E68" t="s">
-        <v>1534</v>
+        <v>1543</v>
       </c>
       <c r="F68" t="s">
         <v>12</v>
       </c>
       <c r="G68" t="s">
-        <v>1535</v>
+        <v>1544</v>
       </c>
       <c r="H68" t="s">
-        <v>1536</v>
+        <v>1545</v>
       </c>
       <c r="I68" t="s">
-        <v>1537</v>
+        <v>1502</v>
       </c>
       <c r="J68" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="K68" t="s">
-        <v>1538</v>
+        <v>1546</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B69" t="s">
-        <v>1539</v>
+        <v>1547</v>
       </c>
       <c r="C69" t="s">
         <v>12</v>
       </c>
       <c r="D69" t="s">
         <v>12</v>
       </c>
       <c r="E69" t="s">
-        <v>1540</v>
+        <v>1548</v>
       </c>
       <c r="F69" t="s">
         <v>12</v>
       </c>
       <c r="G69" t="s">
-        <v>1541</v>
+        <v>1549</v>
       </c>
       <c r="H69" t="s">
-        <v>1542</v>
+        <v>1550</v>
       </c>
       <c r="I69" t="s">
-        <v>949</v>
+        <v>1551</v>
       </c>
       <c r="J69" t="s">
-        <v>182</v>
+        <v>91</v>
       </c>
       <c r="K69" t="s">
-        <v>1543</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B70" t="s">
-        <v>1544</v>
+        <v>1553</v>
       </c>
       <c r="C70" t="s">
         <v>12</v>
       </c>
       <c r="D70" t="s">
         <v>12</v>
       </c>
       <c r="E70" t="s">
-        <v>1545</v>
+        <v>1554</v>
       </c>
       <c r="F70" t="s">
         <v>12</v>
       </c>
       <c r="G70" t="s">
-        <v>1546</v>
+        <v>1555</v>
       </c>
       <c r="H70" t="s">
-        <v>1547</v>
+        <v>1556</v>
       </c>
       <c r="I70" t="s">
-        <v>1548</v>
+        <v>985</v>
       </c>
       <c r="J70" t="s">
-        <v>1439</v>
+        <v>188</v>
       </c>
       <c r="K70" t="s">
-        <v>1549</v>
-[...11 lines deleted...]
-        <v>1553</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B71" t="s">
-        <v>1554</v>
+        <v>1558</v>
       </c>
       <c r="C71" t="s">
         <v>12</v>
       </c>
       <c r="D71" t="s">
         <v>12</v>
       </c>
       <c r="E71" t="s">
-        <v>1555</v>
+        <v>1559</v>
       </c>
       <c r="F71" t="s">
         <v>12</v>
       </c>
       <c r="G71" t="s">
-        <v>1556</v>
+        <v>1560</v>
       </c>
       <c r="H71" t="s">
-        <v>1557</v>
+        <v>1561</v>
       </c>
       <c r="I71" t="s">
-        <v>1558</v>
+        <v>1562</v>
       </c>
       <c r="J71" t="s">
-        <v>1439</v>
+        <v>1467</v>
       </c>
       <c r="K71" t="s">
-        <v>1559</v>
+        <v>1563</v>
       </c>
       <c r="L71" t="s">
-        <v>1560</v>
+        <v>1564</v>
       </c>
       <c r="M71" t="s">
-        <v>1561</v>
+        <v>1565</v>
       </c>
       <c r="N71" t="s">
-        <v>1562</v>
+        <v>1566</v>
       </c>
       <c r="O71" t="s">
-        <v>1563</v>
-[...2 lines deleted...]
-        <v>1564</v>
+        <v>1567</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B72" t="s">
-        <v>1565</v>
+        <v>1568</v>
       </c>
       <c r="C72" t="s">
         <v>12</v>
       </c>
       <c r="D72" t="s">
         <v>12</v>
       </c>
       <c r="E72" t="s">
-        <v>1566</v>
+        <v>1569</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
       <c r="G72" t="s">
-        <v>1567</v>
+        <v>1570</v>
       </c>
       <c r="H72" t="s">
-        <v>1568</v>
+        <v>1571</v>
       </c>
       <c r="I72" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="J72" t="s">
-        <v>1570</v>
+        <v>1467</v>
       </c>
       <c r="K72" t="s">
-        <v>1571</v>
+        <v>1573</v>
+      </c>
+      <c r="L72" t="s">
+        <v>1574</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1575</v>
+      </c>
+      <c r="N72" t="s">
+        <v>1576</v>
+      </c>
+      <c r="O72" t="s">
+        <v>1577</v>
+      </c>
+      <c r="P72" t="s">
+        <v>1578</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B73" t="s">
-        <v>1572</v>
+        <v>1579</v>
       </c>
       <c r="C73" t="s">
         <v>12</v>
       </c>
       <c r="D73" t="s">
         <v>12</v>
       </c>
       <c r="E73" t="s">
-        <v>1573</v>
+        <v>1580</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
       <c r="G73" t="s">
-        <v>1574</v>
+        <v>1581</v>
       </c>
       <c r="H73" t="s">
-        <v>1575</v>
+        <v>1582</v>
       </c>
       <c r="I73" t="s">
-        <v>1101</v>
+        <v>1583</v>
       </c>
       <c r="J73" t="s">
-        <v>1576</v>
+        <v>1584</v>
       </c>
       <c r="K73" t="s">
-        <v>1577</v>
-[...5 lines deleted...]
-        <v>1579</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B74" t="s">
-        <v>1580</v>
+        <v>1586</v>
       </c>
       <c r="C74" t="s">
         <v>12</v>
       </c>
       <c r="D74" t="s">
         <v>12</v>
       </c>
       <c r="E74" t="s">
-        <v>1581</v>
+        <v>1587</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
       <c r="G74" t="s">
-        <v>1582</v>
+        <v>1588</v>
       </c>
       <c r="H74" t="s">
-        <v>1583</v>
+        <v>1589</v>
       </c>
       <c r="I74" t="s">
-        <v>1584</v>
+        <v>1129</v>
       </c>
       <c r="J74" t="s">
-        <v>1439</v>
+        <v>1590</v>
       </c>
       <c r="K74" t="s">
-        <v>1585</v>
+        <v>1591</v>
       </c>
       <c r="L74" t="s">
-        <v>1586</v>
+        <v>1592</v>
       </c>
       <c r="M74" t="s">
-        <v>1587</v>
-[...5 lines deleted...]
-        <v>1589</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B75" t="s">
-        <v>1590</v>
+        <v>1594</v>
       </c>
       <c r="C75" t="s">
         <v>12</v>
       </c>
       <c r="D75" t="s">
         <v>12</v>
       </c>
       <c r="E75" t="s">
-        <v>1591</v>
+        <v>1595</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
       <c r="G75" t="s">
-        <v>1592</v>
+        <v>1596</v>
       </c>
       <c r="H75" t="s">
-        <v>1593</v>
+        <v>1597</v>
       </c>
       <c r="I75" t="s">
-        <v>1594</v>
+        <v>1598</v>
       </c>
       <c r="J75" t="s">
-        <v>102</v>
+        <v>1467</v>
       </c>
       <c r="K75" t="s">
-        <v>1595</v>
+        <v>1599</v>
       </c>
       <c r="L75" t="s">
-        <v>1596</v>
+        <v>1600</v>
       </c>
       <c r="M75" t="s">
-        <v>1597</v>
+        <v>1601</v>
       </c>
       <c r="N75" t="s">
-        <v>1598</v>
+        <v>1602</v>
       </c>
       <c r="O75" t="s">
-        <v>1599</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B76" t="s">
-        <v>1600</v>
+        <v>1604</v>
       </c>
       <c r="C76" t="s">
         <v>12</v>
       </c>
       <c r="D76" t="s">
         <v>12</v>
       </c>
       <c r="E76" t="s">
-        <v>1601</v>
+        <v>1605</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
       <c r="G76" t="s">
-        <v>1602</v>
+        <v>1606</v>
       </c>
       <c r="H76" t="s">
-        <v>1603</v>
+        <v>1607</v>
       </c>
       <c r="I76" t="s">
-        <v>1604</v>
+        <v>1608</v>
       </c>
       <c r="J76" t="s">
-        <v>271</v>
+        <v>109</v>
       </c>
       <c r="K76" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
       <c r="L76" t="s">
-        <v>1606</v>
+        <v>1610</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1611</v>
+      </c>
+      <c r="N76" t="s">
+        <v>1612</v>
+      </c>
+      <c r="O76" t="s">
+        <v>1613</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B77" t="s">
-        <v>1607</v>
+        <v>1614</v>
       </c>
       <c r="C77" t="s">
         <v>12</v>
       </c>
       <c r="D77" t="s">
         <v>12</v>
       </c>
       <c r="E77" t="s">
-        <v>1608</v>
+        <v>1615</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
       <c r="G77" t="s">
-        <v>1609</v>
+        <v>1616</v>
       </c>
       <c r="H77" t="s">
-        <v>1610</v>
+        <v>1617</v>
       </c>
       <c r="I77" t="s">
-        <v>1611</v>
+        <v>1618</v>
       </c>
       <c r="J77" t="s">
-        <v>102</v>
+        <v>277</v>
       </c>
       <c r="K77" t="s">
-        <v>1612</v>
+        <v>1619</v>
       </c>
       <c r="L77" t="s">
-        <v>1613</v>
-[...8 lines deleted...]
-        <v>1616</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B78" t="s">
-        <v>1617</v>
+        <v>1621</v>
       </c>
       <c r="C78" t="s">
         <v>12</v>
       </c>
       <c r="D78" t="s">
         <v>12</v>
       </c>
       <c r="E78" t="s">
-        <v>1618</v>
+        <v>1622</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
       <c r="G78" t="s">
-        <v>1619</v>
+        <v>1623</v>
       </c>
       <c r="H78" t="s">
-        <v>1620</v>
+        <v>1624</v>
       </c>
       <c r="I78" t="s">
-        <v>1101</v>
+        <v>1625</v>
       </c>
       <c r="J78" t="s">
-        <v>1526</v>
+        <v>109</v>
       </c>
       <c r="K78" t="s">
-        <v>1621</v>
+        <v>1626</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1627</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1628</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1629</v>
+      </c>
+      <c r="O78" t="s">
+        <v>1630</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B79" t="s">
-        <v>1622</v>
+        <v>1631</v>
       </c>
       <c r="C79" t="s">
         <v>12</v>
       </c>
       <c r="D79" t="s">
         <v>12</v>
       </c>
       <c r="E79" t="s">
-        <v>1623</v>
+        <v>1632</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
       <c r="G79" t="s">
-        <v>1624</v>
+        <v>1633</v>
       </c>
       <c r="H79" t="s">
-        <v>1625</v>
+        <v>1634</v>
       </c>
       <c r="I79" t="s">
-        <v>1626</v>
+        <v>1129</v>
       </c>
       <c r="J79" t="s">
-        <v>84</v>
+        <v>1540</v>
       </c>
       <c r="K79" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B80" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="C80" t="s">
         <v>12</v>
       </c>
       <c r="D80" t="s">
         <v>12</v>
       </c>
       <c r="E80" t="s">
-        <v>1629</v>
+        <v>1637</v>
       </c>
       <c r="F80" t="s">
         <v>12</v>
       </c>
       <c r="G80" t="s">
-        <v>1630</v>
+        <v>1638</v>
       </c>
       <c r="H80" t="s">
-        <v>1631</v>
+        <v>1639</v>
       </c>
       <c r="I80" t="s">
-        <v>1632</v>
+        <v>1640</v>
       </c>
       <c r="J80" t="s">
-        <v>1633</v>
+        <v>91</v>
       </c>
       <c r="K80" t="s">
-        <v>1634</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B81" t="s">
-        <v>1635</v>
+        <v>1642</v>
       </c>
       <c r="C81" t="s">
         <v>12</v>
       </c>
       <c r="D81" t="s">
         <v>12</v>
       </c>
       <c r="E81" t="s">
-        <v>1636</v>
+        <v>1643</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
       <c r="G81" t="s">
-        <v>1637</v>
+        <v>1644</v>
       </c>
       <c r="H81" t="s">
-        <v>1638</v>
+        <v>1645</v>
       </c>
       <c r="I81" t="s">
-        <v>1288</v>
+        <v>1646</v>
       </c>
       <c r="J81" t="s">
-        <v>447</v>
+        <v>1647</v>
       </c>
       <c r="K81" t="s">
-        <v>1639</v>
-[...17 lines deleted...]
-        <v>1645</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B82" t="s">
-        <v>1646</v>
+        <v>1649</v>
       </c>
       <c r="C82" t="s">
         <v>12</v>
       </c>
       <c r="D82" t="s">
         <v>12</v>
       </c>
       <c r="E82" t="s">
-        <v>1636</v>
+        <v>1650</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
       <c r="G82" t="s">
-        <v>1647</v>
+        <v>1651</v>
       </c>
       <c r="H82" t="s">
-        <v>1648</v>
+        <v>1652</v>
       </c>
       <c r="I82" t="s">
-        <v>1649</v>
+        <v>1316</v>
       </c>
       <c r="J82" t="s">
-        <v>182</v>
+        <v>453</v>
       </c>
       <c r="K82" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="L82" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="M82" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
       <c r="N82" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
       <c r="O82" t="s">
-        <v>1654</v>
+        <v>1657</v>
+      </c>
+      <c r="P82" t="s">
+        <v>1658</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>1659</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B83" t="s">
-        <v>1655</v>
+        <v>1660</v>
       </c>
       <c r="C83" t="s">
         <v>12</v>
       </c>
       <c r="D83" t="s">
         <v>12</v>
       </c>
       <c r="E83" t="s">
-        <v>1656</v>
+        <v>1650</v>
       </c>
       <c r="F83" t="s">
         <v>12</v>
       </c>
       <c r="G83" t="s">
-        <v>1657</v>
+        <v>1661</v>
       </c>
       <c r="H83" t="s">
-        <v>1658</v>
+        <v>1662</v>
       </c>
       <c r="I83" t="s">
-        <v>1331</v>
+        <v>1663</v>
       </c>
       <c r="J83" t="s">
-        <v>447</v>
+        <v>188</v>
       </c>
       <c r="K83" t="s">
-        <v>1659</v>
+        <v>1664</v>
       </c>
       <c r="L83" t="s">
-        <v>1660</v>
+        <v>1665</v>
       </c>
       <c r="M83" t="s">
-        <v>1661</v>
+        <v>1666</v>
       </c>
       <c r="N83" t="s">
-        <v>1662</v>
+        <v>1667</v>
+      </c>
+      <c r="O83" t="s">
+        <v>1668</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B84" t="s">
-        <v>1663</v>
+        <v>1669</v>
       </c>
       <c r="C84" t="s">
         <v>12</v>
       </c>
       <c r="D84" t="s">
         <v>12</v>
       </c>
       <c r="E84" t="s">
-        <v>1664</v>
+        <v>1670</v>
       </c>
       <c r="F84" t="s">
         <v>12</v>
       </c>
       <c r="G84" t="s">
-        <v>1665</v>
+        <v>1671</v>
       </c>
       <c r="H84" t="s">
-        <v>1666</v>
+        <v>1672</v>
       </c>
       <c r="I84" t="s">
-        <v>1419</v>
+        <v>1359</v>
       </c>
       <c r="J84" t="s">
-        <v>1667</v>
+        <v>453</v>
       </c>
       <c r="K84" t="s">
-        <v>1668</v>
+        <v>1673</v>
       </c>
       <c r="L84" t="s">
-        <v>1669</v>
+        <v>1674</v>
       </c>
       <c r="M84" t="s">
-        <v>1670</v>
+        <v>1675</v>
       </c>
       <c r="N84" t="s">
-        <v>1671</v>
-[...2 lines deleted...]
-        <v>1672</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B85" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="C85" t="s">
         <v>12</v>
       </c>
       <c r="D85" t="s">
         <v>12</v>
       </c>
       <c r="E85" t="s">
-        <v>1674</v>
+        <v>1678</v>
       </c>
       <c r="F85" t="s">
         <v>12</v>
       </c>
       <c r="G85" t="s">
-        <v>1675</v>
+        <v>1679</v>
       </c>
       <c r="H85" t="s">
-        <v>1676</v>
+        <v>1680</v>
       </c>
       <c r="I85" t="s">
-        <v>1677</v>
+        <v>1447</v>
       </c>
       <c r="J85" t="s">
-        <v>1439</v>
+        <v>1681</v>
       </c>
       <c r="K85" t="s">
-        <v>1678</v>
+        <v>1682</v>
+      </c>
+      <c r="L85" t="s">
+        <v>1683</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1684</v>
+      </c>
+      <c r="N85" t="s">
+        <v>1685</v>
+      </c>
+      <c r="O85" t="s">
+        <v>1686</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B86" t="s">
-        <v>1679</v>
+        <v>1687</v>
       </c>
       <c r="C86" t="s">
         <v>12</v>
       </c>
       <c r="D86" t="s">
         <v>12</v>
       </c>
       <c r="E86" t="s">
-        <v>1680</v>
+        <v>1688</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
       <c r="G86" t="s">
-        <v>1681</v>
+        <v>1689</v>
       </c>
       <c r="H86" t="s">
-        <v>1682</v>
+        <v>1690</v>
       </c>
       <c r="I86" t="s">
-        <v>974</v>
+        <v>1691</v>
       </c>
       <c r="J86" t="s">
-        <v>271</v>
+        <v>1467</v>
       </c>
       <c r="K86" t="s">
-        <v>1683</v>
-[...5 lines deleted...]
-        <v>1685</v>
+        <v>1692</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B87" t="s">
-        <v>1686</v>
+        <v>1693</v>
       </c>
       <c r="C87" t="s">
         <v>12</v>
       </c>
       <c r="D87" t="s">
         <v>12</v>
       </c>
       <c r="E87" t="s">
-        <v>1687</v>
+        <v>1694</v>
       </c>
       <c r="F87" t="s">
         <v>12</v>
       </c>
       <c r="G87" t="s">
-        <v>1688</v>
+        <v>1695</v>
       </c>
       <c r="H87" t="s">
-        <v>1689</v>
+        <v>1696</v>
       </c>
       <c r="I87" t="s">
-        <v>974</v>
+        <v>1002</v>
       </c>
       <c r="J87" t="s">
-        <v>1439</v>
+        <v>277</v>
       </c>
       <c r="K87" t="s">
-        <v>1690</v>
+        <v>1697</v>
+      </c>
+      <c r="L87" t="s">
+        <v>1698</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1699</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B88" t="s">
-        <v>1691</v>
+        <v>1700</v>
       </c>
       <c r="C88" t="s">
         <v>12</v>
       </c>
       <c r="D88" t="s">
         <v>12</v>
       </c>
       <c r="E88" t="s">
-        <v>1692</v>
+        <v>1701</v>
       </c>
       <c r="F88" t="s">
         <v>12</v>
       </c>
       <c r="G88" t="s">
-        <v>1693</v>
+        <v>1702</v>
       </c>
       <c r="H88" t="s">
-        <v>1694</v>
+        <v>1703</v>
       </c>
       <c r="I88" t="s">
-        <v>1695</v>
+        <v>1002</v>
       </c>
       <c r="J88" t="s">
-        <v>1140</v>
+        <v>1467</v>
       </c>
       <c r="K88" t="s">
-        <v>1696</v>
-[...11 lines deleted...]
-        <v>1700</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B89" t="s">
-        <v>1701</v>
+        <v>1705</v>
       </c>
       <c r="C89" t="s">
         <v>12</v>
       </c>
       <c r="D89" t="s">
         <v>12</v>
       </c>
       <c r="E89" t="s">
-        <v>1692</v>
+        <v>1706</v>
       </c>
       <c r="F89" t="s">
         <v>12</v>
       </c>
       <c r="G89" t="s">
-        <v>1702</v>
+        <v>1707</v>
       </c>
       <c r="H89" t="s">
-        <v>1703</v>
+        <v>1708</v>
       </c>
       <c r="I89" t="s">
-        <v>1704</v>
+        <v>1709</v>
       </c>
       <c r="J89" t="s">
-        <v>447</v>
+        <v>1168</v>
       </c>
       <c r="K89" t="s">
-        <v>1705</v>
+        <v>1710</v>
       </c>
       <c r="L89" t="s">
-        <v>1706</v>
+        <v>1711</v>
       </c>
       <c r="M89" t="s">
-        <v>1707</v>
+        <v>1712</v>
+      </c>
+      <c r="N89" t="s">
+        <v>1713</v>
+      </c>
+      <c r="O89" t="s">
+        <v>1714</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B90" t="s">
-        <v>1708</v>
+        <v>1715</v>
       </c>
       <c r="C90" t="s">
         <v>12</v>
       </c>
       <c r="D90" t="s">
         <v>12</v>
       </c>
       <c r="E90" t="s">
-        <v>1709</v>
+        <v>1706</v>
       </c>
       <c r="F90" t="s">
         <v>12</v>
       </c>
       <c r="G90" t="s">
-        <v>1710</v>
+        <v>1716</v>
       </c>
       <c r="H90" t="s">
-        <v>1711</v>
+        <v>1717</v>
       </c>
       <c r="I90" t="s">
-        <v>1712</v>
+        <v>1718</v>
       </c>
       <c r="J90" t="s">
-        <v>447</v>
+        <v>453</v>
       </c>
       <c r="K90" t="s">
-        <v>1713</v>
+        <v>1719</v>
       </c>
       <c r="L90" t="s">
-        <v>1714</v>
+        <v>1720</v>
       </c>
       <c r="M90" t="s">
-        <v>1715</v>
-[...2 lines deleted...]
-        <v>1716</v>
+        <v>1721</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B91" t="s">
-        <v>1717</v>
+        <v>1722</v>
       </c>
       <c r="C91" t="s">
         <v>12</v>
       </c>
       <c r="D91" t="s">
         <v>12</v>
       </c>
       <c r="E91" t="s">
-        <v>1718</v>
+        <v>1723</v>
       </c>
       <c r="F91" t="s">
         <v>12</v>
       </c>
       <c r="G91" t="s">
-        <v>1719</v>
+        <v>1724</v>
       </c>
       <c r="H91" t="s">
-        <v>1720</v>
+        <v>1725</v>
       </c>
       <c r="I91" t="s">
-        <v>1584</v>
+        <v>1726</v>
       </c>
       <c r="J91" t="s">
-        <v>1721</v>
+        <v>453</v>
       </c>
       <c r="K91" t="s">
-        <v>1722</v>
+        <v>1727</v>
       </c>
       <c r="L91" t="s">
-        <v>1723</v>
+        <v>1728</v>
       </c>
       <c r="M91" t="s">
-        <v>1724</v>
+        <v>1729</v>
       </c>
       <c r="N91" t="s">
-        <v>1725</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B92" t="s">
-        <v>1726</v>
+        <v>1731</v>
       </c>
       <c r="C92" t="s">
         <v>12</v>
       </c>
       <c r="D92" t="s">
         <v>12</v>
       </c>
       <c r="E92" t="s">
-        <v>1727</v>
+        <v>1732</v>
       </c>
       <c r="F92" t="s">
         <v>12</v>
       </c>
       <c r="G92" t="s">
-        <v>1728</v>
+        <v>1733</v>
       </c>
       <c r="H92" t="s">
-        <v>1729</v>
+        <v>1734</v>
       </c>
       <c r="I92" t="s">
-        <v>1730</v>
+        <v>1598</v>
       </c>
       <c r="J92" t="s">
-        <v>1731</v>
+        <v>1735</v>
       </c>
       <c r="K92" t="s">
-        <v>1732</v>
+        <v>1736</v>
       </c>
       <c r="L92" t="s">
-        <v>1733</v>
+        <v>1737</v>
+      </c>
+      <c r="M92" t="s">
+        <v>1738</v>
+      </c>
+      <c r="N92" t="s">
+        <v>1739</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B93" t="s">
-        <v>1734</v>
+        <v>1740</v>
       </c>
       <c r="C93" t="s">
         <v>12</v>
       </c>
       <c r="D93" t="s">
         <v>12</v>
       </c>
       <c r="E93" t="s">
-        <v>1735</v>
+        <v>1741</v>
       </c>
       <c r="F93" t="s">
         <v>12</v>
       </c>
       <c r="G93" t="s">
-        <v>1736</v>
+        <v>1742</v>
       </c>
       <c r="H93" t="s">
-        <v>1737</v>
+        <v>1743</v>
       </c>
       <c r="I93" t="s">
-        <v>1738</v>
+        <v>1744</v>
       </c>
       <c r="J93" t="s">
-        <v>1439</v>
+        <v>1745</v>
       </c>
       <c r="K93" t="s">
-        <v>1739</v>
+        <v>1746</v>
+      </c>
+      <c r="L93" t="s">
+        <v>1747</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B94" t="s">
-        <v>1740</v>
+        <v>1748</v>
       </c>
       <c r="C94" t="s">
         <v>12</v>
       </c>
       <c r="D94" t="s">
         <v>12</v>
       </c>
       <c r="E94" t="s">
-        <v>1741</v>
+        <v>1749</v>
       </c>
       <c r="F94" t="s">
         <v>12</v>
       </c>
       <c r="G94" t="s">
-        <v>1742</v>
+        <v>1750</v>
       </c>
       <c r="H94" t="s">
-        <v>1743</v>
+        <v>1751</v>
       </c>
       <c r="I94" t="s">
-        <v>987</v>
+        <v>1752</v>
       </c>
       <c r="J94" t="s">
-        <v>1439</v>
+        <v>1467</v>
       </c>
       <c r="K94" t="s">
-        <v>1744</v>
+        <v>1753</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B95" t="s">
-        <v>1745</v>
+        <v>1754</v>
       </c>
       <c r="C95" t="s">
         <v>12</v>
       </c>
       <c r="D95" t="s">
         <v>12</v>
       </c>
       <c r="E95" t="s">
-        <v>1746</v>
+        <v>1755</v>
       </c>
       <c r="F95" t="s">
         <v>12</v>
       </c>
       <c r="G95" t="s">
-        <v>1747</v>
+        <v>1756</v>
       </c>
       <c r="H95" t="s">
-        <v>1748</v>
+        <v>1757</v>
       </c>
       <c r="I95" t="s">
-        <v>1749</v>
+        <v>1015</v>
       </c>
       <c r="J95" t="s">
-        <v>1439</v>
+        <v>1467</v>
       </c>
       <c r="K95" t="s">
-        <v>1750</v>
-[...2 lines deleted...]
-        <v>1751</v>
+        <v>1758</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B96" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="C96" t="s">
         <v>12</v>
       </c>
       <c r="D96" t="s">
         <v>12</v>
       </c>
       <c r="E96" t="s">
-        <v>1753</v>
+        <v>1760</v>
       </c>
       <c r="F96" t="s">
         <v>12</v>
       </c>
       <c r="G96" t="s">
-        <v>1754</v>
+        <v>1761</v>
       </c>
       <c r="H96" t="s">
-        <v>1755</v>
+        <v>1762</v>
       </c>
       <c r="I96" t="s">
-        <v>1756</v>
+        <v>1763</v>
       </c>
       <c r="J96" t="s">
-        <v>442</v>
+        <v>1467</v>
       </c>
       <c r="K96" t="s">
-        <v>1757</v>
+        <v>1764</v>
       </c>
       <c r="L96" t="s">
-        <v>1758</v>
-[...5 lines deleted...]
-        <v>1760</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B97" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="C97" t="s">
         <v>12</v>
       </c>
       <c r="D97" t="s">
         <v>12</v>
       </c>
       <c r="E97" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="F97" t="s">
         <v>12</v>
       </c>
       <c r="G97" t="s">
-        <v>1763</v>
+        <v>1768</v>
       </c>
       <c r="H97" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="I97" t="s">
-        <v>1765</v>
+        <v>1770</v>
       </c>
       <c r="J97" t="s">
-        <v>271</v>
+        <v>448</v>
       </c>
       <c r="K97" t="s">
-        <v>1766</v>
+        <v>1771</v>
+      </c>
+      <c r="L97" t="s">
+        <v>1772</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1773</v>
+      </c>
+      <c r="N97" t="s">
+        <v>1774</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B98" t="s">
-        <v>1767</v>
+        <v>1775</v>
       </c>
       <c r="C98" t="s">
         <v>12</v>
       </c>
       <c r="D98" t="s">
         <v>12</v>
       </c>
       <c r="E98" t="s">
-        <v>1762</v>
+        <v>1776</v>
       </c>
       <c r="F98" t="s">
         <v>12</v>
       </c>
       <c r="G98" t="s">
-        <v>1768</v>
+        <v>1777</v>
       </c>
       <c r="H98" t="s">
-        <v>1769</v>
+        <v>1778</v>
       </c>
       <c r="I98" t="s">
-        <v>1770</v>
+        <v>1779</v>
       </c>
       <c r="J98" t="s">
-        <v>1771</v>
+        <v>277</v>
       </c>
       <c r="K98" t="s">
-        <v>1772</v>
-[...8 lines deleted...]
-        <v>1775</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B99" t="s">
+        <v>1781</v>
+      </c>
+      <c r="C99" t="s">
+        <v>12</v>
+      </c>
+      <c r="D99" t="s">
+        <v>12</v>
+      </c>
+      <c r="E99" t="s">
         <v>1776</v>
       </c>
-      <c r="C99" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F99" t="s">
         <v>12</v>
       </c>
       <c r="G99" t="s">
-        <v>1777</v>
+        <v>1782</v>
       </c>
       <c r="H99" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="I99" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="J99" t="s">
-        <v>271</v>
+        <v>1785</v>
       </c>
       <c r="K99" t="s">
-        <v>1780</v>
+        <v>1786</v>
       </c>
       <c r="L99" t="s">
-        <v>1781</v>
+        <v>1787</v>
       </c>
       <c r="M99" t="s">
-        <v>1782</v>
+        <v>1788</v>
       </c>
       <c r="N99" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B100" t="s">
-        <v>1784</v>
+        <v>1790</v>
       </c>
       <c r="C100" t="s">
         <v>12</v>
       </c>
       <c r="D100" t="s">
         <v>12</v>
       </c>
       <c r="E100" t="s">
-        <v>1785</v>
+        <v>1776</v>
       </c>
       <c r="F100" t="s">
         <v>12</v>
       </c>
       <c r="G100" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
       <c r="H100" t="s">
-        <v>1787</v>
+        <v>1792</v>
       </c>
       <c r="I100" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="J100" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="K100" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="L100" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="M100" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="N100" t="s">
-        <v>1792</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B101" t="s">
-        <v>1793</v>
+        <v>1798</v>
       </c>
       <c r="C101" t="s">
         <v>12</v>
       </c>
       <c r="D101" t="s">
         <v>12</v>
       </c>
       <c r="E101" t="s">
-        <v>1794</v>
+        <v>1799</v>
       </c>
       <c r="F101" t="s">
         <v>12</v>
       </c>
       <c r="G101" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
       <c r="H101" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="I101" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="J101" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="K101" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="L101" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
       <c r="M101" t="s">
-        <v>1800</v>
+        <v>1805</v>
       </c>
       <c r="N101" t="s">
-        <v>1801</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B102" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="C102" t="s">
         <v>12</v>
       </c>
       <c r="D102" t="s">
         <v>12</v>
       </c>
       <c r="E102" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="F102" t="s">
         <v>12</v>
       </c>
       <c r="G102" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="H102" t="s">
-        <v>1805</v>
+        <v>1810</v>
       </c>
       <c r="I102" t="s">
-        <v>1806</v>
+        <v>1811</v>
       </c>
       <c r="J102" t="s">
-        <v>1439</v>
+        <v>277</v>
       </c>
       <c r="K102" t="s">
-        <v>1807</v>
+        <v>1812</v>
+      </c>
+      <c r="L102" t="s">
+        <v>1813</v>
+      </c>
+      <c r="M102" t="s">
+        <v>1814</v>
+      </c>
+      <c r="N102" t="s">
+        <v>1815</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B103" t="s">
-        <v>1808</v>
+        <v>1816</v>
       </c>
       <c r="C103" t="s">
         <v>12</v>
       </c>
       <c r="D103" t="s">
         <v>12</v>
       </c>
       <c r="E103" t="s">
-        <v>1762</v>
+        <v>1817</v>
       </c>
       <c r="F103" t="s">
         <v>12</v>
       </c>
       <c r="G103" t="s">
-        <v>1809</v>
+        <v>1818</v>
       </c>
       <c r="H103" t="s">
-        <v>1810</v>
+        <v>1819</v>
       </c>
       <c r="I103" t="s">
-        <v>1101</v>
+        <v>1820</v>
       </c>
       <c r="J103" t="s">
-        <v>1811</v>
+        <v>1467</v>
       </c>
       <c r="K103" t="s">
-        <v>1812</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B104" t="s">
-        <v>1813</v>
+        <v>1822</v>
       </c>
       <c r="C104" t="s">
         <v>12</v>
       </c>
       <c r="D104" t="s">
         <v>12</v>
       </c>
       <c r="E104" t="s">
-        <v>1814</v>
+        <v>1776</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
       <c r="G104" t="s">
-        <v>1815</v>
+        <v>1823</v>
       </c>
       <c r="H104" t="s">
-        <v>1816</v>
+        <v>1824</v>
       </c>
       <c r="I104" t="s">
-        <v>1817</v>
+        <v>1129</v>
       </c>
       <c r="J104" t="s">
-        <v>1818</v>
+        <v>1825</v>
       </c>
       <c r="K104" t="s">
-        <v>1819</v>
-[...19 lines deleted...]
-      <c r="R104" t="s">
         <v>1826</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B105" t="s">
         <v>1827</v>
       </c>
       <c r="C105" t="s">
         <v>12</v>
       </c>
       <c r="D105" t="s">
         <v>12</v>
       </c>
       <c r="E105" t="s">
         <v>1828</v>
       </c>
       <c r="F105" t="s">
         <v>12</v>
       </c>
       <c r="G105" t="s">
         <v>1829</v>
       </c>
       <c r="H105" t="s">
         <v>1830</v>
       </c>
       <c r="I105" t="s">
         <v>1831</v>
       </c>
       <c r="J105" t="s">
-        <v>1439</v>
+        <v>1832</v>
       </c>
       <c r="K105" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="L105" t="s">
-        <v>1833</v>
+        <v>1834</v>
+      </c>
+      <c r="M105" t="s">
+        <v>1835</v>
+      </c>
+      <c r="N105" t="s">
+        <v>1836</v>
+      </c>
+      <c r="O105" t="s">
+        <v>1837</v>
+      </c>
+      <c r="P105" t="s">
+        <v>1838</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>1839</v>
+      </c>
+      <c r="R105" t="s">
+        <v>1840</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B106" t="s">
-        <v>1834</v>
+        <v>1841</v>
       </c>
       <c r="C106" t="s">
         <v>12</v>
       </c>
       <c r="D106" t="s">
         <v>12</v>
       </c>
       <c r="E106" t="s">
-        <v>1835</v>
+        <v>1842</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
       <c r="G106" t="s">
-        <v>1836</v>
+        <v>1843</v>
       </c>
       <c r="H106" t="s">
-        <v>1837</v>
+        <v>1844</v>
       </c>
       <c r="I106" t="s">
-        <v>1838</v>
+        <v>1845</v>
       </c>
       <c r="J106" t="s">
-        <v>442</v>
+        <v>1467</v>
       </c>
       <c r="K106" t="s">
-        <v>1839</v>
+        <v>1846</v>
+      </c>
+      <c r="L106" t="s">
+        <v>1847</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B107" t="s">
-        <v>1840</v>
+        <v>1848</v>
       </c>
       <c r="C107" t="s">
         <v>12</v>
       </c>
       <c r="D107" t="s">
         <v>12</v>
       </c>
       <c r="E107" t="s">
-        <v>1841</v>
+        <v>1849</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
       <c r="G107" t="s">
-        <v>1842</v>
+        <v>1850</v>
       </c>
       <c r="H107" t="s">
-        <v>1843</v>
+        <v>1851</v>
       </c>
       <c r="I107" t="s">
-        <v>1844</v>
+        <v>1852</v>
       </c>
       <c r="J107" t="s">
-        <v>271</v>
+        <v>448</v>
       </c>
       <c r="K107" t="s">
-        <v>1845</v>
-[...8 lines deleted...]
-        <v>1848</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B108" t="s">
-        <v>1849</v>
+        <v>1854</v>
       </c>
       <c r="C108" t="s">
         <v>12</v>
       </c>
       <c r="D108" t="s">
         <v>12</v>
       </c>
       <c r="E108" t="s">
-        <v>1841</v>
+        <v>1855</v>
       </c>
       <c r="F108" t="s">
         <v>12</v>
       </c>
       <c r="G108" t="s">
-        <v>1850</v>
+        <v>1856</v>
       </c>
       <c r="H108" t="s">
-        <v>1851</v>
+        <v>1857</v>
       </c>
       <c r="I108" t="s">
-        <v>1852</v>
+        <v>1858</v>
       </c>
       <c r="J108" t="s">
-        <v>430</v>
+        <v>277</v>
       </c>
       <c r="K108" t="s">
-        <v>1853</v>
+        <v>1859</v>
       </c>
       <c r="L108" t="s">
-        <v>1854</v>
+        <v>1860</v>
       </c>
       <c r="M108" t="s">
-        <v>1855</v>
+        <v>1861</v>
       </c>
       <c r="N108" t="s">
-        <v>1856</v>
+        <v>1862</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B109" t="s">
-        <v>1857</v>
+        <v>1863</v>
       </c>
       <c r="C109" t="s">
         <v>12</v>
       </c>
       <c r="D109" t="s">
         <v>12</v>
       </c>
       <c r="E109" t="s">
-        <v>1858</v>
+        <v>1855</v>
       </c>
       <c r="F109" t="s">
         <v>12</v>
       </c>
       <c r="G109" t="s">
-        <v>1859</v>
+        <v>1864</v>
       </c>
       <c r="H109" t="s">
-        <v>1860</v>
+        <v>1865</v>
       </c>
       <c r="I109" t="s">
-        <v>1861</v>
+        <v>1866</v>
       </c>
       <c r="J109" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
       <c r="K109" t="s">
-        <v>1862</v>
+        <v>1867</v>
       </c>
       <c r="L109" t="s">
-        <v>1863</v>
+        <v>1868</v>
       </c>
       <c r="M109" t="s">
-        <v>1864</v>
+        <v>1869</v>
       </c>
       <c r="N109" t="s">
-        <v>1865</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B110" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
       <c r="C110" t="s">
         <v>12</v>
       </c>
       <c r="D110" t="s">
         <v>12</v>
       </c>
       <c r="E110" t="s">
-        <v>1858</v>
+        <v>1872</v>
       </c>
       <c r="F110" t="s">
         <v>12</v>
       </c>
       <c r="G110" t="s">
-        <v>1867</v>
+        <v>1873</v>
       </c>
       <c r="H110" t="s">
-        <v>1868</v>
+        <v>1874</v>
       </c>
       <c r="I110" t="s">
-        <v>1869</v>
+        <v>1875</v>
       </c>
       <c r="J110" t="s">
-        <v>1439</v>
+        <v>453</v>
       </c>
       <c r="K110" t="s">
-        <v>1870</v>
+        <v>1876</v>
       </c>
       <c r="L110" t="s">
-        <v>1871</v>
+        <v>1877</v>
       </c>
       <c r="M110" t="s">
-        <v>1872</v>
+        <v>1878</v>
       </c>
       <c r="N110" t="s">
-        <v>1873</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B111" t="s">
-        <v>1874</v>
+        <v>1880</v>
       </c>
       <c r="C111" t="s">
         <v>12</v>
       </c>
       <c r="D111" t="s">
         <v>12</v>
       </c>
       <c r="E111" t="s">
-        <v>1875</v>
+        <v>1872</v>
       </c>
       <c r="F111" t="s">
         <v>12</v>
       </c>
       <c r="G111" t="s">
-        <v>1876</v>
+        <v>1881</v>
       </c>
       <c r="H111" t="s">
-        <v>1877</v>
+        <v>1882</v>
       </c>
       <c r="I111" t="s">
-        <v>1101</v>
+        <v>1883</v>
       </c>
       <c r="J111" t="s">
-        <v>1878</v>
+        <v>1467</v>
       </c>
       <c r="K111" t="s">
-        <v>1879</v>
+        <v>1884</v>
+      </c>
+      <c r="L111" t="s">
+        <v>1885</v>
+      </c>
+      <c r="M111" t="s">
+        <v>1886</v>
+      </c>
+      <c r="N111" t="s">
+        <v>1887</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B112" t="s">
-        <v>1880</v>
+        <v>1888</v>
       </c>
       <c r="C112" t="s">
         <v>12</v>
       </c>
       <c r="D112" t="s">
         <v>12</v>
       </c>
       <c r="E112" t="s">
-        <v>1881</v>
+        <v>1889</v>
       </c>
       <c r="F112" t="s">
         <v>12</v>
       </c>
       <c r="G112" t="s">
-        <v>1882</v>
+        <v>1890</v>
       </c>
       <c r="H112" t="s">
-        <v>1883</v>
+        <v>1891</v>
       </c>
       <c r="I112" t="s">
-        <v>1884</v>
+        <v>1129</v>
       </c>
       <c r="J112" t="s">
-        <v>271</v>
+        <v>1892</v>
       </c>
       <c r="K112" t="s">
-        <v>1885</v>
-[...8 lines deleted...]
-        <v>1888</v>
+        <v>1893</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B113" t="s">
-        <v>1889</v>
+        <v>1894</v>
       </c>
       <c r="C113" t="s">
         <v>12</v>
       </c>
       <c r="D113" t="s">
         <v>12</v>
       </c>
       <c r="E113" t="s">
-        <v>1890</v>
+        <v>1895</v>
       </c>
       <c r="F113" t="s">
         <v>12</v>
       </c>
       <c r="G113" t="s">
-        <v>1891</v>
+        <v>1896</v>
       </c>
       <c r="H113" t="s">
-        <v>1892</v>
+        <v>1897</v>
       </c>
       <c r="I113" t="s">
-        <v>1893</v>
+        <v>1898</v>
       </c>
       <c r="J113" t="s">
-        <v>1894</v>
+        <v>277</v>
       </c>
       <c r="K113" t="s">
-        <v>1895</v>
+        <v>1899</v>
       </c>
       <c r="L113" t="s">
-        <v>1896</v>
+        <v>1900</v>
       </c>
       <c r="M113" t="s">
-        <v>1897</v>
+        <v>1901</v>
       </c>
       <c r="N113" t="s">
-        <v>1898</v>
-[...10 lines deleted...]
-      <c r="R113" t="s">
         <v>1902</v>
-      </c>
-[...118 lines deleted...]
-        <v>1942</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B114" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C114" t="s">
+        <v>12</v>
+      </c>
+      <c r="D114" t="s">
+        <v>12</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1904</v>
+      </c>
+      <c r="F114" t="s">
+        <v>12</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1905</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1906</v>
+      </c>
+      <c r="I114" t="s">
+        <v>1907</v>
+      </c>
+      <c r="J114" t="s">
+        <v>1908</v>
+      </c>
+      <c r="K114" t="s">
+        <v>1909</v>
+      </c>
+      <c r="L114" t="s">
+        <v>1910</v>
+      </c>
+      <c r="M114" t="s">
+        <v>1911</v>
+      </c>
+      <c r="N114" t="s">
+        <v>1912</v>
+      </c>
+      <c r="O114" t="s">
+        <v>1913</v>
+      </c>
+      <c r="P114" t="s">
+        <v>1914</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>1915</v>
+      </c>
+      <c r="R114" t="s">
+        <v>1916</v>
+      </c>
+      <c r="S114" t="s">
+        <v>1917</v>
+      </c>
+      <c r="T114" t="s">
+        <v>1918</v>
+      </c>
+      <c r="U114" t="s">
+        <v>1919</v>
+      </c>
+      <c r="V114" t="s">
+        <v>1920</v>
+      </c>
+      <c r="W114" t="s">
+        <v>1921</v>
+      </c>
+      <c r="X114" t="s">
+        <v>1922</v>
+      </c>
+      <c r="Y114" t="s">
+        <v>1923</v>
+      </c>
+      <c r="Z114" t="s">
+        <v>1924</v>
+      </c>
+      <c r="AA114" t="s">
+        <v>1925</v>
+      </c>
+      <c r="AB114" t="s">
+        <v>1926</v>
+      </c>
+      <c r="AC114" t="s">
+        <v>1927</v>
+      </c>
+      <c r="AD114" t="s">
+        <v>1928</v>
+      </c>
+      <c r="AE114" t="s">
+        <v>1929</v>
+      </c>
+      <c r="AF114" t="s">
+        <v>1930</v>
+      </c>
+      <c r="AG114" t="s">
+        <v>1931</v>
+      </c>
+      <c r="AH114" t="s">
+        <v>1932</v>
+      </c>
+      <c r="AI114" t="s">
+        <v>1933</v>
+      </c>
+      <c r="AJ114" t="s">
+        <v>1934</v>
+      </c>
+      <c r="AK114" t="s">
+        <v>1935</v>
+      </c>
+      <c r="AL114" t="s">
+        <v>1936</v>
+      </c>
+      <c r="AM114" t="s">
+        <v>1937</v>
+      </c>
+      <c r="AN114" t="s">
+        <v>1938</v>
+      </c>
+      <c r="AO114" t="s">
+        <v>1939</v>
+      </c>
+      <c r="AP114" t="s">
+        <v>1940</v>
+      </c>
+      <c r="AQ114" t="s">
+        <v>1941</v>
+      </c>
+      <c r="AR114" t="s">
+        <v>1942</v>
+      </c>
+      <c r="AS114" t="s">
         <v>1943</v>
       </c>
-      <c r="C114" t="s">
-[...5 lines deleted...]
-      <c r="E114" t="s">
+      <c r="AT114" t="s">
         <v>1944</v>
       </c>
-      <c r="F114" t="s">
-[...2 lines deleted...]
-      <c r="G114" t="s">
+      <c r="AU114" t="s">
         <v>1945</v>
       </c>
-      <c r="H114" t="s">
+      <c r="AV114" t="s">
         <v>1946</v>
       </c>
-      <c r="I114" t="s">
-[...2 lines deleted...]
-      <c r="J114" t="s">
+      <c r="AW114" t="s">
         <v>1947</v>
       </c>
-      <c r="K114" t="s">
+      <c r="AX114" t="s">
         <v>1948</v>
+      </c>
+      <c r="AY114" t="s">
+        <v>1949</v>
+      </c>
+      <c r="AZ114" t="s">
+        <v>1950</v>
+      </c>
+      <c r="BA114" t="s">
+        <v>1951</v>
+      </c>
+      <c r="BB114" t="s">
+        <v>1952</v>
+      </c>
+      <c r="BC114" t="s">
+        <v>1953</v>
+      </c>
+      <c r="BD114" t="s">
+        <v>1954</v>
+      </c>
+      <c r="BE114" t="s">
+        <v>1955</v>
+      </c>
+      <c r="BF114" t="s">
+        <v>1956</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B115" t="s">
-        <v>1949</v>
+        <v>1957</v>
       </c>
       <c r="C115" t="s">
         <v>12</v>
       </c>
       <c r="D115" t="s">
         <v>12</v>
       </c>
       <c r="E115" t="s">
-        <v>1950</v>
+        <v>1958</v>
       </c>
       <c r="F115" t="s">
         <v>12</v>
       </c>
       <c r="G115" t="s">
-        <v>1951</v>
+        <v>1959</v>
       </c>
       <c r="H115" t="s">
-        <v>1952</v>
+        <v>1960</v>
       </c>
       <c r="I115" t="s">
-        <v>1953</v>
+        <v>1002</v>
       </c>
       <c r="J115" t="s">
-        <v>1954</v>
+        <v>1961</v>
       </c>
       <c r="K115" t="s">
-        <v>1955</v>
-[...5 lines deleted...]
-        <v>1957</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B116" t="s">
-        <v>1958</v>
+        <v>1963</v>
       </c>
       <c r="C116" t="s">
         <v>12</v>
       </c>
       <c r="D116" t="s">
         <v>12</v>
       </c>
       <c r="E116" t="s">
-        <v>1959</v>
+        <v>1964</v>
       </c>
       <c r="F116" t="s">
         <v>12</v>
       </c>
       <c r="G116" t="s">
-        <v>1960</v>
+        <v>1965</v>
       </c>
       <c r="H116" t="s">
-        <v>1961</v>
+        <v>1966</v>
       </c>
       <c r="I116" t="s">
-        <v>1962</v>
+        <v>1967</v>
       </c>
       <c r="J116" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
       <c r="K116" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="L116" t="s">
-        <v>1965</v>
+        <v>1970</v>
+      </c>
+      <c r="M116" t="s">
+        <v>1971</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B117" t="s">
-        <v>1966</v>
+        <v>1972</v>
       </c>
       <c r="C117" t="s">
         <v>12</v>
       </c>
       <c r="D117" t="s">
         <v>12</v>
       </c>
       <c r="E117" t="s">
-        <v>1967</v>
+        <v>1973</v>
       </c>
       <c r="F117" t="s">
         <v>12</v>
       </c>
       <c r="G117" t="s">
-        <v>1968</v>
+        <v>1974</v>
       </c>
       <c r="H117" t="s">
-        <v>1969</v>
+        <v>1975</v>
       </c>
       <c r="I117" t="s">
-        <v>1970</v>
+        <v>1976</v>
       </c>
       <c r="J117" t="s">
-        <v>1971</v>
+        <v>1977</v>
       </c>
       <c r="K117" t="s">
-        <v>1972</v>
+        <v>1978</v>
       </c>
       <c r="L117" t="s">
-        <v>1973</v>
-[...16 lines deleted...]
-      <c r="R117" t="s">
         <v>1979</v>
-      </c>
-[...7 lines deleted...]
-        <v>1982</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B118" t="s">
+        <v>1980</v>
+      </c>
+      <c r="C118" t="s">
+        <v>12</v>
+      </c>
+      <c r="D118" t="s">
+        <v>12</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1981</v>
+      </c>
+      <c r="F118" t="s">
+        <v>12</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1982</v>
+      </c>
+      <c r="H118" t="s">
         <v>1983</v>
       </c>
-      <c r="C118" t="s">
-[...5 lines deleted...]
-      <c r="E118" t="s">
+      <c r="I118" t="s">
         <v>1984</v>
       </c>
-      <c r="F118" t="s">
-[...2 lines deleted...]
-      <c r="G118" t="s">
+      <c r="J118" t="s">
         <v>1985</v>
       </c>
-      <c r="H118" t="s">
+      <c r="K118" t="s">
         <v>1986</v>
       </c>
-      <c r="I118" t="s">
+      <c r="L118" t="s">
         <v>1987</v>
       </c>
-      <c r="J118" t="s">
+      <c r="M118" t="s">
         <v>1988</v>
       </c>
-      <c r="K118" t="s">
+      <c r="N118" t="s">
         <v>1989</v>
       </c>
-      <c r="L118" t="s">
+      <c r="O118" t="s">
         <v>1990</v>
       </c>
-      <c r="M118" t="s">
+      <c r="P118" t="s">
         <v>1991</v>
       </c>
-      <c r="N118" t="s">
+      <c r="Q118" t="s">
         <v>1992</v>
       </c>
-      <c r="O118" t="s">
+      <c r="R118" t="s">
         <v>1993</v>
       </c>
-      <c r="P118" t="s">
+      <c r="S118" t="s">
         <v>1994</v>
+      </c>
+      <c r="T118" t="s">
+        <v>1995</v>
+      </c>
+      <c r="U118" t="s">
+        <v>1996</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B119" t="s">
-        <v>1995</v>
+        <v>1997</v>
       </c>
       <c r="C119" t="s">
         <v>12</v>
       </c>
       <c r="D119" t="s">
         <v>12</v>
       </c>
       <c r="E119" t="s">
-        <v>1996</v>
+        <v>1998</v>
       </c>
       <c r="F119" t="s">
         <v>12</v>
       </c>
       <c r="G119" t="s">
-        <v>1997</v>
+        <v>1999</v>
       </c>
       <c r="H119" t="s">
-        <v>1998</v>
+        <v>2000</v>
       </c>
       <c r="I119" t="s">
-        <v>1852</v>
+        <v>2001</v>
       </c>
       <c r="J119" t="s">
-        <v>1140</v>
+        <v>2002</v>
       </c>
       <c r="K119" t="s">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="L119" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
       <c r="M119" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="N119" t="s">
-        <v>2002</v>
+        <v>2006</v>
+      </c>
+      <c r="O119" t="s">
+        <v>2007</v>
+      </c>
+      <c r="P119" t="s">
+        <v>2008</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B120" t="s">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="C120" t="s">
         <v>12</v>
       </c>
       <c r="D120" t="s">
         <v>12</v>
       </c>
       <c r="E120" t="s">
-        <v>2004</v>
+        <v>2010</v>
       </c>
       <c r="F120" t="s">
         <v>12</v>
       </c>
       <c r="G120" t="s">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="H120" t="s">
-        <v>2006</v>
+        <v>2012</v>
       </c>
       <c r="I120" t="s">
-        <v>2007</v>
+        <v>1866</v>
       </c>
       <c r="J120" t="s">
-        <v>2008</v>
+        <v>1168</v>
       </c>
       <c r="K120" t="s">
-        <v>2009</v>
+        <v>2013</v>
+      </c>
+      <c r="L120" t="s">
+        <v>2014</v>
+      </c>
+      <c r="M120" t="s">
+        <v>2015</v>
+      </c>
+      <c r="N120" t="s">
+        <v>2016</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B121" t="s">
-        <v>2010</v>
+        <v>2017</v>
       </c>
       <c r="C121" t="s">
         <v>12</v>
       </c>
       <c r="D121" t="s">
         <v>12</v>
       </c>
       <c r="E121" t="s">
-        <v>2011</v>
+        <v>2018</v>
       </c>
       <c r="F121" t="s">
         <v>12</v>
       </c>
       <c r="G121" t="s">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="H121" t="s">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="I121" t="s">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="J121" t="s">
-        <v>1270</v>
+        <v>2022</v>
       </c>
       <c r="K121" t="s">
-        <v>2015</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B122" t="s">
-        <v>2016</v>
+        <v>2024</v>
       </c>
       <c r="C122" t="s">
         <v>12</v>
       </c>
       <c r="D122" t="s">
         <v>12</v>
       </c>
       <c r="E122" t="s">
-        <v>2017</v>
+        <v>2025</v>
       </c>
       <c r="F122" t="s">
         <v>12</v>
       </c>
       <c r="G122" t="s">
-        <v>2018</v>
+        <v>2026</v>
       </c>
       <c r="H122" t="s">
-        <v>2019</v>
+        <v>2027</v>
       </c>
       <c r="I122" t="s">
-        <v>2014</v>
+        <v>2028</v>
       </c>
       <c r="J122" t="s">
-        <v>447</v>
+        <v>1298</v>
       </c>
       <c r="K122" t="s">
-        <v>2020</v>
-[...8 lines deleted...]
-        <v>2023</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B123" t="s">
-        <v>2024</v>
+        <v>2030</v>
       </c>
       <c r="C123" t="s">
         <v>12</v>
       </c>
       <c r="D123" t="s">
         <v>12</v>
       </c>
       <c r="E123" t="s">
-        <v>2025</v>
+        <v>2031</v>
       </c>
       <c r="F123" t="s">
         <v>12</v>
       </c>
       <c r="G123" t="s">
-        <v>2026</v>
+        <v>2032</v>
       </c>
       <c r="H123" t="s">
-        <v>2027</v>
+        <v>2033</v>
       </c>
       <c r="I123" t="s">
         <v>2028</v>
       </c>
       <c r="J123" t="s">
-        <v>442</v>
+        <v>453</v>
       </c>
       <c r="K123" t="s">
-        <v>2029</v>
+        <v>2034</v>
       </c>
       <c r="L123" t="s">
-        <v>2030</v>
+        <v>2035</v>
       </c>
       <c r="M123" t="s">
-        <v>2031</v>
+        <v>2036</v>
+      </c>
+      <c r="N123" t="s">
+        <v>2037</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B124" t="s">
-        <v>2032</v>
+        <v>2038</v>
       </c>
       <c r="C124" t="s">
         <v>12</v>
       </c>
       <c r="D124" t="s">
         <v>12</v>
       </c>
       <c r="E124" t="s">
-        <v>2033</v>
+        <v>2039</v>
       </c>
       <c r="F124" t="s">
         <v>12</v>
       </c>
       <c r="G124" t="s">
-        <v>2034</v>
+        <v>2040</v>
       </c>
       <c r="H124" t="s">
-        <v>2035</v>
+        <v>2041</v>
       </c>
       <c r="I124" t="s">
-        <v>2036</v>
+        <v>2042</v>
       </c>
       <c r="J124" t="s">
-        <v>2037</v>
+        <v>448</v>
       </c>
       <c r="K124" t="s">
-        <v>2038</v>
+        <v>2043</v>
       </c>
       <c r="L124" t="s">
-        <v>2039</v>
+        <v>2044</v>
       </c>
       <c r="M124" t="s">
-        <v>2040</v>
-[...2 lines deleted...]
-        <v>2041</v>
+        <v>2045</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B125" t="s">
-        <v>2042</v>
+        <v>2046</v>
       </c>
       <c r="C125" t="s">
         <v>12</v>
       </c>
       <c r="D125" t="s">
         <v>12</v>
       </c>
       <c r="E125" t="s">
-        <v>2043</v>
+        <v>2047</v>
       </c>
       <c r="F125" t="s">
         <v>12</v>
       </c>
       <c r="G125" t="s">
-        <v>2044</v>
+        <v>2048</v>
       </c>
       <c r="H125" t="s">
-        <v>2045</v>
+        <v>2049</v>
       </c>
       <c r="I125" t="s">
-        <v>2046</v>
+        <v>2050</v>
       </c>
       <c r="J125" t="s">
-        <v>12</v>
+        <v>2051</v>
       </c>
       <c r="K125" t="s">
-        <v>2047</v>
+        <v>2052</v>
+      </c>
+      <c r="L125" t="s">
+        <v>2053</v>
+      </c>
+      <c r="M125" t="s">
+        <v>2054</v>
+      </c>
+      <c r="N125" t="s">
+        <v>2055</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B126" t="s">
-        <v>2048</v>
+        <v>2056</v>
       </c>
       <c r="C126" t="s">
         <v>12</v>
       </c>
       <c r="D126" t="s">
         <v>12</v>
       </c>
       <c r="E126" t="s">
-        <v>2049</v>
+        <v>2057</v>
       </c>
       <c r="F126" t="s">
         <v>12</v>
       </c>
       <c r="G126" t="s">
-        <v>2050</v>
+        <v>2058</v>
       </c>
       <c r="H126" t="s">
-        <v>2051</v>
+        <v>2059</v>
       </c>
       <c r="I126" t="s">
-        <v>2052</v>
+        <v>2060</v>
       </c>
       <c r="J126" t="s">
-        <v>2053</v>
+        <v>12</v>
       </c>
       <c r="K126" t="s">
-        <v>2054</v>
-[...8 lines deleted...]
-        <v>2057</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B127" t="s">
-        <v>2058</v>
+        <v>2062</v>
       </c>
       <c r="C127" t="s">
         <v>12</v>
       </c>
       <c r="D127" t="s">
         <v>12</v>
       </c>
       <c r="E127" t="s">
-        <v>2059</v>
+        <v>2063</v>
       </c>
       <c r="F127" t="s">
         <v>12</v>
       </c>
       <c r="G127" t="s">
-        <v>2060</v>
+        <v>2064</v>
       </c>
       <c r="H127" t="s">
-        <v>2061</v>
+        <v>2065</v>
       </c>
       <c r="I127" t="s">
-        <v>949</v>
+        <v>2066</v>
       </c>
       <c r="J127" t="s">
-        <v>1140</v>
+        <v>2067</v>
       </c>
       <c r="K127" t="s">
-        <v>2062</v>
+        <v>2068</v>
       </c>
       <c r="L127" t="s">
-        <v>2063</v>
+        <v>2069</v>
       </c>
       <c r="M127" t="s">
-        <v>2064</v>
+        <v>2070</v>
       </c>
       <c r="N127" t="s">
-        <v>2065</v>
-[...2 lines deleted...]
-        <v>2066</v>
+        <v>2071</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B128" t="s">
-        <v>2067</v>
+        <v>2072</v>
       </c>
       <c r="C128" t="s">
         <v>12</v>
       </c>
       <c r="D128" t="s">
         <v>12</v>
       </c>
       <c r="E128" t="s">
-        <v>2068</v>
+        <v>2073</v>
       </c>
       <c r="F128" t="s">
         <v>12</v>
       </c>
       <c r="G128" t="s">
-        <v>2069</v>
+        <v>2074</v>
       </c>
       <c r="H128" t="s">
-        <v>2070</v>
+        <v>2075</v>
       </c>
       <c r="I128" t="s">
-        <v>2071</v>
+        <v>985</v>
       </c>
       <c r="J128" t="s">
-        <v>1270</v>
+        <v>1168</v>
       </c>
       <c r="K128" t="s">
-        <v>2072</v>
+        <v>2076</v>
       </c>
       <c r="L128" t="s">
-        <v>2073</v>
+        <v>2077</v>
       </c>
       <c r="M128" t="s">
-        <v>2074</v>
+        <v>2078</v>
+      </c>
+      <c r="N128" t="s">
+        <v>2079</v>
+      </c>
+      <c r="O128" t="s">
+        <v>2080</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B129" t="s">
-        <v>2075</v>
+        <v>2081</v>
       </c>
       <c r="C129" t="s">
         <v>12</v>
       </c>
       <c r="D129" t="s">
         <v>12</v>
       </c>
       <c r="E129" t="s">
-        <v>2076</v>
+        <v>2082</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
       <c r="G129" t="s">
-        <v>2077</v>
+        <v>2083</v>
       </c>
       <c r="H129" t="s">
-        <v>2078</v>
+        <v>2084</v>
       </c>
       <c r="I129" t="s">
-        <v>2079</v>
+        <v>2085</v>
       </c>
       <c r="J129" t="s">
-        <v>84</v>
+        <v>1298</v>
       </c>
       <c r="K129" t="s">
-        <v>2080</v>
+        <v>2086</v>
+      </c>
+      <c r="L129" t="s">
+        <v>2087</v>
+      </c>
+      <c r="M129" t="s">
+        <v>2088</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B130" t="s">
-        <v>2081</v>
+        <v>2089</v>
       </c>
       <c r="C130" t="s">
         <v>12</v>
       </c>
       <c r="D130" t="s">
         <v>12</v>
       </c>
       <c r="E130" t="s">
-        <v>2082</v>
+        <v>2090</v>
       </c>
       <c r="F130" t="s">
         <v>12</v>
       </c>
       <c r="G130" t="s">
-        <v>2083</v>
+        <v>2091</v>
       </c>
       <c r="H130" t="s">
-        <v>2084</v>
+        <v>2092</v>
       </c>
       <c r="I130" t="s">
-        <v>2085</v>
+        <v>2093</v>
       </c>
       <c r="J130" t="s">
-        <v>1971</v>
+        <v>91</v>
       </c>
       <c r="K130" t="s">
-        <v>2086</v>
-[...17 lines deleted...]
-        <v>2092</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B131" t="s">
-        <v>2093</v>
+        <v>2095</v>
       </c>
       <c r="C131" t="s">
         <v>12</v>
       </c>
       <c r="D131" t="s">
         <v>12</v>
       </c>
       <c r="E131" t="s">
-        <v>2094</v>
+        <v>2096</v>
       </c>
       <c r="F131" t="s">
         <v>12</v>
       </c>
       <c r="G131" t="s">
-        <v>2095</v>
+        <v>2097</v>
       </c>
       <c r="H131" t="s">
-        <v>2096</v>
+        <v>2098</v>
       </c>
       <c r="I131" t="s">
-        <v>1852</v>
+        <v>2099</v>
       </c>
       <c r="J131" t="s">
-        <v>84</v>
+        <v>1985</v>
       </c>
       <c r="K131" t="s">
-        <v>2097</v>
+        <v>2100</v>
       </c>
       <c r="L131" t="s">
-        <v>2098</v>
+        <v>2101</v>
       </c>
       <c r="M131" t="s">
-        <v>2099</v>
+        <v>2102</v>
       </c>
       <c r="N131" t="s">
-        <v>2100</v>
+        <v>2103</v>
       </c>
       <c r="O131" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
       <c r="P131" t="s">
-        <v>2102</v>
+        <v>2105</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>2106</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B132" t="s">
-        <v>2103</v>
+        <v>2107</v>
       </c>
       <c r="C132" t="s">
         <v>12</v>
       </c>
       <c r="D132" t="s">
         <v>12</v>
       </c>
       <c r="E132" t="s">
-        <v>2104</v>
+        <v>2108</v>
       </c>
       <c r="F132" t="s">
         <v>12</v>
       </c>
       <c r="G132" t="s">
-        <v>2105</v>
+        <v>2109</v>
       </c>
       <c r="H132" t="s">
-        <v>2106</v>
+        <v>2110</v>
       </c>
       <c r="I132" t="s">
-        <v>1358</v>
+        <v>1866</v>
       </c>
       <c r="J132" t="s">
-        <v>1270</v>
+        <v>91</v>
       </c>
       <c r="K132" t="s">
-        <v>2107</v>
+        <v>2111</v>
       </c>
       <c r="L132" t="s">
-        <v>2108</v>
+        <v>2112</v>
       </c>
       <c r="M132" t="s">
-        <v>2109</v>
+        <v>2113</v>
+      </c>
+      <c r="N132" t="s">
+        <v>2114</v>
+      </c>
+      <c r="O132" t="s">
+        <v>2115</v>
+      </c>
+      <c r="P132" t="s">
+        <v>2116</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B133" t="s">
-        <v>2110</v>
+        <v>2117</v>
       </c>
       <c r="C133" t="s">
         <v>12</v>
       </c>
       <c r="D133" t="s">
         <v>12</v>
       </c>
       <c r="E133" t="s">
-        <v>2111</v>
+        <v>2118</v>
       </c>
       <c r="F133" t="s">
         <v>12</v>
       </c>
       <c r="G133" t="s">
-        <v>2112</v>
+        <v>2119</v>
       </c>
       <c r="H133" t="s">
-        <v>2113</v>
+        <v>2120</v>
       </c>
       <c r="I133" t="s">
-        <v>2114</v>
+        <v>1386</v>
       </c>
       <c r="J133" t="s">
-        <v>2115</v>
+        <v>1298</v>
       </c>
       <c r="K133" t="s">
-        <v>2116</v>
+        <v>2121</v>
       </c>
       <c r="L133" t="s">
-        <v>2117</v>
+        <v>2122</v>
       </c>
       <c r="M133" t="s">
-        <v>2118</v>
-[...2 lines deleted...]
-        <v>2119</v>
+        <v>2123</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B134" t="s">
-        <v>2120</v>
+        <v>2124</v>
       </c>
       <c r="C134" t="s">
         <v>12</v>
       </c>
       <c r="D134" t="s">
         <v>12</v>
       </c>
       <c r="E134" t="s">
-        <v>2121</v>
+        <v>2125</v>
       </c>
       <c r="F134" t="s">
         <v>12</v>
       </c>
       <c r="G134" t="s">
-        <v>2122</v>
+        <v>2126</v>
       </c>
       <c r="H134" t="s">
-        <v>2123</v>
+        <v>2127</v>
       </c>
       <c r="I134" t="s">
-        <v>2124</v>
+        <v>2128</v>
       </c>
       <c r="J134" t="s">
-        <v>2125</v>
+        <v>2129</v>
       </c>
       <c r="K134" t="s">
-        <v>2126</v>
+        <v>2130</v>
       </c>
       <c r="L134" t="s">
-        <v>2127</v>
+        <v>2131</v>
       </c>
       <c r="M134" t="s">
-        <v>2128</v>
+        <v>2132</v>
+      </c>
+      <c r="N134" t="s">
+        <v>2133</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B135" t="s">
-        <v>2129</v>
+        <v>2134</v>
       </c>
       <c r="C135" t="s">
         <v>12</v>
       </c>
       <c r="D135" t="s">
         <v>12</v>
       </c>
       <c r="E135" t="s">
-        <v>2130</v>
+        <v>2135</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
       <c r="G135" t="s">
-        <v>2131</v>
+        <v>2136</v>
       </c>
       <c r="H135" t="s">
-        <v>2132</v>
+        <v>2137</v>
       </c>
       <c r="I135" t="s">
-        <v>2133</v>
+        <v>2138</v>
       </c>
       <c r="J135" t="s">
-        <v>442</v>
+        <v>2139</v>
       </c>
       <c r="K135" t="s">
-        <v>2134</v>
+        <v>2140</v>
       </c>
       <c r="L135" t="s">
-        <v>2135</v>
+        <v>2141</v>
       </c>
       <c r="M135" t="s">
-        <v>2136</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B136" t="s">
-        <v>2137</v>
+        <v>2143</v>
       </c>
       <c r="C136" t="s">
         <v>12</v>
       </c>
       <c r="D136" t="s">
         <v>12</v>
       </c>
       <c r="E136" t="s">
-        <v>2130</v>
+        <v>2144</v>
       </c>
       <c r="F136" t="s">
         <v>12</v>
       </c>
       <c r="G136" t="s">
-        <v>2138</v>
+        <v>2145</v>
       </c>
       <c r="H136" t="s">
-        <v>2139</v>
+        <v>2146</v>
       </c>
       <c r="I136" t="s">
-        <v>2140</v>
+        <v>2147</v>
       </c>
       <c r="J136" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="K136" t="s">
-        <v>2141</v>
+        <v>2148</v>
       </c>
       <c r="L136" t="s">
-        <v>2142</v>
+        <v>2149</v>
       </c>
       <c r="M136" t="s">
-        <v>2143</v>
-[...2 lines deleted...]
-        <v>2144</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B137" t="s">
-        <v>2145</v>
+        <v>2151</v>
       </c>
       <c r="C137" t="s">
         <v>12</v>
       </c>
       <c r="D137" t="s">
         <v>12</v>
       </c>
       <c r="E137" t="s">
-        <v>2130</v>
+        <v>2144</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
       <c r="G137" t="s">
-        <v>2146</v>
+        <v>2152</v>
       </c>
       <c r="H137" t="s">
-        <v>2147</v>
+        <v>2153</v>
       </c>
       <c r="I137" t="s">
-        <v>2148</v>
+        <v>2154</v>
       </c>
       <c r="J137" t="s">
-        <v>2149</v>
+        <v>448</v>
       </c>
       <c r="K137" t="s">
-        <v>2150</v>
+        <v>2155</v>
       </c>
       <c r="L137" t="s">
-        <v>2151</v>
+        <v>2156</v>
       </c>
       <c r="M137" t="s">
-        <v>2152</v>
+        <v>2157</v>
       </c>
       <c r="N137" t="s">
-        <v>2153</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B138" t="s">
-        <v>2154</v>
+        <v>2159</v>
       </c>
       <c r="C138" t="s">
         <v>12</v>
       </c>
       <c r="D138" t="s">
         <v>12</v>
       </c>
       <c r="E138" t="s">
-        <v>2155</v>
+        <v>2144</v>
       </c>
       <c r="F138" t="s">
         <v>12</v>
       </c>
       <c r="G138" t="s">
-        <v>2156</v>
+        <v>2160</v>
       </c>
       <c r="H138" t="s">
-        <v>2157</v>
+        <v>2161</v>
       </c>
       <c r="I138" t="s">
-        <v>2158</v>
+        <v>2162</v>
       </c>
       <c r="J138" t="s">
-        <v>442</v>
+        <v>2163</v>
       </c>
       <c r="K138" t="s">
-        <v>2159</v>
+        <v>2164</v>
       </c>
       <c r="L138" t="s">
-        <v>2160</v>
+        <v>2165</v>
       </c>
       <c r="M138" t="s">
-        <v>2161</v>
+        <v>2166</v>
+      </c>
+      <c r="N138" t="s">
+        <v>2167</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B139" t="s">
-        <v>2162</v>
+        <v>2168</v>
       </c>
       <c r="C139" t="s">
         <v>12</v>
       </c>
       <c r="D139" t="s">
         <v>12</v>
       </c>
       <c r="E139" t="s">
-        <v>2155</v>
+        <v>2169</v>
       </c>
       <c r="F139" t="s">
         <v>12</v>
       </c>
       <c r="G139" t="s">
-        <v>2163</v>
+        <v>2170</v>
       </c>
       <c r="H139" t="s">
-        <v>2164</v>
+        <v>2171</v>
       </c>
       <c r="I139" t="s">
-        <v>2165</v>
+        <v>2172</v>
       </c>
       <c r="J139" t="s">
-        <v>1270</v>
+        <v>448</v>
       </c>
       <c r="K139" t="s">
-        <v>2166</v>
+        <v>2173</v>
       </c>
       <c r="L139" t="s">
-        <v>2167</v>
+        <v>2174</v>
       </c>
       <c r="M139" t="s">
-        <v>2168</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B140" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C140" t="s">
+        <v>12</v>
+      </c>
+      <c r="D140" t="s">
+        <v>12</v>
+      </c>
+      <c r="E140" t="s">
         <v>2169</v>
       </c>
-      <c r="C140" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F140" t="s">
         <v>12</v>
       </c>
       <c r="G140" t="s">
-        <v>2171</v>
+        <v>2177</v>
       </c>
       <c r="H140" t="s">
-        <v>2172</v>
+        <v>2178</v>
       </c>
       <c r="I140" t="s">
-        <v>2173</v>
+        <v>2179</v>
       </c>
       <c r="J140" t="s">
-        <v>2174</v>
+        <v>1298</v>
       </c>
       <c r="K140" t="s">
-        <v>2175</v>
+        <v>2180</v>
       </c>
       <c r="L140" t="s">
-        <v>2176</v>
+        <v>2181</v>
       </c>
       <c r="M140" t="s">
-        <v>2177</v>
+        <v>2182</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B141" t="s">
-        <v>2178</v>
+        <v>2183</v>
       </c>
       <c r="C141" t="s">
         <v>12</v>
       </c>
       <c r="D141" t="s">
         <v>12</v>
       </c>
       <c r="E141" t="s">
-        <v>2170</v>
+        <v>2184</v>
       </c>
       <c r="F141" t="s">
         <v>12</v>
       </c>
       <c r="G141" t="s">
-        <v>2179</v>
+        <v>2185</v>
       </c>
       <c r="H141" t="s">
-        <v>2180</v>
+        <v>2186</v>
       </c>
       <c r="I141" t="s">
-        <v>2181</v>
+        <v>2187</v>
       </c>
       <c r="J141" t="s">
-        <v>442</v>
+        <v>2188</v>
       </c>
       <c r="K141" t="s">
-        <v>2182</v>
+        <v>2189</v>
       </c>
       <c r="L141" t="s">
-        <v>2183</v>
+        <v>2190</v>
       </c>
       <c r="M141" t="s">
-        <v>2184</v>
-[...2 lines deleted...]
-        <v>2185</v>
+        <v>2191</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B142" t="s">
-        <v>2186</v>
+        <v>2192</v>
       </c>
       <c r="C142" t="s">
         <v>12</v>
       </c>
       <c r="D142" t="s">
         <v>12</v>
       </c>
       <c r="E142" t="s">
-        <v>2170</v>
+        <v>2184</v>
       </c>
       <c r="F142" t="s">
         <v>12</v>
       </c>
       <c r="G142" t="s">
-        <v>2187</v>
+        <v>2193</v>
       </c>
       <c r="H142" t="s">
-        <v>2188</v>
+        <v>2194</v>
       </c>
       <c r="I142" t="s">
-        <v>1052</v>
+        <v>2195</v>
       </c>
       <c r="J142" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="K142" t="s">
-        <v>2189</v>
+        <v>2196</v>
       </c>
       <c r="L142" t="s">
-        <v>2190</v>
+        <v>2197</v>
       </c>
       <c r="M142" t="s">
-        <v>2191</v>
+        <v>2198</v>
+      </c>
+      <c r="N142" t="s">
+        <v>2199</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B143" t="s">
-        <v>2192</v>
+        <v>2200</v>
       </c>
       <c r="C143" t="s">
         <v>12</v>
       </c>
       <c r="D143" t="s">
         <v>12</v>
       </c>
       <c r="E143" t="s">
-        <v>2193</v>
+        <v>2184</v>
       </c>
       <c r="F143" t="s">
         <v>12</v>
       </c>
       <c r="G143" t="s">
-        <v>2194</v>
+        <v>2201</v>
       </c>
       <c r="H143" t="s">
-        <v>2195</v>
+        <v>2202</v>
       </c>
       <c r="I143" t="s">
-        <v>2196</v>
+        <v>1080</v>
       </c>
       <c r="J143" t="s">
-        <v>2197</v>
+        <v>448</v>
       </c>
       <c r="K143" t="s">
-        <v>2198</v>
+        <v>2203</v>
       </c>
       <c r="L143" t="s">
-        <v>2199</v>
+        <v>2204</v>
       </c>
       <c r="M143" t="s">
-        <v>2200</v>
-[...2 lines deleted...]
-        <v>2201</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B144" t="s">
-        <v>2202</v>
+        <v>2206</v>
       </c>
       <c r="C144" t="s">
         <v>12</v>
       </c>
       <c r="D144" t="s">
         <v>12</v>
       </c>
       <c r="E144" t="s">
-        <v>2203</v>
+        <v>2207</v>
       </c>
       <c r="F144" t="s">
         <v>12</v>
       </c>
       <c r="G144" t="s">
-        <v>2204</v>
+        <v>2208</v>
       </c>
       <c r="H144" t="s">
-        <v>2205</v>
+        <v>2209</v>
       </c>
       <c r="I144" t="s">
-        <v>2206</v>
+        <v>2210</v>
       </c>
       <c r="J144" t="s">
-        <v>1270</v>
+        <v>2211</v>
       </c>
       <c r="K144" t="s">
-        <v>2207</v>
+        <v>2212</v>
       </c>
       <c r="L144" t="s">
-        <v>2208</v>
+        <v>2213</v>
       </c>
       <c r="M144" t="s">
-        <v>2209</v>
+        <v>2214</v>
+      </c>
+      <c r="N144" t="s">
+        <v>2215</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B145" t="s">
-        <v>2210</v>
+        <v>2216</v>
       </c>
       <c r="C145" t="s">
         <v>12</v>
       </c>
       <c r="D145" t="s">
         <v>12</v>
       </c>
       <c r="E145" t="s">
-        <v>2211</v>
+        <v>2217</v>
       </c>
       <c r="F145" t="s">
         <v>12</v>
       </c>
       <c r="G145" t="s">
-        <v>2212</v>
+        <v>2218</v>
       </c>
       <c r="H145" t="s">
-        <v>2213</v>
+        <v>2219</v>
       </c>
       <c r="I145" t="s">
-        <v>2214</v>
+        <v>2220</v>
       </c>
       <c r="J145" t="s">
-        <v>2215</v>
+        <v>1298</v>
       </c>
       <c r="K145" t="s">
-        <v>2216</v>
+        <v>2221</v>
       </c>
       <c r="L145" t="s">
-        <v>2217</v>
+        <v>2222</v>
       </c>
       <c r="M145" t="s">
-        <v>2218</v>
-[...11 lines deleted...]
-        <v>2222</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B146" t="s">
-        <v>2223</v>
+        <v>2224</v>
       </c>
       <c r="C146" t="s">
         <v>12</v>
       </c>
       <c r="D146" t="s">
         <v>12</v>
       </c>
       <c r="E146" t="s">
-        <v>2224</v>
+        <v>2225</v>
       </c>
       <c r="F146" t="s">
         <v>12</v>
       </c>
       <c r="G146" t="s">
-        <v>2225</v>
+        <v>2226</v>
       </c>
       <c r="H146" t="s">
-        <v>2226</v>
+        <v>2227</v>
       </c>
       <c r="I146" t="s">
-        <v>2227</v>
+        <v>2228</v>
       </c>
       <c r="J146" t="s">
-        <v>1667</v>
+        <v>2229</v>
       </c>
       <c r="K146" t="s">
-        <v>2228</v>
+        <v>2230</v>
       </c>
       <c r="L146" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="M146" t="s">
-        <v>2230</v>
+        <v>2232</v>
+      </c>
+      <c r="N146" t="s">
+        <v>2233</v>
+      </c>
+      <c r="O146" t="s">
+        <v>2234</v>
+      </c>
+      <c r="P146" t="s">
+        <v>2235</v>
+      </c>
+      <c r="Q146" t="s">
+        <v>2236</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B147" t="s">
-        <v>2231</v>
+        <v>2237</v>
       </c>
       <c r="C147" t="s">
         <v>12</v>
       </c>
       <c r="D147" t="s">
         <v>12</v>
       </c>
       <c r="E147" t="s">
-        <v>2232</v>
+        <v>2238</v>
       </c>
       <c r="F147" t="s">
         <v>12</v>
       </c>
       <c r="G147" t="s">
-        <v>2233</v>
+        <v>2239</v>
       </c>
       <c r="H147" t="s">
-        <v>2234</v>
+        <v>2240</v>
       </c>
       <c r="I147" t="s">
-        <v>2235</v>
+        <v>2241</v>
       </c>
       <c r="J147" t="s">
-        <v>2236</v>
+        <v>1681</v>
       </c>
       <c r="K147" t="s">
-        <v>2237</v>
+        <v>2242</v>
+      </c>
+      <c r="L147" t="s">
+        <v>2243</v>
+      </c>
+      <c r="M147" t="s">
+        <v>2244</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B148" t="s">
-        <v>2238</v>
+        <v>2245</v>
       </c>
       <c r="C148" t="s">
         <v>12</v>
       </c>
       <c r="D148" t="s">
         <v>12</v>
       </c>
       <c r="E148" t="s">
-        <v>2232</v>
+        <v>2246</v>
       </c>
       <c r="F148" t="s">
         <v>12</v>
       </c>
       <c r="G148" t="s">
-        <v>2239</v>
+        <v>2247</v>
       </c>
       <c r="H148" t="s">
-        <v>2240</v>
+        <v>2248</v>
       </c>
       <c r="I148" t="s">
-        <v>2241</v>
+        <v>2249</v>
       </c>
       <c r="J148" t="s">
-        <v>447</v>
+        <v>2250</v>
       </c>
       <c r="K148" t="s">
-        <v>2242</v>
-[...8 lines deleted...]
-        <v>2245</v>
+        <v>2251</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B149" t="s">
+        <v>2252</v>
+      </c>
+      <c r="C149" t="s">
+        <v>12</v>
+      </c>
+      <c r="D149" t="s">
+        <v>12</v>
+      </c>
+      <c r="E149" t="s">
         <v>2246</v>
       </c>
-      <c r="C149" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F149" t="s">
         <v>12</v>
       </c>
       <c r="G149" t="s">
-        <v>2248</v>
+        <v>2253</v>
       </c>
       <c r="H149" t="s">
-        <v>2249</v>
+        <v>2254</v>
       </c>
       <c r="I149" t="s">
-        <v>2250</v>
+        <v>2255</v>
       </c>
       <c r="J149" t="s">
-        <v>2251</v>
+        <v>453</v>
       </c>
       <c r="K149" t="s">
-        <v>2252</v>
+        <v>2256</v>
       </c>
       <c r="L149" t="s">
-        <v>2253</v>
+        <v>2257</v>
       </c>
       <c r="M149" t="s">
-        <v>2254</v>
+        <v>2258</v>
       </c>
       <c r="N149" t="s">
-        <v>2255</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B150" t="s">
-        <v>2256</v>
+        <v>2260</v>
       </c>
       <c r="C150" t="s">
         <v>12</v>
       </c>
       <c r="D150" t="s">
         <v>12</v>
       </c>
       <c r="E150" t="s">
-        <v>2257</v>
+        <v>2261</v>
       </c>
       <c r="F150" t="s">
         <v>12</v>
       </c>
       <c r="G150" t="s">
-        <v>2258</v>
+        <v>2262</v>
       </c>
       <c r="H150" t="s">
-        <v>2259</v>
+        <v>2263</v>
       </c>
       <c r="I150" t="s">
-        <v>2260</v>
+        <v>2264</v>
       </c>
       <c r="J150" t="s">
-        <v>2261</v>
+        <v>2265</v>
       </c>
       <c r="K150" t="s">
-        <v>2262</v>
+        <v>2266</v>
+      </c>
+      <c r="L150" t="s">
+        <v>2267</v>
+      </c>
+      <c r="M150" t="s">
+        <v>2268</v>
+      </c>
+      <c r="N150" t="s">
+        <v>2269</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B151" t="s">
-        <v>2263</v>
+        <v>2270</v>
       </c>
       <c r="C151" t="s">
         <v>12</v>
       </c>
       <c r="D151" t="s">
         <v>12</v>
       </c>
       <c r="E151" t="s">
-        <v>2264</v>
+        <v>2271</v>
       </c>
       <c r="F151" t="s">
         <v>12</v>
       </c>
       <c r="G151" t="s">
-        <v>2265</v>
+        <v>2272</v>
       </c>
       <c r="H151" t="s">
-        <v>2266</v>
+        <v>2273</v>
       </c>
       <c r="I151" t="s">
-        <v>2267</v>
+        <v>2274</v>
       </c>
       <c r="J151" t="s">
-        <v>2037</v>
+        <v>2275</v>
       </c>
       <c r="K151" t="s">
-        <v>2268</v>
-[...5 lines deleted...]
-        <v>2270</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B152" t="s">
-        <v>2271</v>
+        <v>2277</v>
       </c>
       <c r="C152" t="s">
         <v>12</v>
       </c>
       <c r="D152" t="s">
         <v>12</v>
       </c>
       <c r="E152" t="s">
-        <v>2272</v>
+        <v>2278</v>
       </c>
       <c r="F152" t="s">
         <v>12</v>
       </c>
       <c r="G152" t="s">
-        <v>2273</v>
+        <v>2279</v>
       </c>
       <c r="H152" t="s">
-        <v>2274</v>
+        <v>2280</v>
       </c>
       <c r="I152" t="s">
-        <v>2196</v>
+        <v>2281</v>
       </c>
       <c r="J152" t="s">
-        <v>1771</v>
+        <v>2051</v>
       </c>
       <c r="K152" t="s">
-        <v>2275</v>
+        <v>2282</v>
       </c>
       <c r="L152" t="s">
-        <v>2276</v>
+        <v>2283</v>
+      </c>
+      <c r="M152" t="s">
+        <v>2284</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B153" t="s">
-        <v>2277</v>
+        <v>2285</v>
       </c>
       <c r="C153" t="s">
         <v>12</v>
       </c>
       <c r="D153" t="s">
         <v>12</v>
       </c>
       <c r="E153" t="s">
-        <v>2272</v>
+        <v>2286</v>
       </c>
       <c r="F153" t="s">
         <v>12</v>
       </c>
       <c r="G153" t="s">
-        <v>2278</v>
+        <v>2287</v>
       </c>
       <c r="H153" t="s">
-        <v>2279</v>
+        <v>2288</v>
       </c>
       <c r="I153" t="s">
-        <v>2280</v>
+        <v>2210</v>
       </c>
       <c r="J153" t="s">
-        <v>2174</v>
+        <v>1785</v>
       </c>
       <c r="K153" t="s">
-        <v>2281</v>
+        <v>2289</v>
       </c>
       <c r="L153" t="s">
-        <v>2282</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B154" t="s">
-        <v>2283</v>
+        <v>2291</v>
       </c>
       <c r="C154" t="s">
         <v>12</v>
       </c>
       <c r="D154" t="s">
         <v>12</v>
       </c>
       <c r="E154" t="s">
-        <v>2272</v>
+        <v>2286</v>
       </c>
       <c r="F154" t="s">
         <v>12</v>
       </c>
       <c r="G154" t="s">
-        <v>2284</v>
+        <v>2292</v>
       </c>
       <c r="H154" t="s">
-        <v>2285</v>
+        <v>2293</v>
       </c>
       <c r="I154" t="s">
-        <v>2280</v>
+        <v>2294</v>
       </c>
       <c r="J154" t="s">
-        <v>2286</v>
+        <v>2188</v>
       </c>
       <c r="K154" t="s">
-        <v>2287</v>
+        <v>2295</v>
       </c>
       <c r="L154" t="s">
-        <v>2288</v>
+        <v>2296</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B155" t="s">
-        <v>2289</v>
+        <v>2297</v>
       </c>
       <c r="C155" t="s">
         <v>12</v>
       </c>
       <c r="D155" t="s">
         <v>12</v>
       </c>
       <c r="E155" t="s">
-        <v>2290</v>
+        <v>2286</v>
       </c>
       <c r="F155" t="s">
         <v>12</v>
       </c>
       <c r="G155" t="s">
-        <v>2291</v>
+        <v>2298</v>
       </c>
       <c r="H155" t="s">
-        <v>2292</v>
+        <v>2299</v>
       </c>
       <c r="I155" t="s">
-        <v>1413</v>
+        <v>2294</v>
       </c>
       <c r="J155" t="s">
-        <v>2293</v>
+        <v>2300</v>
       </c>
       <c r="K155" t="s">
-        <v>2294</v>
+        <v>2301</v>
       </c>
       <c r="L155" t="s">
-        <v>2295</v>
-[...14 lines deleted...]
-        <v>2300</v>
+        <v>2302</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B156" t="s">
-        <v>2301</v>
+        <v>2303</v>
       </c>
       <c r="C156" t="s">
         <v>12</v>
       </c>
       <c r="D156" t="s">
         <v>12</v>
       </c>
       <c r="E156" t="s">
-        <v>2302</v>
+        <v>2304</v>
       </c>
       <c r="F156" t="s">
         <v>12</v>
       </c>
       <c r="G156" t="s">
-        <v>2303</v>
+        <v>2305</v>
       </c>
       <c r="H156" t="s">
-        <v>2304</v>
+        <v>2306</v>
       </c>
       <c r="I156" t="s">
-        <v>2305</v>
+        <v>1441</v>
       </c>
       <c r="J156" t="s">
-        <v>84</v>
+        <v>2307</v>
       </c>
       <c r="K156" t="s">
-        <v>2306</v>
+        <v>2308</v>
       </c>
       <c r="L156" t="s">
-        <v>2307</v>
+        <v>2309</v>
       </c>
       <c r="M156" t="s">
-        <v>2308</v>
+        <v>2310</v>
+      </c>
+      <c r="N156" t="s">
+        <v>2311</v>
+      </c>
+      <c r="O156" t="s">
+        <v>2312</v>
+      </c>
+      <c r="P156" t="s">
+        <v>2313</v>
+      </c>
+      <c r="Q156" t="s">
+        <v>2314</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B157" t="s">
-        <v>2309</v>
+        <v>2315</v>
       </c>
       <c r="C157" t="s">
         <v>12</v>
       </c>
       <c r="D157" t="s">
         <v>12</v>
       </c>
       <c r="E157" t="s">
-        <v>2302</v>
+        <v>2316</v>
       </c>
       <c r="F157" t="s">
         <v>12</v>
       </c>
       <c r="G157" t="s">
-        <v>2310</v>
+        <v>2317</v>
       </c>
       <c r="H157" t="s">
-        <v>2311</v>
+        <v>2318</v>
       </c>
       <c r="I157" t="s">
-        <v>2196</v>
+        <v>2319</v>
       </c>
       <c r="J157" t="s">
-        <v>1270</v>
+        <v>91</v>
       </c>
       <c r="K157" t="s">
-        <v>2312</v>
+        <v>2320</v>
       </c>
       <c r="L157" t="s">
-        <v>2313</v>
+        <v>2321</v>
       </c>
       <c r="M157" t="s">
-        <v>2314</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B158" t="s">
-        <v>2315</v>
+        <v>2323</v>
       </c>
       <c r="C158" t="s">
         <v>12</v>
       </c>
       <c r="D158" t="s">
         <v>12</v>
       </c>
       <c r="E158" t="s">
         <v>2316</v>
       </c>
       <c r="F158" t="s">
         <v>12</v>
       </c>
       <c r="G158" t="s">
-        <v>2317</v>
+        <v>2324</v>
       </c>
       <c r="H158" t="s">
-        <v>2318</v>
+        <v>2325</v>
       </c>
       <c r="I158" t="s">
-        <v>2319</v>
+        <v>2210</v>
       </c>
       <c r="J158" t="s">
-        <v>2286</v>
+        <v>1298</v>
       </c>
       <c r="K158" t="s">
-        <v>2320</v>
+        <v>2326</v>
       </c>
       <c r="L158" t="s">
-        <v>2321</v>
+        <v>2327</v>
       </c>
       <c r="M158" t="s">
-        <v>2322</v>
+        <v>2328</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B159" t="s">
-        <v>2323</v>
+        <v>2329</v>
       </c>
       <c r="C159" t="s">
         <v>12</v>
       </c>
       <c r="D159" t="s">
         <v>12</v>
       </c>
       <c r="E159" t="s">
-        <v>2324</v>
+        <v>2330</v>
       </c>
       <c r="F159" t="s">
         <v>12</v>
       </c>
       <c r="G159" t="s">
-        <v>2325</v>
+        <v>2331</v>
       </c>
       <c r="H159" t="s">
-        <v>2326</v>
+        <v>2332</v>
       </c>
       <c r="I159" t="s">
-        <v>2327</v>
+        <v>2333</v>
       </c>
       <c r="J159" t="s">
-        <v>1064</v>
+        <v>2300</v>
       </c>
       <c r="K159" t="s">
-        <v>2328</v>
+        <v>2334</v>
+      </c>
+      <c r="L159" t="s">
+        <v>2335</v>
+      </c>
+      <c r="M159" t="s">
+        <v>2336</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B160" t="s">
-        <v>2329</v>
+        <v>2337</v>
       </c>
       <c r="C160" t="s">
         <v>12</v>
       </c>
       <c r="D160" t="s">
         <v>12</v>
       </c>
       <c r="E160" t="s">
-        <v>2330</v>
+        <v>2338</v>
       </c>
       <c r="F160" t="s">
         <v>12</v>
       </c>
       <c r="G160" t="s">
-        <v>2331</v>
+        <v>2339</v>
       </c>
       <c r="H160" t="s">
-        <v>2332</v>
+        <v>2340</v>
       </c>
       <c r="I160" t="s">
-        <v>2333</v>
+        <v>2341</v>
       </c>
       <c r="J160" t="s">
-        <v>447</v>
+        <v>1092</v>
       </c>
       <c r="K160" t="s">
-        <v>2334</v>
-[...8 lines deleted...]
-        <v>2337</v>
+        <v>2342</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B161" t="s">
-        <v>2338</v>
+        <v>2343</v>
       </c>
       <c r="C161" t="s">
         <v>12</v>
       </c>
       <c r="D161" t="s">
         <v>12</v>
       </c>
       <c r="E161" t="s">
-        <v>2339</v>
+        <v>2344</v>
       </c>
       <c r="F161" t="s">
         <v>12</v>
       </c>
       <c r="G161" t="s">
-        <v>2340</v>
+        <v>2345</v>
       </c>
       <c r="H161" t="s">
-        <v>2341</v>
+        <v>2346</v>
       </c>
       <c r="I161" t="s">
-        <v>2342</v>
+        <v>2347</v>
       </c>
       <c r="J161" t="s">
-        <v>84</v>
+        <v>453</v>
       </c>
       <c r="K161" t="s">
-        <v>2343</v>
+        <v>2348</v>
       </c>
       <c r="L161" t="s">
-        <v>2344</v>
+        <v>2349</v>
       </c>
       <c r="M161" t="s">
-        <v>2345</v>
+        <v>2350</v>
       </c>
       <c r="N161" t="s">
-        <v>2346</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B162" t="s">
-        <v>2347</v>
+        <v>2352</v>
       </c>
       <c r="C162" t="s">
         <v>12</v>
       </c>
       <c r="D162" t="s">
         <v>12</v>
       </c>
       <c r="E162" t="s">
-        <v>2348</v>
+        <v>2353</v>
       </c>
       <c r="F162" t="s">
         <v>12</v>
       </c>
       <c r="G162" t="s">
-        <v>2349</v>
+        <v>2354</v>
       </c>
       <c r="H162" t="s">
-        <v>2350</v>
+        <v>2355</v>
       </c>
       <c r="I162" t="s">
-        <v>2351</v>
+        <v>2356</v>
       </c>
       <c r="J162" t="s">
-        <v>447</v>
+        <v>91</v>
       </c>
       <c r="K162" t="s">
-        <v>2352</v>
+        <v>2357</v>
       </c>
       <c r="L162" t="s">
-        <v>2353</v>
+        <v>2358</v>
       </c>
       <c r="M162" t="s">
-        <v>2354</v>
+        <v>2359</v>
+      </c>
+      <c r="N162" t="s">
+        <v>2360</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B163" t="s">
-        <v>2355</v>
+        <v>2361</v>
       </c>
       <c r="C163" t="s">
         <v>12</v>
       </c>
       <c r="D163" t="s">
         <v>12</v>
       </c>
       <c r="E163" t="s">
-        <v>2348</v>
+        <v>2362</v>
       </c>
       <c r="F163" t="s">
         <v>12</v>
       </c>
       <c r="G163" t="s">
-        <v>2356</v>
+        <v>2363</v>
       </c>
       <c r="H163" t="s">
-        <v>2357</v>
+        <v>2364</v>
       </c>
       <c r="I163" t="s">
-        <v>2358</v>
+        <v>2365</v>
       </c>
       <c r="J163" t="s">
-        <v>1140</v>
+        <v>453</v>
       </c>
       <c r="K163" t="s">
-        <v>2359</v>
+        <v>2366</v>
       </c>
       <c r="L163" t="s">
-        <v>2360</v>
+        <v>2367</v>
       </c>
       <c r="M163" t="s">
-        <v>2361</v>
-[...8 lines deleted...]
-        <v>2364</v>
+        <v>2368</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B164" t="s">
-        <v>2365</v>
+        <v>2369</v>
       </c>
       <c r="C164" t="s">
         <v>12</v>
       </c>
       <c r="D164" t="s">
         <v>12</v>
       </c>
       <c r="E164" t="s">
-        <v>2366</v>
+        <v>2362</v>
       </c>
       <c r="F164" t="s">
         <v>12</v>
       </c>
       <c r="G164" t="s">
-        <v>2367</v>
+        <v>2370</v>
       </c>
       <c r="H164" t="s">
-        <v>2368</v>
+        <v>2371</v>
       </c>
       <c r="I164" t="s">
-        <v>2369</v>
+        <v>2372</v>
       </c>
       <c r="J164" t="s">
-        <v>447</v>
+        <v>1168</v>
       </c>
       <c r="K164" t="s">
-        <v>2370</v>
+        <v>2373</v>
       </c>
       <c r="L164" t="s">
-        <v>2371</v>
+        <v>2374</v>
       </c>
       <c r="M164" t="s">
-        <v>2372</v>
+        <v>2375</v>
+      </c>
+      <c r="N164" t="s">
+        <v>2376</v>
+      </c>
+      <c r="O164" t="s">
+        <v>2377</v>
+      </c>
+      <c r="P164" t="s">
+        <v>2378</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B165" t="s">
-        <v>2373</v>
+        <v>2379</v>
       </c>
       <c r="C165" t="s">
         <v>12</v>
       </c>
       <c r="D165" t="s">
         <v>12</v>
       </c>
       <c r="E165" t="s">
-        <v>2374</v>
+        <v>2380</v>
       </c>
       <c r="F165" t="s">
         <v>12</v>
       </c>
       <c r="G165" t="s">
-        <v>2375</v>
+        <v>2381</v>
       </c>
       <c r="H165" t="s">
-        <v>2376</v>
+        <v>2382</v>
       </c>
       <c r="I165" t="s">
-        <v>2377</v>
+        <v>2383</v>
       </c>
       <c r="J165" t="s">
-        <v>2378</v>
+        <v>453</v>
       </c>
       <c r="K165" t="s">
-        <v>2379</v>
+        <v>2384</v>
       </c>
       <c r="L165" t="s">
-        <v>2380</v>
+        <v>2385</v>
       </c>
       <c r="M165" t="s">
-        <v>2381</v>
-[...2 lines deleted...]
-        <v>2382</v>
+        <v>2386</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B166" t="s">
-        <v>2383</v>
+        <v>2387</v>
       </c>
       <c r="C166" t="s">
         <v>12</v>
       </c>
       <c r="D166" t="s">
         <v>12</v>
       </c>
       <c r="E166" t="s">
-        <v>2384</v>
+        <v>2388</v>
       </c>
       <c r="F166" t="s">
         <v>12</v>
       </c>
       <c r="G166" t="s">
-        <v>2385</v>
+        <v>2389</v>
       </c>
       <c r="H166" t="s">
-        <v>2386</v>
+        <v>2390</v>
       </c>
       <c r="I166" t="s">
-        <v>2387</v>
+        <v>2391</v>
       </c>
       <c r="J166" t="s">
-        <v>2388</v>
+        <v>2392</v>
       </c>
       <c r="K166" t="s">
-        <v>2389</v>
+        <v>2393</v>
       </c>
       <c r="L166" t="s">
-        <v>2390</v>
+        <v>2394</v>
       </c>
       <c r="M166" t="s">
-        <v>2391</v>
+        <v>2395</v>
       </c>
       <c r="N166" t="s">
-        <v>2392</v>
-[...2 lines deleted...]
-        <v>2393</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B167" t="s">
-        <v>2394</v>
+        <v>2397</v>
       </c>
       <c r="C167" t="s">
         <v>12</v>
       </c>
       <c r="D167" t="s">
         <v>12</v>
       </c>
       <c r="E167" t="s">
-        <v>2395</v>
+        <v>2398</v>
       </c>
       <c r="F167" t="s">
         <v>12</v>
       </c>
       <c r="G167" t="s">
-        <v>2396</v>
+        <v>2399</v>
       </c>
       <c r="H167" t="s">
-        <v>2397</v>
+        <v>2400</v>
       </c>
       <c r="I167" t="s">
-        <v>1171</v>
+        <v>2401</v>
       </c>
       <c r="J167" t="s">
-        <v>442</v>
+        <v>2402</v>
       </c>
       <c r="K167" t="s">
-        <v>2398</v>
+        <v>2403</v>
       </c>
       <c r="L167" t="s">
-        <v>2399</v>
+        <v>2404</v>
+      </c>
+      <c r="M167" t="s">
+        <v>2405</v>
+      </c>
+      <c r="N167" t="s">
+        <v>2406</v>
+      </c>
+      <c r="O167" t="s">
+        <v>2407</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B168" t="s">
-        <v>2400</v>
+        <v>2408</v>
       </c>
       <c r="C168" t="s">
         <v>12</v>
       </c>
       <c r="D168" t="s">
         <v>12</v>
       </c>
       <c r="E168" t="s">
-        <v>2401</v>
+        <v>2409</v>
       </c>
       <c r="F168" t="s">
         <v>12</v>
       </c>
       <c r="G168" t="s">
-        <v>2402</v>
+        <v>2410</v>
       </c>
       <c r="H168" t="s">
-        <v>2403</v>
+        <v>2411</v>
       </c>
       <c r="I168" t="s">
-        <v>2404</v>
+        <v>1199</v>
       </c>
       <c r="J168" t="s">
-        <v>1140</v>
+        <v>448</v>
       </c>
       <c r="K168" t="s">
-        <v>2405</v>
+        <v>2412</v>
       </c>
       <c r="L168" t="s">
-        <v>2406</v>
-[...5 lines deleted...]
-        <v>2408</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B169" t="s">
-        <v>2409</v>
+        <v>2414</v>
       </c>
       <c r="C169" t="s">
         <v>12</v>
       </c>
       <c r="D169" t="s">
         <v>12</v>
       </c>
       <c r="E169" t="s">
-        <v>2410</v>
+        <v>2415</v>
       </c>
       <c r="F169" t="s">
         <v>12</v>
       </c>
       <c r="G169" t="s">
-        <v>2411</v>
+        <v>2416</v>
       </c>
       <c r="H169" t="s">
-        <v>2412</v>
+        <v>2417</v>
       </c>
       <c r="I169" t="s">
-        <v>2413</v>
+        <v>2418</v>
       </c>
       <c r="J169" t="s">
-        <v>2414</v>
+        <v>1168</v>
       </c>
       <c r="K169" t="s">
-        <v>2415</v>
+        <v>2419</v>
       </c>
       <c r="L169" t="s">
-        <v>2416</v>
+        <v>2420</v>
       </c>
       <c r="M169" t="s">
-        <v>2417</v>
+        <v>2421</v>
+      </c>
+      <c r="N169" t="s">
+        <v>2422</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B170" t="s">
-        <v>2418</v>
+        <v>2423</v>
       </c>
       <c r="C170" t="s">
         <v>12</v>
       </c>
       <c r="D170" t="s">
         <v>12</v>
       </c>
       <c r="E170" t="s">
-        <v>2410</v>
+        <v>2424</v>
       </c>
       <c r="F170" t="s">
         <v>12</v>
       </c>
       <c r="G170" t="s">
-        <v>2419</v>
+        <v>2425</v>
       </c>
       <c r="H170" t="s">
-        <v>2420</v>
+        <v>2426</v>
       </c>
       <c r="I170" t="s">
-        <v>2421</v>
+        <v>2427</v>
       </c>
       <c r="J170" t="s">
-        <v>442</v>
+        <v>2428</v>
       </c>
       <c r="K170" t="s">
-        <v>2422</v>
+        <v>2429</v>
       </c>
       <c r="L170" t="s">
-        <v>2423</v>
+        <v>2430</v>
       </c>
       <c r="M170" t="s">
-        <v>2424</v>
-[...5 lines deleted...]
-        <v>2426</v>
+        <v>2431</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B171" t="s">
-        <v>2427</v>
+        <v>2432</v>
       </c>
       <c r="C171" t="s">
         <v>12</v>
       </c>
       <c r="D171" t="s">
         <v>12</v>
       </c>
       <c r="E171" t="s">
-        <v>2428</v>
+        <v>2424</v>
       </c>
       <c r="F171" t="s">
         <v>12</v>
       </c>
       <c r="G171" t="s">
-        <v>2429</v>
+        <v>2433</v>
       </c>
       <c r="H171" t="s">
-        <v>2430</v>
+        <v>2434</v>
       </c>
       <c r="I171" t="s">
-        <v>2173</v>
+        <v>2435</v>
       </c>
       <c r="J171" t="s">
-        <v>84</v>
+        <v>448</v>
       </c>
       <c r="K171" t="s">
-        <v>2431</v>
+        <v>2436</v>
       </c>
       <c r="L171" t="s">
-        <v>2432</v>
+        <v>2437</v>
       </c>
       <c r="M171" t="s">
-        <v>2433</v>
+        <v>2438</v>
+      </c>
+      <c r="N171" t="s">
+        <v>2439</v>
+      </c>
+      <c r="O171" t="s">
+        <v>2440</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B172" t="s">
-        <v>2434</v>
+        <v>2441</v>
       </c>
       <c r="C172" t="s">
         <v>12</v>
       </c>
       <c r="D172" t="s">
         <v>12</v>
       </c>
       <c r="E172" t="s">
-        <v>2435</v>
+        <v>2442</v>
       </c>
       <c r="F172" t="s">
         <v>12</v>
       </c>
       <c r="G172" t="s">
-        <v>2436</v>
+        <v>2443</v>
       </c>
       <c r="H172" t="s">
-        <v>2437</v>
+        <v>2444</v>
       </c>
       <c r="I172" t="s">
-        <v>2438</v>
+        <v>2187</v>
       </c>
       <c r="J172" t="s">
-        <v>442</v>
+        <v>91</v>
       </c>
       <c r="K172" t="s">
-        <v>2439</v>
+        <v>2445</v>
       </c>
       <c r="L172" t="s">
-        <v>2440</v>
+        <v>2446</v>
       </c>
       <c r="M172" t="s">
-        <v>2441</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B173" t="s">
-        <v>2442</v>
+        <v>2448</v>
       </c>
       <c r="C173" t="s">
         <v>12</v>
       </c>
       <c r="D173" t="s">
         <v>12</v>
       </c>
       <c r="E173" t="s">
-        <v>2443</v>
+        <v>2449</v>
       </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
       <c r="G173" t="s">
-        <v>2444</v>
+        <v>2450</v>
       </c>
       <c r="H173" t="s">
-        <v>2445</v>
+        <v>2451</v>
       </c>
       <c r="I173" t="s">
-        <v>2446</v>
+        <v>2452</v>
       </c>
       <c r="J173" t="s">
-        <v>1270</v>
+        <v>448</v>
       </c>
       <c r="K173" t="s">
-        <v>2447</v>
+        <v>2453</v>
       </c>
       <c r="L173" t="s">
-        <v>2448</v>
+        <v>2454</v>
       </c>
       <c r="M173" t="s">
-        <v>2449</v>
-[...11 lines deleted...]
-        <v>2453</v>
+        <v>2455</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B174" t="s">
-        <v>2454</v>
+        <v>2456</v>
       </c>
       <c r="C174" t="s">
         <v>12</v>
       </c>
       <c r="D174" t="s">
         <v>12</v>
       </c>
       <c r="E174" t="s">
-        <v>2455</v>
+        <v>2457</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
       <c r="G174" t="s">
-        <v>2456</v>
+        <v>2458</v>
       </c>
       <c r="H174" t="s">
-        <v>2457</v>
+        <v>2459</v>
       </c>
       <c r="I174" t="s">
-        <v>1584</v>
+        <v>2460</v>
       </c>
       <c r="J174" t="s">
-        <v>2174</v>
+        <v>1298</v>
       </c>
       <c r="K174" t="s">
-        <v>2458</v>
+        <v>2461</v>
       </c>
       <c r="L174" t="s">
-        <v>2459</v>
+        <v>2462</v>
       </c>
       <c r="M174" t="s">
-        <v>2460</v>
+        <v>2463</v>
       </c>
       <c r="N174" t="s">
-        <v>2461</v>
+        <v>2464</v>
+      </c>
+      <c r="O174" t="s">
+        <v>2465</v>
+      </c>
+      <c r="P174" t="s">
+        <v>2466</v>
+      </c>
+      <c r="Q174" t="s">
+        <v>2467</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B175" t="s">
-        <v>2462</v>
+        <v>2468</v>
       </c>
       <c r="C175" t="s">
         <v>12</v>
       </c>
       <c r="D175" t="s">
         <v>12</v>
       </c>
       <c r="E175" t="s">
-        <v>2455</v>
+        <v>2469</v>
       </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
       <c r="G175" t="s">
-        <v>2463</v>
+        <v>2470</v>
       </c>
       <c r="H175" t="s">
-        <v>2464</v>
+        <v>2471</v>
       </c>
       <c r="I175" t="s">
-        <v>1632</v>
+        <v>1598</v>
       </c>
       <c r="J175" t="s">
-        <v>1771</v>
+        <v>2188</v>
       </c>
       <c r="K175" t="s">
-        <v>2465</v>
+        <v>2472</v>
       </c>
       <c r="L175" t="s">
-        <v>2466</v>
+        <v>2473</v>
       </c>
       <c r="M175" t="s">
-        <v>2467</v>
+        <v>2474</v>
       </c>
       <c r="N175" t="s">
-        <v>2468</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B176" t="s">
+        <v>2476</v>
+      </c>
+      <c r="C176" t="s">
+        <v>12</v>
+      </c>
+      <c r="D176" t="s">
+        <v>12</v>
+      </c>
+      <c r="E176" t="s">
         <v>2469</v>
       </c>
-      <c r="C176" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F176" t="s">
         <v>12</v>
       </c>
       <c r="G176" t="s">
-        <v>2470</v>
+        <v>2477</v>
       </c>
       <c r="H176" t="s">
-        <v>2471</v>
+        <v>2478</v>
       </c>
       <c r="I176" t="s">
-        <v>2472</v>
+        <v>1646</v>
       </c>
       <c r="J176" t="s">
-        <v>1439</v>
+        <v>1785</v>
       </c>
       <c r="K176" t="s">
-        <v>2473</v>
+        <v>2479</v>
       </c>
       <c r="L176" t="s">
-        <v>2474</v>
+        <v>2480</v>
       </c>
       <c r="M176" t="s">
-        <v>2475</v>
+        <v>2481</v>
+      </c>
+      <c r="N176" t="s">
+        <v>2482</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B177" t="s">
-        <v>2476</v>
+        <v>2483</v>
       </c>
       <c r="C177" t="s">
         <v>12</v>
       </c>
       <c r="D177" t="s">
         <v>12</v>
       </c>
       <c r="E177" t="s">
-        <v>2477</v>
+        <v>2469</v>
       </c>
       <c r="F177" t="s">
         <v>12</v>
       </c>
       <c r="G177" t="s">
-        <v>2478</v>
+        <v>2484</v>
       </c>
       <c r="H177" t="s">
-        <v>2479</v>
+        <v>2485</v>
       </c>
       <c r="I177" t="s">
-        <v>2480</v>
+        <v>2486</v>
       </c>
       <c r="J177" t="s">
-        <v>442</v>
+        <v>1467</v>
       </c>
       <c r="K177" t="s">
-        <v>2481</v>
+        <v>2487</v>
       </c>
       <c r="L177" t="s">
-        <v>2482</v>
+        <v>2488</v>
       </c>
       <c r="M177" t="s">
-        <v>2483</v>
-[...2 lines deleted...]
-        <v>2484</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B178" t="s">
-        <v>2485</v>
+        <v>2490</v>
       </c>
       <c r="C178" t="s">
         <v>12</v>
       </c>
       <c r="D178" t="s">
         <v>12</v>
       </c>
       <c r="E178" t="s">
-        <v>2477</v>
+        <v>2491</v>
       </c>
       <c r="F178" t="s">
         <v>12</v>
       </c>
       <c r="G178" t="s">
-        <v>2486</v>
+        <v>2492</v>
       </c>
       <c r="H178" t="s">
-        <v>2487</v>
+        <v>2493</v>
       </c>
       <c r="I178" t="s">
-        <v>2377</v>
+        <v>2494</v>
       </c>
       <c r="J178" t="s">
-        <v>2488</v>
+        <v>448</v>
       </c>
       <c r="K178" t="s">
-        <v>2489</v>
+        <v>2495</v>
       </c>
       <c r="L178" t="s">
-        <v>2490</v>
+        <v>2496</v>
       </c>
       <c r="M178" t="s">
-        <v>2491</v>
+        <v>2497</v>
+      </c>
+      <c r="N178" t="s">
+        <v>2498</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B179" t="s">
-        <v>2492</v>
+        <v>2499</v>
       </c>
       <c r="C179" t="s">
         <v>12</v>
       </c>
       <c r="D179" t="s">
         <v>12</v>
       </c>
       <c r="E179" t="s">
-        <v>2493</v>
+        <v>2491</v>
       </c>
       <c r="F179" t="s">
         <v>12</v>
       </c>
       <c r="G179" t="s">
-        <v>2494</v>
+        <v>2500</v>
       </c>
       <c r="H179" t="s">
-        <v>2495</v>
+        <v>2501</v>
       </c>
       <c r="I179" t="s">
-        <v>1364</v>
+        <v>2391</v>
       </c>
       <c r="J179" t="s">
-        <v>2496</v>
+        <v>2502</v>
       </c>
       <c r="K179" t="s">
-        <v>2497</v>
+        <v>2503</v>
       </c>
       <c r="L179" t="s">
-        <v>2498</v>
+        <v>2504</v>
       </c>
       <c r="M179" t="s">
-        <v>2499</v>
-[...2 lines deleted...]
-        <v>2500</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B180" t="s">
-        <v>2501</v>
+        <v>2506</v>
       </c>
       <c r="C180" t="s">
         <v>12</v>
       </c>
       <c r="D180" t="s">
         <v>12</v>
       </c>
       <c r="E180" t="s">
-        <v>2493</v>
+        <v>2507</v>
       </c>
       <c r="F180" t="s">
         <v>12</v>
       </c>
       <c r="G180" t="s">
-        <v>2502</v>
+        <v>2508</v>
       </c>
       <c r="H180" t="s">
-        <v>2503</v>
+        <v>2509</v>
       </c>
       <c r="I180" t="s">
-        <v>2504</v>
+        <v>1392</v>
       </c>
       <c r="J180" t="s">
-        <v>1270</v>
+        <v>2510</v>
       </c>
       <c r="K180" t="s">
-        <v>2505</v>
+        <v>2511</v>
       </c>
       <c r="L180" t="s">
-        <v>2506</v>
+        <v>2512</v>
+      </c>
+      <c r="M180" t="s">
+        <v>2513</v>
+      </c>
+      <c r="N180" t="s">
+        <v>2514</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B181" t="s">
+        <v>2515</v>
+      </c>
+      <c r="C181" t="s">
+        <v>12</v>
+      </c>
+      <c r="D181" t="s">
+        <v>12</v>
+      </c>
+      <c r="E181" t="s">
         <v>2507</v>
       </c>
-      <c r="C181" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F181" t="s">
         <v>12</v>
       </c>
       <c r="G181" t="s">
-        <v>2509</v>
+        <v>2516</v>
       </c>
       <c r="H181" t="s">
-        <v>2510</v>
+        <v>2517</v>
       </c>
       <c r="I181" t="s">
-        <v>2480</v>
+        <v>2518</v>
       </c>
       <c r="J181" t="s">
-        <v>1721</v>
+        <v>1298</v>
       </c>
       <c r="K181" t="s">
-        <v>2511</v>
+        <v>2519</v>
       </c>
       <c r="L181" t="s">
-        <v>2512</v>
-[...2 lines deleted...]
-        <v>2513</v>
+        <v>2520</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B182" t="s">
-        <v>2514</v>
+        <v>2521</v>
       </c>
       <c r="C182" t="s">
         <v>12</v>
       </c>
       <c r="D182" t="s">
         <v>12</v>
       </c>
       <c r="E182" t="s">
-        <v>2508</v>
+        <v>2522</v>
       </c>
       <c r="F182" t="s">
         <v>12</v>
       </c>
       <c r="G182" t="s">
-        <v>2515</v>
+        <v>2523</v>
       </c>
       <c r="H182" t="s">
-        <v>2516</v>
+        <v>2524</v>
       </c>
       <c r="I182" t="s">
-        <v>2517</v>
+        <v>2494</v>
       </c>
       <c r="J182" t="s">
-        <v>1439</v>
+        <v>1735</v>
       </c>
       <c r="K182" t="s">
-        <v>2518</v>
+        <v>2525</v>
       </c>
       <c r="L182" t="s">
-        <v>2519</v>
+        <v>2526</v>
       </c>
       <c r="M182" t="s">
-        <v>2520</v>
-[...5 lines deleted...]
-        <v>2522</v>
+        <v>2527</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B183" t="s">
-        <v>2523</v>
+        <v>2528</v>
       </c>
       <c r="C183" t="s">
         <v>12</v>
       </c>
       <c r="D183" t="s">
         <v>12</v>
       </c>
       <c r="E183" t="s">
-        <v>2524</v>
+        <v>2522</v>
       </c>
       <c r="F183" t="s">
         <v>12</v>
       </c>
       <c r="G183" t="s">
-        <v>2525</v>
+        <v>2529</v>
       </c>
       <c r="H183" t="s">
-        <v>2526</v>
+        <v>2530</v>
       </c>
       <c r="I183" t="s">
-        <v>2527</v>
+        <v>2531</v>
       </c>
       <c r="J183" t="s">
-        <v>2037</v>
+        <v>1467</v>
       </c>
       <c r="K183" t="s">
-        <v>2528</v>
+        <v>2532</v>
       </c>
       <c r="L183" t="s">
-        <v>2529</v>
+        <v>2533</v>
       </c>
       <c r="M183" t="s">
-        <v>2530</v>
+        <v>2534</v>
+      </c>
+      <c r="N183" t="s">
+        <v>2535</v>
+      </c>
+      <c r="O183" t="s">
+        <v>2536</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B184" t="s">
-        <v>2531</v>
+        <v>2537</v>
       </c>
       <c r="C184" t="s">
         <v>12</v>
       </c>
       <c r="D184" t="s">
         <v>12</v>
       </c>
       <c r="E184" t="s">
-        <v>2532</v>
+        <v>2538</v>
       </c>
       <c r="F184" t="s">
         <v>12</v>
       </c>
       <c r="G184" t="s">
-        <v>2533</v>
+        <v>2539</v>
       </c>
       <c r="H184" t="s">
-        <v>2534</v>
+        <v>2540</v>
       </c>
       <c r="I184" t="s">
-        <v>1632</v>
+        <v>2541</v>
       </c>
       <c r="J184" t="s">
-        <v>2535</v>
+        <v>2051</v>
       </c>
       <c r="K184" t="s">
-        <v>2536</v>
+        <v>2542</v>
       </c>
       <c r="L184" t="s">
-        <v>2537</v>
+        <v>2543</v>
       </c>
       <c r="M184" t="s">
-        <v>2538</v>
+        <v>2544</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B185" t="s">
-        <v>2539</v>
+        <v>2545</v>
       </c>
       <c r="C185" t="s">
         <v>12</v>
       </c>
       <c r="D185" t="s">
         <v>12</v>
       </c>
       <c r="E185" t="s">
-        <v>2532</v>
+        <v>2546</v>
       </c>
       <c r="F185" t="s">
         <v>12</v>
       </c>
       <c r="G185" t="s">
-        <v>2540</v>
+        <v>2547</v>
       </c>
       <c r="H185" t="s">
-        <v>2541</v>
+        <v>2548</v>
       </c>
       <c r="I185" t="s">
-        <v>2542</v>
+        <v>1646</v>
       </c>
       <c r="J185" t="s">
-        <v>2543</v>
+        <v>2549</v>
       </c>
       <c r="K185" t="s">
-        <v>2544</v>
+        <v>2550</v>
+      </c>
+      <c r="L185" t="s">
+        <v>2551</v>
+      </c>
+      <c r="M185" t="s">
+        <v>2552</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B186" t="s">
-        <v>2545</v>
+        <v>2553</v>
       </c>
       <c r="C186" t="s">
         <v>12</v>
       </c>
       <c r="D186" t="s">
         <v>12</v>
       </c>
       <c r="E186" t="s">
-        <v>1841</v>
+        <v>2546</v>
       </c>
       <c r="F186" t="s">
         <v>12</v>
       </c>
       <c r="G186" t="s">
-        <v>2546</v>
+        <v>2554</v>
       </c>
       <c r="H186" t="s">
-        <v>2547</v>
+        <v>2555</v>
       </c>
       <c r="I186" t="s">
-        <v>2548</v>
+        <v>2556</v>
       </c>
       <c r="J186" t="s">
-        <v>1439</v>
+        <v>2557</v>
       </c>
       <c r="K186" t="s">
-        <v>2549</v>
-[...14 lines deleted...]
-        <v>1832</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B187" t="s">
-        <v>2553</v>
+        <v>2559</v>
       </c>
       <c r="C187" t="s">
         <v>12</v>
       </c>
       <c r="D187" t="s">
         <v>12</v>
       </c>
       <c r="E187" t="s">
-        <v>2554</v>
+        <v>1855</v>
       </c>
       <c r="F187" t="s">
         <v>12</v>
       </c>
       <c r="G187" t="s">
-        <v>2555</v>
+        <v>2560</v>
       </c>
       <c r="H187" t="s">
-        <v>2556</v>
+        <v>2561</v>
       </c>
       <c r="I187" t="s">
-        <v>2333</v>
+        <v>2562</v>
       </c>
       <c r="J187" t="s">
-        <v>442</v>
+        <v>1467</v>
       </c>
       <c r="K187" t="s">
-        <v>2557</v>
+        <v>2563</v>
+      </c>
+      <c r="L187" t="s">
+        <v>2564</v>
+      </c>
+      <c r="M187" t="s">
+        <v>2565</v>
+      </c>
+      <c r="N187" t="s">
+        <v>2566</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1847</v>
+      </c>
+      <c r="P187" t="s">
+        <v>1846</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B188" t="s">
-        <v>2558</v>
+        <v>2567</v>
       </c>
       <c r="C188" t="s">
         <v>12</v>
       </c>
       <c r="D188" t="s">
         <v>12</v>
       </c>
       <c r="E188" t="s">
-        <v>2559</v>
+        <v>2568</v>
       </c>
       <c r="F188" t="s">
         <v>12</v>
       </c>
       <c r="G188" t="s">
-        <v>2560</v>
+        <v>2569</v>
       </c>
       <c r="H188" t="s">
-        <v>2561</v>
+        <v>2570</v>
       </c>
       <c r="I188" t="s">
-        <v>2480</v>
+        <v>2347</v>
       </c>
       <c r="J188" t="s">
-        <v>2562</v>
+        <v>448</v>
       </c>
       <c r="K188" t="s">
-        <v>2563</v>
-[...17 lines deleted...]
-        <v>2569</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B189" t="s">
-        <v>2570</v>
+        <v>2572</v>
       </c>
       <c r="C189" t="s">
         <v>12</v>
       </c>
       <c r="D189" t="s">
         <v>12</v>
       </c>
       <c r="E189" t="s">
-        <v>2571</v>
+        <v>2573</v>
       </c>
       <c r="F189" t="s">
         <v>12</v>
       </c>
       <c r="G189" t="s">
-        <v>2572</v>
+        <v>2574</v>
       </c>
       <c r="H189" t="s">
-        <v>2573</v>
+        <v>2575</v>
       </c>
       <c r="I189" t="s">
-        <v>987</v>
+        <v>2494</v>
       </c>
       <c r="J189" t="s">
-        <v>527</v>
+        <v>2576</v>
       </c>
       <c r="K189" t="s">
-        <v>2574</v>
+        <v>2577</v>
+      </c>
+      <c r="L189" t="s">
+        <v>2578</v>
+      </c>
+      <c r="M189" t="s">
+        <v>2579</v>
+      </c>
+      <c r="N189" t="s">
+        <v>2580</v>
+      </c>
+      <c r="O189" t="s">
+        <v>2581</v>
+      </c>
+      <c r="P189" t="s">
+        <v>2582</v>
+      </c>
+      <c r="Q189" t="s">
+        <v>2583</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B190" t="s">
-        <v>2575</v>
+        <v>2584</v>
       </c>
       <c r="C190" t="s">
         <v>12</v>
       </c>
       <c r="D190" t="s">
         <v>12</v>
       </c>
       <c r="E190" t="s">
-        <v>2576</v>
+        <v>2585</v>
       </c>
       <c r="F190" t="s">
         <v>12</v>
       </c>
       <c r="G190" t="s">
-        <v>2577</v>
+        <v>2586</v>
       </c>
       <c r="H190" t="s">
-        <v>2578</v>
+        <v>2587</v>
       </c>
       <c r="I190" t="s">
-        <v>2579</v>
+        <v>1015</v>
       </c>
       <c r="J190" t="s">
-        <v>2562</v>
+        <v>533</v>
       </c>
       <c r="K190" t="s">
-        <v>2580</v>
-[...14 lines deleted...]
-        <v>2585</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B191" t="s">
-        <v>2586</v>
+        <v>2589</v>
       </c>
       <c r="C191" t="s">
         <v>12</v>
       </c>
       <c r="D191" t="s">
         <v>12</v>
       </c>
       <c r="E191" t="s">
-        <v>2587</v>
+        <v>2590</v>
       </c>
       <c r="F191" t="s">
         <v>12</v>
       </c>
       <c r="G191" t="s">
-        <v>2588</v>
+        <v>2591</v>
       </c>
       <c r="H191" t="s">
-        <v>2589</v>
+        <v>2592</v>
       </c>
       <c r="I191" t="s">
-        <v>2438</v>
+        <v>2593</v>
       </c>
       <c r="J191" t="s">
-        <v>1771</v>
+        <v>2576</v>
       </c>
       <c r="K191" t="s">
-        <v>2590</v>
+        <v>2594</v>
       </c>
       <c r="L191" t="s">
-        <v>2591</v>
+        <v>2595</v>
       </c>
       <c r="M191" t="s">
-        <v>2592</v>
+        <v>2596</v>
       </c>
       <c r="N191" t="s">
-        <v>2593</v>
+        <v>2597</v>
       </c>
       <c r="O191" t="s">
-        <v>2594</v>
+        <v>2598</v>
+      </c>
+      <c r="P191" t="s">
+        <v>2599</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B192" t="s">
-        <v>2595</v>
+        <v>2600</v>
       </c>
       <c r="C192" t="s">
         <v>12</v>
       </c>
       <c r="D192" t="s">
         <v>12</v>
       </c>
       <c r="E192" t="s">
-        <v>2596</v>
+        <v>2601</v>
       </c>
       <c r="F192" t="s">
         <v>12</v>
       </c>
       <c r="G192" t="s">
-        <v>2597</v>
+        <v>2602</v>
       </c>
       <c r="H192" t="s">
-        <v>2598</v>
+        <v>2603</v>
       </c>
       <c r="I192" t="s">
-        <v>2599</v>
+        <v>2452</v>
       </c>
       <c r="J192" t="s">
-        <v>2600</v>
+        <v>1785</v>
       </c>
       <c r="K192" t="s">
-        <v>2601</v>
+        <v>2604</v>
       </c>
       <c r="L192" t="s">
-        <v>2602</v>
+        <v>2605</v>
+      </c>
+      <c r="M192" t="s">
+        <v>2606</v>
+      </c>
+      <c r="N192" t="s">
+        <v>2607</v>
+      </c>
+      <c r="O192" t="s">
+        <v>2608</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B193" t="s">
-        <v>2603</v>
+        <v>2609</v>
       </c>
       <c r="C193" t="s">
         <v>12</v>
       </c>
       <c r="D193" t="s">
         <v>12</v>
       </c>
       <c r="E193" t="s">
-        <v>2604</v>
+        <v>2610</v>
       </c>
       <c r="F193" t="s">
         <v>12</v>
       </c>
       <c r="G193" t="s">
-        <v>2605</v>
+        <v>2611</v>
       </c>
       <c r="H193" t="s">
-        <v>2606</v>
+        <v>2612</v>
       </c>
       <c r="I193" t="s">
-        <v>2607</v>
+        <v>2613</v>
       </c>
       <c r="J193" t="s">
-        <v>2037</v>
+        <v>2614</v>
       </c>
       <c r="K193" t="s">
-        <v>2608</v>
+        <v>2615</v>
       </c>
       <c r="L193" t="s">
-        <v>2609</v>
-[...2 lines deleted...]
-        <v>2610</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B194" t="s">
-        <v>2611</v>
+        <v>2617</v>
       </c>
       <c r="C194" t="s">
         <v>12</v>
       </c>
       <c r="D194" t="s">
         <v>12</v>
       </c>
       <c r="E194" t="s">
-        <v>2612</v>
+        <v>2618</v>
       </c>
       <c r="F194" t="s">
         <v>12</v>
       </c>
       <c r="G194" t="s">
-        <v>2613</v>
+        <v>2619</v>
       </c>
       <c r="H194" t="s">
-        <v>2614</v>
+        <v>2620</v>
       </c>
       <c r="I194" t="s">
-        <v>2615</v>
+        <v>2621</v>
       </c>
       <c r="J194" t="s">
-        <v>2562</v>
+        <v>2051</v>
       </c>
       <c r="K194" t="s">
-        <v>2616</v>
+        <v>2622</v>
       </c>
       <c r="L194" t="s">
-        <v>2617</v>
+        <v>2623</v>
+      </c>
+      <c r="M194" t="s">
+        <v>2624</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B195" t="s">
-        <v>2618</v>
+        <v>2625</v>
       </c>
       <c r="C195" t="s">
         <v>12</v>
       </c>
       <c r="D195" t="s">
         <v>12</v>
       </c>
       <c r="E195" t="s">
-        <v>2619</v>
+        <v>2626</v>
       </c>
       <c r="F195" t="s">
         <v>12</v>
       </c>
       <c r="G195" t="s">
-        <v>2620</v>
+        <v>2627</v>
       </c>
       <c r="H195" t="s">
-        <v>2621</v>
+        <v>2628</v>
       </c>
       <c r="I195" t="s">
-        <v>2622</v>
+        <v>2629</v>
       </c>
       <c r="J195" t="s">
-        <v>2623</v>
+        <v>2576</v>
       </c>
       <c r="K195" t="s">
-        <v>2624</v>
+        <v>2630</v>
       </c>
       <c r="L195" t="s">
-        <v>2625</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B196" t="s">
-        <v>2626</v>
+        <v>2632</v>
       </c>
       <c r="C196" t="s">
         <v>12</v>
       </c>
       <c r="D196" t="s">
         <v>12</v>
       </c>
       <c r="E196" t="s">
-        <v>2627</v>
+        <v>2633</v>
       </c>
       <c r="F196" t="s">
         <v>12</v>
       </c>
       <c r="G196" t="s">
-        <v>2628</v>
+        <v>2634</v>
       </c>
       <c r="H196" t="s">
-        <v>2629</v>
+        <v>2635</v>
       </c>
       <c r="I196" t="s">
-        <v>2630</v>
+        <v>2636</v>
       </c>
       <c r="J196" t="s">
-        <v>2631</v>
+        <v>2637</v>
       </c>
       <c r="K196" t="s">
-        <v>2632</v>
+        <v>2638</v>
       </c>
       <c r="L196" t="s">
-        <v>2633</v>
+        <v>2639</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B197" t="s">
-        <v>2634</v>
+        <v>2640</v>
       </c>
       <c r="C197" t="s">
         <v>12</v>
       </c>
       <c r="D197" t="s">
         <v>12</v>
       </c>
       <c r="E197" t="s">
-        <v>2635</v>
+        <v>2641</v>
       </c>
       <c r="F197" t="s">
         <v>12</v>
       </c>
       <c r="G197" t="s">
-        <v>2636</v>
+        <v>2642</v>
       </c>
       <c r="H197" t="s">
-        <v>2637</v>
+        <v>2643</v>
       </c>
       <c r="I197" t="s">
-        <v>2638</v>
+        <v>2644</v>
       </c>
       <c r="J197" t="s">
-        <v>2639</v>
+        <v>2645</v>
       </c>
       <c r="K197" t="s">
-        <v>2640</v>
+        <v>2646</v>
       </c>
       <c r="L197" t="s">
-        <v>2641</v>
-[...2 lines deleted...]
-        <v>2642</v>
+        <v>2647</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B198" t="s">
-        <v>2643</v>
+        <v>2648</v>
       </c>
       <c r="C198" t="s">
         <v>12</v>
       </c>
       <c r="D198" t="s">
         <v>12</v>
       </c>
       <c r="E198" t="s">
-        <v>2644</v>
+        <v>2649</v>
       </c>
       <c r="F198" t="s">
         <v>12</v>
       </c>
       <c r="G198" t="s">
-        <v>2645</v>
+        <v>2650</v>
       </c>
       <c r="H198" t="s">
-        <v>2646</v>
+        <v>2651</v>
       </c>
       <c r="I198" t="s">
-        <v>1765</v>
+        <v>2652</v>
       </c>
       <c r="J198" t="s">
-        <v>2647</v>
+        <v>2653</v>
       </c>
       <c r="K198" t="s">
-        <v>2648</v>
+        <v>2654</v>
       </c>
       <c r="L198" t="s">
-        <v>2649</v>
+        <v>2655</v>
+      </c>
+      <c r="M198" t="s">
+        <v>2656</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B199" t="s">
-        <v>2650</v>
+        <v>2657</v>
       </c>
       <c r="C199" t="s">
         <v>12</v>
       </c>
       <c r="D199" t="s">
         <v>12</v>
       </c>
       <c r="E199" t="s">
-        <v>2651</v>
+        <v>2658</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
       <c r="G199" t="s">
-        <v>2652</v>
+        <v>2659</v>
       </c>
       <c r="H199" t="s">
-        <v>2653</v>
+        <v>2660</v>
       </c>
       <c r="I199" t="s">
-        <v>2654</v>
+        <v>1779</v>
       </c>
       <c r="J199" t="s">
-        <v>2655</v>
+        <v>2661</v>
       </c>
       <c r="K199" t="s">
-        <v>2656</v>
+        <v>2662</v>
       </c>
       <c r="L199" t="s">
-        <v>2657</v>
+        <v>2663</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B200" t="s">
-        <v>2658</v>
+        <v>2664</v>
       </c>
       <c r="C200" t="s">
         <v>12</v>
       </c>
       <c r="D200" t="s">
         <v>12</v>
       </c>
       <c r="E200" t="s">
-        <v>2659</v>
+        <v>2665</v>
       </c>
       <c r="F200" t="s">
         <v>12</v>
       </c>
       <c r="G200" t="s">
-        <v>2660</v>
+        <v>2666</v>
       </c>
       <c r="H200" t="s">
-        <v>2661</v>
+        <v>2667</v>
       </c>
       <c r="I200" t="s">
-        <v>2662</v>
+        <v>2668</v>
       </c>
       <c r="J200" t="s">
-        <v>2663</v>
+        <v>2669</v>
       </c>
       <c r="K200" t="s">
-        <v>2664</v>
+        <v>2670</v>
+      </c>
+      <c r="L200" t="s">
+        <v>2671</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B201" t="s">
-        <v>2665</v>
+        <v>2672</v>
       </c>
       <c r="C201" t="s">
         <v>12</v>
       </c>
       <c r="D201" t="s">
         <v>12</v>
       </c>
       <c r="E201" t="s">
-        <v>2666</v>
+        <v>2673</v>
       </c>
       <c r="F201" t="s">
         <v>12</v>
       </c>
       <c r="G201" t="s">
-        <v>2667</v>
+        <v>2674</v>
       </c>
       <c r="H201" t="s">
-        <v>2668</v>
+        <v>2675</v>
       </c>
       <c r="I201" t="s">
-        <v>2669</v>
+        <v>2676</v>
       </c>
       <c r="J201" t="s">
-        <v>2670</v>
+        <v>2677</v>
       </c>
       <c r="K201" t="s">
-        <v>2671</v>
-[...19 lines deleted...]
-      <c r="R201" t="s">
         <v>2678</v>
-      </c>
-[...7 lines deleted...]
-        <v>2681</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B202" t="s">
+        <v>2679</v>
+      </c>
+      <c r="C202" t="s">
+        <v>12</v>
+      </c>
+      <c r="D202" t="s">
+        <v>12</v>
+      </c>
+      <c r="E202" t="s">
+        <v>2680</v>
+      </c>
+      <c r="F202" t="s">
+        <v>12</v>
+      </c>
+      <c r="G202" t="s">
+        <v>2681</v>
+      </c>
+      <c r="H202" t="s">
         <v>2682</v>
       </c>
-      <c r="C202" t="s">
-[...11 lines deleted...]
-      <c r="G202" t="s">
+      <c r="I202" t="s">
         <v>2683</v>
       </c>
-      <c r="H202" t="s">
+      <c r="J202" t="s">
         <v>2684</v>
-      </c>
-[...4 lines deleted...]
-        <v>2037</v>
       </c>
       <c r="K202" t="s">
         <v>2685</v>
       </c>
       <c r="L202" t="s">
         <v>2686</v>
       </c>
       <c r="M202" t="s">
         <v>2687</v>
       </c>
       <c r="N202" t="s">
         <v>2688</v>
       </c>
+      <c r="O202" t="s">
+        <v>2689</v>
+      </c>
+      <c r="P202" t="s">
+        <v>2690</v>
+      </c>
+      <c r="Q202" t="s">
+        <v>2691</v>
+      </c>
+      <c r="R202" t="s">
+        <v>2692</v>
+      </c>
+      <c r="S202" t="s">
+        <v>2693</v>
+      </c>
+      <c r="T202" t="s">
+        <v>2694</v>
+      </c>
+      <c r="U202" t="s">
+        <v>2695</v>
+      </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B203" t="s">
-        <v>2689</v>
+        <v>2696</v>
       </c>
       <c r="C203" t="s">
         <v>12</v>
       </c>
       <c r="D203" t="s">
         <v>12</v>
       </c>
       <c r="E203" t="s">
-        <v>2690</v>
+        <v>2680</v>
       </c>
       <c r="F203" t="s">
         <v>12</v>
       </c>
       <c r="G203" t="s">
-        <v>2691</v>
+        <v>2697</v>
       </c>
       <c r="H203" t="s">
-        <v>2692</v>
+        <v>2698</v>
       </c>
       <c r="I203" t="s">
-        <v>2693</v>
+        <v>2683</v>
       </c>
       <c r="J203" t="s">
-        <v>1259</v>
+        <v>2051</v>
       </c>
       <c r="K203" t="s">
-        <v>2694</v>
+        <v>2699</v>
       </c>
       <c r="L203" t="s">
-        <v>2695</v>
+        <v>2700</v>
       </c>
       <c r="M203" t="s">
-        <v>2696</v>
+        <v>2701</v>
       </c>
       <c r="N203" t="s">
-        <v>2697</v>
-[...13 lines deleted...]
-      <c r="S203" t="s">
         <v>2702</v>
-      </c>
-[...4 lines deleted...]
-        <v>2703</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B204" t="s">
+        <v>2703</v>
+      </c>
+      <c r="C204" t="s">
+        <v>12</v>
+      </c>
+      <c r="D204" t="s">
+        <v>12</v>
+      </c>
+      <c r="E204" t="s">
         <v>2704</v>
       </c>
-      <c r="C204" t="s">
-[...5 lines deleted...]
-      <c r="E204" t="s">
+      <c r="F204" t="s">
+        <v>12</v>
+      </c>
+      <c r="G204" t="s">
         <v>2705</v>
       </c>
-      <c r="F204" t="s">
-[...2 lines deleted...]
-      <c r="G204" t="s">
+      <c r="H204" t="s">
         <v>2706</v>
       </c>
-      <c r="H204" t="s">
+      <c r="I204" t="s">
         <v>2707</v>
       </c>
-      <c r="I204" t="s">
+      <c r="J204" t="s">
+        <v>1287</v>
+      </c>
+      <c r="K204" t="s">
         <v>2708</v>
       </c>
-      <c r="J204" t="s">
+      <c r="L204" t="s">
         <v>2709</v>
       </c>
-      <c r="K204" t="s">
+      <c r="M204" t="s">
         <v>2710</v>
       </c>
-      <c r="L204" t="s">
+      <c r="N204" t="s">
         <v>2711</v>
       </c>
-      <c r="M204" t="s">
+      <c r="O204" t="s">
         <v>2712</v>
       </c>
-      <c r="N204" t="s">
+      <c r="P204" t="s">
         <v>2713</v>
       </c>
-      <c r="O204" t="s">
+      <c r="Q204" t="s">
         <v>2714</v>
+      </c>
+      <c r="R204" t="s">
+        <v>2715</v>
+      </c>
+      <c r="S204" t="s">
+        <v>2716</v>
+      </c>
+      <c r="T204" t="s">
+        <v>2716</v>
+      </c>
+      <c r="U204" t="s">
+        <v>2717</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B205" t="s">
-        <v>2715</v>
+        <v>2718</v>
       </c>
       <c r="C205" t="s">
         <v>12</v>
       </c>
       <c r="D205" t="s">
         <v>12</v>
       </c>
       <c r="E205" t="s">
-        <v>2705</v>
+        <v>2719</v>
       </c>
       <c r="F205" t="s">
         <v>12</v>
       </c>
       <c r="G205" t="s">
-        <v>2716</v>
+        <v>2720</v>
       </c>
       <c r="H205" t="s">
-        <v>2717</v>
+        <v>2721</v>
       </c>
       <c r="I205" t="s">
-        <v>2718</v>
+        <v>2722</v>
       </c>
       <c r="J205" t="s">
-        <v>2719</v>
+        <v>2723</v>
       </c>
       <c r="K205" t="s">
-        <v>2720</v>
+        <v>2724</v>
       </c>
       <c r="L205" t="s">
-        <v>2721</v>
+        <v>2725</v>
       </c>
       <c r="M205" t="s">
-        <v>2722</v>
+        <v>2726</v>
+      </c>
+      <c r="N205" t="s">
+        <v>2727</v>
+      </c>
+      <c r="O205" t="s">
+        <v>2728</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B206" t="s">
-        <v>2723</v>
+        <v>2729</v>
       </c>
       <c r="C206" t="s">
         <v>12</v>
       </c>
       <c r="D206" t="s">
         <v>12</v>
       </c>
       <c r="E206" t="s">
-        <v>2724</v>
+        <v>2719</v>
       </c>
       <c r="F206" t="s">
         <v>12</v>
       </c>
       <c r="G206" t="s">
-        <v>2725</v>
+        <v>2730</v>
       </c>
       <c r="H206" t="s">
-        <v>2726</v>
+        <v>2731</v>
       </c>
       <c r="I206" t="s">
-        <v>2727</v>
+        <v>2732</v>
       </c>
       <c r="J206" t="s">
-        <v>2728</v>
+        <v>2733</v>
       </c>
       <c r="K206" t="s">
-        <v>2729</v>
+        <v>2734</v>
+      </c>
+      <c r="L206" t="s">
+        <v>2735</v>
+      </c>
+      <c r="M206" t="s">
+        <v>2736</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B207" t="s">
-        <v>2730</v>
+        <v>2737</v>
       </c>
       <c r="C207" t="s">
         <v>12</v>
       </c>
       <c r="D207" t="s">
         <v>12</v>
       </c>
       <c r="E207" t="s">
-        <v>2731</v>
+        <v>2738</v>
       </c>
       <c r="F207" t="s">
         <v>12</v>
       </c>
       <c r="G207" t="s">
-        <v>2732</v>
+        <v>2739</v>
       </c>
       <c r="H207" t="s">
-        <v>2733</v>
+        <v>2740</v>
       </c>
       <c r="I207" t="s">
-        <v>2734</v>
+        <v>2741</v>
       </c>
       <c r="J207" t="s">
-        <v>2639</v>
+        <v>2742</v>
       </c>
       <c r="K207" t="s">
-        <v>2735</v>
-[...8 lines deleted...]
-        <v>2738</v>
+        <v>2743</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B208" t="s">
-        <v>2739</v>
+        <v>2744</v>
       </c>
       <c r="C208" t="s">
         <v>12</v>
       </c>
       <c r="D208" t="s">
         <v>12</v>
       </c>
       <c r="E208" t="s">
-        <v>2731</v>
+        <v>2745</v>
       </c>
       <c r="F208" t="s">
         <v>12</v>
       </c>
       <c r="G208" t="s">
-        <v>2740</v>
+        <v>2746</v>
       </c>
       <c r="H208" t="s">
-        <v>2741</v>
+        <v>2747</v>
       </c>
       <c r="I208" t="s">
-        <v>2742</v>
+        <v>2748</v>
       </c>
       <c r="J208" t="s">
-        <v>2743</v>
+        <v>2653</v>
       </c>
       <c r="K208" t="s">
-        <v>2744</v>
+        <v>2749</v>
       </c>
       <c r="L208" t="s">
-        <v>2745</v>
+        <v>2750</v>
       </c>
       <c r="M208" t="s">
-        <v>2746</v>
+        <v>2751</v>
+      </c>
+      <c r="N208" t="s">
+        <v>2752</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B209" t="s">
-        <v>2747</v>
+        <v>2753</v>
       </c>
       <c r="C209" t="s">
         <v>12</v>
       </c>
       <c r="D209" t="s">
         <v>12</v>
       </c>
       <c r="E209" t="s">
-        <v>2748</v>
+        <v>2745</v>
       </c>
       <c r="F209" t="s">
         <v>12</v>
       </c>
       <c r="G209" t="s">
-        <v>2749</v>
+        <v>2754</v>
       </c>
       <c r="H209" t="s">
-        <v>2750</v>
+        <v>2755</v>
       </c>
       <c r="I209" t="s">
-        <v>2751</v>
+        <v>2756</v>
       </c>
       <c r="J209" t="s">
-        <v>2752</v>
+        <v>2757</v>
       </c>
       <c r="K209" t="s">
-        <v>2753</v>
+        <v>2758</v>
+      </c>
+      <c r="L209" t="s">
+        <v>2759</v>
+      </c>
+      <c r="M209" t="s">
+        <v>2760</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B210" t="s">
-        <v>2754</v>
+        <v>2761</v>
       </c>
       <c r="C210" t="s">
         <v>12</v>
       </c>
       <c r="D210" t="s">
         <v>12</v>
       </c>
       <c r="E210" t="s">
-        <v>2748</v>
+        <v>2762</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
       <c r="G210" t="s">
-        <v>2755</v>
+        <v>2763</v>
       </c>
       <c r="H210" t="s">
-        <v>2756</v>
+        <v>2764</v>
       </c>
       <c r="I210" t="s">
-        <v>2757</v>
+        <v>2765</v>
       </c>
       <c r="J210" t="s">
-        <v>2286</v>
+        <v>2766</v>
       </c>
       <c r="K210" t="s">
-        <v>2758</v>
-[...11 lines deleted...]
-        <v>2762</v>
+        <v>2767</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>944</v>
+        <v>950</v>
       </c>
       <c r="B211" t="s">
-        <v>2763</v>
+        <v>2768</v>
       </c>
       <c r="C211" t="s">
         <v>12</v>
       </c>
       <c r="D211" t="s">
         <v>12</v>
       </c>
       <c r="E211" t="s">
-        <v>2764</v>
+        <v>2762</v>
       </c>
       <c r="F211" t="s">
         <v>12</v>
       </c>
       <c r="G211" t="s">
-        <v>2765</v>
+        <v>2769</v>
       </c>
       <c r="H211" t="s">
-        <v>2766</v>
+        <v>2770</v>
       </c>
       <c r="I211" t="s">
-        <v>1594</v>
+        <v>2771</v>
       </c>
       <c r="J211" t="s">
-        <v>2647</v>
+        <v>2300</v>
       </c>
       <c r="K211" t="s">
-        <v>2767</v>
+        <v>2772</v>
       </c>
       <c r="L211" t="s">
-        <v>2768</v>
+        <v>2773</v>
+      </c>
+      <c r="M211" t="s">
+        <v>2774</v>
+      </c>
+      <c r="N211" t="s">
+        <v>2775</v>
+      </c>
+      <c r="O211" t="s">
+        <v>2776</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>950</v>
+      </c>
+      <c r="B212" t="s">
+        <v>2777</v>
+      </c>
+      <c r="C212" t="s">
+        <v>12</v>
+      </c>
+      <c r="D212" t="s">
+        <v>12</v>
+      </c>
+      <c r="E212" t="s">
+        <v>2778</v>
+      </c>
+      <c r="F212" t="s">
+        <v>12</v>
+      </c>
+      <c r="G212" t="s">
+        <v>2779</v>
+      </c>
+      <c r="H212" t="s">
+        <v>2780</v>
+      </c>
+      <c r="I212" t="s">
+        <v>1608</v>
+      </c>
+      <c r="J212" t="s">
+        <v>2661</v>
+      </c>
+      <c r="K212" t="s">
+        <v>2781</v>
+      </c>
+      <c r="L212" t="s">
+        <v>2782</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2769</v>
+        <v>2783</v>
       </c>
       <c r="B2" t="s">
-        <v>2770</v>
+        <v>2784</v>
       </c>
       <c r="C2" t="s">
-        <v>2771</v>
+        <v>2785</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>2772</v>
+        <v>2786</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>2773</v>
+        <v>2787</v>
       </c>
       <c r="H2" t="s">
-        <v>2774</v>
+        <v>2788</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2769</v>
+        <v>2783</v>
       </c>
       <c r="B3" t="s">
-        <v>2775</v>
+        <v>2789</v>
       </c>
       <c r="C3" t="s">
-        <v>2776</v>
+        <v>2790</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>2777</v>
+        <v>2791</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>2778</v>
+        <v>2792</v>
       </c>
       <c r="H3" t="s">
-        <v>2779</v>
+        <v>2793</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="B2" t="s">
-        <v>600</v>
+        <v>606</v>
       </c>
       <c r="C2" t="s">
-        <v>601</v>
+        <v>607</v>
       </c>
       <c r="D2" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="E2" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>604</v>
+        <v>610</v>
       </c>
       <c r="H2" t="s">
-        <v>605</v>
+        <v>611</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="B3" t="s">
-        <v>606</v>
+        <v>612</v>
       </c>
       <c r="C3" t="s">
-        <v>607</v>
+        <v>613</v>
       </c>
       <c r="D3" t="s">
-        <v>608</v>
+        <v>614</v>
       </c>
       <c r="E3" t="s">
-        <v>609</v>
+        <v>615</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>610</v>
+        <v>616</v>
       </c>
       <c r="H3" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B2" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="C2" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="H2" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B3" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="C3" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="H3" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B4" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="C4" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="H4" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B5" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
       <c r="C5" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
       <c r="H5" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B6" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="C6" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="H6" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B7" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
       <c r="C7" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
       <c r="H7" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B8" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="C8" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="H8" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B9" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="C9" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="D9" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="E9" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="H9" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B10" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="C10" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="H10" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B11" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="C11" t="s">
-        <v>659</v>
+        <v>665</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>660</v>
+        <v>666</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>661</v>
+        <v>667</v>
       </c>
       <c r="H11" t="s">
-        <v>662</v>
+        <v>668</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B12" t="s">
-        <v>663</v>
+        <v>669</v>
       </c>
       <c r="C12" t="s">
-        <v>664</v>
+        <v>670</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>665</v>
+        <v>671</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>666</v>
+        <v>672</v>
       </c>
       <c r="H12" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B13" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="C13" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="H13" t="s">
-        <v>672</v>
+        <v>678</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B14" t="s">
-        <v>673</v>
+        <v>679</v>
       </c>
       <c r="C14" t="s">
-        <v>674</v>
+        <v>680</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="H14" t="s">
-        <v>677</v>
+        <v>683</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B15" t="s">
-        <v>678</v>
+        <v>684</v>
       </c>
       <c r="C15" t="s">
-        <v>679</v>
+        <v>685</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>680</v>
+        <v>686</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>681</v>
+        <v>687</v>
       </c>
       <c r="H15" t="s">
-        <v>682</v>
+        <v>688</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B16" t="s">
-        <v>683</v>
+        <v>689</v>
       </c>
       <c r="C16" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="H16" t="s">
-        <v>687</v>
+        <v>693</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B17" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
       <c r="C17" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>690</v>
+        <v>696</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>691</v>
+        <v>697</v>
       </c>
       <c r="H17" t="s">
-        <v>692</v>
+        <v>698</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B18" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="C18" t="s">
-        <v>694</v>
+        <v>700</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>695</v>
+        <v>701</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>696</v>
+        <v>702</v>
       </c>
       <c r="H18" t="s">
-        <v>697</v>
+        <v>703</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B19" t="s">
-        <v>698</v>
+        <v>704</v>
       </c>
       <c r="C19" t="s">
-        <v>699</v>
+        <v>705</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>700</v>
+        <v>706</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>701</v>
+        <v>707</v>
       </c>
       <c r="H19" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B20" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="C20" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="H20" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B21" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="C21" t="s">
-        <v>709</v>
+        <v>715</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>710</v>
+        <v>716</v>
       </c>
       <c r="H21" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B22" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="C22" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>715</v>
+        <v>721</v>
       </c>
       <c r="H22" t="s">
-        <v>716</v>
+        <v>722</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B23" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
       <c r="C23" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
       <c r="H23" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B24" t="s">
-        <v>722</v>
+        <v>728</v>
       </c>
       <c r="C24" t="s">
-        <v>723</v>
+        <v>729</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>724</v>
+        <v>730</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>725</v>
+        <v>731</v>
       </c>
       <c r="H24" t="s">
-        <v>726</v>
+        <v>732</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B25" t="s">
-        <v>727</v>
+        <v>733</v>
       </c>
       <c r="C25" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="H25" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B26" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="E26" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
       <c r="H26" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B27" t="s">
-        <v>737</v>
+        <v>743</v>
       </c>
       <c r="C27" t="s">
-        <v>738</v>
+        <v>744</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>739</v>
+        <v>745</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>740</v>
+        <v>746</v>
       </c>
       <c r="H27" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B28" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="C28" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="H28" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B29" t="s">
-        <v>747</v>
+        <v>753</v>
       </c>
       <c r="C29" t="s">
-        <v>748</v>
+        <v>754</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>749</v>
+        <v>755</v>
       </c>
       <c r="H29" t="s">
-        <v>750</v>
+        <v>756</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="B30" t="s">
-        <v>751</v>
+        <v>757</v>
       </c>
       <c r="C30" t="s">
-        <v>752</v>
+        <v>758</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>753</v>
+        <v>759</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>754</v>
+        <v>760</v>
       </c>
       <c r="H30" t="s">
-        <v>755</v>
+        <v>761</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="B2" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="C2" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="D2" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="E2" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="H2" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="B3" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="C3" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="D3" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="E3" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="H3" t="s">
-        <v>768</v>
+        <v>774</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>756</v>
+        <v>762</v>
       </c>
       <c r="B4" t="s">
-        <v>769</v>
+        <v>775</v>
       </c>
       <c r="C4" t="s">
-        <v>770</v>
+        <v>776</v>
       </c>
       <c r="D4" t="s">
-        <v>771</v>
+        <v>777</v>
       </c>
       <c r="E4" t="s">
-        <v>772</v>
+        <v>778</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>773</v>
+        <v>779</v>
       </c>
       <c r="H4" t="s">
-        <v>774</v>
+        <v>780</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>775</v>
+        <v>781</v>
       </c>
       <c r="B2" t="s">
-        <v>776</v>
+        <v>782</v>
       </c>
       <c r="C2" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="D2" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="E2" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>780</v>
+        <v>786</v>
       </c>
       <c r="H2" t="s">
-        <v>781</v>
+        <v>787</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="B2" t="s">
-        <v>783</v>
+        <v>789</v>
       </c>
       <c r="C2" t="s">
-        <v>784</v>
+        <v>790</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>785</v>
+        <v>791</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>786</v>
+        <v>792</v>
       </c>
       <c r="H2" t="s">
-        <v>787</v>
+        <v>793</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="B3" t="s">
-        <v>788</v>
+        <v>794</v>
       </c>
       <c r="C3" t="s">
-        <v>789</v>
+        <v>795</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>790</v>
+        <v>796</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>791</v>
+        <v>797</v>
       </c>
       <c r="H3" t="s">
-        <v>792</v>
+        <v>798</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>782</v>
+        <v>788</v>
       </c>
       <c r="B4" t="s">
-        <v>793</v>
+        <v>799</v>
       </c>
       <c r="C4" t="s">
-        <v>794</v>
+        <v>800</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>795</v>
+        <v>801</v>
       </c>
       <c r="H4" t="s">
-        <v>796</v>
+        <v>802</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B2" t="s">
-        <v>798</v>
+        <v>804</v>
       </c>
       <c r="C2" t="s">
-        <v>799</v>
+        <v>805</v>
       </c>
       <c r="D2" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
       <c r="E2" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
       <c r="H2" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B3" t="s">
-        <v>804</v>
+        <v>810</v>
       </c>
       <c r="C3" t="s">
-        <v>805</v>
+        <v>811</v>
       </c>
       <c r="D3" t="s">
-        <v>806</v>
+        <v>812</v>
       </c>
       <c r="E3" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="H3" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B4" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
       <c r="C4" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="D4" t="s">
-        <v>812</v>
+        <v>818</v>
       </c>
       <c r="E4" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="H4" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B5" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
       <c r="C5" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="D5" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="E5" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="H5" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B6" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="C6" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>825</v>
+        <v>831</v>
       </c>
       <c r="H6" t="s">
-        <v>826</v>
+        <v>832</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B7" t="s">
-        <v>827</v>
+        <v>833</v>
       </c>
       <c r="C7" t="s">
-        <v>828</v>
+        <v>834</v>
       </c>
       <c r="D7" t="s">
-        <v>829</v>
+        <v>835</v>
       </c>
       <c r="E7" t="s">
-        <v>830</v>
+        <v>836</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>831</v>
+        <v>837</v>
       </c>
       <c r="H7" t="s">
-        <v>832</v>
+        <v>838</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B8" t="s">
-        <v>833</v>
+        <v>839</v>
       </c>
       <c r="C8" t="s">
-        <v>834</v>
+        <v>840</v>
       </c>
       <c r="D8" t="s">
-        <v>835</v>
+        <v>841</v>
       </c>
       <c r="E8" t="s">
-        <v>836</v>
+        <v>842</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>837</v>
+        <v>843</v>
       </c>
       <c r="H8" t="s">
-        <v>838</v>
+        <v>844</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B9" t="s">
-        <v>839</v>
+        <v>845</v>
       </c>
       <c r="C9" t="s">
-        <v>840</v>
+        <v>846</v>
       </c>
       <c r="D9" t="s">
-        <v>841</v>
+        <v>847</v>
       </c>
       <c r="E9" t="s">
-        <v>842</v>
+        <v>848</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>843</v>
+        <v>849</v>
       </c>
       <c r="H9" t="s">
-        <v>844</v>
+        <v>850</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B10" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="C10" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="D10" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="E10" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="H10" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B11" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="C11" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="D11" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="E11" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="H11" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B12" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="C12" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="H12" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B13" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="C13" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="D13" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="E13" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="H13" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B14" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="C14" t="s">
-        <v>869</v>
+        <v>875</v>
       </c>
       <c r="D14" t="s">
-        <v>870</v>
+        <v>876</v>
       </c>
       <c r="E14" t="s">
-        <v>871</v>
+        <v>877</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>872</v>
+        <v>878</v>
       </c>
       <c r="H14" t="s">
-        <v>873</v>
+        <v>879</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>797</v>
+        <v>803</v>
       </c>
       <c r="B15" t="s">
-        <v>874</v>
+        <v>880</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
-        <v>875</v>
+        <v>881</v>
       </c>
       <c r="E15" t="s">
-        <v>876</v>
+        <v>882</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>877</v>
+        <v>883</v>
       </c>
       <c r="H15" t="s">
-        <v>878</v>
+        <v>884</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="B2" t="s">
-        <v>880</v>
+        <v>886</v>
       </c>
       <c r="C2" t="s">
-        <v>881</v>
+        <v>887</v>
       </c>
       <c r="D2" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="E2" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>884</v>
+        <v>890</v>
       </c>
       <c r="H2" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="B3" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="C3" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="D3" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="E3" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="H3" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="B4" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="C4" t="s">
-        <v>891</v>
+        <v>897</v>
       </c>
       <c r="D4" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="E4" t="s">
-        <v>883</v>
+        <v>889</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>892</v>
+        <v>898</v>
       </c>
       <c r="H4" t="s">
-        <v>893</v>
+        <v>899</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="B5" t="s">
-        <v>894</v>
+        <v>900</v>
       </c>
       <c r="C5" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="D5" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="E5" t="s">
-        <v>897</v>
+        <v>903</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>898</v>
+        <v>904</v>
       </c>
       <c r="H5" t="s">
-        <v>899</v>
+        <v>905</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="B6" t="s">
-        <v>900</v>
+        <v>906</v>
       </c>
       <c r="C6" t="s">
-        <v>901</v>
+        <v>907</v>
       </c>
       <c r="D6" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="E6" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="H6" t="s">
-        <v>905</v>
+        <v>911</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="B7" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="C7" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="D7" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="E7" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
       <c r="H7" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="B8" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="C8" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="D8" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="E8" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="H8" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="B9" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="C9" t="s">
-        <v>916</v>
+        <v>922</v>
       </c>
       <c r="D9" t="s">
-        <v>902</v>
+        <v>908</v>
       </c>
       <c r="E9" t="s">
-        <v>903</v>
+        <v>909</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="H9" t="s">
-        <v>918</v>
+        <v>924</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="B10" t="s">
-        <v>919</v>
+        <v>925</v>
       </c>
       <c r="C10" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="D10" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="E10" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="H10" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>879</v>
+        <v>885</v>
       </c>
       <c r="B11" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="C11" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
       <c r="D11" t="s">
-        <v>927</v>
+        <v>933</v>
       </c>
       <c r="E11" t="s">
-        <v>928</v>
+        <v>934</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>929</v>
+        <v>935</v>
       </c>
       <c r="H11" t="s">
-        <v>930</v>
+        <v>936</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="B2" t="s">
-        <v>932</v>
+        <v>938</v>
       </c>
       <c r="C2" t="s">
-        <v>933</v>
+        <v>939</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>934</v>
+        <v>940</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>935</v>
+        <v>941</v>
       </c>
       <c r="H2" t="s">
-        <v>936</v>
+        <v>942</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>931</v>
+        <v>937</v>
       </c>
       <c r="B3" t="s">
-        <v>937</v>
+        <v>943</v>
       </c>
       <c r="C3" t="s">
-        <v>938</v>
+        <v>944</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>939</v>
+        <v>945</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>940</v>
+        <v>946</v>
       </c>
       <c r="H3" t="s">
-        <v>941</v>
+        <v>947</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>