--- v0 (2025-10-25)
+++ v1 (2026-01-14)
@@ -1,7468 +1,991 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4218" uniqueCount="2443">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="442" uniqueCount="290">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>HIRES ULTRA AVEC ÉLECTRODE HIFOCUS MS</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>AUTOSET CS - 29 june 2010 (2413) - Opinion</t>
+  </si>
+  <si>
+    <t>Adaptive servo-ventilation machines</t>
+  </si>
+  <si>
+    <t>06/29/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>07/06/2010 17:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>15/07/2025 00:00:00</t>
-[...2825 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_961937/fr/autoset-cs-29-juin-2010-2413-avis</t>
+    <t>https://www.has-sante.fr/jcms/c_961937/en/autoset-cs-29-june-2010-2413-opinion</t>
   </si>
   <si>
     <t>c_961937</t>
   </si>
   <si>
-    <t>RESMED SAS France</t>
-[...98 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3458472/fr/evaluation-du-programme-national-de-depistage-de-la-surdite-permanente-neonatale-strategie-de-depistage-et-performances-des-tests</t>
+    <t>RESMED SAS FRANCE</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Assessment of the national newborn screening programme for permanent hearing loss. Screening strategy and test performance</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on the assessment of the national newborn screening programme (DNN) for permanent hearing impairment. The primary aim of this evaluation is to establish a framework for enhancing this programme.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/23/2025 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
   </si>
   <si>
     <t>p_3458472</t>
   </si>
   <si>
-    <t>Évaluation du dépistage néonatal systématique de la surdité permanente bilatérale</t>
-[...245 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Purulent acute otitis media in children over 3 months</t>
+  </si>
+  <si>
+    <t>The aim of this memo sheet is to promote the appropriate prescription of antibiotics to reduce bacterial resistance which could lead to therapeutic impasses. The choice of antibiotic, its strength and dosage are factors to consider for an appropriate prescription.</t>
+  </si>
+  <si>
+    <t>07/15/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
+    <t>Purulent acute otitis media in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
+    <t>Acute nasopharyngitis and acute strep throat in children</t>
+  </si>
+  <si>
+    <t>The goal of this memo is to make sure that antibiotics are prescribed appropriately, in order to reduce bacterial resistance which may lead to therapeutic dead-ends. The factors to be taken into account for an appropriate prescription are the choice of antibiotic, its dose and its dosage.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
+    <t>Acute nasopharyngitis and acute strep throat in adults</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
+    <t>Adult sinusitis</t>
+  </si>
+  <si>
+    <t>The purpose of this memo sheet is to promote the appropriate prescription of antibiotics, to reduce bacterial resistance that may lead to therapeutic impasses. The choice of antibiotic, its dose and its dosage are the elements to take into account for a suitable prescription.</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
+    <t>Paediatric sinusitis</t>
+  </si>
+  <si>
+    <t>08/27/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
+    <t>07/15/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
+    <t>07/12/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Prévention, diagnostic et prise en charge du syndrome du nez vide</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_922867/fr/surdite-de-l-enfant-accompagnement-des-familles-et-suivi-de-l-enfant-de-0-a-6-ans-hors-accompagnement-scolaire</t>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
   </si>
   <si>
     <t>c_922867</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...104 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
+  </si>
+  <si>
+    <t>04/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Endoscopie sous sommeil induit avant la pose du stimulateur du nerf hypoglosse</t>
-[...44 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080503/fr/actes-de-preparation-qualification-et-selection-d-un-echantillon-tissulaire-ou-cellulaire-pour-analyse-de-genetique-somatique-des-cancers</t>
+    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysisThe objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysis</t>
+  </si>
+  <si>
+    <t>12/18/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/27/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3080503</t>
   </si>
   <si>
-    <t>Prothèses capillaires et accessoires</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Examens biologiques de recherche du virus d’Epstein Barr (EBV) dans la prise en charge du carcinome du rhinopharynx</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
+    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The medical questions in this assessment focus on the sialendoscopy technique (endoscopy of the major salivary ducts: parotid and submandibular gland in order for it to be refunded by National Health Insurance. They have been grouped into three main topics: • the ability of the technique to diagnose a non-neoplastic condition causing salivary obstruction; • its ability to treat obstructive-type salivary conditions with a favourable benefit-risk balance by improving patient management; • the conditions for performing this procedure</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
   </si>
   <si>
     <t>c_1164340</t>
   </si>
   <si>
-    <t>Évaluation clinique et économique des dispositifs médicaux et prestations associées pour prise en charge du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
-[...344 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983161/fr/dupixent-dupilumab</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>DUPIXENT</t>
+  </si>
+  <si>
+    <t>12/05/2024 11:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983161/en/dupixent</t>
   </si>
   <si>
     <t>pprd_2983161</t>
   </si>
   <si>
     <t>dupilumab</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2865400/fr/dupixent-dupilumab-medicament-de-la-dermatite-non-corticoide</t>
-[...107 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3556162/fr/fexofenadine-viatris-sante-fexofenadine-rhinite-allergique-saisonniere-et-urticaire-idiopathique-chronique</t>
+    <t>https://www.has-sante.fr/jcms/c_2865400/en/dupixent-dupilumab-non-corticosteroid-dermatitis-medicine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135568/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168602/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178278/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187477/en/dupixent-dupilumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202975/en/dupixent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262655/en/dupixent-dupilumab-dermatite-atopique-severe-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345836/en/dupixent-dupilumab-asthme-severe-de-l-enfant-age-de-6-a-11-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368043/en/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383104/en/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385852/en/dupixent-dupilumab-oesophagite-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427722/en/dupixent-dupilumab-prurigo-nodularis-pn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433401/en/dupixent-dupilumab-severe-atopic-dermatitis-in-children-6-months-to-5-years-old</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465275/en/dupixent-dupilumab-prurigo-nodulaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467279/en/dupixent-dupilumab-dermatite-atopique-enfant-6-mois-5-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500387/en/dupixent-dupilumab-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539126/en/dupixent-dupilumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3550962/en/dupixent-dupilumab-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556159/en/dupixent-dupilumab-chronic-obstructive-pulmonary-disease-copd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562964/en/dupixent-dupilumab-oesophagitis</t>
   </si>
   <si>
     <t>NUCALA (mépolizumab)</t>
   </si>
   <si>
-    <t>18/09/2024 09:16:45</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984067/fr/nucala-mepolizumab</t>
+    <t>09/18/2024 09:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984067/en/nucala-mepolizumab</t>
   </si>
   <si>
     <t>pprd_2984067</t>
   </si>
   <si>
     <t>mépolizumab</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2655935/fr/nucala-mepolizumab-anticorps-monoclonal-anti-il5</t>
-[...260 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983337/fr/ciloxadex-ciprofloxacine/dexamethasone</t>
+    <t>https://www.has-sante.fr/jcms/c_2655935/en/nucala-mepolizumab-anti-il5-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083091/en/nucala-mepolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121604/en/nucala-mepolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191484/en/nucala-mepolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341449/en/nucala-mepolizumab-syndrome-hypereosinophilique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339054/en/nucala-mepolizumab-granulomatose-eosinophilique-avec-polyangeite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349481/en/nucala-mepolizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358140/en/nucala-mepolizumab-asthme-severe-refractaire-a-eosinophiles</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3380395/en/nucala-mepolizumab-asthme-severe-a-eosinophiles-pour-les-enfants-de-6-ans-et-plus-et-les-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539147/en/nucala-mepolizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>CILOXADEX (ciprofloxacine (chlorhydrate de)/ dexaméthasone)</t>
+  </si>
+  <si>
+    <t>02/17/2023 08:48:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983337/en/ciloxadex-ciprofloxacine-chlorhydrate-de-/-dexamethasone</t>
   </si>
   <si>
     <t>pprd_2983337</t>
   </si>
   <si>
     <t>ciprofloxacine (chlorhydrate de),dexaméthasone</t>
   </si>
   <si>
     <t>MEDIPHA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1615044/fr/ciloxadex-3-mg/ml-ciprofloxacine-dexamethasone-en-solution-auriculaire-fluoroquinolone-et-corticoide</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3320516/fr/kenacort-retard-acetonide-de-triamcinolone</t>
+    <t>https://www.has-sante.fr/jcms/c_1615044/en/ciloxadex-3-mg/ml-ciprofloxacine-dexamethasone-en-solution-auriculaire-fluoroquinolone-et-corticoide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839909/en/ciloxadex-ciprofloxacin-dexamethasone-anti-infective-and-corticosteroid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412616/en/ciloxadex-ciprofloxacine/dexamethasone-antibiotique-et-corticoide</t>
   </si>
   <si>
     <t>OZAWADE (pitolisant (chlorhydrate))</t>
   </si>
   <si>
-    <t>10/02/2022 14:11:49</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3316076/fr/ozawade-pitolisant-chlorhydrate</t>
+    <t>02/10/2022 14:11:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316076/en/ozawade-pitolisant-chlorhydrate</t>
   </si>
   <si>
     <t>p_3316076</t>
   </si>
   <si>
     <t>pitolisant (chlorhydrate)</t>
   </si>
   <si>
     <t>BIOPROJET PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3315446/fr/ozawade-pitolisant</t>
-[...134 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213245/fr/itulazax-extrait-allergenique-standardise-de-pollen-de-bouleau</t>
+    <t>https://www.has-sante.fr/jcms/p_3315446/en/ozawade-pitolisant</t>
+  </si>
+  <si>
+    <t>ITULAZAX</t>
+  </si>
+  <si>
+    <t>10/19/2020 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213245/en/itulazax</t>
   </si>
   <si>
     <t>p_3213245</t>
   </si>
   <si>
     <t>extrait allergénique standardisé de pollen de bouleau</t>
   </si>
   <si>
     <t>ALK-ABELLO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3213242/fr/itulazax-extrait-allergenique-standardise-de-pollen-de-bouleau</t>
-[...14 lines deleted...]
-    <t>alminoprofène</t>
+    <t>https://www.has-sante.fr/jcms/p_3213242/en/itulazax</t>
+  </si>
+  <si>
+    <t>SUNOSI</t>
+  </si>
+  <si>
+    <t>07/08/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193296/en/sunosi</t>
+  </si>
+  <si>
+    <t>p_3193296</t>
+  </si>
+  <si>
+    <t>solriamfetol</t>
+  </si>
+  <si>
+    <t>JAZZ PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193178/en/sunosi</t>
+  </si>
+  <si>
+    <t>NASACORT (triamcinolone (acétonide de))</t>
+  </si>
+  <si>
+    <t>03/06/2020 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983902/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>pprd_2983902</t>
+  </si>
+  <si>
+    <t>triamcinolone (acétonide de)</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399273/en/nasacort-55-g/dose-suspension-pour-pulverisation-nasale-flacon-pulverisateur-de-15-ml-120-doses-avec-pompe-doseuse-et-embout-nasal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_446990/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147534/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679440/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3159927/en/nasacort-triamcinolone-acetonide-de</t>
+  </si>
+  <si>
+    <t>IZILOX (moxifloxacine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>02/18/2019 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982876/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982876</t>
+  </si>
+  <si>
+    <t>moxifloxacine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399295/en/izilox-400-mg-comprime-pellicule-boites-5-7-50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468673/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973830/en/izilox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234504/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856009/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904835/en/izilox-moxifloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>WYSTAMM (N/R/ fumarate de rupatadine/ rupatadine (fumarate de))</t>
+  </si>
+  <si>
+    <t>01/31/2019 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982886/en/wystamm-n/r/-fumarate-de-rupatadine/-rupatadine-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982886</t>
+  </si>
+  <si>
+    <t>rupatadine</t>
   </si>
   <si>
     <t>BOUCHARA RECORDATI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398922/fr/minalfene-300-mg-comprime-pellicule-boite-de-15</t>
-[...224 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2899634/fr/amoxicilline-arrow-lab-amoxicilline</t>
+    <t>https://www.has-sante.fr/jcms/c_664073/en/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721876/en/wystamm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758968/en/wystamm-rupatadine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901468/en/wystamm-rupatadine</t>
   </si>
   <si>
     <t>ACARIZAX (Extrait allergénique standardisé d’acariens Dermatophagoides pteronyss...)</t>
   </si>
   <si>
-    <t>14/01/2019 11:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982916/fr/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyss</t>
+    <t>01/14/2019 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982916/en/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyss</t>
   </si>
   <si>
     <t>pprd_2982916</t>
   </si>
   <si>
     <t>Extrait allergénique standardisé d’acariens Dermatophagoides pteronyssinus,Extrait allergénique standardisé d’acariens Dermatophagoides farinae</t>
   </si>
   <si>
     <t>SA ALK-ABELLO</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2748733/fr/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyssinus-et-dermatophagoides-farinae</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2896409/fr/xyzall-dichlorhydrate-de-levocetirizine</t>
+    <t>https://www.has-sante.fr/jcms/c_2748733/en/acarizax-standardised-allergen-extract-from-the-house-dust-mites-dermatophagoides-pteronyssinus-and-dermatophagoides-farinae</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896998/en/acarizax-extrait-allergenique-standardise-d-acariens-dermatophagoides-pteronyss</t>
   </si>
   <si>
     <t>ORALAIR (extrait allergénique de pollens des graminées/ extrait allergénique de...)</t>
   </si>
   <si>
-    <t>10/01/2019 11:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982933/fr/oralair-extrait-allergenique-de-pollens-des-graminees/-extrait-allergenique-de</t>
+    <t>01/10/2019 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982933/en/oralair-extrait-allergenique-de-pollens-des-graminees/-extrait-allergenique-de</t>
   </si>
   <si>
     <t>pprd_2982933</t>
   </si>
   <si>
     <t>extrait allergénique de pollens des graminées,extrait allergénique de pollen de fléole des prés,extrait allergénique de pollen de pâturin des prés,extrait allergénique de pollen de flouve odorante,extrait allergénique de pollen d'ivraie vivace,extrait allergénique de pollen de dactyle vulgaire</t>
   </si>
   <si>
     <t>STALLERGENES SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1250035/fr/oralair-extrait-allergenique-de-pollens-des-graminees/-extrait-allergenique-de</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2894241/fr/ery-nourrissons-erythromycine-ethylsuccinate-d-/-erythromycine</t>
+    <t>https://www.has-sante.fr/jcms/c_1250035/en/oralair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894900/en/oralair-extrait-allergenique-de-pollens-des-graminees/-extrait-allergenique-de</t>
   </si>
   <si>
     <t>LYMPHOSEEK (tilmanocept)</t>
   </si>
   <si>
-    <t>14/02/2019 18:08:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982974/fr/lymphoseek-tilmanocept</t>
+    <t>02/14/2019 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982974/en/lymphoseek-tilmanocept</t>
   </si>
   <si>
     <t>pprd_2982974</t>
   </si>
   <si>
     <t>tilmanocept</t>
   </si>
   <si>
     <t>NORGINE PHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2889892/fr/lymphoseek-tilmanocept-radiopharmaceutique-a-usage-diagnostique</t>
-[...293 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2847933/fr/otofa-rifamycine-sodique</t>
+    <t>https://www.has-sante.fr/jcms/c_2889892/en/lymphoseek-tilmanocept-radiopharmaceutical-for-diagnostic-use</t>
   </si>
   <si>
     <t>AURICULARUM (nystatine/ oxytétracycline (chlorhydrate d')/ polymyxine B (sulfate de...)</t>
   </si>
   <si>
-    <t>27/06/2018 09:18:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983326/fr/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
+    <t>06/27/2018 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983326/en/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
   </si>
   <si>
     <t>pprd_2983326</t>
   </si>
   <si>
     <t>nystatine,oxytétracycline (chlorhydrate d'),polymyxine B (sulfate de),dexaméthasone (phosphate sodique de)</t>
   </si>
   <si>
     <t>GRIMBERG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400288/fr/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2829052/fr/atrovent-bromure-d-ipratropium</t>
+    <t>https://www.has-sante.fr/jcms/c_400288/en/auricularum-nystatine/-oxytetracycline-chlorhydrate-d-/-polymyxine-b-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585417/en/auricularum-oxytetracycline-polymyxin-b-dexamethasone-nystatin-fixed-combination-of-antibiotics-antifungal-and-corticosteroid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844528/en/auricularum-oxytetracycline-polymyxin-b-dexamethasone-nystatin-anti-infective-and-corticosteroid-in-combination</t>
   </si>
   <si>
     <t>Anti-infectieux associés à un corticoïde en gouttes auriculaires (oxytétracycline, polymyxine B, nystatine, dexaméthasone)</t>
   </si>
   <si>
-    <t>06/07/2018 11:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983414/fr/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-oxytetracycline-polymyxine-b-nystatine-dexamethasone</t>
+    <t>07/06/2018 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983414/en/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-oxytetracycline-polymyxine-b-nystatine-dexamethasone</t>
   </si>
   <si>
     <t>pprd_2983414</t>
   </si>
   <si>
     <t>dexaméthasone,ciprofloxacine (chlorhydrate de),polymyxine B (sulfate de),néomycine (sulfate de),acétonide de fluocinolone,dexaméthasone (métasulfobenzoate sodique de),lidocaïne (chlorhydrate de),fludrocortisone (acétate de),framycétine (sulfate de),dexaméthasone (phosphate sodique de),nystatine,oxytétracycline (chlorhydrate d')</t>
   </si>
   <si>
     <t>GRIMBERG / JOLLY-JATEL / ZAMBON FRANCE / BOUCHARA RECORDATI / NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2824464/fr/anti-infectieux-associes-a-un-corticoide-en-gouttes-auriculaires-ciloxadex-ciprofloxacine-dexamethasone-otite-externe</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2824488/fr/clarityne-loratadine</t>
+    <t>https://www.has-sante.fr/jcms/c_2824464/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-ciloxadex-ciprofloxacin-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824473/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824476/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-polydexa-neomycin-polymyxin-b-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824479/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-panotile-polymyxin-b-neomycin-fludrocortisone-lidocaine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824485/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2824491/en/anti-infectives-combined-with-a-corticosteroid-in-ear-drop-solution-auricularum-oxytetracycline-polymyxin-b-nystatin-dexamethasone</t>
   </si>
   <si>
     <t>HYDROCORTANCYL (prednisolone (acétate de))</t>
   </si>
   <si>
-    <t>12/04/2018 15:23:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983469/fr/hydrocortancyl-prednisolone-acetate-de</t>
+    <t>04/12/2018 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983469/en/hydrocortancyl-prednisolone-acetate-de</t>
   </si>
   <si>
     <t>pprd_2983469</t>
   </si>
   <si>
     <t>prednisolone (acétate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_724536/fr/hydrocortancyl-prednisolone-acetate-de</t>
-[...665 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2635046/fr/polaramine-dexchlorpheniramine-maleate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_724536/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1710104/en/hydrocortancyl-prednisolone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1766752/en/hydrocortancyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2807273/en/hydrocortancyl-prednisolone-glucocorticoid</t>
   </si>
   <si>
     <t>GRAZAX (extrait allergénique de pollen de fléole des prés)</t>
   </si>
   <si>
-    <t>11/02/2016 12:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984225/fr/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
+    <t>02/11/2016 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984225/en/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
   </si>
   <si>
     <t>pprd_2984225</t>
   </si>
   <si>
     <t>extrait allergénique de pollen de fléole des prés</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_834970/fr/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2588386/fr/orelox-cefpodoxime-proxetil</t>
+    <t>https://www.has-sante.fr/jcms/c_834970/en/grazax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614416/en/grazax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969963/en/grazax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036281/en/grazax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607070/en/grazax-extrait-allergenique-de-pollen-de-fleole-des-pres</t>
   </si>
   <si>
     <t>CILOXAN (ciprofloxacine (chlorhydrate de))</t>
   </si>
   <si>
-    <t>05/01/2016 14:12:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984279/fr/ciloxan-ciprofloxacine-chlorhydrate-de</t>
+    <t>01/05/2016 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984279/en/ciloxan-ciprofloxacine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984279</t>
   </si>
   <si>
     <t>ciprofloxacine (chlorhydrate de)</t>
   </si>
   <si>
     <t>ALCON SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399741/fr/ciloxan-0-3-pommade-ophtalmique-tube-de-3-5-g</t>
-[...26 lines deleted...]
-    <t>béclométasone (dipropionate de) anhydre</t>
+    <t>https://www.has-sante.fr/jcms/c_399741/en/ciloxan-0-3-pommade-ophtalmique-tube-de-3-5-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400733/en/ciloxan-0-3-pommade-ophtalmique-tube-de-3-5-g-cip-359-227-7-ciloxan-0-3-pour-cent-collyre-flacon-compte-gouttes-de-5-ml-cip-337-375-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944540/en/ciloxan-ciprofloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1118589/en/ciloxan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583320/en/ciloxan-ciprofloxacine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>DYMISTA (propionate de fluticasone/ chlorhydrate d'azélastine)</t>
+  </si>
+  <si>
+    <t>09/10/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984822/en/dymista-propionate-de-fluticasone/-chlorhydrate-d-azelastine</t>
+  </si>
+  <si>
+    <t>pprd_2984822</t>
+  </si>
+  <si>
+    <t>propionate de fluticasone,chlorhydrate d'azélastine</t>
   </si>
   <si>
     <t>MEDA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398832/fr/beclo-rhino-50-g/dose-suspension-pour-pulverisation-nasale-flacon-de-100-doses-et-200-doses</t>
-[...797 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985125/fr/vastarel-trimetazidine-dichlorhydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_1725332/en/dymista</t>
+  </si>
+  <si>
+    <t>VASTAREL (N/R/ trimétazidine (dichlorhydrate))</t>
+  </si>
+  <si>
+    <t>10/05/2011 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985125/en/vastarel-n/r/-trimetazidine-dichlorhydrate</t>
   </si>
   <si>
     <t>pprd_2985125</t>
   </si>
   <si>
     <t>trimétazidine (dichlorhydrate)</t>
   </si>
   <si>
     <t>SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399519/fr/vastarel-trimetazidine-dichlorhydrate</t>
-[...179 lines deleted...]
-    <t>r_1501283</t>
+    <t>https://www.has-sante.fr/jcms/c_399519/en/vastarel-trimetazidine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451903/en/vastarel-trimetazidine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523327/en/vastarel-trimetazidine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618927/en/vastarel-trimetazidine-dichlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104024/en/vastarel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J197"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -7473,13560 +996,1454 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
-      </c>
-[...6238 lines deleted...]
-        <v>984</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-[...5562 lines deleted...]
-
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...1420 lines deleted...]
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1229</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>1230</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>1231</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>1232</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>1233</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>1234</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>1235</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1236</v>
+        <v>26</v>
       </c>
       <c r="B2" t="s">
-        <v>1237</v>
+        <v>27</v>
       </c>
       <c r="C2" t="s">
-        <v>1238</v>
+        <v>28</v>
       </c>
       <c r="D2" t="s">
-        <v>1239</v>
+        <v>29</v>
       </c>
       <c r="E2" t="s">
-        <v>1240</v>
+        <v>30</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>1241</v>
+        <v>31</v>
       </c>
       <c r="H2" t="s">
-        <v>1242</v>
+        <v>32</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>26</v>
+      </c>
+      <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>28</v>
+      </c>
+      <c r="D3" t="s">
+        <v>29</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>34</v>
+      </c>
+      <c r="H3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>26</v>
+      </c>
+      <c r="B4" t="s">
+        <v>36</v>
+      </c>
+      <c r="C4" t="s">
+        <v>37</v>
+      </c>
+      <c r="D4" t="s">
+        <v>29</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B5" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>29</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>45</v>
+      </c>
+      <c r="D7" t="s">
+        <v>29</v>
+      </c>
+      <c r="E7" t="s">
+        <v>50</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>51</v>
+      </c>
+      <c r="H7" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>26</v>
+      </c>
+      <c r="B8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C8" t="s">
+        <v>37</v>
+      </c>
+      <c r="D8" t="s">
+        <v>29</v>
+      </c>
+      <c r="E8" t="s">
+        <v>53</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>54</v>
+      </c>
+      <c r="H8" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>26</v>
+      </c>
+      <c r="B9" t="s">
+        <v>41</v>
+      </c>
+      <c r="C9" t="s">
+        <v>37</v>
+      </c>
+      <c r="D9" t="s">
+        <v>29</v>
+      </c>
+      <c r="E9" t="s">
+        <v>56</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>57</v>
+      </c>
+      <c r="H9" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>26</v>
+      </c>
+      <c r="B10" t="s">
+        <v>59</v>
+      </c>
+      <c r="C10" t="s">
+        <v>60</v>
+      </c>
+      <c r="D10" t="s">
+        <v>61</v>
+      </c>
+      <c r="E10" t="s">
+        <v>62</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>63</v>
+      </c>
+      <c r="H10" t="s">
+        <v>64</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1243</v>
+        <v>65</v>
       </c>
       <c r="B2" t="s">
-        <v>1244</v>
+        <v>66</v>
       </c>
       <c r="C2" t="s">
-        <v>1245</v>
+        <v>67</v>
       </c>
       <c r="D2" t="s">
-        <v>12</v>
+        <v>68</v>
       </c>
       <c r="E2" t="s">
-        <v>1246</v>
+        <v>69</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>1247</v>
+        <v>70</v>
       </c>
       <c r="H2" t="s">
-        <v>1248</v>
+        <v>71</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1243</v>
+        <v>65</v>
       </c>
       <c r="B3" t="s">
-        <v>1249</v>
+        <v>72</v>
       </c>
       <c r="C3" t="s">
-        <v>1250</v>
+        <v>73</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>74</v>
       </c>
       <c r="E3" t="s">
-        <v>1251</v>
+        <v>75</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>1252</v>
+        <v>76</v>
       </c>
       <c r="H3" t="s">
-        <v>1253</v>
+        <v>77</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1243</v>
+        <v>65</v>
       </c>
       <c r="B4" t="s">
-        <v>1254</v>
+        <v>78</v>
       </c>
       <c r="C4" t="s">
-        <v>1255</v>
+        <v>79</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>80</v>
       </c>
       <c r="E4" t="s">
-        <v>1256</v>
+        <v>81</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>1257</v>
+        <v>82</v>
       </c>
       <c r="H4" t="s">
-        <v>1258</v>
+        <v>83</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1243</v>
+        <v>65</v>
       </c>
       <c r="B5" t="s">
-        <v>1259</v>
+        <v>84</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>85</v>
       </c>
       <c r="D5" t="s">
-        <v>12</v>
+        <v>86</v>
       </c>
       <c r="E5" t="s">
-        <v>1260</v>
+        <v>87</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>1261</v>
+        <v>88</v>
       </c>
       <c r="H5" t="s">
-        <v>1262</v>
+        <v>89</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AD20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>90</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>92</v>
+      </c>
+      <c r="B2" t="s">
+        <v>93</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>94</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>95</v>
+      </c>
+      <c r="H2" t="s">
+        <v>96</v>
+      </c>
+      <c r="I2" t="s">
+        <v>97</v>
+      </c>
+      <c r="J2" t="s">
+        <v>98</v>
+      </c>
+      <c r="K2" t="s">
+        <v>99</v>
+      </c>
+      <c r="L2" t="s">
+        <v>100</v>
+      </c>
+      <c r="M2" t="s">
+        <v>101</v>
+      </c>
+      <c r="N2" t="s">
+        <v>102</v>
+      </c>
+      <c r="O2" t="s">
+        <v>103</v>
+      </c>
+      <c r="P2" t="s">
+        <v>104</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>105</v>
+      </c>
+      <c r="R2" t="s">
+        <v>106</v>
+      </c>
+      <c r="S2" t="s">
+        <v>107</v>
+      </c>
+      <c r="T2" t="s">
+        <v>108</v>
+      </c>
+      <c r="U2" t="s">
+        <v>109</v>
+      </c>
+      <c r="V2" t="s">
+        <v>110</v>
+      </c>
+      <c r="W2" t="s">
+        <v>111</v>
+      </c>
+      <c r="X2" t="s">
+        <v>112</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>113</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>114</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>115</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>116</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>117</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>120</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>121</v>
+      </c>
+      <c r="H3" t="s">
+        <v>122</v>
+      </c>
+      <c r="I3" t="s">
+        <v>123</v>
+      </c>
+      <c r="J3" t="s">
+        <v>124</v>
+      </c>
+      <c r="K3" t="s">
+        <v>125</v>
+      </c>
+      <c r="L3" t="s">
+        <v>126</v>
+      </c>
+      <c r="M3" t="s">
+        <v>127</v>
+      </c>
+      <c r="N3" t="s">
+        <v>128</v>
+      </c>
+      <c r="O3" t="s">
+        <v>129</v>
+      </c>
+      <c r="P3" t="s">
+        <v>130</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>131</v>
+      </c>
+      <c r="R3" t="s">
+        <v>132</v>
+      </c>
+      <c r="S3" t="s">
+        <v>133</v>
+      </c>
+      <c r="T3" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>92</v>
+      </c>
+      <c r="B4" t="s">
+        <v>135</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>136</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>137</v>
+      </c>
+      <c r="H4" t="s">
+        <v>138</v>
+      </c>
+      <c r="I4" t="s">
+        <v>139</v>
+      </c>
+      <c r="J4" t="s">
+        <v>140</v>
+      </c>
+      <c r="K4" t="s">
+        <v>141</v>
+      </c>
+      <c r="L4" t="s">
+        <v>142</v>
+      </c>
+      <c r="M4" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B5" t="s">
+        <v>144</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>145</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>146</v>
+      </c>
+      <c r="H5" t="s">
+        <v>147</v>
+      </c>
+      <c r="I5" t="s">
+        <v>148</v>
+      </c>
+      <c r="J5" t="s">
+        <v>149</v>
+      </c>
+      <c r="K5" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>92</v>
+      </c>
+      <c r="B6" t="s">
+        <v>151</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>152</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>153</v>
+      </c>
+      <c r="H6" t="s">
+        <v>154</v>
+      </c>
+      <c r="I6" t="s">
+        <v>155</v>
+      </c>
+      <c r="J6" t="s">
+        <v>156</v>
+      </c>
+      <c r="K6" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>92</v>
+      </c>
+      <c r="B7" t="s">
+        <v>158</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>159</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>160</v>
+      </c>
+      <c r="H7" t="s">
+        <v>161</v>
+      </c>
+      <c r="I7" t="s">
+        <v>162</v>
+      </c>
+      <c r="J7" t="s">
+        <v>163</v>
+      </c>
+      <c r="K7" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>92</v>
+      </c>
+      <c r="B8" t="s">
+        <v>165</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>166</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>167</v>
+      </c>
+      <c r="H8" t="s">
+        <v>168</v>
+      </c>
+      <c r="I8" t="s">
+        <v>169</v>
+      </c>
+      <c r="J8" t="s">
+        <v>170</v>
+      </c>
+      <c r="K8" t="s">
+        <v>171</v>
+      </c>
+      <c r="L8" t="s">
+        <v>172</v>
+      </c>
+      <c r="M8" t="s">
+        <v>173</v>
+      </c>
+      <c r="N8" t="s">
+        <v>174</v>
+      </c>
+      <c r="O8" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>92</v>
+      </c>
+      <c r="B9" t="s">
+        <v>176</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>177</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>178</v>
+      </c>
+      <c r="H9" t="s">
+        <v>179</v>
+      </c>
+      <c r="I9" t="s">
+        <v>180</v>
+      </c>
+      <c r="J9" t="s">
+        <v>181</v>
+      </c>
+      <c r="K9" t="s">
+        <v>182</v>
+      </c>
+      <c r="L9" t="s">
+        <v>183</v>
+      </c>
+      <c r="M9" t="s">
+        <v>184</v>
+      </c>
+      <c r="N9" t="s">
+        <v>185</v>
+      </c>
+      <c r="O9" t="s">
+        <v>186</v>
+      </c>
+      <c r="P9" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>92</v>
+      </c>
+      <c r="B10" t="s">
+        <v>188</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>189</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>190</v>
+      </c>
+      <c r="H10" t="s">
+        <v>191</v>
+      </c>
+      <c r="I10" t="s">
+        <v>192</v>
+      </c>
+      <c r="J10" t="s">
+        <v>193</v>
+      </c>
+      <c r="K10" t="s">
+        <v>194</v>
+      </c>
+      <c r="L10" t="s">
+        <v>195</v>
+      </c>
+      <c r="M10" t="s">
+        <v>196</v>
+      </c>
+      <c r="N10" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>92</v>
+      </c>
+      <c r="B11" t="s">
+        <v>198</v>
+      </c>
+      <c r="C11" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>199</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>200</v>
+      </c>
+      <c r="H11" t="s">
+        <v>201</v>
+      </c>
+      <c r="I11" t="s">
+        <v>202</v>
+      </c>
+      <c r="J11" t="s">
+        <v>203</v>
+      </c>
+      <c r="K11" t="s">
+        <v>204</v>
+      </c>
+      <c r="L11" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" t="s">
+        <v>206</v>
+      </c>
+      <c r="C12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
+        <v>207</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>208</v>
+      </c>
+      <c r="H12" t="s">
+        <v>209</v>
+      </c>
+      <c r="I12" t="s">
+        <v>210</v>
+      </c>
+      <c r="J12" t="s">
+        <v>211</v>
+      </c>
+      <c r="K12" t="s">
+        <v>212</v>
+      </c>
+      <c r="L12" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>92</v>
+      </c>
+      <c r="B13" t="s">
+        <v>214</v>
+      </c>
+      <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>215</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>216</v>
+      </c>
+      <c r="H13" t="s">
+        <v>217</v>
+      </c>
+      <c r="I13" t="s">
+        <v>218</v>
+      </c>
+      <c r="J13" t="s">
+        <v>219</v>
+      </c>
+      <c r="K13" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>92</v>
+      </c>
+      <c r="B14" t="s">
+        <v>221</v>
+      </c>
+      <c r="C14" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>222</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>223</v>
+      </c>
+      <c r="H14" t="s">
+        <v>224</v>
+      </c>
+      <c r="I14" t="s">
+        <v>225</v>
+      </c>
+      <c r="J14" t="s">
+        <v>226</v>
+      </c>
+      <c r="K14" t="s">
+        <v>227</v>
+      </c>
+      <c r="L14" t="s">
+        <v>228</v>
+      </c>
+      <c r="M14" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>92</v>
+      </c>
+      <c r="B15" t="s">
+        <v>230</v>
+      </c>
+      <c r="C15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
+        <v>231</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>232</v>
+      </c>
+      <c r="H15" t="s">
+        <v>233</v>
+      </c>
+      <c r="I15" t="s">
+        <v>234</v>
+      </c>
+      <c r="J15" t="s">
+        <v>235</v>
+      </c>
+      <c r="K15" t="s">
+        <v>236</v>
+      </c>
+      <c r="L15" t="s">
+        <v>237</v>
+      </c>
+      <c r="M15" t="s">
+        <v>238</v>
+      </c>
+      <c r="N15" t="s">
+        <v>239</v>
+      </c>
+      <c r="O15" t="s">
+        <v>240</v>
+      </c>
+      <c r="P15" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" t="s">
+        <v>242</v>
+      </c>
+      <c r="C16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
+        <v>243</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>244</v>
+      </c>
+      <c r="H16" t="s">
+        <v>245</v>
+      </c>
+      <c r="I16" t="s">
+        <v>246</v>
+      </c>
+      <c r="J16" t="s">
+        <v>170</v>
+      </c>
+      <c r="K16" t="s">
+        <v>247</v>
+      </c>
+      <c r="L16" t="s">
+        <v>248</v>
+      </c>
+      <c r="M16" t="s">
+        <v>249</v>
+      </c>
+      <c r="N16" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" t="s">
+        <v>251</v>
+      </c>
+      <c r="C17" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" t="s">
+        <v>252</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>253</v>
+      </c>
+      <c r="H17" t="s">
+        <v>254</v>
+      </c>
+      <c r="I17" t="s">
+        <v>255</v>
+      </c>
+      <c r="J17" t="s">
+        <v>156</v>
+      </c>
+      <c r="K17" t="s">
+        <v>256</v>
+      </c>
+      <c r="L17" t="s">
+        <v>257</v>
+      </c>
+      <c r="M17" t="s">
+        <v>258</v>
+      </c>
+      <c r="N17" t="s">
+        <v>259</v>
+      </c>
+      <c r="O17" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>92</v>
+      </c>
+      <c r="B18" t="s">
+        <v>261</v>
+      </c>
+      <c r="C18" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" t="s">
+        <v>262</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>263</v>
+      </c>
+      <c r="H18" t="s">
+        <v>264</v>
+      </c>
+      <c r="I18" t="s">
+        <v>265</v>
+      </c>
+      <c r="J18" t="s">
+        <v>266</v>
+      </c>
+      <c r="K18" t="s">
+        <v>267</v>
+      </c>
+      <c r="L18" t="s">
+        <v>268</v>
+      </c>
+      <c r="M18" t="s">
+        <v>269</v>
+      </c>
+      <c r="N18" t="s">
+        <v>270</v>
+      </c>
+      <c r="O18" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>92</v>
+      </c>
+      <c r="B19" t="s">
+        <v>272</v>
+      </c>
+      <c r="C19" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" t="s">
+        <v>273</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>274</v>
+      </c>
+      <c r="H19" t="s">
+        <v>275</v>
+      </c>
+      <c r="I19" t="s">
+        <v>276</v>
+      </c>
+      <c r="J19" t="s">
+        <v>277</v>
+      </c>
+      <c r="K19" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>92</v>
+      </c>
+      <c r="B20" t="s">
+        <v>279</v>
+      </c>
+      <c r="C20" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" t="s">
+        <v>280</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>281</v>
+      </c>
+      <c r="H20" t="s">
+        <v>282</v>
+      </c>
+      <c r="I20" t="s">
+        <v>283</v>
+      </c>
+      <c r="J20" t="s">
+        <v>284</v>
+      </c>
+      <c r="K20" t="s">
+        <v>285</v>
+      </c>
+      <c r="L20" t="s">
+        <v>286</v>
+      </c>
+      <c r="M20" t="s">
+        <v>287</v>
+      </c>
+      <c r="N20" t="s">
+        <v>288</v>
+      </c>
+      <c r="O20" t="s">
+        <v>289</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>