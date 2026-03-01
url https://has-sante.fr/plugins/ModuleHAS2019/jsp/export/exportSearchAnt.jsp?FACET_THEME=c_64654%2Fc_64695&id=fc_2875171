--- v1 (2026-01-14)
+++ v2 (2026-03-01)
@@ -305,51 +305,51 @@
   <si>
     <t>06/03/2015 00:00:00</t>
   </si>
   <si>
     <t>06/02/2015 09:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
   </si>
   <si>
     <t>c_1164340</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
     <t>DUPIXENT</t>
   </si>
   <si>
-    <t>12/05/2024 11:42:00</t>
+    <t>02/17/2026 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983161/en/dupixent</t>
   </si>
   <si>
     <t>pprd_2983161</t>
   </si>
   <si>
     <t>dupilumab</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2865400/en/dupixent-dupilumab-non-corticosteroid-dermatitis-medicine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3135568/en/dupixent-dupilumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3168602/en/dupixent-dupilumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3178278/en/dupixent-dupilumab</t>
   </si>