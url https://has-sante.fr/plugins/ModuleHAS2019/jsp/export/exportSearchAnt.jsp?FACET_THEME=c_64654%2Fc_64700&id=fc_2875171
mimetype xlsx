--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,30340 +1,6821 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
-[...13 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
+    <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Press release" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Tool to improve professi" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Drugs" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
-[...13 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5897" uniqueCount="3708">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1283" uniqueCount="849">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Panorama</t>
-[...5 lines deleted...]
-    <t>Panorama des principales publications de la HAS sur la maladie d'Alzheimer</t>
+    <t>Nature of the product or service</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on products and services</t>
+  </si>
+  <si>
+    <t>AUTOSET CS - 29 june 2010 (2413) - Opinion</t>
+  </si>
+  <si>
+    <t>Adaptive servo-ventilation machines</t>
+  </si>
+  <si>
+    <t>06/29/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>07/06/2010 17:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/09/2023 12:11:00</t>
-[...785 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_961937/fr/autoset-cs-29-juin-2010-2413-avis</t>
+    <t>https://www.has-sante.fr/jcms/c_961937/en/autoset-cs-29-june-2010-2413-opinion</t>
   </si>
   <si>
     <t>c_961937</t>
   </si>
   <si>
-    <t>RESMED SAS France</t>
-[...131 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_556489/fr/ald-n-23-troubles-anxieux-graves</t>
+    <t>RESMED SAS FRANCE</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Long-term psychiatric conditions : Severe anxiety disorders</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the best form of management and the clinical pathway for a patient entering the ALD [Long-term condition] scheme with ALD 23: long-term psychiatric conditions. The guide is limited to the management of patients with severe anxiety disorders.</t>
+  </si>
+  <si>
+    <t>01/23/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>01/31/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556489/en/long-term-psychiatric-conditions-severe-anxiety-disorders</t>
   </si>
   <si>
     <t>c_556489</t>
   </si>
   <si>
-    <t>ALD n° 23 - Troubles dépressifs récurrents ou persistants chez l’adulte</t>
-[...152 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Monosomie 5p</t>
-[...677 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3381939/fr/flash-securite-patient-patient-sous-neuroleptique-la-vigilance-est-la-bonne-pratique</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Improving health and social care for people experiencing homelessness and living with mental health disorders</t>
+  </si>
+  <si>
+    <t>People living in very precarious conditions and suffering from mental health problems face many difficulties and obstacles in gaining access to the care and social services available at local and national level. The Haute Autorité de santé provides professionals in the health, social and medico-social sectors with recommendations for good practice, offering benchmarks and a common approach to improving care and support for the people concerned.</t>
+  </si>
+  <si>
+    <t>11/30/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/18/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
+  </si>
+  <si>
+    <t>p_3289276</t>
+  </si>
+  <si>
+    <t>Diagnosis and management of adults with post-intensive care syndrome (PICS) and their relatives</t>
+  </si>
+  <si>
+    <t>Objectifs Defining patients at risk for PICS Diagnose these patients Early and long-term management of PICS Improving care pathways Develop documents for the patient, their family or those close to them in order to alert them to this post-resuscitation syndrome and to support them in its treatment by referring them to healthcare professionals trained in this syndrome.</t>
+  </si>
+  <si>
+    <t>05/17/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312530/en/diagnosis-and-management-of-adults-with-post-intensive-care-syndrome-pics-and-their-relatives</t>
+  </si>
+  <si>
+    <t>p_3312530</t>
+  </si>
+  <si>
+    <t>Suicidal thoughts and behaviour in children and adolescents: prevention, detection, assessment, management</t>
+  </si>
+  <si>
+    <t>OBJECTIVE The aim of this guideline is to optimise prevention, detection, assessment, and management of children or adolescents who have attempted suicide or with suicidal ideation.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/30/2021 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288864/en/suicidal-thoughts-and-behaviour-in-children-and-adolescents-prevention-detection-assessment-management</t>
+  </si>
+  <si>
+    <t>p_3288864</t>
+  </si>
+  <si>
+    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>02/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+  </si>
+  <si>
+    <t>p_3161334</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+  </si>
+  <si>
+    <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Autism spectrum disorder: Warning signs, detection, diagnosis and assessment in children and adolescents</t>
+  </si>
+  <si>
+    <t>This Best Practice Guideline aims to optimise the pathway of the child or the adolescent with Autism spectrum disorder (ASD) and his/her family, from the identification of warning signs, to detection, diagnosis and assessment It updates the “Professional practice guidelines for the diagnosis of autism” which were developed in 2005 by the French Federation of Psychiatry (FFP) in partnership with HAS.</t>
+  </si>
+  <si>
+    <t>02/08/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468812/en/autism-spectrum-disorder-warning-signs-detection-diagnosis-and-assessment-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_468812</t>
+  </si>
+  <si>
+    <t>Child abuse: identification and action to be taken</t>
+  </si>
+  <si>
+    <t>This guidance leaflet “Child abuse: identification and action to be taken” is concerned with children who are abused as well as those at risk of being abused. This guidance leaflet follows on from work already undertaken by HAS on interpersonal violence and its impact on health. It addresses all healthcare professionals who perform clinical observations of children, with a special emphasis on the place of doctors given their decision-making role. It thus concerns: general practitioners, paediatricians, psychiatrists; doctors and nursery nurses in maternal and child protection centres (PMI); school doctors and nurses; hospital doctors and paramedical staff (especially those working in the emergency, paediatric and radiological departments); midwives; doctors and paramedical staff in services for young children, and the medico-social services.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+  </si>
+  <si>
+    <t>c_2794425</t>
+  </si>
+  <si>
+    <t>Seclusion and mechanical restraint in general psychiatry</t>
+  </si>
+  <si>
+    <t>This good practice guideline aims to determine the place of seclusion and restraint in general psychiatry. The objective is to enable Healthcare professionals who could use these last resort measures to improve and harmonize their practices, by meeting clinical, ethical, legal, and organizational requirements. The main goal is the improvement of the safety and the quality of patient care.</t>
+  </si>
+  <si>
+    <t>02/22/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2017 04:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055362/en/seclusion-and-mechanical-restraint-in-general-psychiatry</t>
+  </si>
+  <si>
+    <t>c_2055362</t>
+  </si>
+  <si>
+    <t>Discontinuation of benzodiazepines and related medicinal products: procedure for the doctor providing outpatient treatment</t>
+  </si>
+  <si>
+    <t>The aim is to reduce the long-term prescription of benzodiazepines (BZD) and related medicinal products for anxiety disorders and insomnia because the benefit-risk relationship is unfavourable.</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/29/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038262/en/discontinuation-of-benzodiazepines-and-related-medicinal-products-procedure-for-the-doctor-providing-outpatient-treatment</t>
+  </si>
+  <si>
+    <t>c_2038262</t>
+  </si>
+  <si>
+    <t>Fetal alcohol spectrum disorder : identification</t>
+  </si>
+  <si>
+    <t>To help general practitioners, paediatricians, paediatric psychiatrists, psychiatrists, addiction specialists, maternal and infant protection doctors, school doctors, dentists, obstetricians and gynaecologists, midwives and childcare workers to identify and to advise : - pregnant women likely to have a drinking problem and whose child is at risk for fetal alcohol spectrum disorder ; - at-risk children likely to have experienced the effects of prenatal exposure to alcohol.</t>
+  </si>
+  <si>
+    <t>07/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+  </si>
+  <si>
+    <t>c_1636956</t>
+  </si>
+  <si>
+    <t>Pregnancy and smoking</t>
+  </si>
+  <si>
+    <t>The following six questions were put to the jury. 1. What are the epidemiological data on maternal and paternal smoking? 2. What are the consequences of smoking on pregnancy and childbirth? 3. How should women who smoke be managed? 4. What are the short-, medium- and long-term consequences of smoking during pregnancy? 5. How in utero exposure of the fetus to smoking during the perinatal period should be managed? 6. What public health measures should be proposed or validated to reduce smoking among women?</t>
+  </si>
+  <si>
+    <t>11/30/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
+  </si>
+  <si>
+    <t>c_272381</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Anorexia nervosa</t>
+  </si>
+  <si>
+    <t>These recommendations of good practice are intended to help: to identify anorexia nervosa earlier; To improve the accompaniment of the patient and his entourage: * Improve patient management and initial orientation; * Improve hospital management when necessary and post-hospital care. * Affected are pre-teens, adolescents and young adults. The priorities for improving the quality of care defined for this work are the following.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/30/2010 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_985715/en/anorexia-nervosa</t>
+  </si>
+  <si>
+    <t>c_985715</t>
+  </si>
+  <si>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
+  </si>
+  <si>
+    <t>c_922867</t>
+  </si>
+  <si>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+  </si>
+  <si>
+    <t>c_272365</t>
+  </si>
+  <si>
+    <t>Press release</t>
+  </si>
+  <si>
+    <t>ALCOVE, a European Cooperative Project focused on Alzheimer’s Disease</t>
+  </si>
+  <si>
+    <t>ALCOVE (ALzheimer COoperative Valuation in Europe) is a European Joint Action which was launched in April 2011. The project’s aim is to improve knowledge about dementia care and to work together to find the best options for preserving the quality of life, autonomy, and rights of individuals living with dementia and their carers. The HAS is in charge of the overall coordination of the project in conjunction with the French Alzheimer Plan and Ministry of Health. This coming April 12, all of the representatives of the countries participating in the project have been invited by the HAS to meet so that they may share their findings and assess their progress mid-project.</t>
+  </si>
+  <si>
+    <t>04/11/2012 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1239488/en/alcove-a-european-cooperative-project-focused-on-alzheimer-s-disease</t>
+  </si>
+  <si>
+    <t>c_1239488</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
+  </si>
+  <si>
+    <t>04/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3424326</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA) analysis is a molecular cytogenetic technology that is used to detect quantitative variations of the genome, corresponding to chromosomal material losses or gains (deletions, duplications, insertions, abnormal chromosome numbers, etc.) compared to a reference diploid genome. This pangenomic technology has a substantially higher resolution than standard karyotype, which is considered as the gold standard for whole genome analysis. A request was made for an assessment of this technique by HAS, from the French Ministry of Health and the National Health Insurance, with a view to permanent cover under common law. CGHA was previously assessed in 2019 by HAS for use in cancer care. The aim of this assessment was to determine the current benefit of CGHA use in the postnatal context, within the scope of routine care. This involved defining the indications of interest and the role of this technology in the diagnostic strategy, in the different clinical contexts in question, as well as the conditions of its implementation.</t>
+  </si>
+  <si>
+    <t>07/13/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3453213</t>
+  </si>
+  <si>
+    <t>Evaluation of the METAglut1™ test in the diagnosis of glucose transporter type 1 deficiency syndrome - INAHTA  Brief</t>
+  </si>
+  <si>
+    <t>Glucose transporter type 1 (Glut1) deficiency syndrome is an encephalopathy characterised, in its typical form, by treatment-resistant infantile-onset epilepsy, slowed head circumference growth resulting in microcephaly, delayed psychomotor development, spasticity, ataxia, dysarthria and other paroxysmal neurological disorders. “Atypical” forms, including a very broad variety of phenotypes, are also described. The prevalence of the condition is between 1/83,000 and 1/24,000. The diagnosis of Glut1 deficiency syndrome is based on demonstration of hypoglycorrhachia as the reference test. This requires the performance of a lumbar puncture. An additional genetic test (molecular analysis of the SLC2A1 gene) can be used to confirm the diagnosis. The METAglut1™ test is an in vitro diagnostic medical device (IVDMD). The test is performed on a blood sample to detect a reduction in glucose transporter (Glut1) expression on the surface of circulating erythrocytes and therefore diagnose glucose transporter type 1 deficiency syndrome. In November 2017, METAFORA Biosystems SAS, the company that markets the METAglut1™ test, received the approval of the HAS to carry out a clinical study as part of the French “forfait innovation” innovation funding programme. The clinical study proposed in this context aimed to evaluate the diagnostic performance of the METAglut1™ test in patients with a clinical presentation compatible with glucose transporter type 1 deficiency syndrome, thereby providing the clinical data required for a procedure to be able to claim a sufficient expected clinical benefit. With the clinical study now completed, the French Directorate General of Healthcare Provision (DGOS) therefore consulted the HAS on 29 April 2022, with a view to assessing whether it would be appropriate for this test to be funded by the French National Health Insurance system. The objective of this work is to evaluate the diagnostic performance of the METAglut1™ test in comparison with glycorrhachia after lumbar puncture, in terms of sensitivity, specificity, positive predictive value and negative predictive value (NPV), in the diagnosis of glucose transporter type 1 deficiency syndrome, with a view to positioning the METAglut1™ test as a first-line test in place of glycorrhachia</t>
+  </si>
+  <si>
+    <t>03/30/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/27/2023 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424746/en/evaluation-of-the-metaglut1-test-in-the-diagnosis-of-glucose-transporter-type-1-deficiency-syndrome-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3424746</t>
+  </si>
+  <si>
+    <t>Transcranial magnetic stimulation (rTMS) in the treatment of adult treatment-resistant depression</t>
+  </si>
+  <si>
+    <t>Aim The aim of the assessment was to: assess the efficacy and safety of conventional rTMS as adjuvant therapy to the standard therapeutic strategy for treatment-resistant depression during two different treatment phases: acute phase (course of treatment) and consolidation phase (maintenance sessions); compare the new therapeutic strategy including rTMS (alongside medication and psychotherapy) to the two current conventional strategies for treatment-resistant depression: pharmacological optimisation plus psychotherapy in most cases, or use of electroconvulsive therapy in specific cases; compare the organisational impact of the new therapeutic strategy with rTMS to the current conventional strategies.</t>
+  </si>
+  <si>
+    <t>07/21/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2022 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211966/en/transcranial-magnetic-stimulation-rtms-in-the-treatment-of-adult-treatment-resistant-depression</t>
+  </si>
+  <si>
+    <t>p_3211966</t>
+  </si>
+  <si>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+  </si>
+  <si>
+    <t>c_1056842</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Focus on patient safety - "Neuroleptic medication. Vigilance is best practice"</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>11/03/2022 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381939/en/focus-on-patient-safety-neuroleptic-medication-vigilance-is-best-practice</t>
   </si>
   <si>
     <t>p_3381939</t>
   </si>
   <si>
-    <t>Processus d’annonce d’un diagnostic psychiatrique sévère à un patient adulte : enjeux, principes et place de l’entourage</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3363656/fr/flash-securite-patient-suicide-mieux-vaut-prevenir-que-mourir</t>
+    <t>Focus on patient safety - " Suicide Prevention is better than death "</t>
+  </si>
+  <si>
+    <t>France is one of the European countries the most affected by suicide. In 2016, there were 9,300 deaths by suicide in France. There are around an additional 200,000 suicide attempts per year, by which patients come into contact with the healthcare system. Suicide is the first cause of death among 25-34-year-olds and the second cause among 15-24-year-olds, after road traffic accidents.</t>
+  </si>
+  <si>
+    <t>09/08/2022 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363656/en/focus-on-patient-safety-suicide-prevention-is-better-than-death</t>
   </si>
   <si>
     <t>p_3363656</t>
   </si>
   <si>
-    <t>Programme de soins psychiatriques sans consentement</t>
-[...3458 lines deleted...]
-    <t>lécanémab</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ACEMAP (penfluridol)</t>
+  </si>
+  <si>
+    <t>06/13/2025 16:45:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609905/en/acemap-penfluridol</t>
+  </si>
+  <si>
+    <t>p_3609905</t>
+  </si>
+  <si>
+    <t>penfluridol</t>
+  </si>
+  <si>
+    <t>INTSEL CHIMOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609556/en/acemap-penfluridol-schizophrenia</t>
+  </si>
+  <si>
+    <t>WAKIX (pitolisant)</t>
+  </si>
+  <si>
+    <t>05/12/2025 17:15:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984044/en/wakix-pitolisant</t>
+  </si>
+  <si>
+    <t>pprd_2984044</t>
+  </si>
+  <si>
+    <t>pitolisant (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>BIOPROJET PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656361/en/wakix-pitolisant-histamine-h3-inverse-agonist/antagonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456303/en/wakix-pitolisant-narcolepsy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603851/en/wakix-pitolisant-narcolepsy</t>
+  </si>
+  <si>
+    <t>CHAMPIX (varénicline (tartrate de))</t>
+  </si>
+  <si>
+    <t>03/26/2025 14:48:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983834/en/champix-varenicline-tartrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983834</t>
+  </si>
+  <si>
+    <t>tartrate de varénicline</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523453/en/champix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818410/en/champix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725862/en/champix-varenicline-brain-nicotinic-receptor-partial-agonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258961/en/champix-tartrate-de-varenicline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264259/en/champix-tartrate-de-varenicline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599233/en/champix-tartrate-de-varenicline-sevrage-tabagique</t>
+  </si>
+  <si>
+    <t>ABILIFY (aripiprazole)</t>
+  </si>
+  <si>
+    <t>11/14/2024 10:26:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984349/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>pprd_2984349</t>
+  </si>
+  <si>
+    <t>aripiprazole</t>
+  </si>
+  <si>
+    <t>OTSUKA PHARMACEUTICALS FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400137/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642494/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_756239/en/abilify</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_798068/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_968488/en/abilify-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_977226/en/abilify</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241688/en/abilify</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701286/en/abilify-aripiprazole-antipsychotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743369/en/abilify-maintena-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038113/en/abilify-abilify-maintena-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2566812/en/abilify-maintena-aripiprazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361550/en/abilify-maintena-aripiprazole-traitement-d-entretien-de-la-schizophrenie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556165/en/abilify-maintena-aripiprazole-schizophrenia</t>
+  </si>
+  <si>
+    <t>SPRAVATO</t>
+  </si>
+  <si>
+    <t>09/05/2024 17:02:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192924/en/spravato</t>
+  </si>
+  <si>
+    <t>p_3192924</t>
+  </si>
+  <si>
+    <t>eskétamine</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191469/en/spravato</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298608/en/spravato-28-mg-esketamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3538219/en/spravato-esketamine-depressive</t>
+  </si>
+  <si>
+    <t>TRANXENE (chlorazépate dipotassique)</t>
+  </si>
+  <si>
+    <t>07/29/2024 16:44:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982800/en/tranxene-chlorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>pprd_2982800</t>
+  </si>
+  <si>
+    <t>chlorazépate dipotassique</t>
+  </si>
+  <si>
+    <t>NEURAXPHARM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399061/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400176/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493284/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281713/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042202/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656334/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963962/en/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534491/en/tranxene-clorazepate-dipotassium-premedication</t>
+  </si>
+  <si>
+    <t>VALIUM (diazépam)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984487/en/valium-diazepam</t>
+  </si>
+  <si>
+    <t>pprd_2984487</t>
+  </si>
+  <si>
+    <t>diazépam</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642367/en/valium-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098676/en/valium-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042196/en/valium-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534479/en/valium-diazepam-premedication</t>
+  </si>
+  <si>
+    <t>HYDROXYZINE (hydroxyzine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281398/en/hydroxyzine-hydroxyzine</t>
+  </si>
+  <si>
+    <t>p_3281398</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'hydroxyzine</t>
+  </si>
+  <si>
+    <t>BLUEFISH PHARMACEUTICALS AB / LABORATOIRE RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280950/en/hydroxyzine-bluefish-hydroxyzine-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534473/en/hydroxyzine-renaudin-hydroxyzine-premedication</t>
+  </si>
+  <si>
+    <t>DIAZEPAM RENAUDIN (diazépam)</t>
+  </si>
+  <si>
+    <t>07/26/2024 11:58:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983823/en/diazepam-renaudin-diazepam</t>
+  </si>
+  <si>
+    <t>pprd_2983823</t>
+  </si>
+  <si>
+    <t>RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729428/en/diazepam-renaudin-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534497/en/diazepam-renaudin-diazepam-premedication</t>
+  </si>
+  <si>
+    <t>MOGADON (nitrazépam)</t>
+  </si>
+  <si>
+    <t>09/08/2023 11:27:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984728/en/mogadon-nitrazepam</t>
+  </si>
+  <si>
+    <t>pprd_2984728</t>
+  </si>
+  <si>
+    <t>nitrazépam</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944495/en/mogadon-nitrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756183/en/mogadon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459850/en/mogadon-nitrazepam-insomnie-occasionnelle-ou-transitoire</t>
+  </si>
+  <si>
+    <t>LORAZEPAM XILMAC (lorazépam)</t>
+  </si>
+  <si>
+    <t>08/04/2023 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457344/en/lorazepam-xilmac-lorazepam</t>
+  </si>
+  <si>
+    <t>p_3457344</t>
+  </si>
+  <si>
+    <t>lorazépam</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES / BIOGARAN / LABORATOIRES DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457064/en/lorazepam-xilmac-lorazepam-premedication</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3750739/en/lorazepam-arrow-lorazepam-anxiete</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399333/en/lorazepam-biogaran-1-mg-comprime-secable-boite-de-50</t>
+  </si>
+  <si>
+    <t>TREVICTA (palipéridone), antipsychotique</t>
+  </si>
+  <si>
+    <t>07/27/2023 10:25:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983913/en/trevicta-paliperidone-antipsychotique</t>
+  </si>
+  <si>
+    <t>pprd_2983913</t>
+  </si>
+  <si>
+    <t>palipéridone (palmitate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678886/en/trevicta-paliperidone-antipsychotic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452869/en/trevicta-paliperidone-palmitate-schizophrenia</t>
+  </si>
+  <si>
+    <t>NEURACEQ (florbétabène (18F))</t>
+  </si>
+  <si>
+    <t>04/25/2023 17:41:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982906/en/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>pprd_2982906</t>
+  </si>
+  <si>
+    <t>florbétabène (18F)</t>
+  </si>
+  <si>
+    <t>CURIUM PET FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899212/en/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427910/en/neuraceq-florbetaben-18f-alzheimer-s-disease</t>
+  </si>
+  <si>
+    <t>MEDIKINET</t>
+  </si>
+  <si>
+    <t>03/10/2023 17:41:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982941/en/medikinet</t>
+  </si>
+  <si>
+    <t>pprd_2982941</t>
+  </si>
+  <si>
+    <t>méthylphénidate (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334805/en/medikinet</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893478/en/medikinet-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210115/en/medikinet</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419433/en/medikinet-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>CONCERTA LP</t>
+  </si>
+  <si>
+    <t>03/10/2023 17:35:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984462/en/concerta-lp</t>
+  </si>
+  <si>
+    <t>pprd_2984462</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399886/en/concerta-lp-18-mg-comprime-boite-de-28-concerta-lp-36-mg-comprime-boite-de-28-concerta-lp-54-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_750923/en/concerta-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334823/en/concerta-lp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047012/en/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210109/en/concerta-lp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419448/en/concerta-lp-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>BUVIDAL (buprénorphine)</t>
+  </si>
+  <si>
+    <t>03/10/2023 17:32:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217096/en/buvidal-buprenorphine</t>
+  </si>
+  <si>
+    <t>p_3217096</t>
+  </si>
+  <si>
+    <t>buprénorphine</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217092/en/buvidal-buprenorphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244165/en/buvidal-buprenorphine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419439/en/buvidal-buprenorphine-dependance-aux-opiaces</t>
+  </si>
+  <si>
+    <t>OKEDI (rispéridone)</t>
+  </si>
+  <si>
+    <t>12/12/2022 08:33:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395204/en/okedi-risperidone</t>
+  </si>
+  <si>
+    <t>p_3395204</t>
+  </si>
+  <si>
+    <t>rispéridone</t>
+  </si>
+  <si>
+    <t>ROVI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395167/en/okedi-risperidone-schizophrenie</t>
+  </si>
+  <si>
+    <t>BYANNLI (palmitate de palipéridone)</t>
+  </si>
+  <si>
+    <t>11/23/2022 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389561/en/byannli-palmitate-de-paliperidone</t>
+  </si>
+  <si>
+    <t>p_3389561</t>
+  </si>
+  <si>
+    <t>palmitate de palipéridone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389400/en/byannli-palmitate-de-paliperidone-schizophrenie</t>
+  </si>
+  <si>
+    <t>VIZAMYL (flutémétamol, 18F)</t>
+  </si>
+  <si>
+    <t>07/18/2022 10:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983672/en/vizamyl-flutemetamol-18f</t>
+  </si>
+  <si>
+    <t>pprd_2983672</t>
+  </si>
+  <si>
+    <t>flutémétamol (18F)</t>
+  </si>
+  <si>
+    <t>GE HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2753721/en/vizamyl-flutemetamol-18f-diagnostic-product-for-the-central-nervous-system</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352209/en/vizamyl-flutemetamol-18f-produit-diagnostique-de-la-maladie-d-alzheimer</t>
+  </si>
+  <si>
+    <t>LAMICTAL - LAMICSTART (lamotrigine)</t>
+  </si>
+  <si>
+    <t>03/07/2022 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985274/en/lamictal-lamicstart-lamotrigine</t>
+  </si>
+  <si>
+    <t>pprd_2985274</t>
+  </si>
+  <si>
+    <t>lamotrigine</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957059/en/lamictal-lamicstart</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652822/en/lamictal-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556176/en/lamictal-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957058/en/lamictal-lamicstart</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399433/en/lamictal-25mg-comprimes-dispersibles-lamictal-100mg-comprimes-dispersibles-boite-de-30-n/r/-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398983/en/lamictal-25-mg-comprime-instauration-du-traitement-boite-de-21-lamictal-50-mg-comprime-instauration-du-traitement-boite-de-42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398982/en/lamictal-5-mg-comprime-dispersible-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098822/en/lamictal-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148224/en/lamictal-lamotrigine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322081/en/lamictal-lamotrigine-epilepsies-partielles-et-generalisees</t>
+  </si>
+  <si>
+    <t>OZAWADE (pitolisant (chlorhydrate))</t>
+  </si>
+  <si>
+    <t>02/10/2022 14:11:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316076/en/ozawade-pitolisant-chlorhydrate</t>
+  </si>
+  <si>
+    <t>p_3316076</t>
+  </si>
+  <si>
+    <t>pitolisant (chlorhydrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315446/en/ozawade-pitolisant</t>
+  </si>
+  <si>
+    <t>NOXIBEN (eszopiclone)</t>
+  </si>
+  <si>
+    <t>02/07/2022 17:36:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315121/en/noxiben-eszopiclone</t>
+  </si>
+  <si>
+    <t>p_3315121</t>
+  </si>
+  <si>
+    <t>eszopiclone</t>
+  </si>
+  <si>
+    <t>Laboratoire G.L. PHARMA GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313550/en/noxiben-eszopiclone</t>
+  </si>
+  <si>
+    <t>RITALINE - RITALINE LP</t>
+  </si>
+  <si>
+    <t>01/10/2022 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982913/en/ritaline-ritaline-lp</t>
+  </si>
+  <si>
+    <t>pprd_2982913</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399583/en/ritaline-10-mg-comprimes-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399926/en/ritaline-lp-20-mg-gelules-boite-de-30-ritaline-lp-30-mg-gelules-boite-de-30-ritaline-lp-40-mg-gelules-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334799/en/ritalin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897010/en/ritaline-ritaline-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210112/en/ritaline-ritaline-lp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305318/en/ritaline-lp-methylphenidate-tdah</t>
+  </si>
+  <si>
+    <t>XYREM (sodium (oxybate de))</t>
+  </si>
+  <si>
+    <t>08/17/2021 10:13:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983743/en/xyrem-sodium-oxybate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983743</t>
+  </si>
+  <si>
+    <t>sodium (oxybate de)</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401038/en/xyrem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_604928/en/xyrem-sodium-oxybate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744320/en/xyrem-sodium-oxybate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282244/en/xyrem-oxybate-de-sodium-narcolepsie-pediatrique</t>
+  </si>
+  <si>
+    <t>SELINCRO (nalméfène (chlorhydrate de) dihydraté)</t>
+  </si>
+  <si>
+    <t>04/08/2021 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983111/en/selincro-nalmefene-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983111</t>
+  </si>
+  <si>
+    <t>nalméfène</t>
+  </si>
+  <si>
+    <t>LUNDBECK SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716023/en/selincro-nalmefene-antagoniste-opioide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872648/en/selincro-nalmefene-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259937/en/selincro-nalmefene</t>
+  </si>
+  <si>
+    <t>BACLOFENE ZENTIVA (baclofène)</t>
+  </si>
+  <si>
+    <t>04/01/2021 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985511/en/baclofene-zentiva-baclofene</t>
+  </si>
+  <si>
+    <t>pprd_2985511</t>
+  </si>
+  <si>
+    <t>baclofène</t>
+  </si>
+  <si>
+    <t>ZENTIVA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459731/en/baclofene-n/r</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258706/en/baclofene-zentiva-baclofene</t>
+  </si>
+  <si>
+    <t>ANDROCUR</t>
+  </si>
+  <si>
+    <t>10/22/2020 17:14:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984070/en/androcur</t>
+  </si>
+  <si>
+    <t>pprd_2984070</t>
+  </si>
+  <si>
+    <t>cyprotérone (acétate de)</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400848/en/androcur-50-mg-comprime-secable-b/20-cip-323-510-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_653795/en/androcur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352602/en/androcur-cyproterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655917/en/androcur-cyproterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213329/en/androcur</t>
+  </si>
+  <si>
+    <t>QUASYM LP</t>
+  </si>
+  <si>
+    <t>09/30/2020 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984144/en/quasym-lp</t>
+  </si>
+  <si>
+    <t>pprd_2984144</t>
+  </si>
+  <si>
+    <t>SHIRE FRANCE S.A.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_939181/en/quasym</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334808/en/quasym-lp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621698/en/quasym-lp-methylphenidate-psychostimulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210094/en/quasym-lp</t>
+  </si>
+  <si>
+    <t>SUNOSI</t>
+  </si>
+  <si>
+    <t>07/08/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193296/en/sunosi</t>
+  </si>
+  <si>
+    <t>p_3193296</t>
+  </si>
+  <si>
+    <t>solriamfetol</t>
+  </si>
+  <si>
+    <t>JAZZ PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193178/en/sunosi</t>
+  </si>
+  <si>
+    <t>STRESAM</t>
+  </si>
+  <si>
+    <t>06/18/2020 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983641/en/stresam</t>
+  </si>
+  <si>
+    <t>pprd_2983641</t>
+  </si>
+  <si>
+    <t>chlorhydrate d'étifoxine</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490351/en/stresam-chlorhydrate-d-etifoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189031/en/stresam-chlorhydrate-d-etifoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758336/en/stresam-chlorhydrate-d-etifoxine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190306/en/stresam</t>
+  </si>
+  <si>
+    <t>BACLOCUR (baclofène)</t>
+  </si>
+  <si>
+    <t>12/11/2019 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124496/en/baclocur-baclofene</t>
+  </si>
+  <si>
+    <t>p_3124496</t>
+  </si>
+  <si>
+    <t>ETHYPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124375/en/baclocur-baclofene</t>
+  </si>
+  <si>
+    <t>PRENOXAD (naloxone (chlorhydrate de) dihydraté)</t>
+  </si>
+  <si>
+    <t>09/05/2019 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982959/en/prenoxad-naloxone-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982959</t>
+  </si>
+  <si>
+    <t>naloxone (chlorhydrate de) dihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891870/en/prenoxad-naloxone-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>NAFTILUX (naftidrofuryl (hydrogénooxalate de))</t>
+  </si>
+  <si>
+    <t>05/17/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982894/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982894</t>
+  </si>
+  <si>
+    <t>naftidrofuryl (hydrogénooxalate de)</t>
+  </si>
+  <si>
+    <t>THERABEL LUCIEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_449333/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_618052/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198187/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2900186/en/naftilux-naftidrofuryl-hydrogenooxalate-de</t>
+  </si>
+  <si>
+    <t>AOTAL (acamprosate)</t>
+  </si>
+  <si>
+    <t>01/17/2019 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983033/en/aotal-acamprosate</t>
+  </si>
+  <si>
+    <t>pprd_2983033</t>
+  </si>
+  <si>
+    <t>acamprosate</t>
+  </si>
+  <si>
+    <t>MERCK SANTE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455069/en/aotal-acamprosate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198149/en/aotal-acamprosate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883479/en/aotal-acamprosate-alcohol-dependence-products</t>
+  </si>
+  <si>
+    <t>REVIA (naltrexone (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>01/17/2019 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983036/en/revia-naltrexone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983036</t>
+  </si>
+  <si>
+    <t>naltrexone (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400252/en/revia-50-mg-comprime-pellicule-secable-boite-de-28-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923060/en/revia-naltrexone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030380/en/revia-naltrexone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883463/en/revia-naltrexone-alcohol-dependence-products</t>
+  </si>
+  <si>
+    <t>ESPERAL (disulfirame)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983038/en/esperal-disulfirame</t>
+  </si>
+  <si>
+    <t>pprd_2983038</t>
+  </si>
+  <si>
+    <t>disulfirame</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468454/en/esperal-disulfirame</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198181/en/esperal-disulfirame</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883457/en/esperal-disulfiram-alcohol-dependence-products</t>
+  </si>
+  <si>
+    <t>ZYPREXA (olanzapine)</t>
+  </si>
+  <si>
+    <t>11/13/2018 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983041/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>pprd_2983041</t>
+  </si>
+  <si>
+    <t>olanzapine</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399018/en/zyprexa-velotab-5-mg-comprime-orodispersible-zyprexa-velotab-10-mg-comprime-orodispersible-zyprexa-velotab-15-mg-comprime-orodispersible-zyprexa-velotab-20-mg-comprime-orodispersible-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399308/en/zyprexa-10-mg-poudre-pour-solution-injectable-boites-de-1-et-10-flacons</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399309/en/zyprexa-velotab-5-mg-comprime-orodispersible-zyprexa-velotab-10-mg-comprime-orodispersible-zyprexa-velotab-15-mg-comprime-orodispersible-zyprexa-velotab-20-mg-comprime-orodispersible-boites-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399602/en/zyprexa-5-mg-boites-de-28-comprimes-enrobes-zyprexa-7-5-mg-boites-de-56-comprimes-enrobes-zyprexa-10-mg-boites-de-28-et-56-comprimes-enrobes-zyprexa-7-5-mg-28-comprimes-enrobes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399718/en/zyprexa-5-mg-comprime-enrobe-boite-de-28-zyprexa-7-5-mg-comprime-enrobe-boite-de-28-et-56-zyprexa-10-mg-comprime-enrobe-boite-de-28-et-56-zyprexa-velotab-5-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-10-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-15-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-20-mg-comprime-orodispersible-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399952/en/zyprexa-10-mg-poudre-pour-solution-injectable-boite-de-1-et-10-flacons-zyprexa-10-mg-poudre-et-solvant-pour-solution-injectable-etui-de-1-flacon-1-seringue-pre-remplie-de-solvant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400018/en/zyprexa-5-mg-comprime-enrobe-boite-de-28-zyprexa-7-5-mg-comprime-enrobe-boite-de-28-et-boite-de-56-zyprexa-10-mg-comprime-enrobe-boite-de-28-zyprexa-velotab-5-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-10-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-15-mg-comprime-orodispersible-boite-de-28-zyprexa-velotab-20-mg-comprime-orodispersible-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400959/en/zyprexa-velotab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555588/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242837/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241672/en/zyprexa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881410/en/zyprexa-olanzapine</t>
+  </si>
+  <si>
+    <t>ZYPADHERA (pamoate monohydraté d'olanzapine/ olanzapine (pamoate d') monohydraté)</t>
+  </si>
+  <si>
+    <t>11/13/2018 16:31:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983043/en/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983043</t>
+  </si>
+  <si>
+    <t>pamoate monohydraté d'olanzapine,olanzapine (pamoate d') monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866771/en/zypadhera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881401/en/zypadhera-pamoate-monohydrate-d-olanzapine/-olanzapine-pamoate-d-monohydrate</t>
+  </si>
+  <si>
+    <t>OROBUPRE (buprénorphine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>02/22/2019 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983074/en/orobupre-buprenorphine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983074</t>
+  </si>
+  <si>
+    <t>buprénorphine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877332/en/orobupre-buprenorphine-medicine-used-in-cases-of-opiate-dependence</t>
+  </si>
+  <si>
+    <t>EXELON (Rivastigmine (hydrogénotartrate))</t>
+  </si>
+  <si>
+    <t>05/25/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983276/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>pprd_2983276</t>
+  </si>
+  <si>
+    <t>Rivastigmine (hydrogénotartrate)</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398931/en/exelon-1-5-mg-gelule-exelon-3-mg-gelule-exelon-4-5-mg-gelule-exelon-6-mg-gelule-boites-de-28-et-de-56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400006/en/exelon-2-mg/ml-solution-buvable-flacon-de-50-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593209/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468391/en/exelon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619531/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117849/en/exelon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714286/en/exelon-13-3-mg/24-h-dispositif-transdermique-rivastigmine-anticholinesterasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681008/en/exelon-rivastigmine-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851265/en/exelon-rivastigmine-hydrogenotartrate</t>
+  </si>
+  <si>
+    <t>EBIXA (mémantine chlorhydrate)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983277/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983277</t>
+  </si>
+  <si>
+    <t>mémantine chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399676/en/ebixa-10mg-comprime-pellicule-boite-de-56-boite-de-112-ebixa-10mg/g-solution-buvable-flacon-de-50g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593206/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012347/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725214/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593201/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117850/en/ebixa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681003/en/ebixa-memantine-non-competitive-nmda-receptor-antagonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851260/en/ebixa-memantine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>ARICEPT (donépézil (chlorhydrate))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983281/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983281</t>
+  </si>
+  <si>
+    <t>donépézil (chlorhydrate)</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3644185/fr/leqembi-lecanemab-maladie-d-alzheimer</t>
-[...1679 lines deleted...]
-    <t>pprd_2982984</t>
+    <t>https://www.has-sante.fr/jcms/c_593193/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1022283/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117852/en/aricept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681001/en/aricept-donepezil-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851228/en/aricept-donepezil-chlorhydrate</t>
+  </si>
+  <si>
+    <t>PROZAC (fluoxétine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>11/22/2017 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983476/en/prozac-fluoxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983476</t>
+  </si>
+  <si>
+    <t>fluoxétine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399778/en/prozac-20-mg/5-ml-solution-buvable-flacon-de-70-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603019/en/prozac-fluoxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758561/en/prozac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806286/en/prozac-fluoxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>EFFEXOR (venlafaxine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>07/05/2017 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983576/en/effexor-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983576</t>
+  </si>
+  <si>
+    <t>venlafaxine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399422/en/effexor-lp-37-5-mg-gelule-a-liberation-prolongee-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399940/en/effexor-lp-75-mg-gelule-a-liberation-prolongee-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400004/en/effexor-25-mg-comprime-boite-de-30-effexor-50-mg-comprime-boite-de-30-effexor-l-p-37-5-mg-gelule-a-liberation-prolongee-boite-de-30-effexor-l-p-75-mg-gelule-a-liberation-prolongee-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400186/en/effexor-l-p-37-5-mg-gelule-a-liberation-prolongee-boite-de-30-effexor-l-p-75-mg-gelule-a-liberation-prolongee-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_545044/en/effexor-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703358/en/effexor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670240/en/effexor-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778102/en/effexor-lp-venlafaxine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>INTUNIV (guanfacine)</t>
+  </si>
+  <si>
+    <t>10/04/2017 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983616/en/intuniv-guanfacine</t>
+  </si>
+  <si>
+    <t>pprd_2983616</t>
+  </si>
+  <si>
+    <t>guanfacine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769369/en/intuniv-guanfacine-adrenergic-alpha-agonist</t>
+  </si>
+  <si>
+    <t>LEPONEX (clozapine)</t>
+  </si>
+  <si>
+    <t>03/09/2017 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983695/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>pprd_2983695</t>
+  </si>
+  <si>
+    <t>clozapine</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517525/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241650/en/leponex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716223/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749470/en/leponex-clozapine</t>
+  </si>
+  <si>
+    <t>STILNOX (zolpidem (tartrate de))</t>
+  </si>
+  <si>
+    <t>03/03/2017 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983701/en/stilnox-zolpidem-tartrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983701</t>
+  </si>
+  <si>
+    <t>zolpidem (tartrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399084/en/stilnox-10-mg-comprimes-pellicules-secables-boite-de-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487025/en/stilnox-zolpidem-tartrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1759121/en/stilnox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748751/en/stilnox-zolpidem-tartrate-de</t>
+  </si>
+  <si>
+    <t>SOLIAN (amisulpride)</t>
+  </si>
+  <si>
+    <t>01/04/2017 08:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983771/en/solian-amisulpride</t>
+  </si>
+  <si>
+    <t>pprd_2983771</t>
+  </si>
+  <si>
+    <t>amisulpride</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399516/en/solian-amisulpride</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574621/en/solian-amisulpride</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241692/en/solian</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2733866/en/solian-amisulpride</t>
+  </si>
+  <si>
+    <t>REMINYL (galantamine bromhydrate)</t>
+  </si>
+  <si>
+    <t>01/25/2017 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983883/en/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983883</t>
+  </si>
+  <si>
+    <t>galantamine bromhydrate</t>
+  </si>
+  <si>
+    <t>JANSSEN CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400337/en/reminyl-l-p-8-mg-16-mg-24-mg-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_593217/en/reminyl-galantamine-bromhydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1117851/en/reminyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681026/en/reminyl-galantamine-acetylcholinesterase-inhibitors</t>
+  </si>
+  <si>
+    <t>XEROQUEL LP (quétiapine/ quétiapine (fumarate de))</t>
+  </si>
+  <si>
+    <t>10/14/2016 10:47:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983923/en/xeroquel-lp-quetiapine/-quetiapine-fumarate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983923</t>
+  </si>
+  <si>
+    <t>quétiapine,quétiapine (fumarate de)</t>
+  </si>
+  <si>
+    <t>ASTRAZENECA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1065592/en/xeroquel-quetiapine/-quetiapine-fumarate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241697/en/xeroquel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676775/en/xeroquel-lp-quetiapine/-quetiapine-fumarate-de</t>
+  </si>
+  <si>
+    <t>LIKOZAM (clobazam)</t>
+  </si>
+  <si>
+    <t>01/13/2017 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983931/en/likozam-clobazam</t>
+  </si>
+  <si>
+    <t>pprd_2983931</t>
+  </si>
+  <si>
+    <t>clobazam</t>
+  </si>
+  <si>
+    <t>ADVICENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676744/en/likozam-clobazam-benzodiazepine</t>
+  </si>
+  <si>
+    <t>HAVLANE (loprazolam (mésilate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>10/14/2016 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983940/en/havlane-loprazolam-mesilate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983940</t>
+  </si>
+  <si>
+    <t>loprazolam (mésilate de) monohydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486399/en/havlane-loprazolam-mesilate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756176/en/havlane</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676702/en/havlane-loprazolam-mesilate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>NOCTAMIDE (lormétazépam)</t>
+  </si>
+  <si>
+    <t>09/30/2016 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983959/en/noctamide-lormetazepam</t>
+  </si>
+  <si>
+    <t>pprd_2983959</t>
+  </si>
+  <si>
+    <t>lormétazépam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400810/en/noctamide-1-mg-comprime-secable-b/14-cip-349-667-4-noctamide-2-mg-comprime-secable-b/14-cip-354-470-0</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098662/en/noctamide-lormetazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756191/en/noctamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671773/en/noctamide-lormetazepam</t>
+  </si>
+  <si>
+    <t>CYMBALTA (duloxétine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>03/30/2016 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984161/en/cymbalta-duloxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984161</t>
+  </si>
+  <si>
+    <t>duloxétine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523247/en/cymbalta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_828100/en/cymbalta</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620138/en/cymbalta-duloxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>RISPERDAL - RISPERDALCONSTA - RISPERDALORO (rispéridone)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984165/en/risperdal-risperdalconsta-risperdaloro-risperidone</t>
+  </si>
+  <si>
+    <t>pprd_2984165</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399101/en/risperdal-0-1-pour-cent-1-mg/ml-solution-buvable-flacons-de-60-et-120-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399342/en/risperdal-1-mg-comprime-risperdal-2-mg-comprime-boites-de-60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400148/en/risperdal-0-5-mg-risperdal-1-mg-risperdal-1-mg/ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400989/en/risperdal-1-mg-comprime-pellicule-b/60-risperdal-2-mg-comprime-pellicule-b/60-risperdal-4-mg-comprime-pellicule-b/60-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml-60ml-et-120ml-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969961/en/risperdal-risperdaloro-risperdalconsta-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241693/en/risperdal-risperdaloro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728502/en/risperdal-risperdaloro</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619974/en/risperdal-risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_957062/en/risperdalconsta-l-p</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400016/en/risperdalconsta-lp-risperidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400339/en/risperdaloro-0-5-mg-comprime-orodispersible-boite-de-28-risperdaloro-1-mg-comprime-orodispersible-boite-de-28-risperdaloro-2-mg-comprime-orodispersible-boite-de-28-risperdaloro-3-mg-comprime-orodispersible-boite-de-28-risperdaloro-4-mg-comprime-orodispersible-boite-de-28-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml</t>
+  </si>
+  <si>
+    <t>VALDOXAN (agomélatine)</t>
+  </si>
+  <si>
+    <t>04/18/2016 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984326/en/valdoxan-agomelatine</t>
+  </si>
+  <si>
+    <t>pprd_2984326</t>
+  </si>
+  <si>
+    <t>agomélatine</t>
+  </si>
+  <si>
+    <t>SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900492/en/valdoxan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572142/en/valdoxan-agomelatine-antidepressant</t>
+  </si>
+  <si>
+    <t>SEROPLEX (escitalopram (oxalate d'))</t>
+  </si>
+  <si>
+    <t>07/07/2015 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984493/en/seroplex-escitalopram-oxalate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984493</t>
+  </si>
+  <si>
+    <t>escitalopram (oxalate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400078/en/seroplex-5-mg-comprime-pellicule-boite-de-14-et-boite-de-100-seroplex-10-mg-comprime-pellicule-secable-boite-de-28-et-boite-de-100-seroplex-20-mg-comprime-pellicule-secable-boite-de-28-et-boite-de-100</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657694/en/seroplex</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638602/en/seroplex-escitalopram-inhibiteur-selectif-de-la-recapture-de-la-serotonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041940/en/seroplex-escitalopram-oxalate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313580/en/seroplex-escitalopram</t>
+  </si>
+  <si>
+    <t>SIFROL (pramipexole (dichlorhydrate de) monohydraté)</t>
+  </si>
+  <si>
+    <t>06/15/2015 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984524/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984524</t>
+  </si>
+  <si>
+    <t>pramipexole (dichlorhydrate de) monohydraté</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400017/en/sifrol-0-125-mg-comprime-boite-de-30-sifrol-0-25-mg-comprime-boite-de-30-sifrol-0-5-mg-comprime-boite-de-30-sifrol-1-mg-comprime-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_517621/en/sifrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_912566/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058652/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356136/en/sifrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038119/en/sifrol-pramipexole-dichlorhydrate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>BRINTELLIX (vortioxétine)</t>
+  </si>
+  <si>
+    <t>06/08/2015 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984577/en/brintellix-vortioxetine</t>
+  </si>
+  <si>
+    <t>pprd_2984577</t>
+  </si>
+  <si>
+    <t>vortioxétine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025252/en/brintellix-vortioxetine-antidepressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313577/en/brintellix-vortioxetine</t>
+  </si>
+  <si>
+    <t>LATUDA (lurasidone (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>12/19/2014 09:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984640/en/latuda-lurasidone-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984640</t>
+  </si>
+  <si>
+    <t>lurasidone (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>TAKEDA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792838/en/latuda-lurasidone-oral-antipsychotic</t>
+  </si>
+  <si>
+    <t>SALVACYL (triptoréline (pamoate = embonate de))</t>
+  </si>
+  <si>
+    <t>11/14/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984672/en/salvacyl-triptoreline-pamoate-embonate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984672</t>
+  </si>
+  <si>
+    <t>triptoréline (pamoate = embonate de)</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763783/en/salvacyl-l-p</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1774157/en/salvacyl-triptoreline-pamoate-embonate-de</t>
+  </si>
+  <si>
+    <t>NUCTALON (estazolam)</t>
+  </si>
+  <si>
+    <t>08/06/2014 16:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984720/en/nuctalon-estazolam</t>
+  </si>
+  <si>
+    <t>pprd_2984720</t>
+  </si>
+  <si>
+    <t>estazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486480/en/nuctalon-estazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758678/en/nuctalon</t>
+  </si>
+  <si>
+    <t>ROHYPNOL (flunitrazépam)</t>
+  </si>
+  <si>
+    <t>07/24/2014 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984727/en/rohypnol-flunitrazepam</t>
+  </si>
+  <si>
+    <t>pprd_2984727</t>
+  </si>
+  <si>
+    <t>flunitrazépam</t>
+  </si>
+  <si>
+    <t>SERB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399283/en/rohypnol-1mg-comprime-pellicule-secable-boite-de-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486476/en/rohypnol-flunitrazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756186/en/rohypnol</t>
+  </si>
+  <si>
+    <t>NORMISON (témazépam)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984729/en/normison-temazepam</t>
+  </si>
+  <si>
+    <t>pprd_2984729</t>
+  </si>
+  <si>
+    <t>témazépam</t>
+  </si>
+  <si>
+    <t>PRIMIUS LAB LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756179/en/normison</t>
+  </si>
+  <si>
+    <t>ADASUVE (loxapine)</t>
+  </si>
+  <si>
+    <t>09/10/2014 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984753/en/adasuve-loxapine</t>
+  </si>
+  <si>
+    <t>pprd_2984753</t>
+  </si>
+  <si>
+    <t>loxapine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747982/en/adasuve</t>
+  </si>
+  <si>
+    <t>ZOLOFT (N/R/ sertraline (chlorhydrate de)/ chlorhydrate de sertraline)</t>
+  </si>
+  <si>
+    <t>03/12/2014 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984818/en/zoloft-n/r/-sertraline-chlorhydrate-de-/-chlorhydrate-de-sertraline</t>
+  </si>
+  <si>
+    <t>pprd_2984818</t>
+  </si>
+  <si>
+    <t>sertraline</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399023/en/zoloft-sertraline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399916/en/zoloft-sertraline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400841/en/zoloft-sertraline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525539/en/zoloft</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726944/en/zoloft-sertraline</t>
+  </si>
+  <si>
+    <t>STABLON (tianeptine sodique)</t>
+  </si>
+  <si>
+    <t>08/30/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984958/en/stablon-tianeptine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984958</t>
+  </si>
+  <si>
+    <t>tianeptine sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399087/en/stablon-12-5-mg-comprime-enrobe-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460225/en/stablon-tianeptine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352572/en/stablon</t>
+  </si>
+  <si>
+    <t>XEPLION (palipéridone (palmitate))</t>
+  </si>
+  <si>
+    <t>02/01/2012 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985049/en/xeplion-paliperidone-palmitate</t>
+  </si>
+  <si>
+    <t>pprd_2985049</t>
+  </si>
+  <si>
+    <t>palipéridone (palmitate)</t>
+  </si>
+  <si>
+    <t>Laboratoire JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1218117/en/xeplion</t>
+  </si>
+  <si>
+    <t>SYCREST (asénapine)</t>
+  </si>
+  <si>
+    <t>11/02/2011 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985096/en/sycrest-asenapine</t>
+  </si>
+  <si>
+    <t>pprd_2985096</t>
+  </si>
+  <si>
+    <t>asénapine</t>
+  </si>
+  <si>
+    <t>Laboratoire LUNDBECK SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1146484/en/sycrest</t>
+  </si>
+  <si>
+    <t>MEPRONIZINE (méprobamate/ acéprométazine)</t>
+  </si>
+  <si>
+    <t>04/27/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985162/en/mepronizine-meprobamate/-aceprometazine</t>
+  </si>
+  <si>
+    <t>pprd_2985162</t>
+  </si>
+  <si>
+    <t>méprobamate,acéprométazine</t>
+  </si>
+  <si>
+    <t>Laboratoire SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060141/en/mepronizine-meprobamate/-aceprometazine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060134/en/mepronizine</t>
+  </si>
+  <si>
+    <t>ADARTREL (ropinirole (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>03/09/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985185/en/adartrel-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2985185</t>
+  </si>
+  <si>
+    <t>ropinirole (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>Laboratoire GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400138/en/adartrel-ropinirole-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944549/en/adartrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050829/en/adartrel</t>
+  </si>
+  <si>
+    <t>STRATTERA (atomoxétine)</t>
+  </si>
+  <si>
+    <t>01/19/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985205/en/strattera-atomoxetine</t>
+  </si>
+  <si>
+    <t>pprd_2985205</t>
+  </si>
+  <si>
+    <t>atomoxétine</t>
+  </si>
+  <si>
+    <t>Laboratoire LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025881/en/strattera</t>
+  </si>
+  <si>
+    <t>CIRCADIN (mélatonine)</t>
+  </si>
+  <si>
+    <t>02/06/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985264/en/circadin-melatonine</t>
+  </si>
+  <si>
+    <t>pprd_2985264</t>
+  </si>
+  <si>
+    <t>mélatonine</t>
+  </si>
+  <si>
+    <t>Laboratoires Lundbeck</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_967008/en/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-adulte-melatonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_967446/en/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-enfant-melatonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_727179/en/circadin</t>
+  </si>
+  <si>
+    <t>SUBOXONE (buprénorphine (chlorhydrate de)/ naloxone (chlorhydrate de) dihydraté)</t>
+  </si>
+  <si>
+    <t>09/10/2015 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985388/en/suboxone-buprenorphine-chlorhydrate-de-/-naloxone-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985388</t>
   </si>
   <si>
     <t>buprénorphine (chlorhydrate de),naloxone (chlorhydrate de) dihydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2888484/fr/buprenorphine/naloxone-arrow-buprenorphine-chlorhydrate-de-/-naloxone-chlorhydrate-de-dihydrate</t>
-[...3337 lines deleted...]
-  <si>
     <t>RB PHARMACEUTICALS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_666452/fr/suboxone-buprenorphine-chlorhydrate-de-/-naloxone-chlorhydrate-de-dihydrate</t>
-[...788 lines deleted...]
-    <t>c_935617</t>
+    <t>https://www.has-sante.fr/jcms/c_666452/en/suboxone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030404/en/suboxone-buprenorphine/naloxone-treatment-of-opioid-dependence</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...15 lines deleted...]
-      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
         <v>18</v>
       </c>
-      <c r="H3" t="s">
-[...53 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1234</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>1235</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>1236</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>753</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>1237</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>1238</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>1239</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1234</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>1240</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>1241</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
-        <v>1242</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>1243</v>
+        <v>28</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>1244</v>
+        <v>29</v>
       </c>
       <c r="H3" t="s">
-        <v>1245</v>
-[...181 lines deleted...]
-        <v>1282</v>
+        <v>30</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
-[...1807 lines deleted...]
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>1600</v>
+        <v>32</v>
       </c>
       <c r="C2" t="s">
-        <v>1601</v>
+        <v>33</v>
       </c>
       <c r="D2" t="s">
-        <v>1602</v>
+        <v>34</v>
       </c>
       <c r="E2" t="s">
-        <v>1603</v>
+        <v>35</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>1604</v>
+        <v>36</v>
       </c>
       <c r="H2" t="s">
-        <v>1605</v>
+        <v>37</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B3" t="s">
-        <v>1606</v>
+        <v>38</v>
       </c>
       <c r="C3" t="s">
-        <v>1607</v>
+        <v>39</v>
       </c>
       <c r="D3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="E3" t="s">
-        <v>1608</v>
+        <v>41</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>1609</v>
+        <v>42</v>
       </c>
       <c r="H3" t="s">
-        <v>1610</v>
+        <v>43</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B4" t="s">
-        <v>1611</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
-        <v>1612</v>
+        <v>45</v>
       </c>
       <c r="D4" t="s">
-        <v>1602</v>
+        <v>46</v>
       </c>
       <c r="E4" t="s">
-        <v>1613</v>
+        <v>47</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>1614</v>
+        <v>48</v>
       </c>
       <c r="H4" t="s">
-        <v>1615</v>
+        <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B5" t="s">
-        <v>1616</v>
+        <v>50</v>
       </c>
       <c r="C5" t="s">
-        <v>1617</v>
+        <v>51</v>
       </c>
       <c r="D5" t="s">
-        <v>1618</v>
+        <v>52</v>
       </c>
       <c r="E5" t="s">
-        <v>1619</v>
+        <v>53</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>1620</v>
+        <v>54</v>
       </c>
       <c r="H5" t="s">
-        <v>1621</v>
+        <v>55</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B6" t="s">
-        <v>1622</v>
+        <v>56</v>
       </c>
       <c r="C6" t="s">
-        <v>1623</v>
+        <v>57</v>
       </c>
       <c r="D6" t="s">
-        <v>1624</v>
+        <v>58</v>
       </c>
       <c r="E6" t="s">
-        <v>1625</v>
+        <v>59</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>1626</v>
+        <v>60</v>
       </c>
       <c r="H6" t="s">
-        <v>1627</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B7" t="s">
-        <v>1628</v>
+        <v>62</v>
       </c>
       <c r="C7" t="s">
-        <v>1629</v>
+        <v>63</v>
       </c>
       <c r="D7" t="s">
-        <v>1630</v>
+        <v>64</v>
       </c>
       <c r="E7" t="s">
-        <v>1631</v>
+        <v>65</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>1632</v>
+        <v>66</v>
       </c>
       <c r="H7" t="s">
-        <v>1633</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B8" t="s">
-        <v>1634</v>
+        <v>68</v>
       </c>
       <c r="C8" t="s">
-        <v>1635</v>
+        <v>69</v>
       </c>
       <c r="D8" t="s">
-        <v>1636</v>
+        <v>70</v>
       </c>
       <c r="E8" t="s">
-        <v>1637</v>
+        <v>71</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>1638</v>
+        <v>72</v>
       </c>
       <c r="H8" t="s">
-        <v>1639</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B9" t="s">
-        <v>1640</v>
+        <v>74</v>
       </c>
       <c r="C9" t="s">
-        <v>1641</v>
+        <v>75</v>
       </c>
       <c r="D9" t="s">
-        <v>1642</v>
+        <v>70</v>
       </c>
       <c r="E9" t="s">
-        <v>1643</v>
+        <v>71</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>1644</v>
+        <v>76</v>
       </c>
       <c r="H9" t="s">
-        <v>1645</v>
+        <v>77</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B10" t="s">
-        <v>1646</v>
+        <v>78</v>
       </c>
       <c r="C10" t="s">
-        <v>1647</v>
+        <v>79</v>
       </c>
       <c r="D10" t="s">
-        <v>1648</v>
+        <v>80</v>
       </c>
       <c r="E10" t="s">
-        <v>1649</v>
+        <v>81</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>1650</v>
+        <v>82</v>
       </c>
       <c r="H10" t="s">
-        <v>1651</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>1652</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
-        <v>1653</v>
+        <v>85</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>86</v>
       </c>
       <c r="E11" t="s">
-        <v>1654</v>
+        <v>87</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>1655</v>
+        <v>88</v>
       </c>
       <c r="H11" t="s">
-        <v>1656</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
-        <v>1657</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
-        <v>1658</v>
+        <v>91</v>
       </c>
       <c r="D12" t="s">
-        <v>1659</v>
+        <v>92</v>
       </c>
       <c r="E12" t="s">
-        <v>1660</v>
+        <v>93</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>1661</v>
+        <v>94</v>
       </c>
       <c r="H12" t="s">
-        <v>1662</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>1663</v>
+        <v>96</v>
       </c>
       <c r="C13" t="s">
-        <v>1664</v>
+        <v>97</v>
       </c>
       <c r="D13" t="s">
-        <v>1028</v>
+        <v>98</v>
       </c>
       <c r="E13" t="s">
-        <v>1665</v>
+        <v>99</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>1666</v>
+        <v>100</v>
       </c>
       <c r="H13" t="s">
-        <v>1667</v>
+        <v>101</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B14" t="s">
-        <v>1668</v>
+        <v>102</v>
       </c>
       <c r="C14" t="s">
-        <v>1669</v>
+        <v>103</v>
       </c>
       <c r="D14" t="s">
-        <v>1670</v>
+        <v>104</v>
       </c>
       <c r="E14" t="s">
-        <v>1041</v>
+        <v>105</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>1671</v>
+        <v>106</v>
       </c>
       <c r="H14" t="s">
-        <v>1672</v>
+        <v>107</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B15" t="s">
-        <v>1673</v>
+        <v>108</v>
       </c>
       <c r="C15" t="s">
-        <v>1674</v>
+        <v>109</v>
       </c>
       <c r="D15" t="s">
-        <v>1675</v>
+        <v>110</v>
       </c>
       <c r="E15" t="s">
-        <v>1676</v>
+        <v>111</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>1677</v>
+        <v>112</v>
       </c>
       <c r="H15" t="s">
-        <v>1678</v>
+        <v>113</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B16" t="s">
-        <v>1679</v>
+        <v>114</v>
       </c>
       <c r="C16" t="s">
-        <v>1680</v>
+        <v>115</v>
       </c>
       <c r="D16" t="s">
-        <v>1681</v>
+        <v>116</v>
       </c>
       <c r="E16" t="s">
-        <v>1682</v>
+        <v>117</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>1683</v>
+        <v>118</v>
       </c>
       <c r="H16" t="s">
-        <v>1684</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1599</v>
+        <v>31</v>
       </c>
       <c r="B17" t="s">
-        <v>1685</v>
+        <v>120</v>
       </c>
       <c r="C17" t="s">
-        <v>1686</v>
+        <v>121</v>
       </c>
       <c r="D17" t="s">
-        <v>1687</v>
+        <v>122</v>
       </c>
       <c r="E17" t="s">
-        <v>1556</v>
+        <v>123</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>1688</v>
+        <v>124</v>
       </c>
       <c r="H17" t="s">
-        <v>1689</v>
-[...10569 lines deleted...]
-      <c r="H16" t="s">
         <v>125</v>
-      </c>
-[...2278 lines deleted...]
-        <v>524</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...956 lines deleted...]
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>686</v>
+        <v>126</v>
       </c>
       <c r="B2" t="s">
-        <v>25</v>
+        <v>127</v>
       </c>
       <c r="C2" t="s">
-        <v>687</v>
+        <v>128</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>688</v>
+        <v>129</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>689</v>
+        <v>130</v>
       </c>
       <c r="H2" t="s">
-        <v>690</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>691</v>
+        <v>132</v>
       </c>
       <c r="B2" t="s">
-        <v>692</v>
+        <v>133</v>
       </c>
       <c r="C2" t="s">
-        <v>693</v>
+        <v>134</v>
       </c>
       <c r="D2" t="s">
-        <v>694</v>
+        <v>135</v>
       </c>
       <c r="E2" t="s">
-        <v>695</v>
+        <v>136</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>696</v>
+        <v>137</v>
       </c>
       <c r="H2" t="s">
-        <v>697</v>
+        <v>138</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>691</v>
+        <v>132</v>
       </c>
       <c r="B3" t="s">
-        <v>698</v>
+        <v>139</v>
       </c>
       <c r="C3" t="s">
-        <v>699</v>
+        <v>140</v>
       </c>
       <c r="D3" t="s">
-        <v>700</v>
+        <v>141</v>
       </c>
       <c r="E3" t="s">
-        <v>701</v>
+        <v>142</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>702</v>
+        <v>143</v>
       </c>
       <c r="H3" t="s">
-        <v>703</v>
+        <v>144</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>691</v>
+        <v>132</v>
       </c>
       <c r="B4" t="s">
-        <v>704</v>
+        <v>145</v>
       </c>
       <c r="C4" t="s">
-        <v>705</v>
+        <v>146</v>
       </c>
       <c r="D4" t="s">
-        <v>706</v>
+        <v>147</v>
       </c>
       <c r="E4" t="s">
-        <v>707</v>
+        <v>148</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>708</v>
+        <v>149</v>
       </c>
       <c r="H4" t="s">
-        <v>709</v>
+        <v>150</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>132</v>
+      </c>
+      <c r="B5" t="s">
+        <v>151</v>
+      </c>
+      <c r="C5" t="s">
+        <v>152</v>
+      </c>
+      <c r="D5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E5" t="s">
+        <v>154</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>155</v>
+      </c>
+      <c r="H5" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>132</v>
+      </c>
+      <c r="B6" t="s">
+        <v>157</v>
+      </c>
+      <c r="C6" t="s">
+        <v>158</v>
+      </c>
+      <c r="D6" t="s">
+        <v>159</v>
+      </c>
+      <c r="E6" t="s">
+        <v>160</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>161</v>
+      </c>
+      <c r="H6" t="s">
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H92"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>710</v>
+        <v>163</v>
       </c>
       <c r="B2" t="s">
-        <v>711</v>
+        <v>164</v>
       </c>
       <c r="C2" t="s">
-        <v>712</v>
+        <v>165</v>
       </c>
       <c r="D2" t="s">
-        <v>713</v>
+        <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>714</v>
+        <v>166</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>715</v>
+        <v>167</v>
       </c>
       <c r="H2" t="s">
-        <v>716</v>
+        <v>168</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>710</v>
+        <v>163</v>
       </c>
       <c r="B3" t="s">
-        <v>717</v>
+        <v>169</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>170</v>
       </c>
       <c r="D3" t="s">
-        <v>718</v>
+        <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>719</v>
+        <v>171</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>720</v>
+        <v>172</v>
       </c>
       <c r="H3" t="s">
-        <v>721</v>
+        <v>173</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:W75"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>174</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B2" t="s">
+        <v>177</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>178</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>179</v>
+      </c>
+      <c r="H2" t="s">
+        <v>180</v>
+      </c>
+      <c r="I2" t="s">
+        <v>181</v>
+      </c>
+      <c r="J2" t="s">
+        <v>182</v>
+      </c>
+      <c r="K2" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>176</v>
+      </c>
+      <c r="B3" t="s">
+        <v>184</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>185</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>186</v>
+      </c>
+      <c r="H3" t="s">
+        <v>187</v>
+      </c>
+      <c r="I3" t="s">
+        <v>188</v>
+      </c>
+      <c r="J3" t="s">
+        <v>189</v>
+      </c>
+      <c r="K3" t="s">
+        <v>190</v>
+      </c>
+      <c r="L3" t="s">
+        <v>191</v>
+      </c>
+      <c r="M3" t="s">
+        <v>192</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B4" t="s">
-        <v>722</v>
+        <v>193</v>
       </c>
       <c r="C4" t="s">
-        <v>723</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
-        <v>724</v>
+        <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>725</v>
+        <v>194</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>726</v>
+        <v>195</v>
       </c>
       <c r="H4" t="s">
-        <v>727</v>
+        <v>196</v>
+      </c>
+      <c r="I4" t="s">
+        <v>197</v>
+      </c>
+      <c r="J4" t="s">
+        <v>198</v>
+      </c>
+      <c r="K4" t="s">
+        <v>199</v>
+      </c>
+      <c r="L4" t="s">
+        <v>200</v>
+      </c>
+      <c r="M4" t="s">
+        <v>201</v>
+      </c>
+      <c r="N4" t="s">
+        <v>202</v>
+      </c>
+      <c r="O4" t="s">
+        <v>203</v>
+      </c>
+      <c r="P4" t="s">
+        <v>204</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B5" t="s">
-        <v>728</v>
+        <v>205</v>
       </c>
       <c r="C5" t="s">
-        <v>729</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>730</v>
+        <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>731</v>
+        <v>206</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>732</v>
+        <v>207</v>
       </c>
       <c r="H5" t="s">
-        <v>733</v>
+        <v>208</v>
+      </c>
+      <c r="I5" t="s">
+        <v>209</v>
+      </c>
+      <c r="J5" t="s">
+        <v>210</v>
+      </c>
+      <c r="K5" t="s">
+        <v>211</v>
+      </c>
+      <c r="L5" t="s">
+        <v>212</v>
+      </c>
+      <c r="M5" t="s">
+        <v>213</v>
+      </c>
+      <c r="N5" t="s">
+        <v>214</v>
+      </c>
+      <c r="O5" t="s">
+        <v>215</v>
+      </c>
+      <c r="P5" t="s">
+        <v>216</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>217</v>
+      </c>
+      <c r="R5" t="s">
+        <v>218</v>
+      </c>
+      <c r="S5" t="s">
+        <v>219</v>
+      </c>
+      <c r="T5" t="s">
+        <v>220</v>
+      </c>
+      <c r="U5" t="s">
+        <v>221</v>
+      </c>
+      <c r="V5" t="s">
+        <v>222</v>
+      </c>
+      <c r="W5" t="s">
+        <v>223</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B6" t="s">
-        <v>734</v>
+        <v>224</v>
       </c>
       <c r="C6" t="s">
-        <v>735</v>
+        <v>15</v>
       </c>
       <c r="D6" t="s">
-        <v>736</v>
+        <v>15</v>
       </c>
       <c r="E6" t="s">
-        <v>737</v>
+        <v>225</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>738</v>
+        <v>226</v>
       </c>
       <c r="H6" t="s">
-        <v>739</v>
+        <v>227</v>
+      </c>
+      <c r="I6" t="s">
+        <v>228</v>
+      </c>
+      <c r="J6" t="s">
+        <v>229</v>
+      </c>
+      <c r="K6" t="s">
+        <v>230</v>
+      </c>
+      <c r="L6" t="s">
+        <v>231</v>
+      </c>
+      <c r="M6" t="s">
+        <v>231</v>
+      </c>
+      <c r="N6" t="s">
+        <v>232</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B7" t="s">
-        <v>740</v>
+        <v>233</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D7" t="s">
-        <v>741</v>
+        <v>15</v>
       </c>
       <c r="E7" t="s">
-        <v>742</v>
+        <v>234</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G7" t="s">
-        <v>743</v>
+        <v>235</v>
       </c>
       <c r="H7" t="s">
-        <v>744</v>
+        <v>236</v>
+      </c>
+      <c r="I7" t="s">
+        <v>237</v>
+      </c>
+      <c r="J7" t="s">
+        <v>238</v>
+      </c>
+      <c r="K7" t="s">
+        <v>239</v>
+      </c>
+      <c r="L7" t="s">
+        <v>240</v>
+      </c>
+      <c r="M7" t="s">
+        <v>241</v>
+      </c>
+      <c r="N7" t="s">
+        <v>242</v>
+      </c>
+      <c r="O7" t="s">
+        <v>243</v>
+      </c>
+      <c r="P7" t="s">
+        <v>244</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>245</v>
+      </c>
+      <c r="R7" t="s">
+        <v>246</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B8" t="s">
-        <v>745</v>
+        <v>247</v>
       </c>
       <c r="C8" t="s">
-        <v>746</v>
+        <v>15</v>
       </c>
       <c r="D8" t="s">
-        <v>747</v>
+        <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>748</v>
+        <v>234</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>749</v>
+        <v>248</v>
       </c>
       <c r="H8" t="s">
-        <v>750</v>
+        <v>249</v>
+      </c>
+      <c r="I8" t="s">
+        <v>250</v>
+      </c>
+      <c r="J8" t="s">
+        <v>251</v>
+      </c>
+      <c r="K8" t="s">
+        <v>252</v>
+      </c>
+      <c r="L8" t="s">
+        <v>253</v>
+      </c>
+      <c r="M8" t="s">
+        <v>254</v>
+      </c>
+      <c r="N8" t="s">
+        <v>255</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B9" t="s">
-        <v>751</v>
+        <v>256</v>
       </c>
       <c r="C9" t="s">
-        <v>752</v>
+        <v>15</v>
       </c>
       <c r="D9" t="s">
-        <v>753</v>
+        <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>754</v>
+        <v>234</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>755</v>
+        <v>257</v>
       </c>
       <c r="H9" t="s">
-        <v>756</v>
+        <v>258</v>
+      </c>
+      <c r="I9" t="s">
+        <v>259</v>
+      </c>
+      <c r="J9" t="s">
+        <v>260</v>
+      </c>
+      <c r="K9" t="s">
+        <v>261</v>
+      </c>
+      <c r="L9" t="s">
+        <v>262</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B10" t="s">
-        <v>757</v>
+        <v>263</v>
       </c>
       <c r="C10" t="s">
-        <v>758</v>
+        <v>15</v>
       </c>
       <c r="D10" t="s">
-        <v>759</v>
+        <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>760</v>
+        <v>264</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>761</v>
+        <v>265</v>
       </c>
       <c r="H10" t="s">
-        <v>762</v>
+        <v>266</v>
+      </c>
+      <c r="I10" t="s">
+        <v>250</v>
+      </c>
+      <c r="J10" t="s">
+        <v>267</v>
+      </c>
+      <c r="K10" t="s">
+        <v>268</v>
+      </c>
+      <c r="L10" t="s">
+        <v>269</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B11" t="s">
-        <v>763</v>
+        <v>270</v>
       </c>
       <c r="C11" t="s">
-        <v>764</v>
+        <v>15</v>
       </c>
       <c r="D11" t="s">
-        <v>765</v>
+        <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>766</v>
+        <v>271</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>767</v>
+        <v>272</v>
       </c>
       <c r="H11" t="s">
-        <v>768</v>
+        <v>273</v>
+      </c>
+      <c r="I11" t="s">
+        <v>274</v>
+      </c>
+      <c r="J11" t="s">
+        <v>275</v>
+      </c>
+      <c r="K11" t="s">
+        <v>276</v>
+      </c>
+      <c r="L11" t="s">
+        <v>277</v>
+      </c>
+      <c r="M11" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B12" t="s">
-        <v>769</v>
+        <v>279</v>
       </c>
       <c r="C12" t="s">
-        <v>770</v>
+        <v>15</v>
       </c>
       <c r="D12" t="s">
-        <v>765</v>
+        <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>771</v>
+        <v>280</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>772</v>
+        <v>281</v>
       </c>
       <c r="H12" t="s">
-        <v>773</v>
+        <v>282</v>
+      </c>
+      <c r="I12" t="s">
+        <v>283</v>
+      </c>
+      <c r="J12" t="s">
+        <v>284</v>
+      </c>
+      <c r="K12" t="s">
+        <v>285</v>
+      </c>
+      <c r="L12" t="s">
+        <v>286</v>
+      </c>
+      <c r="M12" t="s">
+        <v>287</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B13" t="s">
-        <v>774</v>
+        <v>288</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D13" t="s">
-        <v>775</v>
+        <v>15</v>
       </c>
       <c r="E13" t="s">
-        <v>776</v>
+        <v>289</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>777</v>
+        <v>290</v>
       </c>
       <c r="H13" t="s">
-        <v>778</v>
+        <v>291</v>
+      </c>
+      <c r="I13" t="s">
+        <v>292</v>
+      </c>
+      <c r="J13" t="s">
+        <v>229</v>
+      </c>
+      <c r="K13" t="s">
+        <v>293</v>
+      </c>
+      <c r="L13" t="s">
+        <v>294</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B14" t="s">
-        <v>779</v>
+        <v>295</v>
       </c>
       <c r="C14" t="s">
-        <v>780</v>
+        <v>15</v>
       </c>
       <c r="D14" t="s">
-        <v>781</v>
+        <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>782</v>
+        <v>296</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>783</v>
+        <v>297</v>
       </c>
       <c r="H14" t="s">
-        <v>784</v>
+        <v>298</v>
+      </c>
+      <c r="I14" t="s">
+        <v>299</v>
+      </c>
+      <c r="J14" t="s">
+        <v>300</v>
+      </c>
+      <c r="K14" t="s">
+        <v>301</v>
+      </c>
+      <c r="L14" t="s">
+        <v>302</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B15" t="s">
-        <v>785</v>
+        <v>303</v>
       </c>
       <c r="C15" t="s">
-        <v>786</v>
+        <v>15</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>787</v>
+        <v>304</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>788</v>
+        <v>305</v>
       </c>
       <c r="H15" t="s">
-        <v>789</v>
+        <v>306</v>
+      </c>
+      <c r="I15" t="s">
+        <v>307</v>
+      </c>
+      <c r="J15" t="s">
+        <v>308</v>
+      </c>
+      <c r="K15" t="s">
+        <v>309</v>
+      </c>
+      <c r="L15" t="s">
+        <v>310</v>
+      </c>
+      <c r="M15" t="s">
+        <v>311</v>
+      </c>
+      <c r="N15" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B16" t="s">
-        <v>790</v>
+        <v>313</v>
       </c>
       <c r="C16" t="s">
-        <v>791</v>
+        <v>15</v>
       </c>
       <c r="D16" t="s">
-        <v>792</v>
+        <v>15</v>
       </c>
       <c r="E16" t="s">
-        <v>793</v>
+        <v>314</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>794</v>
+        <v>315</v>
       </c>
       <c r="H16" t="s">
-        <v>795</v>
+        <v>316</v>
+      </c>
+      <c r="I16" t="s">
+        <v>307</v>
+      </c>
+      <c r="J16" t="s">
+        <v>229</v>
+      </c>
+      <c r="K16" t="s">
+        <v>317</v>
+      </c>
+      <c r="L16" t="s">
+        <v>318</v>
+      </c>
+      <c r="M16" t="s">
+        <v>319</v>
+      </c>
+      <c r="N16" t="s">
+        <v>320</v>
+      </c>
+      <c r="O16" t="s">
+        <v>321</v>
+      </c>
+      <c r="P16" t="s">
+        <v>322</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B17" t="s">
-        <v>796</v>
+        <v>323</v>
       </c>
       <c r="C17" t="s">
-        <v>797</v>
+        <v>15</v>
       </c>
       <c r="D17" t="s">
-        <v>798</v>
+        <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>799</v>
+        <v>324</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>800</v>
+        <v>325</v>
       </c>
       <c r="H17" t="s">
-        <v>801</v>
+        <v>326</v>
+      </c>
+      <c r="I17" t="s">
+        <v>327</v>
+      </c>
+      <c r="J17" t="s">
+        <v>328</v>
+      </c>
+      <c r="K17" t="s">
+        <v>329</v>
+      </c>
+      <c r="L17" t="s">
+        <v>330</v>
+      </c>
+      <c r="M17" t="s">
+        <v>331</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B18" t="s">
-        <v>802</v>
+        <v>332</v>
       </c>
       <c r="C18" t="s">
-        <v>803</v>
+        <v>15</v>
       </c>
       <c r="D18" t="s">
-        <v>804</v>
+        <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>805</v>
+        <v>333</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>806</v>
+        <v>334</v>
       </c>
       <c r="H18" t="s">
-        <v>807</v>
+        <v>335</v>
+      </c>
+      <c r="I18" t="s">
+        <v>336</v>
+      </c>
+      <c r="J18" t="s">
+        <v>337</v>
+      </c>
+      <c r="K18" t="s">
+        <v>338</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B19" t="s">
-        <v>808</v>
+        <v>339</v>
       </c>
       <c r="C19" t="s">
-        <v>809</v>
+        <v>15</v>
       </c>
       <c r="D19" t="s">
-        <v>810</v>
+        <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>811</v>
+        <v>340</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G19" t="s">
-        <v>812</v>
+        <v>341</v>
       </c>
       <c r="H19" t="s">
-        <v>813</v>
+        <v>342</v>
+      </c>
+      <c r="I19" t="s">
+        <v>343</v>
+      </c>
+      <c r="J19" t="s">
+        <v>229</v>
+      </c>
+      <c r="K19" t="s">
+        <v>344</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B20" t="s">
-        <v>814</v>
+        <v>345</v>
       </c>
       <c r="C20" t="s">
-        <v>815</v>
+        <v>15</v>
       </c>
       <c r="D20" t="s">
-        <v>816</v>
+        <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>817</v>
+        <v>346</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G20" t="s">
-        <v>818</v>
+        <v>347</v>
       </c>
       <c r="H20" t="s">
-        <v>819</v>
+        <v>348</v>
+      </c>
+      <c r="I20" t="s">
+        <v>349</v>
+      </c>
+      <c r="J20" t="s">
+        <v>350</v>
+      </c>
+      <c r="K20" t="s">
+        <v>351</v>
+      </c>
+      <c r="L20" t="s">
+        <v>352</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B21" t="s">
-        <v>820</v>
+        <v>353</v>
       </c>
       <c r="C21" t="s">
-        <v>821</v>
+        <v>15</v>
       </c>
       <c r="D21" t="s">
-        <v>822</v>
+        <v>15</v>
       </c>
       <c r="E21" t="s">
-        <v>823</v>
+        <v>354</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>824</v>
+        <v>355</v>
       </c>
       <c r="H21" t="s">
-        <v>825</v>
+        <v>356</v>
+      </c>
+      <c r="I21" t="s">
+        <v>357</v>
+      </c>
+      <c r="J21" t="s">
+        <v>358</v>
+      </c>
+      <c r="K21" t="s">
+        <v>359</v>
+      </c>
+      <c r="L21" t="s">
+        <v>360</v>
+      </c>
+      <c r="M21" t="s">
+        <v>361</v>
+      </c>
+      <c r="N21" t="s">
+        <v>362</v>
+      </c>
+      <c r="O21" t="s">
+        <v>363</v>
+      </c>
+      <c r="P21" t="s">
+        <v>364</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>365</v>
+      </c>
+      <c r="R21" t="s">
+        <v>366</v>
+      </c>
+      <c r="S21" t="s">
+        <v>367</v>
+      </c>
+      <c r="T21" t="s">
+        <v>368</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B22" t="s">
-        <v>826</v>
+        <v>369</v>
       </c>
       <c r="C22" t="s">
-        <v>827</v>
+        <v>15</v>
       </c>
       <c r="D22" t="s">
-        <v>828</v>
+        <v>15</v>
       </c>
       <c r="E22" t="s">
-        <v>829</v>
+        <v>370</v>
       </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G22" t="s">
-        <v>830</v>
+        <v>371</v>
       </c>
       <c r="H22" t="s">
-        <v>831</v>
+        <v>372</v>
+      </c>
+      <c r="I22" t="s">
+        <v>373</v>
+      </c>
+      <c r="J22" t="s">
+        <v>189</v>
+      </c>
+      <c r="K22" t="s">
+        <v>374</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B23" t="s">
-        <v>832</v>
+        <v>375</v>
       </c>
       <c r="C23" t="s">
-        <v>833</v>
+        <v>15</v>
       </c>
       <c r="D23" t="s">
-        <v>834</v>
+        <v>15</v>
       </c>
       <c r="E23" t="s">
-        <v>835</v>
+        <v>376</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>836</v>
+        <v>377</v>
       </c>
       <c r="H23" t="s">
-        <v>837</v>
+        <v>378</v>
+      </c>
+      <c r="I23" t="s">
+        <v>379</v>
+      </c>
+      <c r="J23" t="s">
+        <v>380</v>
+      </c>
+      <c r="K23" t="s">
+        <v>381</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B24" t="s">
-        <v>838</v>
+        <v>382</v>
       </c>
       <c r="C24" t="s">
-        <v>839</v>
+        <v>15</v>
       </c>
       <c r="D24" t="s">
-        <v>840</v>
+        <v>15</v>
       </c>
       <c r="E24" t="s">
-        <v>841</v>
+        <v>383</v>
       </c>
       <c r="F24" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G24" t="s">
-        <v>842</v>
+        <v>384</v>
       </c>
       <c r="H24" t="s">
-        <v>843</v>
+        <v>385</v>
+      </c>
+      <c r="I24" t="s">
+        <v>307</v>
+      </c>
+      <c r="J24" t="s">
+        <v>386</v>
+      </c>
+      <c r="K24" t="s">
+        <v>387</v>
+      </c>
+      <c r="L24" t="s">
+        <v>388</v>
+      </c>
+      <c r="M24" t="s">
+        <v>389</v>
+      </c>
+      <c r="N24" t="s">
+        <v>390</v>
+      </c>
+      <c r="O24" t="s">
+        <v>391</v>
+      </c>
+      <c r="P24" t="s">
+        <v>392</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B25" t="s">
-        <v>844</v>
+        <v>393</v>
       </c>
       <c r="C25" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="D25" t="s">
-        <v>845</v>
+        <v>15</v>
       </c>
       <c r="E25" t="s">
-        <v>846</v>
+        <v>394</v>
       </c>
       <c r="F25" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G25" t="s">
-        <v>847</v>
+        <v>395</v>
       </c>
       <c r="H25" t="s">
-        <v>848</v>
+        <v>396</v>
+      </c>
+      <c r="I25" t="s">
+        <v>397</v>
+      </c>
+      <c r="J25" t="s">
+        <v>398</v>
+      </c>
+      <c r="K25" t="s">
+        <v>399</v>
+      </c>
+      <c r="L25" t="s">
+        <v>400</v>
+      </c>
+      <c r="M25" t="s">
+        <v>401</v>
+      </c>
+      <c r="N25" t="s">
+        <v>402</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B26" t="s">
-        <v>849</v>
+        <v>403</v>
       </c>
       <c r="C26" t="s">
-        <v>850</v>
+        <v>15</v>
       </c>
       <c r="D26" t="s">
-        <v>851</v>
+        <v>15</v>
       </c>
       <c r="E26" t="s">
-        <v>852</v>
+        <v>404</v>
       </c>
       <c r="F26" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G26" t="s">
-        <v>853</v>
+        <v>405</v>
       </c>
       <c r="H26" t="s">
-        <v>854</v>
+        <v>406</v>
+      </c>
+      <c r="I26" t="s">
+        <v>407</v>
+      </c>
+      <c r="J26" t="s">
+        <v>408</v>
+      </c>
+      <c r="K26" t="s">
+        <v>409</v>
+      </c>
+      <c r="L26" t="s">
+        <v>410</v>
+      </c>
+      <c r="M26" t="s">
+        <v>411</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B27" t="s">
-        <v>855</v>
+        <v>412</v>
       </c>
       <c r="C27" t="s">
-        <v>856</v>
+        <v>15</v>
       </c>
       <c r="D27" t="s">
-        <v>857</v>
+        <v>15</v>
       </c>
       <c r="E27" t="s">
-        <v>858</v>
+        <v>413</v>
       </c>
       <c r="F27" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G27" t="s">
-        <v>859</v>
+        <v>414</v>
       </c>
       <c r="H27" t="s">
-        <v>860</v>
+        <v>415</v>
+      </c>
+      <c r="I27" t="s">
+        <v>416</v>
+      </c>
+      <c r="J27" t="s">
+        <v>417</v>
+      </c>
+      <c r="K27" t="s">
+        <v>418</v>
+      </c>
+      <c r="L27" t="s">
+        <v>419</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B28" t="s">
-        <v>861</v>
+        <v>420</v>
       </c>
       <c r="C28" t="s">
-        <v>862</v>
+        <v>15</v>
       </c>
       <c r="D28" t="s">
-        <v>863</v>
+        <v>15</v>
       </c>
       <c r="E28" t="s">
-        <v>864</v>
+        <v>421</v>
       </c>
       <c r="F28" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G28" t="s">
-        <v>865</v>
+        <v>422</v>
       </c>
       <c r="H28" t="s">
-        <v>866</v>
+        <v>423</v>
+      </c>
+      <c r="I28" t="s">
+        <v>424</v>
+      </c>
+      <c r="J28" t="s">
+        <v>425</v>
+      </c>
+      <c r="K28" t="s">
+        <v>426</v>
+      </c>
+      <c r="L28" t="s">
+        <v>427</v>
+      </c>
+      <c r="M28" t="s">
+        <v>428</v>
+      </c>
+      <c r="N28" t="s">
+        <v>429</v>
+      </c>
+      <c r="O28" t="s">
+        <v>430</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B29" t="s">
-        <v>867</v>
+        <v>431</v>
       </c>
       <c r="C29" t="s">
-        <v>868</v>
+        <v>15</v>
       </c>
       <c r="D29" t="s">
-        <v>869</v>
+        <v>15</v>
       </c>
       <c r="E29" t="s">
-        <v>870</v>
+        <v>432</v>
       </c>
       <c r="F29" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G29" t="s">
-        <v>871</v>
+        <v>433</v>
       </c>
       <c r="H29" t="s">
-        <v>872</v>
+        <v>434</v>
+      </c>
+      <c r="I29" t="s">
+        <v>307</v>
+      </c>
+      <c r="J29" t="s">
+        <v>435</v>
+      </c>
+      <c r="K29" t="s">
+        <v>436</v>
+      </c>
+      <c r="L29" t="s">
+        <v>437</v>
+      </c>
+      <c r="M29" t="s">
+        <v>438</v>
+      </c>
+      <c r="N29" t="s">
+        <v>439</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B30" t="s">
-        <v>873</v>
+        <v>440</v>
       </c>
       <c r="C30" t="s">
-        <v>874</v>
+        <v>15</v>
       </c>
       <c r="D30" t="s">
-        <v>875</v>
+        <v>15</v>
       </c>
       <c r="E30" t="s">
-        <v>876</v>
+        <v>441</v>
       </c>
       <c r="F30" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G30" t="s">
-        <v>877</v>
+        <v>442</v>
       </c>
       <c r="H30" t="s">
-        <v>878</v>
+        <v>443</v>
+      </c>
+      <c r="I30" t="s">
+        <v>444</v>
+      </c>
+      <c r="J30" t="s">
+        <v>445</v>
+      </c>
+      <c r="K30" t="s">
+        <v>446</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B31" t="s">
-        <v>879</v>
+        <v>447</v>
       </c>
       <c r="C31" t="s">
-        <v>880</v>
+        <v>15</v>
       </c>
       <c r="D31" t="s">
-        <v>881</v>
+        <v>15</v>
       </c>
       <c r="E31" t="s">
-        <v>882</v>
+        <v>448</v>
       </c>
       <c r="F31" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G31" t="s">
-        <v>883</v>
+        <v>449</v>
       </c>
       <c r="H31" t="s">
-        <v>884</v>
+        <v>450</v>
+      </c>
+      <c r="I31" t="s">
+        <v>451</v>
+      </c>
+      <c r="J31" t="s">
+        <v>452</v>
+      </c>
+      <c r="K31" t="s">
+        <v>453</v>
+      </c>
+      <c r="L31" t="s">
+        <v>454</v>
+      </c>
+      <c r="M31" t="s">
+        <v>455</v>
+      </c>
+      <c r="N31" t="s">
+        <v>456</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B32" t="s">
-        <v>885</v>
+        <v>457</v>
       </c>
       <c r="C32" t="s">
-        <v>886</v>
+        <v>15</v>
       </c>
       <c r="D32" t="s">
-        <v>887</v>
+        <v>15</v>
       </c>
       <c r="E32" t="s">
-        <v>888</v>
+        <v>458</v>
       </c>
       <c r="F32" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G32" t="s">
-        <v>889</v>
+        <v>459</v>
       </c>
       <c r="H32" t="s">
-        <v>890</v>
+        <v>460</v>
+      </c>
+      <c r="I32" t="s">
+        <v>416</v>
+      </c>
+      <c r="J32" t="s">
+        <v>461</v>
+      </c>
+      <c r="K32" t="s">
+        <v>462</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B33" t="s">
-        <v>891</v>
+        <v>463</v>
       </c>
       <c r="C33" t="s">
-        <v>892</v>
+        <v>15</v>
       </c>
       <c r="D33" t="s">
-        <v>893</v>
+        <v>15</v>
       </c>
       <c r="E33" t="s">
-        <v>894</v>
+        <v>464</v>
       </c>
       <c r="F33" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G33" t="s">
-        <v>895</v>
+        <v>465</v>
       </c>
       <c r="H33" t="s">
-        <v>896</v>
+        <v>466</v>
+      </c>
+      <c r="I33" t="s">
+        <v>467</v>
+      </c>
+      <c r="J33" t="s">
+        <v>461</v>
+      </c>
+      <c r="K33" t="s">
+        <v>468</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B34" t="s">
-        <v>897</v>
+        <v>469</v>
       </c>
       <c r="C34" t="s">
-        <v>898</v>
+        <v>15</v>
       </c>
       <c r="D34" t="s">
-        <v>899</v>
+        <v>15</v>
       </c>
       <c r="E34" t="s">
-        <v>900</v>
+        <v>470</v>
       </c>
       <c r="F34" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G34" t="s">
-        <v>901</v>
+        <v>471</v>
       </c>
       <c r="H34" t="s">
-        <v>902</v>
+        <v>472</v>
+      </c>
+      <c r="I34" t="s">
+        <v>473</v>
+      </c>
+      <c r="J34" t="s">
+        <v>474</v>
+      </c>
+      <c r="K34" t="s">
+        <v>475</v>
+      </c>
+      <c r="L34" t="s">
+        <v>476</v>
+      </c>
+      <c r="M34" t="s">
+        <v>477</v>
+      </c>
+      <c r="N34" t="s">
+        <v>478</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B35" t="s">
-        <v>903</v>
+        <v>479</v>
       </c>
       <c r="C35" t="s">
-        <v>904</v>
+        <v>15</v>
       </c>
       <c r="D35" t="s">
-        <v>905</v>
+        <v>15</v>
       </c>
       <c r="E35" t="s">
-        <v>906</v>
+        <v>480</v>
       </c>
       <c r="F35" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G35" t="s">
-        <v>907</v>
+        <v>481</v>
       </c>
       <c r="H35" t="s">
-        <v>908</v>
+        <v>482</v>
+      </c>
+      <c r="I35" t="s">
+        <v>483</v>
+      </c>
+      <c r="J35" t="s">
+        <v>484</v>
+      </c>
+      <c r="K35" t="s">
+        <v>485</v>
+      </c>
+      <c r="L35" t="s">
+        <v>486</v>
+      </c>
+      <c r="M35" t="s">
+        <v>487</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B36" t="s">
-        <v>909</v>
+        <v>488</v>
       </c>
       <c r="C36" t="s">
-        <v>910</v>
+        <v>15</v>
       </c>
       <c r="D36" t="s">
-        <v>911</v>
+        <v>15</v>
       </c>
       <c r="E36" t="s">
-        <v>911</v>
+        <v>489</v>
       </c>
       <c r="F36" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G36" t="s">
-        <v>912</v>
+        <v>490</v>
       </c>
       <c r="H36" t="s">
-        <v>913</v>
+        <v>491</v>
+      </c>
+      <c r="I36" t="s">
+        <v>492</v>
+      </c>
+      <c r="J36" t="s">
+        <v>493</v>
+      </c>
+      <c r="K36" t="s">
+        <v>494</v>
+      </c>
+      <c r="L36" t="s">
+        <v>495</v>
+      </c>
+      <c r="M36" t="s">
+        <v>496</v>
+      </c>
+      <c r="N36" t="s">
+        <v>497</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B37" t="s">
-        <v>914</v>
+        <v>498</v>
       </c>
       <c r="C37" t="s">
-        <v>915</v>
+        <v>15</v>
       </c>
       <c r="D37" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E37" t="s">
-        <v>916</v>
+        <v>480</v>
       </c>
       <c r="F37" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G37" t="s">
-        <v>917</v>
+        <v>499</v>
       </c>
       <c r="H37" t="s">
-        <v>918</v>
+        <v>500</v>
+      </c>
+      <c r="I37" t="s">
+        <v>501</v>
+      </c>
+      <c r="J37" t="s">
+        <v>502</v>
+      </c>
+      <c r="K37" t="s">
+        <v>503</v>
+      </c>
+      <c r="L37" t="s">
+        <v>504</v>
+      </c>
+      <c r="M37" t="s">
+        <v>505</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B38" t="s">
-        <v>919</v>
+        <v>506</v>
       </c>
       <c r="C38" t="s">
-        <v>920</v>
+        <v>15</v>
       </c>
       <c r="D38" t="s">
-        <v>921</v>
+        <v>15</v>
       </c>
       <c r="E38" t="s">
-        <v>922</v>
+        <v>507</v>
       </c>
       <c r="F38" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G38" t="s">
-        <v>923</v>
+        <v>508</v>
       </c>
       <c r="H38" t="s">
-        <v>924</v>
+        <v>509</v>
+      </c>
+      <c r="I38" t="s">
+        <v>510</v>
+      </c>
+      <c r="J38" t="s">
+        <v>511</v>
+      </c>
+      <c r="K38" t="s">
+        <v>512</v>
+      </c>
+      <c r="L38" t="s">
+        <v>513</v>
+      </c>
+      <c r="M38" t="s">
+        <v>514</v>
+      </c>
+      <c r="N38" t="s">
+        <v>515</v>
+      </c>
+      <c r="O38" t="s">
+        <v>516</v>
+      </c>
+      <c r="P38" t="s">
+        <v>517</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>518</v>
+      </c>
+      <c r="R38" t="s">
+        <v>519</v>
+      </c>
+      <c r="S38" t="s">
+        <v>520</v>
+      </c>
+      <c r="T38" t="s">
+        <v>521</v>
+      </c>
+      <c r="U38" t="s">
+        <v>522</v>
+      </c>
+      <c r="V38" t="s">
+        <v>523</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B39" t="s">
-        <v>925</v>
+        <v>524</v>
       </c>
       <c r="C39" t="s">
-        <v>926</v>
+        <v>15</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E39" t="s">
-        <v>927</v>
+        <v>525</v>
       </c>
       <c r="F39" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G39" t="s">
-        <v>928</v>
+        <v>526</v>
       </c>
       <c r="H39" t="s">
-        <v>929</v>
+        <v>527</v>
+      </c>
+      <c r="I39" t="s">
+        <v>528</v>
+      </c>
+      <c r="J39" t="s">
+        <v>511</v>
+      </c>
+      <c r="K39" t="s">
+        <v>529</v>
+      </c>
+      <c r="L39" t="s">
+        <v>530</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B40" t="s">
-        <v>930</v>
+        <v>531</v>
       </c>
       <c r="C40" t="s">
-        <v>931</v>
+        <v>15</v>
       </c>
       <c r="D40" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E40" t="s">
-        <v>932</v>
+        <v>532</v>
       </c>
       <c r="F40" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G40" t="s">
-        <v>933</v>
+        <v>533</v>
       </c>
       <c r="H40" t="s">
-        <v>934</v>
+        <v>534</v>
+      </c>
+      <c r="I40" t="s">
+        <v>535</v>
+      </c>
+      <c r="J40" t="s">
+        <v>461</v>
+      </c>
+      <c r="K40" t="s">
+        <v>536</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B41" t="s">
-        <v>935</v>
+        <v>537</v>
       </c>
       <c r="C41" t="s">
-        <v>936</v>
+        <v>15</v>
       </c>
       <c r="D41" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E41" t="s">
-        <v>937</v>
+        <v>538</v>
       </c>
       <c r="F41" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G41" t="s">
-        <v>938</v>
+        <v>539</v>
       </c>
       <c r="H41" t="s">
-        <v>939</v>
+        <v>540</v>
+      </c>
+      <c r="I41" t="s">
+        <v>541</v>
+      </c>
+      <c r="J41" t="s">
+        <v>542</v>
+      </c>
+      <c r="K41" t="s">
+        <v>543</v>
+      </c>
+      <c r="L41" t="s">
+        <v>544</v>
+      </c>
+      <c r="M41" t="s">
+        <v>545</v>
+      </c>
+      <c r="N41" t="s">
+        <v>546</v>
+      </c>
+      <c r="O41" t="s">
+        <v>547</v>
+      </c>
+      <c r="P41" t="s">
+        <v>548</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>549</v>
+      </c>
+      <c r="R41" t="s">
+        <v>550</v>
+      </c>
+      <c r="S41" t="s">
+        <v>551</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B42" t="s">
-        <v>940</v>
+        <v>552</v>
       </c>
       <c r="C42" t="s">
-        <v>941</v>
+        <v>15</v>
       </c>
       <c r="D42" t="s">
-        <v>942</v>
+        <v>15</v>
       </c>
       <c r="E42" t="s">
-        <v>943</v>
+        <v>538</v>
       </c>
       <c r="F42" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G42" t="s">
-        <v>944</v>
+        <v>553</v>
       </c>
       <c r="H42" t="s">
-        <v>945</v>
+        <v>554</v>
+      </c>
+      <c r="I42" t="s">
+        <v>555</v>
+      </c>
+      <c r="J42" t="s">
+        <v>408</v>
+      </c>
+      <c r="K42" t="s">
+        <v>556</v>
+      </c>
+      <c r="L42" t="s">
+        <v>557</v>
+      </c>
+      <c r="M42" t="s">
+        <v>558</v>
+      </c>
+      <c r="N42" t="s">
+        <v>559</v>
+      </c>
+      <c r="O42" t="s">
+        <v>560</v>
+      </c>
+      <c r="P42" t="s">
+        <v>561</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>562</v>
+      </c>
+      <c r="R42" t="s">
+        <v>563</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B43" t="s">
-        <v>946</v>
+        <v>564</v>
       </c>
       <c r="C43" t="s">
-        <v>947</v>
+        <v>15</v>
       </c>
       <c r="D43" t="s">
-        <v>948</v>
+        <v>15</v>
       </c>
       <c r="E43" t="s">
-        <v>949</v>
+        <v>538</v>
       </c>
       <c r="F43" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G43" t="s">
-        <v>950</v>
+        <v>565</v>
       </c>
       <c r="H43" t="s">
-        <v>951</v>
+        <v>566</v>
+      </c>
+      <c r="I43" t="s">
+        <v>567</v>
+      </c>
+      <c r="J43" t="s">
+        <v>568</v>
+      </c>
+      <c r="K43" t="s">
+        <v>569</v>
+      </c>
+      <c r="L43" t="s">
+        <v>570</v>
+      </c>
+      <c r="M43" t="s">
+        <v>571</v>
+      </c>
+      <c r="N43" t="s">
+        <v>572</v>
+      </c>
+      <c r="O43" t="s">
+        <v>573</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B44" t="s">
-        <v>952</v>
+        <v>574</v>
       </c>
       <c r="C44" t="s">
-        <v>953</v>
+        <v>15</v>
       </c>
       <c r="D44" t="s">
-        <v>954</v>
+        <v>15</v>
       </c>
       <c r="E44" t="s">
-        <v>954</v>
+        <v>575</v>
       </c>
       <c r="F44" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G44" t="s">
-        <v>955</v>
+        <v>576</v>
       </c>
       <c r="H44" t="s">
-        <v>956</v>
+        <v>577</v>
+      </c>
+      <c r="I44" t="s">
+        <v>578</v>
+      </c>
+      <c r="J44" t="s">
+        <v>511</v>
+      </c>
+      <c r="K44" t="s">
+        <v>579</v>
+      </c>
+      <c r="L44" t="s">
+        <v>580</v>
+      </c>
+      <c r="M44" t="s">
+        <v>581</v>
+      </c>
+      <c r="N44" t="s">
+        <v>582</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B45" t="s">
-        <v>957</v>
+        <v>583</v>
       </c>
       <c r="C45" t="s">
-        <v>958</v>
+        <v>15</v>
       </c>
       <c r="D45" t="s">
-        <v>959</v>
+        <v>15</v>
       </c>
       <c r="E45" t="s">
-        <v>960</v>
+        <v>584</v>
       </c>
       <c r="F45" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G45" t="s">
-        <v>961</v>
+        <v>585</v>
       </c>
       <c r="H45" t="s">
-        <v>962</v>
+        <v>586</v>
+      </c>
+      <c r="I45" t="s">
+        <v>587</v>
+      </c>
+      <c r="J45" t="s">
+        <v>198</v>
+      </c>
+      <c r="K45" t="s">
+        <v>588</v>
+      </c>
+      <c r="L45" t="s">
+        <v>589</v>
+      </c>
+      <c r="M45" t="s">
+        <v>590</v>
+      </c>
+      <c r="N45" t="s">
+        <v>591</v>
+      </c>
+      <c r="O45" t="s">
+        <v>592</v>
+      </c>
+      <c r="P45" t="s">
+        <v>593</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>594</v>
+      </c>
+      <c r="R45" t="s">
+        <v>595</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B46" t="s">
-        <v>963</v>
+        <v>596</v>
       </c>
       <c r="C46" t="s">
-        <v>964</v>
+        <v>15</v>
       </c>
       <c r="D46" t="s">
-        <v>965</v>
+        <v>15</v>
       </c>
       <c r="E46" t="s">
-        <v>966</v>
+        <v>597</v>
       </c>
       <c r="F46" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G46" t="s">
-        <v>967</v>
+        <v>598</v>
       </c>
       <c r="H46" t="s">
-        <v>968</v>
+        <v>599</v>
+      </c>
+      <c r="I46" t="s">
+        <v>600</v>
+      </c>
+      <c r="J46" t="s">
+        <v>435</v>
+      </c>
+      <c r="K46" t="s">
+        <v>601</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B47" t="s">
-        <v>969</v>
+        <v>602</v>
       </c>
       <c r="C47" t="s">
-        <v>970</v>
+        <v>15</v>
       </c>
       <c r="D47" t="s">
-        <v>971</v>
+        <v>15</v>
       </c>
       <c r="E47" t="s">
-        <v>972</v>
+        <v>603</v>
       </c>
       <c r="F47" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G47" t="s">
-        <v>973</v>
+        <v>604</v>
       </c>
       <c r="H47" t="s">
-        <v>974</v>
+        <v>605</v>
+      </c>
+      <c r="I47" t="s">
+        <v>606</v>
+      </c>
+      <c r="J47" t="s">
+        <v>607</v>
+      </c>
+      <c r="K47" t="s">
+        <v>608</v>
+      </c>
+      <c r="L47" t="s">
+        <v>609</v>
+      </c>
+      <c r="M47" t="s">
+        <v>610</v>
+      </c>
+      <c r="N47" t="s">
+        <v>611</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B48" t="s">
-        <v>975</v>
+        <v>612</v>
       </c>
       <c r="C48" t="s">
-        <v>976</v>
+        <v>15</v>
       </c>
       <c r="D48" t="s">
-        <v>971</v>
+        <v>15</v>
       </c>
       <c r="E48" t="s">
-        <v>972</v>
+        <v>613</v>
       </c>
       <c r="F48" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G48" t="s">
-        <v>977</v>
+        <v>614</v>
       </c>
       <c r="H48" t="s">
-        <v>978</v>
+        <v>615</v>
+      </c>
+      <c r="I48" t="s">
+        <v>616</v>
+      </c>
+      <c r="J48" t="s">
+        <v>502</v>
+      </c>
+      <c r="K48" t="s">
+        <v>617</v>
+      </c>
+      <c r="L48" t="s">
+        <v>618</v>
+      </c>
+      <c r="M48" t="s">
+        <v>619</v>
+      </c>
+      <c r="N48" t="s">
+        <v>620</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B49" t="s">
-        <v>979</v>
+        <v>621</v>
       </c>
       <c r="C49" t="s">
-        <v>980</v>
+        <v>15</v>
       </c>
       <c r="D49" t="s">
-        <v>981</v>
+        <v>15</v>
       </c>
       <c r="E49" t="s">
-        <v>982</v>
+        <v>622</v>
       </c>
       <c r="F49" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G49" t="s">
-        <v>983</v>
+        <v>623</v>
       </c>
       <c r="H49" t="s">
-        <v>984</v>
+        <v>624</v>
+      </c>
+      <c r="I49" t="s">
+        <v>625</v>
+      </c>
+      <c r="J49" t="s">
+        <v>502</v>
+      </c>
+      <c r="K49" t="s">
+        <v>626</v>
+      </c>
+      <c r="L49" t="s">
+        <v>627</v>
+      </c>
+      <c r="M49" t="s">
+        <v>628</v>
+      </c>
+      <c r="N49" t="s">
+        <v>629</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B50" t="s">
-        <v>985</v>
+        <v>630</v>
       </c>
       <c r="C50" t="s">
-        <v>986</v>
+        <v>15</v>
       </c>
       <c r="D50" t="s">
-        <v>987</v>
+        <v>15</v>
       </c>
       <c r="E50" t="s">
-        <v>988</v>
+        <v>631</v>
       </c>
       <c r="F50" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G50" t="s">
-        <v>989</v>
+        <v>632</v>
       </c>
       <c r="H50" t="s">
-        <v>990</v>
+        <v>633</v>
+      </c>
+      <c r="I50" t="s">
+        <v>634</v>
+      </c>
+      <c r="J50" t="s">
+        <v>635</v>
+      </c>
+      <c r="K50" t="s">
+        <v>636</v>
+      </c>
+      <c r="L50" t="s">
+        <v>637</v>
+      </c>
+      <c r="M50" t="s">
+        <v>638</v>
+      </c>
+      <c r="N50" t="s">
+        <v>639</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B51" t="s">
-        <v>991</v>
+        <v>640</v>
       </c>
       <c r="C51" t="s">
-        <v>992</v>
+        <v>15</v>
       </c>
       <c r="D51" t="s">
-        <v>993</v>
+        <v>15</v>
       </c>
       <c r="E51" t="s">
-        <v>994</v>
+        <v>641</v>
       </c>
       <c r="F51" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G51" t="s">
-        <v>995</v>
+        <v>642</v>
       </c>
       <c r="H51" t="s">
-        <v>996</v>
+        <v>643</v>
+      </c>
+      <c r="I51" t="s">
+        <v>644</v>
+      </c>
+      <c r="J51" t="s">
+        <v>645</v>
+      </c>
+      <c r="K51" t="s">
+        <v>646</v>
+      </c>
+      <c r="L51" t="s">
+        <v>647</v>
+      </c>
+      <c r="M51" t="s">
+        <v>648</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B52" t="s">
-        <v>997</v>
+        <v>649</v>
       </c>
       <c r="C52" t="s">
-        <v>998</v>
+        <v>15</v>
       </c>
       <c r="D52" t="s">
-        <v>999</v>
+        <v>15</v>
       </c>
       <c r="E52" t="s">
-        <v>1000</v>
+        <v>650</v>
       </c>
       <c r="F52" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G52" t="s">
-        <v>1001</v>
+        <v>651</v>
       </c>
       <c r="H52" t="s">
-        <v>1002</v>
+        <v>652</v>
+      </c>
+      <c r="I52" t="s">
+        <v>653</v>
+      </c>
+      <c r="J52" t="s">
+        <v>654</v>
+      </c>
+      <c r="K52" t="s">
+        <v>655</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B53" t="s">
-        <v>1003</v>
+        <v>656</v>
       </c>
       <c r="C53" t="s">
-        <v>1004</v>
+        <v>15</v>
       </c>
       <c r="D53" t="s">
-        <v>993</v>
+        <v>15</v>
       </c>
       <c r="E53" t="s">
-        <v>1005</v>
+        <v>657</v>
       </c>
       <c r="F53" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G53" t="s">
-        <v>1006</v>
+        <v>658</v>
       </c>
       <c r="H53" t="s">
-        <v>1007</v>
+        <v>659</v>
+      </c>
+      <c r="I53" t="s">
+        <v>660</v>
+      </c>
+      <c r="J53" t="s">
+        <v>502</v>
+      </c>
+      <c r="K53" t="s">
+        <v>661</v>
+      </c>
+      <c r="L53" t="s">
+        <v>662</v>
+      </c>
+      <c r="M53" t="s">
+        <v>663</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B54" t="s">
-        <v>1008</v>
+        <v>664</v>
       </c>
       <c r="C54" t="s">
-        <v>1009</v>
+        <v>15</v>
       </c>
       <c r="D54" t="s">
-        <v>1010</v>
+        <v>15</v>
       </c>
       <c r="E54" t="s">
-        <v>1011</v>
+        <v>665</v>
       </c>
       <c r="F54" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G54" t="s">
-        <v>1012</v>
+        <v>666</v>
       </c>
       <c r="H54" t="s">
-        <v>1013</v>
+        <v>667</v>
+      </c>
+      <c r="I54" t="s">
+        <v>668</v>
+      </c>
+      <c r="J54" t="s">
+        <v>425</v>
+      </c>
+      <c r="K54" t="s">
+        <v>669</v>
+      </c>
+      <c r="L54" t="s">
+        <v>670</v>
+      </c>
+      <c r="M54" t="s">
+        <v>671</v>
+      </c>
+      <c r="N54" t="s">
+        <v>672</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B55" t="s">
-        <v>1014</v>
+        <v>673</v>
       </c>
       <c r="C55" t="s">
-        <v>1015</v>
+        <v>15</v>
       </c>
       <c r="D55" t="s">
-        <v>1016</v>
+        <v>15</v>
       </c>
       <c r="E55" t="s">
-        <v>1017</v>
+        <v>674</v>
       </c>
       <c r="F55" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G55" t="s">
-        <v>1018</v>
+        <v>675</v>
       </c>
       <c r="H55" t="s">
-        <v>1019</v>
+        <v>676</v>
+      </c>
+      <c r="I55" t="s">
+        <v>677</v>
+      </c>
+      <c r="J55" t="s">
+        <v>511</v>
+      </c>
+      <c r="K55" t="s">
+        <v>678</v>
+      </c>
+      <c r="L55" t="s">
+        <v>679</v>
+      </c>
+      <c r="M55" t="s">
+        <v>680</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B56" t="s">
-        <v>1020</v>
+        <v>681</v>
       </c>
       <c r="C56" t="s">
-        <v>1021</v>
+        <v>15</v>
       </c>
       <c r="D56" t="s">
-        <v>1022</v>
+        <v>15</v>
       </c>
       <c r="E56" t="s">
-        <v>1023</v>
+        <v>674</v>
       </c>
       <c r="F56" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G56" t="s">
-        <v>1024</v>
+        <v>682</v>
       </c>
       <c r="H56" t="s">
-        <v>1025</v>
+        <v>683</v>
+      </c>
+      <c r="I56" t="s">
+        <v>336</v>
+      </c>
+      <c r="J56" t="s">
+        <v>229</v>
+      </c>
+      <c r="K56" t="s">
+        <v>684</v>
+      </c>
+      <c r="L56" t="s">
+        <v>685</v>
+      </c>
+      <c r="M56" t="s">
+        <v>686</v>
+      </c>
+      <c r="N56" t="s">
+        <v>687</v>
+      </c>
+      <c r="O56" t="s">
+        <v>688</v>
+      </c>
+      <c r="P56" t="s">
+        <v>689</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>690</v>
+      </c>
+      <c r="R56" t="s">
+        <v>691</v>
+      </c>
+      <c r="S56" t="s">
+        <v>692</v>
+      </c>
+      <c r="T56" t="s">
+        <v>693</v>
+      </c>
+      <c r="U56" t="s">
+        <v>694</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B57" t="s">
-        <v>1026</v>
+        <v>695</v>
       </c>
       <c r="C57" t="s">
-        <v>1027</v>
+        <v>15</v>
       </c>
       <c r="D57" t="s">
-        <v>1028</v>
+        <v>15</v>
       </c>
       <c r="E57" t="s">
-        <v>1029</v>
+        <v>696</v>
       </c>
       <c r="F57" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G57" t="s">
-        <v>1030</v>
+        <v>697</v>
       </c>
       <c r="H57" t="s">
-        <v>1031</v>
+        <v>698</v>
+      </c>
+      <c r="I57" t="s">
+        <v>699</v>
+      </c>
+      <c r="J57" t="s">
+        <v>700</v>
+      </c>
+      <c r="K57" t="s">
+        <v>701</v>
+      </c>
+      <c r="L57" t="s">
+        <v>702</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
+        <v>176</v>
+      </c>
+      <c r="B58" t="s">
+        <v>703</v>
+      </c>
+      <c r="C58" t="s">
+        <v>15</v>
+      </c>
+      <c r="D58" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" t="s">
+        <v>704</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>705</v>
+      </c>
+      <c r="H58" t="s">
+        <v>706</v>
+      </c>
+      <c r="I58" t="s">
+        <v>707</v>
+      </c>
+      <c r="J58" t="s">
+        <v>408</v>
+      </c>
+      <c r="K58" t="s">
+        <v>708</v>
+      </c>
+      <c r="L58" t="s">
+        <v>709</v>
+      </c>
+      <c r="M58" t="s">
         <v>710</v>
       </c>
-      <c r="B58" t="s">
-[...18 lines deleted...]
-        <v>1037</v>
+      <c r="N58" t="s">
+        <v>711</v>
+      </c>
+      <c r="O58" t="s">
+        <v>712</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B59" t="s">
-        <v>1038</v>
+        <v>713</v>
       </c>
       <c r="C59" t="s">
-        <v>1039</v>
+        <v>15</v>
       </c>
       <c r="D59" t="s">
-        <v>1040</v>
+        <v>15</v>
       </c>
       <c r="E59" t="s">
-        <v>1041</v>
+        <v>714</v>
       </c>
       <c r="F59" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G59" t="s">
-        <v>1042</v>
+        <v>715</v>
       </c>
       <c r="H59" t="s">
-        <v>1043</v>
+        <v>716</v>
+      </c>
+      <c r="I59" t="s">
+        <v>717</v>
+      </c>
+      <c r="J59" t="s">
+        <v>718</v>
+      </c>
+      <c r="K59" t="s">
+        <v>719</v>
+      </c>
+      <c r="L59" t="s">
+        <v>720</v>
+      </c>
+      <c r="M59" t="s">
+        <v>721</v>
+      </c>
+      <c r="N59" t="s">
+        <v>722</v>
+      </c>
+      <c r="O59" t="s">
+        <v>723</v>
+      </c>
+      <c r="P59" t="s">
+        <v>724</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B60" t="s">
-        <v>1044</v>
+        <v>725</v>
       </c>
       <c r="C60" t="s">
-        <v>1045</v>
+        <v>15</v>
       </c>
       <c r="D60" t="s">
-        <v>1046</v>
+        <v>15</v>
       </c>
       <c r="E60" t="s">
-        <v>1047</v>
+        <v>726</v>
       </c>
       <c r="F60" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G60" t="s">
-        <v>1048</v>
+        <v>727</v>
       </c>
       <c r="H60" t="s">
-        <v>1049</v>
+        <v>728</v>
+      </c>
+      <c r="I60" t="s">
+        <v>729</v>
+      </c>
+      <c r="J60" t="s">
+        <v>408</v>
+      </c>
+      <c r="K60" t="s">
+        <v>730</v>
+      </c>
+      <c r="L60" t="s">
+        <v>731</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B61" t="s">
-        <v>1050</v>
+        <v>732</v>
       </c>
       <c r="C61" t="s">
-        <v>1051</v>
+        <v>15</v>
       </c>
       <c r="D61" t="s">
-        <v>1052</v>
+        <v>15</v>
       </c>
       <c r="E61" t="s">
-        <v>1053</v>
+        <v>733</v>
       </c>
       <c r="F61" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G61" t="s">
-        <v>1054</v>
+        <v>734</v>
       </c>
       <c r="H61" t="s">
-        <v>1055</v>
+        <v>735</v>
+      </c>
+      <c r="I61" t="s">
+        <v>736</v>
+      </c>
+      <c r="J61" t="s">
+        <v>737</v>
+      </c>
+      <c r="K61" t="s">
+        <v>738</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B62" t="s">
-        <v>1056</v>
+        <v>739</v>
       </c>
       <c r="C62" t="s">
-        <v>1057</v>
+        <v>15</v>
       </c>
       <c r="D62" t="s">
-        <v>1058</v>
+        <v>15</v>
       </c>
       <c r="E62" t="s">
-        <v>1059</v>
+        <v>740</v>
       </c>
       <c r="F62" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G62" t="s">
-        <v>1060</v>
+        <v>741</v>
       </c>
       <c r="H62" t="s">
-        <v>1061</v>
+        <v>742</v>
+      </c>
+      <c r="I62" t="s">
+        <v>743</v>
+      </c>
+      <c r="J62" t="s">
+        <v>744</v>
+      </c>
+      <c r="K62" t="s">
+        <v>745</v>
+      </c>
+      <c r="L62" t="s">
+        <v>746</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B63" t="s">
-        <v>1062</v>
+        <v>747</v>
       </c>
       <c r="C63" t="s">
-        <v>1063</v>
+        <v>15</v>
       </c>
       <c r="D63" t="s">
-        <v>1064</v>
+        <v>15</v>
       </c>
       <c r="E63" t="s">
-        <v>1065</v>
+        <v>748</v>
       </c>
       <c r="F63" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G63" t="s">
-        <v>1066</v>
+        <v>749</v>
       </c>
       <c r="H63" t="s">
-        <v>1067</v>
+        <v>750</v>
+      </c>
+      <c r="I63" t="s">
+        <v>751</v>
+      </c>
+      <c r="J63" t="s">
+        <v>737</v>
+      </c>
+      <c r="K63" t="s">
+        <v>752</v>
+      </c>
+      <c r="L63" t="s">
+        <v>753</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B64" t="s">
-        <v>1068</v>
+        <v>754</v>
       </c>
       <c r="C64" t="s">
-        <v>1069</v>
+        <v>15</v>
       </c>
       <c r="D64" t="s">
-        <v>1070</v>
+        <v>15</v>
       </c>
       <c r="E64" t="s">
-        <v>1071</v>
+        <v>755</v>
       </c>
       <c r="F64" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G64" t="s">
-        <v>1072</v>
+        <v>756</v>
       </c>
       <c r="H64" t="s">
-        <v>1073</v>
+        <v>757</v>
+      </c>
+      <c r="I64" t="s">
+        <v>758</v>
+      </c>
+      <c r="J64" t="s">
+        <v>759</v>
+      </c>
+      <c r="K64" t="s">
+        <v>760</v>
+      </c>
+      <c r="L64" t="s">
+        <v>761</v>
+      </c>
+      <c r="M64" t="s">
+        <v>762</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B65" t="s">
-        <v>1074</v>
+        <v>763</v>
       </c>
       <c r="C65" t="s">
-        <v>1075</v>
+        <v>15</v>
       </c>
       <c r="D65" t="s">
-        <v>1076</v>
+        <v>15</v>
       </c>
       <c r="E65" t="s">
-        <v>1077</v>
+        <v>755</v>
       </c>
       <c r="F65" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G65" t="s">
-        <v>1078</v>
+        <v>764</v>
       </c>
       <c r="H65" t="s">
-        <v>1079</v>
+        <v>765</v>
+      </c>
+      <c r="I65" t="s">
+        <v>766</v>
+      </c>
+      <c r="J65" t="s">
+        <v>767</v>
+      </c>
+      <c r="K65" t="s">
+        <v>768</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B66" t="s">
-        <v>1080</v>
+        <v>769</v>
       </c>
       <c r="C66" t="s">
-        <v>1081</v>
+        <v>15</v>
       </c>
       <c r="D66" t="s">
-        <v>1082</v>
+        <v>15</v>
       </c>
       <c r="E66" t="s">
-        <v>1083</v>
+        <v>770</v>
       </c>
       <c r="F66" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G66" t="s">
-        <v>1084</v>
+        <v>771</v>
       </c>
       <c r="H66" t="s">
-        <v>1085</v>
+        <v>772</v>
+      </c>
+      <c r="I66" t="s">
+        <v>773</v>
+      </c>
+      <c r="J66" t="s">
+        <v>189</v>
+      </c>
+      <c r="K66" t="s">
+        <v>774</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B67" t="s">
-        <v>1086</v>
+        <v>775</v>
       </c>
       <c r="C67" t="s">
-        <v>1087</v>
+        <v>15</v>
       </c>
       <c r="D67" t="s">
-        <v>1088</v>
+        <v>15</v>
       </c>
       <c r="E67" t="s">
-        <v>1089</v>
+        <v>776</v>
       </c>
       <c r="F67" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G67" t="s">
-        <v>1090</v>
+        <v>777</v>
       </c>
       <c r="H67" t="s">
-        <v>1091</v>
+        <v>778</v>
+      </c>
+      <c r="I67" t="s">
+        <v>779</v>
+      </c>
+      <c r="J67" t="s">
+        <v>780</v>
+      </c>
+      <c r="K67" t="s">
+        <v>781</v>
+      </c>
+      <c r="L67" t="s">
+        <v>782</v>
+      </c>
+      <c r="M67" t="s">
+        <v>783</v>
+      </c>
+      <c r="N67" t="s">
+        <v>784</v>
+      </c>
+      <c r="O67" t="s">
+        <v>785</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B68" t="s">
-        <v>1092</v>
+        <v>786</v>
       </c>
       <c r="C68" t="s">
-        <v>1093</v>
+        <v>15</v>
       </c>
       <c r="D68" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E68" t="s">
-        <v>1094</v>
+        <v>787</v>
       </c>
       <c r="F68" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G68" t="s">
-        <v>1095</v>
+        <v>788</v>
       </c>
       <c r="H68" t="s">
-        <v>1096</v>
+        <v>789</v>
+      </c>
+      <c r="I68" t="s">
+        <v>790</v>
+      </c>
+      <c r="J68" t="s">
+        <v>700</v>
+      </c>
+      <c r="K68" t="s">
+        <v>791</v>
+      </c>
+      <c r="L68" t="s">
+        <v>792</v>
+      </c>
+      <c r="M68" t="s">
+        <v>793</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B69" t="s">
-        <v>1097</v>
+        <v>794</v>
       </c>
       <c r="C69" t="s">
-        <v>1098</v>
+        <v>15</v>
       </c>
       <c r="D69" t="s">
-        <v>1099</v>
+        <v>15</v>
       </c>
       <c r="E69" t="s">
-        <v>1100</v>
+        <v>795</v>
       </c>
       <c r="F69" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G69" t="s">
-        <v>1101</v>
+        <v>796</v>
       </c>
       <c r="H69" t="s">
-        <v>1102</v>
+        <v>797</v>
+      </c>
+      <c r="I69" t="s">
+        <v>798</v>
+      </c>
+      <c r="J69" t="s">
+        <v>799</v>
+      </c>
+      <c r="K69" t="s">
+        <v>800</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B70" t="s">
-        <v>1103</v>
+        <v>801</v>
       </c>
       <c r="C70" t="s">
-        <v>1104</v>
+        <v>15</v>
       </c>
       <c r="D70" t="s">
-        <v>1105</v>
+        <v>15</v>
       </c>
       <c r="E70" t="s">
-        <v>1106</v>
+        <v>802</v>
       </c>
       <c r="F70" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G70" t="s">
-        <v>1107</v>
+        <v>803</v>
       </c>
       <c r="H70" t="s">
-        <v>1108</v>
+        <v>804</v>
+      </c>
+      <c r="I70" t="s">
+        <v>805</v>
+      </c>
+      <c r="J70" t="s">
+        <v>806</v>
+      </c>
+      <c r="K70" t="s">
+        <v>807</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B71" t="s">
-        <v>1109</v>
+        <v>808</v>
       </c>
       <c r="C71" t="s">
-        <v>1110</v>
+        <v>15</v>
       </c>
       <c r="D71" t="s">
-        <v>1111</v>
+        <v>15</v>
       </c>
       <c r="E71" t="s">
-        <v>1112</v>
+        <v>809</v>
       </c>
       <c r="F71" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G71" t="s">
-        <v>1113</v>
+        <v>810</v>
       </c>
       <c r="H71" t="s">
-        <v>1114</v>
+        <v>811</v>
+      </c>
+      <c r="I71" t="s">
+        <v>812</v>
+      </c>
+      <c r="J71" t="s">
+        <v>813</v>
+      </c>
+      <c r="K71" t="s">
+        <v>814</v>
+      </c>
+      <c r="L71" t="s">
+        <v>815</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B72" t="s">
-        <v>1115</v>
+        <v>816</v>
       </c>
       <c r="C72" t="s">
-        <v>1116</v>
+        <v>15</v>
       </c>
       <c r="D72" t="s">
-        <v>1117</v>
+        <v>15</v>
       </c>
       <c r="E72" t="s">
-        <v>1118</v>
+        <v>817</v>
       </c>
       <c r="F72" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G72" t="s">
-        <v>1119</v>
+        <v>818</v>
       </c>
       <c r="H72" t="s">
-        <v>1120</v>
+        <v>819</v>
+      </c>
+      <c r="I72" t="s">
+        <v>820</v>
+      </c>
+      <c r="J72" t="s">
+        <v>821</v>
+      </c>
+      <c r="K72" t="s">
+        <v>822</v>
+      </c>
+      <c r="L72" t="s">
+        <v>823</v>
+      </c>
+      <c r="M72" t="s">
+        <v>824</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B73" t="s">
-        <v>1121</v>
+        <v>825</v>
       </c>
       <c r="C73" t="s">
-        <v>1122</v>
+        <v>15</v>
       </c>
       <c r="D73" t="s">
-        <v>1123</v>
+        <v>15</v>
       </c>
       <c r="E73" t="s">
-        <v>1124</v>
+        <v>826</v>
       </c>
       <c r="F73" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G73" t="s">
-        <v>1125</v>
+        <v>827</v>
       </c>
       <c r="H73" t="s">
-        <v>1126</v>
+        <v>828</v>
+      </c>
+      <c r="I73" t="s">
+        <v>829</v>
+      </c>
+      <c r="J73" t="s">
+        <v>830</v>
+      </c>
+      <c r="K73" t="s">
+        <v>831</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B74" t="s">
-        <v>1127</v>
+        <v>832</v>
       </c>
       <c r="C74" t="s">
-        <v>1128</v>
+        <v>15</v>
       </c>
       <c r="D74" t="s">
-        <v>1129</v>
+        <v>15</v>
       </c>
       <c r="E74" t="s">
-        <v>1130</v>
+        <v>833</v>
       </c>
       <c r="F74" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G74" t="s">
-        <v>1131</v>
+        <v>834</v>
       </c>
       <c r="H74" t="s">
-        <v>1132</v>
+        <v>835</v>
+      </c>
+      <c r="I74" t="s">
+        <v>836</v>
+      </c>
+      <c r="J74" t="s">
+        <v>837</v>
+      </c>
+      <c r="K74" t="s">
+        <v>838</v>
+      </c>
+      <c r="L74" t="s">
+        <v>839</v>
+      </c>
+      <c r="M74" t="s">
+        <v>840</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>710</v>
+        <v>176</v>
       </c>
       <c r="B75" t="s">
-        <v>1133</v>
+        <v>841</v>
       </c>
       <c r="C75" t="s">
-        <v>1134</v>
+        <v>15</v>
       </c>
       <c r="D75" t="s">
-        <v>1058</v>
+        <v>15</v>
       </c>
       <c r="E75" t="s">
-        <v>1135</v>
+        <v>842</v>
       </c>
       <c r="F75" t="s">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="G75" t="s">
-        <v>1136</v>
+        <v>843</v>
       </c>
       <c r="H75" t="s">
-        <v>1137</v>
-[...441 lines deleted...]
-        <v>1233</v>
+        <v>844</v>
+      </c>
+      <c r="I75" t="s">
+        <v>845</v>
+      </c>
+      <c r="J75" t="s">
+        <v>846</v>
+      </c>
+      <c r="K75" t="s">
+        <v>847</v>
+      </c>
+      <c r="L75" t="s">
+        <v>848</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>