--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -7,71 +7,71 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
-    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
     <sheet name="Export Press release" r:id="rId6" sheetId="4"/>
     <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
     <sheet name="Export Tool to improve professi" r:id="rId8" sheetId="6"/>
     <sheet name="Export Drugs" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1283" uniqueCount="849">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1293" uniqueCount="856">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -86,371 +86,389 @@
   <si>
     <t>AUTOSET CS - 29 june 2010 (2413) - Opinion</t>
   </si>
   <si>
     <t>Adaptive servo-ventilation machines</t>
   </si>
   <si>
     <t>06/29/2010 00:00:00</t>
   </si>
   <si>
     <t>07/06/2010 17:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_961937/en/autoset-cs-29-june-2010-2413-opinion</t>
   </si>
   <si>
     <t>c_961937</t>
   </si>
   <si>
     <t>RESMED SAS FRANCE</t>
   </si>
   <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Improving health and social care for people experiencing homelessness and living with mental health disorders</t>
+  </si>
+  <si>
+    <t>People living in very precarious conditions and suffering from mental health problems face many difficulties and obstacles in gaining access to the care and social services available at local and national level. The Haute Autorité de santé provides professionals in the health, social and medico-social sectors with recommendations for good practice, offering benchmarks and a common approach to improving care and support for the people concerned.</t>
+  </si>
+  <si>
+    <t>11/30/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/18/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
+  </si>
+  <si>
+    <t>p_3289276</t>
+  </si>
+  <si>
+    <t>Diagnosis and management of adults with post-intensive care syndrome (PICS) and their relatives</t>
+  </si>
+  <si>
+    <t>Objectifs Defining patients at risk for PICS Diagnose these patients Early and long-term management of PICS Improving care pathways Develop documents for the patient, their family or those close to them in order to alert them to this post-resuscitation syndrome and to support them in its treatment by referring them to healthcare professionals trained in this syndrome.</t>
+  </si>
+  <si>
+    <t>05/17/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312530/en/diagnosis-and-management-of-adults-with-post-intensive-care-syndrome-pics-and-their-relatives</t>
+  </si>
+  <si>
+    <t>p_3312530</t>
+  </si>
+  <si>
+    <t>Suicidal thoughts and behaviour in children and adolescents: prevention, detection, assessment, management</t>
+  </si>
+  <si>
+    <t>OBJECTIVE The aim of this guideline is to optimise prevention, detection, assessment, and management of children or adolescents who have attempted suicide or with suicidal ideation.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/30/2021 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288864/en/suicidal-thoughts-and-behaviour-in-children-and-adolescents-prevention-detection-assessment-management</t>
+  </si>
+  <si>
+    <t>p_3288864</t>
+  </si>
+  <si>
+    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>02/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+  </si>
+  <si>
+    <t>p_3161334</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+  </si>
+  <si>
+    <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Autism spectrum disorder: Warning signs, detection, diagnosis and assessment in children and adolescents</t>
+  </si>
+  <si>
+    <t>This Best Practice Guideline aims to optimise the pathway of the child or the adolescent with Autism spectrum disorder (ASD) and his/her family, from the identification of warning signs, to detection, diagnosis and assessment It updates the “Professional practice guidelines for the diagnosis of autism” which were developed in 2005 by the French Federation of Psychiatry (FFP) in partnership with HAS.</t>
+  </si>
+  <si>
+    <t>02/08/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468812/en/autism-spectrum-disorder-warning-signs-detection-diagnosis-and-assessment-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_468812</t>
+  </si>
+  <si>
+    <t>Child abuse: identification and action to be taken</t>
+  </si>
+  <si>
+    <t>This guidance leaflet “Child abuse: identification and action to be taken” is concerned with children who are abused as well as those at risk of being abused. This guidance leaflet follows on from work already undertaken by HAS on interpersonal violence and its impact on health. It addresses all healthcare professionals who perform clinical observations of children, with a special emphasis on the place of doctors given their decision-making role. It thus concerns: general practitioners, paediatricians, psychiatrists; doctors and nursery nurses in maternal and child protection centres (PMI); school doctors and nurses; hospital doctors and paramedical staff (especially those working in the emergency, paediatric and radiological departments); midwives; doctors and paramedical staff in services for young children, and the medico-social services.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+  </si>
+  <si>
+    <t>c_2794425</t>
+  </si>
+  <si>
+    <t>Seclusion and mechanical restraint in general psychiatry</t>
+  </si>
+  <si>
+    <t>This good practice guideline aims to determine the place of seclusion and restraint in general psychiatry. The objective is to enable Healthcare professionals who could use these last resort measures to improve and harmonize their practices, by meeting clinical, ethical, legal, and organizational requirements. The main goal is the improvement of the safety and the quality of patient care.</t>
+  </si>
+  <si>
+    <t>02/22/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/20/2017 04:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055362/en/seclusion-and-mechanical-restraint-in-general-psychiatry</t>
+  </si>
+  <si>
+    <t>c_2055362</t>
+  </si>
+  <si>
+    <t>Discontinuation of benzodiazepines and related medicinal products: procedure for the doctor providing outpatient treatment</t>
+  </si>
+  <si>
+    <t>The aim is to reduce the long-term prescription of benzodiazepines (BZD) and related medicinal products for anxiety disorders and insomnia because the benefit-risk relationship is unfavourable.</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/29/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038262/en/discontinuation-of-benzodiazepines-and-related-medicinal-products-procedure-for-the-doctor-providing-outpatient-treatment</t>
+  </si>
+  <si>
+    <t>c_2038262</t>
+  </si>
+  <si>
+    <t>Fetal alcohol spectrum disorder : identification</t>
+  </si>
+  <si>
+    <t>To help general practitioners, paediatricians, paediatric psychiatrists, psychiatrists, addiction specialists, maternal and infant protection doctors, school doctors, dentists, obstetricians and gynaecologists, midwives and childcare workers to identify and to advise : - pregnant women likely to have a drinking problem and whose child is at risk for fetal alcohol spectrum disorder ; - at-risk children likely to have experienced the effects of prenatal exposure to alcohol.</t>
+  </si>
+  <si>
+    <t>07/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+  </si>
+  <si>
+    <t>c_1636956</t>
+  </si>
+  <si>
+    <t>Pregnancy and smoking</t>
+  </si>
+  <si>
+    <t>The following six questions were put to the jury. 1. What are the epidemiological data on maternal and paternal smoking? 2. What are the consequences of smoking on pregnancy and childbirth? 3. How should women who smoke be managed? 4. What are the short-, medium- and long-term consequences of smoking during pregnancy? 5. How in utero exposure of the fetus to smoking during the perinatal period should be managed? 6. What public health measures should be proposed or validated to reduce smoking among women?</t>
+  </si>
+  <si>
+    <t>11/30/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
+  </si>
+  <si>
+    <t>c_272381</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Anorexia nervosa</t>
+  </si>
+  <si>
+    <t>These recommendations of good practice are intended to help: to identify anorexia nervosa earlier; To improve the accompaniment of the patient and his entourage: * Improve patient management and initial orientation; * Improve hospital management when necessary and post-hospital care. * Affected are pre-teens, adolescents and young adults. The priorities for improving the quality of care defined for this work are the following.</t>
+  </si>
+  <si>
+    <t>06/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>09/30/2010 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_985715/en/anorexia-nervosa</t>
+  </si>
+  <si>
+    <t>c_985715</t>
+  </si>
+  <si>
+    <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
+  </si>
+  <si>
+    <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
+  </si>
+  <si>
+    <t>12/16/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2010 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
+  </si>
+  <si>
+    <t>c_922867</t>
+  </si>
+  <si>
+    <t>Chronic daily headache (CDH) – Diagnosis, medication overuse, and management</t>
+  </si>
+  <si>
+    <t>1. What is chronic daily headache (CDH)?# 2. How to diagnose CDH?# 3. How to manage CDH?# 4. How to identify at-risk patients ?#</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272365/en/chronic-daily-headache-cdh-diagnosis-medication-overuse-and-management</t>
+  </si>
+  <si>
+    <t>c_272365</t>
+  </si>
+  <si>
     <t>Chronic disease guide</t>
   </si>
   <si>
     <t>Long-term psychiatric conditions : Severe anxiety disorders</t>
   </si>
   <si>
     <t>The aim of this guide for medical practitioners is to describe the best form of management and the clinical pathway for a patient entering the ALD [Long-term condition] scheme with ALD 23: long-term psychiatric conditions. The guide is limited to the management of patients with severe anxiety disorders.</t>
   </si>
   <si>
     <t>01/23/2025 00:00:00</t>
   </si>
   <si>
     <t>01/31/2025 14:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_556489/en/long-term-psychiatric-conditions-severe-anxiety-disorders</t>
   </si>
   <si>
     <t>c_556489</t>
   </si>
   <si>
     <t>Early-Onset Anorexia Nervosa</t>
   </si>
   <si>
     <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t>07/27/2022 13:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...283 lines deleted...]
-  <si>
     <t>Press release</t>
   </si>
   <si>
     <t>ALCOVE, a European Cooperative Project focused on Alzheimer’s Disease</t>
   </si>
   <si>
     <t>ALCOVE (ALzheimer COoperative Valuation in Europe) is a European Joint Action which was launched in April 2011. The project’s aim is to improve knowledge about dementia care and to work together to find the best options for preserving the quality of life, autonomy, and rights of individuals living with dementia and their carers. The HAS is in charge of the overall coordination of the project in conjunction with the French Alzheimer Plan and Ministry of Health. This coming April 12, all of the representatives of the countries participating in the project have been invited by the HAS to meet so that they may share their findings and assess their progress mid-project.</t>
   </si>
   <si>
     <t>04/11/2012 17:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1239488/en/alcove-a-european-cooperative-project-focused-on-alzheimer-s-disease</t>
   </si>
   <si>
     <t>c_1239488</t>
   </si>
   <si>
     <t>Health technology assessment</t>
   </si>
   <si>
     <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
   </si>
   <si>
     <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
@@ -560,50 +578,101 @@
   <si>
     <t>Focus on patient safety - " Suicide Prevention is better than death "</t>
   </si>
   <si>
     <t>France is one of the European countries the most affected by suicide. In 2016, there were 9,300 deaths by suicide in France. There are around an additional 200,000 suicide attempts per year, by which patients come into contact with the healthcare system. Suicide is the first cause of death among 25-34-year-olds and the second cause among 15-24-year-olds, after road traffic accidents.</t>
   </si>
   <si>
     <t>09/08/2022 14:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363656/en/focus-on-patient-safety-suicide-prevention-is-better-than-death</t>
   </si>
   <si>
     <t>p_3363656</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>LIKOZAM (clobazam)</t>
+  </si>
+  <si>
+    <t>12/15/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983931/en/likozam-clobazam</t>
+  </si>
+  <si>
+    <t>pprd_2983931</t>
+  </si>
+  <si>
+    <t>clobazam</t>
+  </si>
+  <si>
+    <t>ADVICENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676744/en/likozam-clobazam-benzodiazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793778/en/likozam-clobazam-epilepsie</t>
+  </si>
+  <si>
+    <t>LORAZEPAM XILMAC (lorazépam)</t>
+  </si>
+  <si>
+    <t>12/01/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457344/en/lorazepam-xilmac-lorazepam</t>
+  </si>
+  <si>
+    <t>p_3457344</t>
+  </si>
+  <si>
+    <t>lorazépam</t>
+  </si>
+  <si>
+    <t>ARROW GENERIQUES / BIOGARAN / LABORATOIRES DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457064/en/lorazepam-xilmac-lorazepam-premedication</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3750739/en/lorazepam-arrow-lorazepam-anxiete</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399333/en/lorazepam-biogaran-1-mg-comprime-secable-boite-de-50</t>
+  </si>
+  <si>
     <t>ACEMAP (penfluridol)</t>
   </si>
   <si>
     <t>06/13/2025 16:45:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609905/en/acemap-penfluridol</t>
   </si>
   <si>
     <t>p_3609905</t>
   </si>
   <si>
     <t>penfluridol</t>
   </si>
   <si>
     <t>INTSEL CHIMOS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609556/en/acemap-penfluridol-schizophrenia</t>
   </si>
   <si>
     <t>WAKIX (pitolisant)</t>
   </si>
   <si>
     <t>05/12/2025 17:15:54</t>
@@ -866,77 +935,50 @@
   <si>
     <t>09/08/2023 11:27:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984728/en/mogadon-nitrazepam</t>
   </si>
   <si>
     <t>pprd_2984728</t>
   </si>
   <si>
     <t>nitrazépam</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_944495/en/mogadon-nitrazepam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1756183/en/mogadon</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459850/en/mogadon-nitrazepam-insomnie-occasionnelle-ou-transitoire</t>
   </si>
   <si>
-    <t>LORAZEPAM XILMAC (lorazépam)</t>
-[...25 lines deleted...]
-  <si>
     <t>TREVICTA (palipéridone), antipsychotique</t>
   </si>
   <si>
     <t>07/27/2023 10:25:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983913/en/trevicta-paliperidone-antipsychotique</t>
   </si>
   <si>
     <t>pprd_2983913</t>
   </si>
   <si>
     <t>palipéridone (palmitate de)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2678886/en/trevicta-paliperidone-antipsychotic</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3452869/en/trevicta-paliperidone-palmitate-schizophrenia</t>
   </si>
   <si>
     <t>NEURACEQ (florbétabène (18F))</t>
   </si>
   <si>
     <t>04/25/2023 17:41:14</t>
@@ -1974,71 +2016,50 @@
     <t>XEROQUEL LP (quétiapine/ quétiapine (fumarate de))</t>
   </si>
   <si>
     <t>10/14/2016 10:47:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983923/en/xeroquel-lp-quetiapine/-quetiapine-fumarate-de</t>
   </si>
   <si>
     <t>pprd_2983923</t>
   </si>
   <si>
     <t>quétiapine,quétiapine (fumarate de)</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1065592/en/xeroquel-quetiapine/-quetiapine-fumarate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1241697/en/xeroquel</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2676775/en/xeroquel-lp-quetiapine/-quetiapine-fumarate-de</t>
-  </si>
-[...19 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2676744/en/likozam-clobazam-benzodiazepine</t>
   </si>
   <si>
     <t>HAVLANE (loprazolam (mésilate de) monohydraté)</t>
   </si>
   <si>
     <t>10/14/2016 10:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983940/en/havlane-loprazolam-mesilate-de-monohydrate</t>
   </si>
   <si>
     <t>pprd_2983940</t>
   </si>
   <si>
     <t>loprazolam (mésilate de) monohydraté</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_486399/en/havlane-loprazolam-mesilate-de-monohydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1756176/en/havlane</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2676702/en/havlane-loprazolam-mesilate-de-monohydrate</t>
   </si>
@@ -2702,4120 +2723,4152 @@
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>16</v>
       </c>
       <c r="H2" t="s">
         <v>17</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>19</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>27</v>
+      </c>
+      <c r="D3" t="s">
+        <v>28</v>
+      </c>
+      <c r="E3" t="s">
+        <v>29</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>30</v>
+      </c>
+      <c r="H3" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B4" t="s">
+        <v>32</v>
+      </c>
+      <c r="C4" t="s">
+        <v>33</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
+        <v>38</v>
+      </c>
+      <c r="C5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D5" t="s">
+        <v>40</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>19</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>48</v>
+      </c>
+      <c r="H6" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>19</v>
+      </c>
+      <c r="B7" t="s">
+        <v>50</v>
+      </c>
+      <c r="C7" t="s">
+        <v>51</v>
+      </c>
+      <c r="D7" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" t="s">
+        <v>53</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>54</v>
+      </c>
+      <c r="H7" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>19</v>
+      </c>
+      <c r="B8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C8" t="s">
+        <v>57</v>
+      </c>
+      <c r="D8" t="s">
+        <v>58</v>
+      </c>
+      <c r="E8" t="s">
+        <v>59</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>60</v>
+      </c>
+      <c r="H8" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>19</v>
+      </c>
+      <c r="B9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C9" t="s">
+        <v>63</v>
+      </c>
+      <c r="D9" t="s">
+        <v>64</v>
+      </c>
+      <c r="E9" t="s">
+        <v>65</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>66</v>
+      </c>
+      <c r="H9" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>19</v>
+      </c>
+      <c r="B10" t="s">
+        <v>68</v>
+      </c>
+      <c r="C10" t="s">
+        <v>69</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>70</v>
+      </c>
+      <c r="H10" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" t="s">
+        <v>72</v>
+      </c>
+      <c r="C11" t="s">
+        <v>73</v>
+      </c>
+      <c r="D11" t="s">
+        <v>74</v>
+      </c>
+      <c r="E11" t="s">
+        <v>75</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>76</v>
+      </c>
+      <c r="H11" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>19</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>79</v>
+      </c>
+      <c r="D12" t="s">
+        <v>80</v>
+      </c>
+      <c r="E12" t="s">
+        <v>81</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>82</v>
+      </c>
+      <c r="H12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>19</v>
+      </c>
+      <c r="B13" t="s">
+        <v>84</v>
+      </c>
+      <c r="C13" t="s">
+        <v>85</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>88</v>
+      </c>
+      <c r="H13" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B14" t="s">
+        <v>90</v>
+      </c>
+      <c r="C14" t="s">
+        <v>91</v>
+      </c>
+      <c r="D14" t="s">
+        <v>92</v>
+      </c>
+      <c r="E14" t="s">
+        <v>93</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>94</v>
+      </c>
+      <c r="H14" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>19</v>
+      </c>
+      <c r="B15" t="s">
+        <v>96</v>
+      </c>
+      <c r="C15" t="s">
+        <v>97</v>
+      </c>
+      <c r="D15" t="s">
+        <v>98</v>
+      </c>
+      <c r="E15" t="s">
+        <v>99</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>100</v>
+      </c>
+      <c r="H15" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>19</v>
+      </c>
+      <c r="B16" t="s">
+        <v>102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>103</v>
+      </c>
+      <c r="D16" t="s">
+        <v>104</v>
+      </c>
+      <c r="E16" t="s">
+        <v>105</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>106</v>
+      </c>
+      <c r="H16" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17" t="s">
+        <v>108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>109</v>
+      </c>
+      <c r="D17" t="s">
+        <v>110</v>
+      </c>
+      <c r="E17" t="s">
+        <v>111</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>112</v>
+      </c>
+      <c r="H17" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18" t="s">
+        <v>114</v>
+      </c>
+      <c r="C18" t="s">
+        <v>115</v>
+      </c>
+      <c r="D18" t="s">
+        <v>116</v>
+      </c>
+      <c r="E18" t="s">
+        <v>117</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>118</v>
+      </c>
+      <c r="H18" t="s">
+        <v>119</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>19</v>
+        <v>120</v>
       </c>
       <c r="B2" t="s">
-        <v>20</v>
+        <v>121</v>
       </c>
       <c r="C2" t="s">
-        <v>21</v>
+        <v>122</v>
       </c>
       <c r="D2" t="s">
-        <v>22</v>
+        <v>123</v>
       </c>
       <c r="E2" t="s">
-        <v>23</v>
+        <v>124</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>24</v>
+        <v>125</v>
       </c>
       <c r="H2" t="s">
-        <v>25</v>
+        <v>126</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>19</v>
+        <v>120</v>
       </c>
       <c r="B3" t="s">
-        <v>26</v>
+        <v>127</v>
       </c>
       <c r="C3" t="s">
-        <v>27</v>
+        <v>128</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>28</v>
+        <v>129</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>29</v>
+        <v>130</v>
       </c>
       <c r="H3" t="s">
-        <v>30</v>
-[...455 lines deleted...]
-        <v>125</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="B2" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="C2" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="H2" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B2" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="C2" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="D2" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="E2" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="H2" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B3" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="C3" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="D3" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="E3" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="H3" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B4" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="C4" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="D4" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="E4" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="H4" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B5" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="C5" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="D5" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="E5" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="H5" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="B6" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="C6" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="D6" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="E6" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="H6" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B2" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="C2" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="H2" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="B3" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="C3" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="H3" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:W75"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B2" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="H2" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="I2" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="J2" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="K2" t="s">
-        <v>183</v>
+        <v>189</v>
+      </c>
+      <c r="L2" t="s">
+        <v>190</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B3" t="s">
-        <v>184</v>
+        <v>191</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>185</v>
+        <v>192</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>186</v>
+        <v>193</v>
       </c>
       <c r="H3" t="s">
-        <v>187</v>
+        <v>194</v>
       </c>
       <c r="I3" t="s">
-        <v>188</v>
+        <v>195</v>
       </c>
       <c r="J3" t="s">
-        <v>189</v>
+        <v>196</v>
       </c>
       <c r="K3" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="L3" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="M3" t="s">
-        <v>192</v>
+        <v>199</v>
+      </c>
+      <c r="N3" t="s">
+        <v>198</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B4" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="H4" t="s">
-        <v>196</v>
+        <v>203</v>
       </c>
       <c r="I4" t="s">
-        <v>197</v>
+        <v>204</v>
       </c>
       <c r="J4" t="s">
-        <v>198</v>
+        <v>205</v>
       </c>
       <c r="K4" t="s">
-        <v>199</v>
-[...14 lines deleted...]
-        <v>204</v>
+        <v>206</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B5" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="H5" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="I5" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="J5" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="K5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="L5" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="M5" t="s">
-        <v>213</v>
-[...4 lines deleted...]
-      <c r="O5" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B6" t="s">
+        <v>216</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>217</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>218</v>
+      </c>
+      <c r="H6" t="s">
+        <v>219</v>
+      </c>
+      <c r="I6" t="s">
+        <v>220</v>
+      </c>
+      <c r="J6" t="s">
+        <v>221</v>
+      </c>
+      <c r="K6" t="s">
+        <v>222</v>
+      </c>
+      <c r="L6" t="s">
+        <v>223</v>
+      </c>
+      <c r="M6" t="s">
         <v>224</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="N6" t="s">
         <v>225</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="O6" t="s">
         <v>226</v>
       </c>
-      <c r="H6" t="s">
+      <c r="P6" t="s">
         <v>227</v>
-      </c>
-[...16 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B7" t="s">
+        <v>228</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>229</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>230</v>
+      </c>
+      <c r="H7" t="s">
+        <v>231</v>
+      </c>
+      <c r="I7" t="s">
+        <v>232</v>
+      </c>
+      <c r="J7" t="s">
         <v>233</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K7" t="s">
         <v>234</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="L7" t="s">
         <v>235</v>
       </c>
-      <c r="H7" t="s">
+      <c r="M7" t="s">
         <v>236</v>
       </c>
-      <c r="I7" t="s">
+      <c r="N7" t="s">
         <v>237</v>
       </c>
-      <c r="J7" t="s">
+      <c r="O7" t="s">
         <v>238</v>
       </c>
-      <c r="K7" t="s">
+      <c r="P7" t="s">
         <v>239</v>
       </c>
-      <c r="L7" t="s">
+      <c r="Q7" t="s">
         <v>240</v>
       </c>
-      <c r="M7" t="s">
+      <c r="R7" t="s">
         <v>241</v>
       </c>
-      <c r="N7" t="s">
+      <c r="S7" t="s">
         <v>242</v>
       </c>
-      <c r="O7" t="s">
+      <c r="T7" t="s">
         <v>243</v>
       </c>
-      <c r="P7" t="s">
+      <c r="U7" t="s">
         <v>244</v>
       </c>
-      <c r="Q7" t="s">
+      <c r="V7" t="s">
         <v>245</v>
       </c>
-      <c r="R7" t="s">
+      <c r="W7" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B8" t="s">
         <v>247</v>
       </c>
       <c r="C8" t="s">
         <v>15</v>
       </c>
       <c r="D8" t="s">
         <v>15</v>
       </c>
       <c r="E8" t="s">
-        <v>234</v>
+        <v>248</v>
       </c>
       <c r="F8" t="s">
         <v>15</v>
       </c>
       <c r="G8" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="H8" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="I8" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="J8" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="K8" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="L8" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="M8" t="s">
         <v>254</v>
       </c>
       <c r="N8" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B9" t="s">
         <v>256</v>
       </c>
       <c r="C9" t="s">
         <v>15</v>
       </c>
       <c r="D9" t="s">
         <v>15</v>
       </c>
       <c r="E9" t="s">
-        <v>234</v>
+        <v>257</v>
       </c>
       <c r="F9" t="s">
         <v>15</v>
       </c>
       <c r="G9" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="H9" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="I9" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J9" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="K9" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L9" t="s">
-        <v>262</v>
+        <v>263</v>
+      </c>
+      <c r="M9" t="s">
+        <v>264</v>
+      </c>
+      <c r="N9" t="s">
+        <v>265</v>
+      </c>
+      <c r="O9" t="s">
+        <v>266</v>
+      </c>
+      <c r="P9" t="s">
+        <v>267</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>268</v>
+      </c>
+      <c r="R9" t="s">
+        <v>269</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B10" t="s">
-        <v>263</v>
+        <v>270</v>
       </c>
       <c r="C10" t="s">
         <v>15</v>
       </c>
       <c r="D10" t="s">
         <v>15</v>
       </c>
       <c r="E10" t="s">
-        <v>264</v>
+        <v>257</v>
       </c>
       <c r="F10" t="s">
         <v>15</v>
       </c>
       <c r="G10" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="H10" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="I10" t="s">
-        <v>250</v>
+        <v>273</v>
       </c>
       <c r="J10" t="s">
-        <v>267</v>
+        <v>274</v>
       </c>
       <c r="K10" t="s">
-        <v>268</v>
+        <v>275</v>
       </c>
       <c r="L10" t="s">
-        <v>269</v>
+        <v>276</v>
+      </c>
+      <c r="M10" t="s">
+        <v>277</v>
+      </c>
+      <c r="N10" t="s">
+        <v>278</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B11" t="s">
-        <v>270</v>
+        <v>279</v>
       </c>
       <c r="C11" t="s">
         <v>15</v>
       </c>
       <c r="D11" t="s">
         <v>15</v>
       </c>
       <c r="E11" t="s">
-        <v>271</v>
+        <v>257</v>
       </c>
       <c r="F11" t="s">
         <v>15</v>
       </c>
       <c r="G11" t="s">
-        <v>272</v>
+        <v>280</v>
       </c>
       <c r="H11" t="s">
-        <v>273</v>
+        <v>281</v>
       </c>
       <c r="I11" t="s">
-        <v>274</v>
+        <v>282</v>
       </c>
       <c r="J11" t="s">
-        <v>275</v>
+        <v>283</v>
       </c>
       <c r="K11" t="s">
-        <v>276</v>
+        <v>284</v>
       </c>
       <c r="L11" t="s">
-        <v>277</v>
-[...2 lines deleted...]
-        <v>278</v>
+        <v>285</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B12" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="C12" t="s">
         <v>15</v>
       </c>
       <c r="D12" t="s">
         <v>15</v>
       </c>
       <c r="E12" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="F12" t="s">
         <v>15</v>
       </c>
       <c r="G12" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="H12" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="I12" t="s">
-        <v>283</v>
+        <v>273</v>
       </c>
       <c r="J12" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="K12" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="L12" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>287</v>
+        <v>292</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B13" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C13" t="s">
         <v>15</v>
       </c>
       <c r="D13" t="s">
         <v>15</v>
       </c>
       <c r="E13" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="F13" t="s">
         <v>15</v>
       </c>
       <c r="G13" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="H13" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="I13" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="J13" t="s">
-        <v>229</v>
+        <v>298</v>
       </c>
       <c r="K13" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="L13" t="s">
-        <v>294</v>
+        <v>300</v>
+      </c>
+      <c r="M13" t="s">
+        <v>301</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B14" t="s">
-        <v>295</v>
+        <v>302</v>
       </c>
       <c r="C14" t="s">
         <v>15</v>
       </c>
       <c r="D14" t="s">
         <v>15</v>
       </c>
       <c r="E14" t="s">
-        <v>296</v>
+        <v>303</v>
       </c>
       <c r="F14" t="s">
         <v>15</v>
       </c>
       <c r="G14" t="s">
-        <v>297</v>
+        <v>304</v>
       </c>
       <c r="H14" t="s">
-        <v>298</v>
+        <v>305</v>
       </c>
       <c r="I14" t="s">
-        <v>299</v>
+        <v>306</v>
       </c>
       <c r="J14" t="s">
-        <v>300</v>
+        <v>252</v>
       </c>
       <c r="K14" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="L14" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B15" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="C15" t="s">
         <v>15</v>
       </c>
       <c r="D15" t="s">
         <v>15</v>
       </c>
       <c r="E15" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="F15" t="s">
         <v>15</v>
       </c>
       <c r="G15" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="H15" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="I15" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="J15" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="K15" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="L15" t="s">
-        <v>310</v>
-[...5 lines deleted...]
-        <v>312</v>
+        <v>316</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B16" t="s">
-        <v>313</v>
+        <v>317</v>
       </c>
       <c r="C16" t="s">
         <v>15</v>
       </c>
       <c r="D16" t="s">
         <v>15</v>
       </c>
       <c r="E16" t="s">
-        <v>314</v>
+        <v>318</v>
       </c>
       <c r="F16" t="s">
         <v>15</v>
       </c>
       <c r="G16" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="H16" t="s">
-        <v>316</v>
+        <v>320</v>
       </c>
       <c r="I16" t="s">
-        <v>307</v>
+        <v>321</v>
       </c>
       <c r="J16" t="s">
-        <v>229</v>
+        <v>322</v>
       </c>
       <c r="K16" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="L16" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="M16" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="N16" t="s">
-        <v>320</v>
-[...5 lines deleted...]
-        <v>322</v>
+        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B17" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="C17" t="s">
         <v>15</v>
       </c>
       <c r="D17" t="s">
         <v>15</v>
       </c>
       <c r="E17" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="F17" t="s">
         <v>15</v>
       </c>
       <c r="G17" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="H17" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="I17" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="J17" t="s">
-        <v>328</v>
+        <v>252</v>
       </c>
       <c r="K17" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="L17" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="M17" t="s">
-        <v>331</v>
+        <v>333</v>
+      </c>
+      <c r="N17" t="s">
+        <v>334</v>
+      </c>
+      <c r="O17" t="s">
+        <v>335</v>
+      </c>
+      <c r="P17" t="s">
+        <v>336</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B18" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C18" t="s">
         <v>15</v>
       </c>
       <c r="D18" t="s">
         <v>15</v>
       </c>
       <c r="E18" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="F18" t="s">
         <v>15</v>
       </c>
       <c r="G18" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="H18" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="I18" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="J18" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="K18" t="s">
-        <v>338</v>
+        <v>343</v>
+      </c>
+      <c r="L18" t="s">
+        <v>344</v>
+      </c>
+      <c r="M18" t="s">
+        <v>345</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B19" t="s">
-        <v>339</v>
+        <v>346</v>
       </c>
       <c r="C19" t="s">
         <v>15</v>
       </c>
       <c r="D19" t="s">
         <v>15</v>
       </c>
       <c r="E19" t="s">
-        <v>340</v>
+        <v>347</v>
       </c>
       <c r="F19" t="s">
         <v>15</v>
       </c>
       <c r="G19" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="H19" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="I19" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="J19" t="s">
-        <v>229</v>
+        <v>351</v>
       </c>
       <c r="K19" t="s">
-        <v>344</v>
+        <v>352</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B20" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="C20" t="s">
         <v>15</v>
       </c>
       <c r="D20" t="s">
         <v>15</v>
       </c>
       <c r="E20" t="s">
-        <v>346</v>
+        <v>354</v>
       </c>
       <c r="F20" t="s">
         <v>15</v>
       </c>
       <c r="G20" t="s">
-        <v>347</v>
+        <v>355</v>
       </c>
       <c r="H20" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="I20" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="J20" t="s">
-        <v>350</v>
+        <v>252</v>
       </c>
       <c r="K20" t="s">
-        <v>351</v>
-[...2 lines deleted...]
-        <v>352</v>
+        <v>358</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B21" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="C21" t="s">
         <v>15</v>
       </c>
       <c r="D21" t="s">
         <v>15</v>
       </c>
       <c r="E21" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="F21" t="s">
         <v>15</v>
       </c>
       <c r="G21" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="H21" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="I21" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="J21" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="K21" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="L21" t="s">
-        <v>360</v>
-[...16 lines deleted...]
-      <c r="R21" t="s">
         <v>366</v>
-      </c>
-[...4 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B22" t="s">
+        <v>367</v>
+      </c>
+      <c r="C22" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" t="s">
+        <v>368</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
         <v>369</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="H22" t="s">
         <v>370</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="I22" t="s">
         <v>371</v>
       </c>
-      <c r="H22" t="s">
+      <c r="J22" t="s">
         <v>372</v>
       </c>
-      <c r="I22" t="s">
+      <c r="K22" t="s">
         <v>373</v>
       </c>
-      <c r="J22" t="s">
-[...2 lines deleted...]
-      <c r="K22" t="s">
+      <c r="L22" t="s">
         <v>374</v>
+      </c>
+      <c r="M22" t="s">
+        <v>375</v>
+      </c>
+      <c r="N22" t="s">
+        <v>376</v>
+      </c>
+      <c r="O22" t="s">
+        <v>377</v>
+      </c>
+      <c r="P22" t="s">
+        <v>378</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>379</v>
+      </c>
+      <c r="R22" t="s">
+        <v>380</v>
+      </c>
+      <c r="S22" t="s">
+        <v>381</v>
+      </c>
+      <c r="T22" t="s">
+        <v>382</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B23" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="C23" t="s">
         <v>15</v>
       </c>
       <c r="D23" t="s">
         <v>15</v>
       </c>
       <c r="E23" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="F23" t="s">
         <v>15</v>
       </c>
       <c r="G23" t="s">
-        <v>377</v>
+        <v>385</v>
       </c>
       <c r="H23" t="s">
-        <v>378</v>
+        <v>386</v>
       </c>
       <c r="I23" t="s">
-        <v>379</v>
+        <v>387</v>
       </c>
       <c r="J23" t="s">
-        <v>380</v>
+        <v>212</v>
       </c>
       <c r="K23" t="s">
-        <v>381</v>
+        <v>388</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B24" t="s">
-        <v>382</v>
+        <v>389</v>
       </c>
       <c r="C24" t="s">
         <v>15</v>
       </c>
       <c r="D24" t="s">
         <v>15</v>
       </c>
       <c r="E24" t="s">
-        <v>383</v>
+        <v>390</v>
       </c>
       <c r="F24" t="s">
         <v>15</v>
       </c>
       <c r="G24" t="s">
-        <v>384</v>
+        <v>391</v>
       </c>
       <c r="H24" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="I24" t="s">
-        <v>307</v>
+        <v>393</v>
       </c>
       <c r="J24" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="K24" t="s">
-        <v>387</v>
-[...14 lines deleted...]
-        <v>392</v>
+        <v>395</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B25" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="C25" t="s">
         <v>15</v>
       </c>
       <c r="D25" t="s">
         <v>15</v>
       </c>
       <c r="E25" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="F25" t="s">
         <v>15</v>
       </c>
       <c r="G25" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="H25" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="I25" t="s">
-        <v>397</v>
+        <v>321</v>
       </c>
       <c r="J25" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="K25" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="L25" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="M25" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="N25" t="s">
-        <v>402</v>
+        <v>404</v>
+      </c>
+      <c r="O25" t="s">
+        <v>405</v>
+      </c>
+      <c r="P25" t="s">
+        <v>406</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B26" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="C26" t="s">
         <v>15</v>
       </c>
       <c r="D26" t="s">
         <v>15</v>
       </c>
       <c r="E26" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
       <c r="F26" t="s">
         <v>15</v>
       </c>
       <c r="G26" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="H26" t="s">
-        <v>406</v>
+        <v>410</v>
       </c>
       <c r="I26" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="J26" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="K26" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="L26" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="M26" t="s">
-        <v>411</v>
+        <v>415</v>
+      </c>
+      <c r="N26" t="s">
+        <v>416</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B27" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="C27" t="s">
         <v>15</v>
       </c>
       <c r="D27" t="s">
         <v>15</v>
       </c>
       <c r="E27" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="F27" t="s">
         <v>15</v>
       </c>
       <c r="G27" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="H27" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="I27" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="J27" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="K27" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="L27" t="s">
-        <v>419</v>
+        <v>424</v>
+      </c>
+      <c r="M27" t="s">
+        <v>425</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B28" t="s">
-        <v>420</v>
+        <v>426</v>
       </c>
       <c r="C28" t="s">
         <v>15</v>
       </c>
       <c r="D28" t="s">
         <v>15</v>
       </c>
       <c r="E28" t="s">
-        <v>421</v>
+        <v>427</v>
       </c>
       <c r="F28" t="s">
         <v>15</v>
       </c>
       <c r="G28" t="s">
-        <v>422</v>
+        <v>428</v>
       </c>
       <c r="H28" t="s">
-        <v>423</v>
+        <v>429</v>
       </c>
       <c r="I28" t="s">
-        <v>424</v>
+        <v>430</v>
       </c>
       <c r="J28" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="K28" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
       <c r="L28" t="s">
-        <v>427</v>
-[...8 lines deleted...]
-        <v>430</v>
+        <v>433</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B29" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="C29" t="s">
         <v>15</v>
       </c>
       <c r="D29" t="s">
         <v>15</v>
       </c>
       <c r="E29" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="F29" t="s">
         <v>15</v>
       </c>
       <c r="G29" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="H29" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="I29" t="s">
-        <v>307</v>
+        <v>438</v>
       </c>
       <c r="J29" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="K29" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="L29" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="M29" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="N29" t="s">
-        <v>439</v>
+        <v>443</v>
+      </c>
+      <c r="O29" t="s">
+        <v>444</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B30" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="C30" t="s">
         <v>15</v>
       </c>
       <c r="D30" t="s">
         <v>15</v>
       </c>
       <c r="E30" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="F30" t="s">
         <v>15</v>
       </c>
       <c r="G30" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="H30" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="I30" t="s">
-        <v>444</v>
+        <v>321</v>
       </c>
       <c r="J30" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="K30" t="s">
-        <v>446</v>
+        <v>450</v>
+      </c>
+      <c r="L30" t="s">
+        <v>451</v>
+      </c>
+      <c r="M30" t="s">
+        <v>452</v>
+      </c>
+      <c r="N30" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B31" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="C31" t="s">
         <v>15</v>
       </c>
       <c r="D31" t="s">
         <v>15</v>
       </c>
       <c r="E31" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="F31" t="s">
         <v>15</v>
       </c>
       <c r="G31" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="H31" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="I31" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="J31" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="K31" t="s">
-        <v>453</v>
-[...8 lines deleted...]
-        <v>456</v>
+        <v>460</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B32" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C32" t="s">
         <v>15</v>
       </c>
       <c r="D32" t="s">
         <v>15</v>
       </c>
       <c r="E32" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="F32" t="s">
         <v>15</v>
       </c>
       <c r="G32" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="H32" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="I32" t="s">
-        <v>416</v>
+        <v>465</v>
       </c>
       <c r="J32" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="K32" t="s">
-        <v>462</v>
+        <v>467</v>
+      </c>
+      <c r="L32" t="s">
+        <v>468</v>
+      </c>
+      <c r="M32" t="s">
+        <v>469</v>
+      </c>
+      <c r="N32" t="s">
+        <v>470</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B33" t="s">
-        <v>463</v>
+        <v>471</v>
       </c>
       <c r="C33" t="s">
         <v>15</v>
       </c>
       <c r="D33" t="s">
         <v>15</v>
       </c>
       <c r="E33" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="F33" t="s">
         <v>15</v>
       </c>
       <c r="G33" t="s">
-        <v>465</v>
+        <v>473</v>
       </c>
       <c r="H33" t="s">
-        <v>466</v>
+        <v>474</v>
       </c>
       <c r="I33" t="s">
-        <v>467</v>
+        <v>430</v>
       </c>
       <c r="J33" t="s">
-        <v>461</v>
+        <v>475</v>
       </c>
       <c r="K33" t="s">
-        <v>468</v>
+        <v>476</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B34" t="s">
-        <v>469</v>
+        <v>477</v>
       </c>
       <c r="C34" t="s">
         <v>15</v>
       </c>
       <c r="D34" t="s">
         <v>15</v>
       </c>
       <c r="E34" t="s">
-        <v>470</v>
+        <v>478</v>
       </c>
       <c r="F34" t="s">
         <v>15</v>
       </c>
       <c r="G34" t="s">
-        <v>471</v>
+        <v>479</v>
       </c>
       <c r="H34" t="s">
-        <v>472</v>
+        <v>480</v>
       </c>
       <c r="I34" t="s">
-        <v>473</v>
+        <v>481</v>
       </c>
       <c r="J34" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="K34" t="s">
-        <v>475</v>
-[...8 lines deleted...]
-        <v>478</v>
+        <v>482</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B35" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="C35" t="s">
         <v>15</v>
       </c>
       <c r="D35" t="s">
         <v>15</v>
       </c>
       <c r="E35" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="F35" t="s">
         <v>15</v>
       </c>
       <c r="G35" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="H35" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="I35" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="J35" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="K35" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="L35" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="M35" t="s">
-        <v>487</v>
+        <v>491</v>
+      </c>
+      <c r="N35" t="s">
+        <v>492</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B36" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="C36" t="s">
         <v>15</v>
       </c>
       <c r="D36" t="s">
         <v>15</v>
       </c>
       <c r="E36" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="F36" t="s">
         <v>15</v>
       </c>
       <c r="G36" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="H36" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="I36" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="J36" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="K36" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="L36" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="M36" t="s">
-        <v>496</v>
-[...2 lines deleted...]
-        <v>497</v>
+        <v>501</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B37" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="C37" t="s">
         <v>15</v>
       </c>
       <c r="D37" t="s">
         <v>15</v>
       </c>
       <c r="E37" t="s">
-        <v>480</v>
+        <v>503</v>
       </c>
       <c r="F37" t="s">
         <v>15</v>
       </c>
       <c r="G37" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="H37" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="I37" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="J37" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="K37" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="L37" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="M37" t="s">
-        <v>505</v>
+        <v>510</v>
+      </c>
+      <c r="N37" t="s">
+        <v>511</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B38" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="C38" t="s">
         <v>15</v>
       </c>
       <c r="D38" t="s">
         <v>15</v>
       </c>
       <c r="E38" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="F38" t="s">
         <v>15</v>
       </c>
       <c r="G38" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="H38" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="I38" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="J38" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="K38" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="L38" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="M38" t="s">
-        <v>514</v>
-[...13 lines deleted...]
-      <c r="R38" t="s">
         <v>519</v>
-      </c>
-[...10 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B39" t="s">
+        <v>520</v>
+      </c>
+      <c r="C39" t="s">
+        <v>15</v>
+      </c>
+      <c r="D39" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" t="s">
+        <v>521</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>522</v>
+      </c>
+      <c r="H39" t="s">
+        <v>523</v>
+      </c>
+      <c r="I39" t="s">
         <v>524</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="J39" t="s">
         <v>525</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="K39" t="s">
         <v>526</v>
       </c>
-      <c r="H39" t="s">
+      <c r="L39" t="s">
         <v>527</v>
       </c>
-      <c r="I39" t="s">
+      <c r="M39" t="s">
         <v>528</v>
       </c>
-      <c r="J39" t="s">
-[...2 lines deleted...]
-      <c r="K39" t="s">
+      <c r="N39" t="s">
         <v>529</v>
       </c>
-      <c r="L39" t="s">
+      <c r="O39" t="s">
         <v>530</v>
+      </c>
+      <c r="P39" t="s">
+        <v>531</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>532</v>
+      </c>
+      <c r="R39" t="s">
+        <v>533</v>
+      </c>
+      <c r="S39" t="s">
+        <v>534</v>
+      </c>
+      <c r="T39" t="s">
+        <v>535</v>
+      </c>
+      <c r="U39" t="s">
+        <v>536</v>
+      </c>
+      <c r="V39" t="s">
+        <v>537</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B40" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="C40" t="s">
         <v>15</v>
       </c>
       <c r="D40" t="s">
         <v>15</v>
       </c>
       <c r="E40" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="F40" t="s">
         <v>15</v>
       </c>
       <c r="G40" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="H40" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="I40" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="J40" t="s">
-        <v>461</v>
+        <v>525</v>
       </c>
       <c r="K40" t="s">
-        <v>536</v>
+        <v>543</v>
+      </c>
+      <c r="L40" t="s">
+        <v>544</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B41" t="s">
-        <v>537</v>
+        <v>545</v>
       </c>
       <c r="C41" t="s">
         <v>15</v>
       </c>
       <c r="D41" t="s">
         <v>15</v>
       </c>
       <c r="E41" t="s">
-        <v>538</v>
+        <v>546</v>
       </c>
       <c r="F41" t="s">
         <v>15</v>
       </c>
       <c r="G41" t="s">
-        <v>539</v>
+        <v>547</v>
       </c>
       <c r="H41" t="s">
-        <v>540</v>
+        <v>548</v>
       </c>
       <c r="I41" t="s">
-        <v>541</v>
+        <v>549</v>
       </c>
       <c r="J41" t="s">
-        <v>542</v>
+        <v>475</v>
       </c>
       <c r="K41" t="s">
-        <v>543</v>
-[...19 lines deleted...]
-      <c r="R41" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B42" t="s">
+        <v>551</v>
+      </c>
+      <c r="C42" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" t="s">
         <v>552</v>
-      </c>
-[...7 lines deleted...]
-        <v>538</v>
       </c>
       <c r="F42" t="s">
         <v>15</v>
       </c>
       <c r="G42" t="s">
         <v>553</v>
       </c>
       <c r="H42" t="s">
         <v>554</v>
       </c>
       <c r="I42" t="s">
         <v>555</v>
       </c>
       <c r="J42" t="s">
-        <v>408</v>
+        <v>556</v>
       </c>
       <c r="K42" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="L42" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="M42" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="N42" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="O42" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="P42" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="Q42" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="R42" t="s">
-        <v>563</v>
+        <v>564</v>
+      </c>
+      <c r="S42" t="s">
+        <v>565</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B43" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="C43" t="s">
         <v>15</v>
       </c>
       <c r="D43" t="s">
         <v>15</v>
       </c>
       <c r="E43" t="s">
-        <v>538</v>
+        <v>552</v>
       </c>
       <c r="F43" t="s">
         <v>15</v>
       </c>
       <c r="G43" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="H43" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
       <c r="I43" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="J43" t="s">
-        <v>568</v>
+        <v>422</v>
       </c>
       <c r="K43" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="L43" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="M43" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="N43" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="O43" t="s">
-        <v>573</v>
+        <v>574</v>
+      </c>
+      <c r="P43" t="s">
+        <v>575</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>576</v>
+      </c>
+      <c r="R43" t="s">
+        <v>577</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B44" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="C44" t="s">
         <v>15</v>
       </c>
       <c r="D44" t="s">
         <v>15</v>
       </c>
       <c r="E44" t="s">
-        <v>575</v>
+        <v>552</v>
       </c>
       <c r="F44" t="s">
         <v>15</v>
       </c>
       <c r="G44" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="H44" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="I44" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="J44" t="s">
-        <v>511</v>
+        <v>582</v>
       </c>
       <c r="K44" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="L44" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="M44" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="N44" t="s">
-        <v>582</v>
+        <v>586</v>
+      </c>
+      <c r="O44" t="s">
+        <v>587</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B45" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="C45" t="s">
         <v>15</v>
       </c>
       <c r="D45" t="s">
         <v>15</v>
       </c>
       <c r="E45" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="F45" t="s">
         <v>15</v>
       </c>
       <c r="G45" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="H45" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="I45" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="J45" t="s">
-        <v>198</v>
+        <v>525</v>
       </c>
       <c r="K45" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="L45" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="M45" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="N45" t="s">
-        <v>591</v>
-[...11 lines deleted...]
-        <v>595</v>
+        <v>596</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B46" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C46" t="s">
         <v>15</v>
       </c>
       <c r="D46" t="s">
         <v>15</v>
       </c>
       <c r="E46" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="F46" t="s">
         <v>15</v>
       </c>
       <c r="G46" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="H46" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="I46" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="J46" t="s">
-        <v>435</v>
+        <v>221</v>
       </c>
       <c r="K46" t="s">
-        <v>601</v>
+        <v>602</v>
+      </c>
+      <c r="L46" t="s">
+        <v>603</v>
+      </c>
+      <c r="M46" t="s">
+        <v>604</v>
+      </c>
+      <c r="N46" t="s">
+        <v>605</v>
+      </c>
+      <c r="O46" t="s">
+        <v>606</v>
+      </c>
+      <c r="P46" t="s">
+        <v>607</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>608</v>
+      </c>
+      <c r="R46" t="s">
+        <v>609</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B47" t="s">
-        <v>602</v>
+        <v>610</v>
       </c>
       <c r="C47" t="s">
         <v>15</v>
       </c>
       <c r="D47" t="s">
         <v>15</v>
       </c>
       <c r="E47" t="s">
-        <v>603</v>
+        <v>611</v>
       </c>
       <c r="F47" t="s">
         <v>15</v>
       </c>
       <c r="G47" t="s">
-        <v>604</v>
+        <v>612</v>
       </c>
       <c r="H47" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="I47" t="s">
-        <v>606</v>
+        <v>614</v>
       </c>
       <c r="J47" t="s">
-        <v>607</v>
+        <v>449</v>
       </c>
       <c r="K47" t="s">
-        <v>608</v>
-[...8 lines deleted...]
-        <v>611</v>
+        <v>615</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B48" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="C48" t="s">
         <v>15</v>
       </c>
       <c r="D48" t="s">
         <v>15</v>
       </c>
       <c r="E48" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
       <c r="F48" t="s">
         <v>15</v>
       </c>
       <c r="G48" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="H48" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="I48" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="J48" t="s">
-        <v>502</v>
+        <v>621</v>
       </c>
       <c r="K48" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="L48" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="M48" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="N48" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B49" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="C49" t="s">
         <v>15</v>
       </c>
       <c r="D49" t="s">
         <v>15</v>
       </c>
       <c r="E49" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="F49" t="s">
         <v>15</v>
       </c>
       <c r="G49" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="H49" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="I49" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="J49" t="s">
-        <v>502</v>
+        <v>516</v>
       </c>
       <c r="K49" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="L49" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="M49" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="N49" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B50" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
       <c r="C50" t="s">
         <v>15</v>
       </c>
       <c r="D50" t="s">
         <v>15</v>
       </c>
       <c r="E50" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="F50" t="s">
         <v>15</v>
       </c>
       <c r="G50" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="H50" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="I50" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="J50" t="s">
-        <v>635</v>
+        <v>516</v>
       </c>
       <c r="K50" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="L50" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="M50" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="N50" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B51" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="C51" t="s">
         <v>15</v>
       </c>
       <c r="D51" t="s">
         <v>15</v>
       </c>
       <c r="E51" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="F51" t="s">
         <v>15</v>
       </c>
       <c r="G51" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="H51" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="I51" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="J51" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="K51" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="L51" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="M51" t="s">
-        <v>648</v>
+        <v>652</v>
+      </c>
+      <c r="N51" t="s">
+        <v>653</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B52" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
       <c r="C52" t="s">
         <v>15</v>
       </c>
       <c r="D52" t="s">
         <v>15</v>
       </c>
       <c r="E52" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="F52" t="s">
         <v>15</v>
       </c>
       <c r="G52" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="H52" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="I52" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="J52" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
       <c r="K52" t="s">
-        <v>655</v>
+        <v>660</v>
+      </c>
+      <c r="L52" t="s">
+        <v>661</v>
+      </c>
+      <c r="M52" t="s">
+        <v>662</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B53" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="C53" t="s">
         <v>15</v>
       </c>
       <c r="D53" t="s">
         <v>15</v>
       </c>
       <c r="E53" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="F53" t="s">
         <v>15</v>
       </c>
       <c r="G53" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="H53" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="I53" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="J53" t="s">
-        <v>502</v>
+        <v>516</v>
       </c>
       <c r="K53" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="L53" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="M53" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B54" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="C54" t="s">
         <v>15</v>
       </c>
       <c r="D54" t="s">
         <v>15</v>
       </c>
       <c r="E54" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="F54" t="s">
         <v>15</v>
       </c>
       <c r="G54" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="H54" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="I54" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="J54" t="s">
-        <v>425</v>
+        <v>439</v>
       </c>
       <c r="K54" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="L54" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="M54" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="N54" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B55" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="C55" t="s">
         <v>15</v>
       </c>
       <c r="D55" t="s">
         <v>15</v>
       </c>
       <c r="E55" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="F55" t="s">
         <v>15</v>
       </c>
       <c r="G55" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="H55" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="I55" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="J55" t="s">
-        <v>511</v>
+        <v>525</v>
       </c>
       <c r="K55" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="L55" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="M55" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B56" t="s">
+        <v>688</v>
+      </c>
+      <c r="C56" t="s">
+        <v>15</v>
+      </c>
+      <c r="D56" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" t="s">
         <v>681</v>
       </c>
-      <c r="C56" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F56" t="s">
         <v>15</v>
       </c>
       <c r="G56" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="H56" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="I56" t="s">
-        <v>336</v>
+        <v>350</v>
       </c>
       <c r="J56" t="s">
-        <v>229</v>
+        <v>252</v>
       </c>
       <c r="K56" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="L56" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="M56" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="N56" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="O56" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="P56" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="Q56" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="R56" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="S56" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="T56" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="U56" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B57" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="C57" t="s">
         <v>15</v>
       </c>
       <c r="D57" t="s">
         <v>15</v>
       </c>
       <c r="E57" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="F57" t="s">
         <v>15</v>
       </c>
       <c r="G57" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
       <c r="H57" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="I57" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="J57" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
       <c r="K57" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="L57" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B58" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="C58" t="s">
         <v>15</v>
       </c>
       <c r="D58" t="s">
         <v>15</v>
       </c>
       <c r="E58" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="F58" t="s">
         <v>15</v>
       </c>
       <c r="G58" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="H58" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
       <c r="I58" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="J58" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="K58" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="L58" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="M58" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="N58" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="O58" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B59" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="C59" t="s">
         <v>15</v>
       </c>
       <c r="D59" t="s">
         <v>15</v>
       </c>
       <c r="E59" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
       <c r="F59" t="s">
         <v>15</v>
       </c>
       <c r="G59" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="H59" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="I59" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="J59" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="K59" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="L59" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="M59" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="N59" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="O59" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="P59" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B60" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="C60" t="s">
         <v>15</v>
       </c>
       <c r="D60" t="s">
         <v>15</v>
       </c>
       <c r="E60" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="F60" t="s">
         <v>15</v>
       </c>
       <c r="G60" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="H60" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="I60" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="J60" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="K60" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="L60" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B61" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="C61" t="s">
         <v>15</v>
       </c>
       <c r="D61" t="s">
         <v>15</v>
       </c>
       <c r="E61" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
       <c r="F61" t="s">
         <v>15</v>
       </c>
       <c r="G61" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="H61" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="I61" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="J61" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="K61" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B62" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="C62" t="s">
         <v>15</v>
       </c>
       <c r="D62" t="s">
         <v>15</v>
       </c>
       <c r="E62" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="F62" t="s">
         <v>15</v>
       </c>
       <c r="G62" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="H62" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
       <c r="I62" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="J62" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="K62" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="L62" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B63" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="C63" t="s">
         <v>15</v>
       </c>
       <c r="D63" t="s">
         <v>15</v>
       </c>
       <c r="E63" t="s">
-        <v>748</v>
+        <v>755</v>
       </c>
       <c r="F63" t="s">
         <v>15</v>
       </c>
       <c r="G63" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="H63" t="s">
-        <v>750</v>
+        <v>757</v>
       </c>
       <c r="I63" t="s">
-        <v>751</v>
+        <v>758</v>
       </c>
       <c r="J63" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="K63" t="s">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="L63" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B64" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="C64" t="s">
         <v>15</v>
       </c>
       <c r="D64" t="s">
         <v>15</v>
       </c>
       <c r="E64" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="F64" t="s">
         <v>15</v>
       </c>
       <c r="G64" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
       <c r="H64" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="I64" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="J64" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="K64" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="L64" t="s">
-        <v>761</v>
+        <v>768</v>
       </c>
       <c r="M64" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B65" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="C65" t="s">
         <v>15</v>
       </c>
       <c r="D65" t="s">
         <v>15</v>
       </c>
       <c r="E65" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="F65" t="s">
         <v>15</v>
       </c>
       <c r="G65" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="H65" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="I65" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="J65" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="K65" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B66" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="C66" t="s">
         <v>15</v>
       </c>
       <c r="D66" t="s">
         <v>15</v>
       </c>
       <c r="E66" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="F66" t="s">
         <v>15</v>
       </c>
       <c r="G66" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="H66" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="I66" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="J66" t="s">
-        <v>189</v>
+        <v>212</v>
       </c>
       <c r="K66" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B67" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="C67" t="s">
         <v>15</v>
       </c>
       <c r="D67" t="s">
         <v>15</v>
       </c>
       <c r="E67" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="F67" t="s">
         <v>15</v>
       </c>
       <c r="G67" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="H67" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="I67" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="J67" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="K67" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="L67" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="M67" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="N67" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="O67" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B68" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="C68" t="s">
         <v>15</v>
       </c>
       <c r="D68" t="s">
         <v>15</v>
       </c>
       <c r="E68" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="F68" t="s">
         <v>15</v>
       </c>
       <c r="G68" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="H68" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="I68" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="J68" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
       <c r="K68" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="L68" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="M68" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B69" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="C69" t="s">
         <v>15</v>
       </c>
       <c r="D69" t="s">
         <v>15</v>
       </c>
       <c r="E69" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="F69" t="s">
         <v>15</v>
       </c>
       <c r="G69" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="H69" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="I69" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="J69" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="K69" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B70" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="C70" t="s">
         <v>15</v>
       </c>
       <c r="D70" t="s">
         <v>15</v>
       </c>
       <c r="E70" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="F70" t="s">
         <v>15</v>
       </c>
       <c r="G70" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="H70" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="I70" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="J70" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="K70" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B71" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="C71" t="s">
         <v>15</v>
       </c>
       <c r="D71" t="s">
         <v>15</v>
       </c>
       <c r="E71" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="F71" t="s">
         <v>15</v>
       </c>
       <c r="G71" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="H71" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="I71" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="J71" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="K71" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
       <c r="L71" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B72" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="C72" t="s">
         <v>15</v>
       </c>
       <c r="D72" t="s">
         <v>15</v>
       </c>
       <c r="E72" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="F72" t="s">
         <v>15</v>
       </c>
       <c r="G72" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="H72" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="I72" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="J72" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="K72" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="L72" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="M72" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B73" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="C73" t="s">
         <v>15</v>
       </c>
       <c r="D73" t="s">
         <v>15</v>
       </c>
       <c r="E73" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="F73" t="s">
         <v>15</v>
       </c>
       <c r="G73" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
       <c r="H73" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="I73" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="J73" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="K73" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B74" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="C74" t="s">
         <v>15</v>
       </c>
       <c r="D74" t="s">
         <v>15</v>
       </c>
       <c r="E74" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="F74" t="s">
         <v>15</v>
       </c>
       <c r="G74" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
       <c r="H74" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="I74" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="J74" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="K74" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="L74" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="M74" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="B75" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="C75" t="s">
         <v>15</v>
       </c>
       <c r="D75" t="s">
         <v>15</v>
       </c>
       <c r="E75" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="F75" t="s">
         <v>15</v>
       </c>
       <c r="G75" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="H75" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="I75" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="J75" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="K75" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="L75" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>