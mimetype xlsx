--- v2 (2026-01-14)
+++ v3 (2026-03-01)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Opinion on medical devic" r:id="rId3" sheetId="1"/>
     <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
     <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
     <sheet name="Export Press release" r:id="rId6" sheetId="4"/>
     <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
     <sheet name="Export Tool to improve professi" r:id="rId8" sheetId="6"/>
     <sheet name="Export Drugs" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1293" uniqueCount="856">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1299" uniqueCount="858">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -317,68 +317,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
   </si>
   <si>
     <t>c_1636956</t>
   </si>
   <si>
     <t>Pregnancy and smoking</t>
   </si>
   <si>
     <t>The following six questions were put to the jury. 1. What are the epidemiological data on maternal and paternal smoking? 2. What are the consequences of smoking on pregnancy and childbirth? 3. How should women who smoke be managed? 4. What are the short-, medium- and long-term consequences of smoking during pregnancy? 5. How in utero exposure of the fetus to smoking during the perinatal period should be managed? 6. What public health measures should be proposed or validated to reduce smoking among women?</t>
   </si>
   <si>
     <t>11/30/2004 00:00:00</t>
   </si>
   <si>
     <t>06/15/2012 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
   </si>
   <si>
     <t>c_272381</t>
   </si>
   <si>
-    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
-[...16 lines deleted...]
-  <si>
     <t>Anorexia nervosa</t>
   </si>
   <si>
     <t>These recommendations of good practice are intended to help: to identify anorexia nervosa earlier; To improve the accompaniment of the patient and his entourage: * Improve patient management and initial orientation; * Improve hospital management when necessary and post-hospital care. * Affected are pre-teens, adolescents and young adults. The priorities for improving the quality of care defined for this work are the following.</t>
   </si>
   <si>
     <t>06/01/2010 00:00:00</t>
   </si>
   <si>
     <t>09/30/2010 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_985715/en/anorexia-nervosa</t>
   </si>
   <si>
     <t>c_985715</t>
   </si>
   <si>
     <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
   </si>
   <si>
     <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
   </si>
   <si>
     <t>12/16/2009 00:00:00</t>
@@ -578,50 +560,80 @@
   <si>
     <t>Focus on patient safety - " Suicide Prevention is better than death "</t>
   </si>
   <si>
     <t>France is one of the European countries the most affected by suicide. In 2016, there were 9,300 deaths by suicide in France. There are around an additional 200,000 suicide attempts per year, by which patients come into contact with the healthcare system. Suicide is the first cause of death among 25-34-year-olds and the second cause among 15-24-year-olds, after road traffic accidents.</t>
   </si>
   <si>
     <t>09/08/2022 14:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363656/en/focus-on-patient-safety-suicide-prevention-is-better-than-death</t>
   </si>
   <si>
     <t>p_3363656</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>SLENYTO</t>
+  </si>
+  <si>
+    <t>02/05/2026 18:46:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080614/en/slenyto</t>
+  </si>
+  <si>
+    <t>p_3080614</t>
+  </si>
+  <si>
+    <t>mélatonine</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080473/en/slenyto</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267210/en/slenyto-melatonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858392/en/slenyto-melatonine-insomnie-chez-les-enfants-et-les-adolescents-de-6-a-17-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858398/en/slenyto-melatonine-insomnie-liee-a-des-troubles-neurogenetiques-chez-les-enfants-et-les-adolescents-de-2-a-18-ans</t>
+  </si>
+  <si>
     <t>LIKOZAM (clobazam)</t>
   </si>
   <si>
     <t>12/15/2025 08:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983931/en/likozam-clobazam</t>
   </si>
   <si>
     <t>pprd_2983931</t>
   </si>
   <si>
     <t>clobazam</t>
   </si>
   <si>
     <t>ADVICENNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2676744/en/likozam-clobazam-benzodiazepine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3793778/en/likozam-clobazam-epilepsie</t>
   </si>
   <si>
     <t>LORAZEPAM XILMAC (lorazépam)</t>
@@ -1427,53 +1439,50 @@
   <si>
     <t>solriamfetol</t>
   </si>
   <si>
     <t>JAZZ PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3193178/en/sunosi</t>
   </si>
   <si>
     <t>STRESAM</t>
   </si>
   <si>
     <t>06/18/2020 11:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983641/en/stresam</t>
   </si>
   <si>
     <t>pprd_2983641</t>
   </si>
   <si>
     <t>chlorhydrate d'étifoxine</t>
   </si>
   <si>
-    <t>BIOCODEX</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_490351/en/stresam-chlorhydrate-d-etifoxine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1189031/en/stresam-chlorhydrate-d-etifoxine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2758336/en/stresam-chlorhydrate-d-etifoxine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3190306/en/stresam</t>
   </si>
   <si>
     <t>BACLOCUR (baclofène)</t>
   </si>
   <si>
     <t>12/11/2019 10:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3124496/en/baclocur-baclofene</t>
   </si>
   <si>
     <t>p_3124496</t>
   </si>
   <si>
     <t>ETHYPHARM</t>
@@ -2556,53 +2565,50 @@
     <t>https://www.has-sante.fr/jcms/pprd_2985205/en/strattera-atomoxetine</t>
   </si>
   <si>
     <t>pprd_2985205</t>
   </si>
   <si>
     <t>atomoxétine</t>
   </si>
   <si>
     <t>Laboratoire LILLY FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1025881/en/strattera</t>
   </si>
   <si>
     <t>CIRCADIN (mélatonine)</t>
   </si>
   <si>
     <t>02/06/2013 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985264/en/circadin-melatonine</t>
   </si>
   <si>
     <t>pprd_2985264</t>
-  </si>
-[...1 lines deleted...]
-    <t>mélatonine</t>
   </si>
   <si>
     <t>Laboratoires Lundbeck</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_967008/en/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-adulte-melatonine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_967446/en/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-enfant-melatonine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_727179/en/circadin</t>
   </si>
   <si>
     <t>SUBOXONE (buprénorphine (chlorhydrate de)/ naloxone (chlorhydrate de) dihydraté)</t>
   </si>
   <si>
     <t>09/10/2015 14:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985388/en/suboxone-buprenorphine-chlorhydrate-de-/-naloxone-chlorhydrate-de-dihydrate</t>
   </si>
   <si>
     <t>pprd_2985388</t>
   </si>
@@ -2723,51 +2729,51 @@
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
         <v>16</v>
       </c>
       <c r="H2" t="s">
         <v>17</v>
       </c>
       <c r="I2" t="s">
         <v>15</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3169,3706 +3175,3724 @@
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>19</v>
       </c>
       <c r="B17" t="s">
         <v>108</v>
       </c>
       <c r="C17" t="s">
         <v>109</v>
       </c>
       <c r="D17" t="s">
         <v>110</v>
       </c>
       <c r="E17" t="s">
         <v>111</v>
       </c>
       <c r="F17" t="s">
         <v>15</v>
       </c>
       <c r="G17" t="s">
         <v>112</v>
       </c>
       <c r="H17" t="s">
         <v>113</v>
-      </c>
-[...24 lines deleted...]
-        <v>119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B2" t="s">
+        <v>115</v>
+      </c>
+      <c r="C2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D2" t="s">
+        <v>117</v>
+      </c>
+      <c r="E2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>119</v>
+      </c>
+      <c r="H2" t="s">
         <v>120</v>
-      </c>
-[...19 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="B3" t="s">
-        <v>127</v>
+        <v>121</v>
       </c>
       <c r="C3" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="H3" t="s">
-        <v>131</v>
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>132</v>
+        <v>126</v>
       </c>
       <c r="B2" t="s">
-        <v>133</v>
+        <v>127</v>
       </c>
       <c r="C2" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="H2" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>132</v>
+      </c>
+      <c r="B2" t="s">
+        <v>133</v>
+      </c>
+      <c r="C2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D2" t="s">
+        <v>135</v>
+      </c>
+      <c r="E2" t="s">
+        <v>136</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>137</v>
+      </c>
+      <c r="H2" t="s">
         <v>138</v>
-      </c>
-[...19 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="B3" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
       <c r="C3" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="D3" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="E3" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="H3" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="B4" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="C4" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="D4" t="s">
-        <v>153</v>
+        <v>147</v>
       </c>
       <c r="E4" t="s">
-        <v>154</v>
+        <v>148</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>155</v>
+        <v>149</v>
       </c>
       <c r="H4" t="s">
-        <v>156</v>
+        <v>150</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="B5" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="C5" t="s">
-        <v>158</v>
+        <v>152</v>
       </c>
       <c r="D5" t="s">
-        <v>159</v>
+        <v>153</v>
       </c>
       <c r="E5" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="H5" t="s">
-        <v>162</v>
+        <v>156</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="B6" t="s">
-        <v>163</v>
+        <v>157</v>
       </c>
       <c r="C6" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="D6" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="E6" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
       <c r="F6" t="s">
         <v>15</v>
       </c>
       <c r="G6" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="H6" t="s">
-        <v>168</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>169</v>
+        <v>163</v>
       </c>
       <c r="B2" t="s">
-        <v>170</v>
+        <v>164</v>
       </c>
       <c r="C2" t="s">
-        <v>171</v>
+        <v>165</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>172</v>
+        <v>166</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>173</v>
+        <v>167</v>
       </c>
       <c r="H2" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>163</v>
+      </c>
+      <c r="B3" t="s">
         <v>169</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>176</v>
+        <v>170</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>177</v>
+        <v>171</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>178</v>
+        <v>172</v>
       </c>
       <c r="H3" t="s">
-        <v>179</v>
+        <v>173</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:W75"/>
+  <dimension ref="A1:W76"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>181</v>
+        <v>175</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>176</v>
+      </c>
+      <c r="B2" t="s">
+        <v>177</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>178</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>179</v>
+      </c>
+      <c r="H2" t="s">
+        <v>180</v>
+      </c>
+      <c r="I2" t="s">
+        <v>181</v>
+      </c>
+      <c r="J2" t="s">
         <v>182</v>
       </c>
-      <c r="B2" t="s">
+      <c r="K2" t="s">
         <v>183</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="L2" t="s">
         <v>184</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="M2" t="s">
         <v>185</v>
       </c>
-      <c r="H2" t="s">
+      <c r="N2" t="s">
         <v>186</v>
-      </c>
-[...10 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B3" t="s">
+        <v>187</v>
+      </c>
+      <c r="C3" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>188</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>189</v>
+      </c>
+      <c r="H3" t="s">
+        <v>190</v>
+      </c>
+      <c r="I3" t="s">
         <v>191</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="J3" t="s">
         <v>192</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="K3" t="s">
         <v>193</v>
       </c>
-      <c r="H3" t="s">
+      <c r="L3" t="s">
         <v>194</v>
-      </c>
-[...16 lines deleted...]
-        <v>198</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B4" t="s">
+        <v>195</v>
+      </c>
+      <c r="C4" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>196</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>197</v>
+      </c>
+      <c r="H4" t="s">
+        <v>198</v>
+      </c>
+      <c r="I4" t="s">
+        <v>199</v>
+      </c>
+      <c r="J4" t="s">
         <v>200</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="K4" t="s">
         <v>201</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="L4" t="s">
         <v>202</v>
       </c>
-      <c r="H4" t="s">
+      <c r="M4" t="s">
         <v>203</v>
       </c>
-      <c r="I4" t="s">
-[...6 lines deleted...]
-        <v>206</v>
+      <c r="N4" t="s">
+        <v>202</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B5" t="s">
+        <v>204</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>205</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>206</v>
+      </c>
+      <c r="H5" t="s">
         <v>207</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>208</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="J5" t="s">
         <v>209</v>
       </c>
-      <c r="H5" t="s">
+      <c r="K5" t="s">
         <v>210</v>
-      </c>
-[...13 lines deleted...]
-        <v>215</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B6" t="s">
+        <v>211</v>
+      </c>
+      <c r="C6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>212</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>213</v>
+      </c>
+      <c r="H6" t="s">
+        <v>214</v>
+      </c>
+      <c r="I6" t="s">
+        <v>215</v>
+      </c>
+      <c r="J6" t="s">
         <v>216</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="K6" t="s">
         <v>217</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="L6" t="s">
         <v>218</v>
       </c>
-      <c r="H6" t="s">
+      <c r="M6" t="s">
         <v>219</v>
-      </c>
-[...22 lines deleted...]
-        <v>227</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B7" t="s">
+        <v>220</v>
+      </c>
+      <c r="C7" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>221</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>222</v>
+      </c>
+      <c r="H7" t="s">
+        <v>223</v>
+      </c>
+      <c r="I7" t="s">
+        <v>224</v>
+      </c>
+      <c r="J7" t="s">
+        <v>225</v>
+      </c>
+      <c r="K7" t="s">
+        <v>226</v>
+      </c>
+      <c r="L7" t="s">
+        <v>227</v>
+      </c>
+      <c r="M7" t="s">
         <v>228</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="N7" t="s">
         <v>229</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="O7" t="s">
         <v>230</v>
       </c>
-      <c r="H7" t="s">
+      <c r="P7" t="s">
         <v>231</v>
-      </c>
-[...43 lines deleted...]
-        <v>246</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B8" t="s">
+        <v>232</v>
+      </c>
+      <c r="C8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>233</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>234</v>
+      </c>
+      <c r="H8" t="s">
+        <v>235</v>
+      </c>
+      <c r="I8" t="s">
+        <v>236</v>
+      </c>
+      <c r="J8" t="s">
+        <v>237</v>
+      </c>
+      <c r="K8" t="s">
+        <v>238</v>
+      </c>
+      <c r="L8" t="s">
+        <v>239</v>
+      </c>
+      <c r="M8" t="s">
+        <v>240</v>
+      </c>
+      <c r="N8" t="s">
+        <v>241</v>
+      </c>
+      <c r="O8" t="s">
+        <v>242</v>
+      </c>
+      <c r="P8" t="s">
+        <v>243</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>244</v>
+      </c>
+      <c r="R8" t="s">
+        <v>245</v>
+      </c>
+      <c r="S8" t="s">
+        <v>246</v>
+      </c>
+      <c r="T8" t="s">
         <v>247</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="U8" t="s">
         <v>248</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="V8" t="s">
         <v>249</v>
       </c>
-      <c r="H8" t="s">
+      <c r="W8" t="s">
         <v>250</v>
-      </c>
-[...16 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B9" t="s">
+        <v>251</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>252</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>253</v>
+      </c>
+      <c r="H9" t="s">
+        <v>254</v>
+      </c>
+      <c r="I9" t="s">
+        <v>255</v>
+      </c>
+      <c r="J9" t="s">
         <v>256</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="K9" t="s">
         <v>257</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="L9" t="s">
         <v>258</v>
       </c>
-      <c r="H9" t="s">
+      <c r="M9" t="s">
+        <v>258</v>
+      </c>
+      <c r="N9" t="s">
         <v>259</v>
-      </c>
-[...28 lines deleted...]
-        <v>269</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B10" t="s">
+        <v>260</v>
+      </c>
+      <c r="C10" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>261</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>262</v>
+      </c>
+      <c r="H10" t="s">
+        <v>263</v>
+      </c>
+      <c r="I10" t="s">
+        <v>264</v>
+      </c>
+      <c r="J10" t="s">
+        <v>265</v>
+      </c>
+      <c r="K10" t="s">
+        <v>266</v>
+      </c>
+      <c r="L10" t="s">
+        <v>267</v>
+      </c>
+      <c r="M10" t="s">
+        <v>268</v>
+      </c>
+      <c r="N10" t="s">
+        <v>269</v>
+      </c>
+      <c r="O10" t="s">
         <v>270</v>
       </c>
-      <c r="C10" t="s">
-[...11 lines deleted...]
-      <c r="G10" t="s">
+      <c r="P10" t="s">
         <v>271</v>
       </c>
-      <c r="H10" t="s">
+      <c r="Q10" t="s">
         <v>272</v>
       </c>
-      <c r="I10" t="s">
+      <c r="R10" t="s">
         <v>273</v>
-      </c>
-[...13 lines deleted...]
-        <v>278</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B11" t="s">
+        <v>274</v>
+      </c>
+      <c r="C11" t="s">
+        <v>15</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>261</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>275</v>
+      </c>
+      <c r="H11" t="s">
+        <v>276</v>
+      </c>
+      <c r="I11" t="s">
+        <v>277</v>
+      </c>
+      <c r="J11" t="s">
+        <v>278</v>
+      </c>
+      <c r="K11" t="s">
         <v>279</v>
       </c>
-      <c r="C11" t="s">
-[...11 lines deleted...]
-      <c r="G11" t="s">
+      <c r="L11" t="s">
         <v>280</v>
       </c>
-      <c r="H11" t="s">
+      <c r="M11" t="s">
         <v>281</v>
       </c>
-      <c r="I11" t="s">
+      <c r="N11" t="s">
         <v>282</v>
-      </c>
-[...7 lines deleted...]
-        <v>285</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B12" t="s">
+        <v>283</v>
+      </c>
+      <c r="C12" t="s">
+        <v>15</v>
+      </c>
+      <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
+        <v>261</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>284</v>
+      </c>
+      <c r="H12" t="s">
+        <v>285</v>
+      </c>
+      <c r="I12" t="s">
         <v>286</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="J12" t="s">
         <v>287</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="K12" t="s">
         <v>288</v>
       </c>
-      <c r="H12" t="s">
+      <c r="L12" t="s">
         <v>289</v>
-      </c>
-[...10 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B13" t="s">
+        <v>290</v>
+      </c>
+      <c r="C13" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>291</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>292</v>
+      </c>
+      <c r="H13" t="s">
         <v>293</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="I13" t="s">
+        <v>277</v>
+      </c>
+      <c r="J13" t="s">
         <v>294</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="K13" t="s">
         <v>295</v>
       </c>
-      <c r="H13" t="s">
+      <c r="L13" t="s">
         <v>296</v>
-      </c>
-[...13 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B14" t="s">
+        <v>297</v>
+      </c>
+      <c r="C14" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" t="s">
+        <v>298</v>
+      </c>
+      <c r="F14" t="s">
+        <v>15</v>
+      </c>
+      <c r="G14" t="s">
+        <v>299</v>
+      </c>
+      <c r="H14" t="s">
+        <v>300</v>
+      </c>
+      <c r="I14" t="s">
+        <v>301</v>
+      </c>
+      <c r="J14" t="s">
         <v>302</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="K14" t="s">
         <v>303</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="L14" t="s">
         <v>304</v>
       </c>
-      <c r="H14" t="s">
+      <c r="M14" t="s">
         <v>305</v>
-      </c>
-[...10 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B15" t="s">
+        <v>306</v>
+      </c>
+      <c r="C15" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" t="s">
+        <v>15</v>
+      </c>
+      <c r="E15" t="s">
+        <v>307</v>
+      </c>
+      <c r="F15" t="s">
+        <v>15</v>
+      </c>
+      <c r="G15" t="s">
+        <v>308</v>
+      </c>
+      <c r="H15" t="s">
         <v>309</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="I15" t="s">
         <v>310</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="J15" t="s">
+        <v>256</v>
+      </c>
+      <c r="K15" t="s">
         <v>311</v>
       </c>
-      <c r="H15" t="s">
+      <c r="L15" t="s">
         <v>312</v>
-      </c>
-[...10 lines deleted...]
-        <v>316</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B16" t="s">
+        <v>313</v>
+      </c>
+      <c r="C16" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" t="s">
+        <v>15</v>
+      </c>
+      <c r="E16" t="s">
+        <v>314</v>
+      </c>
+      <c r="F16" t="s">
+        <v>15</v>
+      </c>
+      <c r="G16" t="s">
+        <v>315</v>
+      </c>
+      <c r="H16" t="s">
+        <v>316</v>
+      </c>
+      <c r="I16" t="s">
         <v>317</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="J16" t="s">
         <v>318</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="K16" t="s">
         <v>319</v>
       </c>
-      <c r="H16" t="s">
+      <c r="L16" t="s">
         <v>320</v>
-      </c>
-[...16 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B17" t="s">
+        <v>321</v>
+      </c>
+      <c r="C17" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" t="s">
+        <v>322</v>
+      </c>
+      <c r="F17" t="s">
+        <v>15</v>
+      </c>
+      <c r="G17" t="s">
+        <v>323</v>
+      </c>
+      <c r="H17" t="s">
+        <v>324</v>
+      </c>
+      <c r="I17" t="s">
+        <v>325</v>
+      </c>
+      <c r="J17" t="s">
+        <v>326</v>
+      </c>
+      <c r="K17" t="s">
         <v>327</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="L17" t="s">
         <v>328</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="M17" t="s">
         <v>329</v>
       </c>
-      <c r="H17" t="s">
+      <c r="N17" t="s">
         <v>330</v>
-      </c>
-[...22 lines deleted...]
-        <v>336</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B18" t="s">
+        <v>331</v>
+      </c>
+      <c r="C18" t="s">
+        <v>15</v>
+      </c>
+      <c r="D18" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" t="s">
+        <v>332</v>
+      </c>
+      <c r="F18" t="s">
+        <v>15</v>
+      </c>
+      <c r="G18" t="s">
+        <v>333</v>
+      </c>
+      <c r="H18" t="s">
+        <v>334</v>
+      </c>
+      <c r="I18" t="s">
+        <v>325</v>
+      </c>
+      <c r="J18" t="s">
+        <v>256</v>
+      </c>
+      <c r="K18" t="s">
+        <v>335</v>
+      </c>
+      <c r="L18" t="s">
+        <v>336</v>
+      </c>
+      <c r="M18" t="s">
         <v>337</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="N18" t="s">
         <v>338</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="O18" t="s">
         <v>339</v>
       </c>
-      <c r="H18" t="s">
+      <c r="P18" t="s">
         <v>340</v>
-      </c>
-[...13 lines deleted...]
-        <v>345</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B19" t="s">
+        <v>341</v>
+      </c>
+      <c r="C19" t="s">
+        <v>15</v>
+      </c>
+      <c r="D19" t="s">
+        <v>15</v>
+      </c>
+      <c r="E19" t="s">
+        <v>342</v>
+      </c>
+      <c r="F19" t="s">
+        <v>15</v>
+      </c>
+      <c r="G19" t="s">
+        <v>343</v>
+      </c>
+      <c r="H19" t="s">
+        <v>344</v>
+      </c>
+      <c r="I19" t="s">
+        <v>345</v>
+      </c>
+      <c r="J19" t="s">
         <v>346</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="K19" t="s">
         <v>347</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="L19" t="s">
         <v>348</v>
       </c>
-      <c r="H19" t="s">
+      <c r="M19" t="s">
         <v>349</v>
-      </c>
-[...7 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B20" t="s">
+        <v>350</v>
+      </c>
+      <c r="C20" t="s">
+        <v>15</v>
+      </c>
+      <c r="D20" t="s">
+        <v>15</v>
+      </c>
+      <c r="E20" t="s">
+        <v>351</v>
+      </c>
+      <c r="F20" t="s">
+        <v>15</v>
+      </c>
+      <c r="G20" t="s">
+        <v>352</v>
+      </c>
+      <c r="H20" t="s">
         <v>353</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="I20" t="s">
         <v>354</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="J20" t="s">
         <v>355</v>
       </c>
-      <c r="H20" t="s">
+      <c r="K20" t="s">
         <v>356</v>
-      </c>
-[...7 lines deleted...]
-        <v>358</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B21" t="s">
+        <v>357</v>
+      </c>
+      <c r="C21" t="s">
+        <v>15</v>
+      </c>
+      <c r="D21" t="s">
+        <v>15</v>
+      </c>
+      <c r="E21" t="s">
+        <v>358</v>
+      </c>
+      <c r="F21" t="s">
+        <v>15</v>
+      </c>
+      <c r="G21" t="s">
         <v>359</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>360</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="I21" t="s">
         <v>361</v>
       </c>
-      <c r="H21" t="s">
+      <c r="J21" t="s">
+        <v>256</v>
+      </c>
+      <c r="K21" t="s">
         <v>362</v>
-      </c>
-[...10 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B22" t="s">
+        <v>363</v>
+      </c>
+      <c r="C22" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" t="s">
+        <v>364</v>
+      </c>
+      <c r="F22" t="s">
+        <v>15</v>
+      </c>
+      <c r="G22" t="s">
+        <v>365</v>
+      </c>
+      <c r="H22" t="s">
+        <v>366</v>
+      </c>
+      <c r="I22" t="s">
         <v>367</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="J22" t="s">
         <v>368</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="K22" t="s">
         <v>369</v>
       </c>
-      <c r="H22" t="s">
+      <c r="L22" t="s">
         <v>370</v>
-      </c>
-[...34 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B23" t="s">
+        <v>371</v>
+      </c>
+      <c r="C23" t="s">
+        <v>15</v>
+      </c>
+      <c r="D23" t="s">
+        <v>15</v>
+      </c>
+      <c r="E23" t="s">
+        <v>372</v>
+      </c>
+      <c r="F23" t="s">
+        <v>15</v>
+      </c>
+      <c r="G23" t="s">
+        <v>373</v>
+      </c>
+      <c r="H23" t="s">
+        <v>374</v>
+      </c>
+      <c r="I23" t="s">
+        <v>375</v>
+      </c>
+      <c r="J23" t="s">
+        <v>376</v>
+      </c>
+      <c r="K23" t="s">
+        <v>377</v>
+      </c>
+      <c r="L23" t="s">
+        <v>378</v>
+      </c>
+      <c r="M23" t="s">
+        <v>379</v>
+      </c>
+      <c r="N23" t="s">
+        <v>380</v>
+      </c>
+      <c r="O23" t="s">
+        <v>381</v>
+      </c>
+      <c r="P23" t="s">
+        <v>382</v>
+      </c>
+      <c r="Q23" t="s">
         <v>383</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="R23" t="s">
         <v>384</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="S23" t="s">
         <v>385</v>
       </c>
-      <c r="H23" t="s">
+      <c r="T23" t="s">
         <v>386</v>
-      </c>
-[...7 lines deleted...]
-        <v>388</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B24" t="s">
+        <v>387</v>
+      </c>
+      <c r="C24" t="s">
+        <v>15</v>
+      </c>
+      <c r="D24" t="s">
+        <v>15</v>
+      </c>
+      <c r="E24" t="s">
+        <v>388</v>
+      </c>
+      <c r="F24" t="s">
+        <v>15</v>
+      </c>
+      <c r="G24" t="s">
         <v>389</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="H24" t="s">
         <v>390</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="I24" t="s">
         <v>391</v>
       </c>
-      <c r="H24" t="s">
+      <c r="J24" t="s">
+        <v>216</v>
+      </c>
+      <c r="K24" t="s">
         <v>392</v>
-      </c>
-[...7 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B25" t="s">
+        <v>393</v>
+      </c>
+      <c r="C25" t="s">
+        <v>15</v>
+      </c>
+      <c r="D25" t="s">
+        <v>15</v>
+      </c>
+      <c r="E25" t="s">
+        <v>394</v>
+      </c>
+      <c r="F25" t="s">
+        <v>15</v>
+      </c>
+      <c r="G25" t="s">
+        <v>395</v>
+      </c>
+      <c r="H25" t="s">
         <v>396</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="I25" t="s">
         <v>397</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="J25" t="s">
         <v>398</v>
       </c>
-      <c r="H25" t="s">
+      <c r="K25" t="s">
         <v>399</v>
-      </c>
-[...22 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B26" t="s">
+        <v>400</v>
+      </c>
+      <c r="C26" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" t="s">
+        <v>15</v>
+      </c>
+      <c r="E26" t="s">
+        <v>401</v>
+      </c>
+      <c r="F26" t="s">
+        <v>15</v>
+      </c>
+      <c r="G26" t="s">
+        <v>402</v>
+      </c>
+      <c r="H26" t="s">
+        <v>403</v>
+      </c>
+      <c r="I26" t="s">
+        <v>325</v>
+      </c>
+      <c r="J26" t="s">
+        <v>404</v>
+      </c>
+      <c r="K26" t="s">
+        <v>405</v>
+      </c>
+      <c r="L26" t="s">
+        <v>406</v>
+      </c>
+      <c r="M26" t="s">
         <v>407</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="N26" t="s">
         <v>408</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="O26" t="s">
         <v>409</v>
       </c>
-      <c r="H26" t="s">
+      <c r="P26" t="s">
         <v>410</v>
-      </c>
-[...16 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B27" t="s">
+        <v>411</v>
+      </c>
+      <c r="C27" t="s">
+        <v>15</v>
+      </c>
+      <c r="D27" t="s">
+        <v>15</v>
+      </c>
+      <c r="E27" t="s">
+        <v>412</v>
+      </c>
+      <c r="F27" t="s">
+        <v>15</v>
+      </c>
+      <c r="G27" t="s">
+        <v>413</v>
+      </c>
+      <c r="H27" t="s">
+        <v>414</v>
+      </c>
+      <c r="I27" t="s">
+        <v>415</v>
+      </c>
+      <c r="J27" t="s">
+        <v>416</v>
+      </c>
+      <c r="K27" t="s">
         <v>417</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="L27" t="s">
         <v>418</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="M27" t="s">
         <v>419</v>
       </c>
-      <c r="H27" t="s">
+      <c r="N27" t="s">
         <v>420</v>
-      </c>
-[...13 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B28" t="s">
+        <v>421</v>
+      </c>
+      <c r="C28" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" t="s">
+        <v>15</v>
+      </c>
+      <c r="E28" t="s">
+        <v>422</v>
+      </c>
+      <c r="F28" t="s">
+        <v>15</v>
+      </c>
+      <c r="G28" t="s">
+        <v>423</v>
+      </c>
+      <c r="H28" t="s">
+        <v>424</v>
+      </c>
+      <c r="I28" t="s">
+        <v>425</v>
+      </c>
+      <c r="J28" t="s">
         <v>426</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="K28" t="s">
         <v>427</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="L28" t="s">
         <v>428</v>
       </c>
-      <c r="H28" t="s">
+      <c r="M28" t="s">
         <v>429</v>
-      </c>
-[...10 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B29" t="s">
+        <v>430</v>
+      </c>
+      <c r="C29" t="s">
+        <v>15</v>
+      </c>
+      <c r="D29" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" t="s">
+        <v>431</v>
+      </c>
+      <c r="F29" t="s">
+        <v>15</v>
+      </c>
+      <c r="G29" t="s">
+        <v>432</v>
+      </c>
+      <c r="H29" t="s">
+        <v>433</v>
+      </c>
+      <c r="I29" t="s">
         <v>434</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="J29" t="s">
         <v>435</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="K29" t="s">
         <v>436</v>
       </c>
-      <c r="H29" t="s">
+      <c r="L29" t="s">
         <v>437</v>
-      </c>
-[...19 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B30" t="s">
+        <v>438</v>
+      </c>
+      <c r="C30" t="s">
+        <v>15</v>
+      </c>
+      <c r="D30" t="s">
+        <v>15</v>
+      </c>
+      <c r="E30" t="s">
+        <v>439</v>
+      </c>
+      <c r="F30" t="s">
+        <v>15</v>
+      </c>
+      <c r="G30" t="s">
+        <v>440</v>
+      </c>
+      <c r="H30" t="s">
+        <v>441</v>
+      </c>
+      <c r="I30" t="s">
+        <v>442</v>
+      </c>
+      <c r="J30" t="s">
+        <v>443</v>
+      </c>
+      <c r="K30" t="s">
+        <v>444</v>
+      </c>
+      <c r="L30" t="s">
         <v>445</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="M30" t="s">
         <v>446</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="N30" t="s">
         <v>447</v>
       </c>
-      <c r="H30" t="s">
+      <c r="O30" t="s">
         <v>448</v>
-      </c>
-[...16 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B31" t="s">
+        <v>449</v>
+      </c>
+      <c r="C31" t="s">
+        <v>15</v>
+      </c>
+      <c r="D31" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" t="s">
+        <v>450</v>
+      </c>
+      <c r="F31" t="s">
+        <v>15</v>
+      </c>
+      <c r="G31" t="s">
+        <v>451</v>
+      </c>
+      <c r="H31" t="s">
+        <v>452</v>
+      </c>
+      <c r="I31" t="s">
+        <v>325</v>
+      </c>
+      <c r="J31" t="s">
+        <v>453</v>
+      </c>
+      <c r="K31" t="s">
         <v>454</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="L31" t="s">
         <v>455</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="M31" t="s">
         <v>456</v>
       </c>
-      <c r="H31" t="s">
+      <c r="N31" t="s">
         <v>457</v>
-      </c>
-[...7 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B32" t="s">
+        <v>458</v>
+      </c>
+      <c r="C32" t="s">
+        <v>15</v>
+      </c>
+      <c r="D32" t="s">
+        <v>15</v>
+      </c>
+      <c r="E32" t="s">
+        <v>459</v>
+      </c>
+      <c r="F32" t="s">
+        <v>15</v>
+      </c>
+      <c r="G32" t="s">
+        <v>460</v>
+      </c>
+      <c r="H32" t="s">
         <v>461</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="I32" t="s">
         <v>462</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="J32" t="s">
         <v>463</v>
       </c>
-      <c r="H32" t="s">
+      <c r="K32" t="s">
         <v>464</v>
-      </c>
-[...16 lines deleted...]
-        <v>470</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
+        <v>176</v>
+      </c>
+      <c r="B33" t="s">
+        <v>465</v>
+      </c>
+      <c r="C33" t="s">
+        <v>15</v>
+      </c>
+      <c r="D33" t="s">
+        <v>15</v>
+      </c>
+      <c r="E33" t="s">
+        <v>466</v>
+      </c>
+      <c r="F33" t="s">
+        <v>15</v>
+      </c>
+      <c r="G33" t="s">
+        <v>467</v>
+      </c>
+      <c r="H33" t="s">
+        <v>468</v>
+      </c>
+      <c r="I33" t="s">
+        <v>469</v>
+      </c>
+      <c r="J33" t="s">
         <v>182</v>
       </c>
-      <c r="B33" t="s">
+      <c r="K33" t="s">
+        <v>470</v>
+      </c>
+      <c r="L33" t="s">
         <v>471</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="M33" t="s">
         <v>472</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="N33" t="s">
         <v>473</v>
-      </c>
-[...10 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B34" t="s">
+        <v>474</v>
+      </c>
+      <c r="C34" t="s">
+        <v>15</v>
+      </c>
+      <c r="D34" t="s">
+        <v>15</v>
+      </c>
+      <c r="E34" t="s">
+        <v>475</v>
+      </c>
+      <c r="F34" t="s">
+        <v>15</v>
+      </c>
+      <c r="G34" t="s">
+        <v>476</v>
+      </c>
+      <c r="H34" t="s">
         <v>477</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="I34" t="s">
+        <v>434</v>
+      </c>
+      <c r="J34" t="s">
         <v>478</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="K34" t="s">
         <v>479</v>
-      </c>
-[...10 lines deleted...]
-        <v>482</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B35" t="s">
+        <v>480</v>
+      </c>
+      <c r="C35" t="s">
+        <v>15</v>
+      </c>
+      <c r="D35" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" t="s">
+        <v>481</v>
+      </c>
+      <c r="F35" t="s">
+        <v>15</v>
+      </c>
+      <c r="G35" t="s">
+        <v>482</v>
+      </c>
+      <c r="H35" t="s">
         <v>483</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="I35" t="s">
         <v>484</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="J35" t="s">
+        <v>478</v>
+      </c>
+      <c r="K35" t="s">
         <v>485</v>
-      </c>
-[...19 lines deleted...]
-        <v>492</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B36" t="s">
+        <v>486</v>
+      </c>
+      <c r="C36" t="s">
+        <v>15</v>
+      </c>
+      <c r="D36" t="s">
+        <v>15</v>
+      </c>
+      <c r="E36" t="s">
+        <v>487</v>
+      </c>
+      <c r="F36" t="s">
+        <v>15</v>
+      </c>
+      <c r="G36" t="s">
+        <v>488</v>
+      </c>
+      <c r="H36" t="s">
+        <v>489</v>
+      </c>
+      <c r="I36" t="s">
+        <v>490</v>
+      </c>
+      <c r="J36" t="s">
+        <v>491</v>
+      </c>
+      <c r="K36" t="s">
+        <v>492</v>
+      </c>
+      <c r="L36" t="s">
         <v>493</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="M36" t="s">
         <v>494</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="N36" t="s">
         <v>495</v>
-      </c>
-[...16 lines deleted...]
-        <v>501</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B37" t="s">
+        <v>496</v>
+      </c>
+      <c r="C37" t="s">
+        <v>15</v>
+      </c>
+      <c r="D37" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" t="s">
+        <v>497</v>
+      </c>
+      <c r="F37" t="s">
+        <v>15</v>
+      </c>
+      <c r="G37" t="s">
+        <v>498</v>
+      </c>
+      <c r="H37" t="s">
+        <v>499</v>
+      </c>
+      <c r="I37" t="s">
+        <v>500</v>
+      </c>
+      <c r="J37" t="s">
+        <v>501</v>
+      </c>
+      <c r="K37" t="s">
         <v>502</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="L37" t="s">
         <v>503</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="M37" t="s">
         <v>504</v>
-      </c>
-[...19 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B38" t="s">
+        <v>505</v>
+      </c>
+      <c r="C38" t="s">
+        <v>15</v>
+      </c>
+      <c r="D38" t="s">
+        <v>15</v>
+      </c>
+      <c r="E38" t="s">
+        <v>506</v>
+      </c>
+      <c r="F38" t="s">
+        <v>15</v>
+      </c>
+      <c r="G38" t="s">
+        <v>507</v>
+      </c>
+      <c r="H38" t="s">
+        <v>508</v>
+      </c>
+      <c r="I38" t="s">
+        <v>509</v>
+      </c>
+      <c r="J38" t="s">
+        <v>510</v>
+      </c>
+      <c r="K38" t="s">
+        <v>511</v>
+      </c>
+      <c r="L38" t="s">
         <v>512</v>
       </c>
-      <c r="C38" t="s">
-[...11 lines deleted...]
-      <c r="G38" t="s">
+      <c r="M38" t="s">
         <v>513</v>
       </c>
-      <c r="H38" t="s">
+      <c r="N38" t="s">
         <v>514</v>
-      </c>
-[...13 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B39" t="s">
+        <v>515</v>
+      </c>
+      <c r="C39" t="s">
+        <v>15</v>
+      </c>
+      <c r="D39" t="s">
+        <v>15</v>
+      </c>
+      <c r="E39" t="s">
+        <v>497</v>
+      </c>
+      <c r="F39" t="s">
+        <v>15</v>
+      </c>
+      <c r="G39" t="s">
+        <v>516</v>
+      </c>
+      <c r="H39" t="s">
+        <v>517</v>
+      </c>
+      <c r="I39" t="s">
+        <v>518</v>
+      </c>
+      <c r="J39" t="s">
+        <v>519</v>
+      </c>
+      <c r="K39" t="s">
         <v>520</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="L39" t="s">
         <v>521</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="M39" t="s">
         <v>522</v>
-      </c>
-[...43 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B40" t="s">
+        <v>523</v>
+      </c>
+      <c r="C40" t="s">
+        <v>15</v>
+      </c>
+      <c r="D40" t="s">
+        <v>15</v>
+      </c>
+      <c r="E40" t="s">
+        <v>524</v>
+      </c>
+      <c r="F40" t="s">
+        <v>15</v>
+      </c>
+      <c r="G40" t="s">
+        <v>525</v>
+      </c>
+      <c r="H40" t="s">
+        <v>526</v>
+      </c>
+      <c r="I40" t="s">
+        <v>527</v>
+      </c>
+      <c r="J40" t="s">
+        <v>528</v>
+      </c>
+      <c r="K40" t="s">
+        <v>529</v>
+      </c>
+      <c r="L40" t="s">
+        <v>530</v>
+      </c>
+      <c r="M40" t="s">
+        <v>531</v>
+      </c>
+      <c r="N40" t="s">
+        <v>532</v>
+      </c>
+      <c r="O40" t="s">
+        <v>533</v>
+      </c>
+      <c r="P40" t="s">
+        <v>534</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>535</v>
+      </c>
+      <c r="R40" t="s">
+        <v>536</v>
+      </c>
+      <c r="S40" t="s">
+        <v>537</v>
+      </c>
+      <c r="T40" t="s">
         <v>538</v>
       </c>
-      <c r="C40" t="s">
-[...5 lines deleted...]
-      <c r="E40" t="s">
+      <c r="U40" t="s">
         <v>539</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="V40" t="s">
         <v>540</v>
-      </c>
-[...13 lines deleted...]
-        <v>544</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B41" t="s">
+        <v>541</v>
+      </c>
+      <c r="C41" t="s">
+        <v>15</v>
+      </c>
+      <c r="D41" t="s">
+        <v>15</v>
+      </c>
+      <c r="E41" t="s">
+        <v>542</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>543</v>
+      </c>
+      <c r="H41" t="s">
+        <v>544</v>
+      </c>
+      <c r="I41" t="s">
         <v>545</v>
       </c>
-      <c r="C41" t="s">
-[...5 lines deleted...]
-      <c r="E41" t="s">
+      <c r="J41" t="s">
+        <v>528</v>
+      </c>
+      <c r="K41" t="s">
         <v>546</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="L41" t="s">
         <v>547</v>
-      </c>
-[...10 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B42" t="s">
+        <v>548</v>
+      </c>
+      <c r="C42" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" t="s">
+        <v>15</v>
+      </c>
+      <c r="E42" t="s">
+        <v>549</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>550</v>
+      </c>
+      <c r="H42" t="s">
         <v>551</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="I42" t="s">
         <v>552</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="J42" t="s">
+        <v>478</v>
+      </c>
+      <c r="K42" t="s">
         <v>553</v>
-      </c>
-[...34 lines deleted...]
-        <v>565</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B43" t="s">
+        <v>554</v>
+      </c>
+      <c r="C43" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" t="s">
+        <v>15</v>
+      </c>
+      <c r="E43" t="s">
+        <v>555</v>
+      </c>
+      <c r="F43" t="s">
+        <v>15</v>
+      </c>
+      <c r="G43" t="s">
+        <v>556</v>
+      </c>
+      <c r="H43" t="s">
+        <v>557</v>
+      </c>
+      <c r="I43" t="s">
+        <v>558</v>
+      </c>
+      <c r="J43" t="s">
+        <v>559</v>
+      </c>
+      <c r="K43" t="s">
+        <v>560</v>
+      </c>
+      <c r="L43" t="s">
+        <v>561</v>
+      </c>
+      <c r="M43" t="s">
+        <v>562</v>
+      </c>
+      <c r="N43" t="s">
+        <v>563</v>
+      </c>
+      <c r="O43" t="s">
+        <v>564</v>
+      </c>
+      <c r="P43" t="s">
+        <v>565</v>
+      </c>
+      <c r="Q43" t="s">
         <v>566</v>
       </c>
-      <c r="C43" t="s">
-[...11 lines deleted...]
-      <c r="G43" t="s">
+      <c r="R43" t="s">
         <v>567</v>
       </c>
-      <c r="H43" t="s">
+      <c r="S43" t="s">
         <v>568</v>
-      </c>
-[...28 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B44" t="s">
+        <v>569</v>
+      </c>
+      <c r="C44" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" t="s">
+        <v>15</v>
+      </c>
+      <c r="E44" t="s">
+        <v>555</v>
+      </c>
+      <c r="F44" t="s">
+        <v>15</v>
+      </c>
+      <c r="G44" t="s">
+        <v>570</v>
+      </c>
+      <c r="H44" t="s">
+        <v>571</v>
+      </c>
+      <c r="I44" t="s">
+        <v>572</v>
+      </c>
+      <c r="J44" t="s">
+        <v>426</v>
+      </c>
+      <c r="K44" t="s">
+        <v>573</v>
+      </c>
+      <c r="L44" t="s">
+        <v>574</v>
+      </c>
+      <c r="M44" t="s">
+        <v>575</v>
+      </c>
+      <c r="N44" t="s">
+        <v>576</v>
+      </c>
+      <c r="O44" t="s">
+        <v>577</v>
+      </c>
+      <c r="P44" t="s">
         <v>578</v>
       </c>
-      <c r="C44" t="s">
-[...11 lines deleted...]
-      <c r="G44" t="s">
+      <c r="Q44" t="s">
         <v>579</v>
       </c>
-      <c r="H44" t="s">
+      <c r="R44" t="s">
         <v>580</v>
-      </c>
-[...19 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B45" t="s">
+        <v>581</v>
+      </c>
+      <c r="C45" t="s">
+        <v>15</v>
+      </c>
+      <c r="D45" t="s">
+        <v>15</v>
+      </c>
+      <c r="E45" t="s">
+        <v>555</v>
+      </c>
+      <c r="F45" t="s">
+        <v>15</v>
+      </c>
+      <c r="G45" t="s">
+        <v>582</v>
+      </c>
+      <c r="H45" t="s">
+        <v>583</v>
+      </c>
+      <c r="I45" t="s">
+        <v>584</v>
+      </c>
+      <c r="J45" t="s">
+        <v>585</v>
+      </c>
+      <c r="K45" t="s">
+        <v>586</v>
+      </c>
+      <c r="L45" t="s">
+        <v>587</v>
+      </c>
+      <c r="M45" t="s">
         <v>588</v>
       </c>
-      <c r="C45" t="s">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="N45" t="s">
         <v>589</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="O45" t="s">
         <v>590</v>
-      </c>
-[...19 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B46" t="s">
+        <v>591</v>
+      </c>
+      <c r="C46" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" t="s">
+        <v>15</v>
+      </c>
+      <c r="E46" t="s">
+        <v>592</v>
+      </c>
+      <c r="F46" t="s">
+        <v>15</v>
+      </c>
+      <c r="G46" t="s">
+        <v>593</v>
+      </c>
+      <c r="H46" t="s">
+        <v>594</v>
+      </c>
+      <c r="I46" t="s">
+        <v>595</v>
+      </c>
+      <c r="J46" t="s">
+        <v>528</v>
+      </c>
+      <c r="K46" t="s">
+        <v>596</v>
+      </c>
+      <c r="L46" t="s">
         <v>597</v>
       </c>
-      <c r="C46" t="s">
-[...5 lines deleted...]
-      <c r="E46" t="s">
+      <c r="M46" t="s">
         <v>598</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="N46" t="s">
         <v>599</v>
-      </c>
-[...31 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B47" t="s">
+        <v>600</v>
+      </c>
+      <c r="C47" t="s">
+        <v>15</v>
+      </c>
+      <c r="D47" t="s">
+        <v>15</v>
+      </c>
+      <c r="E47" t="s">
+        <v>601</v>
+      </c>
+      <c r="F47" t="s">
+        <v>15</v>
+      </c>
+      <c r="G47" t="s">
+        <v>602</v>
+      </c>
+      <c r="H47" t="s">
+        <v>603</v>
+      </c>
+      <c r="I47" t="s">
+        <v>604</v>
+      </c>
+      <c r="J47" t="s">
+        <v>225</v>
+      </c>
+      <c r="K47" t="s">
+        <v>605</v>
+      </c>
+      <c r="L47" t="s">
+        <v>606</v>
+      </c>
+      <c r="M47" t="s">
+        <v>607</v>
+      </c>
+      <c r="N47" t="s">
+        <v>608</v>
+      </c>
+      <c r="O47" t="s">
+        <v>609</v>
+      </c>
+      <c r="P47" t="s">
         <v>610</v>
       </c>
-      <c r="C47" t="s">
-[...5 lines deleted...]
-      <c r="E47" t="s">
+      <c r="Q47" t="s">
         <v>611</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="R47" t="s">
         <v>612</v>
-      </c>
-[...10 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B48" t="s">
+        <v>613</v>
+      </c>
+      <c r="C48" t="s">
+        <v>15</v>
+      </c>
+      <c r="D48" t="s">
+        <v>15</v>
+      </c>
+      <c r="E48" t="s">
+        <v>614</v>
+      </c>
+      <c r="F48" t="s">
+        <v>15</v>
+      </c>
+      <c r="G48" t="s">
+        <v>615</v>
+      </c>
+      <c r="H48" t="s">
         <v>616</v>
       </c>
-      <c r="C48" t="s">
-[...5 lines deleted...]
-      <c r="E48" t="s">
+      <c r="I48" t="s">
         <v>617</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="J48" t="s">
+        <v>453</v>
+      </c>
+      <c r="K48" t="s">
         <v>618</v>
-      </c>
-[...19 lines deleted...]
-        <v>625</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B49" t="s">
+        <v>619</v>
+      </c>
+      <c r="C49" t="s">
+        <v>15</v>
+      </c>
+      <c r="D49" t="s">
+        <v>15</v>
+      </c>
+      <c r="E49" t="s">
+        <v>620</v>
+      </c>
+      <c r="F49" t="s">
+        <v>15</v>
+      </c>
+      <c r="G49" t="s">
+        <v>621</v>
+      </c>
+      <c r="H49" t="s">
+        <v>622</v>
+      </c>
+      <c r="I49" t="s">
+        <v>623</v>
+      </c>
+      <c r="J49" t="s">
+        <v>624</v>
+      </c>
+      <c r="K49" t="s">
+        <v>625</v>
+      </c>
+      <c r="L49" t="s">
         <v>626</v>
       </c>
-      <c r="C49" t="s">
-[...5 lines deleted...]
-      <c r="E49" t="s">
+      <c r="M49" t="s">
         <v>627</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="N49" t="s">
         <v>628</v>
-      </c>
-[...19 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B50" t="s">
+        <v>629</v>
+      </c>
+      <c r="C50" t="s">
+        <v>15</v>
+      </c>
+      <c r="D50" t="s">
+        <v>15</v>
+      </c>
+      <c r="E50" t="s">
+        <v>630</v>
+      </c>
+      <c r="F50" t="s">
+        <v>15</v>
+      </c>
+      <c r="G50" t="s">
+        <v>631</v>
+      </c>
+      <c r="H50" t="s">
+        <v>632</v>
+      </c>
+      <c r="I50" t="s">
+        <v>633</v>
+      </c>
+      <c r="J50" t="s">
+        <v>519</v>
+      </c>
+      <c r="K50" t="s">
+        <v>634</v>
+      </c>
+      <c r="L50" t="s">
         <v>635</v>
       </c>
-      <c r="C50" t="s">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="M50" t="s">
         <v>636</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="N50" t="s">
         <v>637</v>
-      </c>
-[...19 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B51" t="s">
+        <v>638</v>
+      </c>
+      <c r="C51" t="s">
+        <v>15</v>
+      </c>
+      <c r="D51" t="s">
+        <v>15</v>
+      </c>
+      <c r="E51" t="s">
+        <v>639</v>
+      </c>
+      <c r="F51" t="s">
+        <v>15</v>
+      </c>
+      <c r="G51" t="s">
+        <v>640</v>
+      </c>
+      <c r="H51" t="s">
+        <v>641</v>
+      </c>
+      <c r="I51" t="s">
+        <v>642</v>
+      </c>
+      <c r="J51" t="s">
+        <v>519</v>
+      </c>
+      <c r="K51" t="s">
+        <v>643</v>
+      </c>
+      <c r="L51" t="s">
         <v>644</v>
       </c>
-      <c r="C51" t="s">
-[...5 lines deleted...]
-      <c r="E51" t="s">
+      <c r="M51" t="s">
         <v>645</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="N51" t="s">
         <v>646</v>
-      </c>
-[...19 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B52" t="s">
+        <v>647</v>
+      </c>
+      <c r="C52" t="s">
+        <v>15</v>
+      </c>
+      <c r="D52" t="s">
+        <v>15</v>
+      </c>
+      <c r="E52" t="s">
+        <v>648</v>
+      </c>
+      <c r="F52" t="s">
+        <v>15</v>
+      </c>
+      <c r="G52" t="s">
+        <v>649</v>
+      </c>
+      <c r="H52" t="s">
+        <v>650</v>
+      </c>
+      <c r="I52" t="s">
+        <v>651</v>
+      </c>
+      <c r="J52" t="s">
+        <v>652</v>
+      </c>
+      <c r="K52" t="s">
+        <v>653</v>
+      </c>
+      <c r="L52" t="s">
         <v>654</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="M52" t="s">
         <v>655</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="N52" t="s">
         <v>656</v>
-      </c>
-[...16 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B53" t="s">
+        <v>657</v>
+      </c>
+      <c r="C53" t="s">
+        <v>15</v>
+      </c>
+      <c r="D53" t="s">
+        <v>15</v>
+      </c>
+      <c r="E53" t="s">
+        <v>658</v>
+      </c>
+      <c r="F53" t="s">
+        <v>15</v>
+      </c>
+      <c r="G53" t="s">
+        <v>659</v>
+      </c>
+      <c r="H53" t="s">
+        <v>660</v>
+      </c>
+      <c r="I53" t="s">
+        <v>661</v>
+      </c>
+      <c r="J53" t="s">
+        <v>662</v>
+      </c>
+      <c r="K53" t="s">
         <v>663</v>
       </c>
-      <c r="C53" t="s">
-[...5 lines deleted...]
-      <c r="E53" t="s">
+      <c r="L53" t="s">
         <v>664</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="M53" t="s">
         <v>665</v>
-      </c>
-[...16 lines deleted...]
-        <v>670</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B54" t="s">
+        <v>666</v>
+      </c>
+      <c r="C54" t="s">
+        <v>15</v>
+      </c>
+      <c r="D54" t="s">
+        <v>15</v>
+      </c>
+      <c r="E54" t="s">
+        <v>667</v>
+      </c>
+      <c r="F54" t="s">
+        <v>15</v>
+      </c>
+      <c r="G54" t="s">
+        <v>668</v>
+      </c>
+      <c r="H54" t="s">
+        <v>669</v>
+      </c>
+      <c r="I54" t="s">
+        <v>670</v>
+      </c>
+      <c r="J54" t="s">
+        <v>519</v>
+      </c>
+      <c r="K54" t="s">
         <v>671</v>
       </c>
-      <c r="C54" t="s">
-[...5 lines deleted...]
-      <c r="E54" t="s">
+      <c r="L54" t="s">
         <v>672</v>
       </c>
-      <c r="F54" t="s">
-[...2 lines deleted...]
-      <c r="G54" t="s">
+      <c r="M54" t="s">
         <v>673</v>
-      </c>
-[...19 lines deleted...]
-        <v>679</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B55" t="s">
+        <v>674</v>
+      </c>
+      <c r="C55" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" t="s">
+        <v>15</v>
+      </c>
+      <c r="E55" t="s">
+        <v>675</v>
+      </c>
+      <c r="F55" t="s">
+        <v>15</v>
+      </c>
+      <c r="G55" t="s">
+        <v>676</v>
+      </c>
+      <c r="H55" t="s">
+        <v>677</v>
+      </c>
+      <c r="I55" t="s">
+        <v>678</v>
+      </c>
+      <c r="J55" t="s">
+        <v>443</v>
+      </c>
+      <c r="K55" t="s">
+        <v>679</v>
+      </c>
+      <c r="L55" t="s">
         <v>680</v>
       </c>
-      <c r="C55" t="s">
-[...5 lines deleted...]
-      <c r="E55" t="s">
+      <c r="M55" t="s">
         <v>681</v>
       </c>
-      <c r="F55" t="s">
-[...2 lines deleted...]
-      <c r="G55" t="s">
+      <c r="N55" t="s">
         <v>682</v>
-      </c>
-[...16 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B56" t="s">
+        <v>683</v>
+      </c>
+      <c r="C56" t="s">
+        <v>15</v>
+      </c>
+      <c r="D56" t="s">
+        <v>15</v>
+      </c>
+      <c r="E56" t="s">
+        <v>684</v>
+      </c>
+      <c r="F56" t="s">
+        <v>15</v>
+      </c>
+      <c r="G56" t="s">
+        <v>685</v>
+      </c>
+      <c r="H56" t="s">
+        <v>686</v>
+      </c>
+      <c r="I56" t="s">
+        <v>687</v>
+      </c>
+      <c r="J56" t="s">
+        <v>528</v>
+      </c>
+      <c r="K56" t="s">
         <v>688</v>
       </c>
-      <c r="C56" t="s">
-[...11 lines deleted...]
-      <c r="G56" t="s">
+      <c r="L56" t="s">
         <v>689</v>
       </c>
-      <c r="H56" t="s">
+      <c r="M56" t="s">
         <v>690</v>
-      </c>
-[...37 lines deleted...]
-        <v>701</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B57" t="s">
+        <v>691</v>
+      </c>
+      <c r="C57" t="s">
+        <v>15</v>
+      </c>
+      <c r="D57" t="s">
+        <v>15</v>
+      </c>
+      <c r="E57" t="s">
+        <v>684</v>
+      </c>
+      <c r="F57" t="s">
+        <v>15</v>
+      </c>
+      <c r="G57" t="s">
+        <v>692</v>
+      </c>
+      <c r="H57" t="s">
+        <v>693</v>
+      </c>
+      <c r="I57" t="s">
+        <v>354</v>
+      </c>
+      <c r="J57" t="s">
+        <v>256</v>
+      </c>
+      <c r="K57" t="s">
+        <v>694</v>
+      </c>
+      <c r="L57" t="s">
+        <v>695</v>
+      </c>
+      <c r="M57" t="s">
+        <v>696</v>
+      </c>
+      <c r="N57" t="s">
+        <v>697</v>
+      </c>
+      <c r="O57" t="s">
+        <v>698</v>
+      </c>
+      <c r="P57" t="s">
+        <v>699</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>700</v>
+      </c>
+      <c r="R57" t="s">
+        <v>701</v>
+      </c>
+      <c r="S57" t="s">
         <v>702</v>
       </c>
-      <c r="C57" t="s">
-[...5 lines deleted...]
-      <c r="E57" t="s">
+      <c r="T57" t="s">
         <v>703</v>
       </c>
-      <c r="F57" t="s">
-[...2 lines deleted...]
-      <c r="G57" t="s">
+      <c r="U57" t="s">
         <v>704</v>
-      </c>
-[...13 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B58" t="s">
+        <v>705</v>
+      </c>
+      <c r="C58" t="s">
+        <v>15</v>
+      </c>
+      <c r="D58" t="s">
+        <v>15</v>
+      </c>
+      <c r="E58" t="s">
+        <v>706</v>
+      </c>
+      <c r="F58" t="s">
+        <v>15</v>
+      </c>
+      <c r="G58" t="s">
+        <v>707</v>
+      </c>
+      <c r="H58" t="s">
+        <v>708</v>
+      </c>
+      <c r="I58" t="s">
+        <v>709</v>
+      </c>
+      <c r="J58" t="s">
         <v>710</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="K58" t="s">
         <v>711</v>
       </c>
-      <c r="F58" t="s">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="L58" t="s">
         <v>712</v>
-      </c>
-[...22 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B59" t="s">
+        <v>713</v>
+      </c>
+      <c r="C59" t="s">
+        <v>15</v>
+      </c>
+      <c r="D59" t="s">
+        <v>15</v>
+      </c>
+      <c r="E59" t="s">
+        <v>714</v>
+      </c>
+      <c r="F59" t="s">
+        <v>15</v>
+      </c>
+      <c r="G59" t="s">
+        <v>715</v>
+      </c>
+      <c r="H59" t="s">
+        <v>716</v>
+      </c>
+      <c r="I59" t="s">
+        <v>717</v>
+      </c>
+      <c r="J59" t="s">
+        <v>426</v>
+      </c>
+      <c r="K59" t="s">
+        <v>718</v>
+      </c>
+      <c r="L59" t="s">
+        <v>719</v>
+      </c>
+      <c r="M59" t="s">
         <v>720</v>
       </c>
-      <c r="C59" t="s">
-[...5 lines deleted...]
-      <c r="E59" t="s">
+      <c r="N59" t="s">
         <v>721</v>
       </c>
-      <c r="F59" t="s">
-[...2 lines deleted...]
-      <c r="G59" t="s">
+      <c r="O59" t="s">
         <v>722</v>
-      </c>
-[...25 lines deleted...]
-        <v>731</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B60" t="s">
+        <v>723</v>
+      </c>
+      <c r="C60" t="s">
+        <v>15</v>
+      </c>
+      <c r="D60" t="s">
+        <v>15</v>
+      </c>
+      <c r="E60" t="s">
+        <v>724</v>
+      </c>
+      <c r="F60" t="s">
+        <v>15</v>
+      </c>
+      <c r="G60" t="s">
+        <v>725</v>
+      </c>
+      <c r="H60" t="s">
+        <v>726</v>
+      </c>
+      <c r="I60" t="s">
+        <v>727</v>
+      </c>
+      <c r="J60" t="s">
+        <v>728</v>
+      </c>
+      <c r="K60" t="s">
+        <v>729</v>
+      </c>
+      <c r="L60" t="s">
+        <v>730</v>
+      </c>
+      <c r="M60" t="s">
+        <v>731</v>
+      </c>
+      <c r="N60" t="s">
         <v>732</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="E60" t="s">
+      <c r="O60" t="s">
         <v>733</v>
       </c>
-      <c r="F60" t="s">
-[...2 lines deleted...]
-      <c r="G60" t="s">
+      <c r="P60" t="s">
         <v>734</v>
-      </c>
-[...13 lines deleted...]
-        <v>738</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B61" t="s">
+        <v>735</v>
+      </c>
+      <c r="C61" t="s">
+        <v>15</v>
+      </c>
+      <c r="D61" t="s">
+        <v>15</v>
+      </c>
+      <c r="E61" t="s">
+        <v>736</v>
+      </c>
+      <c r="F61" t="s">
+        <v>15</v>
+      </c>
+      <c r="G61" t="s">
+        <v>737</v>
+      </c>
+      <c r="H61" t="s">
+        <v>738</v>
+      </c>
+      <c r="I61" t="s">
         <v>739</v>
       </c>
-      <c r="C61" t="s">
-[...5 lines deleted...]
-      <c r="E61" t="s">
+      <c r="J61" t="s">
+        <v>426</v>
+      </c>
+      <c r="K61" t="s">
         <v>740</v>
       </c>
-      <c r="F61" t="s">
-[...2 lines deleted...]
-      <c r="G61" t="s">
+      <c r="L61" t="s">
         <v>741</v>
-      </c>
-[...10 lines deleted...]
-        <v>745</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B62" t="s">
+        <v>742</v>
+      </c>
+      <c r="C62" t="s">
+        <v>15</v>
+      </c>
+      <c r="D62" t="s">
+        <v>15</v>
+      </c>
+      <c r="E62" t="s">
+        <v>743</v>
+      </c>
+      <c r="F62" t="s">
+        <v>15</v>
+      </c>
+      <c r="G62" t="s">
+        <v>744</v>
+      </c>
+      <c r="H62" t="s">
+        <v>745</v>
+      </c>
+      <c r="I62" t="s">
         <v>746</v>
       </c>
-      <c r="C62" t="s">
-[...5 lines deleted...]
-      <c r="E62" t="s">
+      <c r="J62" t="s">
         <v>747</v>
       </c>
-      <c r="F62" t="s">
-[...2 lines deleted...]
-      <c r="G62" t="s">
+      <c r="K62" t="s">
         <v>748</v>
-      </c>
-[...13 lines deleted...]
-        <v>753</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B63" t="s">
+        <v>749</v>
+      </c>
+      <c r="C63" t="s">
+        <v>15</v>
+      </c>
+      <c r="D63" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" t="s">
+        <v>750</v>
+      </c>
+      <c r="F63" t="s">
+        <v>15</v>
+      </c>
+      <c r="G63" t="s">
+        <v>751</v>
+      </c>
+      <c r="H63" t="s">
+        <v>752</v>
+      </c>
+      <c r="I63" t="s">
+        <v>753</v>
+      </c>
+      <c r="J63" t="s">
         <v>754</v>
       </c>
-      <c r="C63" t="s">
-[...5 lines deleted...]
-      <c r="E63" t="s">
+      <c r="K63" t="s">
         <v>755</v>
       </c>
-      <c r="F63" t="s">
-[...2 lines deleted...]
-      <c r="G63" t="s">
+      <c r="L63" t="s">
         <v>756</v>
-      </c>
-[...13 lines deleted...]
-        <v>760</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B64" t="s">
+        <v>757</v>
+      </c>
+      <c r="C64" t="s">
+        <v>15</v>
+      </c>
+      <c r="D64" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" t="s">
+        <v>758</v>
+      </c>
+      <c r="F64" t="s">
+        <v>15</v>
+      </c>
+      <c r="G64" t="s">
+        <v>759</v>
+      </c>
+      <c r="H64" t="s">
+        <v>760</v>
+      </c>
+      <c r="I64" t="s">
         <v>761</v>
       </c>
-      <c r="C64" t="s">
-[...5 lines deleted...]
-      <c r="E64" t="s">
+      <c r="J64" t="s">
+        <v>747</v>
+      </c>
+      <c r="K64" t="s">
         <v>762</v>
       </c>
-      <c r="F64" t="s">
-[...2 lines deleted...]
-      <c r="G64" t="s">
+      <c r="L64" t="s">
         <v>763</v>
-      </c>
-[...16 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B65" t="s">
+        <v>764</v>
+      </c>
+      <c r="C65" t="s">
+        <v>15</v>
+      </c>
+      <c r="D65" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" t="s">
+        <v>765</v>
+      </c>
+      <c r="F65" t="s">
+        <v>15</v>
+      </c>
+      <c r="G65" t="s">
+        <v>766</v>
+      </c>
+      <c r="H65" t="s">
+        <v>767</v>
+      </c>
+      <c r="I65" t="s">
+        <v>768</v>
+      </c>
+      <c r="J65" t="s">
+        <v>769</v>
+      </c>
+      <c r="K65" t="s">
         <v>770</v>
       </c>
-      <c r="C65" t="s">
-[...11 lines deleted...]
-      <c r="G65" t="s">
+      <c r="L65" t="s">
         <v>771</v>
       </c>
-      <c r="H65" t="s">
+      <c r="M65" t="s">
         <v>772</v>
-      </c>
-[...7 lines deleted...]
-        <v>775</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B66" t="s">
+        <v>773</v>
+      </c>
+      <c r="C66" t="s">
+        <v>15</v>
+      </c>
+      <c r="D66" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" t="s">
+        <v>765</v>
+      </c>
+      <c r="F66" t="s">
+        <v>15</v>
+      </c>
+      <c r="G66" t="s">
+        <v>774</v>
+      </c>
+      <c r="H66" t="s">
+        <v>775</v>
+      </c>
+      <c r="I66" t="s">
         <v>776</v>
       </c>
-      <c r="C66" t="s">
-[...5 lines deleted...]
-      <c r="E66" t="s">
+      <c r="J66" t="s">
         <v>777</v>
       </c>
-      <c r="F66" t="s">
-[...2 lines deleted...]
-      <c r="G66" t="s">
+      <c r="K66" t="s">
         <v>778</v>
-      </c>
-[...10 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B67" t="s">
+        <v>779</v>
+      </c>
+      <c r="C67" t="s">
+        <v>15</v>
+      </c>
+      <c r="D67" t="s">
+        <v>15</v>
+      </c>
+      <c r="E67" t="s">
+        <v>780</v>
+      </c>
+      <c r="F67" t="s">
+        <v>15</v>
+      </c>
+      <c r="G67" t="s">
+        <v>781</v>
+      </c>
+      <c r="H67" t="s">
         <v>782</v>
       </c>
-      <c r="C67" t="s">
-[...5 lines deleted...]
-      <c r="E67" t="s">
+      <c r="I67" t="s">
         <v>783</v>
       </c>
-      <c r="F67" t="s">
-[...2 lines deleted...]
-      <c r="G67" t="s">
+      <c r="J67" t="s">
+        <v>216</v>
+      </c>
+      <c r="K67" t="s">
         <v>784</v>
-      </c>
-[...22 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B68" t="s">
+        <v>785</v>
+      </c>
+      <c r="C68" t="s">
+        <v>15</v>
+      </c>
+      <c r="D68" t="s">
+        <v>15</v>
+      </c>
+      <c r="E68" t="s">
+        <v>786</v>
+      </c>
+      <c r="F68" t="s">
+        <v>15</v>
+      </c>
+      <c r="G68" t="s">
+        <v>787</v>
+      </c>
+      <c r="H68" t="s">
+        <v>788</v>
+      </c>
+      <c r="I68" t="s">
+        <v>789</v>
+      </c>
+      <c r="J68" t="s">
+        <v>790</v>
+      </c>
+      <c r="K68" t="s">
+        <v>791</v>
+      </c>
+      <c r="L68" t="s">
+        <v>792</v>
+      </c>
+      <c r="M68" t="s">
         <v>793</v>
       </c>
-      <c r="C68" t="s">
-[...5 lines deleted...]
-      <c r="E68" t="s">
+      <c r="N68" t="s">
         <v>794</v>
       </c>
-      <c r="F68" t="s">
-[...2 lines deleted...]
-      <c r="G68" t="s">
+      <c r="O68" t="s">
         <v>795</v>
-      </c>
-[...16 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B69" t="s">
+        <v>796</v>
+      </c>
+      <c r="C69" t="s">
+        <v>15</v>
+      </c>
+      <c r="D69" t="s">
+        <v>15</v>
+      </c>
+      <c r="E69" t="s">
+        <v>797</v>
+      </c>
+      <c r="F69" t="s">
+        <v>15</v>
+      </c>
+      <c r="G69" t="s">
+        <v>798</v>
+      </c>
+      <c r="H69" t="s">
+        <v>799</v>
+      </c>
+      <c r="I69" t="s">
+        <v>800</v>
+      </c>
+      <c r="J69" t="s">
+        <v>710</v>
+      </c>
+      <c r="K69" t="s">
         <v>801</v>
       </c>
-      <c r="C69" t="s">
-[...5 lines deleted...]
-      <c r="E69" t="s">
+      <c r="L69" t="s">
         <v>802</v>
       </c>
-      <c r="F69" t="s">
-[...2 lines deleted...]
-      <c r="G69" t="s">
+      <c r="M69" t="s">
         <v>803</v>
-      </c>
-[...10 lines deleted...]
-        <v>807</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B70" t="s">
+        <v>804</v>
+      </c>
+      <c r="C70" t="s">
+        <v>15</v>
+      </c>
+      <c r="D70" t="s">
+        <v>15</v>
+      </c>
+      <c r="E70" t="s">
+        <v>805</v>
+      </c>
+      <c r="F70" t="s">
+        <v>15</v>
+      </c>
+      <c r="G70" t="s">
+        <v>806</v>
+      </c>
+      <c r="H70" t="s">
+        <v>807</v>
+      </c>
+      <c r="I70" t="s">
         <v>808</v>
       </c>
-      <c r="C70" t="s">
-[...5 lines deleted...]
-      <c r="E70" t="s">
+      <c r="J70" t="s">
         <v>809</v>
       </c>
-      <c r="F70" t="s">
-[...2 lines deleted...]
-      <c r="G70" t="s">
+      <c r="K70" t="s">
         <v>810</v>
-      </c>
-[...10 lines deleted...]
-        <v>814</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B71" t="s">
+        <v>811</v>
+      </c>
+      <c r="C71" t="s">
+        <v>15</v>
+      </c>
+      <c r="D71" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" t="s">
+        <v>812</v>
+      </c>
+      <c r="F71" t="s">
+        <v>15</v>
+      </c>
+      <c r="G71" t="s">
+        <v>813</v>
+      </c>
+      <c r="H71" t="s">
+        <v>814</v>
+      </c>
+      <c r="I71" t="s">
         <v>815</v>
       </c>
-      <c r="C71" t="s">
-[...5 lines deleted...]
-      <c r="E71" t="s">
+      <c r="J71" t="s">
         <v>816</v>
       </c>
-      <c r="F71" t="s">
-[...2 lines deleted...]
-      <c r="G71" t="s">
+      <c r="K71" t="s">
         <v>817</v>
-      </c>
-[...13 lines deleted...]
-        <v>822</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B72" t="s">
+        <v>818</v>
+      </c>
+      <c r="C72" t="s">
+        <v>15</v>
+      </c>
+      <c r="D72" t="s">
+        <v>15</v>
+      </c>
+      <c r="E72" t="s">
+        <v>819</v>
+      </c>
+      <c r="F72" t="s">
+        <v>15</v>
+      </c>
+      <c r="G72" t="s">
+        <v>820</v>
+      </c>
+      <c r="H72" t="s">
+        <v>821</v>
+      </c>
+      <c r="I72" t="s">
+        <v>822</v>
+      </c>
+      <c r="J72" t="s">
         <v>823</v>
       </c>
-      <c r="C72" t="s">
-[...5 lines deleted...]
-      <c r="E72" t="s">
+      <c r="K72" t="s">
         <v>824</v>
       </c>
-      <c r="F72" t="s">
-[...2 lines deleted...]
-      <c r="G72" t="s">
+      <c r="L72" t="s">
         <v>825</v>
-      </c>
-[...16 lines deleted...]
-        <v>831</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B73" t="s">
+        <v>826</v>
+      </c>
+      <c r="C73" t="s">
+        <v>15</v>
+      </c>
+      <c r="D73" t="s">
+        <v>15</v>
+      </c>
+      <c r="E73" t="s">
+        <v>827</v>
+      </c>
+      <c r="F73" t="s">
+        <v>15</v>
+      </c>
+      <c r="G73" t="s">
+        <v>828</v>
+      </c>
+      <c r="H73" t="s">
+        <v>829</v>
+      </c>
+      <c r="I73" t="s">
+        <v>830</v>
+      </c>
+      <c r="J73" t="s">
+        <v>831</v>
+      </c>
+      <c r="K73" t="s">
         <v>832</v>
       </c>
-      <c r="C73" t="s">
-[...5 lines deleted...]
-      <c r="E73" t="s">
+      <c r="L73" t="s">
         <v>833</v>
       </c>
-      <c r="F73" t="s">
-[...2 lines deleted...]
-      <c r="G73" t="s">
+      <c r="M73" t="s">
         <v>834</v>
-      </c>
-[...10 lines deleted...]
-        <v>838</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B74" t="s">
+        <v>835</v>
+      </c>
+      <c r="C74" t="s">
+        <v>15</v>
+      </c>
+      <c r="D74" t="s">
+        <v>15</v>
+      </c>
+      <c r="E74" t="s">
+        <v>836</v>
+      </c>
+      <c r="F74" t="s">
+        <v>15</v>
+      </c>
+      <c r="G74" t="s">
+        <v>837</v>
+      </c>
+      <c r="H74" t="s">
+        <v>838</v>
+      </c>
+      <c r="I74" t="s">
         <v>839</v>
       </c>
-      <c r="C74" t="s">
-[...5 lines deleted...]
-      <c r="E74" t="s">
+      <c r="J74" t="s">
         <v>840</v>
       </c>
-      <c r="F74" t="s">
-[...2 lines deleted...]
-      <c r="G74" t="s">
+      <c r="K74" t="s">
         <v>841</v>
-      </c>
-[...16 lines deleted...]
-        <v>847</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>182</v>
+        <v>176</v>
       </c>
       <c r="B75" t="s">
+        <v>842</v>
+      </c>
+      <c r="C75" t="s">
+        <v>15</v>
+      </c>
+      <c r="D75" t="s">
+        <v>15</v>
+      </c>
+      <c r="E75" t="s">
+        <v>843</v>
+      </c>
+      <c r="F75" t="s">
+        <v>15</v>
+      </c>
+      <c r="G75" t="s">
+        <v>844</v>
+      </c>
+      <c r="H75" t="s">
+        <v>845</v>
+      </c>
+      <c r="I75" t="s">
+        <v>181</v>
+      </c>
+      <c r="J75" t="s">
+        <v>846</v>
+      </c>
+      <c r="K75" t="s">
+        <v>847</v>
+      </c>
+      <c r="L75" t="s">
         <v>848</v>
       </c>
-      <c r="C75" t="s">
-[...5 lines deleted...]
-      <c r="E75" t="s">
+      <c r="M75" t="s">
         <v>849</v>
       </c>
-      <c r="F75" t="s">
-[...2 lines deleted...]
-      <c r="G75" t="s">
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>176</v>
+      </c>
+      <c r="B76" t="s">
         <v>850</v>
       </c>
-      <c r="H75" t="s">
+      <c r="C76" t="s">
+        <v>15</v>
+      </c>
+      <c r="D76" t="s">
+        <v>15</v>
+      </c>
+      <c r="E76" t="s">
         <v>851</v>
       </c>
-      <c r="I75" t="s">
+      <c r="F76" t="s">
+        <v>15</v>
+      </c>
+      <c r="G76" t="s">
         <v>852</v>
       </c>
-      <c r="J75" t="s">
+      <c r="H76" t="s">
         <v>853</v>
       </c>
-      <c r="K75" t="s">
+      <c r="I76" t="s">
         <v>854</v>
       </c>
-      <c r="L75" t="s">
+      <c r="J76" t="s">
         <v>855</v>
+      </c>
+      <c r="K76" t="s">
+        <v>856</v>
+      </c>
+      <c r="L76" t="s">
+        <v>857</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>