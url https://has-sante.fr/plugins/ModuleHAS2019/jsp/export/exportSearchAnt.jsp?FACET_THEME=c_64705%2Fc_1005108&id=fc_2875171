--- v0 (2025-10-27)
+++ v1 (2026-01-19)
@@ -1,1010 +1,5258 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1039" uniqueCount="565">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...5 lines deleted...]
-    <t>The objectives of this work were i) to assess the benefit/risk balance of this therapeutic procedure, compared with currently validated techniques, in order to determine the relevance of its potential coverage by the French National Health Insurance, ii) to define the specific conditions for carrying it out, and iii) to determine the organizational impact of its implementation and potential dissemination.</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SPYSCOPE DS</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>01/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636563/fr/spyscope-ds</t>
+  </si>
+  <si>
+    <t>p_3636563</t>
+  </si>
+  <si>
+    <t>Cathéter d’accès et d’administration pour cholangiopancréatoscope simple opérateur à usage unique</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC</t>
+  </si>
+  <si>
+    <t>PIPELINE VANTAGE AVEC SHIELD TECHNOLOGY</t>
+  </si>
+  <si>
+    <t>22/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2025 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3568328/fr/pipeline-vantage-avec-shield-technology</t>
+  </si>
+  <si>
+    <t>p_3568328</t>
+  </si>
+  <si>
+    <t>Stent intracrânien autoexpansible à largage contrôlé (dit stent flow-diverter)</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>ICESEED 1.5 90°, ICESEED 1.5 90° MRI, ICESEED 1.5 CX 90° ET ICESEED 1.5 CX S 90°</t>
+  </si>
+  <si>
+    <t>24/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2024 17:07:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547435/fr/iceseed-1-5-90-iceseed-1-5-90-mri-iceseed-1-5-cx-90-et-iceseed-1-5-cx-s-90</t>
+  </si>
+  <si>
+    <t>p_3547435</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>PENUMBRA RED</t>
+  </si>
+  <si>
+    <t>04/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2024 16:16:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520822/fr/penumbra-red</t>
+  </si>
+  <si>
+    <t>p_3520822</t>
+  </si>
+  <si>
+    <t>Cathéter de thrombo-aspiration</t>
+  </si>
+  <si>
+    <t>PENUMBRA France SAS (France)</t>
+  </si>
+  <si>
+    <t>SOFIA</t>
+  </si>
+  <si>
+    <t>21/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2024 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519590/fr/sofia</t>
+  </si>
+  <si>
+    <t>p_3519590</t>
+  </si>
+  <si>
+    <t>MICROVENTION EUROPE (France)</t>
+  </si>
+  <si>
+    <t>SOFIA FLOW 88</t>
+  </si>
+  <si>
+    <t>04/06/2024 08:48:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519593/fr/sofia-flow-88</t>
+  </si>
+  <si>
+    <t>p_3519593</t>
+  </si>
+  <si>
+    <t>SOFIA PLUS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519596/fr/sofia-plus</t>
+  </si>
+  <si>
+    <t>p_3519596</t>
+  </si>
+  <si>
+    <t>CELLO</t>
+  </si>
+  <si>
+    <t>03/06/2024 11:42:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519599/fr/cello</t>
+  </si>
+  <si>
+    <t>p_3519599</t>
+  </si>
+  <si>
+    <t>Cathéter guide à ballonnet</t>
+  </si>
+  <si>
+    <t>CERENOVUS NIMBUS</t>
+  </si>
+  <si>
+    <t>23/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2024 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511640/fr/cerenovus-nimbus</t>
+  </si>
+  <si>
+    <t>p_3511640</t>
+  </si>
+  <si>
+    <t>Stent retriever</t>
+  </si>
+  <si>
+    <t>JOHNSON &amp; JOHNSON MEDICAL SAS (France)</t>
+  </si>
+  <si>
+    <t>EMBOVAC</t>
+  </si>
+  <si>
+    <t>26/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2024 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3507992/fr/embovac</t>
+  </si>
+  <si>
+    <t>p_3507992</t>
+  </si>
+  <si>
+    <t>Johnson &amp; Johnson Medical SAS (France)</t>
+  </si>
+  <si>
+    <t>SURPASS EVOLVE</t>
+  </si>
+  <si>
+    <t>09/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508704/fr/surpass-evolve</t>
+  </si>
+  <si>
+    <t>p_3508704</t>
+  </si>
+  <si>
+    <t>Stent intracrânien auto-expansible à largage contrôlé (dit stent flow-diverter)</t>
+  </si>
+  <si>
+    <t>Stryker SAS (France)</t>
+  </si>
+  <si>
+    <t>WEB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508713/fr/web</t>
+  </si>
+  <si>
+    <t>p_3508713</t>
+  </si>
+  <si>
+    <t>Système d’embolisation intra-sacculaire d’anévrismes intracrâniens</t>
+  </si>
+  <si>
+    <t>MICROVENTION Europe SARL (France)</t>
+  </si>
+  <si>
+    <t>PENUMBRA JET7</t>
+  </si>
+  <si>
+    <t>30/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2024 09:14:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498133/fr/penumbra-jet7</t>
+  </si>
+  <si>
+    <t>p_3498133</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498136/fr/penumbra-red</t>
+  </si>
+  <si>
+    <t>p_3498136</t>
+  </si>
+  <si>
+    <t>PENUMBRA JETD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498139/fr/penumbra-jetd</t>
+  </si>
+  <si>
+    <t>p_3498139</t>
+  </si>
+  <si>
+    <t>PENUMBRA ACE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498143/fr/penumbra-ace</t>
+  </si>
+  <si>
+    <t>p_3498143</t>
+  </si>
+  <si>
+    <t>SURPASS STREAMLINE</t>
+  </si>
+  <si>
+    <t>05/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2024 14:23:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486039/fr/surpass-streamline</t>
+  </si>
+  <si>
+    <t>p_3486039</t>
+  </si>
+  <si>
+    <t>Stent intracrânien auto-expansible à largage contrôlé (dit stent flow diverter)</t>
+  </si>
+  <si>
+    <t>STRYKER France SAS</t>
+  </si>
+  <si>
+    <t>PARADISE</t>
+  </si>
+  <si>
+    <t>19/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2024 11:04:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483261/fr/paradise</t>
+  </si>
+  <si>
+    <t>p_3483261</t>
+  </si>
+  <si>
+    <t>Cathéter de dénervation rénale</t>
+  </si>
+  <si>
+    <t>ReCor Medical, Inc. (États-Unis)</t>
+  </si>
+  <si>
+    <t>PRESET STANDARD, PRESET LUX et PRESET LITE</t>
+  </si>
+  <si>
+    <t>11/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:18:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455696/fr/preset-standard-preset-lux-et-preset-lite</t>
+  </si>
+  <si>
+    <t>p_3455696</t>
+  </si>
+  <si>
+    <t>Stents retrievers</t>
+  </si>
+  <si>
+    <t>PHENOX GmbH</t>
+  </si>
+  <si>
+    <t>AZUR / AZUR CX</t>
+  </si>
+  <si>
+    <t>16/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2023 16:25:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446081/fr/azur-/-azur-cx</t>
+  </si>
+  <si>
+    <t>p_3446081</t>
+  </si>
+  <si>
+    <t>Système d’embolisation périphérique hélicoïdal à détachement électrique avec hydrogel</t>
+  </si>
+  <si>
+    <t>Terumo France SAS (France)</t>
+  </si>
+  <si>
+    <t>VENOVO</t>
+  </si>
+  <si>
+    <t>21/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2023 08:36:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421428/fr/venovo</t>
+  </si>
+  <si>
+    <t>p_3421428</t>
+  </si>
+  <si>
+    <t>Endoprothèse veineuse auto-expansible</t>
+  </si>
+  <si>
+    <t>BECTON DICKINSON FRANCE SAS</t>
+  </si>
+  <si>
+    <t>p48 MW</t>
+  </si>
+  <si>
+    <t>06/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2023 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3400590/fr/p48-mw</t>
+  </si>
+  <si>
+    <t>p_3400590</t>
+  </si>
+  <si>
+    <t>Stent intracrânien auto-expansible à largage  contrôlé (dit stent flow diverter)</t>
+  </si>
+  <si>
+    <t>08/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2022 10:07:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385985/fr/penumbra-red</t>
+  </si>
+  <si>
+    <t>p_3385985</t>
+  </si>
+  <si>
+    <t>Cathéter de reperfusion utilisé dans un  système de thrombo-aspiration</t>
+  </si>
+  <si>
+    <t>PENUMBRA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>PENUMBRA SYSTEM incluant le cathéter de reperfusion PENUMBRA JET D</t>
+  </si>
+  <si>
+    <t>16/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/09/2022 12:07:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362648/fr/penumbra-system-incluant-le-catheter-de-reperfusion-penumbra-jet-d</t>
+  </si>
+  <si>
+    <t>p_3362648</t>
+  </si>
+  <si>
+    <t>Système de thrombo-aspiration</t>
+  </si>
+  <si>
+    <t>PENUMBRA France SAS</t>
+  </si>
+  <si>
+    <t>LEVEEN</t>
+  </si>
+  <si>
+    <t>01/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2022 12:01:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316342/fr/leveen</t>
+  </si>
+  <si>
+    <t>p_3316342</t>
+  </si>
+  <si>
+    <t>Électrodes aiguilles de radiofréquence</t>
+  </si>
+  <si>
+    <t>VERTEBRAL BODY STENT</t>
+  </si>
+  <si>
+    <t>Traitement des fractures vertébrales symptomatiques non consolidées d’origine ostéoporotique situées entre T5 et L5, de type A1 ou A3.1 selon la classification AO ou classification de Magerl, avec une perte de hauteur du corps vertébral supérieure à 25% et sans atteinte de la paroi vertébrale postérieure. Traitement des fractures vertébrales symptomatiques non consolidées d’origine traumatique situées entre T5 et L5, de type A1 ou A3.1 selon la classification AO et sans atteinte de la paroi vertébrale postérieure.</t>
+  </si>
+  <si>
+    <t>26/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2022 09:57:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3343594/fr/vertebral-body-stent</t>
+  </si>
+  <si>
+    <t>p_3343594</t>
+  </si>
+  <si>
+    <t>Système de stent pour corps vertébral</t>
+  </si>
+  <si>
+    <t>JOHNSON &amp; JOHNSON MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>10/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2022 17:02:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3340347/fr/azur-/-azur-cx</t>
+  </si>
+  <si>
+    <t>p_3340347</t>
+  </si>
+  <si>
+    <t>Système d’embolisation périphérique  hélicoïdal à détachement électrique avec  hydrogel</t>
+  </si>
+  <si>
+    <t>TERUMO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>AZUR ET AZUR CX</t>
+  </si>
+  <si>
+    <t>15/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/04/2022 12:13:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330205/fr/azur-et-azur-cx</t>
+  </si>
+  <si>
+    <t>p_3330205</t>
+  </si>
+  <si>
+    <t>NEUROFORM 3 ET NEUROFORM EZ3</t>
+  </si>
+  <si>
+    <t>14/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/02/2022 18:06:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308576/fr/neuroform-3-et-neuroform-ez3</t>
+  </si>
+  <si>
+    <t>p_3308576</t>
+  </si>
+  <si>
+    <t>Stents intracrâniens auto-expansibles</t>
+  </si>
+  <si>
+    <t>PENUMBRA SYSTEM incluant le cathéter de reperfusion PENUMBRA ACE 68 - PENUMBRA SYSTEM incluant le cathéter de reperfusion PENUMBRA ACE 60</t>
+  </si>
+  <si>
+    <t>11/02/2022 15:23:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309882/fr/penumbra-system-incluant-le-catheter-de-reperfusion-penumbra-ace-68-penumbra-system-incluant-le-catheter-de-reperfusion-penumbra-ace-60</t>
+  </si>
+  <si>
+    <t>p_3309882</t>
+  </si>
+  <si>
+    <t>PENUMBRA FRANCE</t>
+  </si>
+  <si>
+    <t>PENUMBRA SYSTEM incluant le cathéter de reperfusion PENUMBRA JET 7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309885/fr/penumbra-system-incluant-le-catheter-de-reperfusion-penumbra-jet-7</t>
+  </si>
+  <si>
+    <t>p_3309885</t>
+  </si>
+  <si>
+    <t>DERIVO MINI</t>
+  </si>
+  <si>
+    <t>07/02/2022 17:29:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309858/fr/derivo-mini</t>
+  </si>
+  <si>
+    <t>p_3309858</t>
+  </si>
+  <si>
+    <t>ACANDIS</t>
+  </si>
+  <si>
+    <t>P64</t>
+  </si>
+  <si>
+    <t>20/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:53:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299673/fr/p64</t>
+  </si>
+  <si>
+    <t>p_3299673</t>
+  </si>
+  <si>
+    <t>PENUMBRA JET D</t>
+  </si>
+  <si>
+    <t>21/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2021 10:14:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289059/fr/penumbra-jet-d</t>
+  </si>
+  <si>
+    <t>p_3289059</t>
+  </si>
+  <si>
+    <t>Cathéter de reperfusion utilisé dans un  système de thrombo-aspiration des artères  cérébrales</t>
+  </si>
+  <si>
+    <t>PENUMBRA 3MAXC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289062/fr/penumbra-3maxc</t>
+  </si>
+  <si>
+    <t>p_3289062</t>
+  </si>
+  <si>
+    <t>PENUMBRA JET 7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289065/fr/penumbra-jet-7</t>
+  </si>
+  <si>
+    <t>p_3289065</t>
+  </si>
+  <si>
+    <t>PENUMBRA ACE 68 -  PENUMBRA ACE 60</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289068/fr/penumbra-ace-68-penumbra-ace-60</t>
+  </si>
+  <si>
+    <t>p_3289068</t>
+  </si>
+  <si>
+    <t>Cathéter de reperfusion utilisé dans un  système de thromboaspiration des artères  cérébrales</t>
+  </si>
+  <si>
+    <t>EMBOSPHERE</t>
+  </si>
+  <si>
+    <t>06/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279492/fr/embosphere</t>
+  </si>
+  <si>
+    <t>p_3279492</t>
+  </si>
+  <si>
+    <t>Microsphères d’embolisation</t>
+  </si>
+  <si>
+    <t>BIOSPHERE MEDICAL S.A.</t>
+  </si>
+  <si>
+    <t>EMBOGOLD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279495/fr/embogold</t>
+  </si>
+  <si>
+    <t>p_3279495</t>
+  </si>
+  <si>
+    <t>HYDROFRAME</t>
+  </si>
+  <si>
+    <t>22/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2021 10:03:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236221/fr/hydroframe</t>
+  </si>
+  <si>
+    <t>p_3236221</t>
+  </si>
+  <si>
+    <t>Microspires à détachement contrôlé (formes complexes)</t>
+  </si>
+  <si>
+    <t>MICROVENTION EUROPE SARL</t>
+  </si>
+  <si>
+    <t>HYDROFILL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236224/fr/hydrofill</t>
+  </si>
+  <si>
+    <t>p_3236224</t>
+  </si>
+  <si>
+    <t>Microspires à détachement contrôlé (formes simples)</t>
+  </si>
+  <si>
+    <t>HYDROSOFT HÉLICOÏDAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236251/fr/hydrosoft-helicoidal</t>
+  </si>
+  <si>
+    <t>p_3236251</t>
+  </si>
+  <si>
+    <t>MICROVENTION EUROPE</t>
+  </si>
+  <si>
+    <t>HYDROSOFT 3D</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236257/fr/hydrosoft-3d</t>
+  </si>
+  <si>
+    <t>p_3236257</t>
+  </si>
+  <si>
+    <t>3D REVASCULARISATION DEVICE</t>
+  </si>
+  <si>
+    <t>15/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2021 09:14:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224417/fr/3d-revascularisation-device</t>
+  </si>
+  <si>
+    <t>p_3224417</t>
+  </si>
+  <si>
+    <t>30/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2020 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198900/fr/penumbra-system-incluant-le-catheter-de-reperfusion-penumbra-ace-68-penumbra-system-incluant-le-catheter-de-reperfusion-penumbra-ace-60</t>
+  </si>
+  <si>
+    <t>p_3198900</t>
+  </si>
+  <si>
+    <t>PENUMBRA SYSTEM incluant le cathéter de reperfusion JET 7</t>
+  </si>
+  <si>
+    <t>03/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198906/fr/penumbra-system-incluant-le-catheter-de-reperfusion-jet-7</t>
+  </si>
+  <si>
+    <t>p_3198906</t>
+  </si>
+  <si>
+    <t>PENUMBRA SYSTEM incluant le cathéter de reperfusion JET D</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198910/fr/penumbra-system-incluant-le-catheter-de-reperfusion-jet-d</t>
+  </si>
+  <si>
+    <t>p_3198910</t>
+  </si>
+  <si>
+    <t>KIT DE NAVIGATION-NAVIKIT</t>
+  </si>
+  <si>
+    <t>21/04/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/05/2020 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183506/fr/kit-de-navigation-navikit</t>
+  </si>
+  <si>
+    <t>p_3183506</t>
+  </si>
+  <si>
+    <t>Dispositif à usage unique pour la navigation en radiologie interventionnelle</t>
+  </si>
+  <si>
+    <t>IMACTIS</t>
+  </si>
+  <si>
+    <t>LVIS EVO</t>
+  </si>
+  <si>
+    <t>07/04/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2020 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183515/fr/lvis-evo</t>
+  </si>
+  <si>
+    <t>p_3183515</t>
+  </si>
+  <si>
+    <t>Stent intracrânien auto-expansible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183521/fr/derivo-mini</t>
+  </si>
+  <si>
+    <t>p_3183521</t>
+  </si>
+  <si>
+    <t>PENUMBRA FRANCE / ACNADIS</t>
+  </si>
+  <si>
+    <t>25/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2020 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169456/fr/spyscope-ds</t>
+  </si>
+  <si>
+    <t>p_3169456</t>
+  </si>
+  <si>
+    <t>SPYSCOPE DS II</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169468/fr/spyscope-ds-ii</t>
+  </si>
+  <si>
+    <t>p_3169468</t>
+  </si>
+  <si>
+    <t>SILK+</t>
+  </si>
+  <si>
+    <t>30/03/2020 08:26:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166647/fr/silk</t>
+  </si>
+  <si>
+    <t>p_3166647</t>
+  </si>
+  <si>
+    <t>Endoprothèse intracrânienne</t>
+  </si>
+  <si>
+    <t>BALT EXTRUSION</t>
+  </si>
+  <si>
+    <t>08/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2020 14:15:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165657/fr/cello</t>
+  </si>
+  <si>
+    <t>p_3165657</t>
+  </si>
+  <si>
+    <t>17/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2020 12:00:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162507/fr/sofia</t>
+  </si>
+  <si>
+    <t>p_3162507</t>
+  </si>
+  <si>
+    <t>Cathéter d’accès distal utilisé dans un système de thrombo-aspiration</t>
+  </si>
+  <si>
+    <t>11/03/2020 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3162610/fr/sofia-plus</t>
+  </si>
+  <si>
+    <t>p_3162610</t>
+  </si>
+  <si>
+    <t>CONFORMABLE GORE TAG</t>
+  </si>
+  <si>
+    <t>14/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 09:35:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149210/fr/conformable-gore-tag</t>
+  </si>
+  <si>
+    <t>p_3149210</t>
+  </si>
+  <si>
+    <t>Endoprothèse aortique</t>
+  </si>
+  <si>
+    <t>WL GORE ET ASSOCIES SARL</t>
+  </si>
+  <si>
+    <t>SOLITAIRE X</t>
+  </si>
+  <si>
+    <t>05/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2020 17:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145930/fr/solitaire-x</t>
+  </si>
+  <si>
+    <t>p_3145930</t>
+  </si>
+  <si>
+    <t>stent retriever</t>
+  </si>
+  <si>
+    <t>FRED</t>
+  </si>
+  <si>
+    <t>03/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2019 15:12:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108961/fr/fred</t>
+  </si>
+  <si>
+    <t>p_3108961</t>
+  </si>
+  <si>
+    <t>stent intracrânien auto-expansible à largage contrôlé (dit stent flow diverter)</t>
+  </si>
+  <si>
+    <t>04/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/08/2019 15:23:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098912/fr/surpass-evolve</t>
+  </si>
+  <si>
+    <t>p_3098912</t>
+  </si>
+  <si>
+    <t>30/08/2019 15:26:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098925/fr/surpass-streamline</t>
+  </si>
+  <si>
+    <t>p_3098925</t>
+  </si>
+  <si>
+    <t>09/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>09/11/2018 17:06:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882118/fr/silk</t>
+  </si>
+  <si>
+    <t>c_2882118</t>
+  </si>
+  <si>
+    <t>ORBIT GALAXY</t>
+  </si>
+  <si>
+    <t>Microspire d’embolisation d’anévrismes artériels intracrâniens (formes simples, complexes et mini-complexes)</t>
+  </si>
+  <si>
+    <t>19/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>19/01/2018 16:11:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820668/fr/orbit-galaxy</t>
+  </si>
+  <si>
+    <t>c_2820668</t>
+  </si>
+  <si>
+    <t>ETHICON SAS</t>
+  </si>
+  <si>
+    <t>RANGER</t>
+  </si>
+  <si>
+    <t>Ballonnet à élution de paclitaxel</t>
+  </si>
+  <si>
+    <t>05/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/01/2018 17:08:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2811235/fr/ranger</t>
+  </si>
+  <si>
+    <t>c_2811235</t>
+  </si>
+  <si>
+    <t>TRUFILL DCS &amp; TRUFILL DCS ORBIT</t>
+  </si>
+  <si>
+    <t>Microspires d’embolisation d’anévrismes artériels intracrâniens</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818468/fr/trufill-dcs-trufill-dcs-orbit</t>
+  </si>
+  <si>
+    <t>c_2818468</t>
+  </si>
+  <si>
+    <t>SEPARATEUR 3D PENUMBRA</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>28/08/2017 11:13:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786312/fr/separateur-3d-penumbra</t>
+  </si>
+  <si>
+    <t>c_2786312</t>
+  </si>
+  <si>
+    <t>PENUMBRA EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>PENUMBRA SYSTEM</t>
+  </si>
+  <si>
+    <t>Système de thromboaspiration</t>
+  </si>
+  <si>
+    <t>02/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790576/fr/penumbra-system</t>
+  </si>
+  <si>
+    <t>c_2790576</t>
+  </si>
+  <si>
+    <t>Cathéter artériel ou d'embolectomie</t>
+  </si>
+  <si>
+    <t>ZILVER PTX</t>
+  </si>
+  <si>
+    <t>Endoprothèse vasculaire périphérique à libération de paclitaxel</t>
+  </si>
+  <si>
+    <t>04/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2016 09:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2677779/fr/zilver-ptx</t>
+  </si>
+  <si>
+    <t>c_2677779</t>
+  </si>
+  <si>
+    <t>COOK FRANCE</t>
+  </si>
+  <si>
+    <t>22/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/10/2015 15:04:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564373/fr/silk</t>
+  </si>
+  <si>
+    <t>c_2564373</t>
+  </si>
+  <si>
+    <t>PROMUS PREMIER BTK (Monorail)</t>
+  </si>
+  <si>
+    <t>Endoprothèse vasculaire périphérique</t>
+  </si>
+  <si>
+    <t>08/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2015 12:36:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062734/fr/promus-premier-btk-monorail</t>
+  </si>
+  <si>
+    <t>c_2062734</t>
+  </si>
+  <si>
+    <t>PROMUS PREMIER BTK (over the wire)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062737/fr/promus-premier-btk-over-the-wire</t>
+  </si>
+  <si>
+    <t>c_2062737</t>
+  </si>
+  <si>
+    <t>PENUMBRA COIL 400</t>
+  </si>
+  <si>
+    <t>Microspires d'embolisation des anévrismes intracrâniens</t>
+  </si>
+  <si>
+    <t>23/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2014 09:43:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1767047/fr/penumbra-coil-400</t>
+  </si>
+  <si>
+    <t>c_1767047</t>
+  </si>
+  <si>
+    <t>ANGIOSEAL</t>
+  </si>
+  <si>
+    <t>18/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2007 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_522674/fr/angioseal</t>
+  </si>
+  <si>
+    <t>c_522674</t>
+  </si>
+  <si>
+    <t>St JUDE MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Antiagrégants plaquettaires : prise en compte des risques thrombotique et hémorragique en cas de geste endoscopique chez le coronarien</t>
+  </si>
+  <si>
+    <t>Évaluer, chez le patient coronarien devant subir une endoscopie : le risque hémorragique lié à un acte invasif : peut-on proposer une classification des actes selon le niveau de risque ? le risque lié à l’interruption du traitement AAP : peut-on en établir une classification en fonction de l’indication initiale de l’AAP ? le rapport bénéfice/risque d’une intervention chez un patient traité par AAP ; le délai à respecter après la pose d’un stent actif avant de pouvoir arrêter le double AAP ? Existe-t-il des différences en fonction du type de stent actif ? les facteurs de sur-risque thrombotique à prendre.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2013 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1294540/fr/antiagregants-plaquettaires-prise-en-compte-des-risques-thrombotique-et-hemorragique-en-cas-de-geste-endoscopique-chez-le-coronarien</t>
+  </si>
+  <si>
+    <t>c_1294540</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Que faire quand un enfant a ingéré une pile bouton ?</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) et la Société de Toxicologie Clinique (STC) publient aujourd’hui des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est en effet essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des arbres décisionnels sont déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316737/fr/que-faire-quand-un-enfant-a-ingere-une-pile-bouton</t>
+  </si>
+  <si>
+    <t>p_3316737</t>
+  </si>
+  <si>
+    <t>Exposition médicale aux rayonnements ionisants : Sécuriser le parcours du patient</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS), en partenariat avec l’Autorité de sûreté nucléaire (ASN), publie aujourd’hui un guide d’analyse des pratiques dans les trois secteurs faisant usage des rayonnements ionisants : la radiologie, la médecine nucléaire et la radiothérapie. Des programmes d’amélioration des pratiques, élaborés avec l’ensemble des professionnels concernés par la radioprotection, sont proposés pour permettre de mieux sécuriser le parcours du patient exposé aux rayonnements ionisants.</t>
+  </si>
+  <si>
+    <t>12/03/2013 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1365837/fr/exposition-medicale-aux-rayonnements-ionisants-securiser-le-parcours-du-patient</t>
+  </si>
+  <si>
+    <t>c_1365837</t>
+  </si>
+  <si>
+    <t>Endoscopie chez un patient coronarien : évaluer au mieux les risques liés aux antiagrégants plaquettaires</t>
+  </si>
+  <si>
+    <t>Faire une endoscopie à un patient coronarien traité par antiagrégants plaquettaires induit des risques d’hémorragie et de thrombose importants. Pour aider les professionnels de santé à choisir la prise en charge la plus sûre et permettre une meilleure information du patient, la Société Française d’Endoscopie Digestive (SFED) et la Haute Autorité de Santé (HAS) ont élaboré en partenariat des recommandations professionnelles. Quatre fiches de synthèse spécifiques sont également publiées : une en gastro-entérologie, une en proctologie, une en urologie et une en pneumologie.</t>
+  </si>
+  <si>
+    <t>22/10/2012 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322433/fr/endoscopie-chez-un-patient-coronarien-evaluer-au-mieux-les-risques-lies-aux-antiagregants-plaquettaires</t>
+  </si>
+  <si>
+    <t>c_1322433</t>
+  </si>
+  <si>
+    <t>Coelioscopie en chirurgie du cancer colo rectal</t>
+  </si>
+  <si>
+    <t>11/04/2005 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240425/fr/coelioscopie-en-chirurgie-du-cancer-colo-rectal</t>
+  </si>
+  <si>
+    <t>c_240425</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de la chirurgie d’exérèse d’une hernie discale lombaire par endoscopie – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Définition du protocole de l’évaluation de la chirurgie d’exérèse d’une hernie discale lombaire par endoscopie L’objectif de cette note de cadrage est de définir le protocole de l’évaluation à venir portant sur la chirurgie d’exérèse d’une hernie discale lombaire par endoscopie. La demande d’évaluation émane du Conseil National Professionnel (CNP) de neurochirurgie. Ce dernier a sollicité la HAS afin qu’elle évalue la chirurgie d’exérèse d’une hernie discale lombaire par voie endoscopique interlamaire, en vue de son remboursement par l’Assurance maladie. Le CNP met en avant les avantages théoriques de cette technique, liés notamment à son caractère mini invasif par rapport aux chirurgies standards actuellement prises en charge par l’Assurance maladie qui sont la chirurgie ouverte et la microdiscectomie (à ciel ouvert ou tubulaire).</t>
+  </si>
+  <si>
+    <t>28/07/2025 14:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638392/fr/evaluation-de-la-chirurgie-d-exerese-d-une-hernie-discale-lombaire-par-endoscopie-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3638392</t>
+  </si>
+  <si>
+    <t>Évaluation de l’acte de nécrosectomie par voie d’abord endoscopique transluminale dans le traitement de la pancréatite aiguë nécrosante</t>
+  </si>
+  <si>
+    <t>Acte mini-invasif de nécrosectomie par voie d’abord endoscopique transluminale transmurale (transgastrique ou transduodénale), dans le traitement de la pancréatite aiguë nécrosante, en cas d’absence d’amélioration clinique après drainage.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/16/2024 12:11:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498436/en/assessment-of-the-endoscopic-transluminal-necrosectomy-procedure-in-the-treatment-of-acute-necrotizing-pancreatitis</t>
+    <t>16/12/2024 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498436/fr/evaluation-de-l-acte-de-necrosectomie-par-voie-d-abord-endoscopique-transluminale-dans-le-traitement-de-la-pancreatite-aigue-necrosante</t>
   </si>
   <si>
     <t>p_3498436</t>
   </si>
   <si>
-    <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
+    <t>Évaluation de l’ablation unilatérale de cibles cérébrales en condition stéréotaxique à l’aide d’ultrasons focalisés guidés par IRM (MRgFUS)</t>
+  </si>
+  <si>
+    <t>Tremblement essentiel (TE), résistant aux médicaments, thalamothomie par ultrasons focalisés guidés par IRM (MRgFUS), stimulation cérébrale profonde (SCP), sévérité des tremblements, qualité de vie</t>
+  </si>
+  <si>
+    <t>20/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2024 11:52:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520474/fr/evaluation-de-l-ablation-unilaterale-de-cibles-cerebrales-en-condition-stereotaxique-a-l-aide-d-ultrasons-focalises-guides-par-irm-mrgfus</t>
+  </si>
+  <si>
+    <t>p_3520474</t>
+  </si>
+  <si>
+    <t>Évaluation des ultrasons focalisés de haute intensité pour le traitement des fibromes utérins symptomatiques – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Rapport d’évaluation du traitement des fibromes utérins symptomatiques par ultrasons focalisés de haute intensité selon deux modalités de guidage : guidage par échographie (USgHIFU) et guidage par IRM (MRgHIFU)</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
-    <t>Ultrasound-guided transcutaneous venous occlusion of the small saphenous vein - INAHTA BRIEF</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3447378/en/ultrasound-guided-transcutaneous-venous-occlusion-of-the-small-saphenous-vein-inahta-brief</t>
+    <t>Destruction par ultrasons focalisés de haute intensité (HIFU) par voie rectale d’un adénocarcinome localisé de la prostate - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Cancer prostate, HIFU (high-intensity focused ultrasound), traitement local, traitement de rattrapage post radiothérapie externe, résultats carcinologiques et fonctionnels, qualité de vie</t>
+  </si>
+  <si>
+    <t>30/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2023 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477519/fr/destruction-par-ultrasons-focalises-de-haute-intensite-hifu-par-voie-rectale-d-un-adenocarcinome-localise-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3477519</t>
+  </si>
+  <si>
+    <t>Occlusion de la petite veine saphène par radiofréquence par voie veineuse transcutanée avec guidage échographique</t>
+  </si>
+  <si>
+    <t>Evaluer le bénéfice/risque de la procédure radiofréquence dans le traitement des varices de la petite veine saphène, de définir sa place parmi celles déjà évaluées par la HAS et prises en charge par l’Assurance maladie, à savoir : la crossectomie éveinage, l’occlusion par laser et l’occlusion par sclérothérapie à la mousse, puis de définir ses conditions de réalisation</t>
+  </si>
+  <si>
+    <t>15/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447378/fr/occlusion-de-la-petite-veine-saphene-par-radiofrequence-par-voie-veineuse-transcutanee-avec-guidage-echographique</t>
   </si>
   <si>
     <t>p_3447378</t>
   </si>
   <si>
-    <t>Needle-based confocal endomicroscopy for the characterisation of pancreatic cystic tumours - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3305438/en/needle-based-confocal-endomicroscopy-for-the-characterisation-of-pancreatic-cystic-tumours-inahta-brief</t>
+    <t>Endomicroscopie confocale par aiguille de ponction pour la caractérisation des tumeurs kystiques pancréatiques</t>
+  </si>
+  <si>
+    <t>En réponse à une saisine de la CNAM, la HAS a évalué le bénéfice/risque de l’endomicroscopie confocale pour la caractérisation des tumeurs kystiques pancréatiques, défini ses indications et ses conditions de réalisation et rendu à cette issue un avis sur le bien-fondé de l’inscription de cet acte à la classification commune des actes médicaux.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2022 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305438/fr/endomicroscopie-confocale-par-aiguille-de-ponction-pour-la-caracterisation-des-tumeurs-kystiques-pancreatiques</t>
   </si>
   <si>
     <t>p_3305438</t>
   </si>
   <si>
-    <t>Organisation of the early management of acute ischaemic stroke using mechanical thrombectomy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2757616/en/organisation-of-the-early-management-of-acute-ischaemic-stroke-using-mechanical-thrombectomy</t>
+    <t>Organisation de la prise en charge précoce de l’accident vasculaire cérébral ischémique aigu par thrombectomie mécanique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’analyser les modifications engendrées par l’introduction de la thrombectomie mécanique (TM) au sein de la stratégie de prise en charge précoce de l’AVC ischémique et de décrire la mise en place d’un système organisationnel conformément à la demande de la DGOS.</t>
+  </si>
+  <si>
+    <t>11/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/07/2018 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757616/fr/organisation-de-la-prise-en-charge-precoce-de-l-accident-vasculaire-cerebral-ischemique-aigu-par-thrombectomie-mecanique</t>
   </si>
   <si>
     <t>c_2757616</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
   </si>
   <si>
-    <t>Conformational intensity-modulated radiation therapy in anal canal cancer</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1364144/en/conformational-intensity-modulated-radiation-therapy-in-anal-canal-cancer</t>
+    <t>Évaluation de l’endomicroscopie confocale par laser dans la caractérisation des sténoses indéterminées des voies biliaires</t>
+  </si>
+  <si>
+    <t>La Société française d’endoscopie digestive (SFED) a saisi la HAS en vue d’évaluer l’«Endomicroscopie Confocale par Laser» (ECL) au cours d’une procédure d’endoscopie digestive dans l’indication: la ou les sténose(s) indéterminée(s) des voies biliaires (SIVB).</t>
+  </si>
+  <si>
+    <t>22/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2015 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2063147/fr/evaluation-de-l-endomicroscopie-confocale-par-laser-dans-la-caracterisation-des-stenoses-indeterminees-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>c_2063147</t>
+  </si>
+  <si>
+    <t>Radiothérapie conformationnelle avec modulation d’intensité dans le cancer du canal anal</t>
+  </si>
+  <si>
+    <t>Ce rapport présente l'évaluation de la HAS concernant l'utilisation de la radiothérapie conformationnelle avec modulation d’intensité dans le traitement du cancer du canal anal.</t>
+  </si>
+  <si>
+    <t>05/08/2015 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364144/fr/radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-canal-anal</t>
   </si>
   <si>
     <t>c_1364144</t>
   </si>
   <si>
-    <t>Assessment of diagnostic and therapeutic parotid and submandibular sialendoscopy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1164340/en/assessment-of-diagnostic-and-therapeutic-parotid-and-submandibular-sialendoscopy-inahta-brief</t>
+    <t>Évaluation de la sialendoscopie parotidienne et submandibulaire à visée diagnostique et thérapeutique</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, de l’efficacité et la sécurité de la technique d’endoscopie (sialendoscopie) des voies salivaires de la parotide et de la glande submandibulaire dans les pathologies obstructives (lithiases et sténoses) et inflammatoires de ces glandes</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1164340/fr/evaluation-de-la-sialendoscopie-parotidienne-et-submandibulaire-a-visee-diagnostique-et-therapeutique</t>
   </si>
   <si>
     <t>c_1164340</t>
   </si>
   <si>
-    <t>Rare visceral surgery procedures by laparoscopy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1769921/en/rare-visceral-surgery-procedures-by-laparoscopy-inahta-brief</t>
+    <t>Évaluation de onze actes de chirurgie viscérale par cœlioscopie : deux colectomies, neuf actes rares</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer onze actes de chirurgie viscérale et digestive par cœlioscopie en vue de leur inscription à la Liste des actes et prestations.</t>
+  </si>
+  <si>
+    <t>18/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2015 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769921/fr/evaluation-de-onze-actes-de-chirurgie-viscerale-par-coelioscopie-deux-colectomies-neuf-actes-rares</t>
   </si>
   <si>
     <t>c_1769921</t>
   </si>
   <si>
-    <t>Endobronchial ultrasound-guided transbronchial needle aspiration - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1770048/en/endobronchial-ultrasound-guided-transbronchial-needle-aspiration-inahta-brief</t>
+    <t>Echo-endoscopie bronchique avec ponction transbronchique à l’aiguille</t>
+  </si>
+  <si>
+    <t>Évaluation de l’écho-endoscopie bronchique avec ponction transbronchique à l’aiguille échoguidée en vue de son inscription à la Liste des actes et prestations (LAP).</t>
+  </si>
+  <si>
+    <t>19/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2014 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770048/fr/echo-endoscopie-bronchique-avec-ponction-transbronchique-a-l-aiguille</t>
   </si>
   <si>
     <t>c_1770048</t>
   </si>
   <si>
-    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
+    <t>Évaluation de l’endomicroscopie optique réalisée lors de la cartographie d’un endo-brachy-œsophage  (aide au diagnostic précoce du cancer superficiel de l’œsophage) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
   </si>
   <si>
     <t>10/10/2014 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 16:05:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1731777</t>
   </si>
   <si>
-    <t>Ultrasound guidance for peripheral nerve blockade</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1701952/en/ultrasound-guidance-for-peripheral-nerve-blockade</t>
+    <t>Évaluation du guidage échographique lors de la réalisation d’une anesthésie locorégionale périphérique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de s’assurer que le guidage échographique est une modalité validée pour la mise en place d’une anesthésie locorégionale périphérique.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2014 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701952/fr/evaluation-du-guidage-echographique-lors-de-la-realisation-d-une-anesthesie-locoregionale-peripherique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1701952</t>
   </si>
   <si>
-    <t>High Intensity Focused Ultrasound (HIFU) for the treatment of localized prostate cancer</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1019703/en/high-intensity-focused-ultrasound-hifu-for-the-treatment-of-localized-prostate-cancer</t>
+    <t>Destruction par ultrasons focalisés de haute intensité (HIFU) par voie rectale d’un adénocarcinome localisé de la prostate</t>
+  </si>
+  <si>
+    <t>Evaluer l’efficacité clinique et la sécurité du traitement par HIFU d’un cancer localisé de la prostate dans deux indications: En première intention curative, d’un adénocarcinome localisé de la prostate T1-2 à risque faible ou intermédiaire, chez un patient âgé de 70 ans ou plus; En rattrapage après récidive carcinologique locale après radiothérapie externe</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2011 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1019703/fr/destruction-par-ultrasons-focalises-de-haute-intensite-hifu-par-voie-rectale-d-un-adenocarcinome-localise-de-la-prostate</t>
   </si>
   <si>
     <t>c_1019703</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019357/en/how-can-we-reduce-the-risks-associated-with-the-creation-of-a-pneumoperitoneum-in-digestive-surgery</t>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Angioplastie immédiate ou dissociée de l’acte de coronarographie diagnostique dans la maladie coronaire stable</t>
+  </si>
+  <si>
+    <t>Les recommandations de cette fiche pertinence concernent les patients ayant une maladie coronarienne stable adressés pour une coronarographie. # Les objectifs de cette fiche : préciser les situations pour lesquelles la pratique d’une angioplastie coronaire peut être réalisée soit au cours de l’acte de coronarographie diagnostique, soit de façon différée et servir de base à un protocole local élaboré dans les services de cardiologie interventionnelle .</t>
+  </si>
+  <si>
+    <t>11/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2016 10:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2638674/fr/angioplastie-immediate-ou-dissociee-de-l-acte-de-coronarographie-diagnostique-dans-la-maladie-coronaire-stable</t>
+  </si>
+  <si>
+    <t>c_2638674</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Traitements non médicamenteux des fibromes utérins - Fiche pertinence</t>
+  </si>
+  <si>
+    <t>La fiche « Pertinence des soins » destinée aux professionnels et aux femmes précise la stratégie de traitement des fibromes utérins, les indications de recours aux traitements non médicamenteux ; les alternatives possibles ; les critères pris en compte pour sélectionner les propositions de traitement ; les modalités suivant lesquelles la démarche de décision médicale partagée du choix de traitement peut s’organiser. Elle complète les outils existants d’information et d’aide aux choix de traitement déjà élaborés et destinés aux femmes.</t>
+  </si>
+  <si>
+    <t>16/05/2023 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323001/fr/traitements-non-medicamenteux-des-fibromes-uterins-fiche-pertinence</t>
+  </si>
+  <si>
+    <t>p_3323001</t>
+  </si>
+  <si>
+    <t>Comment réduire les risques associés à la création d’un pneumopéritoine en chirurgie digestive ?</t>
+  </si>
+  <si>
+    <t>478 évènements indésirables associés aux soins (EIAS) portant sur la création d’un pneumopéritoine ont été analysés dans la base de retour d’expérience du dispositif d’accréditation (base REX) par des chirurgiens de l’organisme agréé de chirurgie viscérale et digestive. L’analyse de ces EIAS ainsi qu’une analyse de la littérature a permis à la Fédération de chirurgie viscérale et digestive (FCVD) de proposer, en partenariat avec la HAS, une solution pour la sécurité des patients.</t>
+  </si>
+  <si>
+    <t>27/05/2016 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019357/fr/comment-reduire-les-risques-associes-a-la-creation-d-un-pneumoperitoine-en-chirurgie-digestive</t>
   </si>
   <si>
     <t>c_2019357</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Améliorer le suivi des patients en radiologie interventionnelle et actes radioguidés</t>
+  </si>
+  <si>
+    <t>Réduire le risque d’effets déterministes » met l’accent sur l’évaluation du suivi des patients, notamment concernant les effets déterministes. Les préconisations insistent sur la nécessité d’un suivi systématique centré sur :# - L’information du patient avant la sortie sur la nécessité d’un suivi,# - L’information à fournir au médecin traitant en précisant les signes d’appel à surveiller,# - Une consultation de suivi systématique à 3 mois et en cas de signe,# - L’envoi en dermatologie pour une prise en charge spécifique en cas de signe,# - La prise en compte de la douleur importante pouvant justifier l’intervention d’un centre anti douleur</t>
+  </si>
+  <si>
+    <t>11/07/2014 14:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754223/fr/ameliorer-le-suivi-des-patients-en-radiologie-interventionnelle-et-actes-radioguides</t>
+  </si>
+  <si>
+    <t>c_1754223</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>XIMEPEG (macrogol 4 000 + électrolytes + siméticone)</t>
   </si>
   <si>
-    <t>10/24/2018 11:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983196/en/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+    <t>24/10/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983196/fr/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
   </si>
   <si>
     <t>pprd_2983196</t>
   </si>
   <si>
     <t>siméticone,sodium (chlorure de),potassium (chlorure de),citrique (acide) anhydre,sodium (citrate de),macrogol 4000,sodium (sulfate de) anhydre</t>
   </si>
   <si>
     <t>ALFASIGMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2862072/en/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+    <t>https://www.has-sante.fr/jcms/c_2862072/fr/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
   </si>
   <si>
     <t>LIPIODOL ULTRA-FLUIDE (oeillette (sous forme d'esters éthyliques d'acides gras iodés de l'hui...)</t>
   </si>
   <si>
-    <t>02/21/2017 17:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983976/en/lipiodol-ultra-fluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
+    <t>21/02/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983976/fr/lipiodol-ultra-fluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
   </si>
   <si>
     <t>pprd_2983976</t>
   </si>
   <si>
     <t>oeillette (sous forme d'esters éthyliques d'acides gras iodés de l'huile d'oeillette)</t>
   </si>
   <si>
     <t>GUERBET</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1716250/en/lipiodol-ultrafluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2671701/en/lipiodol-ultra-fluide-iodine-iodinated-contrast-medium</t>
+    <t>https://www.has-sante.fr/jcms/c_1716250/fr/lipiodol-ultrafluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716238/fr/lipiodol-ultrafluide-esthers-ethyliques-d-acide-gras-produit-de-contraste</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671701/fr/lipiodol-ultra-fluide-iode-produit-de-contraste-iode</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>AVC ischémique aigu : intérêt de la thrombectomie mécanique</t>
+  </si>
+  <si>
+    <t>L’accident vasculaire cérébral (AVC) est une pathologie aiguë nécessitant une prise en charge en extrême urgence. Ces dernières années, l’émergence de la thrombectomie mécanique (TM) a permis d’élargir les modalités de prise en charge de l’AVC ischémique aigu. La HAS a évalué cette nouvelle technologie et analysé l’impact organisationnel lié à son déploiement. Explications de Cédric Carbonneil, chef du service évaluation des actes professionnels de la HAS.</t>
+  </si>
+  <si>
+    <t>12/10/2017 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974244/fr/avc-ischemique-aigu-interet-de-la-thrombectomie-mecanique</t>
+  </si>
+  <si>
+    <t>pprd_2974244</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:J74"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>36</v>
+      </c>
+      <c r="I5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J5" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="E6" t="s">
+        <v>41</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>42</v>
+      </c>
+      <c r="H6" t="s">
+        <v>43</v>
+      </c>
+      <c r="I6" t="s">
         <v>37</v>
       </c>
-      <c r="F6" t="s">
-[...6 lines deleted...]
-        <v>39</v>
+      <c r="J6" t="s">
+        <v>44</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G7" t="s">
+        <v>47</v>
+      </c>
+      <c r="H7" t="s">
+        <v>48</v>
+      </c>
+      <c r="I7" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="C8" t="s">
-        <v>47</v>
+        <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>48</v>
+        <v>40</v>
       </c>
       <c r="E8" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>50</v>
       </c>
       <c r="H8" t="s">
         <v>51</v>
       </c>
+      <c r="I8" t="s">
+        <v>37</v>
+      </c>
+      <c r="J8" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B9" t="s">
         <v>52</v>
       </c>
       <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>40</v>
+      </c>
+      <c r="E9" t="s">
         <v>53</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
         <v>54</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>55</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="I9" t="s">
         <v>56</v>
       </c>
-      <c r="H9" t="s">
-        <v>57</v>
+      <c r="J9" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
         <v>58</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>59</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
         <v>60</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>61</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="I10" t="s">
         <v>62</v>
       </c>
-      <c r="H10" t="s">
+      <c r="J10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>64</v>
       </c>
       <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
         <v>65</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>66</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
         <v>67</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>68</v>
       </c>
-      <c r="H11" t="s">
+      <c r="I11" t="s">
+        <v>37</v>
+      </c>
+      <c r="J11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
         <v>71</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
+        <v>66</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
         <v>72</v>
       </c>
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>73</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="I12" t="s">
         <v>74</v>
       </c>
-      <c r="H12" t="s">
+      <c r="J12" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>71</v>
+      </c>
+      <c r="E13" t="s">
+        <v>66</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
         <v>77</v>
       </c>
-      <c r="D13" t="s">
+      <c r="H13" t="s">
         <v>78</v>
       </c>
-      <c r="E13" t="s">
+      <c r="I13" t="s">
         <v>79</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="J13" t="s">
         <v>80</v>
-      </c>
-[...1 lines deleted...]
-        <v>81</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B14" t="s">
+        <v>81</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
         <v>82</v>
       </c>
-      <c r="C14" t="s">
+      <c r="E14" t="s">
         <v>83</v>
       </c>
-      <c r="D14" t="s">
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
         <v>84</v>
       </c>
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>85</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="I14" t="s">
+        <v>37</v>
+      </c>
+      <c r="J14" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>32</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>82</v>
+      </c>
+      <c r="E15" t="s">
+        <v>83</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
         <v>86</v>
       </c>
-      <c r="H14" t="s">
+      <c r="H15" t="s">
         <v>87</v>
       </c>
+      <c r="I15" t="s">
+        <v>37</v>
+      </c>
+      <c r="J15" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>88</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>82</v>
+      </c>
+      <c r="E16" t="s">
+        <v>83</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>89</v>
+      </c>
+      <c r="H16" t="s">
+        <v>90</v>
+      </c>
+      <c r="I16" t="s">
+        <v>37</v>
+      </c>
+      <c r="J16" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>91</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>82</v>
+      </c>
+      <c r="E17" t="s">
+        <v>83</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>92</v>
+      </c>
+      <c r="H17" t="s">
+        <v>93</v>
+      </c>
+      <c r="I17" t="s">
+        <v>37</v>
+      </c>
+      <c r="J17" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>94</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>95</v>
+      </c>
+      <c r="E18" t="s">
+        <v>96</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>97</v>
+      </c>
+      <c r="H18" t="s">
+        <v>98</v>
+      </c>
+      <c r="I18" t="s">
+        <v>99</v>
+      </c>
+      <c r="J18" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>101</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>102</v>
+      </c>
+      <c r="E19" t="s">
+        <v>103</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>104</v>
+      </c>
+      <c r="H19" t="s">
+        <v>105</v>
+      </c>
+      <c r="I19" t="s">
+        <v>106</v>
+      </c>
+      <c r="J19" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>108</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>109</v>
+      </c>
+      <c r="E20" t="s">
+        <v>110</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>111</v>
+      </c>
+      <c r="H20" t="s">
+        <v>112</v>
+      </c>
+      <c r="I20" t="s">
+        <v>113</v>
+      </c>
+      <c r="J20" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>115</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>116</v>
+      </c>
+      <c r="E21" t="s">
+        <v>117</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>118</v>
+      </c>
+      <c r="H21" t="s">
+        <v>119</v>
+      </c>
+      <c r="I21" t="s">
+        <v>120</v>
+      </c>
+      <c r="J21" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>122</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>123</v>
+      </c>
+      <c r="E22" t="s">
+        <v>124</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>125</v>
+      </c>
+      <c r="H22" t="s">
+        <v>126</v>
+      </c>
+      <c r="I22" t="s">
+        <v>127</v>
+      </c>
+      <c r="J22" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>129</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>130</v>
+      </c>
+      <c r="E23" t="s">
+        <v>131</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>132</v>
+      </c>
+      <c r="H23" t="s">
+        <v>133</v>
+      </c>
+      <c r="I23" t="s">
+        <v>134</v>
+      </c>
+      <c r="J23" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>32</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>135</v>
+      </c>
+      <c r="E24" t="s">
+        <v>136</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>137</v>
+      </c>
+      <c r="H24" t="s">
+        <v>138</v>
+      </c>
+      <c r="I24" t="s">
+        <v>139</v>
+      </c>
+      <c r="J24" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>141</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>142</v>
+      </c>
+      <c r="E25" t="s">
+        <v>143</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>144</v>
+      </c>
+      <c r="H25" t="s">
+        <v>145</v>
+      </c>
+      <c r="I25" t="s">
+        <v>146</v>
+      </c>
+      <c r="J25" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>148</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>149</v>
+      </c>
+      <c r="E26" t="s">
+        <v>150</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>151</v>
+      </c>
+      <c r="H26" t="s">
+        <v>152</v>
+      </c>
+      <c r="I26" t="s">
+        <v>153</v>
+      </c>
+      <c r="J26" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>154</v>
+      </c>
+      <c r="C27" t="s">
+        <v>155</v>
+      </c>
+      <c r="D27" t="s">
+        <v>156</v>
+      </c>
+      <c r="E27" t="s">
+        <v>157</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>158</v>
+      </c>
+      <c r="H27" t="s">
+        <v>159</v>
+      </c>
+      <c r="I27" t="s">
+        <v>160</v>
+      </c>
+      <c r="J27" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>115</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>162</v>
+      </c>
+      <c r="E28" t="s">
+        <v>163</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>164</v>
+      </c>
+      <c r="H28" t="s">
+        <v>165</v>
+      </c>
+      <c r="I28" t="s">
+        <v>166</v>
+      </c>
+      <c r="J28" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>168</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>169</v>
+      </c>
+      <c r="E29" t="s">
+        <v>170</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>171</v>
+      </c>
+      <c r="H29" t="s">
+        <v>172</v>
+      </c>
+      <c r="I29" t="s">
+        <v>166</v>
+      </c>
+      <c r="J29" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>173</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>174</v>
+      </c>
+      <c r="E30" t="s">
+        <v>175</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>176</v>
+      </c>
+      <c r="H30" t="s">
+        <v>177</v>
+      </c>
+      <c r="I30" t="s">
+        <v>178</v>
+      </c>
+      <c r="J30" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>179</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>142</v>
+      </c>
+      <c r="E31" t="s">
+        <v>180</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>181</v>
+      </c>
+      <c r="H31" t="s">
+        <v>182</v>
+      </c>
+      <c r="I31" t="s">
+        <v>146</v>
+      </c>
+      <c r="J31" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>184</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>142</v>
+      </c>
+      <c r="E32" t="s">
+        <v>180</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>185</v>
+      </c>
+      <c r="H32" t="s">
+        <v>186</v>
+      </c>
+      <c r="I32" t="s">
+        <v>146</v>
+      </c>
+      <c r="J32" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>187</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>174</v>
+      </c>
+      <c r="E33" t="s">
+        <v>188</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>189</v>
+      </c>
+      <c r="H33" t="s">
+        <v>190</v>
+      </c>
+      <c r="I33" t="s">
+        <v>99</v>
+      </c>
+      <c r="J33" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>192</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>193</v>
+      </c>
+      <c r="E34" t="s">
+        <v>194</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>195</v>
+      </c>
+      <c r="H34" t="s">
+        <v>196</v>
+      </c>
+      <c r="I34" t="s">
+        <v>134</v>
+      </c>
+      <c r="J34" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>197</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>198</v>
+      </c>
+      <c r="E35" t="s">
+        <v>199</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>200</v>
+      </c>
+      <c r="H35" t="s">
+        <v>201</v>
+      </c>
+      <c r="I35" t="s">
+        <v>202</v>
+      </c>
+      <c r="J35" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>203</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>198</v>
+      </c>
+      <c r="E36" t="s">
+        <v>199</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>204</v>
+      </c>
+      <c r="H36" t="s">
+        <v>205</v>
+      </c>
+      <c r="I36" t="s">
+        <v>202</v>
+      </c>
+      <c r="J36" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>206</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>198</v>
+      </c>
+      <c r="E37" t="s">
+        <v>199</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>207</v>
+      </c>
+      <c r="H37" t="s">
+        <v>208</v>
+      </c>
+      <c r="I37" t="s">
+        <v>202</v>
+      </c>
+      <c r="J37" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>209</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>198</v>
+      </c>
+      <c r="E38" t="s">
+        <v>199</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>210</v>
+      </c>
+      <c r="H38" t="s">
+        <v>211</v>
+      </c>
+      <c r="I38" t="s">
+        <v>212</v>
+      </c>
+      <c r="J38" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>213</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>214</v>
+      </c>
+      <c r="E39" t="s">
+        <v>215</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>216</v>
+      </c>
+      <c r="H39" t="s">
+        <v>217</v>
+      </c>
+      <c r="I39" t="s">
+        <v>218</v>
+      </c>
+      <c r="J39" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>220</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>214</v>
+      </c>
+      <c r="E40" t="s">
+        <v>215</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>221</v>
+      </c>
+      <c r="H40" t="s">
+        <v>222</v>
+      </c>
+      <c r="I40" t="s">
+        <v>218</v>
+      </c>
+      <c r="J40" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>223</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>224</v>
+      </c>
+      <c r="E41" t="s">
+        <v>225</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>226</v>
+      </c>
+      <c r="H41" t="s">
+        <v>227</v>
+      </c>
+      <c r="I41" t="s">
+        <v>228</v>
+      </c>
+      <c r="J41" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>230</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>224</v>
+      </c>
+      <c r="E42" t="s">
+        <v>225</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>231</v>
+      </c>
+      <c r="H42" t="s">
+        <v>232</v>
+      </c>
+      <c r="I42" t="s">
+        <v>233</v>
+      </c>
+      <c r="J42" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>234</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>224</v>
+      </c>
+      <c r="E43" t="s">
+        <v>225</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>235</v>
+      </c>
+      <c r="H43" t="s">
+        <v>236</v>
+      </c>
+      <c r="I43" t="s">
+        <v>233</v>
+      </c>
+      <c r="J43" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>238</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>224</v>
+      </c>
+      <c r="E44" t="s">
+        <v>225</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>239</v>
+      </c>
+      <c r="H44" t="s">
+        <v>240</v>
+      </c>
+      <c r="I44" t="s">
+        <v>228</v>
+      </c>
+      <c r="J44" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>241</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>242</v>
+      </c>
+      <c r="E45" t="s">
+        <v>243</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>244</v>
+      </c>
+      <c r="H45" t="s">
+        <v>245</v>
+      </c>
+      <c r="I45" t="s">
+        <v>62</v>
+      </c>
+      <c r="J45" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>179</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>246</v>
+      </c>
+      <c r="E46" t="s">
+        <v>247</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>248</v>
+      </c>
+      <c r="H46" t="s">
+        <v>249</v>
+      </c>
+      <c r="I46" t="s">
+        <v>146</v>
+      </c>
+      <c r="J46" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>250</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>246</v>
+      </c>
+      <c r="E47" t="s">
+        <v>251</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>252</v>
+      </c>
+      <c r="H47" t="s">
+        <v>253</v>
+      </c>
+      <c r="I47" t="s">
+        <v>146</v>
+      </c>
+      <c r="J47" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>254</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>246</v>
+      </c>
+      <c r="E48" t="s">
+        <v>251</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>255</v>
+      </c>
+      <c r="H48" t="s">
+        <v>256</v>
+      </c>
+      <c r="I48" t="s">
+        <v>146</v>
+      </c>
+      <c r="J48" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>257</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>258</v>
+      </c>
+      <c r="E49" t="s">
+        <v>259</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>260</v>
+      </c>
+      <c r="H49" t="s">
+        <v>261</v>
+      </c>
+      <c r="I49" t="s">
+        <v>262</v>
+      </c>
+      <c r="J49" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>264</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
+        <v>265</v>
+      </c>
+      <c r="E50" t="s">
+        <v>266</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>267</v>
+      </c>
+      <c r="H50" t="s">
+        <v>268</v>
+      </c>
+      <c r="I50" t="s">
+        <v>269</v>
+      </c>
+      <c r="J50" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>187</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>265</v>
+      </c>
+      <c r="E51" t="s">
+        <v>266</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>270</v>
+      </c>
+      <c r="H51" t="s">
+        <v>271</v>
+      </c>
+      <c r="I51" t="s">
+        <v>99</v>
+      </c>
+      <c r="J51" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>11</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>273</v>
+      </c>
+      <c r="E52" t="s">
+        <v>274</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>275</v>
+      </c>
+      <c r="H52" t="s">
+        <v>276</v>
+      </c>
+      <c r="I52" t="s">
+        <v>17</v>
+      </c>
+      <c r="J52" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>277</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>273</v>
+      </c>
+      <c r="E53" t="s">
+        <v>274</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>278</v>
+      </c>
+      <c r="H53" t="s">
+        <v>279</v>
+      </c>
+      <c r="I53" t="s">
+        <v>17</v>
+      </c>
+      <c r="J53" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>280</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>273</v>
+      </c>
+      <c r="E54" t="s">
+        <v>281</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>282</v>
+      </c>
+      <c r="H54" t="s">
+        <v>283</v>
+      </c>
+      <c r="I54" t="s">
+        <v>284</v>
+      </c>
+      <c r="J54" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>52</v>
+      </c>
+      <c r="C55" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" t="s">
+        <v>286</v>
+      </c>
+      <c r="E55" t="s">
+        <v>287</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>288</v>
+      </c>
+      <c r="H55" t="s">
+        <v>289</v>
+      </c>
+      <c r="I55" t="s">
+        <v>56</v>
+      </c>
+      <c r="J55" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>39</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>290</v>
+      </c>
+      <c r="E56" t="s">
+        <v>291</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>292</v>
+      </c>
+      <c r="H56" t="s">
+        <v>293</v>
+      </c>
+      <c r="I56" t="s">
+        <v>294</v>
+      </c>
+      <c r="J56" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>49</v>
+      </c>
+      <c r="C57" t="s">
+        <v>12</v>
+      </c>
+      <c r="D57" t="s">
+        <v>290</v>
+      </c>
+      <c r="E57" t="s">
+        <v>295</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>296</v>
+      </c>
+      <c r="H57" t="s">
+        <v>297</v>
+      </c>
+      <c r="I57" t="s">
+        <v>294</v>
+      </c>
+      <c r="J57" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>298</v>
+      </c>
+      <c r="C58" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" t="s">
+        <v>299</v>
+      </c>
+      <c r="E58" t="s">
+        <v>300</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>301</v>
+      </c>
+      <c r="H58" t="s">
+        <v>302</v>
+      </c>
+      <c r="I58" t="s">
+        <v>303</v>
+      </c>
+      <c r="J58" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>305</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>306</v>
+      </c>
+      <c r="E59" t="s">
+        <v>307</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>308</v>
+      </c>
+      <c r="H59" t="s">
+        <v>309</v>
+      </c>
+      <c r="I59" t="s">
+        <v>310</v>
+      </c>
+      <c r="J59" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>311</v>
+      </c>
+      <c r="C60" t="s">
+        <v>12</v>
+      </c>
+      <c r="D60" t="s">
+        <v>312</v>
+      </c>
+      <c r="E60" t="s">
+        <v>313</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>314</v>
+      </c>
+      <c r="H60" t="s">
+        <v>315</v>
+      </c>
+      <c r="I60" t="s">
+        <v>316</v>
+      </c>
+      <c r="J60" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
+        <v>70</v>
+      </c>
+      <c r="C61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" t="s">
+        <v>317</v>
+      </c>
+      <c r="E61" t="s">
+        <v>318</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>319</v>
+      </c>
+      <c r="H61" t="s">
+        <v>320</v>
+      </c>
+      <c r="I61" t="s">
+        <v>316</v>
+      </c>
+      <c r="J61" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
+        <v>94</v>
+      </c>
+      <c r="C62" t="s">
+        <v>12</v>
+      </c>
+      <c r="D62" t="s">
+        <v>317</v>
+      </c>
+      <c r="E62" t="s">
+        <v>321</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>322</v>
+      </c>
+      <c r="H62" t="s">
+        <v>323</v>
+      </c>
+      <c r="I62" t="s">
+        <v>316</v>
+      </c>
+      <c r="J62" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
+        <v>280</v>
+      </c>
+      <c r="C63" t="s">
+        <v>12</v>
+      </c>
+      <c r="D63" t="s">
+        <v>324</v>
+      </c>
+      <c r="E63" t="s">
+        <v>325</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>326</v>
+      </c>
+      <c r="H63" t="s">
+        <v>327</v>
+      </c>
+      <c r="I63" t="s">
+        <v>316</v>
+      </c>
+      <c r="J63" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" t="s">
+        <v>328</v>
+      </c>
+      <c r="C64" t="s">
+        <v>329</v>
+      </c>
+      <c r="D64" t="s">
+        <v>330</v>
+      </c>
+      <c r="E64" t="s">
+        <v>331</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>332</v>
+      </c>
+      <c r="H64" t="s">
+        <v>333</v>
+      </c>
+      <c r="I64" t="s">
+        <v>329</v>
+      </c>
+      <c r="J64" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" t="s">
+        <v>335</v>
+      </c>
+      <c r="C65" t="s">
+        <v>336</v>
+      </c>
+      <c r="D65" t="s">
+        <v>337</v>
+      </c>
+      <c r="E65" t="s">
+        <v>338</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>339</v>
+      </c>
+      <c r="H65" t="s">
+        <v>340</v>
+      </c>
+      <c r="I65" t="s">
+        <v>336</v>
+      </c>
+      <c r="J65" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" t="s">
+        <v>341</v>
+      </c>
+      <c r="C66" t="s">
+        <v>342</v>
+      </c>
+      <c r="D66" t="s">
+        <v>330</v>
+      </c>
+      <c r="E66" t="s">
+        <v>338</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>343</v>
+      </c>
+      <c r="H66" t="s">
+        <v>344</v>
+      </c>
+      <c r="I66" t="s">
+        <v>342</v>
+      </c>
+      <c r="J66" t="s">
+        <v>334</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" t="s">
+        <v>345</v>
+      </c>
+      <c r="C67" t="s">
+        <v>62</v>
+      </c>
+      <c r="D67" t="s">
+        <v>346</v>
+      </c>
+      <c r="E67" t="s">
+        <v>347</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>348</v>
+      </c>
+      <c r="H67" t="s">
+        <v>349</v>
+      </c>
+      <c r="I67" t="s">
+        <v>62</v>
+      </c>
+      <c r="J67" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" t="s">
+        <v>351</v>
+      </c>
+      <c r="C68" t="s">
+        <v>352</v>
+      </c>
+      <c r="D68" t="s">
+        <v>353</v>
+      </c>
+      <c r="E68" t="s">
+        <v>347</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>354</v>
+      </c>
+      <c r="H68" t="s">
+        <v>355</v>
+      </c>
+      <c r="I68" t="s">
+        <v>356</v>
+      </c>
+      <c r="J68" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" t="s">
+        <v>357</v>
+      </c>
+      <c r="C69" t="s">
+        <v>358</v>
+      </c>
+      <c r="D69" t="s">
+        <v>359</v>
+      </c>
+      <c r="E69" t="s">
+        <v>360</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>361</v>
+      </c>
+      <c r="H69" t="s">
+        <v>362</v>
+      </c>
+      <c r="I69" t="s">
+        <v>358</v>
+      </c>
+      <c r="J69" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" t="s">
+        <v>280</v>
+      </c>
+      <c r="C70" t="s">
+        <v>284</v>
+      </c>
+      <c r="D70" t="s">
+        <v>364</v>
+      </c>
+      <c r="E70" t="s">
+        <v>365</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>366</v>
+      </c>
+      <c r="H70" t="s">
+        <v>367</v>
+      </c>
+      <c r="I70" t="s">
+        <v>284</v>
+      </c>
+      <c r="J70" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>10</v>
+      </c>
+      <c r="B71" t="s">
+        <v>368</v>
+      </c>
+      <c r="C71" t="s">
+        <v>369</v>
+      </c>
+      <c r="D71" t="s">
+        <v>370</v>
+      </c>
+      <c r="E71" t="s">
+        <v>371</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>372</v>
+      </c>
+      <c r="H71" t="s">
+        <v>373</v>
+      </c>
+      <c r="I71" t="s">
+        <v>369</v>
+      </c>
+      <c r="J71" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>10</v>
+      </c>
+      <c r="B72" t="s">
+        <v>374</v>
+      </c>
+      <c r="C72" t="s">
+        <v>369</v>
+      </c>
+      <c r="D72" t="s">
+        <v>370</v>
+      </c>
+      <c r="E72" t="s">
+        <v>371</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>375</v>
+      </c>
+      <c r="H72" t="s">
+        <v>376</v>
+      </c>
+      <c r="I72" t="s">
+        <v>369</v>
+      </c>
+      <c r="J72" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>10</v>
+      </c>
+      <c r="B73" t="s">
+        <v>377</v>
+      </c>
+      <c r="C73" t="s">
+        <v>378</v>
+      </c>
+      <c r="D73" t="s">
+        <v>379</v>
+      </c>
+      <c r="E73" t="s">
+        <v>380</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
+        <v>381</v>
+      </c>
+      <c r="H73" t="s">
+        <v>382</v>
+      </c>
+      <c r="I73" t="s">
+        <v>378</v>
+      </c>
+      <c r="J73" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>10</v>
+      </c>
+      <c r="B74" t="s">
+        <v>383</v>
+      </c>
+      <c r="C74" t="s">
+        <v>12</v>
+      </c>
+      <c r="D74" t="s">
+        <v>384</v>
+      </c>
+      <c r="E74" t="s">
+        <v>385</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>386</v>
+      </c>
+      <c r="H74" t="s">
+        <v>387</v>
+      </c>
+      <c r="I74" t="s">
+        <v>12</v>
+      </c>
+      <c r="J74" t="s">
+        <v>388</v>
+      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>88</v>
+        <v>389</v>
       </c>
       <c r="B2" t="s">
-        <v>89</v>
+        <v>390</v>
       </c>
       <c r="C2" t="s">
-        <v>90</v>
+        <v>391</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>392</v>
       </c>
       <c r="E2" t="s">
-        <v>91</v>
+        <v>393</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>92</v>
+        <v>394</v>
       </c>
       <c r="H2" t="s">
-        <v>93</v>
+        <v>395</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>396</v>
+      </c>
+      <c r="B2" t="s">
+        <v>397</v>
+      </c>
+      <c r="C2" t="s">
+        <v>398</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>399</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>400</v>
+      </c>
+      <c r="H2" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>396</v>
+      </c>
+      <c r="B3" t="s">
+        <v>402</v>
+      </c>
+      <c r="C3" t="s">
+        <v>403</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>404</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>405</v>
+      </c>
+      <c r="H3" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>396</v>
+      </c>
+      <c r="B4" t="s">
+        <v>407</v>
+      </c>
+      <c r="C4" t="s">
+        <v>408</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>409</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>410</v>
+      </c>
+      <c r="H4" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>396</v>
+      </c>
+      <c r="B5" t="s">
+        <v>412</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>413</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>414</v>
+      </c>
+      <c r="H5" t="s">
+        <v>415</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H18"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>416</v>
+      </c>
+      <c r="B2" t="s">
+        <v>417</v>
+      </c>
+      <c r="C2" t="s">
+        <v>418</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>419</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>420</v>
+      </c>
+      <c r="H2" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>416</v>
+      </c>
+      <c r="B3" t="s">
+        <v>422</v>
+      </c>
+      <c r="C3" t="s">
+        <v>423</v>
+      </c>
+      <c r="D3" t="s">
+        <v>424</v>
+      </c>
+      <c r="E3" t="s">
+        <v>425</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>426</v>
+      </c>
+      <c r="H3" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>416</v>
+      </c>
+      <c r="B4" t="s">
+        <v>428</v>
+      </c>
+      <c r="C4" t="s">
+        <v>429</v>
+      </c>
+      <c r="D4" t="s">
+        <v>430</v>
+      </c>
+      <c r="E4" t="s">
+        <v>431</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>432</v>
+      </c>
+      <c r="H4" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>416</v>
+      </c>
+      <c r="B5" t="s">
+        <v>434</v>
+      </c>
+      <c r="C5" t="s">
+        <v>435</v>
+      </c>
+      <c r="D5" t="s">
+        <v>436</v>
+      </c>
+      <c r="E5" t="s">
+        <v>437</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>438</v>
+      </c>
+      <c r="H5" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>416</v>
+      </c>
+      <c r="B6" t="s">
+        <v>440</v>
+      </c>
+      <c r="C6" t="s">
+        <v>441</v>
+      </c>
+      <c r="D6" t="s">
+        <v>442</v>
+      </c>
+      <c r="E6" t="s">
+        <v>443</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>444</v>
+      </c>
+      <c r="H6" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>416</v>
+      </c>
+      <c r="B7" t="s">
+        <v>446</v>
+      </c>
+      <c r="C7" t="s">
+        <v>447</v>
+      </c>
+      <c r="D7" t="s">
+        <v>448</v>
+      </c>
+      <c r="E7" t="s">
+        <v>449</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>450</v>
+      </c>
+      <c r="H7" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>416</v>
+      </c>
+      <c r="B8" t="s">
+        <v>452</v>
+      </c>
+      <c r="C8" t="s">
+        <v>453</v>
+      </c>
+      <c r="D8" t="s">
+        <v>454</v>
+      </c>
+      <c r="E8" t="s">
+        <v>455</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>456</v>
+      </c>
+      <c r="H8" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>416</v>
+      </c>
+      <c r="B9" t="s">
+        <v>458</v>
+      </c>
+      <c r="C9" t="s">
+        <v>459</v>
+      </c>
+      <c r="D9" t="s">
+        <v>460</v>
+      </c>
+      <c r="E9" t="s">
+        <v>461</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>462</v>
+      </c>
+      <c r="H9" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>416</v>
+      </c>
+      <c r="B10" t="s">
+        <v>464</v>
+      </c>
+      <c r="C10" t="s">
+        <v>465</v>
+      </c>
+      <c r="D10" t="s">
+        <v>466</v>
+      </c>
+      <c r="E10" t="s">
+        <v>467</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>468</v>
+      </c>
+      <c r="H10" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>416</v>
+      </c>
+      <c r="B11" t="s">
+        <v>470</v>
+      </c>
+      <c r="C11" t="s">
+        <v>471</v>
+      </c>
+      <c r="D11" t="s">
+        <v>472</v>
+      </c>
+      <c r="E11" t="s">
+        <v>473</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>474</v>
+      </c>
+      <c r="H11" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>416</v>
+      </c>
+      <c r="B12" t="s">
+        <v>476</v>
+      </c>
+      <c r="C12" t="s">
+        <v>477</v>
+      </c>
+      <c r="D12" t="s">
+        <v>472</v>
+      </c>
+      <c r="E12" t="s">
+        <v>478</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>479</v>
+      </c>
+      <c r="H12" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>416</v>
+      </c>
+      <c r="B13" t="s">
+        <v>481</v>
+      </c>
+      <c r="C13" t="s">
+        <v>482</v>
+      </c>
+      <c r="D13" t="s">
+        <v>483</v>
+      </c>
+      <c r="E13" t="s">
+        <v>484</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>485</v>
+      </c>
+      <c r="H13" t="s">
+        <v>486</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>416</v>
+      </c>
+      <c r="B14" t="s">
+        <v>487</v>
+      </c>
+      <c r="C14" t="s">
+        <v>488</v>
+      </c>
+      <c r="D14" t="s">
+        <v>489</v>
+      </c>
+      <c r="E14" t="s">
+        <v>490</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>491</v>
+      </c>
+      <c r="H14" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>416</v>
+      </c>
+      <c r="B15" t="s">
+        <v>493</v>
+      </c>
+      <c r="C15" t="s">
+        <v>494</v>
+      </c>
+      <c r="D15" t="s">
+        <v>495</v>
+      </c>
+      <c r="E15" t="s">
+        <v>496</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>497</v>
+      </c>
+      <c r="H15" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>416</v>
+      </c>
+      <c r="B16" t="s">
+        <v>499</v>
+      </c>
+      <c r="C16" t="s">
+        <v>500</v>
+      </c>
+      <c r="D16" t="s">
+        <v>501</v>
+      </c>
+      <c r="E16" t="s">
+        <v>502</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>503</v>
+      </c>
+      <c r="H16" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>416</v>
+      </c>
+      <c r="B17" t="s">
+        <v>505</v>
+      </c>
+      <c r="C17" t="s">
+        <v>506</v>
+      </c>
+      <c r="D17" t="s">
+        <v>507</v>
+      </c>
+      <c r="E17" t="s">
+        <v>508</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>509</v>
+      </c>
+      <c r="H17" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>416</v>
+      </c>
+      <c r="B18" t="s">
+        <v>511</v>
+      </c>
+      <c r="C18" t="s">
+        <v>512</v>
+      </c>
+      <c r="D18" t="s">
+        <v>513</v>
+      </c>
+      <c r="E18" t="s">
+        <v>514</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>515</v>
+      </c>
+      <c r="H18" t="s">
+        <v>516</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>517</v>
+      </c>
+      <c r="B2" t="s">
+        <v>518</v>
+      </c>
+      <c r="C2" t="s">
+        <v>519</v>
+      </c>
+      <c r="D2" t="s">
+        <v>520</v>
+      </c>
+      <c r="E2" t="s">
+        <v>521</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>522</v>
+      </c>
+      <c r="H2" t="s">
+        <v>523</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>524</v>
+      </c>
+      <c r="B2" t="s">
+        <v>525</v>
+      </c>
+      <c r="C2" t="s">
+        <v>526</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>527</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>528</v>
+      </c>
+      <c r="H2" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>524</v>
+      </c>
+      <c r="B3" t="s">
+        <v>530</v>
+      </c>
+      <c r="C3" t="s">
+        <v>531</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>532</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>533</v>
+      </c>
+      <c r="H3" t="s">
+        <v>534</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>524</v>
+      </c>
+      <c r="B4" t="s">
+        <v>535</v>
+      </c>
+      <c r="C4" t="s">
+        <v>536</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>537</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>538</v>
+      </c>
+      <c r="H4" t="s">
+        <v>539</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>94</v>
+        <v>540</v>
       </c>
       <c r="J1" t="s">
-        <v>95</v>
+        <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>96</v>
+        <v>541</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>97</v>
+        <v>542</v>
       </c>
       <c r="B2" t="s">
-        <v>98</v>
+        <v>543</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>99</v>
+        <v>544</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>100</v>
+        <v>545</v>
       </c>
       <c r="H2" t="s">
-        <v>101</v>
+        <v>546</v>
       </c>
       <c r="I2" t="s">
-        <v>102</v>
+        <v>547</v>
       </c>
       <c r="J2" t="s">
-        <v>103</v>
+        <v>548</v>
       </c>
       <c r="K2" t="s">
-        <v>104</v>
+        <v>549</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>97</v>
+        <v>542</v>
       </c>
       <c r="B3" t="s">
-        <v>105</v>
+        <v>550</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>106</v>
+        <v>551</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>107</v>
+        <v>552</v>
       </c>
       <c r="H3" t="s">
-        <v>108</v>
+        <v>553</v>
       </c>
       <c r="I3" t="s">
-        <v>109</v>
+        <v>554</v>
       </c>
       <c r="J3" t="s">
-        <v>110</v>
+        <v>555</v>
       </c>
       <c r="K3" t="s">
-        <v>111</v>
+        <v>556</v>
       </c>
       <c r="L3" t="s">
-        <v>112</v>
+        <v>557</v>
       </c>
       <c r="M3" t="s">
-        <v>113</v>
+        <v>558</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>559</v>
+      </c>
+      <c r="B2" t="s">
+        <v>560</v>
+      </c>
+      <c r="C2" t="s">
+        <v>561</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>562</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>563</v>
+      </c>
+      <c r="H2" t="s">
+        <v>564</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>