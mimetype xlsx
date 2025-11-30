--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,2651 +1,9104 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Études et Rapports" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation en santé " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Guide usagers" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Communiqué de presse" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
+    <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1253" uniqueCount="845">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4641" uniqueCount="2987">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...11 lines deleted...]
-    <t>04/07/2014 15:40:00</t>
+    <t>Panorama</t>
+  </si>
+  <si>
+    <t>Pertinence de l’imagerie</t>
+  </si>
+  <si>
+    <t>Panorama des principales publications de la HAS sur la pertinence de l'imagerie</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
+    <t>02/02/2024 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345333/fr/pertinence-de-l-imagerie</t>
+  </si>
+  <si>
+    <t>p_3345333</t>
+  </si>
+  <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Test compagnon associé à une thérapie ciblée : définitions et méthode d’évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est d’exposer les fondements théoriques et méthodologiques de l’évaluation d’un test diagnostique, nommé test compagnon, permettant de sélectionner par l’identification d’un marqueur prédictif les patients seuls susceptibles de recevoir un bénéfice d’une thérapie dite ciblée.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/04/2014 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>BRAVO</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2025 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700068/fr/bravo</t>
+  </si>
+  <si>
+    <t>p_3700068</t>
+  </si>
+  <si>
+    <t>Capsule de test du reflux gastro-œsophagien</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>MICRO INR LINK</t>
+  </si>
+  <si>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635815/fr/micro-inr-link</t>
+  </si>
+  <si>
+    <t>p_3635815</t>
+  </si>
+  <si>
+    <t>Dispositif d’automesure de l’INR</t>
+  </si>
+  <si>
+    <t>ILINE MICROSYSTEMS, S.L (Espagne)</t>
+  </si>
+  <si>
+    <t>SPYSCOPE DS</t>
+  </si>
+  <si>
+    <t>01/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636563/fr/spyscope-ds</t>
+  </si>
+  <si>
+    <t>p_3636563</t>
+  </si>
+  <si>
+    <t>Cathéter d’accès et d’administration pour cholangiopancréatoscope simple opérateur à usage unique</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC</t>
+  </si>
+  <si>
+    <t>LUX-DX II+</t>
+  </si>
+  <si>
+    <t>25/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2025 16:30:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3633452/fr/lux-dx-ii</t>
+  </si>
+  <si>
+    <t>p_3633452</t>
+  </si>
+  <si>
+    <t>Moniteur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>MAGSEED</t>
+  </si>
+  <si>
+    <t>27/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2024 09:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498571/fr/magseed</t>
+  </si>
+  <si>
+    <t>p_3498571</t>
+  </si>
+  <si>
+    <t>Marqueur magnétique</t>
+  </si>
+  <si>
+    <t>ENDOMAGNETICS SAS</t>
+  </si>
+  <si>
+    <t>COAGUCHEK INRANGE</t>
+  </si>
+  <si>
+    <t>06/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2023 16:15:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3400581/fr/coaguchek-inrange</t>
+  </si>
+  <si>
+    <t>p_3400581</t>
+  </si>
+  <si>
+    <t>ROCHE DIAGNOSTICS FRANCE</t>
+  </si>
+  <si>
+    <t>ENDOCUFF VISION</t>
+  </si>
+  <si>
+    <t>08/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/11/2022 16:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385357/fr/endocuff-vision</t>
+  </si>
+  <si>
+    <t>p_3385357</t>
+  </si>
+  <si>
+    <t>Capuchon à cils pour endoscope</t>
+  </si>
+  <si>
+    <t>OLYMPUS (France)</t>
+  </si>
+  <si>
+    <t>COAGUCHEK XS</t>
+  </si>
+  <si>
+    <t>12/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2022 08:47:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333643/fr/coaguchek-xs</t>
+  </si>
+  <si>
+    <t>p_3333643</t>
+  </si>
+  <si>
+    <t>Dispositif d’auto-mesure de l’INR</t>
+  </si>
+  <si>
+    <t>OMNIWIRE</t>
+  </si>
+  <si>
+    <t>29/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/04/2022 12:12:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331599/fr/omniwire</t>
+  </si>
+  <si>
+    <t>p_3331599</t>
+  </si>
+  <si>
+    <t>Guide de mesure de la fraction du flux de  réserve coronarien (FFR)</t>
+  </si>
+  <si>
+    <t>PHILIPS FRANCE COMMERCIAL</t>
+  </si>
+  <si>
+    <t>FREESTYLE OPTIUM NEO et FREESTYLE OPTIUM BÉTA-CÉTONE</t>
+  </si>
+  <si>
+    <t>01/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2020 17:36:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224075/fr/freestyle-optium-neo-et-freestyle-optium-beta-cetone</t>
+  </si>
+  <si>
+    <t>p_3224075</t>
+  </si>
+  <si>
+    <t>Appareil pour lecture automatique chiffrée de la glycémie et de la cétonémie et FREESTYLE OPTIUM β-CETONE, Électrode pour mesure de la cétonémie</t>
+  </si>
+  <si>
+    <t>ABBOTT DIABETES CARE</t>
+  </si>
+  <si>
+    <t>KIT DE NAVIGATION-NAVIKIT</t>
+  </si>
+  <si>
+    <t>21/04/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/05/2020 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183506/fr/kit-de-navigation-navikit</t>
+  </si>
+  <si>
+    <t>p_3183506</t>
+  </si>
+  <si>
+    <t>Dispositif à usage unique pour la navigation en radiologie interventionnelle</t>
+  </si>
+  <si>
+    <t>IMACTIS</t>
+  </si>
+  <si>
+    <t>25/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2020 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169456/fr/spyscope-ds</t>
+  </si>
+  <si>
+    <t>p_3169456</t>
+  </si>
+  <si>
+    <t>SPYSCOPE DS II</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169468/fr/spyscope-ds-ii</t>
+  </si>
+  <si>
+    <t>p_3169468</t>
+  </si>
+  <si>
+    <t>FREESTYLE OPTIUM BETA CETONE</t>
+  </si>
+  <si>
+    <t>18/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2019 08:51:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896015/fr/freestyle-optium-beta-cetone</t>
+  </si>
+  <si>
+    <t>c_2896015</t>
+  </si>
+  <si>
+    <t>Électrode pour mesure de la cétonémie</t>
+  </si>
+  <si>
+    <t>ABBOTT FRANCE SAS</t>
+  </si>
+  <si>
+    <t>ExEm Foam Kit FK05</t>
+  </si>
+  <si>
+    <t>25/01/2019 08:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896173/fr/exem-foam-kit-fk05</t>
+  </si>
+  <si>
+    <t>c_2896173</t>
+  </si>
+  <si>
+    <t>kit de préparation pour produit hyperéchogène</t>
+  </si>
+  <si>
+    <t>MEDIPHA SANTE SAS</t>
+  </si>
+  <si>
+    <t>REVEAL LINQ</t>
+  </si>
+  <si>
+    <t>15/01/2019 11:40:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897470/fr/reveal-linq</t>
+  </si>
+  <si>
+    <t>c_2897470</t>
+  </si>
+  <si>
+    <t>moniteur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>SPIROTEL V2</t>
+  </si>
+  <si>
+    <t>22/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2018 08:58:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882049/fr/spirotel-v2</t>
+  </si>
+  <si>
+    <t>c_2882049</t>
+  </si>
+  <si>
+    <t>spiromètre électronique portable</t>
+  </si>
+  <si>
+    <t>LAMIRAU TECHNOLOGIE</t>
+  </si>
+  <si>
+    <t>KETO DIASTIX</t>
+  </si>
+  <si>
+    <t>bandelettes réactives pour la détermination du glucose et des corps cétoniques dans les urines</t>
+  </si>
+  <si>
+    <t>11/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>28/08/2017 11:13:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2790561/fr/keto-diastix</t>
+  </si>
+  <si>
+    <t>c_2790561</t>
+  </si>
+  <si>
+    <t>ASCENSIA DIABETES CARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>COMET</t>
+  </si>
+  <si>
+    <t>Guide de mesure de la fraction de flux de réserve coronaire (FFR)</t>
+  </si>
+  <si>
+    <t>13/06/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/08/2017 09:59:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778688/fr/comet</t>
+  </si>
+  <si>
+    <t>c_2778688</t>
+  </si>
+  <si>
+    <t>VERRATA &amp; VERRATA PLUS</t>
+  </si>
+  <si>
+    <t>21/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/04/2017 17:27:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752875/fr/verrata-verrata-plus</t>
+  </si>
+  <si>
+    <t>c_2752875</t>
+  </si>
+  <si>
+    <t>PHILIPS / VOLCANO</t>
+  </si>
+  <si>
+    <t>PRESSUREWIRE (CERTUS - AERIS - X)</t>
+  </si>
+  <si>
+    <t>24/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2017 12:13:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744909/fr/pressurewire-certus-aeris-x</t>
+  </si>
+  <si>
+    <t>c_2744909</t>
+  </si>
+  <si>
+    <t>ST JUDE MEDICAL FRANCE SAS</t>
+  </si>
+  <si>
+    <t>CoaguChek XS</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2016 09:04:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615455/fr/coaguchek-xs</t>
+  </si>
+  <si>
+    <t>c_2615455</t>
+  </si>
+  <si>
+    <t>bandelette ou électrode de la mesure de la cétonémie</t>
+  </si>
+  <si>
+    <t>28/01/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2014 11:22:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723698/fr/freestyle-optium-beta-cetone</t>
+  </si>
+  <si>
+    <t>c_1723698</t>
+  </si>
+  <si>
+    <t>GLUCOFIX BETA KETONE SENSOR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723701/fr/glucofix-beta-ketone-sensor</t>
+  </si>
+  <si>
+    <t>c_1723701</t>
+  </si>
+  <si>
+    <t>A.MENARINI Diagnostics</t>
+  </si>
+  <si>
+    <t>INRatio 2</t>
+  </si>
+  <si>
+    <t>11/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/02/2014 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723704/fr/inratio-2</t>
+  </si>
+  <si>
+    <t>c_1723704</t>
+  </si>
+  <si>
+    <t>ALERE</t>
+  </si>
+  <si>
+    <t>COAGUCHEK XS - 12 juillet 2011 (3528) avis</t>
+  </si>
+  <si>
+    <t>12/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2011 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060092/fr/coaguchek-xs-12-juillet-2011-3528-avis</t>
+  </si>
+  <si>
+    <t>c_1060092</t>
+  </si>
+  <si>
+    <t>ROCHE DIAGNOSTICS (France)</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Malformations pulmonaires congénitales de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant avec malformation pulmonaire congénitale. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/06/2021 10:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272442/fr/malformations-pulmonaires-congenitales-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3272442</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Activité du séquençage haut débit ciblé en génétique somatique des cancers financée dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>Enquête nationale de pratique réalisée en 2022 auprès des professionnels de santé visant déterminer l’état des pratiques relatives au séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, notamment en matière d’altérations géniques recherchées et d’indications.</t>
+  </si>
+  <si>
+    <t>23/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536496/fr/activite-du-sequencage-haut-debit-cible-en-genetique-somatique-des-cancers-financee-dans-le-cadre-du-rihn</t>
+  </si>
+  <si>
+    <t>p_3536496</t>
+  </si>
+  <si>
+    <t>Indicateur Conformité des demandes d’examens d’imagerie – Campagne 2011 – Analyse descriptive des résultats agrégés 2010 et analyse des facteurs associés à la variabilité des résultats - juillet 2012</t>
+  </si>
+  <si>
+    <t>Au cours du second semestre 2011, la HAS a coordonné la deuxième campagne du recueil optionnel de l’indicateur «Conformité des demandes d’examens d’imagerie» (CDEI), dans les établissements volontaires réalisant une activité d’imagerie dans au moins une des activités suivantes : échographie, scanner et IRM. Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2011 de l’indicateur CDEI.</t>
+  </si>
+  <si>
+    <t>25/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2012 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277960/fr/indicateur-conformite-des-demandes-d-examens-d-imagerie-campagne-2011-analyse-descriptive-des-resultats-agreges-2010-et-analyse-des-facteurs-associes-a-la-variabilite-des-resultats-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1277960</t>
+  </si>
+  <si>
+    <t>Indicateur Conformité des demandes d’examens d’imagerie – Campagne 2010 – Analyse descriptive des résultats agrégés 2010 et analyse des facteurs associés à la variabilité des résultats - juillet 2011</t>
+  </si>
+  <si>
+    <t>Au cours du second semestre 2010, la HAS a coordonné la première campagne du recueil optionnel de l’indicateur «Conformité des demandes d’examens d’imagerie» (CDEI), dans les établissements volontaires réalisant une activité d’imagerie dans au moins une des activités suivantes : échographie, scanner et IRM. Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2010 de l’indicateur CDEI.</t>
+  </si>
+  <si>
+    <t>01/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2011 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1101385/fr/indicateur-conformite-des-demandes-d-examens-d-imagerie-campagne-2010-analyse-descriptive-des-resultats-agreges-2010-et-analyse-des-facteurs-associes-a-la-variabilite-des-resultats-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1101385</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Céphalées de l’enfant et l’adolescent : pertinence de l’imagerie</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) et le Conseil national professionnel de radiologie et imagerie médicale (G4) ont produit une fiche pertinence « Céphalées de l’enfant et l’adolescent : pertinence de l’imagerie » selon la méthode d’élaboration des fiches mémo et des fiches pertinence de la HAS.</t>
+  </si>
+  <si>
+    <t>18/01/2024 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383435/fr/cephalees-de-l-enfant-et-l-adolescent-pertinence-de-l-imagerie</t>
+  </si>
+  <si>
+    <t>p_3383435</t>
+  </si>
+  <si>
+    <t>Pertinence de l’imagerie en cas de gonalgie chez l’adulte</t>
+  </si>
+  <si>
+    <t>Très fréquente en population générale, la douleur au genou – gonalgie – peut être liée à différentes pathologies (dont l’arthrose) ou à un traumatisme. Un examen d’imagerie du genou peut être nécessaire afin d’en déterminer la cause et de proposer au patient un traitement adapté. Parce que le recours à l’IRM n’est pas toujours justifié, la HAS et le Conseil national professionnel de radiologie et imagerie médicale (G4) ont élaboré des recommandations précisant quand et à quels types d’examens d’imagerie recourir en cas de gonalgie chez l’adulte.</t>
+  </si>
+  <si>
+    <t>27/06/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278662/fr/pertinence-de-l-imagerie-en-cas-de-gonalgie-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3278662</t>
+  </si>
+  <si>
+    <t>Exploration des pathologies thyroïdiennes chez l’adulte : pertinence et critères de qualité de l’échographie, pertinence de la cytoponction échoguidée</t>
+  </si>
+  <si>
+    <t>Comment mieux prendre en charge les pathologies de la thyroïde ? Dans quelles situations une échographie est-elle pertinente ? Quand faut-il faire une cytoponction ? La HAS et le Conseil national professionnel de radiologie et d’imagerie médicale (G4) ont publié une recommandation qui fait le point sur l’indication de ces examens. Les objectifs sont de réduire les échographies non pertinentes en cas de dysthyroïdies, d’améliorer le recours à l’échographie pour caractériser les nodules et de réaliser une cytoponction avant toute chirurgie de nodule. Cette recommandation s’accompagne d’un document à destination des usagers.</t>
+  </si>
+  <si>
+    <t>28/09/2021 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288393/fr/exploration-des-pathologies-thyroidiennes-chez-l-adulte-pertinence-et-criteres-de-qualite-de-l-echographie-pertinence-de-la-cytoponction-echoguidee</t>
+  </si>
+  <si>
+    <t>p_3288393</t>
+  </si>
+  <si>
+    <t>Pertinence des actes d’imagerie cervicale chez l’adulte en cas de cervicalgie non traumatique ou après un traumatisme cervical</t>
+  </si>
+  <si>
+    <t>Les cervicalgies regroupent l’ensemble des douleurs de la région cervicale. Elles sont le plus souvent d’origine non traumatique mais elles peuvent également survenir à la suite d’un traumatisme. L’imagerie cervicale n’est indiquée que dans certains cas précis. La HAS et le Conseil national professionnel de radiologie et imagerie médicale ont produit deux fiches sur la pertinence de l’imagerie cervicale en cas de cervicalgie non traumatique ou post-traumatique, destinées aux demandeurs d’imagerie et aux radiologues.</t>
+  </si>
+  <si>
+    <t>09/12/2020 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217007/fr/pertinence-des-actes-d-imagerie-cervicale-chez-l-adulte-en-cas-de-cervicalgie-non-traumatique-ou-apres-un-traumatisme-cervical</t>
+  </si>
+  <si>
+    <t>p_3217007</t>
+  </si>
+  <si>
+    <t>Place du scanner thoracique</t>
+  </si>
+  <si>
+    <t>Cette fiche Réponses rapides précise la place du scanner thoracique dans la prise en charge des patients atteints ou suspects au COVID-19. Son utilité principale est de repérer les lésions pulmonaires et de suivre leur évolution.</t>
+  </si>
+  <si>
+    <t>10/04/2020 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178626/fr/place-du-scanner-thoracique</t>
+  </si>
+  <si>
+    <t>p_3178626</t>
+  </si>
+  <si>
+    <t>Traitements interventionnels de première intention des calculs urinaires</t>
+  </si>
+  <si>
+    <t>Cette fiche précise les critères de sélection de l’intervention en première intention de traitement de patients ayant un calcul urinaire nécessitant le recours à une intervention urologique.</t>
+  </si>
+  <si>
+    <t>22/06/2017 16:41:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776088/fr/traitements-interventionnels-de-premiere-intention-des-calculs-urinaires</t>
+  </si>
+  <si>
+    <t>c_2776088</t>
+  </si>
+  <si>
+    <t>Label - Grossesse de localisation inhabituelle : conduite à tenir devant la visualisation ou la non visualisation d'un sac ovulaire avec embryon ou vésicule vitelline</t>
+  </si>
+  <si>
+    <t>Retrouvez la fiche point clés et solutions pour la sécurité du patient proposée par le Collège français d’échographie fœtale (CFEF) pour les examens échographiques sur le thème : « La grossesse de localisation inhabituelle ».</t>
+  </si>
+  <si>
+    <t>24/01/2017 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740821/fr/label-grossesse-de-localisation-inhabituelle-conduite-a-tenir-devant-la-visualisation-ou-la-non-visualisation-d-un-sac-ovulaire-avec-embryon-ou-vesicule-vitelline</t>
+  </si>
+  <si>
+    <t>c_2740821</t>
+  </si>
+  <si>
+    <t>Label - Surpoids maternel et échographie fœtale</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche points clés et solutions vise à pallier aux difficultés spécifiques au terrain à risques de la patiente et aux difficultés techniques rencontrées lors de l’examen qui, cumulées, aboutissent à des évènements indésirables avec des erreurs de prise en charge de la patiente ou du fœtus en échographie fœtale.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740845/fr/label-surpoids-maternel-et-echographie-foetale</t>
+  </si>
+  <si>
+    <t>c_2740845</t>
+  </si>
+  <si>
+    <t>Quand faut-il faire une coloscopie de contrôle après une polypectomie ?</t>
+  </si>
+  <si>
+    <t>En raison : * de l’importance de la coloscopie pour prévenir le cancer-colorectal ; * de l’ancienneté des recommandations en matière d’indications des coloscopies ; Et dans le cadre d’une saisine des tutelles, du fait d’une augmentation du nombre d’endoscopies et d’une inégalité territoriale du taux de recours à cet examen, la HAS, le Conseil National Professionnel des Hépato-Gastroentérologues et la Fédération des spécialistes des maladies de l’appareil digestif ont souhaité apporter des précisions.</t>
+  </si>
+  <si>
+    <t>15/11/2013 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1695396/fr/quand-faut-il-faire-une-coloscopie-de-controle-apres-une-polypectomie</t>
+  </si>
+  <si>
+    <t>c_1695396</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Neufs critères de qualité ont été élaborés et sélectionnés à partir de la recommandation de bonne pratique "Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications" et constituent des éléments simples et opérationnels de bonne pratique.</t>
+  </si>
+  <si>
+    <t>01/07/2008 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1507013/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>r_1507013</t>
+  </si>
+  <si>
+    <t>Critères d’EPP en anatomo-cytopathologie</t>
+  </si>
+  <si>
+    <t>28/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778864/fr/criteres-d-epp-en-anatomo-cytopathologie</t>
+  </si>
+  <si>
+    <t>c_778864</t>
+  </si>
+  <si>
+    <t>Critères d’EPP en imagerie médicale</t>
+  </si>
+  <si>
+    <t>08/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784643/fr/criteres-d-epp-en-imagerie-medicale</t>
+  </si>
+  <si>
+    <t>c_784643</t>
+  </si>
+  <si>
+    <t>Gestion des prélèvements dans une structure ACP</t>
+  </si>
+  <si>
+    <t>Les critères d’évaluation permettent d’améliorer la pratique professionnelle</t>
+  </si>
+  <si>
+    <t>01/03/2005 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272428/fr/gestion-des-prelevements-dans-une-structure-acp</t>
+  </si>
+  <si>
+    <t>c_272428</t>
+  </si>
+  <si>
+    <t>Dossier patient lors d’un prélèvement tissulaire</t>
+  </si>
+  <si>
+    <t>07/03/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272429/fr/dossier-patient-lors-d-un-prelevement-tissulaire</t>
+  </si>
+  <si>
+    <t>c_272429</t>
+  </si>
+  <si>
+    <t>Prescription des examens complémentaires dans le reflux gastro-œsophagien chez l’adulte en gastro-entérologie</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272450/fr/prescription-des-examens-complementaires-dans-le-reflux-gastro-oesophagien-chez-l-adulte-en-gastro-enterologie</t>
+  </si>
+  <si>
+    <t>c_272450</t>
+  </si>
+  <si>
+    <t>Prise en charge du risque lié à la coloscopie en gastroentérologie</t>
+  </si>
+  <si>
+    <t>01/08/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272474/fr/prise-en-charge-du-risque-lie-a-la-coloscopie-en-gastroenterologie</t>
+  </si>
+  <si>
+    <t>c_272474</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
+  </si>
+  <si>
+    <t>Examens basés sur l’ADN libre circulant réalisés dans le cadre du dépistage de la trisomie 21. Opportunité du repérage d’autres anomalies chromosomiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence du repérage d’autres anomalies chromosomiques par les examens basés sur l’ADN fœtal libre circulant (ADNflc) dans le sang maternel, réalisés dans le cadre du dépistage de la trisomie 21. La HAS recommande la recherche des trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 et 22 et les anomalies segmentaires non cryptiques par tests ADNflc. L’extension des indications des examens par ADNflc aux femmes présentant un risque augmenté d’aneuploïdies (autre que la T21) est également recommandée.</t>
+  </si>
+  <si>
+    <t>26/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2024 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545370/fr/examens-bases-sur-l-adn-libre-circulant-realises-dans-le-cadre-du-depistage-de-la-trisomie-21-opportunite-du-reperage-d-autres-anomalies-chromosomiques</t>
   </si>
   <si>
     <t>p_3545370</t>
   </si>
   <si>
-    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
+    <t>Évaluation de la performance et de la place de la mammographie par tomosynthèse dans le programme national de dépistage organisé du cancer du sein – Volet 2</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS recommande l’intégration de la mammographie par tomosynthèse (3D) dans le dépistage organisé (D.O.) du cancer du sein, à condition qu’elle soit systématiquement associée à la reconstruction d’une image 2D synthétique (2Ds). L’intégration de la procédure 3D/2Ds en remplacement de la 2D seule dans le D.O. reste toutefois conditionnée à la vérification de son opérationnalité dans le contexte du D.O. tel qu’il est organisé en France, notamment à la validation de la performance équivalente de la 2Ds seule en remplacement des images 2D pour la seconde lecture.</t>
+  </si>
+  <si>
+    <t>09/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 11:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148278/fr/evaluation-de-la-performance-et-de-la-place-de-la-mammographie-par-tomosynthese-dans-le-programme-national-de-depistage-organise-du-cancer-du-sein-volet-2</t>
+  </si>
+  <si>
+    <t>p_3148278</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer bronchopulmonaire par scanner thoracique faible dose sans injection : actualisation de l’avis de 2016</t>
+  </si>
+  <si>
+    <t>Il n’existe pas jusqu’ici en France de dépistage organisé du cancer du poumon, la HAS ayant considéré en 2016 que toutes les conditions pour une mise en œuvre efficace et sûre n’étaient pas réunies. Aujourd’hui, l’analyse des nouvelles données disponibles montre que le dépistage par scanner à faible dose chez les personnes fortement exposées au tabac conduit à une réduction de la mortalité spécifique. Ceci amène la HAS à actualiser son avis et à encourager la mise en place d’expérimentations en vie réelle, et notamment d’un programme pilote par l’INCa, afin de ne pas retarder l’accès à cette modalité de dépistage. Elle définit également certaines des informations que devraient apporter ce programme pilote et les études à venir, avant d’envisager le déploiement d’un programme de dépistage organisé à large échelle.</t>
+  </si>
+  <si>
+    <t>02/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2022 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310940/fr/depistage-du-cancer-bronchopulmonaire-par-scanner-thoracique-faible-dose-sans-injection-actualisation-de-l-avis-de-2016</t>
+  </si>
+  <si>
+    <t>p_3310940</t>
+  </si>
+  <si>
+    <t>Fiches d’information à destination des familles et des professionnels de santé dans le cadre de l’ajout du déficit en MCAD au programme national de dépistage néonatal</t>
+  </si>
+  <si>
+    <t>Le déficit en acyl CoA déshydrogénase des acides gras à chaine moyenne (MCAD), maladie métabolique héréditaire rare caractérisée par une incapacité de l’organisme à assimiler les graisses, sera prochainement ajouté au programme national du dépistage néonatal. Afin d’informer les familles et les professionnels de santé sur cette nouvelle maladie, la HAS a été missionnée pour rédiger des fiches d’information à destination du grand public et des professionnels de santé non-spécialistes du domaine. Elles expliquent l’origine de la maladie, les conséquences pour l’enfant et le traitement.</t>
+  </si>
+  <si>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2021 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223977/fr/fiches-d-information-a-destination-des-familles-et-des-professionnels-de-sante-dans-le-cadre-de-l-ajout-du-deficit-en-mcad-au-programme-national-de-depistage-neonatal</t>
+  </si>
+  <si>
+    <t>p_3223977</t>
+  </si>
+  <si>
+    <t>Revue critique de la littérature sur la performance de la mammographie par tomosynthèse dans le dépistage organisé du cancer du sein - Volet 1</t>
+  </si>
+  <si>
+    <t>Ce volet-1 est une étape préliminaire à l’évaluation de la pertinence, faisabilité, sécurité, efficience de l’intégration possible de la tomosynthèse dans le D.O. L’évaluation de la performance ne peut à elle seule suffire pour décider de modifier la procédure de dépistage du cancer du sein. Elle doit être complétée par une évaluation comparative au D.O. et montrer sa supériorité en termes de coût/efficacité, de performance, de sécurité, de faisabilité et de qualité.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2019 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849735/fr/revue-critique-de-la-litterature-sur-la-performance-de-la-mammographie-par-tomosynthese-dans-le-depistage-organise-du-cancer-du-sein-volet-1</t>
+  </si>
+  <si>
+    <t>c_2849735</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche des papillomavirus humains (HPV) en dépistage primaire des lésions précancéreuses et cancéreuses du col de l’utérus et de la place du double immuno-marquage p16/Ki67</t>
+  </si>
+  <si>
+    <t>Depuis l’arrêté du 4 mai 2018, le dépistage du cancer du col de l’utérus s’appuie sur un programme national de dépistage organisé (PNDO). Au regard de l’évolution du contexte de dépistage du CCU en France et de la disponibilité de nouvelles données scientifiques, la Direction Générale de la Santé a souhaité que la HAS évalue la place du test HPV ainsi que le recours au double immuno-marquage p16/Ki67 dans la stratégie de dépistage primaire des lésions précancéreuses et cancéreuses du CCU.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/fr/evaluation-de-la-recherche-des-papillomavirus-humains-hpv-en-depistage-primaire-des-lesions-precancereuses-et-cancereuses-du-col-de-l-uterus-et-de-la-place-du-double-immuno-marquage-p16/ki67</t>
   </si>
   <si>
     <t>c_2806160</t>
   </si>
   <si>
-    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+    <t>Évaluation a priori de l’extension du dépistage néonatal au déficit immunitaire combiné sévère en France par quantification des TRECs (T-cell receptor excision circles) - Feuille de route</t>
+  </si>
+  <si>
+    <t>17/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2018 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866980/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-au-deficit-immunitaire-combine-severe-en-france-par-quantification-des-trecs-t-cell-receptor-excision-circles-feuille-de-route</t>
+  </si>
+  <si>
+    <t>c_2866980</t>
+  </si>
+  <si>
+    <t>Place de la stratégie couplant les dosages de la trypsine immunoréactive (TIR) et de la protéine associée à la pancréatite (PAP) dans le dépistage systématique de la mucoviscidose en France</t>
+  </si>
+  <si>
+    <t>Suite à l’état des lieux sur le dépistage néonatal de la mucoviscidose en 2009, la HAS a évalué la pertinence d’une stratégie de dépistage fondée sur le dosage de la protéine associée à la pancréatite (PAP).</t>
+  </si>
+  <si>
+    <t>12/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2015 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739994/fr/place-de-la-strategie-couplant-les-dosages-de-la-trypsine-immunoreactive-tir-et-de-la-proteine-associee-a-la-pancreatite-pap-dans-le-depistage-systematique-de-la-mucoviscidose-en-france</t>
+  </si>
+  <si>
+    <t>c_1739994</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Stratégies de dépistage biologique des hépatites virales B et C</t>
+  </si>
+  <si>
+    <t>Recommander la meilleure stratégie de tests biologiques pour le dépistage de l’hépatite B et de l’hépatite C permettant de déterminer le statut immunitaire de la personne à risque par rapport à l’infection par les virus VHB ou VHC et de proposer la bonne prise en charge médicale suite à l’annonce du résultat du dépistage.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2012 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050355/fr/strategies-de-depistage-biologique-des-hepatites-virales-b-et-c</t>
+  </si>
+  <si>
+    <t>c_1050355</t>
+  </si>
+  <si>
+    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
+  </si>
+  <si>
+    <t>01/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1069254</t>
+  </si>
+  <si>
+    <t>Dépistage de la rétinopathie diabétique par lecture différée de photographies du fond d’œil</t>
+  </si>
+  <si>
+    <t>L’objectif du dépistage de la rétinopathie diabétique est de prévenir la déficience visuelle due à la rétinopathie, par l’identification précoce de la maladie et la mise en place d’une intervention adaptée. Tous les diabétiques ne bénéficient pas d’un suivi ophtalmologique annuel tel que recommandé. L’objectif général de ces recommandations en santé publique est d’améliorer le dépistage de la rétinopathie, en précisant les populations à dépister et les rythmes d’examen du fond d’œil des diabétiques, et en évaluant quels peuvent être l’intérêt et les conditions de réalisation d’un dépistage par lecture différée par l’ophtalmologiste de photographies du fond d’œil.</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028305/fr/depistage-de-la-retinopathie-diabetique-par-lecture-differee-de-photographies-du-fond-d-oeil</t>
+  </si>
+  <si>
+    <t>c_1028305</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection par le VIH en France - Modalités de réalisation des tests de dépistage</t>
+  </si>
+  <si>
+    <t>Ce rapport comporte des recommandations sur les modalités de réalisation des tests de dépistage de l’infection par le VIH chez l’adulte et l’enfant de plus de 18 mois ainsi que des recommandations et des orientations sur la place des tests de dépistage rapide dans les stratégies générales de dépistage du VIH et sur les conditions d’utilisation de ces tests.</t>
+  </si>
+  <si>
+    <t>01/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
-[...2 lines deleted...]
-    <t>A summary statement in English will be available in due course.</t>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Place des tests immunologiques de recherche de sang occulte dans les selles (iFOBT) dans le programme de dépistage organisé du cancer colorectal en France</t>
+  </si>
+  <si>
+    <t>Le programme de dépistage organisé du cancer colorectal est en cours de généralisation en France en 2008. Il concerne les individus âgés de 50 à 74 ans n’ayant pas de facteur de risque. Il se fonde sur un test au gaïac type Hemoccult® (gFOBT) qui permet de rechercher du sang occulte dans les selles. Ensuite, une coloscopie totale est proposée aux individus dépistés positifs pour rechercher un cancer ou un polype (généralement résécable au cours de la coloscopie). Récemment, de nouvelles méthodes de dépistage, les tests immunologiques (iFOBT), ont été développées et des études sur leur performance à détecter les cancers colorectaux et les adénomes suggèrent que le remplacement du test au gaïac (gFOBT) par un test immunologique pourrait améliorer les résultats du programme de dépistage. Dans ce contexte la HAS a décidé de produire un rapport d’orientation concernant la place de ces iFOBT dans le programme de dépistage organisé du cancer colorectal en France. Trois objectifs sont poursuivis dans ce rapport : faire la synthèse critique des données d’évaluation disponibles ; identifier, le cas échéant, les données de recherche évaluative manquantes qui permettraient, si elles étaient favorables, de substituer ces tests au test au gaïac ; envisager les conséquences organisationnelles d’un éventuel changement de test de dépistage.</t>
+  </si>
+  <si>
+    <t>24/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2008 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_727080/fr/place-des-tests-immunologiques-de-recherche-de-sang-occulte-dans-les-selles-ifobt-dans-le-programme-de-depistage-organise-du-cancer-colorectal-en-france</t>
+  </si>
+  <si>
+    <t>c_727080</t>
+  </si>
+  <si>
+    <t>Le dépistage du cancer du sein par mammographie dans la population générale</t>
+  </si>
+  <si>
+    <t>La mammographie, examen de référence pour le dépistage du cancer du sein, est essentiellement réalisée avec des films conventionnels. La numérisation est proposée comme une amélioration en terme d’organisation et de qualité du diagnostic (archivage, transmission d’images, diagnostic assisté par ordinateur). Ce rapport vise à évaluer les performances diagnostiques de la mammographie numérique avec ou sans aide automatisée au diagnostic.</t>
+  </si>
+  <si>
+    <t>01/03/1999 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/1999 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_466837/fr/le-depistage-du-cancer-du-sein-par-mammographie-dans-la-population-generale</t>
+  </si>
+  <si>
+    <t>c_466837</t>
+  </si>
+  <si>
+    <t>Place de la mammographie numérique dans le dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>Le présent rapport établit dans un premier temps si les systèmes de mammographie numérique peuvent être autorisés dans le cadre précis du dépistage organisé, sur des critères d’efficacité et de sécurité pour les femmes dépistées. Dans un deuxième temps, le rapport évalue la faisabilité de différents scenarii d’introduction de la mammographie numérique dans le dépistage organisé français, sur des critères techniques, organisationnels et économiques.</t>
+  </si>
+  <si>
+    <t>02/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2006 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461657/fr/place-de-la-mammographie-numerique-dans-le-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_461657</t>
+  </si>
+  <si>
+    <t>Opportunité d'un dépistage systématique du cancer de la prostate par le dosage de l'antigène spécifique de la prostate</t>
+  </si>
+  <si>
+    <t>Si le cancer de la prostate est en terme d'incidence le 2ème cancer chez l'homme, il n'arrive qu'en 7ème position en terme de mortalité. Le dosage de l'Antigène Spécifique de la Prostate (PSA) est très largement prescrit dans le cadre d'un dépistage individuel. Cette recommandation porte sur l'opportunité de la mise en place d'un dépistage systématique du cancer de la prostate par le dosage du PSA. A partir d'une analyse crtitique de la littérature, les dix critères établis par l'Organisation Mondiale de la Santé permettant de juger de la pertinence du dépistage d'une maladie ont été passés en revue. Une analyse médico-économique a également été réalisée.</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
+    <t>https://www.has-sante.fr/jcms/c_461999/fr/opportunite-d-un-depistage-systematique-du-cancer-de-la-prostate-par-le-dosage-de-l-antigene-specifique-de-la-prostate</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2819733/en/management-of-endometriosis</t>
+    <t>Dépistage du cancer du sein par mammographie : évaluation de la méta-analyse de Gotzsche et Olsen</t>
+  </si>
+  <si>
+    <t>La méta-analyse publiée en 2001 par Gotzsche et Olsen remet en cause l’efficacité et la sécurité du dépistage du cancer du sein au moment de la généralisation en France du programme national de dépistage de ce cancer. La Direction Générale de la Santé a demandé à l’ANAES une expertise de cette méta-analyse afin de répondre à la controverse initiée Ce rapport a pour objectifs de réaliser l'analyse critique de la méta-analyse danoise et d’en discuter les conclusions.</t>
+  </si>
+  <si>
+    <t>01/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2002 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433803/fr/depistage-du-cancer-du-sein-par-mammographie-evaluation-de-la-meta-analyse-de-gotzsche-et-olsen</t>
+  </si>
+  <si>
+    <t>c_433803</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Évaluation biométrologique des expositions individuelles aux agents chimiques de l'environnement - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce travail sont de déterminer : les indications et les limites de l'EBIEE les conditions et les modalités de sa mise en œuvre les modalités des restitutions individuelle et collective de ses résultats les mesures propres à assurer un suivi longitudinal et une bonne traçabilité individuelle et collective des expositions avec la création d'une base de données Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>15/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 10:59:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701093/fr/evaluation-biometrologique-des-expositions-individuelles-aux-agents-chimiques-de-l-environnement-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3701093</t>
+  </si>
+  <si>
+    <t>Actualisation de la place des différents examens d’imagerie pour le diagnostic d’endométriose</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce travail sont d’aider les professionnels de santé à la prise en soins des femmes susceptibles de présenter une endométriose et de rendre homogène les procédures sur le territoire : Améliorer et homogénéiser les conditions et procédures des examens d’imagerie diagnostique ; Standardisation des compte rendus d’imagerie diagnostique ; Préciser la stratégie d’imagerie : place des différents examens d’imagerie pour le diagnostic d’endométriose.</t>
+  </si>
+  <si>
+    <t>15/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3524940/fr/actualisation-de-la-place-des-differents-examens-d-imagerie-pour-le-diagnostic-d-endometriose</t>
+  </si>
+  <si>
+    <t>p_3524940</t>
+  </si>
+  <si>
+    <t>Recommandations de prise en charge des personnes ayant une syphilis</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes ayant une syphilis. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604647/fr/recommandations-de-prise-en-charge-des-personnes-ayant-une-syphilis</t>
+  </si>
+  <si>
+    <t>p_3604647</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Conduite diagnostique devant une épaule douloureuse non traumatique de l’adulte et prise en charge des tendinopathies de la coiffe des rotateurs</t>
+  </si>
+  <si>
+    <t>Les douleurs d’épaule sont un motif fréquent de consultation en médecine générale. La principale cause de douleur d’épaule est la pathologie de la coiffe des rotateurs, qui concerne environ 2 douleurs d’épaule sur 3. La prévalence des pathologies de la coiffe des rotateurs augmente avec l’âge. Elles ne sont pas toujours symptomatiques mais peuvent limiter les activités de la vie quotidienne, entrainer des arrêts de travail et altérer la qualité de vie.</t>
+  </si>
+  <si>
+    <t>24/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>19/09/2023 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459565/fr/conduite-diagnostique-devant-une-epaule-douloureuse-non-traumatique-de-l-adulte-et-prise-en-charge-des-tendinopathies-de-la-coiffe-des-rotateurs</t>
+  </si>
+  <si>
+    <t>p_3459565</t>
+  </si>
+  <si>
+    <t>Pertinence du dosage de la chlordéconémie et  prise en charge des patients avec une chlordéconémie élevée - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L'élaboration de ces recommandations va servir à préciser la pertinence et les modalités du dosage de la chlordéconémie, dans les populations exposées ou susceptibles d’être exposées à cette substance ; proposer aux professionnels de santé des modalités de prise en charge et de suivi de ces populations ; informer la population concernée sur les modalités de la prise en charge.</t>
+  </si>
+  <si>
+    <t>31/07/2023 13:57:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455673/fr/pertinence-du-dosage-de-la-chlordeconemie-et-prise-en-charge-des-patients-avec-une-chlordeconemie-elevee-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3455673</t>
+  </si>
+  <si>
+    <t>Syndrome du bébé secoué (SBS) / Traumatisme crânien non accidentel par secouement (TCNA) - Note de cadrage</t>
+  </si>
+  <si>
+    <t>26/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>05/05/2023 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3433199/fr/syndrome-du-bebe-secoue-sbs-/-traumatisme-cranien-non-accidentel-par-secouement-tcna-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3433199</t>
+  </si>
+  <si>
+    <t>Prévention, diagnostic et prise en charge du syndrome du nez vide</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique s’intègre dans le parcours de soin des patients présentant une obstruction nasale chronique ou ayant développé un SNV après un geste turbinal. Elle s’inscrit dans le cadre d’une concertation pluridisciplinaire (associant l’ORL, le médecin généraliste et d’autres professionnels si nécessaire) et d’une décision partagée avec le patient dûment informé.</t>
+  </si>
+  <si>
+    <t>15/12/2022 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395700/fr/prevention-diagnostic-et-prise-en-charge-du-syndrome-du-nez-vide</t>
+  </si>
+  <si>
+    <t>p_3395700</t>
+  </si>
+  <si>
+    <t>Label - Ponction biopsie rénale dans le diagnostic des maladies rénales chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS et la société francophone de néphrologie, dialyse et transplantation (SFNDT) publient des recommandations sur la ponction biopsie rénale dans le diagnostic des maladies rénales chez l'adulte. Elles ont pour objectif de réduire la morbi-mortalité en lien avec les complications de la biopsie rénale grâce à des attitudes pratiques concernant la mise en œuvre de la ponction biopsie rénale, la surveillance et la prise en charge de ses complications éventuelles.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/09/2022 13:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361210/fr/label-ponction-biopsie-renale-dans-le-diagnostic-des-maladies-renales-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3361210</t>
+  </si>
+  <si>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle de l’exposition interne aux radionucléides en installation nucléaire de base - Actualisation - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a pour objectifs d’aider les professionnels de santé sur les aspects suivants : Mise en place des modalités de surveillance en fonction des caractéristiques de l’exposition, Evaluation de la dose efficace engagée et enregistrement de celle-ci, Evaluation du risque sanitaire lié à la dose.</t>
+  </si>
+  <si>
+    <t>12/03/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2020 08:26:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215118/fr/label-surveillance-medico-professionnelle-de-l-exposition-interne-aux-radionucleides-en-installation-nucleaire-de-base-actualisation-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3215118</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel des personnes exposées à l’amiante – Mise à jour du protocole et de la grille de lecture d’imagerie</t>
+  </si>
+  <si>
+    <t>L'examen de référence recommandé pour le suivi post-professionnel des pathologies pleuro-pulmonaires associées à une exposition à l’amiante est l’examen tomodensitométrique thoracique réalisé à basse dose, sans injection. La mise à jour de ce protocole d’imagerie a permis de prendre en compte les nouvelles données de la littérature publiées depuis 2011, en ce qui concerne notamment l’interprétation des nodules détectés et des anomalies parenchymateuses recensées dans la grille de lecture associée.</t>
+  </si>
+  <si>
+    <t>28/08/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3099768/fr/suivi-post-professionnel-des-personnes-exposees-a-l-amiante-mise-a-jour-du-protocole-et-de-la-grille-de-lecture-d-imagerie</t>
+  </si>
+  <si>
+    <t>p_3099768</t>
+  </si>
+  <si>
+    <t>Prévention et prise en charge des effets indésirables pouvant survenir après une ponction lombaire</t>
+  </si>
+  <si>
+    <t>La ponction lombaire (PL) est un acte diagnostique ou thérapeutique fréquent, invasif, réalisable par tout médecin. Elle est à risque d’événements indésirables, exceptionnellement graves, et d’échecs dont la majorité serait évitable. Pour cela, il est nécessaire que tout médecin connaisse l’anatomie, les contre-indications, la technique de PL, le matériel utilisable, les événements indésirables et leur prévention.</t>
+  </si>
+  <si>
+    <t>12/06/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067854/fr/prevention-et-prise-en-charge-des-effets-indesirables-pouvant-survenir-apres-une-ponction-lombaire</t>
+  </si>
+  <si>
+    <t>p_3067854</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'endométriose</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est de pouvoir proposer à chaque patiente un parcours de soins homogène, coordonné et optimal de la prise en charge de l'endométriose</t>
+  </si>
+  <si>
+    <t>13/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>17/01/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819733/fr/prise-en-charge-de-l-endometriose</t>
   </si>
   <si>
     <t>c_2819733</t>
   </si>
   <si>
-    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+    <t>Label INCa-HAS - Recommandations de bonne pratique clinique pour l’utilisation de la tomographie par émission de positrons (TEP) en cancérologie</t>
+  </si>
+  <si>
+    <t>Les objectifs de ces recommandations sont de répondre, pour chaque pathologie cancéreuse prise en compte et aux différentes étapes de l’histoire naturelle de la maladie cancéreuse, aux questions suivantes : - Quelles sont les performances et la place de la tomographie par émission de positrons (TEP) dans le parcours de soins de la pathologie concernée ? - Quel est l’impact de la TEP dans le parcours de soins des patients ? Cette recommandation de bonne pratique a reçu le label conjoint INCa-HAS. Ce label signifie que cette recommandation de bonne pratique a été élaborée selon les procédures et les règles méthodologiques préconisées par l’INCa et la HAS. Toute contestation sur le fond doit être portée directement auprès du promoteur.</t>
+  </si>
+  <si>
+    <t>16/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/06/2018 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857993/fr/label-inca-has-recommandations-de-bonne-pratique-clinique-pour-l-utilisation-de-la-tomographie-par-emission-de-positrons-tep-en-cancerologie</t>
+  </si>
+  <si>
+    <t>c_2857993</t>
+  </si>
+  <si>
+    <t>Syndrome du bébé secoué ou traumatisme crânien non accidentel par secouement</t>
+  </si>
+  <si>
+    <t>La HAS et la SOFMER ont élaboré conjointement l’actualisation des recommandations de la commission d’audition de 2011 sur le thème du syndrome du bébé secoué. Cette recommandation de bonne pratique précise la démarche diagnostique (repérage, conduites à tenir, lésions observées, bilan clinique et para-clinique, diagnostics différentiels, critères diagnostiques), le mécanisme causal et la datation des lésions, ainsi que les aspects juridiques lorsque le diagnostic est évoqué ou posé.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Diagnostic indications for upper gastrointestinal endoscopy in oesophageal and gastroduodenal disease in adults, excluding endoscopic ultrasonography and enteroscopy</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272101/en/diagnostic-indications-for-upper-gastrointestinal-endoscopy-in-oesophageal-and-gastroduodenal-disease-in-adults-excluding-endoscopic-ultrasonography-and-enteroscopy</t>
+    <t>Quand prescrire une électrophorèse des protéines sériques (EPS) et conduite à tenir en cas d'une immunoglobuline monoclonale</t>
+  </si>
+  <si>
+    <t>L’EPS est un examen de biologie médicale qui a pour but la séparation et l’analyse des protéines sériques. La fiche mémo a pour objectif de préciser les indications de prescription de l’EPS et les conduites à tenir en cas de découverte d’un « pic étroit » sur le tracé d’électrophorèse, et d’illustrer l’importance d’une bonne interaction entre cliniciens, principalement médecins généralistes, et biologistes.</t>
+  </si>
+  <si>
+    <t>25/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2017 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742018/fr/quand-prescrire-une-electrophorese-des-proteines-seriques-eps-et-conduite-a-tenir-en-cas-d-une-immunoglobuline-monoclonale</t>
+  </si>
+  <si>
+    <t>c_2742018</t>
+  </si>
+  <si>
+    <t>Règles de bonnes pratiques en génétique constitutionnelle à des fins médicales (hors diagnostic prénatal)</t>
+  </si>
+  <si>
+    <t>Ces règles de bonnes pratiques ont pour objectif d'aider les professionnels de santé concernés dans la prescription et la réalisation d'un examen des caractéristiques génétiques d’une personne et de son identification par empreinte génétique à des fins médicales</t>
+  </si>
+  <si>
+    <t>19/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2013 10:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1360718/fr/regles-de-bonnes-pratiques-en-genetique-constitutionnelle-a-des-fins-medicales-hors-diagnostic-prenatal</t>
+  </si>
+  <si>
+    <t>c_1360718</t>
+  </si>
+  <si>
+    <t>Cryopréservation de tissus, cellules et liquides biologiques issus du soin</t>
+  </si>
+  <si>
+    <t>Ces recommandations sont une actualisation des « Recommandations pour la cryopréservation de cellules et tissus tumoraux dans le but de réaliser des analyses moléculaires », élaborées conjointement par la Société française de pathologie, la Société française d’hématologie et la Société française de cancérologie publiées en mai 2000. Cette actualisation a été demandée à la HAS par la Société française de pathologie.</t>
+  </si>
+  <si>
+    <t>02/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2010 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923153/fr/cryopreservation-de-tissus-cellules-et-liquides-biologiques-issus-du-soin</t>
+  </si>
+  <si>
+    <t>c_923153</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique des neuropathies périphériques (polyneuropathies et mononeuropathies multiples)</t>
+  </si>
+  <si>
+    <t>L’objectif général de ce travail est de diminuer les errances diagnostiques en cas de suspicion de neuropathie périphérique, notamment en : facilitant l’orientation des patients ; proposant aux patients une prise en charge diagnostique adaptée en fonction des différentes étiologies possibles.</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2007 18:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
+  </si>
+  <si>
+    <t>c_598221</t>
+  </si>
+  <si>
+    <t>Lecture critique de l'hémogramme : valeurs seuils à reconnaître comme probablement pathologiques et principales variations non pathologiques</t>
+  </si>
+  <si>
+    <t>Ces recommandations répondent à deux objectifs : 1 Définir les valeurs de l'hémogramme à reconnaître comme pathologiques dans la population adulte saine 1 Préciser les variations éventuelles des valeurs de l'hémogramme chez l'enfant, sur certains terrains ou dans des situations non pathologiques ou considérées comme telles. Ces variations de l'hémogramme, à l'origine de valeurs qui peuvent ne plus faire partie de l'intervalle de référence, ne doivent pas conduire à des explorations complémentaires. Les variations de l'hémogramme lors des états pathologiques bien caractérisés ou associées à certains traitements ne sont pas analysées dans ce travail.</t>
+  </si>
+  <si>
+    <t>01/09/1997 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/1997 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271914/fr/lecture-critique-de-l-hemogramme-valeurs-seuils-a-reconnaitre-comme-probablement-pathologiques-et-principales-variations-non-pathologiques</t>
+  </si>
+  <si>
+    <t>c_271914</t>
+  </si>
+  <si>
+    <t>L'ostéoporose chez les femmes ménopausées et chez les sujets traités par corticoïdes : méthodes diagnostiques et  indications</t>
+  </si>
+  <si>
+    <t>Cette recommandation professionnelle n'est plus disponible (sauf sur demande) car elle a été actualisée et remplacée par la note de synthèse "Prévention, diagnostic et traitement de l'ostéoporose" et par le rapport "Ostéodensitométrie sur deux sites par méthode biphotonique" finalisés et rendus publics en juillet 2006 par la HAS.</t>
+  </si>
+  <si>
+    <t>01/04/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271924/fr/l-osteoporose-chez-les-femmes-menopausees-et-chez-les-sujets-traites-par-corticoides-methodes-diagnostiques-et-indications</t>
+  </si>
+  <si>
+    <t>c_271924</t>
+  </si>
+  <si>
+    <t>Indications à visée diagnostique de l'endoscopie digestive haute en pathologie œso-gastro-duodénale de l'adulte, à l'exclusion de l'échoendoscopie et l'entéroscopie</t>
+  </si>
+  <si>
+    <t>L'objectif de la recommandation professionnelle est de répondre aux questions suivantes :# 1. Devant quel signe clinique et/ou biologique peut-on proposer une exploration morphologique œso-gastro-duodénale, et laquelle ?# 2. Quelles sont les indications d'endoscopie digestive haute pour le diagnostic et le suivi du reflux gastro-œsophagien, de la maladie ulcéreuse et de l'hypertension portale hors hémorragie ?# 3. Quelles sont les indications des biopsies duodénales ?#</t>
+  </si>
+  <si>
+    <t>01/03/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272101/fr/indications-a-visee-diagnostique-de-l-endoscopie-digestive-haute-en-pathologie-oeso-gastro-duodenale-de-l-adulte-a-l-exclusion-de-l-echoendoscopie-et-l-enteroscopie</t>
   </si>
   <si>
     <t>c_272101</t>
   </si>
   <si>
-    <t>Management of a patient with an abnormal cervical smear - 2002 update</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272243/en/management-of-a-patient-with-an-abnormal-cervical-smear-2002-update</t>
+    <t>Classification en six catégories des images mammographiques en fonction du degré de suspicion de leur caractère pathologique - Correspondance avec le système BIRADS de l’American College of Radiology (ACR)</t>
+  </si>
+  <si>
+    <t>Ce document propose une classification des images mammographiques en fonction du degré de suspicion de leur caractère pathologique, en établissant une correspondance avec le système BIRADS. Il a pour objectif d'aider les radiologues à classer les images observées.</t>
+  </si>
+  <si>
+    <t>01/02/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272162/fr/classification-en-six-categories-des-images-mammographiques-en-fonction-du-degre-de-suspicion-de-leur-caractere-pathologique-correspondance-avec-le-systeme-birads-de-l-american-college-of-radiology-acr</t>
+  </si>
+  <si>
+    <t>c_272162</t>
+  </si>
+  <si>
+    <t>Conduite à tenir devant une patiente ayant un frottis cervico-utérin anormal - Actualisation 2002</t>
+  </si>
+  <si>
+    <t>Les objectifs du présent travail d’actualisation sont :# * concernant le frottis du col de l’utérus : de présenter l’actualisation 2001 du système de Bethesda et de comparer les performances du frottis en milieu liquide à celles du frottis conventionnel de Papanicolaou ;# * concernant la conduite diagnostique en cas de frottis anormal : d’évaluer la fiabilité du test HPV et sa place dans les stratégies de prise en charge des anomalies cytologiques.# Les recommandations ne concernent ni les modalités et l’organisation du dépistage systématique du cancer du col de l’utérus par le frottis, ni l’utilisation du test HPV comme outil de dépistage du cancer du col de l’utérus.#</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272243/fr/conduite-a-tenir-devant-une-patiente-ayant-un-frottis-cervico-uterin-anormal-actualisation-2002</t>
   </si>
   <si>
     <t>c_272243</t>
   </si>
   <si>
-    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
+    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
+  </si>
+  <si>
+    <t>Préciser la place de l'endoscopie digestive basse pour le diagnostic de lésions néoplasiques chez des sujets à risque élevé et très élevé de cancer colorectal, et dans des situations cliniques particulières pour les sujets à risque moyen de cancer colorectal.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Sols pollués par le cadmium - Suivi des résidents surexposés</t>
+  </si>
+  <si>
+    <t>Vous résidez sur ou à proximité d’un site où la concentration de cadmium dans le sol pourrait présenter des risques pour votre santé, ce document vous informe sur : comment limiter votre exposition au cadmium ; dans quels cas votre médecin vous propose de dépister une surexposition au cadmium ; votre prise en charge par votre médecin d’une intoxication par le cadmium.</t>
+  </si>
+  <si>
+    <t>18/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544601/fr/sols-pollues-par-le-cadmium-suivi-des-residents-surexposes</t>
+  </si>
+  <si>
+    <t>p_3544601</t>
+  </si>
+  <si>
+    <t>Douleur au genou chez l’adulte  : quelle imagerie ?</t>
+  </si>
+  <si>
+    <t>La HAS et le Conseil national professionnel de radiologie et imagerie médicale (G4) ont élaboré un document afin d'informer les patients sur les imageries pouvant être nécessaires lors d’un premier épisode de douleur au genou.</t>
+  </si>
+  <si>
+    <t>01/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>27/06/2022 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345192/fr/douleur-au-genou-chez-l-adulte-quelle-imagerie</t>
+  </si>
+  <si>
+    <t>p_3345192</t>
+  </si>
+  <si>
+    <t>Covid-19 – Quel test faire ?</t>
+  </si>
+  <si>
+    <t>La HAS actualise un document d'information destiné à accompagner les usagers dans leur choix sur les tests à faire et quand, en fonction de leur situation personnelle. Il existe, en effet, de nombreux tests et il n’est pas si facile de s’y retrouver. Ce document sera régulièrement mis à jour en fonction de l'arrivée de nouveaux tests.</t>
+  </si>
+  <si>
+    <t>14/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242351/fr/covid-19-quel-test-faire</t>
+  </si>
+  <si>
+    <t>p_3242351</t>
+  </si>
+  <si>
+    <t>Nodule de la thyroïde - Comment l'explorer ?</t>
+  </si>
+  <si>
+    <t>Une grosseur au niveau de votre thyroïde a été découverte. Vous avez peut-être un nodule. Ce document vous informe sur ce qu’est un nodule de la thyroïde et sur les examens qui permettent de le caractériser. Il complète vos échanges avec votre médecin ; il ne remplace pas son avis. Les informations qu’il contient s’appuient sur les données scientifiques les plus récentes.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2021 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287556/fr/nodule-de-la-thyroide-comment-l-explorer</t>
+  </si>
+  <si>
+    <t>p_3287556</t>
+  </si>
+  <si>
+    <t>Cancer : recherche d’un déficit en enzyme dihydropyrimidine déshydrogénase (DPD) avant chimiothérapie</t>
+  </si>
+  <si>
+    <t>Explications sur cette étape préalable à une chimiothérapie comportant des fluoropyrimidines (5-FU) ou des capécitabines.</t>
+  </si>
+  <si>
+    <t>30/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2019 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966449/fr/cancer-recherche-d-un-deficit-en-enzyme-dihydropyrimidine-deshydrogenase-dpd-avant-chimiotherapie</t>
+  </si>
+  <si>
+    <t>c_2966449</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Cytomégalovirus (CMV) chez la femme enceinte : la HAS recommande un dépistage systématique pour toutes à réévaluer après 3 ans de mise en œuvre</t>
+  </si>
+  <si>
+    <t>L’infection à cytomégalovirus (CMV) est bénigne dans la majorité des cas. Cependant, si elle est développée pendant la grossesse, notamment pendant la période encadrant le début de grossesse, elle peut provoquer chez le bébé à naître des séquelles lourdes, telles que des troubles auditifs ou du développement cérébral. Actuellement en France, bien qu’un dépistage de l’infection chez les femmes enceintes soit réalisé de plus en plus fréquemment, il n’existe pas de recommandation en faveur d’un dépistage systématique pendant la grossesse. En 2018 puis en 2023, le Haut Conseil de la santé publique (HCSP) s’est en effet prononcé contre sa mise en œuvre, faute d’éléments suffisants pour en démontrer le bénéfice. Comme prévu par la loi de financement de la Sécurité sociale pour 2024, le ministère chargé de la Santé a sollicité la HAS afin qu’elle rende un avis sur la pertinence de ce dépistage systématique. Aujourd’hui, la HAS se prononce en prenant en compte l’évolution des connaissances. Elle recommande au ministère chargé de la Santé de mettre en place un dépistage systématique chez les femmes enceintes dont le statut sérologique est inconnu ou négatif, sous réserve qu’un suivi et qu’une collecte de nouvelles données soient mis en place. Cette recommandation devra faire l’objet d’une réévaluation au bout de trois ans, sur la base de données qui devront avoir été recueillies d’ici là.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610208/fr/cytomegalovirus-cmv-chez-la-femme-enceinte-la-has-recommande-un-depistage-systematique-pour-toutes-a-reevaluer-apres-3-ans-de-mise-en-oeuvre</t>
+  </si>
+  <si>
+    <t>p_3610208</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques : la HAS actualise ses recommandations</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) actualise les recommandations élaborées en 2018 sur la prise en charge de la borréliose de Lyme et des autres maladies transmises par les tiques. Cette actualisation vise à faire le point sur les connaissances scientifiques actuelles, harmoniser les pratiques cliniques et aider les professionnels concernés dans leurs démarches diagnostique et thérapeutique. L’enjeu est ainsi d’éviter l’errance médicale de tout patient atteint ou susceptible d’être atteint de ces pathologies. La publication de ces recommandations s’inscrit dans la continuité du guide de parcours de soins, publié en 2022 et qui est toujours d’actualité.</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591081/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-la-has-actualise-ses-recommandations</t>
+  </si>
+  <si>
+    <t>p_3591081</t>
+  </si>
+  <si>
+    <t>La HAS émet un avis favorable à l’octroi d’un forfait innovation pour le test salivaire Endotest</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) émet un avis favorable à la prise en charge du test salivaire Endotest dans le cadre du forfait innovation. L’étude clinique menée à ce titre permettra de donner un accès précoce et sécurisé au test et de recueillir les données manquantes en vue d’une future évaluation pour une prise en charge de droit commun.</t>
+  </si>
+  <si>
+    <t>18/10/2024 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549447/fr/la-has-emet-un-avis-favorable-a-l-octroi-d-un-forfait-innovation-pour-le-test-salivaire-endotest</t>
+  </si>
+  <si>
+    <t>p_3549447</t>
+  </si>
+  <si>
+    <t>Cancer du sein : la HAS actualise la population éligible à l’utilisation des signatures génomiques</t>
+  </si>
+  <si>
+    <t>La HAS a reconnu en 2019 l’intérêt potentiel des signatures génomiques comme outils complémentaires d’aide à la décision d’administrer une chimiothérapie adjuvante, chez les femmes atteintes de cancer du sein dont les critères clinico-pathologiques habituellement utilisés laissent une incertitude concernant le risque de récidive. Il s’agissait des femmes atteintes de cancer du sein de stade précoce, sensibles à l’hormonothérapie (RH+), de statut HER2 négatif (HER2-), de grade 2. A la lumière de nouvelles données scientifiques, la HAS recentre la définition de cette population d’intérêt en introduisant une distinction en fonction du statut ménopausique (ou de l’âge) des femmes concernées. Par ailleurs, les études cliniques nécessaires pour statuer sur le remboursement sont toujours en cours.</t>
+  </si>
+  <si>
+    <t>22/11/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474155/fr/cancer-du-sein-la-has-actualise-la-population-eligible-a-l-utilisation-des-signatures-genomiques</t>
+  </si>
+  <si>
+    <t>p_3474155</t>
+  </si>
+  <si>
+    <t>Quels diagnostic et prise en charge en cas d’épaule douloureuse ?</t>
+  </si>
+  <si>
+    <t>Particulièrement fréquentes et gênantes au quotidien, les douleurs de l’épaule sont dans près 70% des cas liées aux pathologies de la coiffe des rotateurs (tendinopathie, rupture…). Or, les études effectuées par l’Assurance Maladie et la HAS montrent que la prise en charge de la tendinopathie de la coiffe des rotateurs est souvent inadaptée, avec un recours trop fréquent à la chirurgie. C’est pourquoi la HAS a élaboré de nouvelles recommandations sur la conduite à tenir face à une épaule douloureuse. Elle recommande notamment un examen clinique approfondi, rappelle les traitements les plus adaptés et précise que la chirurgie n’a pas d’intérêt en l’absence de rupture de la coiffe des rotateurs.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463293/fr/quels-diagnostic-et-prise-en-charge-en-cas-d-epaule-douloureuse</t>
+  </si>
+  <si>
+    <t>p_3463293</t>
+  </si>
+  <si>
+    <t>La HAS se prononce sur l’intérêt médical des TROD grippe/Covid-19/VRS</t>
+  </si>
+  <si>
+    <t>Après un hiver marqué par une triple épidémie (grippe, Covid-19 et bronchiolite), la HAS a été saisie pour évaluer les tests rapides d’orientation diagnostique (TROD), dits « multiplex », c’est-à-dire susceptibles de détecter simultanément différents virus. Elle se prononce plus précisément sur l’intérêt médical des TROD grippe/Covid-19 et grippe/Covid-19/VRS (virus respiratoire syncytial), dans le cadre notamment des consultations médicales en ville. En l’absence de données suffisamment robustes pour attester de leurs performances diagnostiques, la HAS estime que ces TROD ne présentent pas à ce jour d’intérêt médical en vue d’un diagnostic à l’échelle individuelle. Toutefois, ils pourraient présenter un intérêt médical à l’échelle populationnelle qui pourrait justifier, sous certaines conditions, leur prise en charge par l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>13/06/2023 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445214/fr/la-has-se-prononce-sur-l-interet-medical-des-trod-grippe/covid-19/vrs</t>
+  </si>
+  <si>
+    <t>p_3445214</t>
+  </si>
+  <si>
+    <t>Forfait innovation : le dispositif porte ses fruits</t>
+  </si>
+  <si>
+    <t>Le forfait innovation a pour objectif de faciliter l’accès des patients à des technologies innovantes en phase précoce de développement. Au fil du temps, le dispositif a évolué dans le but de faciliter son utilisation par les industriels et les conseils nationaux professionnels. Aujourd’hui la HAS rend pour la première fois un avis favorable en vue du remboursement d’un test diagnostique ayant préalablement bénéficié d’un forfait innovation. Il s’agit du test METAglut1 auquel la HAS a octroyé une amélioration de service attendu de niveau II ce qui conduira l’Assurance maladie à se prononcer sur son remboursement effectif dans un délai maximum de 6 mois.</t>
+  </si>
+  <si>
+    <t>02/05/2023 10:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3432203/fr/forfait-innovation-le-dispositif-porte-ses-fruits</t>
+  </si>
+  <si>
+    <t>p_3432203</t>
+  </si>
+  <si>
+    <t>La HAS actualise ses recommandations sur l’examen du dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>En France, les cancers du sein sont, chez les femmes, les cancers les plus fréquents et la première cause de décès par cancer. Le dépistage organisé, proposé tous les deux ans aux femmes âgées de 50 à 74 ans, permet leur détection et leur prise en charge précoces. En réponse à une saisine de l’Institut national du cancer (INCa), la Haute Autorité de santé recommande l’introduction, dans le dépistage organisé des cancers du sein, de la mammographie 3D (par tomosynthèse), à condition qu’elle soit systématiquement associée à la reconstruction d’une image 2D synthétique (3D + 2Ds).</t>
+  </si>
+  <si>
+    <t>17/03/2023 11:39:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421814/fr/la-has-actualise-ses-recommandations-sur-l-examen-du-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>p_3421814</t>
+  </si>
+  <si>
+    <t>De nouvelles recommandations pour prévenir et prendre en charge le syndrome du nez vide</t>
+  </si>
+  <si>
+    <t>À la suite d’une saisine d’associations de patients, la HAS a élaboré une recommandation de bonne pratique sur la prévention, le diagnostic et la prise en charge du syndrome du nez vide (SNV). Ce syndrome, souvent très mal toléré par ceux qui en souffrent, est une des complications possibles d’une chirurgie du nez pratiquée chez des patients atteints d’obstruction nasale persistante (turbinectomie). Elle se caractérise par l’apparition d’un cortège de symptômes nasaux et extra-nasaux dont les répercussions psychologiques peuvent être majeures : dépression, désocialisation, agoraphobie…</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396048/fr/de-nouvelles-recommandations-pour-prevenir-et-prendre-en-charge-le-syndrome-du-nez-vide</t>
+  </si>
+  <si>
+    <t>p_3396048</t>
+  </si>
+  <si>
+    <t>Monkeypox : la HAS se prononce pour le remboursement des tests et en précise l’utilisation</t>
+  </si>
+  <si>
+    <t>Alors que le virus Monkeypox continue de circuler sur le territoire, la Direction générale de la santé a saisi la Haute Autorité de santé afin qu’elle se prononce sur le remboursement par l’Assurance maladie des tests d’amplification des acides nucléiques (TAAN, technique qui inclut les tests PCR) pour détecter l’infection par le virus. La HAS rend un avis favorable à l’inscription de ces tests sur la liste des actes et prestations, et en précise les indications. Elle rappelle que le diagnostic d’infection par le virus Monkeypox est avant tout clinique, la détection par test TAAN ne doit ainsi être effectuée qu’en cas de doute persistant après examen clinique.</t>
+  </si>
+  <si>
+    <t>25/07/2022 10:29:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356444/fr/monkeypox-la-has-se-prononce-pour-le-remboursement-des-tests-et-en-precise-l-utilisation</t>
+  </si>
+  <si>
+    <t>p_3356444</t>
+  </si>
+  <si>
+    <t>Douleurs du genou : quel examen d’imagerie réaliser ?</t>
+  </si>
+  <si>
+    <t>Très fréquente en population générale, la douleur au genou – gonalgie – peut être liée à différentes pathologies (dont l’arthrose) ou à un traumatisme. Un examen d’imagerie du genou peut être nécessaire afin d’en déterminer la cause et proposer au patient un traitement adapté. Parce que le recours à l’IRM n’est pas toujours justifié, la HAS et le Conseil National Professionnel de radiologie et imagerie médicale (G4) ont élaboré des recommandations précisant quand et à quels types d’examens d’imagerie recourir en cas de gonalgie chez l’adulte. Les objectifs sont de rappeler l’importance de l’examen clinique, l’intérêt des radiographies en première intention et d’améliorer la pertinence du recours à l’IRM.</t>
+  </si>
+  <si>
+    <t>27/06/2022 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346567/fr/douleurs-du-genou-quel-examen-d-imagerie-realiser</t>
+  </si>
+  <si>
+    <t>p_3346567</t>
+  </si>
+  <si>
+    <t>Covid-19 : la HAS rend trois nouveaux avis pour actualiser la stratégie de lutte contre le virus</t>
+  </si>
+  <si>
+    <t>Alors que le nombre d’infections par le SARS-CoV-2 reste à un niveau élevé mais diminue fortement depuis quelques semaines, la HAS publie trois nouveaux avis pour actualiser la stratégie de lutte contre le virus. Ainsi, elle affine la place du vaccin Janssen dans le contexte des dernières données EPI-PHARE ; elle rend un nouvel avis sur la place des tests antigéniques rapides sur prélèvement salivaire dans le dépistage de l’infection ; enfin, elle se prononce sur l’autorisation d’accès précoce post-AMM pour le Ronapreve® dans le traitement curatif des patients à risque de forme sévère de la maladie.</t>
+  </si>
+  <si>
+    <t>21/02/2022 13:59:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318289/fr/covid-19-la-has-rend-trois-nouveaux-avis-pour-actualiser-la-strategie-de-lutte-contre-le-virus</t>
+  </si>
+  <si>
+    <t>p_3318289</t>
+  </si>
+  <si>
+    <t>Que faire quand un enfant a ingéré une pile bouton ?</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) et la Société de Toxicologie Clinique (STC) publient aujourd’hui des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est en effet essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des arbres décisionnels sont déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316737/fr/que-faire-quand-un-enfant-a-ingere-une-pile-bouton</t>
+  </si>
+  <si>
+    <t>p_3316737</t>
+  </si>
+  <si>
+    <t>Cancer du sein : l’angiomammographie, un outil de diagnostic supplémentaire dans certaines situations</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé se prononce en faveur de l’intégration de l’angiomammographie double énergie dans le bilan diagnostique du cancer du sein, dans des situations précises : lorsque l’IRM mammaire est contre-indiquée ou pour évaluer la taille d’une tumeur dans le cadre du bilan d’extension locorégional ou d’une chimiothérapie néoadjuvante. Une préconisation dont la mise en œuvre offrirait plusieurs avantages : répondre à des besoins non couverts, raccourcir les délais de prise en charge et atténuer l’anxiété engendrée par l’IRM chez certaines patientes.</t>
+  </si>
+  <si>
+    <t>26/11/2021 10:53:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302094/fr/cancer-du-sein-l-angiomammographie-un-outil-de-diagnostic-supplementaire-dans-certaines-situations</t>
+  </si>
+  <si>
+    <t>p_3302094</t>
+  </si>
+  <si>
+    <t>Quelle imagerie pour les pathologies de la thyroïde ?</t>
+  </si>
+  <si>
+    <t>Comment mieux prendre en charge les pathologies de la thyroïde ? Dans quelles situations une échographie est-elle pertinente ? Quand faut-il faire une cytoponction ? La HAS et le Conseil national professionnel de radiologie et d’imagerie médicale (G4) publient aujourd’hui une recommandation qui fait le point sur l’indication de ces examens. Les objectifs sont de réduire les échographies non pertinentes en cas de dysthyroïdies, d’améliorer le recours à l’échographie pour caractériser les nodules et de réaliser une cytoponction avant toute chirurgie de nodule.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288963/fr/quelle-imagerie-pour-les-pathologies-de-la-thyroide</t>
+  </si>
+  <si>
+    <t>p_3288963</t>
+  </si>
+  <si>
+    <t>Covid-19 : quelle protéine virale les TROD doivent-ils cibler en sérologie pré-vaccinale ?</t>
+  </si>
+  <si>
+    <t>Les tests sérologiques rapides (TROD) utilisés en pré-vaccination permettent de savoir rapidement si une personne a été infectée par le SARS-CoV-2 et donc de ne lui administrer qu’une dose de vaccin le cas échéant. La Haute Autorité de Santé (HAS) s’était prononcée en juin en faveur d’une utilisation de ces tests afin d’accélérer le rythme de la campagne vaccinale. Elle actualise aujourd’hui ses recommandations sur la base de nouvelles études afin de préciser la protéine cible que ces tests doivent rechercher.</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280300/fr/covid-19-quelle-proteine-virale-les-trod-doivent-ils-cibler-en-serologie-pre-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3280300</t>
+  </si>
+  <si>
+    <t>Covid-19 : les tests salivaires RT-LAMP intégrés présentent des performances trop hétérogènes</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) a actualisé son évaluation des tests RT-LAMP intégrés de détection du SARS-CoV-2 compte tenu des nouvelles données disponibles. Celles-ci révèlent une grande variabilité des résultats obtenus, remettant en cause leur efficacité. Par ailleurs, des alternatives fiables présentant les mêmes niveaux d’acceptabilité ou de rapidité existent désormais. La HAS suspend donc aujourd’hui sa recommandation de prise en charge de ces tests.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280326/fr/covid-19-les-tests-salivaires-rt-lamp-integres-presentent-des-performances-trop-heterogenes</t>
+  </si>
+  <si>
+    <t>p_3280326</t>
+  </si>
+  <si>
+    <t>Covid-19 : quelle utilité aujourd’hui pour les tests sérologiques ?</t>
+  </si>
+  <si>
+    <t>Dans un contexte de large déploiement des vaccins contre la Covid-19, de capacités très élevées de tests de diagnostic et de dépistage, mais également d’émergence de nouveaux variants, les précautions restent de mise pour éviter une nouvelle flambée épidémique. Dans l’arsenal de tests, les tests sérologiques, dont les premières indications ont initialement été définies il y a plus d’un an, voient leur place évoluer. Ainsi, après étude des dernières données scientifiques disponibles, la HAS actualise ses recommandations sur les indications de la sérologie lors du diagnostic, en contexte de dépistage pré-vaccinal et en contexte post-vaccinal pour les personnes immunodéprimées.</t>
+  </si>
+  <si>
+    <t>23/06/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273496/fr/covid-19-quelle-utilite-aujourd-hui-pour-les-tests-serologiques</t>
+  </si>
+  <si>
+    <t>p_3273496</t>
+  </si>
+  <si>
+    <t>Covid-19 : des TROD pour optimiser l’utilisation des doses de vaccins disponibles</t>
+  </si>
+  <si>
+    <t>Alors que la campagne de vaccination se déroule à un rythme soutenu et que l’épidémie de Covid-19 semble diminuer mais reste active, la Haute Autorité de Santé (HAS) poursuit ses travaux pour simplifier la vaccination chaque fois que c’est pertinent, renforcer encore sa dynamique et accompagner les professionnels de santé. Réaffirmant que quand on a déjà été infecté, une seule dose suffit, elle publie aujourd’hui un avis sur l’utilisation des tests sérologiques rapides (TROD) en parallèle de la première dose de vaccin pour identifier les personnes infectées par le SARS-CoV-2 dont l'infection n'a pas été diagnostiquée. Elle actualise aussi les Réponses rapides destinées à guider les professionnels de santé dans la démarche vaccinale.</t>
+  </si>
+  <si>
+    <t>03/06/2021 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269831/fr/covid-19-des-trod-pour-optimiser-l-utilisation-des-doses-de-vaccins-disponibles</t>
+  </si>
+  <si>
+    <t>p_3269831</t>
+  </si>
+  <si>
+    <t>La HAS amorce la réévaluation des tests RT-PCR salivaires à la lumière de nouvelles données</t>
+  </si>
+  <si>
+    <t>La HAS a mené une méta-analyse pour objectiver les performances des tests RT-PCR sur prélèvement salivaire, par rapport à ceux sur prélèvement nasopharyngé. Il apparait que la perte de sensibilité est de l’ordre de 2 à 11 %, ce qui est rassurant, notamment pour les personnes asymptomatiques, et permet d’envisager un élargissement des indications de ces tests. Des questions essentielles doivent toutefois être résolues pour cela. L’importante hétérogénéité des résultats des tests salivaires et l’impact organisationnel très fort de leur déploiement nécessitent ainsi de définir les indications et les modalités de réalisation précises de ces tests. Cela fera l’objet d’un nouveau groupe de travail dans les jours qui viennent et d’un avis dédié.</t>
+  </si>
+  <si>
+    <t>23/01/2021 14:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234225/fr/la-has-amorce-la-reevaluation-des-tests-rt-pcr-salivaires-a-la-lumiere-de-nouvelles-donnees</t>
+  </si>
+  <si>
+    <t>p_3234225</t>
+  </si>
+  <si>
+    <t>Cervicalgies : ne pas recourir de façon systématique à l’imagerie</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé, en partenariat avec le Conseil national professionnel de radiologie et imagerie médicale (G4), précise les types d’examens d’imagerie auxquels recourir en cas de cervicalgie avec ou sans traumatisme. L’objectif de ce travail, réalisé par des experts pluriprofessionnels et des usagers, est d’améliorer la pertinence de la réalisation de ces actes, afin à la fois de ne pas méconnaitre une lésion sévère du rachis et de réduire l’exposition non justifiée à une imagerie potentiellement irradiante.</t>
+  </si>
+  <si>
+    <t>09/12/2020 17:06:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223103/fr/cervicalgies-ne-pas-recourir-de-facon-systematique-a-l-imagerie</t>
+  </si>
+  <si>
+    <t>p_3223103</t>
+  </si>
+  <si>
+    <t>Covid-19 : la HAS se prononce sur les tests salivaires RT-LAMP et met à jour les indications des tests antigéniques</t>
+  </si>
+  <si>
+    <t>La mise à disposition continue de données sur les tests, notamment dit « rapides », entraine des évolutions de la stratégie de diagnostic et de dépistage de la Covid-19. Pour ce qui est des tests antigéniques, la HAS se prononce aujourd’hui en faveur de leur utilisation chez les personnes contact. Elle rend aussi deux avis sur les tests salivaires RT-LAMP. Tandis que ceux dits “non intégrés” ne sont aujourd’hui pas recommandés, les systèmes dits “intégrés” (EasyCov®) pourraient être utilisés chez les patients symptomatiques chez qui un test nasopharyngé est difficile ou impossible.</t>
+  </si>
+  <si>
+    <t>28/11/2020 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221157/fr/covid-19-la-has-se-prononce-sur-les-tests-salivaires-rt-lamp-et-met-a-jour-les-indications-des-tests-antigeniques</t>
+  </si>
+  <si>
+    <t>p_3221157</t>
+  </si>
+  <si>
+    <t>COVID-19 : la HAS positionne les tests antigéniques dans trois situations</t>
+  </si>
+  <si>
+    <t>La HAS s'est prononcée fin septembre sur la performance requise des tests antigéniques sur prélèvement nasopharyngé. Elle rend aujourd'hui un avis sur leur positionnement dans la stratégie de détection du virus SARS-CoV-2.</t>
+  </si>
+  <si>
+    <t>09/10/2020 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212125/fr/covid-19-la-has-positionne-les-tests-antigeniques-dans-trois-situations</t>
+  </si>
+  <si>
+    <t>p_3212125</t>
+  </si>
+  <si>
+    <t>COVID-19 : les tests antigéniques sont performants chez les patients symptomatiques</t>
+  </si>
+  <si>
+    <t>Plus rapides que les tests RT-PCR, les tests antigéniques pourraient désengorger les laboratoires en réduisant les délais pour se faire tester et recevoir ses résultats. La HAS se prononce aujourd’hui en faveur de leur déploiement et de leur remboursement en diagnostic chez les patients symptomatiques. Pour garantir un niveau de fiabilité suffisant et parce que les différents tests antigéniques montrent une grande hétérogénéité de fiabilité, elle définit des seuils minimaux de performance pour déterminer lesquels pourront être utilisés.</t>
+  </si>
+  <si>
+    <t>25/09/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203094/fr/covid-19-les-tests-antigeniques-sont-performants-chez-les-patients-symptomatiques</t>
+  </si>
+  <si>
+    <t>p_3203094</t>
+  </si>
+  <si>
+    <t>COVID-19 : avis favorable au prélèvement oropharyngé en cas de contre-indication au nasopharyngé</t>
+  </si>
+  <si>
+    <t>Le prélèvement nasopharyngé est aujourd’hui la référence pour réaliser un test virologique par RT-PCR. Toutefois, il est désagréable et certains patients peuvent le refuser ou ne pas être en capacité de le faire. Les prélèvements salivaires représentent une alternative mais pour les seuls patients symptomatiques. Aujourd’hui, la HAS rend un second avis et valide le recours au prélèvement oropharyngé pour les tests RT-PCR des personnes asymptomatiques chez qui le prélèvement nasopharyngé est contre-indiqué.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203097/fr/covid-19-avis-favorable-au-prelevement-oropharynge-en-cas-de-contre-indication-au-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3203097</t>
+  </si>
+  <si>
+    <t>COVID-19 : les tests salivaires peuvent compléter les tests nasopharyngés chez les personnes symptomatiques</t>
+  </si>
+  <si>
+    <t>La HAS rend aujourd’hui un avis sur l’utilisation des tests virologiques (RT-PCR) sur prélèvement salivaire. Leur intérêt est de faciliter les prélèvements, de réduire les risques de contamination du personnel soignant et d’être moins désagréables pour les patients. Les données disponibles montrent que le prélèvement salivaire est un peu moins sensible que le prélèvement nasopharyngé pour détecter le virus chez les personnes symptomatiques. Etant donné leur meilleure acceptabilité, la HAS est favorable à leur recours et leur remboursement, en l’orientant de préférence vers les personnes symptomatiques pour lesquelles le prélèvement nasopharyngé est difficile voire impossible. En revanche, elle ne les recommande pas pour les personnes asymptomatiques, chez qui ils sont très peu performants.</t>
+  </si>
+  <si>
+    <t>18/09/2020 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202317/fr/covid-19-les-tests-salivaires-peuvent-completer-les-tests-nasopharynges-chez-les-personnes-symptomatiques</t>
+  </si>
+  <si>
+    <t>p_3202317</t>
+  </si>
+  <si>
+    <t>Tests salivaires pour la détection du virus SARS-CoV-2 : la HAS se prononce en faveur d’un forfait innovation</t>
+  </si>
+  <si>
+    <t>La Société Française de Microbiologie associée au Centre Hospitalier Andrée Rosemon de Cayenne ont demandé le 6 août à la HAS d’évaluer l’opportunité d’un recours au forfait innovation pour utiliser les tests virologiques sur prélèvement salivaire. Compte tenu du besoin réel de tests plus simples pour une utilisation en dépistage et en diagnostic ambulatoire mais aussi des incertitudes fortes demeurant sur la fiabilité des tests salivaires, le forfait innovation apparaît en effet particulièrement adapté. La HAS rend en conséquence un avis favorable.</t>
+  </si>
+  <si>
+    <t>10/08/2020 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198372/fr/tests-salivaires-pour-la-detection-du-virus-sars-cov-2-la-has-se-prononce-en-faveur-d-un-forfait-innovation</t>
+  </si>
+  <si>
+    <t>p_3198372</t>
+  </si>
+  <si>
+    <t>La HAS est favorable au remboursement des tests sérologiques à la fiabilité validée et dans les indications définies</t>
+  </si>
+  <si>
+    <t>La HAS se prononce aujourd’hui en faveur d’un remboursement par l’assurance maladie des tests sérologiques de type ELISA et TDR à la fiabilité établie par le CNR, et dans les indications décrites dans ses travaux des 2 et 18 mai derniers. N’y sont abordés ni les TROD, dont le remboursement relève d’un autre dispositif réglementaire, ni les autotests, non recommandés par la HAS.</t>
+  </si>
+  <si>
+    <t>20/05/2020 20:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186099/fr/la-has-est-favorable-au-remboursement-des-tests-serologiques-a-la-fiabilite-validee-et-dans-les-indications-definies</t>
+  </si>
+  <si>
+    <t>p_3186099</t>
+  </si>
+  <si>
+    <t>La HAS se prononce sur les tests sérologiques rapides – TDR, TROD, autotests – dans la lutte contre le COVID-19</t>
+  </si>
+  <si>
+    <t>Après avoir défini les critères de performance exigibles pour les tests sérologiques COVID-19 et la stratégie d’utilisation des tests automatisables de type ELISA, la HAS publie ce jour la stratégie d’utilisation des tests unitaires qui élargissent les lieux et circonstances de test et donnent des résultats en quelques minutes. Les TDR et TROD trouvent leur place dans la surveillance épidémiologique et la stratégie diagnostique, tandis que le recours aux autotests apparaît prématuré.</t>
+  </si>
+  <si>
+    <t>18/05/2020 15:11:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185170/fr/la-has-se-prononce-sur-les-tests-serologiques-rapides-tdr-trod-autotests-dans-la-lutte-contre-le-covid-19</t>
+  </si>
+  <si>
+    <t>p_3185170</t>
+  </si>
+  <si>
+    <t>Le scanner thoracique, un outil réservé à certaines situations critiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la place du scanner thoracique chez les patients infectés par le COVID-19 ou chez qui une infection est suspectée. Son utilité est principalement de repérer les lésions pulmonaires et de suivre leur évolution. Pour le diagnostic, le test RT-PCR doit être privilégié et le recours au scanner doit être réservé à l’urgence médicale ne permettant pas d’attendre les résultats du test.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179358/fr/le-scanner-thoracique-un-outil-reserve-a-certaines-situations-critiques</t>
+  </si>
+  <si>
+    <t>p_3179358</t>
+  </si>
+  <si>
+    <t>La HAS réaffirme l’importance de sa recommandation sur le diagnostic de syndrome du bébé secoué</t>
+  </si>
+  <si>
+    <t>Interpellée sur sa recommandation sur le diagnostic du syndrome du bébé secoué, la HAS réaffirme, avec l’ensemble des organisations professionnelles et associations de patients qui ont été mobilisées pour les élaborer, l’importance de ses travaux et le rôle essentiel des professionnels de santé dans le repérage, le diagnostic et la prévention de ces maltraitances à enfant. Elles refusent de laisser sans réaction la mise en cause de la compétence et de la probité scientifique de leurs experts.</t>
+  </si>
+  <si>
+    <t>19/12/2019 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136556/fr/la-has-reaffirme-l-importance-de-sa-recommandation-sur-le-diagnostic-de-syndrome-du-bebe-secoue</t>
+  </si>
+  <si>
+    <t>p_3136556</t>
+  </si>
+  <si>
+    <t>Mammographie par tomosynthèse : des questions à traiter avant une éventuelle intégration dans le dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>La HAS mène actuellement une évaluation afin de se prononcer sur l’intérêt d’intégrer la mammographie par tomosynthèse dans le dépistage organisé du cancer du sein chez les femmes à risque modéré. En préalable, elle a analysé ce que les études internationales fournissent comme connaissances sur la performance de la mammographie par tomosynthèse et identifié toutes les questions soulevées par son intégration au dépistage organisé en France. Elle publie ce travail intermédiaire et initie dès à présent un second volet qui répondra à ces questions.</t>
+  </si>
+  <si>
+    <t>27/11/2019 14:58:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121421/fr/mammographie-par-tomosynthese-des-questions-a-traiter-avant-une-eventuelle-integration-dans-le-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>p_3121421</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du col de l’utérus : le test HPV recommandé chez les femmes de plus de 30 ans</t>
+  </si>
+  <si>
+    <t>En actualisant ses recommandations de 2010 sur le dépistage du cancer du col de l’utérus, la HAS propose aux pouvoirs publics une stratégie nationale de dépistage incluant le test HPV. Ce test est recommandé en première intention chez les femmes de plus de 30 ans – chez lesquelles il s’avère plus efficace que l’examen cytologique.</t>
+  </si>
+  <si>
+    <t>11/07/2019 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069063/fr/depistage-du-cancer-du-col-de-l-uterus-le-test-hpv-recommande-chez-les-femmes-de-plus-de-30-ans</t>
+  </si>
+  <si>
+    <t>p_3069063</t>
+  </si>
+  <si>
+    <t>Des recommandations pour prévenir certaines toxicités sévères des chimiothérapies par fluoropyrimidines</t>
+  </si>
+  <si>
+    <t>18/12/2018 14:45:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892234/fr/des-recommandations-pour-prevenir-certaines-toxicites-severes-des-chimiotherapies-par-fluoropyrimidines</t>
+  </si>
+  <si>
+    <t>c_2892234</t>
+  </si>
+  <si>
+    <t>Lyme et maladies transmissibles par les tiques : mise au point</t>
+  </si>
+  <si>
+    <t>12/11/2018 11:05:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882875/fr/lyme-et-maladies-transmissibles-par-les-tiques-mise-au-point</t>
+  </si>
+  <si>
+    <t>c_2882875</t>
+  </si>
+  <si>
+    <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
+  </si>
+  <si>
+    <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
+  </si>
+  <si>
+    <t>20/06/2018 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857592/fr/lyme-et-maladies-transmissibles-par-les-tiques-depasser-les-controverses-et-proposer-une-solution-a-chacun</t>
+  </si>
+  <si>
+    <t>c_2857592</t>
+  </si>
+  <si>
+    <t>Doser la vitamine C chez un patient n’est éventuellement utile que pour confirmer un scorbut</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments (cliniques, socio-économiques…) peuvent faire envisager un diagnostic de scorbut . Bien que cette maladie soit devenue très rare aujourd’hui, plus de 40 000 dosages ont été réalisés par les établissements de santé français en 2016 . Face à ce constat, la HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>08/06/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854549/fr/doser-la-vitamine-c-chez-un-patient-n-est-eventuellement-utile-que-pour-confirmer-un-scorbut</t>
+  </si>
+  <si>
+    <t>c_2854549</t>
+  </si>
+  <si>
+    <t>Endométriose : améliorer la démarche diagnostique et clarifier les modalités de traitements</t>
+  </si>
+  <si>
+    <t>L’endométriose est une maladie mal repérée, avec une prise en charge insuffisamment coordonnée, entrainant un retard diagnostic et une errance des femmes. Face à cette forte attente, la Haute Autorité de Santé (HAS) et le Collège national des gynécologues et obstétriciens français (CNGOF) ont actualisé les recommandations relatives à sa prise en charge. L’objectif est de permettre à chaque femme de bénéficier d’un parcours de soins homogène, coordonné et optimal, avec comme facteur clé l’information des patientes. Ainsi, les recommandations abordent chaque étape de la prise en charge, du diagnostic aux traitements et les situations d’infertilité.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820367/fr/endometriose-ameliorer-la-demarche-diagnostique-et-clarifier-les-modalites-de-traitements</t>
+  </si>
+  <si>
+    <t>c_2820367</t>
+  </si>
+  <si>
+    <t>Diagnostiquer les cas de bébé secoué et poursuivre la mobilisation contre les maltraitances infantiles</t>
+  </si>
+  <si>
+    <t>La maltraitance des enfants, enjeu de santé publique majeur, reste un phénomène méconnu des professionnels de santé. Or, par leurs contacts réguliers avec les enfants et les familles, ils occupent un rôle clé pour repérer les situations de maltraitance et déclencher des actions de protection et de soins à l’égard des victimes. La Haute Autorité de Santé, qui a déjà publié plusieurs travaux pour aider les professionnels dans cette mission, actualise aujourd’hui ses recommandations sur le diagnostic du syndrome de bébé secoué en lien avec la Société française de médecine physique et de réadaptation. Par ailleurs, la HAS adapte sa fiche mémo sur le repérage et la conduite à tenir en cas de maltraitance infantile.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796194/fr/diagnostiquer-les-cas-de-bebe-secoue-et-poursuivre-la-mobilisation-contre-les-maltraitances-infantiles</t>
+  </si>
+  <si>
+    <t>c_2796194</t>
+  </si>
+  <si>
+    <t>Infection par Helicobacter pylori chez l’adulte : la HAS précise les actes de diagnostic et les modalités de traitement</t>
+  </si>
+  <si>
+    <t>En France, 15 à 30% de la population serait contaminée par _Helicobacter pylori_, une bactérie qui peut entraîner des ulcères gastroduodénaux et des cancers gastriques. Or, les recommandations sur le diagnostic et la prise en charge des patients infectés sont parfois mal connues ou appliquées. De plus, du fait de la progression de l’antibiorésistance, les recommandations de recours aux traitements évoluent régulièrement. C’est pourquoi la HAS et le Conseil national professionnel d’hépato-gastroentérologie (CNP HGE) publient deux fiches qui précisent les indications du diagnostic et les modalités de traitement des personnes adultes infectées.</t>
+  </si>
+  <si>
+    <t>21/06/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775406/fr/infection-par-helicobacter-pylori-chez-l-adulte-la-has-precise-les-actes-de-diagnostic-et-les-modalites-de-traitement</t>
+  </si>
+  <si>
+    <t>c_2775406</t>
+  </si>
+  <si>
+    <t>Dépistage de l’hépatite C : la Haute Autorité de Santé se prononce en faveur des tests rapides d’orientation diagnostique (TROD)</t>
+  </si>
+  <si>
+    <t>En France, 232 000 personnes sont atteintes d’hépatite C (VHC) et la moitié d’entre elles ignorent leur statut. Face à cet enjeu de santé publique, la HAS publie des recommandations sur la place des tests rapides d’orientation diagnostique (TROD)* dans la stratégie de dépistage de l'hépatite C.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743868/fr/depistage-de-l-hepatite-c-la-haute-autorite-de-sante-se-prononce-en-faveur-des-tests-rapides-d-orientation-diagnostique-trod</t>
+  </si>
+  <si>
+    <t>c_1743868</t>
+  </si>
+  <si>
+    <t>Thérapies ciblées et tests compagnons : méthodes d’évaluation</t>
+  </si>
+  <si>
+    <t>La HAS publie aujourd’hui un guide méthodologique présentant sa méthode d’évaluation de l’association d’un test diagnostique avec un médicament. Certains de ces tests diagnostiques seront qualifiés de « tests compagnons d’une thérapie ciblée » s’ils remplissent les conditions scientifiques exposées dans ce guide.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1734882/fr/therapies-ciblees-et-tests-compagnons-methodes-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1734882</t>
+  </si>
+  <si>
+    <t>La HAS ne reconnaît pas d’utilité au dosage de vitamine D* en routine</t>
+  </si>
+  <si>
+    <t>Le traitement par vitamine D est nécessaire dans certaines situations cliniques, pour autant dans la plupart des cas, doser cette vitamine dans le sang n’apporte pas de renseignements utiles pour les professionnels de santé. On assiste toutefois à une augmentation du nombre de dosage sanguins de la vitamine D. Dans ce contexte, la Haute Autorité de Santé (HAS) publie aujourd’hui un état des lieux de l’utilité établie du dosage sanguin de la vitamine D dans la prise en charge des patients.</t>
+  </si>
+  <si>
+    <t>30/10/2013 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670152/fr/la-has-ne-reconnait-pas-d-utilite-au-dosage-de-vitamine-d-en-routine</t>
+  </si>
+  <si>
+    <t>c_1670152</t>
+  </si>
+  <si>
+    <t>Exposition médicale aux rayonnements ionisants : Sécuriser le parcours du patient</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS), en partenariat avec l’Autorité de sûreté nucléaire (ASN), publie aujourd’hui un guide d’analyse des pratiques dans les trois secteurs faisant usage des rayonnements ionisants : la radiologie, la médecine nucléaire et la radiothérapie. Des programmes d’amélioration des pratiques, élaborés avec l’ensemble des professionnels concernés par la radioprotection, sont proposés pour permettre de mieux sécuriser le parcours du patient exposé aux rayonnements ionisants.</t>
+  </si>
+  <si>
+    <t>12/03/2013 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1365837/fr/exposition-medicale-aux-rayonnements-ionisants-securiser-le-parcours-du-patient</t>
+  </si>
+  <si>
+    <t>c_1365837</t>
+  </si>
+  <si>
+    <t>Echographies fœtales : différences entre pratiques médicales et commerciales</t>
+  </si>
+  <si>
+    <t>L’existence d’une offre d’échographies fœtales hors contexte médical, à seule fin de produire des images souvenirs du fœtus (ou échographies fœtales commerciales), a conduit des professionnels de santé à interpeller les pouvoirs publics. En janvier 2012, le gouvernement a saisi, d’une part, l’Agence Nationale de Sécurité du Médicament (ANSM) sur la question du risque sanitaire potentiel et, d’autre part, la Haute Autorité de Santé (HAS) sur deux volets : la définition de l’échographie en tant qu’acte médical et sa compatibilité avec les pratiques commerciales constatées. La HAS publie aujourd’hui les conclusions de ses travaux.</t>
+  </si>
+  <si>
+    <t>25/06/2012 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260057/fr/echographies-foetales-differences-entre-pratiques-medicales-et-commerciales</t>
+  </si>
+  <si>
+    <t>c_1260057</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer de la prostate par dosage du PSA : intérêt non démontré chez les hommes présentant des facteurs de risque</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie, à la demande de la Direction Générale de la Santé (DGS), un rapport d’orientation sur les facteurs de risque de cancer de la prostate et la pertinence du dépistage de ce cancer par dosage de l’antigène spécifique prostatique (PSA) auprès de populations d’hommes sans symptôme considérées comme « à haut risque » de survenue de ce cancer. Après avoir recherché la littérature sur le sujet et examiné les rapports et recommandations des sociétés savantes et organismes d’évaluation en santé au niveau national et international, la HAS a conclu qu’il n’y a pas de preuve suffisante pour justifier la mise en place d’un tel dépistage dans ces sous-populations. La HAS insiste également sur la nécessité de fournir une information complète aux hommes envisageant la réalisation d’un dépistage, notamment sur ses conséquences éventuelles.</t>
+  </si>
+  <si>
+    <t>04/04/2012 00:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1238094/fr/depistage-du-cancer-de-la-prostate-par-dosage-du-psa-interet-non-demontre-chez-les-hommes-presentant-des-facteurs-de-risque</t>
+  </si>
+  <si>
+    <t>c_1238094</t>
+  </si>
+  <si>
+    <t>Améliorer le dépistage des hépatites virales B et C : la HAS précise sa recommandation</t>
+  </si>
+  <si>
+    <t>En mai 2011, dans le cadre du Plan national de lutte contre les hépatites B et C – 2009-2012, la Haute Autorité de Santé (HAS) publiait un avis sur les combinaisons de tests biologiques de dépistage à réaliser. A la demande du Ministère en charge de la Santé, la HAS a complété cet avis dont elle publie aujourd’hui la version actualisée.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189387/fr/ameliorer-le-depistage-des-hepatites-virales-b-et-c-la-has-precise-sa-recommandation</t>
+  </si>
+  <si>
+    <t>c_1189387</t>
+  </si>
+  <si>
+    <t>Maladies rares : la HAS recommande un dépistage systématique à la naissance du déficit en MCAD*</t>
+  </si>
+  <si>
+    <t>Dans le cadre du Plan national « Maladies rares » 2010-2014, la Haute Autorité de Santé a été saisie afin de rendre un avis sur l’extension du dépistage néonatal à une maladie supplémentaire : le déficit en MCAD. Cette maladie métabolique est fréquemment mortelle en l’absence de traitement. Sa prise en charge, très efficace, consiste à observer des règles diététiques simples. La Haute Autorité de Santé recommande le dépistage néonatal de cette maladie car il permet de prévenir des décès facilement évitables chez des jeunes enfants.</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1070812/fr/maladies-rares-la-has-recommande-un-depistage-systematique-a-la-naissance-du-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1070812</t>
+  </si>
+  <si>
+    <t>Suspicion de carence en fer : quels examens prescrire ?</t>
+  </si>
+  <si>
+    <t>A la demande de l’Assurance maladie, la Haute Autorité de Santé a évalué les choix d’examens du métabolisme du fer à réaliser lorsqu’un médecin suspecte une carence en fer. Différents marqueurs peuvent être dosés pour étudier le métabolisme du fer et on observe une grande diversité dans les prescriptions, ainsi qu’une augmentation du nombre de dosages réalisés. Dans ce contexte, la HAS a évalué la pertinence des différents examens et précisé le choix de l’examen le plus approprié dans les situations les plus fréquemment rencontrées.</t>
+  </si>
+  <si>
+    <t>14/06/2011 13:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062859/fr/suspicion-de-carence-en-fer-quels-examens-prescrire</t>
+  </si>
+  <si>
+    <t>c_1062859</t>
+  </si>
+  <si>
+    <t>Améliorer le dépistage des hépatites virales B et C</t>
+  </si>
+  <si>
+    <t>Dans le cadre du Plan national de lutte contre les hépatites B et C 2009-2012, la Haute Autorité de Santé (HAS) a été saisie par le ministère de la Santé pour rendre un avis sur les combinaisons de tests biologiques de dépistage à réaliser. L’objectif est d’harmoniser et d’améliorer les pratiques de dépistage individualisé chez les personnes à risques. Sur la base de cette recommandation, le Ministère pourrait arrêter la stratégie de tests pour le dépistage de l’hépatite B qu’il convient de généraliser et de rembourser.</t>
+  </si>
+  <si>
+    <t>04/05/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050582/fr/ameliorer-le-depistage-des-hepatites-virales-b-et-c</t>
+  </si>
+  <si>
+    <t>c_1050582</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé précise la prise en charge échocardiographique des personnes exposées au benfluorex</t>
+  </si>
+  <si>
+    <t>L’échocardiographie Doppler transthoracique est indiquée dans le cadre du suivi des patients exposés aux produits contenant du benfluorex – Mediator et ses génériques. Saisie par le Ministère du Travail, de l’Emploi et de la Santé, la Haute Autorité de Santé publie une fiche de bon usage sur cet examen, à destination des professionnels de santé sollicités par des personnes exposées au benfluorex.</t>
+  </si>
+  <si>
+    <t>10/03/2011 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1032208/fr/la-haute-autorite-de-sante-precise-la-prise-en-charge-echocardiographique-des-personnes-exposees-au-benfluorex</t>
+  </si>
+  <si>
+    <t>c_1032208</t>
+  </si>
+  <si>
+    <t>Un dépistage de la rétinopathie diabétique à améliorer</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé, saisie par la Direction Générale de la Santé, a évalué les différentes techniques et modes d’organisation du dépistage de la rétinopathie diabétique. Selon les estimations, cette complication oculaire toucherait plus de 200 000 diabétiques. Elle peut entraîner une diminution des capacités de vision, voire la cécité si elle n’est pas dépistée et traitée à temps. La HAS émet ainsi des recommandations de santé publique pour améliorer le dépistage de la rétinopathie diabétique en adaptant ses modalités et en améliorant la coordination des différents intervenants.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028478/fr/un-depistage-de-la-retinopathie-diabetique-a-ameliorer</t>
+  </si>
+  <si>
+    <t>c_1028478</t>
+  </si>
+  <si>
+    <t>Toxoplasmose et rubéole : la HAS précise les conditions d’un dépistage efficace</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS), saisie par la Direction Générale de la Santé (DGS), rend public son [[c_893585][rapport sur la surveillance sérologique et la prévention de la toxoplasmose et de la rubéole durant la grossesse]]. Elle insiste sur l’importance de l’information à fournir aux femmes enceintes aux différents temps de la séquence de dépistage. De plus, elle recommande l’organisation d’une prise en charge structurée en cas de séroconversion en cours de grossesse. -</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_890769/fr/toxoplasmose-et-rubeole-la-has-precise-les-conditions-d-un-depistage-efficace</t>
+  </si>
+  <si>
+    <t>c_890769</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie un avis sur le diagnostic précoce de la dengue</t>
+  </si>
+  <si>
+    <t>[[c_813014][La HAS rend un avis en urgence sur le diagnostic précoce de la dengue]], suite à une saisine du ministère de la santé. Celui-ci est inquiet de l’épidémie sévissant en Guyane depuis le début de l’année 2009, qui a déjà fait deux morts.</t>
+  </si>
+  <si>
+    <t>19/06/2009 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813115/fr/la-haute-autorite-de-sante-publie-un-avis-sur-le-diagnostic-precoce-de-la-dengue</t>
+  </si>
+  <si>
+    <t>c_813115</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé poursuit la révision des indications des radiographies conventionnelles</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé, à la demande de l’Union nationale des caisses d’assurance maladie (Uncam), actualise les indications des radiographies conventionnelles les plus fréquemment réalisées notamment pour tenir compte des progrès de l’imagerie médicale. Après avoir revu les indications des radiographies du crâne, de la face, des sinus et du bassin (voir communiqué de presse du 28 octobre 2008), la HAS publie les principales indications et « non-indications » des radiographies du thorax et de l’abdomen sans préparation.</t>
+  </si>
+  <si>
+    <t>11/03/2009 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_755094/fr/la-haute-autorite-de-sante-poursuit-la-revision-des-indications-des-radiographies-conventionnelles</t>
+  </si>
+  <si>
+    <t>c_755094</t>
+  </si>
+  <si>
+    <t>La HAS évalue les dispositifs d’automesure dans la surveillance de la coagulation du sang</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a évalué l’intérêt, dans le système de santé français, de rembourser ou non des dispositifs d’automesure de la coagulation du sang chez les patients recevant un traitement anticoagulant par antivitamines K. La HAS recommande ce remboursement chez les enfants. En revanche elle ne le recommande pas chez les adultes dans les conditions actuelles.</t>
+  </si>
+  <si>
+    <t>09/02/2009 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_744911/fr/la-has-evalue-les-dispositifs-d-automesure-dans-la-surveillance-de-la-coagulation-du-sang</t>
+  </si>
+  <si>
+    <t>c_744911</t>
+  </si>
+  <si>
+    <t>La HAS évalue l’intérêt des tests immunologiques dans le dépistage du cancer colorectal en France</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé remet au Ministère de la Santé, de la Jeunesse, des Sports et de la Vie associative et à l’Institut National du Cancer une évaluation de la place des tests immunologiques de recherche de sang occulte dans les selles dans le programme de dépistage organisé du cancer colorectal en France. La HAS recommande d’engager le processus de substitution des nouveaux tests immunologiques à lecture automatisée, aux tests au gaïac actuellement utilisés. Elle précise toutefois que les conditions techniques et organisationnelles d’utilisation de ces tests seront affinées au cours de ce processus.</t>
+  </si>
+  <si>
+    <t>19/12/2008 12:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_727745/fr/la-has-evalue-l-interet-des-tests-immunologiques-dans-le-depistage-du-cancer-colorectal-en-france</t>
+  </si>
+  <si>
+    <t>c_727745</t>
+  </si>
+  <si>
+    <t>La réalisation des tests de dépistage de l’infection par le VIH évolue</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie le premier volet de recommandations sur le dépistage de l’infection par le VIH en France, qui propose une évolution des modalités de réalisation des tests de dépistage. Des recommandations et des orientations sur les tests de dépistage rapide sont également proposées.</t>
+  </si>
+  <si>
+    <t>22/10/2008 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704683/fr/la-realisation-des-tests-de-depistage-de-l-infection-par-le-vih-evolue</t>
+  </si>
+  <si>
+    <t>c_704683</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) publie deux recommandations professionnelles ayant pour objectifs de diminuer la morbidité et la mortalité associées à la cirrhose. La surveillance régulière et la prévention primaire des complications, et le cas échéant, le traitement et la prévention secondaire des principales complications, quelle que soit la cause de la cirrhose, constituent la base de la stratégie proposée pour atteindre ces objectifs.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614245/fr/prise-en-charge-des-patients-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_614245</t>
+  </si>
+  <si>
+    <t>Hypothyroïdies frustes chez l’adulte : diagnostic et prise en charge</t>
+  </si>
+  <si>
+    <t>La Société française d’endocrinologie (SFE) et la Haute Autorité de Santé (HAS) ont élaboré, en partenariat, des recommandations pour la pratique clinique qui ont pour objectif de clarifier la notion d’hypothyroïdie fruste et sa relation avec les différents signes cliniques ou biologiques qui lui sont couramment imputés. Il s’agit de rationaliser la prescription de dosages biologiques dans l’optique d’un dépistage précoce et l’utilité d’un traitement de l’hypothyroïdie fruste.</t>
+  </si>
+  <si>
+    <t>05/11/2007 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_600457/fr/hypothyroidies-frustes-chez-l-adulte-diagnostic-et-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_600457</t>
+  </si>
+  <si>
+    <t>Comment dépister la syphilis ?</t>
+  </si>
+  <si>
+    <t>Des recommandations en santé publique répondant aux deux questions « Faut-il dépister la syphilis en France ?» et « Comment la dépister ? » viennent d’être mises en ligne par la Haute Autorité de santé. La population cible du dépistage, la stratégie d’utilisation des tests sérologiques et le rôle des différents acteurs du dépistage y sont précisés.</t>
+  </si>
+  <si>
+    <t>02/07/2007 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546891/fr/comment-depister-la-syphilis</t>
+  </si>
+  <si>
+    <t>c_546891</t>
+  </si>
+  <si>
+    <t>Maladie cœliaque : avis favorable de la HAS pour le remboursement de l’acte de recherche des anticorps anti-transglutaminase</t>
+  </si>
+  <si>
+    <t>*La maladie cœliaque est une affection de l’intestin grêle chronique provoquée par un antigène alimentaire présent dans les céréales : la gliadine du gluten. Son traitement repose sur un régime sans gluten, à vie. Le diagnostic de cette maladie et l’appréciation du suivi de l’observance du régime sans gluten reposent sur la combinaison de biopsies de l’intestin grêle, d’arguments cliniques et biologiques.*</t>
+  </si>
+  <si>
+    <t>01/06/2007 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538482/fr/maladie-coeliaque-avis-favorable-de-la-has-pour-le-remboursement-de-l-acte-de-recherche-des-anticorps-anti-transglutaminase</t>
+  </si>
+  <si>
+    <t>c_538482</t>
+  </si>
+  <si>
+    <t>Diagnostic des infections tuberculeuses : avis favorable de la HAS pour le test de détection de la production d’interféron gamma</t>
+  </si>
+  <si>
+    <t>*La tuberculose est la première cause de mortalité infectieuse dans le monde. En France, elle reste un problème de santé publique. La HAS a évalué les tests de détection de la production d’interférong dans le diagnostic des infections tuberculeuses. Elle a émis un avis favorable à l’inscription de ces tests sur la liste des actes de biologie médicale remboursés par l’Assurance maladie, en remplacement de l’intradermoréaction (IDR) dans la stratégie diagnostique pour des indications précises.*</t>
+  </si>
+  <si>
+    <t>28/05/2007 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_537269/fr/diagnostic-des-infections-tuberculeuses-avis-favorable-de-la-has-pour-le-test-de-detection-de-la-production-d-interferon-gamma</t>
+  </si>
+  <si>
+    <t>c_537269</t>
+  </si>
+  <si>
+    <t>Avis favorable de la HAS concernant l’utilisation du holter glycémique pour  les patients diabétiques sous insuline présentant un déséquilibre métabolique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a évalué, à la demande de la Société Française d’endocrinologie et de l’Association de langue française pour l’étude du diabète et des maladies métaboliques, l’acte « holter glycémique », en raison de son émergence et de son intérêt potentiel.</t>
+  </si>
+  <si>
+    <t>10/05/2007 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_530743/fr/avis-favorable-de-la-has-concernant-l-utilisation-du-holter-glycemique-pour-les-patients-diabetiques-sous-insuline-presentant-un-desequilibre-metabolique</t>
+  </si>
+  <si>
+    <t>c_530743</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'ostéoporose : la HAS publie une synthèse à destination des professionnels de santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé publie une synthèse sur les différents aspects de la prise en charge de l'ostéoporose : la prévention, le diagnostic, qui repose sur l'ostéodensitométrie et les traitements médicamenteux de l'ostéoporose. L'ostéoporose est une maladie diffuse du squelette qui engendre une fragilité osseuse responsable d'une augmentation du risque de fracture. En ce qui concerne le diagnostic, la HAS a rendu un avis favorable pour le remboursement de l'ostéodensitométrie dans certaines indications. Elle a également réévalué les traitements de l'ostéoporose et rendu des avis favorables quant à leur remboursement dans la prévention des fractures.</t>
+  </si>
+  <si>
+    <t>29/09/2006 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_437005/fr/prise-en-charge-de-l-osteoporose-la-has-publie-une-synthese-a-destination-des-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_437005</t>
+  </si>
+  <si>
+    <t>Évaluation et état des lieux de la tomographie par émission de positons couplée à la tomodensitométrie (TEP-TDM)</t>
+  </si>
+  <si>
+    <t>07/10/2005 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240747/fr/evaluation-et-etat-des-lieux-de-la-tomographie-par-emission-de-positons-couplee-a-la-tomodensitometrie-tep-tdm</t>
+  </si>
+  <si>
+    <t>c_240747</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome</t>
+  </si>
+  <si>
+    <t>L’évaluation technologique visait à déterminer l’utilité clinique d’une nouvelle stratégie diagnostique pour le mélanome, forme de cancer pigmenté de la peau. Cette approche consistait à comparer une stratégie recourant à une imagerie cutanée non invasive de seconde ligne, incluant la microscopie confocale in vivo, à la stratégie de référence, dans les situations où le diagnostic de lésions pigmentées (naevus) restent équivoques en dermoscopie ou pour la cartographie préopératoire des cas les plus complexes de mélanome au niveau du visage, notamment le mélanome de Dubreuilh.</t>
+  </si>
+  <si>
+    <t>13/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/fr/imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
+  </si>
+  <si>
+    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3609754</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes sur ADN tumoral circulant dans la prise en charge thérapeutique du cancer du poumon</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit (SHD) ciblé ; ADN tumoral circulant ; panel de gènes ; biopsie liquide ; génétique ; cancer du poumon ; CBNPC ; altérations moléculaires ; EGFR ; KRAS ; BRAF ; RET ; ALK ; ROS1</t>
+  </si>
+  <si>
+    <t>16/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>p_3701090</t>
+  </si>
+  <si>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale (maladies rares et oncogénétique)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué, pour la première fois, la possibilité de remboursement d’une technologie innovante en biologie médicale : le séquençage haut débit ciblé. Cette primo-évaluation couvre un champ particulièrement large, car de très nombreuses situations cliniques seront considérées. Face aux technologies émergentes comme le séquençage haut débit et très haut débit, il devient essentiel de concilier exigence scientifique et réactivité.</t>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/11/2025 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704400/fr/principes-d-evaluation-des-actes-de-sequencage-haut-debit-cible-panels-de-genes-en-genetique-constitutionnelle-postnatale-maladies-rares-et-oncogenetique</t>
+  </si>
+  <si>
+    <t>p_3704400</t>
+  </si>
+  <si>
+    <t>Actualisation des indications des tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma (tests IGRA) - Sujets présumés immunocompétents à risque accru d’être porteurs d’une infection tuberculeuse latente (ITL) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Tuberculose ; infection tuberculeuse latente ; tests IGRA ; tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma ; intradermoréaction à la tuberculine ; IDR ; sujet-contact ; migrant ; sujet immunocompétent</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/10/2025 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599453/fr/actualisation-des-indications-des-tests-de-detection-de-l-infection-tuberculeuse-latente-par-mesure-de-la-production-d-interferon-gamma-tests-igra-sujets-presumes-immunocompetents-a-risque-accru-d-etre-porteurs-d-une-infection-tuberculeuse-latente-itl-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3599453</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel d’altérations moléculaires dans la prise en charge du myélome multiple</t>
+  </si>
+  <si>
+    <t>Séquençage Haut Débit ciblé (ou NGS ciblé ou SHD ciblé) ; panel d’altérations moléculaires, génétique somatique des cancers, hémopathie maligne</t>
+  </si>
+  <si>
+    <t>21/10/2025 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701474/fr/sequencage-haut-debit-cible-d-un-panel-d-alterations-moleculaires-dans-la-prise-en-charge-du-myelome-multiple</t>
+  </si>
+  <si>
+    <t>p_3701474</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endoscopie sous sommeil induit dans le syndrome d’apnées hypopnées obstructives du sommeil (SAHOS) chez les adultes</t>
+  </si>
+  <si>
+    <t>Evaluation de l’utilité clinique, des performances diagnostiques et de la sécurité de l’endoscopie sous sommeil induit (ESSI) au sein de la stratégie de prise en charge des patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS), au travers d’une comparaison avec la stratégie incluant l’examen clinique et l’endoscopie réalisée en état d’éveil (sans induction de sommeil)</t>
+  </si>
+  <si>
+    <t>17/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
+    <t>Activité du séquençage haut débit ciblé en génétique constitutionnelle postnatale financée dans le cadre du RIHN : programme des évaluations des actes de séquençage haut débit ciblé</t>
+  </si>
+  <si>
+    <t>Programme, RIHN, séquençage haut débit ciblé, génétique constitutionnelle postnatale.</t>
+  </si>
+  <si>
+    <t>21/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/08/2025 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639896/fr/activite-du-sequencage-haut-debit-cible-en-genetique-constitutionnelle-postnatale-financee-dans-le-cadre-du-rihn-programme-des-evaluations-des-actes-de-sequencage-haut-debit-cible</t>
+  </si>
+  <si>
+    <t>p_3639896</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales - Actualisation d'avril 2025</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (ou NGS ou SHD) ; panel de gènes ; génétique ; tumeur stromale gastro-intestinale ; GIST ; sarcome ; sarcome des tissus mous ; maladie rare ; cancer ; appareil digestif ; tissu conjonctif ; altérations moléculaires ; KIT ; PDGFRA ; NTRK</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536022/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales-actualisation-d-avril-2025</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
-    <t>Next generation sequencing gene panel for medical lung cancer care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3535386/en/next-generation-sequencing-gene-panel-for-medical-lung-cancer-care</t>
+    <t>Diagnostic biologique des mycoplasmes urogénitaux dans les infections génitales basses – Rapport d'évaluation - Actualisation d'avril 2025</t>
+  </si>
+  <si>
+    <t>Mycoplasme ; Mycoplasma genitalium ; Mycoplasma hominis ; Ureaplasma urealyticum ; Ureaplasma parvum ; infection sexuellement transmissible ; infection génitale basse ; cervicite ; urétrite ; antibiorésistance ; macrolides ; mutations de résistance</t>
+  </si>
+  <si>
+    <t>14/05/2025 09:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356494/fr/diagnostic-biologique-des-mycoplasmes-urogenitaux-dans-les-infections-genitales-basses-rapport-d-evaluation-actualisation-d-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3356494</t>
+  </si>
+  <si>
+    <t>Endoscopie sous sommeil induit avant la pose du stimulateur du nerf hypoglosse</t>
+  </si>
+  <si>
+    <t>Evaluation de l’endoscopie sous sommeil induit (ESSI) avant la pose du stimulateur du nerf hypoglosse chez les patients adultes atteints du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
+  </si>
+  <si>
+    <t>29/04/2025 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603369/fr/endoscopie-sous-sommeil-induit-avant-la-pose-du-stimulateur-du-nerf-hypoglosse</t>
+  </si>
+  <si>
+    <t>p_3603369</t>
+  </si>
+  <si>
+    <t>Principes d’évaluation des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale de pathologies infectieuses</t>
+  </si>
+  <si>
+    <t>Principe d’évaluations des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale de pathologies infectieuses, détaillant les modalités et méthodes d’évaluation de ces actes en vue de leur remboursement, lors d’une première demande ou lors d’une réévaluation.</t>
+  </si>
+  <si>
+    <t>08/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2025 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601292/fr/principes-d-evaluation-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-de-pathologies-infectieuses</t>
+  </si>
+  <si>
+    <t>p_3601292</t>
+  </si>
+  <si>
+    <t>Activité des techniques d’amplification des acides nucléiques simplex et multiplex en infectiologie, financées dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>Enquête de pratique sur les techniques d’amplification des acides nucléiques (TAAN) simplex et multiplex en infectiologie, financées dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>24/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2025 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598864/fr/activite-des-techniques-d-amplification-des-acides-nucleiques-simplex-et-multiplex-en-infectiologie-financees-dans-le-cadre-du-rihn</t>
+  </si>
+  <si>
+    <t>p_3598864</t>
+  </si>
+  <si>
+    <t>Détection de mutations par expansion de nucléotides – Rapports d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’intérêt médical de la détection de mutations par expansion de nucléotides en vue de son éventuelle inscription sur la NABM en postnatal, prénatal et préimplantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich, du CANVAS, des dystrophies myotoniques de type 1 (maladie de Steinert) et de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique et/ou de la démence fronto-temporale et de l’amyotrophie bulbo-spinale liée à l’X (maladie de Kennedy), du syndrome de l’X fragile, de l'insuffisance ovarienne prématurée associée à l’X fragile, du syndrome de tremblement-ataxie associé à l’X fragile</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491330/fr/detection-de-mutations-par-expansion-de-nucleotides-rapports-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3491330</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
+  </si>
+  <si>
+    <t>16/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2025 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
+  </si>
+  <si>
+    <t>p_3585537</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/12/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
+  </si>
+  <si>
+    <t>p_3573729</t>
+  </si>
+  <si>
+    <t>Dépistage de la tuberculose latente via un test de détection de la production d’interféron gamma (IGRA) avant initiation d’un traitement par un médicament de la classe des anti-JAK, dont SOTYKTU® (deucravacitinib)</t>
+  </si>
+  <si>
+    <t>Les médicaments de la classe pharmacologique des anti-JAK (dont le deucravacitinib) présentent un surrisque de survenue d’infections graves dont la tuberculose (contraction ou réactivation de l’infection tuberculeuse latente). Un dépistage de la tuberculose, et plus particulièrement de l’infection tuberculeuse latente, est donc requis avant initiation d’un traitement par médicament anti-JAK (dont le deucravacitinib). Dans ce contexte, ce dépistage de l’infection tuberculeuse latente peut être réalisé par un test de détection de la production d’interféron gamma (IGRA) avant initiation d’un traitement par anti-JAK, tout comme les traitements par médicaments anti-TNF alpha.</t>
+  </si>
+  <si>
+    <t>28/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2024 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563547/fr/depistage-de-la-tuberculose-latente-via-un-test-de-detection-de-la-production-d-interferon-gamma-igra-avant-initiation-d-un-traitement-par-un-medicament-de-la-classe-des-anti-jak-dont-sotyktu-deucravacitinib</t>
+  </si>
+  <si>
+    <t>p_3563547</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplifications des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections gastro-intestinales</t>
+  </si>
+  <si>
+    <t>Techniques d’amplifications des acides nucléiques (TAAN) ; Polymerase chain reaction (PCR) ; multiplex ; infections gastro-intestinales ; IGI ; diarrhée aiguë ; diagnostic étiologique ; agents pathogènes ; agents infectieux ; bactéries ; parasites ; virus ; composition des panels ; algorithme décisionnel ; performances diagnostiques ; conditions de réalisation</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557049/fr/interet-des-techniques-d-amplifications-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3557049</t>
+  </si>
+  <si>
+    <t>Programme des évaluations des techniques d’amplification des acides nucléiques (TAAN) en infectiologie financées dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>Programme, RIHN, techniques d’amplification des acides nucléiques (TAAN), infectiologie.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:11:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3558113/fr/programme-des-evaluations-des-techniques-d-amplification-des-acides-nucleiques-taan-en-infectiologie-financees-dans-le-cadre-du-rihn</t>
+  </si>
+  <si>
+    <t>p_3558113</t>
+  </si>
+  <si>
+    <t>Indications de l’échographie de contraste lors de suspicion de carcinome hépatocellulaire (CHC) chez un adulte à haut risque (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques détectées chez les adultes à haut risque de carcinome hépatocellulaire (cirrhose, VHB, antécédent de CHC)</t>
+  </si>
+  <si>
+    <t>10/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 09:11:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215914/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-carcinome-hepatocellulaire-chc-chez-un-adulte-a-haut-risque-cirrhose-vhb-antecedent-de-chc</t>
+  </si>
+  <si>
+    <t>p_3215914</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon - Recherche des altérations moléculaires somatiques</t>
+  </si>
+  <si>
+    <t>Évaluation de la composition d’un panel de gènes (recherche d’altération génique par séquençage haut débit ciblé ou NGS ou SHD) remboursable en génétique somatique du cancer du poumon</t>
+  </si>
+  <si>
+    <t>23/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535386/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-du-cancer-du-poumon-recherche-des-alterations-moleculaires-somatiques</t>
   </si>
   <si>
     <t>p_3535386</t>
   </si>
   <si>
-    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
+    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation de la composition d’un panel de gènes (recherche d’altération génique par séquençage haut débit ciblé ou NGS ou SHD) remboursable en génétique somatique des cancers pour la leucémie lymphoïde chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3536003</t>
   </si>
   <si>
-    <t>Assessment of the Endotest® saliva test in complex endometriosis diagnosis situations</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3486036/en/assessment-of-the-endotest-saliva-test-in-complex-endometriosis-diagnosis-situations</t>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>Principe d’évaluations des actes de séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, détaillant les modalités et méthodes d’évaluation de ces actes en vue de leur remboursement, lors d’une première demande ou lors d’une réévaluation</t>
+  </si>
+  <si>
+    <t>05/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536272/fr/principes-d-evaluation-des-actes-de-sequencage-haut-debit-cible-panels-de-genes-en-genetique-somatique-des-cancers</t>
+  </si>
+  <si>
+    <t>p_3536272</t>
+  </si>
+  <si>
+    <t>Activité du séquençage haut débit ciblé en génétique somatique des cancers financée dans le cadre du RIHN : programme des évaluations des actes de séquençage haut débit ciblé</t>
+  </si>
+  <si>
+    <t>Programme pluriannuel d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, en vue de leurs remboursement</t>
+  </si>
+  <si>
+    <t>21/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536492/fr/activite-du-sequencage-haut-debit-cible-en-genetique-somatique-des-cancers-financee-dans-le-cadre-du-rihn-programme-des-evaluations-des-actes-de-sequencage-haut-debit-cible</t>
+  </si>
+  <si>
+    <t>p_3536492</t>
+  </si>
+  <si>
+    <t>Dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Définition du protocole d’évaluation du dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:50:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530129/fr/dosage-serique-des-chaines-legeres-libres-kappa-et-lambda-dans-les-gammapathies-monoclonales-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3530129</t>
+  </si>
+  <si>
+    <t>Détection des génomes du virus de la grippe A et B, et du SARS-CoV-2 par RT-PCR dans un contexte d’exposition à risque à un virus influenza zoonotique</t>
+  </si>
+  <si>
+    <t>Définir la place de la détection des génomes des virus Influenza A et B de la grippe et du SARS-CoV-2 par RT-PCR dans la stratégie diagnostique d’un cas suspect de grippe humaine due à un virus influenza d’origine zoonotique et évaluer ses performances diagnostiques chez les patients présentant des symptômes compatibles avec une infection par le virus SARS-CoV-2 ou une infection respiratoire hivernale, dont la grippe, dans un contexte d’exposition à risque à un virus influenza zoonotique.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520845/fr/detection-des-genomes-du-virus-de-la-grippe-a-et-b-et-du-sars-cov-2-par-rt-pcr-dans-un-contexte-d-exposition-a-risque-a-un-virus-influenza-zoonotique</t>
+  </si>
+  <si>
+    <t>p_3520845</t>
+  </si>
+  <si>
+    <t>Évaluation du test salivaire Endotest® dans les situations complexes de diagnostic d’endométriose</t>
+  </si>
+  <si>
+    <t>C’est une évaluation technologique portant sur le remboursement par l’Assurance Maladie d’un test biologique de diagnostic dans la salive par séquençage haut débit et qui a vocation à orienter la décision de coelioscopie dans les situations complexes d’endométriose en cas de douleurs pelviennes chroniques. La décision a conduit à une décision d’accès précoce et sécurisée au test via le financement d’une étude clinique complémentaire par le Forfait Innovation pour compléter les données manquantes identifiées au décours de l’étude de validation du fabricant</t>
+  </si>
+  <si>
+    <t>21/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2024 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486036/fr/evaluation-du-test-salivaire-endotest-dans-les-situations-complexes-de-diagnostic-d-endometriose</t>
   </si>
   <si>
     <t>p_3486036</t>
   </si>
   <si>
-    <t>2023 update: clinical utility of genomic signatures in early-stage HR-positive/HER2-negative breast cancer - InaHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3471037/en/2023-update-clinical-utility-of-genomic-signatures-in-early-stage-hr-positive/her2-negative-breast-cancer-inahta-brief</t>
+    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer la capacité des biopsies ciblées à détecter un cancer de la prostate (cliniquement significatif et non cliniquement significatif) chez les patients avec une suspicion de cancer de la prostate établie sur la base d'un toucher rectal anormal et/ou des valeurs du marqueur sérique PSA anormales ou avec des facteurs de risques familiaux ou liés à l'origine ethnique (africaine en particulier) chez : i) les patients candidats à une première série de biopsies ou ii) à des biopsies répétées (en cas de suspicion persistante de cancer de la prostate après une première série de biopsies négatives)</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483677/fr/biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3483677</t>
+  </si>
+  <si>
+    <t>Examens permettant l’exploration des différents composants du système du complément</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) a évalué le service attendu ou rendu d’examens permettant l’exploration des différents composants du système du complément, dans la prise en charge standard de huit indications cliniques : le syndrome hémolytique et urémique atypique (SHUa), la glomérulonéphrite à dépôts de C3 (GNC3), le suivi d’un patient traité par Eculizumab (SOLIRIS®), le lupus érythémateux disséminé (LED), la cryoglobulinémie (CG), l’angiœdème bradykinique (AB) et les déficits immunitaires primitifs (DIP).</t>
+  </si>
+  <si>
+    <t>22/12/2023 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483189/fr/examens-permettant-l-exploration-des-differents-composants-du-systeme-du-complement</t>
+  </si>
+  <si>
+    <t>p_3483189</t>
+  </si>
+  <si>
+    <t>Actualisation 2023 : utilité clinique des signatures génomiques dans le cancer du sein RH+/HER2- de stade précoce</t>
+  </si>
+  <si>
+    <t>Ce travail est une actualisation du précédent rapport d’évaluation de 2019 portant sur l’utilité clinique des signatures génomiques dans le cancer du sein RH+/HER2- de stade précoce. Ces tests sont revendiqués comme étant pronostiques et/ou prédictifs de l’efficacité de la chimiothérapie adjuvante (CTA). Dans les deux cas, ils permettraient de sursoir à une CTA inutile en cas de score génomique favorable</t>
+  </si>
+  <si>
+    <t>19/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471037/fr/actualisation-2023-utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-rh-/her2-de-stade-precoce</t>
   </si>
   <si>
     <t>p_3471037</t>
   </si>
   <si>
-    <t>Screening for dihydropyrimidine dehydrogenase deficiency to decrease the risk of severe toxicities related to fluoropyrimidines (5-fluorouracil or capecitabine) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
+    <t>Évaluation des actes de dosage de la théophylline</t>
+  </si>
+  <si>
+    <t>Evaluation des actes de dosage de la théophylline</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>05/10/2023 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466021/fr/evaluation-des-actes-de-dosage-de-la-theophylline</t>
+  </si>
+  <si>
+    <t>p_3466021</t>
+  </si>
+  <si>
+    <t>Évaluation de plusieurs actes relatifs au dépistage ciblé annuel de la maladie rénale chronique chez l'adulte</t>
+  </si>
+  <si>
+    <t>Evaluation de plusieurs actes relatifs au dépistage ciblé annuel de la maladie rénale chronique chez l'adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466023/fr/evaluation-de-plusieurs-actes-relatifs-au-depistage-cible-annuel-de-la-maladie-renale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3466023</t>
+  </si>
+  <si>
+    <t>Méthodes de recherche d’un déficit en dihydropyrimidine deshydrogénase visant à prévenir certaines toxicités sévères associées aux traitements incluant une fluoropyrimidine (5-fluorouracile ou capécitabine)</t>
+  </si>
+  <si>
+    <t>L’objectif était de déterminer le ou les examens à réaliser en pratique et à large échelle pour identifier parmi les environ 80.000 patients/an traités par une chimiothérapie intégrant une fluoropyrimidine, dans le cadre de différents cancers (principalement cancers digestifs, du sein et ORL), ceux présentant un déficit d’activité de la dihydropyrimidine déshydrogénase (DPD), principale enzyme permettant l’élimination de ces médicaments.</t>
+  </si>
+  <si>
+    <t>21/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+    <t>Actes de tomoscintigraphie de perfusion myocardique par émission de positons</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail a été d’évaluer la place dans la stratégie de prise en charge et par corolaire la pertinence du remboursement des actes d’imagerie par tomoscintigraphie par émission de positons (TEP) de perfusion myocardique. Ces actes non invasifs d’imagerie cardiaque permettant d’évaluer, à l’aide d’un médicament radiopharmaceutique spécifique, ici le 82rubidium, la perfusion du tissu myocardique au repos et sous stress pharmacologique.</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2023 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457395/fr/actes-de-tomoscintigraphie-de-perfusion-myocardique-par-emission-de-positons</t>
+  </si>
+  <si>
+    <t>p_3457395</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puce à ADN (ACPA) en contexte postnatal</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») - ACPA - CGH array – postnatal – diagnostic – génétique</t>
+  </si>
+  <si>
+    <t>13/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/fr/analyse-chromosomique-sur-puce-a-adn-acpa-en-contexte-postnatal</t>
   </si>
   <si>
     <t>p_3453213</t>
   </si>
   <si>
-    <t>Evaluation of the METAglut1™ test in the diagnosis of glucose transporter type 1 deficiency syndrome - INAHTA  Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424746/en/evaluation-of-the-metaglut1-test-in-the-diagnosis-of-glucose-transporter-type-1-deficiency-syndrome-inahta-brief</t>
+    <t>Echographie de contraste pour le diagnostic et le suivi du reflux vésico-urétéral chez l’enfant  – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Définition du protocole de l’évaluation de l’échographie de contraste pour le diagnostic et le suivi du reflux vésico-urétéral chez l’enfant</t>
+  </si>
+  <si>
+    <t>05/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2023 16:14:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451778/fr/echographie-de-contraste-pour-le-diagnostic-et-le-suivi-du-reflux-vesico-ureteral-chez-l-enfant-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3451778</t>
+  </si>
+  <si>
+    <t>Intérêt des tests rapides d’orientation diagnostique (TROD) antigéniques COVID/grippe et COVID/grippe/VRS en ville</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de se prononcer sur l’intérêt médical de recourir à des tests rapides d’orientation diagnostique, dits TROD, pour rechercher en contexte de ville (typiquement au cours d’une consultation en cabinet médical) les principaux virus responsables d’infections respiratoires aiguës susceptibles de co-circuler de façon épidémique en période hivernale, en l’espèce le VRS, les virus influenza et le SARS-CoV-2, respectivement responsables de la majorité des bronchiolites, de la grippe et de la COVID-19</t>
+  </si>
+  <si>
+    <t>01/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444489/fr/interet-des-tests-rapides-d-orientation-diagnostique-trod-antigeniques-covid/grippe-et-covid/grippe/vrs-en-ville</t>
+  </si>
+  <si>
+    <t>p_3444489</t>
+  </si>
+  <si>
+    <t>Mesure de la fraction expirée du monoxyde d’azote (FeNO) pour l’ajustement du traitement de l’asthme</t>
+  </si>
+  <si>
+    <t>Évaluation de l’utilité clinique de l’ajout de la mesure de la fraction expirée du monoxyde d’azote (FeNO) à la stratégie actuelle de suivi d’un patient asthmatique pour l’ajustement des différents traitements de l’asthme et description de ses conditions de réalisation, en vue de l’inscription, ou non, de cette mesure à la Classification commune des actes médicaux (CCAM)</t>
+  </si>
+  <si>
+    <t>25/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2023 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331921/fr/mesure-de-la-fraction-expiree-du-monoxyde-d-azote-feno-pour-l-ajustement-du-traitement-de-l-asthme</t>
+  </si>
+  <si>
+    <t>p_3331921</t>
+  </si>
+  <si>
+    <t>Évaluation du test METAglut1™ dans le diagnostic de l’encéphalopathie par déficit en transporteur de glucose de type 1</t>
+  </si>
+  <si>
+    <t>Évaluer les performances diagnostiques du test METAglut1™ en termes de sensibilité, de spécificité, de valeur prédictive positive et de valeur prédictive négative (VPN), comparativement à celles de la glycorachie après ponction lombaire dans le diagnostic de l’encéphalopathie par déficit en transporteur de glucose de type 1. Définir les conditions de réalisation du test METAglut1™.</t>
+  </si>
+  <si>
+    <t>30/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>27/04/2023 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424746/fr/evaluation-du-test-metaglut1-dans-le-diagnostic-de-l-encephalopathie-par-deficit-en-transporteur-de-glucose-de-type-1</t>
   </si>
   <si>
     <t>p_3424746</t>
   </si>
   <si>
-    <t>CNEDiMTS assessment of the MRI compatibility of implantable medical devices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3264825/en/cnedimts-assessment-of-the-mri-compatibility-of-implantable-medical-devices</t>
+    <t>Indications de l’échographie de contraste lors de suspicion de tumeur hépatique bénigne chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place de l’échographie de contraste au sein des stratégies de caractérisation des tumeurs hépatiques ayant été détectées de façon fortuite chez l’adulte sans cirrhose ni cancer</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2023 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215918/fr/indications-de-l-echographie-de-contraste-lors-de-suspicion-de-tumeur-hepatique-benigne-chez-l-adulte-sans-cirrhose-ni-cancer</t>
+  </si>
+  <si>
+    <t>p_3215918</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique - Exploration d’ADAMTS-13</t>
+  </si>
+  <si>
+    <t>Cette évaluation répond à une demande de l’Union nationale des caisses d’Assurance maladie qui souhaitait que la HAS se prononce sur l’opportunité du transfert éventuel de deux actes (mesure d’activité d’ADAMTS-13 [pour A disintegrin and metalloprotease with thrombospondin type 1 repeats, member 13] et recherche/titrage d’anticorps anti-ADAMTS-13) de la liste complémentaire vers la nomenclature des actes de biologie médicale (NABM). En sus de ces deux actes, la HAS a évalué la recherche de mutations dans le gène codant ADAMTS-13 qui n’est pas inscrit à la NABM. Ces trois actes sont réalisés dans le cadre du purpura thrombotique thrombocytopénique (PTT) ou maladie de Moschcowitz</t>
+  </si>
+  <si>
+    <t>17/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2022 17:04:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388869/fr/purpura-thrombotique-thrombocytopenique-exploration-d-adamts-13</t>
+  </si>
+  <si>
+    <t>p_3388869</t>
+  </si>
+  <si>
+    <t>Évaluation de l’utilisation de l’échoscopie (ou échographie clinique ciblée) par le médecin généraliste</t>
+  </si>
+  <si>
+    <t>La CNAM a saisi la HAS en vue d'évaluer la pratique de l’échoscopie ou échographie clinique ciblée (ECC) réalisée au décours de l’examen clinique du médecin généraliste. Au regard des éléments disponibles, la HAS estime que les données issues de la littérature ne permettent pas aujourd’hui d’identifier les situations cliniques pour lesquelles l’utilisation de l’ECC apporterait une valeur ajoutée à l’examen clinique standard en médecine générale.</t>
+  </si>
+  <si>
+    <t>07/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>27/07/2022 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357680/fr/evaluation-de-l-utilisation-de-l-echoscopie-ou-echographie-clinique-ciblee-par-le-medecin-generaliste</t>
+  </si>
+  <si>
+    <t>p_3357680</t>
+  </si>
+  <si>
+    <t>Détection d’altérations du gène RET par la technique de séquençage nouvelle génération (NGS) : cancer bronchique non à petites cellules et cancer médullaire de la thyroïde</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’opportunité d'inscrire, sur la liste des actes et prestations (LAP) en vue de sa prise en charge par l’Assurance maladie, l’acte de détection des altérations du gène RET par technique de séquençage nouvelle génération (NGS) dans le cancer bronchique non à petites cellules et le cancer médullaire de la thyroïde. Les conditions de réalisation et la population cible de cet acte ont également été évaluées.</t>
+  </si>
+  <si>
+    <t>25/07/2022 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356304/fr/detection-d-alterations-du-gene-ret-par-la-technique-de-sequencage-nouvelle-generation-ngs-cancer-bronchique-non-a-petites-cellules-et-cancer-medullaire-de-la-thyroide</t>
+  </si>
+  <si>
+    <t>p_3356304</t>
+  </si>
+  <si>
+    <t>Évaluation des tests antigéniques salivaires pour la détection du SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Evaluer les performances diagnostiques des tests antigéniques rapides (TROD/TRD) sur prélèvement salivaire dans la stratégie de détection précoce du virus SARS-CoV-2 réalisée par autotest ou sous la supervision d’un professionnel chez des individus cas-contacts ou en situation de dépistage, en particulier chez l’enfant de moins de 12 ans et en population générale.</t>
+  </si>
+  <si>
+    <t>17/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318231/fr/evaluation-des-tests-antigeniques-salivaires-pour-la-detection-du-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3318231</t>
+  </si>
+  <si>
+    <t>Mesure de la charge virale (quantification de l’acide ribonucléique) du virus de l’immunodéficience humaine de type 2 (VIH-2)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l'intérêt diagnostique et pronostique de la mesure de la charge virale plasmatique par biologie moléculaire du virus VIH-2, second virus après le VIH-1 responsable de l’immunodéficience humaine, ainsi que son utilité clinique dans les diverses populations concernées en précisant les modalités de sa réalisation (indication, fréquence). Elle a également évalué l’intérêt diagnostique de la mesure de l’ARN VIH-2 chez un homme porteur du VIH-2 engagé dans une démarche d’assistance médicale à la procréation (AMP). La HAS préconise fortement que les patients porteurs d’un VIH bénéficient des mêmes niveaux de prise en charge qu’il s’agisse d’un virus de type VIH-1 ou VIH-2, et retient donc la mesure de la charge virale plasmatique du VIH-2 à différentes étapes de la prise en charge clinique des patients vivant avec le VIH-2.</t>
+  </si>
+  <si>
+    <t>16/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306402/fr/mesure-de-la-charge-virale-quantification-de-l-acide-ribonucleique-du-virus-de-l-immunodeficience-humaine-de-type-2-vih-2</t>
+  </si>
+  <si>
+    <t>p_3306402</t>
+  </si>
+  <si>
+    <t>Évaluation de la compatibilité IRM des dispositifs médicaux implantables par la CNEDiMTS</t>
+  </si>
+  <si>
+    <t>L’imagerie par résonance magnétique (IRM), examen d’imagerie médicale de référence dans de nombreuses pathologies, est en constante augmentation ces dernières années et de nombreuses avancées technologiques permettent d’améliorer cette technique. Afin de s’adapter à ces innovations, les dispositifs médicaux implantables (DMI) doivent faire évoluer leurs caractéristiques de compatibilité à un examen par IRM. Dans un objectif de clarification de ses attentes sur l’évaluation de la compatibilité IRM des DMI dans les dossiers déposés, la HAS s’est saisie de cette problématique afin de mieux prendre en compte la compatibilité IRM dans son évaluation des DMI.</t>
+  </si>
+  <si>
+    <t>19/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2021 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264825/fr/evaluation-de-la-compatibilite-irm-des-dispositifs-medicaux-implantables-par-la-cnedimts</t>
   </si>
   <si>
     <t>p_3264825</t>
   </si>
   <si>
-    <t>Detection of high-risk human papilloma virus (HPV) RNA as part of primary prevention of cervical cancer - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3305614/en/detection-of-high-risk-human-papilloma-virus-hpv-rna-as-part-of-primary-prevention-of-cervical-cancer-inahta-brief</t>
+    <t>Détection de l’ARN des papillomavirus humain (HPV) à haut risque dans le cadre du dépistage primaire du cancer du col utérin</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la place de la détection de l’ARN de HPV dans le dépistage primaire des lésions précancéreuses du col utérin, chez les femmes de 30 à 65 ans, par rapport à la détection de l’ADN de HPV. L’ensemble des données recueillies permet de considérer que les performances diagnostiques du test HPV à ARN réalisé sur prélèvement clinicien sont aujourd’hui considérées comme non différentes de celles du test HPV à ADN. Son utilisation pour le dépistage primaire du cancer du col utérin est donc justifiée, sous réserves de certaines conditions (la présence obligatoire d'un contrôle cellulaire interne et des milieux de transport et conservation du prélèvement compatibles avec la majorité des tests disponibles sur le marché et permettant la réalisation d'une cytologie réflexe).</t>
+  </si>
+  <si>
+    <t>17/12/2021 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305614/fr/detection-de-l-arn-des-papillomavirus-humain-hpv-a-haut-risque-dans-le-cadre-du-depistage-primaire-du-cancer-du-col-uterin</t>
   </si>
   <si>
     <t>p_3305614</t>
   </si>
   <si>
-    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Définition des conditions de réalisation des tests de détection des mutations activatrices de l’EGFR et des mutations BRAF, NRAS, et KRAS</t>
+  </si>
+  <si>
+    <t>L'évaluation de la HAS vise à préciser la population cible et les conditions de réalisation des quatre tests de détection des mutations activatrices du gène codant pour le domaine tyrosine kinase du récepteur EGFR (EGFR-TK) et des mutations des gènes BRAF, NRAS, et KRAS, en vue de permettre leur hiérarchisation et la mise en œuvre de la procédure de leur inscription sur la liste des actes et prestations.</t>
+  </si>
+  <si>
+    <t>09/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/09/2021 09:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194755/fr/definition-des-conditions-de-realisation-des-tests-de-detection-des-mutations-activatrices-de-l-egfr-et-des-mutations-braf-nras-et-kras</t>
+  </si>
+  <si>
+    <t>p_3194755</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt diagnostique des tests RT-LAMP réalisés sur système intégré et prélèvement salivaire pour détecter les sujets infectés par le SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Dans ses précédents avis du 27 novembre 2020 et du 22 janvier 2021 la Haute Autorité de santé a donné un avis favorable au remboursement de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP intégrée sur prélèvement salivaire uniquement chez les patients symptomatiques pour lesquels le prélèvement nasopharyngé est impossible ou difficilement réalisables. Comme tous les avis et recommandations de la HAS pendant la crise sanitaire, cet avis était susceptible d’être revu en fonction de l’évolution des connaissances ou des alertes scientifiques, en l’occurrence sur les solutions technologiques utilisées (RT-LAMP intégrée). Depuis, de nouvelles données de performances ont été produites pour différents tests RT-LAMP intégrés sur prélèvement salivaire permettant de se positionner de manière plus globale sur l’ensemble de ces techniques rapides (sans extraction d’acides nucléiques). Dans ses précédents avis du 27 novembre 2020 et du 22 janvier 2021 la Haute Autorité de santé a donné un avis favorable au remboursement de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP intégrée sur prélèvement salivaire uniquement chez les patients symptomatiques pour lesquels le prélèvement nasopharyngé est impossible ou difficilement réalisables. Comme tous les avis et recommandations de la HAS, pendant la crise sanitaire, cet avis était susceptible d’être revu en fonction de l’évolution des connaissances ou des alertes scientifiques, en l’occurrence sur les solutions technologiques utilisées (RT-LAMP intégrée). Depuis, de nouvelles données de performances ont été produites pour différents tests RT-LAMP intégrés sur prélèvement salivaire permettant de se positionner de manière plus globale sur l’ensemble de ces techniques rapides (sans extraction d’acides nucléiques).</t>
+  </si>
+  <si>
+    <t>26/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280186/fr/evaluation-de-l-interet-diagnostique-des-tests-rt-lamp-realises-sur-systeme-integre-et-prelevement-salivaire-pour-detecter-les-sujets-infectes-par-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3280186</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0042/AC/SEAP du 17 juin 2021 du collège de la HAS relatif aux modifications des conditions d’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>A l’issue de ses travaux (cahier des charges et rapports d’évaluation) réalisés en avril/mai 2020, la Haute Autorité de santé (HAS) a rendu un avis favorable le 20 mai 2020 relatif au remboursement de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2 en listant les indications prises en charge et les non-indications pour éviter des dérives dans l’utilisation de ces tests. Au vu de l’évolution des connaissances scientifiques sur ce sujet, de l’amélioration de la capacité à tester, isoler et traiter chaque cas et à retracer chaque contact grâce au développement des différentes techniques de diagnostic et de dépistage du virus SARS-CoV-2 depuis mai 2020, la HAS a donc actualisé son analyse de la littérature scientifique, consulté un groupe d’experts pluridisciplinaires réunis le 10 juin 2021 et pris la position de la commission technique des vaccinations le 15 juin 2021. Sur ces nouvelles bases, la Haute Autorité de santé actualise ses avis sur les indications et non-indications de la détection sérologique des anticorps dirigés contre le virus SARS-CoV-2. Dans ce contexte, la HAS précise également sa position sur l’utilisation de la sérologie pré-vaccinale sur des aspects techniques. Par ailleurs, la HAS se prononce sur le recours à la sérologie post-vaccinale chez les patients immunodéprimés.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272801/fr/avis-n-2021-0042/ac/seap-du-17-juin-2021-du-college-de-la-has-relatif-aux-modifications-des-conditions-d-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-des-anticorps-seriques-diriges-contre-le-coronavirus-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3272801</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt des tests antigéniques rapides (TDR/TROD) sur prélèvement nasal pour la détection du virus SARS-CoV-2 (Méta-analyse)</t>
+  </si>
+  <si>
+    <t>La HAS a réalisé une analyse critique et systématique de la littérature avec méta-analyse des performances diagnostiques des tests antigéniques rapides. Faute de données suffisantes sur les autotests , la méta-analyse a donc porté sur les performances diagnostiques des tests antigéniques réalisés par un professionnel (TDR/TROD) avec un prélèvement nasal (antérieur ou profond) également réalisé par le professionnel ou par le patient sous supervision du professionnel.</t>
+  </si>
+  <si>
+    <t>23/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269794/fr/evaluation-de-l-interet-des-tests-antigeniques-rapides-tdr/trod-sur-prelevement-nasal-pour-la-detection-du-virus-sars-cov-2-meta-analyse</t>
+  </si>
+  <si>
+    <t>p_3269794</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests antigéniques automatisés de détection du SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>Le Collège de la Haute Autorité de santé a rendu trois avis le 24 septembre 2020, le 8 octobre 2020 et le 27 novembre 2020 portant sur la place de tests antigéniques rapides chez les patients symptomatiques, les personnes asymptomatiques et les personnes-contact asymptomatiques. Les tests concernés par cet avis étaient des tests rapides (15 à 30 minutes) de type tests unitaires rapides (c’est-à-dire des tests de diagnostic rapide (TDR) réalisables par les laboratoires de biologie médicale) et des tests rapides d’orientation diagnostic (TROD), réalisables et interprétables par d’autres opérateurs. La présente revue rapide concerne un autre type de tests antigéniques, les tests automatisés tels les tests immunochimiques en plaque (ELISA) ou en milieu liquide avec détection par chimiluminescence (tests CLIA ) qui sont à haut débit et fonctionnent avec un système de lecture automatisé (plateformes intégrées automatisées). Ces tests sont uniquement réalisés en laboratoire de biologie médicale. La détection du génome du virus SARS-CoV-2 par RT-PCR sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Néanmoins, comparativement au test de référence (RT-PCR sur prélèvement nasopharyngé), l’objectif des tests antigéniques automatisés sur prélèvement nasopharyngé serait de permettre à la fois une réduction du coût des tests, une réduction du temps d’analyse, et une augmentation des capacités d’analyse (plus de tests réalisés en même temps). Comparativement aux tests rapides d’orientation diagnostic (TROD), les tests antigéniques automatisés pourraient être plus sensibles. La HAS a donc évalué l’intérêt des tests antigéniques automatisés sur prélèvement nasopharyngé dans trois populations : chez les patients symptomatiques, chez les personnes cas-contact asymptomatiques et chez les personnes asymptomatiques en situation de dépistage.</t>
+  </si>
+  <si>
+    <t>08/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2021 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261383/fr/revue-rapide-sur-les-tests-antigeniques-automatises-de-detection-du-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3261383</t>
+  </si>
+  <si>
+    <t>Extension de l’utilisation des tests rapides de détection antigéniques du virus SARS-CoV-2 sur prélèvement nasopharyngé chez les personnes contacts</t>
+  </si>
+  <si>
+    <t>La HAS a précédemment rendu des avis favorables quant à l’utilisation des tests rapides de détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé chez les patients symptomatiques (jusqu’à 4 jours inclus après apparition des symptômes) et chez les personnes asymptomatiques dans le cadre d’opération de dépistage ciblé à large échelle. Comparativement au test de référence (RT-PCR sur prélèvement nasopharyngé), l’objectif des tests antigéniques rapides est d’accélérer et de faciliter la réalisation du test et son rendu de résultats afin notamment de réduire les risques de transmission virale. De nouvelles publications font état à ce jour de nouvelles données sur l’utilisation de tests antigéniques chez des sujets des personnes-contacts des cas confirmés. Cette utilisation serait intéressante dans des logiques d’accélération du contact-tracing ou de dépistage.</t>
+  </si>
+  <si>
+    <t>27/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261090/fr/extension-de-l-utilisation-des-tests-rapides-de-detection-antigeniques-du-virus-sars-cov-2-sur-prelevement-nasopharynge-chez-les-personnes-contacts</t>
+  </si>
+  <si>
+    <t>p_3261090</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213483/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+    <t>Méta-analyse de l’intérêt diagnostique des tests RT-PCR salivaires de détection du SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Les travaux pilotés par la HAS et les résultats des récentes études cliniques montrent une bonne sensibilité des tests RT-PCR salivaires et sont en faveur d’une extension de leurs indications. Ces tests étant très hétérogènes, en plus d’actualiser leurs indications, la HAS décrit les modalités à suivre pour assurer une performance optimale, du prélèvement à leur analyse.</t>
+  </si>
+  <si>
+    <t>10/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2021 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237008/fr/meta-analyse-de-l-interet-diagnostique-des-tests-rt-pcr-salivaires-de-detection-du-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3237008</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests RT-PCR SARS-CoV-2 sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois, son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS a évalué l’intérêt de la RT-PCR sur un prélèvement alternatif : le prélèvement salivaire, ce dernier étant non invasif. Elle a notamment pris en compte les résultats intermédiaires de l’étude clinique COVISAL, réalisée dans le cadre d’un forfait innovation ayant reçu un avis favorable de la HAS le 07 août 2020.</t>
+  </si>
+  <si>
+    <t>18/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2020 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222428/fr/revue-rapide-sur-les-tests-rt-pcr-sars-cov-2-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3222428</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests RT-LAMP sur prélèvement salivaire (hors système intégré de type EasyCoV)</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois, son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS, compte tenu des données de performances diagnostiques disponibles, a rendu le 18 septembre 2020 un avis favorable à l’utilisation de la détection du génome du virus SARS-CoV-2 par RT-PCR sur prélèvement salivaire. Les données disponibles n’avait pas alors permis de se prononcer sur la technique RT-LAMP sur prélèvement salivaire. Toutefois, compte tenu de la présence de nouvelles données, la HAS a évalué l’intérêt de la RT-LAMP sur prélèvement salivaire chez les patients symptomatiques.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222440/fr/revue-rapide-sur-les-tests-rt-lamp-sur-prelevement-salivaire-hors-systeme-integre-de-type-easycov</t>
+  </si>
+  <si>
+    <t>p_3222440</t>
+  </si>
+  <si>
+    <t>Tests diagnostiques pour différencier la COVID-19 des infections respiratoires hivernales en période de co-circulation des virus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la pertinence de rechercher en même temps les virus respiratoires hivernaux, en particulier ceux de la grippe, et le SARS-CoV-2 chez un patient présentant des symptômes pendant la période de co-circulation des virus avec les tests combinés dits multiplex à deux ou plusieurs cibles, ou des tests unitaires réalisés en parallèle</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/11/2020 18:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216748/fr/tests-diagnostiques-pour-differencier-la-covid-19-des-infections-respiratoires-hivernales-en-periode-de-co-circulation-des-virus</t>
+  </si>
+  <si>
+    <t>p_3216748</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests de détection antigénique du virus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>La stratégie de lutte contre la COVID-19 repose aujourd’hui sur la réalisation massive de tests virologiques RT-PCR sur prélèvement nasopharyngé, pour les personnes symptomatiques et leurs contacts, ainsi que, plus largement en population générale, afin de détecter et rompre les chaines de transmission. L'évolution des connaissances et des technologies permet d'envisager une adaptation de ce dispositif, notamment par l'utilisation de tests rapides de détection antigénique du SARS-CoV-2. En effet, ces tests permettraient d'obtenir un résultat en moins de 30 minutes tout en offrant une plus grande souplesse d'utilisation et un usage en dehors des murs du laboratoire de biologie médicale. Suite à la saisine par le ministre des Solidarités et de la Santé, la HAS a établi les critères d'acceptation des différents tests disponibles sur le marché et proposer les meilleurs scénarios d'utilisation des tests antigéniques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>19/10/2020 21:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213483/fr/revue-rapide-sur-les-tests-de-detection-antigenique-du-virus-sars-cov-2</t>
   </si>
   <si>
     <t>p_3213483</t>
   </si>
   <si>
-    <t>Nasal nitric oxide (NO) measurement as a diagnostic test for primary ciliary dyskinesia (PCD) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3169291/en/nasal-nitric-oxide-no-measurement-as-a-diagnostic-test-for-primary-ciliary-dyskinesia-pcd-inahta-brief</t>
+    <t>Mesure du monoxyde d’azote (NO) nasal pour le diagnostic de dyskinésie ciliaire primitive</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation des technologies de santé est d’évaluer les performances diagnostiques et l’utilité clinique de la mesure du NO nasal pour le diagnostic de la dyskinésie ciliaire primitive. Il s’agit aussi de décrire les conditions de réalisation de cette mesure, en vue de son inscription à la classification commune des actes médicaux (CCAM).</t>
+  </si>
+  <si>
+    <t>10/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169291/fr/mesure-du-monoxyde-d-azote-no-nasal-pour-le-diagnostic-de-dyskinesie-ciliaire-primitive</t>
   </si>
   <si>
     <t>p_3169291</t>
   </si>
   <si>
-    <t>05/14/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer le diagnostic étiologique de poussées de symptômes digestifs venant interrompre une phase de rémission de maladie inflammatoire chronique intestinale (MICI).</t>
+  </si>
+  <si>
+    <t>28/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2020 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854253/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-de-rechute-de-maladie-inflammatoire-chronique-intestinale-mici-chez-des-sujets-ne-presentant-ni-evacuation-fecale-sanglante-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>c_2854253</t>
+  </si>
+  <si>
+    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic étiologique de troubles digestifs chroniques survenant chez des sujets de moins de 50 ans sans signe d’alarme ni élévation de la concentration sérique de protéine C réactive</t>
+  </si>
+  <si>
+    <t>La HAS a évalué dans quelle mesure le dosage de calprotectine fécale pourrait améliorer les démarches de diagnostic étiologique qui sont actuellement menées auprès de sujets de moins de 50 ans consultant pour des manifestations digestives chroniques dominées par une douleur abdominale et par des troubles du transit.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189133/fr/interet-du-dosage-de-calprotectine-fecale-pour-le-diagnostic-etiologique-de-troubles-digestifs-chroniques-survenant-chez-des-sujets-de-moins-de-50-ans-sans-signe-d-alarme-ni-elevation-de-la-concentration-serique-de-proteine-c-reactive</t>
+  </si>
+  <si>
+    <t>p_3189133</t>
+  </si>
+  <si>
+    <t>Place des tests sérologiques dans la stratégie de prise en charge de la maladie COVID-19</t>
+  </si>
+  <si>
+    <t>[Mise à jour le 18/05/2020] La HAS définit les critères de qualité et d’exigence des tests sérologiques, à partir des dernières données scientifiques et médicales disponibles à ce jour pour faciliter leur développement et l’évaluation de leur fiabilité.</t>
+  </si>
+  <si>
+    <t>14/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/fr/place-des-tests-serologiques-dans-la-strategie-de-prise-en-charge-de-la-maladie-covid-19</t>
   </si>
   <si>
     <t>p_3179992</t>
   </si>
   <si>
-    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
+    <t>Ligature des artères hémorroïdaires avec guidage Doppler, suivie d’une mucopexie</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et de la sécurité de la DGHAL-RAR, définition des conditions de sa réalisation, et sa place par rapport aux deux autres techniques chirurgicales (hémorroïdectomie et hémorroïdopexie) dans le cadre du traitement chirurgical de la maladie hémorroïdaire (MH) interne, de grade 2, 3 ou 4, symptomatique, après échec des traitements médicamenteux et instrumentaux, ou d’emblée en cas de MH invalidante et anatomiquement très développée.</t>
+  </si>
+  <si>
+    <t>18/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971696/fr/ligature-des-arteres-hemorroidaires-avec-guidage-doppler-suivie-d-une-mucopexie</t>
+  </si>
+  <si>
+    <t>c_2971696</t>
+  </si>
+  <si>
+    <t>Actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire pour analyse de génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de préciser l’intérêt, les indications et les modalités de réalisation des actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire en anatomocytopathologie, en vue d’une analyse en génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/fr/actes-de-preparation-qualification-et-selection-d-un-echantillon-tissulaire-ou-cellulaire-pour-analyse-de-genetique-somatique-des-cancers</t>
   </si>
   <si>
     <t>p_3080503</t>
   </si>
   <si>
-    <t>Clinical utility of genomic signatures in early-stage breast cancer - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2748998/en/clinical-utility-of-genomic-signatures-in-early-stage-breast-cancer-inahta-brief</t>
+    <t>Évaluation de l’analyse chromosomique sur puce à ADN (ACPA) en cancérologie</t>
+  </si>
+  <si>
+    <t>L’analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») est une technique de cytogénétique moléculaire qui permet de détecter des variations quantitatives du génome (pertes ou gains de matériel chromosomique) avec une résolution très supérieure à celle du caryotype conventionnel. Objectif de l'évaluation : déterminer à quelles fins l’ACPA est utilisée en pratique courante en cancérologie et la place de l’ACPA au regard des techniques plus classiquement utilisées dans ces situations cliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2019 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066998/fr/evaluation-de-l-analyse-chromosomique-sur-puce-a-adn-acpa-en-cancerologie</t>
+  </si>
+  <si>
+    <t>p_3066998</t>
+  </si>
+  <si>
+    <t>Méthodes préopératoires de localisation de source dans l’épilepsie focale et pharmacorésistante - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Évaluer l’apport de la localisation de source préopératoire par magnétoencéphalographie (MEG) et/ou électroencéphalographie haute résolution (EEG-HR) en cas d’épilepsie focale sévère et pharmacorésistante</t>
+  </si>
+  <si>
+    <t>29/08/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2019 11:07:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3099679/fr/methodes-preoperatoires-de-localisation-de-source-dans-l-epilepsie-focale-et-pharmacoresistante-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3099679</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence de l’acte de fluoroscopie de l’œil réalisé par l’ophtalmologue</t>
+  </si>
+  <si>
+    <t>Evaluation de la pertinence du fond de l’œil réalisé sans enregistrement après une injection intraveineuse de fluorescéine chez les patients susceptibles d’être atteints d’une pathologie de la rétine.</t>
+  </si>
+  <si>
+    <t>18/07/2019 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2907407/fr/evaluation-de-la-pertinence-de-l-acte-de-fluoroscopie-de-l-oeil-realise-par-l-ophtalmologue</t>
+  </si>
+  <si>
+    <t>c_2907407</t>
+  </si>
+  <si>
+    <t>Test d’amplification des acides nucléiques pour le diagnostic biologique de la rougeole</t>
+  </si>
+  <si>
+    <t>Dans le contexte actuel de recrudescence du nombre de cas de rougeole, la confirmation biologique des cas peut se faire, en complément de la sérologie, par amplification génique par RT-PCR, notamment dans les situations où l’interprétation de la sérologie peut être délicate (prélèvement précoce, personnes récemment vaccinés, personnes antérieurement immunisées contre la rougeole)</t>
+  </si>
+  <si>
+    <t>25/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965942/fr/test-d-amplification-des-acides-nucleiques-pour-le-diagnostic-biologique-de-la-rougeole</t>
+  </si>
+  <si>
+    <t>c_2965942</t>
+  </si>
+  <si>
+    <t>Test d’amplification des acides nucléiques pour le diagnostic biologique de l’infection par le virus du Nil occidental - Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Test d’amplification des acides nucléiques pour le diagnostic biologique de l’infection par le virus du Nil occidental, ou West Nile Virus (WNV)</t>
+  </si>
+  <si>
+    <t>29/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2019 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913452/fr/test-d-amplification-des-acides-nucleiques-pour-le-diagnostic-biologique-de-l-infection-par-le-virus-du-nil-occidental-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>c_2913452</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de biologie médicale relatifs à la prise en charge de l’infection à Helicobacter pylori</t>
+  </si>
+  <si>
+    <t>Actes évalués : le test respiratoire à l’urée marquée au 13C, la recherche d’antigène fécal et les techniques d’amplification génique pour détecter H. pylori puis les mutations de résistance à la clarithromycine.</t>
+  </si>
+  <si>
+    <t>24/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2019 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863243/fr/evaluation-des-actes-de-biologie-medicale-relatifs-a-la-prise-en-charge-de-l-infection-a-helicobacter-pylori</t>
+  </si>
+  <si>
+    <t>c_2863243</t>
+  </si>
+  <si>
+    <t>Utilité clinique des signatures génomiques dans le cancer du sein de stade précoce - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’utilité clinique de chacune des quatre signatures génomiques prises en charge de façon dérogatoire dans le cadre du Référentiel des actes innovants hors nomenclatures (RIHN) pour guider la décision d’administrer une chimiothérapie adjuvante en cas de cancer du sein de stade précoce</t>
+  </si>
+  <si>
+    <t>09/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748998/fr/utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-de-stade-precoce-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_2748998</t>
   </si>
   <si>
-    <t>Updating of medical pathology procedures concerning the diagnosis of fasciolosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2861927/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-fasciolosis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la distomatose à Fasciola hepatica - Argumentaire</t>
+  </si>
+  <si>
+    <t>Les distomatoses sont des zoonoses dues à des trématodes. En France, seule la distomatose hépatobiliaire, ou fasciolose à Fasciola hepatica, appelée grande douve du foie, est pathogène pour l’Homme. Il s’agit de cas rares et sporadiques.</t>
+  </si>
+  <si>
+    <t>20/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2018 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861927/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-distomatose-a-fasciola-hepatica-argumentaire</t>
   </si>
   <si>
     <t>c_2861927</t>
   </si>
   <si>
-    <t>Updating of medical pathology procedures concerning the diagnosis of cysticercosis - INAHTA Brief</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823986/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-cysticercosis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la cysticercose - Argumentaire</t>
+  </si>
+  <si>
+    <t>Le diagnostic de la cysticercose est difficile en raison de la faible spécificité des signes cliniques et du délai d’apparition des symptômes après l’infection. Le diagnostic biologique repose essentiellement sur la recherche d’anticorps sur sérum ou sur liquide cérébrospinal.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823986/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-cysticercose-argumentaire</t>
   </si>
   <si>
     <t>c_2823986</t>
   </si>
   <si>
-    <t>Updating of medical pathology procedures concerning the diagnosis of trichinellosis - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2860414/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-trichinellosis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la trichinellose - Argumentaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de renseigner les techniques de sérodiagnostic actuellement pertinentes pour le diagnostic de la trichinellose.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860414/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-trichinellose-argumentaire</t>
   </si>
   <si>
     <t>c_2860414</t>
   </si>
   <si>
-    <t>Vitamin C blood level testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
+    <t>Dosage de la vitamine C dans le sang</t>
+  </si>
+  <si>
+    <t>Le dosage de la vitamine C est un examen sanguin permettant de confirmer une carence en cette vitamine lorsque certains éléments peuvent faire envisager un diagnostic de scorbut . La HAS fait le point sur l’utilité de ce dosage et conclut que celle-ci se limite aux patients présentant des symptômes cliniques évocateurs de scorbut, en vue d’une confirmation diagnostique.</t>
+  </si>
+  <si>
+    <t>02/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
+    <t>Actualisation de la nomenclature des actes de biologie médicale pour le diagnostic et le suivi des filarioses</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique concernant les filarioses tropicales les plus fréquentes (loase, mansonelloses, filariose lymphatique, onchocercose) et pouvant être retrouvées en zones non endémiques chez des individus provenant des zones exposées (migrants, expatriés, voyageurs).</t>
   </si>
   <si>
     <t>04/04/2018 00:00:00</t>
   </si>
   <si>
-    <t>04/16/2018 17:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
+    <t>16/04/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/fr/actualisation-de-la-nomenclature-des-actes-de-biologie-medicale-pour-le-diagnostic-et-le-suivi-des-filarioses</t>
   </si>
   <si>
     <t>c_2801837</t>
   </si>
   <si>
-    <t>Assessment of BCR-ABL fusion gene testing or quantification using RT-PCR in the diagnosis and therapeutic follow-up of chronic myeloid leukaemias and acute lymphoblastic leukaemias - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774575/en/assessment-of-bcr-abl-fusion-gene-testing-or-quantification-using-rt-pcr-in-the-diagnosis-and-therapeutic-follow-up-of-chronic-myeloid-leukaemias-and-acute-lymphoblastic-leukaemias-inahta-brief</t>
+    <t>Évaluation de l’acte de recherche ou de quantification du gène de fusion BCR-ABL par RT-PCR dans le diagnostic et le suivi thérapeutique des leucémies myéloïdes chroniques et des leucémies lymphoblastiques aiguës</t>
+  </si>
+  <si>
+    <t>Le gène de fusion BCR-ABL est présent dans l’ensemble des leucémies myéloïdes chroniques et dans certains cas de leucémies aiguës lymphoblastiques. Il est donc systématiquement recherché devant toute suspicion de ce type de leucémie.Ce gène est mis en évidence par cytogénétique (caryotype), cytogénétique moléculaire (FISH), ou par RT-PCR. Le transcrit de fusion BCR-ABL peut également être quantifié par une PCR quantitative (RT-QPCR). La HAS s’est autosaisie afin d’évaluer la pertinence de la recherche ou quantification des transcrits de ce gène par RT-PCR.</t>
+  </si>
+  <si>
+    <t>08/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/11/2017 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774575/fr/evaluation-de-l-acte-de-recherche-ou-de-quantification-du-gene-de-fusion-bcr-abl-par-rt-pcr-dans-le-diagnostic-et-le-suivi-therapeutique-des-leucemies-myeloides-chroniques-et-des-leucemies-lymphoblastiques-aigues</t>
   </si>
   <si>
     <t>c_2774575</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des candidoses invasives</t>
+  </si>
+  <si>
+    <t>Ce travail a porté sur l’évaluation des propositions de modification des libellés concernant le diagnostic biologique de candidose. Cette demande concernait uniquement la recherche des anticorps sériques anti-Candida et des antigènes solubles et ne traite pas des actes d’identification mycologique.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Assessment of anti-Müllerian hormone serum assay - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749006/en/assessment-of-anti-mullerian-hormone-serum-assay-inahta-brief</t>
+    <t>Évaluation du dosage sérique de l’hormone anti-müllérienne</t>
+  </si>
+  <si>
+    <t>Évaluation des performances pré-analytiques, analytiques et diagnostiques ou pronostiques ainsi que de la pertinence de l’acte de dosage sérique de l’hormone anti-müllérienne en vue de son inscription à la Nomenclature des actes de biologie médicale</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>26/07/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749006/fr/evaluation-du-dosage-serique-de-l-hormone-anti-mullerienne</t>
   </si>
   <si>
     <t>c_2749006</t>
   </si>
   <si>
-    <t>Assessment of laboratory medicine procedures related to the diagnosis and follow-up of hepatitis E - INAHTA Brief</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2657506/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-follow-up-of-hepatitis-e-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et au suivi de l’hépatite E</t>
+  </si>
+  <si>
+    <t>Évaluation des actes relatifs au diagnostic et au suivi de l’hépatite E virale (VHE) : recherche de l’ARN viral par amplification génique (RT-PCR) dans le sang et les selles, recherche des anticorps spécifiques (IgM, IgG) par une technique immunoenzymatique (EIA), en vue de l’actualisation de la Nomenclature des actes de biologie médicale (NABM).</t>
+  </si>
+  <si>
+    <t>25/07/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657506/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-au-suivi-de-l-hepatite-e</t>
   </si>
   <si>
     <t>c_2657506</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the diagnosis of larval echinococcosis - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749012/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-larval-echinococcosis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des échinococcoses larvaires</t>
+  </si>
+  <si>
+    <t>Les échinococcoses sont des zoonoses causées par des larves de ténias du genre Echinococcus. L’objectif de ce travail était de préciser les techniques de recherche d’anticorps anti-Echinococcus validées pour la recherche initiale, la confirmation et le suivi des patients traités.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749012/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-echinococcoses-larvaires</t>
   </si>
   <si>
     <t>c_2749012</t>
   </si>
   <si>
-    <t>Assessment of laboratory medicine procedures related to the diagnosis of leishmaniasis - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2751691/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-leishmaniasis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la leishmaniose</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de biologie médicale relatifs au diagnostic de la leishmaniose en vue d’une actualisation de la Nomenclature des actes de biologie médicale (NABM)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751691/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-leishmaniose</t>
   </si>
   <si>
     <t>c_2751691</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
+  </si>
+  <si>
+    <t>La Caisse nationale d’assurance maladie des travailleurs salariés souhaite actualiser la Nomenclature des actes de biologie médicale pour ce qui est des tests relatifs au diagnostic de toxoplasmose. La présente évaluation porte sur les tests diagnostiques de la toxoplasmose chez les patients immunodéprimés, en particulier les patients infectés par le VIH et les patients receveurs de greffe de cellules souches hématopoïétiques ou de transplantation d’organe.</t>
+  </si>
+  <si>
+    <t>24/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the diagnosis of strongyloidiasis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2729708/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-strongyloidiasis-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la strongyloïdose (anguillulose)</t>
+  </si>
+  <si>
+    <t>Évaluation des techniques et des indications des tests de biologie médicale utilisés dans le diagnostic de la strongyloïdose (anguillulose)</t>
+  </si>
+  <si>
+    <t>19/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>25/04/2017 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729708/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-strongyloidose-anguillulose</t>
   </si>
   <si>
     <t>c_2729708</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the procedure for therapeutic monitoring of patients infected with Treponema pallidum (bacterium responsible for syphilis) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2752929/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-procedure-for-therapeutic-monitoring-of-patients-infected-with-treponema-pallidum-bacterium-responsible-for-syphilis-inahta-brief</t>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour l’acte de suivi thérapeutique des patients infectés par Treponema pallidum (bactérie responsable de la syphilis)</t>
+  </si>
+  <si>
+    <t>22/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>28/03/2017 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752929/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-l-acte-de-suivi-therapeutique-des-patients-infectes-par-treponema-pallidum-bacterie-responsable-de-la-syphilis</t>
   </si>
   <si>
     <t>c_2752929</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the serodiagnosis of toxocariasis (visceral larva migrans) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680723/en/update-of-laboratory-medicine-procedures-related-to-the-serodiagnosis-of-toxocariasis-visceral-larva-migrans-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic sérologique de la toxocarose (Larva migrans viscérale)</t>
+  </si>
+  <si>
+    <t>Toxocarose (Larva migrans viscérale), immunodiagnostic, techniques</t>
+  </si>
+  <si>
+    <t>01/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2017 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680723/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-serologique-de-la-toxocarose-larva-migrans-viscerale</t>
   </si>
   <si>
     <t>c_2680723</t>
   </si>
   <si>
-    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
+    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
+  </si>
+  <si>
+    <t>Evaluation portant sur les tests diagnostiques de la toxoplasmose dans les contextes suivants : toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), toxoplasmose congénitale (diagnostic pré- et postnatal) et toxoplasmose oculaire.</t>
+  </si>
+  <si>
+    <t>01/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
   <si>
-    <t>Assessment of laboratory medicine procedures related to the diagnosis of schistosomiasis (bilharzia) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2678400/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-schistosomiasis-bilharzia-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la schistosomose (bilharziose)</t>
+  </si>
+  <si>
+    <t>18/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>24/01/2017 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678400/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-schistosomose-bilharziose</t>
   </si>
   <si>
     <t>c_2678400</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et à la prise en charge des hépatites B, C et D</t>
+  </si>
+  <si>
+    <t>11/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
   </si>
   <si>
     <t>c_2653624</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>12/07/2016 00:00:00</t>
+    <t>Évaluation des actes de diagnostic biologique des infections à Plasmodium</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues à l’hématozoaire du genre Plasmodium (paludisme), la HAS a évalué les techniques directes de recherche du parasite dans le sang par microscopie (sur frottis sanguin et goutte épaisse) et des protéines plasmodiales par immunochromatographie (ICG) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques</t>
+  </si>
+  <si>
+    <t>07/12/2016 00:00:00</t>
   </si>
   <si>
     <t>12/12/2016 14:55:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2636855/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2636855/fr/evaluation-des-actes-de-diagnostic-biologique-des-infections-a-plasmodium</t>
   </si>
   <si>
     <t>c_2636855</t>
   </si>
   <si>
-    <t>Evaluation of non-invasive cardiac imaging in diagnosis of chronic coronary artery disease - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des coronaropathies chroniques stables</t>
+  </si>
+  <si>
+    <t>Cette évaluation est issue de trois demandes différentes : du Ministère de la santé, de l’Assurance maladie et des organismes professionnels de cardiologie et de radiologie. Elle a pour objectif de définir la place des examens non invasifs d’imagerie cardiaque dans la prise en charge diagnostique de la maladie coronarienne stable chez des patients présentant un risque (ou probabilité pré-test) intermédiaire</t>
+  </si>
+  <si>
+    <t>10/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-coronaropathies-chroniques-stables</t>
   </si>
   <si>
     <t>c_2725332</t>
   </si>
   <si>
-    <t>The aim of this work is to evaluate the detection of C. difficile glutamate dehydrogenase using an enzyme immunoassay or immunochromatography method and the detection of this bacterium’s deoxyribonucleic acid, more specifically that which codes the toxins A and/or B, using a nucleic acid amplification test (NAAT). This study was conducted with a view to inclusion in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la détection de la glutamate déshydrogénase du C. difficile avec une méthode immuno-enzymatique ou immuno-chromatographique et la détection de l’acide désoxyribonucléique de cette bactérie, plus spécifiquement celui codant pour les toxines A et / ou B, avec un test d’amplification des acides nucléiques, lorsque qu’une infection à C. difficile (ICD) est suspectée. Ce travail a été mené en vue de l’inscription à la liste des actes de biologie médicale, pris en charge par le système national d’assurance maladie en France.</t>
+  </si>
+  <si>
+    <t>20/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+    <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
+  </si>
+  <si>
+    <t>Évaluation des tests relatifs au diagnostic des infections à virus herpes simplex de types 1 et 2 (HSV-1/-2) et varicelle-zona (VZV) dans le cadre de la transmission mère-enfant de ces virus : détection du génome de ces virus par PCR dans différents contextes et prélèvements, diagnostic immunologique direct (détection d’antigènes viraux par immunofluorescence ou méthode immunoenzymatique), cultures orientée et non orientée, recherches sérologiques (IgM et IgG anti-VZV, IgM et IgG anti-HSV-1/-2 non spécifiques de type, IgG anti-HSV-1 et -2 spécifiques de type)</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
   <si>
-    <t>Assessment of tests for meningococci (Neisseria meningitidis) and pneumococci (Streptococcus pneumoniae) using gene amplification in the diagnosis of meningitis - INAHTA Brief</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
+    <t>Évaluation de la recherche du méningocoque (Neisseria meningitidis) et du pneumocoque (Streptococcus pneumoniae) par amplification génique dans le diagnostic des méningites</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche des méningocoques (Neisseria meningitidis) et des pneumocoques (Streptococus pneumoniae) par amplification génique (PCR) dans le diagnostic des méningites de suspicion bactérienne</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
   </si>
   <si>
     <t>c_2589730</t>
   </si>
   <si>
-    <t>Alternative(s) to perfusion scintigraphy in case of suspected non-massive pulmonary embolism in pregnant women in the event of a complete shortage of technetium-99m - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
+    <t>Examens biologiques de recherche du virus d’Epstein Barr (EBV) dans la prise en charge du carcinome du rhinopharynx</t>
+  </si>
+  <si>
+    <t>Evaluation de la mesure de la charge virale du virus d’Epstein-Barr (EBV) par amplification génique (PCR) et de la recherche des anticorps sériques anti-EBV dans le cadre du carcinome indifférencié du rhinopharynx (cancer du cavum)</t>
+  </si>
+  <si>
+    <t>13/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2016 09:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615170/fr/examens-biologiques-de-recherche-du-virus-d-epstein-barr-ebv-dans-la-prise-en-charge-du-carcinome-du-rhinopharynx</t>
+  </si>
+  <si>
+    <t>c_2615170</t>
+  </si>
+  <si>
+    <t>Alternative(s) à la scintigraphie de perfusion en cas de suspicion d’embolie pulmonaire non massive chez la femme enceinte dans l’hypothèse d’une pénurie complète en technétium-99m</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est d’identifier des examens alternatifs à la scintigraphie de perfusion au technétium 99m en contexte de pénurie pour cet isotope chez la femme enceinte suspecte d’embolie pulmonaire non massive. L’angioscanner et l’échographie veineuse (avec doppler) des membres inférieurs sont les deux examens validés en alternative à la scintigraphie</t>
+  </si>
+  <si>
+    <t>17/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/fr/alternative-s-a-la-scintigraphie-de-perfusion-en-cas-de-suspicion-d-embolie-pulmonaire-non-massive-chez-la-femme-enceinte-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
   </si>
   <si>
     <t>c_2620035</t>
   </si>
   <si>
-    <t>Zika virus RT-PCR testing in blood and urine - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2613150/en/zika-virus-rt-pcr-testing-in-blood-and-urine-inahta-brief</t>
+    <t>Détection par RT-PCR du virus Zika dans le sang et les urines</t>
+  </si>
+  <si>
+    <t>Évaluation de la détection du virus Zika dans le sang et les urines par transcription inverse - amplification génique par polymérisation en chaîne (Reverse Transcriptase - Polymerase Chain Reaction ou RT-PCR)</t>
+  </si>
+  <si>
+    <t>02/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2016 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613150/fr/detection-par-rt-pcr-du-virus-zika-dans-le-sang-et-les-urines</t>
   </si>
   <si>
     <t>c_2613150</t>
   </si>
   <si>
-    <t>Evaluation of gene amplification for the diagnosis of Herpesviridae infections (cytomegalovirus, herpes simplex virus and varicella-zoster virus) in people living with HIV - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598203/en/evaluation-of-gene-amplification-for-the-diagnosis-of-herpesviridae-infections-cytomegalovirus-herpes-simplex-virus-and-varicella-zoster-virus-in-people-living-with-hiv-inahta-brief</t>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Évaluation de l'amplification génique pour le diagnostic des infections à Herpesviridae (cytomégalovirus, virus herpès simplex et varicelle-zona) chez les personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche du génome des Herpesviridae (cytomégalovirus CMV, virus herpès simplex HSV et varicelle-zona VZV) par amplification génique (PCR) dans le diagnostic dans le diagnostic et la prise en charge des maladies opportunistes chez les personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>27/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598203/fr/evaluation-de-l-amplification-genique-pour-le-diagnostic-des-infections-a-herpesviridae-cytomegalovirus-virus-herpes-simplex-et-varicelle-zona-chez-les-personnes-vivant-avec-le-vih</t>
   </si>
   <si>
     <t>c_2598203</t>
   </si>
   <si>
-    <t>Evaluation of the gene amplification of Herpesviridae (herpes simplex and varicella-zoster virus) with mucocutaneous and ocular manifestations - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598252/en/evaluation-of-the-gene-amplification-of-herpesviridae-herpes-simplex-and-varicella-zoster-virus-with-mucocutaneous-and-ocular-manifestations-inahta-brief</t>
+    <t>Évaluation de l'amplification génique des Herpesviridae (virus herpès simplex et varicelle-zona) devant des manifestations cutanéomuqueuses et oculaires</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche du génome des virus herpès simplex (HSV) et varicelle - zona (VZV) par amplification génique (PCR) dans le diagnostic de l’herpès et du zona devant des manifestations cutanéomuqueuses et oculaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598252/fr/evaluation-de-l-amplification-genique-des-herpesviridae-virus-herpes-simplex-et-varicelle-zona-devant-des-manifestations-cutaneomuqueuses-et-oculaires</t>
   </si>
   <si>
     <t>c_2598252</t>
   </si>
   <si>
-    <t>Evaluation of nucleic acid amplification tests (NAATs) for detecting Neisseria gonorrhoeae - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2035591/en/evaluation-of-nucleic-acid-amplification-tests-naats-for-detecting-neisseria-gonorrhoeae-inahta-brief</t>
+    <t>Évaluation des tests d’amplification des acides nucléiques (TAAN) recherchant Neisseria gonorrhoeae</t>
+  </si>
+  <si>
+    <t>Évaluation de la capacité de détection du gonocoque (NG) par amplification génique (TAAN) à l’aide d’une PCR ou d’une autre technique. Cette bactérie est responsable d’infections sexuellement transmissibles (IST).</t>
+  </si>
+  <si>
+    <t>25/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2015 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035591/fr/evaluation-des-tests-d-amplification-des-acides-nucleiques-taan-recherchant-neisseria-gonorrhoeae</t>
   </si>
   <si>
     <t>c_2035591</t>
   </si>
   <si>
-    <t>Laboratory examinations to test for Epstein-Barr virus as part of post-transplant lymphoproliferative disorder</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2573692/en/laboratory-examinations-to-test-for-epstein-barr-virus-as-part-of-post-transplant-lymphoproliferative-disorder</t>
+    <t>Examens biologiques de recherche du virus Epstein-Barr dans le cadre d’un Syndrome Lymphoprolifératif Post Transplantation</t>
+  </si>
+  <si>
+    <t>Évaluation de la mesure de la charge virale du virus d’Epstein-Barr (EBV) par amplification génique (PCR) en temps réel et de la recherche des anticorps sériques anti-EBV dans le cadre d’un syndrome lymphoprolifératif post-transplantation (SLPT)</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>20/11/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573692/fr/examens-biologiques-de-recherche-du-virus-epstein-barr-dans-le-cadre-d-un-syndrome-lymphoproliferatif-post-transplantation</t>
   </si>
   <si>
     <t>c_2573692</t>
   </si>
   <si>
-    <t>Diagnosis of congenital cytomegalovirus infection through serology testing and/or viral genome detection - INAHTA Brief</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572929/en/diagnosis-of-congenital-cytomegalovirus-infection-through-serology-testing-and/or-viral-genome-detection-inahta-brief</t>
+    <t>Diagnostic par sérologie et/ou par recherche du génome viral de l’infection congénitale à cytomégalovirus</t>
+  </si>
+  <si>
+    <t>Evaluation de plusieurs examens diagnostiques dans le cadre de la transmission mère-enfant in utero de l’infection à cytomégalovirus (CMV) : tests sérologiques (mesure de l’avidité des IgG anti-CMV, statut immunitaire IgG anti-CMV), mesure de la charge virale du CMV par amplification génique (PCR) dans le liquide amniotique et les urines/la salive du nouveau-né, et culture cellulaire orientée du CMV</t>
+  </si>
+  <si>
+    <t>19/11/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572929/fr/diagnostic-par-serologie-et/ou-par-recherche-du-genome-viral-de-l-infection-congenitale-a-cytomegalovirus</t>
   </si>
   <si>
     <t>c_2572929</t>
   </si>
   <si>
-    <t>Assessment of the measurement of cytomegalovirus viral load by gene amplification in allograft recipients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2027970/en/assessment-of-the-measurement-of-cytomegalovirus-viral-load-by-gene-amplification-in-allograft-recipients-inahta-brief</t>
+    <t>Évaluation de l’endomicroscopie confocale par laser dans la caractérisation des sténoses indéterminées des voies biliaires</t>
+  </si>
+  <si>
+    <t>La Société française d’endoscopie digestive (SFED) a saisi la HAS en vue d’évaluer l’«Endomicroscopie Confocale par Laser» (ECL) au cours d’une procédure d’endoscopie digestive dans l’indication: la ou les sténose(s) indéterminée(s) des voies biliaires (SIVB).</t>
+  </si>
+  <si>
+    <t>22/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2015 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2063147/fr/evaluation-de-l-endomicroscopie-confocale-par-laser-dans-la-caracterisation-des-stenoses-indeterminees-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>c_2063147</t>
+  </si>
+  <si>
+    <t>Évaluation de la mesure de la charge virale du cytomégalovirus par amplification génique chez les receveurs d’allogreffes</t>
+  </si>
+  <si>
+    <t>Évaluation de la mesure de la charge virale du cytomégalovirus (CMV) par amplification génique chez les receveurs d’allogreffes (greffe de cellules souches hématopoïétiques, transplantation d’organes)</t>
+  </si>
+  <si>
+    <t>04/08/2015 17:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027970/fr/evaluation-de-la-mesure-de-la-charge-virale-du-cytomegalovirus-par-amplification-genique-chez-les-receveurs-d-allogreffes</t>
   </si>
   <si>
     <t>c_2027970</t>
   </si>
   <si>
-    <t>Gene amplification to detect herpes simplex virus (HSV) and varicella-zoster virus (VZV) genomes in cerebrospinal fluid in cases of encephalitis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2015366/en/gene-amplification-to-detect-herpes-simplex-virus-hsv-and-varicella-zoster-virus-vzv-genomes-in-cerebrospinal-fluid-in-cases-of-encephalitis-inahta-brief</t>
+    <t>Détection du génome des virus Herpès Simplex (HSV) et Zona Varicelle (VZV) dans le liquide cérébro-spinal par amplification génique en cas d’encéphalite</t>
+  </si>
+  <si>
+    <t>Evaluation de la détection du génome des virus Herpès Simplex (VHS) et Zona Varicelle (VZV) dans le liquide céphalorachidien par amplification génique en cas d’encéphalite, en vue de leur inscription à la Nomenclature des actes de biologie médicale (NABM)</t>
+  </si>
+  <si>
+    <t>29/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015366/fr/detection-du-genome-des-virus-herpes-simplex-hsv-et-zona-varicelle-vzv-dans-le-liquide-cerebro-spinal-par-amplification-genique-en-cas-d-encephalite</t>
   </si>
   <si>
     <t>c_2015366</t>
   </si>
   <si>
-    <t>Interferon-gamma release assays as in vitro screening tests for latent tuberculosis infection</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2021762/en/interferon-gamma-release-assays-as-in-vitro-screening-tests-for-latent-tuberculosis-infection</t>
+    <t>Tests in vitro de dépistage de l’infection tuberculeuse latente par détection de production d’interféron gamma</t>
+  </si>
+  <si>
+    <t>Evaluation des tests de dépistage de l’infection tuberculeuse latente par détection de la production d’interféron gamma, tests communément appelés « tests IGRA » (pour _Interferon Gamma Release Assays_)en vue de leurs inscriptions à la Nomenclature des actes de biologie médicale (NABM)</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021762/fr/tests-in-vitro-de-depistage-de-l-infection-tuberculeuse-latente-par-detection-de-production-d-interferon-gamma</t>
   </si>
   <si>
     <t>c_2021762</t>
   </si>
   <si>
-    <t>Modification of the nomenclature of procedures in laboratory medicine for research into Treponema pallidum (bacteria responsible for syphilis) - INAHTA  Brief</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2021758/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-research-into-treponema-pallidum-bacteria-responsible-for-syphilis-inahta-brief</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de recherche du Treponema pallidum (bactérie responsable de la syphilis)</t>
+  </si>
+  <si>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de recherche du _Treponema pallidum_ (bactérie responsable de la syphilis).</t>
+  </si>
+  <si>
+    <t>02/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2015 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021758/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-recherche-du-treponema-pallidum-bacterie-responsable-de-la-syphilis</t>
   </si>
   <si>
     <t>c_2021758</t>
   </si>
   <si>
-    <t>Alternative(s) to 99mTc-sestamibi preoperative scintigraphy for the localization of hypersecreting parathyroid glands in the event of complete shortage of 99mTechnetium (99mTc) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2011763/en/alternative-s-to-99mtc-sestamibi-preoperative-scintigraphy-for-the-localization-of-hypersecreting-parathyroid-glands-in-the-event-of-complete-shortage-of-99mtechnetium-99mtc-inahta-brief</t>
+    <t>Alternative(s) à la scintigraphie préopératoire lors du bilan de localisation des glandes parathyroïdes hypersécrétantes dans l’hypothèse d’une pénurie complète en technétium-99m</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de déterminer si un (ou plusieurs) examen(s) pouvait(ent) se substituer, sans perte de chance pour les patients, à la scintigraphie au technétium-99m en situation de pénurie complète pour cet isotope et en complément de l’échographie cervicale lors du bilan de localisation préopératoire d’une (ou plusieurs) glande(s) hypersécrétante(s) responsable(s) d’une hyperparathyroïdie.</t>
+  </si>
+  <si>
+    <t>24/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2015 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011763/fr/alternative-s-a-la-scintigraphie-preoperatoire-lors-du-bilan-de-localisation-des-glandes-parathyroides-hypersecretantes-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
   </si>
   <si>
     <t>c_2011763</t>
   </si>
   <si>
-    <t>Fractional flow reserve (FFR) measurement during coronary angiography - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
+    <t>Mesure de la fraction du flux de réserve coronarien FFR lors d’une coronarographie</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la mesure de fraction du flux de réserve coronarien (FFR), au cours d’une coronarographie, pour une sténose intermédiaire d’un vaisseau coronaire, en vue d’une inscription de l’acte à la Liste des actes et prestations (LAP)</t>
+  </si>
+  <si>
+    <t>22/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/fr/mesure-de-la-fraction-du-flux-de-reserve-coronarien-ffr-lors-d-une-coronarographie</t>
   </si>
   <si>
     <t>c_2009393</t>
   </si>
   <si>
-    <t>Measurement of nitric oxide (NO) in exhaled air - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019800/en/measurement-of-nitric-oxide-no-in-exhaled-air-inahta-brief</t>
+    <t>Mesure du monoxyde d’azote (NO) dans l’air expiré</t>
+  </si>
+  <si>
+    <t>Evaluation sur la mesure du monoxyde d’azote (NO) dans l’air expiré en vue de son inscription à la Liste des actes et prestations (LAP).</t>
+  </si>
+  <si>
+    <t>04/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2015 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019800/fr/mesure-du-monoxyde-d-azote-no-dans-l-air-expire</t>
   </si>
   <si>
     <t>c_2019800</t>
   </si>
   <si>
-    <t>Rare visceral surgery procedures by laparoscopy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1769921/en/rare-visceral-surgery-procedures-by-laparoscopy-inahta-brief</t>
+    <t>Évaluation de onze actes de chirurgie viscérale par cœlioscopie : deux colectomies, neuf actes rares</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer onze actes de chirurgie viscérale et digestive par cœlioscopie en vue de leur inscription à la Liste des actes et prestations.</t>
+  </si>
+  <si>
+    <t>18/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2015 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769921/fr/evaluation-de-onze-actes-de-chirurgie-viscerale-par-coelioscopie-deux-colectomies-neuf-actes-rares</t>
   </si>
   <si>
     <t>c_1769921</t>
   </si>
   <si>
-    <t>Endobronchial ultrasound-guided transbronchial needle aspiration - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1770048/en/endobronchial-ultrasound-guided-transbronchial-needle-aspiration-inahta-brief</t>
+    <t>Echo-endoscopie bronchique avec ponction transbronchique à l’aiguille</t>
+  </si>
+  <si>
+    <t>Évaluation de l’écho-endoscopie bronchique avec ponction transbronchique à l’aiguille échoguidée en vue de son inscription à la Liste des actes et prestations (LAP).</t>
+  </si>
+  <si>
+    <t>19/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2014 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770048/fr/echo-endoscopie-bronchique-avec-ponction-transbronchique-a-l-aiguille</t>
   </si>
   <si>
     <t>c_1770048</t>
   </si>
   <si>
-    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
+    <t>Évaluation de l’endomicroscopie optique réalisée lors de la cartographie d’un endo-brachy-œsophage  (aide au diagnostic précoce du cancer superficiel de l’œsophage) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
   </si>
   <si>
     <t>10/10/2014 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 16:05:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1731777</t>
   </si>
   <si>
-    <t>Detection of enterovirus genome in cerebrospinal fluid by gene amplification in meningitis patients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1739174/en/detection-of-enterovirus-genome-in-cerebrospinal-fluid-by-gene-amplification-in-meningitis-patients-inahta-brief</t>
+    <t>Évaluation de la détection du génome des entérovirus dans le liquide céphalorachidien par amplification génique dans les méningites - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation de la détection du génome des entérovirus dans le liquide céphalorachidien ( LCR ) par amplification génique dans les méningites</t>
+  </si>
+  <si>
+    <t>23/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2014 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739174/fr/evaluation-de-la-detection-du-genome-des-enterovirus-dans-le-liquide-cephalorachidien-par-amplification-genique-dans-les-meningites-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1739174</t>
   </si>
   <si>
-    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ce rapport d'évaluation est de déterminer l’utilité clinique des méthodes non invasives de mesure de la fibrose dans le cadre du bilan initial et du suivi de l’hépatite B chronique chez l’adulte non traité. En l’absence d’une démonstration suffisante de cette utilité clinique, les performances diagnostiques de ces méthodes non invasives seront recherchées, par comparaison à la ponction biopsie hépatique.</t>
+  </si>
+  <si>
+    <t>19/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1627010</t>
   </si>
   <si>
-    <t>Clinical utility of the measurement of vitamin D</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1356838/en/clinical-utility-of-the-measurement-of-vitamin-d</t>
+    <t>Utilité clinique du dosage de la vitamine D - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de préciser les situations cliniques pour lesquelles la mesure de la concentration sérique en 25(OH)D est utile.</t>
+  </si>
+  <si>
+    <t>09/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/10/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356838/fr/utilite-clinique-du-dosage-de-la-vitamine-d-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1356838</t>
   </si>
   <si>
-    <t>Self-monitoring of blood glucose in type 2 diabetes: limited use for a target population - April 2011</t>
+    <t>Conditions pré-analytiques de réalisation de la recherche du génome (ADN) des Papillomavirus Humains (HPV) oncogènes à partir de frottis cervico-utérins – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>L'objectif de travail qui se place dans le cadre de l'indication de recherche du génome (ADN) des HPV oncogènes, recommandée et prise en charge par l'Assurance Maladie (frottis cervico-utérin ASC-US), était : * d'identifier les facteurs pré-analytiques succeptibles d'interférer avec les résultats de la recherche du génome (ADN) et des HPV oncogènes * d'établir les conditions de réalisation de la phase pré-analytique de cette recherche</t>
+  </si>
+  <si>
+    <t>02/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2013 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264004/fr/conditions-pre-analytiques-de-realisation-de-la-recherche-du-genome-adn-des-papillomavirus-humains-hpv-oncogenes-a-partir-de-frottis-cervico-uterins-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1264004</t>
+  </si>
+  <si>
+    <t>Mesure de l’insulinorésistance et de l’insulinosécrétion</t>
+  </si>
+  <si>
+    <t>L’insulinorésistance se définit comme un état de diminution de la réponse cellulaire et tissulaire à l’insuline. Associée à la diminution de la capacité sécrétoire de l’insuline, elle conduit au développement du diabète de type 2. Les actes de mesure de la sensibilité à l'insuline par administration intraveineuse de glucose et d'insuline, avec ou sans mesure de la production hépatique de glucose, encore appelés clamp euglycémique hyperinsulinémique sont des techniques de détermination du degré de l’insulinorésistance d’un patient et du siège de cette insulinorésistance (périphérique ou hépatique) dans le cas de mesure de la production hépatique de glucose. L’acte de mesure de la sécrétion de l'insuline, par administration intraveineuse de glucose, est une technique de détermination du degré de la sécrétion d’insuline par les cellules bêta pancréatiques du patient. Ce rapport décrit l’évaluation de l’efficacité et de la place de ces actes dans la stratégie de prise en charge des patients insulinorésistants.</t>
+  </si>
+  <si>
+    <t>18/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2006 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1498730/fr/mesure-de-l-insulinoresistance-et-de-l-insulinosecretion</t>
+  </si>
+  <si>
+    <t>r_1498730</t>
+  </si>
+  <si>
+    <t>Test de détection de la production d’IFNg (interféron gamma) pour le diagnostic des infections tuberculeuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport est d’évaluer un nouveau test visant à diagnostiquer les infections tuberculeuses. Ce test détecte l’Interféron-gamma produit in vitro par les lymphocytes T (obtenus par prise de sang) mis en contact avec des antigènes spécifiques de M. tuberculosis. Jusqu’à présent, le seul test diagnostique disponible était l’intradermoréaction qui présente de nombreuses difficultés.</t>
+  </si>
+  <si>
+    <t>13/12/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2006 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1498744/fr/test-de-detection-de-la-production-d-ifng-interferon-gamma-pour-le-diagnostic-des-infections-tuberculeuses</t>
+  </si>
+  <si>
+    <t>r_1498744</t>
+  </si>
+  <si>
+    <t>Dosage sérique des chaînes légères libres</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport est d’évaluer la pertinence de doser les chaînes légères libres sériques, dans le diagnostic et/ou le suivi des contextes cliniques s’accompagnant d’une immunoglobuline monoclonale (amylose AL, myélome, etc.). Le diagnostic des immunoglobulines monoclonales repose actuellement sur la triade : détection par électrophorèse, typage par immunofixation et dosage par densitométrie.</t>
+  </si>
+  <si>
+    <t>13/12/2006 17:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1498746/fr/dosage-serique-des-chaines-legeres-libres</t>
+  </si>
+  <si>
+    <t>r_1498746</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique de l'infection à Chlamydia trachomatis - Document d'avis</t>
+  </si>
+  <si>
+    <t>Ce document comporte des avis de la Haute Autorité de Santé sur le service attendu des actes du diagnostic biologique de l’infection à Chlamydia trachomatis. Il répond à la demande de l’Union Nationale des Caisses d’Assurance Maladie pour l’actualisation de la Nomenclature d’Actes de Biologie Médicale.</t>
+  </si>
+  <si>
+    <t>21/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1498796/fr/diagnostic-biologique-de-l-infection-a-chlamydia-trachomatis-document-d-avis</t>
+  </si>
+  <si>
+    <t>r_1498796</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique direct précoce de la dengue par détection génomique du virus avec RT-PCR (transcription inverse et amplification génique par réaction de polymérisation en chaîne)</t>
+  </si>
+  <si>
+    <t>Évaluer l’intérêt diagnostique et économique du test RT-PCR (reverse transcriptase - polymerase chain reaction), en vue d’une potentielle inscription à la Nomenclature des actes de biologie médicale (NABM) et d’améliorer ainsi le diagnostic direct précoce de la dengue</t>
+  </si>
+  <si>
+    <t>30/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2013 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1253629/fr/diagnostic-biologique-direct-precoce-de-la-dengue-par-detection-genomique-du-virus-avec-rt-pcr-transcription-inverse-et-amplification-genique-par-reaction-de-polymerisation-en-chaine</t>
+  </si>
+  <si>
+    <t>c_1253629</t>
+  </si>
+  <si>
+    <t>Diagnostic biologique direct précoce du Chikungunya par détection génomique du virus avec RT-PCR (transcription inverse et amplification génique par réaction de polymérisation en chaîne)</t>
+  </si>
+  <si>
+    <t>Évaluer l’intérêt diagnostique et économique du test RT-PCR (reverse transcriptase - polymerase chain reaction), en vue d’une potentielle inscription à la Nomenclature des actes de biologie médicale (NABM) et d’améliorer ainsi le diagnostic direct précoce du chikungunya</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1253648/fr/diagnostic-biologique-direct-precoce-du-chikungunya-par-detection-genomique-du-virus-avec-rt-pcr-transcription-inverse-et-amplification-genique-par-reaction-de-polymerisation-en-chaine</t>
+  </si>
+  <si>
+    <t>c_1253648</t>
+  </si>
+  <si>
+    <t>L’autosurveillance glycémique dans le diabète de type 2 - Avril 2011 - Fiche BUTS</t>
   </si>
   <si>
     <t>L’autosurveillance glycémique dans le diabète de type 2 : une utilisation très ciblée L’autosurveillance glycémique (ASG) n’a d’intérêt, chez un diabétique de type 2, que si elle est susceptible d’entraîner une modification de la thérapeutique.</t>
   </si>
   <si>
-    <t>04/12/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1438006/en/self-monitoring-of-blood-glucose-in-type-2-diabetes-limited-use-for-a-target-population-april-2011</t>
+    <t>12/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2011 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1438006/fr/l-autosurveillance-glycemique-dans-le-diabete-de-type-2-avril-2011-fiche-buts</t>
   </si>
   <si>
     <t>r_1438006</t>
   </si>
   <si>
-    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
   <si>
-    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
+    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>12/14/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
+    <t>14/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1169049</t>
   </si>
   <si>
-    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la réforme de la biologie et de la maîtrise médicalisée des volumes des actes fréquents, l’objectif de cette évaluation est de préciser les marqueurs du métabolisme du fer à doser quand une carence en fer est suspectée</t>
+  </si>
+  <si>
+    <t>16/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Évaluation des IRM dédiées et à champ modéré &amp;lt; 1T</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les capacités techniques et l’apport diagnostic des IRM dédiées et à champ modéré de moins de 1T. Cette évaluation a notamment pour but, de préciser la place de ce type d’imagerie dans la pratique médicale compte tenu des caractéristiques techniques, de leur performance diagnostique, des coûts d’implantation et éventuellement des conséquences que pourrait avoir une diffusion élargie de ce type d'installation.</t>
+  </si>
+  <si>
+    <t>01/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2008 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_758948/fr/evaluation-des-irm-dediees-et-a-champ-modere-1t</t>
+  </si>
+  <si>
+    <t>c_758948</t>
+  </si>
+  <si>
+    <t>Évaluation de l’autosurveillance de l’INR chez les patients adultes traités par antivitamines K</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt, dans le système de santé français, de l’autosurveillance de la coagulation du sang chez les patients adultes traités par antivitamines K utilisant un dispositif d’automesure de l’INR, en vue d’une éventuelle prise en charge de cette technologie par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>01/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2008 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_745452/fr/evaluation-de-l-autosurveillance-de-l-inr-chez-les-patients-adultes-traites-par-antivitamines-k</t>
+  </si>
+  <si>
+    <t>c_745452</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0262/DC/SEAP du 13 novembre 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome », qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>13/11/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>19/11/2025 16:38:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741809/fr/decision-n2025-0262/dc/seap-du-13-novembre-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+  </si>
+  <si>
+    <t>p_3741809</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0057/AC/SEAP du 13 novembre 2025 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, des actes d’imagerie non invasive de seconde ligne, notamment la microscopie confocale in vivo, pour le diagnostic et la cartographie préopératoire du mélanome</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, des actes d’imagerie non invasive de seconde ligne, notamment la microscopie confocale in vivo, pour le diagnostic et la cartographie préopératoire du mélanome. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>13/11/2025 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741813/fr/avis-n2025-0057/ac/seap-du-13-novembre-2025-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-des-actes-d-imagerie-non-invasive-de-seconde-ligne-notamment-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-du-melanome</t>
+  </si>
+  <si>
+    <t>p_3741813</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0055/AC/SEAP du 13 novembre 2025 du collège de la HAS relatif à la modification de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la mesure de la vitesse de sédimentation</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à la modification de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la mesure de la vitesse de sédimentation. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>13/11/2025 16:13:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 10:55:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738201/fr/avis-n2025-0055/ac/seap-du-13-novembre-2025-du-college-de-la-has-relatif-a-la-modification-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-mesure-de-la-vitesse-de-sedimentation</t>
+  </si>
+  <si>
+    <t>p_3738201</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0259/DC/SEAP du 13 novembre 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS ? »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>13/11/2025 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3738209/fr/decision-n2025-0259/dc/seap-du-13-novembre-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs</t>
+  </si>
+  <si>
+    <t>p_3738209</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0050/AC/SEAP du 23 octobre 2025 du collège de la Haute  Autorité de santé relatif à la modification des conditions d’inscription sur la  liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la  sécurité sociale, de l’acte intitulé « Test de détection de la production  d’interféron gamma (IGRA) »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à la modification des conditions d’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte intitulé « Test de détection de la production d’interféron gamma (IGRA) ». Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>23/10/2025 15:22:00</t>
+  </si>
+  <si>
+    <t>29/10/2025 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3703097/fr/avis-n2025-0050/ac/seap-du-23-octobre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-la-modification-des-conditions-d-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-intitule-test-de-detection-de-la-production-d-interferon-gamma-igra</t>
+  </si>
+  <si>
+    <t>p_3703097</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0252/DC/SEAP du 23 octobre 2025 du collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique  intitulé « Actualisation des indications des tests de détection de l’infection  tuberculeuse latente par mesure de la production d’interféron gamma (tests  IGRA) - Sujets présumés immunocompétents à risque accru d’être porteurs  d’une infection tuberculeuse latente »</t>
+  </si>
+  <si>
+    <t>23/10/2025 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3703102/fr/decision-n-2025-0252/dc/seap-du-23-octobre-2025-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-rapport-d-evaluation-technologique-intitule-actualisation-des-indications-des-tests-de-detection-de-l-infection-tuberculeuse-latente-par-mesure-de-la-production-d-interferon-gamma-tests-igra-sujets-presumes-immunocompetents-a-risque-accru-d-etre-porteurs-d-une-infection-tuberculeuse-latente</t>
+  </si>
+  <si>
+    <t>p_3703102</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0032/AC/SEAP du 17 juillet 2025 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>17/07/2025 10:59:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639050/fr/avis-n2025-0032/ac/seap-du-17-juillet-2025-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes</t>
+  </si>
+  <si>
+    <t>p_3639050</t>
+  </si>
+  <si>
+    <t>Décision n 2025.0181/DC/SEAP du 17 juillet 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes »</t>
+  </si>
+  <si>
+    <t>17/07/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639061/fr/decision-n-2025-0181/dc/seap-du-17-juillet-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes</t>
+  </si>
+  <si>
+    <t>p_3639061</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0115/DC/SEAP du 30 avril 2025 du collège de la HAS portant actualisation du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé portant actualisation du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales », qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>30/04/2025 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604658/fr/decision-n2025-0115/dc/seap-du-30-avril-2025-du-college-de-la-has-portant-actualisation-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3604658</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0023/AC/SEAP du 30 avril 2025 du collège de la HAS relatif à des modifications de la LAP mentionnée à l’article L. 162-1-7 du CSS, concernant le séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant le séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>30/04/2025 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604668/fr/avis-n2025-0023/ac/seap-du-30-avril-2025-du-college-de-la-has-relatif-a-des-modifications-de-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-concernant-le-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3604668</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0016/AC/SEAP du 10 avril 2025 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la recherche et la caractérisation des mycoplasmes dans les infections génitales basses (urétrite, cervicite)</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale. Il modifie l’avis 2022.0046/AC/SEAP du 22 juillet 2022 concernant l’indication de contrôle microbiologique de l’éradication bactérienne après traitement des personnes infectées par Mycoplasma genitalium (infections génitales basses). Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>10/04/2025 11:22:00</t>
+  </si>
+  <si>
+    <t>14/05/2025 09:13:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602045/fr/avis-n2025-0016/ac/seap-du-10-avril-2025-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-recherche-et-la-caracterisation-des-mycoplasmes-dans-les-infections-genitales-basses-uretrite-cervicite</t>
+  </si>
+  <si>
+    <t>p_3602045</t>
+  </si>
+  <si>
+    <t>Décision n 2025.0098/DC/SEAP du 10 avril 2025 du collège de la HAS portant actualisation du rapport d’évaluation technologique intitulé « Diagnostic biologique des mycoplasmes urogénitaux dans les infections génitales basses »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>10/04/2025 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602055/fr/decision-n-2025-0098/dc/seap-du-10-avril-2025-du-college-de-la-has-portant-actualisation-du-rapport-d-evaluation-technologique-intitule-diagnostic-biologique-des-mycoplasmes-urogenitaux-dans-les-infections-genitales-basses</t>
+  </si>
+  <si>
+    <t>p_3602055</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0006/AC/SEAP du 13 février 2025 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2025.0006/AC/SEAP du 13 février 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>13/02/2025 14:09:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591628/fr/avis-n2025-0006/ac/seap-du-13-fevrier-2025-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3591628</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0045/DC/SEAP du 13 février 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires »</t>
+  </si>
+  <si>
+    <t>13/02/2025 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591633/fr/decision-n2025-0045/dc/seap-du-13-fevrier-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3591633</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0046/DC/SEAP du 13 février 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Détection de mutations par expansion de nucléotides – Volet 3 - Syndrome de l’X fragile, insuffisance ovarienne prématurée associée à l’X fragile, syndrome de tremblement-ataxie associé à l’X fragile »</t>
+  </si>
+  <si>
+    <t>13/02/2025 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593681/fr/decision-n-2025-0046/dc/seap-du-13-fevrier-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-detection-de-mutations-par-expansion-de-nucleotides-volet-3-syndrome-de-l-x-fragile-insuffisance-ovarienne-prematuree-associee-a-l-x-fragile-syndrome-de-tremblement-ataxie-associe-a-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3593681</t>
+  </si>
+  <si>
+    <t>Avis n° 2025.0007/AC/SEAP du 13 février 2025 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte du syndrome de l’X fragile et des autres maladies associées à une expansion anormale de nucléotides dans le gène FMR1 (syndrome de tremblement-ataxie associé à l’X fragile [FXTAS], insuffisance ovarienne prématurée associée à l’X fragile [FXPOI])</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n° 2025.0007/AC/SEAP du 13 février 2025 du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte du syndrome de l’X fragile et des autres maladies associées à une expansion anormale de nucléotides dans le gène FMR1 (syndrome de tremblement-ataxie associé à l’X fragile [FXTAS], insuffisance ovarienne prématurée associée à l’X fragile [FXPOI]). Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>13/02/2025 14:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593686/fr/avis-n-2025-0007/ac/seap-du-13-fevrier-2025-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-detection-de-mutations-par-expansion-de-nucleotides-dans-le-contexte-du-syndrome-de-l-x-fragile-et-des-autres-maladies-associees-a-une-expansion-anormale-de-nucleotides-dans-le-gene-fmr1-syndrome-de-tremblement-ataxie-associe-a-l-x-fragile-fxtas-insuffisance-ovarienne-prematuree-associee-a-l-x-fragile-fxpoi</t>
+  </si>
+  <si>
+    <t>p_3593686</t>
+  </si>
+  <si>
+    <t>Avis n° 2025.0008/AC/SEAP du 13 février 2025 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte du syndrome de l’X fragile et des autres maladies associées à une expansion anormale de nucléotides dans le gène FMR1 (syndrome de tremblement-ataxie associé à l’X fragile [FXTAS], insuffisance ovarienne prématurée associée à l’X fragile [FXPOI])</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n° 2025.0008/AC/SEAP du 13 février 2025 du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte du syndrome de l’X fragile et des autres maladies associées à une expansion anormale de nucléotides dans le gène FMR1 (syndrome de tremblement-ataxie associé à l’X fragile [FXTAS], insuffisance ovarienne prématurée associée à l’X fragile [FXPOI]). Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593691/fr/avis-n-2025-0008/ac/seap-du-13-fevrier-2025-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-detection-de-mutations-par-expansion-de-nucleotides-dans-le-contexte-du-syndrome-de-l-x-fragile-et-des-autres-maladies-associees-a-une-expansion-anormale-de-nucleotides-dans-le-gene-fmr1-syndrome-de-tremblement-ataxie-associe-a-l-x-fragile-fxtas-insuffisance-ovarienne-prematuree-associee-a-l-x-fragile-fxpoi</t>
+  </si>
+  <si>
+    <t>p_3593691</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0310/DC/SEAP du 14 novembre 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Intérêt des techniques d’amplifications des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections gastro-intestinales »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Intérêt des techniques d’amplifications des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections gastro-intestinales », qui est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>14/11/2024 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557052/fr/decision-n2024-0310/dc/seap-du-14-novembre-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-interet-des-techniques-d-amplifications-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3557052</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0067/AC/SEAP du 14 novembre 2024 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de l’acte d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections gastro-intestinales</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections gastro-intestinales</t>
+  </si>
+  <si>
+    <t>14/11/2024 14:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557056/fr/avis-n2024-0067/ac/seap-du-14-novembre-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-l-acte-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3557056</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0134/DC/SEAP du 23 mai 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon », qui est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>23/05/2024 12:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535373/fr/decision-n2024-0134/dc/seap-du-23-mai-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-du-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>p_3535373</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0034/AC/SEAP du 23 mai 2024 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale du cancer du poumon</t>
+  </si>
+  <si>
+    <t>23/05/2024 12:46:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535377/fr/avis-n2024-0034/ac/seap-du-23-mai-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-l-acte-de-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-du-cancer-du-poumon</t>
+  </si>
+  <si>
+    <t>p_3535377</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0036/AC/SEAP du 23 mai 2024 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0036/AC/SEAP du 23 mai 2024 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>23/05/2024 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536008/fr/avis-n2024-0036/ac/seap-du-23-mai-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>p_3536008</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0136/DC/SEAP du 23 mai 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique »</t>
+  </si>
+  <si>
+    <t>23/05/2024 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536013/fr/decision-n2024-0136/dc/seap-du-23-mai-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>p_3536013</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0135/DC/SEAP du 23 mai 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales »</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536037/fr/decision-n2024-0135/dc/seap-du-23-mai-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3536037</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0035/AC/SEAP du 23 mai 2024 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0035/AC/SEAP du 23 mai 2024 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale des tumeurs stromales gastro-intestinales. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536042/fr/avis-n2024-0035/ac/seap-du-23-mai-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales</t>
+  </si>
+  <si>
+    <t>p_3536042</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0216/DC/SEAP du 25 juillet 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Détection de mutations par expansion de nucléotides - Volet 2 »</t>
+  </si>
+  <si>
+    <t>25/07/2024 10:51:00</t>
+  </si>
+  <si>
+    <t>30/07/2024 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534943/fr/decision-n2024-0216/dc/seap-du-25-juillet-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-detection-de-mutations-par-expansion-de-nucleotides-volet-2</t>
+  </si>
+  <si>
+    <t>p_3534943</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0056/AC/SEAP du 25 juillet 2024 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte de la dystrophie myotonique de type 1 (maladie de Steinert), de la dystrophie myotonique de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique, de la démence fronto-temporale et de l’amyotrophie bulbospinale liée à l’X (Maladie de Kennedy)</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0056/AC/SEAP du 25 juillet 2024 du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte de la dystrophie myotonique de type 1 (maladie de Steinert), de la dystrophie myotonique de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique, de la démence fronto-temporale et de l’amyotrophie bulbospinale liée à l’X (maladie de Kennedy). Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>25/07/2024 10:56:00</t>
+  </si>
+  <si>
+    <t>30/07/2024 10:21:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534948/fr/avis-n2024-0056/ac/seap-du-25-juillet-2024-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-detection-de-mutations-par-expansion-de-nucleotides-dans-le-contexte-de-la-dystrophie-myotonique-de-type-1-maladie-de-steinert-de-la-dystrophie-myotonique-de-type-2-proximal-myotonic-myopathy-de-la-sclerose-laterale-amyotrophique-de-la-demence-fronto-temporale-et-de-l-amyotrophie-bulbospinale-liee-a-l-x-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>p_3534948</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0057/AC/SEAP du 25 juillet 2024 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte de la dystrophie myotonique de type 1 (maladie de Steinert), de la dystrophie myotonique de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique, de la démence fronto-temporale et de l’amyotrophie bulbospinale liée à l’X (maladie de Kennedy)</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2024.0057/AC/SEAP du 25 juillet 2024 du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte de la dystrophie myotonique de type 1 (maladie de Steinert), de la dystrophie myotonique de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique, de la démence fronto-temporale et de l’amyotrophie bulbospinale liée à l’X (maladie de Kennedy) Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534963/fr/avis-n2024-0057/ac/seap-du-25-juillet-2024-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-detection-de-mutations-par-expansion-de-nucleotides-dans-le-contexte-de-la-dystrophie-myotonique-de-type-1-maladie-de-steinert-de-la-dystrophie-myotonique-de-type-2-proximal-myotonic-myopathy-de-la-sclerose-laterale-amyotrophique-de-la-demence-fronto-temporale-et-de-l-amyotrophie-bulbospinale-liee-a-l-x-maladie-de-kennedy</t>
+  </si>
+  <si>
+    <t>p_3534963</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0217/DC/SEAP du 25 juillet 2024 du collège de la HAS portant actualisation du rapport d’évaluation technologique intitulé « Biopsies ciblées dans le diagnostic du cancer de la prostate »</t>
+  </si>
+  <si>
+    <t>25/07/2024 16:14:00</t>
+  </si>
+  <si>
+    <t>29/07/2024 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535239/fr/decision-n2024-0217/dc/seap-du-25-juillet-2024-du-college-de-la-has-portant-actualisation-du-rapport-d-evaluation-technologique-intitule-biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>p_3535239</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0155/DC/SEAP du 6 juin 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Détection des génomes du virus de la grippe A et B, et du SARS-CoV- 2 par RT-PCR dans un contexte d’exposition à risque à un virus influenza zoonotique »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Détection des génomes du virus de la grippe A et B, et du SARSCoV-2 par RT-PCR dans un contexte d’exposition à risque à un virus influenza zoonotique », qui est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>06/06/2024 13:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520847/fr/decision-n-2024-0155/dc/seap-du-6-juin-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-detection-des-genomes-du-virus-de-la-grippe-a-et-b-et-du-sars-cov-2-par-rt-pcr-dans-un-contexte-d-exposition-a-risque-a-un-virus-influenza-zoonotique</t>
+  </si>
+  <si>
+    <t>p_3520847</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0048/AC/SEAP du 6 juin 2024 du collège de la HAS relatif à l’extension d’indication, sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de l’acte de détection des génomes du virus de la grippe A et B, et du SARS-CoV-2 par RT-PCR</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’extension d’indication, sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection des génomes du virus de la grippe A et B, et du SARS-CoV-2 par RT-PCR</t>
+  </si>
+  <si>
+    <t>06/06/2024 13:51:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 11:30:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520857/fr/avis-n2024-0048/ac/seap-du-6-juin-2024-du-college-de-la-has-relatif-a-l-extension-d-indication-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-l-acte-de-detection-des-genomes-du-virus-de-la-grippe-a-et-b-et-du-sars-cov-2-par-rt-pcr</t>
+  </si>
+  <si>
+    <t>p_3520857</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0024/DC/SEAP du 24 janvier 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Détection de mutations par expansion de nucléotides - Volet 1 »</t>
+  </si>
+  <si>
+    <t>24/01/2024 12:02:00</t>
+  </si>
+  <si>
+    <t>26/01/2024 16:41:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491312/fr/decision-n-2024-0024/dc/seap-du-24-janvier-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-detection-de-mutations-par-expansion-de-nucleotides-volet-1</t>
+  </si>
+  <si>
+    <t>p_3491312</t>
+  </si>
+  <si>
+    <t>Avis n° 2024.0026/AC/SEAP du 24 janvier 2024 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le cadre du diagnostic pré-implantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich et du CANVAS</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n° 2024.0026/AC/SEAP du 24 janvier 2024 du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le cadre du diagnostic pré-implantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich et du CANVAS. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>24/01/2024 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491319/fr/avis-n-2024-0026/ac/seap-du-24-janvier-2024-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-detection-de-mutations-par-expansion-de-nucleotides-dans-le-cadre-du-diagnostic-pre-implantatoire-et-dans-le-contexte-de-la-maladie-de-huntington-des-ataxies-spino-cerebelleuses-de-type-1-2-3-6-7-et-17-de-l-ataxie-de-friedreich-et-du-canvas</t>
+  </si>
+  <si>
+    <t>p_3491319</t>
+  </si>
+  <si>
+    <t>Avis n° 2024.0025/AC/SEAP du 24 janvier 2024 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides hors cadre du diagnostic pré-implantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich et du CANVAS</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n° 2024.0025/AC/SEAP du 24 janvier 2024 du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides hors cadre du diagnostic pré-implantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich et du CANVAS. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3491324/fr/avis-n-2024-0025/ac/seap-du-24-janvier-2024-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-detection-de-mutations-par-expansion-de-nucleotides-hors-cadre-du-diagnostic-pre-implantatoire-et-dans-le-contexte-de-la-maladie-de-huntington-des-ataxies-spino-cerebelleuses-de-type-1-2-3-6-7-et-17-de-l-ataxie-de-friedreich-et-du-canvas</t>
+  </si>
+  <si>
+    <t>p_3491324</t>
+  </si>
+  <si>
+    <t>Avis n°2023.0046/AC/SEAP du 21 décembre 2023 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de biopsies ciblées dans le diagnostic du cancer de la prostate</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n°2023.0046/AC/SEAP du 21 décembre 2023 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de biopsies ciblées dans le diagnostic du cancer de la prostate. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>21/12/2023 11:06:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483697/fr/avis-n2023-0046/ac/seap-du-21-decembre-2023-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>p_3483697</t>
+  </si>
+  <si>
+    <t>Décision n 2023.0497/DC/SEAP du 21 décembre 2023 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Biopsies ciblées dans le diagnostic du cancer de la prostate »</t>
+  </si>
+  <si>
+    <t>21/12/2023 11:09:00</t>
+  </si>
+  <si>
+    <t>26/12/2023 16:17:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483702/fr/decision-n-2023-0497/dc/seap-du-21-decembre-2023-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-biopsies-ciblees-dans-le-diagnostic-du-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>p_3483702</t>
+  </si>
+  <si>
+    <t>Avis n°2023.0040/AC/SEAP du 30 novembre 2023 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, du traitement par destruction par ultrasons focalisés de haute intensité (HIFU) par voie rectale d’un adénocarcinome localisé de la prostate</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, du traitement par destruction par ultrasons focalisés de haute intensité (HIFU) par voie rectale d’un adénocarcinome localisé de la prostate. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>30/11/2023 15:52:00</t>
+  </si>
+  <si>
+    <t>04/12/2023 16:53:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477523/fr/avis-n2023-0040/ac/seap-du-30-novembre-2023-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-du-traitement-par-destruction-par-ultrasons-focalises-de-haute-intensite-hifu-par-voie-rectale-d-un-adenocarcinome-localise-de-la-prostate</t>
+  </si>
+  <si>
+    <t>p_3477523</t>
+  </si>
+  <si>
+    <t>Décision n° 2023.0205/DC/SEAP du 1er juin 2023 du collège de la HAS adoptant le rapport d’évaluation technologique intitulé « Intérêt des tests rapides d’orientation diagnostique (TROD) antigéniques COVID/grippe et COVID/grippe/VRS en ville »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant le rapport d’évaluation technologique intitulé « Intérêt des tests rapides d’orientation diagnostique (TROD) antigéniques COVID/grippe et COVID/grippe/VRS en ville » qui est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>01/06/2023 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444497/fr/decision-n-2023-0205/dc/seap-du-1er-juin-2023-du-college-de-la-has-adoptant-le-rapport-d-evaluation-technologique-intitule-interet-des-tests-rapides-d-orientation-diagnostique-trod-antigeniques-covid/grippe-et-covid/grippe/vrs-en-ville</t>
+  </si>
+  <si>
+    <t>p_3444497</t>
+  </si>
+  <si>
+    <t>Avis n°2022.0048/AC/SEAP du 21 juillet 2022 du collège de la HAS relatif à l’inscription sur la LAP  mentionnée à l’article L. 162-1-7 du CSS de l’acte de détection du virus de la variole du singe (MonkeyPox virus) par test d’amplification des acides nucléiques (TAAN)</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale de l’acte de détection du virus de la variole du singe (MonkeyPox virus) par test d’amplification des acides nucléiques (TAAN)</t>
+  </si>
+  <si>
+    <t>21/07/2022 13:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356252/fr/avis-n2022-0048/ac/seap-du-21-juillet-2022-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-l-acte-de-detection-du-virus-de-la-variole-du-singe-monkeypox-virus-par-test-d-amplification-des-acides-nucleiques-taan</t>
+  </si>
+  <si>
+    <t>p_3356252</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0282/DC/SEAP du 21 juillet 2022 du collège de la Collège de la Haute Autorité adoptant le rapport d’évaluation technologique intitulé « Diagnostic biologique des mycoplasmes urogénitaux dans les infections génitales basses »</t>
+  </si>
+  <si>
+    <t>21/07/2022 16:53:00</t>
+  </si>
+  <si>
+    <t>25/07/2022 09:48:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356502/fr/decision-n-2022-0282/dc/seap-du-21-juillet-2022-du-college-de-la-college-de-la-haute-autorite-adoptant-le-rapport-d-evaluation-technologique-intitule-diagnostic-biologique-des-mycoplasmes-urogenitaux-dans-les-infections-genitales-basses</t>
+  </si>
+  <si>
+    <t>p_3356502</t>
+  </si>
+  <si>
+    <t>Avis n° 2022.0046/AC/SEAP du 21 juillet 2022 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la recherche et la caractérisation des mycoplasmes dans les infections génitales basses (urétrite, cervicite)</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la recherche et la caractérisation des mycoplasmes dans les infections génitales basses (urétrite, cervicite) Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>21/07/2022 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356508/fr/avis-n-2022-0046/ac/seap-du-21-juillet-2022-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-recherche-et-la-caracterisation-des-mycoplasmes-dans-les-infections-genitales-basses-uretrite-cervicite</t>
+  </si>
+  <si>
+    <t>p_3356508</t>
+  </si>
+  <si>
+    <t>Avis n° 2022.0013/AC/SEAP du 17 février 2022 du collège de la HAS relatif à la détection antigénique rapide du virus SARS-CoV-2 sur prélèvement salivaire (TDR/TROD et autotests)</t>
+  </si>
+  <si>
+    <t>Dans son avis du 23 avril 2021, la HAS a conclu à un service attendu insuffisant pour les tests antigéniques rapides sur prélèvement salivaire « faute d’efficacité satisfaisante, compte tenu d’une sensibilité inférieure aux valeurs seuils minimales fixées par l’OMS de 80 % et 50 % respectivement chez les patients symptomatiques et les personnes asymptomatiques ». Cet avis reposait sur les premières données scientifiques disponibles dans la littérature et sur une consultation d'avis d’experts. La présente évaluation fait suite à la saisine de la Direction générale de la santé (DGS) du 18 janvier 2022 qui souhaitait disposer d’une actualisation des données de la littérature et de cet avis face à un contexte d’offre de dépistage des cas contacts en tension (notamment dans le milieu scolaire) et vis-à-vis de données préliminaires laissant entrevoir une meilleure excrétion du virus dans la salive pour le nouveau variant Omicron. Une consultation pluridisciplinaire d’experts a été également recueillie dans le cadre de cette actualisation.</t>
+  </si>
+  <si>
+    <t>17/02/2022 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318212/fr/avis-n-2022-0013/ac/seap-du-17-fevrier-2022-du-college-de-la-has-relatif-a-la-detection-antigenique-rapide-du-virus-sars-cov-2-sur-prelevement-salivaire-tdr/trod-et-autotests</t>
+  </si>
+  <si>
+    <t>p_3318212</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0072/AC/SEAP du 13 octobre 2021 du collège de la HAS relatif au retrait du résultat d’un autotest de détection antigénique réalisé sous la supervision d’un professionnel de santé parmi les preuves justifiant l’absence de contamination par le virus SARS-CoV-2 dans le cadre du passe sanitaire</t>
+  </si>
+  <si>
+    <t>Suite à l’avis HAS du 6 aout 2021, les résultats des autotests de détection antigénique du SARS-CoV-2 réalisés sous la supervision d’un professionnel de santé ont été intégrés parmi les éléments susceptibles de justifier l’absence de contamination de ce même virus en vue de l’obtention du passe sanitaire. Dans le cadre de l’évolution de la stratégie de prise en charge des tests de dépistage annoncée pour le 15 octobre 2021 et compte tenu du succès estival de la campagne de vaccination limitant le besoin en tests, le Directeur général de la santé, dans sa saisine du 7 octobre 2021, sollicite l’avis de la HAS quant au retrait du résultat d’un autotest de détection antigénique, sur prélèvement nasal, sous la supervision d’un professionnel de santé, parmi les preuves justifiant l’absence de contamination par le virus SARS-CoV-2 dans le cadre du passe sanitaire.</t>
+  </si>
+  <si>
+    <t>13/10/2021 17:05:00</t>
+  </si>
+  <si>
+    <t>14/10/2021 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292564/fr/avis-n-2021-0072/ac/seap-du-13-octobre-2021-du-college-de-la-has-relatif-au-retrait-du-resultat-d-un-autotest-de-detection-antigenique-realise-sous-la-supervision-d-un-professionnel-de-sante-parmi-les-preuves-justifiant-l-absence-de-contamination-par-le-virus-sars-cov-2-dans-le-cadre-du-passe-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3292564</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0060/AC/SEAP du 6 août 2021 du collège de la Haute Autorité de santé relatif : (i) à l’intégration des autotests de détection antigénique réalisés sous la supervision d’un professionnel de santé parmi les preuves justifiant l’absence de contamination par le virus SARS-CoV-2 dans le cadre du passe sanitaire et (ii) à l’extension de la durée de validité des résultats négatifs d’un examen de dépistage virologique</t>
+  </si>
+  <si>
+    <t>À la suite d’une saisine du Directeur général de la santé le 04 août 2021, la HAS rend un avis favorable à l’intégration des autotests de détection antigénique, sur prélèvement nasal, sous la supervision d’un professionnel de santé, parmi les preuves justifiant l’absence de contamination par le virus SARS-CoV-2 dans le cadre du passe sanitaire. Par ailleurs, les données très préliminaires (suggérant d’une part une charge virale très élevée facilitant la détection et d’autre part une cinétique plus rapide de réplication du variant delta) ne permettent pas à ce stade de conclure à l’absence d’un surrisque d’augmentation de circulation du virus induit par l’extension de la durée de validité des résultats négatifs des tests de dépistage de 48 à 72 heures. La production d’études et de modélisation complémentaires est donc encouragée pour répondre à cette question. Dans l’attente de ces données, si toutefois l’extension de la durée de validité des résultats négatifs des tests de dépistage de 48 à 72 heures était mise en œuvre dans les conditions prévues dans le projet de décret susvisé afin de rendre pleinement opérationnel le passe sanitaire, la HAS recommanderait alors de conditionner cette mesure au retour des gestes barrières au sein des établissements ou lors d’évènements subordonnés à la présentation d’un passe sanitaire, en particulier dans les espaces clos.</t>
+  </si>
+  <si>
+    <t>06/08/2021 17:05:00</t>
+  </si>
+  <si>
+    <t>08/08/2021 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280175/fr/avis-n-2021-0060/ac/seap-du-6-aout-2021-du-college-de-la-haute-autorite-de-sante-relatif-i-a-l-integration-des-autotests-de-detection-antigenique-realises-sous-la-supervision-d-un-professionnel-de-sante-parmi-les-preuves-justifiant-l-absence-de-contamination-par-le-virus-sars-cov-2-dans-le-cadre-du-passe-sanitaire-et-ii-a-l-extension-de-la-duree-de-validite-des-resultats-negatifs-d-un-examen-de-depistage-virologique</t>
+  </si>
+  <si>
+    <t>p_3280175</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0055/AC/SEAP du 26 juillet 2021 du collège de la HAS relatif aux tests de détection des anticorps sériques dirigés contre le coronavirus en contexte de dépistage pré-vaccinal</t>
+  </si>
+  <si>
+    <t>Dans le cadre de ses décision et avis du 31 mai et du 17 juin 2021, la Haute Autorité de santé (HAS) s’est prononcée en faveur de la détection des anticorps sériques anti-SARS-CoV-2 par TROD (recherche d’IgG ou d’Ig totales) lors du premier rendez-vous vaccinal, chez les personnes immunocompétentes et sans facteurs de risque de développer une forme grave de la maladie (jeunes adultes), sans antécédent prouvé (par examen biologique) d’infection au SARS-CoV-2 afin de déterminer si le schéma vaccinal ne comportera qu’une dose (si le résultat est positif) ou deux doses (si le résultat est négatif) conformément aux recommandations de la HAS. Lors des travaux étayant ces décision et avis, les données disponibles n’étaient pas suffisantes pour discriminer entre les différentes cibles virales utilisées par les tests sérologiques (protéine N et/ou protéine S). Compte tenu de ces nouvelles données, la Haute Autorité de santé recommande, en contexte de dépistage pré-vaccinal, l’utilisation préférentielle des tests de détection des anticorps sériques anti-SARS-CoV-2 (recherche d’IgG ou d’Ig totales) utilisant comme cible virale de détection : soit la protéine virale S (ou ses composantes) ; soit les protéines virales S et N (détection combinée).</t>
+  </si>
+  <si>
+    <t>26/07/2021 16:59:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:16:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280170/fr/avis-n-2021-0055/ac/seap-du-26-juillet-2021-du-college-de-la-has-relatif-aux-tests-de-detection-des-anticorps-seriques-diriges-contre-le-coronavirus-en-contexte-de-depistage-pre-vaccinal</t>
+  </si>
+  <si>
+    <t>p_3280170</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0028/AC/SEAP du 23 avril 2021 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection antigénique du virus SARS-CoV-2 sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>Les tests de détection antigéniques du SARS-CoV-2 sur prélèvement nasopharyngé sont aujourd’hui des tests clés dans la prise en charge de l’infection à SARS-CoV-2. Pour autant, le recours au prélèvement nasopharyngé, invasif, limite l’acceptabilité de ce test. Il est donc pertinent d’évaluer d’autres modalités de prélèvement pour la réalisation des tests antigéniques. Après avoir évalué le recours au prélèvement nasal, la HAS a évalué le recours au prélèvement salivaire pour la réalisation des tests antigéniques. A l’issue d’une analyse critique de la littérature et de la position d’un groupe de travail pluridisciplinaire, la HAS considère que ces tests sur prélèvement salivaire ne présente pas une efficacité diagnostique suffisante. La HAS octroie donc un Service Attendu insuffisant aux tests antigéniques sur prélèvement salivaire.</t>
+  </si>
+  <si>
+    <t>23/04/2021 13:34:00</t>
+  </si>
+  <si>
+    <t>26/04/2021 18:56:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263360/fr/avis-n-2021-0028/ac/seap-du-23-avril-2021-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-antigenique-du-virus-sars-cov-2-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3263360</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0029/AC/SEAP du 23 avril 2021 du collège de la HAS relatif à la détection antigénique rapide du virus SARS-CoV-2 sur prélèvement nasal (TDR, TROD et autotest)</t>
+  </si>
+  <si>
+    <t>Comme annoncé dans son avis du 15 mars 2021, la HAS a réalisé une analyse critique de la littérature et une méta-analyse des performances diagnostiques des tests antigéniques rapides sur prélèvement nasal. Globalement, les performances diagnostiques se révèlent satisfaisantes (au-delà des valeurs seuils minimales). Compte tenu d’analyses ad hoc complémentaires, il apparait que ces performances sont également satisfaisantes pour la population pédiatrique, quel que soit l’âge. C’est pourquoi, la HAS confirme les indications préalablement définies le 15 mars 2021 mais en retirant la limite d’âge initialement fixée à 15 ans. Par ailleurs, compte tenu de données de modélisation, un focus a également été réalisé sur l’utilisation des autotests en situation de dépistage ciblé itératif à large échelle en milieu scolaire et universitaire, avec notamment la préconisation d’une fréquence de répétition des autotests d’au minimum une fois par semaine</t>
+  </si>
+  <si>
+    <t>23/04/2021 13:38:00</t>
+  </si>
+  <si>
+    <t>26/04/2021 18:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263368/fr/avis-n-2021-0029/ac/seap-du-23-avril-2021-du-college-de-la-has-relatif-a-la-detection-antigenique-rapide-du-virus-sars-cov-2-sur-prelevement-nasal-tdr-trod-et-autotest</t>
+  </si>
+  <si>
+    <t>p_3263368</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0026/AC/SEAP du 8 avril 2021 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection antigénique automatisée du virus SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>Le présent avis porte sur les tests automatisés de détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé, tests tels que les tests immunochimiques en plaque (ELISA) ou en milieu liquide avec détection par chimiluminescence (CLIA) qui sont à haut débit et fonctionnent avec un système de lecture automatisé (plateformes intégrées automatisées). Ces tests automatisés ont uniquement vocation à être réalisés en laboratoire de biologie médicale. Au total, compte tenu de l’analyse critique de la littérature et de la position de la Société Française de Microbiologie, il peut être conclu que : chez les patients symptomatiques, les tests antigéniques automatisés sont indiqués en seconde intention lorsque des effectifs importants doivent être testés et que la RT-PCR n’est pas disponible ; chez les personnes cas-contact asymptomatiques, les tests antigéniques automatisés sont indiqués en seconde intention lorsque des effectifs importants doivent être testés et que la RT-PCR n’est pas disponible ; chez les personnes asymptomatiques en situation de dépistage, ces tests sont indiqués en seconde intention en cas d’indisponibilité de la RT-PCR, lors de dépistages ciblés à large échelle, lorsque des effectifs importants doivent être testés (par exemple : analyse de clusters importants). En revanche, les tests antigéniques automatisés ne sont pas indiqués pour les dépistages itératifs compte tenu du prélèvement nasopharyngé requis actuellement pour ces tests. En conséquence, la Haute Autorité de santé est favorable à l’inscription de la détection antigénique automatisée du virus SARS-CoV-2 sur prélèvement nasopharyngé sur la liste des actes et prestations, mentionnée à l’article L. 162-1-7 du code de la sécurité sociale (service attendu suffisant et amélioration du service attendu de niveau V) dans les indications susmentionnées, si le test utilisé présente une sensibilité clinique supérieure ou égale à 80 % et une spécificité clinique supérieure ou égale à 99 %.</t>
+  </si>
+  <si>
+    <t>08/04/2021 17:46:00</t>
+  </si>
+  <si>
+    <t>16/04/2021 08:35:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261094/fr/avis-n-2021-0026/ac/seap-du-8-avril-2021-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-antigenique-automatisee-du-virus-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3261094</t>
+  </si>
+  <si>
+    <t>Avis n°2021.0012/AC/SEAP du 11 mars 2021 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection du génome du virus SARS-CoV-2 par technique isotherme d’amplification médiée par la transcription (TMA) sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection du génome du virus SARS-CoV-2 par technique isotherme d’amplification médiée par la transcription (TMA) sur prélèvement salivaire. La HAS est favorable à l’inscription de la technique TMA sur prélèvement salivaire dans les mêmes indications de dépistage ou de détection que la technique de transcription inverse suivie d’une amplification (RT-PCR) sur prélèvement salivaire.</t>
+  </si>
+  <si>
+    <t>11/03/2021 16:09:00</t>
+  </si>
+  <si>
+    <t>16/03/2021 09:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243221/fr/avis-n2021-0012/ac/seap-du-11-mars-2021-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-du-genome-du-virus-sars-cov-2-par-technique-isotherme-d-amplification-mediee-par-la-transcription-tma-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3243221</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0015/AC/SEAP du 15 mars 2021 du collège de la HAS relatif à la détection antigénique rapide du virus SARS-CoV-2 sur prélèvement nasal (TDR, TROD et autotest)</t>
+  </si>
+  <si>
+    <t>La HAS poursuit sa veille sur les tests de diagnostic et de dépistage de la COVID-19 dans le but d’optimiser la stratégie de prise en charge de la COVID-19 au fil de l’apparition des nouvelles offres et de l’évolution des connaissances scientifiques. Fin septembre 2020, elle avait rendu un premier avis favorable pour l’utilisation des tests antigéniques sur prélèvement nasopharyngé, tests largement déployés depuis en complément des tests RT-PCR. Plus rapides, les tests antigéniques sont désormais disponibles sur prélèvement nasal, en test de diagnostic rapide (TDR), en test rapide d’orientation diagnostique (TROD) ou sous forme d’autotests. Sur la base de premières données scientifiques et de l’avis des experts qu’elle a réunis, la HAS se prononce aujourd’hui sur les indications des tests antigéniques sur prélèvement nasal, qu’ils s’agissent de TDR et TROD d’une part (prélèvement, réalisation et interprétation par un professionnel) ou d’autotests d’autre part (prélèvement, réalisation et interprétation par la personne elle-même). Elle en précise également les performances minimales requises.</t>
+  </si>
+  <si>
+    <t>15/03/2021 14:12:00</t>
+  </si>
+  <si>
+    <t>16/03/2021 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243455/fr/avis-n-2021-0015/ac/seap-du-15-mars-2021-du-college-de-la-has-relatif-a-la-detection-antigenique-rapide-du-virus-sars-cov-2-sur-prelevement-nasal-tdr-trod-et-autotest</t>
+  </si>
+  <si>
+    <t>p_3243455</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0007/AC/SEAP du 10 février 2021 du collège de la HAS relatif aux modifications des conditions d’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, à la détection du génome du virus SARS-CoV-2 par technique de transcription inverse suivie d’une amplification (RT-PCR) sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>Dans la continuité de son avis rendu fin janvier 2021, la HAS finalise la réévaluation des RT-PCR SARS-CoV-2 sur prélèvement salivaire. Ainsi, compte tenu des résultats d’une très large méta-analyse regroupant 65 essais portant sur les performances diagnostiques du test RT-PCR sur prélèvement salivaire et de la position du groupe d’experts, la HAS est désormais favorable à la prise en charge de ces tests non invasifs dans trois indications. Chez les patients symptomatiques, les indications définies dans l’avis de septembre restent inchangées : le test sur prélèvement salivaire est indiqué en seconde intention lorsque le prélèvement nasopharyngé est difficile ou impossible. Chez les personnes-contacts, le prélèvement salivaire est désormais indiqué en seconde intention lors du contact tracing lorsque le prélèvement nasopharyngé est difficile ou impossible. Chez les personnes asymptomatiques, le prélèvement salivaire étant mieux accepté que celui qui consiste à introduire un écouvillon au fond du nez, il est désormais indiqué en 1re intention dans le cadre d’un dépistage itératif ciblé à large échelle sur population fermée (écoles, collèges, lycées, universités ou personnels d’établissement de santé ou d’Ehpad…). Par ailleurs, la HAS a également défini les conditions de réalisation de ces tests et leurs modalités de validation avant accès au marché.</t>
+  </si>
+  <si>
+    <t>10/02/2021 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236975/fr/avis-n-2021-0007/ac/seap-du-10-fevrier-2021-du-college-de-la-has-relatif-aux-modifications-des-conditions-d-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-a-la-detection-du-genome-du-virus-sars-cov-2-par-technique-de-transcription-inverse-suivie-d-une-amplification-rt-pcr-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3236975</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0006/AC/SEAP du 4 février 2021 du collège de la HAS relatif à la prise en charge dérogatoire de la détection antigénique N du virus SARS-CoV-2 sur prélèvement sanguin en application de l’article L. 165-1-1 du CSS</t>
+  </si>
+  <si>
+    <t>Avis du 4 février 2021 du collège de la Haute Autorité de santé relatif à la prise en charge dérogatoire de la détection antigénique N du virus SARS-CoV-2 sur prélèvement sanguin en application de l’article L. 165-1-1 du code de la sécurité sociale</t>
+  </si>
+  <si>
+    <t>04/02/2021 09:36:00</t>
+  </si>
+  <si>
+    <t>05/02/2021 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236195/fr/avis-n-2021-0006/ac/seap-du-4-fevrier-2021-du-college-de-la-has-relatif-a-la-prise-en-charge-derogatoire-de-la-detection-antigenique-n-du-virus-sars-cov-2-sur-prelevement-sanguin-en-application-de-l-article-l-165-1-1-du-css</t>
+  </si>
+  <si>
+    <t>p_3236195</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0005/AC/SEAP du 22 janvier 2021 du collège de la HAS relatif à la détection du génome du virus SARS-CoV-2 par technique de transcription inverse suivie d’une amplification (RT-PCR) sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a donné le 18 septembre 2020 un avis favorable au remboursement de la détection du génome du virus SARS-CoV-2 par technique de transcription inverse suivie d’une amplification (RT-PCR) sur prélèvement salivaire dans l’indication de diagnostic des patients symptomatiques non hospitalisés jusqu’à 7 jours après apparition des symptômes, en orientant de préférence les patients vulnérables vers le prélèvement salivaire, tout particulièrement lorsque le prélèvement nasopharyngé est difficile voire impossible à réaliser. En revanche, compte tenu des données alors disponibles rapportant une très faible sensibilité, le recours à la détection du génome du virus SARS-CoV-2 sur prélèvement salivaire n’était pas indiqué en situation de dépistage pour les personnes asymptomatiques. Cet avis étant susceptible d’être modifié en fonction de l’évolution des connaissances scientifiques, un état des lieux des positions d’organismes et d’institutions françaises, d’agences internationales d’évaluations de technologies de santé et de la littérature scientifique publiée depuis cet avis sur les tests RT-PCR sur prélèvement salivaire a été réalisé en janvier 2021. Il ressort de cet état des lieux que : Les positions publiées depuis mai 2020 par les organismes et institutions françaises (Haut Conseil de Santé Publique, Conseil Scientifique, Centre National de Référence des virus respiratoires dont la grippe, Société Française de Microbiologie et Académie de médecine) sont en accord avec l’avis émis en septembre 2020 par la HAS : Le test RT-PCR sur prélèvement salivaire est indiqué en seconde intention chez les patients symptomatiques lorsque le prélèvement nasopharyngé est difficile ou impossible ; il n’est pas validé chez les personnes asymptomatiques ;. Le prélèvement salivaire ,indolore, est jugé moins invasif (meilleure acceptabilité) mais plus contraignant d’un point de vue analytique que le prélèvement nasopharyngé (pré-traitement requis, risque de contamination de l’échantillon, retard de rendu de résultat) ; Le test de référence mentionné est la détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé (prélèvement salivaire non mentionné). L’analyse des conclusions des rapports des agences d’évaluation des technologies de santé internationales et les résultats de l’enquête menée en janvier 2021 auprès de ces agences indique que : La technique de référence est la détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé avec ou sans prélèvement oropharyngé (aucune mention du prélèvement salivaire) ; La RT-PCR sur prélèvement salivaire est : (i) autorisée au Japon (juin 2020) et aux Etats-Unis (octobre 2020) ou (ii) considérée par l’European Center for Diseases Control (eCDC) comme une alternative potentiellement intéressante de seconde intention lorsque le prélèvement nasopharyngé n’est pas possible ou mal toléré ou (iii) considérée comme susceptible d’être intéressante dans certaines populations mais en cours d’évaluation (Australie, Canada, Royaume-Uni, Irlande) ou (iv) non recommandée (Organisation Mondiale de la santé (OMS), European Network of Health technology Assessment (EUnetHTA), Allemagne, Italie, Norvège). La veille bibliographique a identifié de nombreux essais publiés depuis septembre 2020 (dont plusieurs méta-analyses) estimant les performances diagnostiques du test RT-PCR sur prélèvement salivaire. Si les positions internationales sur les tests salivaires sont diverses et en général marquées par la prudence, les travaux scientifiques récents offrent de nouvelles perspectives. Compte tenu de l’intérêt potentiel d’un développement de la RT-PCR sur prélèvement salivaire dans la lutte contre l’épidémie de Covid-19, la HAS a ainsi conduit une nouvelle revue systématique et réalisé une méta-analyse des faits publiés qu’elle a complétée par la consultation d’experts réunis en un groupe de travail le 21 janvier 2021 aussi bien pour examiner les questions de performance que pour ouvrir la discussion sur le test de référence. La méta-analyse réalisée a inclus 64 essais ayant regroupé 18 931 patients présentant 4 520 paires de tests nasopharyngés et/ou salivaires positifs. Le critère de jugement principal choisi est la différence de sensibilité (Se) de détection du Sars-CoV-2 entre les tests RT-PCR salivaires et nasopharyngés. Les sensibilités respectives des RT-PCR salivaires et nasopharyngés ont également été examinées en tant que critère secondaire. Tenant compte du caractère imparfait des tests RT-PCR nasopharyngés et salivaires, ces critères de sensibilité ont été estimés en considérant tout positif à l’un ou l’autre de ces prélèvements comme un vrai positif. L’exactitude de ce raisonnement sous-tend i) l’absence de contamination des prélèvements, ii) l’affirmation de la « positivité » de chaque test uniquement en fonction de critères conformes aux recommandations en vigueur (nombre de cycles de RT-PCR ≤ 40 notamment) et iii) le recours au même test RT-PCR pour le prélèvement nasopharyngé et le prélèvement salivaire. Enfin, considérer tout résultat positif de RT-PCR comme un vrai positif a pour corollaire de ne pas pouvoir identifier de « faux positifs » : il n’est dès lors pas possible d’estimer la spécificité des tests RT-PCR dans les essais qui ne comparent que les tests RT-PCR entre eux. La méta-analyse par modèle à effet aléatoire réalisée estime que les tests RT-PCR salivaires pourraient induire, en populations symptomatiques et asymptomatiques confondues, une perte significative de sensibilité de 2 à 11 % s’ils venaient à se substituer aux tests RT-PCR nasopharyngés. Cette estimation est associée à une hétérogénéité majeure de résultats imputables tant à une variabilité inter-essais qu’à une variabilité intra-essai. Les sensibilités estimées des tests RT-PCR salivaires et nasopharyngés sont également associées à une hétérogénéité importante. Sous cette réserve, les méta-analyses secondaires réalisées associent les tests RT-PCR salivaires à une sensibilité satisfaisante quoique plus faible que celle des tests RT-PCR nasopharyngés : 85 % [82 %-88 %] et 92 % [90 %-94 %] respectivement – la méta-analyse de la HAS a montré que cette différence était significative statistiquement, les deux intervalles de confiance étant disjoints. Toutefois, la sensibilité ainsi estimée des tests salivaires se révèle supérieure au seuil de 80 % fixé par la HAS dans ses avis précédents sur les tests antigéniques. Parallèlement, une analyse en sous-groupe présentée dans la méta-analyse publiée début janvier 2021 par Lisboa et al. a rapporté des sensibilités de 87 % [82 %-91 %]) pour les patients symptomatiques et de 86 % [70 %-94 %] pour les personnes asymptomatiques. En accord avec la position du groupe d’experts, la HAS souligne que si les résultats de la méta-analyse valident l’intérêt potentiel du recours au test RT-PCR sur prélèvement salivaire même en l’absence de symptômes, notamment dans des situations nécessitant des tests itératifs, ils n’en demeurent pas moins très hétérogènes, notamment en raison des variabilités du prélèvement salivaire et des kits RT-PCR vis-à-vis de cette matrice. Par ailleurs, la HAS souligne la nécessité de prendre correctement en compte les contraintes techniques et organisationnelles du test RT-PCR sur prélèvement salivaire, notamment le traitement pré-analytique de l’échantillon et le paramétrage d’une machine pour des tests RT-PCR qui ne sont pas les mêmes que pour les tests RT-PCR sur prélèvement nasopharyngé. Il n’est donc pas possible de traiter en même temps et sur le même automate des prélèvements salivaires et nasopharyngés, complexifiant ainsi la gestion des échantillons au niveau des laboratoires de biologie médicale. La HAS rappelle également que la réalisation d’un nombre plus important de tests, compte tenu de la meilleure acceptabilité du test sur prélèvement salivaire, pourrait induire, toutes choses égales par ailleurs, une saturation des capacités de traitement des laboratoires de biologie médicale au niveau des phases pré-analytique (traitement du prélèvement salivaire) et analytique (étape de RT-PCR). Si tel était le cas, l’augmentation des délais de rendu des résultats auraient un impact organisationnel négatif malgré l’augmentation du nombre de tests réalisés. Ainsi, avant de pouvoir préciser la place des RT-PCR sur prélèvement salivaire dans la stratégie de prise en charge de l’infection à SARS-CoV-2 (et tout particulièrement chez les personnes asymptomatiques), il convient de définir précisément : les conditions techniques de réalisation de ce test ; les organisations à mettre en place au niveau des laboratoires de biologie médicale, préalablement à tout déploiement à large échelle. Ces conditions techniques pourront être prochainement précisées en fonction notamment des résultats définitifs des études françaises COVISAL, SALICOV et SAMILCOV. Il conviendra également d’articuler les places respectives des tests RT-PCR sur prélèvement salivaire et des tests antigéniques rapides sur prélèvement nasopharyngé dans la stratégie de prise en charge de l’infection à SARS-CoV-2. Le présent avis sur la détection du génome viral par RT-PCR sur prélèvement salivaire sera donc complété dès que possible par un autre avis qui détaillera notamment les exigences techniques pour la réalisation de cet acte, ses indications, notamment vis-à-vis des personnes asymptomatiques et sa place dans la stratégie de prise en charge de l’infection à SARS-CoV-2. Par ailleurs, compte tenu du changement de référence susmentionné et de son impact sur les estimations de spécificités, la HAS considère, par corolaire, qu’il n’est plus nécessaire de contrôler les résultats positifs du test RT-LAMP intégré sur prélèvement salivaire EASYCoV, dans son indication chez les patients symptomatiques pour lesquels le prélèvement nasopharyngé est difficile ou impossible. Pour l’heure, en l’attente de données complémentaires, les indications de ce test restent inchangées.</t>
+  </si>
+  <si>
+    <t>22/01/2021 11:29:00</t>
+  </si>
+  <si>
+    <t>23/01/2021 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3233975/fr/avis-n-2021-0005/ac/seap-du-22-janvier-2021-du-college-de-la-has-relatif-a-la-detection-du-genome-du-virus-sars-cov-2-par-technique-de-transcription-inverse-suivie-d-une-amplification-rt-pcr-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3233975</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0080/AC/SEAP du 27 novembre 2020 du collège de la Haute Autorité de santé relatif aux modifications des conditions d’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>Dans son avis du 8 octobre 2020 relatif à l’utilisation de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé en contexte ambulatoire, la HAS n’avait pas pu se prononcer favorablement sur l’utilisation des tests antigéniques pour les personnes contact, faute de données disponibles. Considérant que les performances diagnostiques désormais disponibles du test de détection antigénique sur prélèvement nasopharyngé sont satisfaisantes et ce, surtout dans les premiers jours suivants l’exposition ; Considérant que les données désormais disponibles de distribution des charges virales chez les personnes contact sont également rassurantes quant à la capacité des tests antigéniques à détecter efficacement le SARS-CoV-2 chez les personnes-contact asymptomatiques ; La Haute Autorité de santé donne un avis favorable aux modifications des conditions d’inscription sur la liste des actes et prestations, mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé (service attendu [SA] suffisant et amélioration du service attendu [ASA] de niveau V comparativement à la RT-PCR sur prélèvement nasopharyngé), acte désormais également indiqué pour les personnes-contact détectées isolément ou sein de cluster. La cinétique de réalisation du test antigéniques est la même que celle recommandée pour la RT-PCR, à savoir : le plus tôt possible puis à 7 jours pour les personnes contacts à haut risque (au sein du même foyer qu’un patient contaminé) ; à 7 jours après exposition pour les autres personnes contacts (faible risque). En fonction de l’évolution des connaissances scientifiques, cette position sera susceptible d’être revue. La HAS rappelle la prépondérance du respect des gestes barrières et de l’isolement dans la lutte contre l’infection à SARS-CoV-2.</t>
+  </si>
+  <si>
+    <t>27/11/2020 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221172/fr/avis-n-2020-0080/ac/seap-du-27-novembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-aux-modifications-des-conditions-d-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-detection-antigenique-du-virus-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3221172</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0081/AC/SEAP du 27 novembre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP intégrée sur prélèvement salivaire (système EASYCOV)</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS, compte tenu des données de performances diagnostiques disponibles, a rendu le 18 septembre 2020 un avis favorable à l’utilisation de la détection du génome du virus SARS-CoV-2 par RT-PCR sur prélèvement salivaire. Considérant que pour les patients symptomatiques, les performances diagnostiques désormais disponibles du test de détection du génome du virus SARS-CoV-2 par technique RT-LAMP intégrée sur prélèvement salivaire (système EASYCOV) sont satisfaisantes en matière de sensibilité clinique (84 %) mais non satisfaisantes en matière de spécificité clinique (92 %) par rapport aux performances minimales requises par la Haute Autorité de santé (sensibilité clinique de 80 % et spécificité clinique de 99 %) ; Toutefois, considérant l’apport du prélèvement salivaire en matière d’acceptabilité du test comparativement au prélèvement nasopharyngé ; Considérant la plus grande rapidité du test EASYCOV comparativement à la RT-PCR, permettant de disposer d’un résultat en 40 minutes contre plusieurs heures pour la RT-PCR ; Considérant l’absence de données cliniques robustes de performances diagnostiques de cet acte pour les personnes asymptomatiques ; La Haute Autorité de santé donne un avis favorable à l’inscription sur la liste des actes et prestations, mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP intégrée sur prélèvement salivaire (système EASYCOV) (service attendu [SA] suffisant et amélioration du service attendu [ASA] de niveau V) uniquement chez les patients symptomatiques pour lesquels le prélèvement nasopharyngé est impossible ou difficilement réalisable. En cas de test positif, un contrôle par un test RT-PCR sur prélèvement salivaire est nécessaire, compte tenu de la spécificité du test EASYCOV. En fonction de l’évolution des connaissances scientifiques, cette position sera susceptible d’être revue. La HAS rappelle la prépondérance du respect des gestes barrières dans la lutte contre l’infection à SARS-CoV-2.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221176/fr/avis-n-2020-0081/ac/seap-du-27-novembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-detection-du-genome-du-virus-sars-cov-2-par-technique-rt-lamp-integree-sur-prelevement-salivaire-systeme-easycov</t>
+  </si>
+  <si>
+    <t>p_3221176</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0082/AC/SEAP du 27 novembre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP sur prélèvement salivaire (hors système intégré de type EasyCoV)</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS, compte tenu des données de performances diagnostiques disponibles, a rendu le 18 septembre 2020 un avis favorable à l’utilisation de la détection du génome du virus SARS-CoV-2 par RT-PCR sur prélèvement salivaire. La HAS ne s’était pas prononcée sur l’utilisation de la technique RT-LAMP dans ce contexte faute de données robustes disponibles. Considérant que, pour les patients symptomatiques, les performances diagnostiques désormais disponibles du test de détection du génome du virus SARS-CoV-2 par technique RT-LAMP sur prélèvement salivaire (hors système intégré) sont insuffisantes (sensibilité clinique de 75 % et spécificité clinique de 94 %) par rapport aux performances minimales requises par la Haute Autorité de santé (sensibilité clinique de 80 % et spécificité clinique de 99 %) ; Considérant l’absence de données cliniques robustes de performances diagnostiques de cet acte pour les personnes asymptomatiques ; La Haute Autorité de santé donne un avis défavorable à l’inscription sur la liste des actes et prestations, mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP sur prélèvement salivaire (hors système intégré) (service attendu [SA] insuffisant). En fonction de l’évolution des connaissances scientifiques, cette position sera susceptible d’être revue. La HAS rappelle la prépondérance du respect des gestes barrières dans la lutte contre l’infection à SARS-CoV-2.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221181/fr/avis-n-2020-0082/ac/seap-du-27-novembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-detection-du-genome-du-virus-sars-cov-2-par-technique-rt-lamp-sur-prelevement-salivaire-hors-systeme-integre-de-type-easycov</t>
+  </si>
+  <si>
+    <t>p_3221181</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0062/AC/SEAP du 15 octobre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la recherche directe des virus des infections respiratoires hivernales (dont les virus Influenza A et B) concomitamment à la recherche directe du virus SARS-CoV-2 sur prélèvement nasopharyngé, en période de co-circulation de ces virus</t>
+  </si>
+  <si>
+    <t>Compte tenu des éléments de contexte suivants : en France métropolitaine, une co-circulation du SARS-CoV-2 responsable de la COVID-19 et de certains virus responsables d’infections respiratoires hivernales a débuté. Parmi ces virus hivernaux, les virus influenza A et B responsables de la grippe sont particulièrement surveillés compte tenu des risques de grippe sévère et de décès chez les patients à risque ; les signes cliniques de la grippe et de la COVID-19 sont très proches et aucun symptôme ou tableau clinique n'est réellement spécifique de l'une ou de l'autre ; il est alors très difficile de poser un diagnostic différentiel de ces deux infections sur le seul examen clinique, alors que des cas de co-infections ont été décrits ; les personnes à risque de formes sévères de l'une ou l'autre de ces deux infections virales sont globalement les mêmes (personnes âgées, patients avec des maladies chroniques…) ; les possibles conséquences de la co-infection des virus Influenza A/B et SARS-CoV-2 sur la mortalité ; différents examens de recherche directe du virus SARS-CoV-2 sont d'ores et déjà disponibles et pris en charge par l’Assurance maladie, dans des conditions fixées par arrêtés du ministre des solidarités et de la santé, pris après avis de la Haute Autorité de santé ; la recherche des génomes des différents virus a pour but (i) de diminuer le taux d'admission en hospitalisation pour les patients aux urgences, (ii) d’organiser des mesures d’isolement séparé pour les patients hospitalisés ou hébergés au sein d’établissements médico-sociaux et porteurs des virus de la grippe et/ou du SARS-CoV-2 (afin d'éviter la transmission d’infection et les co-infections) et (iii) de mettre en place une prise en charge optimale diagnostique (orientations/limitations des explorations complémentaires) et thérapeutique (notamment une juste prescription des antibiotiques) ; Il n’existe aucun traitement antiviral curatif contre ces deux infections ayant fait la preuve d’un service médical rendu suffisant ; Le recours aux différents tests est indépendant du statut vaccinal du patient. Après avoir réalisé une revue générale de la littérature - ayant notamment intégré l'avis du Haut conseil de la santé publique du 17 septembre 2020 relatif à la co-circulation du SARS-CoV-2 et des virus hivernaux ainsi que la réponse rapide de l'Institut national d'excellence en santé et en services sociaux du Québec du 7 octobre 2020 et interrogé un groupe d'experts composé de biologiste médical (virologue), de clinicien (médecin généraliste, pédiatre, gériatre et infectiologue) et de patient , sélectionnés après avis du comité de déontologie de la HAS, la Haute Autorité de santé précise des usages possibles des différents tests (il ne s’agit pas ici d’une recommandation de stratégie) : 1/ Patients symptomatiques adultes. 1a/ Patients en établissements hospitaliers (urgences et hospitalisation) présentant des symptômes d’une infection respiratoire, susceptibles d’avoir une origine virale grippale ou autre et/ou de COVID-19. Recherche de l'ARN des virus responsables d’infection respiratoire hivernale (dont les virus influenza A et B) par transcriptase inverse et réaction de polymérisation en chaîne (reverse transcriptase - polymerase chain reaction, ou RT-PCR) sur prélèvement nasopharyngé. Recherche de l’ARN du SARS-CoV-2 par amplification génique sur prélèvement nasopharyngé. Ces recherches peuvent être réalisées à l’aide : de tests multiplex détectant les génomes de l’ensemble des virus responsables d’infections respiratoires hivernales (dont la grippe) et du SARS-CoV-2 ; ou de tests multiplex détectant les génomes de l’ensemble des virus responsables d’infections respiratoires hivernales (dont la grippe) et d’un autre test unitaire détectant le génome du SARS-CoV-2 ; ou à défaut et a minima, de deux tests unitaires ou d’un test duplex détectant les génomes du SARS-CoV-2 et des virus influenza A et B. Il est rappelé qu’un test antigénique SARS-CoV-2 peut également être utilisé aux urgences. 1b/ Patients résidant en établissements d'hébergement pour personnes âgées dépendantes, ou autres établissements médico-sociaux présentant des symptômes susceptibles d’avoir une origine grippale et/ou de COVID-19 mais dont l’état ne nécessite pas un transfert à l’hôpital. Si un test antigénique SARS-CoV-2 est réalisé sur prélèvement nasopharyngé, celui-ci peut être suivi : en cas de test antigénique positif, par la recherche de l'ARN des virus de la grippe par RT-PCR sur prélèvement nasopharyngé ; en cas de test antigénique négatif, par la recherche de l'ARN des virus de la grippe et du SARS-CoV-2 par amplification génique sur prélèvement nasopharyngé, soit par deux tests unitaires ou d’un test duplex. La recherche de l'ARN des virus de la grippe et du SARS-CoV-2 par amplification génique sur prélèvement nasopharyngé peut également être réalisée d’emblée. 2/ Patients enfants présentant des symptômes d’une infection respiratoire, susceptibles d’avoir une origine grippale et/ou de COVID-19. 2a/ Patients en établissements hospitaliers (urgences et hospitalisation). Les tests, leurs modalités de réalisation sont les mêmes que pour les patients symptomatiques adultes pris en charge en établissement de santé en tenant compte des mesures spécifiques liées à l’infection à virus respiratoire syncitial (VRS). 2b/ Patients résidant en établissements médico-sociaux dont l’état ne nécessite pas un transfert à l’hôpital. Recherche de protéines antigéniques des virus de la grippe et du SARS-CoV-2 (tests antigéniques). 2c/ Patients examinés en ville. Recherche de protéines antigéniques des virus de la grippe et du SARS-CoV-2 (tests antigéniques). La recherche d’antigène des virus de la grippe se déroule idéalement sur le lieu de soins par immunochromatographie (Test Rapide d’Orientation Diagnostique), sinon au laboratoire de biologie médicale par dosage d'immuno-absorption par enzyme liée (enzyme linked immunosorbent assay, ou ELISA). La HAS rappelle que si le prélèvement nasopharyngé se révèle impossible ou difficile à réaliser chez un patient symptomatique, la RT-PCR détectant le SARS-CoV-2 peut être réalisée sur prélèvement salivaire. La Haute Autorité de santé précise que les recherches directes des virus grippaux : ne doivent avoir lieu qu'au cours de la période épidémique de grippe saisonnière, telle que définie par l'Agence nationale de santé publique ; doivent être réalisées avec des tests présentant des performances diagnostiques permettant de limiter au maximum les faux-négatifs et les faux-positifs ; du fait de la prévalence qui pourrait être faible à très faible de la grippe cet hiver, l'attention doit particulièrement portée sur la spécificité du test pour ne pas aboutir à une valeur prédictive positive médiocre ; lors de la recherche des génomes des virus grippaux et du SARS-CoV-2 par deux tests distincts, ces derniers doivent être réalisés simultanément et les deux résultats doivent être fournis dans le même temps. Dans le cadre des conditions mentionnées ci-dessus, la Haute Autorité de santé donne un avis favorable à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection de l’ARN des virus des infections respiratoires hivernales par technique RT-PCR, soit comme acte isolé (virus influenza A et B), soit en multiplex avec ou sans la détection du SARS-CoV-2 en période de co-circulation de ces virus (service attendu suffisant et amélioration du service attendu de niveau III). La HAS rappelle enfin : l’utilité de la vaccination antigrippale en priorité pour les personnes à risque de forme grave de grippe ; l'importance du respect des gestes barrières dans la lutte contre la propagation de ces deux virus ; que ces présentes conclusions seront revues en fonction des évolutions scientifiques, technologiques et épidémiologiques relatives à ces infections.</t>
+  </si>
+  <si>
+    <t>15/10/2020 11:29:00</t>
+  </si>
+  <si>
+    <t>21/10/2020 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213598/fr/avis-n-2020-0062/ac/seap-du-15-octobre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-recherche-directe-des-virus-des-infections-respiratoires-hivernales-dont-les-virus-influenza-a-et-b-concomitamment-a-la-recherche-directe-du-virus-sars-cov-2-sur-prelevement-nasopharynge-en-periode-de-co-circulation-de-ces-virus</t>
+  </si>
+  <si>
+    <t>p_3213598</t>
+  </si>
+  <si>
+    <t>Avis n°2020.0060/AC/SEAP du 8 octobre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L.162-1-7 du code de la sécurité sociale, de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>La place du test de détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé pour les patients symptomatiques a été définie par la Haute Autorité de santé dans son avis susvisé du 8 octobre 2020. Celle-ci conduit à préciserles indications éligibles à une prise en charge de ce test par l’assurance maladie définies dans l’avis n°2020.0050/AC/SEAP du 24 septembre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée àl’article L.162-1-7 du Code de la sécurité sociale de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé. Dès lors, le 5e paragraphe de cet avis est remplacé par: «En conséquence, la Haute Autorité de santé est favorable à l’inscription de la détection antigéniquedu virus SARS-CoV-2 sur prélèvement nasopharyngé sur la liste des actes et prestations, mentionnée à l’article L.162-1-7 du Code de la sécurité sociale pour les patients symptomatiques jusqu’à 4 jours inclus après apparition des symptômes.La détection par amplification génique (RT-PCR) demeure la technique de référence.»</t>
+  </si>
+  <si>
+    <t>08/10/2020 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212100/fr/avis-n2020-0060/ac/seap-du-8-octobre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-detection-antigenique-du-virus-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3212100</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0059/AC/SEAP du 8 octobre 2020 du collège de la Haute Autorité de santé relatif à l’utilisation de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé en contexte ambulatoire</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé rappelle que la technique de référence en matière de détection du virus SARS-CoV-2 reste la détection du génome de ce virus par technique d’amplification génique (RT-PCR, RT-LAMP) sur prélèvement nasopharyngé, compte tenu de ses performances diagnostiques. Dans le contexte ambulatoire, les recommandations varient en fonction des différentes situations cliniques : les patients symptomatiques ; les personnes asymptomatiques : contacts détectées isolément ou au sein de « clusters » ; concernées par des actions de dépistage à large échelle au sein de populations ciblées ; autres situations. I. Patients symptomatiques Considérant que les performances des tests antigéniques sur prélèvement nasopharyngé chez des patients symptomatiques sont bonnes (sensibilité) ou excellentes (spécificité) lorsque ces tests sont conformes aux critères édictés par la HAS ; Considérant la baisse de sensibilité des tests antigéniques au-delà du 4ème jour après apparition des symptômes; Considérant que la réalisation et le rendu de résultats des tests en moins d’une demi-heure peut aider à la lutte contre la propagation de l’épidémie à SARS-CoV-2, lorsque le résultat du test de référence ne peut être obtenu dans un délai de 48 heures ; La HAS est favorable à l’utilisation de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé jusqu’à 4 jours inclus après apparition des symptômes. A partir du 5ème jour, seule la détection par amplification génique est indiquée. Compte tenu de leur excellente spécificité et de la situation pandémique actuelle, la HAS ne recommande pas une confirmation systématique des tests antigéniques positifs par un test d’amplification génique. Considérant que pour les personnes à risque de forme grave de COVID-19 (personnes de plus de 65 ans ou présentant au moins un facteur de risque), ne pas être diagnostiqué génère une perte de chance ; Considérant l’impact des résultats du test sur la prise en charge de ces patients (mise en place d’un suivi renforcé) ; La HAS recommande de réaliser un test de détection par amplification génique lorsque le résultat du test antigénique est négatif ou ininterprétable chez les patients symptomatiques de plus de 65 ans ou présentant au moins un facteur de risque de forme grave de la COVID-19. En outre, la HAS recommande que, dès l’apparition des symptômes, ces patients consultent leur médecin traitant (consultation ou téléconsultation). II. Personnes asymptomatiques Personnes-contacts détectées isolément ou sein de « clusters » Considérant l’absence de données cliniques disponibles, la HAS ne peut, à ce stade, recommander l’usage des tests antigéniques pour la détection du SARS-CoV-2 chez ces personnes. Pour cette raison, seule la détection du SARS-CoV-2 par amplification génique sur prélèvement nasopharyngé ou oropharyngé est indiquée. Cette position sera réévaluée rapidement en fonction de la disponibilité des données cliniques susmentionnées du fait de l’intérêt manifeste des tests antigéniques dans la lutte contre la propagation de l’épidémie. Personnes dans le cadre d’un dépistage ciblé à large échelle Considérant l’intérêt d’un dépistage ciblé pour la détection de cluster(s) ; Considérant l’absence de données disponibles ; Considérant que les tests de détection virale par amplification génique ne sont pas utilisables en pratique dans ce contexte de besoin non couvert ; La HAS est favorable à l’utilisation de tests de détection antigénique pour réaliser des actions de dépistage à large échelle au sein de populations ciblées (université, personnel des hébergements collectifs…), préalablement identifiées en fonction de différents critères (potentiel de contamination, prévalence…). Autres situations Considérant l’absence de bénéfice individuel ou collectif pour les autres personnes asymptomatiques, la HAS ne recommande pas l’utilisation de tests virologiques. Considérant l’absence de bénéfice et le probable rendement très faible, la HAS ne recommande pas le dépistage non ciblé en population générale. Points d’attention Compte tenu de leur rapidité d’utilisation, la HAS recommande que les tests unitaires antigéniques puissent être utilisés sous forme de Test Diagnostic Rapide (TDR) ou sous forme de Test Rapide d’Orientation Diagnostique (TROD) dans l’ensemble des indications validées. La HAS souligne l’importance de mettre en place, via l’outil SI-DEP, la remontée systématique des résultats des tests antigéniques, quel que soit l’opérateur. La HAS recommande que les tests antigéniques utilisables dans l’ensemble des indications validées respectent les critères qu’elle a précédemment définis. La HAS recommande également la poursuite des recherches cliniques comparatives portant sur les tests antigéniques notamment chez les patients asymptomatiques afin de pouvoir affiner la stratégie diagnostique. En fonction de la disponibilité des données cliniques requises, la HAS complétera ultérieurement l’évaluation des tests de détection antigénique du SARS-CoV-2 pour les patients asymptomatiques ou pour d’autres types de prélèvement que le nasopharyngé (salivaire, sanguin notamment). La HAS rappelle que ces recommandations sont susceptibles d’être revues en fonction de l’évolution des connaissances scientifiques. La HAS rappelle la prépondérance du respect des gestes barrières dans la lutte contre l’infection à SARS-CoV-2.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212101/fr/avis-n-2020-0059/ac/seap-du-8-octobre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-utilisation-de-la-detection-antigenique-du-virus-sars-cov-2-sur-prelevement-nasopharynge-en-contexte-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3212101</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0049/AC/SEAP du 24 septembre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection du génome du virus SARS-CoV-2 par technique de transcription inverse suivie d’une amplification (RT-PCR) sur prélèvement oropharyngé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a rendu le 18 septembre un avis favorable à la prise en charge de la détection du génome du SARS-CoV-2 par prélèvement salivaire dans le diagnostic des patients symptomatiques non hospitalisés jusqu’à 7 jours après apparition des symptômes, en orientant de préférence les patients lorsque le prélèvement nasopharyngé est difficilement ou pas réalisable. En revanche, compte tenu des données disponibles, le recours à la détection du génome du virus SARS-CoV-2 sur prélèvement salivaire n’est pas indiqué en situation de dépistage pour les personnes asymptomatiques.</t>
+  </si>
+  <si>
+    <t>24/09/2020 11:40:00</t>
+  </si>
+  <si>
+    <t>25/09/2020 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203120/fr/avis-n-2020-0049/ac/seap-du-24-septembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-detection-du-genome-du-virus-sars-cov-2-par-technique-de-transcription-inverse-suivie-d-une-amplification-rt-pcr-sur-prelevement-oropharynge</t>
+  </si>
+  <si>
+    <t>p_3203120</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0050/AC/SEAP du 24 septembre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>Compte tenu de l’absence de données disponibles pour l’évaluation des tests de détection antigénique du SARS-CoV-2 pour les patients asymptomatiques (cas-contacts ou dépistage), l’évaluation des tests antigéniques a uniquement porté sur les patients symptomatiques en condition de diagnostic. Dans ce contexte, l’évaluation des tests antigéniques a rapporté une perte de sensibilité par rapport au test RT-PCR sur prélèvement nasopharyngé (test de référence). Toutefois, cette perte de sensibilité est fortement variable d’un test à un autre. Une valeur seuil de sensibilité minimale permettrait donc de distinguer les tests pertinents des non pertinents de manière à garantir un usage fiable en situation de diagnostic. En revanche, l’évaluation des tests de détection antigénique du SARS-CoV-2 a mis en évidence une excellente spécificité par rapport au test de référence pour la très grande majorité des tests antigéniques analysés. Toutefois, des tests présentant des spécificités moins satisfaisantes (en raison notamment de réactions faussement positives induites par des virus hivernaux) ont été rapportés. C’est pourquoi, la détermination d’une valeur seuil de spécificité minimale parait également nécessaire. Par ailleurs, le recours aux tests antigéniques pourrait être proposé dans le cadre du diagnostic ambulatoire d’infection à SARS-CoV-2 compte tenu de son impact positif potentiel sur les délais de réalisation du test et par corolaire sur la transmission virale. En effet, compte tenu de sa réalisation rapide (15 à 30 minutes) après prélèvement, le recours aux tests antigéniques devrait permettre un rendu de résultat le jour même de la réalisation du prélèvement et du test. En conséquence, la Haute Autorité de santé est favorable à l’inscription de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé sur la liste des actes et prestations, mentionnée à l’article L. 162-1-7 du code de la sécurité sociale (service attendu suffisant et amélioration du service attendu de niveau IV) dans l’indication de diagnostic des patients symptomatiques jusqu’à 7 jours après apparition des symptômes, en alternative à la RT-PCR sur prélèvement nasopharyngé ou salivaire, si le test utilisé présente une sensibilité clinique supérieure ou égale à 80 % (en accord avec la valeur proposée par l’Organisation Mondiale de la Santé) et une spécificité clinique supérieure ou égale à 99% (afin de limiter les réactions croisées avec les autres virus hivernaux). Les performances cliniques du test (sensibilité/spécificité) doivent être établies par le fabricant sur la base d’une étude clinique prospective comparative portant sur une série d’individus de statut inconnu (vis-à-vis de l’infection au SARS-CoV-2) recrutés consécutivement ou de manière aléatoire. Pour définir a priori le nombre de patients positifs vis-à-vis du SARS-CoV-2 à inclure dans l’étude, la borne inférieure de l’intervalle de confiance à 95% de la sensibilité doit être au maximum inférieure à 10 points en dessous de la valeur seuil. Le test de référence est la RT-PCR sur prélèvement nasopharyngé. Les résultats du test index devront être déterminés en aveugle des résultats du test de référence. Le test utilisé lors de la détection antigénique du SARS-CoV-2 doit être marqué CE. Compte tenu de leur rapidité d’utilisation, les tests unitaires antigéniques devraient pouvoir être utilisés sous forme de Test Diagnostic Rapide (TDR) ou sous forme de Test Rapide d’Orientation Diagnostique (TROD). En fonction de la disponibilité des données cliniques requises, la HAS sera susceptible de compléter ultérieurement l’évaluation des tests de détection antigénique du SARS-CoV-2 pour les patients asymptomatiques (cas-contact et dépistage) ou pour d’autres types de prélèvement que le nasopharyngé (salivaire, sanguin notamment). La HAS rappelle la prépondérance du respect des gestes barrières dans la lutte contre l’infection à SARS-CoV-2.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203126/fr/avis-n-2020-0050/ac/seap-du-24-septembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-detection-antigenique-du-virus-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3203126</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.047/AC/SEAP du 18 septembre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection du génome du virus SARS-CoV-2 par technique de transcription inverse suivie d’une amplification (RT-PCR) sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>La HAS a rendu le 18 septembre 2020 un avis sur l’utilisation des tests virologiques (RT-PCR) sur prélèvement salivaire. Leur intérêt est de faciliter les prélèvements, de réduire les risques de contamination du personnel soignant et d’être moins désagréables pour les patients. Les données disponibles montrent que le prélèvement salivaire est un peu moins sensible que le prélèvement nasopharyngé pour détecter le virus chez les personnes symptomatiques. Etant donné leur meilleure acceptabilité, la HAS est favorable à leur recours et leur remboursement, en l’orientant de préférence vers les personnes symptomatiques pour lesquelles le prélèvement nasopharyngé est difficile voire impossible. En revanche, elle ne les recommande pas pour les personnes asymptomatiques, chez qui ils sont très peu performants.</t>
+  </si>
+  <si>
+    <t>18/09/2020 18:49:00</t>
+  </si>
+  <si>
+    <t>18/09/2020 18:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202319/fr/avis-n-2020-047/ac/seap-du-18-septembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-detection-du-genome-du-virus-sars-cov-2-par-technique-de-transcription-inverse-suivie-d-une-amplification-rt-pcr-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3202319</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0045/AC/SEAP du 7 août 2020 du collège de la HAS relatif à la prise en charge dérogatoire de la détection du génome du SARS-CoV-2 par amplification génique sur prélèvement salivaire en application de l’article L. 165-1-1 du code de la sécurité sociale</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de Santé relatif à la prise en charge dérogatoire de la détection du génome du SARS-CoV-2 par amplification génique sur prélèvement salivaire en application de l’article L. 165-1-1 du code de la sécurité sociale</t>
+  </si>
+  <si>
+    <t>07/08/2020 11:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198418/fr/avis-n-2020-0045/ac/seap-du-7-aout-2020-du-college-de-la-has-relatif-a-la-prise-en-charge-derogatoire-de-la-detection-du-genome-du-sars-cov-2-par-amplification-genique-sur-prelevement-salivaire-en-application-de-l-article-l-165-1-1-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>p_3198418</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0033/AC/SEAP du 20 mai 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) donne un avis favorable à l’inscription au remboursement des tests sérologiques de dépistage du COVID-19 automatisables de type ELISA et des tests de diagnostic rapide (TDR). Cet avis ne concerne que les tests à la fiabilité validée après évaluation par le Centre national de référence (CNR) – selon les standards du cahier des charges publié par la HAS le 16 avril – quand ils sont prescrits par un médecin dans les indications définies précédemment par la HAS</t>
+  </si>
+  <si>
+    <t>20/05/2020 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186091/fr/avis-n-2020-0033/ac/seap-du-20-mai-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-detection-des-anticorps-seriques-diriges-contre-le-coronavirus-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3186091</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0032/AC/SBPP du 14 mai 2020 du collège de la Haute Autorité de santé portant sur les modalités de dépistage du virus SARS-CoV-2 chez les patients admis en établissement de santé</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la levée progressive du confinement, l’activité habituelle interventionnelle et non interventionnelle des établissements de santé reprend et pose la question de ce dépistage virologique des patients lors de l’admission en établissements de santé, qui peuvent favoriser la transmission de l’infection et concentrent des patients fragiles.</t>
+  </si>
+  <si>
+    <t>14/05/2020 16:29:00</t>
+  </si>
+  <si>
+    <t>18/05/2020 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185272/fr/avis-n-2020-0032/ac/sbpp-du-14-mai-2020-du-college-de-la-haute-autorite-de-sante-portant-sur-les-modalites-de-depistage-du-virus-sars-cov-2-chez-les-patients-admis-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>p_3185272</t>
+  </si>
+  <si>
+    <t>Avis n°2020.0028/AC/SEAP du 16 avril 2020 du collège de la HAS portant sur les modalités d’évaluation des performances des tests sérologiques détectant les anticorps dirigés contre le virus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la synthèse intitulée « Cahier des charges définissant les modalités d’évaluation des performances des tests sérologiques détectant les anticorps dirigés contre le virus SARS-CoV-2 » qui est accessible par le lien situé dans la rubrique « En savoir + ».</t>
+  </si>
+  <si>
+    <t>16/04/2020 09:13:00</t>
+  </si>
+  <si>
+    <t>21/04/2020 09:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180582/fr/avis-n2020-0028/ac/seap-du-16-avril-2020-du-college-de-la-has-portant-sur-les-modalites-d-evaluation-des-performances-des-tests-serologiques-detectant-les-anticorps-diriges-contre-le-virus-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3180582</t>
+  </si>
+  <si>
+    <t>Décision n°2020.0097/DC/SEAP du 16 avril 2020 du collège de la HAS adoptant la synthèse intitulée « Cahier des charges définissant les modalités d’évaluation des performances des tests sérologiques détectant les anticorps dirigés contre le virus SARS-CoV-2 »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant la synthèse intitulée « Cahier des charges définissant les modalités d’évaluation des performances des tests sérologiques détectant les anticorps dirigés contre le virus SARS-CoV-2 » qui est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>16/04/2020 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180586/fr/decision-n2020-0097/dc/seap-du-16-avril-2020-du-college-de-la-has-adoptant-la-synthese-intitulee-cahier-des-charges-definissant-les-modalites-d-evaluation-des-performances-des-tests-serologiques-detectant-les-anticorps-diriges-contre-le-virus-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3180586</t>
+  </si>
+  <si>
+    <t>Avis n°2020.0020/AC/SEAP du 6 mars 2020 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection du génome du coronavirus SARS-CoV-2 par technique de transcription inverse suivie d’une amplification</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection du génome du coronavirus SARS-CoV-2 par technique de transcription inverse suivie d’une amplification</t>
+  </si>
+  <si>
+    <t>06/03/2020 13:45:00</t>
+  </si>
+  <si>
+    <t>08/03/2020 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161218/fr/avis-n2020-0020/ac/seap-du-6-mars-2020-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-du-genome-du-coronavirus-sars-cov-2-par-technique-de-transcription-inverse-suivie-d-une-amplification</t>
+  </si>
+  <si>
+    <t>p_3161218</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : «Réalisation de photographies du fond d’oeil dans le cadre du dépistage de la rétinopathie diabétique par un(e) orthoptiste et/ou infirmier(e) en lieu et place d’un ophtalmologiste».</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’ARS Pays de la Loire a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Réalisation de photographies du fond d’oeil dans le cadre du dépistage de la rétinopathie diabétique par un(e) orthoptiste et/ou infirmier(e) en lieu et place d’un ophtalmologiste». Professionnels concernés : * Ophtalmologiste * Orthoptiste</t>
+  </si>
+  <si>
+    <t>06/03/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>03/05/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543966/fr/avis-de-la-has-sur-le-protocole-de-cooperation-realisation-de-photographies-du-fond-d-oeil-dans-le-cadre-du-depistage-de-la-retinopathie-diabetique-par-un-e-orthoptiste-et/ou-infirmier-e-en-lieu-et-place-d-un-ophtalmologiste</t>
+  </si>
+  <si>
+    <t>c_1543966</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur l'établissement d’un taux cible d’association mammographie et échographie mammaire dans le cadre du dépistage organisé du cancer du sein : saisine du 6 Février 2013 en application de l’article L.161-39 du code de la sécurité sociale</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a été saisie par la CNAMTS afin qu’elle rende un avis sur l’établissement d’un taux cible d’association mammographie et échographie mammaire, dans le cadre du dépistage organisé du cancer du sein. En raison de la grande disparité de pratiques observées et, dans la continuité des recommandations publiées par la HAS le 4 février 2012, sur la participation des femmes de 50 à 74 ans au dépistage organisé du cancer du sein, la CNAMTS prévoit de mettre en place un dispositif incitatif auprès des radiologues, visant à faire converger la pratique vers un taux cible d’association mammographie et échographie mammaire.</t>
+  </si>
+  <si>
+    <t>27/03/2013 16:45:00</t>
+  </si>
+  <si>
+    <t>22/04/2013 18:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1516982/fr/avis-de-la-has-sur-l-etablissement-d-un-taux-cible-d-association-mammographie-et-echographie-mammaire-dans-le-cadre-du-depistage-organise-du-cancer-du-sein-saisine-du-6-fevrier-2013-en-application-de-l-article-l-161-39-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1516982</t>
+  </si>
+  <si>
+    <t>AVIS n°2013.0031/AC/SEESP du 27 mars 2013 du collège de la Haute Autorité de Santé relatif à l’établissement d’un taux cible d’association mammographie échographie mammaire dans le cadre du dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a été saisie par la CNAMTS afin qu’elle rende un avis sur l’établissement d’un taux cible d’association mammographie et échographie mammaire, dans le cadre du dépistage organisé du cancer du sein.</t>
+  </si>
+  <si>
+    <t>22/04/2013 18:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1520402/fr/avis-n2013-0031/ac/seesp-du-27-mars-2013-du-college-de-la-haute-autorite-de-sante-relatif-a-l-etablissement-d-un-taux-cible-d-association-mammographie-echographie-mammaire-dans-le-cadre-du-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_1520402</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : Enregistrement et pré-interprétation en vue du dépistage de l’échographie anormale, des paramètres échocardiographiques trans-thoraciques (ETT) par une infirmière diplômée d'Etat (IDE) en lieu et place d’un médecin cardiologue avant interprétation médicale définitive</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Alsace a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé intitulé " Enregistrement et pré-interprétation en vue du dépistage de l’échographie anormale, des paramètres échocardiographiques trans-thoraciques (ETT) par une infirmière diplômée d'Etat (IDE) en lieu et place d’un médecin cardiologue avant interprétation médicale définitive " Professionnels concernés : * Délégant : Médecin cardiologue échocardiographiste * Délégué : Infirmier diplômé d’Etat</t>
+  </si>
+  <si>
+    <t>24/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2011 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1139826/fr/avis-de-la-has-sur-le-protocole-de-cooperation-enregistrement-et-pre-interpretation-en-vue-du-depistage-de-l-echographie-anormale-des-parametres-echocardiographiques-trans-thoraciques-ett-par-une-infirmiere-diplomee-d-etat-ide-en-lieu-et-place-d-un-medecin-cardiologue-avant-interpretation-medicale-definitive</t>
+  </si>
+  <si>
+    <t>c_1139826</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : Technicien d'échographie cardiaque de niveau 1</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Poitou-Charentes a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé intitulé " Technicien d'échographie cardiaque de niveau 1 ". Professionnels concernés : * Médecin cardiologue échocardiographiste * Infirmier diplômé d’Etat</t>
+  </si>
+  <si>
+    <t>18/10/2011 10:35:00</t>
+  </si>
+  <si>
+    <t>28/10/2011 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1109019/fr/avis-de-la-has-sur-le-protocole-de-cooperation-technicien-d-echographie-cardiaque-de-niveau-1</t>
+  </si>
+  <si>
+    <t>c_1109019</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice : "Réalisation d'échographies par les manipulateurs d'électroradiologie validée par des médecins"</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Haute Normandie a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice, pour la réalisation d'échographies par les manipulateurs d'électroradiologie validée par des médecins.</t>
+  </si>
+  <si>
+    <t>12/07/2011 16:00:00</t>
+  </si>
+  <si>
+    <t>11/08/2011 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084155/fr/avis-de-la-has-sur-le-protocole-de-cooperation-entre-professionnels-de-sante-derogatoire-aux-conditions-legales-d-exercice-realisation-d-echographies-par-les-manipulateurs-d-electroradiologie-validee-par-des-medecins</t>
+  </si>
+  <si>
+    <t>c_1084155</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TUBERCULINE PPD RT 23 AJV (tuberculine)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:14:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3730135/fr/tuberculine-ppd-rt-23-ajv-tuberculine</t>
+  </si>
+  <si>
+    <t>p_3730135</t>
+  </si>
+  <si>
+    <t>tuberculine</t>
+  </si>
+  <si>
+    <t>IMAXIO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704521/fr/tuberculine-ppd-rt-23-ajv-tuberculine-intradermoreaction-a-la-tuberculine-test-de-mantoux</t>
+  </si>
+  <si>
+    <t>GADOVIST (gadobutrol)</t>
+  </si>
+  <si>
+    <t>06/11/2025 09:30:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983118/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>pprd_2983118</t>
+  </si>
+  <si>
+    <t>gadobutrol</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474325/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539510/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642516/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024753/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298556/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717941/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038857/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656319/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869901/fr/gadovist-gadobutrol-produit-de-contraste-paramagnetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869907/fr/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500935/fr/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704143/fr/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
   </si>
   <si>
     <t>PROHANCE (gadotéridol)</t>
   </si>
   <si>
-    <t>08/07/2025 11:01:32</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983119/en/prohance-gadoteridol</t>
+    <t>07/08/2025 11:01:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983119/fr/prohance-gadoteridol</t>
   </si>
   <si>
     <t>pprd_2983119</t>
   </si>
   <si>
     <t>gadotéridol</t>
   </si>
   <si>
     <t>BRACCO IMAGING FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400129/en/prohance-2793-mg/10-ml-4189-5-mg/15-ml-et-4748-1-mg/17-ml-gadoteridol</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3639634/en/prohance-gadoteridol-produit-de-contraste-pour-imagerie-par-resonnance-magnetique</t>
+    <t>https://www.has-sante.fr/jcms/c_400129/fr/prohance-2793-mg/10-ml-4189-5-mg/15-ml-et-4748-1-mg/17-ml-gadoteridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893643/fr/prohance-gadoteridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018882/fr/prohance-gadoteridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049880/fr/prohance-gadoteridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869898/fr/prohance-gadoteridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264401/fr/prohance-gadoteridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454355/fr/prohance-gadoteridol-produit-de-contraste-en-irm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639634/fr/prohance-gadoteridol-produit-de-contraste-pour-imagerie-par-resonnance-magnetique</t>
   </si>
   <si>
     <t>PRIMOVIST (acide gadoxétique)</t>
   </si>
   <si>
-    <t>07/16/2025 16:46:58</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3225192/en/primovist-acide-gadoxetique</t>
+    <t>16/07/2025 16:46:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225192/fr/primovist-acide-gadoxetique</t>
   </si>
   <si>
     <t>p_3225192</t>
   </si>
   <si>
     <t>acide gadoxétique</t>
   </si>
   <si>
-    <t>BAYER HEALTHCARE SAS</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3635767/en/primovist-acide-gadoxetique-produit-de-contraste</t>
+    <t>https://www.has-sante.fr/jcms/p_3224949/fr/primovist-acide-gadoxetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635767/fr/primovist-acide-gadoxetique-produit-de-contraste</t>
   </si>
   <si>
     <t>ELUCIREM (gadopiclénol)</t>
   </si>
   <si>
-    <t>10/31/2024 16:10:08</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3554678/en/elucirem-gadopiclenol</t>
+    <t>31/10/2024 16:10:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554678/fr/elucirem-gadopiclenol</t>
   </si>
   <si>
     <t>p_3554678</t>
   </si>
   <si>
     <t>gadopiclénol</t>
   </si>
   <si>
     <t>GUERBET FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3554605/en/elucirem-gadopiclenol-diagnostic</t>
+    <t>https://www.has-sante.fr/jcms/p_3554605/fr/elucirem-gadopiclenol-diagnostic</t>
   </si>
   <si>
     <t>VUEWAY (gadopiclénol)</t>
   </si>
   <si>
-    <t>10/31/2024 16:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3554683/en/vueway-gadopiclenol</t>
+    <t>31/10/2024 16:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554683/fr/vueway-gadopiclenol</t>
   </si>
   <si>
     <t>p_3554683</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3554609/en/vueway-gadopiclenol-diagnostic</t>
+    <t>https://www.has-sante.fr/jcms/p_3554609/fr/vueway-gadopiclenol-diagnostic</t>
   </si>
   <si>
     <t>ULTRAVIST (iopromide)</t>
   </si>
   <si>
-    <t>10/09/2024 08:51:04</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983252/en/ultravist-iopromide</t>
+    <t>09/10/2024 08:51:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983252/fr/ultravist-iopromide</t>
   </si>
   <si>
     <t>pprd_2983252</t>
   </si>
   <si>
     <t>iopromide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_401009/en/ultravist-iopromide</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3546280/en/ultravist-iopromide</t>
+    <t>https://www.has-sante.fr/jcms/c_401009/fr/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621585/fr/ultravist-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724467/fr/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756194/fr/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854448/fr/ultravist-gamme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189749/fr/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500938/fr/ultravist-iopromide-produit-de-contraste-iode</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546280/fr/ultravist-iopromide-produit-de-contraste-iode</t>
   </si>
   <si>
     <t>OMNIPAQUE (iohexol)</t>
   </si>
   <si>
-    <t>10/09/2024 08:50:29</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983529/en/omnipaque-iohexol</t>
+    <t>09/10/2024 08:50:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983529/fr/omnipaque-iohexol</t>
   </si>
   <si>
     <t>pprd_2983529</t>
   </si>
   <si>
     <t>iohexol</t>
   </si>
   <si>
     <t>GE HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_474455/en/omnipaque-iohexol</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3546286/en/omnipaque-iohexol-contrast-medium-for-contrast-enhanced</t>
+    <t>https://www.has-sante.fr/jcms/c_474455/fr/omnipaque-iohexol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621570/fr/omnipaque-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729425/fr/omnipaque-iohexol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794112/fr/omnipaque-iohexol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118410/fr/omnipaque-iohexol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497017/fr/omnipaque-iohexol-produit-de-contraste-iode</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546286/fr/omnipaque-iohexol-produit-de-contraste-iode</t>
   </si>
   <si>
     <t>TALVEY (talquetamab)</t>
   </si>
   <si>
-    <t>07/15/2024 09:27:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3520243/en/talvey-talquetamab</t>
+    <t>15/07/2024 09:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520243/fr/talvey-talquetamab</t>
   </si>
   <si>
     <t>p_3520243</t>
   </si>
   <si>
     <t>talquetamab</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3520176/en/talvey-talquetamab-myelome-multiple</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3530109/en/talvey-talquetamab-multiple-myeloma</t>
+    <t>https://www.has-sante.fr/jcms/p_3520176/fr/talvey-talquetamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530109/fr/talvey-talquetamab-myelome-multiple</t>
   </si>
   <si>
     <t>PYLCLARI ((18F) piflufolastat)</t>
   </si>
   <si>
-    <t>05/31/2024 09:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3474617/en/pylclari-18f-piflufolastat</t>
+    <t>31/05/2024 09:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474617/fr/pylclari-18f-piflufolastat</t>
   </si>
   <si>
     <t>p_3474617</t>
   </si>
   <si>
     <t>(18F) piflufolastat</t>
   </si>
   <si>
     <t>CURIUM PET FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3474603/en/pylclari-18f-piflufolastat-cancer-de-la-prostate</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498744/en/pylclari-18f-piflufolastat-prostate-cancer-pca</t>
+    <t>https://www.has-sante.fr/jcms/p_3474603/fr/pylclari-18f-piflufolastat-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498744/fr/pylclari-18f-piflufolastat-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>LUNCA (chlorure de lutétium (177Lu))</t>
   </si>
   <si>
-    <t>05/21/2024 17:56:54</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3518427/en/lunca-chlorure-de-lutetium-177lu</t>
+    <t>21/05/2024 17:56:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518427/fr/lunca-chlorure-de-lutetium-177lu</t>
   </si>
   <si>
     <t>p_3518427</t>
   </si>
   <si>
     <t>chlorure de lutétium (177Lu)</t>
   </si>
   <si>
     <t>MONROL EUROPE SRL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3518264/en/lunca-lutetium-177lu-chloride-radiopharmaceutical-precursor</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3337468/en/radelumin-18f-psma-1007</t>
+    <t>https://www.has-sante.fr/jcms/p_3518264/fr/lunca-chlorure-de-lutetium-177lu-precurseur-radiopharmaceutique</t>
+  </si>
+  <si>
+    <t>RADELUMIN ((18F) PSMA-1007)</t>
+  </si>
+  <si>
+    <t>05/03/2024 17:32:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337468/fr/radelumin-18f-psma-1007</t>
   </si>
   <si>
     <t>p_3337468</t>
   </si>
   <si>
     <t>(18F) PSMA-1007</t>
   </si>
   <si>
     <t>ABX GMBH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3337433/en/radelumin-18f-psma-1007-cancer-de-la-prostate</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498747/en/radelumin-18f-psma-1007-prostate-cancer</t>
+    <t>https://www.has-sante.fr/jcms/p_3337433/fr/radelumin-18f-psma-1007-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352203/fr/radelumin-18f-psma-1007-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368278/fr/radelumin-18f-psma-1007</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498747/fr/radelumin-18f-psma-1007-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>VISIPAQUE (iodixanol)</t>
+  </si>
+  <si>
+    <t>23/02/2024 11:52:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982733/fr/visipaque-iodixanol</t>
+  </si>
+  <si>
+    <t>pprd_2982733</t>
+  </si>
+  <si>
+    <t>iodixanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773281/fr/visipaque-iodixanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621552/fr/visipaque-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814699/fr/visipaque-iodixanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971792/fr/visipaque-iodixanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118404/fr/visipaque-iodixanol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497065/fr/visipaque-iodixanol-produit-de-contraste-iode</t>
+  </si>
+  <si>
+    <t>XENETIX (iobitridol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982889/fr/xenetix-iobitridol</t>
+  </si>
+  <si>
+    <t>pprd_2982889</t>
+  </si>
+  <si>
+    <t>iobitridol</t>
+  </si>
+  <si>
+    <t>GUERBET FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399035/fr/xenetix-250-flacon-de-100-ml-boite-de-1-flacon-de-200-ml-boite-de-1-flacon-de-50-ml-avec-seringue-et-microperfuseur-boite-de-1-xenetix-300-flacon-de-20-ml-boite-de-1-flacon-de-50-ml-boite-de-1-flacon-de-100-ml-boite-de-1-flacon-de-150-ml-boite-de-1-flacon-de-200-ml-boite-de-1-flacon-de-60-ml-avec-seringue-et-microperfuseur-boite-de-1-xenetix-350-flacon-de-20-ml-boite-de-1-flacon-de-50-ml-boite-de-1-flacon-de-100-ml-boite-de-1-flacon-de-150-ml-boite-de-1-flacon-de-200-ml-boite-de-1-flacon-de-60-ml-avec-seringue-et-microperfuseur-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538463/fr/xenetix-iobitridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_883293/fr/xenetix-iobitridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621579/fr/xenetix-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768795/fr/xenetix-iobitridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656825/fr/xenetix-iobitridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796803/fr/xenetix-iobitridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901465/fr/xenetix-iobitridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152701/fr/xenetix-iobitridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259538/fr/xenetix-iobitridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497029/fr/xenetix-iobitridol-produit-de-contraste-iode</t>
+  </si>
+  <si>
+    <t>OPTIJECT - OPTIRAY (ioversol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982932/fr/optiject-optiray-ioversol</t>
+  </si>
+  <si>
+    <t>pprd_2982932</t>
+  </si>
+  <si>
+    <t>ioversol</t>
+  </si>
+  <si>
+    <t>GUERBET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894903/fr/optiject-optiray-ioversol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117096/fr/optiject-ioversol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621545/fr/optiray-optiject-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474462/fr/optiray-optiject-ioversol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289347/fr/optiray-ioversol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497038/fr/optiray-ioversol-produit-de-contraste-iode</t>
+  </si>
+  <si>
+    <t>IOPAMIRON (iopamidol)</t>
+  </si>
+  <si>
+    <t>22/02/2024 18:33:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983100/fr/iopamiron-iopamidol</t>
+  </si>
+  <si>
+    <t>pprd_2983100</t>
+  </si>
+  <si>
+    <t>iopamidol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400718/fr/iopamiron-200-200-mg-d-iode/ml-solution-injectable-flacon-de-10-ml-cip-324-587-7-flacon-de-15-ml-cip-325-552-2-iopamiron-300-300-mg-d-iode/ml-solution-injectable-flacon-de-10-ml-cip-324-588-3-flacon-de-50-ml-cip-324-590-8-flacon-de-50-ml-avec-materiel-d-injection-cip-333-530-4-flacon-de-100-ml-cip-324-591-4-flacon-de-100-ml-avec-materiel-d-injection-cip-339-825-1-flacon-de-200-ml-cip-324-592-0-iopamiron-370-370-mg-d-iode/ml-solution-injectable-flacon-de-20-ml-cip-324-593-7-flacon-de-50-ml-cip-324-594-3-flacon-de-50-ml-avec-materiel-d-injection-cip-333-529-6-flacon-de-100-ml-cip-324-596-6-flacon-de-100-ml-avec-materiel-d-injection-cip-339-836-8-flacon-de-200-ml-cip-324-597-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944501/fr/iopamiron-iopamidol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621573/fr/iopamiron-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792827/fr/iopamiron-iopamidol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873707/fr/iopamiron-iopamidol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497035/fr/iopamiron-iopamidol-produit-de-contraste-iode</t>
   </si>
   <si>
     <t>DOTAREM (acide gadotérique)</t>
   </si>
   <si>
-    <t>02/22/2024 18:33:40</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983120/en/dotarem-acide-gadoterique</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983120/fr/dotarem-acide-gadoterique</t>
   </si>
   <si>
     <t>pprd_2983120</t>
   </si>
   <si>
     <t>acide gadotérique</t>
   </si>
   <si>
-    <t>GUERBET FRANCE</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3497041/en/dotarem-acide-gadoterique-produit-de-contraste-pour-imagerie-par-resonnance-magnetique</t>
+    <t>https://www.has-sante.fr/jcms/c_400090/fr/dotarem-0-5-mmol/ml-seringues-pre-remplies-de-15-20-ml-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_743951/fr/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716262/fr/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716253/fr/dotarem-acide-gadoterique-produit-de-contraste-paramagnetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778239/fr/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013192/fr/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798540/fr/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869895/fr/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186479/fr/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189746/fr/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264404/fr/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497041/fr/dotarem-acide-gadoterique-produit-de-contraste-pour-imagerie-par-resonnance-magnetique</t>
+  </si>
+  <si>
+    <t>IOMERON (ioméprol)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984043/fr/iomeron-iomeprol</t>
+  </si>
+  <si>
+    <t>pprd_2984043</t>
+  </si>
+  <si>
+    <t>ioméprol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399329/fr/iomeron-150-mg-i/ml-solution-injectable-flacon-de-50-iomeron-200-mg-i/ml-solution-injectable-flacon-de-100-ml-iomeron-250-mg-i/ml-solution-injectable-flacons-de-50-100-et-200-ml-iomeron-300-mg-i/ml-solution-injectable-flacons-de-20-50-100-et-200-ml-iomeron-350-mg-i/ml-solution-injectable-flacons-de-20-50-100-et-200-ml-iomeron-400-mg-i/ml-solution-injectable-flacons-de-50-100-150-et-200-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538310/fr/iomeron-iomeprol/-omeprol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104026/fr/iomeron-iomeprol/-omeprol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621555/fr/iomeron-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1728841/fr/iomeron-iomeprol/-omeprol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656364/fr/iomeron-iomeprol/-omeprol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497062/fr/iomeron-iomeprol-produit-de-contraste-iode</t>
+  </si>
+  <si>
+    <t>TELEBRIX (méglumine (ioxitalamate de) / sodium (ioxitalamate de))</t>
+  </si>
+  <si>
+    <t>27/10/2023 15:59:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983251/fr/telebrix-meglumine-ioxitalamate-de-/-sodium-ioxitalamate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983251</t>
+  </si>
+  <si>
+    <t>méglumine (ioxitalamate de),sodium (ioxitalamate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399071/fr/telebrix-35-solution-injectable-flacon-de-100-ml-boite-de-1-flacon-de-50-ml-avec-seringue-et-microperfuseur-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399072/fr/telebrix-30-m-300-mg-d-iode/ml-solution-injectable-flacon-de-50-ml-avec-seringue-et-microperfuseur-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474606/fr/telebrix-12-sodium-meglumine-ioxitalamate-de-/-sodium-ioxitalamate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474610/fr/telebrix-30-meglumine-meglumine-ioxitalamate-de-/-sodium-ioxitalamate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474614/fr/telebrix-35-meglumine-ioxitalamate-de-/-sodium-ioxitalamate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474618/fr/telebrix-gastro-meglumine-ioxitalamate-de-/-sodium-ioxitalamate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474622/fr/telebrix-hystero-meglumine-ioxitalamate-de-/-sodium-ioxitalamate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621549/fr/telebrix-12-sodium-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621561/fr/telebrix-hystero-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621564/fr/telebrix-35-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621567/fr/telebrix-30-meglumine-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638064/fr/telebrix-gastro-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854452/fr/telebrix-12-sodium-telebrix-30-meglumine-meglumine-ioxitalamate-de-/-sodium-ioxitalamate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854455/fr/telebrix-gastro-meglumine-ioxitalamate-de-/-sodium-ioxitalamate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468045/fr/telebrix-12-sodium-ioxitalamate-de-sodium-produit-de-contraste-iode-pour-l-uretrocystographie-retrograde-et-la-cystographie-sus-pubienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468042/fr/telebrix-gastro-ioxitalamate-demeglumine-produit-de-contraste-iode-pour-les-explorations-radiologiques-du-tube-digestif</t>
+  </si>
+  <si>
+    <t>MICROPAQUE SCANNER (baryum (sulfate de))</t>
+  </si>
+  <si>
+    <t>27/10/2023 15:58:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983824/fr/micropaque-scanner-baryum-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983824</t>
+  </si>
+  <si>
+    <t>baryum (sulfate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474415/fr/micropaque-baryum-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716193/fr/micropaque-colon-micropaque-scanner-baryum-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729422/fr/micropaque-scanner-baryum-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468039/fr/micropaque-scanner-sulfate-de-baryum-produit-de-contraste-baryte-pour-les-explorations-scanographiques-du-tube-digestif</t>
+  </si>
+  <si>
+    <t>ENDOLUCIN BETA (chlorure de lutétium (177 Lu) No-carrier-added (n.c.a.))</t>
+  </si>
+  <si>
+    <t>22/05/2023 09:37:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442523/fr/endolucin-beta-chlorure-de-lutetium-177-lu-no-carrier-added-n-c-a</t>
+  </si>
+  <si>
+    <t>p_3442523</t>
+  </si>
+  <si>
+    <t>chlorure de lutétium (177 Lu) No-carrier-added (n.c.a.)</t>
+  </si>
+  <si>
+    <t>ITM ISOTOPE TECHNOLOGIES MUNICH SE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434491/fr/endolucin-beta-chlorure-de-lutetium-177-lu-no-carrier-added-n-c-a-precurseur-radiopharmaceutique</t>
+  </si>
+  <si>
+    <t>ARTIREM (acide gadotérique)</t>
+  </si>
+  <si>
+    <t>12/05/2023 15:44:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982957/fr/artirem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>pprd_2982957</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399773/fr/artirem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_743942/fr/artirem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725326/fr/artirem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891876/fr/artirem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3432163/fr/artirem-acide-gadoterique-arthrographie-en-imagerie-par-resonance-magnetique</t>
   </si>
   <si>
     <t>LOCAMETZ (gallium (68Ga) gozétotide)</t>
   </si>
   <si>
-    <t>04/27/2023 17:03:58</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3430394/en/locametz-gallium-68ga-gozetotide</t>
+    <t>27/04/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430394/fr/locametz-gallium-68ga-gozetotide</t>
   </si>
   <si>
     <t>p_3430394</t>
   </si>
   <si>
     <t>gallium (68Ga) gozétotide</t>
   </si>
   <si>
     <t>ADVANCED ACCELERATOR APPLICATIONS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3428422/en/locametz-gallium-68ga-gozetotide-prostate-cancer</t>
+    <t>https://www.has-sante.fr/jcms/p_3428422/fr/locametz-gozetotide-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>NEURACEQ (florbétabène (18F))</t>
   </si>
   <si>
-    <t>04/25/2023 17:41:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982906/en/neuraceq-florbetabene-18f</t>
+    <t>25/04/2023 17:41:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982906/fr/neuraceq-florbetabene-18f</t>
   </si>
   <si>
     <t>pprd_2982906</t>
   </si>
   <si>
     <t>florbétabène (18F)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2899212/en/neuraceq-florbetabene-18f</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3427910/en/neuraceq-florbetaben-18f-alzheimer-s-disease</t>
+    <t>https://www.has-sante.fr/jcms/c_2899212/fr/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427910/fr/neuraceq-florbetabene-18f-maladie-d-alzheimer</t>
   </si>
   <si>
     <t>GHRYVELIN (acétate de macimoréline)</t>
   </si>
   <si>
-    <t>04/12/2023 11:41:22</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3426527/en/ghryvelin-acetate-de-macimoreline</t>
+    <t>12/04/2023 11:41:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426527/fr/ghryvelin-acetate-de-macimoreline</t>
   </si>
   <si>
     <t>p_3426527</t>
   </si>
   <si>
     <t>acétate de macimoréline</t>
   </si>
   <si>
     <t>CONSILIENT HEALTH LIMITED</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3426411/en/ghryvelin-macimorelin-acetate-diagnosis-of-growth-hormone-ghd-deficiency</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984862/en/rapiscan</t>
+    <t>https://www.has-sante.fr/jcms/p_3426411/fr/ghryvelin-acetate-de-macimoreline-diagnostic-du-deficit-en-hormone-de-croissance-ghd</t>
+  </si>
+  <si>
+    <t>RAPISCAN (régadénoson)</t>
+  </si>
+  <si>
+    <t>06/02/2023 10:55:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984862/fr/rapiscan-regadenoson</t>
   </si>
   <si>
     <t>pprd_2984862</t>
   </si>
   <si>
     <t>régadénoson</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1701803/en/rapiscan-regadenoson-vasodilatateur-coronarien-selectif</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408799/en/rapiscan-regadenoson-monohydrate-imagerie-de-perfusion-myocardique</t>
+    <t>https://www.has-sante.fr/jcms/c_1701803/fr/rapiscan-regadenoson-vasodilatateur-coronarien-selectif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191487/fr/rapiscan-regadenoson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408799/fr/rapiscan-regadenoson-monohydrate-imagerie-de-perfusion-myocardique</t>
+  </si>
+  <si>
+    <t>MONTEK 10-40 GBq (pertechnétate [99m Tc] de sodium)</t>
+  </si>
+  <si>
+    <t>14/11/2022 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385150/fr/montek-10-40-gbq-pertechnetate-99m-tc-de-sodium</t>
+  </si>
+  <si>
+    <t>p_3385150</t>
+  </si>
+  <si>
+    <t>pertechnétate [99m Tc] de sodium</t>
+  </si>
+  <si>
+    <t>MONROL EUROPE S.R.L.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382733/fr/montek-10-40-gbq-pertechnetate-99m-tc-de-sodium</t>
+  </si>
+  <si>
+    <t>PULSAREM (acide gadotérique)</t>
+  </si>
+  <si>
+    <t>05/10/2022 12:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374636/fr/pulsarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>p_3374636</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367906/fr/pulsarem-acide-gadoterique</t>
   </si>
   <si>
     <t>INFRACYANINE (vert d'indocyanine monopic)</t>
   </si>
   <si>
-    <t>07/29/2022 08:54:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985427/en/infracyanine-vert-d-indocyanine-monopic</t>
+    <t>29/07/2022 08:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985427/fr/infracyanine-vert-d-indocyanine-monopic</t>
   </si>
   <si>
     <t>pprd_2985427</t>
   </si>
   <si>
     <t>vert d'indocyanine monopic</t>
   </si>
   <si>
     <t>Laboratoire SERB (Société d'Etudes et de Recherches Biologiques)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400265/en/infracyanine-25-mg/10-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-en-verre-de-25-mg-et-1-ampoule-en-verre-de-10-ml</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3358124/en/infracyanine-monopeak-indocyanine-green</t>
+    <t>https://www.has-sante.fr/jcms/c_400265/fr/infracyanine-25-mg/10-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-en-verre-de-25-mg-et-1-ampoule-en-verre-de-10-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598138/fr/infracyanine-vert-d-indocyanine-monopic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358124/fr/infracyanine-vert-d-indocyanine-monopic-reperage-peroperatoire-du-ganglion-sentinelle</t>
   </si>
   <si>
     <t>TECEOS (butédronate)</t>
   </si>
   <si>
-    <t>07/29/2022 08:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3358197/en/teceos-butedronate</t>
+    <t>29/07/2022 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358197/fr/teceos-butedronate</t>
   </si>
   <si>
     <t>p_3358197</t>
   </si>
   <si>
     <t>butédronate</t>
   </si>
   <si>
     <t>CIS bio international</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3358130/en/teceos-butedronate-amylose-cardiaque-a-transthyretine</t>
+    <t>https://www.has-sante.fr/jcms/p_3358130/fr/teceos-butedronate-amylose-cardiaque-a-transthyretine</t>
+  </si>
+  <si>
+    <t>CARMIN D’INDIGO PROVINGO (indigotine (carmin d’indigo))</t>
+  </si>
+  <si>
+    <t>29/07/2022 18:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358315/fr/carmin-d-indigo-provingo-indigotine-carmin-d-indigo</t>
+  </si>
+  <si>
+    <t>p_3358315</t>
+  </si>
+  <si>
+    <t>indigotine (carmin d’indigo)</t>
+  </si>
+  <si>
+    <t>PROVEPHARM SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358118/fr/carmin-d-indigo-provingo-indigotine-carmin-d-indigo-detection-per-operatoire-des-complications-ureterales</t>
   </si>
   <si>
     <t>VIZAMYL (flutémétamol, 18F)</t>
   </si>
   <si>
-    <t>07/18/2022 10:31:59</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983672/en/vizamyl-flutemetamol-18f</t>
+    <t>18/07/2022 10:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983672/fr/vizamyl-flutemetamol-18f</t>
   </si>
   <si>
     <t>pprd_2983672</t>
   </si>
   <si>
     <t>flutémétamol (18F)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2753721/en/vizamyl-flutemetamol-18f-diagnostic-product-for-the-central-nervous-system</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3352209/en/vizamyl-flutemetamol-18f-produit-diagnostique-de-la-maladie-d-alzheimer</t>
+    <t>https://www.has-sante.fr/jcms/c_2753721/fr/vizamyl-flutemetamol-18f-produit-diagnostique-pour-le-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352209/fr/vizamyl-flutemetamol-18f-produit-diagnostique-de-la-maladie-d-alzheimer</t>
   </si>
   <si>
     <t>MOVIPREP (macrogol/ acide ascorbique)</t>
   </si>
   <si>
-    <t>02/10/2022 14:10:57</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982940/en/moviprep-macrogol/-acide-ascorbique</t>
+    <t>10/02/2022 14:10:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982940/fr/moviprep-macrogol/-acide-ascorbique</t>
   </si>
   <si>
     <t>pprd_2982940</t>
   </si>
   <si>
     <t>macrogol,acide ascorbique</t>
   </si>
   <si>
     <t>NORGINE PHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_866759/en/moviprep</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3315452/en/moviprep-orange-potassium/-acide-ascorbique/-sodium</t>
+    <t>https://www.has-sante.fr/jcms/c_866759/fr/moviprep-macrogol/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1263600/fr/moviprep-macrogol/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893480/fr/moviprep-macrogol/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315452/fr/moviprep-orange-potassium/-acide-ascorbique/-sodium</t>
+  </si>
+  <si>
+    <t>CARDIOGEN-82 3,3-5,6 GBQ (chlorure de strontium)</t>
+  </si>
+  <si>
+    <t>10/01/2022 18:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308772/fr/cardiogen-82-3-3-5-6-gbq-chlorure-de-strontium</t>
+  </si>
+  <si>
+    <t>p_3308772</t>
+  </si>
+  <si>
+    <t>chlorure de strontium</t>
+  </si>
+  <si>
+    <t>Laboratoires BRACCO IMAGING FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308688/fr/cardiogen-82-3-3-5-6-gbq-chlorure-de-strontium</t>
+  </si>
+  <si>
+    <t>ACIDE GADOTERIQUE GUERBET (acide gadotérique)</t>
+  </si>
+  <si>
+    <t>23/04/2020 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180173/fr/acide-gadoterique-guerbet-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>p_3180173</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180075/fr/acide-gadoterique-guerbet-acide-gadoterique</t>
   </si>
   <si>
     <t>ESTROTEP (fluoroestradiol (18F))</t>
   </si>
   <si>
-    <t>03/12/2020 15:29:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983564/en/estrotep-fluoroestradiol-18f</t>
+    <t>12/03/2020 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983564/fr/estrotep-fluoroestradiol-18f</t>
   </si>
   <si>
     <t>pprd_2983564</t>
   </si>
   <si>
     <t>fluoroestradiol (18F)</t>
   </si>
   <si>
     <t>ZIONEXA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2779827/en/estrotep-18f-fluoroestradiol-radiopharmaceutical-for-diagnostic-use</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161190/en/estrotep-fluoroestradiol-18f</t>
+    <t>https://www.has-sante.fr/jcms/c_2779827/fr/estrotep-fluoroestradiol-18f-radiopharmaceutique-a-usage-diagnostique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161190/fr/estrotep-fluoroestradiol-18f</t>
+  </si>
+  <si>
+    <t>GADOVISTAUTO (gadobutrol)</t>
+  </si>
+  <si>
+    <t>12/03/2020 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098150/fr/gadovistauto-gadobutrol</t>
+  </si>
+  <si>
+    <t>p_3098150</t>
+  </si>
+  <si>
+    <t>BAYER HEALTHCARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098008/fr/gadovistauto-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160913/fr/gadovistauto-gadobutrol</t>
+  </si>
+  <si>
+    <t>GADOVISTMANUEL (gadobutrol)</t>
+  </si>
+  <si>
+    <t>06/08/2019 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083647/fr/gadovistmanuel-gadobutrol</t>
+  </si>
+  <si>
+    <t>p_3083647</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080461/fr/gadovistmanuel-gadobutrol</t>
+  </si>
+  <si>
+    <t>FORTRANS (Macrogol 4000 et électrolytes)</t>
+  </si>
+  <si>
+    <t>11/01/2019 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982924/fr/fortrans-macrogol-4000-et-electrolytes</t>
+  </si>
+  <si>
+    <t>pprd_2982924</t>
+  </si>
+  <si>
+    <t>Macrogol 4000 et électrolytes</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605687/fr/fortrans-macrogol-4000-et-electrolytes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339944/fr/fortrans-macrogol-4000-et-electrolytes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2894932/fr/fortrans-macrogol-4000-et-electrolytes</t>
   </si>
   <si>
     <t>LYMPHOSEEK (tilmanocept)</t>
   </si>
   <si>
-    <t>02/14/2019 18:08:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982974/en/lymphoseek-tilmanocept</t>
+    <t>14/02/2019 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982974/fr/lymphoseek-tilmanocept</t>
   </si>
   <si>
     <t>pprd_2982974</t>
   </si>
   <si>
     <t>tilmanocept</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2889892/en/lymphoseek-tilmanocept-radiopharmaceutical-for-diagnostic-use</t>
+    <t>https://www.has-sante.fr/jcms/c_2889892/fr/lymphoseek-tilmanocept-radiopharmaceutique-a-usage-diagnostique</t>
+  </si>
+  <si>
+    <t>GALLIAD (germanium (68Ge) (chlorure de))</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983001/fr/galliad-germanium-68ge-chlorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2983001</t>
+  </si>
+  <si>
+    <t>germanium (68Ge) (chlorure de)</t>
+  </si>
+  <si>
+    <t>IRE-Elit</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2887759/fr/galliad-germanium-68ge-chlorure-de</t>
+  </si>
+  <si>
+    <t>NANOCOLL (albumine humaine sérique (solution d')/ stanneux (chlorure) dihydraté)</t>
+  </si>
+  <si>
+    <t>04/12/2018 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983032/fr/nanocoll-albumine-humaine-serique-solution-d-/-stanneux-chlorure-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983032</t>
+  </si>
+  <si>
+    <t>albumine humaine sérique (solution d'),stanneux (chlorure) dihydraté</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883482/fr/nanocoll-albumine-humaine-serique-solution-d-/-stanneux-chlorure-dihydrate</t>
   </si>
   <si>
     <t>MULTIHANCE (diméglumine (gadobénate de))</t>
   </si>
   <si>
-    <t>01/17/2019 17:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983117/en/multihance-dimeglumine-gadobenate-de</t>
+    <t>17/01/2019 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983117/fr/multihance-dimeglumine-gadobenate-de</t>
   </si>
   <si>
     <t>pprd_2983117</t>
   </si>
   <si>
     <t>diméglumine (gadobénate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399155/en/multihance-0-5-mmol/ml-solution-injectable-iv-flacons-de-5-ml-10-ml-15-ml-et-20-ml</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2869916/en/gadolinium-based-contrast-agent-multihance-gadobenic-acid</t>
+    <t>https://www.has-sante.fr/jcms/c_399155/fr/multihance-0-5-mmol/ml-solution-injectable-iv-flacons-de-5-ml-10-ml-15-ml-et-20-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538092/fr/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810805/fr/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234480/fr/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648993/fr/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1779498/fr/multihance-gadobenate-de-dimeglumine-produit-de-contraste-paramagnetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635801/fr/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869904/fr/multihance-acide-gadobenique-produit-de-contraste-paramagnetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869916/fr/multihance-acide-gadobenique</t>
   </si>
   <si>
     <t>AXUMIN (Fluciclovine)</t>
   </si>
   <si>
-    <t>10/24/2018 11:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983139/en/axumin-fluciclovine</t>
+    <t>24/10/2018 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983139/fr/axumin-fluciclovine</t>
   </si>
   <si>
     <t>pprd_2983139</t>
   </si>
   <si>
     <t>Fluciclovine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2867495/en/axumin-18f-fluciclovine-radiopharmaceutical</t>
+    <t>https://www.has-sante.fr/jcms/c_2867495/fr/axumin-fluciclovine</t>
   </si>
   <si>
     <t>METHERGIN (méthylergométrine (maléate de))</t>
   </si>
   <si>
-    <t>11/14/2018 17:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983181/en/methergin-methylergometrine-maleate-de</t>
+    <t>14/11/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983181/fr/methergin-methylergometrine-maleate-de</t>
   </si>
   <si>
     <t>pprd_2983181</t>
   </si>
   <si>
     <t>méthylergométrine (maléate de)</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_456383/en/methergin-methylergometrine-maleate-de</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2863006/en/methergin-methylergometrine-oxytocic</t>
+    <t>https://www.has-sante.fr/jcms/c_456383/fr/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987201/fr/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863006/fr/methergin-methylergometrine-ocytocique</t>
   </si>
   <si>
     <t>HELICOBACTER TEST INFAI (urée)</t>
   </si>
   <si>
-    <t>07/17/2018 15:43:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983190/en/helicobacter-test-infai-uree</t>
+    <t>17/07/2018 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983190/fr/helicobacter-test-infai-uree</t>
   </si>
   <si>
     <t>pprd_2983190</t>
   </si>
   <si>
     <t>urée</t>
   </si>
   <si>
     <t>INFAI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_672973/en/helicobacter-test-infai-uree</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2862561/en/helicobacter-test-infai-uree</t>
+    <t>https://www.has-sante.fr/jcms/c_672973/fr/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827719/fr/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758551/fr/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794097/fr/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862561/fr/helicobacter-test-infai-uree</t>
   </si>
   <si>
     <t>XIMEPEG (macrogol 4 000 + électrolytes + siméticone)</t>
   </si>
   <si>
-    <t>10/24/2018 11:02:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983196/en/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+    <t>24/10/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983196/fr/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
   </si>
   <si>
     <t>pprd_2983196</t>
   </si>
   <si>
     <t>siméticone,sodium (chlorure de),potassium (chlorure de),citrique (acide) anhydre,sodium (citrate de),macrogol 4000,sodium (sulfate de) anhydre</t>
   </si>
   <si>
     <t>ALFASIGMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2862072/en/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+    <t>https://www.has-sante.fr/jcms/c_2862072/fr/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
   </si>
   <si>
     <t>SONOVUE (soufre (hexafluorure de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983200/en/sonovue-soufre-hexafluorure-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983200/fr/sonovue-soufre-hexafluorure-de</t>
   </si>
   <si>
     <t>pprd_2983200</t>
   </si>
   <si>
     <t>soufre (hexafluorure de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399658/en/sonovue-8-l/ml-soufre-hexafluorure-de</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2860517/en/sonovue-sulphur-hexafluoride-contrast-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_399658/fr/sonovue-8-l/ml-soufre-hexafluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400248/fr/sonovue-8-l/ml-soufre-hexafluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614881/fr/sonovue-soufre-hexafluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1360470/fr/sonovue-soufre-hexafluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857797/fr/sonovue-soufre-hexafluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860517/fr/sonovue-hexafluorure-de-soufre-microbulles-produit-de-contraste</t>
+  </si>
+  <si>
+    <t>ADENOSINE ACCORD (adénosine/ adenosine)</t>
+  </si>
+  <si>
+    <t>10/07/2018 17:35:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983201/fr/adenosine-accord-adenosine/-adenosine</t>
+  </si>
+  <si>
+    <t>pprd_2983201</t>
+  </si>
+  <si>
+    <t>adénosine,adenosine</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587886/fr/adenosine-medac-adenosine/-adenosine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619966/fr/adenosine-panpharma-adenosine/-adenosine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860514/fr/adenosine-accord-adenosine/-adenosine</t>
   </si>
   <si>
     <t>HEXVIX (hexaminolévulinate (chlorhydrate d'))</t>
   </si>
   <si>
-    <t>07/05/2018 10:10:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983204/en/hexvix-hexaminolevulinate-chlorhydrate-d</t>
+    <t>05/07/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983204/fr/hexvix-hexaminolevulinate-chlorhydrate-d</t>
   </si>
   <si>
     <t>pprd_2983204</t>
   </si>
   <si>
     <t>hexaminolévulinate (chlorhydrate d')</t>
   </si>
   <si>
-    <t>IPSEN PHARMA</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2859883/en/hexvix-hexaminolevulinate-chlorhydrate-d</t>
+    <t>https://www.has-sante.fr/jcms/c_493572/fr/hexvix-hexaminolevulinate-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231579/fr/hexvix-hexaminolevulinate-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587889/fr/hexvix-hexyl-aminolevulinate-medicament-diagnostique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775787/fr/hexvix-hexaminolevulinate-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859883/fr/hexvix-hexaminolevulinate-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>EDUCTYL (tartrate acide de potassium/ bicarbonate de sodium)</t>
+  </si>
+  <si>
+    <t>16/02/2018 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983386/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983386</t>
+  </si>
+  <si>
+    <t>tartrate acide de potassium,bicarbonate de sodium</t>
+  </si>
+  <si>
+    <t>TECHNI-PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603051/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1147583/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364578/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827582/fr/eductyl-tartrate-acide-de-potassium/-bicarbonate-de-sodium</t>
+  </si>
+  <si>
+    <t>TRH FERRING (protiréline)</t>
+  </si>
+  <si>
+    <t>16/02/2018 12:07:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983400/fr/trh-ferring-protireline</t>
+  </si>
+  <si>
+    <t>pprd_2983400</t>
+  </si>
+  <si>
+    <t>protiréline</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2826591/fr/trh-ferring-protireline</t>
+  </si>
+  <si>
+    <t>GALLIAPHARM (générateur de Gallium 68)</t>
+  </si>
+  <si>
+    <t>03/01/2018 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983452/fr/galliapharm-generateur-de-gallium-68</t>
+  </si>
+  <si>
+    <t>pprd_2983452</t>
+  </si>
+  <si>
+    <t>générateur de Gallium 68</t>
+  </si>
+  <si>
+    <t>ECKERT &amp; ZIEGLER RADIOPHARMA GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814684/fr/galliapharm-generateur-de-gallium-68</t>
+  </si>
+  <si>
+    <t>NORMACOL LAVEMENT ENFANTS - ADULTES (gomme de sterculia/ dihydrogénophosphate de sodium dihydraté/ hydrogén...)</t>
+  </si>
+  <si>
+    <t>29/01/2018 09:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983464/fr/normacol-lavement-enfants-adultes-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>pprd_2983464</t>
+  </si>
+  <si>
+    <t>gomme de sterculia,dihydrogénophosphate de sodium dihydraté,hydrogénophosphate de sodium dodécahydraté</t>
+  </si>
+  <si>
+    <t>NORGINE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603241/fr/normacol-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900509/fr/normacol-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1118585/fr/normacol-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1528332/fr/normacol-lavement-enfants-adultes-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046964/fr/normacol-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2809378/fr/normacol-lavement-enfants-adultes-gomme-de-sterculia/-dihydrogenophosphate-de-sodium-dihydrate/-hydrogen</t>
+  </si>
+  <si>
+    <t>FLUOROCHOLINE (18F) SIEMENS HEALTHCARE</t>
+  </si>
+  <si>
+    <t>20/11/2017 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983478/fr/fluorocholine-18f-siemens-healthcare</t>
+  </si>
+  <si>
+    <t>pprd_2983478</t>
+  </si>
+  <si>
+    <t>fluorocholine,fluorocholine [18F] (chlorure de)</t>
+  </si>
+  <si>
+    <t>PETNET SOLUTONS SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613577/fr/fluorocholine-cis-bio-international-fluorocholine/-fluorocholine-18f-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2805040/fr/fluorocholine-18f-siemens-healthcare</t>
+  </si>
+  <si>
+    <t>FUROSEMIDE (furosémide)</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983505/fr/furosemide-furosemide</t>
+  </si>
+  <si>
+    <t>pprd_2983505</t>
+  </si>
+  <si>
+    <t>furosémide</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS/ ARROW GENERIQUES/ RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399683/fr/furosemide-renaudin-furosemide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773245/fr/furosemide-renaudin-furosemide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768611/fr/furosemide-arrow-furosemide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798556/fr/furosemide-accord-furosemide</t>
+  </si>
+  <si>
+    <t>HELIKIT (urée 13 C, acide citrique anhydre)</t>
+  </si>
+  <si>
+    <t>04/10/2017 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983519/fr/helikit-uree-13-c-acide-citrique-anhydre</t>
+  </si>
+  <si>
+    <t>pprd_2983519</t>
+  </si>
+  <si>
+    <t>urée 13 C, acide citrique anhydre</t>
+  </si>
+  <si>
+    <t>MAYOLY SPINDLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474346/fr/helikit-uree-13-c-acide-citrique-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487029/fr/helikit-uree-13-c-acide-citrique-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104009/fr/helikit-uree-13-c-acide-citrique-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796029/fr/helikit-uree-13-c-acide-citrique-anhydre</t>
   </si>
   <si>
     <t>SOMAKIT TOC (gallium (68Ga) édotréotide)</t>
   </si>
   <si>
-    <t>11/15/2017 09:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983542/en/somakit-toc-gallium-68ga-edotreotide</t>
+    <t>15/11/2017 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983542/fr/somakit-toc-gallium-68ga-edotreotide</t>
   </si>
   <si>
     <t>pprd_2983542</t>
   </si>
   <si>
     <t>gallium (68Ga) édotréotide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2788656/en/somakit-toc-68ga-edotreotide-radiopharmaceutical-for-diagnostic-use</t>
+    <t>https://www.has-sante.fr/jcms/c_2788656/fr/somakit-toc-68ga-edotreotide-radiopharmaceutique-a-usage-diagnostique</t>
   </si>
   <si>
     <t>TEKTROTYD (99mTc-EDDA/HYNIC-TOC)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2983552/en/tektrotyd-99mtc-edda/hynic-toc</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2983552/fr/tektrotyd-99mtc-edda/hynic-toc</t>
   </si>
   <si>
     <t>pprd_2983552</t>
   </si>
   <si>
     <t>99mTc-EDDA/HYNIC-TOC</t>
   </si>
   <si>
     <t>CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2788603/en/tektrotyd-99mtc-edda/hynic-toc-radiopharmaceutical-for-diagnostic-use</t>
+    <t>https://www.has-sante.fr/jcms/c_2788603/fr/tektrotyd-99mtc-edda/hynic-toc-radiopharmaceutique-a-usage-diagnostique</t>
   </si>
   <si>
     <t>ALBUMINE HUMAINE IODEE CIS BIO INTERNATIONAL [SERALB-125] (albumine humaine iodée [125 I])</t>
   </si>
   <si>
-    <t>07/05/2017 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983613/en/albumine-humaine-iodee-cis-bio-international-seralb-125-albumine-humaine-iodee-125-i</t>
+    <t>05/07/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983613/fr/albumine-humaine-iodee-cis-bio-international-seralb-125-albumine-humaine-iodee-125-i</t>
   </si>
   <si>
     <t>pprd_2983613</t>
   </si>
   <si>
     <t>albumine humaine iodée [125 I]</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400113/en/albumine-humaine-baxter-albumine-humaine-iodee-125-i</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2769384/en/iodinated-human-albumin-125i-cis-bio-international-iodinated-human-albumin-radiopharmaceutical-product-for-diagnostic-use</t>
+    <t>https://www.has-sante.fr/jcms/c_400113/fr/albumine-humaine-baxter-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_467700/fr/albumine-humaine-baxter-bioscience-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769384/fr/albumine-humaine-iodee-cis-bio-international-ref-seralb-125-albumine-humaine-iodee-produit-radiopharmaceutique-a-usage-diagnostique</t>
   </si>
   <si>
     <t>IASOTOC (gallium (68Ga) édotréotide)</t>
   </si>
   <si>
-    <t>06/15/2017 09:28:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983643/en/iasotoc-gallium-68ga-edotreotide</t>
+    <t>15/06/2017 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983643/fr/iasotoc-gallium-68ga-edotreotide</t>
   </si>
   <si>
     <t>pprd_2983643</t>
   </si>
   <si>
     <t>IASON GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2758096/en/iasotoc-gallium-68ga-edotreotide-diagnostic-product-for-tumour-detection</t>
+    <t>https://www.has-sante.fr/jcms/c_2758096/fr/iasotoc-gallium-68ga-edotreotide-produit-diagnostique-pour-la-detection-de-tumeurs</t>
   </si>
   <si>
     <t>IASOCHOLINE (fluorocholine [18F] (chlorure de))</t>
   </si>
   <si>
-    <t>02/21/2017 17:04:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983726/en/iasocholine-fluorocholine-18f-chlorure-de</t>
+    <t>21/02/2017 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983726/fr/iasocholine-fluorocholine-18f-chlorure-de</t>
   </si>
   <si>
     <t>pprd_2983726</t>
   </si>
   <si>
     <t>fluorocholine [18F] (chlorure de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2014032/en/iasocholine-fluorocholine-18f-chloride-radiopharmaceutical-for-diagnostic-use</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746207/en/iasocholine-fluorocholine-18f-chlorure-de</t>
+    <t>https://www.has-sante.fr/jcms/c_2014032/fr/iasocholine-chlorure-de-fluorocholine-18f-radiopharmaceutique-a-usage-diagnostique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746207/fr/iasocholine-fluorocholine-18f-chlorure-de</t>
+  </si>
+  <si>
+    <t>PROSTATEP (fluorocholine (18F))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983729/fr/prostatep-fluorocholine-18f</t>
+  </si>
+  <si>
+    <t>pprd_2983729</t>
+  </si>
+  <si>
+    <t>fluorocholine (18F)</t>
+  </si>
+  <si>
+    <t>CYCLOPHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746198/fr/prostatep-fluorocholine-18f</t>
+  </si>
+  <si>
+    <t>RADIOSELECTAN URINAIRE (amidotrizoate de méglumine/ amidotrizoate de sodium)</t>
+  </si>
+  <si>
+    <t>15/12/2016 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983813/fr/radioselectan-urinaire-amidotrizoate-de-meglumine/-amidotrizoate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983813</t>
+  </si>
+  <si>
+    <t>amidotrizoate de méglumine,amidotrizoate de sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474584/fr/radioselectan-amidotrizoate-de-meglumine/-amidotrizoate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621558/fr/radioselectan-urinaire-et-vasculaire-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621582/fr/radioselectan-urinaire-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1712048/fr/radioselectan-urinaire-et-vasculaire-amidotrizoate-de-meglumine/-amidotrizoate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730791/fr/radioselectan-urinaire-amidotrizoate-de-meglumine/-amidotrizoate-de-sodium</t>
+  </si>
+  <si>
+    <t>GASTROGRAFINE (amidotrizoate de sodium/ amidotrizoate de méglumine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983814/fr/gastrografine-amidotrizoate-de-sodium/-amidotrizoate-de-meglumine</t>
+  </si>
+  <si>
+    <t>pprd_2983814</t>
+  </si>
+  <si>
+    <t>amidotrizoate de sodium,amidotrizoate de méglumine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474335/fr/gastrografine-amidotrizoate-de-sodium/-amidotrizoate-de-meglumine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621576/fr/gastrografine-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730788/fr/gastrografine-amidotrizoate-de-sodium/-amidotrizoate-de-meglumine</t>
+  </si>
+  <si>
+    <t>NORCHOLESTEROL IODE CIS BIO INTERNATIONAL (norcholestérol iodé [131 I])</t>
+  </si>
+  <si>
+    <t>07/11/2016 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983875/fr/norcholesterol-iode-cis-bio-international-norcholesterol-iode-131-i</t>
+  </si>
+  <si>
+    <t>pprd_2983875</t>
+  </si>
+  <si>
+    <t>norcholestérol iodé [131 I]</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682112/fr/norcholesterol-iode-cis-bio-international-norcholesterol-iode-131-i</t>
+  </si>
+  <si>
+    <t>FLEETPHOSPHOSODA (dihydrogénophosphate de sodium/ hydrogénophosphate de sodium)</t>
+  </si>
+  <si>
+    <t>14/10/2016 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983936/fr/fleetphosphosoda-dihydrogenophosphate-de-sodium/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>pprd_2983936</t>
+  </si>
+  <si>
+    <t>dihydrogénophosphate de sodium,hydrogénophosphate de sodium</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1221613/fr/fleetphosphosoda-dihydrogenophosphate-de-sodium/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676729/fr/fleetphosphosoda-dihydrogenophosphate-de-sodium/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538070/fr/fleet-phospho-soda-dihydrogenophosphate-de-sodium/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399823/fr/fleet-phospho-soda-solution-buvable-flacon-de-45-ml-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399380/fr/fleetphosphosoda-solution-buvable-45-ml-en-flacon-b/2-dihydrogenophosphate-de-sodium/-hydrogenophosphate-de-sodium</t>
+  </si>
+  <si>
+    <t>VASCULOCIS (albumine humaine (solution d'))</t>
+  </si>
+  <si>
+    <t>03/10/2016 12:33:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983957/fr/vasculocis-albumine-humaine-solution-d</t>
+  </si>
+  <si>
+    <t>pprd_2983957</t>
+  </si>
+  <si>
+    <t>albumine humaine (solution d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671779/fr/vasculocis-albumine-humaine-solution-d</t>
   </si>
   <si>
     <t>LIPIODOL ULTRA-FLUIDE (oeillette (sous forme d'esters éthyliques d'acides gras iodés de l'hui...)</t>
   </si>
   <si>
-    <t>02/21/2017 17:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983976/en/lipiodol-ultra-fluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
+    <t>21/02/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983976/fr/lipiodol-ultra-fluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
   </si>
   <si>
     <t>pprd_2983976</t>
   </si>
   <si>
     <t>oeillette (sous forme d'esters éthyliques d'acides gras iodés de l'huile d'oeillette)</t>
   </si>
   <si>
-    <t>GUERBET</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2671701/en/lipiodol-ultra-fluide-iodine-iodinated-contrast-medium</t>
+    <t>https://www.has-sante.fr/jcms/c_1716250/fr/lipiodol-ultrafluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716238/fr/lipiodol-ultrafluide-esthers-ethyliques-d-acide-gras-produit-de-contraste</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671701/fr/lipiodol-ultra-fluide-iode-produit-de-contraste-iode</t>
   </si>
   <si>
     <t>METYRAPONE HRA PHARMA (métyrapone)</t>
   </si>
   <si>
-    <t>11/04/2016 09:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983978/en/metyrapone-hra-pharma-metyrapone</t>
+    <t>04/11/2016 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983978/fr/metyrapone-hra-pharma-metyrapone</t>
   </si>
   <si>
     <t>pprd_2983978</t>
   </si>
   <si>
     <t>métyrapone</t>
   </si>
   <si>
     <t>HRA PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2663239/en/metyrapone-hra-pharma-metyrapone-treatment-of-endogenous-cushing-s-syndrome-and-test-for-pituitary-function</t>
+    <t>https://www.has-sante.fr/jcms/c_2663239/fr/metyrapone-hra-pharma-metyrapone-traitement-du-syndrome-de-cushing-endogene-et-test-pour-la-fonction-hypophysaire</t>
   </si>
   <si>
     <t>IASOglio (fluoroéthyl-L tyrosine (18F))</t>
   </si>
   <si>
-    <t>11/03/2016 16:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983995/en/iasoglio-fluoroethyl-l-tyrosine-18f</t>
+    <t>03/11/2016 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983995/fr/iasoglio-fluoroethyl-l-tyrosine-18f</t>
   </si>
   <si>
     <t>pprd_2983995</t>
   </si>
   <si>
     <t>fluoroéthyl-L tyrosine (18F)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2659628/en/iasoglio-fluoroethyl-l-tyrosine-18f-or-fet-radiopharmaceutical-for-diagnostic-use-for-the-detection-of-tumours</t>
+    <t>https://www.has-sante.fr/jcms/c_2659628/fr/iasoglio-fluoroethyl-l-thyrosine-18f-ou-fet-radiopharmaceutique-a-usage-diagnostique-pour-detection-de-tumeurs</t>
+  </si>
+  <si>
+    <t>FLUDESOXYGLUCOSE-(18F) CYCLOPHARMA</t>
+  </si>
+  <si>
+    <t>20/07/2016 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984042/fr/fludesoxyglucose-18f-cyclopharma</t>
+  </si>
+  <si>
+    <t>pprd_2984042</t>
+  </si>
+  <si>
+    <t>fludésoxyglucose (18F) (solution injectable de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656367/fr/fludesoxyglucose-18f-cyclopharma</t>
+  </si>
+  <si>
+    <t>DICETEL (pinaverium (bromure de))</t>
+  </si>
+  <si>
+    <t>26/05/2016 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984103/fr/dicetel-pinaverium-bromure-de</t>
+  </si>
+  <si>
+    <t>pprd_2984103</t>
+  </si>
+  <si>
+    <t>pinaverium (bromure de)</t>
+  </si>
+  <si>
+    <t>ABBOTT PRODUCTS SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666007/fr/dicetel-pinaverium-bromure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935388/fr/dicetel-pinaverium-bromure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075778/fr/dicetel-pinaverium-bromure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633891/fr/dicetel-pinaverium-bromure-de</t>
+  </si>
+  <si>
+    <t>DOPAVIEW (fluorodopa [18F])</t>
+  </si>
+  <si>
+    <t>14/04/2016 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984141/fr/dopaview-fluorodopa-18f</t>
+  </si>
+  <si>
+    <t>pprd_2984141</t>
+  </si>
+  <si>
+    <t>fluorodopa [18F]</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624087/fr/dopaview-fluorodopa-18f</t>
+  </si>
+  <si>
+    <t>FLUOROCHOL (fluorocholine [18F] (chlorure de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984143/fr/fluorochol-fluorocholine-18f-chlorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2984143</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624078/fr/fluorochol-fluorocholine-18f-chlorure-de</t>
+  </si>
+  <si>
+    <t>KLEAN PREP (macrogol 3350/ sodium (bicarbonate de)/ sodium (bicarbonate de)sodium (sulfate de) anhydre/ potassium (chlorure de))</t>
+  </si>
+  <si>
+    <t>21/03/2016 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984183/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2984183</t>
+  </si>
+  <si>
+    <t>macrogol 3350,sodium (bicarbonate de),sodium (chlorure de),sodium (sulfate de) anhydre,potassium (chlorure de)</t>
+  </si>
+  <si>
+    <t>NORGINE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400319/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962481/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613503/fr/klean-prep-macrogol-3350/-sodium-bicarbonate-de-/-sodium-bicarbonate-de-sodium-sulfate-de-anhydre/-potassium-chlorure-de</t>
   </si>
   <si>
     <t>CITRAFLEET (citrique (acide) anhydre/ magnésium (oxyde de) léger/ picosulfate de s...)</t>
   </si>
   <si>
-    <t>12/17/2015 11:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984290/en/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+    <t>17/12/2015 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984290/fr/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
   </si>
   <si>
     <t>pprd_2984290</t>
   </si>
   <si>
     <t>citrique (acide) anhydre,magnésium (oxyde de) léger,picosulfate de sodium</t>
   </si>
   <si>
-    <t>BOUCHARA RECORDATI</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581317/en/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+    <t>https://www.has-sante.fr/jcms/c_969534/fr/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581317/fr/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+  </si>
+  <si>
+    <t>PICOPREP (citrique (acide) anhydre/ magnésium (oxyde de) léger/ picosulfate de s...)</t>
+  </si>
+  <si>
+    <t>10/12/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984307/fr/picoprep-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+  </si>
+  <si>
+    <t>pprd_2984307</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1014909/fr/picoprep-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579398/fr/picoprep-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+  </si>
+  <si>
+    <t>GLUCAGEN (chlorhydrate de glucagon humain biogénétique)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984403/fr/glucagen-chlorhydrate-de-glucagon-humain-biogenetique</t>
+  </si>
+  <si>
+    <t>pprd_2984403</t>
+  </si>
+  <si>
+    <t>chlorhydrate de glucagon humain biogénétique</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399792/fr/glucagen-kit-1-mg-poudre-et-solvant-pour-solution-injectable-en-seringue-pre-remplie-chlorhydrate-de-glucagon-humain-biogenetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400786/fr/glucagen-1-mg/ml-poudre-et-solvant-pour-solution-injectable-1-flacon-de-1-ml-cip-335-905-5-glucagen-kit-1-mg/ml-poudre-et-solvant-pour-solution-injectable-en-seringue-preremplie-1-flacon-1-seringue-preremplie-de-1-ml-cip-335-904-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969966/fr/glucagen-glucagen-kit-chlorhydrate-de-glucagon-humain-biogenetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559112/fr/glucagen-chlorhydrate-de-glucagon-humain-biogenetique</t>
   </si>
   <si>
     <t>COLOKIT (phosphate disodique anhydre/ phosphate monosodique monohydraté)</t>
   </si>
   <si>
-    <t>10/02/2015 15:09:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984424/en/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984424/fr/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
   </si>
   <si>
     <t>pprd_2984424</t>
   </si>
   <si>
     <t>phosphate disodique anhydre,phosphate monosodique monohydraté</t>
   </si>
   <si>
-    <t>MAYOLY SPINDLER</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2558814/en/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_963197/fr/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558814/fr/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
   </si>
   <si>
     <t>ROTOP-nanoHSA (nanocolloïdes d’albumine humaine marquée au 99mTc)</t>
   </si>
   <si>
-    <t>06/01/2015 13:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984572/en/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc</t>
+    <t>01/06/2015 13:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984572/fr/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc</t>
   </si>
   <si>
     <t>pprd_2984572</t>
   </si>
   <si>
     <t>nanocolloïdes d’albumine humaine marquée au 99mTc</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2025598/en/rotop-nanohsa-99mtc-labelled-human-albumin-nanocolloid-radiopharmaceutical-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_2025598/fr/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc-produit-radiopharmaceutique</t>
   </si>
   <si>
     <t>YTTRIGA (yttrium [90Y])</t>
   </si>
   <si>
-    <t>01/22/2015 16:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984636/en/yttriga-yttrium-90y</t>
+    <t>22/01/2015 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984636/fr/yttriga-yttrium-90y</t>
   </si>
   <si>
     <t>pprd_2984636</t>
   </si>
   <si>
     <t>yttrium [90Y] (chlorure d')</t>
   </si>
   <si>
-    <t>ECKERT &amp; ZIEGLER RADIOPHARMA GmbH</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1794405/en/yttriga-yttrium-90y-radiopharmaceutical-product-for-therapeutic-use</t>
+    <t>https://www.has-sante.fr/jcms/c_1794405/fr/yttriga-yttrium-90y</t>
   </si>
   <si>
     <t>IZINOVA (potassium (sulfate de)/ magnésium (sulfate de) heptahydraté/ sodium (s...)</t>
   </si>
   <si>
-    <t>01/20/2015 18:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984654/en/izinova-potassium-sulfate-de-/-magnesium-sulfate-de-heptahydrate/-sodium-s</t>
+    <t>20/01/2015 18:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984654/fr/izinova-potassium-sulfate-de-/-magnesium-sulfate-de-heptahydrate/-sodium-s</t>
   </si>
   <si>
     <t>pprd_2984654</t>
   </si>
   <si>
     <t>potassium (sulfate de),magnésium (sulfate de) heptahydraté,sodium (sulfate de) anhydre</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1777257/en/izinova-sodium-sulfate-magnesium-sulfate-potassium-sulfate-bowel-cleansing-preparation</t>
+    <t>https://www.has-sante.fr/jcms/c_1777257/fr/izinova-sulfate-de-sodium-sulfate-de-magnesium-sulfate-de-potassium-preparation-colique</t>
+  </si>
+  <si>
+    <t>COLOPEG (macrogol/ macrogol 3350/ sodium (chlorure de)/ potassium (chlorure de)...)</t>
+  </si>
+  <si>
+    <t>24/11/2014 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984658/fr/colopeg-macrogol/-macrogol-3350/-sodium-chlorure-de-/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2984658</t>
+  </si>
+  <si>
+    <t>macrogol,macrogol 3350,sodium (chlorure de),potassium (chlorure de),sodium (bicarbonate de),sodium (sulfate de) anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_887284/fr/colopeg-macrogol/-macrogol-3350/-sodium-chlorure-de-/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776980/fr/colopeg-macrogol/-macrogol-3350/-sodium-chlorure-de-/-potassium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400301/fr/colopeg-poudre-pour-solution-buvable-1-sachet-code-cip-329-080-8-colopeg-poudre-pour-solution-buvable-4-sachets-code-cip-339-059-1</t>
+  </si>
+  <si>
+    <t>NAF META TRACE (sodium (fluorure (18F) de))</t>
+  </si>
+  <si>
+    <t>24/06/2014 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984751/fr/naf-meta-trace-sodium-fluorure-18f-de</t>
+  </si>
+  <si>
+    <t>pprd_2984751</t>
+  </si>
+  <si>
+    <t>sodium (fluorure (18F) de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748406/fr/naf-meta-trace-sodium-fluorure-18f-de</t>
   </si>
   <si>
     <t>CARMYNE (indigotine)</t>
   </si>
   <si>
     <t>09/09/2014 17:04:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984763/en/carmyne-indigotine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984763/fr/carmyne-indigotine</t>
   </si>
   <si>
     <t>pprd_2984763</t>
   </si>
   <si>
     <t>indigotine</t>
   </si>
   <si>
     <t>SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1742498/en/carmyne</t>
+    <t>https://www.has-sante.fr/jcms/c_1742498/fr/carmyne-indigotine-ou-carmin-d-indigo</t>
+  </si>
+  <si>
+    <t>FLUOCYNE (fluorescéine sodique)</t>
+  </si>
+  <si>
+    <t>23/05/2014 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984765/fr/fluocyne-fluoresceine-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2984765</t>
+  </si>
+  <si>
+    <t>fluorescéine sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474017/fr/fluocyne-fluoresceine-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742490/fr/fluocyne-fluoresceine-sodique</t>
+  </si>
+  <si>
+    <t>OMNISCAN (gadodiamide)</t>
+  </si>
+  <si>
+    <t>17/02/2014 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984823/fr/omniscan-gadodiamide</t>
+  </si>
+  <si>
+    <t>pprd_2984823</t>
+  </si>
+  <si>
+    <t>gadodiamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399390/fr/omniscan-0-5-mmol/ml-solution-injectable-boites-de-1-flacon-de-10-ml-15-ml-et-20-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538314/fr/omniscan-gadodiamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343684/fr/omniscan-gadodiamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724474/fr/omniscan-gadodiamide</t>
+  </si>
+  <si>
+    <t>AMYVID (florbétapir (18F))</t>
+  </si>
+  <si>
+    <t>26/03/2014 11:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984840/fr/amyvid-florbetapir-18f</t>
+  </si>
+  <si>
+    <t>pprd_2984840</t>
+  </si>
+  <si>
+    <t>florbétapir (18F)</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720113/fr/amyvid-florbetapir-produit-diagnostique-pour-le-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>OPTISON (perflutrène)</t>
+  </si>
+  <si>
+    <t>04/11/2013 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984871/fr/optison-perflutrene</t>
+  </si>
+  <si>
+    <t>pprd_2984871</t>
+  </si>
+  <si>
+    <t>perflutrène</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632633/fr/optison-perflutrene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671509/fr/optison-perflutrene</t>
+  </si>
+  <si>
+    <t>THYROGEN (thyrotropine alfa)</t>
+  </si>
+  <si>
+    <t>30/10/2013 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984877/fr/thyrogen-thyrotropine-alfa</t>
+  </si>
+  <si>
+    <t>pprd_2984877</t>
+  </si>
+  <si>
+    <t>thyrotropine alfa</t>
+  </si>
+  <si>
+    <t>GENZYME S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399590/fr/thyrogen-thyrotropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400278/fr/thyrogen-thyrotropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400728/fr/thyrogen-thyrotropine-alfa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1670197/fr/thyrogen-thyrotropine-alfa</t>
+  </si>
+  <si>
+    <t>HEXABRIX (méglumine (ioxaglate de)/ sodium (ioxaglate de))</t>
+  </si>
+  <si>
+    <t>21/11/2013 18:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984882/fr/hexabrix-meglumine-ioxaglate-de-/-sodium-ioxaglate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984882</t>
+  </si>
+  <si>
+    <t>méglumine (ioxaglate de),sodium (ioxaglate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474350/fr/hexabrix-meglumine-ioxaglate-de-/-sodium-ioxaglate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652828/fr/hexabrix-meglumine-ioxaglate-de-/-sodium-ioxaglate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621541/fr/hexabrix-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>SOLUPRICK CONTROLE POSITIF / CONTROLE NEGATIF (contrôle positif : dichlorhydrate d'histamine 10 mg /ml/ contrôle néga...)</t>
+  </si>
+  <si>
+    <t>29/02/2012 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985040/fr/soluprick-controle-positif-/-controle-negatif-controle-positif-dichlorhydrate-d-histamine-10-mg-/ml/-controle-nega</t>
+  </si>
+  <si>
+    <t>pprd_2985040</t>
+  </si>
+  <si>
+    <t>contrôle positif : dichlorhydrate d'histamine 10 mg /ml,contrôle négatif : pas de substance active</t>
+  </si>
+  <si>
+    <t>Laboratoire ALK-ABELLO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231623/fr/soluprick-controle-positif-/-controle-negatif-controle-positif-dichlorhydrate-d-histamine-10-mg-/ml/-controle-nega</t>
+  </si>
+  <si>
+    <t>ADREVIEW (iobenguane)</t>
+  </si>
+  <si>
+    <t>14/12/2011 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985063/fr/adreview-iobenguane</t>
+  </si>
+  <si>
+    <t>pprd_2985063</t>
+  </si>
+  <si>
+    <t>iobenguane</t>
+  </si>
+  <si>
+    <t>Laboratoire GE HEALTHCARE SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190358/fr/adreview-iobenguane</t>
+  </si>
+  <si>
+    <t>EDICIS (N, N’-éthylène-(L, L)-dicystéine)</t>
+  </si>
+  <si>
+    <t>25/05/2011 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985158/fr/edicis-n-n-ethylene-l-l-dicysteine</t>
+  </si>
+  <si>
+    <t>pprd_2985158</t>
+  </si>
+  <si>
+    <t>N, N’-éthylène-(L, L)-dicystéine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062717/fr/edicis-n-n-ethylene-l-l-dicysteine</t>
   </si>
   <si>
     <t>IASOflu (fluorure (18F) de sodium)</t>
   </si>
   <si>
-    <t>03/09/2011 10:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985199/en/iasoflu-fluorure-18f-de-sodium</t>
+    <t>09/03/2011 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985199/fr/iasoflu-fluorure-18f-de-sodium</t>
   </si>
   <si>
     <t>pprd_2985199</t>
   </si>
   <si>
     <t>fluorure (18F) de sodium</t>
   </si>
   <si>
     <t>Laboratoire IASON GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1036283/en/iasoflu</t>
+    <t>https://www.has-sante.fr/jcms/c_1036283/fr/iasoflu-fluorure-18f-de-sodium</t>
+  </si>
+  <si>
+    <t>MAGNEVIST (gadopentate de diméglumine)</t>
+  </si>
+  <si>
+    <t>05/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985204/fr/magnevist-gadopentate-de-dimeglumine</t>
+  </si>
+  <si>
+    <t>pprd_2985204</t>
+  </si>
+  <si>
+    <t>gadopentate de diméglumine</t>
+  </si>
+  <si>
+    <t>BAYER SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399981/fr/magnevist-2-mmol/l-solution-injectable-en-seringue-pre-remplie-de-20-ml-voie-intra-articulaire-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_537909/fr/magnevist-gadopentate-de-dimeglumine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1026882/fr/magnevist-gadopentate-de-dimeglumine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399150/fr/magnevist-solution-injectable-flacons-de-5-10-15-20-et-30-ml-seringues-pre-remplies-de-10-15-et-20-ml</t>
+  </si>
+  <si>
+    <t>MEDRONATE DRAXIMAGE (acide médronique)</t>
+  </si>
+  <si>
+    <t>06/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985245/fr/medronate-draximage-acide-medronique</t>
+  </si>
+  <si>
+    <t>pprd_2985245</t>
+  </si>
+  <si>
+    <t>acide médronique</t>
+  </si>
+  <si>
+    <t>Laboratoire GUERBET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994257/fr/medronate-draximage-acide-medronique</t>
   </si>
   <si>
     <t>CISNAF (fluorure (18F) de sodium)</t>
   </si>
   <si>
-    <t>06/04/2012 17:31:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985253/en/cisnaf-fluorure-18f-de-sodium</t>
+    <t>04/06/2012 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985253/fr/cisnaf-fluorure-18f-de-sodium</t>
   </si>
   <si>
     <t>pprd_2985253</t>
   </si>
   <si>
     <t>Laboratoire CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_990894/en/cisnaf</t>
+    <t>https://www.has-sante.fr/jcms/c_990894/fr/cisnaf-fluorure-18f-de-sodium</t>
+  </si>
+  <si>
+    <t>DOPACIS (6-fluoro-(18F)-L-DOPA ou FDOPA)</t>
+  </si>
+  <si>
+    <t>29/06/2010 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985265/fr/dopacis-6-fluoro-18f-l-dopa-ou-fdopa</t>
+  </si>
+  <si>
+    <t>pprd_2985265</t>
+  </si>
+  <si>
+    <t>6-fluoro-(18F)-L-DOPA ou FDOPA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962479/fr/dopacis-6-fluoro-18f-l-dopa-ou-fdopa</t>
+  </si>
+  <si>
+    <t>SCINTIMUN (technétium (99mTc) besilesomab)</t>
+  </si>
+  <si>
+    <t>11/06/2010 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985271/fr/scintimun-technetium-99mtc-besilesomab</t>
+  </si>
+  <si>
+    <t>pprd_2985271</t>
+  </si>
+  <si>
+    <t>technétium (99mTc) besilesomab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958812/fr/scintimun-technetium-99mtc-besilesomab</t>
   </si>
   <si>
     <t>GLIOLAN (acide 5-aminolévulinique)</t>
   </si>
   <si>
-    <t>05/16/2011 11:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985276/en/gliolan-acide-5-aminolevulinique</t>
+    <t>16/05/2011 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985276/fr/gliolan-acide-5-aminolevulinique</t>
   </si>
   <si>
     <t>pprd_2985276</t>
   </si>
   <si>
     <t>acide 5-aminolévulinique</t>
   </si>
   <si>
     <t>Laboratoire MEDAC GESELLSCHAFT FÜR MEDIZINISCHE SPEZIALPRÄPARATE mbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_954793/en/gliolan</t>
+    <t>https://www.has-sante.fr/jcms/c_954793/fr/gliolan-acide-5-aminolevulinique</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Évaluation d’actes professionnels de biologie médicale et d’anatomocytopathologie en sortie du référentiel des actes innovants hors nomenclature (RIHN)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536485/fr/evaluation-d-actes-professionnels-de-biologie-medicale-et-d-anatomocytopathologie-en-sortie-du-referentiel-des-actes-innovants-hors-nomenclature-rihn</t>
+  </si>
+  <si>
+    <t>p_3536485</t>
+  </si>
+  <si>
+    <t>IPAQSS 2016 - MCO : recueil optionnel de l'indicateur « Conformité des demandes d'examens d'imagerie » (CDEI) dans les établissements de santé ayant une activité d'imagerie</t>
+  </si>
+  <si>
+    <t>Depuis 2010, les établissements ayant une activité d’imagerie auront la possibilité de réaliser un recueil optionnel pour l’indicateur « Conformité des demandes d’examens d’imagerie » (CDEI).</t>
+  </si>
+  <si>
+    <t>07/11/2016 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_945466/fr/ipaqss-2016-mco-recueil-optionnel-de-l-indicateur-conformite-des-demandes-d-examens-d-imagerie-cdei-dans-les-etablissements-de-sante-ayant-une-activite-d-imagerie</t>
+  </si>
+  <si>
+    <t>c_945466</t>
+  </si>
+  <si>
+    <t>Dépistage et diagnostic dans le cadre de la Covid -19</t>
+  </si>
+  <si>
+    <t>[mis à jour le 13/06/2022] Retrouvez les avis et réponses rapides de la HAS concernant les tests et examens dans le cadre de la Covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178536/fr/depistage-et-diagnostic-dans-le-cadre-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3178536</t>
+  </si>
+  <si>
+    <t>Cervicalgie : l’imagerie, uniquement dans des cas bien définis</t>
+  </si>
+  <si>
+    <t>Votre patient est atteint d’une cervicalgie ? Si elle n’est pas d’origine traumatique, l’imagerie médicale n’est indispensable qu’en cas de signes d’alerte, dits « drapeaux rouges ». En cas de cervicalgie commune, elle n’est indiquée que si la douleur persiste au-delà de 4 à 6 semaines. Si la cervicalgie est consécutive à un traumatisme, l’imagerie ne sera nécessaire que dans certains cas bien définis. Le point sur les situations qui requièrent, ou non, le recours à l’imagerie médicale.</t>
+  </si>
+  <si>
+    <t>10/12/2020 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217591/fr/cervicalgie-l-imagerie-uniquement-dans-des-cas-bien-definis</t>
+  </si>
+  <si>
+    <t>p_3217591</t>
+  </si>
+  <si>
+    <t>Questions-Réponses sur l’infection à papillomavirus humains (HPV), cause de cancer du col de l’utérus, et le dépistage</t>
+  </si>
+  <si>
+    <t>Vous êtes une femme et vous avez entre 25 et 65 ans ? Alors vous êtes concernée par le dépistage du cancer du col de l’utérus. La HAS a conçu un document qui se présente sous forme de questions/réponses. Il vous informe sur l’infection à papillomavirus humains (HPV), ses modes de transmission et sur la prévention du cancer du col de l’utérus et son dépistage.</t>
+  </si>
+  <si>
+    <t>06/07/2020 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146343/fr/questions-reponses-sur-l-infection-a-papillomavirus-humains-hpv-cause-de-cancer-du-col-de-l-uterus-et-le-depistage</t>
+  </si>
+  <si>
+    <t>p_3146343</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du col de l’utérus : le test HPV-HR recommandé chez les femmes de plus de 30 ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192618/fr/depistage-du-cancer-du-col-de-l-uterus-le-test-hpv-hr-recommande-chez-les-femmes-de-plus-de-30-ans</t>
+  </si>
+  <si>
+    <t>p_3192618</t>
+  </si>
+  <si>
+    <t>Le point sur la tomosynthèse dans le dépistage du cancer du sein</t>
+  </si>
+  <si>
+    <t>Bien que non autorisée en France dans le dépistage organisé, une pratique de dépistage mammographique du cancer du sein par tomosynthèse s’est développée. Le point sur cette technique.</t>
+  </si>
+  <si>
+    <t>28/11/2019 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115563/fr/le-point-sur-la-tomosynthese-dans-le-depistage-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>p_3115563</t>
+  </si>
+  <si>
+    <t>Ponction lombaire : prévenir et gérer les effets indésirables</t>
+  </si>
+  <si>
+    <t>La ponction lombaire (PL) peut engendrer des évènements indésirables dont l’incidence peut être réduite grâce à des mesures simples. Le point sur les complications post-PL.</t>
+  </si>
+  <si>
+    <t>11/07/2019 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974155/fr/ponction-lombaire-prevenir-et-gerer-les-effets-indesirables</t>
+  </si>
+  <si>
+    <t>pprd_2974155</t>
+  </si>
+  <si>
+    <t>Accouchement : éviter la surmédicalisation</t>
+  </si>
+  <si>
+    <t>La HAS a publié une recommandation de bonne pratique : « Accouchement normal : accompagnement de la physiologie et interventions médicales ». Objectif : aider les professionnels à répondre aux attentes des femmes concernant leur accouchement, notamment en limitant la surmédicalisation grâce à une redéfinition des pratiques des sages-femmes et des gynécologues obstétriciens respectueuses de la physiologie de la naissance.</t>
+  </si>
+  <si>
+    <t>26/01/2018 09:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974220/fr/accouchement-eviter-la-surmedicalisation</t>
+  </si>
+  <si>
+    <t>pprd_2974220</t>
+  </si>
+  <si>
+    <t>Endométriose : vers une prise en charge individualisée</t>
+  </si>
+  <si>
+    <t>La HAS a actualisé les recommandations du Collège national des gynécologues et obstétriciens français (CNGOF) éditées en 2006. Explications du Pr Xavier Fritel*, gynécologue obstétricien et membre du CNGOF.</t>
+  </si>
+  <si>
+    <t>22/01/2018 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974222/fr/endometriose-vers-une-prise-en-charge-individualisee</t>
+  </si>
+  <si>
+    <t>pprd_2974222</t>
+  </si>
+  <si>
+    <t>Grossesse de localisation inhabituelle : à repérer précocement</t>
+  </si>
+  <si>
+    <t>Le Collège français d’échographie fœtale a élaboré une solution pour la sécurité du patient : « Grossesse de localisation inhabituelle : conduite à tenir devant la visualisation ou la non visualisation d’un sac ovulaire avec embryon ou vésicule vitelline ».</t>
+  </si>
+  <si>
+    <t>04/12/2017 12:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974228/fr/grossesse-de-localisation-inhabituelle-a-reperer-precocement</t>
+  </si>
+  <si>
+    <t>pprd_2974228</t>
+  </si>
+  <si>
+    <t>Surpoids maternel et échographie fœtale : les bonnes pratiques</t>
+  </si>
+  <si>
+    <t>La HAS a publié une solution pour la sécurité du patient sur échographie fœtale en cas de surpoids maternel élaborée par le Collège français d’échographie fœtale (CFEF). Elle est le fruit des enseignements de l’analyse approfondie des évènements indésirables associés aux soins (EIAS) survenus lors d’examens d’échographies et déclarés dans la base de retours d’expériences du dispositif d’accréditation (REX-HAS) de 2007 à 2014.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974229/fr/surpoids-maternel-et-echographie-foetale-les-bonnes-pratiques</t>
+  </si>
+  <si>
+    <t>pprd_2974229</t>
+  </si>
+  <si>
+    <t>Bébé secoué : faciliter le diagnostic et la prise en charge</t>
+  </si>
+  <si>
+    <t>Plus de la moitié des enfants victimes du syndrome ont été secoués de façon répétée. Il faut donc détecter le plus tôt possible les premiers signes de violence.</t>
+  </si>
+  <si>
+    <t>13/10/2017 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974242/fr/bebe-secoue-faciliter-le-diagnostic-et-la-prise-en-charge</t>
+  </si>
+  <si>
+    <t>pprd_2974242</t>
+  </si>
+  <si>
+    <t>Coronaropathie chronique stable – Examen non invasif en 1re intention</t>
+  </si>
+  <si>
+    <t>À la demande du ministère en charge de la santé, de l’Assurance maladie et des organismes professionnels de cardiologie et de radiologie, la HAS a mené une évaluation de l’imagerie cardiaque non invasive dans le diagnostic des coronaropathies chroniques stables. Cette évaluation a conduit à recommander des examens non invasifs en première intention. Explications de Cédric Carbonneil, chef du service évaluation des actes professionnels de la HAS.</t>
+  </si>
+  <si>
+    <t>12/10/2017 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974245/fr/coronaropathie-chronique-stable-examen-non-invasif-en-1re-intention</t>
+  </si>
+  <si>
+    <t>pprd_2974245</t>
+  </si>
+  <si>
+    <t>IPAQSS 2016 - MCO : outils nécessaires au recueil de l'indicateur « Conformité des demandes d'examens d'imagerie » (CDEI)</t>
+  </si>
+  <si>
+    <t>Vous trouverez tous les outils nécessaires au recueil de l'indicateur "Conformité des demandes d'examens d'imagerie" (CDEI).</t>
+  </si>
+  <si>
+    <t>20/11/2015 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_821863/fr/ipaqss-2016-mco-outils-necessaires-au-recueil-de-l-indicateur-conformite-des-demandes-d-examens-d-imagerie-cdei</t>
+  </si>
+  <si>
+    <t>c_821863</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -2655,4071 +9108,15125 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H67"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>597</v>
+      </c>
+      <c r="B2" t="s">
+        <v>598</v>
+      </c>
+      <c r="C2" t="s">
+        <v>599</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>288</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>600</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>601</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>597</v>
+      </c>
+      <c r="B3" t="s">
+        <v>602</v>
+      </c>
+      <c r="C3" t="s">
+        <v>603</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>604</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>605</v>
+      </c>
+      <c r="H3" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>597</v>
+      </c>
+      <c r="B4" t="s">
+        <v>607</v>
+      </c>
+      <c r="C4" t="s">
+        <v>608</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>609</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>610</v>
+      </c>
+      <c r="H4" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>597</v>
+      </c>
+      <c r="B5" t="s">
+        <v>612</v>
+      </c>
+      <c r="C5" t="s">
+        <v>613</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>614</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>615</v>
+      </c>
+      <c r="H5" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>597</v>
+      </c>
+      <c r="B6" t="s">
+        <v>617</v>
+      </c>
+      <c r="C6" t="s">
+        <v>618</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>431</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>619</v>
+      </c>
+      <c r="H6" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>597</v>
+      </c>
+      <c r="B7" t="s">
+        <v>621</v>
+      </c>
+      <c r="C7" t="s">
+        <v>622</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>623</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>624</v>
+      </c>
+      <c r="H7" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>597</v>
+      </c>
+      <c r="B8" t="s">
+        <v>626</v>
+      </c>
+      <c r="C8" t="s">
+        <v>627</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>628</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>629</v>
+      </c>
+      <c r="H8" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>597</v>
+      </c>
+      <c r="B9" t="s">
+        <v>631</v>
+      </c>
+      <c r="C9" t="s">
+        <v>632</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>633</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>634</v>
+      </c>
+      <c r="H9" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>597</v>
+      </c>
+      <c r="B10" t="s">
+        <v>636</v>
+      </c>
+      <c r="C10" t="s">
+        <v>637</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>446</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>638</v>
+      </c>
+      <c r="H10" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>597</v>
+      </c>
+      <c r="B11" t="s">
+        <v>640</v>
+      </c>
+      <c r="C11" t="s">
+        <v>641</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>642</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>643</v>
+      </c>
+      <c r="H11" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>597</v>
+      </c>
+      <c r="B12" t="s">
+        <v>645</v>
+      </c>
+      <c r="C12" t="s">
+        <v>646</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>647</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>648</v>
+      </c>
+      <c r="H12" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>597</v>
+      </c>
+      <c r="B13" t="s">
+        <v>650</v>
+      </c>
+      <c r="C13" t="s">
+        <v>651</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>652</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>653</v>
+      </c>
+      <c r="H13" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>597</v>
+      </c>
+      <c r="B14" t="s">
+        <v>655</v>
+      </c>
+      <c r="C14" t="s">
+        <v>656</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>657</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>658</v>
+      </c>
+      <c r="H14" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>597</v>
+      </c>
+      <c r="B15" t="s">
+        <v>660</v>
+      </c>
+      <c r="C15" t="s">
+        <v>661</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>662</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>663</v>
+      </c>
+      <c r="H15" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>597</v>
+      </c>
+      <c r="B16" t="s">
+        <v>665</v>
+      </c>
+      <c r="C16" t="s">
+        <v>666</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>222</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>667</v>
+      </c>
+      <c r="H16" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>597</v>
+      </c>
+      <c r="B17" t="s">
+        <v>669</v>
+      </c>
+      <c r="C17" t="s">
+        <v>670</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>671</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>672</v>
+      </c>
+      <c r="H17" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>597</v>
+      </c>
+      <c r="B18" t="s">
+        <v>674</v>
+      </c>
+      <c r="C18" t="s">
+        <v>675</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>671</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>676</v>
+      </c>
+      <c r="H18" t="s">
+        <v>677</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>597</v>
+      </c>
+      <c r="B19" t="s">
+        <v>678</v>
+      </c>
+      <c r="C19" t="s">
+        <v>679</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>680</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>681</v>
+      </c>
+      <c r="H19" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>597</v>
+      </c>
+      <c r="B20" t="s">
+        <v>683</v>
+      </c>
+      <c r="C20" t="s">
+        <v>684</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>685</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>686</v>
+      </c>
+      <c r="H20" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>597</v>
+      </c>
+      <c r="B21" t="s">
+        <v>688</v>
+      </c>
+      <c r="C21" t="s">
+        <v>689</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>690</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>691</v>
+      </c>
+      <c r="H21" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>597</v>
+      </c>
+      <c r="B22" t="s">
+        <v>693</v>
+      </c>
+      <c r="C22" t="s">
+        <v>694</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>695</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>696</v>
+      </c>
+      <c r="H22" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>597</v>
+      </c>
+      <c r="B23" t="s">
+        <v>698</v>
+      </c>
+      <c r="C23" t="s">
+        <v>699</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>700</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>701</v>
+      </c>
+      <c r="H23" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>597</v>
+      </c>
+      <c r="B24" t="s">
+        <v>703</v>
+      </c>
+      <c r="C24" t="s">
+        <v>704</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>705</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>706</v>
+      </c>
+      <c r="H24" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>597</v>
+      </c>
+      <c r="B25" t="s">
+        <v>708</v>
+      </c>
+      <c r="C25" t="s">
+        <v>709</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>710</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>711</v>
+      </c>
+      <c r="H25" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>597</v>
+      </c>
+      <c r="B26" t="s">
+        <v>713</v>
+      </c>
+      <c r="C26" t="s">
+        <v>714</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>710</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>715</v>
+      </c>
+      <c r="H26" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>597</v>
+      </c>
+      <c r="B27" t="s">
+        <v>717</v>
+      </c>
+      <c r="C27" t="s">
+        <v>718</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>719</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>720</v>
+      </c>
+      <c r="H27" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>597</v>
+      </c>
+      <c r="B28" t="s">
+        <v>722</v>
+      </c>
+      <c r="C28" t="s">
+        <v>723</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>724</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>725</v>
+      </c>
+      <c r="H28" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>597</v>
+      </c>
+      <c r="B29" t="s">
+        <v>727</v>
+      </c>
+      <c r="C29" t="s">
+        <v>728</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>729</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>730</v>
+      </c>
+      <c r="H29" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>597</v>
+      </c>
+      <c r="B30" t="s">
+        <v>732</v>
+      </c>
+      <c r="C30" t="s">
+        <v>733</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>734</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>735</v>
+      </c>
+      <c r="H30" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>597</v>
+      </c>
+      <c r="B31" t="s">
+        <v>737</v>
+      </c>
+      <c r="C31" t="s">
+        <v>738</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>739</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>740</v>
+      </c>
+      <c r="H31" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>597</v>
+      </c>
+      <c r="B32" t="s">
+        <v>742</v>
+      </c>
+      <c r="C32" t="s">
+        <v>743</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>744</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>745</v>
+      </c>
+      <c r="H32" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>597</v>
+      </c>
+      <c r="B33" t="s">
+        <v>747</v>
+      </c>
+      <c r="C33" t="s">
+        <v>748</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>749</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>750</v>
+      </c>
+      <c r="H33" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>597</v>
+      </c>
+      <c r="B34" t="s">
+        <v>752</v>
+      </c>
+      <c r="C34" t="s">
+        <v>753</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>754</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>755</v>
+      </c>
+      <c r="H34" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>597</v>
+      </c>
+      <c r="B35" t="s">
+        <v>757</v>
+      </c>
+      <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>758</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>759</v>
+      </c>
+      <c r="H35" t="s">
+        <v>760</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>597</v>
+      </c>
+      <c r="B36" t="s">
+        <v>761</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>762</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>763</v>
+      </c>
+      <c r="H36" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>597</v>
+      </c>
+      <c r="B37" t="s">
+        <v>765</v>
+      </c>
+      <c r="C37" t="s">
+        <v>766</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>767</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>768</v>
+      </c>
+      <c r="H37" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>597</v>
+      </c>
+      <c r="B38" t="s">
+        <v>770</v>
+      </c>
+      <c r="C38" t="s">
+        <v>771</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>772</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>773</v>
+      </c>
+      <c r="H38" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>597</v>
+      </c>
+      <c r="B39" t="s">
+        <v>775</v>
+      </c>
+      <c r="C39" t="s">
+        <v>776</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>488</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>777</v>
+      </c>
+      <c r="H39" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>597</v>
+      </c>
+      <c r="B40" t="s">
+        <v>779</v>
+      </c>
+      <c r="C40" t="s">
+        <v>780</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>500</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>781</v>
+      </c>
+      <c r="H40" t="s">
+        <v>782</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>597</v>
+      </c>
+      <c r="B41" t="s">
+        <v>783</v>
+      </c>
+      <c r="C41" t="s">
+        <v>784</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>785</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>786</v>
+      </c>
+      <c r="H41" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>597</v>
+      </c>
+      <c r="B42" t="s">
+        <v>788</v>
+      </c>
+      <c r="C42" t="s">
+        <v>789</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>341</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>790</v>
+      </c>
+      <c r="H42" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>597</v>
+      </c>
+      <c r="B43" t="s">
+        <v>792</v>
+      </c>
+      <c r="C43" t="s">
+        <v>793</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>19</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>794</v>
+      </c>
+      <c r="H43" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>597</v>
+      </c>
+      <c r="B44" t="s">
+        <v>796</v>
+      </c>
+      <c r="C44" t="s">
+        <v>797</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>798</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>799</v>
+      </c>
+      <c r="H44" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>597</v>
+      </c>
+      <c r="B45" t="s">
+        <v>801</v>
+      </c>
+      <c r="C45" t="s">
+        <v>802</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>803</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>804</v>
+      </c>
+      <c r="H45" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>597</v>
+      </c>
+      <c r="B46" t="s">
+        <v>806</v>
+      </c>
+      <c r="C46" t="s">
+        <v>807</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>808</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>809</v>
+      </c>
+      <c r="H46" t="s">
+        <v>810</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>597</v>
+      </c>
+      <c r="B47" t="s">
+        <v>811</v>
+      </c>
+      <c r="C47" t="s">
+        <v>812</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>813</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>814</v>
+      </c>
+      <c r="H47" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>597</v>
+      </c>
+      <c r="B48" t="s">
+        <v>816</v>
+      </c>
+      <c r="C48" t="s">
+        <v>817</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>347</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>818</v>
+      </c>
+      <c r="H48" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>597</v>
+      </c>
+      <c r="B49" t="s">
+        <v>820</v>
+      </c>
+      <c r="C49" t="s">
+        <v>821</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>822</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>823</v>
+      </c>
+      <c r="H49" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>597</v>
+      </c>
+      <c r="B50" t="s">
+        <v>825</v>
+      </c>
+      <c r="C50" t="s">
+        <v>826</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>827</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>828</v>
+      </c>
+      <c r="H50" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>597</v>
+      </c>
+      <c r="B51" t="s">
+        <v>830</v>
+      </c>
+      <c r="C51" t="s">
+        <v>831</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>832</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>833</v>
+      </c>
+      <c r="H51" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>597</v>
+      </c>
+      <c r="B52" t="s">
+        <v>835</v>
+      </c>
+      <c r="C52" t="s">
+        <v>836</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>837</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>838</v>
+      </c>
+      <c r="H52" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>597</v>
+      </c>
+      <c r="B53" t="s">
+        <v>840</v>
+      </c>
+      <c r="C53" t="s">
+        <v>841</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>359</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>842</v>
+      </c>
+      <c r="H53" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>597</v>
+      </c>
+      <c r="B54" t="s">
+        <v>844</v>
+      </c>
+      <c r="C54" t="s">
+        <v>845</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>371</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>846</v>
+      </c>
+      <c r="H54" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>597</v>
+      </c>
+      <c r="B55" t="s">
+        <v>848</v>
+      </c>
+      <c r="C55" t="s">
+        <v>849</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>850</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>851</v>
+      </c>
+      <c r="H55" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>597</v>
+      </c>
+      <c r="B56" t="s">
+        <v>853</v>
+      </c>
+      <c r="C56" t="s">
+        <v>854</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>855</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>856</v>
+      </c>
+      <c r="H56" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>597</v>
+      </c>
+      <c r="B57" t="s">
+        <v>858</v>
+      </c>
+      <c r="C57" t="s">
+        <v>859</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>860</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>861</v>
+      </c>
+      <c r="H57" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>597</v>
+      </c>
+      <c r="B58" t="s">
+        <v>863</v>
+      </c>
+      <c r="C58" t="s">
+        <v>864</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>865</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>866</v>
+      </c>
+      <c r="H58" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>597</v>
+      </c>
+      <c r="B59" t="s">
+        <v>868</v>
+      </c>
+      <c r="C59" t="s">
+        <v>869</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>870</v>
+      </c>
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
+        <v>871</v>
+      </c>
+      <c r="H59" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>597</v>
+      </c>
+      <c r="B60" t="s">
+        <v>873</v>
+      </c>
+      <c r="C60" t="s">
+        <v>874</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>875</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>876</v>
+      </c>
+      <c r="H60" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>597</v>
+      </c>
+      <c r="B61" t="s">
+        <v>878</v>
+      </c>
+      <c r="C61" t="s">
+        <v>879</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>880</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>881</v>
+      </c>
+      <c r="H61" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>597</v>
+      </c>
+      <c r="B62" t="s">
+        <v>883</v>
+      </c>
+      <c r="C62" t="s">
+        <v>884</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>885</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>886</v>
+      </c>
+      <c r="H62" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>597</v>
+      </c>
+      <c r="B63" t="s">
+        <v>888</v>
+      </c>
+      <c r="C63" t="s">
+        <v>889</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>890</v>
+      </c>
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
+        <v>891</v>
+      </c>
+      <c r="H63" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>597</v>
+      </c>
+      <c r="B64" t="s">
+        <v>893</v>
+      </c>
+      <c r="C64" t="s">
+        <v>894</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>895</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
+        <v>896</v>
+      </c>
+      <c r="H64" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>597</v>
+      </c>
+      <c r="B65" t="s">
+        <v>898</v>
+      </c>
+      <c r="C65" t="s">
+        <v>899</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>900</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
+        <v>901</v>
+      </c>
+      <c r="H65" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>597</v>
+      </c>
+      <c r="B66" t="s">
+        <v>903</v>
+      </c>
+      <c r="C66" t="s">
+        <v>904</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>905</v>
+      </c>
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>906</v>
+      </c>
+      <c r="H66" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>597</v>
+      </c>
+      <c r="B67" t="s">
+        <v>908</v>
+      </c>
+      <c r="C67" t="s">
+        <v>11</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>909</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>910</v>
+      </c>
+      <c r="H67" t="s">
+        <v>911</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H139"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>912</v>
+      </c>
+      <c r="B2" t="s">
+        <v>913</v>
+      </c>
+      <c r="C2" t="s">
+        <v>914</v>
+      </c>
+      <c r="D2" t="s">
+        <v>915</v>
+      </c>
+      <c r="E2" t="s">
+        <v>916</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>917</v>
+      </c>
+      <c r="H2" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>912</v>
+      </c>
+      <c r="B3" t="s">
+        <v>919</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>915</v>
+      </c>
+      <c r="E3" t="s">
+        <v>920</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>921</v>
+      </c>
+      <c r="H3" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>912</v>
+      </c>
+      <c r="B4" t="s">
+        <v>923</v>
+      </c>
+      <c r="C4" t="s">
+        <v>924</v>
+      </c>
+      <c r="D4" t="s">
+        <v>925</v>
+      </c>
+      <c r="E4" t="s">
+        <v>926</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>927</v>
+      </c>
+      <c r="H4" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>912</v>
+      </c>
+      <c r="B5" t="s">
+        <v>929</v>
+      </c>
+      <c r="C5" t="s">
+        <v>930</v>
+      </c>
+      <c r="D5" t="s">
+        <v>931</v>
+      </c>
+      <c r="E5" t="s">
+        <v>932</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>933</v>
+      </c>
+      <c r="H5" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>912</v>
+      </c>
+      <c r="B6" t="s">
+        <v>935</v>
+      </c>
+      <c r="C6" t="s">
+        <v>936</v>
+      </c>
+      <c r="D6" t="s">
+        <v>937</v>
+      </c>
+      <c r="E6" t="s">
+        <v>938</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>939</v>
+      </c>
+      <c r="H6" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>912</v>
+      </c>
+      <c r="B7" t="s">
+        <v>941</v>
+      </c>
+      <c r="C7" t="s">
+        <v>942</v>
+      </c>
+      <c r="D7" t="s">
+        <v>925</v>
+      </c>
+      <c r="E7" t="s">
+        <v>943</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>944</v>
+      </c>
+      <c r="H7" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>912</v>
+      </c>
+      <c r="B8" t="s">
+        <v>946</v>
+      </c>
+      <c r="C8" t="s">
+        <v>947</v>
+      </c>
+      <c r="D8" t="s">
+        <v>948</v>
+      </c>
+      <c r="E8" t="s">
+        <v>949</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>950</v>
+      </c>
+      <c r="H8" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>912</v>
+      </c>
+      <c r="B9" t="s">
+        <v>952</v>
+      </c>
+      <c r="C9" t="s">
+        <v>953</v>
+      </c>
+      <c r="D9" t="s">
+        <v>954</v>
+      </c>
+      <c r="E9" t="s">
+        <v>955</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>956</v>
+      </c>
+      <c r="H9" t="s">
+        <v>957</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>912</v>
+      </c>
+      <c r="B10" t="s">
+        <v>958</v>
+      </c>
+      <c r="C10" t="s">
+        <v>959</v>
+      </c>
+      <c r="D10" t="s">
+        <v>960</v>
+      </c>
+      <c r="E10" t="s">
+        <v>961</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>962</v>
+      </c>
+      <c r="H10" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>912</v>
+      </c>
+      <c r="B11" t="s">
+        <v>964</v>
+      </c>
+      <c r="C11" t="s">
+        <v>965</v>
+      </c>
+      <c r="D11" t="s">
+        <v>960</v>
+      </c>
+      <c r="E11" t="s">
+        <v>966</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>967</v>
+      </c>
+      <c r="H11" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>912</v>
+      </c>
+      <c r="B12" t="s">
+        <v>969</v>
+      </c>
+      <c r="C12" t="s">
+        <v>970</v>
+      </c>
+      <c r="D12" t="s">
+        <v>971</v>
+      </c>
+      <c r="E12" t="s">
+        <v>972</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>973</v>
+      </c>
+      <c r="H12" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>912</v>
+      </c>
+      <c r="B13" t="s">
+        <v>975</v>
+      </c>
+      <c r="C13" t="s">
+        <v>976</v>
+      </c>
+      <c r="D13" t="s">
+        <v>418</v>
+      </c>
+      <c r="E13" t="s">
+        <v>977</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>978</v>
+      </c>
+      <c r="H13" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>912</v>
+      </c>
+      <c r="B14" t="s">
+        <v>980</v>
+      </c>
+      <c r="C14" t="s">
+        <v>981</v>
+      </c>
+      <c r="D14" t="s">
+        <v>948</v>
+      </c>
+      <c r="E14" t="s">
+        <v>982</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>983</v>
+      </c>
+      <c r="H14" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>912</v>
+      </c>
+      <c r="B15" t="s">
+        <v>985</v>
+      </c>
+      <c r="C15" t="s">
+        <v>986</v>
+      </c>
+      <c r="D15" t="s">
+        <v>987</v>
+      </c>
+      <c r="E15" t="s">
+        <v>988</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>989</v>
+      </c>
+      <c r="H15" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>912</v>
+      </c>
+      <c r="B16" t="s">
+        <v>991</v>
+      </c>
+      <c r="C16" t="s">
+        <v>992</v>
+      </c>
+      <c r="D16" t="s">
+        <v>993</v>
+      </c>
+      <c r="E16" t="s">
+        <v>994</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>995</v>
+      </c>
+      <c r="H16" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>912</v>
+      </c>
+      <c r="B17" t="s">
+        <v>997</v>
+      </c>
+      <c r="C17" t="s">
+        <v>998</v>
+      </c>
+      <c r="D17" t="s">
+        <v>424</v>
+      </c>
+      <c r="E17" t="s">
+        <v>999</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>912</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1003</v>
+      </c>
+      <c r="D18" t="s">
+        <v>424</v>
+      </c>
+      <c r="E18" t="s">
+        <v>999</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>912</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1008</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1009</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1011</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>912</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>912</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>912</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>912</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D23" t="s">
+        <v>954</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1033</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1034</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>912</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1036</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1037</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>912</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1042</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E25" t="s">
+        <v>194</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>912</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1043</v>
+      </c>
+      <c r="E26" t="s">
+        <v>194</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1049</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>912</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1050</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1052</v>
+      </c>
+      <c r="E27" t="s">
+        <v>194</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>912</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1056</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1057</v>
+      </c>
+      <c r="E28" t="s">
+        <v>194</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>912</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>912</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>912</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1075</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1076</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>912</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1081</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>912</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1074</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>912</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1090</v>
+      </c>
+      <c r="E34" t="s">
+        <v>614</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1091</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>912</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1098</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>912</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1099</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1100</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1101</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1102</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>912</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1104</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1106</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1107</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>912</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1110</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1112</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1113</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>912</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>912</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1123</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1126</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>912</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1128</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1129</v>
+      </c>
+      <c r="E41" t="s">
+        <v>623</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>912</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1134</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>912</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1139</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1140</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>912</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1146</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>912</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1152</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1153</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1155</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>912</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1157</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1158</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1159</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1160</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>912</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1163</v>
+      </c>
+      <c r="D47" t="s">
+        <v>451</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1166</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>912</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1167</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1168</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1169</v>
+      </c>
+      <c r="E48" t="s">
+        <v>652</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>912</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1173</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>912</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1180</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1181</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1182</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1183</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>912</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1185</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1174</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>912</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1194</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>912</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1197</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1198</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>912</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1202</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1203</v>
+      </c>
+      <c r="E54" t="s">
+        <v>671</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1204</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>912</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1207</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1208</v>
+      </c>
+      <c r="E55" t="s">
+        <v>680</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>912</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1213</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>912</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>912</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>912</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1231</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>912</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1237</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1240</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>912</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>912</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>912</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1253</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1254</v>
+      </c>
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1255</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1256</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>912</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1257</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1258</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1259</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1260</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1261</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>912</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1264</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1265</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1268</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>912</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1270</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>912</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1271</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1272</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1278</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>912</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1279</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1280</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1281</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>912</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D69" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F69" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>912</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1291</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1292</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1287</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1288</v>
+      </c>
+      <c r="F70" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>912</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D71" t="s">
+        <v>1297</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1298</v>
+      </c>
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1299</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>912</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1302</v>
+      </c>
+      <c r="D72" t="s">
+        <v>1303</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1304</v>
+      </c>
+      <c r="F72" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1305</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>912</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1308</v>
+      </c>
+      <c r="D73" t="s">
+        <v>323</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>912</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1313</v>
+      </c>
+      <c r="D74" t="s">
+        <v>1314</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1315</v>
+      </c>
+      <c r="F74" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1316</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>912</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1318</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1319</v>
+      </c>
+      <c r="D75" t="s">
+        <v>1320</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F75" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1322</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>912</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D76" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1327</v>
+      </c>
+      <c r="F76" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1328</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>912</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C77" t="s">
+        <v>1331</v>
+      </c>
+      <c r="D77" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1333</v>
+      </c>
+      <c r="F77" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1334</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>912</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1337</v>
+      </c>
+      <c r="D78" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1339</v>
+      </c>
+      <c r="F78" t="s">
+        <v>11</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1340</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>912</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C79" t="s">
+        <v>1343</v>
+      </c>
+      <c r="D79" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F79" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1345</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>912</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C80" t="s">
+        <v>1348</v>
+      </c>
+      <c r="D80" t="s">
+        <v>1338</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1344</v>
+      </c>
+      <c r="F80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1350</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>912</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1351</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1352</v>
+      </c>
+      <c r="D81" t="s">
+        <v>1353</v>
+      </c>
+      <c r="E81" t="s">
+        <v>772</v>
+      </c>
+      <c r="F81" t="s">
+        <v>11</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>912</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1356</v>
+      </c>
+      <c r="C82" t="s">
+        <v>1357</v>
+      </c>
+      <c r="D82" t="s">
+        <v>1358</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1359</v>
+      </c>
+      <c r="F82" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>912</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C83" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D83" t="s">
+        <v>1364</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1365</v>
+      </c>
+      <c r="F83" t="s">
+        <v>11</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1366</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>912</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C84" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D84" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F84" t="s">
+        <v>11</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1372</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1373</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>912</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1374</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1375</v>
+      </c>
+      <c r="D85" t="s">
+        <v>1376</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1371</v>
+      </c>
+      <c r="F85" t="s">
+        <v>11</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>912</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1379</v>
+      </c>
+      <c r="C86" t="s">
+        <v>1380</v>
+      </c>
+      <c r="D86" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1382</v>
+      </c>
+      <c r="F86" t="s">
+        <v>11</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1383</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>912</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C87" t="s">
+        <v>1386</v>
+      </c>
+      <c r="D87" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F87" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1388</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>912</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C88" t="s">
+        <v>1391</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F88" t="s">
+        <v>11</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>912</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1395</v>
+      </c>
+      <c r="D89" t="s">
+        <v>1381</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1387</v>
+      </c>
+      <c r="F89" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1397</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>912</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1398</v>
+      </c>
+      <c r="C90" t="s">
+        <v>1399</v>
+      </c>
+      <c r="D90" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F90" t="s">
+        <v>11</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1403</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>912</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1404</v>
+      </c>
+      <c r="C91" t="s">
+        <v>1405</v>
+      </c>
+      <c r="D91" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1407</v>
+      </c>
+      <c r="F91" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1408</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1409</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>912</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1410</v>
+      </c>
+      <c r="C92" t="s">
+        <v>1411</v>
+      </c>
+      <c r="D92" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1413</v>
+      </c>
+      <c r="F92" t="s">
+        <v>11</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1414</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1415</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>912</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1416</v>
+      </c>
+      <c r="C93" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D93" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1418</v>
+      </c>
+      <c r="F93" t="s">
+        <v>11</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1419</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>912</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C94" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D94" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F94" t="s">
+        <v>11</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>912</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C95" t="s">
+        <v>1428</v>
+      </c>
+      <c r="D95" t="s">
+        <v>1429</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F95" t="s">
+        <v>11</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>912</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C96" t="s">
+        <v>1433</v>
+      </c>
+      <c r="D96" t="s">
+        <v>1434</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F96" t="s">
+        <v>11</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>912</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C97" t="s">
+        <v>1438</v>
+      </c>
+      <c r="D97" t="s">
+        <v>1439</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1440</v>
+      </c>
+      <c r="F97" t="s">
+        <v>11</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1441</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1442</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>912</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C98" t="s">
+        <v>1444</v>
+      </c>
+      <c r="D98" t="s">
+        <v>1445</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1446</v>
+      </c>
+      <c r="F98" t="s">
+        <v>11</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>912</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C99" t="s">
+        <v>1450</v>
+      </c>
+      <c r="D99" t="s">
+        <v>1451</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1452</v>
+      </c>
+      <c r="F99" t="s">
+        <v>11</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>912</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1455</v>
+      </c>
+      <c r="C100" t="s">
+        <v>1456</v>
+      </c>
+      <c r="D100" t="s">
+        <v>1457</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1458</v>
+      </c>
+      <c r="F100" t="s">
+        <v>11</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>912</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1461</v>
+      </c>
+      <c r="C101" t="s">
+        <v>1462</v>
+      </c>
+      <c r="D101" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1464</v>
+      </c>
+      <c r="F101" t="s">
+        <v>11</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>912</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1467</v>
+      </c>
+      <c r="C102" t="s">
+        <v>1468</v>
+      </c>
+      <c r="D102" t="s">
+        <v>1463</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1469</v>
+      </c>
+      <c r="F102" t="s">
+        <v>11</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1470</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1471</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>912</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1472</v>
+      </c>
+      <c r="C103" t="s">
+        <v>1473</v>
+      </c>
+      <c r="D103" t="s">
+        <v>1474</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1475</v>
+      </c>
+      <c r="F103" t="s">
+        <v>11</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1476</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>912</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C104" t="s">
+        <v>1479</v>
+      </c>
+      <c r="D104" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1481</v>
+      </c>
+      <c r="F104" t="s">
+        <v>11</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1482</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>912</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C105" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D105" t="s">
+        <v>1486</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1487</v>
+      </c>
+      <c r="F105" t="s">
+        <v>11</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1488</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1489</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>912</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1490</v>
+      </c>
+      <c r="C106" t="s">
+        <v>1491</v>
+      </c>
+      <c r="D106" t="s">
+        <v>1492</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1493</v>
+      </c>
+      <c r="F106" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1494</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1495</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>912</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1496</v>
+      </c>
+      <c r="C107" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D107" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F107" t="s">
+        <v>11</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1500</v>
+      </c>
+      <c r="H107" t="s">
+        <v>1501</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>912</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1502</v>
+      </c>
+      <c r="C108" t="s">
+        <v>1503</v>
+      </c>
+      <c r="D108" t="s">
+        <v>1498</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1499</v>
+      </c>
+      <c r="F108" t="s">
+        <v>11</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1504</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1505</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>912</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1506</v>
+      </c>
+      <c r="C109" t="s">
+        <v>1507</v>
+      </c>
+      <c r="D109" t="s">
+        <v>1508</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1509</v>
+      </c>
+      <c r="F109" t="s">
+        <v>11</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1510</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>912</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C110" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D110" t="s">
+        <v>1514</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F110" t="s">
+        <v>11</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1516</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>912</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1519</v>
+      </c>
+      <c r="D111" t="s">
+        <v>1514</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F111" t="s">
+        <v>11</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1521</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1522</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>912</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1523</v>
+      </c>
+      <c r="C112" t="s">
+        <v>1524</v>
+      </c>
+      <c r="D112" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F112" t="s">
+        <v>11</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1527</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1528</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>912</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1529</v>
+      </c>
+      <c r="C113" t="s">
+        <v>1530</v>
+      </c>
+      <c r="D113" t="s">
+        <v>1525</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1531</v>
+      </c>
+      <c r="F113" t="s">
+        <v>11</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>912</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1534</v>
+      </c>
+      <c r="C114" t="s">
+        <v>1535</v>
+      </c>
+      <c r="D114" t="s">
+        <v>1536</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1537</v>
+      </c>
+      <c r="F114" t="s">
+        <v>11</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1538</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>912</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C115" t="s">
+        <v>1541</v>
+      </c>
+      <c r="D115" t="s">
+        <v>1542</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1537</v>
+      </c>
+      <c r="F115" t="s">
+        <v>11</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1544</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>912</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1545</v>
+      </c>
+      <c r="C116" t="s">
+        <v>1546</v>
+      </c>
+      <c r="D116" t="s">
+        <v>1547</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1548</v>
+      </c>
+      <c r="F116" t="s">
+        <v>11</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>912</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C117" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D117" t="s">
+        <v>1553</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F117" t="s">
+        <v>11</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>912</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C118" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D118" t="s">
+        <v>1559</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F118" t="s">
+        <v>11</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>912</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C119" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D119" t="s">
+        <v>1565</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F119" t="s">
+        <v>11</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>912</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C120" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D120" t="s">
+        <v>1571</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1572</v>
+      </c>
+      <c r="F120" t="s">
+        <v>11</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>912</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D121" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F121" t="s">
+        <v>11</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>912</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D122" t="s">
+        <v>1583</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F122" t="s">
+        <v>11</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>912</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C123" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D123" t="s">
+        <v>1589</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F123" t="s">
+        <v>11</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>912</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C124" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D124" t="s">
+        <v>1595</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1596</v>
+      </c>
+      <c r="F124" t="s">
+        <v>11</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>912</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1600</v>
+      </c>
+      <c r="D125" t="s">
+        <v>1601</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1602</v>
+      </c>
+      <c r="F125" t="s">
+        <v>11</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1603</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>912</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C126" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D126" t="s">
+        <v>1607</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1608</v>
+      </c>
+      <c r="F126" t="s">
+        <v>11</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>912</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C127" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F127" t="s">
+        <v>11</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>912</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C128" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D128" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F128" t="s">
+        <v>11</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>912</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C129" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D129" t="s">
+        <v>1625</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F129" t="s">
+        <v>11</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1627</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>912</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C130" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D130" t="s">
+        <v>1625</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1631</v>
+      </c>
+      <c r="F130" t="s">
+        <v>11</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1632</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>912</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C131" t="s">
+        <v>1635</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1637</v>
+      </c>
+      <c r="F131" t="s">
+        <v>11</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1639</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>912</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1640</v>
+      </c>
+      <c r="C132" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1642</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1643</v>
+      </c>
+      <c r="F132" t="s">
+        <v>11</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>912</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C133" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D133" t="s">
+        <v>1642</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1643</v>
+      </c>
+      <c r="F133" t="s">
+        <v>11</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1648</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1649</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>912</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1650</v>
+      </c>
+      <c r="C134" t="s">
+        <v>1651</v>
+      </c>
+      <c r="D134" t="s">
+        <v>1652</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1653</v>
+      </c>
+      <c r="F134" t="s">
+        <v>11</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1654</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>912</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C135" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D135" t="s">
+        <v>1658</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F135" t="s">
+        <v>11</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1660</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1661</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>912</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1662</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1663</v>
+      </c>
+      <c r="D136" t="s">
+        <v>1664</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1665</v>
+      </c>
+      <c r="F136" t="s">
+        <v>11</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1666</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1667</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>912</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1668</v>
+      </c>
+      <c r="C137" t="s">
+        <v>1669</v>
+      </c>
+      <c r="D137" t="s">
+        <v>1670</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1671</v>
+      </c>
+      <c r="F137" t="s">
+        <v>11</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1672</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>912</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C138" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D138" t="s">
+        <v>1676</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F138" t="s">
+        <v>11</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>912</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C139" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D139" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F139" t="s">
+        <v>11</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H75"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1690</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1690</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1696</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1697</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1698</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1699</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1700</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1701</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1703</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1704</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1701</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1707</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1708</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1710</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1711</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1713</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1716</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1721</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1722</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1705</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1726</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1722</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1727</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1730</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1731</v>
+      </c>
+      <c r="E10" t="s">
+        <v>972</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1736</v>
+      </c>
+      <c r="E11" t="s">
+        <v>972</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1737</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1738</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1739</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1740</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1741</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1742</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1743</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1745</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1747</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1742</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1749</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1750</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1752</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1754</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1755</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1756</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1757</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1758</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1761</v>
+      </c>
+      <c r="E16" t="s">
+        <v>999</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1762</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1763</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1764</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1765</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1767</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1768</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1769</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1770</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1766</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1753</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1771</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1775</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1032</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1785</v>
+      </c>
+      <c r="E21" t="s">
+        <v>194</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1786</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1790</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1791</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1792</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1793</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1794</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1795</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1796</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1791</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1797</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1798</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1799</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E24" t="s">
+        <v>194</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1801</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E25" t="s">
+        <v>194</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1804</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1805</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1806</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1807</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1796</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1791</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1808</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1810</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1812</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1813</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1818</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1819</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1818</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1823</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1824</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1825</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1826</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1827</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1828</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1829</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1830</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1831</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1832</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1833</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1834</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1835</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1836</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1837</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1838</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1839</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1840</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1841</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1842</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1844</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1845</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1846</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1849</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1850</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1851</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D35" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D36" t="s">
+        <v>1857</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1858</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1859</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1860</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1861</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D37" t="s">
+        <v>1862</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1863</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1864</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1865</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1866</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D38" t="s">
+        <v>1868</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1869</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1870</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E39" t="s">
+        <v>623</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1875</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1878</v>
+      </c>
+      <c r="D40" t="s">
+        <v>1879</v>
+      </c>
+      <c r="E40" t="s">
+        <v>642</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1880</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1746</v>
+      </c>
+      <c r="D41" t="s">
+        <v>1883</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1885</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1886</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1887</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1888</v>
+      </c>
+      <c r="D42" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1884</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1890</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1891</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1892</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D43" t="s">
+        <v>1894</v>
+      </c>
+      <c r="E43" t="s">
+        <v>652</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1896</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1897</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1898</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1899</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D45" t="s">
+        <v>1905</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1906</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1907</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1908</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1909</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1910</v>
+      </c>
+      <c r="D46" t="s">
+        <v>1911</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1912</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1913</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1914</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1915</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1916</v>
+      </c>
+      <c r="D47" t="s">
+        <v>1917</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1918</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1919</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D48" t="s">
+        <v>1923</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1924</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D49" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1930</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D50" t="s">
+        <v>1935</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1938</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1939</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D51" t="s">
+        <v>1941</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1944</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1945</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1946</v>
+      </c>
+      <c r="D52" t="s">
+        <v>1947</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1948</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1949</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1950</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1952</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1953</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1954</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D54" t="s">
+        <v>1958</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1959</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1960</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1964</v>
+      </c>
+      <c r="E55" t="s">
+        <v>700</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1965</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1966</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1967</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1964</v>
+      </c>
+      <c r="E56" t="s">
+        <v>700</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1969</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1970</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1971</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1964</v>
+      </c>
+      <c r="E57" t="s">
+        <v>700</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1974</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1975</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1977</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1978</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1979</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1980</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E59" t="s">
+        <v>705</v>
+      </c>
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E60" t="s">
+        <v>705</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1988</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1989</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1990</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1998</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C63" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D63" t="s">
+        <v>2002</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2003</v>
+      </c>
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2004</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2005</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2006</v>
+      </c>
+      <c r="C64" t="s">
+        <v>2007</v>
+      </c>
+      <c r="D64" t="s">
+        <v>2008</v>
+      </c>
+      <c r="E64" t="s">
+        <v>724</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2009</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2011</v>
+      </c>
+      <c r="C65" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D65" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E65" t="s">
+        <v>729</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C66" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D66" t="s">
+        <v>2018</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2019</v>
+      </c>
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2020</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2021</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2022</v>
+      </c>
+      <c r="C67" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D67" t="s">
+        <v>2024</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2026</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2028</v>
+      </c>
+      <c r="C68" t="s">
+        <v>2029</v>
+      </c>
+      <c r="D68" t="s">
+        <v>2030</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B69" t="s">
+        <v>2033</v>
+      </c>
+      <c r="C69" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D69" t="s">
+        <v>2035</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2036</v>
+      </c>
+      <c r="F69" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2037</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B70" t="s">
+        <v>2039</v>
+      </c>
+      <c r="C70" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D70" t="s">
+        <v>2041</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F70" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2043</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C71" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D71" t="s">
+        <v>2047</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2050</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2051</v>
+      </c>
+      <c r="C72" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2053</v>
+      </c>
+      <c r="F72" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2054</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2055</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2056</v>
+      </c>
+      <c r="C73" t="s">
+        <v>2057</v>
+      </c>
+      <c r="D73" t="s">
+        <v>2058</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2059</v>
+      </c>
+      <c r="F73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2060</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C74" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D74" t="s">
+        <v>2064</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2065</v>
+      </c>
+      <c r="F74" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2066</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2067</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1686</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2068</v>
+      </c>
+      <c r="C75" t="s">
+        <v>2069</v>
+      </c>
+      <c r="D75" t="s">
+        <v>2070</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2071</v>
+      </c>
+      <c r="F75" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2072</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2073</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Z103"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>2074</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+      <c r="K1" t="s">
+        <v>2075</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2078</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2079</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2080</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2081</v>
+      </c>
+      <c r="J2" t="s">
+        <v>2082</v>
+      </c>
+      <c r="K2" t="s">
+        <v>2083</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2085</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2086</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2087</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2088</v>
+      </c>
+      <c r="J3" t="s">
+        <v>2089</v>
+      </c>
+      <c r="K3" t="s">
+        <v>2090</v>
+      </c>
+      <c r="L3" t="s">
+        <v>2091</v>
+      </c>
+      <c r="M3" t="s">
+        <v>2092</v>
+      </c>
+      <c r="N3" t="s">
+        <v>2093</v>
+      </c>
+      <c r="O3" t="s">
+        <v>2094</v>
+      </c>
+      <c r="P3" t="s">
+        <v>2095</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>2096</v>
+      </c>
+      <c r="R3" t="s">
+        <v>2097</v>
+      </c>
+      <c r="S3" t="s">
+        <v>2098</v>
+      </c>
+      <c r="T3" t="s">
+        <v>2099</v>
+      </c>
+      <c r="U3" t="s">
+        <v>2100</v>
+      </c>
+      <c r="V3" t="s">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2103</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2104</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2105</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2106</v>
+      </c>
+      <c r="J4" t="s">
+        <v>2107</v>
+      </c>
+      <c r="K4" t="s">
+        <v>2108</v>
+      </c>
+      <c r="L4" t="s">
+        <v>2109</v>
+      </c>
+      <c r="M4" t="s">
+        <v>2110</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2111</v>
+      </c>
+      <c r="O4" t="s">
+        <v>2112</v>
+      </c>
+      <c r="P4" t="s">
+        <v>2113</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>2114</v>
+      </c>
+      <c r="R4" t="s">
+        <v>2115</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2116</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2117</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2118</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2119</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2120</v>
+      </c>
+      <c r="J5" t="s">
+        <v>2089</v>
+      </c>
+      <c r="K5" t="s">
+        <v>2121</v>
+      </c>
+      <c r="L5" t="s">
+        <v>2122</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2123</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2126</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2127</v>
+      </c>
+      <c r="J6" t="s">
+        <v>2128</v>
+      </c>
+      <c r="K6" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2131</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2132</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2133</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2127</v>
+      </c>
+      <c r="J7" t="s">
+        <v>2107</v>
+      </c>
+      <c r="K7" t="s">
+        <v>2134</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2135</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2136</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2137</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2138</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2139</v>
+      </c>
+      <c r="J8" t="s">
+        <v>2089</v>
+      </c>
+      <c r="K8" t="s">
+        <v>2140</v>
+      </c>
+      <c r="L8" t="s">
+        <v>2141</v>
+      </c>
+      <c r="M8" t="s">
+        <v>2142</v>
+      </c>
+      <c r="N8" t="s">
+        <v>2143</v>
+      </c>
+      <c r="O8" t="s">
+        <v>2144</v>
+      </c>
+      <c r="P8" t="s">
+        <v>2145</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>2146</v>
+      </c>
+      <c r="R8" t="s">
+        <v>2147</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2148</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2149</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2150</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2151</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2152</v>
+      </c>
+      <c r="J9" t="s">
+        <v>2153</v>
+      </c>
+      <c r="K9" t="s">
+        <v>2154</v>
+      </c>
+      <c r="L9" t="s">
+        <v>2155</v>
+      </c>
+      <c r="M9" t="s">
+        <v>2156</v>
+      </c>
+      <c r="N9" t="s">
+        <v>2157</v>
+      </c>
+      <c r="O9" t="s">
+        <v>2158</v>
+      </c>
+      <c r="P9" t="s">
+        <v>2158</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>2159</v>
+      </c>
+      <c r="R9" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2162</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2163</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2164</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2165</v>
+      </c>
+      <c r="J10" t="s">
+        <v>2166</v>
+      </c>
+      <c r="K10" t="s">
+        <v>2167</v>
+      </c>
+      <c r="L10" t="s">
+        <v>2168</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2169</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2170</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2171</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2172</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2173</v>
+      </c>
+      <c r="J11" t="s">
+        <v>2174</v>
+      </c>
+      <c r="K11" t="s">
+        <v>2175</v>
+      </c>
+      <c r="L11" t="s">
+        <v>2176</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2177</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2178</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2179</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2180</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2181</v>
+      </c>
+      <c r="J12" t="s">
+        <v>2182</v>
+      </c>
+      <c r="K12" t="s">
+        <v>2183</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2184</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2185</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2186</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2187</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2188</v>
+      </c>
+      <c r="J13" t="s">
+        <v>2189</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2190</v>
+      </c>
+      <c r="L13" t="s">
+        <v>2191</v>
+      </c>
+      <c r="M13" t="s">
+        <v>2192</v>
+      </c>
+      <c r="N13" t="s">
+        <v>2193</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2194</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2195</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2196</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2197</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2198</v>
+      </c>
+      <c r="J14" t="s">
+        <v>2153</v>
+      </c>
+      <c r="K14" t="s">
+        <v>2199</v>
+      </c>
+      <c r="L14" t="s">
+        <v>2200</v>
+      </c>
+      <c r="M14" t="s">
+        <v>2201</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2202</v>
+      </c>
+      <c r="O14" t="s">
+        <v>2203</v>
+      </c>
+      <c r="P14" t="s">
+        <v>2204</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2205</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2195</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2206</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2207</v>
+      </c>
+      <c r="I15" t="s">
+        <v>2208</v>
+      </c>
+      <c r="J15" t="s">
+        <v>2209</v>
+      </c>
+      <c r="K15" t="s">
+        <v>2210</v>
+      </c>
+      <c r="L15" t="s">
+        <v>2211</v>
+      </c>
+      <c r="M15" t="s">
+        <v>2212</v>
+      </c>
+      <c r="N15" t="s">
+        <v>2213</v>
+      </c>
+      <c r="O15" t="s">
+        <v>2214</v>
+      </c>
+      <c r="P15" t="s">
+        <v>2215</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>2216</v>
+      </c>
+      <c r="R15" t="s">
+        <v>2217</v>
+      </c>
+      <c r="S15" t="s">
+        <v>2218</v>
+      </c>
+      <c r="T15" t="s">
+        <v>2219</v>
+      </c>
+      <c r="U15" t="s">
+        <v>2220</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2221</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2195</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2223</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2224</v>
+      </c>
+      <c r="J16" t="s">
+        <v>2225</v>
+      </c>
+      <c r="K16" t="s">
+        <v>2226</v>
+      </c>
+      <c r="L16" t="s">
+        <v>2227</v>
+      </c>
+      <c r="M16" t="s">
+        <v>2228</v>
+      </c>
+      <c r="N16" t="s">
+        <v>2229</v>
+      </c>
+      <c r="O16" t="s">
+        <v>2230</v>
+      </c>
+      <c r="P16" t="s">
+        <v>2230</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>2231</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2232</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2233</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2234</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2235</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2236</v>
+      </c>
+      <c r="J17" t="s">
+        <v>2107</v>
+      </c>
+      <c r="K17" t="s">
+        <v>2237</v>
+      </c>
+      <c r="L17" t="s">
+        <v>2238</v>
+      </c>
+      <c r="M17" t="s">
+        <v>2239</v>
+      </c>
+      <c r="N17" t="s">
+        <v>2240</v>
+      </c>
+      <c r="O17" t="s">
+        <v>2241</v>
+      </c>
+      <c r="P17" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2233</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2244</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2245</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2246</v>
+      </c>
+      <c r="J18" t="s">
+        <v>2209</v>
+      </c>
+      <c r="K18" t="s">
+        <v>2247</v>
+      </c>
+      <c r="L18" t="s">
+        <v>2248</v>
+      </c>
+      <c r="M18" t="s">
+        <v>2249</v>
+      </c>
+      <c r="N18" t="s">
+        <v>2250</v>
+      </c>
+      <c r="O18" t="s">
+        <v>2251</v>
+      </c>
+      <c r="P18" t="s">
+        <v>2252</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>2253</v>
+      </c>
+      <c r="R18" t="s">
+        <v>2254</v>
+      </c>
+      <c r="S18" t="s">
+        <v>2255</v>
+      </c>
+      <c r="T18" t="s">
+        <v>2256</v>
+      </c>
+      <c r="U18" t="s">
+        <v>2257</v>
+      </c>
+      <c r="V18" t="s">
+        <v>2258</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2259</v>
+      </c>
+      <c r="C19" t="s">
+        <v>11</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2233</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2260</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2261</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2262</v>
+      </c>
+      <c r="J19" t="s">
+        <v>2107</v>
+      </c>
+      <c r="K19" t="s">
+        <v>2263</v>
+      </c>
+      <c r="L19" t="s">
+        <v>2264</v>
+      </c>
+      <c r="M19" t="s">
+        <v>2265</v>
+      </c>
+      <c r="N19" t="s">
+        <v>2266</v>
+      </c>
+      <c r="O19" t="s">
+        <v>2267</v>
+      </c>
+      <c r="P19" t="s">
+        <v>2268</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>2269</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2270</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2271</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2272</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2273</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2274</v>
+      </c>
+      <c r="J20" t="s">
+        <v>2225</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2275</v>
+      </c>
+      <c r="L20" t="s">
+        <v>2276</v>
+      </c>
+      <c r="M20" t="s">
+        <v>2277</v>
+      </c>
+      <c r="N20" t="s">
+        <v>2278</v>
+      </c>
+      <c r="O20" t="s">
+        <v>2279</v>
+      </c>
+      <c r="P20" t="s">
+        <v>2280</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>2281</v>
+      </c>
+      <c r="R20" t="s">
+        <v>2282</v>
+      </c>
+      <c r="S20" t="s">
+        <v>2283</v>
+      </c>
+      <c r="T20" t="s">
+        <v>2284</v>
+      </c>
+      <c r="U20" t="s">
+        <v>2285</v>
+      </c>
+      <c r="V20" t="s">
+        <v>2286</v>
+      </c>
+      <c r="W20" t="s">
+        <v>2287</v>
+      </c>
+      <c r="X20" t="s">
+        <v>2288</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>2289</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2291</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2292</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2293</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2294</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2295</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2225</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2296</v>
+      </c>
+      <c r="L21" t="s">
+        <v>2297</v>
+      </c>
+      <c r="M21" t="s">
+        <v>2298</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2299</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2300</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2301</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2302</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2303</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2304</v>
+      </c>
+      <c r="J22" t="s">
+        <v>2305</v>
+      </c>
+      <c r="K22" t="s">
+        <v>2306</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2307</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2308</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2309</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2310</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2246</v>
+      </c>
+      <c r="J23" t="s">
+        <v>2209</v>
+      </c>
+      <c r="K23" t="s">
+        <v>2311</v>
+      </c>
+      <c r="L23" t="s">
+        <v>2312</v>
+      </c>
+      <c r="M23" t="s">
+        <v>2313</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2314</v>
+      </c>
+      <c r="O23" t="s">
+        <v>2315</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2316</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2317</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2318</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2319</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2320</v>
+      </c>
+      <c r="J24" t="s">
+        <v>2321</v>
+      </c>
+      <c r="K24" t="s">
+        <v>2322</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2323</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2324</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2325</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2326</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2327</v>
+      </c>
+      <c r="J25" t="s">
+        <v>2174</v>
+      </c>
+      <c r="K25" t="s">
+        <v>2328</v>
+      </c>
+      <c r="L25" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2330</v>
+      </c>
+      <c r="C26" t="s">
+        <v>11</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2331</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2332</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2333</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2334</v>
+      </c>
+      <c r="J26" t="s">
+        <v>2335</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2336</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C27" t="s">
+        <v>11</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2338</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2339</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2340</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2341</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2153</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2342</v>
+      </c>
+      <c r="L27" t="s">
+        <v>2343</v>
+      </c>
+      <c r="M27" t="s">
+        <v>2344</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2345</v>
+      </c>
+      <c r="C28" t="s">
+        <v>11</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2346</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2347</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2348</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2349</v>
+      </c>
+      <c r="J28" t="s">
+        <v>2350</v>
+      </c>
+      <c r="K28" t="s">
+        <v>2351</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2352</v>
+      </c>
+      <c r="C29" t="s">
+        <v>11</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2353</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2354</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2355</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2246</v>
+      </c>
+      <c r="J29" t="s">
+        <v>2225</v>
+      </c>
+      <c r="K29" t="s">
+        <v>2356</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2357</v>
+      </c>
+      <c r="C30" t="s">
+        <v>11</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2358</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2359</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2360</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2361</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2362</v>
+      </c>
+      <c r="K30" t="s">
+        <v>2363</v>
+      </c>
+      <c r="L30" t="s">
+        <v>2364</v>
+      </c>
+      <c r="M30" t="s">
+        <v>2365</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2366</v>
+      </c>
+      <c r="C31" t="s">
+        <v>11</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2367</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2368</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2369</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2370</v>
+      </c>
+      <c r="J31" t="s">
+        <v>2371</v>
+      </c>
+      <c r="K31" t="s">
+        <v>2372</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2373</v>
+      </c>
+      <c r="C32" t="s">
+        <v>11</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2374</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2375</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2376</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2377</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2378</v>
+      </c>
+      <c r="K32" t="s">
+        <v>2379</v>
+      </c>
+      <c r="L32" t="s">
+        <v>2379</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2380</v>
+      </c>
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2381</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2382</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2383</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2384</v>
+      </c>
+      <c r="J33" t="s">
+        <v>2153</v>
+      </c>
+      <c r="K33" t="s">
+        <v>2385</v>
+      </c>
+      <c r="L33" t="s">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2388</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2389</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2390</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2391</v>
+      </c>
+      <c r="J34" t="s">
+        <v>2392</v>
+      </c>
+      <c r="K34" t="s">
+        <v>2393</v>
+      </c>
+      <c r="L34" t="s">
+        <v>2394</v>
+      </c>
+      <c r="M34" t="s">
+        <v>2395</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2396</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2397</v>
+      </c>
+      <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2398</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2399</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2400</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2401</v>
+      </c>
+      <c r="J35" t="s">
+        <v>2402</v>
+      </c>
+      <c r="K35" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2405</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2406</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2407</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2246</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2209</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2408</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2409</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2410</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2411</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2412</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2413</v>
+      </c>
+      <c r="J37" t="s">
+        <v>2414</v>
+      </c>
+      <c r="K37" t="s">
+        <v>2415</v>
+      </c>
+      <c r="L37" t="s">
+        <v>2416</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2417</v>
+      </c>
+      <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2418</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2419</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2420</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2088</v>
+      </c>
+      <c r="J38" t="s">
+        <v>2421</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2422</v>
+      </c>
+      <c r="L38" t="s">
+        <v>2423</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2424</v>
+      </c>
+      <c r="C39" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2425</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2426</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2427</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2088</v>
+      </c>
+      <c r="J39" t="s">
+        <v>2421</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2428</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2429</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2430</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2431</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2432</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2433</v>
+      </c>
+      <c r="J40" t="s">
+        <v>2434</v>
+      </c>
+      <c r="K40" t="s">
+        <v>2435</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2436</v>
+      </c>
+      <c r="M40" t="s">
+        <v>2437</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2438</v>
+      </c>
+      <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2439</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2440</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2441</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2442</v>
+      </c>
+      <c r="J41" t="s">
+        <v>2392</v>
+      </c>
+      <c r="K41" t="s">
+        <v>2443</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2444</v>
+      </c>
+      <c r="C42" t="s">
+        <v>11</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2445</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2446</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2447</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2448</v>
+      </c>
+      <c r="J42" t="s">
+        <v>2449</v>
+      </c>
+      <c r="K42" t="s">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2451</v>
+      </c>
+      <c r="C43" t="s">
+        <v>11</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2452</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2453</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2454</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2455</v>
+      </c>
+      <c r="J43" t="s">
+        <v>2153</v>
+      </c>
+      <c r="K43" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2457</v>
+      </c>
+      <c r="C44" t="s">
+        <v>11</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2458</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2459</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2460</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2461</v>
+      </c>
+      <c r="J44" t="s">
+        <v>2107</v>
+      </c>
+      <c r="K44" t="s">
+        <v>2462</v>
+      </c>
+      <c r="L44" t="s">
+        <v>2463</v>
+      </c>
+      <c r="M44" t="s">
+        <v>2464</v>
+      </c>
+      <c r="N44" t="s">
+        <v>2465</v>
+      </c>
+      <c r="O44" t="s">
+        <v>2466</v>
+      </c>
+      <c r="P44" t="s">
+        <v>2467</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>2468</v>
+      </c>
+      <c r="R44" t="s">
+        <v>2469</v>
+      </c>
+      <c r="S44" t="s">
+        <v>2470</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2471</v>
+      </c>
+      <c r="C45" t="s">
+        <v>11</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2472</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2473</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2474</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2475</v>
+      </c>
+      <c r="J45" t="s">
+        <v>2321</v>
+      </c>
+      <c r="K45" t="s">
+        <v>2476</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2477</v>
+      </c>
+      <c r="C46" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2478</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2479</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2480</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2481</v>
+      </c>
+      <c r="J46" t="s">
+        <v>2482</v>
+      </c>
+      <c r="K46" t="s">
+        <v>2483</v>
+      </c>
+      <c r="L46" t="s">
+        <v>2484</v>
+      </c>
+      <c r="M46" t="s">
+        <v>2485</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2486</v>
+      </c>
+      <c r="C47" t="s">
+        <v>11</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2487</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2488</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2489</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2490</v>
+      </c>
+      <c r="J47" t="s">
+        <v>2491</v>
+      </c>
+      <c r="K47" t="s">
+        <v>2492</v>
+      </c>
+      <c r="L47" t="s">
+        <v>2493</v>
+      </c>
+      <c r="M47" t="s">
+        <v>2494</v>
+      </c>
+      <c r="N47" t="s">
+        <v>2495</v>
+      </c>
+      <c r="O47" t="s">
+        <v>2496</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C48" t="s">
+        <v>11</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2498</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2499</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2500</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2501</v>
+      </c>
+      <c r="J48" t="s">
+        <v>2502</v>
+      </c>
+      <c r="K48" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2504</v>
+      </c>
+      <c r="C49" t="s">
+        <v>11</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2472</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2505</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2506</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2507</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2107</v>
+      </c>
+      <c r="K49" t="s">
+        <v>2508</v>
+      </c>
+      <c r="L49" t="s">
+        <v>2509</v>
+      </c>
+      <c r="M49" t="s">
+        <v>2510</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2511</v>
+      </c>
+      <c r="O49" t="s">
+        <v>2512</v>
+      </c>
+      <c r="P49" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C50" t="s">
+        <v>11</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2515</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2516</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2517</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2518</v>
+      </c>
+      <c r="J50" t="s">
+        <v>2519</v>
+      </c>
+      <c r="K50" t="s">
+        <v>2520</v>
+      </c>
+      <c r="L50" t="s">
+        <v>2521</v>
+      </c>
+      <c r="M50" t="s">
+        <v>2522</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2523</v>
+      </c>
+      <c r="C51" t="s">
+        <v>11</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2524</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2525</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2526</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2527</v>
+      </c>
+      <c r="J51" t="s">
+        <v>2434</v>
+      </c>
+      <c r="K51" t="s">
+        <v>2528</v>
+      </c>
+      <c r="L51" t="s">
+        <v>2529</v>
+      </c>
+      <c r="M51" t="s">
+        <v>2530</v>
+      </c>
+      <c r="N51" t="s">
+        <v>2531</v>
+      </c>
+      <c r="O51" t="s">
+        <v>2532</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2533</v>
+      </c>
+      <c r="C52" t="s">
+        <v>11</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2534</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2535</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2536</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2537</v>
+      </c>
+      <c r="J52" t="s">
+        <v>2538</v>
+      </c>
+      <c r="K52" t="s">
+        <v>2539</v>
+      </c>
+      <c r="L52" t="s">
+        <v>2540</v>
+      </c>
+      <c r="M52" t="s">
+        <v>2541</v>
+      </c>
+      <c r="N52" t="s">
+        <v>2542</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2543</v>
+      </c>
+      <c r="C53" t="s">
+        <v>11</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2544</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2545</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2546</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2547</v>
+      </c>
+      <c r="J53" t="s">
+        <v>2548</v>
+      </c>
+      <c r="K53" t="s">
+        <v>2549</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2550</v>
+      </c>
+      <c r="C54" t="s">
+        <v>11</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2551</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2552</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2553</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2554</v>
+      </c>
+      <c r="J54" t="s">
+        <v>2555</v>
+      </c>
+      <c r="K54" t="s">
+        <v>2556</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2557</v>
+      </c>
+      <c r="C55" t="s">
+        <v>11</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2558</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2559</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2560</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2561</v>
+      </c>
+      <c r="J55" t="s">
+        <v>2562</v>
+      </c>
+      <c r="K55" t="s">
+        <v>2563</v>
+      </c>
+      <c r="L55" t="s">
+        <v>2564</v>
+      </c>
+      <c r="M55" t="s">
+        <v>2565</v>
+      </c>
+      <c r="N55" t="s">
+        <v>2566</v>
+      </c>
+      <c r="O55" t="s">
+        <v>2567</v>
+      </c>
+      <c r="P55" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C56" t="s">
+        <v>11</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2571</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2572</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2573</v>
+      </c>
+      <c r="J56" t="s">
+        <v>2574</v>
+      </c>
+      <c r="K56" t="s">
+        <v>2575</v>
+      </c>
+      <c r="L56" t="s">
+        <v>2576</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2577</v>
+      </c>
+      <c r="C57" t="s">
+        <v>11</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2578</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2579</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2580</v>
+      </c>
+      <c r="I57" t="s">
+        <v>2581</v>
+      </c>
+      <c r="J57" t="s">
+        <v>2582</v>
+      </c>
+      <c r="K57" t="s">
+        <v>2583</v>
+      </c>
+      <c r="L57" t="s">
+        <v>2584</v>
+      </c>
+      <c r="M57" t="s">
+        <v>2585</v>
+      </c>
+      <c r="N57" t="s">
+        <v>2586</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2587</v>
+      </c>
+      <c r="C58" t="s">
+        <v>11</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2588</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2589</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2590</v>
+      </c>
+      <c r="I58" t="s">
+        <v>2591</v>
+      </c>
+      <c r="J58" t="s">
+        <v>2592</v>
+      </c>
+      <c r="K58" t="s">
+        <v>2593</v>
+      </c>
+      <c r="L58" t="s">
+        <v>2594</v>
+      </c>
+      <c r="M58" t="s">
+        <v>2595</v>
+      </c>
+      <c r="N58" t="s">
+        <v>2596</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2597</v>
+      </c>
+      <c r="C59" t="s">
+        <v>11</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2598</v>
+      </c>
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2599</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2600</v>
+      </c>
+      <c r="I59" t="s">
+        <v>2601</v>
+      </c>
+      <c r="J59" t="s">
+        <v>2321</v>
+      </c>
+      <c r="K59" t="s">
+        <v>2602</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2603</v>
+      </c>
+      <c r="C60" t="s">
+        <v>11</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2598</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2604</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2605</v>
+      </c>
+      <c r="I60" t="s">
+        <v>2606</v>
+      </c>
+      <c r="J60" t="s">
+        <v>2607</v>
+      </c>
+      <c r="K60" t="s">
+        <v>2608</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2609</v>
+      </c>
+      <c r="C61" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2610</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2611</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2612</v>
+      </c>
+      <c r="I61" t="s">
+        <v>2613</v>
+      </c>
+      <c r="J61" t="s">
+        <v>2607</v>
+      </c>
+      <c r="K61" t="s">
+        <v>2614</v>
+      </c>
+      <c r="L61" t="s">
+        <v>2615</v>
+      </c>
+      <c r="M61" t="s">
+        <v>2616</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2617</v>
+      </c>
+      <c r="C62" t="s">
+        <v>11</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2618</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2619</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2620</v>
+      </c>
+      <c r="I62" t="s">
+        <v>2601</v>
+      </c>
+      <c r="J62" t="s">
+        <v>2621</v>
+      </c>
+      <c r="K62" t="s">
+        <v>2622</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2623</v>
+      </c>
+      <c r="C63" t="s">
+        <v>11</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2624</v>
+      </c>
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2625</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2626</v>
+      </c>
+      <c r="I63" t="s">
+        <v>2627</v>
+      </c>
+      <c r="J63" t="s">
+        <v>2621</v>
+      </c>
+      <c r="K63" t="s">
+        <v>2628</v>
+      </c>
+      <c r="L63" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2630</v>
+      </c>
+      <c r="C64" t="s">
+        <v>11</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2624</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2631</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2632</v>
+      </c>
+      <c r="I64" t="s">
+        <v>2633</v>
+      </c>
+      <c r="J64" t="s">
+        <v>2634</v>
+      </c>
+      <c r="K64" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2636</v>
+      </c>
+      <c r="C65" t="s">
+        <v>11</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2637</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2638</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2639</v>
+      </c>
+      <c r="I65" t="s">
+        <v>2640</v>
+      </c>
+      <c r="J65" t="s">
+        <v>2089</v>
+      </c>
+      <c r="K65" t="s">
+        <v>2641</v>
+      </c>
+      <c r="L65" t="s">
+        <v>2642</v>
+      </c>
+      <c r="M65" t="s">
+        <v>2643</v>
+      </c>
+      <c r="N65" t="s">
+        <v>2644</v>
+      </c>
+      <c r="O65" t="s">
+        <v>2645</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2646</v>
+      </c>
+      <c r="C66" t="s">
+        <v>11</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2637</v>
+      </c>
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2647</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2648</v>
+      </c>
+      <c r="I66" t="s">
+        <v>2649</v>
+      </c>
+      <c r="J66" t="s">
+        <v>2089</v>
+      </c>
+      <c r="K66" t="s">
+        <v>2650</v>
+      </c>
+      <c r="L66" t="s">
+        <v>2651</v>
+      </c>
+      <c r="M66" t="s">
+        <v>2652</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2653</v>
+      </c>
+      <c r="C67" t="s">
+        <v>11</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2654</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2655</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2656</v>
+      </c>
+      <c r="I67" t="s">
+        <v>2657</v>
+      </c>
+      <c r="J67" t="s">
+        <v>2607</v>
+      </c>
+      <c r="K67" t="s">
+        <v>2658</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B68" t="s">
+        <v>2659</v>
+      </c>
+      <c r="C68" t="s">
+        <v>11</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>2660</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
+        <v>2661</v>
+      </c>
+      <c r="H68" t="s">
+        <v>2662</v>
+      </c>
+      <c r="I68" t="s">
+        <v>2663</v>
+      </c>
+      <c r="J68" t="s">
+        <v>2664</v>
+      </c>
+      <c r="K68" t="s">
+        <v>2665</v>
+      </c>
+      <c r="L68" t="s">
+        <v>2666</v>
+      </c>
+      <c r="M68" t="s">
+        <v>2667</v>
+      </c>
+      <c r="N68" t="s">
+        <v>2668</v>
+      </c>
+      <c r="O68" t="s">
+        <v>2669</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B69" t="s">
+        <v>2670</v>
+      </c>
+      <c r="C69" t="s">
+        <v>11</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>2671</v>
+      </c>
+      <c r="F69" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" t="s">
+        <v>2672</v>
+      </c>
+      <c r="H69" t="s">
+        <v>2673</v>
+      </c>
+      <c r="I69" t="s">
+        <v>2674</v>
+      </c>
+      <c r="J69" t="s">
+        <v>2607</v>
+      </c>
+      <c r="K69" t="s">
+        <v>2675</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B70" t="s">
+        <v>2676</v>
+      </c>
+      <c r="C70" t="s">
+        <v>11</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>2677</v>
+      </c>
+      <c r="F70" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" t="s">
+        <v>2678</v>
+      </c>
+      <c r="H70" t="s">
+        <v>2679</v>
+      </c>
+      <c r="I70" t="s">
+        <v>2680</v>
+      </c>
+      <c r="J70" t="s">
+        <v>2225</v>
+      </c>
+      <c r="K70" t="s">
+        <v>2681</v>
+      </c>
+      <c r="L70" t="s">
+        <v>2682</v>
+      </c>
+      <c r="M70" t="s">
+        <v>2683</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B71" t="s">
+        <v>2684</v>
+      </c>
+      <c r="C71" t="s">
+        <v>11</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>2685</v>
+      </c>
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
+        <v>2686</v>
+      </c>
+      <c r="H71" t="s">
+        <v>2687</v>
+      </c>
+      <c r="I71" t="s">
+        <v>2688</v>
+      </c>
+      <c r="J71" t="s">
+        <v>2689</v>
+      </c>
+      <c r="K71" t="s">
+        <v>2690</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B72" t="s">
+        <v>2691</v>
+      </c>
+      <c r="C72" t="s">
+        <v>11</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>2692</v>
+      </c>
+      <c r="F72" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" t="s">
+        <v>2693</v>
+      </c>
+      <c r="H72" t="s">
+        <v>2694</v>
+      </c>
+      <c r="I72" t="s">
+        <v>2695</v>
+      </c>
+      <c r="J72" t="s">
+        <v>2621</v>
+      </c>
+      <c r="K72" t="s">
+        <v>2696</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B73" t="s">
+        <v>2697</v>
+      </c>
+      <c r="C73" t="s">
+        <v>11</v>
+      </c>
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>2698</v>
+      </c>
+      <c r="F73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" t="s">
+        <v>2699</v>
+      </c>
+      <c r="H73" t="s">
+        <v>2700</v>
+      </c>
+      <c r="I73" t="s">
+        <v>2701</v>
+      </c>
+      <c r="J73" t="s">
+        <v>2634</v>
+      </c>
+      <c r="K73" t="s">
+        <v>2702</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B74" t="s">
+        <v>2703</v>
+      </c>
+      <c r="C74" t="s">
+        <v>11</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>2704</v>
+      </c>
+      <c r="F74" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" t="s">
+        <v>2705</v>
+      </c>
+      <c r="H74" t="s">
+        <v>2706</v>
+      </c>
+      <c r="I74" t="s">
+        <v>2707</v>
+      </c>
+      <c r="J74" t="s">
+        <v>2708</v>
+      </c>
+      <c r="K74" t="s">
+        <v>2709</v>
+      </c>
+      <c r="L74" t="s">
+        <v>2710</v>
+      </c>
+      <c r="M74" t="s">
+        <v>2711</v>
+      </c>
+      <c r="N74" t="s">
+        <v>2712</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B75" t="s">
+        <v>2713</v>
+      </c>
+      <c r="C75" t="s">
+        <v>11</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F75" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2715</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2716</v>
+      </c>
+      <c r="I75" t="s">
+        <v>2717</v>
+      </c>
+      <c r="J75" t="s">
+        <v>2321</v>
+      </c>
+      <c r="K75" t="s">
+        <v>2718</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2719</v>
+      </c>
+      <c r="C76" t="s">
+        <v>11</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F76" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2720</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2721</v>
+      </c>
+      <c r="I76" t="s">
+        <v>2627</v>
+      </c>
+      <c r="J76" t="s">
+        <v>2321</v>
+      </c>
+      <c r="K76" t="s">
+        <v>2722</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2723</v>
+      </c>
+      <c r="C77" t="s">
+        <v>11</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2724</v>
+      </c>
+      <c r="F77" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2725</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2726</v>
+      </c>
+      <c r="I77" t="s">
+        <v>2727</v>
+      </c>
+      <c r="J77" t="s">
+        <v>2728</v>
+      </c>
+      <c r="K77" t="s">
+        <v>2729</v>
+      </c>
+      <c r="L77" t="s">
+        <v>2730</v>
+      </c>
+      <c r="M77" t="s">
+        <v>2731</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2732</v>
+      </c>
+      <c r="C78" t="s">
+        <v>11</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>2733</v>
+      </c>
+      <c r="F78" t="s">
+        <v>11</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2734</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2735</v>
+      </c>
+      <c r="I78" t="s">
+        <v>2736</v>
+      </c>
+      <c r="J78" t="s">
+        <v>2664</v>
+      </c>
+      <c r="K78" t="s">
+        <v>2737</v>
+      </c>
+      <c r="L78" t="s">
+        <v>2738</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2739</v>
+      </c>
+      <c r="C79" t="s">
+        <v>11</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>2740</v>
+      </c>
+      <c r="F79" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2741</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2742</v>
+      </c>
+      <c r="I79" t="s">
+        <v>2736</v>
+      </c>
+      <c r="J79" t="s">
+        <v>2548</v>
+      </c>
+      <c r="K79" t="s">
+        <v>2743</v>
+      </c>
+      <c r="L79" t="s">
+        <v>2744</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2745</v>
+      </c>
+      <c r="C80" t="s">
+        <v>11</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2746</v>
+      </c>
+      <c r="F80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2747</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2748</v>
+      </c>
+      <c r="I80" t="s">
+        <v>2749</v>
+      </c>
+      <c r="J80" t="s">
+        <v>2750</v>
+      </c>
+      <c r="K80" t="s">
+        <v>2751</v>
+      </c>
+      <c r="L80" t="s">
+        <v>2752</v>
+      </c>
+      <c r="M80" t="s">
+        <v>2753</v>
+      </c>
+      <c r="N80" t="s">
+        <v>2754</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2755</v>
+      </c>
+      <c r="C81" t="s">
+        <v>11</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2746</v>
+      </c>
+      <c r="F81" t="s">
+        <v>11</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2756</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2757</v>
+      </c>
+      <c r="I81" t="s">
+        <v>2758</v>
+      </c>
+      <c r="J81" t="s">
+        <v>2592</v>
+      </c>
+      <c r="K81" t="s">
+        <v>2759</v>
+      </c>
+      <c r="L81" t="s">
+        <v>2760</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2761</v>
+      </c>
+      <c r="C82" t="s">
+        <v>11</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2762</v>
+      </c>
+      <c r="F82" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2763</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2764</v>
+      </c>
+      <c r="I82" t="s">
+        <v>2765</v>
+      </c>
+      <c r="J82" t="s">
+        <v>2607</v>
+      </c>
+      <c r="K82" t="s">
+        <v>2766</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2767</v>
+      </c>
+      <c r="C83" t="s">
+        <v>11</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2768</v>
+      </c>
+      <c r="F83" t="s">
+        <v>11</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2769</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2770</v>
+      </c>
+      <c r="I83" t="s">
+        <v>2771</v>
+      </c>
+      <c r="J83" t="s">
+        <v>2555</v>
+      </c>
+      <c r="K83" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C84" t="s">
+        <v>11</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2774</v>
+      </c>
+      <c r="F84" t="s">
+        <v>11</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2775</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2776</v>
+      </c>
+      <c r="I84" t="s">
+        <v>2777</v>
+      </c>
+      <c r="J84" t="s">
+        <v>2434</v>
+      </c>
+      <c r="K84" t="s">
+        <v>2778</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2779</v>
+      </c>
+      <c r="C85" t="s">
+        <v>11</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2780</v>
+      </c>
+      <c r="F85" t="s">
+        <v>11</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2781</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2782</v>
+      </c>
+      <c r="I85" t="s">
+        <v>2783</v>
+      </c>
+      <c r="J85" t="s">
+        <v>2421</v>
+      </c>
+      <c r="K85" t="s">
+        <v>2784</v>
+      </c>
+      <c r="L85" t="s">
+        <v>2785</v>
+      </c>
+      <c r="M85" t="s">
+        <v>2786</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2787</v>
+      </c>
+      <c r="C86" t="s">
+        <v>11</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>2788</v>
+      </c>
+      <c r="F86" t="s">
+        <v>11</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2789</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2790</v>
+      </c>
+      <c r="I86" t="s">
+        <v>2791</v>
+      </c>
+      <c r="J86" t="s">
+        <v>2574</v>
+      </c>
+      <c r="K86" t="s">
+        <v>2792</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2793</v>
+      </c>
+      <c r="C87" t="s">
+        <v>11</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>2794</v>
+      </c>
+      <c r="F87" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2795</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2796</v>
+      </c>
+      <c r="I87" t="s">
+        <v>2797</v>
+      </c>
+      <c r="J87" t="s">
+        <v>2798</v>
+      </c>
+      <c r="K87" t="s">
+        <v>2799</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2800</v>
+      </c>
+      <c r="C88" t="s">
+        <v>11</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2801</v>
+      </c>
+      <c r="F88" t="s">
+        <v>11</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2802</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2803</v>
+      </c>
+      <c r="I88" t="s">
+        <v>2804</v>
+      </c>
+      <c r="J88" t="s">
+        <v>2798</v>
+      </c>
+      <c r="K88" t="s">
+        <v>2805</v>
+      </c>
+      <c r="L88" t="s">
+        <v>2806</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2807</v>
+      </c>
+      <c r="C89" t="s">
+        <v>11</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2808</v>
+      </c>
+      <c r="F89" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2809</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2810</v>
+      </c>
+      <c r="I89" t="s">
+        <v>2811</v>
+      </c>
+      <c r="J89" t="s">
+        <v>2153</v>
+      </c>
+      <c r="K89" t="s">
+        <v>2812</v>
+      </c>
+      <c r="L89" t="s">
+        <v>2813</v>
+      </c>
+      <c r="M89" t="s">
+        <v>2814</v>
+      </c>
+      <c r="N89" t="s">
+        <v>2815</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2816</v>
+      </c>
+      <c r="C90" t="s">
+        <v>11</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2817</v>
+      </c>
+      <c r="F90" t="s">
+        <v>11</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2818</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2819</v>
+      </c>
+      <c r="I90" t="s">
+        <v>2820</v>
+      </c>
+      <c r="J90" t="s">
+        <v>2821</v>
+      </c>
+      <c r="K90" t="s">
+        <v>2822</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2823</v>
+      </c>
+      <c r="C91" t="s">
+        <v>11</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>2824</v>
+      </c>
+      <c r="F91" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2825</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2826</v>
+      </c>
+      <c r="I91" t="s">
+        <v>2827</v>
+      </c>
+      <c r="J91" t="s">
+        <v>2153</v>
+      </c>
+      <c r="K91" t="s">
+        <v>2828</v>
+      </c>
+      <c r="L91" t="s">
+        <v>2829</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2830</v>
+      </c>
+      <c r="C92" t="s">
+        <v>11</v>
+      </c>
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2831</v>
+      </c>
+      <c r="F92" t="s">
+        <v>11</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2832</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2833</v>
+      </c>
+      <c r="I92" t="s">
+        <v>2834</v>
+      </c>
+      <c r="J92" t="s">
+        <v>2835</v>
+      </c>
+      <c r="K92" t="s">
+        <v>2836</v>
+      </c>
+      <c r="L92" t="s">
+        <v>2837</v>
+      </c>
+      <c r="M92" t="s">
+        <v>2838</v>
+      </c>
+      <c r="N92" t="s">
+        <v>2839</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2840</v>
+      </c>
+      <c r="C93" t="s">
+        <v>11</v>
+      </c>
+      <c r="D93" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
+        <v>2841</v>
+      </c>
+      <c r="F93" t="s">
+        <v>11</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2842</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2843</v>
+      </c>
+      <c r="I93" t="s">
+        <v>2844</v>
+      </c>
+      <c r="J93" t="s">
+        <v>2225</v>
+      </c>
+      <c r="K93" t="s">
+        <v>2845</v>
+      </c>
+      <c r="L93" t="s">
+        <v>2846</v>
+      </c>
+      <c r="M93" t="s">
+        <v>2847</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2848</v>
+      </c>
+      <c r="C94" t="s">
+        <v>11</v>
+      </c>
+      <c r="D94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2849</v>
+      </c>
+      <c r="F94" t="s">
+        <v>11</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2850</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2851</v>
+      </c>
+      <c r="I94" t="s">
+        <v>2852</v>
+      </c>
+      <c r="J94" t="s">
+        <v>2853</v>
+      </c>
+      <c r="K94" t="s">
+        <v>2854</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2855</v>
+      </c>
+      <c r="C95" t="s">
+        <v>11</v>
+      </c>
+      <c r="D95" t="s">
+        <v>11</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2856</v>
+      </c>
+      <c r="F95" t="s">
+        <v>11</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2857</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2858</v>
+      </c>
+      <c r="I95" t="s">
+        <v>2859</v>
+      </c>
+      <c r="J95" t="s">
+        <v>2860</v>
+      </c>
+      <c r="K95" t="s">
+        <v>2861</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2862</v>
+      </c>
+      <c r="C96" t="s">
+        <v>11</v>
+      </c>
+      <c r="D96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2863</v>
+      </c>
+      <c r="F96" t="s">
+        <v>11</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2864</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2865</v>
+      </c>
+      <c r="I96" t="s">
+        <v>2866</v>
+      </c>
+      <c r="J96" t="s">
+        <v>2607</v>
+      </c>
+      <c r="K96" t="s">
+        <v>2867</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2868</v>
+      </c>
+      <c r="C97" t="s">
+        <v>11</v>
+      </c>
+      <c r="D97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2869</v>
+      </c>
+      <c r="F97" t="s">
+        <v>11</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2870</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2871</v>
+      </c>
+      <c r="I97" t="s">
+        <v>2872</v>
+      </c>
+      <c r="J97" t="s">
+        <v>2873</v>
+      </c>
+      <c r="K97" t="s">
+        <v>2874</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2875</v>
+      </c>
+      <c r="C98" t="s">
+        <v>11</v>
+      </c>
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2876</v>
+      </c>
+      <c r="F98" t="s">
+        <v>11</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2877</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2878</v>
+      </c>
+      <c r="I98" t="s">
+        <v>2879</v>
+      </c>
+      <c r="J98" t="s">
+        <v>2880</v>
+      </c>
+      <c r="K98" t="s">
+        <v>2881</v>
+      </c>
+      <c r="L98" t="s">
+        <v>2882</v>
+      </c>
+      <c r="M98" t="s">
+        <v>2883</v>
+      </c>
+      <c r="N98" t="s">
+        <v>2884</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B99" t="s">
+        <v>2885</v>
+      </c>
+      <c r="C99" t="s">
+        <v>11</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F99" t="s">
+        <v>11</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2887</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2888</v>
+      </c>
+      <c r="I99" t="s">
+        <v>2889</v>
+      </c>
+      <c r="J99" t="s">
+        <v>2890</v>
+      </c>
+      <c r="K99" t="s">
+        <v>2891</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B100" t="s">
+        <v>2892</v>
+      </c>
+      <c r="C100" t="s">
+        <v>11</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2893</v>
+      </c>
+      <c r="F100" t="s">
+        <v>11</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2894</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2895</v>
+      </c>
+      <c r="I100" t="s">
+        <v>2872</v>
+      </c>
+      <c r="J100" t="s">
+        <v>2896</v>
+      </c>
+      <c r="K100" t="s">
+        <v>2897</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B101" t="s">
+        <v>2898</v>
+      </c>
+      <c r="C101" t="s">
+        <v>11</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>2899</v>
+      </c>
+      <c r="F101" t="s">
+        <v>11</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2900</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2901</v>
+      </c>
+      <c r="I101" t="s">
+        <v>2902</v>
+      </c>
+      <c r="J101" t="s">
+        <v>2896</v>
+      </c>
+      <c r="K101" t="s">
+        <v>2903</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B102" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C102" t="s">
+        <v>11</v>
+      </c>
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>2905</v>
+      </c>
+      <c r="F102" t="s">
+        <v>11</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2906</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2907</v>
+      </c>
+      <c r="I102" t="s">
+        <v>2908</v>
+      </c>
+      <c r="J102" t="s">
+        <v>2896</v>
+      </c>
+      <c r="K102" t="s">
+        <v>2909</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2910</v>
+      </c>
+      <c r="C103" t="s">
+        <v>11</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2911</v>
+      </c>
+      <c r="F103" t="s">
+        <v>11</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2912</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2913</v>
+      </c>
+      <c r="I103" t="s">
+        <v>2914</v>
+      </c>
+      <c r="J103" t="s">
+        <v>2915</v>
+      </c>
+      <c r="K103" t="s">
+        <v>2916</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2918</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>194</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2919</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2920</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2921</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2922</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2923</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2924</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2925</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2926</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2927</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>623</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2928</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2929</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2930</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2931</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2932</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2933</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2934</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2935</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2936</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2937</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2938</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2939</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2940</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2936</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2937</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2941</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2942</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2943</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2944</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2945</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2946</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2947</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2948</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2949</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2950</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2951</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2952</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2953</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2954</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2955</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2956</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2957</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2958</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2959</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2960</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2961</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2962</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2963</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2964</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2965</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2966</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2967</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2968</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2969</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2965</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2970</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2971</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2972</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2973</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2974</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2975</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2976</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2977</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2978</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2979</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2980</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2981</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2982</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2983</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2984</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2985</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2986</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>15</v>
+      </c>
+      <c r="B2" t="s">
         <v>16</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
         <v>17</v>
       </c>
-      <c r="C2" t="s">
+      <c r="D2" t="s">
         <v>18</v>
       </c>
-      <c r="D2" t="s">
+      <c r="E2" t="s">
         <v>19</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>20</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>21</v>
-      </c>
-[...79 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J27"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>22</v>
+      </c>
+      <c r="J1" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>24</v>
+      </c>
+      <c r="B2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>26</v>
+      </c>
+      <c r="E2" t="s">
+        <v>27</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>28</v>
+      </c>
+      <c r="H2" t="s">
+        <v>29</v>
+      </c>
+      <c r="I2" t="s">
+        <v>30</v>
+      </c>
+      <c r="J2" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>24</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>33</v>
+      </c>
+      <c r="E3" t="s">
+        <v>34</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3" t="s">
+        <v>36</v>
+      </c>
+      <c r="I3" t="s">
+        <v>37</v>
+      </c>
+      <c r="J3" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>24</v>
+      </c>
+      <c r="B4" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+      <c r="I4" t="s">
+        <v>44</v>
+      </c>
+      <c r="J4" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>24</v>
+      </c>
+      <c r="B5" t="s">
+        <v>46</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I5" t="s">
+        <v>51</v>
+      </c>
+      <c r="J5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>54</v>
+      </c>
+      <c r="E6" t="s">
+        <v>55</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>56</v>
+      </c>
+      <c r="H6" t="s">
+        <v>57</v>
+      </c>
+      <c r="I6" t="s">
+        <v>58</v>
+      </c>
+      <c r="J6" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>24</v>
+      </c>
+      <c r="B7" t="s">
+        <v>60</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H7" t="s">
+        <v>64</v>
+      </c>
+      <c r="I7" t="s">
+        <v>37</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>24</v>
+      </c>
+      <c r="B8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>68</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H8" t="s">
+        <v>70</v>
+      </c>
+      <c r="I8" t="s">
+        <v>71</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>24</v>
+      </c>
+      <c r="B9" t="s">
+        <v>73</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>74</v>
+      </c>
+      <c r="E9" t="s">
+        <v>75</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>76</v>
+      </c>
+      <c r="H9" t="s">
+        <v>77</v>
+      </c>
+      <c r="I9" t="s">
+        <v>78</v>
+      </c>
+      <c r="J9" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>24</v>
+      </c>
+      <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>11</v>
+      </c>
+      <c r="D10" t="s">
+        <v>80</v>
+      </c>
+      <c r="E10" t="s">
+        <v>81</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>82</v>
+      </c>
+      <c r="H10" t="s">
+        <v>83</v>
+      </c>
+      <c r="I10" t="s">
+        <v>84</v>
+      </c>
+      <c r="J10" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>24</v>
+      </c>
+      <c r="B11" t="s">
+        <v>86</v>
+      </c>
+      <c r="C11" t="s">
+        <v>11</v>
+      </c>
+      <c r="D11" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" t="s">
+        <v>88</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>89</v>
+      </c>
+      <c r="H11" t="s">
+        <v>90</v>
+      </c>
+      <c r="I11" t="s">
+        <v>91</v>
+      </c>
+      <c r="J11" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>24</v>
+      </c>
+      <c r="B12" t="s">
+        <v>93</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" t="s">
+        <v>95</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>96</v>
+      </c>
+      <c r="H12" t="s">
+        <v>97</v>
+      </c>
+      <c r="I12" t="s">
+        <v>98</v>
+      </c>
+      <c r="J12" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B13" t="s">
+        <v>39</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>100</v>
+      </c>
+      <c r="E13" t="s">
+        <v>101</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>102</v>
+      </c>
+      <c r="H13" t="s">
+        <v>103</v>
+      </c>
+      <c r="I13" t="s">
+        <v>44</v>
+      </c>
+      <c r="J13" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>24</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" t="s">
+        <v>100</v>
+      </c>
+      <c r="E14" t="s">
+        <v>101</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>105</v>
+      </c>
+      <c r="H14" t="s">
+        <v>106</v>
+      </c>
+      <c r="I14" t="s">
+        <v>44</v>
+      </c>
+      <c r="J14" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>24</v>
+      </c>
+      <c r="B15" t="s">
+        <v>107</v>
+      </c>
+      <c r="C15" t="s">
+        <v>11</v>
+      </c>
+      <c r="D15" t="s">
+        <v>108</v>
+      </c>
+      <c r="E15" t="s">
+        <v>109</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>110</v>
+      </c>
+      <c r="H15" t="s">
+        <v>111</v>
+      </c>
+      <c r="I15" t="s">
+        <v>112</v>
+      </c>
+      <c r="J15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>24</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>108</v>
+      </c>
+      <c r="E16" t="s">
+        <v>115</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>116</v>
+      </c>
+      <c r="H16" t="s">
+        <v>117</v>
+      </c>
+      <c r="I16" t="s">
+        <v>118</v>
+      </c>
+      <c r="J16" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>24</v>
+      </c>
+      <c r="B17" t="s">
+        <v>120</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>108</v>
+      </c>
+      <c r="E17" t="s">
+        <v>121</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>122</v>
+      </c>
+      <c r="H17" t="s">
+        <v>123</v>
+      </c>
+      <c r="I17" t="s">
+        <v>124</v>
+      </c>
+      <c r="J17" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>24</v>
+      </c>
+      <c r="B18" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" t="s">
+        <v>11</v>
+      </c>
+      <c r="D18" t="s">
+        <v>127</v>
+      </c>
+      <c r="E18" t="s">
+        <v>128</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>129</v>
+      </c>
+      <c r="H18" t="s">
+        <v>130</v>
+      </c>
+      <c r="I18" t="s">
+        <v>131</v>
+      </c>
+      <c r="J18" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>24</v>
+      </c>
+      <c r="B19" t="s">
+        <v>133</v>
+      </c>
+      <c r="C19" t="s">
+        <v>134</v>
+      </c>
+      <c r="D19" t="s">
+        <v>135</v>
+      </c>
+      <c r="E19" t="s">
+        <v>136</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>137</v>
+      </c>
+      <c r="H19" t="s">
+        <v>138</v>
+      </c>
+      <c r="I19" t="s">
+        <v>134</v>
+      </c>
+      <c r="J19" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>24</v>
+      </c>
+      <c r="B20" t="s">
+        <v>140</v>
+      </c>
+      <c r="C20" t="s">
+        <v>141</v>
+      </c>
+      <c r="D20" t="s">
+        <v>142</v>
+      </c>
+      <c r="E20" t="s">
+        <v>143</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>144</v>
+      </c>
+      <c r="H20" t="s">
+        <v>145</v>
+      </c>
+      <c r="I20" t="s">
+        <v>141</v>
+      </c>
+      <c r="J20" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>24</v>
+      </c>
+      <c r="B21" t="s">
+        <v>146</v>
+      </c>
+      <c r="C21" t="s">
+        <v>141</v>
+      </c>
+      <c r="D21" t="s">
+        <v>147</v>
+      </c>
+      <c r="E21" t="s">
+        <v>148</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>149</v>
+      </c>
+      <c r="H21" t="s">
+        <v>150</v>
+      </c>
+      <c r="I21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J21" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" t="s">
+        <v>152</v>
+      </c>
+      <c r="C22" t="s">
+        <v>141</v>
+      </c>
+      <c r="D22" t="s">
+        <v>153</v>
+      </c>
+      <c r="E22" t="s">
+        <v>154</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>155</v>
+      </c>
+      <c r="H22" t="s">
+        <v>156</v>
+      </c>
+      <c r="I22" t="s">
+        <v>141</v>
+      </c>
+      <c r="J22" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23" t="s">
+        <v>158</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>159</v>
+      </c>
+      <c r="E23" t="s">
+        <v>160</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>161</v>
+      </c>
+      <c r="H23" t="s">
+        <v>162</v>
+      </c>
+      <c r="I23" t="s">
+        <v>11</v>
+      </c>
+      <c r="J23" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>24</v>
+      </c>
+      <c r="B24" t="s">
+        <v>107</v>
+      </c>
+      <c r="C24" t="s">
+        <v>163</v>
+      </c>
+      <c r="D24" t="s">
+        <v>164</v>
+      </c>
+      <c r="E24" t="s">
+        <v>165</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>166</v>
+      </c>
+      <c r="H24" t="s">
+        <v>167</v>
+      </c>
+      <c r="I24" t="s">
+        <v>163</v>
+      </c>
+      <c r="J24" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>24</v>
+      </c>
+      <c r="B25" t="s">
+        <v>168</v>
+      </c>
+      <c r="C25" t="s">
+        <v>163</v>
+      </c>
+      <c r="D25" t="s">
+        <v>164</v>
+      </c>
+      <c r="E25" t="s">
+        <v>165</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>169</v>
+      </c>
+      <c r="H25" t="s">
+        <v>170</v>
+      </c>
+      <c r="I25" t="s">
+        <v>163</v>
+      </c>
+      <c r="J25" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>24</v>
+      </c>
+      <c r="B26" t="s">
+        <v>172</v>
+      </c>
+      <c r="C26" t="s">
+        <v>78</v>
+      </c>
+      <c r="D26" t="s">
+        <v>173</v>
+      </c>
+      <c r="E26" t="s">
+        <v>174</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>175</v>
+      </c>
+      <c r="H26" t="s">
+        <v>176</v>
+      </c>
+      <c r="I26" t="s">
+        <v>78</v>
+      </c>
+      <c r="J26" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>24</v>
+      </c>
+      <c r="B27" t="s">
+        <v>178</v>
+      </c>
+      <c r="C27" t="s">
+        <v>37</v>
+      </c>
+      <c r="D27" t="s">
+        <v>179</v>
+      </c>
+      <c r="E27" t="s">
+        <v>180</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>181</v>
+      </c>
+      <c r="H27" t="s">
+        <v>182</v>
+      </c>
+      <c r="I27" t="s">
+        <v>37</v>
+      </c>
+      <c r="J27" t="s">
+        <v>183</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B2" t="s">
+        <v>185</v>
+      </c>
+      <c r="C2" t="s">
+        <v>186</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>188</v>
+      </c>
+      <c r="H2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>190</v>
+      </c>
+      <c r="B2" t="s">
+        <v>191</v>
+      </c>
+      <c r="C2" t="s">
+        <v>192</v>
+      </c>
+      <c r="D2" t="s">
+        <v>193</v>
+      </c>
+      <c r="E2" t="s">
+        <v>194</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>195</v>
+      </c>
+      <c r="H2" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>190</v>
+      </c>
+      <c r="B3" t="s">
+        <v>197</v>
+      </c>
+      <c r="C3" t="s">
+        <v>198</v>
+      </c>
+      <c r="D3" t="s">
+        <v>199</v>
+      </c>
+      <c r="E3" t="s">
+        <v>200</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>201</v>
+      </c>
+      <c r="H3" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>190</v>
+      </c>
+      <c r="B4" t="s">
+        <v>203</v>
+      </c>
+      <c r="C4" t="s">
+        <v>204</v>
+      </c>
+      <c r="D4" t="s">
+        <v>205</v>
+      </c>
+      <c r="E4" t="s">
+        <v>206</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>207</v>
+      </c>
+      <c r="H4" t="s">
+        <v>208</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B2" t="s">
+        <v>210</v>
+      </c>
+      <c r="C2" t="s">
+        <v>211</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>213</v>
+      </c>
+      <c r="H2" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>209</v>
+      </c>
+      <c r="B3" t="s">
+        <v>215</v>
+      </c>
+      <c r="C3" t="s">
+        <v>216</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>218</v>
+      </c>
+      <c r="H3" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>209</v>
+      </c>
+      <c r="B4" t="s">
+        <v>220</v>
+      </c>
+      <c r="C4" t="s">
+        <v>221</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>222</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>223</v>
+      </c>
+      <c r="H4" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>209</v>
+      </c>
+      <c r="B5" t="s">
+        <v>225</v>
+      </c>
+      <c r="C5" t="s">
+        <v>226</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>227</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>228</v>
+      </c>
+      <c r="H5" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>209</v>
+      </c>
+      <c r="B6" t="s">
+        <v>230</v>
+      </c>
+      <c r="C6" t="s">
+        <v>231</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>232</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>233</v>
+      </c>
+      <c r="H6" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>209</v>
+      </c>
+      <c r="B7" t="s">
+        <v>235</v>
+      </c>
+      <c r="C7" t="s">
+        <v>236</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>237</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>238</v>
+      </c>
+      <c r="H7" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>209</v>
+      </c>
+      <c r="B8" t="s">
+        <v>240</v>
+      </c>
+      <c r="C8" t="s">
+        <v>241</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>242</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>243</v>
+      </c>
+      <c r="H8" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>209</v>
+      </c>
+      <c r="B9" t="s">
+        <v>245</v>
+      </c>
+      <c r="C9" t="s">
+        <v>246</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>242</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>247</v>
+      </c>
+      <c r="H9" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>209</v>
+      </c>
+      <c r="B10" t="s">
+        <v>249</v>
+      </c>
+      <c r="C10" t="s">
+        <v>250</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>251</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>252</v>
+      </c>
+      <c r="H10" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>209</v>
+      </c>
+      <c r="B11" t="s">
+        <v>254</v>
+      </c>
+      <c r="C11" t="s">
+        <v>255</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>256</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>257</v>
+      </c>
+      <c r="H11" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>209</v>
+      </c>
+      <c r="B12" t="s">
+        <v>259</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>260</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>261</v>
+      </c>
+      <c r="H12" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>209</v>
+      </c>
+      <c r="B13" t="s">
+        <v>263</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>264</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>265</v>
+      </c>
+      <c r="H13" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>209</v>
+      </c>
+      <c r="B14" t="s">
+        <v>267</v>
+      </c>
+      <c r="C14" t="s">
+        <v>268</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>269</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>270</v>
+      </c>
+      <c r="H14" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>209</v>
+      </c>
+      <c r="B15" t="s">
+        <v>272</v>
+      </c>
+      <c r="C15" t="s">
+        <v>268</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>273</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>274</v>
+      </c>
+      <c r="H15" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>209</v>
+      </c>
+      <c r="B16" t="s">
+        <v>276</v>
+      </c>
+      <c r="C16" t="s">
+        <v>268</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>277</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>278</v>
+      </c>
+      <c r="H16" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>209</v>
+      </c>
+      <c r="B17" t="s">
+        <v>280</v>
+      </c>
+      <c r="C17" t="s">
+        <v>11</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>281</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>282</v>
+      </c>
+      <c r="H17" t="s">
+        <v>283</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>284</v>
+      </c>
+      <c r="B2" t="s">
+        <v>285</v>
+      </c>
+      <c r="C2" t="s">
+        <v>286</v>
+      </c>
+      <c r="D2" t="s">
+        <v>287</v>
+      </c>
+      <c r="E2" t="s">
+        <v>288</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>289</v>
+      </c>
+      <c r="H2" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>284</v>
+      </c>
+      <c r="B3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C3" t="s">
+        <v>292</v>
+      </c>
+      <c r="D3" t="s">
+        <v>293</v>
+      </c>
+      <c r="E3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>295</v>
+      </c>
+      <c r="H3" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>284</v>
+      </c>
+      <c r="B4" t="s">
+        <v>297</v>
+      </c>
+      <c r="C4" t="s">
+        <v>298</v>
+      </c>
+      <c r="D4" t="s">
+        <v>299</v>
+      </c>
+      <c r="E4" t="s">
+        <v>300</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>301</v>
+      </c>
+      <c r="H4" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>284</v>
+      </c>
+      <c r="B5" t="s">
+        <v>303</v>
+      </c>
+      <c r="C5" t="s">
+        <v>304</v>
+      </c>
+      <c r="D5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E5" t="s">
+        <v>306</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>307</v>
+      </c>
+      <c r="H5" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>284</v>
+      </c>
+      <c r="B6" t="s">
+        <v>309</v>
+      </c>
+      <c r="C6" t="s">
+        <v>310</v>
+      </c>
+      <c r="D6" t="s">
+        <v>311</v>
+      </c>
+      <c r="E6" t="s">
+        <v>312</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>313</v>
+      </c>
+      <c r="H6" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>284</v>
+      </c>
+      <c r="B7" t="s">
+        <v>315</v>
+      </c>
+      <c r="C7" t="s">
+        <v>316</v>
+      </c>
+      <c r="D7" t="s">
+        <v>317</v>
+      </c>
+      <c r="E7" t="s">
+        <v>318</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>319</v>
+      </c>
+      <c r="H7" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>284</v>
+      </c>
+      <c r="B8" t="s">
+        <v>321</v>
+      </c>
+      <c r="C8" t="s">
+        <v>322</v>
+      </c>
+      <c r="D8" t="s">
+        <v>323</v>
+      </c>
+      <c r="E8" t="s">
+        <v>324</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>325</v>
+      </c>
+      <c r="H8" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>284</v>
+      </c>
+      <c r="B9" t="s">
+        <v>327</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>328</v>
+      </c>
+      <c r="E9" t="s">
+        <v>329</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>330</v>
+      </c>
+      <c r="H9" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>284</v>
+      </c>
+      <c r="B10" t="s">
+        <v>332</v>
+      </c>
+      <c r="C10" t="s">
+        <v>333</v>
+      </c>
+      <c r="D10" t="s">
+        <v>334</v>
+      </c>
+      <c r="E10" t="s">
+        <v>335</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>336</v>
+      </c>
+      <c r="H10" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>284</v>
+      </c>
+      <c r="B11" t="s">
+        <v>338</v>
+      </c>
+      <c r="C11" t="s">
+        <v>339</v>
+      </c>
+      <c r="D11" t="s">
+        <v>340</v>
+      </c>
+      <c r="E11" t="s">
+        <v>341</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>342</v>
+      </c>
+      <c r="H11" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>284</v>
+      </c>
+      <c r="B12" t="s">
+        <v>344</v>
+      </c>
+      <c r="C12" t="s">
+        <v>345</v>
+      </c>
+      <c r="D12" t="s">
+        <v>346</v>
+      </c>
+      <c r="E12" t="s">
+        <v>347</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>348</v>
+      </c>
+      <c r="H12" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>284</v>
+      </c>
+      <c r="B13" t="s">
+        <v>350</v>
+      </c>
+      <c r="C13" t="s">
+        <v>351</v>
+      </c>
+      <c r="D13" t="s">
+        <v>352</v>
+      </c>
+      <c r="E13" t="s">
+        <v>353</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>354</v>
+      </c>
+      <c r="H13" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>284</v>
+      </c>
+      <c r="B14" t="s">
+        <v>356</v>
+      </c>
+      <c r="C14" t="s">
+        <v>357</v>
+      </c>
+      <c r="D14" t="s">
+        <v>358</v>
+      </c>
+      <c r="E14" t="s">
+        <v>359</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>360</v>
+      </c>
+      <c r="H14" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>284</v>
+      </c>
+      <c r="B15" t="s">
+        <v>362</v>
+      </c>
+      <c r="C15" t="s">
+        <v>363</v>
+      </c>
+      <c r="D15" t="s">
+        <v>364</v>
+      </c>
+      <c r="E15" t="s">
+        <v>365</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>366</v>
+      </c>
+      <c r="H15" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>284</v>
+      </c>
+      <c r="B16" t="s">
+        <v>368</v>
+      </c>
+      <c r="C16" t="s">
+        <v>369</v>
+      </c>
+      <c r="D16" t="s">
+        <v>370</v>
+      </c>
+      <c r="E16" t="s">
+        <v>371</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>372</v>
+      </c>
+      <c r="H16" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>284</v>
+      </c>
+      <c r="B17" t="s">
+        <v>374</v>
+      </c>
+      <c r="C17" t="s">
+        <v>375</v>
+      </c>
+      <c r="D17" t="s">
+        <v>376</v>
+      </c>
+      <c r="E17" t="s">
+        <v>377</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>378</v>
+      </c>
+      <c r="H17" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>284</v>
+      </c>
+      <c r="B18" t="s">
+        <v>380</v>
+      </c>
+      <c r="C18" t="s">
+        <v>381</v>
+      </c>
+      <c r="D18" t="s">
+        <v>382</v>
+      </c>
+      <c r="E18" t="s">
+        <v>383</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>384</v>
+      </c>
+      <c r="H18" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>284</v>
+      </c>
+      <c r="B19" t="s">
+        <v>386</v>
+      </c>
+      <c r="C19" t="s">
+        <v>387</v>
+      </c>
+      <c r="D19" t="s">
+        <v>388</v>
+      </c>
+      <c r="E19" t="s">
+        <v>389</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>390</v>
+      </c>
+      <c r="H19" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>284</v>
+      </c>
+      <c r="B20" t="s">
+        <v>392</v>
+      </c>
+      <c r="C20" t="s">
+        <v>393</v>
+      </c>
+      <c r="D20" t="s">
+        <v>394</v>
+      </c>
+      <c r="E20" t="s">
+        <v>394</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>395</v>
+      </c>
+      <c r="H20" t="s">
+        <v>396</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>284</v>
+      </c>
+      <c r="B21" t="s">
+        <v>397</v>
+      </c>
+      <c r="C21" t="s">
+        <v>398</v>
+      </c>
+      <c r="D21" t="s">
+        <v>399</v>
+      </c>
+      <c r="E21" t="s">
+        <v>400</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>401</v>
+      </c>
+      <c r="H21" t="s">
+        <v>402</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H29"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>403</v>
+      </c>
+      <c r="B2" t="s">
+        <v>404</v>
+      </c>
+      <c r="C2" t="s">
+        <v>405</v>
+      </c>
+      <c r="D2" t="s">
+        <v>406</v>
+      </c>
+      <c r="E2" t="s">
+        <v>407</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>408</v>
+      </c>
+      <c r="H2" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>403</v>
+      </c>
+      <c r="B3" t="s">
+        <v>410</v>
+      </c>
+      <c r="C3" t="s">
+        <v>411</v>
+      </c>
+      <c r="D3" t="s">
+        <v>412</v>
+      </c>
+      <c r="E3" t="s">
+        <v>413</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>414</v>
+      </c>
+      <c r="H3" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>403</v>
+      </c>
+      <c r="B4" t="s">
+        <v>416</v>
+      </c>
+      <c r="C4" t="s">
+        <v>417</v>
+      </c>
+      <c r="D4" t="s">
+        <v>418</v>
+      </c>
+      <c r="E4" t="s">
+        <v>419</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>420</v>
+      </c>
+      <c r="H4" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>403</v>
+      </c>
+      <c r="B5" t="s">
+        <v>422</v>
+      </c>
+      <c r="C5" t="s">
+        <v>423</v>
+      </c>
+      <c r="D5" t="s">
+        <v>424</v>
+      </c>
+      <c r="E5" t="s">
+        <v>425</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>426</v>
+      </c>
+      <c r="H5" t="s">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>403</v>
+      </c>
+      <c r="B6" t="s">
+        <v>428</v>
+      </c>
+      <c r="C6" t="s">
+        <v>429</v>
+      </c>
+      <c r="D6" t="s">
+        <v>430</v>
+      </c>
+      <c r="E6" t="s">
+        <v>431</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>432</v>
+      </c>
+      <c r="H6" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>403</v>
+      </c>
+      <c r="B7" t="s">
+        <v>434</v>
+      </c>
+      <c r="C7" t="s">
+        <v>435</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>436</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>437</v>
+      </c>
+      <c r="H7" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>403</v>
+      </c>
+      <c r="B8" t="s">
+        <v>439</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>440</v>
+      </c>
+      <c r="E8" t="s">
+        <v>441</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>442</v>
+      </c>
+      <c r="H8" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>403</v>
+      </c>
+      <c r="B9" t="s">
+        <v>444</v>
+      </c>
+      <c r="C9" t="s">
+        <v>445</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>446</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>447</v>
+      </c>
+      <c r="H9" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>403</v>
+      </c>
+      <c r="B10" t="s">
+        <v>449</v>
+      </c>
+      <c r="C10" t="s">
+        <v>450</v>
+      </c>
+      <c r="D10" t="s">
+        <v>451</v>
+      </c>
+      <c r="E10" t="s">
+        <v>452</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>453</v>
+      </c>
+      <c r="H10" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>403</v>
+      </c>
+      <c r="B11" t="s">
+        <v>455</v>
+      </c>
+      <c r="C11" t="s">
+        <v>456</v>
+      </c>
+      <c r="D11" t="s">
+        <v>457</v>
+      </c>
+      <c r="E11" t="s">
+        <v>458</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>459</v>
+      </c>
+      <c r="H11" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>403</v>
+      </c>
+      <c r="B12" t="s">
+        <v>461</v>
+      </c>
+      <c r="C12" t="s">
+        <v>462</v>
+      </c>
+      <c r="D12" t="s">
+        <v>463</v>
+      </c>
+      <c r="E12" t="s">
+        <v>464</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>465</v>
+      </c>
+      <c r="H12" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>403</v>
+      </c>
+      <c r="B13" t="s">
+        <v>467</v>
+      </c>
+      <c r="C13" t="s">
+        <v>468</v>
+      </c>
+      <c r="D13" t="s">
+        <v>469</v>
+      </c>
+      <c r="E13" t="s">
+        <v>470</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>471</v>
+      </c>
+      <c r="H13" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>403</v>
+      </c>
+      <c r="B14" t="s">
+        <v>473</v>
+      </c>
+      <c r="C14" t="s">
+        <v>474</v>
+      </c>
+      <c r="D14" t="s">
+        <v>475</v>
+      </c>
+      <c r="E14" t="s">
+        <v>476</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>477</v>
+      </c>
+      <c r="H14" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>403</v>
+      </c>
+      <c r="B15" t="s">
+        <v>479</v>
+      </c>
+      <c r="C15" t="s">
+        <v>480</v>
+      </c>
+      <c r="D15" t="s">
+        <v>481</v>
+      </c>
+      <c r="E15" t="s">
+        <v>482</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>483</v>
+      </c>
+      <c r="H15" t="s">
+        <v>484</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>403</v>
+      </c>
+      <c r="B16" t="s">
+        <v>485</v>
+      </c>
+      <c r="C16" t="s">
+        <v>486</v>
+      </c>
+      <c r="D16" t="s">
+        <v>487</v>
+      </c>
+      <c r="E16" t="s">
+        <v>488</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>489</v>
+      </c>
+      <c r="H16" t="s">
+        <v>490</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>403</v>
+      </c>
+      <c r="B17" t="s">
+        <v>491</v>
+      </c>
+      <c r="C17" t="s">
+        <v>492</v>
+      </c>
+      <c r="D17" t="s">
+        <v>493</v>
+      </c>
+      <c r="E17" t="s">
+        <v>494</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>495</v>
+      </c>
+      <c r="H17" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>403</v>
+      </c>
+      <c r="B18" t="s">
+        <v>497</v>
+      </c>
+      <c r="C18" t="s">
+        <v>498</v>
+      </c>
+      <c r="D18" t="s">
+        <v>499</v>
+      </c>
+      <c r="E18" t="s">
+        <v>500</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>501</v>
+      </c>
+      <c r="H18" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>403</v>
+      </c>
+      <c r="B19" t="s">
+        <v>503</v>
+      </c>
+      <c r="C19" t="s">
+        <v>504</v>
+      </c>
+      <c r="D19" t="s">
+        <v>505</v>
+      </c>
+      <c r="E19" t="s">
+        <v>506</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>507</v>
+      </c>
+      <c r="H19" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>403</v>
+      </c>
+      <c r="B20" t="s">
+        <v>509</v>
+      </c>
+      <c r="C20" t="s">
+        <v>510</v>
+      </c>
+      <c r="D20" t="s">
+        <v>511</v>
+      </c>
+      <c r="E20" t="s">
+        <v>512</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>513</v>
+      </c>
+      <c r="H20" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>403</v>
+      </c>
+      <c r="B21" t="s">
+        <v>515</v>
+      </c>
+      <c r="C21" t="s">
+        <v>516</v>
+      </c>
+      <c r="D21" t="s">
+        <v>517</v>
+      </c>
+      <c r="E21" t="s">
+        <v>518</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>519</v>
+      </c>
+      <c r="H21" t="s">
+        <v>520</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>403</v>
+      </c>
+      <c r="B22" t="s">
+        <v>254</v>
+      </c>
+      <c r="C22" t="s">
+        <v>521</v>
+      </c>
+      <c r="D22" t="s">
+        <v>522</v>
+      </c>
+      <c r="E22" t="s">
+        <v>523</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>524</v>
+      </c>
+      <c r="H22" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>403</v>
+      </c>
+      <c r="B23" t="s">
+        <v>526</v>
+      </c>
+      <c r="C23" t="s">
+        <v>527</v>
+      </c>
+      <c r="D23" t="s">
+        <v>528</v>
+      </c>
+      <c r="E23" t="s">
+        <v>529</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>530</v>
+      </c>
+      <c r="H23" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>403</v>
+      </c>
+      <c r="B24" t="s">
+        <v>532</v>
+      </c>
+      <c r="C24" t="s">
+        <v>533</v>
+      </c>
+      <c r="D24" t="s">
+        <v>534</v>
+      </c>
+      <c r="E24" t="s">
+        <v>535</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>536</v>
+      </c>
+      <c r="H24" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>403</v>
+      </c>
+      <c r="B25" t="s">
+        <v>538</v>
+      </c>
+      <c r="C25" t="s">
+        <v>539</v>
+      </c>
+      <c r="D25" t="s">
+        <v>540</v>
+      </c>
+      <c r="E25" t="s">
+        <v>540</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>541</v>
+      </c>
+      <c r="H25" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>403</v>
+      </c>
+      <c r="B26" t="s">
+        <v>543</v>
+      </c>
+      <c r="C26" t="s">
+        <v>544</v>
+      </c>
+      <c r="D26" t="s">
+        <v>545</v>
+      </c>
+      <c r="E26" t="s">
+        <v>545</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>546</v>
+      </c>
+      <c r="H26" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>403</v>
+      </c>
+      <c r="B27" t="s">
+        <v>548</v>
+      </c>
+      <c r="C27" t="s">
+        <v>549</v>
+      </c>
+      <c r="D27" t="s">
+        <v>550</v>
+      </c>
+      <c r="E27" t="s">
+        <v>551</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>552</v>
+      </c>
+      <c r="H27" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>403</v>
+      </c>
+      <c r="B28" t="s">
+        <v>554</v>
+      </c>
+      <c r="C28" t="s">
+        <v>555</v>
+      </c>
+      <c r="D28" t="s">
+        <v>556</v>
+      </c>
+      <c r="E28" t="s">
+        <v>557</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>558</v>
+      </c>
+      <c r="H28" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>403</v>
+      </c>
+      <c r="B29" t="s">
+        <v>560</v>
+      </c>
+      <c r="C29" t="s">
+        <v>561</v>
+      </c>
+      <c r="D29" t="s">
+        <v>562</v>
+      </c>
+      <c r="E29" t="s">
+        <v>563</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>564</v>
+      </c>
+      <c r="H29" t="s">
+        <v>565</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>566</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>567</v>
       </c>
       <c r="C2" t="s">
-        <v>42</v>
+        <v>568</v>
       </c>
       <c r="D2" t="s">
-        <v>43</v>
+        <v>569</v>
       </c>
       <c r="E2" t="s">
-        <v>44</v>
+        <v>570</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>45</v>
+        <v>571</v>
       </c>
       <c r="H2" t="s">
-        <v>46</v>
+        <v>572</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>566</v>
       </c>
       <c r="B3" t="s">
-        <v>47</v>
+        <v>573</v>
       </c>
       <c r="C3" t="s">
-        <v>48</v>
+        <v>574</v>
       </c>
       <c r="D3" t="s">
-        <v>49</v>
+        <v>575</v>
       </c>
       <c r="E3" t="s">
-        <v>50</v>
+        <v>576</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>51</v>
+        <v>577</v>
       </c>
       <c r="H3" t="s">
-        <v>52</v>
+        <v>578</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>566</v>
       </c>
       <c r="B4" t="s">
-        <v>53</v>
+        <v>579</v>
       </c>
       <c r="C4" t="s">
-        <v>54</v>
+        <v>580</v>
       </c>
       <c r="D4" t="s">
-        <v>55</v>
+        <v>581</v>
       </c>
       <c r="E4" t="s">
-        <v>55</v>
+        <v>582</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>56</v>
+        <v>583</v>
       </c>
       <c r="H4" t="s">
-        <v>57</v>
+        <v>584</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>40</v>
+        <v>566</v>
       </c>
       <c r="B5" t="s">
-        <v>58</v>
+        <v>585</v>
       </c>
       <c r="C5" t="s">
-        <v>59</v>
+        <v>586</v>
       </c>
       <c r="D5" t="s">
-        <v>60</v>
+        <v>587</v>
       </c>
       <c r="E5" t="s">
-        <v>61</v>
+        <v>588</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>62</v>
+        <v>589</v>
       </c>
       <c r="H5" t="s">
-        <v>63</v>
+        <v>590</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>40</v>
+        <v>566</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>591</v>
       </c>
       <c r="C6" t="s">
-        <v>65</v>
+        <v>592</v>
       </c>
       <c r="D6" t="s">
-        <v>66</v>
+        <v>593</v>
       </c>
       <c r="E6" t="s">
-        <v>67</v>
+        <v>594</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>68</v>
+        <v>595</v>
       </c>
       <c r="H6" t="s">
-        <v>69</v>
+        <v>596</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...3703 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>