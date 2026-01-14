--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -48,51 +48,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
     <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
     <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
     <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4641" uniqueCount="2987">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4673" uniqueCount="3006">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -605,50 +605,65 @@
   <si>
     <t>ALERE</t>
   </si>
   <si>
     <t>COAGUCHEK XS - 12 juillet 2011 (3528) avis</t>
   </si>
   <si>
     <t>12/07/2011 00:00:00</t>
   </si>
   <si>
     <t>20/12/2011 15:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1060092/fr/coaguchek-xs-12-juillet-2011-3528-avis</t>
   </si>
   <si>
     <t>c_1060092</t>
   </si>
   <si>
     <t>ROCHE DIAGNOSTICS (France)</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
     <t>Malformations pulmonaires congénitales de l’enfant</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant avec malformation pulmonaire congénitale. Il a été élaboré par le centre de référence des Maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>18/06/2021 10:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3272442/fr/malformations-pulmonaires-congenitales-de-l-enfant</t>
   </si>
   <si>
     <t>p_3272442</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Activité du séquençage haut débit ciblé en génétique somatique des cancers financée dans le cadre du RIHN</t>
   </si>
   <si>
     <t>Enquête nationale de pratique réalisée en 2022 auprès des professionnels de santé visant déterminer l’état des pratiques relatives au séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, notamment en matière d’altérations géniques recherchées et d’indications.</t>
   </si>
   <si>
     <t>23/07/2024 00:00:00</t>
@@ -2789,50 +2804,107 @@
   <si>
     <t>29/09/2006 15:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_437005/fr/prise-en-charge-de-l-osteoporose-la-has-publie-une-synthese-a-destination-des-professionnels-de-sante</t>
   </si>
   <si>
     <t>c_437005</t>
   </si>
   <si>
     <t>Évaluation et état des lieux de la tomographie par émission de positons couplée à la tomodensitométrie (TEP-TDM)</t>
   </si>
   <si>
     <t>07/10/2005 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240747/fr/evaluation-et-etat-des-lieux-de-la-tomographie-par-emission-de-positons-couplee-a-la-tomodensitometrie-tep-tdm</t>
   </si>
   <si>
     <t>c_240747</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Mesure directe de la pression tissulaire dans les loges musculaires des membres, par voie transcutanée</t>
+  </si>
+  <si>
+    <t>Cette évaluation a été demandée à la Haute Autorité de santé (HAS) par l’Union nationale des caisses d’assurance maladie (UNCAM) dans le cadre de la refonte de la Classification commune des actes médicaux (CCAM) sous l’égide du Haut conseil des nomenclatures (HCN). L’objectif de cette refonte est d’actualiser la CCAM pour mieux refléter les pratiques médicales actuelles, en intégrant des actes éprouvés et recommandés par les professionnels mais non encore inscrits. La HAS a réalisé une évaluation spécifique de la mesure directe de la pression tissulaire dans les loges musculaires des membres par voie transcutanée, acte dit « manquant », utilisée pour participer au diagnostic du syndrome de loge chronique. Cette évaluation a reposé sur un argumentaire médical rédigé par le Comité clinique (CC) de médecine physique et réadaptation (MPR) et validé par le Conseil national professionnel (CNP) de MPR.</t>
+  </si>
+  <si>
+    <t>18/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/12/2025 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806704/fr/mesure-directe-de-la-pression-tissulaire-dans-les-loges-musculaires-des-membres-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>p_3806704</t>
+  </si>
+  <si>
+    <t>Mesure de la force, du travail et de la puissance musculaire du rachis, par dynamomètre informatisé et motorisé</t>
+  </si>
+  <si>
+    <t>Cette évaluation a été demandée à la Haute Autorité de santé (HAS) par l’Union nationale des caisses d’assurance maladie (UNCAM) dans le cadre de la refonte de la Classification commune des actes médicaux (CCAM) sous l’égide du Haut conseil des nomenclatures (HCN). L’objectif de cette refonte est d’actualiser la CCAM pour mieux refléter les pratiques médicales actuelles, en intégrant des actes éprouvés et recommandés par les professionnels mais non encore inscrits. La HAS a réalisé une évaluation spécifique de la mesure de la force, du travail et de la puissance musculaire du rachis, par dynamomètre informatisé et motorisé, acte dit « manquant », utilisée dans le cadre de la prise en charge des lombalgies chroniques. Cette évaluation a reposé sur un argumentaire médical rédigé par le Comité clinique (CC) de médecine physique et réadaptation (MPR) et validé par le Conseil national professionnel (CNP) de MPR.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806726/fr/mesure-de-la-force-du-travail-et-de-la-puissance-musculaire-du-rachis-par-dynamometre-informatise-et-motorise</t>
+  </si>
+  <si>
+    <t>p_3806726</t>
+  </si>
+  <si>
+    <t>Analyse métrologique instrumentale de la préhension</t>
+  </si>
+  <si>
+    <t>Cette évaluation a été demandée à la Haute Autorité de santé (HAS) par l’Union nationale des caisses d’assurance maladie (UNCAM) dans le cadre de la refonte de la Classification commune des actes médicaux (CCAM) sous l’égide du Haut conseil des nomenclatures (HCN). L’objectif de cette refonte est d’actualiser la CCAM pour mieux refléter les pratiques médicales actuelles, en intégrant des actes éprouvés et recommandés par les professionnels mais non encore inscrits. La HAS a réalisé une évaluation spécifique de l’analyse métrologique instrumentale de la préhension, acte dit « manquant », utilisée dans le cadre du suivi des patients neurologiques centraux. Cette évaluation a reposé sur un argumentaire médical rédigé par le Comité clinique (CC) de médecine physique et réadaptation (MPR) et validé par le Conseil national professionnel (CNP) de MPR.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806738/fr/analyse-metrologique-instrumentale-de-la-prehension</t>
+  </si>
+  <si>
+    <t>p_3806738</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes dans le diagnostic des cardiomyopathies héréditaires - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé (SHD ou NGS) ; panel de gènes ; génétique ; biologie moléculaire ; cardiomyopathies héréditaires ; altérations moléculaires ; diagnostic ; postnatal</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
+  </si>
+  <si>
     <t>Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome</t>
   </si>
   <si>
     <t>L’évaluation technologique visait à déterminer l’utilité clinique d’une nouvelle stratégie diagnostique pour le mélanome, forme de cancer pigmenté de la peau. Cette approche consistait à comparer une stratégie recourant à une imagerie cutanée non invasive de seconde ligne, incluant la microscopie confocale in vivo, à la stratégie de référence, dans les situations où le diagnostic de lésions pigmentées (naevus) restent équivoques en dermoscopie ou pour la cartographie préopératoire des cas les plus complexes de mélanome au niveau du visage, notamment le mélanome de Dubreuilh.</t>
   </si>
   <si>
     <t>13/11/2025 00:00:00</t>
   </si>
   <si>
     <t>19/11/2025 16:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3473354/fr/imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
   </si>
   <si>
     <t>p_3473354</t>
   </si>
   <si>
     <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
   </si>
   <si>
     <t>17/11/2025 10:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609754/fr/pertinence-de-prescrire-la-vitesse-de-sedimentation-vs-reste-t-il-des-indications-a-la-vs-rapport-d-evaluation</t>
@@ -3047,69 +3119,54 @@
   <si>
     <t>Activité des techniques d’amplification des acides nucléiques simplex et multiplex en infectiologie, financées dans le cadre du RIHN</t>
   </si>
   <si>
     <t>Enquête de pratique sur les techniques d’amplification des acides nucléiques (TAAN) simplex et multiplex en infectiologie, financées dans le cadre du RIHN</t>
   </si>
   <si>
     <t>24/03/2025 00:00:00</t>
   </si>
   <si>
     <t>24/03/2025 16:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598864/fr/activite-des-techniques-d-amplification-des-acides-nucleiques-simplex-et-multiplex-en-infectiologie-financees-dans-le-cadre-du-rihn</t>
   </si>
   <si>
     <t>p_3598864</t>
   </si>
   <si>
     <t>Détection de mutations par expansion de nucléotides – Rapports d'évaluation</t>
   </si>
   <si>
     <t>La HAS a évalué l’intérêt médical de la détection de mutations par expansion de nucléotides en vue de son éventuelle inscription sur la NABM en postnatal, prénatal et préimplantatoire et dans le contexte de la maladie de Huntington, des ataxies spino-cérebelleuses de type 1, 2, 3, 6, 7 et 17, de l’ataxie de Friedreich, du CANVAS, des dystrophies myotoniques de type 1 (maladie de Steinert) et de type 2 (proximal myotonic myopathy), de la sclérose latérale amyotrophique et/ou de la démence fronto-temporale et de l’amyotrophie bulbo-spinale liée à l’X (maladie de Kennedy), du syndrome de l’X fragile, de l'insuffisance ovarienne prématurée associée à l’X fragile, du syndrome de tremblement-ataxie associé à l’X fragile</t>
   </si>
   <si>
-    <t>28/02/2025 08:49:00</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3491330/fr/detection-de-mutations-par-expansion-de-nucleotides-rapports-d-evaluation</t>
   </si>
   <si>
     <t>p_3491330</t>
-  </si>
-[...10 lines deleted...]
-    <t>p_3591624</t>
   </si>
   <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections neuroméningées</t>
   </si>
   <si>
     <t>Technique d’amplification des acides nucléiques, TAAN simplex, TAAN multiplex, paralysies flasques aiguës, abcès cérébraux, méningites, encéphalites</t>
   </si>
   <si>
     <t>16/01/2025 00:00:00</t>
   </si>
   <si>
     <t>23/01/2025 16:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3585537/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-neuromeningees</t>
   </si>
   <si>
     <t>p_3585537</t>
   </si>
   <si>
     <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
   </si>
   <si>
     <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
   </si>
@@ -9159,11997 +9216,12075 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B2" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="C2" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="H2" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B3" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="C3" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="H3" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B4" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="C4" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="H4" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B5" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="C5" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="H5" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B6" t="s">
-        <v>617</v>
+        <v>622</v>
       </c>
       <c r="C6" t="s">
-        <v>618</v>
+        <v>623</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>619</v>
+        <v>624</v>
       </c>
       <c r="H6" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B7" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="C7" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="H7" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B8" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="C8" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>629</v>
+        <v>634</v>
       </c>
       <c r="H8" t="s">
-        <v>630</v>
+        <v>635</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B9" t="s">
-        <v>631</v>
+        <v>636</v>
       </c>
       <c r="C9" t="s">
-        <v>632</v>
+        <v>637</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="H9" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B10" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="C10" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="H10" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B11" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="C11" t="s">
-        <v>641</v>
+        <v>646</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
       <c r="H11" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B12" t="s">
-        <v>645</v>
+        <v>650</v>
       </c>
       <c r="C12" t="s">
-        <v>646</v>
+        <v>651</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>647</v>
+        <v>652</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>648</v>
+        <v>653</v>
       </c>
       <c r="H12" t="s">
-        <v>649</v>
+        <v>654</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B13" t="s">
-        <v>650</v>
+        <v>655</v>
       </c>
       <c r="C13" t="s">
-        <v>651</v>
+        <v>656</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>653</v>
+        <v>658</v>
       </c>
       <c r="H13" t="s">
-        <v>654</v>
+        <v>659</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B14" t="s">
-        <v>655</v>
+        <v>660</v>
       </c>
       <c r="C14" t="s">
-        <v>656</v>
+        <v>661</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>657</v>
+        <v>662</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>658</v>
+        <v>663</v>
       </c>
       <c r="H14" t="s">
-        <v>659</v>
+        <v>664</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B15" t="s">
-        <v>660</v>
+        <v>665</v>
       </c>
       <c r="C15" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="H15" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B16" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="C16" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="H16" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B17" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="C17" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="H17" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B18" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="C18" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>676</v>
+        <v>681</v>
       </c>
       <c r="H18" t="s">
-        <v>677</v>
+        <v>682</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B19" t="s">
-        <v>678</v>
+        <v>683</v>
       </c>
       <c r="C19" t="s">
-        <v>679</v>
+        <v>684</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>680</v>
+        <v>685</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="H19" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B20" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="C20" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="H20" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B21" t="s">
-        <v>688</v>
+        <v>693</v>
       </c>
       <c r="C21" t="s">
-        <v>689</v>
+        <v>694</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>690</v>
+        <v>695</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="H21" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B22" t="s">
-        <v>693</v>
+        <v>698</v>
       </c>
       <c r="C22" t="s">
-        <v>694</v>
+        <v>699</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>695</v>
+        <v>700</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>696</v>
+        <v>701</v>
       </c>
       <c r="H22" t="s">
-        <v>697</v>
+        <v>702</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B23" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="C23" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="H23" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B24" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="C24" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="H24" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B25" t="s">
-        <v>708</v>
+        <v>713</v>
       </c>
       <c r="C25" t="s">
-        <v>709</v>
+        <v>714</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>711</v>
+        <v>716</v>
       </c>
       <c r="H25" t="s">
-        <v>712</v>
+        <v>717</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B26" t="s">
-        <v>713</v>
+        <v>718</v>
       </c>
       <c r="C26" t="s">
-        <v>714</v>
+        <v>719</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>710</v>
+        <v>715</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>715</v>
+        <v>720</v>
       </c>
       <c r="H26" t="s">
-        <v>716</v>
+        <v>721</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B27" t="s">
-        <v>717</v>
+        <v>722</v>
       </c>
       <c r="C27" t="s">
-        <v>718</v>
+        <v>723</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>719</v>
+        <v>724</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>720</v>
+        <v>725</v>
       </c>
       <c r="H27" t="s">
-        <v>721</v>
+        <v>726</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B28" t="s">
-        <v>722</v>
+        <v>727</v>
       </c>
       <c r="C28" t="s">
-        <v>723</v>
+        <v>728</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>725</v>
+        <v>730</v>
       </c>
       <c r="H28" t="s">
-        <v>726</v>
+        <v>731</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B29" t="s">
-        <v>727</v>
+        <v>732</v>
       </c>
       <c r="C29" t="s">
-        <v>728</v>
+        <v>733</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="H29" t="s">
-        <v>731</v>
+        <v>736</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B30" t="s">
-        <v>732</v>
+        <v>737</v>
       </c>
       <c r="C30" t="s">
-        <v>733</v>
+        <v>738</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>734</v>
+        <v>739</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="H30" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B31" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="C31" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="H31" t="s">
-        <v>741</v>
+        <v>746</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B32" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="C32" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>744</v>
+        <v>749</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="H32" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B33" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="C33" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="H33" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B34" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="C34" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="H34" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B35" t="s">
-        <v>757</v>
+        <v>762</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>758</v>
+        <v>763</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>759</v>
+        <v>764</v>
       </c>
       <c r="H35" t="s">
-        <v>760</v>
+        <v>765</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B36" t="s">
-        <v>761</v>
+        <v>766</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>762</v>
+        <v>767</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>763</v>
+        <v>768</v>
       </c>
       <c r="H36" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B37" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
       <c r="C37" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>767</v>
+        <v>772</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>768</v>
+        <v>773</v>
       </c>
       <c r="H37" t="s">
-        <v>769</v>
+        <v>774</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B38" t="s">
-        <v>770</v>
+        <v>775</v>
       </c>
       <c r="C38" t="s">
-        <v>771</v>
+        <v>776</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="H38" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B39" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="C39" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="H39" t="s">
-        <v>778</v>
+        <v>783</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B40" t="s">
-        <v>779</v>
+        <v>784</v>
       </c>
       <c r="C40" t="s">
-        <v>780</v>
+        <v>785</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>781</v>
+        <v>786</v>
       </c>
       <c r="H40" t="s">
-        <v>782</v>
+        <v>787</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B41" t="s">
-        <v>783</v>
+        <v>788</v>
       </c>
       <c r="C41" t="s">
-        <v>784</v>
+        <v>789</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>785</v>
+        <v>790</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>786</v>
+        <v>791</v>
       </c>
       <c r="H41" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B42" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="C42" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="H42" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B43" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="C43" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
         <v>19</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
       <c r="H43" t="s">
-        <v>795</v>
+        <v>800</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B44" t="s">
-        <v>796</v>
+        <v>801</v>
       </c>
       <c r="C44" t="s">
-        <v>797</v>
+        <v>802</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="H44" t="s">
-        <v>800</v>
+        <v>805</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B45" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="C45" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="H45" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B46" t="s">
-        <v>806</v>
+        <v>811</v>
       </c>
       <c r="C46" t="s">
-        <v>807</v>
+        <v>812</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>808</v>
+        <v>813</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>809</v>
+        <v>814</v>
       </c>
       <c r="H46" t="s">
-        <v>810</v>
+        <v>815</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B47" t="s">
-        <v>811</v>
+        <v>816</v>
       </c>
       <c r="C47" t="s">
-        <v>812</v>
+        <v>817</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>813</v>
+        <v>818</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>814</v>
+        <v>819</v>
       </c>
       <c r="H47" t="s">
-        <v>815</v>
+        <v>820</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B48" t="s">
-        <v>816</v>
+        <v>821</v>
       </c>
       <c r="C48" t="s">
-        <v>817</v>
+        <v>822</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>818</v>
+        <v>823</v>
       </c>
       <c r="H48" t="s">
-        <v>819</v>
+        <v>824</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B49" t="s">
-        <v>820</v>
+        <v>825</v>
       </c>
       <c r="C49" t="s">
-        <v>821</v>
+        <v>826</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
       <c r="H49" t="s">
-        <v>824</v>
+        <v>829</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B50" t="s">
-        <v>825</v>
+        <v>830</v>
       </c>
       <c r="C50" t="s">
-        <v>826</v>
+        <v>831</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>827</v>
+        <v>832</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>828</v>
+        <v>833</v>
       </c>
       <c r="H50" t="s">
-        <v>829</v>
+        <v>834</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B51" t="s">
-        <v>830</v>
+        <v>835</v>
       </c>
       <c r="C51" t="s">
-        <v>831</v>
+        <v>836</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="H51" t="s">
-        <v>834</v>
+        <v>839</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B52" t="s">
-        <v>835</v>
+        <v>840</v>
       </c>
       <c r="C52" t="s">
-        <v>836</v>
+        <v>841</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>837</v>
+        <v>842</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>838</v>
+        <v>843</v>
       </c>
       <c r="H52" t="s">
-        <v>839</v>
+        <v>844</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B53" t="s">
-        <v>840</v>
+        <v>845</v>
       </c>
       <c r="C53" t="s">
-        <v>841</v>
+        <v>846</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>842</v>
+        <v>847</v>
       </c>
       <c r="H53" t="s">
-        <v>843</v>
+        <v>848</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B54" t="s">
-        <v>844</v>
+        <v>849</v>
       </c>
       <c r="C54" t="s">
-        <v>845</v>
+        <v>850</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>846</v>
+        <v>851</v>
       </c>
       <c r="H54" t="s">
-        <v>847</v>
+        <v>852</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B55" t="s">
-        <v>848</v>
+        <v>853</v>
       </c>
       <c r="C55" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>850</v>
+        <v>855</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>851</v>
+        <v>856</v>
       </c>
       <c r="H55" t="s">
-        <v>852</v>
+        <v>857</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B56" t="s">
-        <v>853</v>
+        <v>858</v>
       </c>
       <c r="C56" t="s">
-        <v>854</v>
+        <v>859</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>855</v>
+        <v>860</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>856</v>
+        <v>861</v>
       </c>
       <c r="H56" t="s">
-        <v>857</v>
+        <v>862</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B57" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="C57" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>860</v>
+        <v>865</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>861</v>
+        <v>866</v>
       </c>
       <c r="H57" t="s">
-        <v>862</v>
+        <v>867</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B58" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="C58" t="s">
-        <v>864</v>
+        <v>869</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>865</v>
+        <v>870</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>866</v>
+        <v>871</v>
       </c>
       <c r="H58" t="s">
-        <v>867</v>
+        <v>872</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B59" t="s">
-        <v>868</v>
+        <v>873</v>
       </c>
       <c r="C59" t="s">
-        <v>869</v>
+        <v>874</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>870</v>
+        <v>875</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>871</v>
+        <v>876</v>
       </c>
       <c r="H59" t="s">
-        <v>872</v>
+        <v>877</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B60" t="s">
-        <v>873</v>
+        <v>878</v>
       </c>
       <c r="C60" t="s">
-        <v>874</v>
+        <v>879</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>875</v>
+        <v>880</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>876</v>
+        <v>881</v>
       </c>
       <c r="H60" t="s">
-        <v>877</v>
+        <v>882</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B61" t="s">
-        <v>878</v>
+        <v>883</v>
       </c>
       <c r="C61" t="s">
-        <v>879</v>
+        <v>884</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>880</v>
+        <v>885</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>881</v>
+        <v>886</v>
       </c>
       <c r="H61" t="s">
-        <v>882</v>
+        <v>887</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B62" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="C62" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>885</v>
+        <v>890</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>886</v>
+        <v>891</v>
       </c>
       <c r="H62" t="s">
-        <v>887</v>
+        <v>892</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B63" t="s">
-        <v>888</v>
+        <v>893</v>
       </c>
       <c r="C63" t="s">
-        <v>889</v>
+        <v>894</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>890</v>
+        <v>895</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>891</v>
+        <v>896</v>
       </c>
       <c r="H63" t="s">
-        <v>892</v>
+        <v>897</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B64" t="s">
-        <v>893</v>
+        <v>898</v>
       </c>
       <c r="C64" t="s">
-        <v>894</v>
+        <v>899</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>895</v>
+        <v>900</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>896</v>
+        <v>901</v>
       </c>
       <c r="H64" t="s">
-        <v>897</v>
+        <v>902</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B65" t="s">
-        <v>898</v>
+        <v>903</v>
       </c>
       <c r="C65" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>900</v>
+        <v>905</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>901</v>
+        <v>906</v>
       </c>
       <c r="H65" t="s">
-        <v>902</v>
+        <v>907</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B66" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="C66" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="H66" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="B67" t="s">
-        <v>908</v>
+        <v>913</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>909</v>
+        <v>914</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>910</v>
+        <v>915</v>
       </c>
       <c r="H67" t="s">
-        <v>911</v>
+        <v>916</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H139"/>
+  <dimension ref="A1:H142"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B2" t="s">
-        <v>913</v>
+        <v>918</v>
       </c>
       <c r="C2" t="s">
-        <v>914</v>
+        <v>919</v>
       </c>
       <c r="D2" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="E2" t="s">
-        <v>916</v>
+        <v>921</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>917</v>
+        <v>922</v>
       </c>
       <c r="H2" t="s">
-        <v>918</v>
+        <v>923</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B3" t="s">
-        <v>919</v>
+        <v>924</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>925</v>
       </c>
       <c r="D3" t="s">
-        <v>915</v>
+        <v>920</v>
       </c>
       <c r="E3" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>921</v>
+        <v>926</v>
       </c>
       <c r="H3" t="s">
-        <v>922</v>
+        <v>927</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B4" t="s">
-        <v>923</v>
+        <v>928</v>
       </c>
       <c r="C4" t="s">
-        <v>924</v>
+        <v>929</v>
       </c>
       <c r="D4" t="s">
-        <v>925</v>
+        <v>920</v>
       </c>
       <c r="E4" t="s">
-        <v>926</v>
+        <v>921</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="H4" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B5" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="C5" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
       <c r="D5" t="s">
-        <v>931</v>
+        <v>429</v>
       </c>
       <c r="E5" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>933</v>
+        <v>935</v>
       </c>
       <c r="H5" t="s">
-        <v>934</v>
+        <v>936</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B6" t="s">
-        <v>935</v>
+        <v>937</v>
       </c>
       <c r="C6" t="s">
-        <v>936</v>
+        <v>938</v>
       </c>
       <c r="D6" t="s">
-        <v>937</v>
+        <v>939</v>
       </c>
       <c r="E6" t="s">
-        <v>938</v>
+        <v>940</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>939</v>
+        <v>941</v>
       </c>
       <c r="H6" t="s">
-        <v>940</v>
+        <v>942</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B7" t="s">
-        <v>941</v>
+        <v>943</v>
       </c>
       <c r="C7" t="s">
-        <v>942</v>
+        <v>11</v>
       </c>
       <c r="D7" t="s">
-        <v>925</v>
+        <v>939</v>
       </c>
       <c r="E7" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="H7" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B8" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="C8" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="D8" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="E8" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H8" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B9" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C9" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D9" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="E9" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="H9" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B10" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C10" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="D10" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="E10" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="H10" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B11" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C11" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="D11" t="s">
-        <v>960</v>
+        <v>949</v>
       </c>
       <c r="E11" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="H11" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B12" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="C12" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="D12" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="E12" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="H12" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B13" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="C13" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="D13" t="s">
-        <v>418</v>
+        <v>978</v>
       </c>
       <c r="E13" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>978</v>
+        <v>980</v>
       </c>
       <c r="H13" t="s">
-        <v>979</v>
+        <v>981</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B14" t="s">
-        <v>980</v>
+        <v>982</v>
       </c>
       <c r="C14" t="s">
-        <v>981</v>
+        <v>983</v>
       </c>
       <c r="D14" t="s">
-        <v>948</v>
+        <v>984</v>
       </c>
       <c r="E14" t="s">
-        <v>982</v>
+        <v>985</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>983</v>
+        <v>986</v>
       </c>
       <c r="H14" t="s">
-        <v>984</v>
+        <v>987</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B15" t="s">
-        <v>985</v>
+        <v>988</v>
       </c>
       <c r="C15" t="s">
-        <v>986</v>
+        <v>989</v>
       </c>
       <c r="D15" t="s">
-        <v>987</v>
+        <v>984</v>
       </c>
       <c r="E15" t="s">
-        <v>988</v>
+        <v>990</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>989</v>
+        <v>991</v>
       </c>
       <c r="H15" t="s">
-        <v>990</v>
+        <v>992</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B16" t="s">
-        <v>991</v>
+        <v>993</v>
       </c>
       <c r="C16" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="D16" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="E16" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="H16" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B17" t="s">
-        <v>997</v>
+        <v>999</v>
       </c>
       <c r="C17" t="s">
-        <v>998</v>
+        <v>1000</v>
       </c>
       <c r="D17" t="s">
-        <v>424</v>
+        <v>423</v>
       </c>
       <c r="E17" t="s">
-        <v>999</v>
+        <v>1001</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1000</v>
+        <v>1002</v>
       </c>
       <c r="H17" t="s">
-        <v>1001</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B18" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="C18" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
       <c r="D18" t="s">
-        <v>424</v>
+        <v>972</v>
       </c>
       <c r="E18" t="s">
-        <v>999</v>
+        <v>1006</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1004</v>
+        <v>1007</v>
       </c>
       <c r="H18" t="s">
-        <v>1005</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B19" t="s">
-        <v>1006</v>
+        <v>1009</v>
       </c>
       <c r="C19" t="s">
-        <v>1007</v>
+        <v>1010</v>
       </c>
       <c r="D19" t="s">
-        <v>1008</v>
+        <v>1011</v>
       </c>
       <c r="E19" t="s">
-        <v>1009</v>
+        <v>1012</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1010</v>
+        <v>1013</v>
       </c>
       <c r="H19" t="s">
-        <v>1011</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B20" t="s">
-        <v>1012</v>
+        <v>1015</v>
       </c>
       <c r="C20" t="s">
-        <v>1013</v>
+        <v>1016</v>
       </c>
       <c r="D20" t="s">
-        <v>1014</v>
+        <v>1017</v>
       </c>
       <c r="E20" t="s">
-        <v>1015</v>
+        <v>1018</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="H20" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B21" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="C21" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="D21" t="s">
-        <v>1020</v>
+        <v>429</v>
       </c>
       <c r="E21" t="s">
-        <v>1021</v>
+        <v>934</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="H21" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B22" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="C22" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="D22" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="E22" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="H22" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B23" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="C23" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="D23" t="s">
-        <v>954</v>
+        <v>1033</v>
       </c>
       <c r="E23" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="H23" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B24" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
       <c r="C24" t="s">
-        <v>1036</v>
+        <v>1038</v>
       </c>
       <c r="D24" t="s">
-        <v>1037</v>
+        <v>1039</v>
       </c>
       <c r="E24" t="s">
-        <v>1038</v>
+        <v>1040</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1039</v>
+        <v>1041</v>
       </c>
       <c r="H24" t="s">
-        <v>1040</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B25" t="s">
-        <v>1041</v>
+        <v>1043</v>
       </c>
       <c r="C25" t="s">
-        <v>1042</v>
+        <v>1044</v>
       </c>
       <c r="D25" t="s">
-        <v>1043</v>
+        <v>1045</v>
       </c>
       <c r="E25" t="s">
-        <v>194</v>
+        <v>1046</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1044</v>
+        <v>1047</v>
       </c>
       <c r="H25" t="s">
-        <v>1045</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B26" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="C26" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="D26" t="s">
-        <v>1043</v>
+        <v>978</v>
       </c>
       <c r="E26" t="s">
-        <v>194</v>
+        <v>1051</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="H26" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B27" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="C27" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="D27" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="E27" t="s">
-        <v>194</v>
+        <v>1057</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1053</v>
+        <v>1058</v>
       </c>
       <c r="H27" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B28" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="C28" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="D28" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="E28" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="H28" t="s">
-        <v>1059</v>
+        <v>1064</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B29" t="s">
-        <v>1060</v>
+        <v>1065</v>
       </c>
       <c r="C29" t="s">
-        <v>1061</v>
+        <v>1066</v>
       </c>
       <c r="D29" t="s">
         <v>1062</v>
       </c>
       <c r="E29" t="s">
-        <v>1063</v>
+        <v>199</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="H29" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B30" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="C30" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="D30" t="s">
-        <v>1068</v>
+        <v>1071</v>
       </c>
       <c r="E30" t="s">
-        <v>1069</v>
+        <v>199</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1070</v>
+        <v>1072</v>
       </c>
       <c r="H30" t="s">
-        <v>1071</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B31" t="s">
-        <v>1072</v>
+        <v>1074</v>
       </c>
       <c r="C31" t="s">
-        <v>1073</v>
+        <v>1075</v>
       </c>
       <c r="D31" t="s">
-        <v>1074</v>
+        <v>1076</v>
       </c>
       <c r="E31" t="s">
-        <v>1075</v>
+        <v>199</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="H31" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B32" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="C32" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="D32" t="s">
-        <v>1074</v>
+        <v>1081</v>
       </c>
       <c r="E32" t="s">
-        <v>1080</v>
+        <v>1082</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1081</v>
+        <v>1083</v>
       </c>
       <c r="H32" t="s">
-        <v>1082</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B33" t="s">
-        <v>1083</v>
+        <v>1085</v>
       </c>
       <c r="C33" t="s">
-        <v>1084</v>
+        <v>1086</v>
       </c>
       <c r="D33" t="s">
-        <v>1074</v>
+        <v>1087</v>
       </c>
       <c r="E33" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
       <c r="H33" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B34" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="C34" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="D34" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="E34" t="s">
-        <v>614</v>
+        <v>1094</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="H34" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B35" t="s">
+        <v>1097</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1098</v>
+      </c>
+      <c r="D35" t="s">
         <v>1093</v>
       </c>
-      <c r="C35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E35" t="s">
-        <v>1096</v>
+        <v>1099</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1097</v>
+        <v>1100</v>
       </c>
       <c r="H35" t="s">
-        <v>1098</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B36" t="s">
-        <v>1099</v>
+        <v>1102</v>
       </c>
       <c r="C36" t="s">
-        <v>1100</v>
+        <v>1103</v>
       </c>
       <c r="D36" t="s">
-        <v>1095</v>
+        <v>1093</v>
       </c>
       <c r="E36" t="s">
-        <v>1096</v>
+        <v>1104</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="H36" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B37" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="C37" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="D37" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="E37" t="s">
-        <v>1106</v>
+        <v>619</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1107</v>
+        <v>1110</v>
       </c>
       <c r="H37" t="s">
-        <v>1108</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B38" t="s">
-        <v>1109</v>
+        <v>1112</v>
       </c>
       <c r="C38" t="s">
-        <v>1110</v>
+        <v>1113</v>
       </c>
       <c r="D38" t="s">
-        <v>1111</v>
+        <v>1114</v>
       </c>
       <c r="E38" t="s">
-        <v>1112</v>
+        <v>1115</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1113</v>
+        <v>1116</v>
       </c>
       <c r="H38" t="s">
-        <v>1114</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B39" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1119</v>
+      </c>
+      <c r="D39" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E39" t="s">
         <v>1115</v>
       </c>
-      <c r="C39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="H39" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B40" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="C40" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="D40" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="E40" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="H40" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B41" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="C41" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="D41" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
       <c r="E41" t="s">
-        <v>623</v>
+        <v>1131</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1130</v>
+        <v>1132</v>
       </c>
       <c r="H41" t="s">
-        <v>1131</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B42" t="s">
-        <v>1132</v>
+        <v>1134</v>
       </c>
       <c r="C42" t="s">
-        <v>1133</v>
+        <v>1135</v>
       </c>
       <c r="D42" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="E42" t="s">
-        <v>1135</v>
+        <v>1137</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="H42" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B43" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="C43" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
       <c r="D43" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="E43" t="s">
-        <v>1141</v>
+        <v>1143</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1142</v>
+        <v>1144</v>
       </c>
       <c r="H43" t="s">
-        <v>1143</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B44" t="s">
-        <v>1144</v>
+        <v>1146</v>
       </c>
       <c r="C44" t="s">
-        <v>1145</v>
+        <v>1147</v>
       </c>
       <c r="D44" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="E44" t="s">
-        <v>1147</v>
+        <v>628</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="H44" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B45" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="C45" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="D45" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="E45" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="H45" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B46" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
       <c r="C46" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="D46" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="E46" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="H46" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B47" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
       <c r="C47" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="D47" t="s">
-        <v>451</v>
+        <v>1165</v>
       </c>
       <c r="E47" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="H47" t="s">
-        <v>1166</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B48" t="s">
-        <v>1167</v>
+        <v>1169</v>
       </c>
       <c r="C48" t="s">
-        <v>1168</v>
+        <v>1170</v>
       </c>
       <c r="D48" t="s">
-        <v>1169</v>
+        <v>1171</v>
       </c>
       <c r="E48" t="s">
-        <v>652</v>
+        <v>1172</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="H48" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B49" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="C49" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="D49" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="E49" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="H49" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B50" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
       <c r="C50" t="s">
-        <v>1179</v>
+        <v>1182</v>
       </c>
       <c r="D50" t="s">
-        <v>1180</v>
+        <v>456</v>
       </c>
       <c r="E50" t="s">
-        <v>1181</v>
+        <v>1183</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>1182</v>
+        <v>1184</v>
       </c>
       <c r="H50" t="s">
-        <v>1183</v>
+        <v>1185</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B51" t="s">
-        <v>1184</v>
+        <v>1186</v>
       </c>
       <c r="C51" t="s">
-        <v>1185</v>
+        <v>1187</v>
       </c>
       <c r="D51" t="s">
-        <v>1174</v>
+        <v>1188</v>
       </c>
       <c r="E51" t="s">
-        <v>1186</v>
+        <v>657</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>1187</v>
+        <v>1189</v>
       </c>
       <c r="H51" t="s">
-        <v>1188</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B52" t="s">
-        <v>1189</v>
+        <v>1191</v>
       </c>
       <c r="C52" t="s">
-        <v>1190</v>
+        <v>1192</v>
       </c>
       <c r="D52" t="s">
-        <v>1191</v>
+        <v>1193</v>
       </c>
       <c r="E52" t="s">
-        <v>1192</v>
+        <v>1194</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>1193</v>
+        <v>1195</v>
       </c>
       <c r="H52" t="s">
-        <v>1194</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B53" t="s">
-        <v>1195</v>
+        <v>1197</v>
       </c>
       <c r="C53" t="s">
-        <v>1196</v>
+        <v>1198</v>
       </c>
       <c r="D53" t="s">
-        <v>1197</v>
+        <v>1199</v>
       </c>
       <c r="E53" t="s">
-        <v>1198</v>
+        <v>1200</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>1199</v>
+        <v>1201</v>
       </c>
       <c r="H53" t="s">
-        <v>1200</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B54" t="s">
-        <v>1201</v>
+        <v>1203</v>
       </c>
       <c r="C54" t="s">
-        <v>1202</v>
+        <v>1204</v>
       </c>
       <c r="D54" t="s">
-        <v>1203</v>
+        <v>1193</v>
       </c>
       <c r="E54" t="s">
-        <v>671</v>
+        <v>1205</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>1204</v>
+        <v>1206</v>
       </c>
       <c r="H54" t="s">
-        <v>1205</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B55" t="s">
-        <v>1206</v>
+        <v>1208</v>
       </c>
       <c r="C55" t="s">
-        <v>1207</v>
+        <v>1209</v>
       </c>
       <c r="D55" t="s">
-        <v>1208</v>
+        <v>1210</v>
       </c>
       <c r="E55" t="s">
-        <v>680</v>
+        <v>1211</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>1209</v>
+        <v>1212</v>
       </c>
       <c r="H55" t="s">
-        <v>1210</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B56" t="s">
-        <v>1211</v>
+        <v>1214</v>
       </c>
       <c r="C56" t="s">
-        <v>1212</v>
+        <v>1215</v>
       </c>
       <c r="D56" t="s">
-        <v>1213</v>
+        <v>1216</v>
       </c>
       <c r="E56" t="s">
-        <v>1214</v>
+        <v>1217</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="H56" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B57" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="C57" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="D57" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="E57" t="s">
-        <v>1220</v>
+        <v>676</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>1221</v>
+        <v>1223</v>
       </c>
       <c r="H57" t="s">
-        <v>1222</v>
+        <v>1224</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B58" t="s">
-        <v>1223</v>
+        <v>1225</v>
       </c>
       <c r="C58" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="D58" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="E58" t="s">
-        <v>1226</v>
+        <v>685</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1227</v>
+        <v>1228</v>
       </c>
       <c r="H58" t="s">
-        <v>1228</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B59" t="s">
-        <v>1229</v>
+        <v>1230</v>
       </c>
       <c r="C59" t="s">
-        <v>1230</v>
+        <v>1231</v>
       </c>
       <c r="D59" t="s">
-        <v>1231</v>
+        <v>1232</v>
       </c>
       <c r="E59" t="s">
-        <v>1232</v>
+        <v>1233</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1233</v>
+        <v>1234</v>
       </c>
       <c r="H59" t="s">
-        <v>1234</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B60" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="C60" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="D60" t="s">
-        <v>1237</v>
+        <v>1238</v>
       </c>
       <c r="E60" t="s">
-        <v>1238</v>
+        <v>1239</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="H60" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B61" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
       <c r="C61" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="D61" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="E61" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="H61" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B62" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
       <c r="C62" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="D62" t="s">
-        <v>1225</v>
+        <v>1250</v>
       </c>
       <c r="E62" t="s">
-        <v>1244</v>
+        <v>1251</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>1249</v>
+        <v>1252</v>
       </c>
       <c r="H62" t="s">
-        <v>1250</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B63" t="s">
-        <v>1251</v>
+        <v>1254</v>
       </c>
       <c r="C63" t="s">
-        <v>1252</v>
+        <v>1255</v>
       </c>
       <c r="D63" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="E63" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>1255</v>
+        <v>1258</v>
       </c>
       <c r="H63" t="s">
-        <v>1256</v>
+        <v>1259</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B64" t="s">
-        <v>1257</v>
+        <v>1260</v>
       </c>
       <c r="C64" t="s">
-        <v>1258</v>
+        <v>1261</v>
       </c>
       <c r="D64" t="s">
-        <v>1259</v>
+        <v>1262</v>
       </c>
       <c r="E64" t="s">
-        <v>1260</v>
+        <v>1263</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>1261</v>
+        <v>1264</v>
       </c>
       <c r="H64" t="s">
-        <v>1262</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B65" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E65" t="s">
         <v>1263</v>
       </c>
-      <c r="C65" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="H65" t="s">
-        <v>1268</v>
+        <v>1269</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B66" t="s">
-        <v>1269</v>
+        <v>1270</v>
       </c>
       <c r="C66" t="s">
-        <v>1270</v>
+        <v>1271</v>
       </c>
       <c r="D66" t="s">
-        <v>1271</v>
+        <v>1272</v>
       </c>
       <c r="E66" t="s">
-        <v>1272</v>
+        <v>1273</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>1273</v>
+        <v>1274</v>
       </c>
       <c r="H66" t="s">
-        <v>1274</v>
+        <v>1275</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B67" t="s">
-        <v>1275</v>
+        <v>1276</v>
       </c>
       <c r="C67" t="s">
-        <v>1276</v>
+        <v>1277</v>
       </c>
       <c r="D67" t="s">
-        <v>1271</v>
+        <v>1278</v>
       </c>
       <c r="E67" t="s">
-        <v>1272</v>
+        <v>1279</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>1277</v>
+        <v>1280</v>
       </c>
       <c r="H67" t="s">
-        <v>1278</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B68" t="s">
-        <v>1279</v>
+        <v>1282</v>
       </c>
       <c r="C68" t="s">
-        <v>1280</v>
+        <v>1283</v>
       </c>
       <c r="D68" t="s">
-        <v>1281</v>
+        <v>1284</v>
       </c>
       <c r="E68" t="s">
-        <v>1282</v>
+        <v>1285</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>1283</v>
+        <v>1286</v>
       </c>
       <c r="H68" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B69" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="C69" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
       <c r="D69" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="E69" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>1289</v>
+        <v>1292</v>
       </c>
       <c r="H69" t="s">
-        <v>1290</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B70" t="s">
+        <v>1294</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D70" t="s">
+        <v>1290</v>
+      </c>
+      <c r="E70" t="s">
         <v>1291</v>
       </c>
-      <c r="C70" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>1293</v>
+        <v>1296</v>
       </c>
       <c r="H70" t="s">
-        <v>1294</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B71" t="s">
-        <v>1295</v>
+        <v>1298</v>
       </c>
       <c r="C71" t="s">
-        <v>1296</v>
+        <v>1299</v>
       </c>
       <c r="D71" t="s">
-        <v>1297</v>
+        <v>1300</v>
       </c>
       <c r="E71" t="s">
-        <v>1298</v>
+        <v>1301</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>1299</v>
+        <v>1302</v>
       </c>
       <c r="H71" t="s">
-        <v>1300</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B72" t="s">
-        <v>1301</v>
+        <v>1304</v>
       </c>
       <c r="C72" t="s">
-        <v>1302</v>
+        <v>1305</v>
       </c>
       <c r="D72" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="E72" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>1305</v>
+        <v>1308</v>
       </c>
       <c r="H72" t="s">
-        <v>1306</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B73" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D73" t="s">
+        <v>1306</v>
+      </c>
+      <c r="E73" t="s">
         <v>1307</v>
       </c>
-      <c r="C73" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>1310</v>
+        <v>1312</v>
       </c>
       <c r="H73" t="s">
-        <v>1311</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B74" t="s">
-        <v>1312</v>
+        <v>1314</v>
       </c>
       <c r="C74" t="s">
-        <v>1313</v>
+        <v>1315</v>
       </c>
       <c r="D74" t="s">
-        <v>1314</v>
+        <v>1316</v>
       </c>
       <c r="E74" t="s">
-        <v>1315</v>
+        <v>1317</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>1316</v>
+        <v>1318</v>
       </c>
       <c r="H74" t="s">
-        <v>1317</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B75" t="s">
-        <v>1318</v>
+        <v>1320</v>
       </c>
       <c r="C75" t="s">
-        <v>1319</v>
+        <v>1321</v>
       </c>
       <c r="D75" t="s">
-        <v>1320</v>
+        <v>1322</v>
       </c>
       <c r="E75" t="s">
-        <v>1321</v>
+        <v>1323</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>1322</v>
+        <v>1324</v>
       </c>
       <c r="H75" t="s">
-        <v>1323</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B76" t="s">
-        <v>1324</v>
+        <v>1326</v>
       </c>
       <c r="C76" t="s">
-        <v>1325</v>
+        <v>1327</v>
       </c>
       <c r="D76" t="s">
-        <v>1326</v>
+        <v>328</v>
       </c>
       <c r="E76" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>1328</v>
+        <v>1329</v>
       </c>
       <c r="H76" t="s">
-        <v>1329</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B77" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="C77" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="D77" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="E77" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="H77" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B78" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="C78" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="D78" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="E78" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="H78" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B79" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="C79" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="D79" t="s">
-        <v>1338</v>
+        <v>1345</v>
       </c>
       <c r="E79" t="s">
-        <v>1344</v>
+        <v>1346</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="H79" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B80" t="s">
-        <v>1347</v>
+        <v>1349</v>
       </c>
       <c r="C80" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="D80" t="s">
-        <v>1338</v>
+        <v>1351</v>
       </c>
       <c r="E80" t="s">
-        <v>1344</v>
+        <v>1352</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>1349</v>
+        <v>1353</v>
       </c>
       <c r="H80" t="s">
-        <v>1350</v>
+        <v>1354</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B81" t="s">
-        <v>1351</v>
+        <v>1355</v>
       </c>
       <c r="C81" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="D81" t="s">
-        <v>1353</v>
+        <v>1357</v>
       </c>
       <c r="E81" t="s">
-        <v>772</v>
+        <v>1358</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>1354</v>
+        <v>1359</v>
       </c>
       <c r="H81" t="s">
-        <v>1355</v>
+        <v>1360</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B82" t="s">
-        <v>1356</v>
+        <v>1361</v>
       </c>
       <c r="C82" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D82" t="s">
         <v>1357</v>
       </c>
-      <c r="D82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" t="s">
-        <v>1359</v>
+        <v>1363</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>1360</v>
+        <v>1364</v>
       </c>
       <c r="H82" t="s">
-        <v>1361</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B83" t="s">
-        <v>1362</v>
+        <v>1366</v>
       </c>
       <c r="C83" t="s">
+        <v>1367</v>
+      </c>
+      <c r="D83" t="s">
+        <v>1357</v>
+      </c>
+      <c r="E83" t="s">
         <v>1363</v>
       </c>
-      <c r="D83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>1366</v>
+        <v>1368</v>
       </c>
       <c r="H83" t="s">
-        <v>1367</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B84" t="s">
-        <v>1368</v>
+        <v>1370</v>
       </c>
       <c r="C84" t="s">
-        <v>1369</v>
+        <v>1371</v>
       </c>
       <c r="D84" t="s">
-        <v>1370</v>
+        <v>1372</v>
       </c>
       <c r="E84" t="s">
-        <v>1371</v>
+        <v>777</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="H84" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B85" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="C85" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="D85" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="E85" t="s">
-        <v>1371</v>
+        <v>1378</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>1377</v>
+        <v>1379</v>
       </c>
       <c r="H85" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B86" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
       <c r="C86" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="D86" t="s">
-        <v>1381</v>
+        <v>1383</v>
       </c>
       <c r="E86" t="s">
-        <v>1382</v>
+        <v>1384</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>1383</v>
+        <v>1385</v>
       </c>
       <c r="H86" t="s">
-        <v>1384</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B87" t="s">
-        <v>1385</v>
+        <v>1387</v>
       </c>
       <c r="C87" t="s">
-        <v>1386</v>
+        <v>1388</v>
       </c>
       <c r="D87" t="s">
-        <v>1381</v>
+        <v>1389</v>
       </c>
       <c r="E87" t="s">
-        <v>1387</v>
+        <v>1390</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>1388</v>
+        <v>1391</v>
       </c>
       <c r="H87" t="s">
-        <v>1389</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B88" t="s">
+        <v>1393</v>
+      </c>
+      <c r="C88" t="s">
+        <v>1394</v>
+      </c>
+      <c r="D88" t="s">
+        <v>1395</v>
+      </c>
+      <c r="E88" t="s">
         <v>1390</v>
       </c>
-      <c r="C88" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>1392</v>
+        <v>1396</v>
       </c>
       <c r="H88" t="s">
-        <v>1393</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B89" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="C89" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="D89" t="s">
-        <v>1381</v>
+        <v>1400</v>
       </c>
       <c r="E89" t="s">
-        <v>1387</v>
+        <v>1401</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>1396</v>
+        <v>1402</v>
       </c>
       <c r="H89" t="s">
-        <v>1397</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B90" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="C90" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="D90" t="s">
         <v>1400</v>
       </c>
       <c r="E90" t="s">
-        <v>1401</v>
+        <v>1406</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>1402</v>
+        <v>1407</v>
       </c>
       <c r="H90" t="s">
-        <v>1403</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B91" t="s">
-        <v>1404</v>
+        <v>1409</v>
       </c>
       <c r="C91" t="s">
-        <v>1405</v>
+        <v>1410</v>
       </c>
       <c r="D91" t="s">
+        <v>1400</v>
+      </c>
+      <c r="E91" t="s">
         <v>1406</v>
       </c>
-      <c r="E91" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>1408</v>
+        <v>1411</v>
       </c>
       <c r="H91" t="s">
-        <v>1409</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B92" t="s">
-        <v>1410</v>
+        <v>1413</v>
       </c>
       <c r="C92" t="s">
-        <v>1411</v>
+        <v>1414</v>
       </c>
       <c r="D92" t="s">
-        <v>1412</v>
+        <v>1400</v>
       </c>
       <c r="E92" t="s">
-        <v>1413</v>
+        <v>1406</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="H92" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B93" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="C93" t="s">
-        <v>1416</v>
+        <v>1418</v>
       </c>
       <c r="D93" t="s">
-        <v>1417</v>
+        <v>1419</v>
       </c>
       <c r="E93" t="s">
-        <v>1418</v>
+        <v>1420</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>1419</v>
+        <v>1421</v>
       </c>
       <c r="H93" t="s">
-        <v>1420</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B94" t="s">
-        <v>1421</v>
+        <v>1423</v>
       </c>
       <c r="C94" t="s">
-        <v>1422</v>
+        <v>1424</v>
       </c>
       <c r="D94" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="E94" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
       <c r="H94" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B95" t="s">
-        <v>1427</v>
+        <v>1429</v>
       </c>
       <c r="C95" t="s">
-        <v>1428</v>
+        <v>1430</v>
       </c>
       <c r="D95" t="s">
-        <v>1429</v>
+        <v>1431</v>
       </c>
       <c r="E95" t="s">
-        <v>1430</v>
+        <v>1432</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>1431</v>
+        <v>1433</v>
       </c>
       <c r="H95" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B96" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="C96" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="D96" t="s">
-        <v>1434</v>
+        <v>1436</v>
       </c>
       <c r="E96" t="s">
-        <v>1435</v>
+        <v>1437</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>1436</v>
+        <v>1438</v>
       </c>
       <c r="H96" t="s">
-        <v>1437</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B97" t="s">
-        <v>1438</v>
+        <v>1440</v>
       </c>
       <c r="C97" t="s">
-        <v>1438</v>
+        <v>1441</v>
       </c>
       <c r="D97" t="s">
-        <v>1439</v>
+        <v>1442</v>
       </c>
       <c r="E97" t="s">
-        <v>1440</v>
+        <v>1443</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>1441</v>
+        <v>1444</v>
       </c>
       <c r="H97" t="s">
-        <v>1442</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B98" t="s">
-        <v>1443</v>
+        <v>1446</v>
       </c>
       <c r="C98" t="s">
-        <v>1444</v>
+        <v>1447</v>
       </c>
       <c r="D98" t="s">
-        <v>1445</v>
+        <v>1448</v>
       </c>
       <c r="E98" t="s">
-        <v>1446</v>
+        <v>1449</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
       <c r="H98" t="s">
-        <v>1448</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B99" t="s">
-        <v>1449</v>
+        <v>1452</v>
       </c>
       <c r="C99" t="s">
-        <v>1450</v>
+        <v>1452</v>
       </c>
       <c r="D99" t="s">
-        <v>1451</v>
+        <v>1453</v>
       </c>
       <c r="E99" t="s">
-        <v>1452</v>
+        <v>1454</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>1453</v>
+        <v>1455</v>
       </c>
       <c r="H99" t="s">
-        <v>1454</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B100" t="s">
-        <v>1455</v>
+        <v>1457</v>
       </c>
       <c r="C100" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="D100" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="E100" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="H100" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B101" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="C101" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="D101" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="E101" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="H101" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B102" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="C102" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="D102" t="s">
-        <v>1463</v>
+        <v>1470</v>
       </c>
       <c r="E102" t="s">
-        <v>1469</v>
+        <v>1471</v>
       </c>
       <c r="F102" t="s">
         <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>1470</v>
+        <v>1472</v>
       </c>
       <c r="H102" t="s">
-        <v>1471</v>
+        <v>1473</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B103" t="s">
-        <v>1472</v>
+        <v>1474</v>
       </c>
       <c r="C103" t="s">
-        <v>1473</v>
+        <v>1475</v>
       </c>
       <c r="D103" t="s">
-        <v>1474</v>
+        <v>1476</v>
       </c>
       <c r="E103" t="s">
-        <v>1475</v>
+        <v>1477</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>1476</v>
+        <v>1478</v>
       </c>
       <c r="H103" t="s">
-        <v>1477</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B104" t="s">
-        <v>1478</v>
+        <v>1480</v>
       </c>
       <c r="C104" t="s">
-        <v>1479</v>
+        <v>1481</v>
       </c>
       <c r="D104" t="s">
-        <v>1480</v>
+        <v>1482</v>
       </c>
       <c r="E104" t="s">
-        <v>1481</v>
+        <v>1483</v>
       </c>
       <c r="F104" t="s">
         <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>1482</v>
+        <v>1484</v>
       </c>
       <c r="H104" t="s">
-        <v>1483</v>
+        <v>1485</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B105" t="s">
-        <v>1484</v>
+        <v>1486</v>
       </c>
       <c r="C105" t="s">
-        <v>1485</v>
+        <v>1487</v>
       </c>
       <c r="D105" t="s">
-        <v>1486</v>
+        <v>1482</v>
       </c>
       <c r="E105" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="H105" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B106" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="C106" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="D106" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="E106" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="F106" t="s">
         <v>11</v>
       </c>
       <c r="G106" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="H106" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B107" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="C107" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="D107" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="E107" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="F107" t="s">
         <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="H107" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B108" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="C108" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="D108" t="s">
-        <v>1498</v>
+        <v>1505</v>
       </c>
       <c r="E108" t="s">
-        <v>1499</v>
+        <v>1506</v>
       </c>
       <c r="F108" t="s">
         <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>1504</v>
+        <v>1507</v>
       </c>
       <c r="H108" t="s">
-        <v>1505</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B109" t="s">
-        <v>1506</v>
+        <v>1509</v>
       </c>
       <c r="C109" t="s">
-        <v>1507</v>
+        <v>1510</v>
       </c>
       <c r="D109" t="s">
-        <v>1508</v>
+        <v>1511</v>
       </c>
       <c r="E109" t="s">
-        <v>1509</v>
+        <v>1512</v>
       </c>
       <c r="F109" t="s">
         <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>1510</v>
+        <v>1513</v>
       </c>
       <c r="H109" t="s">
-        <v>1511</v>
+        <v>1514</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B110" t="s">
-        <v>1512</v>
+        <v>1515</v>
       </c>
       <c r="C110" t="s">
-        <v>1513</v>
+        <v>1516</v>
       </c>
       <c r="D110" t="s">
-        <v>1514</v>
+        <v>1517</v>
       </c>
       <c r="E110" t="s">
-        <v>1515</v>
+        <v>1518</v>
       </c>
       <c r="F110" t="s">
         <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>1516</v>
+        <v>1519</v>
       </c>
       <c r="H110" t="s">
-        <v>1517</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B111" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C111" t="s">
+        <v>1522</v>
+      </c>
+      <c r="D111" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E111" t="s">
         <v>1518</v>
       </c>
-      <c r="C111" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F111" t="s">
         <v>11</v>
       </c>
       <c r="G111" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="H111" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B112" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="C112" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
       <c r="D112" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="E112" t="s">
-        <v>1526</v>
+        <v>1528</v>
       </c>
       <c r="F112" t="s">
         <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>1527</v>
+        <v>1529</v>
       </c>
       <c r="H112" t="s">
-        <v>1528</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B113" t="s">
-        <v>1529</v>
+        <v>1531</v>
       </c>
       <c r="C113" t="s">
-        <v>1530</v>
+        <v>1532</v>
       </c>
       <c r="D113" t="s">
-        <v>1525</v>
+        <v>1533</v>
       </c>
       <c r="E113" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="F113" t="s">
         <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="H113" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B114" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
       <c r="C114" t="s">
-        <v>1535</v>
+        <v>1538</v>
       </c>
       <c r="D114" t="s">
-        <v>1536</v>
+        <v>1533</v>
       </c>
       <c r="E114" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
       <c r="F114" t="s">
         <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="H114" t="s">
-        <v>1539</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B115" t="s">
-        <v>1540</v>
+        <v>1542</v>
       </c>
       <c r="C115" t="s">
-        <v>1541</v>
+        <v>1543</v>
       </c>
       <c r="D115" t="s">
-        <v>1542</v>
+        <v>1544</v>
       </c>
       <c r="E115" t="s">
-        <v>1537</v>
+        <v>1545</v>
       </c>
       <c r="F115" t="s">
         <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>1543</v>
+        <v>1546</v>
       </c>
       <c r="H115" t="s">
-        <v>1544</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B116" t="s">
-        <v>1545</v>
+        <v>1548</v>
       </c>
       <c r="C116" t="s">
-        <v>1546</v>
+        <v>1549</v>
       </c>
       <c r="D116" t="s">
-        <v>1547</v>
+        <v>1544</v>
       </c>
       <c r="E116" t="s">
-        <v>1548</v>
+        <v>1550</v>
       </c>
       <c r="F116" t="s">
         <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>1549</v>
+        <v>1551</v>
       </c>
       <c r="H116" t="s">
-        <v>1550</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B117" t="s">
-        <v>1551</v>
+        <v>1553</v>
       </c>
       <c r="C117" t="s">
-        <v>1552</v>
+        <v>1554</v>
       </c>
       <c r="D117" t="s">
-        <v>1553</v>
+        <v>1555</v>
       </c>
       <c r="E117" t="s">
-        <v>1554</v>
+        <v>1556</v>
       </c>
       <c r="F117" t="s">
         <v>11</v>
       </c>
       <c r="G117" t="s">
-        <v>1555</v>
+        <v>1557</v>
       </c>
       <c r="H117" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B118" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="C118" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
       <c r="D118" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="E118" t="s">
-        <v>1560</v>
+        <v>1556</v>
       </c>
       <c r="F118" t="s">
         <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="H118" t="s">
-        <v>1562</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B119" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="C119" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="D119" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="E119" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="F119" t="s">
         <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="H119" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B120" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="C120" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="D120" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="E120" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="F120" t="s">
         <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="H120" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B121" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="C121" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="D121" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="E121" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="F121" t="s">
         <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="H121" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B122" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="C122" t="s">
-        <v>1582</v>
+        <v>1583</v>
       </c>
       <c r="D122" t="s">
-        <v>1583</v>
+        <v>1584</v>
       </c>
       <c r="E122" t="s">
-        <v>1584</v>
+        <v>1585</v>
       </c>
       <c r="F122" t="s">
         <v>11</v>
       </c>
       <c r="G122" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="H122" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B123" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="C123" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="D123" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="E123" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="F123" t="s">
         <v>11</v>
       </c>
       <c r="G123" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="H123" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B124" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="C124" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="D124" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="E124" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="F124" t="s">
         <v>11</v>
       </c>
       <c r="G124" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="H124" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B125" t="s">
-        <v>1599</v>
+        <v>1600</v>
       </c>
       <c r="C125" t="s">
-        <v>1600</v>
+        <v>1601</v>
       </c>
       <c r="D125" t="s">
-        <v>1601</v>
+        <v>1602</v>
       </c>
       <c r="E125" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="F125" t="s">
         <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="H125" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B126" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="C126" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="D126" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="E126" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="F126" t="s">
         <v>11</v>
       </c>
       <c r="G126" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="H126" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B127" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="C127" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="D127" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="E127" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="F127" t="s">
         <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="H127" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B128" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="C128" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="D128" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="E128" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="F128" t="s">
         <v>11</v>
       </c>
       <c r="G128" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="H128" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B129" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="C129" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="D129" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="E129" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="F129" t="s">
         <v>11</v>
       </c>
       <c r="G129" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="H129" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B130" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="C130" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="D130" t="s">
-        <v>1625</v>
+        <v>1632</v>
       </c>
       <c r="E130" t="s">
-        <v>1631</v>
+        <v>1633</v>
       </c>
       <c r="F130" t="s">
         <v>11</v>
       </c>
       <c r="G130" t="s">
-        <v>1632</v>
+        <v>1634</v>
       </c>
       <c r="H130" t="s">
-        <v>1633</v>
+        <v>1635</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B131" t="s">
-        <v>1634</v>
+        <v>1636</v>
       </c>
       <c r="C131" t="s">
-        <v>1635</v>
+        <v>1637</v>
       </c>
       <c r="D131" t="s">
-        <v>1636</v>
+        <v>1638</v>
       </c>
       <c r="E131" t="s">
-        <v>1637</v>
+        <v>1639</v>
       </c>
       <c r="F131" t="s">
         <v>11</v>
       </c>
       <c r="G131" t="s">
-        <v>1638</v>
+        <v>1640</v>
       </c>
       <c r="H131" t="s">
-        <v>1639</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B132" t="s">
-        <v>1640</v>
+        <v>1642</v>
       </c>
       <c r="C132" t="s">
-        <v>1641</v>
+        <v>1643</v>
       </c>
       <c r="D132" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="E132" t="s">
-        <v>1643</v>
+        <v>1645</v>
       </c>
       <c r="F132" t="s">
         <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>1644</v>
+        <v>1646</v>
       </c>
       <c r="H132" t="s">
-        <v>1645</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B133" t="s">
-        <v>1646</v>
+        <v>1648</v>
       </c>
       <c r="C133" t="s">
-        <v>1647</v>
+        <v>1649</v>
       </c>
       <c r="D133" t="s">
-        <v>1642</v>
+        <v>1644</v>
       </c>
       <c r="E133" t="s">
-        <v>1643</v>
+        <v>1650</v>
       </c>
       <c r="F133" t="s">
         <v>11</v>
       </c>
       <c r="G133" t="s">
-        <v>1648</v>
+        <v>1651</v>
       </c>
       <c r="H133" t="s">
-        <v>1649</v>
+        <v>1652</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B134" t="s">
-        <v>1650</v>
+        <v>1653</v>
       </c>
       <c r="C134" t="s">
-        <v>1651</v>
+        <v>1654</v>
       </c>
       <c r="D134" t="s">
-        <v>1652</v>
+        <v>1655</v>
       </c>
       <c r="E134" t="s">
-        <v>1653</v>
+        <v>1656</v>
       </c>
       <c r="F134" t="s">
         <v>11</v>
       </c>
       <c r="G134" t="s">
-        <v>1654</v>
+        <v>1657</v>
       </c>
       <c r="H134" t="s">
-        <v>1655</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B135" t="s">
-        <v>1656</v>
+        <v>1659</v>
       </c>
       <c r="C135" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="D135" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="E135" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="F135" t="s">
         <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
       <c r="H135" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B136" t="s">
+        <v>1665</v>
+      </c>
+      <c r="C136" t="s">
+        <v>1666</v>
+      </c>
+      <c r="D136" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E136" t="s">
         <v>1662</v>
       </c>
-      <c r="C136" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F136" t="s">
         <v>11</v>
       </c>
       <c r="G136" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="H136" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B137" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="C137" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="D137" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="E137" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="F137" t="s">
         <v>11</v>
       </c>
       <c r="G137" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="H137" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B138" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="C138" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="D138" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="E138" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="F138" t="s">
         <v>11</v>
       </c>
       <c r="G138" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="H138" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>912</v>
+        <v>917</v>
       </c>
       <c r="B139" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="C139" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="D139" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="E139" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="F139" t="s">
         <v>11</v>
       </c>
       <c r="G139" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="H139" t="s">
-        <v>1685</v>
+        <v>1686</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>917</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1687</v>
+      </c>
+      <c r="C140" t="s">
+        <v>1688</v>
+      </c>
+      <c r="D140" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1690</v>
+      </c>
+      <c r="F140" t="s">
+        <v>11</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1691</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1692</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>917</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1693</v>
+      </c>
+      <c r="C141" t="s">
+        <v>1694</v>
+      </c>
+      <c r="D141" t="s">
+        <v>1695</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1696</v>
+      </c>
+      <c r="F141" t="s">
+        <v>11</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1697</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1698</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>917</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1699</v>
+      </c>
+      <c r="C142" t="s">
+        <v>1700</v>
+      </c>
+      <c r="D142" t="s">
+        <v>1701</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1702</v>
+      </c>
+      <c r="F142" t="s">
+        <v>11</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1704</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H75"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B2" t="s">
-        <v>1687</v>
+        <v>1706</v>
       </c>
       <c r="C2" t="s">
-        <v>1688</v>
+        <v>1707</v>
       </c>
       <c r="D2" t="s">
-        <v>1689</v>
+        <v>1708</v>
       </c>
       <c r="E2" t="s">
-        <v>1690</v>
+        <v>1709</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1691</v>
+        <v>1710</v>
       </c>
       <c r="H2" t="s">
-        <v>1692</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B3" t="s">
-        <v>1693</v>
+        <v>1712</v>
       </c>
       <c r="C3" t="s">
-        <v>1694</v>
+        <v>1713</v>
       </c>
       <c r="D3" t="s">
-        <v>1695</v>
+        <v>1714</v>
       </c>
       <c r="E3" t="s">
-        <v>1690</v>
+        <v>1709</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1696</v>
+        <v>1715</v>
       </c>
       <c r="H3" t="s">
-        <v>1697</v>
+        <v>1716</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B4" t="s">
-        <v>1698</v>
+        <v>1717</v>
       </c>
       <c r="C4" t="s">
-        <v>1699</v>
+        <v>1718</v>
       </c>
       <c r="D4" t="s">
-        <v>1700</v>
+        <v>1719</v>
       </c>
       <c r="E4" t="s">
-        <v>1701</v>
+        <v>1720</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1702</v>
+        <v>1721</v>
       </c>
       <c r="H4" t="s">
-        <v>1703</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B5" t="s">
-        <v>1704</v>
+        <v>1723</v>
       </c>
       <c r="C5" t="s">
-        <v>1705</v>
+        <v>1724</v>
       </c>
       <c r="D5" t="s">
-        <v>1706</v>
+        <v>1725</v>
       </c>
       <c r="E5" t="s">
-        <v>1701</v>
+        <v>1720</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1707</v>
+        <v>1726</v>
       </c>
       <c r="H5" t="s">
-        <v>1708</v>
+        <v>1727</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B6" t="s">
-        <v>1709</v>
+        <v>1728</v>
       </c>
       <c r="C6" t="s">
-        <v>1710</v>
+        <v>1729</v>
       </c>
       <c r="D6" t="s">
-        <v>1711</v>
+        <v>1730</v>
       </c>
       <c r="E6" t="s">
-        <v>1712</v>
+        <v>1731</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1713</v>
+        <v>1732</v>
       </c>
       <c r="H6" t="s">
-        <v>1714</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B7" t="s">
-        <v>1715</v>
+        <v>1734</v>
       </c>
       <c r="C7" t="s">
-        <v>1705</v>
+        <v>1724</v>
       </c>
       <c r="D7" t="s">
-        <v>1716</v>
+        <v>1735</v>
       </c>
       <c r="E7" t="s">
-        <v>1712</v>
+        <v>1731</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1717</v>
+        <v>1736</v>
       </c>
       <c r="H7" t="s">
-        <v>1718</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B8" t="s">
-        <v>1719</v>
+        <v>1738</v>
       </c>
       <c r="C8" t="s">
-        <v>1720</v>
+        <v>1739</v>
       </c>
       <c r="D8" t="s">
-        <v>1721</v>
+        <v>1740</v>
       </c>
       <c r="E8" t="s">
-        <v>1722</v>
+        <v>1741</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1723</v>
+        <v>1742</v>
       </c>
       <c r="H8" t="s">
-        <v>1724</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B9" t="s">
-        <v>1725</v>
+        <v>1744</v>
       </c>
       <c r="C9" t="s">
-        <v>1705</v>
+        <v>1724</v>
       </c>
       <c r="D9" t="s">
-        <v>1726</v>
+        <v>1745</v>
       </c>
       <c r="E9" t="s">
-        <v>1722</v>
+        <v>1741</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1727</v>
+        <v>1746</v>
       </c>
       <c r="H9" t="s">
-        <v>1728</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B10" t="s">
-        <v>1729</v>
+        <v>1748</v>
       </c>
       <c r="C10" t="s">
-        <v>1730</v>
+        <v>1749</v>
       </c>
       <c r="D10" t="s">
-        <v>1731</v>
+        <v>1750</v>
       </c>
       <c r="E10" t="s">
-        <v>972</v>
+        <v>996</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1732</v>
+        <v>1751</v>
       </c>
       <c r="H10" t="s">
-        <v>1733</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B11" t="s">
-        <v>1734</v>
+        <v>1753</v>
       </c>
       <c r="C11" t="s">
-        <v>1735</v>
+        <v>1754</v>
       </c>
       <c r="D11" t="s">
-        <v>1736</v>
+        <v>1755</v>
       </c>
       <c r="E11" t="s">
-        <v>972</v>
+        <v>996</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1737</v>
+        <v>1756</v>
       </c>
       <c r="H11" t="s">
-        <v>1738</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B12" t="s">
-        <v>1739</v>
+        <v>1758</v>
       </c>
       <c r="C12" t="s">
-        <v>1740</v>
+        <v>1759</v>
       </c>
       <c r="D12" t="s">
-        <v>1741</v>
+        <v>1760</v>
       </c>
       <c r="E12" t="s">
-        <v>1742</v>
+        <v>1761</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1743</v>
+        <v>1762</v>
       </c>
       <c r="H12" t="s">
-        <v>1744</v>
+        <v>1763</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B13" t="s">
-        <v>1745</v>
+        <v>1764</v>
       </c>
       <c r="C13" t="s">
-        <v>1746</v>
+        <v>1765</v>
       </c>
       <c r="D13" t="s">
-        <v>1747</v>
+        <v>1766</v>
       </c>
       <c r="E13" t="s">
-        <v>1742</v>
+        <v>1761</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1748</v>
+        <v>1767</v>
       </c>
       <c r="H13" t="s">
-        <v>1749</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B14" t="s">
-        <v>1750</v>
+        <v>1769</v>
       </c>
       <c r="C14" t="s">
-        <v>1751</v>
+        <v>1770</v>
       </c>
       <c r="D14" t="s">
-        <v>1752</v>
+        <v>1771</v>
       </c>
       <c r="E14" t="s">
-        <v>1753</v>
+        <v>1772</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1754</v>
+        <v>1773</v>
       </c>
       <c r="H14" t="s">
-        <v>1755</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B15" t="s">
-        <v>1756</v>
+        <v>1775</v>
       </c>
       <c r="C15" t="s">
-        <v>1746</v>
+        <v>1765</v>
       </c>
       <c r="D15" t="s">
-        <v>1757</v>
+        <v>1776</v>
       </c>
       <c r="E15" t="s">
-        <v>1753</v>
+        <v>1772</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1758</v>
+        <v>1777</v>
       </c>
       <c r="H15" t="s">
-        <v>1759</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B16" t="s">
-        <v>1760</v>
+        <v>1779</v>
       </c>
       <c r="C16" t="s">
-        <v>1746</v>
+        <v>1765</v>
       </c>
       <c r="D16" t="s">
-        <v>1761</v>
+        <v>1780</v>
       </c>
       <c r="E16" t="s">
-        <v>999</v>
+        <v>934</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1762</v>
+        <v>1781</v>
       </c>
       <c r="H16" t="s">
-        <v>1763</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B17" t="s">
-        <v>1764</v>
+        <v>1783</v>
       </c>
       <c r="C17" t="s">
-        <v>1765</v>
+        <v>1784</v>
       </c>
       <c r="D17" t="s">
-        <v>1766</v>
+        <v>1785</v>
       </c>
       <c r="E17" t="s">
-        <v>1753</v>
+        <v>1772</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1767</v>
+        <v>1786</v>
       </c>
       <c r="H17" t="s">
-        <v>1768</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B18" t="s">
-        <v>1769</v>
+        <v>1788</v>
       </c>
       <c r="C18" t="s">
-        <v>1770</v>
+        <v>1789</v>
       </c>
       <c r="D18" t="s">
-        <v>1766</v>
+        <v>1785</v>
       </c>
       <c r="E18" t="s">
-        <v>1753</v>
+        <v>1772</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1771</v>
+        <v>1790</v>
       </c>
       <c r="H18" t="s">
-        <v>1772</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B19" t="s">
-        <v>1773</v>
+        <v>1792</v>
       </c>
       <c r="C19" t="s">
-        <v>1774</v>
+        <v>1793</v>
       </c>
       <c r="D19" t="s">
-        <v>1775</v>
+        <v>1794</v>
       </c>
       <c r="E19" t="s">
-        <v>1032</v>
+        <v>1051</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1776</v>
+        <v>1795</v>
       </c>
       <c r="H19" t="s">
-        <v>1777</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B20" t="s">
-        <v>1778</v>
+        <v>1797</v>
       </c>
       <c r="C20" t="s">
-        <v>1779</v>
+        <v>1798</v>
       </c>
       <c r="D20" t="s">
-        <v>1780</v>
+        <v>1799</v>
       </c>
       <c r="E20" t="s">
-        <v>1032</v>
+        <v>1051</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1781</v>
+        <v>1800</v>
       </c>
       <c r="H20" t="s">
-        <v>1782</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B21" t="s">
-        <v>1783</v>
+        <v>1802</v>
       </c>
       <c r="C21" t="s">
-        <v>1784</v>
+        <v>1803</v>
       </c>
       <c r="D21" t="s">
-        <v>1785</v>
+        <v>1804</v>
       </c>
       <c r="E21" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1786</v>
+        <v>1805</v>
       </c>
       <c r="H21" t="s">
-        <v>1787</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B22" t="s">
-        <v>1788</v>
+        <v>1807</v>
       </c>
       <c r="C22" t="s">
-        <v>1789</v>
+        <v>1808</v>
       </c>
       <c r="D22" t="s">
-        <v>1790</v>
+        <v>1809</v>
       </c>
       <c r="E22" t="s">
-        <v>1791</v>
+        <v>1810</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1792</v>
+        <v>1811</v>
       </c>
       <c r="H22" t="s">
-        <v>1793</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B23" t="s">
-        <v>1794</v>
+        <v>1813</v>
       </c>
       <c r="C23" t="s">
-        <v>1795</v>
+        <v>1814</v>
       </c>
       <c r="D23" t="s">
-        <v>1796</v>
+        <v>1815</v>
       </c>
       <c r="E23" t="s">
-        <v>1791</v>
+        <v>1810</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1797</v>
+        <v>1816</v>
       </c>
       <c r="H23" t="s">
-        <v>1798</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B24" t="s">
-        <v>1799</v>
+        <v>1818</v>
       </c>
       <c r="C24" t="s">
-        <v>1746</v>
+        <v>1765</v>
       </c>
       <c r="D24" t="s">
-        <v>1800</v>
+        <v>1819</v>
       </c>
       <c r="E24" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1801</v>
+        <v>1820</v>
       </c>
       <c r="H24" t="s">
-        <v>1802</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B25" t="s">
-        <v>1803</v>
+        <v>1822</v>
       </c>
       <c r="C25" t="s">
-        <v>1746</v>
+        <v>1765</v>
       </c>
       <c r="D25" t="s">
-        <v>1800</v>
+        <v>1819</v>
       </c>
       <c r="E25" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1804</v>
+        <v>1823</v>
       </c>
       <c r="H25" t="s">
-        <v>1805</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B26" t="s">
-        <v>1806</v>
+        <v>1825</v>
       </c>
       <c r="C26" t="s">
-        <v>1807</v>
+        <v>1826</v>
       </c>
       <c r="D26" t="s">
-        <v>1796</v>
+        <v>1815</v>
       </c>
       <c r="E26" t="s">
-        <v>1791</v>
+        <v>1810</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1808</v>
+        <v>1827</v>
       </c>
       <c r="H26" t="s">
-        <v>1809</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B27" t="s">
-        <v>1810</v>
+        <v>1829</v>
       </c>
       <c r="C27" t="s">
-        <v>1746</v>
+        <v>1765</v>
       </c>
       <c r="D27" t="s">
-        <v>1811</v>
+        <v>1830</v>
       </c>
       <c r="E27" t="s">
-        <v>1812</v>
+        <v>1831</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1813</v>
+        <v>1832</v>
       </c>
       <c r="H27" t="s">
-        <v>1814</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B28" t="s">
-        <v>1815</v>
+        <v>1834</v>
       </c>
       <c r="C28" t="s">
-        <v>1816</v>
+        <v>1835</v>
       </c>
       <c r="D28" t="s">
-        <v>1817</v>
+        <v>1836</v>
       </c>
       <c r="E28" t="s">
-        <v>1818</v>
+        <v>1837</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1819</v>
+        <v>1838</v>
       </c>
       <c r="H28" t="s">
-        <v>1820</v>
+        <v>1839</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B29" t="s">
-        <v>1821</v>
+        <v>1840</v>
       </c>
       <c r="C29" t="s">
-        <v>1822</v>
+        <v>1841</v>
       </c>
       <c r="D29" t="s">
-        <v>1817</v>
+        <v>1836</v>
       </c>
       <c r="E29" t="s">
-        <v>1818</v>
+        <v>1837</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1823</v>
+        <v>1842</v>
       </c>
       <c r="H29" t="s">
-        <v>1824</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B30" t="s">
-        <v>1825</v>
+        <v>1844</v>
       </c>
       <c r="C30" t="s">
-        <v>1746</v>
+        <v>1765</v>
       </c>
       <c r="D30" t="s">
-        <v>1826</v>
+        <v>1845</v>
       </c>
       <c r="E30" t="s">
-        <v>1827</v>
+        <v>1846</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1828</v>
+        <v>1847</v>
       </c>
       <c r="H30" t="s">
-        <v>1829</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B31" t="s">
-        <v>1830</v>
+        <v>1849</v>
       </c>
       <c r="C31" t="s">
-        <v>1831</v>
+        <v>1850</v>
       </c>
       <c r="D31" t="s">
-        <v>1832</v>
+        <v>1851</v>
       </c>
       <c r="E31" t="s">
-        <v>1069</v>
+        <v>1088</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1833</v>
+        <v>1852</v>
       </c>
       <c r="H31" t="s">
-        <v>1834</v>
+        <v>1853</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B32" t="s">
-        <v>1835</v>
+        <v>1854</v>
       </c>
       <c r="C32" t="s">
-        <v>1836</v>
+        <v>1855</v>
       </c>
       <c r="D32" t="s">
-        <v>1837</v>
+        <v>1856</v>
       </c>
       <c r="E32" t="s">
-        <v>1838</v>
+        <v>1857</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1839</v>
+        <v>1858</v>
       </c>
       <c r="H32" t="s">
-        <v>1840</v>
+        <v>1859</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B33" t="s">
-        <v>1841</v>
+        <v>1860</v>
       </c>
       <c r="C33" t="s">
-        <v>1746</v>
+        <v>1765</v>
       </c>
       <c r="D33" t="s">
-        <v>1842</v>
+        <v>1861</v>
       </c>
       <c r="E33" t="s">
-        <v>1843</v>
+        <v>1862</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1844</v>
+        <v>1863</v>
       </c>
       <c r="H33" t="s">
-        <v>1845</v>
+        <v>1864</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B34" t="s">
-        <v>1846</v>
+        <v>1865</v>
       </c>
       <c r="C34" t="s">
-        <v>1847</v>
+        <v>1866</v>
       </c>
       <c r="D34" t="s">
-        <v>1848</v>
+        <v>1867</v>
       </c>
       <c r="E34" t="s">
-        <v>1843</v>
+        <v>1862</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1849</v>
+        <v>1868</v>
       </c>
       <c r="H34" t="s">
-        <v>1850</v>
+        <v>1869</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B35" t="s">
-        <v>1851</v>
+        <v>1870</v>
       </c>
       <c r="C35" t="s">
-        <v>1852</v>
+        <v>1871</v>
       </c>
       <c r="D35" t="s">
-        <v>1848</v>
+        <v>1867</v>
       </c>
       <c r="E35" t="s">
-        <v>1843</v>
+        <v>1862</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1853</v>
+        <v>1872</v>
       </c>
       <c r="H35" t="s">
-        <v>1854</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B36" t="s">
-        <v>1855</v>
+        <v>1874</v>
       </c>
       <c r="C36" t="s">
-        <v>1856</v>
+        <v>1875</v>
       </c>
       <c r="D36" t="s">
-        <v>1857</v>
+        <v>1876</v>
       </c>
       <c r="E36" t="s">
-        <v>1858</v>
+        <v>1877</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1859</v>
+        <v>1878</v>
       </c>
       <c r="H36" t="s">
-        <v>1860</v>
+        <v>1879</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B37" t="s">
-        <v>1861</v>
+        <v>1880</v>
       </c>
       <c r="C37" t="s">
-        <v>1746</v>
+        <v>1765</v>
       </c>
       <c r="D37" t="s">
-        <v>1862</v>
+        <v>1881</v>
       </c>
       <c r="E37" t="s">
-        <v>1863</v>
+        <v>1882</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1864</v>
+        <v>1883</v>
       </c>
       <c r="H37" t="s">
-        <v>1865</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B38" t="s">
-        <v>1866</v>
+        <v>1885</v>
       </c>
       <c r="C38" t="s">
-        <v>1867</v>
+        <v>1886</v>
       </c>
       <c r="D38" t="s">
-        <v>1868</v>
+        <v>1887</v>
       </c>
       <c r="E38" t="s">
-        <v>1869</v>
+        <v>1888</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1870</v>
+        <v>1889</v>
       </c>
       <c r="H38" t="s">
-        <v>1871</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B39" t="s">
-        <v>1872</v>
+        <v>1891</v>
       </c>
       <c r="C39" t="s">
-        <v>1873</v>
+        <v>1892</v>
       </c>
       <c r="D39" t="s">
-        <v>1874</v>
+        <v>1893</v>
       </c>
       <c r="E39" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1875</v>
+        <v>1894</v>
       </c>
       <c r="H39" t="s">
-        <v>1876</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B40" t="s">
-        <v>1877</v>
+        <v>1896</v>
       </c>
       <c r="C40" t="s">
-        <v>1878</v>
+        <v>1897</v>
       </c>
       <c r="D40" t="s">
-        <v>1879</v>
+        <v>1898</v>
       </c>
       <c r="E40" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1880</v>
+        <v>1899</v>
       </c>
       <c r="H40" t="s">
-        <v>1881</v>
+        <v>1900</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B41" t="s">
-        <v>1882</v>
+        <v>1901</v>
       </c>
       <c r="C41" t="s">
-        <v>1746</v>
+        <v>1765</v>
       </c>
       <c r="D41" t="s">
-        <v>1883</v>
+        <v>1902</v>
       </c>
       <c r="E41" t="s">
-        <v>1884</v>
+        <v>1903</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1885</v>
+        <v>1904</v>
       </c>
       <c r="H41" t="s">
-        <v>1886</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B42" t="s">
-        <v>1887</v>
+        <v>1906</v>
       </c>
       <c r="C42" t="s">
-        <v>1888</v>
+        <v>1907</v>
       </c>
       <c r="D42" t="s">
-        <v>1889</v>
+        <v>1908</v>
       </c>
       <c r="E42" t="s">
-        <v>1884</v>
+        <v>1903</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1890</v>
+        <v>1909</v>
       </c>
       <c r="H42" t="s">
-        <v>1891</v>
+        <v>1910</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B43" t="s">
-        <v>1892</v>
+        <v>1911</v>
       </c>
       <c r="C43" t="s">
-        <v>1893</v>
+        <v>1912</v>
       </c>
       <c r="D43" t="s">
-        <v>1894</v>
+        <v>1913</v>
       </c>
       <c r="E43" t="s">
-        <v>652</v>
+        <v>657</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1895</v>
+        <v>1914</v>
       </c>
       <c r="H43" t="s">
-        <v>1896</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B44" t="s">
-        <v>1897</v>
+        <v>1916</v>
       </c>
       <c r="C44" t="s">
-        <v>1898</v>
+        <v>1917</v>
       </c>
       <c r="D44" t="s">
-        <v>1899</v>
+        <v>1918</v>
       </c>
       <c r="E44" t="s">
-        <v>1900</v>
+        <v>1919</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1901</v>
+        <v>1920</v>
       </c>
       <c r="H44" t="s">
-        <v>1902</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B45" t="s">
-        <v>1903</v>
+        <v>1922</v>
       </c>
       <c r="C45" t="s">
-        <v>1904</v>
+        <v>1923</v>
       </c>
       <c r="D45" t="s">
-        <v>1905</v>
+        <v>1924</v>
       </c>
       <c r="E45" t="s">
-        <v>1906</v>
+        <v>1925</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1907</v>
+        <v>1926</v>
       </c>
       <c r="H45" t="s">
-        <v>1908</v>
+        <v>1927</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B46" t="s">
-        <v>1909</v>
+        <v>1928</v>
       </c>
       <c r="C46" t="s">
-        <v>1910</v>
+        <v>1929</v>
       </c>
       <c r="D46" t="s">
-        <v>1911</v>
+        <v>1930</v>
       </c>
       <c r="E46" t="s">
-        <v>1912</v>
+        <v>1931</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1913</v>
+        <v>1932</v>
       </c>
       <c r="H46" t="s">
-        <v>1914</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B47" t="s">
-        <v>1915</v>
+        <v>1934</v>
       </c>
       <c r="C47" t="s">
-        <v>1916</v>
+        <v>1935</v>
       </c>
       <c r="D47" t="s">
-        <v>1917</v>
+        <v>1936</v>
       </c>
       <c r="E47" t="s">
-        <v>1918</v>
+        <v>1937</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>1919</v>
+        <v>1938</v>
       </c>
       <c r="H47" t="s">
-        <v>1920</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B48" t="s">
-        <v>1921</v>
+        <v>1940</v>
       </c>
       <c r="C48" t="s">
-        <v>1922</v>
+        <v>1941</v>
       </c>
       <c r="D48" t="s">
-        <v>1923</v>
+        <v>1942</v>
       </c>
       <c r="E48" t="s">
-        <v>1924</v>
+        <v>1943</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>1925</v>
+        <v>1944</v>
       </c>
       <c r="H48" t="s">
-        <v>1926</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B49" t="s">
-        <v>1927</v>
+        <v>1946</v>
       </c>
       <c r="C49" t="s">
-        <v>1928</v>
+        <v>1947</v>
       </c>
       <c r="D49" t="s">
-        <v>1929</v>
+        <v>1948</v>
       </c>
       <c r="E49" t="s">
-        <v>1930</v>
+        <v>1949</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>1931</v>
+        <v>1950</v>
       </c>
       <c r="H49" t="s">
-        <v>1932</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B50" t="s">
-        <v>1933</v>
+        <v>1952</v>
       </c>
       <c r="C50" t="s">
-        <v>1934</v>
+        <v>1953</v>
       </c>
       <c r="D50" t="s">
-        <v>1935</v>
+        <v>1954</v>
       </c>
       <c r="E50" t="s">
-        <v>1936</v>
+        <v>1955</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>1937</v>
+        <v>1956</v>
       </c>
       <c r="H50" t="s">
-        <v>1938</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B51" t="s">
-        <v>1939</v>
+        <v>1958</v>
       </c>
       <c r="C51" t="s">
-        <v>1940</v>
+        <v>1959</v>
       </c>
       <c r="D51" t="s">
-        <v>1941</v>
+        <v>1960</v>
       </c>
       <c r="E51" t="s">
-        <v>1942</v>
+        <v>1961</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>1943</v>
+        <v>1962</v>
       </c>
       <c r="H51" t="s">
-        <v>1944</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B52" t="s">
-        <v>1945</v>
+        <v>1964</v>
       </c>
       <c r="C52" t="s">
-        <v>1946</v>
+        <v>1965</v>
       </c>
       <c r="D52" t="s">
-        <v>1947</v>
+        <v>1966</v>
       </c>
       <c r="E52" t="s">
-        <v>1238</v>
+        <v>1257</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>1948</v>
+        <v>1967</v>
       </c>
       <c r="H52" t="s">
-        <v>1949</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B53" t="s">
-        <v>1950</v>
+        <v>1969</v>
       </c>
       <c r="C53" t="s">
-        <v>1951</v>
+        <v>1970</v>
       </c>
       <c r="D53" t="s">
-        <v>1952</v>
+        <v>1971</v>
       </c>
       <c r="E53" t="s">
-        <v>1953</v>
+        <v>1972</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>1954</v>
+        <v>1973</v>
       </c>
       <c r="H53" t="s">
-        <v>1955</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B54" t="s">
-        <v>1956</v>
+        <v>1975</v>
       </c>
       <c r="C54" t="s">
-        <v>1957</v>
+        <v>1976</v>
       </c>
       <c r="D54" t="s">
-        <v>1958</v>
+        <v>1977</v>
       </c>
       <c r="E54" t="s">
-        <v>1959</v>
+        <v>1978</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>1960</v>
+        <v>1979</v>
       </c>
       <c r="H54" t="s">
-        <v>1961</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B55" t="s">
-        <v>1962</v>
+        <v>1981</v>
       </c>
       <c r="C55" t="s">
-        <v>1963</v>
+        <v>1982</v>
       </c>
       <c r="D55" t="s">
-        <v>1964</v>
+        <v>1983</v>
       </c>
       <c r="E55" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>1965</v>
+        <v>1984</v>
       </c>
       <c r="H55" t="s">
-        <v>1966</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B56" t="s">
-        <v>1967</v>
+        <v>1986</v>
       </c>
       <c r="C56" t="s">
-        <v>1968</v>
+        <v>1987</v>
       </c>
       <c r="D56" t="s">
-        <v>1964</v>
+        <v>1983</v>
       </c>
       <c r="E56" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>1969</v>
+        <v>1988</v>
       </c>
       <c r="H56" t="s">
-        <v>1970</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B57" t="s">
-        <v>1971</v>
+        <v>1990</v>
       </c>
       <c r="C57" t="s">
-        <v>1972</v>
+        <v>1991</v>
       </c>
       <c r="D57" t="s">
-        <v>1964</v>
+        <v>1983</v>
       </c>
       <c r="E57" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>1973</v>
+        <v>1992</v>
       </c>
       <c r="H57" t="s">
-        <v>1974</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B58" t="s">
-        <v>1975</v>
+        <v>1994</v>
       </c>
       <c r="C58" t="s">
-        <v>1976</v>
+        <v>1995</v>
       </c>
       <c r="D58" t="s">
-        <v>1977</v>
+        <v>1996</v>
       </c>
       <c r="E58" t="s">
-        <v>1978</v>
+        <v>1997</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1979</v>
+        <v>1998</v>
       </c>
       <c r="H58" t="s">
-        <v>1980</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B59" t="s">
-        <v>1981</v>
+        <v>2000</v>
       </c>
       <c r="C59" t="s">
-        <v>1982</v>
+        <v>2001</v>
       </c>
       <c r="D59" t="s">
-        <v>1983</v>
+        <v>2002</v>
       </c>
       <c r="E59" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1984</v>
+        <v>2003</v>
       </c>
       <c r="H59" t="s">
-        <v>1985</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B60" t="s">
-        <v>1986</v>
+        <v>2005</v>
       </c>
       <c r="C60" t="s">
-        <v>1987</v>
+        <v>2006</v>
       </c>
       <c r="D60" t="s">
-        <v>1983</v>
+        <v>2002</v>
       </c>
       <c r="E60" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1988</v>
+        <v>2007</v>
       </c>
       <c r="H60" t="s">
-        <v>1989</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B61" t="s">
-        <v>1990</v>
+        <v>2009</v>
       </c>
       <c r="C61" t="s">
-        <v>1991</v>
+        <v>2010</v>
       </c>
       <c r="D61" t="s">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="E61" t="s">
-        <v>1993</v>
+        <v>2012</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1994</v>
+        <v>2013</v>
       </c>
       <c r="H61" t="s">
-        <v>1995</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B62" t="s">
-        <v>1996</v>
+        <v>2015</v>
       </c>
       <c r="C62" t="s">
-        <v>1997</v>
+        <v>2016</v>
       </c>
       <c r="D62" t="s">
-        <v>1992</v>
+        <v>2011</v>
       </c>
       <c r="E62" t="s">
-        <v>1993</v>
+        <v>2012</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>1998</v>
+        <v>2017</v>
       </c>
       <c r="H62" t="s">
-        <v>1999</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B63" t="s">
-        <v>2000</v>
+        <v>2019</v>
       </c>
       <c r="C63" t="s">
-        <v>2001</v>
+        <v>2020</v>
       </c>
       <c r="D63" t="s">
-        <v>2002</v>
+        <v>2021</v>
       </c>
       <c r="E63" t="s">
-        <v>2003</v>
+        <v>2022</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>2004</v>
+        <v>2023</v>
       </c>
       <c r="H63" t="s">
-        <v>2005</v>
+        <v>2024</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B64" t="s">
-        <v>2006</v>
+        <v>2025</v>
       </c>
       <c r="C64" t="s">
-        <v>2007</v>
+        <v>2026</v>
       </c>
       <c r="D64" t="s">
-        <v>2008</v>
+        <v>2027</v>
       </c>
       <c r="E64" t="s">
-        <v>724</v>
+        <v>729</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>2009</v>
+        <v>2028</v>
       </c>
       <c r="H64" t="s">
-        <v>2010</v>
+        <v>2029</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B65" t="s">
-        <v>2011</v>
+        <v>2030</v>
       </c>
       <c r="C65" t="s">
-        <v>2012</v>
+        <v>2031</v>
       </c>
       <c r="D65" t="s">
-        <v>2013</v>
+        <v>2032</v>
       </c>
       <c r="E65" t="s">
-        <v>729</v>
+        <v>734</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>2014</v>
+        <v>2033</v>
       </c>
       <c r="H65" t="s">
-        <v>2015</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B66" t="s">
-        <v>2016</v>
+        <v>2035</v>
       </c>
       <c r="C66" t="s">
-        <v>2017</v>
+        <v>2036</v>
       </c>
       <c r="D66" t="s">
-        <v>2018</v>
+        <v>2037</v>
       </c>
       <c r="E66" t="s">
-        <v>2019</v>
+        <v>2038</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>2020</v>
+        <v>2039</v>
       </c>
       <c r="H66" t="s">
-        <v>2021</v>
+        <v>2040</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B67" t="s">
-        <v>2022</v>
+        <v>2041</v>
       </c>
       <c r="C67" t="s">
-        <v>2023</v>
+        <v>2042</v>
       </c>
       <c r="D67" t="s">
-        <v>2024</v>
+        <v>2043</v>
       </c>
       <c r="E67" t="s">
-        <v>2025</v>
+        <v>2044</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>2026</v>
+        <v>2045</v>
       </c>
       <c r="H67" t="s">
-        <v>2027</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B68" t="s">
-        <v>2028</v>
+        <v>2047</v>
       </c>
       <c r="C68" t="s">
-        <v>2029</v>
+        <v>2048</v>
       </c>
       <c r="D68" t="s">
-        <v>2030</v>
+        <v>2049</v>
       </c>
       <c r="E68" t="s">
-        <v>2025</v>
+        <v>2044</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>2031</v>
+        <v>2050</v>
       </c>
       <c r="H68" t="s">
-        <v>2032</v>
+        <v>2051</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B69" t="s">
-        <v>2033</v>
+        <v>2052</v>
       </c>
       <c r="C69" t="s">
-        <v>2034</v>
+        <v>2053</v>
       </c>
       <c r="D69" t="s">
-        <v>2035</v>
+        <v>2054</v>
       </c>
       <c r="E69" t="s">
-        <v>2036</v>
+        <v>2055</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>2037</v>
+        <v>2056</v>
       </c>
       <c r="H69" t="s">
-        <v>2038</v>
+        <v>2057</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B70" t="s">
-        <v>2039</v>
+        <v>2058</v>
       </c>
       <c r="C70" t="s">
-        <v>2040</v>
+        <v>2059</v>
       </c>
       <c r="D70" t="s">
-        <v>2041</v>
+        <v>2060</v>
       </c>
       <c r="E70" t="s">
-        <v>2042</v>
+        <v>2061</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>2043</v>
+        <v>2062</v>
       </c>
       <c r="H70" t="s">
-        <v>2044</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B71" t="s">
-        <v>2045</v>
+        <v>2064</v>
       </c>
       <c r="C71" t="s">
-        <v>2046</v>
+        <v>2065</v>
       </c>
       <c r="D71" t="s">
-        <v>2047</v>
+        <v>2066</v>
       </c>
       <c r="E71" t="s">
-        <v>2048</v>
+        <v>2067</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>2049</v>
+        <v>2068</v>
       </c>
       <c r="H71" t="s">
-        <v>2050</v>
+        <v>2069</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B72" t="s">
-        <v>2051</v>
+        <v>2070</v>
       </c>
       <c r="C72" t="s">
-        <v>2052</v>
+        <v>2071</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>2053</v>
+        <v>2072</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>2054</v>
+        <v>2073</v>
       </c>
       <c r="H72" t="s">
-        <v>2055</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B73" t="s">
-        <v>2056</v>
+        <v>2075</v>
       </c>
       <c r="C73" t="s">
-        <v>2057</v>
+        <v>2076</v>
       </c>
       <c r="D73" t="s">
-        <v>2058</v>
+        <v>2077</v>
       </c>
       <c r="E73" t="s">
-        <v>2059</v>
+        <v>2078</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>2060</v>
+        <v>2079</v>
       </c>
       <c r="H73" t="s">
-        <v>2061</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B74" t="s">
-        <v>2062</v>
+        <v>2081</v>
       </c>
       <c r="C74" t="s">
-        <v>2063</v>
+        <v>2082</v>
       </c>
       <c r="D74" t="s">
-        <v>2064</v>
+        <v>2083</v>
       </c>
       <c r="E74" t="s">
-        <v>2065</v>
+        <v>2084</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>2066</v>
+        <v>2085</v>
       </c>
       <c r="H74" t="s">
-        <v>2067</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1686</v>
+        <v>1705</v>
       </c>
       <c r="B75" t="s">
-        <v>2068</v>
+        <v>2087</v>
       </c>
       <c r="C75" t="s">
-        <v>2069</v>
+        <v>2088</v>
       </c>
       <c r="D75" t="s">
-        <v>2070</v>
+        <v>2089</v>
       </c>
       <c r="E75" t="s">
-        <v>2071</v>
+        <v>2090</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>2072</v>
+        <v>2091</v>
       </c>
       <c r="H75" t="s">
-        <v>2073</v>
+        <v>2092</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z103"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2074</v>
+        <v>2093</v>
       </c>
       <c r="J1" t="s">
         <v>23</v>
       </c>
       <c r="K1" t="s">
-        <v>2075</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B2" t="s">
-        <v>2077</v>
+        <v>2096</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2078</v>
+        <v>2097</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2079</v>
+        <v>2098</v>
       </c>
       <c r="H2" t="s">
-        <v>2080</v>
+        <v>2099</v>
       </c>
       <c r="I2" t="s">
-        <v>2081</v>
+        <v>2100</v>
       </c>
       <c r="J2" t="s">
-        <v>2082</v>
+        <v>2101</v>
       </c>
       <c r="K2" t="s">
-        <v>2083</v>
+        <v>2102</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B3" t="s">
-        <v>2084</v>
+        <v>2103</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2085</v>
+        <v>2104</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2086</v>
+        <v>2105</v>
       </c>
       <c r="H3" t="s">
-        <v>2087</v>
+        <v>2106</v>
       </c>
       <c r="I3" t="s">
-        <v>2088</v>
+        <v>2107</v>
       </c>
       <c r="J3" t="s">
-        <v>2089</v>
+        <v>2108</v>
       </c>
       <c r="K3" t="s">
-        <v>2090</v>
+        <v>2109</v>
       </c>
       <c r="L3" t="s">
-        <v>2091</v>
+        <v>2110</v>
       </c>
       <c r="M3" t="s">
-        <v>2092</v>
+        <v>2111</v>
       </c>
       <c r="N3" t="s">
-        <v>2093</v>
+        <v>2112</v>
       </c>
       <c r="O3" t="s">
-        <v>2094</v>
+        <v>2113</v>
       </c>
       <c r="P3" t="s">
-        <v>2095</v>
+        <v>2114</v>
       </c>
       <c r="Q3" t="s">
-        <v>2096</v>
+        <v>2115</v>
       </c>
       <c r="R3" t="s">
-        <v>2097</v>
+        <v>2116</v>
       </c>
       <c r="S3" t="s">
-        <v>2098</v>
+        <v>2117</v>
       </c>
       <c r="T3" t="s">
-        <v>2099</v>
+        <v>2118</v>
       </c>
       <c r="U3" t="s">
-        <v>2100</v>
+        <v>2119</v>
       </c>
       <c r="V3" t="s">
-        <v>2101</v>
+        <v>2120</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B4" t="s">
-        <v>2102</v>
+        <v>2121</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>2103</v>
+        <v>2122</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2104</v>
+        <v>2123</v>
       </c>
       <c r="H4" t="s">
-        <v>2105</v>
+        <v>2124</v>
       </c>
       <c r="I4" t="s">
-        <v>2106</v>
+        <v>2125</v>
       </c>
       <c r="J4" t="s">
-        <v>2107</v>
+        <v>2126</v>
       </c>
       <c r="K4" t="s">
-        <v>2108</v>
+        <v>2127</v>
       </c>
       <c r="L4" t="s">
-        <v>2109</v>
+        <v>2128</v>
       </c>
       <c r="M4" t="s">
-        <v>2110</v>
+        <v>2129</v>
       </c>
       <c r="N4" t="s">
-        <v>2111</v>
+        <v>2130</v>
       </c>
       <c r="O4" t="s">
-        <v>2112</v>
+        <v>2131</v>
       </c>
       <c r="P4" t="s">
-        <v>2113</v>
+        <v>2132</v>
       </c>
       <c r="Q4" t="s">
-        <v>2114</v>
+        <v>2133</v>
       </c>
       <c r="R4" t="s">
-        <v>2115</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B5" t="s">
-        <v>2116</v>
+        <v>2135</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2117</v>
+        <v>2136</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2118</v>
+        <v>2137</v>
       </c>
       <c r="H5" t="s">
-        <v>2119</v>
+        <v>2138</v>
       </c>
       <c r="I5" t="s">
-        <v>2120</v>
+        <v>2139</v>
       </c>
       <c r="J5" t="s">
-        <v>2089</v>
+        <v>2108</v>
       </c>
       <c r="K5" t="s">
-        <v>2121</v>
+        <v>2140</v>
       </c>
       <c r="L5" t="s">
-        <v>2122</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B6" t="s">
-        <v>2123</v>
+        <v>2142</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2124</v>
+        <v>2143</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2125</v>
+        <v>2144</v>
       </c>
       <c r="H6" t="s">
-        <v>2126</v>
+        <v>2145</v>
       </c>
       <c r="I6" t="s">
-        <v>2127</v>
+        <v>2146</v>
       </c>
       <c r="J6" t="s">
-        <v>2128</v>
+        <v>2147</v>
       </c>
       <c r="K6" t="s">
-        <v>2129</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B7" t="s">
-        <v>2130</v>
+        <v>2149</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2131</v>
+        <v>2150</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2132</v>
+        <v>2151</v>
       </c>
       <c r="H7" t="s">
-        <v>2133</v>
+        <v>2152</v>
       </c>
       <c r="I7" t="s">
-        <v>2127</v>
+        <v>2146</v>
       </c>
       <c r="J7" t="s">
-        <v>2107</v>
+        <v>2126</v>
       </c>
       <c r="K7" t="s">
-        <v>2134</v>
+        <v>2153</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B8" t="s">
-        <v>2135</v>
+        <v>2154</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2136</v>
+        <v>2155</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2137</v>
+        <v>2156</v>
       </c>
       <c r="H8" t="s">
-        <v>2138</v>
+        <v>2157</v>
       </c>
       <c r="I8" t="s">
-        <v>2139</v>
+        <v>2158</v>
       </c>
       <c r="J8" t="s">
-        <v>2089</v>
+        <v>2108</v>
       </c>
       <c r="K8" t="s">
-        <v>2140</v>
+        <v>2159</v>
       </c>
       <c r="L8" t="s">
-        <v>2141</v>
+        <v>2160</v>
       </c>
       <c r="M8" t="s">
-        <v>2142</v>
+        <v>2161</v>
       </c>
       <c r="N8" t="s">
-        <v>2143</v>
+        <v>2162</v>
       </c>
       <c r="O8" t="s">
-        <v>2144</v>
+        <v>2163</v>
       </c>
       <c r="P8" t="s">
-        <v>2145</v>
+        <v>2164</v>
       </c>
       <c r="Q8" t="s">
-        <v>2146</v>
+        <v>2165</v>
       </c>
       <c r="R8" t="s">
-        <v>2147</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B9" t="s">
-        <v>2148</v>
+        <v>2167</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>2149</v>
+        <v>2168</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2150</v>
+        <v>2169</v>
       </c>
       <c r="H9" t="s">
-        <v>2151</v>
+        <v>2170</v>
       </c>
       <c r="I9" t="s">
-        <v>2152</v>
+        <v>2171</v>
       </c>
       <c r="J9" t="s">
-        <v>2153</v>
+        <v>2172</v>
       </c>
       <c r="K9" t="s">
-        <v>2154</v>
+        <v>2173</v>
       </c>
       <c r="L9" t="s">
-        <v>2155</v>
+        <v>2174</v>
       </c>
       <c r="M9" t="s">
-        <v>2156</v>
+        <v>2175</v>
       </c>
       <c r="N9" t="s">
-        <v>2157</v>
+        <v>2176</v>
       </c>
       <c r="O9" t="s">
-        <v>2158</v>
+        <v>2177</v>
       </c>
       <c r="P9" t="s">
-        <v>2158</v>
+        <v>2177</v>
       </c>
       <c r="Q9" t="s">
-        <v>2159</v>
+        <v>2178</v>
       </c>
       <c r="R9" t="s">
-        <v>2160</v>
+        <v>2179</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B10" t="s">
-        <v>2161</v>
+        <v>2180</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>2162</v>
+        <v>2181</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2163</v>
+        <v>2182</v>
       </c>
       <c r="H10" t="s">
-        <v>2164</v>
+        <v>2183</v>
       </c>
       <c r="I10" t="s">
-        <v>2165</v>
+        <v>2184</v>
       </c>
       <c r="J10" t="s">
-        <v>2166</v>
+        <v>2185</v>
       </c>
       <c r="K10" t="s">
-        <v>2167</v>
+        <v>2186</v>
       </c>
       <c r="L10" t="s">
-        <v>2168</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B11" t="s">
-        <v>2169</v>
+        <v>2188</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>2170</v>
+        <v>2189</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2171</v>
+        <v>2190</v>
       </c>
       <c r="H11" t="s">
-        <v>2172</v>
+        <v>2191</v>
       </c>
       <c r="I11" t="s">
-        <v>2173</v>
+        <v>2192</v>
       </c>
       <c r="J11" t="s">
-        <v>2174</v>
+        <v>2193</v>
       </c>
       <c r="K11" t="s">
-        <v>2175</v>
+        <v>2194</v>
       </c>
       <c r="L11" t="s">
-        <v>2176</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B12" t="s">
-        <v>2177</v>
+        <v>2196</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>2178</v>
+        <v>2197</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2179</v>
+        <v>2198</v>
       </c>
       <c r="H12" t="s">
-        <v>2180</v>
+        <v>2199</v>
       </c>
       <c r="I12" t="s">
-        <v>2181</v>
+        <v>2200</v>
       </c>
       <c r="J12" t="s">
-        <v>2182</v>
+        <v>2201</v>
       </c>
       <c r="K12" t="s">
-        <v>2183</v>
+        <v>2202</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B13" t="s">
-        <v>2184</v>
+        <v>2203</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2185</v>
+        <v>2204</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2186</v>
+        <v>2205</v>
       </c>
       <c r="H13" t="s">
-        <v>2187</v>
+        <v>2206</v>
       </c>
       <c r="I13" t="s">
-        <v>2188</v>
+        <v>2207</v>
       </c>
       <c r="J13" t="s">
-        <v>2189</v>
+        <v>2208</v>
       </c>
       <c r="K13" t="s">
-        <v>2190</v>
+        <v>2209</v>
       </c>
       <c r="L13" t="s">
-        <v>2191</v>
+        <v>2210</v>
       </c>
       <c r="M13" t="s">
-        <v>2192</v>
+        <v>2211</v>
       </c>
       <c r="N13" t="s">
-        <v>2193</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B14" t="s">
-        <v>2194</v>
+        <v>2213</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2195</v>
+        <v>2214</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2196</v>
+        <v>2215</v>
       </c>
       <c r="H14" t="s">
-        <v>2197</v>
+        <v>2216</v>
       </c>
       <c r="I14" t="s">
-        <v>2198</v>
+        <v>2217</v>
       </c>
       <c r="J14" t="s">
-        <v>2153</v>
+        <v>2172</v>
       </c>
       <c r="K14" t="s">
-        <v>2199</v>
+        <v>2218</v>
       </c>
       <c r="L14" t="s">
-        <v>2200</v>
+        <v>2219</v>
       </c>
       <c r="M14" t="s">
-        <v>2201</v>
+        <v>2220</v>
       </c>
       <c r="N14" t="s">
-        <v>2202</v>
+        <v>2221</v>
       </c>
       <c r="O14" t="s">
-        <v>2203</v>
+        <v>2222</v>
       </c>
       <c r="P14" t="s">
-        <v>2204</v>
+        <v>2223</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B15" t="s">
-        <v>2205</v>
+        <v>2224</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2195</v>
+        <v>2214</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2206</v>
+        <v>2225</v>
       </c>
       <c r="H15" t="s">
-        <v>2207</v>
+        <v>2226</v>
       </c>
       <c r="I15" t="s">
-        <v>2208</v>
+        <v>2227</v>
       </c>
       <c r="J15" t="s">
-        <v>2209</v>
+        <v>2228</v>
       </c>
       <c r="K15" t="s">
-        <v>2210</v>
+        <v>2229</v>
       </c>
       <c r="L15" t="s">
-        <v>2211</v>
+        <v>2230</v>
       </c>
       <c r="M15" t="s">
-        <v>2212</v>
+        <v>2231</v>
       </c>
       <c r="N15" t="s">
-        <v>2213</v>
+        <v>2232</v>
       </c>
       <c r="O15" t="s">
-        <v>2214</v>
+        <v>2233</v>
       </c>
       <c r="P15" t="s">
-        <v>2215</v>
+        <v>2234</v>
       </c>
       <c r="Q15" t="s">
-        <v>2216</v>
+        <v>2235</v>
       </c>
       <c r="R15" t="s">
-        <v>2217</v>
+        <v>2236</v>
       </c>
       <c r="S15" t="s">
-        <v>2218</v>
+        <v>2237</v>
       </c>
       <c r="T15" t="s">
-        <v>2219</v>
+        <v>2238</v>
       </c>
       <c r="U15" t="s">
-        <v>2220</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B16" t="s">
-        <v>2221</v>
+        <v>2240</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2195</v>
+        <v>2214</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2222</v>
+        <v>2241</v>
       </c>
       <c r="H16" t="s">
-        <v>2223</v>
+        <v>2242</v>
       </c>
       <c r="I16" t="s">
-        <v>2224</v>
+        <v>2243</v>
       </c>
       <c r="J16" t="s">
-        <v>2225</v>
+        <v>2244</v>
       </c>
       <c r="K16" t="s">
-        <v>2226</v>
+        <v>2245</v>
       </c>
       <c r="L16" t="s">
-        <v>2227</v>
+        <v>2246</v>
       </c>
       <c r="M16" t="s">
-        <v>2228</v>
+        <v>2247</v>
       </c>
       <c r="N16" t="s">
-        <v>2229</v>
+        <v>2248</v>
       </c>
       <c r="O16" t="s">
-        <v>2230</v>
+        <v>2249</v>
       </c>
       <c r="P16" t="s">
-        <v>2230</v>
+        <v>2249</v>
       </c>
       <c r="Q16" t="s">
-        <v>2231</v>
+        <v>2250</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B17" t="s">
-        <v>2232</v>
+        <v>2251</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>2233</v>
+        <v>2252</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>2234</v>
+        <v>2253</v>
       </c>
       <c r="H17" t="s">
-        <v>2235</v>
+        <v>2254</v>
       </c>
       <c r="I17" t="s">
-        <v>2236</v>
+        <v>2255</v>
       </c>
       <c r="J17" t="s">
-        <v>2107</v>
+        <v>2126</v>
       </c>
       <c r="K17" t="s">
-        <v>2237</v>
+        <v>2256</v>
       </c>
       <c r="L17" t="s">
-        <v>2238</v>
+        <v>2257</v>
       </c>
       <c r="M17" t="s">
-        <v>2239</v>
+        <v>2258</v>
       </c>
       <c r="N17" t="s">
-        <v>2240</v>
+        <v>2259</v>
       </c>
       <c r="O17" t="s">
-        <v>2241</v>
+        <v>2260</v>
       </c>
       <c r="P17" t="s">
-        <v>2242</v>
+        <v>2261</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B18" t="s">
-        <v>2243</v>
+        <v>2262</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>2233</v>
+        <v>2252</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>2244</v>
+        <v>2263</v>
       </c>
       <c r="H18" t="s">
-        <v>2245</v>
+        <v>2264</v>
       </c>
       <c r="I18" t="s">
-        <v>2246</v>
+        <v>2265</v>
       </c>
       <c r="J18" t="s">
-        <v>2209</v>
+        <v>2228</v>
       </c>
       <c r="K18" t="s">
-        <v>2247</v>
+        <v>2266</v>
       </c>
       <c r="L18" t="s">
-        <v>2248</v>
+        <v>2267</v>
       </c>
       <c r="M18" t="s">
-        <v>2249</v>
+        <v>2268</v>
       </c>
       <c r="N18" t="s">
-        <v>2250</v>
+        <v>2269</v>
       </c>
       <c r="O18" t="s">
-        <v>2251</v>
+        <v>2270</v>
       </c>
       <c r="P18" t="s">
-        <v>2252</v>
+        <v>2271</v>
       </c>
       <c r="Q18" t="s">
-        <v>2253</v>
+        <v>2272</v>
       </c>
       <c r="R18" t="s">
-        <v>2254</v>
+        <v>2273</v>
       </c>
       <c r="S18" t="s">
-        <v>2255</v>
+        <v>2274</v>
       </c>
       <c r="T18" t="s">
-        <v>2256</v>
+        <v>2275</v>
       </c>
       <c r="U18" t="s">
-        <v>2257</v>
+        <v>2276</v>
       </c>
       <c r="V18" t="s">
-        <v>2258</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B19" t="s">
-        <v>2259</v>
+        <v>2278</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2233</v>
+        <v>2252</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2260</v>
+        <v>2279</v>
       </c>
       <c r="H19" t="s">
-        <v>2261</v>
+        <v>2280</v>
       </c>
       <c r="I19" t="s">
-        <v>2262</v>
+        <v>2281</v>
       </c>
       <c r="J19" t="s">
-        <v>2107</v>
+        <v>2126</v>
       </c>
       <c r="K19" t="s">
-        <v>2263</v>
+        <v>2282</v>
       </c>
       <c r="L19" t="s">
-        <v>2264</v>
+        <v>2283</v>
       </c>
       <c r="M19" t="s">
-        <v>2265</v>
+        <v>2284</v>
       </c>
       <c r="N19" t="s">
-        <v>2266</v>
+        <v>2285</v>
       </c>
       <c r="O19" t="s">
-        <v>2267</v>
+        <v>2286</v>
       </c>
       <c r="P19" t="s">
-        <v>2268</v>
+        <v>2287</v>
       </c>
       <c r="Q19" t="s">
-        <v>2269</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B20" t="s">
-        <v>2270</v>
+        <v>2289</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2271</v>
+        <v>2290</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2272</v>
+        <v>2291</v>
       </c>
       <c r="H20" t="s">
-        <v>2273</v>
+        <v>2292</v>
       </c>
       <c r="I20" t="s">
-        <v>2274</v>
+        <v>2293</v>
       </c>
       <c r="J20" t="s">
-        <v>2225</v>
+        <v>2244</v>
       </c>
       <c r="K20" t="s">
-        <v>2275</v>
+        <v>2294</v>
       </c>
       <c r="L20" t="s">
-        <v>2276</v>
+        <v>2295</v>
       </c>
       <c r="M20" t="s">
-        <v>2277</v>
+        <v>2296</v>
       </c>
       <c r="N20" t="s">
-        <v>2278</v>
+        <v>2297</v>
       </c>
       <c r="O20" t="s">
-        <v>2279</v>
+        <v>2298</v>
       </c>
       <c r="P20" t="s">
-        <v>2280</v>
+        <v>2299</v>
       </c>
       <c r="Q20" t="s">
-        <v>2281</v>
+        <v>2300</v>
       </c>
       <c r="R20" t="s">
-        <v>2282</v>
+        <v>2301</v>
       </c>
       <c r="S20" t="s">
-        <v>2283</v>
+        <v>2302</v>
       </c>
       <c r="T20" t="s">
-        <v>2284</v>
+        <v>2303</v>
       </c>
       <c r="U20" t="s">
-        <v>2285</v>
+        <v>2304</v>
       </c>
       <c r="V20" t="s">
-        <v>2286</v>
+        <v>2305</v>
       </c>
       <c r="W20" t="s">
-        <v>2287</v>
+        <v>2306</v>
       </c>
       <c r="X20" t="s">
-        <v>2288</v>
+        <v>2307</v>
       </c>
       <c r="Y20" t="s">
-        <v>2289</v>
+        <v>2308</v>
       </c>
       <c r="Z20" t="s">
-        <v>2290</v>
+        <v>2309</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B21" t="s">
-        <v>2291</v>
+        <v>2310</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>2292</v>
+        <v>2311</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2293</v>
+        <v>2312</v>
       </c>
       <c r="H21" t="s">
-        <v>2294</v>
+        <v>2313</v>
       </c>
       <c r="I21" t="s">
-        <v>2295</v>
+        <v>2314</v>
       </c>
       <c r="J21" t="s">
-        <v>2225</v>
+        <v>2244</v>
       </c>
       <c r="K21" t="s">
-        <v>2296</v>
+        <v>2315</v>
       </c>
       <c r="L21" t="s">
-        <v>2297</v>
+        <v>2316</v>
       </c>
       <c r="M21" t="s">
-        <v>2298</v>
+        <v>2317</v>
       </c>
       <c r="N21" t="s">
-        <v>2299</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B22" t="s">
-        <v>2300</v>
+        <v>2319</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>2301</v>
+        <v>2320</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2302</v>
+        <v>2321</v>
       </c>
       <c r="H22" t="s">
-        <v>2303</v>
+        <v>2322</v>
       </c>
       <c r="I22" t="s">
-        <v>2304</v>
+        <v>2323</v>
       </c>
       <c r="J22" t="s">
-        <v>2305</v>
+        <v>2324</v>
       </c>
       <c r="K22" t="s">
-        <v>2306</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B23" t="s">
-        <v>2307</v>
+        <v>2326</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>2308</v>
+        <v>2327</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2309</v>
+        <v>2328</v>
       </c>
       <c r="H23" t="s">
-        <v>2310</v>
+        <v>2329</v>
       </c>
       <c r="I23" t="s">
-        <v>2246</v>
+        <v>2265</v>
       </c>
       <c r="J23" t="s">
-        <v>2209</v>
+        <v>2228</v>
       </c>
       <c r="K23" t="s">
-        <v>2311</v>
+        <v>2330</v>
       </c>
       <c r="L23" t="s">
-        <v>2312</v>
+        <v>2331</v>
       </c>
       <c r="M23" t="s">
-        <v>2313</v>
+        <v>2332</v>
       </c>
       <c r="N23" t="s">
-        <v>2314</v>
+        <v>2333</v>
       </c>
       <c r="O23" t="s">
-        <v>2315</v>
+        <v>2334</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B24" t="s">
-        <v>2316</v>
+        <v>2335</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>2317</v>
+        <v>2336</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2318</v>
+        <v>2337</v>
       </c>
       <c r="H24" t="s">
-        <v>2319</v>
+        <v>2338</v>
       </c>
       <c r="I24" t="s">
-        <v>2320</v>
+        <v>2339</v>
       </c>
       <c r="J24" t="s">
-        <v>2321</v>
+        <v>2340</v>
       </c>
       <c r="K24" t="s">
-        <v>2322</v>
+        <v>2341</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B25" t="s">
-        <v>2323</v>
+        <v>2342</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>2324</v>
+        <v>2343</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2325</v>
+        <v>2344</v>
       </c>
       <c r="H25" t="s">
-        <v>2326</v>
+        <v>2345</v>
       </c>
       <c r="I25" t="s">
-        <v>2327</v>
+        <v>2346</v>
       </c>
       <c r="J25" t="s">
-        <v>2174</v>
+        <v>2193</v>
       </c>
       <c r="K25" t="s">
-        <v>2328</v>
+        <v>2347</v>
       </c>
       <c r="L25" t="s">
-        <v>2329</v>
+        <v>2348</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B26" t="s">
-        <v>2330</v>
+        <v>2349</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>2331</v>
+        <v>2350</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>2332</v>
+        <v>2351</v>
       </c>
       <c r="H26" t="s">
-        <v>2333</v>
+        <v>2352</v>
       </c>
       <c r="I26" t="s">
-        <v>2334</v>
+        <v>2353</v>
       </c>
       <c r="J26" t="s">
-        <v>2335</v>
+        <v>2354</v>
       </c>
       <c r="K26" t="s">
-        <v>2336</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B27" t="s">
-        <v>2337</v>
+        <v>2356</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>2338</v>
+        <v>2357</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>2339</v>
+        <v>2358</v>
       </c>
       <c r="H27" t="s">
-        <v>2340</v>
+        <v>2359</v>
       </c>
       <c r="I27" t="s">
-        <v>2341</v>
+        <v>2360</v>
       </c>
       <c r="J27" t="s">
-        <v>2153</v>
+        <v>2172</v>
       </c>
       <c r="K27" t="s">
-        <v>2342</v>
+        <v>2361</v>
       </c>
       <c r="L27" t="s">
-        <v>2343</v>
+        <v>2362</v>
       </c>
       <c r="M27" t="s">
-        <v>2344</v>
+        <v>2363</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B28" t="s">
-        <v>2345</v>
+        <v>2364</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>2346</v>
+        <v>2365</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>2347</v>
+        <v>2366</v>
       </c>
       <c r="H28" t="s">
-        <v>2348</v>
+        <v>2367</v>
       </c>
       <c r="I28" t="s">
-        <v>2349</v>
+        <v>2368</v>
       </c>
       <c r="J28" t="s">
-        <v>2350</v>
+        <v>2369</v>
       </c>
       <c r="K28" t="s">
-        <v>2351</v>
+        <v>2370</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B29" t="s">
-        <v>2352</v>
+        <v>2371</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>2353</v>
+        <v>2372</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>2354</v>
+        <v>2373</v>
       </c>
       <c r="H29" t="s">
-        <v>2355</v>
+        <v>2374</v>
       </c>
       <c r="I29" t="s">
-        <v>2246</v>
+        <v>2265</v>
       </c>
       <c r="J29" t="s">
-        <v>2225</v>
+        <v>2244</v>
       </c>
       <c r="K29" t="s">
-        <v>2356</v>
+        <v>2375</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B30" t="s">
-        <v>2357</v>
+        <v>2376</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>2358</v>
+        <v>2377</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>2359</v>
+        <v>2378</v>
       </c>
       <c r="H30" t="s">
-        <v>2360</v>
+        <v>2379</v>
       </c>
       <c r="I30" t="s">
-        <v>2361</v>
+        <v>2380</v>
       </c>
       <c r="J30" t="s">
-        <v>2362</v>
+        <v>2381</v>
       </c>
       <c r="K30" t="s">
-        <v>2363</v>
+        <v>2382</v>
       </c>
       <c r="L30" t="s">
-        <v>2364</v>
+        <v>2383</v>
       </c>
       <c r="M30" t="s">
-        <v>2365</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B31" t="s">
-        <v>2366</v>
+        <v>2385</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>2367</v>
+        <v>2386</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>2368</v>
+        <v>2387</v>
       </c>
       <c r="H31" t="s">
-        <v>2369</v>
+        <v>2388</v>
       </c>
       <c r="I31" t="s">
-        <v>2370</v>
+        <v>2389</v>
       </c>
       <c r="J31" t="s">
-        <v>2371</v>
+        <v>2390</v>
       </c>
       <c r="K31" t="s">
-        <v>2372</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B32" t="s">
-        <v>2373</v>
+        <v>2392</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>2374</v>
+        <v>2393</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>2375</v>
+        <v>2394</v>
       </c>
       <c r="H32" t="s">
-        <v>2376</v>
+        <v>2395</v>
       </c>
       <c r="I32" t="s">
-        <v>2377</v>
+        <v>2396</v>
       </c>
       <c r="J32" t="s">
-        <v>2378</v>
+        <v>2397</v>
       </c>
       <c r="K32" t="s">
-        <v>2379</v>
+        <v>2398</v>
       </c>
       <c r="L32" t="s">
-        <v>2379</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B33" t="s">
-        <v>2380</v>
+        <v>2399</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>2381</v>
+        <v>2400</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>2382</v>
+        <v>2401</v>
       </c>
       <c r="H33" t="s">
-        <v>2383</v>
+        <v>2402</v>
       </c>
       <c r="I33" t="s">
-        <v>2384</v>
+        <v>2403</v>
       </c>
       <c r="J33" t="s">
-        <v>2153</v>
+        <v>2172</v>
       </c>
       <c r="K33" t="s">
-        <v>2385</v>
+        <v>2404</v>
       </c>
       <c r="L33" t="s">
-        <v>2386</v>
+        <v>2405</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B34" t="s">
-        <v>2387</v>
+        <v>2406</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>2388</v>
+        <v>2407</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>2389</v>
+        <v>2408</v>
       </c>
       <c r="H34" t="s">
-        <v>2390</v>
+        <v>2409</v>
       </c>
       <c r="I34" t="s">
-        <v>2391</v>
+        <v>2410</v>
       </c>
       <c r="J34" t="s">
-        <v>2392</v>
+        <v>2411</v>
       </c>
       <c r="K34" t="s">
-        <v>2393</v>
+        <v>2412</v>
       </c>
       <c r="L34" t="s">
-        <v>2394</v>
+        <v>2413</v>
       </c>
       <c r="M34" t="s">
-        <v>2395</v>
+        <v>2414</v>
       </c>
       <c r="N34" t="s">
-        <v>2396</v>
+        <v>2415</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B35" t="s">
-        <v>2397</v>
+        <v>2416</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>2398</v>
+        <v>2417</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>2399</v>
+        <v>2418</v>
       </c>
       <c r="H35" t="s">
-        <v>2400</v>
+        <v>2419</v>
       </c>
       <c r="I35" t="s">
-        <v>2401</v>
+        <v>2420</v>
       </c>
       <c r="J35" t="s">
-        <v>2402</v>
+        <v>2421</v>
       </c>
       <c r="K35" t="s">
-        <v>2403</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B36" t="s">
-        <v>2404</v>
+        <v>2423</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>2405</v>
+        <v>2424</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>2406</v>
+        <v>2425</v>
       </c>
       <c r="H36" t="s">
-        <v>2407</v>
+        <v>2426</v>
       </c>
       <c r="I36" t="s">
-        <v>2246</v>
+        <v>2265</v>
       </c>
       <c r="J36" t="s">
-        <v>2209</v>
+        <v>2228</v>
       </c>
       <c r="K36" t="s">
-        <v>2408</v>
+        <v>2427</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B37" t="s">
-        <v>2409</v>
+        <v>2428</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>2410</v>
+        <v>2429</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>2411</v>
+        <v>2430</v>
       </c>
       <c r="H37" t="s">
-        <v>2412</v>
+        <v>2431</v>
       </c>
       <c r="I37" t="s">
-        <v>2413</v>
+        <v>2432</v>
       </c>
       <c r="J37" t="s">
-        <v>2414</v>
+        <v>2433</v>
       </c>
       <c r="K37" t="s">
-        <v>2415</v>
+        <v>2434</v>
       </c>
       <c r="L37" t="s">
-        <v>2416</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B38" t="s">
-        <v>2417</v>
+        <v>2436</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>2418</v>
+        <v>2437</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>2419</v>
+        <v>2438</v>
       </c>
       <c r="H38" t="s">
-        <v>2420</v>
+        <v>2439</v>
       </c>
       <c r="I38" t="s">
-        <v>2088</v>
+        <v>2107</v>
       </c>
       <c r="J38" t="s">
-        <v>2421</v>
+        <v>2440</v>
       </c>
       <c r="K38" t="s">
-        <v>2422</v>
+        <v>2441</v>
       </c>
       <c r="L38" t="s">
-        <v>2423</v>
+        <v>2442</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B39" t="s">
-        <v>2424</v>
+        <v>2443</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>2425</v>
+        <v>2444</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>2426</v>
+        <v>2445</v>
       </c>
       <c r="H39" t="s">
-        <v>2427</v>
+        <v>2446</v>
       </c>
       <c r="I39" t="s">
-        <v>2088</v>
+        <v>2107</v>
       </c>
       <c r="J39" t="s">
-        <v>2421</v>
+        <v>2440</v>
       </c>
       <c r="K39" t="s">
-        <v>2428</v>
+        <v>2447</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B40" t="s">
-        <v>2429</v>
+        <v>2448</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>2430</v>
+        <v>2449</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>2431</v>
+        <v>2450</v>
       </c>
       <c r="H40" t="s">
-        <v>2432</v>
+        <v>2451</v>
       </c>
       <c r="I40" t="s">
-        <v>2433</v>
+        <v>2452</v>
       </c>
       <c r="J40" t="s">
-        <v>2434</v>
+        <v>2453</v>
       </c>
       <c r="K40" t="s">
-        <v>2435</v>
+        <v>2454</v>
       </c>
       <c r="L40" t="s">
-        <v>2436</v>
+        <v>2455</v>
       </c>
       <c r="M40" t="s">
-        <v>2437</v>
+        <v>2456</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B41" t="s">
-        <v>2438</v>
+        <v>2457</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>2439</v>
+        <v>2458</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>2440</v>
+        <v>2459</v>
       </c>
       <c r="H41" t="s">
-        <v>2441</v>
+        <v>2460</v>
       </c>
       <c r="I41" t="s">
-        <v>2442</v>
+        <v>2461</v>
       </c>
       <c r="J41" t="s">
-        <v>2392</v>
+        <v>2411</v>
       </c>
       <c r="K41" t="s">
-        <v>2443</v>
+        <v>2462</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B42" t="s">
-        <v>2444</v>
+        <v>2463</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>2445</v>
+        <v>2464</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>2446</v>
+        <v>2465</v>
       </c>
       <c r="H42" t="s">
-        <v>2447</v>
+        <v>2466</v>
       </c>
       <c r="I42" t="s">
-        <v>2448</v>
+        <v>2467</v>
       </c>
       <c r="J42" t="s">
-        <v>2449</v>
+        <v>2468</v>
       </c>
       <c r="K42" t="s">
-        <v>2450</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B43" t="s">
-        <v>2451</v>
+        <v>2470</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>2452</v>
+        <v>2471</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>2453</v>
+        <v>2472</v>
       </c>
       <c r="H43" t="s">
-        <v>2454</v>
+        <v>2473</v>
       </c>
       <c r="I43" t="s">
-        <v>2455</v>
+        <v>2474</v>
       </c>
       <c r="J43" t="s">
-        <v>2153</v>
+        <v>2172</v>
       </c>
       <c r="K43" t="s">
-        <v>2456</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B44" t="s">
-        <v>2457</v>
+        <v>2476</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>2458</v>
+        <v>2477</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>2459</v>
+        <v>2478</v>
       </c>
       <c r="H44" t="s">
-        <v>2460</v>
+        <v>2479</v>
       </c>
       <c r="I44" t="s">
-        <v>2461</v>
+        <v>2480</v>
       </c>
       <c r="J44" t="s">
-        <v>2107</v>
+        <v>2126</v>
       </c>
       <c r="K44" t="s">
-        <v>2462</v>
+        <v>2481</v>
       </c>
       <c r="L44" t="s">
-        <v>2463</v>
+        <v>2482</v>
       </c>
       <c r="M44" t="s">
-        <v>2464</v>
+        <v>2483</v>
       </c>
       <c r="N44" t="s">
-        <v>2465</v>
+        <v>2484</v>
       </c>
       <c r="O44" t="s">
-        <v>2466</v>
+        <v>2485</v>
       </c>
       <c r="P44" t="s">
-        <v>2467</v>
+        <v>2486</v>
       </c>
       <c r="Q44" t="s">
-        <v>2468</v>
+        <v>2487</v>
       </c>
       <c r="R44" t="s">
-        <v>2469</v>
+        <v>2488</v>
       </c>
       <c r="S44" t="s">
-        <v>2470</v>
+        <v>2489</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B45" t="s">
-        <v>2471</v>
+        <v>2490</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>2472</v>
+        <v>2491</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>2473</v>
+        <v>2492</v>
       </c>
       <c r="H45" t="s">
-        <v>2474</v>
+        <v>2493</v>
       </c>
       <c r="I45" t="s">
-        <v>2475</v>
+        <v>2494</v>
       </c>
       <c r="J45" t="s">
-        <v>2321</v>
+        <v>2340</v>
       </c>
       <c r="K45" t="s">
-        <v>2476</v>
+        <v>2495</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B46" t="s">
-        <v>2477</v>
+        <v>2496</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>2478</v>
+        <v>2497</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>2479</v>
+        <v>2498</v>
       </c>
       <c r="H46" t="s">
-        <v>2480</v>
+        <v>2499</v>
       </c>
       <c r="I46" t="s">
-        <v>2481</v>
+        <v>2500</v>
       </c>
       <c r="J46" t="s">
-        <v>2482</v>
+        <v>2501</v>
       </c>
       <c r="K46" t="s">
-        <v>2483</v>
+        <v>2502</v>
       </c>
       <c r="L46" t="s">
-        <v>2484</v>
+        <v>2503</v>
       </c>
       <c r="M46" t="s">
-        <v>2485</v>
+        <v>2504</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B47" t="s">
-        <v>2486</v>
+        <v>2505</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>2487</v>
+        <v>2506</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>2488</v>
+        <v>2507</v>
       </c>
       <c r="H47" t="s">
-        <v>2489</v>
+        <v>2508</v>
       </c>
       <c r="I47" t="s">
-        <v>2490</v>
+        <v>2509</v>
       </c>
       <c r="J47" t="s">
-        <v>2491</v>
+        <v>2510</v>
       </c>
       <c r="K47" t="s">
-        <v>2492</v>
+        <v>2511</v>
       </c>
       <c r="L47" t="s">
-        <v>2493</v>
+        <v>2512</v>
       </c>
       <c r="M47" t="s">
-        <v>2494</v>
+        <v>2513</v>
       </c>
       <c r="N47" t="s">
-        <v>2495</v>
+        <v>2514</v>
       </c>
       <c r="O47" t="s">
-        <v>2496</v>
+        <v>2515</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B48" t="s">
-        <v>2497</v>
+        <v>2516</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>2498</v>
+        <v>2517</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>2499</v>
+        <v>2518</v>
       </c>
       <c r="H48" t="s">
-        <v>2500</v>
+        <v>2519</v>
       </c>
       <c r="I48" t="s">
-        <v>2501</v>
+        <v>2520</v>
       </c>
       <c r="J48" t="s">
-        <v>2502</v>
+        <v>2521</v>
       </c>
       <c r="K48" t="s">
-        <v>2503</v>
+        <v>2522</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B49" t="s">
-        <v>2504</v>
+        <v>2523</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>2472</v>
+        <v>2491</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>2505</v>
+        <v>2524</v>
       </c>
       <c r="H49" t="s">
-        <v>2506</v>
+        <v>2525</v>
       </c>
       <c r="I49" t="s">
-        <v>2507</v>
+        <v>2526</v>
       </c>
       <c r="J49" t="s">
-        <v>2107</v>
+        <v>2126</v>
       </c>
       <c r="K49" t="s">
-        <v>2508</v>
+        <v>2527</v>
       </c>
       <c r="L49" t="s">
-        <v>2509</v>
+        <v>2528</v>
       </c>
       <c r="M49" t="s">
-        <v>2510</v>
+        <v>2529</v>
       </c>
       <c r="N49" t="s">
-        <v>2511</v>
+        <v>2530</v>
       </c>
       <c r="O49" t="s">
-        <v>2512</v>
+        <v>2531</v>
       </c>
       <c r="P49" t="s">
-        <v>2513</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B50" t="s">
-        <v>2514</v>
+        <v>2533</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>2515</v>
+        <v>2534</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>2516</v>
+        <v>2535</v>
       </c>
       <c r="H50" t="s">
-        <v>2517</v>
+        <v>2536</v>
       </c>
       <c r="I50" t="s">
-        <v>2518</v>
+        <v>2537</v>
       </c>
       <c r="J50" t="s">
-        <v>2519</v>
+        <v>2538</v>
       </c>
       <c r="K50" t="s">
-        <v>2520</v>
+        <v>2539</v>
       </c>
       <c r="L50" t="s">
-        <v>2521</v>
+        <v>2540</v>
       </c>
       <c r="M50" t="s">
-        <v>2522</v>
+        <v>2541</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B51" t="s">
-        <v>2523</v>
+        <v>2542</v>
       </c>
       <c r="C51" t="s">
         <v>11</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>2524</v>
+        <v>2543</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>2525</v>
+        <v>2544</v>
       </c>
       <c r="H51" t="s">
-        <v>2526</v>
+        <v>2545</v>
       </c>
       <c r="I51" t="s">
-        <v>2527</v>
+        <v>2546</v>
       </c>
       <c r="J51" t="s">
-        <v>2434</v>
+        <v>2453</v>
       </c>
       <c r="K51" t="s">
-        <v>2528</v>
+        <v>2547</v>
       </c>
       <c r="L51" t="s">
-        <v>2529</v>
+        <v>2548</v>
       </c>
       <c r="M51" t="s">
-        <v>2530</v>
+        <v>2549</v>
       </c>
       <c r="N51" t="s">
-        <v>2531</v>
+        <v>2550</v>
       </c>
       <c r="O51" t="s">
-        <v>2532</v>
+        <v>2551</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B52" t="s">
-        <v>2533</v>
+        <v>2552</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>2534</v>
+        <v>2553</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>2535</v>
+        <v>2554</v>
       </c>
       <c r="H52" t="s">
-        <v>2536</v>
+        <v>2555</v>
       </c>
       <c r="I52" t="s">
-        <v>2537</v>
+        <v>2556</v>
       </c>
       <c r="J52" t="s">
-        <v>2538</v>
+        <v>2557</v>
       </c>
       <c r="K52" t="s">
-        <v>2539</v>
+        <v>2558</v>
       </c>
       <c r="L52" t="s">
-        <v>2540</v>
+        <v>2559</v>
       </c>
       <c r="M52" t="s">
-        <v>2541</v>
+        <v>2560</v>
       </c>
       <c r="N52" t="s">
-        <v>2542</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B53" t="s">
-        <v>2543</v>
+        <v>2562</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>2544</v>
+        <v>2563</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>2545</v>
+        <v>2564</v>
       </c>
       <c r="H53" t="s">
-        <v>2546</v>
+        <v>2565</v>
       </c>
       <c r="I53" t="s">
-        <v>2547</v>
+        <v>2566</v>
       </c>
       <c r="J53" t="s">
-        <v>2548</v>
+        <v>2567</v>
       </c>
       <c r="K53" t="s">
-        <v>2549</v>
+        <v>2568</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B54" t="s">
-        <v>2550</v>
+        <v>2569</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>2551</v>
+        <v>2570</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>2552</v>
+        <v>2571</v>
       </c>
       <c r="H54" t="s">
-        <v>2553</v>
+        <v>2572</v>
       </c>
       <c r="I54" t="s">
-        <v>2554</v>
+        <v>2573</v>
       </c>
       <c r="J54" t="s">
-        <v>2555</v>
+        <v>2574</v>
       </c>
       <c r="K54" t="s">
-        <v>2556</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B55" t="s">
-        <v>2557</v>
+        <v>2576</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>2558</v>
+        <v>2577</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>2559</v>
+        <v>2578</v>
       </c>
       <c r="H55" t="s">
-        <v>2560</v>
+        <v>2579</v>
       </c>
       <c r="I55" t="s">
-        <v>2561</v>
+        <v>2580</v>
       </c>
       <c r="J55" t="s">
-        <v>2562</v>
+        <v>2581</v>
       </c>
       <c r="K55" t="s">
-        <v>2563</v>
+        <v>2582</v>
       </c>
       <c r="L55" t="s">
-        <v>2564</v>
+        <v>2583</v>
       </c>
       <c r="M55" t="s">
-        <v>2565</v>
+        <v>2584</v>
       </c>
       <c r="N55" t="s">
-        <v>2566</v>
+        <v>2585</v>
       </c>
       <c r="O55" t="s">
-        <v>2567</v>
+        <v>2586</v>
       </c>
       <c r="P55" t="s">
-        <v>2568</v>
+        <v>2587</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B56" t="s">
-        <v>2569</v>
+        <v>2588</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>2570</v>
+        <v>2589</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>2571</v>
+        <v>2590</v>
       </c>
       <c r="H56" t="s">
-        <v>2572</v>
+        <v>2591</v>
       </c>
       <c r="I56" t="s">
-        <v>2573</v>
+        <v>2592</v>
       </c>
       <c r="J56" t="s">
-        <v>2574</v>
+        <v>2593</v>
       </c>
       <c r="K56" t="s">
-        <v>2575</v>
+        <v>2594</v>
       </c>
       <c r="L56" t="s">
-        <v>2576</v>
+        <v>2595</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B57" t="s">
-        <v>2577</v>
+        <v>2596</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>2578</v>
+        <v>2597</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>2579</v>
+        <v>2598</v>
       </c>
       <c r="H57" t="s">
-        <v>2580</v>
+        <v>2599</v>
       </c>
       <c r="I57" t="s">
-        <v>2581</v>
+        <v>2600</v>
       </c>
       <c r="J57" t="s">
-        <v>2582</v>
+        <v>2601</v>
       </c>
       <c r="K57" t="s">
-        <v>2583</v>
+        <v>2602</v>
       </c>
       <c r="L57" t="s">
-        <v>2584</v>
+        <v>2603</v>
       </c>
       <c r="M57" t="s">
-        <v>2585</v>
+        <v>2604</v>
       </c>
       <c r="N57" t="s">
-        <v>2586</v>
+        <v>2605</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B58" t="s">
-        <v>2587</v>
+        <v>2606</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>2588</v>
+        <v>2607</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>2589</v>
+        <v>2608</v>
       </c>
       <c r="H58" t="s">
-        <v>2590</v>
+        <v>2609</v>
       </c>
       <c r="I58" t="s">
-        <v>2591</v>
+        <v>2610</v>
       </c>
       <c r="J58" t="s">
-        <v>2592</v>
+        <v>2611</v>
       </c>
       <c r="K58" t="s">
-        <v>2593</v>
+        <v>2612</v>
       </c>
       <c r="L58" t="s">
-        <v>2594</v>
+        <v>2613</v>
       </c>
       <c r="M58" t="s">
-        <v>2595</v>
+        <v>2614</v>
       </c>
       <c r="N58" t="s">
-        <v>2596</v>
+        <v>2615</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B59" t="s">
-        <v>2597</v>
+        <v>2616</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>2598</v>
+        <v>2617</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>2599</v>
+        <v>2618</v>
       </c>
       <c r="H59" t="s">
-        <v>2600</v>
+        <v>2619</v>
       </c>
       <c r="I59" t="s">
-        <v>2601</v>
+        <v>2620</v>
       </c>
       <c r="J59" t="s">
-        <v>2321</v>
+        <v>2340</v>
       </c>
       <c r="K59" t="s">
-        <v>2602</v>
+        <v>2621</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B60" t="s">
-        <v>2603</v>
+        <v>2622</v>
       </c>
       <c r="C60" t="s">
         <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>2598</v>
+        <v>2617</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>2604</v>
+        <v>2623</v>
       </c>
       <c r="H60" t="s">
-        <v>2605</v>
+        <v>2624</v>
       </c>
       <c r="I60" t="s">
-        <v>2606</v>
+        <v>2625</v>
       </c>
       <c r="J60" t="s">
-        <v>2607</v>
+        <v>2626</v>
       </c>
       <c r="K60" t="s">
-        <v>2608</v>
+        <v>2627</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B61" t="s">
-        <v>2609</v>
+        <v>2628</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>2610</v>
+        <v>2629</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>2611</v>
+        <v>2630</v>
       </c>
       <c r="H61" t="s">
-        <v>2612</v>
+        <v>2631</v>
       </c>
       <c r="I61" t="s">
-        <v>2613</v>
+        <v>2632</v>
       </c>
       <c r="J61" t="s">
-        <v>2607</v>
+        <v>2626</v>
       </c>
       <c r="K61" t="s">
-        <v>2614</v>
+        <v>2633</v>
       </c>
       <c r="L61" t="s">
-        <v>2615</v>
+        <v>2634</v>
       </c>
       <c r="M61" t="s">
-        <v>2616</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B62" t="s">
-        <v>2617</v>
+        <v>2636</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>2618</v>
+        <v>2637</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>2619</v>
+        <v>2638</v>
       </c>
       <c r="H62" t="s">
+        <v>2639</v>
+      </c>
+      <c r="I62" t="s">
         <v>2620</v>
       </c>
-      <c r="I62" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J62" t="s">
-        <v>2621</v>
+        <v>2640</v>
       </c>
       <c r="K62" t="s">
-        <v>2622</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B63" t="s">
-        <v>2623</v>
+        <v>2642</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>2624</v>
+        <v>2643</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>2625</v>
+        <v>2644</v>
       </c>
       <c r="H63" t="s">
-        <v>2626</v>
+        <v>2645</v>
       </c>
       <c r="I63" t="s">
-        <v>2627</v>
+        <v>2646</v>
       </c>
       <c r="J63" t="s">
-        <v>2621</v>
+        <v>2640</v>
       </c>
       <c r="K63" t="s">
-        <v>2628</v>
+        <v>2647</v>
       </c>
       <c r="L63" t="s">
-        <v>2629</v>
+        <v>2648</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B64" t="s">
-        <v>2630</v>
+        <v>2649</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>2624</v>
+        <v>2643</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>2631</v>
+        <v>2650</v>
       </c>
       <c r="H64" t="s">
-        <v>2632</v>
+        <v>2651</v>
       </c>
       <c r="I64" t="s">
-        <v>2633</v>
+        <v>2652</v>
       </c>
       <c r="J64" t="s">
-        <v>2634</v>
+        <v>2653</v>
       </c>
       <c r="K64" t="s">
-        <v>2635</v>
+        <v>2654</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B65" t="s">
-        <v>2636</v>
+        <v>2655</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>2637</v>
+        <v>2656</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>2638</v>
+        <v>2657</v>
       </c>
       <c r="H65" t="s">
-        <v>2639</v>
+        <v>2658</v>
       </c>
       <c r="I65" t="s">
-        <v>2640</v>
+        <v>2659</v>
       </c>
       <c r="J65" t="s">
-        <v>2089</v>
+        <v>2108</v>
       </c>
       <c r="K65" t="s">
-        <v>2641</v>
+        <v>2660</v>
       </c>
       <c r="L65" t="s">
-        <v>2642</v>
+        <v>2661</v>
       </c>
       <c r="M65" t="s">
-        <v>2643</v>
+        <v>2662</v>
       </c>
       <c r="N65" t="s">
-        <v>2644</v>
+        <v>2663</v>
       </c>
       <c r="O65" t="s">
-        <v>2645</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B66" t="s">
-        <v>2646</v>
+        <v>2665</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>2637</v>
+        <v>2656</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>2647</v>
+        <v>2666</v>
       </c>
       <c r="H66" t="s">
-        <v>2648</v>
+        <v>2667</v>
       </c>
       <c r="I66" t="s">
-        <v>2649</v>
+        <v>2668</v>
       </c>
       <c r="J66" t="s">
-        <v>2089</v>
+        <v>2108</v>
       </c>
       <c r="K66" t="s">
-        <v>2650</v>
+        <v>2669</v>
       </c>
       <c r="L66" t="s">
-        <v>2651</v>
+        <v>2670</v>
       </c>
       <c r="M66" t="s">
-        <v>2652</v>
+        <v>2671</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B67" t="s">
-        <v>2653</v>
+        <v>2672</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>2654</v>
+        <v>2673</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>2655</v>
+        <v>2674</v>
       </c>
       <c r="H67" t="s">
-        <v>2656</v>
+        <v>2675</v>
       </c>
       <c r="I67" t="s">
-        <v>2657</v>
+        <v>2676</v>
       </c>
       <c r="J67" t="s">
-        <v>2607</v>
+        <v>2626</v>
       </c>
       <c r="K67" t="s">
-        <v>2658</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B68" t="s">
-        <v>2659</v>
+        <v>2678</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>2660</v>
+        <v>2679</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>2661</v>
+        <v>2680</v>
       </c>
       <c r="H68" t="s">
-        <v>2662</v>
+        <v>2681</v>
       </c>
       <c r="I68" t="s">
-        <v>2663</v>
+        <v>2682</v>
       </c>
       <c r="J68" t="s">
-        <v>2664</v>
+        <v>2683</v>
       </c>
       <c r="K68" t="s">
-        <v>2665</v>
+        <v>2684</v>
       </c>
       <c r="L68" t="s">
-        <v>2666</v>
+        <v>2685</v>
       </c>
       <c r="M68" t="s">
-        <v>2667</v>
+        <v>2686</v>
       </c>
       <c r="N68" t="s">
-        <v>2668</v>
+        <v>2687</v>
       </c>
       <c r="O68" t="s">
-        <v>2669</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B69" t="s">
-        <v>2670</v>
+        <v>2689</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>2671</v>
+        <v>2690</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>2672</v>
+        <v>2691</v>
       </c>
       <c r="H69" t="s">
-        <v>2673</v>
+        <v>2692</v>
       </c>
       <c r="I69" t="s">
-        <v>2674</v>
+        <v>2693</v>
       </c>
       <c r="J69" t="s">
-        <v>2607</v>
+        <v>2626</v>
       </c>
       <c r="K69" t="s">
-        <v>2675</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B70" t="s">
-        <v>2676</v>
+        <v>2695</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>2677</v>
+        <v>2696</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>2678</v>
+        <v>2697</v>
       </c>
       <c r="H70" t="s">
-        <v>2679</v>
+        <v>2698</v>
       </c>
       <c r="I70" t="s">
-        <v>2680</v>
+        <v>2699</v>
       </c>
       <c r="J70" t="s">
-        <v>2225</v>
+        <v>2244</v>
       </c>
       <c r="K70" t="s">
-        <v>2681</v>
+        <v>2700</v>
       </c>
       <c r="L70" t="s">
-        <v>2682</v>
+        <v>2701</v>
       </c>
       <c r="M70" t="s">
-        <v>2683</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B71" t="s">
-        <v>2684</v>
+        <v>2703</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>2685</v>
+        <v>2704</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>2686</v>
+        <v>2705</v>
       </c>
       <c r="H71" t="s">
-        <v>2687</v>
+        <v>2706</v>
       </c>
       <c r="I71" t="s">
-        <v>2688</v>
+        <v>2707</v>
       </c>
       <c r="J71" t="s">
-        <v>2689</v>
+        <v>2708</v>
       </c>
       <c r="K71" t="s">
-        <v>2690</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B72" t="s">
-        <v>2691</v>
+        <v>2710</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>2692</v>
+        <v>2711</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>2693</v>
+        <v>2712</v>
       </c>
       <c r="H72" t="s">
-        <v>2694</v>
+        <v>2713</v>
       </c>
       <c r="I72" t="s">
-        <v>2695</v>
+        <v>2714</v>
       </c>
       <c r="J72" t="s">
-        <v>2621</v>
+        <v>2640</v>
       </c>
       <c r="K72" t="s">
-        <v>2696</v>
+        <v>2715</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B73" t="s">
-        <v>2697</v>
+        <v>2716</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>2698</v>
+        <v>2717</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>2699</v>
+        <v>2718</v>
       </c>
       <c r="H73" t="s">
-        <v>2700</v>
+        <v>2719</v>
       </c>
       <c r="I73" t="s">
-        <v>2701</v>
+        <v>2720</v>
       </c>
       <c r="J73" t="s">
-        <v>2634</v>
+        <v>2653</v>
       </c>
       <c r="K73" t="s">
-        <v>2702</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B74" t="s">
-        <v>2703</v>
+        <v>2722</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>2704</v>
+        <v>2723</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>2705</v>
+        <v>2724</v>
       </c>
       <c r="H74" t="s">
-        <v>2706</v>
+        <v>2725</v>
       </c>
       <c r="I74" t="s">
-        <v>2707</v>
+        <v>2726</v>
       </c>
       <c r="J74" t="s">
-        <v>2708</v>
+        <v>2727</v>
       </c>
       <c r="K74" t="s">
-        <v>2709</v>
+        <v>2728</v>
       </c>
       <c r="L74" t="s">
-        <v>2710</v>
+        <v>2729</v>
       </c>
       <c r="M74" t="s">
-        <v>2711</v>
+        <v>2730</v>
       </c>
       <c r="N74" t="s">
-        <v>2712</v>
+        <v>2731</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B75" t="s">
-        <v>2713</v>
+        <v>2732</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>2714</v>
+        <v>2733</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>2715</v>
+        <v>2734</v>
       </c>
       <c r="H75" t="s">
-        <v>2716</v>
+        <v>2735</v>
       </c>
       <c r="I75" t="s">
-        <v>2717</v>
+        <v>2736</v>
       </c>
       <c r="J75" t="s">
-        <v>2321</v>
+        <v>2340</v>
       </c>
       <c r="K75" t="s">
-        <v>2718</v>
+        <v>2737</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B76" t="s">
-        <v>2719</v>
+        <v>2738</v>
       </c>
       <c r="C76" t="s">
         <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>2714</v>
+        <v>2733</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>2720</v>
+        <v>2739</v>
       </c>
       <c r="H76" t="s">
-        <v>2721</v>
+        <v>2740</v>
       </c>
       <c r="I76" t="s">
-        <v>2627</v>
+        <v>2646</v>
       </c>
       <c r="J76" t="s">
-        <v>2321</v>
+        <v>2340</v>
       </c>
       <c r="K76" t="s">
-        <v>2722</v>
+        <v>2741</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B77" t="s">
-        <v>2723</v>
+        <v>2742</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>2724</v>
+        <v>2743</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>2725</v>
+        <v>2744</v>
       </c>
       <c r="H77" t="s">
-        <v>2726</v>
+        <v>2745</v>
       </c>
       <c r="I77" t="s">
-        <v>2727</v>
+        <v>2746</v>
       </c>
       <c r="J77" t="s">
-        <v>2728</v>
+        <v>2747</v>
       </c>
       <c r="K77" t="s">
-        <v>2729</v>
+        <v>2748</v>
       </c>
       <c r="L77" t="s">
-        <v>2730</v>
+        <v>2749</v>
       </c>
       <c r="M77" t="s">
-        <v>2731</v>
+        <v>2750</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B78" t="s">
-        <v>2732</v>
+        <v>2751</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>2733</v>
+        <v>2752</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>2734</v>
+        <v>2753</v>
       </c>
       <c r="H78" t="s">
-        <v>2735</v>
+        <v>2754</v>
       </c>
       <c r="I78" t="s">
-        <v>2736</v>
+        <v>2755</v>
       </c>
       <c r="J78" t="s">
-        <v>2664</v>
+        <v>2683</v>
       </c>
       <c r="K78" t="s">
-        <v>2737</v>
+        <v>2756</v>
       </c>
       <c r="L78" t="s">
-        <v>2738</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B79" t="s">
-        <v>2739</v>
+        <v>2758</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>2740</v>
+        <v>2759</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>2741</v>
+        <v>2760</v>
       </c>
       <c r="H79" t="s">
-        <v>2742</v>
+        <v>2761</v>
       </c>
       <c r="I79" t="s">
-        <v>2736</v>
+        <v>2755</v>
       </c>
       <c r="J79" t="s">
-        <v>2548</v>
+        <v>2567</v>
       </c>
       <c r="K79" t="s">
-        <v>2743</v>
+        <v>2762</v>
       </c>
       <c r="L79" t="s">
-        <v>2744</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B80" t="s">
-        <v>2745</v>
+        <v>2764</v>
       </c>
       <c r="C80" t="s">
         <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>2746</v>
+        <v>2765</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>2747</v>
+        <v>2766</v>
       </c>
       <c r="H80" t="s">
-        <v>2748</v>
+        <v>2767</v>
       </c>
       <c r="I80" t="s">
-        <v>2749</v>
+        <v>2768</v>
       </c>
       <c r="J80" t="s">
-        <v>2750</v>
+        <v>2769</v>
       </c>
       <c r="K80" t="s">
-        <v>2751</v>
+        <v>2770</v>
       </c>
       <c r="L80" t="s">
-        <v>2752</v>
+        <v>2771</v>
       </c>
       <c r="M80" t="s">
-        <v>2753</v>
+        <v>2772</v>
       </c>
       <c r="N80" t="s">
-        <v>2754</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B81" t="s">
-        <v>2755</v>
+        <v>2774</v>
       </c>
       <c r="C81" t="s">
         <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>2746</v>
+        <v>2765</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>2756</v>
+        <v>2775</v>
       </c>
       <c r="H81" t="s">
-        <v>2757</v>
+        <v>2776</v>
       </c>
       <c r="I81" t="s">
-        <v>2758</v>
+        <v>2777</v>
       </c>
       <c r="J81" t="s">
-        <v>2592</v>
+        <v>2611</v>
       </c>
       <c r="K81" t="s">
-        <v>2759</v>
+        <v>2778</v>
       </c>
       <c r="L81" t="s">
-        <v>2760</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B82" t="s">
-        <v>2761</v>
+        <v>2780</v>
       </c>
       <c r="C82" t="s">
         <v>11</v>
       </c>
       <c r="D82" t="s">
         <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>2762</v>
+        <v>2781</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>2763</v>
+        <v>2782</v>
       </c>
       <c r="H82" t="s">
-        <v>2764</v>
+        <v>2783</v>
       </c>
       <c r="I82" t="s">
-        <v>2765</v>
+        <v>2784</v>
       </c>
       <c r="J82" t="s">
-        <v>2607</v>
+        <v>2626</v>
       </c>
       <c r="K82" t="s">
-        <v>2766</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B83" t="s">
-        <v>2767</v>
+        <v>2786</v>
       </c>
       <c r="C83" t="s">
         <v>11</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>2768</v>
+        <v>2787</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>2769</v>
+        <v>2788</v>
       </c>
       <c r="H83" t="s">
-        <v>2770</v>
+        <v>2789</v>
       </c>
       <c r="I83" t="s">
-        <v>2771</v>
+        <v>2790</v>
       </c>
       <c r="J83" t="s">
-        <v>2555</v>
+        <v>2574</v>
       </c>
       <c r="K83" t="s">
-        <v>2772</v>
+        <v>2791</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B84" t="s">
-        <v>2773</v>
+        <v>2792</v>
       </c>
       <c r="C84" t="s">
         <v>11</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>2774</v>
+        <v>2793</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>2775</v>
+        <v>2794</v>
       </c>
       <c r="H84" t="s">
-        <v>2776</v>
+        <v>2795</v>
       </c>
       <c r="I84" t="s">
-        <v>2777</v>
+        <v>2796</v>
       </c>
       <c r="J84" t="s">
-        <v>2434</v>
+        <v>2453</v>
       </c>
       <c r="K84" t="s">
-        <v>2778</v>
+        <v>2797</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B85" t="s">
-        <v>2779</v>
+        <v>2798</v>
       </c>
       <c r="C85" t="s">
         <v>11</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>2780</v>
+        <v>2799</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>2781</v>
+        <v>2800</v>
       </c>
       <c r="H85" t="s">
-        <v>2782</v>
+        <v>2801</v>
       </c>
       <c r="I85" t="s">
-        <v>2783</v>
+        <v>2802</v>
       </c>
       <c r="J85" t="s">
-        <v>2421</v>
+        <v>2440</v>
       </c>
       <c r="K85" t="s">
-        <v>2784</v>
+        <v>2803</v>
       </c>
       <c r="L85" t="s">
-        <v>2785</v>
+        <v>2804</v>
       </c>
       <c r="M85" t="s">
-        <v>2786</v>
+        <v>2805</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B86" t="s">
-        <v>2787</v>
+        <v>2806</v>
       </c>
       <c r="C86" t="s">
         <v>11</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>2788</v>
+        <v>2807</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>2789</v>
+        <v>2808</v>
       </c>
       <c r="H86" t="s">
-        <v>2790</v>
+        <v>2809</v>
       </c>
       <c r="I86" t="s">
-        <v>2791</v>
+        <v>2810</v>
       </c>
       <c r="J86" t="s">
-        <v>2574</v>
+        <v>2593</v>
       </c>
       <c r="K86" t="s">
-        <v>2792</v>
+        <v>2811</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B87" t="s">
-        <v>2793</v>
+        <v>2812</v>
       </c>
       <c r="C87" t="s">
         <v>11</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>2794</v>
+        <v>2813</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>2795</v>
+        <v>2814</v>
       </c>
       <c r="H87" t="s">
-        <v>2796</v>
+        <v>2815</v>
       </c>
       <c r="I87" t="s">
-        <v>2797</v>
+        <v>2816</v>
       </c>
       <c r="J87" t="s">
-        <v>2798</v>
+        <v>2817</v>
       </c>
       <c r="K87" t="s">
-        <v>2799</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B88" t="s">
-        <v>2800</v>
+        <v>2819</v>
       </c>
       <c r="C88" t="s">
         <v>11</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>2801</v>
+        <v>2820</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>2802</v>
+        <v>2821</v>
       </c>
       <c r="H88" t="s">
-        <v>2803</v>
+        <v>2822</v>
       </c>
       <c r="I88" t="s">
-        <v>2804</v>
+        <v>2823</v>
       </c>
       <c r="J88" t="s">
-        <v>2798</v>
+        <v>2817</v>
       </c>
       <c r="K88" t="s">
-        <v>2805</v>
+        <v>2824</v>
       </c>
       <c r="L88" t="s">
-        <v>2806</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B89" t="s">
-        <v>2807</v>
+        <v>2826</v>
       </c>
       <c r="C89" t="s">
         <v>11</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>2808</v>
+        <v>2827</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>2809</v>
+        <v>2828</v>
       </c>
       <c r="H89" t="s">
-        <v>2810</v>
+        <v>2829</v>
       </c>
       <c r="I89" t="s">
-        <v>2811</v>
+        <v>2830</v>
       </c>
       <c r="J89" t="s">
-        <v>2153</v>
+        <v>2172</v>
       </c>
       <c r="K89" t="s">
-        <v>2812</v>
+        <v>2831</v>
       </c>
       <c r="L89" t="s">
-        <v>2813</v>
+        <v>2832</v>
       </c>
       <c r="M89" t="s">
-        <v>2814</v>
+        <v>2833</v>
       </c>
       <c r="N89" t="s">
-        <v>2815</v>
+        <v>2834</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B90" t="s">
-        <v>2816</v>
+        <v>2835</v>
       </c>
       <c r="C90" t="s">
         <v>11</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>2817</v>
+        <v>2836</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>2818</v>
+        <v>2837</v>
       </c>
       <c r="H90" t="s">
-        <v>2819</v>
+        <v>2838</v>
       </c>
       <c r="I90" t="s">
-        <v>2820</v>
+        <v>2839</v>
       </c>
       <c r="J90" t="s">
-        <v>2821</v>
+        <v>2840</v>
       </c>
       <c r="K90" t="s">
-        <v>2822</v>
+        <v>2841</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B91" t="s">
-        <v>2823</v>
+        <v>2842</v>
       </c>
       <c r="C91" t="s">
         <v>11</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>2824</v>
+        <v>2843</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>2825</v>
+        <v>2844</v>
       </c>
       <c r="H91" t="s">
-        <v>2826</v>
+        <v>2845</v>
       </c>
       <c r="I91" t="s">
-        <v>2827</v>
+        <v>2846</v>
       </c>
       <c r="J91" t="s">
-        <v>2153</v>
+        <v>2172</v>
       </c>
       <c r="K91" t="s">
-        <v>2828</v>
+        <v>2847</v>
       </c>
       <c r="L91" t="s">
-        <v>2829</v>
+        <v>2848</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B92" t="s">
-        <v>2830</v>
+        <v>2849</v>
       </c>
       <c r="C92" t="s">
         <v>11</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>2831</v>
+        <v>2850</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>2832</v>
+        <v>2851</v>
       </c>
       <c r="H92" t="s">
-        <v>2833</v>
+        <v>2852</v>
       </c>
       <c r="I92" t="s">
-        <v>2834</v>
+        <v>2853</v>
       </c>
       <c r="J92" t="s">
-        <v>2835</v>
+        <v>2854</v>
       </c>
       <c r="K92" t="s">
-        <v>2836</v>
+        <v>2855</v>
       </c>
       <c r="L92" t="s">
-        <v>2837</v>
+        <v>2856</v>
       </c>
       <c r="M92" t="s">
-        <v>2838</v>
+        <v>2857</v>
       </c>
       <c r="N92" t="s">
-        <v>2839</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B93" t="s">
-        <v>2840</v>
+        <v>2859</v>
       </c>
       <c r="C93" t="s">
         <v>11</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>2841</v>
+        <v>2860</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>2842</v>
+        <v>2861</v>
       </c>
       <c r="H93" t="s">
-        <v>2843</v>
+        <v>2862</v>
       </c>
       <c r="I93" t="s">
-        <v>2844</v>
+        <v>2863</v>
       </c>
       <c r="J93" t="s">
-        <v>2225</v>
+        <v>2244</v>
       </c>
       <c r="K93" t="s">
-        <v>2845</v>
+        <v>2864</v>
       </c>
       <c r="L93" t="s">
-        <v>2846</v>
+        <v>2865</v>
       </c>
       <c r="M93" t="s">
-        <v>2847</v>
+        <v>2866</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B94" t="s">
-        <v>2848</v>
+        <v>2867</v>
       </c>
       <c r="C94" t="s">
         <v>11</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>2849</v>
+        <v>2868</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>2850</v>
+        <v>2869</v>
       </c>
       <c r="H94" t="s">
-        <v>2851</v>
+        <v>2870</v>
       </c>
       <c r="I94" t="s">
-        <v>2852</v>
+        <v>2871</v>
       </c>
       <c r="J94" t="s">
-        <v>2853</v>
+        <v>2872</v>
       </c>
       <c r="K94" t="s">
-        <v>2854</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B95" t="s">
-        <v>2855</v>
+        <v>2874</v>
       </c>
       <c r="C95" t="s">
         <v>11</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>2856</v>
+        <v>2875</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>2857</v>
+        <v>2876</v>
       </c>
       <c r="H95" t="s">
-        <v>2858</v>
+        <v>2877</v>
       </c>
       <c r="I95" t="s">
-        <v>2859</v>
+        <v>2878</v>
       </c>
       <c r="J95" t="s">
-        <v>2860</v>
+        <v>2879</v>
       </c>
       <c r="K95" t="s">
-        <v>2861</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B96" t="s">
-        <v>2862</v>
+        <v>2881</v>
       </c>
       <c r="C96" t="s">
         <v>11</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>2863</v>
+        <v>2882</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>2864</v>
+        <v>2883</v>
       </c>
       <c r="H96" t="s">
-        <v>2865</v>
+        <v>2884</v>
       </c>
       <c r="I96" t="s">
-        <v>2866</v>
+        <v>2885</v>
       </c>
       <c r="J96" t="s">
-        <v>2607</v>
+        <v>2626</v>
       </c>
       <c r="K96" t="s">
-        <v>2867</v>
+        <v>2886</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B97" t="s">
-        <v>2868</v>
+        <v>2887</v>
       </c>
       <c r="C97" t="s">
         <v>11</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>2869</v>
+        <v>2888</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>2870</v>
+        <v>2889</v>
       </c>
       <c r="H97" t="s">
-        <v>2871</v>
+        <v>2890</v>
       </c>
       <c r="I97" t="s">
-        <v>2872</v>
+        <v>2891</v>
       </c>
       <c r="J97" t="s">
-        <v>2873</v>
+        <v>2892</v>
       </c>
       <c r="K97" t="s">
-        <v>2874</v>
+        <v>2893</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B98" t="s">
-        <v>2875</v>
+        <v>2894</v>
       </c>
       <c r="C98" t="s">
         <v>11</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>2876</v>
+        <v>2895</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>2877</v>
+        <v>2896</v>
       </c>
       <c r="H98" t="s">
-        <v>2878</v>
+        <v>2897</v>
       </c>
       <c r="I98" t="s">
-        <v>2879</v>
+        <v>2898</v>
       </c>
       <c r="J98" t="s">
-        <v>2880</v>
+        <v>2899</v>
       </c>
       <c r="K98" t="s">
-        <v>2881</v>
+        <v>2900</v>
       </c>
       <c r="L98" t="s">
-        <v>2882</v>
+        <v>2901</v>
       </c>
       <c r="M98" t="s">
-        <v>2883</v>
+        <v>2902</v>
       </c>
       <c r="N98" t="s">
-        <v>2884</v>
+        <v>2903</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B99" t="s">
-        <v>2885</v>
+        <v>2904</v>
       </c>
       <c r="C99" t="s">
         <v>11</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>2886</v>
+        <v>2905</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>2887</v>
+        <v>2906</v>
       </c>
       <c r="H99" t="s">
-        <v>2888</v>
+        <v>2907</v>
       </c>
       <c r="I99" t="s">
-        <v>2889</v>
+        <v>2908</v>
       </c>
       <c r="J99" t="s">
-        <v>2890</v>
+        <v>2909</v>
       </c>
       <c r="K99" t="s">
-        <v>2891</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B100" t="s">
-        <v>2892</v>
+        <v>2911</v>
       </c>
       <c r="C100" t="s">
         <v>11</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>2893</v>
+        <v>2912</v>
       </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>2894</v>
+        <v>2913</v>
       </c>
       <c r="H100" t="s">
-        <v>2895</v>
+        <v>2914</v>
       </c>
       <c r="I100" t="s">
-        <v>2872</v>
+        <v>2891</v>
       </c>
       <c r="J100" t="s">
-        <v>2896</v>
+        <v>2915</v>
       </c>
       <c r="K100" t="s">
-        <v>2897</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B101" t="s">
-        <v>2898</v>
+        <v>2917</v>
       </c>
       <c r="C101" t="s">
         <v>11</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>2899</v>
+        <v>2918</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
-        <v>2900</v>
+        <v>2919</v>
       </c>
       <c r="H101" t="s">
-        <v>2901</v>
+        <v>2920</v>
       </c>
       <c r="I101" t="s">
-        <v>2902</v>
+        <v>2921</v>
       </c>
       <c r="J101" t="s">
-        <v>2896</v>
+        <v>2915</v>
       </c>
       <c r="K101" t="s">
-        <v>2903</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B102" t="s">
-        <v>2904</v>
+        <v>2923</v>
       </c>
       <c r="C102" t="s">
         <v>11</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
-        <v>2905</v>
+        <v>2924</v>
       </c>
       <c r="F102" t="s">
         <v>11</v>
       </c>
       <c r="G102" t="s">
-        <v>2906</v>
+        <v>2925</v>
       </c>
       <c r="H102" t="s">
-        <v>2907</v>
+        <v>2926</v>
       </c>
       <c r="I102" t="s">
-        <v>2908</v>
+        <v>2927</v>
       </c>
       <c r="J102" t="s">
-        <v>2896</v>
+        <v>2915</v>
       </c>
       <c r="K102" t="s">
-        <v>2909</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>2076</v>
+        <v>2095</v>
       </c>
       <c r="B103" t="s">
-        <v>2910</v>
+        <v>2929</v>
       </c>
       <c r="C103" t="s">
         <v>11</v>
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
-        <v>2911</v>
+        <v>2930</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
-        <v>2912</v>
+        <v>2931</v>
       </c>
       <c r="H103" t="s">
-        <v>2913</v>
+        <v>2932</v>
       </c>
       <c r="I103" t="s">
-        <v>2914</v>
+        <v>2933</v>
       </c>
       <c r="J103" t="s">
-        <v>2915</v>
+        <v>2934</v>
       </c>
       <c r="K103" t="s">
-        <v>2916</v>
+        <v>2935</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B2" t="s">
-        <v>2918</v>
+        <v>2937</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2919</v>
+        <v>2938</v>
       </c>
       <c r="H2" t="s">
-        <v>2920</v>
+        <v>2939</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B3" t="s">
-        <v>2921</v>
+        <v>2940</v>
       </c>
       <c r="C3" t="s">
-        <v>2922</v>
+        <v>2941</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2923</v>
+        <v>2942</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2924</v>
+        <v>2943</v>
       </c>
       <c r="H3" t="s">
-        <v>2925</v>
+        <v>2944</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B4" t="s">
-        <v>2926</v>
+        <v>2945</v>
       </c>
       <c r="C4" t="s">
-        <v>2927</v>
+        <v>2946</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2928</v>
+        <v>2947</v>
       </c>
       <c r="H4" t="s">
-        <v>2929</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B5" t="s">
-        <v>2930</v>
+        <v>2949</v>
       </c>
       <c r="C5" t="s">
-        <v>2931</v>
+        <v>2950</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2932</v>
+        <v>2951</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2933</v>
+        <v>2952</v>
       </c>
       <c r="H5" t="s">
-        <v>2934</v>
+        <v>2953</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B6" t="s">
-        <v>2935</v>
+        <v>2954</v>
       </c>
       <c r="C6" t="s">
-        <v>2936</v>
+        <v>2955</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2937</v>
+        <v>2956</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2938</v>
+        <v>2957</v>
       </c>
       <c r="H6" t="s">
-        <v>2939</v>
+        <v>2958</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B7" t="s">
-        <v>2940</v>
+        <v>2959</v>
       </c>
       <c r="C7" t="s">
-        <v>2936</v>
+        <v>2955</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2937</v>
+        <v>2956</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2941</v>
+        <v>2960</v>
       </c>
       <c r="H7" t="s">
-        <v>2942</v>
+        <v>2961</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B8" t="s">
-        <v>2943</v>
+        <v>2962</v>
       </c>
       <c r="C8" t="s">
-        <v>2944</v>
+        <v>2963</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2945</v>
+        <v>2964</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2946</v>
+        <v>2965</v>
       </c>
       <c r="H8" t="s">
-        <v>2947</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B9" t="s">
-        <v>2948</v>
+        <v>2967</v>
       </c>
       <c r="C9" t="s">
-        <v>2949</v>
+        <v>2968</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>2950</v>
+        <v>2969</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2951</v>
+        <v>2970</v>
       </c>
       <c r="H9" t="s">
-        <v>2952</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B10" t="s">
-        <v>2953</v>
+        <v>2972</v>
       </c>
       <c r="C10" t="s">
-        <v>2954</v>
+        <v>2973</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>2955</v>
+        <v>2974</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2956</v>
+        <v>2975</v>
       </c>
       <c r="H10" t="s">
-        <v>2957</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B11" t="s">
-        <v>2958</v>
+        <v>2977</v>
       </c>
       <c r="C11" t="s">
-        <v>2959</v>
+        <v>2978</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>2960</v>
+        <v>2979</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2961</v>
+        <v>2980</v>
       </c>
       <c r="H11" t="s">
-        <v>2962</v>
+        <v>2981</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B12" t="s">
-        <v>2963</v>
+        <v>2982</v>
       </c>
       <c r="C12" t="s">
-        <v>2964</v>
+        <v>2983</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>2965</v>
+        <v>2984</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2966</v>
+        <v>2985</v>
       </c>
       <c r="H12" t="s">
-        <v>2967</v>
+        <v>2986</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B13" t="s">
-        <v>2968</v>
+        <v>2987</v>
       </c>
       <c r="C13" t="s">
-        <v>2969</v>
+        <v>2988</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2965</v>
+        <v>2984</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2970</v>
+        <v>2989</v>
       </c>
       <c r="H13" t="s">
-        <v>2971</v>
+        <v>2990</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B14" t="s">
-        <v>2972</v>
+        <v>2991</v>
       </c>
       <c r="C14" t="s">
-        <v>2973</v>
+        <v>2992</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2974</v>
+        <v>2993</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2975</v>
+        <v>2994</v>
       </c>
       <c r="H14" t="s">
-        <v>2976</v>
+        <v>2995</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B15" t="s">
-        <v>2977</v>
+        <v>2996</v>
       </c>
       <c r="C15" t="s">
-        <v>2978</v>
+        <v>2997</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2979</v>
+        <v>2998</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2980</v>
+        <v>2999</v>
       </c>
       <c r="H15" t="s">
-        <v>2981</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2917</v>
+        <v>2936</v>
       </c>
       <c r="B16" t="s">
-        <v>2982</v>
+        <v>3001</v>
       </c>
       <c r="C16" t="s">
-        <v>2983</v>
+        <v>3002</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2984</v>
+        <v>3003</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2985</v>
+        <v>3004</v>
       </c>
       <c r="H16" t="s">
-        <v>2986</v>
+        <v>3005</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -22060,51 +22195,51 @@
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>181</v>
       </c>
       <c r="H27" t="s">
         <v>182</v>
       </c>
       <c r="I27" t="s">
         <v>37</v>
       </c>
       <c r="J27" t="s">
         <v>183</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -22116,2117 +22251,2143 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>184</v>
       </c>
       <c r="B2" t="s">
         <v>185</v>
       </c>
       <c r="C2" t="s">
         <v>186</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>187</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>188</v>
       </c>
       <c r="H2" t="s">
         <v>189</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>193</v>
+      </c>
+      <c r="H3" t="s">
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="H2" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B3" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C3" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="D3" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="E3" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="H3" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B4" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="C4" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="D4" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="E4" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="H4" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B2" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="C2" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="H2" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B3" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="C3" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="H3" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B4" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C4" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="H4" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B5" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="C5" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="H5" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B6" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="C6" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="H6" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B7" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="C7" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="H7" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B8" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="C8" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="H8" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B9" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="C9" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="H9" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B10" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="C10" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="H10" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B11" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C11" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="H11" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B12" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="H12" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B13" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="H13" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B14" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="C14" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="H14" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B15" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C15" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="H15" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B16" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="C16" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="H16" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="B17" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="H17" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B2" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="C2" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="D2" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="E2" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="H2" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B3" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="C3" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="D3" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="E3" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="H3" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B4" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="C4" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="D4" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="E4" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="H4" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B5" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="C5" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="D5" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="E5" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="H5" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B6" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="C6" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="D6" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="E6" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="H6" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B7" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="C7" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="D7" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="E7" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="H7" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B8" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="C8" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="D8" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="E8" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="H8" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B9" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="E9" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="H9" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B10" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C10" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="D10" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="E10" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="H10" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B11" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="C11" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="D11" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="E11" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="H11" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B12" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="C12" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="D12" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="E12" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="H12" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B13" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="C13" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="D13" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="E13" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="H13" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B14" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="C14" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="D14" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="E14" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="H14" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B15" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="C15" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="D15" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="E15" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="H15" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B16" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="C16" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="D16" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="E16" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="H16" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B17" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="C17" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="D17" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="E17" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="H17" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B18" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="C18" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="D18" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="E18" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="H18" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B19" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="C19" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="D19" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="E19" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="H19" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B20" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C20" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="D20" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="E20" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="H20" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="B21" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="C21" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="D21" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="E21" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="H21" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C2" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="D2" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="E2" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="H2" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B3" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="C3" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="D3" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="E3" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="H3" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="C4" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="D4" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="E4" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="H4" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B5" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="C5" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="D5" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="E5" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="H5" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B6" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="C6" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="D6" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="E6" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="H6" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B7" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="C7" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="H7" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B8" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="E8" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="H8" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B9" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="C9" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="H9" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B10" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="C10" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="D10" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="E10" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="H10" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B11" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="C11" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="D11" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="E11" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="H11" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B12" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="C12" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="D12" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="E12" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="H12" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B13" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="C13" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="D13" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="E13" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="H13" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B14" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="C14" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="D14" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="E14" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="H14" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B15" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="C15" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="D15" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
       <c r="E15" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="H15" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B16" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="C16" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="D16" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
       <c r="E16" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="H16" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B17" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="C17" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="D17" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="E17" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="H17" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B18" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="C18" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="D18" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="E18" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>501</v>
+        <v>506</v>
       </c>
       <c r="H18" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B19" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
       <c r="C19" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="D19" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="E19" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="H19" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B20" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="C20" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="D20" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="E20" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="H20" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B21" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="C21" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="D21" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="E21" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="H21" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B22" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C22" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="D22" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="E22" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="H22" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B23" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="C23" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="D23" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="E23" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
       <c r="H23" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B24" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="C24" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="D24" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="E24" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="H24" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B25" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="C25" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="D25" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="E25" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="H25" t="s">
-        <v>542</v>
+        <v>547</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B26" t="s">
-        <v>543</v>
+        <v>548</v>
       </c>
       <c r="C26" t="s">
-        <v>544</v>
+        <v>549</v>
       </c>
       <c r="D26" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="E26" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="H26" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B27" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
       <c r="C27" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="D27" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="E27" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="H27" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B28" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="C28" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="D28" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="E28" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="H28" t="s">
-        <v>559</v>
+        <v>564</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B29" t="s">
-        <v>560</v>
+        <v>565</v>
       </c>
       <c r="C29" t="s">
-        <v>561</v>
+        <v>566</v>
       </c>
       <c r="D29" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="E29" t="s">
-        <v>563</v>
+        <v>568</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>564</v>
+        <v>569</v>
       </c>
       <c r="H29" t="s">
-        <v>565</v>
+        <v>570</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="B2" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="C2" t="s">
-        <v>568</v>
+        <v>573</v>
       </c>
       <c r="D2" t="s">
-        <v>569</v>
+        <v>574</v>
       </c>
       <c r="E2" t="s">
-        <v>570</v>
+        <v>575</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>571</v>
+        <v>576</v>
       </c>
       <c r="H2" t="s">
-        <v>572</v>
+        <v>577</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="B3" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="C3" t="s">
-        <v>574</v>
+        <v>579</v>
       </c>
       <c r="D3" t="s">
-        <v>575</v>
+        <v>580</v>
       </c>
       <c r="E3" t="s">
-        <v>576</v>
+        <v>581</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>577</v>
+        <v>582</v>
       </c>
       <c r="H3" t="s">
-        <v>578</v>
+        <v>583</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="B4" t="s">
-        <v>579</v>
+        <v>584</v>
       </c>
       <c r="C4" t="s">
-        <v>580</v>
+        <v>585</v>
       </c>
       <c r="D4" t="s">
-        <v>581</v>
+        <v>586</v>
       </c>
       <c r="E4" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="H4" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="B5" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="C5" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="D5" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="E5" t="s">
-        <v>588</v>
+        <v>593</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>589</v>
+        <v>594</v>
       </c>
       <c r="H5" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="B6" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="C6" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="D6" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="E6" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="H6" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>