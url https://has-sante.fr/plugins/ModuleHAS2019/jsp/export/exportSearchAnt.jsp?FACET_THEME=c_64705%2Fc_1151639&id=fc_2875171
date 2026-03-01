--- v2 (2026-01-14)
+++ v3 (2026-03-01)
@@ -1,9161 +1,2726 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
-[...12 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
-[...12 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4673" uniqueCount="3006">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1286" uniqueCount="870">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Panorama</t>
-[...5 lines deleted...]
-    <t>Panorama des principales publications de la HAS sur la pertinence de l'imagerie</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Companion diagnostic test associated with a targeted therapy: definitions and assessment method</t>
+  </si>
+  <si>
+    <t>Stratified medicine is a therapeutic approach based on drug/diagnostic test associations. The objective of the diagnostic test is to use a marker predictive for the effect of the treatment in order to select the patients to whom it is administered so as to treat only the subpopulation that will benefit from it. In this context, demonstrating the efficacy of the treatment in a limited subpopulation identified by its status for the marker logically leads to the prescription of the treatment being restricted to this subpopulation in its marketing authorisation, making this test a regulatory requirement.</t>
+  </si>
+  <si>
+    <t>02/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/02/2024 10:56:00</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Description</t>
-[...833 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3545370/fr/examens-bases-sur-l-adn-libre-circulant-realises-dans-le-cadre-du-depistage-de-la-trisomie-21-opportunite-du-reperage-d-autres-anomalies-chromosomiques</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) assessed the relevance of detecting other chromosomal abnormalities by circulating foetal cell-free DNA (cfDNA) testing in maternal blood, performed in the context of screening for trisomy 21 (Down syndrome). The HAS recommends screening for trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 and 22 and noncryptic segmental abnormalities by cfDNA testing. The extension of the indications for cfDNA testing to women with an increased risk of aneuploidy (other than T21) is also recommended.</t>
+  </si>
+  <si>
+    <t>09/26/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2024 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
   </si>
   <si>
     <t>p_3545370</t>
   </si>
   <si>
-    <t>Évaluation de la performance et de la place de la mammographie par tomosynthèse dans le programme national de dépistage organisé du cancer du sein – Volet 2</t>
-[...83 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806160/fr/evaluation-de-la-recherche-des-papillomavirus-humains-hpv-en-depistage-primaire-des-lesions-precancereuses-et-cancereuses-du-col-de-l-uterus-et-de-la-place-du-double-immuno-marquage-p16/ki67</t>
+    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
+  </si>
+  <si>
+    <t>Since the decree of May 4, 2018, screening for cervical cancer has been based on a national organized screening program. In view of the evolution of the CCU screening context in France and the availability of new scientific data, the Directorate General of Health wanted the HAS to assess the place of the HPV test as well as the use of double immuno-labeling p16 / Ki67 in the primary screening strategy for precancerous and cancerous lesions of the CCU.</t>
+  </si>
+  <si>
+    <t>07/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
   </si>
   <si>
     <t>c_2806160</t>
   </si>
   <si>
-    <t>Évaluation a priori de l’extension du dépistage néonatal au déficit immunitaire combiné sévère en France par quantification des TRECs (T-cell receptor excision circles) - Feuille de route</t>
-[...116 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
-[...74 lines deleted...]
-    <t>Si le cancer de la prostate est en terme d'incidence le 2ème cancer chez l'homme, il n'arrive qu'en 7ème position en terme de mortalité. Le dosage de l'Antigène Spécifique de la Prostate (PSA) est très largement prescrit dans le cadre d'un dépistage individuel. Cette recommandation porte sur l'opportunité de la mise en place d'un dépistage systématique du cancer de la prostate par le dosage du PSA. A partir d'une analyse crtitique de la littérature, les dix critères établis par l'Organisation Mondiale de la Santé permettant de juger de la pertinence du dépistage d'une maladie ont été passés en revue. Une analyse médico-économique a également été réalisée.</t>
+    <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_461999/fr/opportunite-d-un-depistage-systematique-du-cancer-de-la-prostate-par-le-dosage-de-l-antigene-specifique-de-la-prostate</t>
+    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
-    <t>Dépistage du cancer du sein par mammographie : évaluation de la méta-analyse de Gotzsche et Olsen</t>
-[...275 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2819733/fr/prise-en-charge-de-l-endometriose</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Management of endometriosis</t>
+  </si>
+  <si>
+    <t>This clinical practice guidelines was developed by the French National Authority for Health (HAS) and the French College of Gynaecologists and Obstetricians (CNGOF) to update the 2006 CNGOF guideline on the management of endometriosis. The purpose of this guide is to help hospital and community based healthcare professionals offer patients the best possible information and management. This guideline deals with the diagnosis and management of peritoneal, ovarian and deep endometriosis. The management of adenomyosis is not addressed.</t>
+  </si>
+  <si>
+    <t>12/13/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/17/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819733/en/management-of-endometriosis</t>
   </si>
   <si>
     <t>c_2819733</t>
   </si>
   <si>
-    <t>Label INCa-HAS - Recommandations de bonne pratique clinique pour l’utilisation de la tomographie par émission de positrons (TEP) en cancérologie</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2794425/fr/syndrome-du-bebe-secoue-ou-traumatisme-cranien-non-accidentel-par-secouement</t>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
-    <t>Quand prescrire une électrophorèse des protéines sériques (EPS) et conduite à tenir en cas d'une immunoglobuline monoclonale</t>
-[...128 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272101/fr/indications-a-visee-diagnostique-de-l-endoscopie-digestive-haute-en-pathologie-oeso-gastro-duodenale-de-l-adulte-a-l-exclusion-de-l-echoendoscopie-et-l-enteroscopie</t>
+    <t>Diagnostic indications for upper gastrointestinal endoscopy in oesophageal and gastroduodenal disease in adults, excluding endoscopic ultrasonography and enteroscopy</t>
+  </si>
+  <si>
+    <t>These guidelines concern three issues:# 1. Which clinical signs and/or laboratory values should lead to oesophageal and gastroduodenal imaging or endoscopy, and which form of investigation should be used?# 2. What are the upper gastrointestinal indications for diagnosis and follow-up of gastro-oesophageal reflux, ulcers, and portal hypertension without bleeding?# 3. What are the indications for duodenal biopsy?</t>
+  </si>
+  <si>
+    <t>03/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272101/en/diagnostic-indications-for-upper-gastrointestinal-endoscopy-in-oesophageal-and-gastroduodenal-disease-in-adults-excluding-endoscopic-ultrasonography-and-enteroscopy</t>
   </si>
   <si>
     <t>c_272101</t>
   </si>
   <si>
-    <t>Classification en six catégories des images mammographiques en fonction du degré de suspicion de leur caractère pathologique - Correspondance avec le système BIRADS de l’American College of Radiology (ACR)</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272243/fr/conduite-a-tenir-devant-une-patiente-ayant-un-frottis-cervico-uterin-anormal-actualisation-2002</t>
+    <t>Management of a patient with an abnormal cervical smear - 2002 update</t>
+  </si>
+  <si>
+    <t>The aims of this update report are:# - to present the 2001 update of the Bethesda system,# - to compare the performance of the cervical smear in liquid-based medium to that of the conventional Papanicolaou smear,# - to assess the HPV test in terms of its reliability and its place in a management strategy after a cytological abnormality has been detected.# This report does not address ways and means of routine cervical smear screening for cervical cancer, nor the use of the HPV test as a screening tool for cervical cancer.#</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272243/en/management-of-a-patient-with-an-abnormal-cervical-smear-2002-update</t>
   </si>
   <si>
     <t>c_272243</t>
   </si>
   <si>
-    <t>Endoscopie digestive basse : indications en dehors du dépistage en population</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272348/fr/endoscopie-digestive-basse-indications-en-dehors-du-depistage-en-population</t>
+    <t>Indications for lower gastrointestinal endoscopy (excluding population screening)</t>
+  </si>
+  <si>
+    <t>These guidelines cover indications for lower gastrointestinal endoscopy in all cases except screening for colorectal cancer in the general population and except diagnostic strategies for iron-deficiency anaemia, upper gastrointestinal adenoma, primary sclerosing cholangitis and gastric polyposis in the form of cysts in the gastric fundus.</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272348/en/indications-for-lower-gastrointestinal-endoscopy-excluding-population-screening</t>
   </si>
   <si>
     <t>c_272348</t>
   </si>
   <si>
-    <t>Guide usagers</t>
-[...1091 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3591624/fr/sequencage-haut-debit-cible-des-panels-de-genes-dans-le-diagnostic-des-cardiomyopathies-hereditaires-rapport-d-evaluation</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
   </si>
   <si>
     <t>p_3591624</t>
   </si>
   <si>
-    <t>Imageries de seconde ligne dont la microscopie confocale in vivo pour le diagnostic et la cartographie préopératoire d’un mélanome</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3473354/fr/imageries-de-seconde-ligne-dont-la-microscopie-confocale-in-vivo-pour-le-diagnostic-et-la-cartographie-preoperatoire-d-un-melanome</t>
+    <t>Second-line non-invasive skin imaging techniques, including in vivo reflectance confocal microscopy (RCM), for the diagnosis and preoperative mapping of melanoma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The technology assessment aimed to determine the clinical utility of a new diagnostic strategy for melanoma, a form of pigmented skin cancer. This approach involved comparing a strategy using non-invasive second-line skin imaging, including in vivo confocal microscopy, with the reference strategy, in situations where the diagnosis of pigmented lesions (naevi) remains equivocal in dermoscopy or for preoperative mapping of the most complex cases of melanoma on the face, particularly Dubreuilh melanoma.</t>
+  </si>
+  <si>
+    <t>11/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/19/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/en/second-line-non-invasive-skin-imaging-techniques-including-in-vivo-reflectance-confocal-microscopy-rcm-for-the-diagnosis-and-preoperative-mapping-of-melanoma-inahta-brief</t>
   </si>
   <si>
     <t>p_3473354</t>
   </si>
   <si>
-    <t>Pertinence de prescrire la vitesse de sédimentation (VS) – Reste-t-il des indications à la VS – Rapport d’évaluation</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
   </si>
   <si>
     <t>p_3701090</t>
   </si>
   <si>
-    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale (maladies rares et oncogénétique)</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424326/fr/evaluation-de-l-endoscopie-sous-sommeil-induit-dans-le-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos-chez-les-adultes</t>
+    <t>Assessment of drug-induced sleep endoscopy (DISE) in adults with obstructive sleep apnoea (OSA) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Aim To evaluate the validity of funding of this procedure by the French National Health Insurance system: Assess the clinical utility, diagnostic performance and safety of drug-induced sleep endoscopy (DISE) to locate sites of upper airway obstruction in adults with obstructive sleep apnoea (OSA), via comparison with the usual strategy (including clinical assessment and awake endoscopy). In the event of a demonstrated clinical benefit, describe the conditions for optimum performance of this procedure.</t>
+  </si>
+  <si>
+    <t>04/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2025 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424326/en/assessment-of-drug-induced-sleep-endoscopy-dise-in-adults-with-obstructive-sleep-apnoea-osa-inahta-brief</t>
   </si>
   <si>
     <t>p_3424326</t>
   </si>
   <si>
-    <t>Activité du séquençage haut débit ciblé en génétique constitutionnelle postnatale financée dans le cadre du RIHN : programme des évaluations des actes de séquençage haut débit ciblé</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536022/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-tumeurs-stromales-gastro-intestinales-actualisation-d-avril-2025</t>
+    <t>Next generation sequencing gene panel for gastrointestinal stromal tumour care</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the benefit of using a next generation sequencing (NGS) gene panel for the clinical management of gastrointestinal stromal tumour (GIST) patients in routine clinical practice.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/16/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536022/en/next-generation-sequencing-gene-panel-for-gastrointestinal-stromal-tumour-care</t>
   </si>
   <si>
     <t>p_3536022</t>
   </si>
   <si>
-    <t>Diagnostic biologique des mycoplasmes urogénitaux dans les infections génitales basses – Rapport d'évaluation - Actualisation d'avril 2025</t>
-[...98 lines deleted...]
-    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>23/12/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
   <si>
-    <t>Dépistage de la tuberculose latente via un test de détection de la production d’interféron gamma (IGRA) avant initiation d’un traitement par un médicament de la classe des anti-JAK, dont SOTYKTU® (deucravacitinib)</t>
-[...77 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3535386/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-du-cancer-du-poumon-recherche-des-alterations-moleculaires-somatiques</t>
+    <t>Next generation sequencing gene panel for medical lung cancer care</t>
+  </si>
+  <si>
+    <t>Evaluation of the composition of a reimbursable gene panel (search for gene alteration by targeted high-throughput sequencing or NGS or SHD) in somatic genetics of lung cancer</t>
+  </si>
+  <si>
+    <t>05/23/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535386/en/next-generation-sequencing-gene-panel-for-medical-lung-cancer-care</t>
   </si>
   <si>
     <t>p_3535386</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblé d’un panel de gènes dans la prise en charge médicale de la leucémie lymphoïde chronique - Rapport d'évaluation</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3536003/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-dans-la-prise-en-charge-medicale-de-la-leucemie-lymphoide-chronique-rapport-d-evaluation</t>
+    <t>Targeted next generation sequencing gene panel in the medical management of chronic lymphocytic leukemia Brief INAHTAhta</t>
+  </si>
+  <si>
+    <t>This report aimed to assess the clinical benefit of a targeted next generation sequencing (NGS) gene panel in the management of chronic lymphocytic leukemia in routine care.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536003/en/targeted-next-generation-sequencing-gene-panel-in-the-medical-management-of-chronic-lymphocytic-leukemia-brief-inahtahta</t>
   </si>
   <si>
     <t>p_3536003</t>
   </si>
   <si>
-    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers</t>
-[...77 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3486036/fr/evaluation-du-test-salivaire-endotest-dans-les-situations-complexes-de-diagnostic-d-endometriose</t>
+    <t>Assessment of the Endotest® saliva test in complex endometriosis diagnosis situations</t>
+  </si>
+  <si>
+    <t>Aim To assess the self-referral by the HAS in July 2023 relating to the clinical utility of the Endotest® saliva test for complex endometriosis diagnosis situations. The objective is to inform the HAS Board’s decision with a view to determining whether reimbursement of the test by the French national health insurance system is valid in a relevant indication. At the time of the assessment, this 109-miRNA saliva signature test using a sophisticated next-generation sequencing method is in the validation phase and is the only test currently with CE marking in endometriosis.</t>
+  </si>
+  <si>
+    <t>12/21/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2024 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486036/en/assessment-of-the-endotest-saliva-test-in-complex-endometriosis-diagnosis-situations</t>
   </si>
   <si>
     <t>p_3486036</t>
   </si>
   <si>
-    <t>Biopsies ciblées dans le diagnostic du cancer de la prostate – Rapport d'évaluation</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3471037/fr/actualisation-2023-utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-rh-/her2-de-stade-precoce</t>
+    <t>2023 update: clinical utility of genomic signatures in early-stage HR-positive/HER2-negative breast cancer - InaHTA Brief</t>
+  </si>
+  <si>
+    <t>In 2019, the French National Authority for Health (HAS) evaluated the clinical utility of four genomic signatures (Oncotype Dx, Mammaprint, Prosigna, Endopredict) in early-stage hormone-receptor-positive (HR+) breast cancer with HER2-negative status (HER2-). Genomic signatures could be used as a guide to safely de-escalate adjuvant chemotherapy (ACT) in certain patient profiles in situations of clear decision-making uncertainty, with a low or favourable genomic score enabling the avoidance of unnecessary decisions to administer ACT. Based on the data available and the consultations carried out at the time, the HAS had returned an unfavourable opinion for coverage of testing for these four genomic signatures. But it issued a favourable opinion for temporary funding as part of a specific funding program for research and innovation (RIHN) to maintain access to these innovative tests in a potential population of interest. In 2021 and 2022, the publication of new intermediate data led to changes being made to several international guidelines, reporting a risk of loss of chance in terms of oncological outcome in some premenopausal patients aged 50 or under linked to genomic signatures. At the end of 2022, in view of this risk of loss of chance in terms of oncological outcome, the HAS decided to update its assessment of the four genomic signatures and to redefine the scope of the eligible target population to guarantee the oncological safety of patients and limit the risk of misuse by healthcare professionals</t>
+  </si>
+  <si>
+    <t>10/19/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471037/en/2023-update-clinical-utility-of-genomic-signatures-in-early-stage-hr-positive/her2-negative-breast-cancer-inahta-brief</t>
   </si>
   <si>
     <t>p_3471037</t>
   </si>
   <si>
-    <t>Évaluation des actes de dosage de la théophylline</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
+    <t>Screening for dihydropyrimidine dehydrogenase deficiency to decrease the risk of severe toxicities related to fluoropyrimidines (5-fluorouracil or capecitabine) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Each year in France, almost 80,000 new patients receive fluoropyrimidines, a group of anticancer drugs including 5-Fluorouracil [5-FU] and its prodrug capecitabine (Xeloda®), used to treat various types of cancer (mainly digestive, breast and head and neck cancer). Fluoropyrimidines-based chemotherapies , can cause severe toxicities (incidence at around 20%), and rarely but sometimes lethal toxicity (incidence between 0.1 and 1%). Part of these toxicities may be related to deficiency in the activity of the main enzyme enabling elimination of 5-FU, called dihydropyrimidine dehydrogenase (DPD). This deficiency can be partial (around 3 to 8% of individuals) or complete (between 0.01 and 0.5% of individuals). Therefore, the summary of product characteristics of fluoropyrimidines includes a contraindication to treatment in patients with complete DPD loss, and the recommendation for dose adjustment and careful monitoring in partially deficient patients. Beginning 2018, the French agency in charge of medicinal product safety ruled in favour of routine screening for DPD deficiency before treatment with fluoropyrimidine. In the absence of a previously established consensus as to the methods of implementation of the screening (detection of variants of the DPYD gene coding for DPD and/or determination of the activity of the DPD enzyme), the Institut National du Cancer (INCa) [French National Cancer Institute] was approached by the Ministry of Health to draw up recommendations for the said methods. Also, in order to enable reimbursement of the test selected to screen for DPD deficiency for all patients by the French health insurance system, regardless of the laboratory carrying out the test (public or private), its registration on the list of reimbursable medical biology procedures is necessary. This registration decision has to be made by the national health insurance fund, but a prior opinion from the Haute Autorité de Santé (HAS) [French National Authority for Health] is required. For this reason, the HAS decided to refer the matter to itself and to work jointly with the INCa to be able to return an opinion without delay</t>
+  </si>
+  <si>
+    <t>09/21/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Actes de tomoscintigraphie de perfusion myocardique par émission de positons</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3453213/fr/analyse-chromosomique-sur-puce-a-adn-acpa-en-contexte-postnatal</t>
+    <t>Comparative genomic hybridization array (CGHA)  analysis in postnatal context - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Comparative genomic hybridization array (CGHA) analysis is a molecular cytogenetic technology that is used to detect quantitative variations of the genome, corresponding to chromosomal material losses or gains (deletions, duplications, insertions, abnormal chromosome numbers, etc.) compared to a reference diploid genome. This pangenomic technology has a substantially higher resolution than standard karyotype, which is considered as the gold standard for whole genome analysis. A request was made for an assessment of this technique by HAS, from the French Ministry of Health and the National Health Insurance, with a view to permanent cover under common law. CGHA was previously assessed in 2019 by HAS for use in cancer care. The aim of this assessment was to determine the current benefit of CGHA use in the postnatal context, within the scope of routine care. This involved defining the indications of interest and the role of this technology in the diagnostic strategy, in the different clinical contexts in question, as well as the conditions of its implementation.</t>
+  </si>
+  <si>
+    <t>07/13/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
   </si>
   <si>
     <t>p_3453213</t>
   </si>
   <si>
-    <t>Echographie de contraste pour le diagnostic et le suivi du reflux vésico-urétéral chez l’enfant  – Note de cadrage</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3424746/fr/evaluation-du-test-metaglut1-dans-le-diagnostic-de-l-encephalopathie-par-deficit-en-transporteur-de-glucose-de-type-1</t>
+    <t>Evaluation of the METAglut1™ test in the diagnosis of glucose transporter type 1 deficiency syndrome - INAHTA  Brief</t>
+  </si>
+  <si>
+    <t>Glucose transporter type 1 (Glut1) deficiency syndrome is an encephalopathy characterised, in its typical form, by treatment-resistant infantile-onset epilepsy, slowed head circumference growth resulting in microcephaly, delayed psychomotor development, spasticity, ataxia, dysarthria and other paroxysmal neurological disorders. “Atypical” forms, including a very broad variety of phenotypes, are also described. The prevalence of the condition is between 1/83,000 and 1/24,000. The diagnosis of Glut1 deficiency syndrome is based on demonstration of hypoglycorrhachia as the reference test. This requires the performance of a lumbar puncture. An additional genetic test (molecular analysis of the SLC2A1 gene) can be used to confirm the diagnosis. The METAglut1™ test is an in vitro diagnostic medical device (IVDMD). The test is performed on a blood sample to detect a reduction in glucose transporter (Glut1) expression on the surface of circulating erythrocytes and therefore diagnose glucose transporter type 1 deficiency syndrome. In November 2017, METAFORA Biosystems SAS, the company that markets the METAglut1™ test, received the approval of the HAS to carry out a clinical study as part of the French “forfait innovation” innovation funding programme. The clinical study proposed in this context aimed to evaluate the diagnostic performance of the METAglut1™ test in patients with a clinical presentation compatible with glucose transporter type 1 deficiency syndrome, thereby providing the clinical data required for a procedure to be able to claim a sufficient expected clinical benefit. With the clinical study now completed, the French Directorate General of Healthcare Provision (DGOS) therefore consulted the HAS on 29 April 2022, with a view to assessing whether it would be appropriate for this test to be funded by the French National Health Insurance system. The objective of this work is to evaluate the diagnostic performance of the METAglut1™ test in comparison with glycorrhachia after lumbar puncture, in terms of sensitivity, specificity, positive predictive value and negative predictive value (NPV), in the diagnosis of glucose transporter type 1 deficiency syndrome, with a view to positioning the METAglut1™ test as a first-line test in place of glycorrhachia</t>
+  </si>
+  <si>
+    <t>03/30/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/27/2023 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424746/en/evaluation-of-the-metaglut1-test-in-the-diagnosis-of-glucose-transporter-type-1-deficiency-syndrome-inahta-brief</t>
   </si>
   <si>
     <t>p_3424746</t>
   </si>
   <si>
-    <t>Indications de l’échographie de contraste lors de suspicion de tumeur hépatique bénigne chez l’adulte sans cirrhose ni cancer</t>
-[...113 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3264825/fr/evaluation-de-la-compatibilite-irm-des-dispositifs-medicaux-implantables-par-la-cnedimts</t>
+    <t>CNEDiMTS assessment of the MRI compatibility of implantable medical devices</t>
+  </si>
+  <si>
+    <t>Between 2008 and 2018, the number of MRI units in public and private non-profit institutions practically doubled. In 2018, the number of procedures was estimated at 600,000 for hospitalised patients and 2.1 million for outpatients. Despite a growing number of MRI examination requests, this imaging technique exposes patients with certain types of implants to functional and even vital risks. Considering the diversity of MRI compatibility conditions of medical devices and the diversity of MRI compatibility information provided in manufacturer dossiers, along with technological developments in MRI and organisational constraints, the Medical Device and Health Technology Evaluation Committee (CNEDiMTS) decided to lay down principles for the assessment of the MRI compatibility of IMDs in its evaluations. This document also aims to characterise the information to be provided to the CNEDiMTS in the medico-technical dossiers submitted by manufacturers within the framework of a reimbursement request, so that the MRI compatibility information provided is standardised. The applicant will thus know in advance what data to provide to enable the CNEDiMTS to consider the MRI compatibility of implantable medical devices. Lastly, concerning MRI compatibility within defined conditions, this guide aims to clarify how the examinations should be prescribed and performed so that they are conducted under the best secured conditions.</t>
+  </si>
+  <si>
+    <t>10/19/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/18/2021 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264825/en/cnedimts-assessment-of-the-mri-compatibility-of-implantable-medical-devices</t>
   </si>
   <si>
     <t>p_3264825</t>
   </si>
   <si>
-    <t>Détection de l’ARN des papillomavirus humain (HPV) à haut risque dans le cadre du dépistage primaire du cancer du col utérin</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3305614/fr/detection-de-l-arn-des-papillomavirus-humain-hpv-a-haut-risque-dans-le-cadre-du-depistage-primaire-du-cancer-du-col-uterin</t>
+    <t>Detection of high-risk human papilloma virus (HPV) RNA as part of primary prevention of cervical cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Directorate-General for Health has asked HAS to determine whether HPV RNA can be detected in the same way as HPV DNA, as part of primary screening of precancerous conditions of the cervix, in women age 30 to 65. Three assessment subjects were selected to answer to this request: Subject 1: Is the diagnostic validity of the RNA HPV test different from the diagnostic validity of the DNA HPV test approved for the detection of precancerous conditions of the cervix as part of primary screening? Subject 2: What is the long-term performance of the RNA HPV test compared to that of the DNA HPV test? Subject 3: Is the diagnostic validity of an RNA HPV test on a self sample (SPV) equivalent to the RNA HPV test on a cervical sample collected by a professional (i.e. physician-collected)</t>
+  </si>
+  <si>
+    <t>12/16/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2021 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305614/en/detection-of-high-risk-human-papilloma-virus-hpv-rna-as-part-of-primary-prevention-of-cervical-cancer-inahta-brief</t>
   </si>
   <si>
     <t>p_3305614</t>
   </si>
   <si>
-    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Définition des conditions de réalisation des tests de détection des mutations activatrices de l’EGFR et des mutations BRAF, NRAS, et KRAS</t>
-[...113 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
+    <t>Clinical usefulness of vitamin B1 testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The National Health Insurance asked the HAS to determine whether reimbursement of vitamin B1 testing, currently only applying to public hospitals, should be extended to other care structures or not. This assessment is therefore carried out in the context of controlling medical expenditure. Two main subjects were selected for assessing the clinical usefulness of vitamin B1 testing: Subject 1: Is there a consensual reference interval for defining vitamin B1 deficiency? Is having a vitamin B1 result lower than the reference interval an indicator of an increase in the risk of deficiency-related complications? Subject 2: Where a reference interval exists, does vitamin B1 supplementation guided by the test result improve the benefit/risk ratio compared to supplementation initiated without this data?</t>
+  </si>
+  <si>
+    <t>03/18/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/22/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3186171</t>
   </si>
   <si>
-    <t>Méta-analyse de l’intérêt diagnostique des tests RT-PCR salivaires de détection du SARS-CoV-2</t>
-[...77 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213483/fr/revue-rapide-sur-les-tests-de-detection-antigenique-du-virus-sars-cov-2</t>
+    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
+  </si>
+  <si>
+    <t>The only diagnostic test currently recommended for early diagnosis of COVID-19 is the RT-PCR molecular test used to detect the SARS-CoV-2 coronavirus genome Serological tests are not recommended in the context of early diagnosis of COVID-19 infec-tion during the first week following the onset of symptoms Serological tests are unable to determine how contagious an individual is Serological tests are only able to determine whether an individual has produced antibodies in response to SARS-CoV-2 virus infection Antibody production kinetics against the virus remain poorly characterised to date primarily in asymptomatic subjects. The potential period of protection is also poorly elucidated It is critically important to be able to validate serological tests based on their initial analytical and clinical performances as of now, prior to their purchase and use in routine practice For this reason, the HAS has provided these specifications setting out the quality and require-ment level criteria for all serological tests detecting specific antibodies targeted against SARS-CoV-2 with a view to facilitating their development and assessment The minimum threshold values estimated by the HAS are 98% for clinical specificity, and 90% or 95% according to test use for clinical sensitivity The HAS recommends obtaining the findings of the performance assessments conducted based on the information contained in these specifications prior to any purchase and use of serological tests The strategy of use of these tests will be specified in a future review</t>
+  </si>
+  <si>
+    <t>10/08/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/19/2020 21:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213483/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
   </si>
   <si>
     <t>p_3213483</t>
   </si>
   <si>
-    <t>Mesure du monoxyde d’azote (NO) nasal pour le diagnostic de dyskinésie ciliaire primitive</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3169291/fr/mesure-du-monoxyde-d-azote-no-nasal-pour-le-diagnostic-de-dyskinesie-ciliaire-primitive</t>
+    <t>Nasal nitric oxide (NO) measurement as a diagnostic test for primary ciliary dyskinesia (PCD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assess the diagnostic performances and the clinical usefulness of nasal nitric oxide (NO) measurement as a diagnostic test for primary ciliary dyskinesia (PCD), and describe the practice requirements for the test, in view of its reimbursement by the National Health Insurance</t>
+  </si>
+  <si>
+    <t>09/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/16/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169291/en/nasal-nitric-oxide-no-measurement-as-a-diagnostic-test-for-primary-ciliary-dyskinesia-pcd-inahta-brief</t>
   </si>
   <si>
     <t>p_3169291</t>
   </si>
   <si>
-    <t>Intérêt du dosage de calprotectine fécale pour le diagnostic de rechute de maladie inflammatoire chronique intestinale (MICI) chez des sujets ne présentant ni évacuation fécale sanglante ni élévation de la concentration sérique de protéine C réactive</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3179992/fr/place-des-tests-serologiques-dans-la-strategie-de-prise-en-charge-de-la-maladie-covid-19</t>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
   </si>
   <si>
     <t>p_3179992</t>
   </si>
   <si>
-    <t>Ligature des artères hémorroïdaires avec guidage Doppler, suivie d’une mucopexie</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080503/fr/actes-de-preparation-qualification-et-selection-d-un-echantillon-tissulaire-ou-cellulaire-pour-analyse-de-genetique-somatique-des-cancers</t>
+    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysisThe objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysis</t>
+  </si>
+  <si>
+    <t>12/18/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/27/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
   </si>
   <si>
     <t>p_3080503</t>
   </si>
   <si>
-    <t>Évaluation de l’analyse chromosomique sur puce à ADN (ACPA) en cancérologie</t>
-[...116 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2748998/fr/utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-de-stade-precoce-rapport-d-evaluation</t>
+    <t>Clinical utility of genomic signatures in early-stage breast cancer - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Evaluate the clinical utility of four genomic signatures (GS) , currently and temporarily funded on a conditional basis as part of a specific funding program for research and innovation (known in France as RIHN). The aim of the evaluation is to assess funding eligibility for the traditional reimbursement schemes offered by the National Health Insurance Fund</t>
+  </si>
+  <si>
+    <t>01/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/11/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748998/en/clinical-utility-of-genomic-signatures-in-early-stage-breast-cancer-inahta-brief</t>
   </si>
   <si>
     <t>c_2748998</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la distomatose à Fasciola hepatica - Argumentaire</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2861927/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-distomatose-a-fasciola-hepatica-argumentaire</t>
+    <t>Updating of medical pathology procedures concerning the diagnosis of fasciolosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Distomatoses are zoonoses caused by trematodes. In France, only hepatobiliary distomatosis, or fasciolosis, also known as liver fluke, is pathogenic to humans. Cases are rare and sporadic. During the invasion phase, the disease presents with aspecific digestive disorders, asthenia and myalgia. Complications are mechanical and inflammatory: obstructive jaundice, episodes of biliary colic, cholangitis or cholecystitis. Biological diagnosis is based primarily on the detection of antibodies in serum. The aim of this work is to draw up the list of serological diagnostic techniques currently relevant to the diagnosis of fasciolosis</t>
+  </si>
+  <si>
+    <t>06/20/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2018 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861927/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-fasciolosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2861927</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la cysticercose - Argumentaire</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823986/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-cysticercose-argumentaire</t>
+    <t>Updating of medical pathology procedures concerning the diagnosis of cysticercosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Cysticercosis is the infection of humans by the larval stage of Taenia solium, a tapeworm of the class Cestoda, that parasitises the small intestine. It is found primarily in tropical and sub-tropical regions, though it persists in some European countries. The three most commonly encountered forms of cysticercosis are: i) subcutaneous and muscular cysticercosis, ii) neurocysticercosis and iii) ocular cysticercosis. According to the WHO, 30% of cases of epilepsy worldwide could be ascribed to neurocysticercosis. This would represent between 2.56 and 8.30 million cases of neurocysticercosis per 50,000 deaths per year. Cysticercosis is difficult to diagnose due to the low specificity of the clinical signs and to the time to onset of symptoms after infection. Biological diagnosis is based primarily on the detection of antibodies in serum or cerebrospinal fluid</t>
+  </si>
+  <si>
+    <t>07/05/2018 10:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823986/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-cysticercosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2823986</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la trichinellose - Argumentaire</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2860414/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-trichinellose-argumentaire</t>
+    <t>Updating of medical pathology procedures concerning the diagnosis of trichinellosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Trichinellosis is a cosmopolitan zoonosis transmitted by eating raw meat contaminated with a nematode of the genus Trichinella. Between 2001 and 2003 in France, there were approximately ten confirmed cases. In humans, trichinellosis occurs in the form of small sporadic epidemics. Human trichinellosis generally starts with diarrhoea and high fever, facial oedema and myalgia. Depending on the occurrence of neurological or cardiac complications, the prognosis may be dramatic. Depending on the extent of contamination, human trichinellosis may go unnoticed, be limited to palpebral oedema, or be fatal following allergic shock. Biological diagnosis relies on serology and possibly muscle biopsy. The aim of this work is to draw up the list of serological diagnostic techniques currently relevant to the diagnosis of trichinellosis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860414/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-trichinellosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2860414</t>
   </si>
   <si>
-    <t>Dosage de la vitamine C dans le sang</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Actualisation de la nomenclature des actes de biologie médicale pour le diagnostic et le suivi des filarioses</t>
-[...2 lines deleted...]
-    <t>Diagnostic biologique concernant les filarioses tropicales les plus fréquentes (loase, mansonelloses, filariose lymphatique, onchocercose) et pouvant être retrouvées en zones non endémiques chez des individus provenant des zones exposées (migrants, expatriés, voyageurs).</t>
+    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
   </si>
   <si>
     <t>04/04/2018 00:00:00</t>
   </si>
   <si>
-    <t>16/04/2018 17:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2801837/fr/actualisation-de-la-nomenclature-des-actes-de-biologie-medicale-pour-le-diagnostic-et-le-suivi-des-filarioses</t>
+    <t>04/16/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2801837</t>
   </si>
   <si>
-    <t>Évaluation de l’acte de recherche ou de quantification du gène de fusion BCR-ABL par RT-PCR dans le diagnostic et le suivi thérapeutique des leucémies myéloïdes chroniques et des leucémies lymphoblastiques aiguës</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2774575/fr/evaluation-de-l-acte-de-recherche-ou-de-quantification-du-gene-de-fusion-bcr-abl-par-rt-pcr-dans-le-diagnostic-et-le-suivi-therapeutique-des-leucemies-myeloides-chroniques-et-des-leucemies-lymphoblastiques-aigues</t>
+    <t>Assessment of BCR-ABL fusion gene testing or quantification using RT-PCR in the diagnosis and therapeutic follow-up of chronic myeloid leukaemias and acute lymphoblastic leukaemias - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The BCR-ABL fusion gene, also called the Philadelphia gene or chromosome Ph1, is the result of a reciprocal translocation between chromosomes 9 and 22. The BCR-ABL fusion gene codes for a fusion protein with a deregulated tyrosine kinase activity, which activates various mechanisms involved in cell multiplication. The BCR-ABL fusion gene is present in all chronic myeloid leukaemias (CML), 3 to 5% of acute lymphoblastic leukaemias (ALL) in children and between 15 to 30% of ALL in adults. Therefore, routine testing is done when CML or ALL is suspected. The BCR-ABL fusion gene is evidenced by cytogenetics (karyotype), molecular cytogenetics (FISH), or by RT-PCR. BCR-ABL fusion transcript can also be quantified by quantitative PCR (RT-qPCR). Currently, only BCR-ABL fusion gene testing is included in the list of the laboratory medicine procedures reimbursement by the health insurance system in France (NABM). BCR-ABL transcript testing by molecular biology is included in the additional list of laboratory medicine and anatomo-cytopathology procedures outside of the nomenclature</t>
+  </si>
+  <si>
+    <t>11/08/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>11/13/2017 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774575/en/assessment-of-bcr-abl-fusion-gene-testing-or-quantification-using-rt-pcr-in-the-diagnosis-and-therapeutic-follow-up-of-chronic-myeloid-leukaemias-and-acute-lymphoblastic-leukaemias-inahta-brief</t>
   </si>
   <si>
     <t>c_2774575</t>
   </si>
   <si>
-    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
+    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Pneumocystis Pneumonia (bilateral pneumonitis caused by human-specific fungus Pneumocystis jirovecii) in immunosuppressed individuals. It focuses on direct identification of specific fungal organisms by microscopic methods (immunofluorescence -IF, staining methods) and Pneumocystis-specific DNA detection by polymerase chain reaction (PCR) in respiratory fluid samples. In addition, it evaluates the dosage of the soluble antigen β -(1-3)- D - glucane (BG) in blood</t>
+  </si>
+  <si>
+    <t>09/27/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des candidoses invasives</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
+    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the assessment request made by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) for review of procedures listed in the Nomenclature of Procedures in Laboratory Medicine (NABM), this work focused on assessing the proposed changes to the wording for laboratory diagnosis of candidiasis. This request concerns only screening for anti-Candida serum antibodies and soluble antigens, and does not deal with mycological identification procedures</t>
+  </si>
+  <si>
+    <t>10/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Évaluation du dosage sérique de l’hormone anti-müllérienne</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749006/fr/evaluation-du-dosage-serique-de-l-hormone-anti-mullerienne</t>
+    <t>Assessment of anti-Müllerian hormone serum assay - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The primary aim of this discussion paper is to assess the usefulness of the anti-Müllerian hormone assay procedure (AMH) with a view to its inclusion in the NABM (Nomenclature of Procedures in Laboratory Medicine)</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/26/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749006/en/assessment-of-anti-mullerian-hormone-serum-assay-inahta-brief</t>
   </si>
   <si>
     <t>c_2749006</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et au suivi de l’hépatite E</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2657506/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-au-suivi-de-l-hepatite-e</t>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis and follow-up of hepatitis E - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the Health Insurance proposals to update the list of procedures involved in the diagnosis and follow-up of viral hepatitis E (detection of RNA and detection of serum antibodies), by specifying their indications and the techniques used. The aim of this work is not to assess the treatment, screening or overall management of this type of hepatitis</t>
+  </si>
+  <si>
+    <t>07/25/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657506/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-follow-up-of-hepatitis-e-inahta-brief</t>
   </si>
   <si>
     <t>c_2657506</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des échinococcoses larvaires</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749012/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-echinococcoses-larvaires</t>
+    <t>Update of laboratory medicine procedures related to the diagnosis of larval echinococcosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Echinococcosis is a zoonotic disease caused by tapeworm larvae of the genus Echinococcus. The aim of this report was to review the serological techniques for detecting anti-Echinococcus antibodies that are currently validated for initial testing, confirming diagnosis and follow-up of treated patients. . This work responds to a request from French National Health Insurance regarding updating the list of Procedures in Medical Biology (NABM ) that it reimburses. This request envisaged limiting initial testing to enzyme immunoassay techniques (EIA/ELISA) and indirect haemagglutination (IHA), confirmation to the Western blot (WB), and finally to specify in the wording of the follow-up that the technique used must be quantitative</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749012/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-larval-echinococcosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2749012</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la leishmaniose</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2751691/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-leishmaniose</t>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis of leishmaniasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the tests used to detect Leishmania DNA and serum antibodies in the diagnosis and follow-up of leishmaniasis by specifying their indications and the techniques used</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751691/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-leishmaniasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2751691</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Diagnostic biologique de la toxoplasmose chez les patients immunodéprimés - Patients infectés par le VIH, greffés de cellules souches hématopoïétiques et transplantés d’organe</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2770361/fr/diagnostic-biologique-de-la-toxoplasmose-chez-les-patients-immunodeprimes-patients-infectes-par-le-vih-greffes-de-cellules-souches-hematopoietiques-et-transplantes-d-organe</t>
+    <t>Laboratory diagnosis of toxoplasmosis in immunocompromised patients HIV-infected patients, haematopoietic stem cell transplant recipients and solid organ transplant recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment corresponds to the second part of a response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS - National Health Insurance fund for salaried workers), which wishes to update the Nomenclature des actes de biologie médicale (NABM - Nomenclature of Procedures in Laboratory Medicine) in relation to procedures for the laboratory diagnosis of toxoplasmosis. This parasitic disease, caused by the protozoan Toxoplasma gondii, groups together some very distinct clinical and biological contexts. A first part of the assessment, validated in February 2017, concerned the laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant women), congenital toxoplasmosis and ocular toxoplasmosis. This second part focuses on diagnostic tests for toxoplasmosis in immunocompromised patients, in particular patients infected with human immunodeficiency virus (HIV), and haematopoietic stem cell transplant (HSCT) or solid organ transplant recipients</t>
+  </si>
+  <si>
+    <t>05/24/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2017 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770361/en/laboratory-diagnosis-of-toxoplasmosis-in-immunocompromised-patients-hiv-infected-patients-haematopoietic-stem-cell-transplant-recipients-and-solid-organ-transplant-recipients-inahta-brief</t>
   </si>
   <si>
     <t>c_2770361</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la strongyloïdose (anguillulose)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2729708/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-strongyloidose-anguillulose</t>
+    <t>Update of laboratory medicine procedures related to the diagnosis of strongyloidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the proposals to amend the diagnostic procedures for strongyloidiasis – testing for larvae in the stool and serum antibody testing – by specifying their indications and the techniques used</t>
+  </si>
+  <si>
+    <t>04/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>04/25/2017 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729708/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-strongyloidiasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2729708</t>
   </si>
   <si>
-    <t>Modification de la Nomenclature des actes de biologie médicale pour l’acte de suivi thérapeutique des patients infectés par Treponema pallidum (bactérie responsable de la syphilis)</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2752929/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-l-acte-de-suivi-therapeutique-des-patients-infectes-par-treponema-pallidum-bacterie-responsable-de-la-syphilis</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the procedure for therapeutic monitoring of patients infected with Treponema pallidum (bacterium responsible for syphilis) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This concerns a request from the Union nationale des caisses d’assurance maladie (UNCAM) [Association of Health Insurance Funds] sent in June 2014 and included in the 2015 HAS work programme. UNCAM wishes to modify the Nomenclature of Procedures in Laboratory Medicine (NABM) for research into Treponema pallidum (bacteria responsible for syphilis). A new algorithm replacing the current algorithm was proposed by UNCAM together with CNR-Syphilis [Centre National de Référence de la Syphilis - National Syphilis Reference Centre]. The algorithm currently in force in the Nomenclature of Procedures in Laboratory Medicine requires the completion of a treponemal test (TT) and a non treponemal test (NTT) as part of a screening process. They are manual tests and are a tedious job. The algorithm proposed in the request aims primarily to replace the systematic combination of a TT and a NTT with a single treponemal total Ig test using a method that can be reproduced and automated; it uses ELISA (Enzyme-Linked ImmunoSorbent Assay) techniques or related ones such as the EIA (Enzyme ImmunoAssays) or the CMIA (Chemiluminescent Magnetic microparticle ImmunoAssay); these tests, as well as being very sensitive, have a number of practical advantages related to automation. The concern of the request was therefore to ensure that the proposed change was not going to cause a decline in quality in detection that would lead to disregarding cases of infected patients (appearance of false negatives based on a single automated TT)</t>
+  </si>
+  <si>
+    <t>03/22/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/28/2017 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752929/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-procedure-for-therapeutic-monitoring-of-patients-infected-with-treponema-pallidum-bacterium-responsible-for-syphilis-inahta-brief</t>
   </si>
   <si>
     <t>c_2752929</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic sérologique de la toxocarose (Larva migrans viscérale)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680723/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-serologique-de-la-toxocarose-larva-migrans-viscerale</t>
+    <t>Update of laboratory medicine procedures related to the serodiagnosis of toxocariasis (visceral larva migrans) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report was to review the serological techniques for detecting Toxocara antibodies that are currently validated for initial testing (screening) and confirming diagnosis of toxocariasis (visceral larva migrans), to respond to a request from National Health Insurance regarding updating the list of laboratory medicine procedures that it reimburses. This request envisaged limiting initial testing to immunoenzyme techniques and confirmation to the Western blot</t>
+  </si>
+  <si>
+    <t>03/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2017 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680723/en/update-of-laboratory-medicine-procedures-related-to-the-serodiagnosis-of-toxocariasis-visceral-larva-migrans-inahta-brief</t>
   </si>
   <si>
     <t>c_2680723</t>
   </si>
   <si>
-    <t>Diagnostic biologique de la toxoplasmose acquise du sujet immunocompétent (dont la femme enceinte), la toxoplasmose congénitale (diagnostic pré- et postnatal) et la toxoplasmose oculaire</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
+    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment is in response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) to update the Nomenclature of Procedures in Laboratory Medicine (NABM) in relation to procedures for laboratory diagnosis of toxoplasmosis. This assessment focuses on diagnostic tests for toxoplasmosis in the following contexts: acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis</t>
+  </si>
+  <si>
+    <t>02/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la schistosomose (bilharziose)</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2678400/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-schistosomose-bilharziose</t>
+    <t>Assessment of laboratory medicine procedures related to the diagnosis of schistosomiasis (bilharzia) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications for the procedures for which changes are proposed and the techniques used in the diagnosis and follow-up of schistosomiasis (bilharzia)</t>
+  </si>
+  <si>
+    <t>01/18/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/24/2017 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2678400/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-schistosomiasis-bilharzia-inahta-brief</t>
   </si>
   <si>
     <t>c_2678400</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et à la prise en charge des hépatites B, C et D</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
+    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the update of the laboratory medicine procedures, reimbursement by the health insurance system in France, and to identify the indications of the procedures indicated in the diagnosis and follow-up of viral hepatitis B, C and D</t>
+  </si>
+  <si>
+    <t>01/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/16/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
   </si>
   <si>
     <t>c_2653624</t>
   </si>
   <si>
-    <t>Évaluation des actes de diagnostic biologique des infections à Plasmodium</t>
-[...5 lines deleted...]
-    <t>07/12/2016 00:00:00</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of malaria (protozoan Plasmodium infections). It focuses on immunochromatographic method (rapid diagnostic tests or RDT) for detection of parasite proteins in blood, on specific Plasmodium antibodies detection and also on parasite identification on blood smears using light microscopy. This study was conducted with a view to inclusion or changes in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>12/07/2016 00:00:00</t>
   </si>
   <si>
     <t>12/12/2016 14:55:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2636855/fr/evaluation-des-actes-de-diagnostic-biologique-des-infections-a-plasmodium</t>
+    <t>https://www.has-sante.fr/jcms/c_2636855/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
   </si>
   <si>
     <t>c_2636855</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des coronaropathies chroniques stables</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2725332/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-coronaropathies-chroniques-stables</t>
+    <t>Evaluation of non-invasive cardiac imaging in diagnosis of chronic coronary artery disease - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment originates from three different requests: from the Ministry of Health, the National Health Insurance and professional cardiology and radiology organisations. The objective is to define the place of non-invasive cardiac imaging tests in the diagnostic management of stable coronary artery disease in patients with an intermediate risk (or pretest probability). The objective being to reserve coronary angiography, an invasive test, for patients for whom it is essential (in light of a possible coronary revascularisation). The non-invasive imaging tests involved in this report are: exercise or pharmacological stress echocardiography, coronary CT scan, pharmacological stress MRI, exercise or pharmacological stress myocardial tomography (SPECT), and positron emission tomography (PET) with 18FDG. It should be noted that a first part addressing non-invasive cardiac imaging in non-ST-segment elevation acute coronary syndrome (ACS) at low cardiovascular risk was published by HAS in March 2015</t>
+  </si>
+  <si>
+    <t>11/10/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2016 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725332/en/evaluation-of-non-invasive-cardiac-imaging-in-diagnosis-of-chronic-coronary-artery-disease-inahta-brief</t>
   </si>
   <si>
     <t>c_2725332</t>
   </si>
   <si>
-    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
+    <t>The aim of this work is to evaluate the detection of C. difficile glutamate dehydrogenase using an enzyme immunoassay or immunochromatography method and the detection of this bacterium’s deoxyribonucleic acid, more specifically that which codes the toxins A and/or B, using a nucleic acid amplification test (NAAT). This study was conducted with a view to inclusion in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>07/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/28/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
+    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>National Health Insurance wishes to change the list of refundable procedures in laboratory medicine in respect of diagnostic tests for infections due to the herpes simplex virus (types 1 and 2, HSV-1/-2) and the varicella-zoster virus (VZV), viruses that belong to the family Herpesviridae, within the context of mother-to-child transmission (or the "mother/child setting"). The proposed changes, which have been specified by the national reference laboratory for these viruses, focus on the inclusion of testing for their DNA in various contexts and samples using PCR, the removal of other techniques for direct virus detection (direct immunological diagnosis and specific cultures), and the inclusion, the removal or the restriction of serological tests. The aim is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of the application and whether they therefore support the proposals submitted by the applicant, so as to formulate an opinion relating to these proposals</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
   <si>
-    <t>Évaluation de la recherche du méningocoque (Neisseria meningitidis) et du pneumocoque (Streptococcus pneumoniae) par amplification génique dans le diagnostic des méningites</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
+    <t>Assessment of tests for meningococci (Neisseria meningitidis) and pneumococci (Streptococcus pneumoniae) using gene amplification in the diagnosis of meningitis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this study is to assess gene amplification (polymerase chain reaction, PCR) tests in the diagnosis of meningitis suspected of being bacterial for meningococci (Neisseria meningitidis) and pneumococci (Streptococus pneumoniae) . The aim of this work is to analyse the consistency between, firstly, the request, and secondly good clinical practice guidelines and the opinions of professionals, with a view to the inclusion on the list of medical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
   </si>
   <si>
     <t>c_2589730</t>
   </si>
   <si>
-    <t>Examens biologiques de recherche du virus d’Epstein Barr (EBV) dans la prise en charge du carcinome du rhinopharynx</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620035/fr/alternative-s-a-la-scintigraphie-de-perfusion-en-cas-de-suspicion-d-embolie-pulmonaire-non-massive-chez-la-femme-enceinte-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
+    <t>Alternative(s) to perfusion scintigraphy in case of suspected non-massive pulmonary embolism in pregnant women in the event of a complete shortage of technetium-99m - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Due to several periods of worldwide supply shortage of technetium-99m (Tc-99m), a radioactive element needed to perform lung perfusion scintigraphy in case of suspected non-massive pulmonary embolism (PE), the Ministry of Health (DGS) asked HAS to determine if, in the event of complete shortage of this isotope, one (or more) test(s) could replace it without risk to the pregnant woman. Currently, Tc-99m lung perfusion scintigraphy is the medical imaging test of choice in pregnant women initially without signs of shock or hypotension (especially if the triage chest x-ray is normal) when this test is readily accessible for the clinician. Offering good diagnostic performances, lung perfusion scintigraphy is not very radiating for the mother and foetus. The objective of this assessment was not to question the current standard strategy in this situation or to establish good practice guidelines</t>
+  </si>
+  <si>
+    <t>02/17/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/08/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
   </si>
   <si>
     <t>c_2620035</t>
   </si>
   <si>
-    <t>Détection par RT-PCR du virus Zika dans le sang et les urines</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2613150/fr/detection-par-rt-pcr-du-virus-zika-dans-le-sang-et-les-urines</t>
+    <t>Zika virus RT-PCR testing in blood and urine - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Zika virus is a flavivirus transmitted by mosquito bites. Since May 2015, this virus has been the source of a major epidemic in Brazil, which then quickly spread in Central and South America, as well as in the Caribbean, and today affects the French Departments of the Americas (DFA), in particular Martinique and Guyana. Most infected individuals do not have any symptoms and in symptomatic cases, the disease is usually mild. However, an unusual increase in cases of foetal or neonatal microcephaly as well as Guillain-Barré syndrome (GBS), concurrent with the Zika virus epidemic, led the WHO to declare that this epidemic constituted a “public health emergency of international concern”, even if the causal links are not fully demonstrated to date. In this context, considering the current epidemiological situation in the DFA and the potential risk in mainland France in areas where the mosquito is present, HAS was asked by the Ministry of Health to urgently obtain an opinion on the direct detection test of the virus by RT-PCR in blood and urine. This test can confirm or refute the diagnosis of Zika virus infection in a subject suspected to be infected due to the occurrence of certain suggestive symptoms. This opinion will allow the registration of this test in the Nomenclature of Procedures in Laboratory Medicine (NABM).</t>
+  </si>
+  <si>
+    <t>03/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2016 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613150/en/zika-virus-rt-pcr-testing-in-blood-and-urine-inahta-brief</t>
   </si>
   <si>
     <t>c_2613150</t>
   </si>
   <si>
-    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598203/fr/evaluation-de-l-amplification-genique-pour-le-diagnostic-des-infections-a-herpesviridae-cytomegalovirus-virus-herpes-simplex-et-varicelle-zona-chez-les-personnes-vivant-avec-le-vih</t>
+    <t>Evaluation of gene amplification for the diagnosis of Herpesviridae infections (cytomegalovirus, herpes simplex virus and varicella-zoster virus) in people living with HIV - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between demand, on the one hand, and good practice guidelines and the views of professionals on the other, with a view to including gene amplification (PCR) for the cytomegalovirus (CMV), herpes simplex virus (HSV) and varicella-zoster virus (VZV) through genetic amplification in the diagnosis and treatment of opportunistic diseases in people living with HIV on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>01/27/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/29/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598203/en/evaluation-of-gene-amplification-for-the-diagnosis-of-herpesviridae-infections-cytomegalovirus-herpes-simplex-virus-and-varicella-zoster-virus-in-people-living-with-hiv-inahta-brief</t>
   </si>
   <si>
     <t>c_2598203</t>
   </si>
   <si>
-    <t>Évaluation de l'amplification génique des Herpesviridae (virus herpès simplex et varicelle-zona) devant des manifestations cutanéomuqueuses et oculaires</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598252/fr/evaluation-de-l-amplification-genique-des-herpesviridae-virus-herpes-simplex-et-varicelle-zona-devant-des-manifestations-cutaneomuqueuses-et-oculaires</t>
+    <t>Evaluation of the gene amplification of Herpesviridae (herpes simplex and varicella-zoster virus) with mucocutaneous and ocular manifestations - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between demand, on the one hand, and good practice guidelines and the view of professionals on the other. This work was conducted with a view to including testing for the genome of the herpes simplex virus (HSV) and varicella-zoster virus (VZV) through gene amplification (PCR) to diagnose herpes and shingles with mucocutaneous and ocular manifestations on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598252/en/evaluation-of-the-gene-amplification-of-herpesviridae-herpes-simplex-and-varicella-zoster-virus-with-mucocutaneous-and-ocular-manifestations-inahta-brief</t>
   </si>
   <si>
     <t>c_2598252</t>
   </si>
   <si>
-    <t>Évaluation des tests d’amplification des acides nucléiques (TAAN) recherchant Neisseria gonorrhoeae</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2035591/fr/evaluation-des-tests-d-amplification-des-acides-nucleiques-taan-recherchant-neisseria-gonorrhoeae</t>
+    <t>Evaluation of nucleic acid amplification tests (NAATs) for detecting Neisseria gonorrhoeae - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this study was to evaluate the benefit of detecting Neisseria gonorrhoeae (NG), a pathogen that causes sexually transmitted infections (STIs), by a nucleic acid amplification test (NAAT) in symptomatic patients, asymptomatic patients (screening of persons at risk) and in other clinical situations (post-treatment follow-up, reactive arthritis in adults, investigations of male infertility, suspected conjunctival infection in neonates) with a view to deciding on the reimbursement of NAAT by the French National Health Insurance Fund</t>
+  </si>
+  <si>
+    <t>11/25/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2015 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035591/en/evaluation-of-nucleic-acid-amplification-tests-naats-for-detecting-neisseria-gonorrhoeae-inahta-brief</t>
   </si>
   <si>
     <t>c_2035591</t>
   </si>
   <si>
-    <t>Examens biologiques de recherche du virus Epstein-Barr dans le cadre d’un Syndrome Lymphoprolifératif Post Transplantation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2573692/fr/examens-biologiques-de-recherche-du-virus-epstein-barr-dans-le-cadre-d-un-syndrome-lymphoproliferatif-post-transplantation</t>
+    <t>Laboratory examinations to test for Epstein-Barr virus as part of post-transplant lymphoproliferative disorder</t>
+  </si>
+  <si>
+    <t>The aim of this work is to assess the clinical utility of measuring the Epstein-Barr virus (EBV) viral load through real-time genetic amplification (PCR) and testing for serum anti-EBV antibodies as part of post-transplant lymphoproliferative disorder (PTLD), with a view to their inclusion in the list of Procedures in Laboratory Medicine reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>11/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>11/20/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573692/en/laboratory-examinations-to-test-for-epstein-barr-virus-as-part-of-post-transplant-lymphoproliferative-disorder</t>
   </si>
   <si>
     <t>c_2573692</t>
   </si>
   <si>
-    <t>Diagnostic par sérologie et/ou par recherche du génome viral de l’infection congénitale à cytomégalovirus</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572929/fr/diagnostic-par-serologie-et/ou-par-recherche-du-genome-viral-de-l-infection-congenitale-a-cytomegalovirus</t>
+    <t>Diagnosis of congenital cytomegalovirus infection through serology testing and/or viral genome detection - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Association of Health Insurance Funds (UNCAM) is applying for the inclusion on the list of procedures and services (LPS) reimbursed by the French National Health Insurance system, of several diagnostic tests relating to mother-to-child transmission of cytomegalovirus (CMV) infection in utero. These are the anti-CMV IgG avidity test and CMV viral load testing by gene amplification (PCR) in several types of sample: amniotic fluid from the mother, and urine and saliva from the neonate. UNCAM also suggests removing immunoenzymatic testing for anti-CMV IgG alone in pregnancy, and cell culture for CMV, from the LPS. The aim of this report is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of UNCAM’s application and whether they therefore support this application for the inclusion or removal of the above tests on/from the LPS</t>
+  </si>
+  <si>
+    <t>11/19/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572929/en/diagnosis-of-congenital-cytomegalovirus-infection-through-serology-testing-and/or-viral-genome-detection-inahta-brief</t>
   </si>
   <si>
     <t>c_2572929</t>
   </si>
   <si>
-    <t>Évaluation de l’endomicroscopie confocale par laser dans la caractérisation des sténoses indéterminées des voies biliaires</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2027970/fr/evaluation-de-la-mesure-de-la-charge-virale-du-cytomegalovirus-par-amplification-genique-chez-les-receveurs-d-allogreffes</t>
+    <t>Assessment of the measurement of cytomegalovirus viral load by gene amplification in allograft recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between, firstly, the request, and secondly good clinical practice guidelines and the opinions of professionals, with a view to the inclusion on the list of medical laboratory procedures reimbursed by the National Health Insurance system in France of the measurement of cytomegalovirus (CMV) viral load by gene amplification in the follow-up of patients who have received an allograft.</t>
+  </si>
+  <si>
+    <t>07/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2015 17:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027970/en/assessment-of-the-measurement-of-cytomegalovirus-viral-load-by-gene-amplification-in-allograft-recipients-inahta-brief</t>
   </si>
   <si>
     <t>c_2027970</t>
   </si>
   <si>
-    <t>Détection du génome des virus Herpès Simplex (HSV) et Zona Varicelle (VZV) dans le liquide cérébro-spinal par amplification génique en cas d’encéphalite</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2015366/fr/detection-du-genome-des-virus-herpes-simplex-hsv-et-zona-varicelle-vzv-dans-le-liquide-cerebro-spinal-par-amplification-genique-en-cas-d-encephalite</t>
+    <t>Gene amplification to detect herpes simplex virus (HSV) and varicella-zoster virus (VZV) genomes in cerebrospinal fluid in cases of encephalitis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to analyse coherence between the application, and good professional practice guidelines and professional opinion, with a view to including gene amplification for detecting herpes simplex and varicella-zoster virus genomes in cerebrospinal fluid (CSF) in patients with encephalitis on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>06/29/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/29/2015 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015366/en/gene-amplification-to-detect-herpes-simplex-virus-hsv-and-varicella-zoster-virus-vzv-genomes-in-cerebrospinal-fluid-in-cases-of-encephalitis-inahta-brief</t>
   </si>
   <si>
     <t>c_2015366</t>
   </si>
   <si>
-    <t>Tests in vitro de dépistage de l’infection tuberculeuse latente par détection de production d’interféron gamma</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2021762/fr/tests-in-vitro-de-depistage-de-l-infection-tuberculeuse-latente-par-detection-de-production-d-interferon-gamma</t>
+    <t>Interferon-gamma release assays as in vitro screening tests for latent tuberculosis infection</t>
+  </si>
+  <si>
+    <t>The aim of this report is to establish whether data from a critical analysis of good practice guidelines are coherent with the information in the application from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) and therefore support this application for the inclusion of IGRA tests on the list of procedures and services reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021762/en/interferon-gamma-release-assays-as-in-vitro-screening-tests-for-latent-tuberculosis-infection</t>
   </si>
   <si>
     <t>c_2021762</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2021758/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-recherche-du-treponema-pallidum-bacterie-responsable-de-la-syphilis</t>
+    <t>Modification of the nomenclature of procedures in laboratory medicine for research into Treponema pallidum (bacteria responsible for syphilis) - INAHTA  Brief</t>
+  </si>
+  <si>
+    <t>06/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2015 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021758/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-research-into-treponema-pallidum-bacteria-responsible-for-syphilis-inahta-brief</t>
   </si>
   <si>
     <t>c_2021758</t>
   </si>
   <si>
-    <t>Alternative(s) à la scintigraphie préopératoire lors du bilan de localisation des glandes parathyroïdes hypersécrétantes dans l’hypothèse d’une pénurie complète en technétium-99m</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2011763/fr/alternative-s-a-la-scintigraphie-preoperatoire-lors-du-bilan-de-localisation-des-glandes-parathyroides-hypersecretantes-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
+    <t>Alternative(s) to 99mTc-sestamibi preoperative scintigraphy for the localization of hypersecreting parathyroid glands in the event of complete shortage of 99mTechnetium (99mTc) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Due to several periods of shortage of 99m-Technetium (Tc-99m) supply- a radioactive element needed to perform preoperative Tc-99m-sestamibi scintigraphy in certain cases of hyperparathyroidism (HPT)- the Directorate General for Health (DGS) asked HAS to determine if, in the event of complete shortage of Tc-99m, one (or more) test(s) could replace it without risk to patients. The objective of this assessment is therefore not to call the reference strategy into question. Following laboratory confirmation of HPT, the preoperative first-line strategy provides for the combination of cervical ultrasonography (US) and 99mTc scintigraphy… Currently, 99mTc scintigraphy in addition to US is used to: • confirm the nature of a suspicious lesion seen on US; • detect a eutopic or ectopic abnormal parathyroid gland not seen on US. The imaging test(s) for the preoperative assessment are requested by the surgeon or endocrinologist, who always work together in collaboration, particularly with the nuclear medicine and radiology team</t>
+  </si>
+  <si>
+    <t>04/24/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/24/2015 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011763/en/alternative-s-to-99mtc-sestamibi-preoperative-scintigraphy-for-the-localization-of-hypersecreting-parathyroid-glands-in-the-event-of-complete-shortage-of-99mtechnetium-99mtc-inahta-brief</t>
   </si>
   <si>
     <t>c_2011763</t>
   </si>
   <si>
-    <t>Mesure de la fraction du flux de réserve coronarien FFR lors d’une coronarographie</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2009393/fr/mesure-de-la-fraction-du-flux-de-reserve-coronarien-ffr-lors-d-une-coronarographie</t>
+    <t>Fractional flow reserve (FFR) measurement during coronary angiography - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective was to assess the risk/benefit ratio of FFR (fractional flow reserve) measurement during coronary angiography, in order to obtaining reimbursement for this procedure, following an application from the French Society of Cardiology (SFC). The comparator was a treatment strategy involving a coronary angiogram without FFR measurement. It concerns patients with suspected stable angina or ACS (acute coronary syndrome), including STEMI and NSTEMI, and who have single-vessel or multivessel coronary stenosis</t>
+  </si>
+  <si>
+    <t>04/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/22/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009393/en/fractional-flow-reserve-ffr-measurement-during-coronary-angiography-inahta-brief</t>
   </si>
   <si>
     <t>c_2009393</t>
   </si>
   <si>
-    <t>Mesure du monoxyde d’azote (NO) dans l’air expiré</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2019800/fr/mesure-du-monoxyde-d-azote-no-dans-l-air-expire</t>
+    <t>Measurement of nitric oxide (NO) in exhaled air - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this report is to evaluate the clinical utility of FeNO (fractional exhaled nitric oxide) measurement in the strategy for asthma management (diagnosis and monitoring) in adults and children</t>
+  </si>
+  <si>
+    <t>03/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2015 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019800/en/measurement-of-nitric-oxide-no-in-exhaled-air-inahta-brief</t>
   </si>
   <si>
     <t>c_2019800</t>
   </si>
   <si>
-    <t>Évaluation de onze actes de chirurgie viscérale par cœlioscopie : deux colectomies, neuf actes rares</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1769921/fr/evaluation-de-onze-actes-de-chirurgie-viscerale-par-coelioscopie-deux-colectomies-neuf-actes-rares</t>
+    <t>Rare visceral surgery procedures by laparoscopy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Laparoscopy is a technique that allows the performance of procedures in the abdominal cavity without making a large opening in the abdominal wall, in contrast to open surgery (laparotomy). This technique was developed in the 1980s; since then the proportion of surgical procedures performed by this approach has gradually increased. Many procedures historically done by laparotomy (open surgery) have been done by laparoscopy. The Union nationale des caisses d’assurance maladie [Association of Health Insurance Funds, UNCAM] has requested the opinion of HAS on the inclusion of the laparoscopic approach for nine rare visceral surgical procedures, already listed in the Classification commune des actes médicaux [Joint classification of medical procedures , CCAM] by laparotomy (open surgery). The aim of this assessment is to analyse the consistency between the application, the available literature and the position of professionals.</t>
+  </si>
+  <si>
+    <t>02/18/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/20/2015 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769921/en/rare-visceral-surgery-procedures-by-laparoscopy-inahta-brief</t>
   </si>
   <si>
     <t>c_1769921</t>
   </si>
   <si>
-    <t>Echo-endoscopie bronchique avec ponction transbronchique à l’aiguille</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1770048/fr/echo-endoscopie-bronchique-avec-ponction-transbronchique-a-l-aiguille</t>
+    <t>Endobronchial ultrasound-guided transbronchial needle aspiration - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective is to assess endobronchial ultrasound-guided transbronchial needle aspiration or EBUS-TBNA for exploring the mediastinal lymph nodes in the following indications: • for malignant diseases: o lymph node staging (or assessment of lymph node status) in lung cancer, primarily non-small cell lung cancer (NSCLC): in the case of inoperable NSCLC, preoperative assessment of mediastinal spread (staging) is essential for identifying N2 and particularly N3 lymphadenopathy which contraindicates surgical treatment; o diagnosis of NSCLC; o restaging of NSCLC, particularly management of stage IIIa N2 NSCLC; o diagnosis of small-cell lung cancer (SCLC); o diagnosis of lymphoma; o exploration of mediastinal or hilar lymph nodes in the context of an extrathoracic cancer; o exploration of pulmonary masses in contact with the tracheobronchial wall; • for benign diseases: o diagnosis of granulomatosis, sarcoidosis or tuberculosis; o Exploration of any mediastinal lymph nodes The aim is to include EBUS-TBNA on the list of procedures refundable by National Health Insurance, bearing in mind that there are alternative and/or complementary procedures already listed which cover part of the procedure, namely conventional transbronchial needle aspiration, endoscopic ultrasound-guided fine needle aspiration (EUS-FNA), and other more invasive techniques such as mediastinal exploration via mediastinoscopy (currently considered the standard technique for mediastinal assessment), thoracoscopy or thoracotomy</t>
+  </si>
+  <si>
+    <t>12/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/19/2014 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770048/en/endobronchial-ultrasound-guided-transbronchial-needle-aspiration-inahta-brief</t>
   </si>
   <si>
     <t>c_1770048</t>
   </si>
   <si>
-    <t>Évaluation de l’endomicroscopie optique réalisée lors de la cartographie d’un endo-brachy-œsophage  (aide au diagnostic précoce du cancer superficiel de l’œsophage) - Rapport d'évaluation</t>
-[...2 lines deleted...]
-    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
+    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
   </si>
   <si>
     <t>10/10/2014 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 16:05:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
   </si>
   <si>
     <t>c_1731777</t>
   </si>
   <si>
-    <t>Évaluation de la détection du génome des entérovirus dans le liquide céphalorachidien par amplification génique dans les méningites - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1739174/fr/evaluation-de-la-detection-du-genome-des-enterovirus-dans-le-liquide-cephalorachidien-par-amplification-genique-dans-les-meningites-rapport-d-evaluation</t>
+    <t>Detection of enterovirus genome in cerebrospinal fluid by gene amplification in meningitis patients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>According to professionals in the field, detection of enterovirus (EV) genome in cerebrospinal fluid (CSF) by gene amplification has been gradually becoming standard practice in the management of meningitis over the past 10 or so years, especially since ready-to-use kits came onto the market With a view to having this diagnostic test reimbursed by National Health Insurance, CNAMTS [National Salaried Workers’ Health Insurance Fund] and the French Society for Microbiology agreed on a joint request to the Haute Autorité de Santé for an assessment of this diagnostic tool The purpose of this assessment is to make sure that enterovirus genome detection in CSF by gene amplification is a validated diagnostic tool in the management of meningitis cases</t>
+  </si>
+  <si>
+    <t>07/23/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/29/2014 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739174/en/detection-of-enterovirus-genome-in-cerebrospinal-fluid-by-gene-amplification-in-meningitis-patients-inahta-brief</t>
   </si>
   <si>
     <t>c_1739174</t>
   </si>
   <si>
-    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
+    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The main objective is to determine the clinical utility of non-invasive methods for measuring fibrosis in the initial assessment and follow-up of chronic hepatitis B in untreated adults. In the absence of sufficient demonstration of this clinical utility, the diagnostic performances of these non-invasive methods will be defined, in comparison with liver biopsy</t>
+  </si>
+  <si>
+    <t>06/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>06/19/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
   </si>
   <si>
     <t>c_1627010</t>
   </si>
   <si>
-    <t>Utilité clinique du dosage de la vitamine D - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1356838/fr/utilite-clinique-du-dosage-de-la-vitamine-d-rapport-d-evaluation</t>
+    <t>Clinical utility of the measurement of vitamin D</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to precise in which clinical situation the measurement of 25(OH)D would be considered useful</t>
+  </si>
+  <si>
+    <t>10/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>10/30/2013 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1356838/en/clinical-utility-of-the-measurement-of-vitamin-d</t>
   </si>
   <si>
     <t>c_1356838</t>
   </si>
   <si>
-    <t>Conditions pré-analytiques de réalisation de la recherche du génome (ADN) des Papillomavirus Humains (HPV) oncogènes à partir de frottis cervico-utérins – Rapport d’évaluation</t>
-[...116 lines deleted...]
-    <t>L’autosurveillance glycémique dans le diabète de type 2 - Avril 2011 - Fiche BUTS</t>
+    <t>Self-monitoring of blood glucose in type 2 diabetes: limited use for a target population - April 2011</t>
   </si>
   <si>
     <t>L’autosurveillance glycémique dans le diabète de type 2 : une utilisation très ciblée L’autosurveillance glycémique (ASG) n’a d’intérêt, chez un diabétique de type 2, que si elle est susceptible d’entraîner une modification de la thérapeutique.</t>
   </si>
   <si>
-    <t>12/04/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1438006/fr/l-autosurveillance-glycemique-dans-le-diabete-de-type-2-avril-2011-fiche-buts</t>
+    <t>04/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>04/14/2011 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1438006/en/self-monitoring-of-blood-glucose-in-type-2-diabetes-limited-use-for-a-target-population-april-2011</t>
   </si>
   <si>
     <t>r_1438006</t>
   </si>
   <si>
-    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
   <si>
-    <t>Évaluation du rapport albuminurie/créatininurie dans le diagnostic de la maladie rénale chronique chez l’adulte  - Rapport d'évaluation</t>
+    <t>Assessment of albumin/creatinine ratio in the diagnosis of chronic kidney disease in adults</t>
   </si>
   <si>
     <t>La maladie rénale chronique (MRC) est une priorité de santé publique qui touche près de 10 % de la population française adulte et concernerait près de 3 millions de personnes. Elle est définie indépendamment de sa cause, par la présence, pendant plus de 3 mois, de marqueurs d’atteinte rénale comme l’albuminurie (ou protéinurie) ou d’une baisse du débit de filtration glomérulaire (DFG) estimé au dessous de 60 mL/min/1,73 m². Ce document concerne l’évaluation des performances diagnostiques du rapport Albuminurie/Créatininurie et du rapport Protéinurie/Créatininurie sur échantillon d’urine par rapport à la protéinurie/albuminurie sur recueil des urines des 24h et se propose de répondre à la question suivante : L’excrétion urinaire d’albumine (ou protéine) doit-elle être évaluée à partir d’un recueil des urines des 24 heures, ou peut-elle être exprimée à l’aide du rapport Albuminurie (ou Protéinurie) / Créatininurie à partir d’un échantillon d’urine ?</t>
   </si>
   <si>
-    <t>14/12/2011 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1169049/fr/evaluation-du-rapport-albuminurie/creatininurie-dans-le-diagnostic-de-la-maladie-renale-chronique-chez-l-adulte-rapport-d-evaluation</t>
+    <t>12/14/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/28/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1169049/en/assessment-of-albumin/creatinine-ratio-in-the-diagnosis-of-chronic-kidney-disease-in-adults</t>
   </si>
   <si>
     <t>c_1169049</t>
   </si>
   <si>
-    <t>Choix des examens du métabolisme du fer en cas de suspicion de carence en fer - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1051506/fr/choix-des-examens-du-metabolisme-du-fer-en-cas-de-suspicion-de-carence-en-fer-rapport-d-evaluation</t>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
   </si>
   <si>
     <t>c_1051506</t>
   </si>
   <si>
-    <t>Évaluation des IRM dédiées et à champ modéré &amp;lt; 1T</t>
-[...1235 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983118/fr/gadovist-gadobutrol</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>GADOVIST (Gadobutrol)</t>
+  </si>
+  <si>
+    <t>11/06/2025 09:30:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983118/en/gadovist-gadobutrol</t>
   </si>
   <si>
     <t>pprd_2983118</t>
   </si>
   <si>
     <t>gadobutrol</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_474325/fr/gadovist-gadobutrol</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3704143/fr/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
+    <t>https://www.has-sante.fr/jcms/c_474325/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539510/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_642516/en/gadovist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024753/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298556/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717941/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038857/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656319/en/gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869901/en/gadovist-gadobutrol-paramagnetic-contrast-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869907/en/gadolinium-based-contrast-agent-gadovist-gadobutrol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500935/en/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704143/en/gadovist-gadobutrol-produit-de-contraste-en-irm</t>
   </si>
   <si>
     <t>PROHANCE (gadotéridol)</t>
   </si>
   <si>
-    <t>07/08/2025 11:01:32</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983119/fr/prohance-gadoteridol</t>
+    <t>08/07/2025 11:01:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983119/en/prohance-gadoteridol</t>
   </si>
   <si>
     <t>pprd_2983119</t>
   </si>
   <si>
     <t>gadotéridol</t>
   </si>
   <si>
     <t>BRACCO IMAGING FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400129/fr/prohance-2793-mg/10-ml-4189-5-mg/15-ml-et-4748-1-mg/17-ml-gadoteridol</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3639634/fr/prohance-gadoteridol-produit-de-contraste-pour-imagerie-par-resonnance-magnetique</t>
+    <t>https://www.has-sante.fr/jcms/c_400129/en/prohance-2793-mg/10-ml-4189-5-mg/15-ml-et-4748-1-mg/17-ml-gadoteridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893643/en/prohance-gadoteridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018882/en/prohance-gadoteridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049880/en/prohance-gadoteridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869898/en/gadolinium-based-contrast-agent-prohance-gadoteridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264401/en/prohance-gadoteridol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454355/en/prohance-gadoteridol-produit-de-contraste-en-irm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639634/en/prohance-gadoteridol-produit-de-contraste-pour-imagerie-par-resonnance-magnetique</t>
   </si>
   <si>
     <t>PRIMOVIST (acide gadoxétique)</t>
   </si>
   <si>
-    <t>16/07/2025 16:46:58</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3225192/fr/primovist-acide-gadoxetique</t>
+    <t>07/16/2025 16:46:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225192/en/primovist-acide-gadoxetique</t>
   </si>
   <si>
     <t>p_3225192</t>
   </si>
   <si>
     <t>acide gadoxétique</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3224949/fr/primovist-acide-gadoxetique</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3635767/fr/primovist-acide-gadoxetique-produit-de-contraste</t>
+    <t>https://www.has-sante.fr/jcms/p_3224949/en/primovist-acide-gadoxetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635767/en/primovist-acide-gadoxetique-magnetic-resonance-imaging-mri</t>
   </si>
   <si>
     <t>ELUCIREM (gadopiclénol)</t>
   </si>
   <si>
-    <t>31/10/2024 16:10:08</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3554678/fr/elucirem-gadopiclenol</t>
+    <t>10/31/2024 16:10:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554678/en/elucirem-gadopiclenol</t>
   </si>
   <si>
     <t>p_3554678</t>
   </si>
   <si>
     <t>gadopiclénol</t>
   </si>
   <si>
     <t>GUERBET FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3554605/fr/elucirem-gadopiclenol-diagnostic</t>
+    <t>https://www.has-sante.fr/jcms/p_3554605/en/elucirem-gadopiclenol-diagnostic</t>
   </si>
   <si>
     <t>VUEWAY (gadopiclénol)</t>
   </si>
   <si>
-    <t>31/10/2024 16:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3554683/fr/vueway-gadopiclenol</t>
+    <t>10/31/2024 16:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554683/en/vueway-gadopiclenol</t>
   </si>
   <si>
     <t>p_3554683</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3554609/fr/vueway-gadopiclenol-diagnostic</t>
+    <t>https://www.has-sante.fr/jcms/p_3554609/en/vueway-gadopiclenol-diagnostic</t>
   </si>
   <si>
     <t>ULTRAVIST (iopromide)</t>
   </si>
   <si>
-    <t>09/10/2024 08:51:04</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983252/fr/ultravist-iopromide</t>
+    <t>10/09/2024 08:51:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983252/en/ultravist-iopromide</t>
   </si>
   <si>
     <t>pprd_2983252</t>
   </si>
   <si>
     <t>iopromide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_401009/fr/ultravist-iopromide</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3546280/fr/ultravist-iopromide-produit-de-contraste-iode</t>
+    <t>https://www.has-sante.fr/jcms/c_401009/en/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621585/en/ultravist-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724467/en/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756194/en/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854448/en/ultravist-gamme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189749/en/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500938/en/ultravist-iopromide-produit-de-contraste-iode</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546280/en/ultravist-iopromide</t>
   </si>
   <si>
     <t>OMNIPAQUE (iohexol)</t>
   </si>
   <si>
-    <t>09/10/2024 08:50:29</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983529/fr/omnipaque-iohexol</t>
+    <t>10/09/2024 08:50:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983529/en/omnipaque-iohexol</t>
   </si>
   <si>
     <t>pprd_2983529</t>
   </si>
   <si>
     <t>iohexol</t>
   </si>
   <si>
     <t>GE HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_474455/fr/omnipaque-iohexol</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3546286/fr/omnipaque-iohexol-produit-de-contraste-iode</t>
+    <t>https://www.has-sante.fr/jcms/c_474455/en/omnipaque-iohexol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621570/en/omnipaque-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729425/en/omnipaque-iohexol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794112/en/omnipaque-iohexol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118410/en/omnipaque-iohexol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497017/en/omnipaque-iohexol-produit-de-contraste-iode</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546286/en/omnipaque-iohexol-contrast-medium-for-contrast-enhanced</t>
   </si>
   <si>
     <t>TALVEY (talquetamab)</t>
   </si>
   <si>
-    <t>15/07/2024 09:27:37</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3520243/fr/talvey-talquetamab</t>
+    <t>07/15/2024 09:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520243/en/talvey-talquetamab</t>
   </si>
   <si>
     <t>p_3520243</t>
   </si>
   <si>
     <t>talquetamab</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3520176/fr/talvey-talquetamab-myelome-multiple</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3530109/fr/talvey-talquetamab-myelome-multiple</t>
+    <t>https://www.has-sante.fr/jcms/p_3520176/en/talvey-talquetamab-myelome-multiple</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530109/en/talvey-talquetamab-multiple-myeloma</t>
   </si>
   <si>
     <t>PYLCLARI ((18F) piflufolastat)</t>
   </si>
   <si>
-    <t>31/05/2024 09:56:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3474617/fr/pylclari-18f-piflufolastat</t>
+    <t>05/31/2024 09:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3474617/en/pylclari-18f-piflufolastat</t>
   </si>
   <si>
     <t>p_3474617</t>
   </si>
   <si>
     <t>(18F) piflufolastat</t>
   </si>
   <si>
     <t>CURIUM PET FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3474603/fr/pylclari-18f-piflufolastat-cancer-de-la-prostate</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498744/fr/pylclari-18f-piflufolastat-cancer-de-la-prostate</t>
+    <t>https://www.has-sante.fr/jcms/p_3474603/en/pylclari-18f-piflufolastat-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498744/en/pylclari-18f-piflufolastat-prostate-cancer-pca</t>
   </si>
   <si>
     <t>LUNCA (chlorure de lutétium (177Lu))</t>
   </si>
   <si>
-    <t>21/05/2024 17:56:54</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3518427/fr/lunca-chlorure-de-lutetium-177lu</t>
+    <t>05/21/2024 17:56:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518427/en/lunca-chlorure-de-lutetium-177lu</t>
   </si>
   <si>
     <t>p_3518427</t>
   </si>
   <si>
     <t>chlorure de lutétium (177Lu)</t>
   </si>
   <si>
     <t>MONROL EUROPE SRL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3518264/fr/lunca-chlorure-de-lutetium-177lu-precurseur-radiopharmaceutique</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3337468/fr/radelumin-18f-psma-1007</t>
+    <t>https://www.has-sante.fr/jcms/p_3518264/en/lunca-lutetium-177lu-chloride-radiopharmaceutical-precursor</t>
+  </si>
+  <si>
+    <t>RADELUMIN ([18F]PSMA-1007)</t>
+  </si>
+  <si>
+    <t>03/05/2024 17:32:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3337468/en/radelumin-18f-psma-1007</t>
   </si>
   <si>
     <t>p_3337468</t>
   </si>
   <si>
     <t>(18F) PSMA-1007</t>
   </si>
   <si>
     <t>ABX GMBH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3337433/fr/radelumin-18f-psma-1007-cancer-de-la-prostate</t>
-[...53 lines deleted...]
-    <t>iobitridol</t>
+    <t>https://www.has-sante.fr/jcms/p_3337433/en/radelumin-18f-psma-1007-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352203/en/radelumin-18f-psma-1007-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3368278/en/radelumin-18f-psma-1007</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498747/en/radelumin-18f-psma-1007-prostate-cancer</t>
+  </si>
+  <si>
+    <t>DOTAREM (acide gadotérique)</t>
+  </si>
+  <si>
+    <t>02/22/2024 18:33:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983120/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>pprd_2983120</t>
+  </si>
+  <si>
+    <t>acide gadotérique</t>
   </si>
   <si>
     <t>GUERBET FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399035/fr/xenetix-250-flacon-de-100-ml-boite-de-1-flacon-de-200-ml-boite-de-1-flacon-de-50-ml-avec-seringue-et-microperfuseur-boite-de-1-xenetix-300-flacon-de-20-ml-boite-de-1-flacon-de-50-ml-boite-de-1-flacon-de-100-ml-boite-de-1-flacon-de-150-ml-boite-de-1-flacon-de-200-ml-boite-de-1-flacon-de-60-ml-avec-seringue-et-microperfuseur-boite-de-1-xenetix-350-flacon-de-20-ml-boite-de-1-flacon-de-50-ml-boite-de-1-flacon-de-100-ml-boite-de-1-flacon-de-150-ml-boite-de-1-flacon-de-200-ml-boite-de-1-flacon-de-60-ml-avec-seringue-et-microperfuseur-boite-de-1</t>
-[...41 lines deleted...]
-    <t>ioversol</t>
+    <t>https://www.has-sante.fr/jcms/c_400090/en/dotarem-0-5-mmol/ml-seringues-pre-remplies-de-15-20-ml-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_743951/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716262/en/dotarem</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716253/en/dotarem-acide-gadoterique-produit-de-contraste-paramagnetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1778239/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013192/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798540/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869895/en/gadolinium-based-contrast-agent-dotarem-gadoteric-acid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186479/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189746/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264404/en/dotarem-acide-gadoterique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497041/en/dotarem-acide-gadoterique-produit-de-contraste-pour-imagerie-par-resonnance-magnetique</t>
+  </si>
+  <si>
+    <t>LOCAMETZ (gallium (68Ga) gozétotide)</t>
+  </si>
+  <si>
+    <t>04/27/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430394/en/locametz-gallium-68ga-gozetotide</t>
+  </si>
+  <si>
+    <t>p_3430394</t>
+  </si>
+  <si>
+    <t>gallium (68Ga) gozétotide</t>
+  </si>
+  <si>
+    <t>ADVANCED ACCELERATOR APPLICATIONS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3428422/en/locametz-gallium-68ga-gozetotide-prostate-cancer</t>
+  </si>
+  <si>
+    <t>NEURACEQ (florbétabène (18F))</t>
+  </si>
+  <si>
+    <t>04/25/2023 17:41:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982906/en/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>pprd_2982906</t>
+  </si>
+  <si>
+    <t>florbétabène (18F)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899212/en/neuraceq-florbetabene-18f</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427910/en/neuraceq-florbetaben-18f-alzheimer-s-disease</t>
+  </si>
+  <si>
+    <t>GHRYVELIN (acétate de macimoréline)</t>
+  </si>
+  <si>
+    <t>04/12/2023 11:41:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426527/en/ghryvelin-acetate-de-macimoreline</t>
+  </si>
+  <si>
+    <t>p_3426527</t>
+  </si>
+  <si>
+    <t>acétate de macimoréline</t>
+  </si>
+  <si>
+    <t>CONSILIENT HEALTH LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426411/en/ghryvelin-macimorelin-acetate-diagnosis-of-growth-hormone-ghd-deficiency</t>
+  </si>
+  <si>
+    <t>RAPISCAN</t>
+  </si>
+  <si>
+    <t>02/06/2023 10:55:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984862/en/rapiscan</t>
+  </si>
+  <si>
+    <t>pprd_2984862</t>
+  </si>
+  <si>
+    <t>régadénoson</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701803/en/rapiscan-regadenoson-vasodilatateur-coronarien-selectif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191487/en/rapiscan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408799/en/rapiscan-regadenoson-monohydrate-imagerie-de-perfusion-myocardique</t>
+  </si>
+  <si>
+    <t>INFRACYANINE (vert d'indocyanine monopic)</t>
+  </si>
+  <si>
+    <t>07/29/2022 08:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985427/en/infracyanine-vert-d-indocyanine-monopic</t>
+  </si>
+  <si>
+    <t>pprd_2985427</t>
+  </si>
+  <si>
+    <t>vert d'indocyanine monopic</t>
+  </si>
+  <si>
+    <t>Laboratoire SERB (Société d'Etudes et de Recherches Biologiques)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400265/en/infracyanine-25-mg/10-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1-flacon-en-verre-de-25-mg-et-1-ampoule-en-verre-de-10-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598138/en/infracyanine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358124/en/infracyanine-monopeak-indocyanine-green</t>
+  </si>
+  <si>
+    <t>TECEOS (butédronate)</t>
+  </si>
+  <si>
+    <t>07/29/2022 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358197/en/teceos-butedronate</t>
+  </si>
+  <si>
+    <t>p_3358197</t>
+  </si>
+  <si>
+    <t>butédronate</t>
+  </si>
+  <si>
+    <t>CIS bio international</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358130/en/teceos-butedronate-amylose-cardiaque-a-transthyretine</t>
+  </si>
+  <si>
+    <t>VIZAMYL (flutémétamol, 18F)</t>
+  </si>
+  <si>
+    <t>07/18/2022 10:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983672/en/vizamyl-flutemetamol-18f</t>
+  </si>
+  <si>
+    <t>pprd_2983672</t>
+  </si>
+  <si>
+    <t>flutémétamol (18F)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2753721/en/vizamyl-flutemetamol-18f-diagnostic-product-for-the-central-nervous-system</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352209/en/vizamyl-flutemetamol-18f-produit-diagnostique-de-la-maladie-d-alzheimer</t>
+  </si>
+  <si>
+    <t>MOVIPREP (macrogol/ acide ascorbique)</t>
+  </si>
+  <si>
+    <t>02/10/2022 14:10:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982940/en/moviprep-macrogol/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>pprd_2982940</t>
+  </si>
+  <si>
+    <t>macrogol,acide ascorbique</t>
+  </si>
+  <si>
+    <t>NORGINE PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_866759/en/moviprep</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1263600/en/moviprep-macrogol/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893480/en/moviprep-macrogol/-acide-ascorbique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315452/en/moviprep-orange-potassium/-acide-ascorbique/-sodium</t>
+  </si>
+  <si>
+    <t>ESTROTEP (fluoroestradiol (18F))</t>
+  </si>
+  <si>
+    <t>03/12/2020 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983564/en/estrotep-fluoroestradiol-18f</t>
+  </si>
+  <si>
+    <t>pprd_2983564</t>
+  </si>
+  <si>
+    <t>fluoroestradiol (18F)</t>
+  </si>
+  <si>
+    <t>ZIONEXA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2779827/en/estrotep-18f-fluoroestradiol-radiopharmaceutical-for-diagnostic-use</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161190/en/estrotep-fluoroestradiol-18f</t>
+  </si>
+  <si>
+    <t>LYMPHOSEEK (tilmanocept)</t>
+  </si>
+  <si>
+    <t>02/14/2019 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982974/en/lymphoseek-tilmanocept</t>
+  </si>
+  <si>
+    <t>pprd_2982974</t>
+  </si>
+  <si>
+    <t>tilmanocept</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889892/en/lymphoseek-tilmanocept-radiopharmaceutical-for-diagnostic-use</t>
+  </si>
+  <si>
+    <t>MULTIHANCE (diméglumine (gadobénate de))</t>
+  </si>
+  <si>
+    <t>01/17/2019 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983117/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983117</t>
+  </si>
+  <si>
+    <t>diméglumine (gadobénate de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399155/en/multihance-0-5-mmol/ml-solution-injectable-iv-flacons-de-5-ml-10-ml-15-ml-et-20-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538092/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810805/en/multihance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234480/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648993/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1779498/en/multihance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635801/en/multihance-dimeglumine-gadobenate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869904/en/multihance-gadobenic-acid-paramagnetic-contrast-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869916/en/gadolinium-based-contrast-agent-multihance-gadobenic-acid</t>
+  </si>
+  <si>
+    <t>AXUMIN (Fluciclovine)</t>
+  </si>
+  <si>
+    <t>10/24/2018 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983139/en/axumin-fluciclovine</t>
+  </si>
+  <si>
+    <t>pprd_2983139</t>
+  </si>
+  <si>
+    <t>Fluciclovine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867495/en/axumin-18f-fluciclovine-radiopharmaceutical</t>
+  </si>
+  <si>
+    <t>METHERGIN (méthylergométrine (maléate de))</t>
+  </si>
+  <si>
+    <t>11/14/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983181/en/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983181</t>
+  </si>
+  <si>
+    <t>méthylergométrine (maléate de)</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456383/en/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987201/en/methergin-methylergometrine-maleate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863006/en/methergin-methylergometrine-oxytocic</t>
+  </si>
+  <si>
+    <t>HELICOBACTER TEST INFAI (urée)</t>
+  </si>
+  <si>
+    <t>07/17/2018 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983190/en/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>pprd_2983190</t>
+  </si>
+  <si>
+    <t>urée</t>
+  </si>
+  <si>
+    <t>INFAI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672973/en/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827719/en/helicobacter-test-infai</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758551/en/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794097/en/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862561/en/helicobacter-test-infai-uree</t>
+  </si>
+  <si>
+    <t>XIMEPEG (macrogol 4 000 + électrolytes + siméticone)</t>
+  </si>
+  <si>
+    <t>10/24/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983196/en/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+  </si>
+  <si>
+    <t>pprd_2983196</t>
+  </si>
+  <si>
+    <t>siméticone,sodium (chlorure de),potassium (chlorure de),citrique (acide) anhydre,sodium (citrate de),macrogol 4000,sodium (sulfate de) anhydre</t>
+  </si>
+  <si>
+    <t>ALFASIGMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862072/en/ximepeg-macrogol-4-000-electrolytes-simeticone</t>
+  </si>
+  <si>
+    <t>SONOVUE (soufre (hexafluorure de))</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983200/en/sonovue-soufre-hexafluorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2983200</t>
+  </si>
+  <si>
+    <t>soufre (hexafluorure de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399658/en/sonovue-8-l/ml-soufre-hexafluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400248/en/sonovue-8-l/ml-soufre-hexafluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614881/en/sonovue-soufre-hexafluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1360470/en/sonovue-soufre-hexafluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857797/en/sonovue-soufre-hexafluorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860517/en/sonovue-sulphur-hexafluoride-contrast-agent</t>
+  </si>
+  <si>
+    <t>HEXVIX (hexaminolévulinate (chlorhydrate d'))</t>
+  </si>
+  <si>
+    <t>07/05/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983204/en/hexvix-hexaminolevulinate-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983204</t>
+  </si>
+  <si>
+    <t>hexaminolévulinate (chlorhydrate d')</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493572/en/hexvix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1231579/en/hexvix-hexaminolevulinate-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587889/en/hexvix-hexyl-aminolevulinate-diagnostic-medicinal-product</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775787/en/hexvix-hexaminolevulinate-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2859883/en/hexvix-hexaminolevulinate-chlorhydrate-d</t>
+  </si>
+  <si>
+    <t>SOMAKIT TOC (gallium (68Ga) édotréotide)</t>
+  </si>
+  <si>
+    <t>11/15/2017 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983542/en/somakit-toc-gallium-68ga-edotreotide</t>
+  </si>
+  <si>
+    <t>pprd_2983542</t>
+  </si>
+  <si>
+    <t>gallium (68Ga) édotréotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788656/en/somakit-toc-68ga-edotreotide-radiopharmaceutical-for-diagnostic-use</t>
+  </si>
+  <si>
+    <t>TEKTROTYD (99mTc-EDDA/HYNIC-TOC)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983552/en/tektrotyd-99mtc-edda/hynic-toc</t>
+  </si>
+  <si>
+    <t>pprd_2983552</t>
+  </si>
+  <si>
+    <t>99mTc-EDDA/HYNIC-TOC</t>
+  </si>
+  <si>
+    <t>CIS BIO INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788603/en/tektrotyd-99mtc-edda/hynic-toc-radiopharmaceutical-for-diagnostic-use</t>
+  </si>
+  <si>
+    <t>ALBUMINE HUMAINE IODEE CIS BIO INTERNATIONAL [SERALB-125] (albumine humaine iodée [125 I])</t>
+  </si>
+  <si>
+    <t>07/05/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983613/en/albumine-humaine-iodee-cis-bio-international-seralb-125-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>pprd_2983613</t>
+  </si>
+  <si>
+    <t>albumine humaine iodée [125 I]</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400113/en/albumine-humaine-baxter-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_467700/en/albumine-humaine-baxter-bioscience-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769384/en/iodinated-human-albumin-125i-cis-bio-international-iodinated-human-albumin-radiopharmaceutical-product-for-diagnostic-use</t>
+  </si>
+  <si>
+    <t>IASOTOC (gallium (68Ga) édotréotide)</t>
+  </si>
+  <si>
+    <t>06/15/2017 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983643/en/iasotoc-gallium-68ga-edotreotide</t>
+  </si>
+  <si>
+    <t>pprd_2983643</t>
+  </si>
+  <si>
+    <t>IASON GmbH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2758096/en/iasotoc-gallium-68ga-edotreotide-diagnostic-product-for-tumour-detection</t>
+  </si>
+  <si>
+    <t>IASOCHOLINE (fluorocholine [18F] (chlorure de))</t>
+  </si>
+  <si>
+    <t>02/21/2017 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983726/en/iasocholine-fluorocholine-18f-chlorure-de</t>
+  </si>
+  <si>
+    <t>pprd_2983726</t>
+  </si>
+  <si>
+    <t>fluorocholine [18F] (chlorure de)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014032/en/iasocholine-fluorocholine-18f-chloride-radiopharmaceutical-for-diagnostic-use</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746207/en/iasocholine-fluorocholine-18f-chlorure-de</t>
+  </si>
+  <si>
+    <t>LIPIODOL ULTRA-FLUIDE (oeillette (sous forme d'esters éthyliques d'acides gras iodés de l'hui...)</t>
+  </si>
+  <si>
+    <t>02/21/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983976/en/lipiodol-ultra-fluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
+  </si>
+  <si>
+    <t>pprd_2983976</t>
+  </si>
+  <si>
+    <t>oeillette (sous forme d'esters éthyliques d'acides gras iodés de l'huile d'oeillette)</t>
   </si>
   <si>
     <t>GUERBET</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2894903/fr/optiject-optiray-ioversol</t>
-[...983 lines deleted...]
-    <t>générateur de Gallium 68</t>
+    <t>https://www.has-sante.fr/jcms/c_1716250/en/lipiodol-ultrafluide-oeillette-sous-forme-d-esters-ethyliques-d-acides-gras-iodes-de-l-hui</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1716238/en/lipiodol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671701/en/lipiodol-ultra-fluide-iodine-iodinated-contrast-medium</t>
+  </si>
+  <si>
+    <t>METYRAPONE HRA PHARMA (métyrapone)</t>
+  </si>
+  <si>
+    <t>11/04/2016 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983978/en/metyrapone-hra-pharma-metyrapone</t>
+  </si>
+  <si>
+    <t>pprd_2983978</t>
+  </si>
+  <si>
+    <t>métyrapone</t>
+  </si>
+  <si>
+    <t>HRA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2663239/en/metyrapone-hra-pharma-metyrapone-treatment-of-endogenous-cushing-s-syndrome-and-test-for-pituitary-function</t>
+  </si>
+  <si>
+    <t>IASOglio (fluoroéthyl-L tyrosine (18F))</t>
+  </si>
+  <si>
+    <t>11/03/2016 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983995/en/iasoglio-fluoroethyl-l-tyrosine-18f</t>
+  </si>
+  <si>
+    <t>pprd_2983995</t>
+  </si>
+  <si>
+    <t>fluoroéthyl-L tyrosine (18F)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659628/en/iasoglio-fluoroethyl-l-tyrosine-18f-or-fet-radiopharmaceutical-for-diagnostic-use-for-the-detection-of-tumours</t>
+  </si>
+  <si>
+    <t>CITRAFLEET (citrique (acide) anhydre/ magnésium (oxyde de) léger/ picosulfate de s...)</t>
+  </si>
+  <si>
+    <t>12/17/2015 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984290/en/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+  </si>
+  <si>
+    <t>pprd_2984290</t>
+  </si>
+  <si>
+    <t>citrique (acide) anhydre,magnésium (oxyde de) léger,picosulfate de sodium</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969534/en/citrafleet</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581317/en/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+  </si>
+  <si>
+    <t>COLOKIT (phosphate disodique anhydre/ phosphate monosodique monohydraté)</t>
+  </si>
+  <si>
+    <t>10/02/2015 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984424/en/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2984424</t>
+  </si>
+  <si>
+    <t>phosphate disodique anhydre,phosphate monosodique monohydraté</t>
+  </si>
+  <si>
+    <t>MAYOLY SPINDLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_963197/en/colokit</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558814/en/colokit-phosphate-disodique-anhydre/-phosphate-monosodique-monohydrate</t>
+  </si>
+  <si>
+    <t>ROTOP-nanoHSA (nanocolloïdes d’albumine humaine marquée au 99mTc)</t>
+  </si>
+  <si>
+    <t>06/01/2015 13:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984572/en/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc</t>
+  </si>
+  <si>
+    <t>pprd_2984572</t>
+  </si>
+  <si>
+    <t>nanocolloïdes d’albumine humaine marquée au 99mTc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025598/en/rotop-nanohsa-99mtc-labelled-human-albumin-nanocolloid-radiopharmaceutical-agent</t>
+  </si>
+  <si>
+    <t>YTTRIGA (yttrium [90Y])</t>
+  </si>
+  <si>
+    <t>01/22/2015 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984636/en/yttriga-yttrium-90y</t>
+  </si>
+  <si>
+    <t>pprd_2984636</t>
+  </si>
+  <si>
+    <t>yttrium [90Y] (chlorure d')</t>
   </si>
   <si>
     <t>ECKERT &amp; ZIEGLER RADIOPHARMA GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2814684/fr/galliapharm-generateur-de-gallium-68</t>
-[...647 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1794405/fr/yttriga-yttrium-90y</t>
+    <t>https://www.has-sante.fr/jcms/c_1794405/en/yttriga-yttrium-90y-radiopharmaceutical-product-for-therapeutic-use</t>
   </si>
   <si>
     <t>IZINOVA (potassium (sulfate de)/ magnésium (sulfate de) heptahydraté/ sodium (s...)</t>
   </si>
   <si>
-    <t>20/01/2015 18:17:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984654/fr/izinova-potassium-sulfate-de-/-magnesium-sulfate-de-heptahydrate/-sodium-s</t>
+    <t>01/20/2015 18:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984654/en/izinova-potassium-sulfate-de-/-magnesium-sulfate-de-heptahydrate/-sodium-s</t>
   </si>
   <si>
     <t>pprd_2984654</t>
   </si>
   <si>
     <t>potassium (sulfate de),magnésium (sulfate de) heptahydraté,sodium (sulfate de) anhydre</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1777257/fr/izinova-sulfate-de-sodium-sulfate-de-magnesium-sulfate-de-potassium-preparation-colique</t>
-[...41 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1748406/fr/naf-meta-trace-sodium-fluorure-18f-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1777257/en/izinova-sodium-sulfate-magnesium-sulfate-potassium-sulfate-bowel-cleansing-preparation</t>
   </si>
   <si>
     <t>CARMYNE (indigotine)</t>
   </si>
   <si>
     <t>09/09/2014 17:04:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984763/fr/carmyne-indigotine</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984763/en/carmyne-indigotine</t>
   </si>
   <si>
     <t>pprd_2984763</t>
   </si>
   <si>
     <t>indigotine</t>
   </si>
   <si>
     <t>SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1742498/fr/carmyne-indigotine-ou-carmin-d-indigo</t>
-[...203 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1062717/fr/edicis-n-n-ethylene-l-l-dicysteine</t>
+    <t>https://www.has-sante.fr/jcms/c_1742498/en/carmyne</t>
   </si>
   <si>
     <t>IASOflu (fluorure (18F) de sodium)</t>
   </si>
   <si>
-    <t>09/03/2011 10:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985199/fr/iasoflu-fluorure-18f-de-sodium</t>
+    <t>03/09/2011 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985199/en/iasoflu-fluorure-18f-de-sodium</t>
   </si>
   <si>
     <t>pprd_2985199</t>
   </si>
   <si>
     <t>fluorure (18F) de sodium</t>
   </si>
   <si>
     <t>Laboratoire IASON GmbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1036283/fr/iasoflu-fluorure-18f-de-sodium</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_994257/fr/medronate-draximage-acide-medronique</t>
+    <t>https://www.has-sante.fr/jcms/c_1036283/en/iasoflu</t>
   </si>
   <si>
     <t>CISNAF (fluorure (18F) de sodium)</t>
   </si>
   <si>
-    <t>04/06/2012 17:31:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985253/fr/cisnaf-fluorure-18f-de-sodium</t>
+    <t>06/04/2012 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985253/en/cisnaf-fluorure-18f-de-sodium</t>
   </si>
   <si>
     <t>pprd_2985253</t>
   </si>
   <si>
     <t>Laboratoire CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_990894/fr/cisnaf-fluorure-18f-de-sodium</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_958812/fr/scintimun-technetium-99mtc-besilesomab</t>
+    <t>https://www.has-sante.fr/jcms/c_990894/en/cisnaf</t>
   </si>
   <si>
     <t>GLIOLAN (acide 5-aminolévulinique)</t>
   </si>
   <si>
-    <t>16/05/2011 11:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985276/fr/gliolan-acide-5-aminolevulinique</t>
+    <t>05/16/2011 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985276/en/gliolan-acide-5-aminolevulinique</t>
   </si>
   <si>
     <t>pprd_2985276</t>
   </si>
   <si>
     <t>acide 5-aminolévulinique</t>
   </si>
   <si>
     <t>Laboratoire MEDAC GESELLSCHAFT FÜR MEDIZINISCHE SPEZIALPRÄPARATE mbH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_954793/fr/gliolan-acide-5-aminolevulinique</t>
-[...209 lines deleted...]
-    <t>c_821863</t>
+    <t>https://www.has-sante.fr/jcms/c_954793/en/gliolan</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -9165,15229 +2730,4178 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H67"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>602</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>603</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>604</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>293</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>605</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>606</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>602</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>607</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>608</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>609</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>610</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>611</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>602</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>612</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>613</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>614</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>615</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>616</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>602</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>617</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>618</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>619</v>
+        <v>37</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>620</v>
+        <v>38</v>
       </c>
       <c r="H5" t="s">
-        <v>621</v>
-[...11990 lines deleted...]
-        <v>21</v>
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...2870 lines deleted...]
-<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>571</v>
+        <v>40</v>
       </c>
       <c r="B2" t="s">
-        <v>572</v>
+        <v>41</v>
       </c>
       <c r="C2" t="s">
-        <v>573</v>
+        <v>42</v>
       </c>
       <c r="D2" t="s">
-        <v>574</v>
+        <v>43</v>
       </c>
       <c r="E2" t="s">
-        <v>575</v>
+        <v>44</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>576</v>
+        <v>45</v>
       </c>
       <c r="H2" t="s">
-        <v>577</v>
+        <v>46</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>571</v>
+        <v>40</v>
       </c>
       <c r="B3" t="s">
-        <v>578</v>
+        <v>47</v>
       </c>
       <c r="C3" t="s">
-        <v>579</v>
+        <v>48</v>
       </c>
       <c r="D3" t="s">
-        <v>580</v>
+        <v>49</v>
       </c>
       <c r="E3" t="s">
-        <v>581</v>
+        <v>50</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>582</v>
+        <v>51</v>
       </c>
       <c r="H3" t="s">
-        <v>583</v>
+        <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>571</v>
+        <v>40</v>
       </c>
       <c r="B4" t="s">
-        <v>584</v>
+        <v>53</v>
       </c>
       <c r="C4" t="s">
-        <v>585</v>
+        <v>54</v>
       </c>
       <c r="D4" t="s">
-        <v>586</v>
+        <v>55</v>
       </c>
       <c r="E4" t="s">
-        <v>587</v>
+        <v>55</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>588</v>
+        <v>56</v>
       </c>
       <c r="H4" t="s">
-        <v>589</v>
+        <v>57</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>571</v>
+        <v>40</v>
       </c>
       <c r="B5" t="s">
-        <v>590</v>
+        <v>58</v>
       </c>
       <c r="C5" t="s">
-        <v>591</v>
+        <v>59</v>
       </c>
       <c r="D5" t="s">
-        <v>592</v>
+        <v>60</v>
       </c>
       <c r="E5" t="s">
-        <v>593</v>
+        <v>61</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>594</v>
+        <v>62</v>
       </c>
       <c r="H5" t="s">
-        <v>595</v>
+        <v>63</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>571</v>
+        <v>40</v>
       </c>
       <c r="B6" t="s">
-        <v>596</v>
+        <v>64</v>
       </c>
       <c r="C6" t="s">
-        <v>597</v>
+        <v>65</v>
       </c>
       <c r="D6" t="s">
-        <v>598</v>
+        <v>66</v>
       </c>
       <c r="E6" t="s">
-        <v>599</v>
+        <v>67</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>600</v>
+        <v>68</v>
       </c>
       <c r="H6" t="s">
-        <v>601</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H72"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D2" t="s">
+        <v>73</v>
+      </c>
+      <c r="E2" t="s">
+        <v>74</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>75</v>
+      </c>
+      <c r="H2" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>70</v>
+      </c>
+      <c r="B3" t="s">
+        <v>77</v>
+      </c>
+      <c r="C3" t="s">
+        <v>78</v>
+      </c>
+      <c r="D3" t="s">
+        <v>79</v>
+      </c>
+      <c r="E3" t="s">
+        <v>80</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>81</v>
+      </c>
+      <c r="H3" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>70</v>
+      </c>
+      <c r="B4" t="s">
+        <v>83</v>
+      </c>
+      <c r="C4" t="s">
+        <v>84</v>
+      </c>
+      <c r="D4" t="s">
+        <v>85</v>
+      </c>
+      <c r="E4" t="s">
+        <v>86</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>87</v>
+      </c>
+      <c r="H4" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B5" t="s">
+        <v>89</v>
+      </c>
+      <c r="C5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E5" t="s">
+        <v>92</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>93</v>
+      </c>
+      <c r="H5" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>70</v>
+      </c>
+      <c r="B6" t="s">
+        <v>95</v>
+      </c>
+      <c r="C6" t="s">
+        <v>96</v>
+      </c>
+      <c r="D6" t="s">
+        <v>97</v>
+      </c>
+      <c r="E6" t="s">
+        <v>98</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>99</v>
+      </c>
+      <c r="H6" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>70</v>
+      </c>
+      <c r="B7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C7" t="s">
+        <v>102</v>
+      </c>
+      <c r="D7" t="s">
+        <v>103</v>
+      </c>
+      <c r="E7" t="s">
+        <v>104</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>105</v>
+      </c>
+      <c r="H7" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>70</v>
+      </c>
+      <c r="B8" t="s">
+        <v>107</v>
+      </c>
+      <c r="C8" t="s">
+        <v>108</v>
+      </c>
+      <c r="D8" t="s">
+        <v>109</v>
+      </c>
+      <c r="E8" t="s">
+        <v>110</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>111</v>
+      </c>
+      <c r="H8" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>70</v>
+      </c>
+      <c r="B9" t="s">
+        <v>113</v>
+      </c>
+      <c r="C9" t="s">
+        <v>114</v>
+      </c>
+      <c r="D9" t="s">
+        <v>109</v>
+      </c>
+      <c r="E9" t="s">
+        <v>110</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>115</v>
+      </c>
+      <c r="H9" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" t="s">
+        <v>117</v>
+      </c>
+      <c r="C10" t="s">
+        <v>118</v>
+      </c>
+      <c r="D10" t="s">
+        <v>119</v>
+      </c>
+      <c r="E10" t="s">
+        <v>120</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>121</v>
+      </c>
+      <c r="H10" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>70</v>
+      </c>
+      <c r="B11" t="s">
+        <v>123</v>
+      </c>
+      <c r="C11" t="s">
+        <v>124</v>
+      </c>
+      <c r="D11" t="s">
+        <v>125</v>
+      </c>
+      <c r="E11" t="s">
+        <v>126</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>127</v>
+      </c>
+      <c r="H11" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>70</v>
+      </c>
+      <c r="B12" t="s">
+        <v>129</v>
+      </c>
+      <c r="C12" t="s">
+        <v>130</v>
+      </c>
+      <c r="D12" t="s">
+        <v>131</v>
+      </c>
+      <c r="E12" t="s">
+        <v>132</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>133</v>
+      </c>
+      <c r="H12" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>70</v>
+      </c>
+      <c r="B13" t="s">
+        <v>135</v>
+      </c>
+      <c r="C13" t="s">
+        <v>136</v>
+      </c>
+      <c r="D13" t="s">
+        <v>137</v>
+      </c>
+      <c r="E13" t="s">
+        <v>138</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>139</v>
+      </c>
+      <c r="H13" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>70</v>
+      </c>
+      <c r="B14" t="s">
+        <v>141</v>
+      </c>
+      <c r="C14" t="s">
+        <v>142</v>
+      </c>
+      <c r="D14" t="s">
+        <v>143</v>
+      </c>
+      <c r="E14" t="s">
+        <v>144</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>145</v>
+      </c>
+      <c r="H14" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>70</v>
+      </c>
+      <c r="B15" t="s">
+        <v>147</v>
+      </c>
+      <c r="C15" t="s">
+        <v>148</v>
+      </c>
+      <c r="D15" t="s">
+        <v>149</v>
+      </c>
+      <c r="E15" t="s">
+        <v>150</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>151</v>
+      </c>
+      <c r="H15" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>70</v>
+      </c>
+      <c r="B16" t="s">
+        <v>153</v>
+      </c>
+      <c r="C16" t="s">
+        <v>154</v>
+      </c>
+      <c r="D16" t="s">
+        <v>155</v>
+      </c>
+      <c r="E16" t="s">
+        <v>156</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>157</v>
+      </c>
+      <c r="H16" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>70</v>
+      </c>
+      <c r="B17" t="s">
+        <v>159</v>
+      </c>
+      <c r="C17" t="s">
+        <v>160</v>
+      </c>
+      <c r="D17" t="s">
+        <v>161</v>
+      </c>
+      <c r="E17" t="s">
+        <v>162</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>163</v>
+      </c>
+      <c r="H17" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>70</v>
+      </c>
+      <c r="B18" t="s">
+        <v>165</v>
+      </c>
+      <c r="C18" t="s">
+        <v>166</v>
+      </c>
+      <c r="D18" t="s">
+        <v>167</v>
+      </c>
+      <c r="E18" t="s">
+        <v>168</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>169</v>
+      </c>
+      <c r="H18" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>70</v>
+      </c>
+      <c r="B19" t="s">
+        <v>171</v>
+      </c>
+      <c r="C19" t="s">
+        <v>172</v>
+      </c>
+      <c r="D19" t="s">
+        <v>173</v>
+      </c>
+      <c r="E19" t="s">
+        <v>174</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>175</v>
+      </c>
+      <c r="H19" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>70</v>
+      </c>
+      <c r="B20" t="s">
+        <v>177</v>
+      </c>
+      <c r="C20" t="s">
+        <v>178</v>
+      </c>
+      <c r="D20" t="s">
+        <v>179</v>
+      </c>
+      <c r="E20" t="s">
+        <v>180</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>181</v>
+      </c>
+      <c r="H20" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>70</v>
+      </c>
+      <c r="B21" t="s">
+        <v>171</v>
+      </c>
+      <c r="C21" t="s">
+        <v>172</v>
+      </c>
+      <c r="D21" t="s">
+        <v>183</v>
+      </c>
+      <c r="E21" t="s">
+        <v>184</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>185</v>
+      </c>
+      <c r="H21" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>70</v>
+      </c>
+      <c r="B22" t="s">
+        <v>187</v>
+      </c>
+      <c r="C22" t="s">
+        <v>188</v>
+      </c>
+      <c r="D22" t="s">
+        <v>189</v>
+      </c>
+      <c r="E22" t="s">
+        <v>190</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>191</v>
+      </c>
+      <c r="H22" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>70</v>
+      </c>
+      <c r="B23" t="s">
+        <v>193</v>
+      </c>
+      <c r="C23" t="s">
+        <v>194</v>
+      </c>
+      <c r="D23" t="s">
+        <v>195</v>
+      </c>
+      <c r="E23" t="s">
+        <v>196</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>197</v>
+      </c>
+      <c r="H23" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>70</v>
+      </c>
+      <c r="B24" t="s">
+        <v>199</v>
+      </c>
+      <c r="C24" t="s">
+        <v>200</v>
+      </c>
+      <c r="D24" t="s">
+        <v>201</v>
+      </c>
+      <c r="E24" t="s">
+        <v>202</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>203</v>
+      </c>
+      <c r="H24" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>70</v>
+      </c>
+      <c r="B25" t="s">
+        <v>205</v>
+      </c>
+      <c r="C25" t="s">
+        <v>206</v>
+      </c>
+      <c r="D25" t="s">
+        <v>201</v>
+      </c>
+      <c r="E25" t="s">
+        <v>207</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>208</v>
+      </c>
+      <c r="H25" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>70</v>
+      </c>
+      <c r="B26" t="s">
+        <v>210</v>
+      </c>
+      <c r="C26" t="s">
+        <v>211</v>
+      </c>
+      <c r="D26" t="s">
+        <v>201</v>
+      </c>
+      <c r="E26" t="s">
+        <v>207</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>212</v>
+      </c>
+      <c r="H26" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>70</v>
+      </c>
+      <c r="B27" t="s">
+        <v>214</v>
+      </c>
+      <c r="C27" t="s">
+        <v>215</v>
+      </c>
+      <c r="D27" t="s">
+        <v>216</v>
+      </c>
+      <c r="E27" t="s">
+        <v>217</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>218</v>
+      </c>
+      <c r="H27" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>70</v>
+      </c>
+      <c r="B28" t="s">
+        <v>220</v>
+      </c>
+      <c r="C28" t="s">
+        <v>221</v>
+      </c>
+      <c r="D28" t="s">
+        <v>222</v>
+      </c>
+      <c r="E28" t="s">
+        <v>223</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>224</v>
+      </c>
+      <c r="H28" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>70</v>
+      </c>
+      <c r="B29" t="s">
+        <v>226</v>
+      </c>
+      <c r="C29" t="s">
+        <v>227</v>
+      </c>
+      <c r="D29" t="s">
+        <v>228</v>
+      </c>
+      <c r="E29" t="s">
+        <v>229</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>230</v>
+      </c>
+      <c r="H29" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>70</v>
+      </c>
+      <c r="B30" t="s">
+        <v>232</v>
+      </c>
+      <c r="C30" t="s">
+        <v>233</v>
+      </c>
+      <c r="D30" t="s">
+        <v>234</v>
+      </c>
+      <c r="E30" t="s">
+        <v>235</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>236</v>
+      </c>
+      <c r="H30" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>70</v>
+      </c>
+      <c r="B31" t="s">
+        <v>238</v>
+      </c>
+      <c r="C31" t="s">
+        <v>239</v>
+      </c>
+      <c r="D31" t="s">
+        <v>240</v>
+      </c>
+      <c r="E31" t="s">
+        <v>235</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>241</v>
+      </c>
+      <c r="H31" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>70</v>
+      </c>
+      <c r="B32" t="s">
+        <v>243</v>
+      </c>
+      <c r="C32" t="s">
+        <v>244</v>
+      </c>
+      <c r="D32" t="s">
+        <v>245</v>
+      </c>
+      <c r="E32" t="s">
+        <v>246</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>247</v>
+      </c>
+      <c r="H32" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" t="s">
+        <v>249</v>
+      </c>
+      <c r="C33" t="s">
+        <v>250</v>
+      </c>
+      <c r="D33" t="s">
+        <v>245</v>
+      </c>
+      <c r="E33" t="s">
+        <v>251</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>252</v>
+      </c>
+      <c r="H33" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
+        <v>254</v>
+      </c>
+      <c r="C34" t="s">
+        <v>255</v>
+      </c>
+      <c r="D34" t="s">
+        <v>245</v>
+      </c>
+      <c r="E34" t="s">
+        <v>251</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>256</v>
+      </c>
+      <c r="H34" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>70</v>
+      </c>
+      <c r="B35" t="s">
+        <v>258</v>
+      </c>
+      <c r="C35" t="s">
+        <v>259</v>
+      </c>
+      <c r="D35" t="s">
+        <v>245</v>
+      </c>
+      <c r="E35" t="s">
+        <v>251</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>260</v>
+      </c>
+      <c r="H35" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>70</v>
+      </c>
+      <c r="B36" t="s">
+        <v>262</v>
+      </c>
+      <c r="C36" t="s">
+        <v>263</v>
+      </c>
+      <c r="D36" t="s">
+        <v>264</v>
+      </c>
+      <c r="E36" t="s">
+        <v>265</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>266</v>
+      </c>
+      <c r="H36" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>70</v>
+      </c>
+      <c r="B37" t="s">
+        <v>268</v>
+      </c>
+      <c r="C37" t="s">
+        <v>269</v>
+      </c>
+      <c r="D37" t="s">
+        <v>270</v>
+      </c>
+      <c r="E37" t="s">
+        <v>271</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>272</v>
+      </c>
+      <c r="H37" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>70</v>
+      </c>
+      <c r="B38" t="s">
+        <v>274</v>
+      </c>
+      <c r="C38" t="s">
+        <v>275</v>
+      </c>
+      <c r="D38" t="s">
+        <v>276</v>
+      </c>
+      <c r="E38" t="s">
+        <v>277</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>278</v>
+      </c>
+      <c r="H38" t="s">
+        <v>279</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>70</v>
+      </c>
+      <c r="B39" t="s">
+        <v>280</v>
+      </c>
+      <c r="C39" t="s">
+        <v>281</v>
+      </c>
+      <c r="D39" t="s">
+        <v>282</v>
+      </c>
+      <c r="E39" t="s">
+        <v>283</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>284</v>
+      </c>
+      <c r="H39" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>70</v>
+      </c>
+      <c r="B40" t="s">
+        <v>286</v>
+      </c>
+      <c r="C40" t="s">
+        <v>287</v>
+      </c>
+      <c r="D40" t="s">
+        <v>288</v>
+      </c>
+      <c r="E40" t="s">
+        <v>289</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>290</v>
+      </c>
+      <c r="H40" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>70</v>
+      </c>
+      <c r="B41" t="s">
+        <v>292</v>
+      </c>
+      <c r="C41" t="s">
+        <v>293</v>
+      </c>
+      <c r="D41" t="s">
+        <v>294</v>
+      </c>
+      <c r="E41" t="s">
+        <v>295</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>296</v>
+      </c>
+      <c r="H41" t="s">
+        <v>297</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>70</v>
+      </c>
+      <c r="B42" t="s">
+        <v>298</v>
+      </c>
+      <c r="C42" t="s">
+        <v>299</v>
+      </c>
+      <c r="D42" t="s">
+        <v>300</v>
+      </c>
+      <c r="E42" t="s">
+        <v>301</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>302</v>
+      </c>
+      <c r="H42" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>70</v>
+      </c>
+      <c r="B43" t="s">
+        <v>304</v>
+      </c>
+      <c r="C43" t="s">
+        <v>305</v>
+      </c>
+      <c r="D43" t="s">
+        <v>306</v>
+      </c>
+      <c r="E43" t="s">
+        <v>307</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>308</v>
+      </c>
+      <c r="H43" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>70</v>
+      </c>
+      <c r="B44" t="s">
+        <v>310</v>
+      </c>
+      <c r="C44" t="s">
+        <v>311</v>
+      </c>
+      <c r="D44" t="s">
+        <v>312</v>
+      </c>
+      <c r="E44" t="s">
+        <v>313</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>314</v>
+      </c>
+      <c r="H44" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>70</v>
+      </c>
+      <c r="B45" t="s">
+        <v>316</v>
+      </c>
+      <c r="C45" t="s">
+        <v>317</v>
+      </c>
+      <c r="D45" t="s">
+        <v>318</v>
+      </c>
+      <c r="E45" t="s">
+        <v>319</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>320</v>
+      </c>
+      <c r="H45" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>70</v>
+      </c>
+      <c r="B46" t="s">
+        <v>310</v>
+      </c>
+      <c r="C46" t="s">
+        <v>322</v>
+      </c>
+      <c r="D46" t="s">
+        <v>323</v>
+      </c>
+      <c r="E46" t="s">
+        <v>324</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>325</v>
+      </c>
+      <c r="H46" t="s">
+        <v>326</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>70</v>
+      </c>
+      <c r="B47" t="s">
+        <v>327</v>
+      </c>
+      <c r="C47" t="s">
+        <v>328</v>
+      </c>
+      <c r="D47" t="s">
+        <v>329</v>
+      </c>
+      <c r="E47" t="s">
+        <v>330</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>331</v>
+      </c>
+      <c r="H47" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>70</v>
+      </c>
+      <c r="B48" t="s">
+        <v>333</v>
+      </c>
+      <c r="C48" t="s">
+        <v>334</v>
+      </c>
+      <c r="D48" t="s">
+        <v>329</v>
+      </c>
+      <c r="E48" t="s">
+        <v>335</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>336</v>
+      </c>
+      <c r="H48" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>70</v>
+      </c>
+      <c r="B49" t="s">
+        <v>338</v>
+      </c>
+      <c r="C49" t="s">
+        <v>339</v>
+      </c>
+      <c r="D49" t="s">
+        <v>340</v>
+      </c>
+      <c r="E49" t="s">
+        <v>341</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>342</v>
+      </c>
+      <c r="H49" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>70</v>
+      </c>
+      <c r="B50" t="s">
+        <v>344</v>
+      </c>
+      <c r="C50" t="s">
+        <v>345</v>
+      </c>
+      <c r="D50" t="s">
+        <v>346</v>
+      </c>
+      <c r="E50" t="s">
+        <v>347</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>348</v>
+      </c>
+      <c r="H50" t="s">
+        <v>349</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>70</v>
+      </c>
+      <c r="B51" t="s">
+        <v>350</v>
+      </c>
+      <c r="C51" t="s">
+        <v>351</v>
+      </c>
+      <c r="D51" t="s">
+        <v>352</v>
+      </c>
+      <c r="E51" t="s">
+        <v>353</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>354</v>
+      </c>
+      <c r="H51" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>70</v>
+      </c>
+      <c r="B52" t="s">
+        <v>356</v>
+      </c>
+      <c r="C52" t="s">
+        <v>357</v>
+      </c>
+      <c r="D52" t="s">
+        <v>352</v>
+      </c>
+      <c r="E52" t="s">
+        <v>353</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>358</v>
+      </c>
+      <c r="H52" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>70</v>
+      </c>
+      <c r="B53" t="s">
+        <v>360</v>
+      </c>
+      <c r="C53" t="s">
+        <v>361</v>
+      </c>
+      <c r="D53" t="s">
+        <v>362</v>
+      </c>
+      <c r="E53" t="s">
+        <v>363</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>364</v>
+      </c>
+      <c r="H53" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>70</v>
+      </c>
+      <c r="B54" t="s">
+        <v>366</v>
+      </c>
+      <c r="C54" t="s">
+        <v>367</v>
+      </c>
+      <c r="D54" t="s">
+        <v>368</v>
+      </c>
+      <c r="E54" t="s">
+        <v>369</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>370</v>
+      </c>
+      <c r="H54" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>70</v>
+      </c>
+      <c r="B55" t="s">
+        <v>372</v>
+      </c>
+      <c r="C55" t="s">
+        <v>373</v>
+      </c>
+      <c r="D55" t="s">
+        <v>368</v>
+      </c>
+      <c r="E55" t="s">
+        <v>374</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>375</v>
+      </c>
+      <c r="H55" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>70</v>
+      </c>
+      <c r="B56" t="s">
+        <v>377</v>
+      </c>
+      <c r="C56" t="s">
+        <v>378</v>
+      </c>
+      <c r="D56" t="s">
+        <v>379</v>
+      </c>
+      <c r="E56" t="s">
+        <v>380</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>381</v>
+      </c>
+      <c r="H56" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>70</v>
+      </c>
+      <c r="B57" t="s">
+        <v>383</v>
+      </c>
+      <c r="C57" t="s">
+        <v>384</v>
+      </c>
+      <c r="D57" t="s">
+        <v>385</v>
+      </c>
+      <c r="E57" t="s">
+        <v>386</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>387</v>
+      </c>
+      <c r="H57" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>70</v>
+      </c>
+      <c r="B58" t="s">
+        <v>389</v>
+      </c>
+      <c r="C58" t="s">
+        <v>390</v>
+      </c>
+      <c r="D58" t="s">
+        <v>391</v>
+      </c>
+      <c r="E58" t="s">
+        <v>386</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>392</v>
+      </c>
+      <c r="H58" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>70</v>
+      </c>
+      <c r="B59" t="s">
+        <v>394</v>
+      </c>
+      <c r="C59" t="s">
+        <v>281</v>
+      </c>
+      <c r="D59" t="s">
+        <v>395</v>
+      </c>
+      <c r="E59" t="s">
+        <v>396</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>397</v>
+      </c>
+      <c r="H59" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>70</v>
+      </c>
+      <c r="B60" t="s">
+        <v>399</v>
+      </c>
+      <c r="C60" t="s">
+        <v>400</v>
+      </c>
+      <c r="D60" t="s">
+        <v>401</v>
+      </c>
+      <c r="E60" t="s">
+        <v>402</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>403</v>
+      </c>
+      <c r="H60" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>70</v>
+      </c>
+      <c r="B61" t="s">
+        <v>405</v>
+      </c>
+      <c r="C61" t="s">
+        <v>406</v>
+      </c>
+      <c r="D61" t="s">
+        <v>407</v>
+      </c>
+      <c r="E61" t="s">
+        <v>408</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>409</v>
+      </c>
+      <c r="H61" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>70</v>
+      </c>
+      <c r="B62" t="s">
+        <v>411</v>
+      </c>
+      <c r="C62" t="s">
+        <v>412</v>
+      </c>
+      <c r="D62" t="s">
+        <v>413</v>
+      </c>
+      <c r="E62" t="s">
+        <v>414</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>415</v>
+      </c>
+      <c r="H62" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>70</v>
+      </c>
+      <c r="B63" t="s">
+        <v>417</v>
+      </c>
+      <c r="C63" t="s">
+        <v>418</v>
+      </c>
+      <c r="D63" t="s">
+        <v>419</v>
+      </c>
+      <c r="E63" t="s">
+        <v>420</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>421</v>
+      </c>
+      <c r="H63" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>70</v>
+      </c>
+      <c r="B64" t="s">
+        <v>423</v>
+      </c>
+      <c r="C64" t="s">
+        <v>424</v>
+      </c>
+      <c r="D64" t="s">
+        <v>425</v>
+      </c>
+      <c r="E64" t="s">
+        <v>426</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>427</v>
+      </c>
+      <c r="H64" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>70</v>
+      </c>
+      <c r="B65" t="s">
+        <v>429</v>
+      </c>
+      <c r="C65" t="s">
+        <v>430</v>
+      </c>
+      <c r="D65" t="s">
+        <v>431</v>
+      </c>
+      <c r="E65" t="s">
+        <v>432</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>433</v>
+      </c>
+      <c r="H65" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>70</v>
+      </c>
+      <c r="B66" t="s">
+        <v>435</v>
+      </c>
+      <c r="C66" t="s">
+        <v>436</v>
+      </c>
+      <c r="D66" t="s">
+        <v>437</v>
+      </c>
+      <c r="E66" t="s">
+        <v>438</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>439</v>
+      </c>
+      <c r="H66" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>70</v>
+      </c>
+      <c r="B67" t="s">
+        <v>441</v>
+      </c>
+      <c r="C67" t="s">
+        <v>442</v>
+      </c>
+      <c r="D67" t="s">
+        <v>443</v>
+      </c>
+      <c r="E67" t="s">
+        <v>444</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>445</v>
+      </c>
+      <c r="H67" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>70</v>
+      </c>
+      <c r="B68" t="s">
+        <v>447</v>
+      </c>
+      <c r="C68" t="s">
+        <v>448</v>
+      </c>
+      <c r="D68" t="s">
+        <v>449</v>
+      </c>
+      <c r="E68" t="s">
+        <v>450</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>451</v>
+      </c>
+      <c r="H68" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>70</v>
+      </c>
+      <c r="B69" t="s">
+        <v>453</v>
+      </c>
+      <c r="C69" t="s">
+        <v>454</v>
+      </c>
+      <c r="D69" t="s">
+        <v>455</v>
+      </c>
+      <c r="E69" t="s">
+        <v>456</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>457</v>
+      </c>
+      <c r="H69" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>70</v>
+      </c>
+      <c r="B70" t="s">
+        <v>459</v>
+      </c>
+      <c r="C70" t="s">
+        <v>460</v>
+      </c>
+      <c r="D70" t="s">
+        <v>461</v>
+      </c>
+      <c r="E70" t="s">
+        <v>462</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>463</v>
+      </c>
+      <c r="H70" t="s">
+        <v>464</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>70</v>
+      </c>
+      <c r="B71" t="s">
+        <v>465</v>
+      </c>
+      <c r="C71" t="s">
+        <v>466</v>
+      </c>
+      <c r="D71" t="s">
+        <v>467</v>
+      </c>
+      <c r="E71" t="s">
+        <v>468</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>469</v>
+      </c>
+      <c r="H71" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>70</v>
+      </c>
+      <c r="B72" t="s">
+        <v>471</v>
+      </c>
+      <c r="C72" t="s">
+        <v>472</v>
+      </c>
+      <c r="D72" t="s">
+        <v>473</v>
+      </c>
+      <c r="E72" t="s">
+        <v>474</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>475</v>
+      </c>
+      <c r="H72" t="s">
+        <v>476</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:V47"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>477</v>
+      </c>
+      <c r="J1" t="s">
+        <v>478</v>
+      </c>
+      <c r="K1" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>480</v>
+      </c>
+      <c r="B2" t="s">
+        <v>481</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>482</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>483</v>
+      </c>
+      <c r="H2" t="s">
+        <v>484</v>
+      </c>
+      <c r="I2" t="s">
+        <v>485</v>
+      </c>
+      <c r="J2" t="s">
+        <v>486</v>
+      </c>
+      <c r="K2" t="s">
+        <v>487</v>
+      </c>
+      <c r="L2" t="s">
+        <v>488</v>
+      </c>
+      <c r="M2" t="s">
+        <v>489</v>
+      </c>
+      <c r="N2" t="s">
+        <v>490</v>
+      </c>
+      <c r="O2" t="s">
+        <v>491</v>
+      </c>
+      <c r="P2" t="s">
+        <v>492</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>493</v>
+      </c>
+      <c r="R2" t="s">
+        <v>494</v>
+      </c>
+      <c r="S2" t="s">
+        <v>495</v>
+      </c>
+      <c r="T2" t="s">
+        <v>496</v>
+      </c>
+      <c r="U2" t="s">
+        <v>497</v>
+      </c>
+      <c r="V2" t="s">
+        <v>498</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>480</v>
+      </c>
+      <c r="B3" t="s">
+        <v>499</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>500</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>501</v>
+      </c>
+      <c r="H3" t="s">
+        <v>502</v>
+      </c>
+      <c r="I3" t="s">
+        <v>503</v>
+      </c>
+      <c r="J3" t="s">
+        <v>504</v>
+      </c>
+      <c r="K3" t="s">
+        <v>505</v>
+      </c>
+      <c r="L3" t="s">
+        <v>506</v>
+      </c>
+      <c r="M3" t="s">
+        <v>507</v>
+      </c>
+      <c r="N3" t="s">
+        <v>508</v>
+      </c>
+      <c r="O3" t="s">
+        <v>509</v>
+      </c>
+      <c r="P3" t="s">
+        <v>510</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>511</v>
+      </c>
+      <c r="R3" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>480</v>
+      </c>
+      <c r="B4" t="s">
+        <v>513</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>514</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>515</v>
+      </c>
+      <c r="H4" t="s">
+        <v>516</v>
+      </c>
+      <c r="I4" t="s">
+        <v>517</v>
+      </c>
+      <c r="J4" t="s">
+        <v>486</v>
+      </c>
+      <c r="K4" t="s">
+        <v>518</v>
+      </c>
+      <c r="L4" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>480</v>
+      </c>
+      <c r="B5" t="s">
+        <v>520</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>521</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>522</v>
+      </c>
+      <c r="H5" t="s">
+        <v>523</v>
+      </c>
+      <c r="I5" t="s">
+        <v>524</v>
+      </c>
+      <c r="J5" t="s">
+        <v>525</v>
+      </c>
+      <c r="K5" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>480</v>
+      </c>
+      <c r="B6" t="s">
+        <v>527</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>528</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>529</v>
+      </c>
+      <c r="H6" t="s">
+        <v>530</v>
+      </c>
+      <c r="I6" t="s">
+        <v>524</v>
+      </c>
+      <c r="J6" t="s">
+        <v>504</v>
+      </c>
+      <c r="K6" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>480</v>
+      </c>
+      <c r="B7" t="s">
+        <v>532</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>533</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>534</v>
+      </c>
+      <c r="H7" t="s">
+        <v>535</v>
+      </c>
+      <c r="I7" t="s">
+        <v>536</v>
+      </c>
+      <c r="J7" t="s">
+        <v>486</v>
+      </c>
+      <c r="K7" t="s">
+        <v>537</v>
+      </c>
+      <c r="L7" t="s">
+        <v>538</v>
+      </c>
+      <c r="M7" t="s">
+        <v>539</v>
+      </c>
+      <c r="N7" t="s">
+        <v>540</v>
+      </c>
+      <c r="O7" t="s">
+        <v>541</v>
+      </c>
+      <c r="P7" t="s">
+        <v>542</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>543</v>
+      </c>
+      <c r="R7" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>480</v>
+      </c>
+      <c r="B8" t="s">
+        <v>545</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>546</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>547</v>
+      </c>
+      <c r="H8" t="s">
+        <v>548</v>
+      </c>
+      <c r="I8" t="s">
+        <v>549</v>
+      </c>
+      <c r="J8" t="s">
+        <v>550</v>
+      </c>
+      <c r="K8" t="s">
+        <v>551</v>
+      </c>
+      <c r="L8" t="s">
+        <v>552</v>
+      </c>
+      <c r="M8" t="s">
+        <v>553</v>
+      </c>
+      <c r="N8" t="s">
+        <v>554</v>
+      </c>
+      <c r="O8" t="s">
+        <v>555</v>
+      </c>
+      <c r="P8" t="s">
+        <v>555</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>556</v>
+      </c>
+      <c r="R8" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>480</v>
+      </c>
+      <c r="B9" t="s">
+        <v>558</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>559</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>560</v>
+      </c>
+      <c r="H9" t="s">
+        <v>561</v>
+      </c>
+      <c r="I9" t="s">
+        <v>562</v>
+      </c>
+      <c r="J9" t="s">
+        <v>563</v>
+      </c>
+      <c r="K9" t="s">
+        <v>564</v>
+      </c>
+      <c r="L9" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>480</v>
+      </c>
+      <c r="B10" t="s">
+        <v>566</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>567</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>568</v>
+      </c>
+      <c r="H10" t="s">
+        <v>569</v>
+      </c>
+      <c r="I10" t="s">
+        <v>570</v>
+      </c>
+      <c r="J10" t="s">
+        <v>571</v>
+      </c>
+      <c r="K10" t="s">
+        <v>572</v>
+      </c>
+      <c r="L10" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>480</v>
+      </c>
+      <c r="B11" t="s">
+        <v>574</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>575</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>576</v>
+      </c>
+      <c r="H11" t="s">
+        <v>577</v>
+      </c>
+      <c r="I11" t="s">
+        <v>578</v>
+      </c>
+      <c r="J11" t="s">
+        <v>579</v>
+      </c>
+      <c r="K11" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>480</v>
+      </c>
+      <c r="B12" t="s">
+        <v>581</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>582</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>583</v>
+      </c>
+      <c r="H12" t="s">
+        <v>584</v>
+      </c>
+      <c r="I12" t="s">
+        <v>585</v>
+      </c>
+      <c r="J12" t="s">
+        <v>586</v>
+      </c>
+      <c r="K12" t="s">
+        <v>587</v>
+      </c>
+      <c r="L12" t="s">
+        <v>588</v>
+      </c>
+      <c r="M12" t="s">
+        <v>589</v>
+      </c>
+      <c r="N12" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>480</v>
+      </c>
+      <c r="B13" t="s">
+        <v>591</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>592</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>593</v>
+      </c>
+      <c r="H13" t="s">
+        <v>594</v>
+      </c>
+      <c r="I13" t="s">
+        <v>595</v>
+      </c>
+      <c r="J13" t="s">
+        <v>596</v>
+      </c>
+      <c r="K13" t="s">
+        <v>597</v>
+      </c>
+      <c r="L13" t="s">
+        <v>598</v>
+      </c>
+      <c r="M13" t="s">
+        <v>599</v>
+      </c>
+      <c r="N13" t="s">
+        <v>600</v>
+      </c>
+      <c r="O13" t="s">
+        <v>601</v>
+      </c>
+      <c r="P13" t="s">
+        <v>602</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>603</v>
+      </c>
+      <c r="R13" t="s">
+        <v>604</v>
+      </c>
+      <c r="S13" t="s">
+        <v>605</v>
+      </c>
+      <c r="T13" t="s">
+        <v>606</v>
+      </c>
+      <c r="U13" t="s">
+        <v>607</v>
+      </c>
+      <c r="V13" t="s">
+        <v>608</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>480</v>
+      </c>
+      <c r="B14" t="s">
+        <v>609</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>610</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>611</v>
+      </c>
+      <c r="H14" t="s">
+        <v>612</v>
+      </c>
+      <c r="I14" t="s">
+        <v>613</v>
+      </c>
+      <c r="J14" t="s">
+        <v>614</v>
+      </c>
+      <c r="K14" t="s">
+        <v>615</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>480</v>
+      </c>
+      <c r="B15" t="s">
+        <v>616</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>617</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>618</v>
+      </c>
+      <c r="H15" t="s">
+        <v>619</v>
+      </c>
+      <c r="I15" t="s">
+        <v>620</v>
+      </c>
+      <c r="J15" t="s">
+        <v>571</v>
+      </c>
+      <c r="K15" t="s">
+        <v>621</v>
+      </c>
+      <c r="L15" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>480</v>
+      </c>
+      <c r="B16" t="s">
+        <v>623</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>624</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>625</v>
+      </c>
+      <c r="H16" t="s">
+        <v>626</v>
+      </c>
+      <c r="I16" t="s">
+        <v>627</v>
+      </c>
+      <c r="J16" t="s">
+        <v>628</v>
+      </c>
+      <c r="K16" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>480</v>
+      </c>
+      <c r="B17" t="s">
+        <v>630</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>631</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>632</v>
+      </c>
+      <c r="H17" t="s">
+        <v>633</v>
+      </c>
+      <c r="I17" t="s">
+        <v>634</v>
+      </c>
+      <c r="J17" t="s">
+        <v>550</v>
+      </c>
+      <c r="K17" t="s">
+        <v>635</v>
+      </c>
+      <c r="L17" t="s">
+        <v>636</v>
+      </c>
+      <c r="M17" t="s">
+        <v>637</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>480</v>
+      </c>
+      <c r="B18" t="s">
+        <v>638</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>639</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>640</v>
+      </c>
+      <c r="H18" t="s">
+        <v>641</v>
+      </c>
+      <c r="I18" t="s">
+        <v>642</v>
+      </c>
+      <c r="J18" t="s">
+        <v>643</v>
+      </c>
+      <c r="K18" t="s">
+        <v>644</v>
+      </c>
+      <c r="L18" t="s">
+        <v>645</v>
+      </c>
+      <c r="M18" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>480</v>
+      </c>
+      <c r="B19" t="s">
+        <v>647</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>648</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>649</v>
+      </c>
+      <c r="H19" t="s">
+        <v>650</v>
+      </c>
+      <c r="I19" t="s">
+        <v>651</v>
+      </c>
+      <c r="J19" t="s">
+        <v>652</v>
+      </c>
+      <c r="K19" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>480</v>
+      </c>
+      <c r="B20" t="s">
+        <v>654</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>655</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>656</v>
+      </c>
+      <c r="H20" t="s">
+        <v>657</v>
+      </c>
+      <c r="I20" t="s">
+        <v>658</v>
+      </c>
+      <c r="J20" t="s">
+        <v>550</v>
+      </c>
+      <c r="K20" t="s">
+        <v>659</v>
+      </c>
+      <c r="L20" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>480</v>
+      </c>
+      <c r="B21" t="s">
+        <v>661</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>662</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>663</v>
+      </c>
+      <c r="H21" t="s">
+        <v>664</v>
+      </c>
+      <c r="I21" t="s">
+        <v>665</v>
+      </c>
+      <c r="J21" t="s">
+        <v>666</v>
+      </c>
+      <c r="K21" t="s">
+        <v>667</v>
+      </c>
+      <c r="L21" t="s">
+        <v>668</v>
+      </c>
+      <c r="M21" t="s">
+        <v>669</v>
+      </c>
+      <c r="N21" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>480</v>
+      </c>
+      <c r="B22" t="s">
+        <v>671</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>672</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>673</v>
+      </c>
+      <c r="H22" t="s">
+        <v>674</v>
+      </c>
+      <c r="I22" t="s">
+        <v>675</v>
+      </c>
+      <c r="J22" t="s">
+        <v>676</v>
+      </c>
+      <c r="K22" t="s">
+        <v>677</v>
+      </c>
+      <c r="L22" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>480</v>
+      </c>
+      <c r="B23" t="s">
+        <v>679</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>680</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>681</v>
+      </c>
+      <c r="H23" t="s">
+        <v>682</v>
+      </c>
+      <c r="I23" t="s">
+        <v>683</v>
+      </c>
+      <c r="J23" t="s">
+        <v>666</v>
+      </c>
+      <c r="K23" t="s">
+        <v>684</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>480</v>
+      </c>
+      <c r="B24" t="s">
+        <v>685</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>686</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>687</v>
+      </c>
+      <c r="H24" t="s">
+        <v>688</v>
+      </c>
+      <c r="I24" t="s">
+        <v>689</v>
+      </c>
+      <c r="J24" t="s">
+        <v>504</v>
+      </c>
+      <c r="K24" t="s">
+        <v>690</v>
+      </c>
+      <c r="L24" t="s">
+        <v>691</v>
+      </c>
+      <c r="M24" t="s">
+        <v>692</v>
+      </c>
+      <c r="N24" t="s">
+        <v>693</v>
+      </c>
+      <c r="O24" t="s">
+        <v>694</v>
+      </c>
+      <c r="P24" t="s">
+        <v>695</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>696</v>
+      </c>
+      <c r="R24" t="s">
+        <v>697</v>
+      </c>
+      <c r="S24" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>480</v>
+      </c>
+      <c r="B25" t="s">
+        <v>699</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>700</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>701</v>
+      </c>
+      <c r="H25" t="s">
+        <v>702</v>
+      </c>
+      <c r="I25" t="s">
+        <v>703</v>
+      </c>
+      <c r="J25" t="s">
+        <v>614</v>
+      </c>
+      <c r="K25" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>480</v>
+      </c>
+      <c r="B26" t="s">
+        <v>705</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>706</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>707</v>
+      </c>
+      <c r="H26" t="s">
+        <v>708</v>
+      </c>
+      <c r="I26" t="s">
+        <v>709</v>
+      </c>
+      <c r="J26" t="s">
+        <v>710</v>
+      </c>
+      <c r="K26" t="s">
+        <v>711</v>
+      </c>
+      <c r="L26" t="s">
+        <v>712</v>
+      </c>
+      <c r="M26" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>480</v>
+      </c>
+      <c r="B27" t="s">
+        <v>714</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>715</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>716</v>
+      </c>
+      <c r="H27" t="s">
+        <v>717</v>
+      </c>
+      <c r="I27" t="s">
+        <v>718</v>
+      </c>
+      <c r="J27" t="s">
+        <v>719</v>
+      </c>
+      <c r="K27" t="s">
+        <v>720</v>
+      </c>
+      <c r="L27" t="s">
+        <v>721</v>
+      </c>
+      <c r="M27" t="s">
+        <v>722</v>
+      </c>
+      <c r="N27" t="s">
+        <v>723</v>
+      </c>
+      <c r="O27" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>480</v>
+      </c>
+      <c r="B28" t="s">
+        <v>725</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>726</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>727</v>
+      </c>
+      <c r="H28" t="s">
+        <v>728</v>
+      </c>
+      <c r="I28" t="s">
+        <v>729</v>
+      </c>
+      <c r="J28" t="s">
+        <v>730</v>
+      </c>
+      <c r="K28" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>480</v>
+      </c>
+      <c r="B29" t="s">
+        <v>732</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>700</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>733</v>
+      </c>
+      <c r="H29" t="s">
+        <v>734</v>
+      </c>
+      <c r="I29" t="s">
+        <v>735</v>
+      </c>
+      <c r="J29" t="s">
+        <v>504</v>
+      </c>
+      <c r="K29" t="s">
+        <v>736</v>
+      </c>
+      <c r="L29" t="s">
+        <v>737</v>
+      </c>
+      <c r="M29" t="s">
+        <v>738</v>
+      </c>
+      <c r="N29" t="s">
+        <v>739</v>
+      </c>
+      <c r="O29" t="s">
+        <v>740</v>
+      </c>
+      <c r="P29" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>480</v>
+      </c>
+      <c r="B30" t="s">
+        <v>742</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>743</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>744</v>
+      </c>
+      <c r="H30" t="s">
+        <v>745</v>
+      </c>
+      <c r="I30" t="s">
+        <v>746</v>
+      </c>
+      <c r="J30" t="s">
+        <v>747</v>
+      </c>
+      <c r="K30" t="s">
+        <v>748</v>
+      </c>
+      <c r="L30" t="s">
+        <v>749</v>
+      </c>
+      <c r="M30" t="s">
+        <v>750</v>
+      </c>
+      <c r="N30" t="s">
+        <v>751</v>
+      </c>
+      <c r="O30" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>480</v>
+      </c>
+      <c r="B31" t="s">
+        <v>753</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>754</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>755</v>
+      </c>
+      <c r="H31" t="s">
+        <v>756</v>
+      </c>
+      <c r="I31" t="s">
+        <v>757</v>
+      </c>
+      <c r="J31" t="s">
+        <v>614</v>
+      </c>
+      <c r="K31" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>480</v>
+      </c>
+      <c r="B32" t="s">
+        <v>759</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>754</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>760</v>
+      </c>
+      <c r="H32" t="s">
+        <v>761</v>
+      </c>
+      <c r="I32" t="s">
+        <v>762</v>
+      </c>
+      <c r="J32" t="s">
+        <v>763</v>
+      </c>
+      <c r="K32" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>480</v>
+      </c>
+      <c r="B33" t="s">
+        <v>765</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>766</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>767</v>
+      </c>
+      <c r="H33" t="s">
+        <v>768</v>
+      </c>
+      <c r="I33" t="s">
+        <v>769</v>
+      </c>
+      <c r="J33" t="s">
+        <v>763</v>
+      </c>
+      <c r="K33" t="s">
+        <v>770</v>
+      </c>
+      <c r="L33" t="s">
+        <v>771</v>
+      </c>
+      <c r="M33" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>480</v>
+      </c>
+      <c r="B34" t="s">
+        <v>773</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>774</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>775</v>
+      </c>
+      <c r="H34" t="s">
+        <v>776</v>
+      </c>
+      <c r="I34" t="s">
+        <v>757</v>
+      </c>
+      <c r="J34" t="s">
+        <v>777</v>
+      </c>
+      <c r="K34" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>480</v>
+      </c>
+      <c r="B35" t="s">
+        <v>779</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>780</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>781</v>
+      </c>
+      <c r="H35" t="s">
+        <v>782</v>
+      </c>
+      <c r="I35" t="s">
+        <v>783</v>
+      </c>
+      <c r="J35" t="s">
+        <v>777</v>
+      </c>
+      <c r="K35" t="s">
+        <v>784</v>
+      </c>
+      <c r="L35" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>480</v>
+      </c>
+      <c r="B36" t="s">
+        <v>786</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>787</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>788</v>
+      </c>
+      <c r="H36" t="s">
+        <v>789</v>
+      </c>
+      <c r="I36" t="s">
+        <v>790</v>
+      </c>
+      <c r="J36" t="s">
+        <v>791</v>
+      </c>
+      <c r="K36" t="s">
+        <v>792</v>
+      </c>
+      <c r="L36" t="s">
+        <v>793</v>
+      </c>
+      <c r="M36" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>480</v>
+      </c>
+      <c r="B37" t="s">
+        <v>795</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>796</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>797</v>
+      </c>
+      <c r="H37" t="s">
+        <v>798</v>
+      </c>
+      <c r="I37" t="s">
+        <v>799</v>
+      </c>
+      <c r="J37" t="s">
+        <v>800</v>
+      </c>
+      <c r="K37" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>480</v>
+      </c>
+      <c r="B38" t="s">
+        <v>802</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>803</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>804</v>
+      </c>
+      <c r="H38" t="s">
+        <v>805</v>
+      </c>
+      <c r="I38" t="s">
+        <v>806</v>
+      </c>
+      <c r="J38" t="s">
+        <v>777</v>
+      </c>
+      <c r="K38" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>480</v>
+      </c>
+      <c r="B39" t="s">
+        <v>808</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>809</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>810</v>
+      </c>
+      <c r="H39" t="s">
+        <v>811</v>
+      </c>
+      <c r="I39" t="s">
+        <v>812</v>
+      </c>
+      <c r="J39" t="s">
+        <v>813</v>
+      </c>
+      <c r="K39" t="s">
+        <v>814</v>
+      </c>
+      <c r="L39" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>480</v>
+      </c>
+      <c r="B40" t="s">
+        <v>816</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>817</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>818</v>
+      </c>
+      <c r="H40" t="s">
+        <v>819</v>
+      </c>
+      <c r="I40" t="s">
+        <v>820</v>
+      </c>
+      <c r="J40" t="s">
+        <v>821</v>
+      </c>
+      <c r="K40" t="s">
+        <v>822</v>
+      </c>
+      <c r="L40" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>480</v>
+      </c>
+      <c r="B41" t="s">
+        <v>824</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>825</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>826</v>
+      </c>
+      <c r="H41" t="s">
+        <v>827</v>
+      </c>
+      <c r="I41" t="s">
+        <v>828</v>
+      </c>
+      <c r="J41" t="s">
+        <v>763</v>
+      </c>
+      <c r="K41" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>480</v>
+      </c>
+      <c r="B42" t="s">
+        <v>830</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>831</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>832</v>
+      </c>
+      <c r="H42" t="s">
+        <v>833</v>
+      </c>
+      <c r="I42" t="s">
+        <v>834</v>
+      </c>
+      <c r="J42" t="s">
+        <v>835</v>
+      </c>
+      <c r="K42" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>480</v>
+      </c>
+      <c r="B43" t="s">
+        <v>837</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>838</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>839</v>
+      </c>
+      <c r="H43" t="s">
+        <v>840</v>
+      </c>
+      <c r="I43" t="s">
+        <v>841</v>
+      </c>
+      <c r="J43" t="s">
+        <v>747</v>
+      </c>
+      <c r="K43" t="s">
+        <v>842</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>480</v>
+      </c>
+      <c r="B44" t="s">
+        <v>843</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>844</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>845</v>
+      </c>
+      <c r="H44" t="s">
+        <v>846</v>
+      </c>
+      <c r="I44" t="s">
+        <v>847</v>
+      </c>
+      <c r="J44" t="s">
+        <v>848</v>
+      </c>
+      <c r="K44" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>480</v>
+      </c>
+      <c r="B45" t="s">
+        <v>850</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>851</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>852</v>
+      </c>
+      <c r="H45" t="s">
+        <v>853</v>
+      </c>
+      <c r="I45" t="s">
+        <v>854</v>
+      </c>
+      <c r="J45" t="s">
+        <v>855</v>
+      </c>
+      <c r="K45" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>480</v>
+      </c>
+      <c r="B46" t="s">
+        <v>857</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>858</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>859</v>
+      </c>
+      <c r="H46" t="s">
+        <v>860</v>
+      </c>
+      <c r="I46" t="s">
+        <v>854</v>
+      </c>
+      <c r="J46" t="s">
+        <v>861</v>
+      </c>
+      <c r="K46" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>480</v>
+      </c>
+      <c r="B47" t="s">
+        <v>863</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>864</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>865</v>
+      </c>
+      <c r="H47" t="s">
+        <v>866</v>
+      </c>
+      <c r="I47" t="s">
+        <v>867</v>
+      </c>
+      <c r="J47" t="s">
+        <v>868</v>
+      </c>
+      <c r="K47" t="s">
+        <v>869</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>