--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -893,51 +893,51 @@
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1616483/en/eliquis-apixaban-anticoagulant-par-voie-orale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2008303/en/eliquis-apixaban</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2038860/en/eliquis-apixaban-oral-anticoagulant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2826829/en/eliquis-apixaban</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3199558/en/eliquis-apixaban</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3352188/en/eliquis-apixaban-reevaluation-place-dans-la-strategie-et-population-cible-dans-tvp/ep-en-cas-de-cancer-actif</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-evenements-thromboemboliques-veineux-etev-chez-les-patients-ages-de-28-jours-a-moins-de-18-ans</t>
+    <t>https://www.has-sante.fr/jcms/p_3609208/en/eliquis-apixaban-venous-thromboembolism-vte-and-prevention-of-recurrent-vte-in-paediatric-patients-from-28-days-to-less-than-18-years-of-age</t>
   </si>
   <si>
     <t>LIDOCAINE (lidocaïne (chlorhydrate de))</t>
   </si>
   <si>
     <t>04/02/2025 17:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982972/en/lidocaine-lidocaine-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2982972</t>
   </si>
   <si>
     <t>lidocaïne (chlorhydrate de)</t>
   </si>
   <si>
     <t>ACCORD HEALTHCARE FRANCE SAS / ARROW GENERIQUES / AGUETTANT / FRESENIUS KABI FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1726233/en/lidocaine-aguettant-sans-conservateur-lidocaine-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2881376/en/lidocaine-aguettant-lidocaine-chlorhydrate-de</t>
   </si>