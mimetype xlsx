--- v1 (2025-11-30)
+++ v2 (2026-03-01)
@@ -24,51 +24,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
     <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
     <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
     <sheet name="Export Tool to improve professi" r:id="rId6" sheetId="4"/>
     <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
     <sheet name="Export Web page" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1344" uniqueCount="927">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1355" uniqueCount="933">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -854,50 +854,71 @@
   <si>
     <t>This Patient Safety Solution is recommended in dermatological surgery when the number or location of the lesions carries a risk of incorrect identification, particularly in the management of malignant lesions.</t>
   </si>
   <si>
     <t>04/19/2013 18:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1524018/en/how-to-reduce-wrong-site-skin-lesion-excision</t>
   </si>
   <si>
     <t>c_1524018</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>TANOREN (tartrate de noradrénaline)</t>
+  </si>
+  <si>
+    <t>09/18/2025 09:21:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685983/en/tanoren-tartrate-de-noradrenaline</t>
+  </si>
+  <si>
+    <t>p_3685983</t>
+  </si>
+  <si>
+    <t>tartrate de noradrénaline</t>
+  </si>
+  <si>
+    <t>LABORATOIRE RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685927/en/tanoren-noradrenaline-tartrate-perioperative-arterial</t>
+  </si>
+  <si>
     <t>ELIQUIS</t>
   </si>
   <si>
     <t>06/13/2025 16:46:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983394/en/eliquis</t>
   </si>
   <si>
     <t>pprd_2983394</t>
   </si>
   <si>
     <t>apixaban</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1215842/en/eliquis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1616483/en/eliquis-apixaban-anticoagulant-par-voie-orale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2008303/en/eliquis-apixaban</t>
@@ -1353,53 +1374,50 @@
     <t>https://www.has-sante.fr/jcms/pprd_2983823/en/diazepam-renaudin-diazepam</t>
   </si>
   <si>
     <t>pprd_2983823</t>
   </si>
   <si>
     <t>RENAUDIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2729428/en/diazepam-renaudin-diazepam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534497/en/diazepam-renaudin-diazepam-premedication</t>
   </si>
   <si>
     <t>ESKETAMINE RENAUDIN (eskétamine)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3315649/en/esketamine-renaudin-esketamine</t>
   </si>
   <si>
     <t>p_3315649</t>
   </si>
   <si>
     <t>eskétamine</t>
-  </si>
-[...1 lines deleted...]
-    <t>LABORATOIRE RENAUDIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3315485/en/esketamine-renaudin-esketamine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3531740/en/esketamine-renaudin-esketamine-analgesia</t>
   </si>
   <si>
     <t>ROCURONIUM (bromure de rocuronium)</t>
   </si>
   <si>
     <t>06/27/2024 08:31:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982798/en/rocuronium-bromure-de-rocuronium</t>
   </si>
   <si>
     <t>pprd_2982798</t>
   </si>
   <si>
     <t>bromure de rocuronium</t>
   </si>
   <si>
     <t>B. BRAUN MEDICAL / HOSPIRA FRANCE / LABORATOIRE AGUETTANT / LABORATOIRES DELBERT / MEDIPHA SANTE SAS / MYLAN S.A.S / PFIZER PFE FRANCE</t>
   </si>
@@ -4211,51 +4229,51 @@
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>269</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>270</v>
       </c>
       <c r="H11" t="s">
         <v>271</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AO64"/>
+  <dimension ref="A1:AO65"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -4286,2952 +4304,2987 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>277</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>278</v>
       </c>
       <c r="H2" t="s">
         <v>279</v>
       </c>
       <c r="I2" t="s">
         <v>280</v>
       </c>
       <c r="J2" t="s">
         <v>281</v>
       </c>
       <c r="K2" t="s">
         <v>282</v>
       </c>
-      <c r="L2" t="s">
-[...19 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>275</v>
       </c>
       <c r="B3" t="s">
+        <v>283</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>284</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>285</v>
+      </c>
+      <c r="H3" t="s">
+        <v>286</v>
+      </c>
+      <c r="I3" t="s">
+        <v>287</v>
+      </c>
+      <c r="J3" t="s">
+        <v>288</v>
+      </c>
+      <c r="K3" t="s">
+        <v>289</v>
+      </c>
+      <c r="L3" t="s">
         <v>290</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="M3" t="s">
         <v>291</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="N3" t="s">
         <v>292</v>
       </c>
-      <c r="H3" t="s">
+      <c r="O3" t="s">
         <v>293</v>
       </c>
-      <c r="I3" t="s">
+      <c r="P3" t="s">
         <v>294</v>
       </c>
-      <c r="J3" t="s">
+      <c r="Q3" t="s">
         <v>295</v>
-      </c>
-[...19 lines deleted...]
-        <v>297</v>
       </c>
       <c r="R3" t="s">
         <v>296</v>
-      </c>
-[...7 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>275</v>
       </c>
       <c r="B4" t="s">
+        <v>297</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>298</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>299</v>
+      </c>
+      <c r="H4" t="s">
+        <v>300</v>
+      </c>
+      <c r="I4" t="s">
+        <v>301</v>
+      </c>
+      <c r="J4" t="s">
+        <v>302</v>
+      </c>
+      <c r="K4" t="s">
+        <v>303</v>
+      </c>
+      <c r="L4" t="s">
+        <v>304</v>
+      </c>
+      <c r="M4" t="s">
         <v>305</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="N4" t="s">
         <v>306</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="O4" t="s">
         <v>307</v>
       </c>
-      <c r="H4" t="s">
+      <c r="P4" t="s">
         <v>308</v>
       </c>
-      <c r="I4" t="s">
+      <c r="Q4" t="s">
+        <v>304</v>
+      </c>
+      <c r="R4" t="s">
+        <v>303</v>
+      </c>
+      <c r="S4" t="s">
         <v>309</v>
       </c>
-      <c r="J4" t="s">
+      <c r="T4" t="s">
         <v>310</v>
       </c>
-      <c r="K4" t="s">
+      <c r="U4" t="s">
         <v>311</v>
-      </c>
-[...7 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>275</v>
       </c>
       <c r="B5" t="s">
+        <v>312</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>313</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>314</v>
+      </c>
+      <c r="H5" t="s">
         <v>315</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>316</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="J5" t="s">
         <v>317</v>
       </c>
-      <c r="H5" t="s">
+      <c r="K5" t="s">
         <v>318</v>
       </c>
-      <c r="I5" t="s">
+      <c r="L5" t="s">
         <v>319</v>
       </c>
-      <c r="J5" t="s">
+      <c r="M5" t="s">
         <v>320</v>
       </c>
-      <c r="K5" t="s">
+      <c r="N5" t="s">
         <v>321</v>
-      </c>
-[...88 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>275</v>
       </c>
       <c r="B6" t="s">
+        <v>322</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>323</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>324</v>
+      </c>
+      <c r="H6" t="s">
+        <v>325</v>
+      </c>
+      <c r="I6" t="s">
+        <v>326</v>
+      </c>
+      <c r="J6" t="s">
+        <v>327</v>
+      </c>
+      <c r="K6" t="s">
+        <v>328</v>
+      </c>
+      <c r="L6" t="s">
+        <v>329</v>
+      </c>
+      <c r="M6" t="s">
+        <v>330</v>
+      </c>
+      <c r="N6" t="s">
+        <v>331</v>
+      </c>
+      <c r="O6" t="s">
+        <v>332</v>
+      </c>
+      <c r="P6" t="s">
+        <v>333</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>334</v>
+      </c>
+      <c r="R6" t="s">
+        <v>335</v>
+      </c>
+      <c r="S6" t="s">
+        <v>336</v>
+      </c>
+      <c r="T6" t="s">
+        <v>337</v>
+      </c>
+      <c r="U6" t="s">
+        <v>338</v>
+      </c>
+      <c r="V6" t="s">
+        <v>339</v>
+      </c>
+      <c r="W6" t="s">
+        <v>340</v>
+      </c>
+      <c r="X6" t="s">
+        <v>341</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>342</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>343</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>344</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>345</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>346</v>
+      </c>
+      <c r="AD6" t="s">
+        <v>347</v>
+      </c>
+      <c r="AE6" t="s">
+        <v>348</v>
+      </c>
+      <c r="AF6" t="s">
+        <v>349</v>
+      </c>
+      <c r="AG6" t="s">
+        <v>350</v>
+      </c>
+      <c r="AH6" t="s">
+        <v>351</v>
+      </c>
+      <c r="AI6" t="s">
         <v>352</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="AJ6" t="s">
         <v>353</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="AK6" t="s">
         <v>354</v>
       </c>
-      <c r="H6" t="s">
+      <c r="AL6" t="s">
         <v>355</v>
       </c>
-      <c r="I6" t="s">
+      <c r="AM6" t="s">
         <v>356</v>
       </c>
-      <c r="J6" t="s">
+      <c r="AN6" t="s">
         <v>357</v>
       </c>
-      <c r="K6" t="s">
+      <c r="AO6" t="s">
         <v>358</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>275</v>
       </c>
       <c r="B7" t="s">
         <v>359</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>360</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>361</v>
       </c>
       <c r="H7" t="s">
         <v>362</v>
       </c>
       <c r="I7" t="s">
         <v>363</v>
       </c>
       <c r="J7" t="s">
         <v>364</v>
       </c>
       <c r="K7" t="s">
         <v>365</v>
       </c>
-      <c r="L7" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>275</v>
       </c>
       <c r="B8" t="s">
+        <v>366</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>367</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>368</v>
+      </c>
+      <c r="H8" t="s">
+        <v>369</v>
+      </c>
+      <c r="I8" t="s">
         <v>370</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="J8" t="s">
         <v>371</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="K8" t="s">
         <v>372</v>
       </c>
-      <c r="H8" t="s">
+      <c r="L8" t="s">
         <v>373</v>
       </c>
-      <c r="I8" t="s">
+      <c r="M8" t="s">
         <v>374</v>
       </c>
-      <c r="J8" t="s">
+      <c r="N8" t="s">
         <v>375</v>
       </c>
-      <c r="K8" t="s">
+      <c r="O8" t="s">
         <v>376</v>
-      </c>
-[...25 lines deleted...]
-        <v>385</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>275</v>
       </c>
       <c r="B9" t="s">
+        <v>377</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>378</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>379</v>
+      </c>
+      <c r="H9" t="s">
+        <v>380</v>
+      </c>
+      <c r="I9" t="s">
+        <v>381</v>
+      </c>
+      <c r="J9" t="s">
+        <v>382</v>
+      </c>
+      <c r="K9" t="s">
+        <v>383</v>
+      </c>
+      <c r="L9" t="s">
+        <v>384</v>
+      </c>
+      <c r="M9" t="s">
+        <v>385</v>
+      </c>
+      <c r="N9" t="s">
         <v>386</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="O9" t="s">
         <v>387</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="P9" t="s">
         <v>388</v>
       </c>
-      <c r="H9" t="s">
+      <c r="Q9" t="s">
         <v>389</v>
       </c>
-      <c r="I9" t="s">
+      <c r="R9" t="s">
         <v>390</v>
       </c>
-      <c r="J9" t="s">
+      <c r="S9" t="s">
         <v>391</v>
       </c>
-      <c r="K9" t="s">
+      <c r="T9" t="s">
         <v>392</v>
-      </c>
-[...19 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>275</v>
       </c>
       <c r="B10" t="s">
+        <v>393</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>394</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>395</v>
+      </c>
+      <c r="H10" t="s">
+        <v>396</v>
+      </c>
+      <c r="I10" t="s">
+        <v>397</v>
+      </c>
+      <c r="J10" t="s">
+        <v>398</v>
+      </c>
+      <c r="K10" t="s">
+        <v>399</v>
+      </c>
+      <c r="L10" t="s">
         <v>400</v>
       </c>
-      <c r="C10" t="s">
-[...11 lines deleted...]
-      <c r="G10" t="s">
+      <c r="M10" t="s">
         <v>401</v>
       </c>
-      <c r="H10" t="s">
+      <c r="N10" t="s">
         <v>402</v>
       </c>
-      <c r="I10" t="s">
+      <c r="O10" t="s">
         <v>403</v>
       </c>
-      <c r="J10" t="s">
+      <c r="P10" t="s">
         <v>404</v>
       </c>
-      <c r="K10" t="s">
+      <c r="Q10" t="s">
         <v>405</v>
       </c>
-      <c r="L10" t="s">
+      <c r="R10" t="s">
         <v>406</v>
-      </c>
-[...4 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>275</v>
       </c>
       <c r="B11" t="s">
+        <v>407</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>394</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>408</v>
+      </c>
+      <c r="H11" t="s">
         <v>409</v>
       </c>
-      <c r="C11" t="s">
-[...11 lines deleted...]
-      <c r="G11" t="s">
+      <c r="I11" t="s">
         <v>410</v>
       </c>
-      <c r="H11" t="s">
+      <c r="J11" t="s">
         <v>411</v>
       </c>
-      <c r="I11" t="s">
+      <c r="K11" t="s">
         <v>412</v>
       </c>
-      <c r="J11" t="s">
+      <c r="L11" t="s">
         <v>413</v>
       </c>
-      <c r="K11" t="s">
+      <c r="M11" t="s">
         <v>414</v>
       </c>
-      <c r="L11" t="s">
+      <c r="N11" t="s">
         <v>415</v>
-      </c>
-[...25 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>275</v>
       </c>
       <c r="B12" t="s">
+        <v>416</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>394</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>417</v>
+      </c>
+      <c r="H12" t="s">
+        <v>418</v>
+      </c>
+      <c r="I12" t="s">
+        <v>419</v>
+      </c>
+      <c r="J12" t="s">
+        <v>420</v>
+      </c>
+      <c r="K12" t="s">
+        <v>421</v>
+      </c>
+      <c r="L12" t="s">
+        <v>422</v>
+      </c>
+      <c r="M12" t="s">
+        <v>423</v>
+      </c>
+      <c r="N12" t="s">
+        <v>424</v>
+      </c>
+      <c r="O12" t="s">
         <v>425</v>
       </c>
-      <c r="C12" t="s">
-[...11 lines deleted...]
-      <c r="G12" t="s">
+      <c r="P12" t="s">
         <v>426</v>
       </c>
-      <c r="H12" t="s">
+      <c r="Q12" t="s">
         <v>427</v>
       </c>
-      <c r="I12" t="s">
+      <c r="R12" t="s">
         <v>428</v>
       </c>
-      <c r="J12" t="s">
+      <c r="S12" t="s">
         <v>429</v>
       </c>
-      <c r="K12" t="s">
+      <c r="T12" t="s">
         <v>430</v>
       </c>
-      <c r="L12" t="s">
+      <c r="U12" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>275</v>
       </c>
       <c r="B13" t="s">
         <v>432</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
+        <v>394</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>433</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>434</v>
       </c>
-      <c r="H13" t="s">
+      <c r="I13" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>403</v>
       </c>
       <c r="J13" t="s">
         <v>436</v>
       </c>
       <c r="K13" t="s">
         <v>437</v>
       </c>
       <c r="L13" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>275</v>
       </c>
       <c r="B14" t="s">
         <v>439</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H14" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I14" t="s">
-        <v>442</v>
+        <v>410</v>
       </c>
       <c r="J14" t="s">
         <v>443</v>
       </c>
       <c r="K14" t="s">
         <v>444</v>
       </c>
       <c r="L14" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>275</v>
       </c>
       <c r="B15" t="s">
         <v>446</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
+        <v>440</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
         <v>447</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>448</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>449</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
+        <v>281</v>
+      </c>
+      <c r="K15" t="s">
         <v>450</v>
       </c>
-      <c r="J15" t="s">
+      <c r="L15" t="s">
         <v>451</v>
-      </c>
-[...19 lines deleted...]
-        <v>458</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>275</v>
       </c>
       <c r="B16" t="s">
+        <v>452</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>453</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>454</v>
+      </c>
+      <c r="H16" t="s">
+        <v>455</v>
+      </c>
+      <c r="I16" t="s">
+        <v>456</v>
+      </c>
+      <c r="J16" t="s">
+        <v>457</v>
+      </c>
+      <c r="K16" t="s">
+        <v>458</v>
+      </c>
+      <c r="L16" t="s">
         <v>459</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="M16" t="s">
         <v>460</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="N16" t="s">
         <v>461</v>
       </c>
-      <c r="H16" t="s">
+      <c r="O16" t="s">
         <v>462</v>
       </c>
-      <c r="I16" t="s">
+      <c r="P16" t="s">
         <v>463</v>
       </c>
-      <c r="J16" t="s">
+      <c r="Q16" t="s">
         <v>464</v>
-      </c>
-[...1 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>275</v>
       </c>
       <c r="B17" t="s">
+        <v>465</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
         <v>466</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>467</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>468</v>
       </c>
-      <c r="H17" t="s">
+      <c r="I17" t="s">
         <v>469</v>
       </c>
-      <c r="I17" t="s">
+      <c r="J17" t="s">
         <v>470</v>
       </c>
-      <c r="J17" t="s">
+      <c r="K17" t="s">
         <v>471</v>
-      </c>
-[...28 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>275</v>
       </c>
       <c r="B18" t="s">
+        <v>472</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>473</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>474</v>
+      </c>
+      <c r="H18" t="s">
+        <v>475</v>
+      </c>
+      <c r="I18" t="s">
+        <v>476</v>
+      </c>
+      <c r="J18" t="s">
+        <v>477</v>
+      </c>
+      <c r="K18" t="s">
+        <v>478</v>
+      </c>
+      <c r="L18" t="s">
+        <v>479</v>
+      </c>
+      <c r="M18" t="s">
+        <v>480</v>
+      </c>
+      <c r="N18" t="s">
+        <v>481</v>
+      </c>
+      <c r="O18" t="s">
         <v>482</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="P18" t="s">
         <v>483</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="Q18" t="s">
         <v>484</v>
       </c>
-      <c r="H18" t="s">
+      <c r="R18" t="s">
         <v>485</v>
       </c>
-      <c r="I18" t="s">
+      <c r="S18" t="s">
         <v>486</v>
       </c>
-      <c r="J18" t="s">
+      <c r="T18" t="s">
         <v>487</v>
-      </c>
-[...22 lines deleted...]
-        <v>495</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>275</v>
       </c>
       <c r="B19" t="s">
+        <v>488</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>489</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>490</v>
+      </c>
+      <c r="H19" t="s">
+        <v>491</v>
+      </c>
+      <c r="I19" t="s">
+        <v>492</v>
+      </c>
+      <c r="J19" t="s">
+        <v>493</v>
+      </c>
+      <c r="K19" t="s">
+        <v>494</v>
+      </c>
+      <c r="L19" t="s">
+        <v>495</v>
+      </c>
+      <c r="M19" t="s">
         <v>496</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="N19" t="s">
         <v>497</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="O19" t="s">
         <v>498</v>
       </c>
-      <c r="H19" t="s">
+      <c r="P19" t="s">
         <v>499</v>
       </c>
-      <c r="I19" t="s">
+      <c r="Q19" t="s">
         <v>500</v>
       </c>
-      <c r="J19" t="s">
+      <c r="R19" t="s">
         <v>501</v>
-      </c>
-[...49 lines deleted...]
-        <v>517</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>275</v>
       </c>
       <c r="B20" t="s">
+        <v>502</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>503</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>504</v>
+      </c>
+      <c r="H20" t="s">
+        <v>505</v>
+      </c>
+      <c r="I20" t="s">
+        <v>506</v>
+      </c>
+      <c r="J20" t="s">
+        <v>507</v>
+      </c>
+      <c r="K20" t="s">
+        <v>508</v>
+      </c>
+      <c r="L20" t="s">
+        <v>509</v>
+      </c>
+      <c r="M20" t="s">
+        <v>510</v>
+      </c>
+      <c r="N20" t="s">
+        <v>511</v>
+      </c>
+      <c r="O20" t="s">
+        <v>512</v>
+      </c>
+      <c r="P20" t="s">
+        <v>513</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>514</v>
+      </c>
+      <c r="R20" t="s">
+        <v>515</v>
+      </c>
+      <c r="S20" t="s">
+        <v>516</v>
+      </c>
+      <c r="T20" t="s">
+        <v>517</v>
+      </c>
+      <c r="U20" t="s">
         <v>518</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="V20" t="s">
         <v>519</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="W20" t="s">
         <v>520</v>
       </c>
-      <c r="H20" t="s">
+      <c r="X20" t="s">
         <v>521</v>
       </c>
-      <c r="I20" t="s">
+      <c r="Y20" t="s">
+        <v>510</v>
+      </c>
+      <c r="Z20" t="s">
         <v>522</v>
       </c>
-      <c r="J20" t="s">
-[...2 lines deleted...]
-      <c r="K20" t="s">
+      <c r="AA20" t="s">
         <v>523</v>
-      </c>
-[...55 lines deleted...]
-        <v>542</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>275</v>
       </c>
       <c r="B21" t="s">
+        <v>524</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>525</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>526</v>
+      </c>
+      <c r="H21" t="s">
+        <v>527</v>
+      </c>
+      <c r="I21" t="s">
+        <v>528</v>
+      </c>
+      <c r="J21" t="s">
+        <v>470</v>
+      </c>
+      <c r="K21" t="s">
+        <v>529</v>
+      </c>
+      <c r="L21" t="s">
+        <v>530</v>
+      </c>
+      <c r="M21" t="s">
+        <v>531</v>
+      </c>
+      <c r="N21" t="s">
+        <v>532</v>
+      </c>
+      <c r="O21" t="s">
+        <v>533</v>
+      </c>
+      <c r="P21" t="s">
+        <v>534</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>535</v>
+      </c>
+      <c r="R21" t="s">
+        <v>536</v>
+      </c>
+      <c r="S21" t="s">
+        <v>537</v>
+      </c>
+      <c r="T21" t="s">
+        <v>538</v>
+      </c>
+      <c r="U21" t="s">
+        <v>539</v>
+      </c>
+      <c r="V21" t="s">
+        <v>540</v>
+      </c>
+      <c r="W21" t="s">
+        <v>541</v>
+      </c>
+      <c r="X21" t="s">
+        <v>542</v>
+      </c>
+      <c r="Y21" t="s">
         <v>543</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="Z21" t="s">
         <v>544</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="AA21" t="s">
         <v>545</v>
       </c>
-      <c r="H21" t="s">
+      <c r="AB21" t="s">
         <v>546</v>
       </c>
-      <c r="I21" t="s">
-[...2 lines deleted...]
-      <c r="J21" t="s">
+      <c r="AC21" t="s">
         <v>547</v>
       </c>
-      <c r="K21" t="s">
+      <c r="AD21" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>275</v>
       </c>
       <c r="B22" t="s">
         <v>549</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
         <v>550</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>551</v>
       </c>
       <c r="H22" t="s">
         <v>552</v>
       </c>
       <c r="I22" t="s">
+        <v>449</v>
+      </c>
+      <c r="J22" t="s">
         <v>553</v>
       </c>
-      <c r="J22" t="s">
+      <c r="K22" t="s">
         <v>554</v>
-      </c>
-[...22 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>275</v>
       </c>
       <c r="B23" t="s">
+        <v>555</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>556</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>557</v>
+      </c>
+      <c r="H23" t="s">
+        <v>558</v>
+      </c>
+      <c r="I23" t="s">
+        <v>559</v>
+      </c>
+      <c r="J23" t="s">
+        <v>560</v>
+      </c>
+      <c r="K23" t="s">
+        <v>561</v>
+      </c>
+      <c r="L23" t="s">
+        <v>562</v>
+      </c>
+      <c r="M23" t="s">
         <v>563</v>
       </c>
-      <c r="C23" t="s">
-[...11 lines deleted...]
-      <c r="G23" t="s">
+      <c r="N23" t="s">
         <v>564</v>
       </c>
-      <c r="H23" t="s">
+      <c r="O23" t="s">
         <v>565</v>
       </c>
-      <c r="I23" t="s">
+      <c r="P23" t="s">
         <v>566</v>
       </c>
-      <c r="J23" t="s">
+      <c r="Q23" t="s">
         <v>567</v>
       </c>
-      <c r="K23" t="s">
+      <c r="R23" t="s">
         <v>568</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>275</v>
       </c>
       <c r="B24" t="s">
         <v>569</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
+        <v>556</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
         <v>570</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>571</v>
       </c>
-      <c r="H24" t="s">
+      <c r="I24" t="s">
         <v>572</v>
       </c>
-      <c r="I24" t="s">
+      <c r="J24" t="s">
         <v>573</v>
       </c>
-      <c r="J24" t="s">
+      <c r="K24" t="s">
         <v>574</v>
-      </c>
-[...43 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>275</v>
       </c>
       <c r="B25" t="s">
+        <v>575</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>576</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>577</v>
+      </c>
+      <c r="H25" t="s">
+        <v>578</v>
+      </c>
+      <c r="I25" t="s">
+        <v>579</v>
+      </c>
+      <c r="J25" t="s">
+        <v>580</v>
+      </c>
+      <c r="K25" t="s">
+        <v>581</v>
+      </c>
+      <c r="L25" t="s">
+        <v>582</v>
+      </c>
+      <c r="M25" t="s">
+        <v>583</v>
+      </c>
+      <c r="N25" t="s">
+        <v>584</v>
+      </c>
+      <c r="O25" t="s">
+        <v>585</v>
+      </c>
+      <c r="P25" t="s">
+        <v>586</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>587</v>
+      </c>
+      <c r="R25" t="s">
+        <v>588</v>
+      </c>
+      <c r="S25" t="s">
+        <v>589</v>
+      </c>
+      <c r="T25" t="s">
         <v>590</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="U25" t="s">
         <v>591</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="V25" t="s">
         <v>592</v>
       </c>
-      <c r="H25" t="s">
+      <c r="W25" t="s">
         <v>593</v>
       </c>
-      <c r="I25" t="s">
+      <c r="X25" t="s">
         <v>594</v>
       </c>
-      <c r="J25" t="s">
+      <c r="Y25" t="s">
         <v>595</v>
-      </c>
-[...1 lines deleted...]
-        <v>596</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>275</v>
       </c>
       <c r="B26" t="s">
+        <v>596</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
         <v>597</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>598</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>599</v>
       </c>
-      <c r="H26" t="s">
+      <c r="I26" t="s">
         <v>600</v>
       </c>
-      <c r="I26" t="s">
+      <c r="J26" t="s">
         <v>601</v>
       </c>
-      <c r="J26" t="s">
+      <c r="K26" t="s">
         <v>602</v>
-      </c>
-[...1 lines deleted...]
-        <v>603</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>275</v>
       </c>
       <c r="B27" t="s">
+        <v>603</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
         <v>604</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>605</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>606</v>
       </c>
-      <c r="H27" t="s">
+      <c r="I27" t="s">
         <v>607</v>
       </c>
-      <c r="I27" t="s">
+      <c r="J27" t="s">
         <v>608</v>
       </c>
-      <c r="J27" t="s">
+      <c r="K27" t="s">
         <v>609</v>
-      </c>
-[...13 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>275</v>
       </c>
       <c r="B28" t="s">
+        <v>610</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>611</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>612</v>
+      </c>
+      <c r="H28" t="s">
+        <v>613</v>
+      </c>
+      <c r="I28" t="s">
+        <v>614</v>
+      </c>
+      <c r="J28" t="s">
         <v>615</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="K28" t="s">
         <v>616</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="L28" t="s">
         <v>617</v>
       </c>
-      <c r="H28" t="s">
+      <c r="M28" t="s">
         <v>618</v>
       </c>
-      <c r="I28" t="s">
+      <c r="N28" t="s">
         <v>619</v>
       </c>
-      <c r="J28" t="s">
+      <c r="O28" t="s">
         <v>620</v>
-      </c>
-[...4 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>275</v>
       </c>
       <c r="B29" t="s">
+        <v>621</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>622</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
         <v>623</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="H29" t="s">
         <v>624</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="I29" t="s">
         <v>625</v>
       </c>
-      <c r="H29" t="s">
+      <c r="J29" t="s">
         <v>626</v>
       </c>
-      <c r="I29" t="s">
+      <c r="K29" t="s">
         <v>627</v>
       </c>
-      <c r="J29" t="s">
+      <c r="L29" t="s">
         <v>628</v>
-      </c>
-[...4 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>275</v>
       </c>
       <c r="B30" t="s">
+        <v>629</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>630</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
         <v>631</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="H30" t="s">
         <v>632</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="I30" t="s">
         <v>633</v>
       </c>
-      <c r="H30" t="s">
+      <c r="J30" t="s">
         <v>634</v>
       </c>
-      <c r="I30" t="s">
+      <c r="K30" t="s">
         <v>635</v>
       </c>
-      <c r="J30" t="s">
+      <c r="L30" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>637</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>275</v>
       </c>
       <c r="B31" t="s">
+        <v>637</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
         <v>638</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
         <v>639</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>640</v>
       </c>
-      <c r="H31" t="s">
+      <c r="I31" t="s">
         <v>641</v>
       </c>
-      <c r="I31" t="s">
+      <c r="J31" t="s">
         <v>642</v>
       </c>
-      <c r="J31" t="s">
+      <c r="K31" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>644</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>275</v>
       </c>
       <c r="B32" t="s">
+        <v>644</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
         <v>645</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
         <v>646</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>647</v>
       </c>
-      <c r="H32" t="s">
+      <c r="I32" t="s">
         <v>648</v>
       </c>
-      <c r="I32" t="s">
+      <c r="J32" t="s">
         <v>649</v>
       </c>
-      <c r="J32" t="s">
+      <c r="K32" t="s">
         <v>650</v>
-      </c>
-[...7 lines deleted...]
-        <v>653</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>275</v>
       </c>
       <c r="B33" t="s">
+        <v>651</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>652</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>653</v>
+      </c>
+      <c r="H33" t="s">
         <v>654</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="I33" t="s">
         <v>655</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="J33" t="s">
         <v>656</v>
       </c>
-      <c r="H33" t="s">
+      <c r="K33" t="s">
         <v>657</v>
       </c>
-      <c r="I33" t="s">
+      <c r="L33" t="s">
         <v>658</v>
       </c>
-      <c r="J33" t="s">
+      <c r="M33" t="s">
         <v>659</v>
-      </c>
-[...1 lines deleted...]
-        <v>660</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>275</v>
       </c>
       <c r="B34" t="s">
+        <v>660</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
         <v>661</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
         <v>662</v>
       </c>
-      <c r="F34" t="s">
-[...2 lines deleted...]
-      <c r="G34" t="s">
+      <c r="H34" t="s">
         <v>663</v>
       </c>
-      <c r="H34" t="s">
+      <c r="I34" t="s">
         <v>664</v>
       </c>
-      <c r="I34" t="s">
+      <c r="J34" t="s">
         <v>665</v>
       </c>
-      <c r="J34" t="s">
+      <c r="K34" t="s">
         <v>666</v>
-      </c>
-[...16 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>275</v>
       </c>
       <c r="B35" t="s">
+        <v>667</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>668</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>669</v>
+      </c>
+      <c r="H35" t="s">
+        <v>670</v>
+      </c>
+      <c r="I35" t="s">
+        <v>671</v>
+      </c>
+      <c r="J35" t="s">
+        <v>672</v>
+      </c>
+      <c r="K35" t="s">
         <v>673</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="L35" t="s">
         <v>674</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="M35" t="s">
         <v>675</v>
       </c>
-      <c r="H35" t="s">
+      <c r="N35" t="s">
         <v>676</v>
       </c>
-      <c r="I35" t="s">
+      <c r="O35" t="s">
         <v>677</v>
       </c>
-      <c r="J35" t="s">
+      <c r="P35" t="s">
         <v>678</v>
-      </c>
-[...7 lines deleted...]
-        <v>681</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>275</v>
       </c>
       <c r="B36" t="s">
+        <v>679</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>680</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>681</v>
+      </c>
+      <c r="H36" t="s">
         <v>682</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="I36" t="s">
         <v>683</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="J36" t="s">
         <v>684</v>
       </c>
-      <c r="H36" t="s">
+      <c r="K36" t="s">
         <v>685</v>
       </c>
-      <c r="I36" t="s">
+      <c r="L36" t="s">
         <v>686</v>
       </c>
-      <c r="J36" t="s">
-[...2 lines deleted...]
-      <c r="K36" t="s">
+      <c r="M36" t="s">
         <v>687</v>
-      </c>
-[...4 lines deleted...]
-        <v>689</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>275</v>
       </c>
       <c r="B37" t="s">
+        <v>688</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>689</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
         <v>690</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="H37" t="s">
         <v>691</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="I37" t="s">
         <v>692</v>
       </c>
-      <c r="H37" t="s">
+      <c r="J37" t="s">
+        <v>684</v>
+      </c>
+      <c r="K37" t="s">
         <v>693</v>
       </c>
-      <c r="I37" t="s">
+      <c r="L37" t="s">
         <v>694</v>
       </c>
-      <c r="J37" t="s">
+      <c r="M37" t="s">
         <v>695</v>
-      </c>
-[...7 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>275</v>
       </c>
       <c r="B38" t="s">
+        <v>696</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>697</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>698</v>
+      </c>
+      <c r="H38" t="s">
         <v>699</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="I38" t="s">
         <v>700</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="J38" t="s">
         <v>701</v>
       </c>
-      <c r="H38" t="s">
+      <c r="K38" t="s">
         <v>702</v>
       </c>
-      <c r="I38" t="s">
+      <c r="L38" t="s">
         <v>703</v>
       </c>
-      <c r="J38" t="s">
+      <c r="M38" t="s">
         <v>704</v>
-      </c>
-[...1 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>275</v>
       </c>
       <c r="B39" t="s">
+        <v>705</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
         <v>706</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
         <v>707</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>708</v>
       </c>
-      <c r="H39" t="s">
+      <c r="I39" t="s">
         <v>709</v>
       </c>
-      <c r="I39" t="s">
+      <c r="J39" t="s">
         <v>710</v>
       </c>
-      <c r="J39" t="s">
+      <c r="K39" t="s">
         <v>711</v>
-      </c>
-[...1 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>275</v>
       </c>
       <c r="B40" t="s">
+        <v>712</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
         <v>713</v>
       </c>
-      <c r="C40" t="s">
-[...5 lines deleted...]
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
         <v>714</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>715</v>
       </c>
-      <c r="H40" t="s">
+      <c r="I40" t="s">
         <v>716</v>
       </c>
-      <c r="I40" t="s">
+      <c r="J40" t="s">
         <v>717</v>
       </c>
-      <c r="J40" t="s">
+      <c r="K40" t="s">
         <v>718</v>
-      </c>
-[...13 lines deleted...]
-        <v>723</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>275</v>
       </c>
       <c r="B41" t="s">
+        <v>719</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>720</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>721</v>
+      </c>
+      <c r="H41" t="s">
+        <v>722</v>
+      </c>
+      <c r="I41" t="s">
+        <v>723</v>
+      </c>
+      <c r="J41" t="s">
         <v>724</v>
       </c>
-      <c r="C41" t="s">
-[...5 lines deleted...]
-      <c r="E41" t="s">
+      <c r="K41" t="s">
         <v>725</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="L41" t="s">
         <v>726</v>
       </c>
-      <c r="H41" t="s">
+      <c r="M41" t="s">
         <v>727</v>
       </c>
-      <c r="I41" t="s">
+      <c r="N41" t="s">
         <v>728</v>
       </c>
-      <c r="J41" t="s">
+      <c r="O41" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>275</v>
       </c>
       <c r="B42" t="s">
+        <v>730</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
         <v>731</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
         <v>732</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>733</v>
       </c>
-      <c r="H42" t="s">
+      <c r="I42" t="s">
         <v>734</v>
       </c>
-      <c r="I42" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>628</v>
+        <v>735</v>
       </c>
       <c r="K42" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>275</v>
       </c>
       <c r="B43" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="H43" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="I43" t="s">
-        <v>740</v>
+        <v>419</v>
       </c>
       <c r="J43" t="s">
+        <v>634</v>
+      </c>
+      <c r="K43" t="s">
         <v>741</v>
-      </c>
-[...4 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>275</v>
       </c>
       <c r="B44" t="s">
+        <v>742</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>743</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
         <v>744</v>
       </c>
-      <c r="C44" t="s">
-[...5 lines deleted...]
-      <c r="E44" t="s">
+      <c r="H44" t="s">
         <v>745</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="I44" t="s">
         <v>746</v>
       </c>
-      <c r="H44" t="s">
+      <c r="J44" t="s">
         <v>747</v>
       </c>
-      <c r="I44" t="s">
+      <c r="K44" t="s">
         <v>748</v>
       </c>
-      <c r="J44" t="s">
+      <c r="L44" t="s">
         <v>749</v>
-      </c>
-[...13 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>275</v>
       </c>
       <c r="B45" t="s">
+        <v>750</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>751</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>752</v>
+      </c>
+      <c r="H45" t="s">
+        <v>753</v>
+      </c>
+      <c r="I45" t="s">
+        <v>754</v>
+      </c>
+      <c r="J45" t="s">
         <v>755</v>
       </c>
-      <c r="C45" t="s">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="K45" t="s">
         <v>756</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="L45" t="s">
         <v>757</v>
       </c>
-      <c r="H45" t="s">
+      <c r="M45" t="s">
         <v>758</v>
       </c>
-      <c r="I45" t="s">
+      <c r="N45" t="s">
         <v>759</v>
       </c>
-      <c r="J45" t="s">
+      <c r="O45" t="s">
         <v>760</v>
-      </c>
-[...43 lines deleted...]
-        <v>775</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>275</v>
       </c>
       <c r="B46" t="s">
+        <v>761</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>762</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>763</v>
+      </c>
+      <c r="H46" t="s">
+        <v>764</v>
+      </c>
+      <c r="I46" t="s">
+        <v>765</v>
+      </c>
+      <c r="J46" t="s">
+        <v>766</v>
+      </c>
+      <c r="K46" t="s">
+        <v>767</v>
+      </c>
+      <c r="L46" t="s">
+        <v>768</v>
+      </c>
+      <c r="M46" t="s">
+        <v>769</v>
+      </c>
+      <c r="N46" t="s">
+        <v>770</v>
+      </c>
+      <c r="O46" t="s">
+        <v>771</v>
+      </c>
+      <c r="P46" t="s">
+        <v>772</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>773</v>
+      </c>
+      <c r="R46" t="s">
+        <v>774</v>
+      </c>
+      <c r="S46" t="s">
+        <v>775</v>
+      </c>
+      <c r="T46" t="s">
         <v>776</v>
       </c>
-      <c r="C46" t="s">
-[...5 lines deleted...]
-      <c r="E46" t="s">
+      <c r="U46" t="s">
         <v>777</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="V46" t="s">
         <v>778</v>
       </c>
-      <c r="H46" t="s">
+      <c r="W46" t="s">
         <v>779</v>
       </c>
-      <c r="I46" t="s">
+      <c r="X46" t="s">
         <v>780</v>
       </c>
-      <c r="J46" t="s">
+      <c r="Y46" t="s">
         <v>781</v>
-      </c>
-[...13 lines deleted...]
-        <v>786</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>275</v>
       </c>
       <c r="B47" t="s">
+        <v>782</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>783</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>784</v>
+      </c>
+      <c r="H47" t="s">
+        <v>785</v>
+      </c>
+      <c r="I47" t="s">
+        <v>786</v>
+      </c>
+      <c r="J47" t="s">
         <v>787</v>
       </c>
-      <c r="C47" t="s">
-[...5 lines deleted...]
-      <c r="E47" t="s">
+      <c r="K47" t="s">
         <v>788</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="L47" t="s">
         <v>789</v>
       </c>
-      <c r="H47" t="s">
+      <c r="M47" t="s">
         <v>790</v>
       </c>
-      <c r="I47" t="s">
+      <c r="N47" t="s">
         <v>791</v>
       </c>
-      <c r="J47" t="s">
+      <c r="O47" t="s">
         <v>792</v>
-      </c>
-[...1 lines deleted...]
-        <v>793</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>275</v>
       </c>
       <c r="B48" t="s">
+        <v>793</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
         <v>794</v>
       </c>
-      <c r="C48" t="s">
-[...5 lines deleted...]
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
         <v>795</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>796</v>
       </c>
-      <c r="H48" t="s">
+      <c r="I48" t="s">
         <v>797</v>
       </c>
-      <c r="I48" t="s">
+      <c r="J48" t="s">
         <v>798</v>
       </c>
-      <c r="J48" t="s">
+      <c r="K48" t="s">
         <v>799</v>
-      </c>
-[...4 lines deleted...]
-        <v>801</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>275</v>
       </c>
       <c r="B49" t="s">
+        <v>800</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>801</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
         <v>802</v>
       </c>
-      <c r="C49" t="s">
-[...5 lines deleted...]
-      <c r="E49" t="s">
+      <c r="H49" t="s">
         <v>803</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="I49" t="s">
         <v>804</v>
       </c>
-      <c r="H49" t="s">
+      <c r="J49" t="s">
         <v>805</v>
       </c>
-      <c r="I49" t="s">
+      <c r="K49" t="s">
         <v>806</v>
       </c>
-      <c r="J49" t="s">
-[...2 lines deleted...]
-      <c r="K49" t="s">
+      <c r="L49" t="s">
         <v>807</v>
-      </c>
-[...4 lines deleted...]
-        <v>809</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>275</v>
       </c>
       <c r="B50" t="s">
+        <v>808</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>809</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
         <v>810</v>
       </c>
-      <c r="C50" t="s">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="H50" t="s">
         <v>811</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="I50" t="s">
         <v>812</v>
       </c>
-      <c r="H50" t="s">
+      <c r="J50" t="s">
+        <v>684</v>
+      </c>
+      <c r="K50" t="s">
         <v>813</v>
       </c>
-      <c r="I50" t="s">
+      <c r="L50" t="s">
         <v>814</v>
       </c>
-      <c r="J50" t="s">
+      <c r="M50" t="s">
         <v>815</v>
-      </c>
-[...10 lines deleted...]
-        <v>819</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>275</v>
       </c>
       <c r="B51" t="s">
+        <v>816</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>817</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>818</v>
+      </c>
+      <c r="H51" t="s">
+        <v>819</v>
+      </c>
+      <c r="I51" t="s">
         <v>820</v>
       </c>
-      <c r="C51" t="s">
-[...5 lines deleted...]
-      <c r="E51" t="s">
+      <c r="J51" t="s">
         <v>821</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="K51" t="s">
         <v>822</v>
       </c>
-      <c r="H51" t="s">
+      <c r="L51" t="s">
         <v>823</v>
       </c>
-      <c r="I51" t="s">
+      <c r="M51" t="s">
         <v>824</v>
       </c>
-      <c r="J51" t="s">
+      <c r="N51" t="s">
         <v>825</v>
-      </c>
-[...7 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>275</v>
       </c>
       <c r="B52" t="s">
+        <v>826</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>827</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>828</v>
+      </c>
+      <c r="H52" t="s">
         <v>829</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="I52" t="s">
         <v>830</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="J52" t="s">
         <v>831</v>
       </c>
-      <c r="H52" t="s">
+      <c r="K52" t="s">
         <v>832</v>
       </c>
-      <c r="I52" t="s">
+      <c r="L52" t="s">
         <v>833</v>
       </c>
-      <c r="J52" t="s">
+      <c r="M52" t="s">
         <v>834</v>
-      </c>
-[...1 lines deleted...]
-        <v>835</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>275</v>
       </c>
       <c r="B53" t="s">
+        <v>835</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
         <v>836</v>
       </c>
-      <c r="C53" t="s">
-[...5 lines deleted...]
-      <c r="E53" t="s">
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
         <v>837</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>838</v>
       </c>
-      <c r="H53" t="s">
+      <c r="I53" t="s">
         <v>839</v>
       </c>
-      <c r="I53" t="s">
+      <c r="J53" t="s">
         <v>840</v>
       </c>
-      <c r="J53" t="s">
+      <c r="K53" t="s">
         <v>841</v>
-      </c>
-[...4 lines deleted...]
-        <v>843</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>275</v>
       </c>
       <c r="B54" t="s">
+        <v>842</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>843</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
         <v>844</v>
       </c>
-      <c r="C54" t="s">
-[...5 lines deleted...]
-      <c r="E54" t="s">
+      <c r="H54" t="s">
         <v>845</v>
       </c>
-      <c r="F54" t="s">
-[...2 lines deleted...]
-      <c r="G54" t="s">
+      <c r="I54" t="s">
         <v>846</v>
       </c>
-      <c r="H54" t="s">
+      <c r="J54" t="s">
         <v>847</v>
       </c>
-      <c r="I54" t="s">
+      <c r="K54" t="s">
         <v>848</v>
       </c>
-      <c r="J54" t="s">
+      <c r="L54" t="s">
         <v>849</v>
-      </c>
-[...1 lines deleted...]
-        <v>850</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>275</v>
       </c>
       <c r="B55" t="s">
+        <v>850</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
         <v>851</v>
       </c>
-      <c r="C55" t="s">
-[...5 lines deleted...]
-      <c r="E55" t="s">
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
         <v>852</v>
       </c>
-      <c r="F55" t="s">
-[...2 lines deleted...]
-      <c r="G55" t="s">
+      <c r="H55" t="s">
         <v>853</v>
       </c>
-      <c r="H55" t="s">
+      <c r="I55" t="s">
         <v>854</v>
       </c>
-      <c r="I55" t="s">
+      <c r="J55" t="s">
         <v>855</v>
       </c>
-      <c r="J55" t="s">
+      <c r="K55" t="s">
         <v>856</v>
-      </c>
-[...7 lines deleted...]
-        <v>859</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>275</v>
       </c>
       <c r="B56" t="s">
+        <v>857</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>858</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>859</v>
+      </c>
+      <c r="H56" t="s">
         <v>860</v>
       </c>
-      <c r="C56" t="s">
-[...5 lines deleted...]
-      <c r="E56" t="s">
+      <c r="I56" t="s">
         <v>861</v>
       </c>
-      <c r="F56" t="s">
-[...2 lines deleted...]
-      <c r="G56" t="s">
+      <c r="J56" t="s">
         <v>862</v>
       </c>
-      <c r="H56" t="s">
+      <c r="K56" t="s">
         <v>863</v>
       </c>
-      <c r="I56" t="s">
+      <c r="L56" t="s">
         <v>864</v>
       </c>
-      <c r="J56" t="s">
-[...2 lines deleted...]
-      <c r="K56" t="s">
+      <c r="M56" t="s">
         <v>865</v>
-      </c>
-[...1 lines deleted...]
-        <v>866</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>275</v>
       </c>
       <c r="B57" t="s">
+        <v>866</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
         <v>867</v>
       </c>
-      <c r="C57" t="s">
-[...5 lines deleted...]
-      <c r="E57" t="s">
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
         <v>868</v>
       </c>
-      <c r="F57" t="s">
-[...2 lines deleted...]
-      <c r="G57" t="s">
+      <c r="H57" t="s">
         <v>869</v>
       </c>
-      <c r="H57" t="s">
+      <c r="I57" t="s">
         <v>870</v>
       </c>
-      <c r="I57" t="s">
+      <c r="J57" t="s">
+        <v>855</v>
+      </c>
+      <c r="K57" t="s">
         <v>871</v>
       </c>
-      <c r="J57" t="s">
+      <c r="L57" t="s">
         <v>872</v>
-      </c>
-[...1 lines deleted...]
-        <v>873</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>275</v>
       </c>
       <c r="B58" t="s">
+        <v>873</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
         <v>874</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
         <v>875</v>
       </c>
-      <c r="F58" t="s">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="H58" t="s">
         <v>876</v>
       </c>
-      <c r="H58" t="s">
+      <c r="I58" t="s">
         <v>877</v>
       </c>
-      <c r="I58" t="s">
+      <c r="J58" t="s">
         <v>878</v>
-      </c>
-[...1 lines deleted...]
-        <v>834</v>
       </c>
       <c r="K58" t="s">
         <v>879</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>275</v>
       </c>
       <c r="B59" t="s">
         <v>880</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
         <v>881</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>882</v>
       </c>
       <c r="H59" t="s">
         <v>883</v>
       </c>
       <c r="I59" t="s">
         <v>884</v>
       </c>
       <c r="J59" t="s">
-        <v>602</v>
+        <v>840</v>
       </c>
       <c r="K59" t="s">
         <v>885</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>275</v>
       </c>
       <c r="B60" t="s">
         <v>886</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
         <v>887</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>888</v>
       </c>
       <c r="H60" t="s">
         <v>889</v>
       </c>
       <c r="I60" t="s">
         <v>890</v>
       </c>
       <c r="J60" t="s">
+        <v>608</v>
+      </c>
+      <c r="K60" t="s">
         <v>891</v>
-      </c>
-[...4 lines deleted...]
-        <v>893</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>275</v>
       </c>
       <c r="B61" t="s">
+        <v>892</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>893</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
         <v>894</v>
       </c>
-      <c r="C61" t="s">
-[...5 lines deleted...]
-      <c r="E61" t="s">
+      <c r="H61" t="s">
         <v>895</v>
       </c>
-      <c r="F61" t="s">
-[...2 lines deleted...]
-      <c r="G61" t="s">
+      <c r="I61" t="s">
         <v>896</v>
       </c>
-      <c r="H61" t="s">
+      <c r="J61" t="s">
         <v>897</v>
       </c>
-      <c r="I61" t="s">
+      <c r="K61" t="s">
         <v>898</v>
       </c>
-      <c r="J61" t="s">
-[...2 lines deleted...]
-      <c r="K61" t="s">
+      <c r="L61" t="s">
         <v>899</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>275</v>
       </c>
       <c r="B62" t="s">
         <v>900</v>
       </c>
       <c r="C62" t="s">
         <v>13</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
         <v>901</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>902</v>
       </c>
       <c r="H62" t="s">
         <v>903</v>
       </c>
       <c r="I62" t="s">
         <v>904</v>
       </c>
       <c r="J62" t="s">
+        <v>634</v>
+      </c>
+      <c r="K62" t="s">
         <v>905</v>
-      </c>
-[...4 lines deleted...]
-        <v>907</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>275</v>
       </c>
       <c r="B63" t="s">
+        <v>906</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>907</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
         <v>908</v>
       </c>
-      <c r="C63" t="s">
-[...5 lines deleted...]
-      <c r="E63" t="s">
+      <c r="H63" t="s">
         <v>909</v>
       </c>
-      <c r="F63" t="s">
-[...2 lines deleted...]
-      <c r="G63" t="s">
+      <c r="I63" t="s">
         <v>910</v>
       </c>
-      <c r="H63" t="s">
+      <c r="J63" t="s">
         <v>911</v>
       </c>
-      <c r="I63" t="s">
+      <c r="K63" t="s">
         <v>912</v>
       </c>
-      <c r="J63" t="s">
-[...2 lines deleted...]
-      <c r="K63" t="s">
+      <c r="L63" t="s">
         <v>913</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>275</v>
       </c>
       <c r="B64" t="s">
         <v>914</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
         <v>915</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>916</v>
       </c>
       <c r="H64" t="s">
         <v>917</v>
       </c>
       <c r="I64" t="s">
         <v>918</v>
       </c>
       <c r="J64" t="s">
+        <v>805</v>
+      </c>
+      <c r="K64" t="s">
         <v>919</v>
       </c>
-      <c r="K64" t="s">
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>275</v>
+      </c>
+      <c r="B65" t="s">
         <v>920</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>921</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>922</v>
+      </c>
+      <c r="H65" t="s">
+        <v>923</v>
+      </c>
+      <c r="I65" t="s">
+        <v>924</v>
+      </c>
+      <c r="J65" t="s">
+        <v>925</v>
+      </c>
+      <c r="K65" t="s">
+        <v>926</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
       <c r="B2" t="s">
-        <v>922</v>
+        <v>928</v>
       </c>
       <c r="C2" t="s">
-        <v>923</v>
+        <v>929</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>924</v>
+        <v>930</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="H2" t="s">
-        <v>926</v>
+        <v>932</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>