--- v0 (2025-12-02)
+++ v1 (2026-03-05)
@@ -27,89 +27,89 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
     <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide usagers" r:id="rId6" sheetId="4"/>
     <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="220" uniqueCount="121">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="196" uniqueCount="107">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Panorama</t>
   </si>
   <si>
     <t>Autisme</t>
   </si>
   <si>
     <t>Panorama des principales publications de la HAS sur l'autisme.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>13/05/2022 16:44:00</t>
+    <t>12/02/2026 16:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3286288/fr/autisme</t>
   </si>
   <si>
     <t>p_3286288</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>DEPREXIS</t>
   </si>
   <si>
     <t>20/09/2022 00:00:00</t>
   </si>
   <si>
     <t>20/09/2022 17:32:08</t>
   </si>
@@ -143,68 +143,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
   </si>
   <si>
     <t>c_2006477</t>
   </si>
   <si>
     <t>Label de la HAS - Troubles du Comportement chez les Traumatisés Crâniens : Quelles options thérapeutiques ?</t>
   </si>
   <si>
     <t>Les troubles du comportement des victimes de traumatisme crânien constituent la séquelle majeure chez ces blessés. Les troubles du comportement ont des conséquences néfastes multiples impliquant les familles, les soignants, et nombre d’autres professionnels (magistrats, avocats, assureurs etc.).</t>
   </si>
   <si>
     <t>24/07/2013 00:00:00</t>
   </si>
   <si>
     <t>21/10/2013 14:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1637067/fr/label-de-la-has-troubles-du-comportement-chez-les-traumatises-craniens-quelles-options-therapeutiques</t>
   </si>
   <si>
     <t>c_1637067</t>
   </si>
   <si>
-    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
-[...16 lines deleted...]
-  <si>
     <t>Prise en charge des consommateurs de cocaïne</t>
   </si>
   <si>
     <t>Ces recommandations, élaborées par la HAS à la demande de la ministre de la Santé, s’inscrivent dans le cadre du plan gouvernemental de lutte contre les drogues et les toxicomanies 2008–2011, mis en œuvre par la Mission interministérielle de lutte contre les drogues et les toxicomanies (MILDT).</t>
   </si>
   <si>
     <t>03/02/2010 00:00:00</t>
   </si>
   <si>
     <t>10/05/2010 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_951095/fr/prise-en-charge-des-consommateurs-de-cocaine</t>
   </si>
   <si>
     <t>c_951095</t>
   </si>
   <si>
     <t>Prise en charge des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans</t>
   </si>
   <si>
     <t>L’objectif principal des recommandations est de proposer aux professionnels concernés des stratégies de prise en charge thérapeutique des auteurs d’agression sexuelle à l’encontre de mineurs de moins de 15 ans.</t>
   </si>
   <si>
     <t>22/07/2009 00:00:00</t>
@@ -366,74 +348,50 @@
     <t>Si le médecin généraliste prend en charge un patient atteint de troubles mentaux, certaines situations peuvent nécessiter l’avis d’un professionnel spécialisé en santé mentale. C’est le cas, par exemple, devant une dépression grave ou résistante chez un patient connu ou devant une pathologie psychiatrique sévère chez un patient non connu.</t>
   </si>
   <si>
     <t>30/11/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2974173/fr/troubles-mentaux-fluidifier-la-coordination-des-prises-en-charge</t>
   </si>
   <si>
     <t>pprd_2974173</t>
   </si>
   <si>
     <t>Autisme : poursuivons nos efforts</t>
   </si>
   <si>
     <t>Deux recommandations sur l'autisme viennent d'être publiées par la HAS... Il s’agit de l’actualisation des recommandations sur le diagnostic de trouble du spectre de l’autisme chez l’enfant et de la première recommandation sur les interventions à organiser pour les personnes adultes...</t>
   </si>
   <si>
     <t>20/02/2018 10:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2974216/fr/autisme-poursuivons-nos-efforts</t>
   </si>
   <si>
     <t>pprd_2974216</t>
-  </si>
-[...22 lines deleted...]
-    <t>r_1501360</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -584,51 +542,51 @@
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>21</v>
       </c>
       <c r="H2" t="s">
         <v>22</v>
       </c>
       <c r="I2" t="s">
         <v>23</v>
       </c>
       <c r="J2" t="s">
         <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -734,553 +692,475 @@
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>48</v>
       </c>
       <c r="H5" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>25</v>
       </c>
       <c r="B6" t="s">
         <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>51</v>
       </c>
       <c r="D6" t="s">
         <v>52</v>
       </c>
       <c r="E6" t="s">
+        <v>52</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>53</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>54</v>
-      </c>
-[...27 lines deleted...]
-        <v>60</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>57</v>
+      </c>
+      <c r="D2" t="s">
+        <v>58</v>
+      </c>
+      <c r="E2" t="s">
+        <v>59</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>60</v>
+      </c>
+      <c r="H2" t="s">
         <v>61</v>
-      </c>
-[...19 lines deleted...]
-        <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="B2" t="s">
-        <v>69</v>
+        <v>63</v>
       </c>
       <c r="C2" t="s">
-        <v>70</v>
+        <v>64</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>72</v>
+        <v>66</v>
       </c>
       <c r="H2" t="s">
-        <v>73</v>
+        <v>67</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" t="s">
         <v>68</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>76</v>
+        <v>70</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>77</v>
+        <v>71</v>
       </c>
       <c r="H3" t="s">
-        <v>78</v>
+        <v>72</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="B4" t="s">
-        <v>79</v>
+        <v>73</v>
       </c>
       <c r="C4" t="s">
-        <v>80</v>
+        <v>74</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>81</v>
+        <v>75</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>82</v>
+        <v>76</v>
       </c>
       <c r="H4" t="s">
-        <v>83</v>
+        <v>77</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="B5" t="s">
-        <v>84</v>
+        <v>78</v>
       </c>
       <c r="C5" t="s">
-        <v>85</v>
+        <v>79</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>86</v>
+        <v>80</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>87</v>
+        <v>81</v>
       </c>
       <c r="H5" t="s">
-        <v>88</v>
+        <v>82</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="B6" t="s">
-        <v>89</v>
+        <v>83</v>
       </c>
       <c r="C6" t="s">
-        <v>90</v>
+        <v>84</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="H6" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>68</v>
+        <v>62</v>
       </c>
       <c r="B7" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="C7" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
       <c r="H7" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="B2" t="s">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="C2" t="s">
-        <v>99</v>
+        <v>93</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>100</v>
+        <v>94</v>
       </c>
       <c r="H2" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>102</v>
+        <v>96</v>
       </c>
       <c r="B2" t="s">
-        <v>103</v>
+        <v>97</v>
       </c>
       <c r="C2" t="s">
-        <v>104</v>
+        <v>98</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>105</v>
+        <v>99</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>106</v>
+        <v>100</v>
       </c>
       <c r="H2" t="s">
-        <v>107</v>
+        <v>101</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>96</v>
+      </c>
+      <c r="B3" t="s">
         <v>102</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>109</v>
+        <v>103</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="H3" t="s">
-        <v>112</v>
-[...51 lines deleted...]
-        <v>120</v>
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>