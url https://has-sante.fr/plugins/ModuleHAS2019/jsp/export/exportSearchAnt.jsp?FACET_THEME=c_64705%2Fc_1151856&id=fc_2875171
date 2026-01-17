--- v0 (2025-10-25)
+++ v1 (2026-01-17)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="618" uniqueCount="385">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="395">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -560,51 +560,51 @@
   <si>
     <t>SIR-Spheres  - 21 décembre 2010 (2952) avis</t>
   </si>
   <si>
     <t>Microsphères d’Yttrium-90 Nouveau dispositif Avis favorable dans le traitement des métastases hépatiques non résécables du cancer colorectal en chappement thérapeutique, pour la prise en charge temporaire dans le cadre d’une étude</t>
   </si>
   <si>
     <t>21/12/2010 00:00:00</t>
   </si>
   <si>
     <t>06/01/2011 13:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1011043/fr/sir-spheres-21-decembre-2010-2952-avis</t>
   </si>
   <si>
     <t>c_1011043</t>
   </si>
   <si>
     <t>SIRTEX Medical Europe GmbH (Allemagne)</t>
   </si>
   <si>
     <t>SIR-Spheres - CEPP du 07 juillet 2009 (2074)</t>
   </si>
   <si>
-    <t>21/01/2025 10:18:17</t>
+    <t>29/07/2009 09:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_829806/fr/sir-spheres-cepp-du-07-juillet-2009-2074</t>
   </si>
   <si>
     <t>c_829806</t>
   </si>
   <si>
     <t>SIRTEX Medical Europe GmbH (ALLEMAGNE)</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
@@ -674,50 +674,68 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1365837/fr/exposition-medicale-aux-rayonnements-ionisants-securiser-le-parcours-du-patient</t>
   </si>
   <si>
     <t>c_1365837</t>
   </si>
   <si>
     <t>La HAS rend un avis favorable pour deux techniques innovantes en radiothérapie, soutenues par l’INCa</t>
   </si>
   <si>
     <t>Depuis 2006, l’Institut National du Cancer, INCa, soutient le développement et l’installation d’équipements innovants en radiothérapie en France via une dynamique de financements incitatifs par appels à projets.# Dans ce cadre, la HAS a donc évalué deux techniques de radiothérapie : la radiothérapie conformationnelle avec modulation d’intensité et la radiothérapie extracrânienne en conditions stéréotaxiques. La HAS a rendu un avis favorable concernant ces deux techniques dans certaines indications, en s’appuyant sur des données cliniques et sur l’avis des professionnels de santé impliqués. L’avis a été transmis à l’Assurance maladie à qui il revient de décider de leur inscription à la liste des actes remboursés et à l’INCa, qui mène actuellement une étude de suivi médical et médico-économique avec six sites sélectionnés (trois pour chaque technique).</t>
   </si>
   <si>
     <t>31/05/2007 15:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_538770/fr/la-has-rend-un-avis-favorable-pour-deux-techniques-innovantes-en-radiotherapie-soutenues-par-l-inca</t>
   </si>
   <si>
     <t>c_538770</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Curiethérapie interstitielle utilisée en complément d’une radiothérapie externe pour le traitement du cancer localisé de la prostate – Rapport d'évaluation technologique</t>
+  </si>
+  <si>
+    <t>Évaluer la balance bénéfice/risque (efficacité, sécurité, qualité de vie du patient) de la curiethérapie à haut débit de dose (HDD) ou à bas débit de dose (BDD) utilisée en complément d’une radiothérapie externe (RTE) par rapport à l’utilisation de la RTE associée à une hormonothérapie, pour le traitement du cancer de la prostate localisé à risque intermédiaire défavorable et à risque élevé de récidive</t>
+  </si>
+  <si>
+    <t>20/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2025 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452771/fr/curietherapie-interstitielle-utilisee-en-complement-d-une-radiotherapie-externe-pour-le-traitement-du-cancer-localise-de-la-prostate-rapport-d-evaluation-technologique</t>
+  </si>
+  <si>
+    <t>p_3452771</t>
+  </si>
+  <si>
     <t>Protocole d’évaluation de l'acte de radiothérapie peropératoire (RTPO) adjuvante à la tumorectomie dans le traitement du cancer du sein précoce à faible risque de récidive</t>
   </si>
   <si>
     <t>Note de cadrage (protocole) de l’évaluation de l’acte de radiothérapie peropératoire (RTPO) adjuvante à la tumorectomie, dans le traitement du cancer du sein précoce à faible risque de récidive</t>
   </si>
   <si>
     <t>04/06/2025 00:00:00</t>
   </si>
   <si>
     <t>13/06/2025 16:42:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609960/fr/protocole-d-evaluation-de-l-acte-de-radiotherapie-peroperatoire-rtpo-adjuvante-a-la-tumorectomie-dans-le-traitement-du-cancer-du-sein-precoce-a-faible-risque-de-recidive</t>
   </si>
   <si>
     <t>p_3609960</t>
   </si>
   <si>
     <t>Évaluation des ultrasons focalisés de haute intensité pour le traitement des fibromes utérins symptomatiques – Rapport d'évaluation</t>
   </si>
   <si>
     <t>Rapport d’évaluation du traitement des fibromes utérins symptomatiques par ultrasons focalisés de haute intensité selon deux modalités de guidage : guidage par échographie (USgHIFU) et guidage par IRM (MRgHIFU)</t>
   </si>
   <si>
     <t>18/07/2024 00:00:00</t>
@@ -728,68 +746,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3445536/fr/evaluation-des-ultrasons-focalises-de-haute-intensite-pour-le-traitement-des-fibromes-uterins-symptomatiques-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
     <t>Destruction par ultrasons focalisés de haute intensité (HIFU) par voie rectale d’un adénocarcinome localisé de la prostate - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Cancer prostate, HIFU (high-intensity focused ultrasound), traitement local, traitement de rattrapage post radiothérapie externe, résultats carcinologiques et fonctionnels, qualité de vie</t>
   </si>
   <si>
     <t>30/11/2023 00:00:00</t>
   </si>
   <si>
     <t>04/12/2023 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3477519/fr/destruction-par-ultrasons-focalises-de-haute-intensite-hifu-par-voie-rectale-d-un-adenocarcinome-localise-de-la-prostate-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3477519</t>
   </si>
   <si>
-    <t>Curiethérapie interstitielle en complément d’une radiothérapie externe pour le traitement du cancer localisé de la prostate – Note de cadrage</t>
-[...16 lines deleted...]
-  <si>
     <t>Occlusion de la petite veine saphène par radiofréquence par voie veineuse transcutanée avec guidage échographique</t>
   </si>
   <si>
     <t>Evaluer le bénéfice/risque de la procédure radiofréquence dans le traitement des varices de la petite veine saphène, de définir sa place parmi celles déjà évaluées par la HAS et prises en charge par l’Assurance maladie, à savoir : la crossectomie éveinage, l’occlusion par laser et l’occlusion par sclérothérapie à la mousse, puis de définir ses conditions de réalisation</t>
   </si>
   <si>
     <t>15/06/2023 00:00:00</t>
   </si>
   <si>
     <t>20/06/2023 14:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447378/fr/occlusion-de-la-petite-veine-saphene-par-radiofrequence-par-voie-veineuse-transcutanee-avec-guidage-echographique</t>
   </si>
   <si>
     <t>p_3447378</t>
   </si>
   <si>
     <t>Stimulation magnétique transcrânienne dans le traitement de la dépression de l’adulte</t>
   </si>
   <si>
     <t>Saisie par la CNAM, la HAS a évalué la balance bénéfice-risque de l’adjonction de la stimulation magnétique transcrânienne dans le traitement de la dépression résistante de l’adulte. La stimulation magnétique transcrânienne est un acte thérapeutique non invasif de neurostimulation cérébrale qui peut être utilisée dans le traitement de la dépression unipolaire et pharmacorésistante de l’adulte en complément des médicaments antidépresseurs et de la psychothérapie.</t>
   </si>
   <si>
     <t>21/07/2022 00:00:00</t>
@@ -993,50 +993,80 @@
     <t>https://www.has-sante.fr/jcms/c_927017/fr/evaluation-des-traitements-des-plaies-par-pression-negative-tpn</t>
   </si>
   <si>
     <t>c_927017</t>
   </si>
   <si>
     <t>Évaluation des appareils de neurostimulation électrique transcutanée (TENS)</t>
   </si>
   <si>
     <t>Ce travail a pour objet de réévaluer les appareils TENS, afin de s’assurer du bien fondé de leur remboursement. Cette réévaluation vise notamment à : évaluer le service rendu des TENS en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de TENS ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
   </si>
   <si>
     <t>01/09/2009 00:00:00</t>
   </si>
   <si>
     <t>07/10/2009 17:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_857722/fr/evaluation-des-appareils-de-neurostimulation-electrique-transcutanee-tens</t>
   </si>
   <si>
     <t>c_857722</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0272/DC/SEAP du 20 novembre 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Curiethérapie interstitielle utilisée en complément d’une radiothérapie externe pour le traitement du cancer localisé de la prostate »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>20/11/2025 14:45:00</t>
+  </si>
+  <si>
+    <t>26/11/2025 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3749039/fr/decision-n2025-0272/dc/seap-du-20-novembre-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-curietherapie-interstitielle-utilisee-en-complement-d-une-radiotherapie-externe-pour-le-traitement-du-cancer-localise-de-la-prostate</t>
+  </si>
+  <si>
+    <t>p_3749039</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0059/AC/SEAP du 20 novembre 2025 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, des actes de curiethérapie interstitielle utilisée en complément d’une radiothérapie externe pour le traitement du cancer localisé de la prostate</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, des actes de curiethérapie interstitielle utilisée en complément d’une radiothérapie externe pour le traitement du cancer localisé de la prostate. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3749043/fr/avis-n2025-0059/ac/seap-du-20-novembre-2025-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-des-actes-de-curietherapie-interstitielle-utilisee-en-complement-d-une-radiotherapie-externe-pour-le-traitement-du-cancer-localise-de-la-prostate</t>
+  </si>
+  <si>
+    <t>p_3749043</t>
   </si>
   <si>
     <t>Décision n°2015.0031/DC/SEAP du 28 janvier 2015 du collège de la Haute Autorité de santé adoptant le rapport d’évaluation technologique intitulé «Évaluation de la radiothérapie conformationnelle avec modulation d’intensité dans le cancer du col utérin»</t>
   </si>
   <si>
     <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant le rapport d’évaluation technologique qui est accessible par le lien situé dans la rubrique "En savoir +".</t>
   </si>
   <si>
     <t>28/01/2015 16:10:00</t>
   </si>
   <si>
     <t>17/03/2015 18:19:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2019536/fr/decision-n2015-0031/dc/seap-du-28-janvier-2015-du-college-de-la-haute-autorite-de-sante-adoptant-le-rapport-d-evaluation-technologique-intitule-evaluation-de-la-radiotherapie-conformationnelle-avec-modulation-d-intensite-dans-le-cancer-du-col-uterin</t>
   </si>
   <si>
     <t>c_2019536</t>
   </si>
   <si>
     <t>Avis n°2015.0012/AC/SEAP du 28 janvier 2015 du Collège de la Haute Autorité de santé relatif à l’inscription sur la Liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale de la radiothérapie conformationnelle avec modulation d’intensité dans le cancer du col utérin</t>
   </si>
   <si>
     <t>Le document ci-dessous est l'avis Collège de la Haute Autorité de santé relatif à l’inscription sur la Liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale de la radiothérapie conformationnelle avec modulation d’intensité dans le cancer du col utérin, fondé sur le rapport d'évaluation accessible dans la rubrique "En savoir +"</t>
   </si>
@@ -2918,51 +2948,51 @@
       </c>
       <c r="D19" t="s">
         <v>317</v>
       </c>
       <c r="E19" t="s">
         <v>318</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>319</v>
       </c>
       <c r="H19" t="s">
         <v>320</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2987,366 +3017,418 @@
       </c>
       <c r="E2" t="s">
         <v>325</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>326</v>
       </c>
       <c r="H2" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>321</v>
       </c>
       <c r="B3" t="s">
         <v>328</v>
       </c>
       <c r="C3" t="s">
         <v>329</v>
       </c>
       <c r="D3" t="s">
+        <v>324</v>
+      </c>
+      <c r="E3" t="s">
+        <v>325</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>330</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>331</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>321</v>
+      </c>
+      <c r="B4" t="s">
         <v>332</v>
       </c>
-      <c r="H3" t="s">
+      <c r="C4" t="s">
         <v>333</v>
+      </c>
+      <c r="D4" t="s">
+        <v>334</v>
+      </c>
+      <c r="E4" t="s">
+        <v>335</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>336</v>
+      </c>
+      <c r="H4" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>321</v>
+      </c>
+      <c r="B5" t="s">
+        <v>338</v>
+      </c>
+      <c r="C5" t="s">
+        <v>339</v>
+      </c>
+      <c r="D5" t="s">
+        <v>340</v>
+      </c>
+      <c r="E5" t="s">
+        <v>341</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>342</v>
+      </c>
+      <c r="H5" t="s">
+        <v>343</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="B2" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="C2" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="H2" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="B3" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="C3" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="H3" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="B4" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="C4" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="H4" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="B2" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="H2" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="I2" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="J2" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="K2" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="L2" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="M2" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="N2" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="B3" t="s">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>363</v>
+        <v>373</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="H3" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
       <c r="I3" t="s">
-        <v>366</v>
+        <v>376</v>
       </c>
       <c r="J3" t="s">
-        <v>367</v>
+        <v>377</v>
       </c>
       <c r="K3" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="L3" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="M3" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="N3" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="O3" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="P3" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="B4" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="H4" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="I4" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="J4" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="K4" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="L4" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="M4" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="N4" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="O4" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>