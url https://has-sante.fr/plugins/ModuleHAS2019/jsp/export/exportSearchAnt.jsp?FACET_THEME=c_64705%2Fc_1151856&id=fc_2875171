--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="634" uniqueCount="395">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="642" uniqueCount="400">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -995,54 +995,69 @@
   <si>
     <t>c_927017</t>
   </si>
   <si>
     <t>Évaluation des appareils de neurostimulation électrique transcutanée (TENS)</t>
   </si>
   <si>
     <t>Ce travail a pour objet de réévaluer les appareils TENS, afin de s’assurer du bien fondé de leur remboursement. Cette réévaluation vise notamment à : évaluer le service rendu des TENS en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits ; définir les indications et les situations cliniques d’utilisation des différents types de TENS ; définir les modalités d’inscription des produits sur la LPPR ; déterminer les conditions d’utilisation et de prescription.</t>
   </si>
   <si>
     <t>01/09/2009 00:00:00</t>
   </si>
   <si>
     <t>07/10/2009 17:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_857722/fr/evaluation-des-appareils-de-neurostimulation-electrique-transcutanee-tens</t>
   </si>
   <si>
     <t>c_857722</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
+    <t>Décision n° 2026.0013/DC/SEAP du 22 janvier 2026 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections des voies respiratoires supérieures »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>22/01/2026 16:09:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845963/fr/decision-n-2026-0013/dc/seap-du-22-janvier-2026-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-des-voies-respiratoires-superieures</t>
+  </si>
+  <si>
+    <t>p_3845963</t>
+  </si>
+  <si>
     <t>Décision n°2025.0272/DC/SEAP du 20 novembre 2025 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Curiethérapie interstitielle utilisée en complément d’une radiothérapie externe pour le traitement du cancer localisé de la prostate »</t>
-  </si>
-[...1 lines deleted...]
-    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
   </si>
   <si>
     <t>20/11/2025 14:45:00</t>
   </si>
   <si>
     <t>26/11/2025 08:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3749039/fr/decision-n2025-0272/dc/seap-du-20-novembre-2025-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-curietherapie-interstitielle-utilisee-en-complement-d-une-radiotherapie-externe-pour-le-traitement-du-cancer-localise-de-la-prostate</t>
   </si>
   <si>
     <t>p_3749039</t>
   </si>
   <si>
     <t>Avis n°2025.0059/AC/SEAP du 20 novembre 2025 du collège de la HAS relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, des actes de curiethérapie interstitielle utilisée en complément d’une radiothérapie externe pour le traitement du cancer localisé de la prostate</t>
   </si>
   <si>
     <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, des actes de curiethérapie interstitielle utilisée en complément d’une radiothérapie externe pour le traitement du cancer localisé de la prostate. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3749043/fr/avis-n2025-0059/ac/seap-du-20-novembre-2025-du-college-de-la-has-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-des-actes-de-curietherapie-interstitielle-utilisee-en-complement-d-une-radiotherapie-externe-pour-le-traitement-du-cancer-localise-de-la-prostate</t>
   </si>
   <si>
     <t>p_3749043</t>
   </si>
@@ -2948,51 +2963,51 @@
       </c>
       <c r="D19" t="s">
         <v>317</v>
       </c>
       <c r="E19" t="s">
         <v>318</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>319</v>
       </c>
       <c r="H19" t="s">
         <v>320</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3014,421 +3029,447 @@
       </c>
       <c r="D2" t="s">
         <v>324</v>
       </c>
       <c r="E2" t="s">
         <v>325</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>326</v>
       </c>
       <c r="H2" t="s">
         <v>327</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>321</v>
       </c>
       <c r="B3" t="s">
         <v>328</v>
       </c>
       <c r="C3" t="s">
+        <v>323</v>
+      </c>
+      <c r="D3" t="s">
         <v>329</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>321</v>
       </c>
       <c r="B4" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C4" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="D4" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="E4" t="s">
+        <v>330</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>335</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>321</v>
       </c>
       <c r="B5" t="s">
+        <v>337</v>
+      </c>
+      <c r="C5" t="s">
         <v>338</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>339</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>340</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>341</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>342</v>
       </c>
-      <c r="H5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>321</v>
+      </c>
+      <c r="B6" t="s">
         <v>343</v>
+      </c>
+      <c r="C6" t="s">
+        <v>344</v>
+      </c>
+      <c r="D6" t="s">
+        <v>345</v>
+      </c>
+      <c r="E6" t="s">
+        <v>346</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>347</v>
+      </c>
+      <c r="H6" t="s">
+        <v>348</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="B2" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="C2" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="H2" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="B3" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="C3" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="H3" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="B4" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="C4" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="H4" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B2" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="H2" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="I2" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="J2" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="K2" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="L2" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="M2" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="N2" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B3" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="H3" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="I3" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="J3" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="K3" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="L3" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="M3" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="N3" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="O3" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="P3" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="B4" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="H4" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="I4" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="J4" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="K4" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="L4" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="M4" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="N4" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="O4" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>