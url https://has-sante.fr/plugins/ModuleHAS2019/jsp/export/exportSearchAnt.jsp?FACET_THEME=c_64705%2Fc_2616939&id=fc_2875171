--- v0 (2025-10-30)
+++ v1 (2025-12-14)
@@ -18,94 +18,112 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
     <sheet name="Export Studies and Reports" r:id="rId4" sheetId="2"/>
     <sheet name="Export Vaccine recommendation" r:id="rId5" sheetId="3"/>
     <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="784" uniqueCount="509">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="804" uniqueCount="522">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Public Health guideline</t>
   </si>
   <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
     <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
   </si>
   <si>
     <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
   </si>
   <si>
     <t>02/29/2024 00:00:00</t>
   </si>
   <si>
     <t>03/07/2024 14:30:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
     <t>Studies and Reports</t>
   </si>
   <si>
     <t>Immunological and virological aspects of SARS-CoV-2 - Genetic variability, immune responses, vaccine platforms and animal models</t>
   </si>
   <si>
     <t>Mobilized since the start of the health crisis, the HAS is now offering a summary of the state of knowledge on the Sars-Cov-2 virus, the immune response observed during infection and vaccine avenues. This document - which is neither an opinion nor a recommendation - will be updated regularly, based on new data available. Scientific work to understand Covid-19 is helping to understand this disease a little more every day, which was still unknown a year ago. What is Sars-Cov-2? How does the body fight this virus? Is the type of immune response triggered by this virus the same as for colds? How to explain the appearance of severe forms? What types of vaccines are in development? What is the difference between the technologies used? ... For the sake of transparency and availability of information, the HAS and its experts have compiled a summary bringing together the scientific data published on the subject and are now making it available on their website. website. This document is an educational tool intended for healthcare professionals, decision-makers, the media and the general public. It also forms a basis for HAS itself to inform its work on vaccines. It will require regular updating to incorporate new knowledge gained internationally.</t>
   </si>
   <si>
     <t>12/01/2020 00:00:00</t>
   </si>
   <si>
     <t>12/01/2020 11:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3221567/en/immunological-and-virological-aspects-of-sars-cov-2-genetic-variability-immune-responses-vaccine-platforms-and-animal-models</t>
   </si>
   <si>
     <t>p_3221567</t>
@@ -176,50 +194,74 @@
   <si>
     <t>03/07/2018 00:00:00</t>
   </si>
   <si>
     <t>04/19/2018 09:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2838905/en/the-place-of-synflorix-in-the-pneumococcal-vaccination-strategy-in-children-under-5-years-of-age</t>
   </si>
   <si>
     <t>c_2838905</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>NUVAXOVID (protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M)</t>
+  </si>
+  <si>
+    <t>12/09/2025 15:28:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501692/en/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m</t>
+  </si>
+  <si>
+    <t>p_3501692</t>
+  </si>
+  <si>
+    <t>protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M</t>
+  </si>
+  <si>
+    <t>SANOFI WINTHROP INDUSTRIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501621/en/nuvaxovid-sars-cov-2-spike-protein-adjuvanted-with-matrix-m-covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784589/en/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m-covid-19</t>
+  </si>
+  <si>
     <t>FLUARIX (virus grippal inactivé fragmenté)</t>
   </si>
   <si>
     <t>10/10/2025 15:32:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984591/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>pprd_2984591</t>
   </si>
   <si>
     <t>virus grippal inactivé fragmenté</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399678/en/fluarix-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_622530/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1056122/en/fluarix-virus-grippal-inactive-fragmente</t>
@@ -365,132 +407,150 @@
   <si>
     <t>09/25/2025 10:08:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3296179/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y</t>
   </si>
   <si>
     <t>p_3296179</t>
   </si>
   <si>
     <t>vaccin méningococcique conjugué des groupes A, C, W-135 et Y conjugué à l’anatoxine tétanique</t>
   </si>
   <si>
     <t>SANOFI PASTEUR FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3295762/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534136/en/menquadfi-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-vaccines</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3686928/en/menquadfi-vaccin-meningococcique-conjugue-des-groupes-a-c-w-et-y-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
   </si>
   <si>
+    <t>QDENGA (vaccin tétravalent contre la dengue, vivant, atténué)</t>
+  </si>
+  <si>
+    <t>07/11/2025 17:46:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635682/en/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue</t>
+  </si>
+  <si>
+    <t>p_3635682</t>
+  </si>
+  <si>
+    <t>vaccin tétravalent contre la dengue, vivant, atténué</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635500/en/qdenga-dengue-tetravalent-vaccine-live-attenuated-dengue-tetravalent-vaccine</t>
+  </si>
+  <si>
     <t>GARDASIL - GARDASIL 9</t>
   </si>
   <si>
     <t>07/03/2025 17:06:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983518/en/gardasil-gardasil-9</t>
   </si>
   <si>
     <t>pprd_2983518</t>
   </si>
   <si>
     <t>vaccin papillomavirus humain 9-valent, recombinant, adsorbé</t>
   </si>
   <si>
     <t>MSD VACCINS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_523363/en/gardasil</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1232860/en/gardasil</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1525559/en/gardasil</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2796800/en/gardasil-9-9-valent-human-papillomavirus-vaccine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3160954/en/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634549/en/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe-vaccin-hpv</t>
+    <t>https://www.has-sante.fr/jcms/p_3634549/en/gardasil-9-human-papillomavirus-9-valent-vaccine-recombinant-adsorbed-vaccine-against-hpv</t>
   </si>
   <si>
     <t>FLUAD (vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant)</t>
   </si>
   <si>
     <t>05/21/2025 16:30:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2986107/en/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant</t>
   </si>
   <si>
     <t>pprd_2986107</t>
   </si>
   <si>
     <t>vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant</t>
   </si>
   <si>
     <t>VIFOR FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398937/en/fluad-antigenes-de-surface-de-virus-grippal-cultive-sur-oeufs-avec-l-adjuvant-mf59-c-1-3-souches-a-h3n2-a-h1n1-b-de-myxovirus-influenzae-conformes-aux-recommandations-de-l-oms-et-a-la-decision-de-la-communaute-europeenne-15-microgrammes-d-hemagglutinine-pour-chaque-souche</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606844/en/fluad-trivalent-influenza-vaccine-surface-antigen-inactivated-adjuvanted-influenza-vaccine</t>
   </si>
   <si>
     <t>EFLUELDA</t>
   </si>
   <si>
     <t>05/21/2025 16:27:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191986/en/efluelda</t>
   </si>
   <si>
     <t>p_3191986</t>
   </si>
   <si>
     <t>vaccin antigrippal trivalent, inactivé, à virion fragmenté, 60 μg HA/souche</t>
   </si>
   <si>
-    <t>SANOFI WINTHROP INDUSTRIE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3191303/en/efluelda</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3606853/en/efluelda-vaccin-antigrippal-trivalent-inactive-a-virion-fragmente-60-g-ha/souche-vaccin-antigrippal</t>
+    <t>https://www.has-sante.fr/jcms/p_3606853/en/efluelda-trivalent-influenza-vaccine-split-virion-inactivated-prevention-of-influenza</t>
   </si>
   <si>
     <t>PREVENAR 20 (vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) ou VPC20)</t>
   </si>
   <si>
     <t>05/21/2025 16:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605531/en/prevenar-20-vaccin-pneumococcique-polyosidique-conjugue-20-valent-adsorbe-ou-vpc20</t>
   </si>
   <si>
     <t>p_3605531</t>
   </si>
   <si>
     <t>vaccin pneumococcique polyosidique conjugué (20-valent, adsorbé) ou VPC20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3605182/en/prevenar-20-pneumococcal-polysaccharide-conjugate-vaccine-20-valent-adsorbed-pneumococcal-infections</t>
   </si>
   <si>
     <t>FLUENZ - FLUENZ TETRA</t>
   </si>
   <si>
     <t>04/07/2025 09:10:18</t>
   </si>
@@ -711,71 +771,50 @@
     <t>vaccin contre le choléra (vivant, recombiné, oral)</t>
   </si>
   <si>
     <t>IMAXIO</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3526096/en/vaxchora-cholera-vaccine-recombinant-live-oral-cholera-vaccine</t>
   </si>
   <si>
     <t>SHINGRIX (Vaccin zona (recombinant, avec adjuvant))</t>
   </si>
   <si>
     <t>04/29/2024 11:39:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3511440/en/shingrix-vaccin-zona-recombinant-avec-adjuvant</t>
   </si>
   <si>
     <t>p_3511440</t>
   </si>
   <si>
     <t>Vaccin zona (recombinant, avec adjuvant)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3511387/en/shingrix-adjuvanted-recombinant-herpes-zoster-vaccine-zoster-vaccine</t>
-  </si>
-[...19 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3501621/en/nuvaxovid-sars-cov-2-spike-protein-adjuvanted-with-matrix-m-covid-19</t>
   </si>
   <si>
     <t>VIVOTIF (Salmonella enterica sérovar Typhi, souche Ty21a)</t>
   </si>
   <si>
     <t>01/30/2024 15:15:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3491622/en/vivotif-salmonella-enterica-serovar-typhi-souche-ty21a</t>
   </si>
   <si>
     <t>p_3491622</t>
   </si>
   <si>
     <t>Salmonella enterica sérovar Typhi, souche Ty21a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3491589/en/vivotif-typhoid-vaccine-ty21a-typhoid-vaccine</t>
   </si>
   <si>
     <t>SPIKEVAX (élasoméran/davesoméran/andusoméran)</t>
   </si>
   <si>
     <t>10/06/2023 09:10:37</t>
   </si>
@@ -1595,51 +1634,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1651,2513 +1690,2577 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B2" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="C2" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="D2" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B3" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="C3" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="D3" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E3" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="H3" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="C4" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="D5" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="E5" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="H5" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:U54"/>
+  <dimension ref="A1:U55"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J1" t="s">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="K1" t="s">
-        <v>50</v>
+        <v>56</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B2" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="H2" t="s">
-        <v>55</v>
+        <v>61</v>
       </c>
       <c r="I2" t="s">
-        <v>56</v>
+        <v>62</v>
       </c>
       <c r="J2" t="s">
-        <v>57</v>
+        <v>63</v>
       </c>
       <c r="K2" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="L2" t="s">
-        <v>59</v>
-[...16 lines deleted...]
-      <c r="R2" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B3" t="s">
         <v>66</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>67</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>68</v>
       </c>
       <c r="H3" t="s">
         <v>69</v>
       </c>
       <c r="I3" t="s">
         <v>70</v>
       </c>
       <c r="J3" t="s">
         <v>71</v>
       </c>
       <c r="K3" t="s">
         <v>72</v>
       </c>
       <c r="L3" t="s">
         <v>73</v>
       </c>
       <c r="M3" t="s">
         <v>74</v>
       </c>
       <c r="N3" t="s">
         <v>75</v>
       </c>
       <c r="O3" t="s">
         <v>76</v>
       </c>
+      <c r="P3" t="s">
+        <v>77</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>78</v>
+      </c>
+      <c r="R3" t="s">
+        <v>79</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B4" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="H4" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="I4" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="J4" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="K4" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="L4" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="M4" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="N4" t="s">
-        <v>85</v>
+        <v>89</v>
+      </c>
+      <c r="O4" t="s">
+        <v>90</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B5" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="H5" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="I5" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="J5" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="K5" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="L5" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="M5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="N5" t="s">
-        <v>94</v>
-[...8 lines deleted...]
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B6" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="H6" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="I6" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="J6" t="s">
         <v>71</v>
       </c>
       <c r="K6" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="L6" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="M6" t="s">
-        <v>105</v>
+        <v>107</v>
+      </c>
+      <c r="N6" t="s">
+        <v>108</v>
+      </c>
+      <c r="O6" t="s">
+        <v>109</v>
+      </c>
+      <c r="P6" t="s">
+        <v>110</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>111</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B7" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="H7" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="I7" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="J7" t="s">
-        <v>111</v>
+        <v>85</v>
       </c>
       <c r="K7" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="L7" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="M7" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B8" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="H8" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="I8" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="J8" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="K8" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="L8" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="M8" t="s">
-        <v>123</v>
-[...8 lines deleted...]
-        <v>126</v>
+        <v>128</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B9" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="H9" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="I9" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="J9" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="K9" t="s">
-        <v>133</v>
-[...2 lines deleted...]
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B10" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="H10" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="I10" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="J10" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="K10" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="L10" t="s">
-        <v>142</v>
+        <v>143</v>
+      </c>
+      <c r="M10" t="s">
+        <v>144</v>
+      </c>
+      <c r="N10" t="s">
+        <v>145</v>
+      </c>
+      <c r="O10" t="s">
+        <v>146</v>
+      </c>
+      <c r="P10" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B11" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="H11" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="I11" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="J11" t="s">
-        <v>71</v>
+        <v>153</v>
       </c>
       <c r="K11" t="s">
-        <v>148</v>
+        <v>154</v>
+      </c>
+      <c r="L11" t="s">
+        <v>155</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
-        <v>149</v>
+        <v>156</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="H12" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="I12" t="s">
-        <v>153</v>
+        <v>160</v>
       </c>
       <c r="J12" t="s">
-        <v>154</v>
+        <v>63</v>
       </c>
       <c r="K12" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="L12" t="s">
-        <v>156</v>
-[...8 lines deleted...]
-        <v>159</v>
+        <v>162</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B13" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="H13" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="I13" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="J13" t="s">
-        <v>165</v>
+        <v>85</v>
       </c>
       <c r="K13" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B14" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="H14" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="I14" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="J14" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="K14" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="L14" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="M14" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="N14" t="s">
-        <v>176</v>
+        <v>178</v>
+      </c>
+      <c r="O14" t="s">
+        <v>179</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B15" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="H15" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="I15" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="J15" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="K15" t="s">
-        <v>183</v>
-[...2 lines deleted...]
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B16" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>178</v>
+        <v>188</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="H16" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="I16" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="J16" t="s">
-        <v>132</v>
+        <v>192</v>
       </c>
       <c r="K16" t="s">
-        <v>189</v>
+        <v>193</v>
+      </c>
+      <c r="L16" t="s">
+        <v>194</v>
+      </c>
+      <c r="M16" t="s">
+        <v>195</v>
+      </c>
+      <c r="N16" t="s">
+        <v>196</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B17" t="s">
-        <v>190</v>
+        <v>197</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>191</v>
+        <v>198</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>192</v>
+        <v>199</v>
       </c>
       <c r="H17" t="s">
-        <v>193</v>
+        <v>200</v>
       </c>
       <c r="I17" t="s">
-        <v>194</v>
+        <v>201</v>
       </c>
       <c r="J17" t="s">
-        <v>195</v>
+        <v>202</v>
       </c>
       <c r="K17" t="s">
-        <v>196</v>
+        <v>203</v>
+      </c>
+      <c r="L17" t="s">
+        <v>204</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B18" t="s">
-        <v>197</v>
+        <v>205</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>198</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>199</v>
+        <v>206</v>
       </c>
       <c r="H18" t="s">
-        <v>200</v>
+        <v>207</v>
       </c>
       <c r="I18" t="s">
-        <v>201</v>
+        <v>208</v>
       </c>
       <c r="J18" t="s">
-        <v>202</v>
+        <v>153</v>
       </c>
       <c r="K18" t="s">
-        <v>203</v>
-[...2 lines deleted...]
-        <v>204</v>
+        <v>209</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B19" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="H19" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="I19" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="J19" t="s">
-        <v>71</v>
+        <v>215</v>
       </c>
       <c r="K19" t="s">
-        <v>210</v>
-[...2 lines deleted...]
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B20" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="H20" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="I20" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="J20" t="s">
-        <v>57</v>
+        <v>222</v>
       </c>
       <c r="K20" t="s">
-        <v>217</v>
+        <v>223</v>
+      </c>
+      <c r="L20" t="s">
+        <v>224</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B21" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="H21" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="I21" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="J21" t="s">
-        <v>223</v>
+        <v>85</v>
       </c>
       <c r="K21" t="s">
-        <v>224</v>
+        <v>230</v>
+      </c>
+      <c r="L21" t="s">
+        <v>231</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B22" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
       <c r="H22" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="I22" t="s">
-        <v>229</v>
+        <v>236</v>
       </c>
       <c r="J22" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="K22" t="s">
-        <v>230</v>
+        <v>237</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B23" t="s">
-        <v>231</v>
+        <v>238</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>232</v>
+        <v>239</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>233</v>
+        <v>240</v>
       </c>
       <c r="H23" t="s">
-        <v>234</v>
+        <v>241</v>
       </c>
       <c r="I23" t="s">
-        <v>235</v>
+        <v>242</v>
       </c>
       <c r="J23" t="s">
-        <v>236</v>
+        <v>243</v>
       </c>
       <c r="K23" t="s">
-        <v>237</v>
+        <v>244</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B24" t="s">
-        <v>238</v>
+        <v>245</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>239</v>
+        <v>246</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>240</v>
+        <v>247</v>
       </c>
       <c r="H24" t="s">
-        <v>241</v>
+        <v>248</v>
       </c>
       <c r="I24" t="s">
-        <v>242</v>
+        <v>249</v>
       </c>
       <c r="J24" t="s">
-        <v>223</v>
+        <v>71</v>
       </c>
       <c r="K24" t="s">
-        <v>243</v>
+        <v>250</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B25" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>245</v>
+        <v>252</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>246</v>
+        <v>253</v>
       </c>
       <c r="H25" t="s">
-        <v>247</v>
+        <v>254</v>
       </c>
       <c r="I25" t="s">
-        <v>248</v>
+        <v>255</v>
       </c>
       <c r="J25" t="s">
-        <v>195</v>
+        <v>243</v>
       </c>
       <c r="K25" t="s">
-        <v>249</v>
+        <v>256</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B26" t="s">
-        <v>250</v>
+        <v>257</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>251</v>
+        <v>258</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>252</v>
+        <v>259</v>
       </c>
       <c r="H26" t="s">
-        <v>253</v>
+        <v>260</v>
       </c>
       <c r="I26" t="s">
-        <v>254</v>
+        <v>261</v>
       </c>
       <c r="J26" t="s">
-        <v>255</v>
+        <v>215</v>
       </c>
       <c r="K26" t="s">
-        <v>256</v>
-[...11 lines deleted...]
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>262</v>
+        <v>264</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="H27" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="I27" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="J27" t="s">
-        <v>202</v>
+        <v>268</v>
       </c>
       <c r="K27" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="L27" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="M27" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="N27" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="O27" t="s">
-        <v>270</v>
-[...7 lines deleted...]
-      <c r="R27" t="s">
         <v>273</v>
-      </c>
-[...1 lines deleted...]
-        <v>274</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B28" t="s">
+        <v>274</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
         <v>275</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>276</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>277</v>
       </c>
-      <c r="H28" t="s">
+      <c r="I28" t="s">
         <v>278</v>
       </c>
-      <c r="I28" t="s">
+      <c r="J28" t="s">
+        <v>222</v>
+      </c>
+      <c r="K28" t="s">
         <v>279</v>
       </c>
-      <c r="J28" t="s">
-[...2 lines deleted...]
-      <c r="K28" t="s">
+      <c r="L28" t="s">
         <v>280</v>
       </c>
-      <c r="L28" t="s">
+      <c r="M28" t="s">
         <v>281</v>
       </c>
-      <c r="M28" t="s">
+      <c r="N28" t="s">
         <v>282</v>
       </c>
-      <c r="N28" t="s">
+      <c r="O28" t="s">
         <v>283</v>
+      </c>
+      <c r="P28" t="s">
+        <v>284</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>285</v>
+      </c>
+      <c r="R28" t="s">
+        <v>286</v>
+      </c>
+      <c r="S28" t="s">
+        <v>287</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B29" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
       <c r="H29" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="I29" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="J29" t="s">
-        <v>289</v>
+        <v>71</v>
       </c>
       <c r="K29" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="L29" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="M29" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="N29" t="s">
-        <v>293</v>
-[...7 lines deleted...]
-      <c r="Q29" t="s">
         <v>296</v>
-      </c>
-[...10 lines deleted...]
-        <v>300</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B30" t="s">
+        <v>297</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>298</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>299</v>
+      </c>
+      <c r="H30" t="s">
+        <v>300</v>
+      </c>
+      <c r="I30" t="s">
         <v>301</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="J30" t="s">
         <v>302</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="K30" t="s">
         <v>303</v>
       </c>
-      <c r="H30" t="s">
+      <c r="L30" t="s">
         <v>304</v>
       </c>
-      <c r="I30" t="s">
+      <c r="M30" t="s">
         <v>305</v>
       </c>
-      <c r="J30" t="s">
+      <c r="N30" t="s">
         <v>306</v>
       </c>
-      <c r="K30" t="s">
+      <c r="O30" t="s">
         <v>307</v>
       </c>
-      <c r="L30" t="s">
+      <c r="P30" t="s">
         <v>308</v>
       </c>
-      <c r="M30" t="s">
+      <c r="Q30" t="s">
         <v>309</v>
       </c>
-      <c r="N30" t="s">
+      <c r="R30" t="s">
         <v>310</v>
       </c>
-      <c r="O30" t="s">
+      <c r="S30" t="s">
         <v>311</v>
       </c>
-      <c r="P30" t="s">
+      <c r="T30" t="s">
         <v>312</v>
+      </c>
+      <c r="U30" t="s">
+        <v>313</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B31" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H31" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="I31" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="J31" t="s">
-        <v>172</v>
+        <v>319</v>
       </c>
       <c r="K31" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="L31" t="s">
-        <v>319</v>
+        <v>321</v>
+      </c>
+      <c r="M31" t="s">
+        <v>322</v>
+      </c>
+      <c r="N31" t="s">
+        <v>323</v>
+      </c>
+      <c r="O31" t="s">
+        <v>324</v>
+      </c>
+      <c r="P31" t="s">
+        <v>325</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B32" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="H32" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="I32" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="J32" t="s">
-        <v>13</v>
+        <v>192</v>
       </c>
       <c r="K32" t="s">
-        <v>325</v>
+        <v>331</v>
+      </c>
+      <c r="L32" t="s">
+        <v>332</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B33" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>327</v>
+        <v>334</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="H33" t="s">
-        <v>329</v>
+        <v>336</v>
       </c>
       <c r="I33" t="s">
-        <v>330</v>
+        <v>337</v>
       </c>
       <c r="J33" t="s">
-        <v>331</v>
+        <v>13</v>
       </c>
       <c r="K33" t="s">
-        <v>332</v>
-[...2 lines deleted...]
-        <v>333</v>
+        <v>338</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B34" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>327</v>
+        <v>340</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
       <c r="H34" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="I34" t="s">
-        <v>330</v>
+        <v>343</v>
       </c>
       <c r="J34" t="s">
-        <v>57</v>
+        <v>344</v>
       </c>
       <c r="K34" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="L34" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B35" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
         <v>340</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="H35" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="I35" t="s">
         <v>343</v>
       </c>
       <c r="J35" t="s">
-        <v>120</v>
+        <v>71</v>
       </c>
       <c r="K35" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="L35" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B36" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="H36" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="I36" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
       <c r="J36" t="s">
-        <v>351</v>
+        <v>141</v>
       </c>
       <c r="K36" t="s">
-        <v>352</v>
+        <v>357</v>
+      </c>
+      <c r="L36" t="s">
+        <v>358</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B37" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="H37" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
       <c r="I37" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="J37" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="K37" t="s">
-        <v>359</v>
-[...16 lines deleted...]
-      <c r="Q37" t="s">
         <v>365</v>
-      </c>
-[...4 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B38" t="s">
+        <v>366</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>367</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
         <v>368</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="H38" t="s">
         <v>369</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="I38" t="s">
         <v>370</v>
       </c>
-      <c r="H38" t="s">
+      <c r="J38" t="s">
         <v>371</v>
       </c>
-      <c r="I38" t="s">
+      <c r="K38" t="s">
         <v>372</v>
       </c>
-      <c r="J38" t="s">
-[...2 lines deleted...]
-      <c r="K38" t="s">
+      <c r="L38" t="s">
         <v>373</v>
       </c>
-      <c r="L38" t="s">
+      <c r="M38" t="s">
         <v>374</v>
+      </c>
+      <c r="N38" t="s">
+        <v>375</v>
+      </c>
+      <c r="O38" t="s">
+        <v>376</v>
+      </c>
+      <c r="P38" t="s">
+        <v>377</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>378</v>
+      </c>
+      <c r="R38" t="s">
+        <v>379</v>
+      </c>
+      <c r="S38" t="s">
+        <v>380</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B39" t="s">
-        <v>375</v>
+        <v>381</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>376</v>
+        <v>382</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="H39" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="I39" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="J39" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="K39" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="L39" t="s">
-        <v>381</v>
-[...8 lines deleted...]
-        <v>384</v>
+        <v>387</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B40" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="H40" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="I40" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="J40" t="s">
-        <v>202</v>
+        <v>71</v>
       </c>
       <c r="K40" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="L40" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="M40" t="s">
-        <v>392</v>
+        <v>395</v>
+      </c>
+      <c r="N40" t="s">
+        <v>396</v>
+      </c>
+      <c r="O40" t="s">
+        <v>397</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B41" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="H41" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="I41" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="J41" t="s">
-        <v>57</v>
+        <v>222</v>
       </c>
       <c r="K41" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="L41" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="M41" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B42" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
+        <v>408</v>
+      </c>
+      <c r="H42" t="s">
+        <v>409</v>
+      </c>
+      <c r="I42" t="s">
         <v>402</v>
       </c>
-      <c r="H42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>120</v>
+        <v>71</v>
       </c>
       <c r="K42" t="s">
-        <v>405</v>
+        <v>410</v>
+      </c>
+      <c r="L42" t="s">
+        <v>411</v>
+      </c>
+      <c r="M42" t="s">
+        <v>412</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B43" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>407</v>
+        <v>414</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>408</v>
+        <v>415</v>
       </c>
       <c r="H43" t="s">
-        <v>409</v>
+        <v>416</v>
       </c>
       <c r="I43" t="s">
-        <v>410</v>
+        <v>417</v>
       </c>
       <c r="J43" t="s">
-        <v>57</v>
+        <v>141</v>
       </c>
       <c r="K43" t="s">
-        <v>411</v>
-[...11 lines deleted...]
-        <v>415</v>
+        <v>418</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B44" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="H44" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="I44" t="s">
-        <v>56</v>
+        <v>423</v>
       </c>
       <c r="J44" t="s">
-        <v>420</v>
+        <v>71</v>
       </c>
       <c r="K44" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="L44" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="M44" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="N44" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="O44" t="s">
-        <v>425</v>
-[...5 lines deleted...]
-        <v>427</v>
+        <v>428</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B45" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="H45" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="I45" t="s">
-        <v>432</v>
+        <v>70</v>
       </c>
       <c r="J45" t="s">
-        <v>358</v>
+        <v>433</v>
       </c>
       <c r="K45" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="L45" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="M45" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="N45" t="s">
-        <v>436</v>
+        <v>437</v>
+      </c>
+      <c r="O45" t="s">
+        <v>438</v>
+      </c>
+      <c r="P45" t="s">
+        <v>439</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>440</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B46" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="H46" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
       <c r="I46" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="J46" t="s">
-        <v>71</v>
+        <v>371</v>
       </c>
       <c r="K46" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="L46" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="M46" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="N46" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B47" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="H47" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="I47" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="J47" t="s">
-        <v>172</v>
+        <v>85</v>
       </c>
       <c r="K47" t="s">
-        <v>451</v>
+        <v>455</v>
+      </c>
+      <c r="L47" t="s">
+        <v>456</v>
+      </c>
+      <c r="M47" t="s">
+        <v>457</v>
+      </c>
+      <c r="N47" t="s">
+        <v>458</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B48" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="H48" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="I48" t="s">
-        <v>456</v>
+        <v>463</v>
       </c>
       <c r="J48" t="s">
-        <v>457</v>
+        <v>192</v>
       </c>
       <c r="K48" t="s">
-        <v>458</v>
-[...14 lines deleted...]
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B49" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="H49" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="I49" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="J49" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="K49" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="L49" t="s">
-        <v>470</v>
+        <v>472</v>
+      </c>
+      <c r="M49" t="s">
+        <v>473</v>
+      </c>
+      <c r="N49" t="s">
+        <v>474</v>
+      </c>
+      <c r="O49" t="s">
+        <v>475</v>
+      </c>
+      <c r="P49" t="s">
+        <v>476</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B50" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="H50" t="s">
-        <v>474</v>
+        <v>480</v>
       </c>
       <c r="I50" t="s">
-        <v>475</v>
+        <v>481</v>
       </c>
       <c r="J50" t="s">
-        <v>172</v>
+        <v>470</v>
       </c>
       <c r="K50" t="s">
-        <v>476</v>
+        <v>482</v>
       </c>
       <c r="L50" t="s">
-        <v>477</v>
-[...5 lines deleted...]
-        <v>479</v>
+        <v>483</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B51" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="H51" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="I51" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
       <c r="J51" t="s">
-        <v>485</v>
+        <v>192</v>
       </c>
       <c r="K51" t="s">
-        <v>486</v>
+        <v>489</v>
+      </c>
+      <c r="L51" t="s">
+        <v>490</v>
+      </c>
+      <c r="M51" t="s">
+        <v>491</v>
+      </c>
+      <c r="N51" t="s">
+        <v>492</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B52" t="s">
-        <v>487</v>
+        <v>493</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>488</v>
+        <v>494</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>489</v>
+        <v>495</v>
       </c>
       <c r="H52" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="I52" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
       <c r="J52" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="K52" t="s">
-        <v>493</v>
-[...2 lines deleted...]
-        <v>494</v>
+        <v>499</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B53" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="H53" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
       <c r="I53" t="s">
-        <v>499</v>
+        <v>504</v>
       </c>
       <c r="J53" t="s">
-        <v>500</v>
+        <v>505</v>
       </c>
       <c r="K53" t="s">
-        <v>501</v>
+        <v>506</v>
+      </c>
+      <c r="L53" t="s">
+        <v>507</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>51</v>
+        <v>57</v>
       </c>
       <c r="B54" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="H54" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="I54" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="J54" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="K54" t="s">
-        <v>508</v>
+        <v>514</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>57</v>
+      </c>
+      <c r="B55" t="s">
+        <v>515</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>516</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>517</v>
+      </c>
+      <c r="H55" t="s">
+        <v>518</v>
+      </c>
+      <c r="I55" t="s">
+        <v>519</v>
+      </c>
+      <c r="J55" t="s">
+        <v>520</v>
+      </c>
+      <c r="K55" t="s">
+        <v>521</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>