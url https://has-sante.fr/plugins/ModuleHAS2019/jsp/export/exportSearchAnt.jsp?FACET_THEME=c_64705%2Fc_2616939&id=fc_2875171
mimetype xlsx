--- v1 (2025-12-14)
+++ v2 (2026-02-14)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
     <sheet name="Export Studies and Reports" r:id="rId4" sheetId="2"/>
     <sheet name="Export Vaccine recommendation" r:id="rId5" sheetId="3"/>
     <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="804" uniqueCount="522">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="806" uniqueCount="525">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -194,92 +194,137 @@
   <si>
     <t>03/07/2018 00:00:00</t>
   </si>
   <si>
     <t>04/19/2018 09:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2838905/en/the-place-of-synflorix-in-the-pneumococcal-vaccination-strategy-in-children-under-5-years-of-age</t>
   </si>
   <si>
     <t>c_2838905</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>SHINGRIX (Vaccin zona (recombinant, avec adjuvant))</t>
+  </si>
+  <si>
+    <t>02/12/2026 15:40:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511440/en/shingrix-vaccin-zona-recombinant-avec-adjuvant</t>
+  </si>
+  <si>
+    <t>p_3511440</t>
+  </si>
+  <si>
+    <t>vaccin zona recombinant avec adjuvant</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511387/en/shingrix-adjuvanted-recombinant-herpes-zoster-vaccine-zoster-vaccine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859377/en/shingrix-vaccin-zona-recombinant-avec-adjuvant-vaccin-zona</t>
+  </si>
+  <si>
+    <t>FLUCELVAX TIV (vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires)</t>
+  </si>
+  <si>
+    <t>01/29/2026 16:50:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594797/en/flucelvax-tiv-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires</t>
+  </si>
+  <si>
+    <t>p_3594797</t>
+  </si>
+  <si>
+    <t>vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594714/en/flucelvax-influenza-vaccine-surface-antigen-inactivated-prepared-in-cell-cultures-influenza-vaccine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837721/en/flucelvax-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires-vaccin-antigrippal-chez-les-adultes-et-enfants-a-partir-de-6-mois</t>
+  </si>
+  <si>
     <t>NUVAXOVID (protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M)</t>
   </si>
   <si>
     <t>12/09/2025 15:28:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3501692/en/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m</t>
   </si>
   <si>
     <t>p_3501692</t>
   </si>
   <si>
     <t>protéine Spike de SARS-CoV-2 et un adjuvant Matrix-M</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3501621/en/nuvaxovid-sars-cov-2-spike-protein-adjuvanted-with-matrix-m-covid-19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3784589/en/nuvaxovid-proteine-spike-de-sars-cov-2-et-un-adjuvant-matrix-m-covid-19</t>
   </si>
   <si>
     <t>FLUARIX (virus grippal inactivé fragmenté)</t>
   </si>
   <si>
     <t>10/10/2025 15:32:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984591/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>pprd_2984591</t>
   </si>
   <si>
     <t>virus grippal inactivé fragmenté</t>
   </si>
   <si>
-    <t>GLAXOSMITHKLINE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_399678/en/fluarix-suspension-injectable-en-seringue-preremplie-vaccin-grippal-inactive-a-virion-fragmente-0-5-ml-de-suspension-en-seringue-preremplie-munie-d-un-bouchon-piston-b/1-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_622530/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1056122/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1323116/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1344404/en/fluarix</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1615549/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2022081/en/fluarix-virus-grippal-inactive-fragmente</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689892/en/fluarix-vaccin-grippal-trivalent-a-virion-fragmente-inactive-vaccin-antigrippal</t>
   </si>
   <si>
     <t>NIMENRIX (polyoside de Neisseria meningitidis de groupe A conjugué à l'anatoxine...)</t>
@@ -317,84 +362,84 @@
   <si>
     <t>BEXSERO (protéine recombinante NadA de Neisseria meningitidis groupe B ((BACTER...)</t>
   </si>
   <si>
     <t>09/25/2025 09:57:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984736/en/bexsero-proteine-recombinante-nada-de-neisseria-meningitidis-groupe-b-bacter</t>
   </si>
   <si>
     <t>pprd_2984736</t>
   </si>
   <si>
     <t>vaccin méningococcique groupe B, ADNr, composant, adsorbé</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753524/en/bexsero</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3279808/en/bexsero-vaccin-meningococcique-groupe-b-adnr-composant-adsorbe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534142/en/bexsero-meningococcal-group-b-vaccine-vaccine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3686940/en/bexsero-vaccin-meningococcique-groupe-b-adnr-composant-adsorbe-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
+    <t>https://www.has-sante.fr/jcms/p_3686940/en/bexsero-vaccines-against-invasive-meningococcal-disease-serogroups-a-c-w-y-and-b</t>
   </si>
   <si>
     <t>MENVEO (oligoside de Neisseria meningitidis du groupe W135 conjugué à la proté...)</t>
   </si>
   <si>
     <t>09/25/2025 10:01:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984826/en/menveo-oligoside-de-neisseria-meningitidis-du-groupe-w135-conjugue-a-la-prote</t>
   </si>
   <si>
     <t>pprd_2984826</t>
   </si>
   <si>
     <t>Vaccin méningococcique des groupes A, C, W-135 et Y conjugué à la protéine CRM197 de la toxine de Corynebacterium diphteriae</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1013267/en/menveo</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1722891/en/menveo</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2041931/en/menveo-and-nimenrix-meningococcal-group-a-c-w135-and-y-conjugate-vaccines</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3315464/en/menveo-oligoside-de-neisseria-meningitidis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534145/en/menveo-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-meningococcal-disease</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3686949/en/menveo-vaccin-meningococcique-des-serogroupes-a-c-w-135-et-y-conjugue-infections-invasives-a-meningocoques-des-serogroupes-acwy</t>
+    <t>https://www.has-sante.fr/jcms/p_3686949/en/menveo-meningococcal-group-a-c-w-135-and-y-conjugate-vaccine-invasive-meningococcal-group-a-c-w-135</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3686943/en/menveo-vaccin-meningococcique-des-groupes-a-c-w-135-et-y-conjugue-infections-invasives-a-meningocoques-des-serogroupes-acwy-et-b</t>
   </si>
   <si>
     <t>TRUMENBA suspension injectable en seringue préremplie</t>
   </si>
   <si>
     <t>09/25/2025 10:08:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3281243/en/trumenba-suspension-injectable-en-seringue-preremplie</t>
   </si>
   <si>
     <t>p_3281243</t>
   </si>
   <si>
     <t>vaccin méningococcique groupe B (recombinant, adsorbé)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280981/en/trumenba-meningococcal-group-b-vaccine-recombinant-adsorbed</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3576429/en/trumenba-vaccin-meningococcique-groupe-b-recombinant-adsorbe-vaccin-anti-meningococcique-serogroupe-b</t>
   </si>
@@ -479,53 +524,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2796800/en/gardasil-9-9-valent-human-papillomavirus-vaccine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3160954/en/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634549/en/gardasil-9-human-papillomavirus-9-valent-vaccine-recombinant-adsorbed-vaccine-against-hpv</t>
   </si>
   <si>
     <t>FLUAD (vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant)</t>
   </si>
   <si>
     <t>05/21/2025 16:30:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2986107/en/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant</t>
   </si>
   <si>
     <t>pprd_2986107</t>
   </si>
   <si>
     <t>vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant</t>
   </si>
   <si>
-    <t>VIFOR FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_398937/en/fluad-antigenes-de-surface-de-virus-grippal-cultive-sur-oeufs-avec-l-adjuvant-mf59-c-1-3-souches-a-h3n2-a-h1n1-b-de-myxovirus-influenzae-conformes-aux-recommandations-de-l-oms-et-a-la-decision-de-la-communaute-europeenne-15-microgrammes-d-hemagglutinine-pour-chaque-souche</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606844/en/fluad-trivalent-influenza-vaccine-surface-antigen-inactivated-adjuvanted-influenza-vaccine</t>
   </si>
   <si>
     <t>EFLUELDA</t>
   </si>
   <si>
     <t>05/21/2025 16:27:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191986/en/efluelda</t>
   </si>
   <si>
     <t>p_3191986</t>
   </si>
   <si>
     <t>vaccin antigrippal trivalent, inactivé, à virion fragmenté, 60 μg HA/souche</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3191303/en/efluelda</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606853/en/efluelda-trivalent-influenza-vaccine-split-virion-inactivated-prevention-of-influenza</t>
@@ -635,65 +677,50 @@
   <si>
     <t>INFLUVAC (antigènes de virus grippal cultivé, inactivé)</t>
   </si>
   <si>
     <t>03/06/2025 18:07:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985969/en/influvac-antigenes-de-virus-grippal-cultive-inactive</t>
   </si>
   <si>
     <t>pprd_2985969</t>
   </si>
   <si>
     <t>antigènes de virus grippal cultivé, inactivé</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399685/en/influvac-antigenes-de-virus-grippal-cultive-inactive</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594723/en/influvac-influenza-vaccine-surface-antigen-inactivated-influenza-vaccine</t>
   </si>
   <si>
-    <t>FLUCELVAX TIV (vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires)</t>
-[...13 lines deleted...]
-  <si>
     <t>MRESVIA (Vaccin du Virus Respiratoire Syncytial à ARNm (à nucléoside modifié))</t>
   </si>
   <si>
     <t>11/21/2024 15:27:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3559480/en/mresvia-vaccin-du-virus-respiratoire-syncytial-a-arnm-a-nucleoside-modifie</t>
   </si>
   <si>
     <t>p_3559480</t>
   </si>
   <si>
     <t>Vaccin du Virus Respiratoire Syncytial à ARNm (à nucléoside modifié)</t>
   </si>
   <si>
     <t>MODERNA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3558030/en/mresvia-respiratory-syncytial-virus-rsv-mrna-vaccine-nucleoside-modified-respiratory-syncytial-virus</t>
   </si>
   <si>
     <t>BEYFORTUS (nirsévimab)</t>
   </si>
   <si>
     <t>11/20/2024 08:37:55</t>
@@ -753,68 +780,50 @@
     <t>Vaccin du Virus Respiratoire Syncytial (VRS) (recombinant, avec adjuvant)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3538266/en/arexvy-respiratory-syncytial-virus-rsv-vaccine-recombinant-adjuvanted-respiratory-syncytial-virus-rsv</t>
   </si>
   <si>
     <t>VAXCHORA (vaccin contre le choléra (vivant, recombiné, oral))</t>
   </si>
   <si>
     <t>06/27/2024 08:31:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3527320/en/vaxchora-vaccin-contre-le-cholera-vivant-recombine-oral</t>
   </si>
   <si>
     <t>p_3527320</t>
   </si>
   <si>
     <t>vaccin contre le choléra (vivant, recombiné, oral)</t>
   </si>
   <si>
     <t>IMAXIO</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3526096/en/vaxchora-cholera-vaccine-recombinant-live-oral-cholera-vaccine</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3511387/en/shingrix-adjuvanted-recombinant-herpes-zoster-vaccine-zoster-vaccine</t>
   </si>
   <si>
     <t>VIVOTIF (Salmonella enterica sérovar Typhi, souche Ty21a)</t>
   </si>
   <si>
     <t>01/30/2024 15:15:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3491622/en/vivotif-salmonella-enterica-serovar-typhi-souche-ty21a</t>
   </si>
   <si>
     <t>p_3491622</t>
   </si>
   <si>
     <t>Salmonella enterica sérovar Typhi, souche Ty21a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3491589/en/vivotif-typhoid-vaccine-ty21a-typhoid-vaccine</t>
   </si>
   <si>
     <t>SPIKEVAX (élasoméran/davesoméran/andusoméran)</t>
   </si>
   <si>
     <t>10/06/2023 09:10:37</t>
   </si>
@@ -2052,2215 +2061,2221 @@
       </c>
       <c r="E3" t="s">
         <v>67</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>68</v>
       </c>
       <c r="H3" t="s">
         <v>69</v>
       </c>
       <c r="I3" t="s">
         <v>70</v>
       </c>
       <c r="J3" t="s">
         <v>71</v>
       </c>
       <c r="K3" t="s">
         <v>72</v>
       </c>
       <c r="L3" t="s">
         <v>73</v>
       </c>
-      <c r="M3" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>57</v>
       </c>
       <c r="B4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" t="s">
+        <v>77</v>
+      </c>
+      <c r="I4" t="s">
+        <v>78</v>
+      </c>
+      <c r="J4" t="s">
+        <v>79</v>
+      </c>
+      <c r="K4" t="s">
         <v>80</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="L4" t="s">
         <v>81</v>
-      </c>
-[...28 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>57</v>
       </c>
       <c r="B5" t="s">
+        <v>82</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>83</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>84</v>
+      </c>
+      <c r="H5" t="s">
+        <v>85</v>
+      </c>
+      <c r="I5" t="s">
+        <v>86</v>
+      </c>
+      <c r="J5" t="s">
+        <v>63</v>
+      </c>
+      <c r="K5" t="s">
+        <v>87</v>
+      </c>
+      <c r="L5" t="s">
+        <v>88</v>
+      </c>
+      <c r="M5" t="s">
+        <v>89</v>
+      </c>
+      <c r="N5" t="s">
+        <v>90</v>
+      </c>
+      <c r="O5" t="s">
         <v>91</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="P5" t="s">
         <v>92</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="Q5" t="s">
         <v>93</v>
       </c>
-      <c r="H5" t="s">
+      <c r="R5" t="s">
         <v>94</v>
-      </c>
-[...16 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>57</v>
       </c>
       <c r="B6" t="s">
+        <v>95</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>96</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>97</v>
+      </c>
+      <c r="H6" t="s">
+        <v>98</v>
+      </c>
+      <c r="I6" t="s">
+        <v>99</v>
+      </c>
+      <c r="J6" t="s">
         <v>100</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="K6" t="s">
         <v>101</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="L6" t="s">
         <v>102</v>
       </c>
-      <c r="H6" t="s">
+      <c r="M6" t="s">
         <v>103</v>
       </c>
-      <c r="I6" t="s">
+      <c r="N6" t="s">
         <v>104</v>
       </c>
-      <c r="J6" t="s">
-[...2 lines deleted...]
-      <c r="K6" t="s">
+      <c r="O6" t="s">
         <v>105</v>
-      </c>
-[...16 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>57</v>
       </c>
       <c r="B7" t="s">
+        <v>106</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>107</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>108</v>
+      </c>
+      <c r="H7" t="s">
+        <v>109</v>
+      </c>
+      <c r="I7" t="s">
+        <v>110</v>
+      </c>
+      <c r="J7" t="s">
+        <v>63</v>
+      </c>
+      <c r="K7" t="s">
+        <v>111</v>
+      </c>
+      <c r="L7" t="s">
         <v>112</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="M7" t="s">
         <v>113</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="N7" t="s">
         <v>114</v>
-      </c>
-[...16 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>57</v>
       </c>
       <c r="B8" t="s">
+        <v>115</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>117</v>
+      </c>
+      <c r="H8" t="s">
+        <v>118</v>
+      </c>
+      <c r="I8" t="s">
+        <v>119</v>
+      </c>
+      <c r="J8" t="s">
+        <v>63</v>
+      </c>
+      <c r="K8" t="s">
         <v>120</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="L8" t="s">
         <v>121</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="M8" t="s">
         <v>122</v>
       </c>
-      <c r="H8" t="s">
+      <c r="N8" t="s">
         <v>123</v>
       </c>
-      <c r="I8" t="s">
+      <c r="O8" t="s">
         <v>124</v>
       </c>
-      <c r="J8" t="s">
+      <c r="P8" t="s">
         <v>125</v>
       </c>
-      <c r="K8" t="s">
+      <c r="Q8" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>57</v>
       </c>
       <c r="B9" t="s">
+        <v>127</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>128</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>129</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>130</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="I9" t="s">
         <v>131</v>
       </c>
-      <c r="H9" t="s">
+      <c r="J9" t="s">
+        <v>100</v>
+      </c>
+      <c r="K9" t="s">
         <v>132</v>
       </c>
-      <c r="I9" t="s">
+      <c r="L9" t="s">
         <v>133</v>
       </c>
-      <c r="J9" t="s">
+      <c r="M9" t="s">
         <v>134</v>
-      </c>
-[...1 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>57</v>
       </c>
       <c r="B10" t="s">
+        <v>135</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>136</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>137</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>138</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>139</v>
       </c>
-      <c r="I10" t="s">
+      <c r="J10" t="s">
         <v>140</v>
       </c>
-      <c r="J10" t="s">
+      <c r="K10" t="s">
         <v>141</v>
       </c>
-      <c r="K10" t="s">
+      <c r="L10" t="s">
         <v>142</v>
       </c>
-      <c r="L10" t="s">
+      <c r="M10" t="s">
         <v>143</v>
-      </c>
-[...10 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>57</v>
       </c>
       <c r="B11" t="s">
+        <v>144</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>145</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>146</v>
+      </c>
+      <c r="H11" t="s">
+        <v>147</v>
+      </c>
+      <c r="I11" t="s">
         <v>148</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="J11" t="s">
         <v>149</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="K11" t="s">
         <v>150</v>
-      </c>
-[...13 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>57</v>
       </c>
       <c r="B12" t="s">
+        <v>151</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>152</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>153</v>
+      </c>
+      <c r="H12" t="s">
+        <v>154</v>
+      </c>
+      <c r="I12" t="s">
+        <v>155</v>
+      </c>
+      <c r="J12" t="s">
         <v>156</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="K12" t="s">
         <v>157</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="L12" t="s">
         <v>158</v>
       </c>
-      <c r="H12" t="s">
+      <c r="M12" t="s">
         <v>159</v>
       </c>
-      <c r="I12" t="s">
+      <c r="N12" t="s">
         <v>160</v>
       </c>
-      <c r="J12" t="s">
-[...2 lines deleted...]
-      <c r="K12" t="s">
+      <c r="O12" t="s">
         <v>161</v>
       </c>
-      <c r="L12" t="s">
+      <c r="P12" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>57</v>
       </c>
       <c r="B13" t="s">
         <v>163</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>164</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>165</v>
       </c>
       <c r="H13" t="s">
         <v>166</v>
       </c>
       <c r="I13" t="s">
         <v>167</v>
       </c>
       <c r="J13" t="s">
-        <v>85</v>
+        <v>71</v>
       </c>
       <c r="K13" t="s">
         <v>168</v>
       </c>
+      <c r="L13" t="s">
+        <v>169</v>
+      </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>57</v>
       </c>
       <c r="B14" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="H14" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="I14" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="J14" t="s">
-        <v>174</v>
+        <v>79</v>
       </c>
       <c r="K14" t="s">
         <v>175</v>
       </c>
       <c r="L14" t="s">
         <v>176</v>
       </c>
-      <c r="M14" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>57</v>
       </c>
       <c r="B15" t="s">
+        <v>177</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>178</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>179</v>
+      </c>
+      <c r="H15" t="s">
         <v>180</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="I15" t="s">
         <v>181</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="J15" t="s">
+        <v>100</v>
+      </c>
+      <c r="K15" t="s">
         <v>182</v>
-      </c>
-[...10 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>57</v>
       </c>
       <c r="B16" t="s">
+        <v>183</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>184</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>185</v>
+      </c>
+      <c r="H16" t="s">
+        <v>186</v>
+      </c>
+      <c r="I16" t="s">
         <v>187</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="J16" t="s">
         <v>188</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="K16" t="s">
         <v>189</v>
       </c>
-      <c r="H16" t="s">
+      <c r="L16" t="s">
         <v>190</v>
       </c>
-      <c r="I16" t="s">
+      <c r="M16" t="s">
         <v>191</v>
       </c>
-      <c r="J16" t="s">
+      <c r="N16" t="s">
         <v>192</v>
       </c>
-      <c r="K16" t="s">
+      <c r="O16" t="s">
         <v>193</v>
-      </c>
-[...7 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>57</v>
       </c>
       <c r="B17" t="s">
+        <v>194</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>195</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>196</v>
+      </c>
+      <c r="H17" t="s">
         <v>197</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="I17" t="s">
         <v>198</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="J17" t="s">
         <v>199</v>
       </c>
-      <c r="H17" t="s">
+      <c r="K17" t="s">
         <v>200</v>
-      </c>
-[...10 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>57</v>
       </c>
       <c r="B18" t="s">
+        <v>201</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>202</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>203</v>
+      </c>
+      <c r="H18" t="s">
+        <v>204</v>
+      </c>
+      <c r="I18" t="s">
         <v>205</v>
       </c>
-      <c r="C18" t="s">
-[...11 lines deleted...]
-      <c r="G18" t="s">
+      <c r="J18" t="s">
         <v>206</v>
       </c>
-      <c r="H18" t="s">
+      <c r="K18" t="s">
         <v>207</v>
       </c>
-      <c r="I18" t="s">
+      <c r="L18" t="s">
         <v>208</v>
       </c>
-      <c r="J18" t="s">
-[...2 lines deleted...]
-      <c r="K18" t="s">
+      <c r="M18" t="s">
         <v>209</v>
+      </c>
+      <c r="N18" t="s">
+        <v>210</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>57</v>
       </c>
       <c r="B19" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H19" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="I19" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J19" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="K19" t="s">
-        <v>216</v>
+        <v>217</v>
+      </c>
+      <c r="L19" t="s">
+        <v>218</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>57</v>
       </c>
       <c r="B20" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="H20" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="I20" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="J20" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="K20" t="s">
-        <v>223</v>
-[...2 lines deleted...]
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>57</v>
       </c>
       <c r="B21" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H21" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="I21" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="J21" t="s">
-        <v>85</v>
+        <v>231</v>
       </c>
       <c r="K21" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="L21" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>57</v>
       </c>
       <c r="B22" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="H22" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="I22" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="J22" t="s">
-        <v>71</v>
+        <v>100</v>
       </c>
       <c r="K22" t="s">
-        <v>237</v>
+        <v>239</v>
+      </c>
+      <c r="L22" t="s">
+        <v>240</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>57</v>
       </c>
       <c r="B23" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="H23" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="I23" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="J23" t="s">
-        <v>243</v>
+        <v>63</v>
       </c>
       <c r="K23" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>57</v>
       </c>
       <c r="B24" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>246</v>
+        <v>248</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>247</v>
+        <v>249</v>
       </c>
       <c r="H24" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="I24" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="J24" t="s">
-        <v>71</v>
+        <v>252</v>
       </c>
       <c r="K24" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>57</v>
       </c>
       <c r="B25" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
+        <v>255</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>256</v>
+      </c>
+      <c r="H25" t="s">
+        <v>257</v>
+      </c>
+      <c r="I25" t="s">
+        <v>258</v>
+      </c>
+      <c r="J25" t="s">
         <v>252</v>
       </c>
-      <c r="F25" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K25" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>57</v>
       </c>
       <c r="B26" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="H26" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
       <c r="I26" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="J26" t="s">
-        <v>215</v>
+        <v>224</v>
       </c>
       <c r="K26" t="s">
-        <v>262</v>
+        <v>265</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>57</v>
       </c>
       <c r="B27" t="s">
-        <v>263</v>
+        <v>266</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>264</v>
+        <v>267</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="H27" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="I27" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="J27" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="K27" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="L27" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="M27" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="N27" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="O27" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>57</v>
       </c>
       <c r="B28" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
       <c r="H28" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="I28" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="J28" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="K28" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="L28" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
       <c r="M28" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="N28" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="O28" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="P28" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="Q28" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="R28" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="S28" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>57</v>
       </c>
       <c r="B29" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="H29" t="s">
-        <v>291</v>
+        <v>294</v>
       </c>
       <c r="I29" t="s">
-        <v>292</v>
+        <v>295</v>
       </c>
       <c r="J29" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K29" t="s">
-        <v>293</v>
+        <v>296</v>
       </c>
       <c r="L29" t="s">
-        <v>294</v>
+        <v>297</v>
       </c>
       <c r="M29" t="s">
-        <v>295</v>
+        <v>298</v>
       </c>
       <c r="N29" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>57</v>
       </c>
       <c r="B30" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="H30" t="s">
-        <v>300</v>
+        <v>303</v>
       </c>
       <c r="I30" t="s">
-        <v>301</v>
+        <v>304</v>
       </c>
       <c r="J30" t="s">
-        <v>302</v>
+        <v>305</v>
       </c>
       <c r="K30" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="L30" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="M30" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="N30" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
       <c r="O30" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="P30" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="Q30" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="R30" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="S30" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="T30" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="U30" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>57</v>
       </c>
       <c r="B31" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="H31" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="I31" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="J31" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="K31" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="L31" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="M31" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="N31" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="O31" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="P31" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>57</v>
       </c>
       <c r="B32" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="H32" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="I32" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="J32" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="K32" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="L32" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>57</v>
       </c>
       <c r="B33" t="s">
-        <v>333</v>
+        <v>336</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>334</v>
+        <v>337</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
       <c r="H33" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="I33" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="J33" t="s">
         <v>13</v>
       </c>
       <c r="K33" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>57</v>
       </c>
       <c r="B34" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
       <c r="H34" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="I34" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="J34" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="K34" t="s">
-        <v>345</v>
+        <v>348</v>
       </c>
       <c r="L34" t="s">
-        <v>346</v>
+        <v>349</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>57</v>
       </c>
       <c r="B35" t="s">
-        <v>347</v>
+        <v>350</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="H35" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="I35" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="J35" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K35" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="L35" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>57</v>
       </c>
       <c r="B36" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="H36" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="I36" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="J36" t="s">
-        <v>141</v>
+        <v>156</v>
       </c>
       <c r="K36" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="L36" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>57</v>
       </c>
       <c r="B37" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="H37" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="I37" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="J37" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="K37" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>57</v>
       </c>
       <c r="B38" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="H38" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="I38" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="J38" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="K38" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="L38" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="M38" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="N38" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
       <c r="O38" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="P38" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="Q38" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="R38" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="S38" t="s">
-        <v>380</v>
+        <v>383</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>57</v>
       </c>
       <c r="B39" t="s">
-        <v>381</v>
+        <v>384</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="H39" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="I39" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="J39" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K39" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="L39" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>57</v>
       </c>
       <c r="B40" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="H40" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="I40" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="J40" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K40" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="L40" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="M40" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="N40" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="O40" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>57</v>
       </c>
       <c r="B41" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="H41" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="I41" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="J41" t="s">
-        <v>222</v>
+        <v>231</v>
       </c>
       <c r="K41" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="L41" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="M41" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>57</v>
       </c>
       <c r="B42" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
       <c r="H42" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="I42" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="J42" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K42" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="L42" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="M42" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>57</v>
       </c>
       <c r="B43" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="H43" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="I43" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="J43" t="s">
-        <v>141</v>
+        <v>156</v>
       </c>
       <c r="K43" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>57</v>
       </c>
       <c r="B44" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
       <c r="H44" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="I44" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="J44" t="s">
-        <v>71</v>
+        <v>63</v>
       </c>
       <c r="K44" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="L44" t="s">
-        <v>425</v>
+        <v>428</v>
       </c>
       <c r="M44" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="N44" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="O44" t="s">
-        <v>428</v>
+        <v>431</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>57</v>
       </c>
       <c r="B45" t="s">
-        <v>429</v>
+        <v>432</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>430</v>
+        <v>433</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>431</v>
+        <v>434</v>
       </c>
       <c r="H45" t="s">
-        <v>432</v>
+        <v>435</v>
       </c>
       <c r="I45" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="J45" t="s">
-        <v>433</v>
+        <v>436</v>
       </c>
       <c r="K45" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="L45" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
       <c r="M45" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="N45" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="O45" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
       <c r="P45" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="Q45" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>57</v>
       </c>
       <c r="B46" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="H46" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
       <c r="I46" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="J46" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="K46" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="L46" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="M46" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="N46" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>57</v>
       </c>
       <c r="B47" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="H47" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
       <c r="I47" t="s">
-        <v>454</v>
+        <v>457</v>
       </c>
       <c r="J47" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="K47" t="s">
-        <v>455</v>
+        <v>458</v>
       </c>
       <c r="L47" t="s">
-        <v>456</v>
+        <v>459</v>
       </c>
       <c r="M47" t="s">
-        <v>457</v>
+        <v>460</v>
       </c>
       <c r="N47" t="s">
-        <v>458</v>
+        <v>461</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>57</v>
       </c>
       <c r="B48" t="s">
-        <v>459</v>
+        <v>462</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>460</v>
+        <v>463</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="H48" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="I48" t="s">
-        <v>463</v>
+        <v>466</v>
       </c>
       <c r="J48" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="K48" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>57</v>
       </c>
       <c r="B49" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="H49" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
       <c r="I49" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="J49" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="K49" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="L49" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="M49" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="N49" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
       <c r="O49" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="P49" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>57</v>
       </c>
       <c r="B50" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="H50" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="I50" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
       <c r="J50" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="K50" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="L50" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>57</v>
       </c>
       <c r="B51" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="H51" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
       <c r="I51" t="s">
-        <v>488</v>
+        <v>491</v>
       </c>
       <c r="J51" t="s">
-        <v>192</v>
+        <v>206</v>
       </c>
       <c r="K51" t="s">
-        <v>489</v>
+        <v>492</v>
       </c>
       <c r="L51" t="s">
-        <v>490</v>
+        <v>493</v>
       </c>
       <c r="M51" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="N51" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>57</v>
       </c>
       <c r="B52" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="H52" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
       <c r="I52" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="J52" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="K52" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>57</v>
       </c>
       <c r="B53" t="s">
-        <v>500</v>
+        <v>503</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>501</v>
+        <v>504</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>502</v>
+        <v>505</v>
       </c>
       <c r="H53" t="s">
-        <v>503</v>
+        <v>506</v>
       </c>
       <c r="I53" t="s">
-        <v>504</v>
+        <v>507</v>
       </c>
       <c r="J53" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="K53" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="L53" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>57</v>
       </c>
       <c r="B54" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="H54" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="I54" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="J54" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="K54" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>57</v>
       </c>
       <c r="B55" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="H55" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="I55" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="J55" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="K55" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>