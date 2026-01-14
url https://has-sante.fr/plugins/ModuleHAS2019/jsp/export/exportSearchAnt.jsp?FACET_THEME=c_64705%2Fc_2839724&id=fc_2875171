--- v0 (2025-10-25)
+++ v1 (2026-01-14)
@@ -1,11231 +1,638 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...8 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2268" uniqueCount="1216">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="73">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>28/09/2022 16:00:00</t>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Initial key guiding principles for the use of generative AI in healthcare</t>
+  </si>
+  <si>
+    <t>Generative AI systems can be a lever for improvement to promote quality in the healthcare system. The French National Authority for Health (HAS) has published this educational guide aimed at health, social and medico-social sector professionals in order to support them in their initial adoption of generative AI and promote its proper use.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3372202/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-de-pharmacie-a-usage-interieur-pui</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3238360/fr/classification-fonctionnelle-selon-leur-finalite-d-usage-des-solutions-numeriques-utilisees-dans-le-cadre-de-soins-medicaux-ou-paramedicaux</t>
+    <t>10/30/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3703115/en/initial-key-guiding-principles-for-the-use-of-generative-ai-in-healthcare</t>
+  </si>
+  <si>
+    <t>p_3703115</t>
+  </si>
+  <si>
+    <t>Digital medical devices for professional use</t>
+  </si>
+  <si>
+    <t>Numerous digital solutions are used in routine care today. However, their utility or relevance in relation to the existing arsenal has not always been fully determined. In particular, this is the case for certain digital solutions for professional use, which do not fall within the existing evaluation frameworks for public funding cover. Consequently, healthcare professionals often use digital med-ical devices (DMDs) as part of a medical procedure without being fully informed about their performance or limitations or, conversely, are reluctant to use them. Hence, it is necessary to reflect on the specificities of the assessment of DMDs for professional use and, beyond that, on possible assessment approaches to inform the choices of healthcare professionals and decision-making bodies responsible for purchasing equipment.</t>
+  </si>
+  <si>
+    <t>06/29/2023 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363066/en/digital-medical-devices-for-professional-use</t>
+  </si>
+  <si>
+    <t>p_3363066</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Update of the standard for the assessment of digital services in the mHealth sector</t>
+  </si>
+  <si>
+    <t>The DNS consulted the HAS for an “Update and extension of the standard for the assessment of apps in the digital health solutions mobile health (mHealth) sector”. It publishes a reference document to optimize the quality criteria of medical content taking into account the existing ISO standard and also to optimize the referencing process.</t>
+  </si>
+  <si>
+    <t>11/20/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2024 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3481960/en/update-of-the-standard-for-the-assessment-of-digital-services-in-the-mhealth-sector</t>
+  </si>
+  <si>
+    <t>p_3481960</t>
+  </si>
+  <si>
+    <t>Focus on patient safety  " Teleconsultation - Increase your vigilance when consulting remotely "</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>12/07/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394347/en/focus-on-patient-safety-teleconsultation-increase-your-vigilance-when-consulting-remotely</t>
+  </si>
+  <si>
+    <t>p_3394347</t>
+  </si>
+  <si>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Functional classification, according to their intended use, of digital solutions used in the context of medical and paramedical care</t>
+  </si>
+  <si>
+    <t>In a context of growth in digital tools suitable for use in health, the French National Authority for Health has drafted a system for classifying digital solutions according to their intended use, their capacity to provide a personalised response, and their autonomy, i.e. their capacity to take action with or without human intervention. The objective: guide stakeholders and help improve the integration of these tools in the healthcare and medico-social sector.</t>
+  </si>
+  <si>
+    <t>02/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/17/2021 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238360/en/functional-classification-according-to-their-intended-use-of-digital-solutions-used-in-the-context-of-medical-and-paramedical-care</t>
   </si>
   <si>
     <t>p_3238360</t>
   </si>
   <si>
-    <t>E-learning : un guide de conception de formation ouverte et à distance (FOAD)</t>
-[...2222 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3238368/fr/la-has-propose-la-1ere-classification-des-solutions-numeriques-utilisees-en-sante</t>
+    <t>Good practice guidelines on health apps and smart devices (mobile health or mhealth)</t>
+  </si>
+  <si>
+    <t>This contribution from HAS aims to provide guidance for, promote use of increase confidence in health apps and smart devices, by supplying good practice guidelines for manufacturers and evaluator (evaluating bodies, consumer associations or medical professional organisations), who can use them for their own assessments.</t>
+  </si>
+  <si>
+    <t>10/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2681915/en/good-practice-guidelines-on-health-apps-and-smart-devices-mobile-health-or-mhealth</t>
+  </si>
+  <si>
+    <t>c_2681915</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Remote monitoring of patients with an implantable loop recorder - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The HAS undertook to assess the remote monitoring of patients with an implantable loop recorder (ILR). ILRs are diagnostic medical devices used for continuous monitoring of cardiac activity. They detect and record the patient’s arrhythmia automatically. In France, they are indicated and reimbursed for two purposes: aetiological diagnosis of unexplained recurrent syncope and aetiological diagnosis of cryptogenic stroke Conventional follow-up (CF) of patients consists in an analysis of the data recorded, during a medical consultation with the patient every three to six months. The aim of this report is to assess another monitoring method, remote monitoring (RM), which consists, for the medical team, of remotely reading and interpreting, via a secure internet site, the data recorded, and transmitted daily by the ILR. The HAS selected two main assessment questions to meet this objective: assessment of the clinical benefit of remote monitoring compared to CF for patients wearing an ILR; assessment of the organisational impact of RM of ILRs on the health system and identification of optimal conditions for carrying out RM.</t>
+  </si>
+  <si>
+    <t>03/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/16/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3177774/en/remote-monitoring-of-patients-with-an-implantable-loop-recorder-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3177774</t>
+  </si>
+  <si>
+    <t>Press release</t>
+  </si>
+  <si>
+    <t>HAS proposes the first classification of digital solutions used in healthcare</t>
+  </si>
+  <si>
+    <t>In a context of growth in digital tools suitable for use in health, the French National Authority for Health recently drafted a system for classifying digital solutions according to their intended use, their capacity to provide a personalised response, and their autonomy, i.e. their capacity to take action with or without human intervention. The objective: guide stakeholders and help improve the integration of these tools in the healthcare and medico-social sector.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238368/en/has-proposes-the-first-classification-of-digital-solutions-used-in-healthcare</t>
   </si>
   <si>
     <t>p_3238368</t>
   </si>
   <si>
-    <t>Un nouvel outil pour l’évaluation des dispositifs médicaux embarquant de l’intelligence artificielle</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3212876/fr/un-nouvel-outil-pour-l-evaluation-des-dispositifs-medicaux-embarquant-de-l-intelligence-artificielle</t>
+    <t>A new tool to evaluate medical devices using artificial intelligence</t>
+  </si>
+  <si>
+    <t>With the arrival of AI-equipped medical devices, HAS is updating its filing guides to support companies in their submission for access to reimbursement or to the innovation pass.</t>
+  </si>
+  <si>
+    <t>10/14/2020 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212876/en/a-new-tool-to-evaluate-medical-devices-using-artificial-intelligence</t>
   </si>
   <si>
     <t>p_3212876</t>
   </si>
   <si>
-    <t>Télésanté : une modalité de prise en charge utile dans le contexte épidémique actuel</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3119829/fr/evaluer-les-dispositifs-medicaux-avec-intelligence-artificielle</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Public Consultation – Proposal for functional classification of digital solutions on the basis of their purpose</t>
+  </si>
+  <si>
+    <t>The digital technology is progressively becoming an integral part of our health system. And the current health crisis is accelerating their use in response to the need to adapt the organisation of healthcare.</t>
+  </si>
+  <si>
+    <t>07/30/2020 08:20:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180615/en/public-consultation-proposal-for-functional-classification-of-digital-solutions-on-the-basis-of-their-purpose</t>
+  </si>
+  <si>
+    <t>p_3180615</t>
+  </si>
+  <si>
+    <t>Assessing medical devices embedding artificial intelligence</t>
+  </si>
+  <si>
+    <t>As digital technology unfolds and CNEDiMTS assesses more and more connected medical devices, the question of access to reimbursement for those that will use artificial intelligence will arise. In order to streamline the examination of these dossiers - and thus allow patients rapid access to innovation - HAS publishes today a draft analysis grid of self-learning algorithms. This initiative will help identify this new and growing field. It is subject to public consultation until 15 January 2020 to gather suggestions from all stakeholders.</t>
+  </si>
+  <si>
+    <t>11/20/2019 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119829/en/assessing-medical-devices-embedding-artificial-intelligence</t>
   </si>
   <si>
     <t>p_3119829</t>
-  </si>
-[...1240 lines deleted...]
-    <t>r_1500500</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
+        <v>21</v>
+      </c>
+      <c r="C4" t="s">
         <v>22</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>23</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>24</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>25</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
         <v>28</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>32</v>
       </c>
       <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>37</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>20</v>
       </c>
       <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
         <v>40</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
       <c r="E7" t="s">
         <v>42</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>43</v>
       </c>
       <c r="H7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="E8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H8" t="s">
-        <v>50</v>
-[...221 lines deleted...]
-        <v>1017</v>
+        <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>983</v>
+        <v>52</v>
       </c>
       <c r="B9" t="s">
-        <v>1018</v>
+        <v>53</v>
       </c>
       <c r="C9" t="s">
-        <v>1019</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1020</v>
+        <v>36</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1021</v>
+        <v>55</v>
       </c>
       <c r="H9" t="s">
-        <v>1022</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>983</v>
+        <v>52</v>
       </c>
       <c r="B10" t="s">
-        <v>1023</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
-        <v>1024</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>1025</v>
+        <v>59</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1026</v>
+        <v>60</v>
       </c>
       <c r="H10" t="s">
-        <v>1027</v>
+        <v>61</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>983</v>
+        <v>62</v>
       </c>
       <c r="B11" t="s">
-        <v>1028</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>1029</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1030</v>
+        <v>65</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1031</v>
+        <v>66</v>
       </c>
       <c r="H11" t="s">
-        <v>1032</v>
+        <v>67</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>983</v>
+        <v>52</v>
       </c>
       <c r="B12" t="s">
-        <v>1033</v>
+        <v>68</v>
       </c>
       <c r="C12" t="s">
-        <v>1034</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>909</v>
+        <v>70</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1035</v>
+        <v>71</v>
       </c>
       <c r="H12" t="s">
-        <v>1036</v>
-[...1176 lines deleted...]
-      <c r="B5" t="s">
         <v>72</v>
-      </c>
-[...5732 lines deleted...]
-        <v>982</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>