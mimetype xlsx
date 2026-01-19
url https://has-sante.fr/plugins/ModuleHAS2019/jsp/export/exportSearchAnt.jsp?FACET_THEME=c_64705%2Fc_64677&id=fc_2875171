--- v0 (2025-10-25)
+++ v1 (2026-01-19)
@@ -42,51 +42,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId9" sheetId="7"/>
     <sheet name="Export Evaluation des technolog" r:id="rId10" sheetId="8"/>
     <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
     <sheet name="Export Études et Rapports" r:id="rId12" sheetId="10"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId13" sheetId="11"/>
     <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1094" uniqueCount="677">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1142" uniqueCount="706">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -830,68 +830,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_272262/fr/masso-kinesitherapie-dans-les-cervicalgies-communes-et-dans-le-cadre-du-coup-du-lapin-ou-whiplash</t>
   </si>
   <si>
     <t>c_272262</t>
   </si>
   <si>
     <t>Masso-kinésithérapie et traitement orthopédique des déformations congénitales isolées du pied au cours des six premiers mois de la vie</t>
   </si>
   <si>
     <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes :# 1. Vers qui et dans quel délai orienter un nouveau-né présentant une déformation congénitale du pied ?# 2. Quelle déformation traiter ou surveiller ?# 3. Quelle démarche thérapeutique et quelles techniques de rééducation choisir ?# 4. Quelle information et participation des parents préconiser ?# 5. Quels résultats attendre des démarches thérapeutiques associant ou non rééducation, plâtres et chirurgie ?# Sont exclus de ces recommandations les déformations du pied avec pathologie ou malformation associées, les malpositions isolées des orteils et le pied creux congénital exceptionnellement isolé.</t>
   </si>
   <si>
     <t>01/01/2004 00:00:00</t>
   </si>
   <si>
     <t>01/01/2004 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272303/fr/masso-kinesitherapie-et-traitement-orthopedique-des-deformations-congenitales-isolees-du-pied-au-cours-des-six-premiers-mois-de-la-vie</t>
   </si>
   <si>
     <t>c_272303</t>
   </si>
   <si>
-    <t>Retour au domicile des patients adultes atteints d’accident vasculaire cérébral - Stratégies et organisation</t>
-[...16 lines deleted...]
-  <si>
     <t>Sortie du monde hospitalier et le retour au domicile d’une personne adulte handicapée sur le plan moteur ou neuropsychologique</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Qu’est-ce qu’un projet de sortie ? Comment définir de façon personnalisée le projet de sortie ? Selon les données actuelles, quelle organisation pour la mise en œuvre pratique et la réalisation du projet de sortie individualisé, dans le contexte de la vie de la personne handicapée ? Face aux obstacles, aux facteurs limitants et aux attentes réciproques de tous les acteurs (de l’hôpital et du lieu de vie) concernés par la réalisation pratique de la sortie de l’hôpital et du retour à domicile, quelles propositions ? Comment évaluer le service rendu ?</t>
   </si>
   <si>
     <t>15/12/2004 00:00:00</t>
   </si>
   <si>
     <t>15/12/2004 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272386/fr/sortie-du-monde-hospitalier-et-le-retour-au-domicile-d-une-personne-adulte-handicapee-sur-le-plan-moteur-ou-neuropsychologique</t>
   </si>
   <si>
     <t>c_272386</t>
   </si>
   <si>
     <t>Sortie du monde hospitalier et retour au domicile d’une personne adulte évoluant vers la dépendance motrice ou psychique</t>
   </si>
   <si>
     <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les caractéristiques des systèmes d’information existants et de ceux qu’il conviendrait de mettre en place ? Quelles sorties d’informations structurées sont attendues de ces systèmes ? Quelles sont l’ampleur du champ et les interactions à considérer pour organiser efficacement la prise en charge sur le plan économique ? Comment évaluer les innovations techniques dans le cadre de la prise en charge du retour et/ou du maintien au domicile ? Comment évaluer les innovations organisationnelles dans le cadre de la prise en charge du retour et/ou du maintien au domicile ? La satisfaction du patient et des aidants est-elle un critère valide et crédible dans l’évaluation du retour et/ou du maintien au domicile ? Quelles recommandations proposer pour le financement du retour et/ou du maintien au domicile ?</t>
   </si>
   <si>
     <t>25/01/2005 00:00:00</t>
@@ -959,50 +941,68 @@
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>ALD n°20 - Paraplégie (lésions médullaires)</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>27/03/2025 00:00:00</t>
   </si>
   <si>
     <t>31/07/2015 10:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_588551/fr/ald-n20-paraplegie-lesions-medullaires</t>
   </si>
   <si>
     <t>c_588551</t>
   </si>
   <si>
     <t>Guide usagers</t>
   </si>
   <si>
+    <t>Accident vasculaire cérébral - Des signes d’alerte à votre retour à domicile</t>
+  </si>
+  <si>
+    <t>L'accident vasculaire cérébral (AVC), encore appelé « attaque cérébrale » ou « congestion cérébrale » est une maladie grave et fréquente. En cas de signes d’alerte, il faut en urgence faire le 15. La personne est alors prise en charge par différentes équipes tout au long de son parcours de santé. Le retour à domicile est une étape délicate qu’il faut préparer avec les soignants et les proches aidants. Différentes aides peuvent être mises en place à domicile.</t>
+  </si>
+  <si>
+    <t>30/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701212/fr/accident-vasculaire-cerebral-des-signes-d-alerte-a-votre-retour-a-domicile</t>
+  </si>
+  <si>
+    <t>p_3701212</t>
+  </si>
+  <si>
     <t>Entorse de cheville</t>
   </si>
   <si>
     <t>Vous vous êtes tordu la cheville ? La cheville est douloureuse, peut-être gonflée et difficile à bouger. Cette fiche vous guide pour reconnaître ces symptômes et vous orienter dans les meilleures conditions et en toute sécurité.</t>
   </si>
   <si>
     <t>23/04/2025 00:00:00</t>
   </si>
   <si>
     <t>30/04/2025 17:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3602839/fr/entorse-de-cheville</t>
   </si>
   <si>
     <t>p_3602839</t>
   </si>
   <si>
     <t>Prolapsus génital de la femme - Des solutions pour le traiter</t>
   </si>
   <si>
     <t>La HAS publie un document destiné aux femmes qui souhaitent s'informer sur le prolapsus génital. Un prolapsus génital, appelé aussi « descente d’organes », peut apparaitre à tout âge même s’il est plus fréquent après 50 ans. C’est encore un sujet tabou. Beaucoup de femmes n’osent pas en parler et vivent dans l’inconfort alors que des solutions existent. Ce document est conçu pour les aider à mieux comprendre cette maladie et les différents traitements qui peuvent leur être proposés. afin qu'elles prennent la décision qui leur convient le mieux en lien avec votre médecin.</t>
   </si>
   <si>
     <t>28/04/2022 00:00:00</t>
@@ -1322,89 +1322,161 @@
   <si>
     <t>04/04/2006 13:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240514/fr/recommandations-sur-l-orientation-des-patients-necessitant-des-soins-de-masso-kinesitherapie-suite-a-une-hospitalisation</t>
   </si>
   <si>
     <t>c_240514</t>
   </si>
   <si>
     <t>Masso-kinésithérapie dans la conservation des capacités motrices chez la personne âgée fragile à domicile</t>
   </si>
   <si>
     <t>07/06/2005 13:37:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_240721/fr/masso-kinesitherapie-dans-la-conservation-des-capacites-motrices-chez-la-personne-agee-fragile-a-domicile</t>
   </si>
   <si>
     <t>c_240721</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Mesure directe de la pression tissulaire dans les loges musculaires des membres, par voie transcutanée</t>
+  </si>
+  <si>
+    <t>Cette évaluation a été demandée à la Haute Autorité de santé (HAS) par l’Union nationale des caisses d’assurance maladie (UNCAM) dans le cadre de la refonte de la Classification commune des actes médicaux (CCAM) sous l’égide du Haut conseil des nomenclatures (HCN). L’objectif de cette refonte est d’actualiser la CCAM pour mieux refléter les pratiques médicales actuelles, en intégrant des actes éprouvés et recommandés par les professionnels mais non encore inscrits. La HAS a réalisé une évaluation spécifique de la mesure directe de la pression tissulaire dans les loges musculaires des membres par voie transcutanée, acte dit « manquant », utilisée pour participer au diagnostic du syndrome de loge chronique. Cette évaluation a reposé sur un argumentaire médical rédigé par le Comité clinique (CC) de médecine physique et réadaptation (MPR) et validé par le Conseil national professionnel (CNP) de MPR.</t>
+  </si>
+  <si>
+    <t>18/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/12/2025 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806704/fr/mesure-directe-de-la-pression-tissulaire-dans-les-loges-musculaires-des-membres-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>p_3806704</t>
+  </si>
+  <si>
+    <t>Analyse de la posture verticale statique et/ou dynamique sur plateforme de force [Posturographie]</t>
+  </si>
+  <si>
+    <t>Cette évaluation a été demandée à la Haute Autorité de santé (HAS) par l’Union nationale des caisses d’assurance maladie (UNCAM) dans le cadre de la refonte de la Classification commune des actes médicaux (CCAM) sous l’égide du Haut conseil des nomenclatures (HCN). L’objectif de cette refonte est d’actualiser la CCAM pour mieux refléter les pratiques médicales actuelles, en intégrant des actes éprouvés et recommandés par les professionnels mais non encore inscrits. La HAS a réalisé une évaluation spécifique de l’analyse de la posture verticale statique et/ou dynamique sur plateforme de force (posturographie), acte dit « manquant », utilisée dans le cadre de la prise en charge des sujets atteints de troubles neurologiques ou vestibulaires, ainsi que chez les sujets âgés à risque de chutes. Cette évaluation a reposé sur un argumentaire médical rédigé par le Comité clinique (CC) de médecine physique et réadaptation (MPR) et validé par le Conseil national professionnel (CNP) de MPR.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806719/fr/analyse-de-la-posture-verticale-statique-et/ou-dynamique-sur-plateforme-de-force-posturographie</t>
+  </si>
+  <si>
+    <t>p_3806719</t>
+  </si>
+  <si>
+    <t>Mesure de la force, du travail et de la puissance musculaire du rachis, par dynamomètre informatisé et motorisé</t>
+  </si>
+  <si>
+    <t>Cette évaluation a été demandée à la Haute Autorité de santé (HAS) par l’Union nationale des caisses d’assurance maladie (UNCAM) dans le cadre de la refonte de la Classification commune des actes médicaux (CCAM) sous l’égide du Haut conseil des nomenclatures (HCN). L’objectif de cette refonte est d’actualiser la CCAM pour mieux refléter les pratiques médicales actuelles, en intégrant des actes éprouvés et recommandés par les professionnels mais non encore inscrits. La HAS a réalisé une évaluation spécifique de la mesure de la force, du travail et de la puissance musculaire du rachis, par dynamomètre informatisé et motorisé, acte dit « manquant », utilisée dans le cadre de la prise en charge des lombalgies chroniques. Cette évaluation a reposé sur un argumentaire médical rédigé par le Comité clinique (CC) de médecine physique et réadaptation (MPR) et validé par le Conseil national professionnel (CNP) de MPR.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806726/fr/mesure-de-la-force-du-travail-et-de-la-puissance-musculaire-du-rachis-par-dynamometre-informatise-et-motorise</t>
+  </si>
+  <si>
+    <t>p_3806726</t>
+  </si>
+  <si>
+    <t>Analyse métrologique instrumentale de la préhension</t>
+  </si>
+  <si>
+    <t>Cette évaluation a été demandée à la Haute Autorité de santé (HAS) par l’Union nationale des caisses d’assurance maladie (UNCAM) dans le cadre de la refonte de la Classification commune des actes médicaux (CCAM) sous l’égide du Haut conseil des nomenclatures (HCN). L’objectif de cette refonte est d’actualiser la CCAM pour mieux refléter les pratiques médicales actuelles, en intégrant des actes éprouvés et recommandés par les professionnels mais non encore inscrits. La HAS a réalisé une évaluation spécifique de l’analyse métrologique instrumentale de la préhension, acte dit « manquant », utilisée dans le cadre du suivi des patients neurologiques centraux. Cette évaluation a reposé sur un argumentaire médical rédigé par le Comité clinique (CC) de médecine physique et réadaptation (MPR) et validé par le Conseil national professionnel (CNP) de MPR.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806738/fr/analyse-metrologique-instrumentale-de-la-prehension</t>
+  </si>
+  <si>
+    <t>p_3806738</t>
+  </si>
+  <si>
     <t>Évaluation des orthèses plantaires et des coques talonnières</t>
   </si>
   <si>
     <t>En s’appuyant essentiellement sur la position du groupe de travail, compte tenu du caractère parcellaire et des limites de la littérature disponible, la CNEDiMTS confirme l’intérêt des orthèses plantaires sur mesure, ainsi que celui des coques talonnières.</t>
   </si>
   <si>
     <t>17/04/2018 00:00:00</t>
   </si>
   <si>
     <t>13/06/2018 14:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2849694/fr/evaluation-des-ortheses-plantaires-et-des-coques-talonnieres</t>
   </si>
   <si>
     <t>c_2849694</t>
   </si>
   <si>
     <t>Évaluation des lits médicaux et accessoires destinés aux patients en maintien à domicile ayant perdu leur autonomie motrice</t>
   </si>
   <si>
     <t>L’objectif de ce travail est d’évaluer les différentes catégories de lits médicaux ainsi que les prestations associées, afin de s’assurer du bien fondé du renouvellement de leur remboursement. Cette révision vise à définir médicalement chaque description générique par des indications, des fonctionnalités et des modalités d’utilisation et de prescription.</t>
   </si>
   <si>
     <t>03/12/2007 00:00:00</t>
   </si>
   <si>
     <t>01/12/2008 17:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_721336/fr/evaluation-des-lits-medicaux-et-accessoires-destines-aux-patients-en-maintien-a-domicile-ayant-perdu-leur-autonomie-motrice</t>
   </si>
   <si>
     <t>c_721336</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
+    <t>Décision n° 2025.0302/DC/SEAP du 18 décembre 2025 du collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Mesure de la force, du travail et de la puissance musculaire du rachis, par dynamomètre informatisé et motorisé »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant le rapport d’évaluation technologique accessible par le lien situé dans l’encadré « Voir aussi »</t>
+  </si>
+  <si>
+    <t>18/12/2025 17:00:00</t>
+  </si>
+  <si>
+    <t>29/12/2025 13:49:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806662/fr/decision-n-2025-0302/dc/seap-du-18-decembre-2025-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-rapport-d-evaluation-technologique-intitule-mesure-de-la-force-du-travail-et-de-la-puissance-musculaire-du-rachis-par-dynamometre-informatise-et-motorise</t>
+  </si>
+  <si>
+    <t>p_3806662</t>
+  </si>
+  <si>
     <t>Décision n°2013.0020/DC/SEAP du 6 mars 2013 du collège de la HAS relative au référentiel proposé par l’UNCAM le 13 novembre 2012 et portant sur le nombre de séances de masso-kinésithérapie pour rééducation en cas de cervicalgie non spécifique sans atteinte neurologique, au-delà duquel un accord préalable du service du contrôle médical est nécessaire</t>
   </si>
   <si>
     <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de Santé relative au référentiel proposé par l’Union nationale des caisses d’assurance maladie le 13 novembre 2012 et portant sur le nombre de séances de masso-kinésithérapie pour rééducation en cas de cervicalgie non spécifique sans atteinte neurologique, au-delà duquel un accord préalable du service du contrôle médical est nécessaire</t>
   </si>
   <si>
     <t>06/03/2013 00:00:00</t>
   </si>
   <si>
     <t>21/03/2013 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1367470/fr/decision-n2013-0020/dc/seap-du-6-mars-2013-du-college-de-la-has-relative-au-referentiel-propose-par-l-uncam-le-13-novembre-2012-et-portant-sur-le-nombre-de-seances-de-masso-kinesitherapie-pour-reeducation-en-cas-de-cervicalgie-non-specifique-sans-atteinte-neurologique-au-dela-duquel-un-accord-prealable-du-service-du-controle-medical-est-necessaire</t>
   </si>
   <si>
     <t>c_1367470</t>
   </si>
   <si>
     <t>Décision n°2013.0021/DC/SEAP du 6 mars 2013 du collège de la HAS relative au référentiel proposé par l’UNCAM le 13 novembre 2012 et portant sur le nombre de séances de masso-kinésithérapie pour rééducation en cas de fracture du coude, avec ou sans luxation, opérée ou non, chez l’adulte, au-delà duquel un accord préalable du service du contrôle médical est nécessaire</t>
   </si>
   <si>
     <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de Santé relative au référentiel proposé par l’Union nationale des caisses d’assurance maladie le 13 novembre 2012 et portant sur le nombre de séances de masso-kinésithérapie pour rééducation en cas de fracture du coude, avec ou sans luxation, opérée ou non, chez l’adulte, au-delà duquel un accord préalable du service du contrôle médical est nécessaire.</t>
   </si>
   <si>
     <t>21/03/2013 09:30:00</t>
@@ -1538,63 +1610,63 @@
   <si>
     <t>c_820021</t>
   </si>
   <si>
     <t>Avis de la HAS sur les référentiels relatifs à des soins de masso-kinésithérapie (reconstruction du ligament croisé antérieur du genou, libération du médian du canal carpien et des entorses cheville-pied)</t>
   </si>
   <si>
     <t>Trois référentiels concernant la rééducation dans les suites de : * la reconstruction du ligament croisé antérieur du genou, * la libération du médian du canal carpien * et des entorses cheville-pied</t>
   </si>
   <si>
     <t>22/04/2009 18:08:00</t>
   </si>
   <si>
     <t>08/06/2009 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_808511/fr/avis-de-la-has-sur-les-referentiels-relatifs-a-des-soins-de-masso-kinesitherapie-reconstruction-du-ligament-croise-anterieur-du-genou-liberation-du-median-du-canal-carpien-et-des-entorses-cheville-pied</t>
   </si>
   <si>
     <t>c_808511</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
-    <t>Résultats des IQSS - Mesure de la satisfaction et de l’expérience des patients hospitalisés en soins médicaux et de réadaptation (e-Satis SMR)</t>
-[...2 lines deleted...]
-    <t>Résultats nationaux de la dernière campagne et des années précédentes. La campagne nationale 2024 s'est déroulée entre le 1er octobre 2023 et le 28 septembre 2024 et l’ensemble des résultats présentés portent sur une extraction des réponses effectuées en octobre 2023.</t>
+    <t>IQSS - e-Satis SMR : Mesure de la satisfaction et de l’expérience des patients hospitalisés en soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes. La campagne nationale 2025 s'est déroulée entre le 1er octobre 2024 et le 30 septembre 2025 et l’ensemble des résultats présentés portent sur une extraction des réponses effectuées en octobre 2025.</t>
   </si>
   <si>
     <t>14/12/2023 00:00:00</t>
   </si>
   <si>
     <t>27/11/2023 10:55:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3299900/fr/resultats-des-iqss-mesure-de-la-satisfaction-et-de-l-experience-des-patients-hospitalises-en-soins-medicaux-et-de-readaptation-e-satis-smr</t>
+    <t>https://www.has-sante.fr/jcms/p_3299900/fr/iqss-e-satis-smr-mesure-de-la-satisfaction-et-de-l-experience-des-patients-hospitalises-en-soins-medicaux-et-de-readaptation</t>
   </si>
   <si>
     <t>p_3299900</t>
   </si>
   <si>
     <t>Résultats des IQSS - Dossier patient en Soins Médicaux et de Réadaptation (DPA SMR)</t>
   </si>
   <si>
     <t>Résultats nationaux de la dernière campagne et des années précédentes sur la prise en charge du dossier patient en Soins Médicaux et de Réadaptation (SMR)</t>
   </si>
   <si>
     <t>17/12/2024 10:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2676386/fr/resultats-des-iqss-dossier-patient-en-soins-medicaux-et-de-readaptation-dpa-smr</t>
   </si>
   <si>
     <t>c_2676386</t>
   </si>
   <si>
     <t>Résultats des IQSS - Prise en charge d’un accident vasculaire cérébral (AVC) récent en Soins Médicaux et de Réadaptation (SMR)</t>
   </si>
   <si>
     <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient : prise en charge d’un accident vasculaire cérébral (AVC) récent (moins de 3 mois) en Soins Médicaux et de Réadaptation (SMR) (recueil volontaire en 2021)</t>
   </si>
@@ -1623,50 +1695,65 @@
     <t>https://www.has-sante.fr/jcms/p_3473674/fr/acces-direct-aux-masseurs-kinesitherapeutes-en-cpts-avis-sur-le-projet-de-decret-concernant-l-experimentation-prevue-par-l-article-3-de-la-loi-du-19-mai-2023</t>
   </si>
   <si>
     <t>p_3473674</t>
   </si>
   <si>
     <t>Indicateurs de qualité du dossier du patient généralisés en SSR - Campagne 2010 - Analyse descriptive des résultats agrégés 2010 et analyse des facteurs associés à la variabilité des résultats - novembre 2011</t>
   </si>
   <si>
     <t>En 2010, la HAS a coordonné la deuxième campagne de généralisation des cinq indicateurs du dossier du patient (qualité de la tenue du dossier patient, délai d’envoi du courrier de fin d’hospitalisation, évaluation de la douleur, dépistage des troubles nutritionnels, évaluation du risque d’escarre) impliquant les établissements ayant une activité de soins de suite et de réadaptation (SSR). Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2010. Il permet de porter une première appréciation sur l’évolution des résultats entre 2009 et 2010 pour les établissements de santé SSR, et apporte un premier éclairage sur les facteurs associés permettant d’expliquer le résultat des indicateurs.</t>
   </si>
   <si>
     <t>16/11/2011 00:00:00</t>
   </si>
   <si>
     <t>14/12/2011 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1148479/fr/indicateurs-de-qualite-du-dossier-du-patient-generalises-en-ssr-campagne-2010-analyse-descriptive-des-resultats-agreges-2010-et-analyse-des-facteurs-associes-a-la-variabilite-des-resultats-novembre-2011</t>
   </si>
   <si>
     <t>c_1148479</t>
   </si>
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Consultation et prescription médicale d’activité physique à des fins de santé</t>
+  </si>
+  <si>
+    <t>Les guides de consultation et prescription médicale d’activité physique chez les adultes et les enfants et leurs fiches et focus d’aide à la prescription par pathologie ou par état de santé sont des outils à disposition des médecins généralistes et spécialistes pour les guider dans la prescription d’activité physique et d'activité physique adaptée à des fins de santé.</t>
+  </si>
+  <si>
+    <t>19/11/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876862/fr/consultation-et-prescription-medicale-d-activite-physique-a-des-fins-de-sante</t>
+  </si>
+  <si>
+    <t>c_2876862</t>
   </si>
   <si>
     <t>Critères d'orientation des patients en service médical de réadaptation spécialisé cardiovasculaire – Note de cadrage</t>
   </si>
   <si>
     <t>LA HAS a pour objectif de préciser les critères d’orientation en SMR spécialisé dans le cadre d’une filière cardiovasculaire, en envisageant les possibles orientations des personnes concernées.</t>
   </si>
   <si>
     <t>22/12/2023 09:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482837/fr/criteres-d-orientation-des-patients-en-service-medical-de-readaptation-specialise-cardiovasculaire-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3482837</t>
   </si>
   <si>
     <t>Parcours de rééducation réadaptation des patients après la phase initiale de l’AVC</t>
   </si>
   <si>
     <t>La HAS récapitule les points clés de la prise en charge après la phase initiale de l'AVC - à destination de tous les professionnels de la filière (médecins, professionnels de la rééducation, travailleurs sociaux, psychologues, ergothérapeutes...). La publication a notamment pour objectifs de préciser la place des différents intervenants et les modalités d’organisation ; d’identifier les besoins destinés à améliorer les pratiques et de proposer des leviers pour y parvenir ; d’établir une aide à l’orientation des patients dans les parcours en fonction des difficultés associées à l’AVC.</t>
   </si>
   <si>
     <t>08/09/2020 16:39:00</t>
   </si>
@@ -2223,1088 +2310,1114 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>497</v>
+        <v>521</v>
       </c>
       <c r="B2" t="s">
-        <v>498</v>
+        <v>522</v>
       </c>
       <c r="C2" t="s">
-        <v>499</v>
+        <v>523</v>
       </c>
       <c r="D2" t="s">
-        <v>500</v>
+        <v>524</v>
       </c>
       <c r="E2" t="s">
-        <v>501</v>
+        <v>525</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>502</v>
+        <v>526</v>
       </c>
       <c r="H2" t="s">
-        <v>503</v>
+        <v>527</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>497</v>
+        <v>521</v>
       </c>
       <c r="B3" t="s">
-        <v>504</v>
+        <v>528</v>
       </c>
       <c r="C3" t="s">
-        <v>505</v>
+        <v>529</v>
       </c>
       <c r="D3" t="s">
-        <v>500</v>
+        <v>524</v>
       </c>
       <c r="E3" t="s">
-        <v>506</v>
+        <v>530</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>507</v>
+        <v>531</v>
       </c>
       <c r="H3" t="s">
-        <v>508</v>
+        <v>532</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>497</v>
+        <v>521</v>
       </c>
       <c r="B4" t="s">
-        <v>509</v>
+        <v>533</v>
       </c>
       <c r="C4" t="s">
-        <v>510</v>
+        <v>534</v>
       </c>
       <c r="D4" t="s">
-        <v>500</v>
+        <v>524</v>
       </c>
       <c r="E4" t="s">
-        <v>511</v>
+        <v>535</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>512</v>
+        <v>536</v>
       </c>
       <c r="H4" t="s">
-        <v>513</v>
+        <v>537</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>497</v>
+        <v>521</v>
       </c>
       <c r="B5" t="s">
-        <v>514</v>
+        <v>538</v>
       </c>
       <c r="C5" t="s">
-        <v>515</v>
+        <v>539</v>
       </c>
       <c r="D5" t="s">
-        <v>516</v>
+        <v>540</v>
       </c>
       <c r="E5" t="s">
-        <v>517</v>
+        <v>541</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>518</v>
+        <v>542</v>
       </c>
       <c r="H5" t="s">
-        <v>519</v>
+        <v>543</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>497</v>
+        <v>521</v>
       </c>
       <c r="B6" t="s">
-        <v>520</v>
+        <v>544</v>
       </c>
       <c r="C6" t="s">
-        <v>521</v>
+        <v>545</v>
       </c>
       <c r="D6" t="s">
-        <v>522</v>
+        <v>546</v>
       </c>
       <c r="E6" t="s">
-        <v>523</v>
+        <v>547</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>524</v>
+        <v>548</v>
       </c>
       <c r="H6" t="s">
-        <v>525</v>
+        <v>549</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H18"/>
+  <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B2" t="s">
-        <v>527</v>
+        <v>551</v>
       </c>
       <c r="C2" t="s">
-        <v>528</v>
+        <v>552</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>529</v>
+        <v>553</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>530</v>
+        <v>554</v>
       </c>
       <c r="H2" t="s">
-        <v>531</v>
+        <v>555</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B3" t="s">
-        <v>532</v>
+        <v>556</v>
       </c>
       <c r="C3" t="s">
-        <v>533</v>
+        <v>557</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>534</v>
+        <v>558</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>535</v>
+        <v>559</v>
       </c>
       <c r="H3" t="s">
-        <v>536</v>
+        <v>560</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B4" t="s">
-        <v>537</v>
+        <v>561</v>
       </c>
       <c r="C4" t="s">
-        <v>538</v>
+        <v>562</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>539</v>
+        <v>563</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>540</v>
+        <v>564</v>
       </c>
       <c r="H4" t="s">
-        <v>541</v>
+        <v>565</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B5" t="s">
-        <v>542</v>
+        <v>566</v>
       </c>
       <c r="C5" t="s">
-        <v>543</v>
+        <v>567</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>544</v>
+        <v>568</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>545</v>
+        <v>569</v>
       </c>
       <c r="H5" t="s">
-        <v>546</v>
+        <v>570</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B6" t="s">
-        <v>547</v>
+        <v>571</v>
       </c>
       <c r="C6" t="s">
-        <v>548</v>
+        <v>572</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>549</v>
+        <v>573</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>550</v>
+        <v>574</v>
       </c>
       <c r="H6" t="s">
-        <v>551</v>
+        <v>575</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B7" t="s">
-        <v>552</v>
+        <v>576</v>
       </c>
       <c r="C7" t="s">
-        <v>553</v>
+        <v>577</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>554</v>
+        <v>578</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>555</v>
+        <v>579</v>
       </c>
       <c r="H7" t="s">
-        <v>556</v>
+        <v>580</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B8" t="s">
-        <v>557</v>
+        <v>581</v>
       </c>
       <c r="C8" t="s">
-        <v>558</v>
+        <v>582</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>559</v>
+        <v>583</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>560</v>
+        <v>584</v>
       </c>
       <c r="H8" t="s">
-        <v>561</v>
+        <v>585</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B9" t="s">
-        <v>562</v>
+        <v>586</v>
       </c>
       <c r="C9" t="s">
-        <v>563</v>
+        <v>587</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>564</v>
+        <v>588</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>565</v>
+        <v>589</v>
       </c>
       <c r="H9" t="s">
-        <v>566</v>
+        <v>590</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B10" t="s">
-        <v>567</v>
+        <v>591</v>
       </c>
       <c r="C10" t="s">
-        <v>568</v>
+        <v>592</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>569</v>
+        <v>593</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>570</v>
+        <v>594</v>
       </c>
       <c r="H10" t="s">
-        <v>571</v>
+        <v>595</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B11" t="s">
-        <v>572</v>
+        <v>596</v>
       </c>
       <c r="C11" t="s">
-        <v>573</v>
+        <v>597</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>574</v>
+        <v>598</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>575</v>
+        <v>599</v>
       </c>
       <c r="H11" t="s">
-        <v>576</v>
+        <v>600</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B12" t="s">
-        <v>577</v>
+        <v>601</v>
       </c>
       <c r="C12" t="s">
-        <v>578</v>
+        <v>602</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>579</v>
+        <v>603</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>580</v>
+        <v>604</v>
       </c>
       <c r="H12" t="s">
-        <v>581</v>
+        <v>605</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B13" t="s">
-        <v>582</v>
+        <v>606</v>
       </c>
       <c r="C13" t="s">
-        <v>583</v>
+        <v>607</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>584</v>
+        <v>608</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>585</v>
+        <v>609</v>
       </c>
       <c r="H13" t="s">
-        <v>586</v>
+        <v>610</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B14" t="s">
-        <v>587</v>
+        <v>611</v>
       </c>
       <c r="C14" t="s">
-        <v>588</v>
+        <v>612</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>584</v>
+        <v>613</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>589</v>
+        <v>614</v>
       </c>
       <c r="H14" t="s">
-        <v>590</v>
+        <v>615</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B15" t="s">
-        <v>591</v>
+        <v>616</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>617</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>592</v>
+        <v>613</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>593</v>
+        <v>618</v>
       </c>
       <c r="H15" t="s">
-        <v>594</v>
+        <v>619</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B16" t="s">
-        <v>595</v>
+        <v>620</v>
       </c>
       <c r="C16" t="s">
-        <v>596</v>
+        <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>597</v>
+        <v>621</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>598</v>
+        <v>622</v>
       </c>
       <c r="H16" t="s">
-        <v>599</v>
+        <v>623</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B17" t="s">
-        <v>600</v>
+        <v>624</v>
       </c>
       <c r="C17" t="s">
-        <v>596</v>
+        <v>625</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>601</v>
+        <v>626</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>602</v>
+        <v>627</v>
       </c>
       <c r="H17" t="s">
-        <v>603</v>
+        <v>628</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>526</v>
+        <v>550</v>
       </c>
       <c r="B18" t="s">
-        <v>604</v>
+        <v>629</v>
       </c>
       <c r="C18" t="s">
-        <v>596</v>
+        <v>625</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>605</v>
+        <v>630</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>606</v>
+        <v>631</v>
       </c>
       <c r="H18" t="s">
-        <v>607</v>
+        <v>632</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>550</v>
+      </c>
+      <c r="B19" t="s">
+        <v>633</v>
+      </c>
+      <c r="C19" t="s">
+        <v>625</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>634</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>635</v>
+      </c>
+      <c r="H19" t="s">
+        <v>636</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B2" t="s">
-        <v>609</v>
+        <v>638</v>
       </c>
       <c r="C2" t="s">
-        <v>610</v>
+        <v>639</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>611</v>
+        <v>640</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>612</v>
+        <v>641</v>
       </c>
       <c r="H2" t="s">
-        <v>613</v>
+        <v>642</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B3" t="s">
-        <v>614</v>
+        <v>643</v>
       </c>
       <c r="C3" t="s">
-        <v>615</v>
+        <v>644</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>616</v>
+        <v>645</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>617</v>
+        <v>646</v>
       </c>
       <c r="H3" t="s">
-        <v>618</v>
+        <v>647</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B4" t="s">
-        <v>619</v>
+        <v>648</v>
       </c>
       <c r="C4" t="s">
-        <v>620</v>
+        <v>649</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>621</v>
+        <v>650</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>622</v>
+        <v>651</v>
       </c>
       <c r="H4" t="s">
-        <v>623</v>
+        <v>652</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B5" t="s">
-        <v>624</v>
+        <v>653</v>
       </c>
       <c r="C5" t="s">
-        <v>620</v>
+        <v>649</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>625</v>
+        <v>654</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>626</v>
+        <v>655</v>
       </c>
       <c r="H5" t="s">
-        <v>627</v>
+        <v>656</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B6" t="s">
-        <v>628</v>
+        <v>657</v>
       </c>
       <c r="C6" t="s">
-        <v>615</v>
+        <v>644</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>629</v>
+        <v>658</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>630</v>
+        <v>659</v>
       </c>
       <c r="H6" t="s">
-        <v>631</v>
+        <v>660</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B7" t="s">
-        <v>632</v>
+        <v>661</v>
       </c>
       <c r="C7" t="s">
-        <v>633</v>
+        <v>662</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>634</v>
+        <v>663</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>635</v>
+        <v>664</v>
       </c>
       <c r="H7" t="s">
-        <v>636</v>
+        <v>665</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B8" t="s">
-        <v>637</v>
+        <v>666</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>638</v>
+        <v>667</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>639</v>
+        <v>668</v>
       </c>
       <c r="H8" t="s">
-        <v>640</v>
+        <v>669</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B9" t="s">
-        <v>641</v>
+        <v>670</v>
       </c>
       <c r="C9" t="s">
-        <v>642</v>
+        <v>671</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>643</v>
+        <v>672</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>644</v>
+        <v>673</v>
       </c>
       <c r="H9" t="s">
-        <v>645</v>
+        <v>674</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B10" t="s">
-        <v>646</v>
+        <v>675</v>
       </c>
       <c r="C10" t="s">
-        <v>647</v>
+        <v>676</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>648</v>
+        <v>677</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>649</v>
+        <v>678</v>
       </c>
       <c r="H10" t="s">
-        <v>650</v>
+        <v>679</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B11" t="s">
-        <v>651</v>
+        <v>680</v>
       </c>
       <c r="C11" t="s">
-        <v>652</v>
+        <v>681</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>653</v>
+        <v>682</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>654</v>
+        <v>683</v>
       </c>
       <c r="H11" t="s">
-        <v>655</v>
+        <v>684</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B12" t="s">
-        <v>656</v>
+        <v>685</v>
       </c>
       <c r="C12" t="s">
-        <v>657</v>
+        <v>686</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>658</v>
+        <v>687</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>659</v>
+        <v>688</v>
       </c>
       <c r="H12" t="s">
-        <v>660</v>
+        <v>689</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B13" t="s">
-        <v>661</v>
+        <v>690</v>
       </c>
       <c r="C13" t="s">
-        <v>662</v>
+        <v>691</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
         <v>359</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>663</v>
+        <v>692</v>
       </c>
       <c r="H13" t="s">
-        <v>664</v>
+        <v>693</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B14" t="s">
-        <v>665</v>
+        <v>694</v>
       </c>
       <c r="C14" t="s">
-        <v>666</v>
+        <v>695</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>404</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>667</v>
+        <v>696</v>
       </c>
       <c r="H14" t="s">
-        <v>668</v>
+        <v>697</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B15" t="s">
-        <v>669</v>
+        <v>698</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
         <v>389</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>670</v>
+        <v>699</v>
       </c>
       <c r="H15" t="s">
-        <v>671</v>
+        <v>700</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>608</v>
+        <v>637</v>
       </c>
       <c r="B16" t="s">
-        <v>672</v>
+        <v>701</v>
       </c>
       <c r="C16" t="s">
-        <v>673</v>
+        <v>702</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>674</v>
+        <v>703</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>675</v>
+        <v>704</v>
       </c>
       <c r="H16" t="s">
-        <v>676</v>
+        <v>705</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3601,51 +3714,51 @@
       </c>
       <c r="D3" t="s">
         <v>64</v>
       </c>
       <c r="E3" t="s">
         <v>65</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>66</v>
       </c>
       <c r="H3" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H41"/>
+  <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -4635,295 +4748,295 @@
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
         <v>284</v>
       </c>
       <c r="H39" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>68</v>
       </c>
       <c r="B40" t="s">
         <v>286</v>
       </c>
       <c r="C40" t="s">
         <v>287</v>
       </c>
       <c r="D40" t="s">
         <v>288</v>
       </c>
       <c r="E40" t="s">
+        <v>283</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
         <v>289</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>290</v>
-      </c>
-[...27 lines deleted...]
-        <v>296</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>291</v>
+      </c>
+      <c r="B2" t="s">
+        <v>292</v>
+      </c>
+      <c r="C2" t="s">
+        <v>293</v>
+      </c>
+      <c r="D2" t="s">
+        <v>294</v>
+      </c>
+      <c r="E2" t="s">
+        <v>295</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>296</v>
+      </c>
+      <c r="H2" t="s">
         <v>297</v>
-      </c>
-[...19 lines deleted...]
-        <v>303</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>298</v>
+      </c>
+      <c r="B2" t="s">
+        <v>299</v>
+      </c>
+      <c r="C2" t="s">
+        <v>300</v>
+      </c>
+      <c r="D2" t="s">
+        <v>301</v>
+      </c>
+      <c r="E2" t="s">
+        <v>302</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>303</v>
+      </c>
+      <c r="H2" t="s">
         <v>304</v>
-      </c>
-[...19 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="B3" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C3" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="D3" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="E3" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="H3" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="B4" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="C4" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="D4" t="s">
         <v>313</v>
       </c>
       <c r="E4" t="s">
         <v>314</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="H4" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="B5" t="s">
+        <v>317</v>
+      </c>
+      <c r="C5" t="s">
+        <v>318</v>
+      </c>
+      <c r="D5" t="s">
+        <v>313</v>
+      </c>
+      <c r="E5" t="s">
+        <v>314</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>319</v>
+      </c>
+      <c r="H5" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>298</v>
+      </c>
+      <c r="B6" t="s">
         <v>321</v>
       </c>
-      <c r="C5" t="s">
+      <c r="C6" t="s">
         <v>322</v>
       </c>
-      <c r="D5" t="s">
+      <c r="D6" t="s">
         <v>323</v>
       </c>
-      <c r="E5" t="s">
+      <c r="E6" t="s">
         <v>324</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>325</v>
       </c>
-      <c r="H5" t="s">
+      <c r="H6" t="s">
         <v>326</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
@@ -5451,51 +5564,51 @@
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
         <v>422</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>423</v>
       </c>
       <c r="H21" t="s">
         <v>424</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -5520,358 +5633,488 @@
       </c>
       <c r="E2" t="s">
         <v>429</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>430</v>
       </c>
       <c r="H2" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>425</v>
       </c>
       <c r="B3" t="s">
         <v>432</v>
       </c>
       <c r="C3" t="s">
         <v>433</v>
       </c>
       <c r="D3" t="s">
+        <v>428</v>
+      </c>
+      <c r="E3" t="s">
+        <v>429</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>434</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>435</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>425</v>
+      </c>
+      <c r="B4" t="s">
         <v>436</v>
       </c>
-      <c r="H3" t="s">
+      <c r="C4" t="s">
         <v>437</v>
+      </c>
+      <c r="D4" t="s">
+        <v>428</v>
+      </c>
+      <c r="E4" t="s">
+        <v>429</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>438</v>
+      </c>
+      <c r="H4" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>425</v>
+      </c>
+      <c r="B5" t="s">
+        <v>440</v>
+      </c>
+      <c r="C5" t="s">
+        <v>441</v>
+      </c>
+      <c r="D5" t="s">
+        <v>428</v>
+      </c>
+      <c r="E5" t="s">
+        <v>429</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>442</v>
+      </c>
+      <c r="H5" t="s">
+        <v>443</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>425</v>
+      </c>
+      <c r="B6" t="s">
+        <v>444</v>
+      </c>
+      <c r="C6" t="s">
+        <v>445</v>
+      </c>
+      <c r="D6" t="s">
+        <v>446</v>
+      </c>
+      <c r="E6" t="s">
+        <v>447</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>448</v>
+      </c>
+      <c r="H6" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>425</v>
+      </c>
+      <c r="B7" t="s">
+        <v>450</v>
+      </c>
+      <c r="C7" t="s">
+        <v>451</v>
+      </c>
+      <c r="D7" t="s">
+        <v>452</v>
+      </c>
+      <c r="E7" t="s">
+        <v>453</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>454</v>
+      </c>
+      <c r="H7" t="s">
+        <v>455</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
       <c r="B2" t="s">
-        <v>439</v>
+        <v>457</v>
       </c>
       <c r="C2" t="s">
-        <v>440</v>
+        <v>458</v>
       </c>
       <c r="D2" t="s">
-        <v>441</v>
+        <v>459</v>
       </c>
       <c r="E2" t="s">
-        <v>442</v>
+        <v>460</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>443</v>
+        <v>461</v>
       </c>
       <c r="H2" t="s">
-        <v>444</v>
+        <v>462</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
       <c r="B3" t="s">
-        <v>445</v>
+        <v>463</v>
       </c>
       <c r="C3" t="s">
-        <v>446</v>
+        <v>464</v>
       </c>
       <c r="D3" t="s">
-        <v>441</v>
+        <v>465</v>
       </c>
       <c r="E3" t="s">
-        <v>447</v>
+        <v>466</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>448</v>
+        <v>467</v>
       </c>
       <c r="H3" t="s">
-        <v>449</v>
+        <v>468</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
       <c r="B4" t="s">
-        <v>450</v>
+        <v>469</v>
       </c>
       <c r="C4" t="s">
-        <v>451</v>
+        <v>470</v>
       </c>
       <c r="D4" t="s">
-        <v>441</v>
+        <v>465</v>
       </c>
       <c r="E4" t="s">
-        <v>452</v>
+        <v>471</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>453</v>
+        <v>472</v>
       </c>
       <c r="H4" t="s">
-        <v>454</v>
+        <v>473</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
       <c r="B5" t="s">
-        <v>455</v>
+        <v>474</v>
       </c>
       <c r="C5" t="s">
-        <v>456</v>
+        <v>475</v>
       </c>
       <c r="D5" t="s">
-        <v>457</v>
+        <v>465</v>
       </c>
       <c r="E5" t="s">
-        <v>458</v>
+        <v>476</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>459</v>
+        <v>477</v>
       </c>
       <c r="H5" t="s">
-        <v>460</v>
+        <v>478</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
       <c r="B6" t="s">
-        <v>461</v>
+        <v>479</v>
       </c>
       <c r="C6" t="s">
-        <v>462</v>
+        <v>480</v>
       </c>
       <c r="D6" t="s">
-        <v>463</v>
+        <v>481</v>
       </c>
       <c r="E6" t="s">
-        <v>464</v>
+        <v>482</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>465</v>
+        <v>483</v>
       </c>
       <c r="H6" t="s">
-        <v>466</v>
+        <v>484</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
       <c r="B7" t="s">
-        <v>467</v>
+        <v>485</v>
       </c>
       <c r="C7" t="s">
-        <v>468</v>
+        <v>486</v>
       </c>
       <c r="D7" t="s">
-        <v>469</v>
+        <v>487</v>
       </c>
       <c r="E7" t="s">
-        <v>470</v>
+        <v>488</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>471</v>
+        <v>489</v>
       </c>
       <c r="H7" t="s">
-        <v>472</v>
+        <v>490</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
       <c r="B8" t="s">
-        <v>473</v>
+        <v>491</v>
       </c>
       <c r="C8" t="s">
-        <v>474</v>
+        <v>492</v>
       </c>
       <c r="D8" t="s">
-        <v>475</v>
+        <v>493</v>
       </c>
       <c r="E8" t="s">
-        <v>476</v>
+        <v>494</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>477</v>
+        <v>495</v>
       </c>
       <c r="H8" t="s">
-        <v>478</v>
+        <v>496</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
       <c r="B9" t="s">
-        <v>479</v>
+        <v>497</v>
       </c>
       <c r="C9" t="s">
-        <v>480</v>
+        <v>498</v>
       </c>
       <c r="D9" t="s">
-        <v>481</v>
+        <v>499</v>
       </c>
       <c r="E9" t="s">
-        <v>482</v>
+        <v>500</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>483</v>
+        <v>501</v>
       </c>
       <c r="H9" t="s">
-        <v>484</v>
+        <v>502</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
       <c r="B10" t="s">
-        <v>485</v>
+        <v>503</v>
       </c>
       <c r="C10" t="s">
-        <v>486</v>
+        <v>504</v>
       </c>
       <c r="D10" t="s">
-        <v>487</v>
+        <v>505</v>
       </c>
       <c r="E10" t="s">
-        <v>488</v>
+        <v>506</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>489</v>
+        <v>507</v>
       </c>
       <c r="H10" t="s">
-        <v>490</v>
+        <v>508</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>438</v>
+        <v>456</v>
       </c>
       <c r="B11" t="s">
-        <v>491</v>
+        <v>509</v>
       </c>
       <c r="C11" t="s">
-        <v>492</v>
+        <v>510</v>
       </c>
       <c r="D11" t="s">
-        <v>493</v>
+        <v>511</v>
       </c>
       <c r="E11" t="s">
-        <v>494</v>
+        <v>512</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>495</v>
+        <v>513</v>
       </c>
       <c r="H11" t="s">
-        <v>496</v>
+        <v>514</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>456</v>
+      </c>
+      <c r="B12" t="s">
+        <v>515</v>
+      </c>
+      <c r="C12" t="s">
+        <v>516</v>
+      </c>
+      <c r="D12" t="s">
+        <v>517</v>
+      </c>
+      <c r="E12" t="s">
+        <v>518</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>519</v>
+      </c>
+      <c r="H12" t="s">
+        <v>520</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>