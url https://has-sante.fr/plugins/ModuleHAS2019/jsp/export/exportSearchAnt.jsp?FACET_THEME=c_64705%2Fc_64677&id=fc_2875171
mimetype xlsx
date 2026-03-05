--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -42,89 +42,89 @@
     <sheet name="Export Communiqué de presse" r:id="rId9" sheetId="7"/>
     <sheet name="Export Evaluation des technolog" r:id="rId10" sheetId="8"/>
     <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
     <sheet name="Export Études et Rapports" r:id="rId12" sheetId="10"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId13" sheetId="11"/>
     <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1142" uniqueCount="706">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1118" uniqueCount="693">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Panorama</t>
   </si>
   <si>
     <t>Autisme</t>
   </si>
   <si>
     <t>Panorama des principales publications de la HAS sur l'autisme.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>13/05/2022 16:44:00</t>
+    <t>12/02/2026 16:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3286288/fr/autisme</t>
   </si>
   <si>
     <t>p_3286288</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>AXOMOVE THERAPY</t>
   </si>
   <si>
     <t>21/05/2024 00:00:00</t>
   </si>
   <si>
     <t>25/06/2024 17:52:18</t>
   </si>
@@ -482,68 +482,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1334330/fr/accident-vasculaire-cerebral-methodes-de-reeducation-de-la-fonction-motrice-chez-l-adulte</t>
   </si>
   <si>
     <t>c_1334330</t>
   </si>
   <si>
     <t>Maladie d'Alzheimer et maladies apparentées : prise en charge des troubles du comportement perturbateurs</t>
   </si>
   <si>
     <t>Ces recommandations portent sur la prise en charge des troubles du comportement jugés par l’entourage (aidants et proches, professionnels intervenant auprès du patient, autres patients, etc.) comme dérangeants, perturbateurs, dangereux, que ce soit pour le patient ou pour autrui (opposition, agitation, agressivité, comportements moteurs aberrants, desinhibition, cris, idées délirantes, hallucinations, troubles du rythme veille-sommeil).</t>
   </si>
   <si>
     <t>27/05/2009 00:00:00</t>
   </si>
   <si>
     <t>08/06/2012 15:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_819667/fr/maladie-d-alzheimer-et-maladies-apparentees-prise-en-charge-des-troubles-du-comportement-perturbateurs</t>
   </si>
   <si>
     <t>c_819667</t>
   </si>
   <si>
-    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
-[...16 lines deleted...]
-  <si>
     <t>Maladie d’Alzheimer et maladies apparentées : diagnostic et prise en charge</t>
   </si>
   <si>
     <t>Suite au retrait par la Haute Autorité de santé en mai 2011 de la recommandation de bonne pratique « Diagnostic et prise en charge de la maladie d’Alzheimer et des maladies apparentées » (publiée en mars 2008), un nouveau groupe de travail s’est vu confié la mission de réviser cette recommandation.</t>
   </si>
   <si>
     <t>14/12/2011 00:00:00</t>
   </si>
   <si>
     <t>30/12/2011 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1148883/fr/maladie-d-alzheimer-et-maladies-apparentees-diagnostic-et-prise-en-charge</t>
   </si>
   <si>
     <t>c_1148883</t>
   </si>
   <si>
     <t>Label de la HAS - Démarche précoce d’insertion socioprofessionnelle en établissements de soins de suite et de réadaptation spécialisés relevant des champs de compétences de la médecine physique et de la réadaptation</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique décrit le contenu du processus et les moyens à mobiliser pour mettre en œuvre une démarche précoce d’insertion socioprofessionnelle (DPI) au sein d’un établissement de Soins de Suite et de Réadaptation spécialisé. La finalité de la DPI est d’intégrer au plus tôt la dimension socioprofessionnelle dans le projet de soins de la personne en situation de handicap. Cette recommandation aborde en particulier :</t>
   </si>
   <si>
     <t>01/07/2011 00:00:00</t>
@@ -1610,83 +1592,83 @@
   <si>
     <t>c_820021</t>
   </si>
   <si>
     <t>Avis de la HAS sur les référentiels relatifs à des soins de masso-kinésithérapie (reconstruction du ligament croisé antérieur du genou, libération du médian du canal carpien et des entorses cheville-pied)</t>
   </si>
   <si>
     <t>Trois référentiels concernant la rééducation dans les suites de : * la reconstruction du ligament croisé antérieur du genou, * la libération du médian du canal carpien * et des entorses cheville-pied</t>
   </si>
   <si>
     <t>22/04/2009 18:08:00</t>
   </si>
   <si>
     <t>08/06/2009 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_808511/fr/avis-de-la-has-sur-les-referentiels-relatifs-a-des-soins-de-masso-kinesitherapie-reconstruction-du-ligament-croise-anterieur-du-genou-liberation-du-median-du-canal-carpien-et-des-entorses-cheville-pied</t>
   </si>
   <si>
     <t>c_808511</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
+    <t>Résultats des IQSS - Dossier patient en Soins Médicaux et de Réadaptation (DPA SMR)</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes sur la prise en charge du dossier patient en Soins Médicaux et de Réadaptation (SMR)</t>
+  </si>
+  <si>
+    <t>14/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2024 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676386/fr/resultats-des-iqss-dossier-patient-en-soins-medicaux-et-de-readaptation-dpa-smr</t>
+  </si>
+  <si>
+    <t>c_2676386</t>
+  </si>
+  <si>
     <t>IQSS - e-Satis SMR : Mesure de la satisfaction et de l’expérience des patients hospitalisés en soins médicaux et de réadaptation</t>
   </si>
   <si>
-    <t>Résultats nationaux de la dernière campagne et des années précédentes. La campagne nationale 2025 s'est déroulée entre le 1er octobre 2024 et le 30 septembre 2025 et l’ensemble des résultats présentés portent sur une extraction des réponses effectuées en octobre 2025.</t>
-[...2 lines deleted...]
-    <t>14/12/2023 00:00:00</t>
+    <t>Présentation du thème e-Satis SMR : objectif, public concerné, questionnaire, calcul, classement, résultats des mesures nationales.</t>
   </si>
   <si>
     <t>27/11/2023 10:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299900/fr/iqss-e-satis-smr-mesure-de-la-satisfaction-et-de-l-experience-des-patients-hospitalises-en-soins-medicaux-et-de-readaptation</t>
   </si>
   <si>
     <t>p_3299900</t>
   </si>
   <si>
-    <t>Résultats des IQSS - Dossier patient en Soins Médicaux et de Réadaptation (DPA SMR)</t>
-[...13 lines deleted...]
-  <si>
     <t>Résultats des IQSS - Prise en charge d’un accident vasculaire cérébral (AVC) récent en Soins Médicaux et de Réadaptation (SMR)</t>
   </si>
   <si>
     <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient : prise en charge d’un accident vasculaire cérébral (AVC) récent (moins de 3 mois) en Soins Médicaux et de Réadaptation (SMR) (recueil volontaire en 2021)</t>
   </si>
   <si>
     <t>23/06/2022 16:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3345036/fr/resultats-des-iqss-prise-en-charge-d-un-accident-vasculaire-cerebral-avc-recent-en-soins-medicaux-et-de-readaptation-smr</t>
   </si>
   <si>
     <t>p_3345036</t>
   </si>
   <si>
     <t>Accès direct aux masseurs-kinésithérapeutes en CPTS - Avis sur le projet de décret concernant l'expérimentation prévue par l'article 3 de la loi du 19 mai 2023</t>
   </si>
   <si>
     <t>Le ministère de la Santé et de la Prévention a sollicité l'avis de la Haute Autorité de santé sur le projet de décret concernant l’expérimentation prévue par l’article 3 de la loi du 19 mai 2023 portant amélioration de l’accès aux soins par la confiance aux professionnels de santé permettant l’exercice en accès direct des masseurs-kinésithérapeutes dans le cadre d’une Communauté Professionnelle Territoriale de Santé (CPTS)</t>
   </si>
   <si>
     <t>09/11/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 16:52:00</t>
@@ -1958,107 +1940,107 @@
   <si>
     <t>02/11/2004 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272398/fr/reeducation-de-l-entorse-externe-de-la-cheville</t>
   </si>
   <si>
     <t>c_272398</t>
   </si>
   <si>
     <t>Évaluation fonctionnelle de l'AVC et kinésithérapie</t>
   </si>
   <si>
     <t>02/01/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272517/fr/evaluation-fonctionnelle-de-l-avc-et-kinesitherapie</t>
   </si>
   <si>
     <t>c_272517</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
-    <t>IQSS 2025 - SMR - Coordination des prises en charge et pratiques cliniques : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
-[...2 lines deleted...]
-    <t>Campagne nationale 2025 de mesure des indicateurs de qualité et de sécurité des soins en SMR à partir du dossier patient : Coordination des prises en charge et pratiques cliniques (données 2024).</t>
+    <t>IQSS 2026 - SMR - Coordination des prises en charge et pratiques cliniques : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2026 de mesure des indicateurs de qualité et de sécurité des soins en SMR à partir du dossier patient : Coordination des prises en charge et pratiques cliniques (données 2025).</t>
   </si>
   <si>
     <t>03/04/2023 15:55:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_701657/fr/iqss-2025-smr-coordination-des-prises-en-charge-et-pratiques-cliniques-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
+    <t>https://www.has-sante.fr/jcms/c_701657/fr/iqss-2026-smr-coordination-des-prises-en-charge-et-pratiques-cliniques-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
   </si>
   <si>
     <t>c_701657</t>
   </si>
   <si>
+    <t>IQSS - secteur SMR (ex SSR) : Coordination des prises en charge et pratiques cliniques - versions antérieures des outils utilisées</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins en SMR (ex SSR) à partir du dossier patient : Coordination des prises en charge et pratiques cliniques.</t>
+  </si>
+  <si>
+    <t>20/03/2023 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3417122/fr/iqss-secteur-smr-ex-ssr-coordination-des-prises-en-charge-et-pratiques-cliniques-versions-anterieures-des-outils-utilisees</t>
+  </si>
+  <si>
+    <t>p_3417122</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - secteur SMR (ex SSR) : Coordination des prises en charge et pratiques cliniques - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>15/03/2024 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3478860/fr/iqss-archives-secteur-smr-ex-ssr-coordination-des-prises-en-charge-et-pratiques-cliniques-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3478860</t>
+  </si>
+  <si>
     <t>IQSS - Archives - AVC SMR : Prise en charge d’un accident vasculaire cérébral récent en SMR (soins médicaux et de réadaptation) - versions antérieures des outils</t>
   </si>
   <si>
     <t>Campagnes nationales (volontaire en 2021) de mesure des indicateurs de qualité et de sécurité des soins sur la prise en charge d’un accident vasculaire cérébral récent en soins médicaux et de réadaptation (SMR).</t>
   </si>
   <si>
     <t>15/03/2024 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3478901/fr/iqss-archives-avc-smr-prise-en-charge-d-un-accident-vasculaire-cerebral-recent-en-smr-soins-medicaux-et-de-readaptation-versions-anterieures-des-outils</t>
   </si>
   <si>
     <t>p_3478901</t>
   </si>
   <si>
-    <t>IQSS - secteur SMR (ex SSR) : Coordination des prises en charge et pratiques cliniques - versions antérieures des outils utilisées</t>
-[...25 lines deleted...]
-  <si>
     <t>IQSS - AVC SMR : Prise en charge d’un accident vasculaire cérébral récent en SMR (ex SSR) - versions antérieures des outils utilisées</t>
   </si>
   <si>
     <t>20/03/2023 15:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3417680/fr/iqss-avc-smr-prise-en-charge-d-un-accident-vasculaire-cerebral-recent-en-smr-ex-ssr-versions-anterieures-des-outils-utilisees</t>
   </si>
   <si>
     <t>p_3417680</t>
   </si>
   <si>
     <t>IQSS 2023 - Prise en charge d’un accident vasculaire cérébral récent en SMR (soins médicaux et de réadaptation) : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
   </si>
   <si>
     <t>Campagne nationale 2023 de mesure des indicateurs de qualité et de sécurité des soins sur la prise en charge d’un accident vasculaire cérébral récent en SMR (données 2022).</t>
   </si>
   <si>
     <t>20/03/2023 15:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3259854/fr/iqss-2023-prise-en-charge-d-un-accident-vasculaire-cerebral-recent-en-smr-soins-medicaux-et-de-readaptation-campagne-de-recueil-des-indicateurs-de-qualite-et-de-securite-des-soins</t>
   </si>
   <si>
     <t>p_3259854</t>
@@ -2114,81 +2096,60 @@
   <si>
     <t>20/02/2018 10:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2974216/fr/autisme-poursuivons-nos-efforts</t>
   </si>
   <si>
     <t>pprd_2974216</t>
   </si>
   <si>
     <t>IQSS 2018-2019 - AVC SSR  : Outils du développement d'indicateurs du thème « Prise en charge de l’AVC en SSR »</t>
   </si>
   <si>
     <t>Etaient disponibles tous les outils nécessaires à l'expérimentation des indicateurs AVC en SSR</t>
   </si>
   <si>
     <t>26/12/2018 16:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2893062/fr/iqss-2018-2019-avc-ssr-outils-du-developpement-d-indicateurs-du-theme-prise-en-charge-de-l-avc-en-ssr</t>
   </si>
   <si>
     <t>c_2893062</t>
   </si>
   <si>
-    <t>Autisme - travaux de la HAS</t>
-[...10 lines deleted...]
-  <si>
     <t>Surdité de l'enfant : que proposer avant l'âge de six ans ?</t>
   </si>
   <si>
     <t>Dossier d'information pour le patient -- Points clés des recommandations de la HAS. Qu’est ce que l’approche audiophonatoire ?Qu’est ce que l’approche visuogestuelle ?Quelles informations et quel accompagnement proposer aux parents ? Comment prévenir les troubles psychiques et relationnels de l’enfant ?</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1501283/fr/surdite-de-l-enfant-que-proposer-avant-l-age-de-six-ans</t>
   </si>
   <si>
     <t>r_1501283</t>
-  </si>
-[...7 lines deleted...]
-    <t>r_1501360</t>
   </si>
   <si>
     <t>Actes d’ergothérapie et de psychomotricité susceptibles d’être réalisés pour la réadaptation à domicile des personnes souffrant de la maladie d’Alzheimer ou d’une maladie apparentée</t>
   </si>
   <si>
     <t>Ce document fait un état des lieux des actes de bilan et des modalités de réadaptation et d’accompagnement, susceptibles d’être réalisés par les ergothérapeutes ou les psychomotriciens au domicile d’un patient souffrant de la maladie Alzheimer ou d’une maladie apparentée. Il est destiné à informer les professionnels de santé sur les interventions possibles de ces professionnels paramédicaux dans ce contexte.</t>
   </si>
   <si>
     <t>26/03/2010 11:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_937359/fr/actes-d-ergotherapie-et-de-psychomotricite-susceptibles-d-etre-realises-pour-la-readaptation-a-domicile-des-personnes-souffrant-de-la-maladie-d-alzheimer-ou-d-une-maladie-apparentee</t>
   </si>
   <si>
     <t>c_937359</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -2310,1114 +2271,1062 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>515</v>
+      </c>
+      <c r="B2" t="s">
+        <v>516</v>
+      </c>
+      <c r="C2" t="s">
+        <v>517</v>
+      </c>
+      <c r="D2" t="s">
+        <v>518</v>
+      </c>
+      <c r="E2" t="s">
+        <v>519</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>520</v>
+      </c>
+      <c r="H2" t="s">
         <v>521</v>
-      </c>
-[...19 lines deleted...]
-        <v>527</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="B3" t="s">
-        <v>528</v>
+        <v>522</v>
       </c>
       <c r="C3" t="s">
-        <v>529</v>
+        <v>523</v>
       </c>
       <c r="D3" t="s">
+        <v>518</v>
+      </c>
+      <c r="E3" t="s">
         <v>524</v>
       </c>
-      <c r="E3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>531</v>
+        <v>525</v>
       </c>
       <c r="H3" t="s">
-        <v>532</v>
+        <v>526</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="B4" t="s">
-        <v>533</v>
+        <v>527</v>
       </c>
       <c r="C4" t="s">
-        <v>534</v>
+        <v>528</v>
       </c>
       <c r="D4" t="s">
-        <v>524</v>
+        <v>518</v>
       </c>
       <c r="E4" t="s">
-        <v>535</v>
+        <v>529</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>536</v>
+        <v>530</v>
       </c>
       <c r="H4" t="s">
-        <v>537</v>
+        <v>531</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="B5" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="C5" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="D5" t="s">
-        <v>540</v>
+        <v>534</v>
       </c>
       <c r="E5" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="H5" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>521</v>
+        <v>515</v>
       </c>
       <c r="B6" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="C6" t="s">
-        <v>545</v>
+        <v>539</v>
       </c>
       <c r="D6" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="E6" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>548</v>
+        <v>542</v>
       </c>
       <c r="H6" t="s">
-        <v>549</v>
+        <v>543</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B2" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="C2" t="s">
-        <v>552</v>
+        <v>546</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>553</v>
+        <v>547</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>554</v>
+        <v>548</v>
       </c>
       <c r="H2" t="s">
-        <v>555</v>
+        <v>549</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>544</v>
+      </c>
+      <c r="B3" t="s">
         <v>550</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>558</v>
+        <v>552</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>559</v>
+        <v>553</v>
       </c>
       <c r="H3" t="s">
-        <v>560</v>
+        <v>554</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B4" t="s">
-        <v>561</v>
+        <v>555</v>
       </c>
       <c r="C4" t="s">
-        <v>562</v>
+        <v>556</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>563</v>
+        <v>557</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>564</v>
+        <v>558</v>
       </c>
       <c r="H4" t="s">
-        <v>565</v>
+        <v>559</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B5" t="s">
-        <v>566</v>
+        <v>560</v>
       </c>
       <c r="C5" t="s">
-        <v>567</v>
+        <v>561</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="H5" t="s">
-        <v>570</v>
+        <v>564</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B6" t="s">
-        <v>571</v>
+        <v>565</v>
       </c>
       <c r="C6" t="s">
-        <v>572</v>
+        <v>566</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="H6" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B7" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="C7" t="s">
-        <v>577</v>
+        <v>571</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>578</v>
+        <v>572</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="H7" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B8" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="C8" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="H8" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B9" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="C9" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>588</v>
+        <v>582</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>589</v>
+        <v>583</v>
       </c>
       <c r="H9" t="s">
-        <v>590</v>
+        <v>584</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B10" t="s">
-        <v>591</v>
+        <v>585</v>
       </c>
       <c r="C10" t="s">
-        <v>592</v>
+        <v>586</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>593</v>
+        <v>587</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="H10" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B11" t="s">
-        <v>596</v>
+        <v>590</v>
       </c>
       <c r="C11" t="s">
-        <v>597</v>
+        <v>591</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="H11" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B12" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="C12" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="H12" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B13" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="C13" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="H13" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B14" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="C14" t="s">
-        <v>612</v>
+        <v>606</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="H14" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B15" t="s">
-        <v>616</v>
+        <v>610</v>
       </c>
       <c r="C15" t="s">
-        <v>617</v>
+        <v>611</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
+        <v>607</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>612</v>
+      </c>
+      <c r="H15" t="s">
         <v>613</v>
-      </c>
-[...7 lines deleted...]
-        <v>619</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B16" t="s">
-        <v>620</v>
+        <v>614</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>622</v>
+        <v>616</v>
       </c>
       <c r="H16" t="s">
-        <v>623</v>
+        <v>617</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B17" t="s">
-        <v>624</v>
+        <v>618</v>
       </c>
       <c r="C17" t="s">
-        <v>625</v>
+        <v>619</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>626</v>
+        <v>620</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>627</v>
+        <v>621</v>
       </c>
       <c r="H17" t="s">
-        <v>628</v>
+        <v>622</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B18" t="s">
-        <v>629</v>
+        <v>623</v>
       </c>
       <c r="C18" t="s">
+        <v>619</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>624</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
         <v>625</v>
       </c>
-      <c r="D18" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H18" t="s">
-        <v>632</v>
+        <v>626</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>550</v>
+        <v>544</v>
       </c>
       <c r="B19" t="s">
-        <v>633</v>
+        <v>627</v>
       </c>
       <c r="C19" t="s">
-        <v>625</v>
+        <v>619</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>634</v>
+        <v>628</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
       <c r="H19" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H16"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B2" t="s">
-        <v>638</v>
+        <v>632</v>
       </c>
       <c r="C2" t="s">
-        <v>639</v>
+        <v>633</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>640</v>
+        <v>634</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
       <c r="H2" t="s">
-        <v>642</v>
+        <v>636</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>631</v>
+      </c>
+      <c r="B3" t="s">
         <v>637</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
-        <v>644</v>
+        <v>638</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>645</v>
+        <v>639</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>646</v>
+        <v>640</v>
       </c>
       <c r="H3" t="s">
-        <v>647</v>
+        <v>641</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B4" t="s">
-        <v>648</v>
+        <v>642</v>
       </c>
       <c r="C4" t="s">
-        <v>649</v>
+        <v>638</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>650</v>
+        <v>643</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>651</v>
+        <v>644</v>
       </c>
       <c r="H4" t="s">
-        <v>652</v>
+        <v>645</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B5" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
       <c r="C5" t="s">
+        <v>647</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>648</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>649</v>
       </c>
-      <c r="D5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H5" t="s">
-        <v>656</v>
+        <v>650</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B6" t="s">
-        <v>657</v>
+        <v>651</v>
       </c>
       <c r="C6" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>658</v>
+        <v>652</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>659</v>
+        <v>653</v>
       </c>
       <c r="H6" t="s">
-        <v>660</v>
+        <v>654</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B7" t="s">
-        <v>661</v>
+        <v>655</v>
       </c>
       <c r="C7" t="s">
-        <v>662</v>
+        <v>656</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>663</v>
+        <v>657</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>664</v>
+        <v>658</v>
       </c>
       <c r="H7" t="s">
-        <v>665</v>
+        <v>659</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B8" t="s">
-        <v>666</v>
+        <v>660</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>668</v>
+        <v>662</v>
       </c>
       <c r="H8" t="s">
-        <v>669</v>
+        <v>663</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B9" t="s">
-        <v>670</v>
+        <v>664</v>
       </c>
       <c r="C9" t="s">
-        <v>671</v>
+        <v>665</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>672</v>
+        <v>666</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="H9" t="s">
-        <v>674</v>
+        <v>668</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B10" t="s">
-        <v>675</v>
+        <v>669</v>
       </c>
       <c r="C10" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>678</v>
+        <v>672</v>
       </c>
       <c r="H10" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B11" t="s">
-        <v>680</v>
+        <v>674</v>
       </c>
       <c r="C11" t="s">
-        <v>681</v>
+        <v>675</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>683</v>
+        <v>677</v>
       </c>
       <c r="H11" t="s">
-        <v>684</v>
+        <v>678</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B12" t="s">
-        <v>685</v>
+        <v>679</v>
       </c>
       <c r="C12" t="s">
-        <v>686</v>
+        <v>680</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>687</v>
+        <v>681</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>688</v>
+        <v>682</v>
       </c>
       <c r="H12" t="s">
-        <v>689</v>
+        <v>683</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B13" t="s">
-        <v>690</v>
+        <v>684</v>
       </c>
       <c r="C13" t="s">
-        <v>691</v>
+        <v>685</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>359</v>
+        <v>398</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>692</v>
+        <v>686</v>
       </c>
       <c r="H13" t="s">
-        <v>693</v>
+        <v>687</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>637</v>
+        <v>631</v>
       </c>
       <c r="B14" t="s">
-        <v>694</v>
+        <v>688</v>
       </c>
       <c r="C14" t="s">
-        <v>695</v>
+        <v>689</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>404</v>
+        <v>690</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="H14" t="s">
-        <v>697</v>
-[...51 lines deleted...]
-        <v>705</v>
+        <v>692</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3714,51 +3623,51 @@
       </c>
       <c r="D3" t="s">
         <v>64</v>
       </c>
       <c r="E3" t="s">
         <v>65</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>66</v>
       </c>
       <c r="H3" t="s">
         <v>67</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H40"/>
+  <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -4248,317 +4157,317 @@
       </c>
       <c r="D20" t="s">
         <v>178</v>
       </c>
       <c r="E20" t="s">
         <v>179</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
         <v>180</v>
       </c>
       <c r="H20" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>68</v>
       </c>
       <c r="B21" t="s">
         <v>182</v>
       </c>
       <c r="C21" t="s">
+        <v>165</v>
+      </c>
+      <c r="D21" t="s">
+        <v>178</v>
+      </c>
+      <c r="E21" t="s">
         <v>183</v>
       </c>
-      <c r="D21" t="s">
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
         <v>184</v>
       </c>
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>185</v>
-      </c>
-[...7 lines deleted...]
-        <v>187</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>68</v>
       </c>
       <c r="B22" t="s">
+        <v>186</v>
+      </c>
+      <c r="C22" t="s">
+        <v>187</v>
+      </c>
+      <c r="D22" t="s">
         <v>188</v>
-      </c>
-[...4 lines deleted...]
-        <v>184</v>
       </c>
       <c r="E22" t="s">
         <v>189</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
         <v>190</v>
       </c>
       <c r="H22" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>68</v>
       </c>
       <c r="B23" t="s">
         <v>192</v>
       </c>
       <c r="C23" t="s">
         <v>193</v>
       </c>
       <c r="D23" t="s">
         <v>194</v>
       </c>
       <c r="E23" t="s">
+        <v>194</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
         <v>195</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>196</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>68</v>
       </c>
       <c r="B24" t="s">
+        <v>197</v>
+      </c>
+      <c r="C24" t="s">
         <v>198</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
       <c r="E24" t="s">
         <v>200</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
         <v>201</v>
       </c>
       <c r="H24" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>68</v>
       </c>
       <c r="B25" t="s">
         <v>203</v>
       </c>
       <c r="C25" t="s">
         <v>204</v>
       </c>
       <c r="D25" t="s">
         <v>205</v>
       </c>
       <c r="E25" t="s">
+        <v>205</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
         <v>206</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>68</v>
       </c>
       <c r="B26" t="s">
+        <v>208</v>
+      </c>
+      <c r="C26" t="s">
         <v>209</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
         <v>210</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
+        <v>210</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
         <v>211</v>
       </c>
-      <c r="E26" t="s">
-[...5 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>212</v>
-      </c>
-[...1 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>68</v>
       </c>
       <c r="B27" t="s">
+        <v>213</v>
+      </c>
+      <c r="C27" t="s">
         <v>214</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
       <c r="E27" t="s">
         <v>216</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>217</v>
       </c>
       <c r="H27" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>68</v>
       </c>
       <c r="B28" t="s">
         <v>219</v>
       </c>
       <c r="C28" t="s">
         <v>220</v>
       </c>
       <c r="D28" t="s">
         <v>221</v>
       </c>
       <c r="E28" t="s">
+        <v>221</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
         <v>222</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>68</v>
       </c>
       <c r="B29" t="s">
+        <v>224</v>
+      </c>
+      <c r="C29" t="s">
         <v>225</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>205</v>
+      </c>
+      <c r="E29" t="s">
+        <v>205</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
         <v>226</v>
       </c>
-      <c r="D29" t="s">
+      <c r="H29" t="s">
         <v>227</v>
-      </c>
-[...10 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>68</v>
       </c>
       <c r="B30" t="s">
+        <v>228</v>
+      </c>
+      <c r="C30" t="s">
+        <v>229</v>
+      </c>
+      <c r="D30" t="s">
+        <v>205</v>
+      </c>
+      <c r="E30" t="s">
+        <v>205</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
         <v>230</v>
       </c>
-      <c r="C30" t="s">
+      <c r="H30" t="s">
         <v>231</v>
-      </c>
-[...13 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>68</v>
       </c>
       <c r="B31" t="s">
+        <v>232</v>
+      </c>
+      <c r="C31" t="s">
+        <v>233</v>
+      </c>
+      <c r="D31" t="s">
         <v>234</v>
       </c>
-      <c r="C31" t="s">
+      <c r="E31" t="s">
         <v>235</v>
-      </c>
-[...4 lines deleted...]
-        <v>211</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
         <v>236</v>
       </c>
       <c r="H31" t="s">
         <v>237</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>68</v>
       </c>
       <c r="B32" t="s">
         <v>238</v>
       </c>
       <c r="C32" t="s">
         <v>239</v>
       </c>
       <c r="D32" t="s">
         <v>240</v>
       </c>
       <c r="E32" t="s">
@@ -4722,1399 +4631,1373 @@
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
         <v>278</v>
       </c>
       <c r="H38" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>68</v>
       </c>
       <c r="B39" t="s">
         <v>280</v>
       </c>
       <c r="C39" t="s">
         <v>281</v>
       </c>
       <c r="D39" t="s">
         <v>282</v>
       </c>
       <c r="E39" t="s">
+        <v>277</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
         <v>283</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>284</v>
-      </c>
-[...27 lines deleted...]
-        <v>290</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>285</v>
+      </c>
+      <c r="B2" t="s">
+        <v>286</v>
+      </c>
+      <c r="C2" t="s">
+        <v>287</v>
+      </c>
+      <c r="D2" t="s">
+        <v>288</v>
+      </c>
+      <c r="E2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>290</v>
+      </c>
+      <c r="H2" t="s">
         <v>291</v>
-      </c>
-[...19 lines deleted...]
-        <v>297</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>292</v>
+      </c>
+      <c r="B2" t="s">
+        <v>293</v>
+      </c>
+      <c r="C2" t="s">
+        <v>294</v>
+      </c>
+      <c r="D2" t="s">
+        <v>295</v>
+      </c>
+      <c r="E2" t="s">
+        <v>296</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>297</v>
+      </c>
+      <c r="H2" t="s">
         <v>298</v>
-      </c>
-[...19 lines deleted...]
-        <v>304</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B3" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="C3" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="D3" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
       <c r="E3" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="H3" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B4" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="C4" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="D4" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
       <c r="E4" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="H4" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B5" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="C5" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="D5" t="s">
+        <v>307</v>
+      </c>
+      <c r="E5" t="s">
+        <v>308</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
         <v>313</v>
       </c>
-      <c r="E5" t="s">
+      <c r="H5" t="s">
         <v>314</v>
-      </c>
-[...7 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="B6" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="C6" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="D6" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="E6" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
       <c r="H6" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B2" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="C2" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>96</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="H2" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>321</v>
+      </c>
+      <c r="B3" t="s">
+        <v>326</v>
+      </c>
+      <c r="C3" t="s">
         <v>327</v>
       </c>
-      <c r="B3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="H3" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B4" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="C4" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="H4" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B5" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="C5" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="H5" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B6" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="C6" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="H6" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B7" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="C7" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="H7" t="s">
-        <v>356</v>
+        <v>350</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B8" t="s">
-        <v>357</v>
+        <v>351</v>
       </c>
       <c r="C8" t="s">
-        <v>358</v>
+        <v>352</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>359</v>
+        <v>353</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>360</v>
+        <v>354</v>
       </c>
       <c r="H8" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B9" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="C9" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="H9" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B10" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
       <c r="C10" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>369</v>
+        <v>363</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>370</v>
+        <v>364</v>
       </c>
       <c r="H10" t="s">
-        <v>371</v>
+        <v>365</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B11" t="s">
-        <v>372</v>
+        <v>366</v>
       </c>
       <c r="C11" t="s">
-        <v>373</v>
+        <v>367</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>374</v>
+        <v>368</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="H11" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B12" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="C12" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
       <c r="H12" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B13" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="C13" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="H13" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B14" t="s">
-        <v>387</v>
+        <v>381</v>
       </c>
       <c r="C14" t="s">
-        <v>388</v>
+        <v>382</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>389</v>
+        <v>383</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>390</v>
+        <v>384</v>
       </c>
       <c r="H14" t="s">
-        <v>391</v>
+        <v>385</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B15" t="s">
-        <v>392</v>
+        <v>386</v>
       </c>
       <c r="C15" t="s">
-        <v>393</v>
+        <v>387</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>394</v>
+        <v>388</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
       <c r="H15" t="s">
-        <v>396</v>
+        <v>390</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B16" t="s">
-        <v>397</v>
+        <v>391</v>
       </c>
       <c r="C16" t="s">
-        <v>398</v>
+        <v>392</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>399</v>
+        <v>393</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>400</v>
+        <v>394</v>
       </c>
       <c r="H16" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B17" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="C17" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="H17" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B18" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="C18" t="s">
-        <v>408</v>
+        <v>402</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>409</v>
+        <v>403</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>410</v>
+        <v>404</v>
       </c>
       <c r="H18" t="s">
-        <v>411</v>
+        <v>405</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B19" t="s">
-        <v>412</v>
+        <v>406</v>
       </c>
       <c r="C19" t="s">
-        <v>413</v>
+        <v>407</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>415</v>
+        <v>409</v>
       </c>
       <c r="H19" t="s">
-        <v>416</v>
+        <v>410</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B20" t="s">
-        <v>417</v>
+        <v>411</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>418</v>
+        <v>412</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>419</v>
+        <v>413</v>
       </c>
       <c r="H20" t="s">
-        <v>420</v>
+        <v>414</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="B21" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>423</v>
+        <v>417</v>
       </c>
       <c r="H21" t="s">
-        <v>424</v>
+        <v>418</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>419</v>
+      </c>
+      <c r="B2" t="s">
+        <v>420</v>
+      </c>
+      <c r="C2" t="s">
+        <v>421</v>
+      </c>
+      <c r="D2" t="s">
+        <v>422</v>
+      </c>
+      <c r="E2" t="s">
+        <v>423</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>424</v>
+      </c>
+      <c r="H2" t="s">
         <v>425</v>
-      </c>
-[...19 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="B3" t="s">
-        <v>432</v>
+        <v>426</v>
       </c>
       <c r="C3" t="s">
-        <v>433</v>
+        <v>427</v>
       </c>
       <c r="D3" t="s">
+        <v>422</v>
+      </c>
+      <c r="E3" t="s">
+        <v>423</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>428</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>429</v>
-      </c>
-[...7 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="B4" t="s">
-        <v>436</v>
+        <v>430</v>
       </c>
       <c r="C4" t="s">
-        <v>437</v>
+        <v>431</v>
       </c>
       <c r="D4" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="E4" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>438</v>
+        <v>432</v>
       </c>
       <c r="H4" t="s">
-        <v>439</v>
+        <v>433</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="B5" t="s">
-        <v>440</v>
+        <v>434</v>
       </c>
       <c r="C5" t="s">
-        <v>441</v>
+        <v>435</v>
       </c>
       <c r="D5" t="s">
-        <v>428</v>
+        <v>422</v>
       </c>
       <c r="E5" t="s">
-        <v>429</v>
+        <v>423</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="H5" t="s">
-        <v>443</v>
+        <v>437</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="B6" t="s">
-        <v>444</v>
+        <v>438</v>
       </c>
       <c r="C6" t="s">
-        <v>445</v>
+        <v>439</v>
       </c>
       <c r="D6" t="s">
-        <v>446</v>
+        <v>440</v>
       </c>
       <c r="E6" t="s">
-        <v>447</v>
+        <v>441</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>448</v>
+        <v>442</v>
       </c>
       <c r="H6" t="s">
-        <v>449</v>
+        <v>443</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>425</v>
+        <v>419</v>
       </c>
       <c r="B7" t="s">
-        <v>450</v>
+        <v>444</v>
       </c>
       <c r="C7" t="s">
-        <v>451</v>
+        <v>445</v>
       </c>
       <c r="D7" t="s">
-        <v>452</v>
+        <v>446</v>
       </c>
       <c r="E7" t="s">
-        <v>453</v>
+        <v>447</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>454</v>
+        <v>448</v>
       </c>
       <c r="H7" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>450</v>
+      </c>
+      <c r="B2" t="s">
+        <v>451</v>
+      </c>
+      <c r="C2" t="s">
+        <v>452</v>
+      </c>
+      <c r="D2" t="s">
+        <v>453</v>
+      </c>
+      <c r="E2" t="s">
+        <v>454</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>455</v>
+      </c>
+      <c r="H2" t="s">
         <v>456</v>
-      </c>
-[...19 lines deleted...]
-        <v>462</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B3" t="s">
-        <v>463</v>
+        <v>457</v>
       </c>
       <c r="C3" t="s">
-        <v>464</v>
+        <v>458</v>
       </c>
       <c r="D3" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="E3" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>467</v>
+        <v>461</v>
       </c>
       <c r="H3" t="s">
-        <v>468</v>
+        <v>462</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B4" t="s">
-        <v>469</v>
+        <v>463</v>
       </c>
       <c r="C4" t="s">
-        <v>470</v>
+        <v>464</v>
       </c>
       <c r="D4" t="s">
+        <v>459</v>
+      </c>
+      <c r="E4" t="s">
         <v>465</v>
       </c>
-      <c r="E4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>472</v>
+        <v>466</v>
       </c>
       <c r="H4" t="s">
-        <v>473</v>
+        <v>467</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B5" t="s">
-        <v>474</v>
+        <v>468</v>
       </c>
       <c r="C5" t="s">
-        <v>475</v>
+        <v>469</v>
       </c>
       <c r="D5" t="s">
-        <v>465</v>
+        <v>459</v>
       </c>
       <c r="E5" t="s">
-        <v>476</v>
+        <v>470</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>477</v>
+        <v>471</v>
       </c>
       <c r="H5" t="s">
-        <v>478</v>
+        <v>472</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B6" t="s">
-        <v>479</v>
+        <v>473</v>
       </c>
       <c r="C6" t="s">
-        <v>480</v>
+        <v>474</v>
       </c>
       <c r="D6" t="s">
-        <v>481</v>
+        <v>475</v>
       </c>
       <c r="E6" t="s">
-        <v>482</v>
+        <v>476</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>483</v>
+        <v>477</v>
       </c>
       <c r="H6" t="s">
-        <v>484</v>
+        <v>478</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B7" t="s">
-        <v>485</v>
+        <v>479</v>
       </c>
       <c r="C7" t="s">
-        <v>486</v>
+        <v>480</v>
       </c>
       <c r="D7" t="s">
-        <v>487</v>
+        <v>481</v>
       </c>
       <c r="E7" t="s">
-        <v>488</v>
+        <v>482</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>489</v>
+        <v>483</v>
       </c>
       <c r="H7" t="s">
-        <v>490</v>
+        <v>484</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B8" t="s">
-        <v>491</v>
+        <v>485</v>
       </c>
       <c r="C8" t="s">
-        <v>492</v>
+        <v>486</v>
       </c>
       <c r="D8" t="s">
-        <v>493</v>
+        <v>487</v>
       </c>
       <c r="E8" t="s">
-        <v>494</v>
+        <v>488</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>495</v>
+        <v>489</v>
       </c>
       <c r="H8" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B9" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="C9" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="D9" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="E9" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="H9" t="s">
-        <v>502</v>
+        <v>496</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B10" t="s">
-        <v>503</v>
+        <v>497</v>
       </c>
       <c r="C10" t="s">
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="D10" t="s">
-        <v>505</v>
+        <v>499</v>
       </c>
       <c r="E10" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="H10" t="s">
-        <v>508</v>
+        <v>502</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B11" t="s">
-        <v>509</v>
+        <v>503</v>
       </c>
       <c r="C11" t="s">
-        <v>510</v>
+        <v>504</v>
       </c>
       <c r="D11" t="s">
-        <v>511</v>
+        <v>505</v>
       </c>
       <c r="E11" t="s">
-        <v>512</v>
+        <v>506</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>513</v>
+        <v>507</v>
       </c>
       <c r="H11" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="B12" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="C12" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
       <c r="D12" t="s">
-        <v>517</v>
+        <v>511</v>
       </c>
       <c r="E12" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="H12" t="s">
-        <v>520</v>
+        <v>514</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>