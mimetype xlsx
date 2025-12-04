--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -1,820 +1,2200 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Guide usagers" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Communiqué de presse" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="349" uniqueCount="234">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1066" uniqueCount="686">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>06/15/2023 16:56:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>SAMU : amélioration de la qualité et de la sécurité des soins</t>
+  </si>
+  <si>
+    <t>Le volume d’activité des SAMU a fortement augmenté ces dernières années. Afin de répondre à un enjeu d’amélioration de la qualité et de la sécurité de cette activité critique, et sur saisine du ministère des Solidarités et de la Santé, la HAS a bâti, avec les professionnels, un guide leur permettant de structurer leur démarche en la matière.</t>
+  </si>
+  <si>
+    <t>01/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2020 11:48:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3312530/en/diagnosis-and-management-of-adults-with-post-intensive-care-syndrome-pics-and-their-relatives</t>
+    <t>https://www.has-sante.fr/jcms/p_3211255/fr/samu-amelioration-de-la-qualite-et-de-la-securite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3211255</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>PENUMBRA RED</t>
+  </si>
+  <si>
+    <t>08/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2022 10:07:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385985/fr/penumbra-red</t>
+  </si>
+  <si>
+    <t>p_3385985</t>
+  </si>
+  <si>
+    <t>Cathéter de reperfusion utilisé dans un  système de thrombo-aspiration</t>
+  </si>
+  <si>
+    <t>PENUMBRA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>NERVFIX</t>
+  </si>
+  <si>
+    <t>06/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>17/09/2021 16:58:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285882/fr/nervfix</t>
+  </si>
+  <si>
+    <t>p_3285882</t>
+  </si>
+  <si>
+    <t>Allogreffe vasculaire d'origine humaine, guide de régénération nerveuse</t>
+  </si>
+  <si>
+    <t>TBF, Génie tissulaire</t>
+  </si>
+  <si>
+    <t>INFASOURCE</t>
+  </si>
+  <si>
+    <t>03/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2019 17:44:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106072/fr/infasource</t>
+  </si>
+  <si>
+    <t>p_3106072</t>
+  </si>
+  <si>
+    <t>denrée alimentaire destinée à des fins médicales spéciales pour nutrition orale et entérale</t>
+  </si>
+  <si>
+    <t>Nestlé Health Science France</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Accident vasculaire cérébral : prise en charge précoce (alerte, phase préhospitalière, phase hospitalière initiale, indications de la thrombolyse intraveineuse et de la thrombectomie mécanique)</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectifs : d’identifier les éléments d’information du grand public pour le sensibiliser aux signes d’alerte et à l’urgence de la prise en charge ; d’optimiser la filière préhospitalière et intrahospitalière initiale des patients ayant une suspicion d’AVC, afin de pouvoir proposer une meilleure prise en charge au plus grand nombre possible de patients atteints d’AVC ; de réduire la fréquence et la sévérité des séquelles fonctionnelles associées aux AVC grâce à une prise en charge multiprofessionnelle précoce, réalisée le plus rapidement possible en unité neuro-vasculaire (UNV), ou à défaut dans un établissement ayant structuré une filière de prise en charge des patients suspects d’AVC en coordination avec une UNV ; d’améliorer les pratiques professionnelles des médecins régulateurs des Samu Centre 15, des urgentistes et de l’ensemble des professionnels intervenant dans la prise en charge précoce des AVC (y compris des AIT).</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830203/fr/accident-vasculaire-cerebral-prise-en-charge-precoce-alerte-phase-prehospitaliere-phase-hospitaliere-initiale-indications-de-la-thrombolyse-intraveineuse-et-de-la-thrombectomie-mecanique</t>
+  </si>
+  <si>
+    <t>c_830203</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
+  </si>
+  <si>
+    <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des patients adultes avec un syndrome post-réanimation (PICS) et de leur entourage</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à risque de PICS Diagnostiquer ces patients Prendre en charge précocement et à long terme les PICS Améliorer les parcours de soins Élaborer des documents à destination du patient, de sa famille ou son entourage afin de les alerter sur ce syndrome post-réanimation et de les accompagner dans sa prise en charge par une orientation vers des professionnels de santé formés à ce syndrome.</t>
+  </si>
+  <si>
+    <t>17/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312530/fr/diagnostic-et-prise-en-charge-des-patients-adultes-avec-un-syndrome-post-reanimation-pics-et-de-leur-entourage</t>
   </si>
   <si>
     <t>p_3312530</t>
   </si>
   <si>
-    <t>Stroke: early management</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272368/en/diagnosis-and-immediate-management-of-transient-ischaemic-attacks-tias-in-adults</t>
+    <t>Label - Diagnostic et prise en charge des enfants ayant ingéré une pile bouton ou une pile plate</t>
+  </si>
+  <si>
+    <t>La HAS et la Société de Toxicologie Clinique (STC) publient des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est, en effet, essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des outils sont proposés, notamment des arbres décisionnels déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>14/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165810/fr/label-diagnostic-et-prise-en-charge-des-enfants-ayant-ingere-une-pile-bouton-ou-une-pile-plate</t>
+  </si>
+  <si>
+    <t>p_3165810</t>
+  </si>
+  <si>
+    <t>Transfusions de globules rouges homologues : produits, indications, alternatives</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation de bonne pratique est d’améliorer la qualité de la prise en charge des patients en aidant les professionnels, dans le cadre de leur prescription transfusion de globules rouges et dans le suivi des malades transfusés, et en harmonisant les pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>26/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/02/2015 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1349939/fr/transfusions-de-globules-rouges-homologues-produits-indications-alternatives</t>
+  </si>
+  <si>
+    <t>c_1349939</t>
+  </si>
+  <si>
+    <t>Conduite à tenir après le traitement d'urgence d'une suspicion d'anaphylaxie</t>
+  </si>
+  <si>
+    <t>L'objectif de ces messages clés est : d'alerter tous les professionnels de santé, les patients et leur entourage, à la survenue de réactions d’anaphylaxie (contexte, symptômes et conduite à tenir) de constituer dès le premier épisode d’anaphylaxie suspectée un document indispensable ultérieurement pour établir le diagnostic étiologique Ces messages clés ne traitent pas de la prise en charge allergologique diagnostique et thérapeutique d’une réaction anaphylactique.</t>
+  </si>
+  <si>
+    <t>01/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2013 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1695744/fr/conduite-a-tenir-apres-le-traitement-d-urgence-d-une-suspicion-d-anaphylaxie</t>
+  </si>
+  <si>
+    <t>c_1695744</t>
+  </si>
+  <si>
+    <t>Femmes enceintes ayant une complication au cours de leur grossesse : transferts en urgence entre les établissements de santé</t>
+  </si>
+  <si>
+    <t>Optimiser le transfert des femmes enceintes dans l’urgence vers et entre les établissements des réseaux périnatals avec un objectif de sécurité et d’humanisation. Favoriser la coordination entre les professionnels des réseaux périnatals : obstétriciens, urgentistes, anesthésistes, pédiatres, sages-femmes, etc. Mettre en place des outils permettant d’évaluer les différents aspects de la qualité des transferts des femmes enceintes au sein d’un réseau périnatal.</t>
+  </si>
+  <si>
+    <t>28/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339442/fr/femmes-enceintes-ayant-une-complication-au-cours-de-leur-grossesse-transferts-en-urgence-entre-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1339442</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'infarctus du myocarde à la phase aiguë en dehors des services de cardiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes: Quels sont les critères décisionnels pour la prescription d’une désobstruction coronaire pour un infarctus aigu (indépendamment de la technique) ? Quels sont les stratégies de reperfusion et les traitements adjuvants à mettre en œuvre pour un syndrome coronarien aigu (SCA) ST+ ? Quelles sont les caractéristiques des filières de prise en charge d’un patient avec une douleur thoracique évoquant un infarctus aigu ? Quelles sont les situations particulières de prise en charge d’un infarctus aigu ? Quelle est la prise en charge des complications initiales ?</t>
+  </si>
+  <si>
+    <t>27/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_484720/fr/prise-en-charge-de-l-infarctus-du-myocarde-a-la-phase-aigue-en-dehors-des-services-de-cardiologie</t>
+  </si>
+  <si>
+    <t>c_484720</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge d’un appel de demande de soins non programmés dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Améliorer la qualité et la sécurité de la réponse apportée aux patients Constituer un support pour la formation continue des professionnels et l’évaluation de leurs pratiques Favoriser l’harmonisation des pratiques entre professionnels et sur l’ensemble du territoire</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2011 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1061039/fr/modalites-de-prise-en-charge-d-un-appel-de-demande-de-soins-non-programmes-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_1061039</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et traitement immédiat de l’accident ischémique transitoire de l’adulte</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à : 1. Fournir une définition de l'accident ischémique transitoire (AIT) tenant compte des données actuelles de la neuro-imagerie et de la prise en charge des urgences neuro-vasculaires. 2. Préciser la valeur diagnostique des signes cliniques compatibles avec un AIT et indiquer les diagnostics différentiels à évoquer. 3. Évaluer le pronostic de l'AIT afin de préciser le délai de prise en charge diagnostique et thérapeutique. 4. Indiquer les examens complémentaires à visée diagnostique et étiologique à réaliser. 5. Indiquer le traitement immédiat à entreprendre dans l'attente du bilan étiologique. Ces recommandations sont complétées par une série de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272368/fr/prise-en-charge-diagnostique-et-traitement-immediat-de-l-accident-ischemique-transitoire-de-l-adulte</t>
   </si>
   <si>
     <t>c_272368</t>
   </si>
   <si>
-    <t>Early management of adult stroke patients - Medical aspects -</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>Prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez les patients traités par antivitamines K en ville et en milieu hospitalier</t>
+  </si>
+  <si>
+    <t>L’objectif principal est de réduire la morbi-mortalité des accidents liés aux AVK, grâce à la diffusion de stratégies de prise en charge des situations à risque ou des accidents hémorragiques. Les recommandations abordent les questions suivantes : la conduite à tenir en cas de surdosage asymptomatique la conduite à tenir en cas d’hémorragies spontanées ou traumatiques la conduite à tenir vis-à-vis du traitement par AVK en cas de chirurgie ou d’acte invasif programmé ou bien urgent. L'argumentaire des recommandations a été publié en juillet 2008 dans un numéro spécial de la revue Sang Thrombose Vaisseaux (Sang Thromb Vaiss 2008;20(N°spécial juillet 2008).</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/09/2008 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682188/fr/prise-en-charge-des-surdosages-des-situations-a-risque-hemorragique-et-des-accidents-hemorragiques-chez-les-patients-traites-par-antivitamines-k-en-ville-et-en-milieu-hospitalier</t>
+  </si>
+  <si>
+    <t>c_682188</t>
+  </si>
+  <si>
+    <t>Prise en charge hospitalière des adolescents après une tentative de suicide</t>
+  </si>
+  <si>
+    <t>Les recommandations répondent plus particulièrement aux trois problèmes suivants : l'accueil aux urgences hospitalières des adolescents et jeunes suicidants la réponse hospitalière le projet de sortie Le plan des recommandations est le suivant : les problèmes soulevés par une tentative de suicide chez un adolescent les principes généraux de la prise en charge des adolescents suicidants la prise en charge aux urgences des adolescents suicidants (accueil, examen somatique, évaluation psychologique, évaluation sociale) la prise en charge après la période de soins aux urgences le suivi ultérieur Les recommandations s'appliquent aux adolescents et jeunes suicidants âgés de 11 à 20 ans, voire jusqu'à 25 ans.</t>
+  </si>
+  <si>
+    <t>01/11/1998 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271908/fr/prise-en-charge-hospitaliere-des-adolescents-apres-une-tentative-de-suicide</t>
+  </si>
+  <si>
+    <t>c_271908</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...5 lines deleted...]
-    <t>The objectives of this work were i) to assess the benefit/risk balance of this therapeutic procedure, compared with currently validated techniques, in order to determine the relevance of its potential coverage by the French National Health Insurance, ii) to define the specific conditions for carrying it out, and iii) to determine the organizational impact of its implementation and potential dissemination.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Prise en charge d’une mort subite du sujet jeune</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant présenté une mort subite du sujet jeune ainsi que la prise en charge de sa famille. Il a été élaboré par le Centre de référence pour la prise en charge des maladies rythmiques héréditaires de l’Ouest à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/10/2022 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374111/fr/prise-en-charge-d-une-mort-subite-du-sujet-jeune</t>
+  </si>
+  <si>
+    <t>p_3374111</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Syndrome post-réanimation (PICS). Comment le reconnaître ? Où vous faire suivre ? L’information pour vous et vos proches</t>
+  </si>
+  <si>
+    <t>Vous avez séjourné en service de réanimation ? Si depuis, vous souffrez de troubles nouveaux soit physiques (perte d’appétit, fatigue, douleur, sommeil, faiblesse, paralysie, essoufflement, problèmes respiratoires, cardiaques, rénaux), soit psychiques (angoisse, anxiété, dépression, stress post-traumatique, perte de mémoire, baisse de l’attention ou difficultés de compréhension), vous pouvez être atteint d’un syndrome de post-réanimation (PICS). Vous êtes proche ou aidant d’une personne ayant séjourné en réanimation ? Vous pouvez être concerné personnellement par des symptômes psychologiques (PICS Family). La HAS vous aide à reconnaître ce syndrome de post-réanimation et vous guide pour vous faire suivre dans de bonnes conditions.</t>
+  </si>
+  <si>
+    <t>16/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2024 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517952/fr/syndrome-post-reanimation-pics-comment-le-reconnaitre-ou-vous-faire-suivre-l-information-pour-vous-et-vos-proches</t>
+  </si>
+  <si>
+    <t>p_3517952</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Mieux prévenir et gérer les événements indésirables graves associés aux soins survenant chez les nouveau-nés</t>
+  </si>
+  <si>
+    <t>Face à l'augmentation de la mortalité infantile en France, et sachant que cette évolution préoccupante a des origines multifactorielles, la HAS a analysé 328 déclarations d’événements indésirables graves associés aux soins (EIGS) survenus spécifiquement chez les nouveau-nés et reçues entre le 1er mars 2017 et le 27 mai 2024. Le rapport publié aujourd’hui identifie les causes de ces EIGS et en tire des enseignements conduisant à formuler dix préconisations. Il a pour objectif d’éclairer sur les circonstances des accidents déclarés, d’orienter les actions des pouvoirs publics et des acteurs de la périnatalité, et ainsi de consolider le niveau de sécurité des prises en charge périnatales en France.</t>
+  </si>
+  <si>
+    <t>21/05/2025 15:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607325/fr/mieux-prevenir-et-gerer-les-evenements-indesirables-graves-associes-aux-soins-survenant-chez-les-nouveau-nes</t>
+  </si>
+  <si>
+    <t>p_3607325</t>
+  </si>
+  <si>
+    <t>Syndrome post-réanimation : recommandations pour une prise en charge précoce et adaptée</t>
+  </si>
+  <si>
+    <t>Le syndrome post-réanimation (Post intensive Care Syndrome - PICS) se traduit par la persistance de symptômes physiques, psychologiques ou cognitifs après une hospitalisation en réanimation. Ces symptômes peuvent perdurer pendant plusieurs mois voire années, et entraînent des répercussions significatives sur la qualité de vie et la réintégration socio-professionnelle des patients. Alors que le nombre de passages en réanimation a augmenté durant la crise du Covid-19, la Haute Autorité de santé publie des recommandations en vue d’accompagner les professionnels dans la prévention, le dépistage et la prise en charge des personnes atteintes d’un syndrome post-réanimation. Elle recommande notamment de mettre en place un repérage des facteurs de risque à l’admission du patient en réanimation et une évaluation clinique avant la sortie, répétée entre trois et six mois après le passage en réanimation.</t>
+  </si>
+  <si>
+    <t>15/06/2023 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446368/fr/syndrome-post-reanimation-recommandations-pour-une-prise-en-charge-precoce-et-adaptee</t>
+  </si>
+  <si>
+    <t>p_3446368</t>
+  </si>
+  <si>
+    <t>Que faire quand un enfant a ingéré une pile bouton ?</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) et la Société de Toxicologie Clinique (STC) publient aujourd’hui des recommandations sur la prise en charge d’un enfant ayant ingéré une pile bouton. Ces recommandations déterminent la bonne intervention au bon moment pour chacun des professionnels confrontés à la situation. La rapidité de réaction de chacun est en effet essentielle car même en cas de doute, l’ingestion d’une pile bouton constitue une urgence. Des arbres décisionnels sont déclinés pour chaque situation.</t>
+  </si>
+  <si>
+    <t>16/02/2022 10:00:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316737/fr/que-faire-quand-un-enfant-a-ingere-une-pile-bouton</t>
+  </si>
+  <si>
+    <t>p_3316737</t>
+  </si>
+  <si>
+    <t>Un guide pour améliorer la qualité et la sécurité des soins au sein des SAMU</t>
+  </si>
+  <si>
+    <t>Le volume d’activité des SAMU a fortement augmenté ces dernières années. Ainsi, en 2019 plus de 30 millions d’appels ont-ils été reçus par les équipes. Afin de répondre à un enjeu d’amélioration de la qualité et de la sécurité de cette activité critique, et sur saisine du ministère des Solidarités et de la Santé, la HAS a bâti avec les professionnels un guide leur permettant de structurer leur démarche en la matière.</t>
+  </si>
+  <si>
+    <t>19/10/2020 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213350/fr/un-guide-pour-ameliorer-la-qualite-et-la-securite-des-soins-au-sein-des-samu</t>
+  </si>
+  <si>
+    <t>p_3213350</t>
+  </si>
+  <si>
+    <t>COVID-19 : Limiter les séquelles des patients hospitalisés en réanimation</t>
+  </si>
+  <si>
+    <t>Après avoir publié une Réponse rapide sur la rééducation/réadaptation des patients atteints de COVID-19 sortis de réanimation, la HAS publie une fiche sur la prise en charge des malades en réanimation, en unités de soins continus et en post réanimation. L’objectif est de prévenir et de limiter pour le patient les complications liées à la fois à la maladie elle-même et à la lourdeur de l’hospitalisation. Cette Réponse rapide a été élaborée en collaboration avec le Conseil national professionnel de médecine physique et de réadaptation, la Société française de médecine physique et de réadaptation, la Société française de réanimation de langue française et la Société de pneumologie de langue française.</t>
+  </si>
+  <si>
+    <t>09/05/2020 12:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183293/fr/covid-19-limiter-les-sequelles-des-patients-hospitalises-en-reanimation</t>
+  </si>
+  <si>
+    <t>p_3183293</t>
+  </si>
+  <si>
+    <t>Indications de transfert des femmes enceintes ayant une complication au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie ce jour une recommandation de bonne pratique sur le transfert en urgence entre les établissements de santé des femmes enceintes ayant eu une complication pendant leur grossesse. Elle vise à optimiser la prise en charge des femmes enceintes et prolonge les travaux de 2007 sur le suivi et l’orientation des femmes enceintes en fonction des situations à risque identifiées.</t>
+  </si>
+  <si>
+    <t>12/02/2013 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359666/fr/indications-de-transfert-des-femmes-enceintes-ayant-une-complication-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>c_1359666</t>
+  </si>
+  <si>
+    <t>Appels d’urgence : réguler pour mieux orienter les patients</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS), à la demande du ministère de la Santé, a élaboré des recommandations pour encadrer la prise en charge des appels d’urgence par le médecin régulateur avant l’accès au médecin de permanence. Objectif : optimiser le parcours de soin d'urgence pour les millions d’usagers concernés dès l'appel initial.</t>
+  </si>
+  <si>
+    <t>08/06/2011 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1061057/fr/appels-d-urgence-reguler-pour-mieux-orienter-les-patients</t>
+  </si>
+  <si>
+    <t>c_1061057</t>
+  </si>
+  <si>
+    <t>AVC, travailler avec les professionnels pour améliorer les pratiques</t>
+  </si>
+  <si>
+    <t>Dans le cadre du plan AVC et en continuité avec les travaux déjà réalisés sur l’accident vasculaire cérébral (AVC), la HAS a décidé de travailler avec les professionnels de santé à l’élaboration d’indicateurs de pratique clinique. En France, environ 130 000 personnes sont atteintes d’AVC chaque année. Les indicateurs de pratique clinique, jalonnant les différentes étapes du parcours du patient, permettront d’assurer et de mesurer l’efficacité, la sécurité de la prise en charge et l’accès aux meilleurs soins.</t>
+  </si>
+  <si>
+    <t>23/06/2010 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_961542/fr/avc-travailler-avec-les-professionnels-pour-ameliorer-les-pratiques</t>
+  </si>
+  <si>
+    <t>c_961542</t>
+  </si>
+  <si>
+    <t>L’accident vasculaire cérébral, une urgence à prendre en charge</t>
+  </si>
+  <si>
+    <t>En France, 130 000 personnes sont atteintes chaque année d’accident vasculaire cérébral (AVC), de cause ischémique (infarctus cérébral ; 80 % des cas) ou hémorragique (20% des cas). Quinze à 20 % en décèdent au cours du premier mois suivant l’infarctus cérébral. Or, pour ces AVC ischémiques, la réalisation d’une thrombolyse dans les trois heures améliore réellement les chances de survie. La reconnaissance des symptômes de l’AVC et l’appel d’urgence au 15 doivent être le réflexe du grand public et des professionnels de santé.# A la demande conjointe de la Direction de l’Hospitalisation et de l’Organisation des Soins (ministère de la santé et des sports) et de la Société française neuro-vasculaire, la Haute Autorité de Santé a rédigé des recommandations de bonne pratique sur la prise en charge initiale de l’AVC.</t>
+  </si>
+  <si>
+    <t>30/07/2009 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_828819/fr/l-accident-vasculaire-cerebral-une-urgence-a-prendre-en-charge</t>
+  </si>
+  <si>
+    <t>c_828819</t>
+  </si>
+  <si>
+    <t>Limiter la prescription de psychotropes chez la personne âgée confuse agitée et chez le patient Alzheimer présentant des troubles du comportement perturbateurs</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie deux recommandations de bonnes pratiques dont les principaux objectifs sont identiques : promouvoir les techniques de soins non médicamenteuses et éviter les prescriptions inappropriées, systématiques ou prolongées de psychotropes, en particulier de sédatifs et de neuroleptiques.# L’une de ces recommandations porte sur la prise en charge initiale de l’agitation en cas de confusion aiguë chez la personne âgée, l’autre sur la prise en charge des troubles du comportement perturbateurs au cours de la maladie d’Alzheimer et des maladies apparentées.</t>
+  </si>
+  <si>
+    <t>08/07/2009 18:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819869/fr/limiter-la-prescription-de-psychotropes-chez-la-personne-agee-confuse-agitee-et-chez-le-patient-alzheimer-presentant-des-troubles-du-comportement-perturbateurs</t>
+  </si>
+  <si>
+    <t>c_819869</t>
+  </si>
+  <si>
+    <t>Antivitamines K : prendre en charge le surdosage, les hémorragies et les situations à risques d’hémorragies</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations professionnelles portant sur la prise en charge des surdosages, des situations à risque hémorragique et des accidents hémorragiques chez des patients traités par antivitamines K, en ville et en milieu hospitalier.</t>
+  </si>
+  <si>
+    <t>01/08/2008 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682170/fr/antivitamines-k-prendre-en-charge-le-surdosage-les-hemorragies-et-les-situations-a-risques-d-hemorragies</t>
+  </si>
+  <si>
+    <t>c_682170</t>
+  </si>
+  <si>
+    <t>Avis défavorable de la HAS concernant le maintien de l’inscription des actes d’amygdalectomie à l’amygdalotome</t>
+  </si>
+  <si>
+    <t>L’amygdalectomie, intervention chirurgicale d’indication fréquente en pédiatrie, consiste en l’ablation des amygdales palatines. La technique d’amygdalectomie à l’amygdalotome de Sluder ® (pince en forme de guillotine) a été longtemps pratiquée chez l’enfant, sous anesthésie générale légère et courte, et sans protection des voies aériennes. La réalisation de l’amygdalectomie ne se conçoit aujourd’hui que sous anesthésie générale avec protection des voies aériennes. Ainsi pratiquée, l’amygdalectomie à l’amygdalotome de Sluder® perd son avantage de rapidité par rapport aux autres techniques de dissection. De surcroît, elle n’est plus enseignée. La technique d’amygdalectomie la plus pratiquée actuellement est la dissection froide avec ligature ou diathermie bipolaire. La Haute Autorité de Santé (HAS) a donc rendu un avis défavorable quant au maintien de l’inscription des actes d’amygdalectomie à l’amygdalotome à la liste des actes remboursés par l’Assurance Maladie.</t>
+  </si>
+  <si>
+    <t>12/03/2007 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493059/fr/avis-defavorable-de-la-has-concernant-le-maintien-de-l-inscription-des-actes-d-amygdalectomie-a-l-amygdalotome</t>
+  </si>
+  <si>
+    <t>c_493059</t>
+  </si>
+  <si>
+    <t>Modalités de prise de décision concernant l’indication en urgence d’une hospitalisation sans consentement d’une personne présentant des troubles mentaux.</t>
+  </si>
+  <si>
+    <t>27/06/2005 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240393/fr/modalites-de-prise-de-decision-concernant-l-indication-en-urgence-d-une-hospitalisation-sans-consentement-d-une-personne-presentant-des-troubles-mentaux</t>
+  </si>
+  <si>
+    <t>c_240393</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’acte de nécrosectomie par voie d’abord endoscopique transluminale dans le traitement de la pancréatite aiguë nécrosante</t>
+  </si>
+  <si>
+    <t>Acte mini-invasif de nécrosectomie par voie d’abord endoscopique transluminale transmurale (transgastrique ou transduodénale), dans le traitement de la pancréatite aiguë nécrosante, en cas d’absence d’amélioration clinique après drainage.</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/16/2024 12:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498436/en/assessment-of-the-endoscopic-transluminal-necrosectomy-procedure-in-the-treatment-of-acute-necrotizing-pancreatitis</t>
+    <t>16/12/2024 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498436/fr/evaluation-de-l-acte-de-necrosectomie-par-voie-d-abord-endoscopique-transluminale-dans-le-traitement-de-la-pancreatite-aigue-necrosante</t>
   </si>
   <si>
     <t>p_3498436</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3502633/en/focus-on-patient-safety-intrahospital-transport-of-critically-ill-patients-transport-is-critical-too</t>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0071/AC/SEAP du 12 décembre 2024 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de l’acte de nécrosectomie par voie endoscopique transluminale dans le traitement de la pancréatite aiguë nécrosante</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de nécrosectomie par voie endoscopique transluminale dans le traitement de la pancréatite aiguë nécrosante</t>
+  </si>
+  <si>
+    <t>12/12/2024 10:22:00</t>
+  </si>
+  <si>
+    <t>16/12/2024 12:11:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3572832/fr/avis-n2024-0071/ac/seap-du-12-decembre-2024-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-l-acte-de-necrosectomie-par-voie-endoscopique-transluminale-dans-le-traitement-de-la-pancreatite-aigue-necrosante</t>
+  </si>
+  <si>
+    <t>p_3572832</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Mesure de l’expérience rapportée par les patients pris en charge dans une structure des urgences (e-Satis Urgences)</t>
+  </si>
+  <si>
+    <t>La HAS développe un indicateur de mesure de l’expérience rapportée par les patients, pris en charge dans une structure des urgences.</t>
+  </si>
+  <si>
+    <t>20/12/2024 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574297/fr/mesure-de-l-experience-rapportee-par-les-patients-pris-en-charge-dans-une-structure-des-urgences-e-satis-urgences</t>
+  </si>
+  <si>
+    <t>p_3574297</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Prise en charge hospitalière de l'infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Résultats nationaux campagne 2015 sur la prise en charge hospitalière de l‘infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>18/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676802/fr/resultats-des-iqss-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_2676802</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) survenus chez les nouveau-nés </t>
+  </si>
+  <si>
+    <t>La HAS publie un rapport d’analyse de 328 événements indésirables graves associés aux soins (EIGS) survenus chez les nouveau-nés, déclarés à la HAS dans le cadre du dispositif national entre le 1er mars 2017 et le 27 mai 2024. Les préconisations qui y sont formulées visent à améliorer la sécurité des nouveau-nés et s’adressent aux professionnels de santé, aux structures de soins, aux régulateurs de l’offre de soins et au législateur.</t>
+  </si>
+  <si>
+    <t>21/05/2025 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602950/fr/evenements-indesirables-graves-associes-aux-soins-eigs-survenus-chez-les-nouveau-nes</t>
+  </si>
+  <si>
+    <t>p_3602950</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Erreurs diagnostiques dans les services des urgences. Diagnostic manqué, urgence aggravée »</t>
+  </si>
+  <si>
+    <t>Le diagnostic nécessite un ensemble complexe d’étapes pour recueillir, intégrer et interpréter les informations, et chacune est sujette aux erreurs. Les erreurs diagnostiques sont définies comme des diagnostics retardés, erronés, manqués ou non communiqués au patient. Elles sont très souvent multifactorielles, combinant des causes systémiques et cognitives.</t>
+  </si>
+  <si>
+    <t>08/04/2025 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598581/fr/flash-securite-patient-erreurs-diagnostiques-dans-les-services-des-urgences-diagnostic-manque-urgence-aggravee</t>
+  </si>
+  <si>
+    <t>p_3598581</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient « Surveillance des patients en service de soins critiques. Une veille sans faille pour qu’aucun patient ne défaille »</t>
+  </si>
+  <si>
+    <t>En 2019, l’enquête nationale sur les événements indésirables graves associés aux soins (EIGS) dans les établissements de santé (ENEIS 3) a montré que des EIGS continuaient de survenir dans les services de soins critiques et que leur densité d'incidence n'y diminuait pas depuis 2009, contrairement aux autres secteurs [1] [2]. Une analyse des EIGS liés aux soins critiques déclarés par les professionnels de santé a permis d'identifier que le défaut de surveillance des patients hospitalisés en service de soins critiques était à l’origine de complications graves et que les évènements concernés étaient très souvent évitables. En effet, pour détecter une dégradation de l’état d’un patient nécessitant une adaptation de la prise en charge ou l’apparition d’une défaillance d’organe imposant un traitement urgent, il est nécessaire que la surveillance soit continue et effective.</t>
+  </si>
+  <si>
+    <t>29/04/2024 09:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3511526/fr/flash-securite-patient-surveillance-des-patients-en-service-de-soins-critiques-une-veille-sans-faille-pour-qu-aucun-patient-ne-defaille</t>
+  </si>
+  <si>
+    <t>p_3511526</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient « Transport intrahospitalier des patients de soins critiques. Le transport lui aussi est critique »</t>
+  </si>
+  <si>
+    <t>Une analyse des EIGS liés aux soins critiques déclarés par les professionnels de santé a permis d'identifier que le transport intrahospitalier des patients de soins critiques pouvait être impliqué dans la survenue d’évènements indésirables graves très souvent évitables. Le transport intrahospitalier est nécessaire à la prise en charge des patients de soins critiques. La fréquence des évènements indésirables qui y sont associés est très variable selon les études mais des complications menaçant le pronostic vital sont signalées dans 6,7 % à 16,8 % des transports. Il est donc apparu important de publier un retour d'expérience sur le sujet.</t>
+  </si>
+  <si>
+    <t>26/03/2024 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502633/fr/flash-securite-patient-transport-intrahospitalier-des-patients-de-soins-critiques-le-transport-lui-aussi-est-critique</t>
   </si>
   <si>
     <t>p_3502633</t>
   </si>
   <si>
-    <t>Focus on patient safety - « Tracheostomised patients in the critical care setting... Tracheostomy, when life hangs by a tube »</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3500291/en/focus-on-patient-safety-tracheostomised-patients-in-the-critical-care-setting-tracheostomy-when-life-hangs-by-a-tube</t>
+    <t>Flash Sécurité Patient - « Patient trachéotomisé en service de soins critiques. Trachéo, quand la vie ne tient qu’à un tuyau »</t>
+  </si>
+  <si>
+    <t>En 2019, l’enquête nationale sur les événements indésirables graves associés aux soins (EIGS) dans les établissements de santé (ENEIS 3) a montré que des EIGS continuaient de survenir dans les services de soins critiques et que leur densité d'incidence n'y diminuait pas depuis 2009, contrairement aux autres secteurs.</t>
+  </si>
+  <si>
+    <t>12/03/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500291/fr/flash-securite-patient-patient-tracheotomise-en-service-de-soins-critiques-tracheo-quand-la-vie-ne-tient-qu-a-un-tuyau</t>
   </si>
   <si>
     <t>p_3500291</t>
   </si>
   <si>
-    <t>Focus on patient safety -  "French emergency medical aid service. What if everyone played their part."</t>
+    <t>Label - Coordination service d'urgences - chirurgie orthopédique et traumatologique</t>
+  </si>
+  <si>
+    <t>L’organisme agréé pour l'accréditation des chirurgiens orthopédistes et traumatologistes, Orthorisq, propose aux professionnels des services des urgences et de chirurgie orthopédique et traumatologique, une check-list permettant d'améliorer le transfert du patient vers le service de chirurgie orthopédique et traumatologique. La solution pour la sécurité du patient "Coordination service d'urgences - chirurgie orthopédique et traumatologique : une check-list dès l'admission pour éviter toute omission !" en détaille la mise en œuvre.</t>
+  </si>
+  <si>
+    <t>11/10/2023 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465153/fr/label-coordination-service-d-urgences-chirurgie-orthopedique-et-traumatologique</t>
+  </si>
+  <si>
+    <t>p_3465153</t>
+  </si>
+  <si>
+    <t>Flash sécurité patient – « SAMU. Et si chacun jouait sa partition »</t>
   </si>
   <si>
     <t>L’évolution du recours au service d’aide médicale urgente (SAMU) et de son rôle dans le parcours de soins des patients rendent les démarches qualité et de sécurité essentielles avec des approches réflexives dont la déclaration et l’analyse des événements indésirables graves. La HAS publie un flash sécurité patient pour alerter et sensibiliser les équipes de régulation des SAMU et leurs partenaires de la survenue d’EIGS qui peuvent être évités en rappelant le rôle et la place de chacun.</t>
   </si>
   <si>
-    <t>01/21/2022 15:18:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3311271/en/focus-on-patient-safety-french-emergency-medical-aid-service-what-if-everyone-played-their-part</t>
+    <t>21/01/2022 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311271/fr/flash-securite-patient-samu-et-si-chacun-jouait-sa-partition</t>
   </si>
   <si>
     <t>p_3311271</t>
   </si>
   <si>
-    <t>Focus on patient safety - "French Emergency Medical Aid Service. What if coordination rhymed with communication"</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3291312/en/focus-on-patient-safety-french-emergency-medical-aid-service-what-if-coordination-rhymed-with-communication</t>
+    <t>Flash sécurité patient -  « SAMU. Et si coordonner rimait avec communiquer »</t>
+  </si>
+  <si>
+    <t>12/10/2021 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291312/fr/flash-securite-patient-samu-et-si-coordonner-rimait-avec-communiquer</t>
   </si>
   <si>
     <t>p_3291312</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982843/en/glucose-viaflo-n/r/-glucose-monohydrate/-glucose-anhydre/-glucose</t>
+    <t>Prise en charge initiale d’un Accident Ischémique Transitoire récent</t>
+  </si>
+  <si>
+    <t>15 critères de qualité ont été élaborés et sélectionnés à partir de la recommandation de bonne pratique "[[c_272368][Prise en charge diagnostique et traitement immédiat de l’accident ischémique transitoire de l’adulte]] "et constituent des éléments simples et opérationnels de bonne pratique.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1495740/fr/prise-en-charge-initiale-d-un-accident-ischemique-transitoire-recent</t>
+  </si>
+  <si>
+    <t>r_1495740</t>
+  </si>
+  <si>
+    <t>Critères d’EPP en anesthésie-réanimation</t>
+  </si>
+  <si>
+    <t>27/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778854/fr/criteres-d-epp-en-anesthesie-reanimation</t>
+  </si>
+  <si>
+    <t>c_778854</t>
+  </si>
+  <si>
+    <t>Critères d'EPP pour les urgences</t>
+  </si>
+  <si>
+    <t>02/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_854519/fr/criteres-d-epp-pour-les-urgences</t>
+  </si>
+  <si>
+    <t>c_854519</t>
+  </si>
+  <si>
+    <t>Accident vasculaire cérébral (AVC) : admission aux urgences</t>
+  </si>
+  <si>
+    <t>01/06/2005 15:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272445/fr/accident-vasculaire-cerebral-avc-admission-aux-urgences</t>
+  </si>
+  <si>
+    <t>c_272445</t>
+  </si>
+  <si>
+    <t>Anesthésie - Réanimation</t>
+  </si>
+  <si>
+    <t>01/09/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438372/fr/anesthesie-reanimation</t>
+  </si>
+  <si>
+    <t>c_438372</t>
+  </si>
+  <si>
+    <t>Urgences</t>
+  </si>
+  <si>
+    <t>19/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438475/fr/urgences</t>
+  </si>
+  <si>
+    <t>c_438475</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>GLUCOSE (glucose/glucose anhydre/glucose monohydraté)</t>
+  </si>
+  <si>
+    <t>19/02/2025 16:59:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982843/fr/glucose-glucose/glucose-anhydre/glucose-monohydrate</t>
   </si>
   <si>
     <t>pprd_2982843</t>
   </si>
   <si>
     <t>glucose,glucose anhydre,glucose monohydraté</t>
   </si>
   <si>
     <t>AGUETTANT / B. BRAUN MEDICAL / BAXTER SAS / BIOLUZ / CHAIX ET DU MARAIS / COOPERATION PHARMACEUTIQUE FRANCAISE / FRESENIUS KABI FRANCE / MACOPHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400073/en/glucose-5-pour-cent-bioluz-glucose</t>
-[...89 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3590911/en/glucose-aguettant-glucose-solute</t>
+    <t>https://www.has-sante.fr/jcms/c_400073/fr/glucose-5-pour-cent-bioluz-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400660/fr/glucose-10-pour-cent-bioluz-glucose-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400713/fr/glucose-aguettant-5-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400714/fr/glucose-lavoisier-5-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_460045/fr/glucose-lavoisier-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487118/fr/glucose-cooper-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555876/fr/glucose-5-maco-pharma-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664039/fr/glucose-5-b-braun-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051908/fr/glucose-lavoisier-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1149743/fr/glucose-cooper-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250047/fr/glucose-5-macopharma-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598705/fr/glucose-5-pour-cent-b-braun-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622323/fr/glucose-5-macopharma-glucose-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638069/fr/glucose-fresenius-glucose-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671494/fr/glucose-5-viaflo-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738591/fr/glucose-bioluz-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041946/fr/glucose-lavoisier-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2566815/fr/glucose-lavoisier-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2569225/fr/glucose-bioluz-glucose-anhydre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634442/fr/glucose-viaflo-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757191/fr/glucose-macopharma-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747224/fr/glucose-cooper-5-glucose-monohydrate-apport-glucidique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851028/fr/glucose-5-lavoisier-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2851239/fr/glucose-5-viaflo-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852588/fr/glucose-5-b-braun-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852591/fr/glucose-5-macopharma-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852594/fr/glucose-fresenius-5-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908490/fr/glucose-viaflo-glucose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409210/fr/glucose-5-lavoisier-glucose-monohydrate-solute</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409213/fr/glucose-30-lavoisier-glucose-monohydrate-solute</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590911/fr/glucose-aguettant-glucose-solute</t>
   </si>
   <si>
     <t>TRANXENE (chlorazépate dipotassique)</t>
   </si>
   <si>
-    <t>07/29/2024 16:44:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982800/en/tranxene-chlorazepate-dipotassique</t>
+    <t>29/07/2024 16:44:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982800/fr/tranxene-chlorazepate-dipotassique</t>
   </si>
   <si>
     <t>pprd_2982800</t>
   </si>
   <si>
     <t>chlorazépate dipotassique</t>
   </si>
   <si>
     <t>NEURAXPHARM FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399061/en/tranxene-clorazepate-dipotassique</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3534491/en/tranxene-clorazepate-dipotassium-premedication</t>
+    <t>https://www.has-sante.fr/jcms/c_399061/fr/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400176/fr/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493284/fr/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281713/fr/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042202/fr/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656334/fr/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2963962/fr/tranxene-clorazepate-dipotassique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534491/fr/tranxene-clorazepate-dipotassique-premedication</t>
   </si>
   <si>
     <t>VALIUM (diazépam)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984487/en/valium-diazepam</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984487/fr/valium-diazepam</t>
   </si>
   <si>
     <t>pprd_2984487</t>
   </si>
   <si>
     <t>diazépam</t>
   </si>
   <si>
     <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_642367/en/valium-diazepam</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3534479/en/valium-diazepam-premedication</t>
+    <t>https://www.has-sante.fr/jcms/c_642367/fr/valium-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098676/fr/valium-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2042196/fr/valium-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534479/fr/valium-diazepam-premedication</t>
   </si>
   <si>
     <t>DIAZEPAM RENAUDIN (diazépam)</t>
   </si>
   <si>
-    <t>07/26/2024 11:58:41</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983823/en/diazepam-renaudin-diazepam</t>
+    <t>26/07/2024 11:58:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983823/fr/diazepam-renaudin-diazepam</t>
   </si>
   <si>
     <t>pprd_2983823</t>
   </si>
   <si>
     <t>RENAUDIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2729428/en/diazepam-renaudin-diazepam</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3534497/en/diazepam-renaudin-diazepam-premedication</t>
+    <t>https://www.has-sante.fr/jcms/c_2729428/fr/diazepam-renaudin-diazepam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534497/fr/diazepam-renaudin-diazepam-premedication</t>
   </si>
   <si>
     <t>ESKETAMINE RENAUDIN (eskétamine)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3315649/en/esketamine-renaudin-esketamine</t>
+    <t>https://www.has-sante.fr/jcms/p_3315649/fr/esketamine-renaudin-esketamine</t>
   </si>
   <si>
     <t>p_3315649</t>
   </si>
   <si>
     <t>eskétamine</t>
   </si>
   <si>
     <t>LABORATOIRE RENAUDIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3315485/en/esketamine-renaudin-esketamine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3531740/en/esketamine-renaudin-esketamine-analgesia</t>
+    <t>https://www.has-sante.fr/jcms/p_3315485/fr/esketamine-renaudin-esketamine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531740/fr/esketamine-renaudin-esketamine-analgesie</t>
+  </si>
+  <si>
+    <t>LEPTICUR (tropatépine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>14/03/2024 11:21:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984521/fr/lepticur-tropatepine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984521</t>
+  </si>
+  <si>
+    <t>tropatépine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>LABORATOIRES DELBERT / SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400250/fr/lepticur-10-mg/2-ml-solution-injectable-boite-de-1-ampoule-en-verre-de-2-ml-renouvellement-conjoint-des-specialites-lepticur-park-5-mg-comprime-secable-boite-de-30-lepticur-10-mg-comprime-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1007490/fr/lepticur-park-tropatepine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038128/fr/lepticur-tropatepine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500390/fr/lepticur-chlorhydrate-de-tropatepine-syndrome-parkinsonien-induit-par-les-neuroleptiques</t>
   </si>
   <si>
     <t>GIAPREZA (acétate d’angiotensine II)</t>
   </si>
   <si>
-    <t>02/01/2024 16:22:24</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3492148/en/giapreza-acetate-d-angiotensine-ii</t>
+    <t>01/02/2024 16:22:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3492148/fr/giapreza-acetate-d-angiotensine-ii</t>
   </si>
   <si>
     <t>p_3492148</t>
   </si>
   <si>
     <t>acétate d’angiotensine II</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3491848/en/giapreza-2-5-mg/ml-angiotensin-ii-refractory-hypotension-distributive-shocks</t>
+    <t>https://www.has-sante.fr/jcms/p_3491848/fr/giapreza-acetate-d-angiotensine-ii-hypotension-refractaire-dans-les-chocs-distributifs</t>
+  </si>
+  <si>
+    <t>NORADRENALINE (tartrate de noradrénaline)</t>
+  </si>
+  <si>
+    <t>16/12/2022 18:28:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984286/fr/noradrenaline-tartrate-de-noradrenaline</t>
+  </si>
+  <si>
+    <t>pprd_2984286</t>
+  </si>
+  <si>
+    <t>tartrate de noradrénaline</t>
+  </si>
+  <si>
+    <t>AGUETTANT / EVER PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399894/fr/noradrenaline-merck-tartrate-de-noradrenaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399912/fr/noradrenaline-tartrate-aguettant-0-2-sans-conservateur-tartrate-de-noradrenaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400170/fr/noradrenaline-tartrate-renaudin-2-mg/ml-sans-conservateur-tartrate-de-noradrenaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724675/fr/noradrenaline-renaudin-tartrate-de-noradrenaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581341/fr/noradrenaline-aguettant-tartrate-de-noradrenaline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396516/fr/noradrenaline-tartrate-kalceks-noradrenaline-reanimation</t>
   </si>
   <si>
     <t>DZUVEO (citrate de sufentanil)</t>
   </si>
   <si>
-    <t>10/04/2022 12:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3373709/en/dzuveo-citrate-de-sufentanil</t>
+    <t>04/10/2022 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373709/fr/dzuveo-citrate-de-sufentanil</t>
   </si>
   <si>
     <t>p_3373709</t>
   </si>
   <si>
     <t>citrate de sufentanil</t>
   </si>
   <si>
     <t>AGUETTANT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3367546/en/dzuveo-citrate-de-sufentanil</t>
+    <t>https://www.has-sante.fr/jcms/p_3367546/fr/dzuveo-citrate-de-sufentanil</t>
+  </si>
+  <si>
+    <t>ALBUTEIN (albumine humaine)</t>
+  </si>
+  <si>
+    <t>08/07/2022 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351161/fr/albutein-albumine-humaine</t>
+  </si>
+  <si>
+    <t>p_3351161</t>
+  </si>
+  <si>
+    <t>albumine humaine</t>
+  </si>
+  <si>
+    <t>GRIFOLS France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349488/fr/albutein-albumine-humaine-restauration-du-volume-sanguin</t>
+  </si>
+  <si>
+    <t>CELESTENE (bétaméthasone)</t>
+  </si>
+  <si>
+    <t>23/05/2022 17:05:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983862/fr/celestene-betamethasone</t>
+  </si>
+  <si>
+    <t>pprd_2983862</t>
+  </si>
+  <si>
+    <t>bétaméthasone</t>
+  </si>
+  <si>
+    <t>ORGANON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400224/fr/celestene-2-mg-comprime-dispersible-secable-boite-de-20-code-cip-341244-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098681/fr/celestene-diprosone-diprolene-diprostene-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682495/fr/celestene-diprosone-diprolene-diprostene-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398893/fr/diprolene-0-05-pour-cent-creme-tube-de-15-g</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523268/fr/diprosone-diprolene-diprostene-betamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338753/fr/celestene-betamethasone-corticoide</t>
   </si>
   <si>
     <t>KARDEGIC (acetylsalicylate de DL-lysine)</t>
   </si>
   <si>
-    <t>04/30/2021 10:55:14</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983750/en/kardegic-acetylsalicylate-de-dl-lysine</t>
+    <t>30/04/2021 10:55:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983750/fr/kardegic-acetylsalicylate-de-dl-lysine</t>
   </si>
   <si>
     <t>pprd_2983750</t>
   </si>
   <si>
     <t>acetylsalicylate de DL-lysine</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399270/en/kardegic-75-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-160-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-300-mg-poudre-pour-solution-buvable-en-sachet-dose-boite-de-30-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984929/en/vectarion</t>
+    <t>https://www.has-sante.fr/jcms/c_399270/fr/kardegic-75-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-160-mg-poudre-pour-solution-buvable-en-sachet-dose-kardegic-300-mg-poudre-pour-solution-buvable-en-sachet-dose-boite-de-30-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461070/fr/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104031/fr/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742062/fr/kardegic-n/r/-acide-acetylsalicylique/-dl-lysine-acetylsalicylate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262649/fr/kardegic-acetylsalicylate-de-dl-lysine</t>
+  </si>
+  <si>
+    <t>VECTARION (almitrine bismésilate)</t>
+  </si>
+  <si>
+    <t>12/03/2021 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984929/fr/vectarion-almitrine-bismesilate</t>
   </si>
   <si>
     <t>pprd_2984929</t>
   </si>
   <si>
     <t>almitrine bismésilate</t>
   </si>
   <si>
     <t>SERVIER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399049/en/vectarion-50-mg-comprime-pellicule-secable-boite-de-30</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3242559/en/vectarion-almitrine-bismesilate</t>
+    <t>https://www.has-sante.fr/jcms/c_399049/fr/vectarion-50-mg-comprime-pellicule-secable-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574653/fr/vectarion-almitrine-bismesilate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079013/fr/vectarion-almitrine-bismesilate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1098682/fr/vectarion-almitrine-bismesilate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525570/fr/vectarion-almitrine-bismesilate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242559/fr/vectarion-almitrine-bismesilate</t>
+  </si>
+  <si>
+    <t>LIDOCAINE CHLORHYDRATE (chlorhydrate de lidocaïne)</t>
+  </si>
+  <si>
+    <t>10/12/2020 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223256/fr/lidocaine-chlorhydrate-chlorhydrate-de-lidocaine</t>
+  </si>
+  <si>
+    <t>p_3223256</t>
+  </si>
+  <si>
+    <t>chlorhydrate de lidocaïne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223076/fr/lidocaine-chlorhydrate-renaudin-chlorhydrate-de-lidocaine</t>
   </si>
   <si>
     <t>EPIPEN (adrénaline/ épinéphrine)</t>
   </si>
   <si>
-    <t>05/07/2019 11:33:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982772/en/epipen-adrenaline/-epinephrine</t>
+    <t>07/05/2019 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982772/fr/epipen-adrenaline/-epinephrine</t>
   </si>
   <si>
     <t>pprd_2982772</t>
   </si>
   <si>
     <t>adrénaline,épinéphrine</t>
   </si>
   <si>
     <t>MYLAN S.A.S</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_810820/en/epipen</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2966046/en/epipen-adrenaline/-epinephrine</t>
+    <t>https://www.has-sante.fr/jcms/c_810820/fr/epipen-adrenaline/-epinephrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719401/fr/epipen-adrenaline/-epinephrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966046/fr/epipen-adrenaline/-epinephrine</t>
+  </si>
+  <si>
+    <t>CHLORURE DE SODIUM VIAFLO (calcium (chlorure de) hexahydraté/ magnésium (chlorure de)/ méthylthio...)</t>
+  </si>
+  <si>
+    <t>01/04/2019 08:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982818/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>pprd_2982818</t>
+  </si>
+  <si>
+    <t>calcium (chlorure de) hexahydraté,magnésium (chlorure de),méthylthioninium (chlorure de),potassium (chlorure de),sodium (chlorure de)</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400154/fr/chlorure-de-potassium-0-15-et-glucose-5-viaflo-chlorure-de-potassium-0-3-et-glucose-5-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400155/fr/chlorure-de-potassium-0-3-et-chlorure-de-sodium-0-9-viaflo-solution-pour-perfusion-en-poche-poche-polyolefine/polyamide-de-500-ml-code-cip-360-809-6-poche-polyolefine/polyamide-de-1-000-ml-code-cip-360-810-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400696/fr/chlorure-de-sodium-bioluz-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400697/fr/chlorure-de-sodium-lavoisier-0-9-solution-injectable-pour-perfusion-boite-de-1-flacon-de-125-ml-code-cip-305-784-5-boite-de-1flacon-de-250-ml-code-cip-305-789-7-boite-de-1-flacon-de-500-ml-code-cip-305-794-0-boite-de-1-flacon-de-1000-ml-code-cip-305-783-9-boite-de-1-poche-pvc-suremballee-de-50-ml-code-cip-354-702-9-boite-de-1-poche-pvc-suremballee-de-100-ml-code-cip-354-705-8-boite-de-1-poche-pvc-suremballee-de-250-ml-code-cip-354-708-7-boite-de-1-poche-pvc-suremballee-de-500-ml-code-cip-354-712-4-boite-de-1-poche-pvc-suremballee-de-1000-ml-code-cip-354-717-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400698/fr/chlorure-de-sodium-aguettant-0-9-solution-pour-perfusion-boite-de-1-flacon-de-250-ml-code-cip-318-438-3-boite-de-1-flacon-de-500-ml-code-cip-318-440-8-boite-de-1-flacon-de-1000-ml-code-cip-318-441-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_487122/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_539583/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_555805/fr/chlorure-de-sodium-0-9-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664056/fr/chlorure-de-sodium-0-9-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_983243/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084360/fr/chlorure-de-methylthioninium-proveblue-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1109525/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250044/fr/chlorure-de-sodium-0-9-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543930/fr/chlorure-de-sodium-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1598720/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1671491/fr/chlorure-de-sodium-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701794/fr/chlorure-de-sodium-0-9-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769093/fr/chlorure-de-sodium-baxter-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028101/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028119/fr/chlorure-de-sodium-hypertonique-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028861/fr/chlorure-de-sodium-baxter-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035713/fr/chlorure-de-potassium-kabi-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572163/fr/chlorure-de-calcium-renaudin-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613522/fr/chlorure-de-sodium-aguettant-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635313/fr/chlorure-de-sodium-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635795/fr/chlorure-de-potassium-b-braun-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642065/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658534/fr/chlorure-de-sodium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658492/fr/chlorure-de-potassium-et-chlorure-de-sodium-kabi-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680665/fr/chlorure-de-magnesium-lavoisier-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679260/fr/chlorure-de-sodium-cooper-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730767/fr/chlorure-de-sodium-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745263/fr/chlorure-de-sodium-hypertronique-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773797/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789187/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2791909/fr/chlorure-de-sodium-macopharma-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830616/fr/chlorure-de-sodium-fresenius-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879780/fr/chlorure-de-sodium-0-9-b-braun-chlorure-de-sodium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913720/fr/chlorure-de-sodium-viaflo-calcium-chlorure-de-hexahydrate/-magnesium-chlorure-de-/-methylthio</t>
+  </si>
+  <si>
+    <t>ATROVENT (Bromure d'ipratropium)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983378/fr/atrovent-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>pprd_2983378</t>
+  </si>
+  <si>
+    <t>Bromure d'ipratropium</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399478/fr/atrovent-nasal-0-03-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399737/fr/atrovent-0-25-mg/1-ml-enfants-solution-pour-inhalation-par-nebuliseur-en-recipient-unidose-boite-de-30-atrovent-0-50-mg/1-ml-adultes-solution-pour-inhalation-par-nebuliseur-en-recipient-unidose-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400286/fr/atrovent-0-50-mg/1-ml-adultes-solution-pour-inhalation-par-nebuliseur-en-recipient-unidose-boite-de-30-recipients-unidoses-de-1-ml-code-cip-365-809-4-atrovent-0-50-mg/2-ml-adultes-solution-pour-inhalation-par-nebuliseur-en-recipient-unidose-boite-de-10-recipients-unidoses-de-2-ml-code-cip-365-730-9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400287/fr/atrovent-0-25-mg/1-ml-enfants-solution-pour-inhalation-par-nebuliseur-en-recipient-unidose-boite-de-30-recipients-unidoses-de-1-ml-code-cip-365-813-1-atrovent-0-25-mg/2-ml-enfants-solution-pour-inhalation-par-nebuliseur-en-recipient-unidose-boite-de-10-recipients-unidoses-de-2-ml-code-cip-365-731-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490547/fr/atrovent-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676784/fr/atrovent-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_677500/fr/atrovent-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1190385/fr/atrovent-nasal-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250053/fr/atrovent-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829040/fr/atrovent-nasal-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829052/fr/atrovent-bromure-d-ipratropium</t>
+  </si>
+  <si>
+    <t>NALSCUE (naloxone)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983382/fr/nalscue-naloxone</t>
+  </si>
+  <si>
+    <t>pprd_2983382</t>
+  </si>
+  <si>
+    <t>naloxone</t>
+  </si>
+  <si>
+    <t>INDIVIOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829037/fr/nalscue-naloxone</t>
+  </si>
+  <si>
+    <t>ADRENALINE AGUETTANT SANS SULFITE (adrénaline (tartrate d'))</t>
+  </si>
+  <si>
+    <t>16/02/2018 12:07:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983406/fr/adrenaline-aguettant-sans-sulfite-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983406</t>
+  </si>
+  <si>
+    <t>adrénaline (tartrate d')</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658495/fr/adrenaline-aguettant-sans-sulfite-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825858/fr/adrenaline-aguettant-sans-sulfite-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>FUROSEMIDE (furosémide)</t>
+  </si>
+  <si>
+    <t>19/10/2017 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983505/fr/furosemide-furosemide</t>
+  </si>
+  <si>
+    <t>pprd_2983505</t>
+  </si>
+  <si>
+    <t>furosémide</t>
+  </si>
+  <si>
+    <t>ACCORD HEALTHCARE FRANCE SAS/ ARROW GENERIQUES/ RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399683/fr/furosemide-renaudin-furosemide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1773245/fr/furosemide-renaudin-furosemide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768611/fr/furosemide-arrow-furosemide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798556/fr/furosemide-accord-furosemide</t>
+  </si>
+  <si>
+    <t>CHLORHYDRATE DE METHADONE AP-HP - METHADONE AP-HP (chlorhydrate de Mébévérine/ chlorhydrate de procaïne/ lidocaïne (chlor...)</t>
+  </si>
+  <si>
+    <t>03/03/2017 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983705/fr/chlorhydrate-de-methadone-ap-hp-methadone-ap-hp-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>pprd_2983705</t>
+  </si>
+  <si>
+    <t>chlorhydrate de Mébévérine,chlorhydrate de procaïne,lidocaïne (chlorhydrate de),méthadone (chlorhydrate de),métoclopramide (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>BOUCHARA RECORDATI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399152/fr/chlorhydrate-de-methadone-assistance-publique-hopitaux-de-paris-40-mg/15-ml-sirop-en-recipient-unidose-boites-de-1-chlorhydrate-de-methadone-assistance-publique-hopitaux-de-paris-60-mg/15-ml-sirop-en-recipient-unidose-boites-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399302/fr/chlorhydrate-de-morphine-aguettant-1-pour-cent-sans-conservateur-solution-injectable-en-ampoule-chlorhydrate-de-morphine-aguettant-2-pour-cent-sans-conservateur-solution-injectable-en-ampoule-boites-de-7-10-ampoules-de-1-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400904/fr/chlorhydrate-de-tamsulosine-boehringer-ingelheim-l-p-0-4-mg-comprime-pellicule-a-liberation-prolongee-b/30-cip-369-625-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490355/fr/chlorhydrate-de-methadone-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_954775/fr/chlorhydrate-de-procaine-lavoisier-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189046/fr/chlorhydrate-de-mebeverine-mylan-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580207/fr/chlorhydrate-de-metoclopramide-renaudin-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583329/fr/chlorhydrate-de-lidocaine-renaudin-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748736/fr/chlorhydrate-de-methadone-ap-hp-methadone-ap-hp-chlorhydrate-de-mebeverine/-chlorhydrate-de-procaine/-lidocaine-chlor</t>
+  </si>
+  <si>
+    <t>FLOLAN (époprosténol sodique)</t>
+  </si>
+  <si>
+    <t>17/11/2016 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983848/fr/flolan-epoprostenol-sodique</t>
+  </si>
+  <si>
+    <t>pprd_2983848</t>
+  </si>
+  <si>
+    <t>époprosténol sodique</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400263/fr/flolan-epoprostenol-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024128/fr/flolan-epoprostenol-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611701/fr/flolan-epoprostenol-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2723461/fr/flolan-epoprostenol-sodique</t>
+  </si>
+  <si>
+    <t>EMERADE (adrénaline (tartrate d'))</t>
+  </si>
+  <si>
+    <t>02/11/2016 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983895/fr/emerade-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2983895</t>
+  </si>
+  <si>
+    <t>CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655947/fr/emerade-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680635/fr/emerade-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>MANNITOL LAVOISIER (mannitol)</t>
+  </si>
+  <si>
+    <t>05/01/2016 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984270/fr/mannitol-lavoisier-mannitol</t>
+  </si>
+  <si>
+    <t>pprd_2984270</t>
+  </si>
+  <si>
+    <t>mannitol</t>
+  </si>
+  <si>
+    <t>CHAIX ET DU MARAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400872/fr/mannitol-aguettant-20-solution-pour-perfusion-en-flacon-de-250-ml-boite-de-1-flacon-cip-344-580-8</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_996912/fr/mannitol-aguettant-mannitol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585574/fr/mannitol-lavoisier-mannitol</t>
+  </si>
+  <si>
+    <t>JEXT (adrénaline (tartrate d'))</t>
+  </si>
+  <si>
+    <t>02/09/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984433/fr/jext-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>pprd_2984433</t>
+  </si>
+  <si>
+    <t>ALK-ABELLO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1054862/fr/jext-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055718/fr/jext-adrenaline-tartrate-d</t>
+  </si>
+  <si>
+    <t>LASILIX (furosémide)</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984598/fr/lasilix-furosemide</t>
+  </si>
+  <si>
+    <t>pprd_2984598</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400928/fr/lasilix-40-mg-comprime-secable-b/30-cip-352-813-8-lasilix-10-mg/ml-solution-buvable-1-flacon-de-60-ml-cip-330-009-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443502/fr/lasilix-furosemide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935385/fr/lasilix-furosemide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753180/fr/lasilix-special-furosemide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1765808/fr/lasilix-furosemide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018050/fr/lasilix-furosemide</t>
   </si>
   <si>
     <t>ISOVOL (sodium (chlorure de)/ potassium (chlorure de)/ calcium (chlorure de) d...)</t>
   </si>
   <si>
-    <t>02/24/2015 09:51:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984651/en/isovol-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
+    <t>24/02/2015 09:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984651/fr/isovol-sodium-chlorure-de-/-potassium-chlorure-de-/-calcium-chlorure-de-d</t>
   </si>
   <si>
     <t>pprd_2984651</t>
   </si>
   <si>
     <t>sodium (chlorure de),potassium (chlorure de),calcium (chlorure de) dihydraté,magnésium (chlorure de) hexahydraté,sodium (acétate de) trihydraté,malique (acide),hydroxyéthylamidon 130 000</t>
   </si>
   <si>
     <t>B BRAUN MEDICAL SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1777265/en/isovol-hydroxyethyl-starch-colloidal-volume-replacement-solutions</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984652/en/voluven-sodium/-hydroxyethylamidon-solutes-de-remplissage-colloide</t>
+    <t>https://www.has-sante.fr/jcms/c_1777265/fr/isovol-hydroxyethylamidon-solutes-de-remplissage-colloide</t>
+  </si>
+  <si>
+    <t>VOLUVEN (sodium/ hydroxyéthylamidon)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984652/fr/voluven-sodium/-hydroxyethylamidon</t>
   </si>
   <si>
     <t>pprd_2984652</t>
   </si>
   <si>
     <t>sodium (chlorure de),amidon hydroxyéthylé 130 000</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399173/en/voluven-sodium-hydroxyethylamidon</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1777260/en/voluven-hydroxyethyl-starch-colloidal-volume-replacement-solutions</t>
+    <t>https://www.has-sante.fr/jcms/c_399173/fr/voluven-sodium-hydroxyethylamidon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400348/fr/voluven-sodium-/-hydroxyethylamidon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1777260/fr/voluven-hydroxyethylamidon-solutes-de-remplissage-colloide</t>
   </si>
   <si>
     <t>RESTORVOL (amidon hydroxyéthylé 130 000/ sodium (chlorure de))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984653/en/restorvol-amidon-hydroxyethyle-130-000/-sodium-chlorure-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984653/fr/restorvol-amidon-hydroxyethyle-130-000/-sodium-chlorure-de</t>
   </si>
   <si>
     <t>pprd_2984653</t>
   </si>
   <si>
     <t>amidon hydroxyéthylé 130 000,sodium (chlorure de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_677431/en/restorvol</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1777259/en/restorvol-hydroxyethyl-starch-colloidal-volume-replacement-solutions</t>
+    <t>https://www.has-sante.fr/jcms/c_677431/fr/restorvol-amidon-hydroxyethyle-130-000/-sodium-chlorure-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1777259/fr/restorvol-amidon-hydroxyethyle-130-000/-sodium-chlorure-de</t>
   </si>
   <si>
     <t>HYDRAPERF (sodium (chlorure de)/ glucose monohydraté)</t>
   </si>
   <si>
-    <t>11/22/2013 13:30:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984909/en/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
+    <t>22/11/2013 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984909/fr/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
   </si>
   <si>
     <t>pprd_2984909</t>
   </si>
   <si>
     <t>sodium (chlorure de),glucose monohydraté</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1615551/en/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_1615551/fr/hydraperf-sodium-chlorure-de-/-glucose-monohydrate</t>
+  </si>
+  <si>
+    <t>NATISPRAY (trinitrine)</t>
+  </si>
+  <si>
+    <t>02/02/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985208/fr/natispray-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2985208</t>
+  </si>
+  <si>
+    <t>trinitrine</t>
+  </si>
+  <si>
+    <t>Laboratoire TEOFARMA SRL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400669/fr/natispray-0-15-mg/dose-solution-pour-pulverisation-buccale-1-flacon-code-cip-329-369-8-natispray-0-30-mg/dose-solution-pour-pulverisation-buccale-1-flacon-code-cip-343-070-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024749/fr/natispray-trinitrine</t>
+  </si>
+  <si>
+    <t>RINGER LACTATE AGUETTANT (sodium/ potassium/ calcium/ chlorures/ lactates)</t>
+  </si>
+  <si>
+    <t>06/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985249/fr/ringer-lactate-aguettant-sodium/-potassium/-calcium/-chlorures/-lactates</t>
+  </si>
+  <si>
+    <t>pprd_2985249</t>
+  </si>
+  <si>
+    <t>sodium,potassium,calcium,chlorures,lactates</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400724/fr/ringer-lactate-aguettant-sodium/-potassium/-calcium/-chlorures/-lactates</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991890/fr/ringer-lactate-aguettant-sodium/-potassium/-calcium/-chlorures/-lactates</t>
   </si>
   <si>
     <t>XIGRIS (drotrécogine alfa activée (analogue recombinant de la protéine C activée endogène))</t>
   </si>
   <si>
-    <t>09/16/2010 08:50:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985258/en/xigris-drotrecogine-alfa-activee-analogue-recombinant-de-la-proteine-c-activee-endogene</t>
+    <t>16/09/2010 08:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985258/fr/xigris-drotrecogine-alfa-activee-analogue-recombinant-de-la-proteine-c-activee-endogene</t>
   </si>
   <si>
     <t>pprd_2985258</t>
   </si>
   <si>
     <t>drotrécogine alfa activée (analogue recombinant de la protéine C activée endogène)</t>
   </si>
   <si>
     <t>Laboratoire LILLY FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399767/en/xigris-drotrecogine-alfa-activee-analogue-recombinant-de-la-proteine-c-activee-endogene</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_981919/en/xigris-drotrecogine-alfa-activee-analogue-recombinant-de-la-proteine-c-activee-endogene</t>
+    <t>https://www.has-sante.fr/jcms/c_399767/fr/xigris-drotrecogine-alfa-activee-analogue-recombinant-de-la-proteine-c-activee-endogene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556247/fr/xigris-drotrecogine-alfa-activee-analogue-recombinant-de-la-proteine-c-activee-endogene</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_981919/fr/xigris-drotrecogine-alfa-activee-analogue-recombinant-de-la-proteine-c-activee-endogene</t>
   </si>
   <si>
     <t>PLASMAVOLUME (hydroxyéthylamidon)</t>
   </si>
   <si>
-    <t>05/30/2011 14:34:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985338/en/plasmavolume-hydroxyethylamidon</t>
+    <t>30/05/2011 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985338/fr/plasmavolume-hydroxyethylamidon</t>
   </si>
   <si>
     <t>pprd_2985338</t>
   </si>
   <si>
     <t>hydroxyéthylamidon</t>
   </si>
   <si>
     <t>Laboratoire BAXTER SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_798105/en/plasmavolume</t>
+    <t>https://www.has-sante.fr/jcms/c_798105/fr/plasmavolume-hydroxyethylamidon</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Développement professionnel continu (DPC) en anesthésie-réanimation</t>
+  </si>
+  <si>
+    <t>Retour sur sa mise en œuvre et la contribution de la simulation en anesthésie-réanimation.</t>
+  </si>
+  <si>
+    <t>22/10/2015 19:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2975174/fr/developpement-professionnel-continu-dpc-en-anesthesie-reanimation</t>
+  </si>
+  <si>
+    <t>pprd_2975174</t>
+  </si>
+  <si>
+    <t>Accident vasculaire cérébral (AVC)</t>
+  </si>
+  <si>
+    <t>Dossier d'information pour le patient sur l' AVC -- A quoi est-il dû ? Quels sont les signes d’alerte d’un AVC ? FAST pour repérer un AVC. Que faire lorsque l’on suspecte un AVC ?</t>
+  </si>
+  <si>
+    <t>28/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1501300/fr/accident-vasculaire-cerebral-avc</t>
+  </si>
+  <si>
+    <t>r_1501300</t>
+  </si>
+  <si>
+    <t>Infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>Les maladies cardio-vasculaires représentent la première cause de mortalité dans tous les pays industrialisés. En France, Environ 120 000 personnes sont atteintes d’infarctus du myocarde, chaque année. 10 % en décèdent lors de la crise et un an après, 18 000 personnes en seront mortes. Face à ce problème de santé publique majeur, la Haute Autorité de Santé informe les professionnels sur les documents de référence mis à leur disposition pour une prise en charge globale du patient et le grand public sur les réflexes d’urgence à adopter.</t>
+  </si>
+  <si>
+    <t>22/05/2007 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532116/fr/infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_532116</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -828,1140 +2208,3545 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>234</v>
+      </c>
+      <c r="B2" t="s">
+        <v>235</v>
+      </c>
+      <c r="C2" t="s">
+        <v>236</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>237</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>238</v>
+      </c>
+      <c r="H2" t="s">
+        <v>239</v>
+      </c>
+    </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>234</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>241</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>242</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>243</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>244</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>234</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>245</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>246</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>247</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>248</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>249</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>234</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>250</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>251</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>252</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>253</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>254</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>234</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>255</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>256</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>257</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>258</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>259</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>234</v>
+      </c>
+      <c r="B7" t="s">
+        <v>260</v>
+      </c>
+      <c r="C7" t="s">
+        <v>261</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>262</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>263</v>
+      </c>
+      <c r="H7" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>234</v>
+      </c>
+      <c r="B8" t="s">
+        <v>265</v>
+      </c>
+      <c r="C8" t="s">
+        <v>266</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>267</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>268</v>
+      </c>
+      <c r="H8" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>234</v>
+      </c>
+      <c r="B9" t="s">
+        <v>270</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>271</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>272</v>
+      </c>
+      <c r="H9" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>234</v>
+      </c>
+      <c r="B10" t="s">
+        <v>274</v>
+      </c>
+      <c r="C10" t="s">
+        <v>275</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>104</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>276</v>
+      </c>
+      <c r="H10" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>234</v>
+      </c>
+      <c r="B11" t="s">
+        <v>278</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>279</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>280</v>
+      </c>
+      <c r="H11" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>234</v>
+      </c>
+      <c r="B12" t="s">
+        <v>282</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>283</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>284</v>
+      </c>
+      <c r="H12" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>234</v>
+      </c>
+      <c r="B13" t="s">
+        <v>286</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>287</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>288</v>
+      </c>
+      <c r="H13" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>234</v>
+      </c>
+      <c r="B14" t="s">
+        <v>290</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>291</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>292</v>
+      </c>
+      <c r="H14" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>234</v>
+      </c>
+      <c r="B15" t="s">
+        <v>294</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>295</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>296</v>
+      </c>
+      <c r="H15" t="s">
+        <v>297</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AW35"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>298</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>300</v>
+      </c>
+      <c r="B2" t="s">
+        <v>301</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>302</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>303</v>
+      </c>
+      <c r="H2" t="s">
+        <v>304</v>
+      </c>
+      <c r="I2" t="s">
+        <v>305</v>
+      </c>
+      <c r="J2" t="s">
+        <v>306</v>
+      </c>
+      <c r="K2" t="s">
+        <v>307</v>
+      </c>
+      <c r="L2" t="s">
+        <v>308</v>
+      </c>
+      <c r="M2" t="s">
+        <v>309</v>
+      </c>
+      <c r="N2" t="s">
+        <v>310</v>
+      </c>
+      <c r="O2" t="s">
+        <v>311</v>
+      </c>
+      <c r="P2" t="s">
+        <v>312</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>313</v>
+      </c>
+      <c r="R2" t="s">
+        <v>314</v>
+      </c>
+      <c r="S2" t="s">
+        <v>315</v>
+      </c>
+      <c r="T2" t="s">
+        <v>316</v>
+      </c>
+      <c r="U2" t="s">
+        <v>317</v>
+      </c>
+      <c r="V2" t="s">
+        <v>318</v>
+      </c>
+      <c r="W2" t="s">
+        <v>319</v>
+      </c>
+      <c r="X2" t="s">
+        <v>320</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>321</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>322</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>323</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>324</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>325</v>
+      </c>
+      <c r="AD2" t="s">
+        <v>326</v>
+      </c>
+      <c r="AE2" t="s">
+        <v>327</v>
+      </c>
+      <c r="AF2" t="s">
+        <v>328</v>
+      </c>
+      <c r="AG2" t="s">
+        <v>329</v>
+      </c>
+      <c r="AH2" t="s">
+        <v>330</v>
+      </c>
+      <c r="AI2" t="s">
+        <v>331</v>
+      </c>
+      <c r="AJ2" t="s">
+        <v>332</v>
+      </c>
+      <c r="AK2" t="s">
+        <v>333</v>
+      </c>
+      <c r="AL2" t="s">
+        <v>334</v>
+      </c>
+      <c r="AM2" t="s">
+        <v>335</v>
+      </c>
+      <c r="AN2" t="s">
+        <v>336</v>
+      </c>
+      <c r="AO2" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>300</v>
+      </c>
+      <c r="B3" t="s">
+        <v>338</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>339</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>340</v>
+      </c>
+      <c r="H3" t="s">
+        <v>341</v>
+      </c>
+      <c r="I3" t="s">
+        <v>342</v>
+      </c>
+      <c r="J3" t="s">
+        <v>343</v>
+      </c>
+      <c r="K3" t="s">
+        <v>344</v>
+      </c>
+      <c r="L3" t="s">
+        <v>345</v>
+      </c>
+      <c r="M3" t="s">
+        <v>346</v>
+      </c>
+      <c r="N3" t="s">
+        <v>347</v>
+      </c>
+      <c r="O3" t="s">
+        <v>348</v>
+      </c>
+      <c r="P3" t="s">
+        <v>349</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>350</v>
+      </c>
+      <c r="R3" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>300</v>
+      </c>
+      <c r="B4" t="s">
+        <v>352</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>339</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>353</v>
+      </c>
+      <c r="H4" t="s">
+        <v>354</v>
+      </c>
+      <c r="I4" t="s">
+        <v>355</v>
+      </c>
+      <c r="J4" t="s">
+        <v>356</v>
+      </c>
+      <c r="K4" t="s">
+        <v>357</v>
+      </c>
+      <c r="L4" t="s">
+        <v>358</v>
+      </c>
+      <c r="M4" t="s">
+        <v>359</v>
+      </c>
+      <c r="N4" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>300</v>
+      </c>
+      <c r="B5" t="s">
+        <v>361</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>362</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>363</v>
+      </c>
+      <c r="H5" t="s">
+        <v>364</v>
+      </c>
+      <c r="I5" t="s">
+        <v>355</v>
+      </c>
+      <c r="J5" t="s">
+        <v>365</v>
+      </c>
+      <c r="K5" t="s">
+        <v>366</v>
+      </c>
+      <c r="L5" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>300</v>
+      </c>
+      <c r="B6" t="s">
+        <v>368</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>362</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>369</v>
+      </c>
+      <c r="H6" t="s">
+        <v>370</v>
+      </c>
+      <c r="I6" t="s">
+        <v>371</v>
+      </c>
+      <c r="J6" t="s">
+        <v>372</v>
+      </c>
+      <c r="K6" t="s">
+        <v>373</v>
+      </c>
+      <c r="L6" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>300</v>
+      </c>
+      <c r="B7" t="s">
+        <v>375</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>376</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>377</v>
+      </c>
+      <c r="H7" t="s">
+        <v>378</v>
+      </c>
+      <c r="I7" t="s">
+        <v>379</v>
+      </c>
+      <c r="J7" t="s">
+        <v>380</v>
+      </c>
+      <c r="K7" t="s">
+        <v>381</v>
+      </c>
+      <c r="L7" t="s">
+        <v>382</v>
+      </c>
+      <c r="M7" t="s">
+        <v>383</v>
+      </c>
+      <c r="N7" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>300</v>
+      </c>
+      <c r="B8" t="s">
+        <v>385</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>386</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>387</v>
+      </c>
+      <c r="H8" t="s">
+        <v>388</v>
+      </c>
+      <c r="I8" t="s">
+        <v>389</v>
+      </c>
+      <c r="J8" t="s">
+        <v>390</v>
+      </c>
+      <c r="K8" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>300</v>
+      </c>
+      <c r="B9" t="s">
+        <v>392</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>393</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>394</v>
+      </c>
+      <c r="H9" t="s">
+        <v>395</v>
+      </c>
+      <c r="I9" t="s">
+        <v>396</v>
+      </c>
+      <c r="J9" t="s">
+        <v>397</v>
+      </c>
+      <c r="K9" t="s">
+        <v>398</v>
+      </c>
+      <c r="L9" t="s">
+        <v>399</v>
+      </c>
+      <c r="M9" t="s">
+        <v>400</v>
+      </c>
+      <c r="N9" t="s">
+        <v>401</v>
+      </c>
+      <c r="O9" t="s">
+        <v>402</v>
+      </c>
+      <c r="P9" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>300</v>
+      </c>
+      <c r="B10" t="s">
+        <v>404</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>405</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>406</v>
+      </c>
+      <c r="H10" t="s">
+        <v>407</v>
+      </c>
+      <c r="I10" t="s">
+        <v>408</v>
+      </c>
+      <c r="J10" t="s">
+        <v>409</v>
+      </c>
+      <c r="K10" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>300</v>
+      </c>
+      <c r="B11" t="s">
+        <v>411</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>412</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>413</v>
+      </c>
+      <c r="H11" t="s">
+        <v>414</v>
+      </c>
+      <c r="I11" t="s">
+        <v>415</v>
+      </c>
+      <c r="J11" t="s">
+        <v>416</v>
+      </c>
+      <c r="K11" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>300</v>
+      </c>
+      <c r="B12" t="s">
+        <v>418</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>419</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>420</v>
+      </c>
+      <c r="H12" t="s">
+        <v>421</v>
+      </c>
+      <c r="I12" t="s">
+        <v>422</v>
+      </c>
+      <c r="J12" t="s">
+        <v>423</v>
+      </c>
+      <c r="K12" t="s">
+        <v>424</v>
+      </c>
+      <c r="L12" t="s">
+        <v>425</v>
+      </c>
+      <c r="M12" t="s">
+        <v>426</v>
+      </c>
+      <c r="N12" t="s">
+        <v>427</v>
+      </c>
+      <c r="O12" t="s">
+        <v>428</v>
+      </c>
+      <c r="P12" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>300</v>
+      </c>
+      <c r="B13" t="s">
+        <v>430</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>431</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>432</v>
+      </c>
+      <c r="H13" t="s">
+        <v>433</v>
+      </c>
+      <c r="I13" t="s">
+        <v>434</v>
+      </c>
+      <c r="J13" t="s">
+        <v>435</v>
+      </c>
+      <c r="K13" t="s">
+        <v>436</v>
+      </c>
+      <c r="L13" t="s">
+        <v>437</v>
+      </c>
+      <c r="M13" t="s">
+        <v>438</v>
+      </c>
+      <c r="N13" t="s">
+        <v>439</v>
+      </c>
+      <c r="O13" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>300</v>
+      </c>
+      <c r="B14" t="s">
+        <v>441</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>442</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>443</v>
+      </c>
+      <c r="H14" t="s">
+        <v>444</v>
+      </c>
+      <c r="I14" t="s">
+        <v>445</v>
+      </c>
+      <c r="J14" t="s">
+        <v>446</v>
+      </c>
+      <c r="K14" t="s">
+        <v>447</v>
+      </c>
+      <c r="L14" t="s">
+        <v>448</v>
+      </c>
+      <c r="M14" t="s">
+        <v>449</v>
+      </c>
+      <c r="N14" t="s">
+        <v>450</v>
+      </c>
+      <c r="O14" t="s">
+        <v>451</v>
+      </c>
+      <c r="P14" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>300</v>
+      </c>
+      <c r="B15" t="s">
+        <v>453</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>454</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>455</v>
+      </c>
+      <c r="H15" t="s">
+        <v>456</v>
+      </c>
+      <c r="I15" t="s">
+        <v>457</v>
+      </c>
+      <c r="J15" t="s">
+        <v>372</v>
+      </c>
+      <c r="K15" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>300</v>
+      </c>
+      <c r="B16" t="s">
+        <v>459</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>460</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>461</v>
+      </c>
+      <c r="H16" t="s">
+        <v>462</v>
+      </c>
+      <c r="I16" t="s">
+        <v>463</v>
+      </c>
+      <c r="J16" t="s">
+        <v>464</v>
+      </c>
+      <c r="K16" t="s">
+        <v>465</v>
+      </c>
+      <c r="L16" t="s">
+        <v>466</v>
+      </c>
+      <c r="M16" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>300</v>
+      </c>
+      <c r="B17" t="s">
+        <v>468</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>469</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>470</v>
+      </c>
+      <c r="H17" t="s">
+        <v>471</v>
+      </c>
+      <c r="I17" t="s">
+        <v>472</v>
+      </c>
+      <c r="J17" t="s">
+        <v>473</v>
+      </c>
+      <c r="K17" t="s">
+        <v>474</v>
+      </c>
+      <c r="L17" t="s">
+        <v>475</v>
+      </c>
+      <c r="M17" t="s">
+        <v>476</v>
+      </c>
+      <c r="N17" t="s">
+        <v>477</v>
+      </c>
+      <c r="O17" t="s">
+        <v>478</v>
+      </c>
+      <c r="P17" t="s">
+        <v>479</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>480</v>
+      </c>
+      <c r="R17" t="s">
+        <v>481</v>
+      </c>
+      <c r="S17" t="s">
+        <v>482</v>
+      </c>
+      <c r="T17" t="s">
+        <v>483</v>
+      </c>
+      <c r="U17" t="s">
+        <v>484</v>
+      </c>
+      <c r="V17" t="s">
+        <v>485</v>
+      </c>
+      <c r="W17" t="s">
+        <v>486</v>
+      </c>
+      <c r="X17" t="s">
+        <v>487</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>488</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>489</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>490</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>491</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>492</v>
+      </c>
+      <c r="AD17" t="s">
+        <v>493</v>
+      </c>
+      <c r="AE17" t="s">
+        <v>494</v>
+      </c>
+      <c r="AF17" t="s">
+        <v>495</v>
+      </c>
+      <c r="AG17" t="s">
+        <v>496</v>
+      </c>
+      <c r="AH17" t="s">
+        <v>497</v>
+      </c>
+      <c r="AI17" t="s">
+        <v>498</v>
+      </c>
+      <c r="AJ17" t="s">
+        <v>499</v>
+      </c>
+      <c r="AK17" t="s">
+        <v>500</v>
+      </c>
+      <c r="AL17" t="s">
+        <v>501</v>
+      </c>
+      <c r="AM17" t="s">
+        <v>502</v>
+      </c>
+      <c r="AN17" t="s">
+        <v>503</v>
+      </c>
+      <c r="AO17" t="s">
+        <v>504</v>
+      </c>
+      <c r="AP17" t="s">
+        <v>505</v>
+      </c>
+      <c r="AQ17" t="s">
+        <v>506</v>
+      </c>
+      <c r="AR17" t="s">
+        <v>507</v>
+      </c>
+      <c r="AS17" t="s">
+        <v>508</v>
+      </c>
+      <c r="AT17" t="s">
+        <v>509</v>
+      </c>
+      <c r="AU17" t="s">
+        <v>510</v>
+      </c>
+      <c r="AV17" t="s">
+        <v>511</v>
+      </c>
+      <c r="AW17" t="s">
+        <v>512</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>300</v>
+      </c>
+      <c r="B18" t="s">
+        <v>513</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>514</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>515</v>
+      </c>
+      <c r="H18" t="s">
+        <v>516</v>
+      </c>
+      <c r="I18" t="s">
+        <v>517</v>
+      </c>
+      <c r="J18" t="s">
+        <v>518</v>
+      </c>
+      <c r="K18" t="s">
+        <v>519</v>
+      </c>
+      <c r="L18" t="s">
+        <v>520</v>
+      </c>
+      <c r="M18" t="s">
+        <v>521</v>
+      </c>
+      <c r="N18" t="s">
+        <v>522</v>
+      </c>
+      <c r="O18" t="s">
+        <v>523</v>
+      </c>
+      <c r="P18" t="s">
+        <v>524</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>525</v>
+      </c>
+      <c r="R18" t="s">
+        <v>526</v>
+      </c>
+      <c r="S18" t="s">
+        <v>527</v>
+      </c>
+      <c r="T18" t="s">
+        <v>528</v>
+      </c>
+      <c r="U18" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>300</v>
+      </c>
+      <c r="B19" t="s">
+        <v>530</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>531</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>532</v>
+      </c>
+      <c r="H19" t="s">
+        <v>533</v>
+      </c>
+      <c r="I19" t="s">
+        <v>534</v>
+      </c>
+      <c r="J19" t="s">
+        <v>535</v>
+      </c>
+      <c r="K19" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>300</v>
+      </c>
+      <c r="B20" t="s">
+        <v>537</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>538</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>539</v>
+      </c>
+      <c r="H20" t="s">
+        <v>540</v>
+      </c>
+      <c r="I20" t="s">
+        <v>541</v>
+      </c>
+      <c r="J20" t="s">
+        <v>409</v>
+      </c>
+      <c r="K20" t="s">
+        <v>542</v>
+      </c>
+      <c r="L20" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>300</v>
+      </c>
+      <c r="B21" t="s">
+        <v>544</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>545</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>546</v>
+      </c>
+      <c r="H21" t="s">
+        <v>547</v>
+      </c>
+      <c r="I21" t="s">
+        <v>548</v>
+      </c>
+      <c r="J21" t="s">
+        <v>549</v>
+      </c>
+      <c r="K21" t="s">
+        <v>550</v>
+      </c>
+      <c r="L21" t="s">
+        <v>551</v>
+      </c>
+      <c r="M21" t="s">
+        <v>552</v>
+      </c>
+      <c r="N21" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>300</v>
+      </c>
+      <c r="B22" t="s">
+        <v>554</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>555</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>556</v>
+      </c>
+      <c r="H22" t="s">
+        <v>557</v>
+      </c>
+      <c r="I22" t="s">
+        <v>558</v>
+      </c>
+      <c r="J22" t="s">
+        <v>559</v>
+      </c>
+      <c r="K22" t="s">
+        <v>560</v>
+      </c>
+      <c r="L22" t="s">
+        <v>561</v>
+      </c>
+      <c r="M22" t="s">
+        <v>562</v>
+      </c>
+      <c r="N22" t="s">
+        <v>563</v>
+      </c>
+      <c r="O22" t="s">
+        <v>564</v>
+      </c>
+      <c r="P22" t="s">
+        <v>565</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>566</v>
+      </c>
+      <c r="R22" t="s">
+        <v>567</v>
+      </c>
+      <c r="S22" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>300</v>
+      </c>
+      <c r="B23" t="s">
+        <v>569</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>570</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>571</v>
+      </c>
+      <c r="H23" t="s">
+        <v>572</v>
+      </c>
+      <c r="I23" t="s">
+        <v>573</v>
+      </c>
+      <c r="J23" t="s">
+        <v>574</v>
+      </c>
+      <c r="K23" t="s">
+        <v>575</v>
+      </c>
+      <c r="L23" t="s">
+        <v>576</v>
+      </c>
+      <c r="M23" t="s">
+        <v>577</v>
+      </c>
+      <c r="N23" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>300</v>
+      </c>
+      <c r="B24" t="s">
+        <v>579</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>580</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>581</v>
+      </c>
+      <c r="H24" t="s">
+        <v>582</v>
+      </c>
+      <c r="I24" t="s">
+        <v>541</v>
+      </c>
+      <c r="J24" t="s">
+        <v>583</v>
+      </c>
+      <c r="K24" t="s">
+        <v>584</v>
+      </c>
+      <c r="L24" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>300</v>
+      </c>
+      <c r="B25" t="s">
+        <v>586</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>587</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>588</v>
+      </c>
+      <c r="H25" t="s">
+        <v>589</v>
+      </c>
+      <c r="I25" t="s">
+        <v>590</v>
+      </c>
+      <c r="J25" t="s">
+        <v>591</v>
+      </c>
+      <c r="K25" t="s">
+        <v>592</v>
+      </c>
+      <c r="L25" t="s">
+        <v>593</v>
+      </c>
+      <c r="M25" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>300</v>
+      </c>
+      <c r="B26" t="s">
+        <v>595</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>596</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>597</v>
+      </c>
+      <c r="H26" t="s">
+        <v>598</v>
+      </c>
+      <c r="I26" t="s">
+        <v>541</v>
+      </c>
+      <c r="J26" t="s">
+        <v>599</v>
+      </c>
+      <c r="K26" t="s">
+        <v>600</v>
+      </c>
+      <c r="L26" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>300</v>
+      </c>
+      <c r="B27" t="s">
+        <v>602</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>603</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>604</v>
+      </c>
+      <c r="H27" t="s">
+        <v>605</v>
+      </c>
+      <c r="I27" t="s">
+        <v>548</v>
+      </c>
+      <c r="J27" t="s">
+        <v>435</v>
+      </c>
+      <c r="K27" t="s">
+        <v>606</v>
+      </c>
+      <c r="L27" t="s">
+        <v>607</v>
+      </c>
+      <c r="M27" t="s">
+        <v>608</v>
+      </c>
+      <c r="N27" t="s">
+        <v>609</v>
+      </c>
+      <c r="O27" t="s">
+        <v>610</v>
+      </c>
+      <c r="P27" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>300</v>
+      </c>
+      <c r="B28" t="s">
+        <v>612</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>613</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>614</v>
+      </c>
+      <c r="H28" t="s">
+        <v>615</v>
+      </c>
+      <c r="I28" t="s">
+        <v>616</v>
+      </c>
+      <c r="J28" t="s">
+        <v>617</v>
+      </c>
+      <c r="K28" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>300</v>
+      </c>
+      <c r="B29" t="s">
+        <v>619</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>613</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>620</v>
+      </c>
+      <c r="H29" t="s">
+        <v>621</v>
+      </c>
+      <c r="I29" t="s">
+        <v>622</v>
+      </c>
+      <c r="J29" t="s">
+        <v>623</v>
+      </c>
+      <c r="K29" t="s">
+        <v>624</v>
+      </c>
+      <c r="L29" t="s">
+        <v>625</v>
+      </c>
+      <c r="M29" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>300</v>
+      </c>
+      <c r="B30" t="s">
+        <v>627</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>613</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>628</v>
+      </c>
+      <c r="H30" t="s">
+        <v>629</v>
+      </c>
+      <c r="I30" t="s">
+        <v>630</v>
+      </c>
+      <c r="J30" t="s">
+        <v>617</v>
+      </c>
+      <c r="K30" t="s">
+        <v>631</v>
+      </c>
+      <c r="L30" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>300</v>
+      </c>
+      <c r="B31" t="s">
+        <v>633</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>634</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>635</v>
+      </c>
+      <c r="H31" t="s">
+        <v>636</v>
+      </c>
+      <c r="I31" t="s">
+        <v>637</v>
+      </c>
+      <c r="J31" t="s">
+        <v>409</v>
+      </c>
+      <c r="K31" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>300</v>
+      </c>
+      <c r="B32" t="s">
+        <v>639</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>640</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>641</v>
+      </c>
+      <c r="H32" t="s">
+        <v>642</v>
+      </c>
+      <c r="I32" t="s">
+        <v>643</v>
+      </c>
+      <c r="J32" t="s">
+        <v>644</v>
+      </c>
+      <c r="K32" t="s">
+        <v>645</v>
+      </c>
+      <c r="L32" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>300</v>
+      </c>
+      <c r="B33" t="s">
+        <v>647</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>648</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>649</v>
+      </c>
+      <c r="H33" t="s">
+        <v>650</v>
+      </c>
+      <c r="I33" t="s">
+        <v>651</v>
+      </c>
+      <c r="J33" t="s">
+        <v>409</v>
+      </c>
+      <c r="K33" t="s">
+        <v>652</v>
+      </c>
+      <c r="L33" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>300</v>
+      </c>
+      <c r="B34" t="s">
+        <v>654</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>655</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>656</v>
+      </c>
+      <c r="H34" t="s">
+        <v>657</v>
+      </c>
+      <c r="I34" t="s">
+        <v>658</v>
+      </c>
+      <c r="J34" t="s">
+        <v>659</v>
+      </c>
+      <c r="K34" t="s">
+        <v>660</v>
+      </c>
+      <c r="L34" t="s">
+        <v>661</v>
+      </c>
+      <c r="M34" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>300</v>
+      </c>
+      <c r="B35" t="s">
+        <v>663</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>664</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>665</v>
+      </c>
+      <c r="H35" t="s">
+        <v>666</v>
+      </c>
+      <c r="I35" t="s">
+        <v>667</v>
+      </c>
+      <c r="J35" t="s">
+        <v>668</v>
+      </c>
+      <c r="K35" t="s">
+        <v>669</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>670</v>
+      </c>
+      <c r="B2" t="s">
+        <v>671</v>
+      </c>
+      <c r="C2" t="s">
+        <v>672</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>673</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>674</v>
+      </c>
+      <c r="H2" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>670</v>
+      </c>
+      <c r="B3" t="s">
+        <v>676</v>
+      </c>
+      <c r="C3" t="s">
+        <v>677</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>181</v>
+      </c>
+      <c r="F3" t="s">
+        <v>678</v>
+      </c>
+      <c r="G3" t="s">
+        <v>679</v>
+      </c>
+      <c r="H3" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>670</v>
+      </c>
+      <c r="B4" t="s">
+        <v>681</v>
+      </c>
+      <c r="C4" t="s">
+        <v>682</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>683</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>684</v>
+      </c>
+      <c r="H4" t="s">
+        <v>685</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>21</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>22</v>
+      </c>
+      <c r="H2" t="s">
+        <v>23</v>
+      </c>
+      <c r="I2" t="s">
+        <v>24</v>
+      </c>
+      <c r="J2" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>26</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>30</v>
+      </c>
+      <c r="I3" t="s">
+        <v>31</v>
+      </c>
+      <c r="J3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>34</v>
+      </c>
+      <c r="E4" t="s">
+        <v>35</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>36</v>
+      </c>
+      <c r="H4" t="s">
+        <v>37</v>
+      </c>
+      <c r="I4" t="s">
+        <v>38</v>
+      </c>
+      <c r="J4" t="s">
+        <v>39</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" t="s">
+        <v>49</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D4" t="s">
+        <v>55</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" t="s">
+        <v>60</v>
+      </c>
+      <c r="D5" t="s">
+        <v>61</v>
+      </c>
+      <c r="E5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>63</v>
+      </c>
+      <c r="H5" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>40</v>
+      </c>
+      <c r="B6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C6" t="s">
+        <v>66</v>
+      </c>
+      <c r="D6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E6" t="s">
+        <v>68</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>69</v>
+      </c>
+      <c r="H6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>40</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D7" t="s">
+        <v>73</v>
+      </c>
+      <c r="E7" t="s">
+        <v>74</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>75</v>
+      </c>
+      <c r="H7" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>40</v>
+      </c>
+      <c r="B8" t="s">
+        <v>77</v>
+      </c>
+      <c r="C8" t="s">
+        <v>78</v>
+      </c>
+      <c r="D8" t="s">
+        <v>79</v>
+      </c>
+      <c r="E8" t="s">
+        <v>80</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>81</v>
+      </c>
+      <c r="H8" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>40</v>
+      </c>
+      <c r="B9" t="s">
+        <v>83</v>
+      </c>
+      <c r="C9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D9" t="s">
+        <v>85</v>
+      </c>
+      <c r="E9" t="s">
+        <v>86</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>87</v>
+      </c>
+      <c r="H9" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>40</v>
+      </c>
+      <c r="B10" t="s">
+        <v>89</v>
+      </c>
+      <c r="C10" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" t="s">
+        <v>91</v>
+      </c>
+      <c r="E10" t="s">
+        <v>92</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>93</v>
+      </c>
+      <c r="H10" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>40</v>
+      </c>
+      <c r="B11" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" t="s">
+        <v>96</v>
+      </c>
+      <c r="D11" t="s">
+        <v>97</v>
+      </c>
+      <c r="E11" t="s">
+        <v>98</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>99</v>
+      </c>
+      <c r="H11" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>40</v>
+      </c>
+      <c r="B12" t="s">
+        <v>101</v>
+      </c>
+      <c r="C12" t="s">
+        <v>102</v>
+      </c>
+      <c r="D12" t="s">
+        <v>103</v>
+      </c>
+      <c r="E12" t="s">
+        <v>104</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>105</v>
+      </c>
+      <c r="H12" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>40</v>
+      </c>
+      <c r="B13" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" t="s">
+        <v>109</v>
+      </c>
+      <c r="E13" t="s">
+        <v>110</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>111</v>
+      </c>
+      <c r="H13" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>40</v>
+      </c>
+      <c r="B14" t="s">
+        <v>113</v>
+      </c>
+      <c r="C14" t="s">
+        <v>114</v>
+      </c>
+      <c r="D14" t="s">
+        <v>115</v>
+      </c>
+      <c r="E14" t="s">
+        <v>115</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>116</v>
+      </c>
+      <c r="H14" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>40</v>
+      </c>
+      <c r="B15" t="s">
+        <v>118</v>
+      </c>
+      <c r="C15" t="s">
+        <v>119</v>
+      </c>
+      <c r="D15" t="s">
+        <v>120</v>
+      </c>
+      <c r="E15" t="s">
+        <v>121</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>122</v>
+      </c>
+      <c r="H15" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" t="s">
+        <v>124</v>
+      </c>
+      <c r="C16" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" t="s">
+        <v>126</v>
+      </c>
+      <c r="E16" t="s">
+        <v>127</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>128</v>
+      </c>
+      <c r="H16" t="s">
+        <v>129</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>130</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>131</v>
       </c>
       <c r="C2" t="s">
-        <v>42</v>
+        <v>132</v>
       </c>
       <c r="D2" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>44</v>
+        <v>133</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>45</v>
+        <v>134</v>
       </c>
       <c r="H2" t="s">
-        <v>46</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>47</v>
+        <v>136</v>
       </c>
       <c r="B2" t="s">
-        <v>48</v>
+        <v>137</v>
       </c>
       <c r="C2" t="s">
-        <v>49</v>
+        <v>138</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>139</v>
       </c>
       <c r="E2" t="s">
-        <v>50</v>
+        <v>140</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>51</v>
+        <v>141</v>
       </c>
       <c r="H2" t="s">
-        <v>52</v>
-[...77 lines deleted...]
-        <v>66</v>
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AO17"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="B2" t="s">
-        <v>71</v>
+        <v>144</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>72</v>
+        <v>146</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>73</v>
+        <v>147</v>
       </c>
       <c r="H2" t="s">
-        <v>74</v>
-[...98 lines deleted...]
-        <v>107</v>
+        <v>148</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="B3" t="s">
-        <v>108</v>
+        <v>149</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>150</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>109</v>
+        <v>151</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>110</v>
+        <v>152</v>
       </c>
       <c r="H3" t="s">
-        <v>111</v>
-[...29 lines deleted...]
-        <v>121</v>
+        <v>153</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="B4" t="s">
-        <v>122</v>
+        <v>154</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>155</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>109</v>
+        <v>156</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>123</v>
+        <v>157</v>
       </c>
       <c r="H4" t="s">
-        <v>124</v>
-[...17 lines deleted...]
-        <v>130</v>
+        <v>158</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="B5" t="s">
-        <v>131</v>
+        <v>159</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>160</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>132</v>
+        <v>161</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>133</v>
+        <v>162</v>
       </c>
       <c r="H5" t="s">
-        <v>134</v>
-[...11 lines deleted...]
-        <v>137</v>
+        <v>163</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="B6" t="s">
-        <v>138</v>
+        <v>164</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>165</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>132</v>
+        <v>166</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>139</v>
+        <v>167</v>
       </c>
       <c r="H6" t="s">
-        <v>140</v>
-[...11 lines deleted...]
-        <v>144</v>
+        <v>168</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="B7" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>170</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>146</v>
+        <v>171</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>147</v>
+        <v>172</v>
       </c>
       <c r="H7" t="s">
-        <v>148</v>
-[...8 lines deleted...]
-        <v>151</v>
+        <v>173</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="B8" t="s">
-        <v>152</v>
+        <v>174</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>175</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>153</v>
+        <v>176</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>154</v>
+        <v>177</v>
       </c>
       <c r="H8" t="s">
-        <v>155</v>
-[...8 lines deleted...]
-        <v>158</v>
+        <v>178</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="B9" t="s">
-        <v>159</v>
+        <v>179</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>180</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>160</v>
+        <v>181</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>161</v>
+        <v>182</v>
       </c>
       <c r="H9" t="s">
-        <v>162</v>
-[...20 lines deleted...]
-        <v>169</v>
+        <v>183</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="B10" t="s">
-        <v>170</v>
+        <v>184</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>185</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>171</v>
+        <v>186</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>172</v>
+        <v>187</v>
       </c>
       <c r="H10" t="s">
-        <v>173</v>
-[...23 lines deleted...]
-        <v>181</v>
+        <v>188</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="B11" t="s">
-        <v>182</v>
+        <v>189</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>190</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="H11" t="s">
-        <v>185</v>
-[...14 lines deleted...]
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="B12" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>195</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="H12" t="s">
-        <v>194</v>
-[...8 lines deleted...]
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="B13" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>200</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>192</v>
+        <v>201</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="H13" t="s">
-        <v>200</v>
-[...7 lines deleted...]
-      <c r="K13" t="s">
         <v>203</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>70</v>
+        <v>143</v>
       </c>
       <c r="B14" t="s">
+        <v>204</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>205</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>206</v>
       </c>
-      <c r="C14" t="s">
-[...11 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>207</v>
       </c>
-      <c r="H14" t="s">
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>208</v>
       </c>
-      <c r="I14" t="s">
+      <c r="B2" t="s">
         <v>209</v>
       </c>
-      <c r="J14" t="s">
-[...2 lines deleted...]
-      <c r="K14" t="s">
+      <c r="C2" t="s">
         <v>210</v>
       </c>
-      <c r="L14" t="s">
+      <c r="D2" t="s">
         <v>211</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B15" t="s">
+      <c r="E2" t="s">
         <v>212</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>213</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H2" t="s">
         <v>214</v>
       </c>
-      <c r="H15" t="s">
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>215</v>
       </c>
-      <c r="I15" t="s">
+      <c r="B2" t="s">
         <v>216</v>
       </c>
-      <c r="J15" t="s">
-[...2 lines deleted...]
-      <c r="K15" t="s">
+      <c r="C2" t="s">
         <v>217</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B16" t="s">
+      <c r="D2" t="s">
         <v>218</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="E2" t="s">
         <v>219</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>220</v>
       </c>
-      <c r="H16" t="s">
+      <c r="H2" t="s">
         <v>221</v>
       </c>
-      <c r="I16" t="s">
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
         <v>222</v>
       </c>
-      <c r="J16" t="s">
+      <c r="B2" t="s">
         <v>223</v>
       </c>
-      <c r="K16" t="s">
+      <c r="C2" t="s">
         <v>224</v>
       </c>
-      <c r="L16" t="s">
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>225</v>
       </c>
-      <c r="M16" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>226</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B17" t="s">
+      <c r="H2" t="s">
         <v>227</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>222</v>
+      </c>
+      <c r="B3" t="s">
         <v>228</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="C3" t="s">
         <v>229</v>
       </c>
-      <c r="H17" t="s">
+      <c r="D3" t="s">
         <v>230</v>
       </c>
-      <c r="I17" t="s">
+      <c r="E3" t="s">
         <v>231</v>
       </c>
-      <c r="J17" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>232</v>
       </c>
-      <c r="K17" t="s">
+      <c r="H3" t="s">
         <v>233</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>