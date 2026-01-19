--- v1 (2025-12-04)
+++ v2 (2026-01-19)
@@ -42,51 +42,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
     <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
     <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1066" uniqueCount="686">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1077" uniqueCount="693">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -782,51 +782,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3602950/fr/evenements-indesirables-graves-associes-aux-soins-eigs-survenus-chez-les-nouveau-nes</t>
   </si>
   <si>
     <t>p_3602950</t>
   </si>
   <si>
     <t>Flash Sécurité Patient - « Erreurs diagnostiques dans les services des urgences. Diagnostic manqué, urgence aggravée »</t>
   </si>
   <si>
     <t>Le diagnostic nécessite un ensemble complexe d’étapes pour recueillir, intégrer et interpréter les informations, et chacune est sujette aux erreurs. Les erreurs diagnostiques sont définies comme des diagnostics retardés, erronés, manqués ou non communiqués au patient. Elles sont très souvent multifactorielles, combinant des causes systémiques et cognitives.</t>
   </si>
   <si>
     <t>08/04/2025 15:54:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598581/fr/flash-securite-patient-erreurs-diagnostiques-dans-les-services-des-urgences-diagnostic-manque-urgence-aggravee</t>
   </si>
   <si>
     <t>p_3598581</t>
   </si>
   <si>
     <t>Flash Sécurité Patient « Surveillance des patients en service de soins critiques. Une veille sans faille pour qu’aucun patient ne défaille »</t>
   </si>
   <si>
-    <t>En 2019, l’enquête nationale sur les événements indésirables graves associés aux soins (EIGS) dans les établissements de santé (ENEIS 3) a montré que des EIGS continuaient de survenir dans les services de soins critiques et que leur densité d'incidence n'y diminuait pas depuis 2009, contrairement aux autres secteurs [1] [2]. Une analyse des EIGS liés aux soins critiques déclarés par les professionnels de santé a permis d'identifier que le défaut de surveillance des patients hospitalisés en service de soins critiques était à l’origine de complications graves et que les évènements concernés étaient très souvent évitables. En effet, pour détecter une dégradation de l’état d’un patient nécessitant une adaptation de la prise en charge ou l’apparition d’une défaillance d’organe imposant un traitement urgent, il est nécessaire que la surveillance soit continue et effective.</t>
+    <t>En 2019, l’enquête nationale sur les événements indésirables graves associés aux soins (EIGS) dans les établissements de santé (ENEIS 3) a montré que des EIGS continuaient de survenir dans les services de soins critiques et que leur densité d'incidence n'y diminuait pas depuis 2009, contrairement aux autres secteurs. Une analyse des EIGS liés aux soins critiques déclarés par les professionnels de santé a permis d'identifier que le défaut de surveillance des patients hospitalisés en service de soins critiques était à l’origine de complications graves et que les évènements concernés étaient très souvent évitables. En effet, pour détecter une dégradation de l’état d’un patient nécessitant une adaptation de la prise en charge ou l’apparition d’une défaillance d’organe imposant un traitement urgent, il est nécessaire que la surveillance soit continue et effective.</t>
   </si>
   <si>
     <t>29/04/2024 09:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3511526/fr/flash-securite-patient-surveillance-des-patients-en-service-de-soins-critiques-une-veille-sans-faille-pour-qu-aucun-patient-ne-defaille</t>
   </si>
   <si>
     <t>p_3511526</t>
   </si>
   <si>
     <t>Flash Sécurité Patient « Transport intrahospitalier des patients de soins critiques. Le transport lui aussi est critique »</t>
   </si>
   <si>
     <t>Une analyse des EIGS liés aux soins critiques déclarés par les professionnels de santé a permis d'identifier que le transport intrahospitalier des patients de soins critiques pouvait être impliqué dans la survenue d’évènements indésirables graves très souvent évitables. Le transport intrahospitalier est nécessaire à la prise en charge des patients de soins critiques. La fréquence des évènements indésirables qui y sont associés est très variable selon les études mais des complications menaçant le pronostic vital sont signalées dans 6,7 % à 16,8 % des transports. Il est donc apparu important de publier un retour d'expérience sur le sujet.</t>
   </si>
   <si>
     <t>26/03/2024 08:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3502633/fr/flash-securite-patient-transport-intrahospitalier-des-patients-de-soins-critiques-le-transport-lui-aussi-est-critique</t>
   </si>
   <si>
     <t>p_3502633</t>
   </si>
@@ -945,50 +945,71 @@
     <t>https://www.has-sante.fr/jcms/c_438372/fr/anesthesie-reanimation</t>
   </si>
   <si>
     <t>c_438372</t>
   </si>
   <si>
     <t>Urgences</t>
   </si>
   <si>
     <t>19/01/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_438475/fr/urgences</t>
   </si>
   <si>
     <t>c_438475</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
+  </si>
+  <si>
+    <t>RICIMED (fragments F(ab')2 d’immunoglobuline équine anti-ricine)</t>
+  </si>
+  <si>
+    <t>19/12/2025 12:00:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806165/fr/ricimed-fragments-f-ab-2-d-immunoglobuline-equine-anti-ricine</t>
+  </si>
+  <si>
+    <t>p_3806165</t>
+  </si>
+  <si>
+    <t>fragments F(ab')2 d’immunoglobuline équine anti-ricine</t>
+  </si>
+  <si>
+    <t>FABENTECH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806133/fr/ricimed-fragments-f-ab-2-d-immunoglobuline-equine-anti-ricine-antidote-a-la-ricine</t>
   </si>
   <si>
     <t>GLUCOSE (glucose/glucose anhydre/glucose monohydraté)</t>
   </si>
   <si>
     <t>19/02/2025 16:59:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982843/fr/glucose-glucose/glucose-anhydre/glucose-monohydrate</t>
   </si>
   <si>
     <t>pprd_2982843</t>
   </si>
   <si>
     <t>glucose,glucose anhydre,glucose monohydraté</t>
   </si>
   <si>
     <t>AGUETTANT / B. BRAUN MEDICAL / BAXTER SAS / BIOLUZ / CHAIX ET DU MARAIS / COOPERATION PHARMACEUTIQUE FRANCAISE / FRESENIUS KABI FRANCE / MACOPHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400073/fr/glucose-5-pour-cent-bioluz-glucose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400660/fr/glucose-10-pour-cent-bioluz-glucose-anhydre</t>
   </si>
@@ -2620,51 +2641,51 @@
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>295</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>296</v>
       </c>
       <c r="H15" t="s">
         <v>297</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AW35"/>
+  <dimension ref="A1:AW36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2695,478 +2716,478 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>302</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>303</v>
       </c>
       <c r="H2" t="s">
         <v>304</v>
       </c>
       <c r="I2" t="s">
         <v>305</v>
       </c>
       <c r="J2" t="s">
         <v>306</v>
       </c>
       <c r="K2" t="s">
         <v>307</v>
       </c>
-      <c r="L2" t="s">
-[...88 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>300</v>
       </c>
       <c r="B3" t="s">
+        <v>308</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>309</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>310</v>
+      </c>
+      <c r="H3" t="s">
+        <v>311</v>
+      </c>
+      <c r="I3" t="s">
+        <v>312</v>
+      </c>
+      <c r="J3" t="s">
+        <v>313</v>
+      </c>
+      <c r="K3" t="s">
+        <v>314</v>
+      </c>
+      <c r="L3" t="s">
+        <v>315</v>
+      </c>
+      <c r="M3" t="s">
+        <v>316</v>
+      </c>
+      <c r="N3" t="s">
+        <v>317</v>
+      </c>
+      <c r="O3" t="s">
+        <v>318</v>
+      </c>
+      <c r="P3" t="s">
+        <v>319</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>320</v>
+      </c>
+      <c r="R3" t="s">
+        <v>321</v>
+      </c>
+      <c r="S3" t="s">
+        <v>322</v>
+      </c>
+      <c r="T3" t="s">
+        <v>323</v>
+      </c>
+      <c r="U3" t="s">
+        <v>324</v>
+      </c>
+      <c r="V3" t="s">
+        <v>325</v>
+      </c>
+      <c r="W3" t="s">
+        <v>326</v>
+      </c>
+      <c r="X3" t="s">
+        <v>327</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>328</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>329</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>330</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>331</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>332</v>
+      </c>
+      <c r="AD3" t="s">
+        <v>333</v>
+      </c>
+      <c r="AE3" t="s">
+        <v>334</v>
+      </c>
+      <c r="AF3" t="s">
+        <v>335</v>
+      </c>
+      <c r="AG3" t="s">
+        <v>336</v>
+      </c>
+      <c r="AH3" t="s">
+        <v>337</v>
+      </c>
+      <c r="AI3" t="s">
         <v>338</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="AJ3" t="s">
         <v>339</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="AK3" t="s">
         <v>340</v>
       </c>
-      <c r="H3" t="s">
+      <c r="AL3" t="s">
         <v>341</v>
       </c>
-      <c r="I3" t="s">
+      <c r="AM3" t="s">
         <v>342</v>
       </c>
-      <c r="J3" t="s">
+      <c r="AN3" t="s">
         <v>343</v>
       </c>
-      <c r="K3" t="s">
+      <c r="AO3" t="s">
         <v>344</v>
-      </c>
-[...19 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>300</v>
       </c>
       <c r="B4" t="s">
+        <v>345</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>346</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>347</v>
+      </c>
+      <c r="H4" t="s">
+        <v>348</v>
+      </c>
+      <c r="I4" t="s">
+        <v>349</v>
+      </c>
+      <c r="J4" t="s">
+        <v>350</v>
+      </c>
+      <c r="K4" t="s">
+        <v>351</v>
+      </c>
+      <c r="L4" t="s">
         <v>352</v>
       </c>
-      <c r="C4" t="s">
-[...11 lines deleted...]
-      <c r="G4" t="s">
+      <c r="M4" t="s">
         <v>353</v>
       </c>
-      <c r="H4" t="s">
+      <c r="N4" t="s">
         <v>354</v>
       </c>
-      <c r="I4" t="s">
+      <c r="O4" t="s">
         <v>355</v>
       </c>
-      <c r="J4" t="s">
+      <c r="P4" t="s">
         <v>356</v>
       </c>
-      <c r="K4" t="s">
+      <c r="Q4" t="s">
         <v>357</v>
       </c>
-      <c r="L4" t="s">
+      <c r="R4" t="s">
         <v>358</v>
-      </c>
-[...4 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>300</v>
       </c>
       <c r="B5" t="s">
+        <v>359</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>346</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>360</v>
+      </c>
+      <c r="H5" t="s">
         <v>361</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="I5" t="s">
         <v>362</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="J5" t="s">
         <v>363</v>
       </c>
-      <c r="H5" t="s">
+      <c r="K5" t="s">
         <v>364</v>
       </c>
-      <c r="I5" t="s">
-[...2 lines deleted...]
-      <c r="J5" t="s">
+      <c r="L5" t="s">
         <v>365</v>
       </c>
-      <c r="K5" t="s">
+      <c r="M5" t="s">
         <v>366</v>
       </c>
-      <c r="L5" t="s">
+      <c r="N5" t="s">
         <v>367</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>300</v>
       </c>
       <c r="B6" t="s">
         <v>368</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
+        <v>369</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>370</v>
+      </c>
+      <c r="H6" t="s">
+        <v>371</v>
+      </c>
+      <c r="I6" t="s">
         <v>362</v>
-      </c>
-[...10 lines deleted...]
-        <v>371</v>
       </c>
       <c r="J6" t="s">
         <v>372</v>
       </c>
       <c r="K6" t="s">
         <v>373</v>
       </c>
       <c r="L6" t="s">
         <v>374</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>300</v>
       </c>
       <c r="B7" t="s">
         <v>375</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
+        <v>369</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>376</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>377</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>378</v>
       </c>
-      <c r="I7" t="s">
+      <c r="J7" t="s">
         <v>379</v>
       </c>
-      <c r="J7" t="s">
+      <c r="K7" t="s">
         <v>380</v>
       </c>
-      <c r="K7" t="s">
+      <c r="L7" t="s">
         <v>381</v>
-      </c>
-[...7 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>300</v>
       </c>
       <c r="B8" t="s">
+        <v>382</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>383</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>384</v>
+      </c>
+      <c r="H8" t="s">
         <v>385</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
         <v>386</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="J8" t="s">
         <v>387</v>
       </c>
-      <c r="H8" t="s">
+      <c r="K8" t="s">
         <v>388</v>
       </c>
-      <c r="I8" t="s">
+      <c r="L8" t="s">
         <v>389</v>
       </c>
-      <c r="J8" t="s">
+      <c r="M8" t="s">
         <v>390</v>
       </c>
-      <c r="K8" t="s">
+      <c r="N8" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>300</v>
       </c>
       <c r="B9" t="s">
         <v>392</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>393</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>394</v>
       </c>
       <c r="H9" t="s">
         <v>395</v>
       </c>
       <c r="I9" t="s">
         <v>396</v>
       </c>
       <c r="J9" t="s">
         <v>397</v>
       </c>
       <c r="K9" t="s">
         <v>398</v>
       </c>
-      <c r="L9" t="s">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>300</v>
       </c>
       <c r="B10" t="s">
+        <v>399</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>400</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>401</v>
+      </c>
+      <c r="H10" t="s">
+        <v>402</v>
+      </c>
+      <c r="I10" t="s">
+        <v>403</v>
+      </c>
+      <c r="J10" t="s">
         <v>404</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="K10" t="s">
         <v>405</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="L10" t="s">
         <v>406</v>
       </c>
-      <c r="H10" t="s">
+      <c r="M10" t="s">
         <v>407</v>
       </c>
-      <c r="I10" t="s">
+      <c r="N10" t="s">
         <v>408</v>
       </c>
-      <c r="J10" t="s">
+      <c r="O10" t="s">
         <v>409</v>
       </c>
-      <c r="K10" t="s">
+      <c r="P10" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>300</v>
       </c>
       <c r="B11" t="s">
         <v>411</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>412</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>413</v>
       </c>
@@ -3195,1257 +3216,1292 @@
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>419</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>420</v>
       </c>
       <c r="H12" t="s">
         <v>421</v>
       </c>
       <c r="I12" t="s">
         <v>422</v>
       </c>
       <c r="J12" t="s">
         <v>423</v>
       </c>
       <c r="K12" t="s">
         <v>424</v>
       </c>
-      <c r="L12" t="s">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>300</v>
       </c>
       <c r="B13" t="s">
+        <v>425</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>426</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>427</v>
+      </c>
+      <c r="H13" t="s">
+        <v>428</v>
+      </c>
+      <c r="I13" t="s">
+        <v>429</v>
+      </c>
+      <c r="J13" t="s">
         <v>430</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="K13" t="s">
         <v>431</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="L13" t="s">
         <v>432</v>
       </c>
-      <c r="H13" t="s">
+      <c r="M13" t="s">
         <v>433</v>
       </c>
-      <c r="I13" t="s">
+      <c r="N13" t="s">
         <v>434</v>
       </c>
-      <c r="J13" t="s">
+      <c r="O13" t="s">
         <v>435</v>
       </c>
-      <c r="K13" t="s">
+      <c r="P13" t="s">
         <v>436</v>
-      </c>
-[...10 lines deleted...]
-        <v>440</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>300</v>
       </c>
       <c r="B14" t="s">
+        <v>437</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>438</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>439</v>
+      </c>
+      <c r="H14" t="s">
+        <v>440</v>
+      </c>
+      <c r="I14" t="s">
         <v>441</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="J14" t="s">
         <v>442</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="K14" t="s">
         <v>443</v>
       </c>
-      <c r="H14" t="s">
+      <c r="L14" t="s">
         <v>444</v>
       </c>
-      <c r="I14" t="s">
+      <c r="M14" t="s">
         <v>445</v>
       </c>
-      <c r="J14" t="s">
+      <c r="N14" t="s">
         <v>446</v>
       </c>
-      <c r="K14" t="s">
+      <c r="O14" t="s">
         <v>447</v>
-      </c>
-[...13 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>300</v>
       </c>
       <c r="B15" t="s">
+        <v>448</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>449</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>450</v>
+      </c>
+      <c r="H15" t="s">
+        <v>451</v>
+      </c>
+      <c r="I15" t="s">
+        <v>452</v>
+      </c>
+      <c r="J15" t="s">
         <v>453</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="K15" t="s">
         <v>454</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="L15" t="s">
         <v>455</v>
       </c>
-      <c r="H15" t="s">
+      <c r="M15" t="s">
         <v>456</v>
       </c>
-      <c r="I15" t="s">
+      <c r="N15" t="s">
         <v>457</v>
       </c>
-      <c r="J15" t="s">
-[...2 lines deleted...]
-      <c r="K15" t="s">
+      <c r="O15" t="s">
         <v>458</v>
+      </c>
+      <c r="P15" t="s">
+        <v>459</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>300</v>
       </c>
       <c r="B16" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="H16" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="I16" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="J16" t="s">
-        <v>464</v>
+        <v>379</v>
       </c>
       <c r="K16" t="s">
         <v>465</v>
-      </c>
-[...4 lines deleted...]
-        <v>467</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>300</v>
       </c>
       <c r="B17" t="s">
+        <v>466</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>467</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>468</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="H17" t="s">
         <v>469</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="I17" t="s">
         <v>470</v>
       </c>
-      <c r="H17" t="s">
+      <c r="J17" t="s">
         <v>471</v>
       </c>
-      <c r="I17" t="s">
+      <c r="K17" t="s">
         <v>472</v>
       </c>
-      <c r="J17" t="s">
+      <c r="L17" t="s">
         <v>473</v>
       </c>
-      <c r="K17" t="s">
+      <c r="M17" t="s">
         <v>474</v>
-      </c>
-[...112 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>300</v>
       </c>
       <c r="B18" t="s">
+        <v>475</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>476</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>477</v>
+      </c>
+      <c r="H18" t="s">
+        <v>478</v>
+      </c>
+      <c r="I18" t="s">
+        <v>479</v>
+      </c>
+      <c r="J18" t="s">
+        <v>480</v>
+      </c>
+      <c r="K18" t="s">
+        <v>481</v>
+      </c>
+      <c r="L18" t="s">
+        <v>482</v>
+      </c>
+      <c r="M18" t="s">
+        <v>483</v>
+      </c>
+      <c r="N18" t="s">
+        <v>484</v>
+      </c>
+      <c r="O18" t="s">
+        <v>485</v>
+      </c>
+      <c r="P18" t="s">
+        <v>486</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>487</v>
+      </c>
+      <c r="R18" t="s">
+        <v>488</v>
+      </c>
+      <c r="S18" t="s">
+        <v>489</v>
+      </c>
+      <c r="T18" t="s">
+        <v>490</v>
+      </c>
+      <c r="U18" t="s">
+        <v>491</v>
+      </c>
+      <c r="V18" t="s">
+        <v>492</v>
+      </c>
+      <c r="W18" t="s">
+        <v>493</v>
+      </c>
+      <c r="X18" t="s">
+        <v>494</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>495</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>496</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>497</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>498</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>499</v>
+      </c>
+      <c r="AD18" t="s">
+        <v>500</v>
+      </c>
+      <c r="AE18" t="s">
+        <v>501</v>
+      </c>
+      <c r="AF18" t="s">
+        <v>502</v>
+      </c>
+      <c r="AG18" t="s">
+        <v>503</v>
+      </c>
+      <c r="AH18" t="s">
+        <v>504</v>
+      </c>
+      <c r="AI18" t="s">
+        <v>505</v>
+      </c>
+      <c r="AJ18" t="s">
+        <v>506</v>
+      </c>
+      <c r="AK18" t="s">
+        <v>507</v>
+      </c>
+      <c r="AL18" t="s">
+        <v>508</v>
+      </c>
+      <c r="AM18" t="s">
+        <v>509</v>
+      </c>
+      <c r="AN18" t="s">
+        <v>510</v>
+      </c>
+      <c r="AO18" t="s">
+        <v>511</v>
+      </c>
+      <c r="AP18" t="s">
+        <v>512</v>
+      </c>
+      <c r="AQ18" t="s">
         <v>513</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="AR18" t="s">
         <v>514</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="AS18" t="s">
         <v>515</v>
       </c>
-      <c r="H18" t="s">
+      <c r="AT18" t="s">
         <v>516</v>
       </c>
-      <c r="I18" t="s">
+      <c r="AU18" t="s">
         <v>517</v>
       </c>
-      <c r="J18" t="s">
+      <c r="AV18" t="s">
         <v>518</v>
       </c>
-      <c r="K18" t="s">
+      <c r="AW18" t="s">
         <v>519</v>
-      </c>
-[...28 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>300</v>
       </c>
       <c r="B19" t="s">
+        <v>520</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>521</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>522</v>
+      </c>
+      <c r="H19" t="s">
+        <v>523</v>
+      </c>
+      <c r="I19" t="s">
+        <v>524</v>
+      </c>
+      <c r="J19" t="s">
+        <v>525</v>
+      </c>
+      <c r="K19" t="s">
+        <v>526</v>
+      </c>
+      <c r="L19" t="s">
+        <v>527</v>
+      </c>
+      <c r="M19" t="s">
+        <v>528</v>
+      </c>
+      <c r="N19" t="s">
+        <v>529</v>
+      </c>
+      <c r="O19" t="s">
         <v>530</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="P19" t="s">
         <v>531</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="Q19" t="s">
         <v>532</v>
       </c>
-      <c r="H19" t="s">
+      <c r="R19" t="s">
         <v>533</v>
       </c>
-      <c r="I19" t="s">
+      <c r="S19" t="s">
         <v>534</v>
       </c>
-      <c r="J19" t="s">
+      <c r="T19" t="s">
         <v>535</v>
       </c>
-      <c r="K19" t="s">
+      <c r="U19" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>300</v>
       </c>
       <c r="B20" t="s">
         <v>537</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>538</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>539</v>
       </c>
       <c r="H20" t="s">
         <v>540</v>
       </c>
       <c r="I20" t="s">
         <v>541</v>
       </c>
       <c r="J20" t="s">
-        <v>409</v>
+        <v>542</v>
       </c>
       <c r="K20" t="s">
-        <v>542</v>
-[...1 lines deleted...]
-      <c r="L20" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>300</v>
       </c>
       <c r="B21" t="s">
         <v>544</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
         <v>545</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>546</v>
       </c>
       <c r="H21" t="s">
         <v>547</v>
       </c>
       <c r="I21" t="s">
         <v>548</v>
       </c>
       <c r="J21" t="s">
+        <v>416</v>
+      </c>
+      <c r="K21" t="s">
         <v>549</v>
       </c>
-      <c r="K21" t="s">
+      <c r="L21" t="s">
         <v>550</v>
-      </c>
-[...7 lines deleted...]
-        <v>553</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>300</v>
       </c>
       <c r="B22" t="s">
+        <v>551</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>552</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>553</v>
+      </c>
+      <c r="H22" t="s">
         <v>554</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="I22" t="s">
         <v>555</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="J22" t="s">
         <v>556</v>
       </c>
-      <c r="H22" t="s">
+      <c r="K22" t="s">
         <v>557</v>
       </c>
-      <c r="I22" t="s">
+      <c r="L22" t="s">
         <v>558</v>
       </c>
-      <c r="J22" t="s">
+      <c r="M22" t="s">
         <v>559</v>
       </c>
-      <c r="K22" t="s">
+      <c r="N22" t="s">
         <v>560</v>
-      </c>
-[...22 lines deleted...]
-        <v>568</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>300</v>
       </c>
       <c r="B23" t="s">
+        <v>561</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>562</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>563</v>
+      </c>
+      <c r="H23" t="s">
+        <v>564</v>
+      </c>
+      <c r="I23" t="s">
+        <v>565</v>
+      </c>
+      <c r="J23" t="s">
+        <v>566</v>
+      </c>
+      <c r="K23" t="s">
+        <v>567</v>
+      </c>
+      <c r="L23" t="s">
+        <v>568</v>
+      </c>
+      <c r="M23" t="s">
         <v>569</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="N23" t="s">
         <v>570</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="O23" t="s">
         <v>571</v>
       </c>
-      <c r="H23" t="s">
+      <c r="P23" t="s">
         <v>572</v>
       </c>
-      <c r="I23" t="s">
+      <c r="Q23" t="s">
         <v>573</v>
       </c>
-      <c r="J23" t="s">
+      <c r="R23" t="s">
         <v>574</v>
       </c>
-      <c r="K23" t="s">
+      <c r="S23" t="s">
         <v>575</v>
-      </c>
-[...7 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>300</v>
       </c>
       <c r="B24" t="s">
+        <v>576</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>577</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>578</v>
+      </c>
+      <c r="H24" t="s">
         <v>579</v>
       </c>
-      <c r="C24" t="s">
-[...5 lines deleted...]
-      <c r="E24" t="s">
+      <c r="I24" t="s">
         <v>580</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="J24" t="s">
         <v>581</v>
       </c>
-      <c r="H24" t="s">
+      <c r="K24" t="s">
         <v>582</v>
       </c>
-      <c r="I24" t="s">
-[...2 lines deleted...]
-      <c r="J24" t="s">
+      <c r="L24" t="s">
         <v>583</v>
       </c>
-      <c r="K24" t="s">
+      <c r="M24" t="s">
         <v>584</v>
       </c>
-      <c r="L24" t="s">
+      <c r="N24" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>300</v>
       </c>
       <c r="B25" t="s">
         <v>586</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
         <v>587</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>588</v>
       </c>
       <c r="H25" t="s">
         <v>589</v>
       </c>
       <c r="I25" t="s">
+        <v>548</v>
+      </c>
+      <c r="J25" t="s">
         <v>590</v>
       </c>
-      <c r="J25" t="s">
+      <c r="K25" t="s">
         <v>591</v>
       </c>
-      <c r="K25" t="s">
+      <c r="L25" t="s">
         <v>592</v>
-      </c>
-[...4 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>300</v>
       </c>
       <c r="B26" t="s">
+        <v>593</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>594</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>595</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>596</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="I26" t="s">
         <v>597</v>
       </c>
-      <c r="H26" t="s">
+      <c r="J26" t="s">
         <v>598</v>
       </c>
-      <c r="I26" t="s">
-[...2 lines deleted...]
-      <c r="J26" t="s">
+      <c r="K26" t="s">
         <v>599</v>
       </c>
-      <c r="K26" t="s">
+      <c r="L26" t="s">
         <v>600</v>
       </c>
-      <c r="L26" t="s">
+      <c r="M26" t="s">
         <v>601</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>300</v>
       </c>
       <c r="B27" t="s">
         <v>602</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
         <v>603</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>604</v>
       </c>
       <c r="H27" t="s">
         <v>605</v>
       </c>
       <c r="I27" t="s">
         <v>548</v>
       </c>
       <c r="J27" t="s">
-        <v>435</v>
+        <v>606</v>
       </c>
       <c r="K27" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="L27" t="s">
-        <v>607</v>
-[...1 lines deleted...]
-      <c r="M27" t="s">
         <v>608</v>
-      </c>
-[...7 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>300</v>
       </c>
       <c r="B28" t="s">
+        <v>609</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>610</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>611</v>
+      </c>
+      <c r="H28" t="s">
         <v>612</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="I28" t="s">
+        <v>555</v>
+      </c>
+      <c r="J28" t="s">
+        <v>442</v>
+      </c>
+      <c r="K28" t="s">
         <v>613</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="L28" t="s">
         <v>614</v>
       </c>
-      <c r="H28" t="s">
+      <c r="M28" t="s">
         <v>615</v>
       </c>
-      <c r="I28" t="s">
+      <c r="N28" t="s">
         <v>616</v>
       </c>
-      <c r="J28" t="s">
+      <c r="O28" t="s">
         <v>617</v>
       </c>
-      <c r="K28" t="s">
+      <c r="P28" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>300</v>
       </c>
       <c r="B29" t="s">
         <v>619</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="H29" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="I29" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="J29" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="K29" t="s">
-        <v>624</v>
-[...1 lines deleted...]
-      <c r="L29" t="s">
         <v>625</v>
-      </c>
-[...1 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>300</v>
       </c>
       <c r="B30" t="s">
+        <v>626</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>620</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
         <v>627</v>
       </c>
-      <c r="C30" t="s">
-[...11 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>628</v>
       </c>
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>629</v>
       </c>
-      <c r="I30" t="s">
+      <c r="J30" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>617</v>
       </c>
       <c r="K30" t="s">
         <v>631</v>
       </c>
       <c r="L30" t="s">
         <v>632</v>
+      </c>
+      <c r="M30" t="s">
+        <v>633</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>300</v>
       </c>
       <c r="B31" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>634</v>
+        <v>620</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>635</v>
       </c>
       <c r="H31" t="s">
         <v>636</v>
       </c>
       <c r="I31" t="s">
         <v>637</v>
       </c>
       <c r="J31" t="s">
-        <v>409</v>
+        <v>624</v>
       </c>
       <c r="K31" t="s">
         <v>638</v>
+      </c>
+      <c r="L31" t="s">
+        <v>639</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>300</v>
       </c>
       <c r="B32" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="H32" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="I32" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="J32" t="s">
-        <v>644</v>
+        <v>416</v>
       </c>
       <c r="K32" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>300</v>
       </c>
       <c r="B33" t="s">
+        <v>646</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
         <v>647</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
         <v>648</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>649</v>
       </c>
-      <c r="H33" t="s">
+      <c r="I33" t="s">
         <v>650</v>
       </c>
-      <c r="I33" t="s">
+      <c r="J33" t="s">
         <v>651</v>
-      </c>
-[...1 lines deleted...]
-        <v>409</v>
       </c>
       <c r="K33" t="s">
         <v>652</v>
       </c>
       <c r="L33" t="s">
         <v>653</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>300</v>
       </c>
       <c r="B34" t="s">
         <v>654</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
         <v>655</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>656</v>
       </c>
       <c r="H34" t="s">
         <v>657</v>
       </c>
       <c r="I34" t="s">
         <v>658</v>
       </c>
       <c r="J34" t="s">
+        <v>416</v>
+      </c>
+      <c r="K34" t="s">
         <v>659</v>
       </c>
-      <c r="K34" t="s">
+      <c r="L34" t="s">
         <v>660</v>
-      </c>
-[...4 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>300</v>
       </c>
       <c r="B35" t="s">
+        <v>661</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>662</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
         <v>663</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="H35" t="s">
         <v>664</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="I35" t="s">
         <v>665</v>
       </c>
-      <c r="H35" t="s">
+      <c r="J35" t="s">
         <v>666</v>
       </c>
-      <c r="I35" t="s">
+      <c r="K35" t="s">
         <v>667</v>
       </c>
-      <c r="J35" t="s">
+      <c r="L35" t="s">
         <v>668</v>
       </c>
-      <c r="K35" t="s">
+      <c r="M35" t="s">
         <v>669</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>300</v>
+      </c>
+      <c r="B36" t="s">
+        <v>670</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>671</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>672</v>
+      </c>
+      <c r="H36" t="s">
+        <v>673</v>
+      </c>
+      <c r="I36" t="s">
+        <v>674</v>
+      </c>
+      <c r="J36" t="s">
+        <v>675</v>
+      </c>
+      <c r="K36" t="s">
+        <v>676</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="B2" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="C2" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="H2" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="B3" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="C3" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>181</v>
       </c>
       <c r="F3" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="G3" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="H3" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="B4" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="C4" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="H4" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>