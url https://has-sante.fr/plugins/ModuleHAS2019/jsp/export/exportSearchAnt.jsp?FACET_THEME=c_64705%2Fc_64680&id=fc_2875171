--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -42,51 +42,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
     <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
     <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1077" uniqueCount="693">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1069" uniqueCount="688">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -2091,65 +2091,50 @@
     <t>hydroxyéthylamidon</t>
   </si>
   <si>
     <t>Laboratoire BAXTER SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_798105/fr/plasmavolume-hydroxyethylamidon</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
     <t>Développement professionnel continu (DPC) en anesthésie-réanimation</t>
   </si>
   <si>
     <t>Retour sur sa mise en œuvre et la contribution de la simulation en anesthésie-réanimation.</t>
   </si>
   <si>
     <t>22/10/2015 19:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2975174/fr/developpement-professionnel-continu-dpc-en-anesthesie-reanimation</t>
   </si>
   <si>
     <t>pprd_2975174</t>
-  </si>
-[...13 lines deleted...]
-    <t>r_1501300</t>
   </si>
   <si>
     <t>Infarctus du myocarde</t>
   </si>
   <si>
     <t>Les maladies cardio-vasculaires représentent la première cause de mortalité dans tous les pays industrialisés. En France, Environ 120 000 personnes sont atteintes d’infarctus du myocarde, chaque année. 10 % en décèdent lors de la crise et un an après, 18 000 personnes en seront mortes. Face à ce problème de santé publique majeur, la Haute Autorité de Santé informe les professionnels sur les documents de référence mis à leur disposition pour une prise en charge globale du patient et le grand public sur les réflexes d’urgence à adopter.</t>
   </si>
   <si>
     <t>22/05/2007 16:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_532116/fr/infarctus-du-myocarde</t>
   </si>
   <si>
     <t>c_532116</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
@@ -4350,51 +4335,51 @@
       </c>
       <c r="G36" t="s">
         <v>672</v>
       </c>
       <c r="H36" t="s">
         <v>673</v>
       </c>
       <c r="I36" t="s">
         <v>674</v>
       </c>
       <c r="J36" t="s">
         <v>675</v>
       </c>
       <c r="K36" t="s">
         <v>676</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -4422,86 +4407,60 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>681</v>
       </c>
       <c r="H2" t="s">
         <v>682</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>677</v>
       </c>
       <c r="B3" t="s">
         <v>683</v>
       </c>
       <c r="C3" t="s">
         <v>684</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>181</v>
+        <v>685</v>
       </c>
       <c r="F3" t="s">
-        <v>685</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>686</v>
       </c>
       <c r="H3" t="s">
         <v>687</v>
-      </c>
-[...24 lines deleted...]
-        <v>692</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>