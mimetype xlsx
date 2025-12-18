--- v0 (2025-10-25)
+++ v1 (2025-12-18)
@@ -42,51 +42,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
     <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
     <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
     <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="549" uniqueCount="312">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="557" uniqueCount="316">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -284,50 +284,65 @@
   <si>
     <t>10/01/2025 11:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3577228/fr/cancer-sein-colorectal-prostate-l-activite-physique-pour-votre-sante</t>
   </si>
   <si>
     <t>p_3577228</t>
   </si>
   <si>
     <t>Diabète de type 2 - L'activité physique pour votre santé</t>
   </si>
   <si>
     <t>Vous avez un diabète de type 2 et votre médecin vous a prescrit de l’activité physique. Cette fiche vous donne des informations qui vous aideront à suivre ses conseils et sa prescription. Une fiche complémentaire vous apportera des informations générales sur l’activité physique.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3577231/fr/diabete-de-type-2-l-activite-physique-pour-votre-sante</t>
   </si>
   <si>
     <t>p_3577231</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
+    <t>Activité physique : ses bienfaits sur la santé commencent dès le plus jeune âge</t>
+  </si>
+  <si>
+    <t>Apprentissage de la motricité, loisirs, activités sportives en famille, en milieu scolaire ou en association : l’activité physique, et plus largement le mouvement, font partie de la vie de l’enfant et de l’adolescent. Aujourd’hui, les jeunes pratiquent pourtant de moins en moins d’activité physique tandis que les comportements sédentaires augmentent avec en particulier l’accroissement du temps passé devant des écrans. Or les effets bénéfiques de l’activité physique sur la santé des personnes commencent dès l’enfance et se poursuivent tout au long de la vie. La Haute Autorité de santé (HAS) publie dans ce contexte un guide dédié à l’activité physique chez l’enfant et l’adolescent. L’objectif est d’aider les professionnels de santé (en ville, à l’hôpital, en milieu scolaire…) à promouvoir l’activité physique, à repérer les enfants inactifs ou sédentaires, à identifier ceux qui présentent des risques ou des limitations à la pratique et à accompagner l’enfant et ses parents selon les besoins.</t>
+  </si>
+  <si>
+    <t>19/11/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741687/fr/activite-physique-ses-bienfaits-sur-la-sante-commencent-des-le-plus-jeune-age</t>
+  </si>
+  <si>
+    <t>p_3741687</t>
+  </si>
+  <si>
     <t>Activité physique : comment faciliter sa prescription au quotidien ?</t>
   </si>
   <si>
     <t>Elle limite le risque de récidive de certains cancers du sein, diminue par deux le risque de passage d’un état prédiabétique à un diabète, etc. : l’activité physique doit définitivement être considérée comme un traitement à part entière et être prescrite à ce titre. De nombreuses étapes ont été franchies, avec celle importante, le 2 mars dernier, de l’adoption d’une loi visant à favoriser le développement du Sport santé. Cette loi, entre autres, ouvre la prescription d’Activité Physique Adaptée (APA) à l’ensemble des médecins et en élargit le champ d’application. Afin de contribuer à son essor comme thérapeutique non médicamenteuse, la Haute Autorité de Santé publie un nouveau guide de prescription et de consultation et des fiches d’aide à la prescription de l’activité physique déclinées par pathologie.</t>
   </si>
   <si>
     <t>06/09/2022 17:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363365/fr/activite-physique-comment-faciliter-sa-prescription-au-quotidien</t>
   </si>
   <si>
     <t>p_3363365</t>
   </si>
   <si>
     <t>Médicaments homéopathiques : une efficacité insuffisante pour être proposés au remboursement</t>
   </si>
   <si>
     <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé a évalué le bien-fondé du maintien au remboursement des médicaments homéopathiques. Au terme de la première évaluation scientifique française de ces médicaments, la commission de la transparence rend un avis défavorable à leur prise en charge par l’assurance maladie.</t>
   </si>
   <si>
     <t>28/06/2019 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3066934/fr/medicaments-homeopathiques-une-efficacite-insuffisante-pour-etre-proposes-au-remboursement</t>
@@ -530,54 +545,51 @@
   <si>
     <t>Avis de la HAS sur deux projets de décret relatifs à l’ostéopathie</t>
   </si>
   <si>
     <t>cet avis porte sur deux projets de décret relatifs aux actes et aux conditions d’exercice de l’ostéopathie d’une part et à la formation des ostéopathes et à l’agrément des établissements chargés de leur formation d’autre part.</t>
   </si>
   <si>
     <t>17/01/2007 15:40:00</t>
   </si>
   <si>
     <t>12/02/2007 15:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_960829/fr/avis-de-la-has-sur-deux-projets-de-decret-relatifs-a-l-osteopathie</t>
   </si>
   <si>
     <t>c_960829</t>
   </si>
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
     <t>Consultation et prescription médicale d’activité physique à des fins de santé</t>
   </si>
   <si>
-    <t>Le guide de consultation et prescription médicale d’activité physique chez les adultes et ses fiches ou référentiels d’aide à la prescription par pathologie sont des outils à disposition des médecins généralistes et spécialistes pour les guider dans leur consultation et dans leur prescription d’activité physique à des fins de santé.</t>
-[...2 lines deleted...]
-    <t>05/04/2024 14:21:00</t>
+    <t>Les guides de consultation et prescription médicale d’activité physique chez les adultes et les enfants et leurs fiches et focus d’aide à la prescription par pathologie ou par état de santé sont des outils à disposition des médecins généralistes et spécialistes pour les guider dans la prescription d’activité physique et d'activité physique adaptée à des fins de santé.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2876862/fr/consultation-et-prescription-medicale-d-activite-physique-a-des-fins-de-sante</t>
   </si>
   <si>
     <t>c_2876862</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>VIPERFAV (fragment F(ab’)2 d’immunoglobulines équines antivénimeuses de vipères européennes (Vipera aspis, Vipera berus, Vipera ammodytes))</t>
   </si>
   <si>
     <t>09/01/2025 09:30:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3576799/fr/viperfav-fragment-f-ab-2-d-immunoglobulines-equines-antivenimeuses-de-viperes-europeennes-vipera-aspis-vipera-berus-vipera-ammodytes</t>
   </si>
@@ -1128,907 +1140,907 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="B2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="C2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>163</v>
+        <v>82</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="H2" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="J1" t="s">
         <v>16</v>
       </c>
       <c r="K1" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="H2" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="I2" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="J2" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
       <c r="K2" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B3" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="H3" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="I3" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="J3" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="K3" t="s">
-        <v>182</v>
+        <v>186</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B4" t="s">
-        <v>183</v>
+        <v>187</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>184</v>
+        <v>188</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>185</v>
+        <v>189</v>
       </c>
       <c r="H4" t="s">
-        <v>186</v>
+        <v>190</v>
       </c>
       <c r="I4" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="J4" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="K4" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="L4" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="M4" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="N4" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="O4" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B5" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
       <c r="H5" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="I5" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="J5" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="K5" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="L5" t="s">
-        <v>201</v>
+        <v>205</v>
       </c>
       <c r="M5" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B6" t="s">
+        <v>207</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>199</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>208</v>
+      </c>
+      <c r="H6" t="s">
+        <v>209</v>
+      </c>
+      <c r="I6" t="s">
+        <v>210</v>
+      </c>
+      <c r="J6" t="s">
         <v>203</v>
       </c>
-      <c r="C6" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="K6" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="L6" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="M6" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B7" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
       <c r="H7" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="I7" t="s">
-        <v>214</v>
+        <v>218</v>
       </c>
       <c r="J7" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="K7" t="s">
-        <v>215</v>
+        <v>219</v>
       </c>
       <c r="L7" t="s">
-        <v>216</v>
+        <v>220</v>
       </c>
       <c r="M7" t="s">
-        <v>217</v>
+        <v>221</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B8" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="H8" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="I8" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="J8" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="K8" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="L8" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
       <c r="M8" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B9" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="H9" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="I9" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="J9" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="K9" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="L9" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="M9" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B10" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="H10" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="I10" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="J10" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="K10" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="L10" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="M10" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B11" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
       <c r="H11" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="I11" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="J11" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
       <c r="K11" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="L11" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="M11" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="N11" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="O11" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B12" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="H12" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="I12" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="J12" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="K12" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="L12" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B13" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="H13" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="I13" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="J13" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="K13" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="L13" t="s">
-        <v>266</v>
+        <v>270</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B14" t="s">
-        <v>267</v>
+        <v>271</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="H14" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="I14" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="J14" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="K14" t="s">
-        <v>272</v>
+        <v>276</v>
       </c>
       <c r="L14" t="s">
-        <v>273</v>
+        <v>277</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B15" t="s">
-        <v>274</v>
+        <v>278</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="H15" t="s">
-        <v>276</v>
+        <v>280</v>
       </c>
       <c r="I15" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="J15" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="K15" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="L15" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B16" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="H16" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="I16" t="s">
-        <v>284</v>
+        <v>288</v>
       </c>
       <c r="J16" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="K16" t="s">
-        <v>285</v>
+        <v>289</v>
       </c>
       <c r="L16" t="s">
-        <v>286</v>
+        <v>290</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B17" t="s">
-        <v>287</v>
+        <v>291</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="H17" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="I17" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="J17" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="K17" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="L17" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B18" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="H18" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="I18" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="J18" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="K18" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="L18" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B19" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="H19" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="I19" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="J19" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
       <c r="K19" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="L19" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
       <c r="M19" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="N19" t="s">
-        <v>306</v>
+        <v>310</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="B2" t="s">
-        <v>308</v>
+        <v>312</v>
       </c>
       <c r="C2" t="s">
-        <v>309</v>
+        <v>313</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>310</v>
+        <v>314</v>
       </c>
       <c r="H2" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -2427,51 +2439,51 @@
       </c>
       <c r="D5" t="s">
         <v>71</v>
       </c>
       <c r="E5" t="s">
         <v>72</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>77</v>
       </c>
       <c r="H5" t="s">
         <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2665,327 +2677,353 @@
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>79</v>
       </c>
       <c r="B9" t="s">
         <v>115</v>
       </c>
       <c r="C9" t="s">
         <v>116</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
         <v>117</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>118</v>
       </c>
       <c r="H9" t="s">
         <v>119</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>79</v>
+      </c>
+      <c r="B10" t="s">
+        <v>120</v>
+      </c>
+      <c r="C10" t="s">
+        <v>121</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>122</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>123</v>
+      </c>
+      <c r="H10" t="s">
+        <v>124</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B2" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C2" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="D2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="E2" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="H2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="B3" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="C3" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="D3" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="E3" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="H3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="B2" t="s">
-        <v>135</v>
+        <v>140</v>
       </c>
       <c r="C2" t="s">
-        <v>136</v>
+        <v>141</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="H2" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="I2" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B2" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C2" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D2" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="E2" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="H2" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B3" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C3" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="D3" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="E3" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="H3" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B4" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C4" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="D4" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="E4" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="H4" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>