--- v1 (2025-12-18)
+++ v2 (2026-03-05)
@@ -1,1085 +1,254 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
-[...10 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Press release" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
-[...10 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="557" uniqueCount="316">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="81" uniqueCount="47">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Panorama</t>
-[...5 lines deleted...]
-    <t>Panorama des principales publications de la HAS sur l'obésité.</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>28/02/2025 09:47:00</t>
-[...128 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Guide usagers</t>
-[...107 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3066934/fr/medicaments-homeopathiques-une-efficacite-insuffisante-pour-etre-proposes-au-remboursement</t>
+    <t>Press release</t>
+  </si>
+  <si>
+    <t>Homeopathic medicines : insufficient therapeutic efficacy for reimbursement</t>
+  </si>
+  <si>
+    <t>At the request of the Ministry of Solidarity and Health, the French National Authority for Health (HAS) assessed the validity of maintaining the reimbursement of homeopathic medicines. Following the first French scientific assessment of these medicines, on 28 June 2019 the Transparency Committee¹ issued an unfavourable opinion for their funding by the French national health insurance system.</t>
+  </si>
+  <si>
+    <t>06/28/2019 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066934/en/homeopathic-medicines-insufficient-therapeutic-efficacy-for-reimbursement</t>
   </si>
   <si>
     <t>p_3066934</t>
   </si>
   <si>
-    <t>La HAS rappelle le calendrier de son évaluation des médicaments homéopathiques</t>
-[...110 lines deleted...]
-    <t>Évaluation des médicaments homéopathiques</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
-    <t>26/06/2019 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...101 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>VIPERFAV (fragment F(ab’)2 d’immunoglobulines équines antivénimeuses de vipères européennes (Vipera aspis, Vipera berus, Vipera ammodytes))</t>
   </si>
   <si>
-    <t>09/01/2025 09:30:55</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3576799/fr/viperfav-fragment-f-ab-2-d-immunoglobulines-equines-antivenimeuses-de-viperes-europeennes-vipera-aspis-vipera-berus-vipera-ammodytes</t>
+    <t>01/09/2025 09:30:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576799/en/viperfav-fragment-f-ab-2-d-immunoglobulines-equines-antivenimeuses-de-viperes-europeennes-vipera-aspis-vipera-berus-vipera-ammodytes</t>
   </si>
   <si>
     <t>p_3576799</t>
   </si>
   <si>
     <t>fragment F(ab’)2 d’immunoglobulines équines antivénimeuses de vipères européennes (Vipera aspis, Vipera berus, Vipera ammodytes)</t>
   </si>
   <si>
     <t>MICROPHARM LIMITED</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3576426/fr/viperfav-fragment-f-ab-2-d-immunoglobulines-equines-antivenimeuses-de-viperes-europeennes-vipera-aspis-vipera-berus-vipera-ammodytes-immunoglobulines</t>
+    <t>https://www.has-sante.fr/jcms/p_3576426/en/viperfav-fragments-f-ab-2-of-european-viper-antivenom-equine-immunoglobulin-vipera-aspis-vipera-berus-vipera-ammodytes</t>
   </si>
   <si>
     <t>ALUTARD (Venin d’abeille Apis mellifera et venin de guêpe Vespula)</t>
   </si>
   <si>
-    <t>01/09/2022 18:38:07</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3361479/fr/alutard-venin-d-abeille-apis-mellifera-et-venin-de-guepe-vespula</t>
+    <t>09/01/2022 18:38:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361479/en/alutard-venin-d-abeille-apis-mellifera-et-venin-de-guepe-vespula</t>
   </si>
   <si>
     <t>p_3361479</t>
   </si>
   <si>
     <t>Venin d’abeille Apis mellifera et venin de guêpe Vespula spp</t>
   </si>
   <si>
     <t>ALK</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3361541/fr/alutard-venin-d-abeille-apis-mellifera-et-venin-de-guepe-vespula-immunotherapie-allergenique</t>
-[...386 lines deleted...]
-    <t>c_2875944</t>
+    <t>https://www.has-sante.fr/jcms/p_3361541/en/alutard-venin-d-abeille-apis-mellifera-et-venin-de-guepe-vespula-immunotherapie-allergenique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1089,1941 +258,303 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>165</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>166</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>167</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>82</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>168</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>169</v>
+        <v>21</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...911 lines deleted...]
-  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
         <v>25</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>26</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>27</v>
       </c>
-      <c r="D2" t="s">
+      <c r="H2" t="s">
         <v>28</v>
-      </c>
-[...10 lines deleted...]
-        <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:K3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>29</v>
+      </c>
+      <c r="J1" t="s">
+        <v>30</v>
+      </c>
+      <c r="K1" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>32</v>
       </c>
       <c r="B2" t="s">
         <v>33</v>
       </c>
       <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>34</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>35</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>36</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>37</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
         <v>38</v>
+      </c>
+      <c r="K2" t="s">
+        <v>39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>32</v>
       </c>
       <c r="B3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C3" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>41</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>42</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>43</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>44</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B4" t="s">
+      <c r="J3" t="s">
         <v>45</v>
       </c>
-      <c r="C4" t="s">
+      <c r="K3" t="s">
         <v>46</v>
       </c>
-      <c r="D4" t="s">
-[...39 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...699 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>