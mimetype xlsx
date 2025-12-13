--- v0 (2025-10-27)
+++ v1 (2025-12-13)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Tool to improve professi" r:id="rId3" sheetId="1"/>
     <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="63" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="53">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -84,50 +84,77 @@
     <t>Organisation of pathways - Essentials of the palliative approach</t>
   </si>
   <si>
     <t>The aim of this pathway document is to develop the palliative approach: definition and contents lead to describe whom is concerned and professionals and actors involved, at home, in medical welfare establishments and departments and in hospital. Its provides professionals with tools to identify these patients and to talk about it with them : when and how, as well as the points to watch out for.</t>
   </si>
   <si>
     <t>12/19/2016 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2730546/en/organisation-of-pathways-essentials-of-the-palliative-approach</t>
   </si>
   <si>
     <t>c_2730546</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
+  </si>
+  <si>
+    <t>PRIALT (ziconotide (acétate de))</t>
+  </si>
+  <si>
+    <t>07/10/2025 15:45:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983347/en/prialt-ziconotide-acetate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983347</t>
+  </si>
+  <si>
+    <t>ziconotide (acétate de)</t>
+  </si>
+  <si>
+    <t>ESTEVE PHARMACEUTICALS SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676944/en/prialt</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835401/en/prialt-ziconotide-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635322/en/prialt-ziconotide-chronic-pain</t>
   </si>
   <si>
     <t>RELISTOR (méthylnaltrexone)</t>
   </si>
   <si>
     <t>02/19/2025 17:38:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982854/en/relistor-methylnaltrexone</t>
   </si>
   <si>
     <t>pprd_2982854</t>
   </si>
   <si>
     <t>bromure de méthylnaltrexone</t>
   </si>
   <si>
     <t>ZENTIVA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_732639/en/relistor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2749479/en/relistor-methylnaltrexone-peripheral-opioid-receptor-antagonist</t>
   </si>
@@ -286,51 +313,51 @@
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
         <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N3"/>
+  <dimension ref="A1:N4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -367,91 +394,132 @@
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>26</v>
       </c>
       <c r="H2" t="s">
         <v>27</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2" t="s">
         <v>29</v>
       </c>
       <c r="K2" t="s">
         <v>30</v>
       </c>
       <c r="L2" t="s">
         <v>31</v>
       </c>
       <c r="M2" t="s">
         <v>32</v>
       </c>
-      <c r="N2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>23</v>
       </c>
       <c r="B3" t="s">
+        <v>33</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>34</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>35</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>36</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>37</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J3" t="s">
         <v>38</v>
       </c>
-      <c r="J3" t="s">
+      <c r="K3" t="s">
         <v>39</v>
       </c>
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>40</v>
       </c>
-      <c r="L3" t="s">
+      <c r="M3" t="s">
         <v>41</v>
       </c>
-      <c r="M3" t="s">
+      <c r="N3" t="s">
         <v>42</v>
       </c>
-      <c r="N3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>23</v>
+      </c>
+      <c r="B4" t="s">
         <v>43</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+      <c r="I4" t="s">
+        <v>47</v>
+      </c>
+      <c r="J4" t="s">
+        <v>48</v>
+      </c>
+      <c r="K4" t="s">
+        <v>49</v>
+      </c>
+      <c r="L4" t="s">
+        <v>50</v>
+      </c>
+      <c r="M4" t="s">
+        <v>51</v>
+      </c>
+      <c r="N4" t="s">
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>