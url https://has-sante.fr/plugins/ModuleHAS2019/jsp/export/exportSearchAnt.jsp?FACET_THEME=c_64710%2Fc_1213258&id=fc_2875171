--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -9,149 +9,758 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="219">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/21/2007 15:10:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Repérage et prise en charge cliniques du syndrome d’épuisement professionnel ou burnout</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont de définir le syndrome d’épuisement professionnel ou burnout, d’améliorer son repérage et sa prise en charge, ainsi que l’accompagnement des patients lors de leur retour au travail. Ces recommandations se limitent au volet clinique du thème : l’action sur le milieu et l’organisation du travail est exclue du champ de ces recommandations. Elle est néanmoins indispensable dans une démarche de prévention du burnout.</t>
+  </si>
+  <si>
+    <t>22/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2017 07:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>https://www.has-sante.fr/jcms/c_2769318/fr/reperage-et-prise-en-charge-cliniques-du-syndrome-d-epuisement-professionnel-ou-burnout</t>
+  </si>
+  <si>
+    <t>c_2769318</t>
+  </si>
+  <si>
+    <t>Surveillance médico-professionnelle des travailleurs exposés aux toxiques pour la reproduction - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de la RBP est de proposer des recommandations de bonne pratique pour la surveillance médico-professionnelle des travailleurs en âge de procréer ou des travailleuses enceintes, exposés à des agents toxiques pour la reproduction appelée par la suite « reprotoxiques », en déterminant la place de l’action en milieu de travail réalisée par le SPST ainsi que du suivi médical individuel Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>23/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2025 12:01:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639420/fr/surveillance-medico-professionnelle-des-travailleurs-exposes-aux-toxiques-pour-la-reproduction-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3639420</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Catégories d’informations susceptibles d’être intégrées dans le volet santé au travail du dossier médical partagé</t>
+  </si>
+  <si>
+    <t>L’enjeu principal de cette recommandation est d’améliorer le partage des données pertinentes relatives à la santé au travail entre les professionnels de santé. Cela afin de favoriser la continuité du suivi médical prenant en compte la globalité de la santé du patient et afin de renforcer la prévention en santé au travail.</t>
+  </si>
+  <si>
+    <t>22/03/2023 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382712/fr/categories-d-informations-susceptibles-d-etre-integrees-dans-le-volet-sante-au-travail-du-dossier-medical-partage</t>
+  </si>
+  <si>
+    <t>p_3382712</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle de l’exposition interne aux radionucléides en installation nucléaire de base - Actualisation - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a pour objectifs d’aider les professionnels de santé sur les aspects suivants : Mise en place des modalités de surveillance en fonction des caractéristiques de l’exposition, Evaluation de la dose efficace engagée et enregistrement de celle-ci, Evaluation du risque sanitaire lié à la dose.</t>
+  </si>
+  <si>
+    <t>12/03/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2020 08:26:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215118/fr/label-surveillance-medico-professionnelle-de-l-exposition-interne-aux-radionucleides-en-installation-nucleaire-de-base-actualisation-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3215118</t>
+  </si>
+  <si>
+    <t>Label - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à la silice cristalline</t>
+  </si>
+  <si>
+    <t>28/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215112/fr/label-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-la-silice-cristalline</t>
+  </si>
+  <si>
+    <t>p_3215112</t>
+  </si>
+  <si>
+    <t>Souffrance des professionnels du monde de la santé : prévenir, repérer, orienter</t>
+  </si>
+  <si>
+    <t>Compte tenu de l’épidémie, le personnel de santé est exposé à un risque majoré d’anxiété et d’épuisement. Repérer les signes de souffrance psychique qui peuvent alors survenir est un enjeu majeur de prévention. Irritabilité, colère, baisse d’efficacité…, sont quelques-uns de ces signes d’alerte. Des soutiens peuvent alors être proposés : soutien téléphonique, consultations avec des psychologues, des psychiatres...</t>
+  </si>
+  <si>
+    <t>12/05/2020 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183574/fr/souffrance-des-professionnels-du-monde-de-la-sante-prevenir-reperer-orienter</t>
+  </si>
+  <si>
+    <t>p_3183574</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Évaluation des clusters sociaux qualité de vie au travail dans les établissements sanitaires et médico-sociaux</t>
+  </si>
+  <si>
+    <t>Cette publication relate le cheminement des acteurs dans l’embarquement progressif des établissements dans la démarche. Fruit du travail de chercheurs en sociologie du travail, il propose une analyse conceptuelle qui, sans être pragmatique, apporte des éclairages sur les dynamiques amorcées, les freins, les écueils et les réussites observés.</t>
+  </si>
+  <si>
+    <t>19/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2019 16:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972806/fr/evaluation-des-clusters-sociaux-qualite-de-vie-au-travail-dans-les-etablissements-sanitaires-et-medico-sociaux</t>
+  </si>
+  <si>
+    <t>c_2972806</t>
+  </si>
+  <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Construire une démarche qualité de vie au travail</t>
+  </si>
+  <si>
+    <t>Retrouvez le guide et tous les outils réalisés avec l’Anact et en partenariat avec la DGOS pour construire une démarche de qualité de vie au travail.</t>
+  </si>
+  <si>
+    <t>01/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786495/fr/construire-une-demarche-qualite-de-vie-au-travail</t>
+  </si>
+  <si>
+    <t>c_2786495</t>
+  </si>
+  <si>
+    <t>Santé et maintien en emploi : prévention de la désinsertion professionnelle des travailleurs</t>
+  </si>
+  <si>
+    <t>Le périmètre de ces recommandations est circonscrit à la stratégie à mettre en œuvre à une échelle individuelle, dès lors qu’un risque de désinsertion professionnelle est identifié ou pressenti du fait d’une altération de la santé du travailleur.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2019 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903507/fr/sante-et-maintien-en-emploi-prevention-de-la-desinsertion-professionnelle-des-travailleurs</t>
+  </si>
+  <si>
+    <t>c_2903507</t>
+  </si>
+  <si>
+    <t>Adaptation de l’accompagnement aux attentes et besoins des travailleurs handicapés en Esat</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objet d’identifier les solutions mises en œuvres au sein des ESAT et celles travaillées avec leur environnement en vue de construire des réponses adaptées aux besoins et attentes des personnes accompagnées. Elle concerne les 1 400 ESAT existants quelque soit le public accueilli. Cependant, elle questionne particulièrement les adaptations de l’accompagnement des usagers d’ESAT en fonction des évolutions identifiées dans le secteur : évolution du public en termes d’âge et de handicap.</t>
+  </si>
+  <si>
+    <t>02/05/2013 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836327/fr/adaptation-de-l-accompagnement-aux-attentes-et-besoins-des-travailleurs-handicapes-en-esat</t>
+  </si>
+  <si>
+    <t>c_2836327</t>
+  </si>
+  <si>
+    <t>Label conjoint INCa-HAS – Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à des agents cancérogènes pulmonaires</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a reçu le label de la HAS. Ce label signifie que cette recommandation de bonne pratique a été élaborée selon les procédures et les règles méthodologiques préconisées par la HAS.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2016 17:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2606636/fr/label-conjoint-inca-has-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-des-agents-cancerogenes-pulmonaires</t>
+  </si>
+  <si>
+    <t>c_2606636</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Surveillance médico-professionnelle du risque lombaire pour les travailleurs exposés à des manipulations de charges</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour but : d’améliorer le repérage et l’évaluation des situations professionnelles exposant à des manipulations manuelles de charges afin de limiter et/ou contrôler l’exposition aux risques d’atteintes rachidiennes lombaires, de définir la surveillance médicale adaptée afin de dépister et limiter les atteintes rachidiennes lombaires liées à l’exposition à des manipulations manuelles de charges dans le cadre d’une stratégie de prévention intégrée, collective et individuelle, en milieu de travail.</t>
+  </si>
+  <si>
+    <t>16/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2013 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1700724/fr/label-de-la-has-surveillance-medico-professionnelle-du-risque-lombaire-pour-les-travailleurs-exposes-a-des-manipulations-de-charges</t>
+  </si>
+  <si>
+    <t>c_1700724</t>
+  </si>
+  <si>
+    <t>Le dossier médical en santé au travail</t>
+  </si>
+  <si>
+    <t>15 critères de qualité ont été élaborés et sélectionnés à partir de la recommandation de bonne pratique "Le dossier médical en santé au travail" et constituent des éléments simples et opérationnels de bonne pratique.</t>
+  </si>
+  <si>
+    <t>01/03/2009 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525708/fr/le-dossier-medical-en-sante-au-travail</t>
+  </si>
+  <si>
+    <t>c_1525708</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Surveillance médico-professionnelle des travailleurs postés et/ou de nuit</t>
+  </si>
+  <si>
+    <t>Identifier les risques liés au travail posté et de nuit. Proposer des mesures de prévention adaptées. Proposer des supports pour la surveillance médicale de ces travailleurs (questionnaires ou tests simples validés). Ces recommandations de bonne pratique ont reçu le label de la HAS. Ce label signifie que les recommandations ont été élaborées selon les procédures et règles méthodologiques préconisées par la Haute Autorité de Santé (HAS). Toute contestation sur le fond doit être portée directement auprès de la société promotrice. Le texte de ces recommandations est disponible auprès de la société savante promotrice.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1255984/fr/label-de-la-has-surveillance-medico-professionnelle-des-travailleurs-postes-et/ou-de-nuit</t>
+  </si>
+  <si>
+    <t>c_1255984</t>
+  </si>
+  <si>
+    <t>Label INCa-HAS - Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à des agents cancérogènes chimiques : application aux cancérogènes pour la vessie</t>
+  </si>
+  <si>
+    <t>La surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à des agents cancérogènes nécessite de repérer les substances cancérogènes ou situations exposant à des cancérogènes dans l’environnement de travail et d’évaluer les expositions individuelle et collective, afin de supprimer et/ou de contrôler l’exposition à ces cancérogènes.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1246108/fr/label-inca-has-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-des-agents-cancerogenes-chimiques-application-aux-cancerogenes-pour-la-vessie</t>
+  </si>
+  <si>
+    <t>c_1246108</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Surveillance médico-professionnelle de l'exposition interne aux radionucléides en installation nucléaire de base</t>
+  </si>
+  <si>
+    <t>Ces recommandations répondent à un triple objectif : améliorer la mise en place de protocoles de surveillance adaptés au risque d’exposition ; préciser la méthode pour l’interprétation des données de la surveillance ; disposer d’éléments d’estimation du risque sanitaire associé à une dose. Elles visent à optimiser la prévention du risque d’exposition interne et le suivi médical des travailleurs exposés à ce risque en permettant : d’homogénéiser les pratiques professionnelles des médecins du travail ; d’améliorer les actions d’information aux travailleurs sur la nature du risque.</t>
+  </si>
+  <si>
+    <t>01/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075233/fr/label-de-la-has-surveillance-medico-professionnelle-de-l-exposition-interne-aux-radionucleides-en-installation-nucleaire-de-base</t>
+  </si>
+  <si>
+    <t>c_1075233</t>
+  </si>
+  <si>
+    <t>Label conjoint INCa-HAS - Recommandations pour la surveillance médico-professionnelle des travailleurs exposés à l'action cancérigène des poussières de bois.</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à optimiser la prévention du risque cancérigène des poussières de bois et le suivi médical des travailleurs exposés à ce risque.</t>
+  </si>
+  <si>
+    <t>03/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2011 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148455/fr/label-conjoint-inca-has-recommandations-pour-la-surveillance-medico-professionnelle-des-travailleurs-exposes-a-l-action-cancerigene-des-poussieres-de-bois</t>
+  </si>
+  <si>
+    <t>c_1148455</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Démarche précoce d’insertion socioprofessionnelle en établissements de soins de suite et de réadaptation spécialisés relevant des champs de compétences de la médecine physique et de la réadaptation</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique décrit le contenu du processus et les moyens à mobiliser pour mettre en œuvre une démarche précoce d’insertion socioprofessionnelle (DPI) au sein d’un établissement de Soins de Suite et de Réadaptation spécialisé. La finalité de la DPI est d’intégrer au plus tôt la dimension socioprofessionnelle dans le projet de soins de la personne en situation de handicap. Cette recommandation aborde en particulier :</t>
+  </si>
+  <si>
+    <t>21/09/2011 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1096505/fr/label-de-la-has-demarche-precoce-d-insertion-socioprofessionnelle-en-etablissements-de-soins-de-suite-et-de-readaptation-specialises-relevant-des-champs-de-competences-de-la-medecine-physique-et-de-la-readaptation</t>
+  </si>
+  <si>
+    <t>c_1096505</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d’améliorer la qualité des informations du dossier médical en santé au travail (DMST) afin de permettre d’évaluer le lien entre l’état de santé du travailleur et le(s) poste(s) et les conditions de travail actuels et antérieurs. L’accent est mis sur la traçabilité des expositions professionnelles, des données de santé et des informations, propositions et avis délivrés au travailleur par le médecin du travail.</t>
+  </si>
+  <si>
+    <t>21/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 13:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_757826/fr/le-dossier-medical-en-sante-au-travail</t>
+  </si>
+  <si>
+    <t>c_757826</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Exposition environnementale à l’amiante : état des données et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Il ressort de cette analyse que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2009 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_759760/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_759760</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>COVID-19 : être attentif à la souffrance des professionnels du monde de la santé</t>
+  </si>
+  <si>
+    <t>Depuis plusieurs semaines, les professionnels du monde de la santé font face à l’épidémie de COVID-19. Ils sont pour certains confrontés - avec une fréquence inaccoutumée - à un stress intense, à des traumatismes, à la mort ; ce qui les expose à un risque important d’épuisement. La HAS publie une Réponse rapide pour prévenir ces souffrances, les repérer quand elles surviennent et aider les personnes concernées.</t>
+  </si>
+  <si>
+    <t>13/05/2020 14:19:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184135/fr/covid-19-etre-attentif-a-la-souffrance-des-professionnels-du-monde-de-la-sante</t>
+  </si>
+  <si>
+    <t>p_3184135</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>BPCO : limiter son impact sur la vie socioprofessionnelle</t>
+  </si>
+  <si>
+    <t>Une évaluation médicale et médico-sociale des besoins du patient est indispensable pour adapter son cadre de vie et atténuer les contraintes de la BPCO sur la vie socioprofessionnelle du patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118945/fr/bpco-limiter-son-impact-sur-la-vie-socioprofessionnelle</t>
+  </si>
+  <si>
+    <t>p_3118945</t>
+  </si>
+  <si>
+    <t>Qualité de vie au travail – Zoom sur trois retours d’expériences</t>
+  </si>
+  <si>
+    <t>En partenariat avec la HAS, l’Anact et la DGOS, 189 établissements de santé se sont lancés dans l’expérimentation de démarches de qualité de vie au travail. Deux chercheurs ont présenté les enseignements anonymisés des démarches menées par trois de ces établissements.</t>
+  </si>
+  <si>
+    <t>05/07/2018 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974189/fr/qualite-de-vie-au-travail-zoom-sur-trois-retours-d-experiences</t>
+  </si>
+  <si>
+    <t>pprd_2974189</t>
+  </si>
+  <si>
+    <t>Qualité de vie au travail – L’exemple de l’Ile-de-France</t>
+  </si>
+  <si>
+    <t>Dix-huit établissements de santé et médico-sociaux franciliens sont engagés dans les expérimentations pour l’amélioration de la qualité de vie au travail. Les démarches montrent déjà des effets positifs. Zoom sur deux initiatives.</t>
+  </si>
+  <si>
+    <t>09/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974226/fr/qualite-de-vie-au-travail-l-exemple-de-l-ile-de-france</t>
+  </si>
+  <si>
+    <t>pprd_2974226</t>
+  </si>
+  <si>
+    <t>Burnout – Repérage et prise en charge</t>
+  </si>
+  <si>
+    <t>Le burnout peut toucher toutes les professions. Il frappe autant les femmes que les hommes. Il est en 2e position dans les affections d’origine professionnelle...</t>
+  </si>
+  <si>
+    <t>22/05/2017 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974265/fr/burnout-reperage-et-prise-en-charge</t>
+  </si>
+  <si>
+    <t>pprd_2974265</t>
+  </si>
+  <si>
+    <t>Qualité de vie au travail – Premiers résultats des actions menées</t>
+  </si>
+  <si>
+    <t>La qualité de vie au travail des professionnels de santé contribue à favoriser la qualité et la sécurité des soins délivrés au patient...</t>
+  </si>
+  <si>
+    <t>11/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974507/fr/qualite-de-vie-au-travail-premiers-resultats-des-actions-menees</t>
+  </si>
+  <si>
+    <t>pprd_2974507</t>
+  </si>
+  <si>
+    <t>Qualité de vie au travail dans les établissements de santé : les premiers outils opérationnels sont disponibles</t>
+  </si>
+  <si>
+    <t>Depuis 2015, la Haute Autorité de Santé et l’Agence nationale pour l’amélioration des conditions de travail pilotent, en lien avec le Ministère chargé de la santé, des expérimentations relatives à la qualité de vie au travail (QVT) dans les établissements de santé, médico-sociaux et sociaux. Le lien entre qualité des soins et qualité de vie au travail des professionnels ayant été démontré, une stratégie nationale pour l’amélioration de la QVT a été lancée fin 2016 par le Ministère pour soutenir cette dynamique et fédérer les bonnes pratiques en la matière. « Prendre soin de ceux qui soignent » est une préoccupation majeure pour tous les acteurs : d’ailleurs de nombreuses actions ont déjà été engagées. Pour autant un soutien constant des pouvoirs publics est nécessaire. Afin de mesurer l’impact de ces actions et en partager les résultats, un séminaire de restitution des expérimentations menées dans les établissements a été organisé le 11 septembre au Ministère des solidarités et de la santé sous l’intitulé « La qualité de vie au travail au service de la qualité des soins : imaginer, c’est expérimenter ».</t>
+  </si>
+  <si>
+    <t>11/09/2017 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792261/fr/qualite-de-vie-au-travail-dans-les-etablissements-de-sante-les-premiers-outils-operationnels-sont-disponibles</t>
+  </si>
+  <si>
+    <t>c_2792261</t>
+  </si>
+  <si>
+    <t>Qualité de vie au travail</t>
+  </si>
+  <si>
+    <t>Les évolutions des organisations du travail dans l’ensemble des domaines d’activité et en santé constatées depuis 20 à 30 ans qui induisent notamment une intensification du travail, expliquent l’importance de se préoccuper de la qualité de vie au travail afin de prévenir leurs conséquences particulièrement en termes de risques psychosociaux.</t>
+  </si>
+  <si>
+    <t>11/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_990756/fr/qualite-de-vie-au-travail</t>
+  </si>
+  <si>
+    <t>c_990756</t>
+  </si>
+  <si>
+    <t>Les expérimentations régionales</t>
+  </si>
+  <si>
+    <t>Les régions se sont lancées dans l’expérimentation de démarches de qualité de vie au travail dans des établissements de santé. Ces expérimentations appelées « Cluster social qualité de vie au travail » reposent sur un engagement de l’ARS autour d’une dynamique régionale et du soutien de quelques établissements.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786494/fr/les-experimentations-regionales</t>
+  </si>
+  <si>
+    <t>c_2786494</t>
+  </si>
+  <si>
+    <t>Burn-out : au-delà des débats, faire le bon diagnostic et proposer une prise en charge personnalisée</t>
+  </si>
+  <si>
+    <t>Sujet à débat et à controverse, le « syndrome d’épuisement professionnel » peut avoir des conséquences graves sur la vie des personnes et nécessite une prise en charge médicale. Syndrome complexe et aux manifestations diverses, il est mal connu, difficile à repérer, parfois diagnostiqué à tort ou confondu avec d’autres troubles psychiques. La HAS publie aujourd’hui des recommandations pour aider les médecins traitants et médecins du travail à diagnostiquer le burn-out, le prendre en charge de façon adaptée et accompagner le retour au travail.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769291/fr/burn-out-au-dela-des-debats-faire-le-bon-diagnostic-et-proposer-une-prise-en-charge-personnalisee</t>
+  </si>
+  <si>
+    <t>c_2769291</t>
+  </si>
+  <si>
+    <t>Qualité de vie au travail dans les établissements de santé :   la HAS et l’ANACT publient leurs travaux</t>
+  </si>
+  <si>
+    <t>Considérant la relation entre conditions d’exercice du travail, bien-être des professionnels et qualité des soins, et après avoir intégré la qualité de vie au travail dans le manuel de certification des établissements de santé V2010, la Haute Autorité de Santé (HAS) a mené, en collaboration avec l’Anact, des travaux afin de permettre le déploiement de cette thématique dans les établissements de santé.</t>
+  </si>
+  <si>
+    <t>12/05/2014 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1740274/fr/qualite-de-vie-au-travail-dans-les-etablissements-de-sante-la-has-et-l-anact-publient-leurs-travaux</t>
+  </si>
+  <si>
+    <t>c_1740274</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé s’implique dans la qualité de vie au travail dans les établissements de santé</t>
+  </si>
+  <si>
+    <t>Le 21 octobre 2010, la Haute Autorité de Santé (HAS) a organisé un séminaire autour du thème « qualité de vie au travail et qualité des soins dans les établissements de santé ». La qualité de vie au travail est un des nouveaux thèmes de la certification des établissements de santé et représente un enjeu majeur tant pour les professionnels de santé que pour les patients. L’objectif de ce séminaire et des travaux qui le prolongeront est de guider les établissements dans la mise en place de démarches visant l’amélioration de la qualité de vie au travail favorisant ainsi la qualité des soins.</t>
+  </si>
+  <si>
+    <t>28/10/2010 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_995131/fr/la-haute-autorite-de-sante-s-implique-dans-la-qualite-de-vie-au-travail-dans-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_995131</t>
+  </si>
+  <si>
+    <t>Exposition à l’amiante : quel suivi post-professionnel proposer ?</t>
+  </si>
+  <si>
+    <t>La problématique de santé publique concernant l’amiante est double : * médicale, liée au temps de latence très long entre l’exposition à l’amiante et la survenue d’une pathologie liée à cette exposition ; * sociale, de prise en compte du risque de l’exposition à l’amiante et d’indemnisation des travailleurs ayant été exposés à l’amiante. Un mécanisme de suivi post-professionnel pour les travailleurs du secteur privé exposés à l’amiante existe en France depuis 1993. Il a été étendu en 2009 aux agents de l’État mais ce dispositif fonctionne mal : moins de 10% des hommes qui pourraient demander une prise en charge le feraient. # L’enjeu que représente le suivi post-professionnel est donc majeur. Le rapport de la Commission d’Audition présenté ce jour contribue à y répondre, notamment car il comporte des recommandations qui figurent parmi les premières produites sur le sujet.</t>
+  </si>
+  <si>
+    <t>11/05/2010 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951692/fr/exposition-a-l-amiante-quel-suivi-post-professionnel-proposer</t>
+  </si>
+  <si>
+    <t>c_951692</t>
+  </si>
+  <si>
+    <t>Saisie en octobre 2007 par la ministre de la Santé et des Sports, la Haute Autorité de Santé lui remet un rapport sur le risque sanitaire de l’exposition environnementale non professionnelle à l’amiante et sa prise en charge. Il en ressort que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
+  </si>
+  <si>
+    <t>26/03/2009 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_759609/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_759609</t>
+  </si>
+  <si>
+    <t>Des recommandations pour améliorer le suivi medical au travail</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations de bonne pratique sur le contenu et la tenue du dossier médical en santé au travail (DMST). L’objectif principal est d’améliorer la qualité des informations permettant aux médecins du travail de mieux évaluer le lien entre l’état de santé du travailleur, son (ses) poste(s) et ses conditions de travail actuels et antérieurs.</t>
+  </si>
+  <si>
+    <t>23/03/2009 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_758847/fr/des-recommandations-pour-ameliorer-le-suivi-medical-au-travail</t>
+  </si>
+  <si>
+    <t>c_758847</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -163,45 +772,1007 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" t="s">
+        <v>30</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>38</v>
+      </c>
+      <c r="H6" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>57</v>
+      </c>
+      <c r="B10" t="s">
+        <v>58</v>
+      </c>
+      <c r="C10" t="s">
+        <v>59</v>
+      </c>
+      <c r="D10" t="s">
+        <v>60</v>
+      </c>
+      <c r="E10" t="s">
+        <v>61</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>62</v>
+      </c>
+      <c r="H10" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>66</v>
+      </c>
+      <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>68</v>
+      </c>
+      <c r="H11" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
+        <v>71</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>72</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>73</v>
+      </c>
+      <c r="H12" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>75</v>
+      </c>
+      <c r="C13" t="s">
+        <v>76</v>
+      </c>
+      <c r="D13" t="s">
+        <v>77</v>
+      </c>
+      <c r="E13" t="s">
+        <v>78</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>79</v>
+      </c>
+      <c r="H13" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>81</v>
+      </c>
+      <c r="C14" t="s">
+        <v>82</v>
+      </c>
+      <c r="D14" t="s">
+        <v>83</v>
+      </c>
+      <c r="E14" t="s">
+        <v>84</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>85</v>
+      </c>
+      <c r="H14" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>28</v>
+      </c>
+      <c r="B15" t="s">
+        <v>87</v>
+      </c>
+      <c r="C15" t="s">
+        <v>88</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>89</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>90</v>
+      </c>
+      <c r="H15" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>92</v>
+      </c>
+      <c r="C16" t="s">
+        <v>93</v>
+      </c>
+      <c r="D16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E16" t="s">
+        <v>95</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>96</v>
+      </c>
+      <c r="H16" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
+        <v>100</v>
+      </c>
+      <c r="E17" t="s">
+        <v>101</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>102</v>
+      </c>
+      <c r="H17" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>104</v>
+      </c>
+      <c r="C18" t="s">
+        <v>105</v>
+      </c>
+      <c r="D18" t="s">
+        <v>106</v>
+      </c>
+      <c r="E18" t="s">
+        <v>107</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>108</v>
+      </c>
+      <c r="H18" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" t="s">
+        <v>111</v>
+      </c>
+      <c r="D19" t="s">
+        <v>112</v>
+      </c>
+      <c r="E19" t="s">
+        <v>113</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>114</v>
+      </c>
+      <c r="H19" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>116</v>
+      </c>
+      <c r="C20" t="s">
+        <v>117</v>
+      </c>
+      <c r="D20" t="s">
+        <v>118</v>
+      </c>
+      <c r="E20" t="s">
+        <v>119</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>120</v>
+      </c>
+      <c r="H20" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>122</v>
+      </c>
+      <c r="C21" t="s">
+        <v>123</v>
+      </c>
+      <c r="D21" t="s">
+        <v>112</v>
+      </c>
+      <c r="E21" t="s">
+        <v>124</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>125</v>
+      </c>
+      <c r="H21" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>87</v>
+      </c>
+      <c r="C22" t="s">
+        <v>127</v>
+      </c>
+      <c r="D22" t="s">
+        <v>128</v>
+      </c>
+      <c r="E22" t="s">
+        <v>129</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>130</v>
+      </c>
+      <c r="H22" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>132</v>
+      </c>
+      <c r="B23" t="s">
+        <v>133</v>
+      </c>
+      <c r="C23" t="s">
+        <v>134</v>
+      </c>
+      <c r="D23" t="s">
+        <v>135</v>
+      </c>
+      <c r="E23" t="s">
+        <v>136</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>137</v>
+      </c>
+      <c r="H23" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>139</v>
+      </c>
+      <c r="C24" t="s">
+        <v>140</v>
+      </c>
+      <c r="D24" t="s">
+        <v>141</v>
+      </c>
+      <c r="E24" t="s">
+        <v>142</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>143</v>
+      </c>
+      <c r="H24" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>145</v>
+      </c>
+      <c r="B25" t="s">
+        <v>146</v>
+      </c>
+      <c r="C25" t="s">
+        <v>147</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>148</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>149</v>
+      </c>
+      <c r="H25" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>151</v>
+      </c>
+      <c r="B26" t="s">
+        <v>152</v>
+      </c>
+      <c r="C26" t="s">
+        <v>153</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>154</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>155</v>
+      </c>
+      <c r="H26" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>151</v>
+      </c>
+      <c r="B27" t="s">
+        <v>157</v>
+      </c>
+      <c r="C27" t="s">
+        <v>158</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>159</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>160</v>
+      </c>
+      <c r="H27" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>151</v>
+      </c>
+      <c r="B28" t="s">
+        <v>162</v>
+      </c>
+      <c r="C28" t="s">
+        <v>163</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>164</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>165</v>
+      </c>
+      <c r="H28" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>151</v>
+      </c>
+      <c r="B29" t="s">
+        <v>167</v>
+      </c>
+      <c r="C29" t="s">
+        <v>168</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>169</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>170</v>
+      </c>
+      <c r="H29" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>151</v>
+      </c>
+      <c r="B30" t="s">
+        <v>172</v>
+      </c>
+      <c r="C30" t="s">
+        <v>173</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>174</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>175</v>
+      </c>
+      <c r="H30" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>145</v>
+      </c>
+      <c r="B31" t="s">
+        <v>177</v>
+      </c>
+      <c r="C31" t="s">
+        <v>178</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>179</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>180</v>
+      </c>
+      <c r="H31" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>151</v>
+      </c>
+      <c r="B32" t="s">
+        <v>182</v>
+      </c>
+      <c r="C32" t="s">
+        <v>183</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>184</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>185</v>
+      </c>
+      <c r="H32" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>151</v>
+      </c>
+      <c r="B33" t="s">
+        <v>187</v>
+      </c>
+      <c r="C33" t="s">
+        <v>188</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>184</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>189</v>
+      </c>
+      <c r="H33" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>145</v>
+      </c>
+      <c r="B34" t="s">
+        <v>191</v>
+      </c>
+      <c r="C34" t="s">
+        <v>192</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>12</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>193</v>
+      </c>
+      <c r="H34" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>145</v>
+      </c>
+      <c r="B35" t="s">
+        <v>195</v>
+      </c>
+      <c r="C35" t="s">
+        <v>196</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>197</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>198</v>
+      </c>
+      <c r="H35" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>145</v>
+      </c>
+      <c r="B36" t="s">
+        <v>200</v>
+      </c>
+      <c r="C36" t="s">
+        <v>201</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>202</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>203</v>
+      </c>
+      <c r="H36" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>145</v>
+      </c>
+      <c r="B37" t="s">
+        <v>205</v>
+      </c>
+      <c r="C37" t="s">
+        <v>206</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>207</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>208</v>
+      </c>
+      <c r="H37" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>145</v>
+      </c>
+      <c r="B38" t="s">
+        <v>133</v>
+      </c>
+      <c r="C38" t="s">
+        <v>210</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>211</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>212</v>
+      </c>
+      <c r="H38" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>145</v>
+      </c>
+      <c r="B39" t="s">
+        <v>214</v>
+      </c>
+      <c r="C39" t="s">
+        <v>215</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>216</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>217</v>
+      </c>
+      <c r="H39" t="s">
+        <v>218</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>