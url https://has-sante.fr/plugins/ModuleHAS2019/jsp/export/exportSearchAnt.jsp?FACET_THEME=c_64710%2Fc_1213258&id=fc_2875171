--- v1 (2025-12-08)
+++ v2 (2026-01-22)
@@ -9,137 +9,152 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="312" uniqueCount="219">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="320" uniqueCount="224">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient « Fatigue des professionnels de santé. Préserver les soignants pour mieux soigner les patients »</t>
+  </si>
+  <si>
+    <t>Les professionnels de santé peuvent être exposés à une fatigue importante (travail effectué de nuit, horaires variables, plages horaires longues, charge de travail, sous-effectif, stress…). Les conséquences peuvent être majeures sur leur santé et, in fine, sur la sécurité des patients (altération des performances cognitives et augmentation du risque d’erreur). Ainsi, l’analyse des évènements indésirables associés aux soins (EIAS) déclarés dans la base de données de l’accréditation des médecins et des équipes médicales met en évidence que plus de 10% d’entre eux ont une cause profonde en lien avec la « charge de travail » ou « la fatigue ».</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>13/01/2026 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808079/fr/flash-securite-patient-fatigue-des-professionnels-de-sante-preserver-les-soignants-pour-mieux-soigner-les-patients</t>
+  </si>
+  <si>
+    <t>p_3808079</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Repérage et prise en charge cliniques du syndrome d’épuisement professionnel ou burnout</t>
   </si>
   <si>
     <t>Les objectifs de cette fiche mémo sont de définir le syndrome d’épuisement professionnel ou burnout, d’améliorer son repérage et sa prise en charge, ainsi que l’accompagnement des patients lors de leur retour au travail. Ces recommandations se limitent au volet clinique du thème : l’action sur le milieu et l’organisation du travail est exclue du champ de ces recommandations. Elle est néanmoins indispensable dans une démarche de prévention du burnout.</t>
   </si>
   <si>
     <t>22/03/2017 00:00:00</t>
   </si>
   <si>
     <t>22/05/2017 07:00:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2769318/fr/reperage-et-prise-en-charge-cliniques-du-syndrome-d-epuisement-professionnel-ou-burnout</t>
   </si>
   <si>
     <t>c_2769318</t>
   </si>
   <si>
     <t>Surveillance médico-professionnelle des travailleurs exposés aux toxiques pour la reproduction - Note de cadrage</t>
   </si>
   <si>
     <t>L’objectif de la RBP est de proposer des recommandations de bonne pratique pour la surveillance médico-professionnelle des travailleurs en âge de procréer ou des travailleuses enceintes, exposés à des agents toxiques pour la reproduction appelée par la suite « reprotoxiques », en déterminant la place de l’action en milieu de travail réalisée par le SPST ainsi que du suivi médical individuel Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
   </si>
   <si>
     <t>23/07/2025 00:00:00</t>
   </si>
   <si>
     <t>01/08/2025 12:01:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639420/fr/surveillance-medico-professionnelle-des-travailleurs-exposes-aux-toxiques-pour-la-reproduction-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3639420</t>
   </si>
   <si>
     <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
   </si>
   <si>
     <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
   </si>
   <si>
     <t>12/06/2025 00:00:00</t>
   </si>
   <si>
     <t>04/07/2025 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
   </si>
   <si>
     <t>p_3342082</t>
-  </si>
-[...1 lines deleted...]
-    <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
     <t>Catégories d’informations susceptibles d’être intégrées dans le volet santé au travail du dossier médical partagé</t>
   </si>
   <si>
     <t>L’enjeu principal de cette recommandation est d’améliorer le partage des données pertinentes relatives à la santé au travail entre les professionnels de santé. Cela afin de favoriser la continuité du suivi médical prenant en compte la globalité de la santé du patient et afin de renforcer la prévention en santé au travail.</t>
   </si>
   <si>
     <t>22/03/2023 09:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3382712/fr/categories-d-informations-susceptibles-d-etre-integrees-dans-le-volet-sante-au-travail-du-dossier-medical-partage</t>
   </si>
   <si>
     <t>p_3382712</t>
   </si>
   <si>
     <t>Label - Surveillance médico-professionnelle de l’exposition interne aux radionucléides en installation nucléaire de base - Actualisation - Note de cadrage</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique a pour objectifs d’aider les professionnels de santé sur les aspects suivants : Mise en place des modalités de surveillance en fonction des caractéristiques de l’exposition, Evaluation de la dose efficace engagée et enregistrement de celle-ci, Evaluation du risque sanitaire lié à la dose.</t>
   </si>
   <si>
     <t>12/03/2020 00:00:00</t>
   </si>
@@ -716,1063 +731,1089 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H39"/>
+  <dimension ref="A1:H40"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" t="s">
         <v>28</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>34</v>
       </c>
       <c r="C6" t="s">
         <v>35</v>
       </c>
       <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
         <v>36</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>37</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>41</v>
       </c>
       <c r="E7" t="s">
         <v>42</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>43</v>
       </c>
       <c r="H7" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
         <v>45</v>
       </c>
       <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>47</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>48</v>
       </c>
       <c r="H8" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
         <v>50</v>
       </c>
-      <c r="B9" t="s">
+      <c r="C9" t="s">
         <v>51</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
         <v>52</v>
       </c>
-      <c r="D9" t="s">
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>53</v>
       </c>
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>54</v>
-      </c>
-[...7 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>55</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
         <v>57</v>
       </c>
-      <c r="B10" t="s">
+      <c r="D10" t="s">
         <v>58</v>
       </c>
-      <c r="C10" t="s">
+      <c r="E10" t="s">
         <v>59</v>
       </c>
-      <c r="D10" t="s">
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
         <v>60</v>
       </c>
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>61</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>62</v>
       </c>
       <c r="B11" t="s">
+        <v>63</v>
+      </c>
+      <c r="C11" t="s">
         <v>64</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>65</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>66</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
         <v>67</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B12" t="s">
+        <v>69</v>
+      </c>
+      <c r="C12" t="s">
         <v>70</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>72</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
         <v>73</v>
       </c>
       <c r="H12" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
         <v>75</v>
       </c>
       <c r="C13" t="s">
         <v>76</v>
       </c>
       <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
         <v>77</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
         <v>78</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
         <v>81</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>82</v>
       </c>
-      <c r="D14" t="s">
+      <c r="E14" t="s">
         <v>83</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
         <v>84</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
       <c r="B15" t="s">
+        <v>86</v>
+      </c>
+      <c r="C15" t="s">
         <v>87</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>89</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
         <v>90</v>
       </c>
       <c r="H15" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>92</v>
       </c>
       <c r="C16" t="s">
         <v>93</v>
       </c>
       <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
         <v>94</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
         <v>95</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B17" t="s">
+        <v>97</v>
+      </c>
+      <c r="C17" t="s">
         <v>98</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>99</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
         <v>100</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
         <v>101</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>102</v>
-      </c>
-[...1 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" t="s">
         <v>104</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>105</v>
       </c>
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>106</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
         <v>107</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>108</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B19" t="s">
+        <v>109</v>
+      </c>
+      <c r="C19" t="s">
         <v>110</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>111</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>112</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
         <v>113</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>114</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
         <v>116</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>117</v>
       </c>
-      <c r="D20" t="s">
+      <c r="E20" t="s">
         <v>118</v>
       </c>
-      <c r="E20" t="s">
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
         <v>119</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>120</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B21" t="s">
+        <v>121</v>
+      </c>
+      <c r="C21" t="s">
         <v>122</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>112</v>
       </c>
       <c r="E21" t="s">
         <v>124</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>125</v>
       </c>
       <c r="H21" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B22" t="s">
-        <v>87</v>
+        <v>127</v>
       </c>
       <c r="C22" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D22" t="s">
-        <v>128</v>
+        <v>117</v>
       </c>
       <c r="E22" t="s">
         <v>129</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
         <v>130</v>
       </c>
       <c r="H22" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
+        <v>15</v>
+      </c>
+      <c r="B23" t="s">
+        <v>92</v>
+      </c>
+      <c r="C23" t="s">
         <v>132</v>
       </c>
-      <c r="B23" t="s">
+      <c r="D23" t="s">
         <v>133</v>
       </c>
-      <c r="C23" t="s">
+      <c r="E23" t="s">
         <v>134</v>
       </c>
-      <c r="D23" t="s">
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
         <v>135</v>
       </c>
-      <c r="E23" t="s">
+      <c r="H23" t="s">
         <v>136</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>137</v>
       </c>
       <c r="B24" t="s">
+        <v>138</v>
+      </c>
+      <c r="C24" t="s">
         <v>139</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>140</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>141</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
         <v>142</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
+        <v>15</v>
+      </c>
+      <c r="B25" t="s">
+        <v>144</v>
+      </c>
+      <c r="C25" t="s">
         <v>145</v>
       </c>
-      <c r="B25" t="s">
+      <c r="D25" t="s">
         <v>146</v>
       </c>
-      <c r="C25" t="s">
+      <c r="E25" t="s">
         <v>147</v>
       </c>
-      <c r="D25" t="s">
-[...2 lines deleted...]
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
         <v>148</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
+        <v>150</v>
+      </c>
+      <c r="B26" t="s">
         <v>151</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>152</v>
       </c>
-      <c r="C26" t="s">
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
         <v>153</v>
       </c>
-      <c r="D26" t="s">
-[...2 lines deleted...]
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
         <v>154</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B27" t="s">
         <v>157</v>
       </c>
       <c r="C27" t="s">
         <v>158</v>
       </c>
       <c r="D27" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E27" t="s">
         <v>159</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>160</v>
       </c>
       <c r="H27" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B28" t="s">
         <v>162</v>
       </c>
       <c r="C28" t="s">
         <v>163</v>
       </c>
       <c r="D28" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E28" t="s">
         <v>164</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>165</v>
       </c>
       <c r="H28" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B29" t="s">
         <v>167</v>
       </c>
       <c r="C29" t="s">
         <v>168</v>
       </c>
       <c r="D29" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E29" t="s">
         <v>169</v>
       </c>
       <c r="F29" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G29" t="s">
         <v>170</v>
       </c>
       <c r="H29" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B30" t="s">
         <v>172</v>
       </c>
       <c r="C30" t="s">
         <v>173</v>
       </c>
       <c r="D30" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E30" t="s">
         <v>174</v>
       </c>
       <c r="F30" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G30" t="s">
         <v>175</v>
       </c>
       <c r="H30" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="B31" t="s">
         <v>177</v>
       </c>
       <c r="C31" t="s">
         <v>178</v>
       </c>
       <c r="D31" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E31" t="s">
         <v>179</v>
       </c>
       <c r="F31" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G31" t="s">
         <v>180</v>
       </c>
       <c r="H31" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="B32" t="s">
         <v>182</v>
       </c>
       <c r="C32" t="s">
         <v>183</v>
       </c>
       <c r="D32" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E32" t="s">
         <v>184</v>
       </c>
       <c r="F32" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G32" t="s">
         <v>185</v>
       </c>
       <c r="H32" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="B33" t="s">
         <v>187</v>
       </c>
       <c r="C33" t="s">
         <v>188</v>
       </c>
       <c r="D33" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="F33" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="H33" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>145</v>
+        <v>156</v>
       </c>
       <c r="B34" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C34" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D34" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>12</v>
+        <v>189</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H34" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B35" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C35" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D35" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>197</v>
+        <v>19</v>
       </c>
       <c r="F35" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G35" t="s">
         <v>198</v>
       </c>
       <c r="H35" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B36" t="s">
         <v>200</v>
       </c>
       <c r="C36" t="s">
         <v>201</v>
       </c>
       <c r="D36" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E36" t="s">
         <v>202</v>
       </c>
       <c r="F36" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G36" t="s">
         <v>203</v>
       </c>
       <c r="H36" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B37" t="s">
         <v>205</v>
       </c>
       <c r="C37" t="s">
         <v>206</v>
       </c>
       <c r="D37" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
         <v>207</v>
       </c>
       <c r="F37" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G37" t="s">
         <v>208</v>
       </c>
       <c r="H37" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B38" t="s">
-        <v>133</v>
+        <v>210</v>
       </c>
       <c r="C38" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D38" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F38" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H38" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="B39" t="s">
-        <v>214</v>
+        <v>138</v>
       </c>
       <c r="C39" t="s">
         <v>215</v>
       </c>
       <c r="D39" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
         <v>216</v>
       </c>
       <c r="F39" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G39" t="s">
         <v>217</v>
       </c>
       <c r="H39" t="s">
         <v>218</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>150</v>
+      </c>
+      <c r="B40" t="s">
+        <v>219</v>
+      </c>
+      <c r="C40" t="s">
+        <v>220</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>221</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>222</v>
+      </c>
+      <c r="H40" t="s">
+        <v>223</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>