--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -44,51 +44,51 @@
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Practice guidelines</t>
   </si>
   <si>
     <t>Doctors' attendance on detainees in police custody</t>
   </si>
   <si>
     <t>Questions put to the jury : 1. What is the doctor's mandate, what is its scope and which doctor is mandated? 2. Where is a detainee examined? Under what conditions? What is the outcome? 3. How may custody conditions affect doctors' attendance and cooperation? 4. What are the features specific to medical management of detainees? 5. What should the medical certificate and record</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
+    <t>01/18/2005 00:00:00</t>
   </si>
   <si>
     <t>12/01/2004 16:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272395/en/doctors-attendance-on-detainees-in-police-custody</t>
   </si>
   <si>
     <t>c_272395</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>