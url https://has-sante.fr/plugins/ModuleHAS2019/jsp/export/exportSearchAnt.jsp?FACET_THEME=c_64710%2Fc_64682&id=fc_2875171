--- v1 (2025-12-02)
+++ v2 (2026-01-19)
@@ -9,149 +9,461 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="120">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/01/2004 16:51:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Repérage des femmes victimes de violences au sein du couple</t>
+  </si>
+  <si>
+    <t>La recommandation « Repérage des femmes victimes de violences au sein du couple » a pour objectifs de renforcer l’implication des professionnels de santé dans la lutte contre les violences faites aux femmes, de favoriser le repérage des femmes victimes de violences au sein du couple et de faciliter la coordination entre les professionnels concernés.</t>
+  </si>
+  <si>
+    <t>10/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2022 16:49:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272395/en/doctors-attendance-on-detainees-in-police-custody</t>
+    <t>https://www.has-sante.fr/jcms/p_3104867/fr/reperage-des-femmes-victimes-de-violences-au-sein-du-couple</t>
+  </si>
+  <si>
+    <t>p_3104867</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Prise en charge d’une mort subite du sujet jeune</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant présenté une mort subite du sujet jeune ainsi que la prise en charge de sa famille. Il a été élaboré par le Centre de référence pour la prise en charge des maladies rythmiques héréditaires de l’Ouest à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/10/2022 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374111/fr/prise-en-charge-d-une-mort-subite-du-sujet-jeune</t>
+  </si>
+  <si>
+    <t>p_3374111</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge des syndromes psychotraumatiques - Enfants et adultes - Note de cadrage</t>
+  </si>
+  <si>
+    <t>14/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2020 08:25:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215922/fr/evaluation-et-prise-en-charge-des-syndromes-psychotraumatiques-enfants-et-adultes-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3215922</t>
+  </si>
+  <si>
+    <t>Protocole type d'examen autopsique foetal ou néonatal</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce protocole type sont : - d'harmoniser les pratiques professionnelles en matière d’examen autopsique fœtal ou néonatal - d'aider les professionnels de santé concernés à rechercher et définir aussi précisément que possible la cause de la mort du fœtus, de l’enfant déclaré sans vie, voire de l’enfant né vivant puis décédé, ou d’identifier et confirmer la pathologie ayant justifié la réalisation d’une interruption de grossesse pour motif médical (IMG).</t>
+  </si>
+  <si>
+    <t>04/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2014 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747470/fr/protocole-type-d-examen-autopsique-foetal-ou-neonatal</t>
+  </si>
+  <si>
+    <t>c_1747470</t>
+  </si>
+  <si>
+    <t>Repérage et signalement de l'inceste par les médecins : reconnaître les maltraitances sexuelles intrafamiliales chez le mineur</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur l’inceste, soit les maltraitances sexuelles envers un mineur, au sein de sa « famille », telles que définies par la loi du 8 février 2010. Ce choix est guidé par le contexte particulier (poids du secret, retentissement psychologique important, ..) dans lequel ont lieu ces agressions. Elles ont été élaborées à la demande de la Direction générale de la santé dans la continuité des travaux déjà engagés sur les violences interpersonnelles et de leur impact sur la santé.</t>
+  </si>
+  <si>
+    <t>01/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2012 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1067136/fr/reperage-et-signalement-de-l-inceste-par-les-medecins-reconnaitre-les-maltraitances-sexuelles-intrafamiliales-chez-le-mineur</t>
+  </si>
+  <si>
+    <t>c_1067136</t>
+  </si>
+  <si>
+    <t>Certificat médical initial concernant une personne victime de violences</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation de bonne pratique sont les suivants : Expliquer le sens de la mission médico-légale du médecin, et ainsi améliorer et harmoniser les constatations médicales initiales et leur formalisation dans un certificat concernant toutes les victimes de violences volontaires ou blessures involontaires, physiques ou psychiques, quel que soit le médecin consulté. Améliorer la détermination de l’incapacité totale de travail. Rappeler aux médecins qu’ils ont toujours la possibilité d’orienter la victime, qui se présente spontanément, vers une structure médicalisée spécialisée.</t>
+  </si>
+  <si>
+    <t>03/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1120330/fr/certificat-medical-initial-concernant-une-personne-victime-de-violences</t>
+  </si>
+  <si>
+    <t>c_1120330</t>
+  </si>
+  <si>
+    <t>Expertise psychiatrique pénale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette audition publique était de réaliser un débat public multiprofessionnel autour de la question de l'expertise psychiatrique pénale et de répondre aux questions suivantes : Quelle est la place dans la procédure pénale de l’expertise psychiatrique pénale et quels sont les enjeux ? Quels sont les incidences, les problèmes et les débats actuels autour de la clinique expertale dans les différents temps judiciaires ? Quelles doivent être les évolutions de la pratique de l’expertise psychiatrique pénale ? Quelles doivent être les règles éthiques et déontologiques dans la pratique de l’expertise ? Comment développer la qualité expertale ?</t>
+  </si>
+  <si>
+    <t>30/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2007 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546807/fr/expertise-psychiatrique-penale</t>
+  </si>
+  <si>
+    <t>c_546807</t>
+  </si>
+  <si>
+    <t>Prise en charge en cas de mort inattendue du nourrisson (moins de 2 ans)</t>
+  </si>
+  <si>
+    <t>La «mort inattendue du nourrisson» est définie dans ce document comme «une mort survenant brutalement chez un nourrisson alors que rien, dans ses antécédents connus, ne pouvait le laisser prévoir».</t>
+  </si>
+  <si>
+    <t>14/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2007 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533467/fr/prise-en-charge-en-cas-de-mort-inattendue-du-nourrisson-moins-de-2-ans</t>
+  </si>
+  <si>
+    <t>c_533467</t>
+  </si>
+  <si>
+    <t>Intervention du médecin auprès des personnes en garde à vue</t>
+  </si>
+  <si>
+    <t>L’objectif de cette conférence de consensus est de fournir des recommandations sur les modalités d’intervention du médecin lorsqu'il est amené à examiner une personne en garde à vue. Les missions du médecin dans le contexte de la garde à vue sont précisées et des recommandations sont formulées sur le contenu de la réponse médicale ; en particulier, un modèle de certificat et de dossier médical est fourni. Les conduite à tenir dans les situations médicales les plus courantes en garde à vue sont abordées. Des recommandations sont formulées concernant les médecins susceptibles d’intervenir ainsi que sur le lieu et les conditions de l'examen médical. Les problèmes posés par les conditions de la garde à vue sont abordés de même que ceux liés au respect du secret professionnel et à la mise en jeu de la responsabilité du médecin.</t>
+  </si>
+  <si>
+    <t>18/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272395/fr/intervention-du-medecin-aupres-des-personnes-en-garde-a-vue</t>
   </si>
   <si>
     <t>c_272395</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Victime de violence : faites établir un certificat médical initial pour vous protéger</t>
+  </si>
+  <si>
+    <t>Ce document d'information, destiné aux victimes de violence, apporte des éléments d'information sur le certificat médical initial.</t>
+  </si>
+  <si>
+    <t>29/11/2011 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1501548/fr/victime-de-violence-faites-etablir-un-certificat-medical-initial-pour-vous-proteger</t>
+  </si>
+  <si>
+    <t>r_1501548</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Tribune violences faites aux femmes au sein du couple</t>
+  </si>
+  <si>
+    <t>25/11/2019 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106350/fr/tribune-violences-faites-aux-femmes-au-sein-du-couple</t>
+  </si>
+  <si>
+    <t>p_3106350</t>
+  </si>
+  <si>
+    <t>Comment établir un certificat médical initial (CMI)</t>
+  </si>
+  <si>
+    <t>Le certificat médical initial (CMI) est un constat médico-légal et fait partie des éléments qui permettront d’attester devant la justice du préjudice subi par la victime.</t>
+  </si>
+  <si>
+    <t>02/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2975057/fr/comment-etablir-un-certificat-medical-initial-cmi</t>
+  </si>
+  <si>
+    <t>pprd_2975057</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Violences conjugales : quel rôle pour les professionnels de santé ?</t>
+  </si>
+  <si>
+    <t>En France, une femme meurt tous les deux jours sous les coups de son conjoint ou ex conjoint et 219 000 femmes subissent chaque année des violences au sein de leur couple. Repérer au plus tôt ces situations est crucial et peut sauver des vies. Les professionnels de santé ont à ce titre un rôle clef à remplir. La HAS recommande d’aborder systématiquement la question des violences conjugales en consultation et fournit des outils pour repérer et protéger les victimes.</t>
+  </si>
+  <si>
+    <t>02/10/2019 09:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109457/fr/violences-conjugales-quel-role-pour-les-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>p_3109457</t>
+  </si>
+  <si>
+    <t>[Témoignage] Violences conjugales : le soignant, un acteur majeur qui s’ignore</t>
+  </si>
+  <si>
+    <t>Une patiente victime de violences conjugales a besoin de soins médicaux, d’un soutien psychologique et d’informations sur les démarches à accomplir et les aides disponibles.</t>
+  </si>
+  <si>
+    <t>02/10/2019 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108030/fr/-temoignage-violences-conjugales-le-soignant-un-acteur-majeur-qui-s-ignore</t>
+  </si>
+  <si>
+    <t>p_3108030</t>
+  </si>
+  <si>
+    <t>Maltraitances sexuelles intrafamiliales - Mieux repérer l'inceste</t>
+  </si>
+  <si>
+    <t>Les maltraitances sexuelles sur mineur qui surviennent dans un contexte familial aggravent leur impact sur les jeunes victimes. Plus le repérage est précoce, plus vite le mineur pourra être protégé.</t>
+  </si>
+  <si>
+    <t>02/09/2018 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2975151/fr/maltraitances-sexuelles-intrafamiliales-mieux-reperer-l-inceste</t>
+  </si>
+  <si>
+    <t>pprd_2975151</t>
+  </si>
+  <si>
+    <t>Harmoniser les pratiques en matière d’autopsies fœtale et néonatale</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a élaboré le premier protocole de référence pour la réalisation des autopsies des fœtus et des enfants1. L’objectif est d’harmoniser les pratiques professionnelles et de mieux comprendre les circonstances aboutissant à une mort fœtale ou néonatale, voire à une interruption de grossesse pour motif médical, afin d’adapter si besoin la politique périnatale.</t>
+  </si>
+  <si>
+    <t>26/06/2014 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1750734/fr/harmoniser-les-pratiques-en-matiere-d-autopsies-foetale-et-neonatale</t>
+  </si>
+  <si>
+    <t>c_1750734</t>
+  </si>
+  <si>
+    <t>Victimes de violences : comment rédiger le certificat médical initial</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie aujourd’hui des recommandations destinées à guider les médecins dans la rédaction d’un certificat médical initial pour les victimes de violences. Véritable acte médical, il doit être réalisé de manière rigoureuse.</t>
+  </si>
+  <si>
+    <t>29/11/2011 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1138305/fr/victimes-de-violences-comment-rediger-le-certificat-medical-initial</t>
+  </si>
+  <si>
+    <t>c_1138305</t>
+  </si>
+  <si>
+    <t>Bébé secoué : une forme mal connue de maltraitance aux conséquences irréparables</t>
+  </si>
+  <si>
+    <t>Le syndrome du bébé secoué est un problème de santé publique aux conséquences souvent irréparables : il provoque des lésions du système nerveux central graves et parfois fatales. Dix à quarante pourcents des bébés secoués meurent des suites de ce traumatisme crânien infligé, la majorité des autres conservent des séquelles graves à vie.. Afin d’aider les professionnels de santé à mieux repérer et diagnostiquer ce syndrome, et de sensibiliser le grand public, une audition publique a été organisée. Celle-ci a abouti à la publication aujourd’hui de critères pour la conduite du diagnostic et de la protection des enfants.</t>
+  </si>
+  <si>
+    <t>13/09/2011 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1095926/fr/bebe-secoue-une-forme-mal-connue-de-maltraitance-aux-consequences-irreparables</t>
+  </si>
+  <si>
+    <t>c_1095926</t>
+  </si>
+  <si>
+    <t>Victimes d’inceste : mieux repérer pour mieux protéger</t>
+  </si>
+  <si>
+    <t>Près de 2 millions d’adultes pourraient avoir été victimes d’un inceste pendant leur enfance alors que seulement 15 000 nouveaux cas de violences sexuelles sur mineur sont constatés chaque année. Un nombre considérable d’incestes ne seraient ni repérés ni signalés aux autorités en charge de la protection des victimes. Saisie par le Ministère chargé de la Santé, la Haute Autorité de Santé publie aujourd’hui des recommandations pour informer les professionnels de santé sur le repérage des victimes et les guider dans leurs démarches de signalement à la justice.</t>
+  </si>
+  <si>
+    <t>01/07/2011 11:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1067755/fr/victimes-d-inceste-mieux-reperer-pour-mieux-proteger</t>
+  </si>
+  <si>
+    <t>c_1067755</t>
+  </si>
+  <si>
+    <t>Prise en charge en cas de mort inattendue du nourrisson</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations professionnelles portant sur la conduite à tenir en cas de mort inattendue du nourrisson afin de d’harmoniser la prise en charge et l’action des différents intervenants sur l’ensemble du territoire national.# Ces recommandations ont été élaborées à la demande de la Direction générale de la santé.</t>
+  </si>
+  <si>
+    <t>25/05/2007 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_531207/fr/prise-en-charge-en-cas-de-mort-inattendue-du-nourrisson</t>
+  </si>
+  <si>
+    <t>c_531207</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -163,45 +475,539 @@
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>23</v>
+      </c>
+      <c r="E4" t="s">
+        <v>24</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>25</v>
+      </c>
+      <c r="H4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D5" t="s">
+        <v>29</v>
+      </c>
+      <c r="E5" t="s">
+        <v>30</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>31</v>
+      </c>
+      <c r="H5" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>34</v>
+      </c>
+      <c r="D6" t="s">
+        <v>35</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C7" t="s">
+        <v>40</v>
+      </c>
+      <c r="D7" t="s">
+        <v>41</v>
+      </c>
+      <c r="E7" t="s">
+        <v>42</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>43</v>
+      </c>
+      <c r="H7" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>45</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>57</v>
+      </c>
+      <c r="C10" t="s">
+        <v>58</v>
+      </c>
+      <c r="D10" t="s">
+        <v>59</v>
+      </c>
+      <c r="E10" t="s">
+        <v>60</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>61</v>
+      </c>
+      <c r="H10" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>63</v>
+      </c>
+      <c r="B11" t="s">
+        <v>64</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>66</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>67</v>
+      </c>
+      <c r="H11" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>69</v>
+      </c>
+      <c r="B12" t="s">
+        <v>70</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>71</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>72</v>
+      </c>
+      <c r="H12" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>69</v>
+      </c>
+      <c r="B13" t="s">
+        <v>74</v>
+      </c>
+      <c r="C13" t="s">
+        <v>75</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>76</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>77</v>
+      </c>
+      <c r="H13" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>79</v>
+      </c>
+      <c r="B14" t="s">
+        <v>80</v>
+      </c>
+      <c r="C14" t="s">
+        <v>81</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>82</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>83</v>
+      </c>
+      <c r="H14" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>69</v>
+      </c>
+      <c r="B15" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
+        <v>86</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>87</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>88</v>
+      </c>
+      <c r="H15" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>69</v>
+      </c>
+      <c r="B16" t="s">
+        <v>90</v>
+      </c>
+      <c r="C16" t="s">
+        <v>91</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>92</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>93</v>
+      </c>
+      <c r="H16" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>79</v>
+      </c>
+      <c r="B17" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" t="s">
+        <v>96</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>97</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>98</v>
+      </c>
+      <c r="H17" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>79</v>
+      </c>
+      <c r="B18" t="s">
+        <v>100</v>
+      </c>
+      <c r="C18" t="s">
+        <v>101</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>102</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>103</v>
+      </c>
+      <c r="H18" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>79</v>
+      </c>
+      <c r="B19" t="s">
+        <v>105</v>
+      </c>
+      <c r="C19" t="s">
+        <v>106</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>107</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>108</v>
+      </c>
+      <c r="H19" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>79</v>
+      </c>
+      <c r="B20" t="s">
+        <v>110</v>
+      </c>
+      <c r="C20" t="s">
+        <v>111</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>112</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>113</v>
+      </c>
+      <c r="H20" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>79</v>
+      </c>
+      <c r="B21" t="s">
+        <v>115</v>
+      </c>
+      <c r="C21" t="s">
+        <v>116</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>117</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>118</v>
+      </c>
+      <c r="H21" t="s">
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>