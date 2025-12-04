--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -9,602 +9,3326 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1608" uniqueCount="1075">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...11 lines deleted...]
-    <t>07/29/2020 00:00:00</t>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Guides d’utilisation des PROMs en pratique clinique courante</t>
+  </si>
+  <si>
+    <t>Les questionnaires PROMs sont des outils pour la prise en charge des patients atteints de pathologie chronique, et la bonne organisation de leur parcours de prise en charge. Ils facilitent la communication entre les patients et les professionnels de santé, ainsi que l’engagement des patients.</t>
+  </si>
+  <si>
+    <t>23/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2024 11:25:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1499251/en/choices-in-methods-for-economic-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/p_3501799/fr/guides-d-utilisation-des-proms-en-pratique-clinique-courante</t>
+  </si>
+  <si>
+    <t>p_3501799</t>
+  </si>
+  <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Choix méthodologiques pour l'évaluation économique à la HAS</t>
+  </si>
+  <si>
+    <t>La HAS a actualisé le guide méthodologique sur l’évaluation économique. Les principales modifications apportées visent à améliorer l’interprétation des résultats, à préciser des points techniques et à intégrer des évolutions méthodologiques intervenues depuis 2011.</t>
+  </si>
+  <si>
+    <t>02/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499251/fr/choix-methodologiques-pour-l-evaluation-economique-a-la-has</t>
   </si>
   <si>
     <t>r_1499251</t>
   </si>
   <si>
-    <t>Awarding the HAS label to a clinical practice guideline developed by a professional body</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3452920/en/awarding-the-has-label-to-a-clinical-practice-guideline-developed-by-a-professional-body</t>
+    <t>Validation des indicateurs de qualité mesurés à partir des bases de données médico-administratives par comparaison à un « gold standard »</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique précise les méthodes de validation contre gold standard des indicateurs de qualité mesurés à partir des bases médico-administratives (PMSI/SNDS). Il est destiné à toute personne/structure souhaitant valider des indicateurs de qualité à partir de ces bases de données.</t>
+  </si>
+  <si>
+    <t>02/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/07/2025 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635698/fr/validation-des-indicateurs-de-qualite-mesures-a-partir-des-bases-de-donnees-medico-administratives-par-comparaison-a-un-gold-standard</t>
+  </si>
+  <si>
+    <t>p_3635698</t>
+  </si>
+  <si>
+    <t>Expérience patient et savoir expérientiel : deux notions à clarifier pour développer l’engagement ou la participation</t>
+  </si>
+  <si>
+    <t>Les concepts d’expérience patient et de savoir expérientiel se sont développés autour de l’engagement des usagers ou de la participation des personnes accompagnées. Leur sens est peu explicité et ils sont parfois confondus. Ce guide pédagogique définit ces concepts et identifie dans quelles conditions ils peuvent renforcer le pouvoir d’agir des personnes concernées et le partenariat entre usagers et professionnels.</t>
+  </si>
+  <si>
+    <t>09/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602447/fr/experience-patient-et-savoir-experientiel-deux-notions-a-clarifier-pour-developper-l-engagement-ou-la-participation</t>
+  </si>
+  <si>
+    <t>p_3602447</t>
+  </si>
+  <si>
+    <t>Champ et contenu du document actes et prestations nécessités pour une ALD</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique décrit le contenu du document actes et prestations et explicite l'intégration de données qualitatives complémentaires dans l'APALD.</t>
+  </si>
+  <si>
+    <t>27/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2025 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1717305/fr/champ-et-contenu-du-document-actes-et-prestations-necessites-pour-une-ald</t>
+  </si>
+  <si>
+    <t>c_1717305</t>
+  </si>
+  <si>
+    <t>Mise en œuvre d’indicateurs de résultats mesurés à partir des bases de données médico-administratives : enseignements tirés de l’expérience de 2 projets</t>
+  </si>
+  <si>
+    <t>À la suite d’un appel à projets, 2 projets de mise en œuvre d’indicateurs de résultats mesurés à partir des bases de données médico-administratives ont été menés de fin 2021 à fin 2023, en ville ou en établissements de santé. En 2024, la HAS publie la synthèse des principaux enseignements tirés de l’expérience des deux équipes.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>14/02/2025 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590052/fr/mise-en-oeuvre-d-indicateurs-de-resultats-mesures-a-partir-des-bases-de-donnees-medico-administratives-enseignements-tires-de-l-experience-de-2-projets</t>
+  </si>
+  <si>
+    <t>p_3590052</t>
+  </si>
+  <si>
+    <t>Guide méthodologique de recherche documentaire</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique décrit le processus d’identification de la littérature par le service documentation et veille de la HAS dans le cadre de l’élaboration des publications de l'institution. Ce document a également pour objectif de partager la méthode de recherche documentaire de la HAS.</t>
+  </si>
+  <si>
+    <t>27/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2024 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447546/fr/guide-methodologique-de-recherche-documentaire</t>
+  </si>
+  <si>
+    <t>p_3447546</t>
+  </si>
+  <si>
+    <t>Utilisation des patients-reported outcomes (PROs) dans les évaluations des technologies de santé, des actes professionnels et dans l’élaboration des recommandations vaccinales et de santé publique</t>
+  </si>
+  <si>
+    <t>Un appel à contribution écrite est ouvert au sujet des résultats rapportés par les patients (patient-reported outcomes), notamment les résultats de qualité de vie. L’objectif de cet appel est d’alimenter un travail d’élaboration par la HAS de recommandations méthodologiques pour les promoteurs d’études.</t>
+  </si>
+  <si>
+    <t>28/10/2024 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3553361/fr/utilisation-des-patients-reported-outcomes-pros-dans-les-evaluations-des-technologies-de-sante-des-actes-professionnels-et-dans-l-elaboration-des-recommandations-vaccinales-et-de-sante-publique</t>
+  </si>
+  <si>
+    <t>p_3553361</t>
+  </si>
+  <si>
+    <t>Définition des conditions méthodologiques requises pour la prise d’un pari lors d’une demande d’accès précoce pré-AMM ou post-AMM conditionnelle, et sa levée - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Autosaisine HAS</t>
+  </si>
+  <si>
+    <t>11/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>21/06/2024 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530711/fr/definition-des-conditions-methodologiques-requises-pour-la-prise-d-un-pari-lors-d-une-demande-d-acces-precoce-pre-amm-ou-post-amm-conditionnelle-et-sa-levee-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3530711</t>
+  </si>
+  <si>
+    <t>Activité du séquençage haut débit ciblé en génétique somatique des cancers financée dans le cadre du RIHN</t>
+  </si>
+  <si>
+    <t>Enquête nationale de pratique réalisée en 2022 auprès des professionnels de santé visant déterminer l’état des pratiques relatives au séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, notamment en matière d’altérations géniques recherchées et d’indications.</t>
+  </si>
+  <si>
+    <t>23/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2024 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536496/fr/activite-du-sequencage-haut-debit-cible-en-genetique-somatique-des-cancers-financee-dans-le-cadre-du-rihn</t>
+  </si>
+  <si>
+    <t>p_3536496</t>
+  </si>
+  <si>
+    <t>Bonnes pratiques professionnelles des Prestataires de Services et Distributeurs de Matériel (PSDM)</t>
+  </si>
+  <si>
+    <t>Le référentiel des bonnes pratiques professionnelles des prestataires de services et distributeurs de matériel (PSDM) est le référentiel au regard duquel ces derniers seront certifiés.</t>
+  </si>
+  <si>
+    <t>13/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>18/06/2024 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293982/fr/bonnes-pratiques-professionnelles-des-prestataires-de-services-et-distributeurs-de-materiel-psdm</t>
+  </si>
+  <si>
+    <t>p_3293982</t>
+  </si>
+  <si>
+    <t>Procédure de sélection des demandes d'évaluation d'actes professionnels</t>
+  </si>
+  <si>
+    <t>Pour les organismes professionnels qui déposent des demandes d’évaluation d’acte, un guide qui précise les différents critères de sélection et le rôle des différents acteurs ainsi que les conditions de recevabilité, de faisabilité et de l’analyse de l’opportunité d’inscription de la demande au programme de travail de la HAS.</t>
+  </si>
+  <si>
+    <t>20/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>28/12/2017 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2816204/fr/procedure-de-selection-des-demandes-d-evaluation-d-actes-professionnels</t>
+  </si>
+  <si>
+    <t>c_2816204</t>
+  </si>
+  <si>
+    <t>Labellisation par la HAS d’un flash sécurité patient élaboré par un organisme externe</t>
+  </si>
+  <si>
+    <t>La HAS met en place une méthode de labellisation d‘un flash sécurité patient élaboré par un organisme externe.</t>
+  </si>
+  <si>
+    <t>15/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2024 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499384/fr/labellisation-par-la-has-d-un-flash-securite-patient-elabore-par-un-organisme-externe</t>
+  </si>
+  <si>
+    <t>p_3499384</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Entretien motivationnel</t>
+  </si>
+  <si>
+    <t>Cette fiche traite de l’entretien motivationnel dans une relation de soin en face à face. La mise en œuvre nécessite une formation du professionnel.</t>
+  </si>
+  <si>
+    <t>20/03/2024 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501842/fr/entretien-motivationnel</t>
+  </si>
+  <si>
+    <t>p_3501842</t>
+  </si>
+  <si>
+    <t>Intervention motivationnelle brève</t>
+  </si>
+  <si>
+    <t>Cette fiche traite de l’intervention motivationnelle brève dans une relation de soin en face à face.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501843/fr/intervention-motivationnelle-breve</t>
+  </si>
+  <si>
+    <t>p_3501843</t>
+  </si>
+  <si>
+    <t>Labellisation par la HAS d‘une recommandation de bonne pratique élaborée par un organisme professionnel</t>
+  </si>
+  <si>
+    <t>La HAS met en place une méthode de labellisation d‘une recommandation de bonne pratique élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>13/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2023 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452920/fr/labellisation-par-la-has-d-une-recommandation-de-bonne-pratique-elaboree-par-un-organisme-professionnel</t>
   </si>
   <si>
     <t>p_3452920</t>
   </si>
   <si>
-    <t>Cooperation between the HAS and users</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290414/en/cooperation-between-the-has-and-users</t>
+    <t>Rencontres sécurité : un partenariat entre les équipes et la gouvernance</t>
+  </si>
+  <si>
+    <t>La HAS propose aux établissements une méthode donnant l’opportunité au management de montrer à leurs équipes leur implication dans la sécurité des patients. Une expérimentation a été menée sur 2017-2018 afin d’étudier la faisabilité et l’acceptabilité des rencontres sécurité auprès de 11 établissements de santé volontaires, permettant de tester en pratique le guide et les outils proposés.</t>
+  </si>
+  <si>
+    <t>28/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2887464/fr/rencontres-securite-un-partenariat-entre-les-equipes-et-la-gouvernance</t>
+  </si>
+  <si>
+    <t>c_2887464</t>
+  </si>
+  <si>
+    <t>Guide méthodologique : simulation en santé et gestion des risques</t>
+  </si>
+  <si>
+    <t>Le guide méthodologique et ses outils aident à l’orientation des objectifs pédagogiques des programmes de simulation afin de proposer des solutions face aux risques présents ou prévisibles dans le domaine de la santé.</t>
+  </si>
+  <si>
+    <t>18/10/2023 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3330409/fr/guide-methodologique-simulation-en-sante-et-gestion-des-risques</t>
+  </si>
+  <si>
+    <t>p_3330409</t>
+  </si>
+  <si>
+    <t>Harmonisation des synthèses médicales en vue de leur numérisation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un modèle de synthèse médicale polyvalent, utilisable dans différents contextes d'usage, en vue de sa numérisation.</t>
+  </si>
+  <si>
+    <t>24/07/2023 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453327/fr/harmonisation-des-syntheses-medicales-en-vue-de-leur-numerisation</t>
+  </si>
+  <si>
+    <t>p_3453327</t>
+  </si>
+  <si>
+    <t>Référentiel de bonnes pratiques professionnelles et méthodes d’évaluation pour les sociétés de téléconsultation - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Ce projet vise à établir le référentiel de bonnes pratiques professionnelles relatives à la qualité et à l'accessibilité de la téléconsultation, applicable aux sociétés de téléconsultation, et de proposer des méthodes d'évaluation de ces sociétés, tel que mentionné à l’article L. 161-37 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>14/06/2023 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445774/fr/referentiel-de-bonnes-pratiques-professionnelles-et-methodes-d-evaluation-pour-les-societes-de-teleconsultation-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3445774</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations de bonne pratique et des parcours de soins</t>
+  </si>
+  <si>
+    <t>Les recommandations de bonne pratique (RBP), appelées Clinical Practices Guidelines (CPG) dans la littérature internationale, sont définies dans le champ de la santé comme « des propositions développées méthodiquement pour aider le praticien et le patient à rechercher les soins les plus appropriés dans des circonstances cliniques données ». Les RBP sont la synthèse de l'état de l'art et des données de la science à un temps donné et il existe de nombreux enjeux à ce qu’elles soient mises à jour à l’acquisition de nouvelles données significatives.</t>
+  </si>
+  <si>
+    <t>23/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>03/04/2023 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312383/fr/actualisation-des-recommandations-de-bonne-pratique-et-des-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>p_3312383</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : critères d’évaluation pour l’intégration de nouvelles maladies au programme national du dépistage à la naissance</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique vise à structurer la réflexion autour des critères et des modalités d’évaluation de maladies rares en vue de leur intégration ou non au programme de dépistage néonatal. Les critères et le processus décisionnel qui y sont recommandés ont été appréciés à une date donnée dans un environnement évolutif. ce guide est destiné principalement à l’utilisation des chefs de projets scientifiques de la HAS, dans le respect des normes déontologiques et des procédures de l’institution.</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2023 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421858/fr/depistage-neonatal-criteres-d-evaluation-pour-l-integration-de-nouvelles-maladies-au-programme-national-du-depistage-a-la-naissance</t>
+  </si>
+  <si>
+    <t>p_3421858</t>
+  </si>
+  <si>
+    <t>Soutenir les établissements et services sociaux et médico sociaux dans le recueil du point de vue des personnes qu’ils accompagnent - Programme pluriannuel de travail - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Recueillir le point de vue des personnes concernées est une condition essentielle et un enjeu majeur en termes d’amélioration de l’accompagnement par les établissements et services sociaux et médico-sociaux (ESSMS).</t>
+  </si>
+  <si>
+    <t>07/12/2022 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394677/fr/soutenir-les-etablissements-et-services-sociaux-et-medico-sociaux-dans-le-recueil-du-point-de-vue-des-personnes-qu-ils-accompagnent-programme-pluriannuel-de-travail-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3394677</t>
+  </si>
+  <si>
+    <t>Coopération entre la HAS et les usagers</t>
+  </si>
+  <si>
+    <t>Guide à destination des personnes (usagers, représentants des usagers, personnes accompagnées, associations) qui souhaitent s’engager dans les travaux de la HAS du fait de leurs expériences individuelles et collectives et connaître les démarches à suivre pour candidater et devenir membre d’une commission ou d’un groupe de travail. Ce guide apporte également des exemples concrets d’adaptation des méthodes aux personnes concernées. Trois fiches pratiques le complètent.</t>
+  </si>
+  <si>
+    <t>10/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290414/fr/cooperation-entre-la-has-et-les-usagers</t>
   </si>
   <si>
     <t>p_3290414</t>
   </si>
   <si>
-    <t>Pathway of medical devices in France</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213810/en/pathway-of-medical-devices-in-france</t>
+    <t>La participation des personnes concernées à l’élaboration des recommandations pour le secteur social et médico-social</t>
+  </si>
+  <si>
+    <t>La HAS propose aux personnes accompagnées par un service ou établissement social ou médico-social et à leurs représentants (proches, associations, etc.) une fiche d'information pour leur permettre de comprendre comment elles peuvent être associées à l'élaboration des recommandations de bonnes pratiques pour les professionnels de ces secteurs.</t>
+  </si>
+  <si>
+    <t>20/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2022 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385200/fr/la-participation-des-personnes-concernees-a-l-elaboration-des-recommandations-pour-le-secteur-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3385200</t>
+  </si>
+  <si>
+    <t>La participation des personnes concernées à l’élaboration des recommandations de bonnes pratiques professionnelles pour le secteur social et médico-social</t>
+  </si>
+  <si>
+    <t>La Commission de l'évaluation et de l'amélioration de la qualité des établissements et services sociaux et médico-sociaux (CSMS) adapte ses méthodes pour produire des contributions permettant d’éclairer les pratiques en temps de crise. Une méthode a été définie en sept étapes. Elle privilégie la collaboration des acteurs (HAS, professionnels, associations).</t>
+  </si>
+  <si>
+    <t>05/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2022 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381211/fr/la-participation-des-personnes-concernees-a-l-elaboration-des-recommandations-de-bonnes-pratiques-professionnelles-pour-le-secteur-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3381211</t>
+  </si>
+  <si>
+    <t>Entrepôts de données de santé hospitaliers en France</t>
+  </si>
+  <si>
+    <t>La HAS utilise depuis plusieurs années les données du système national de données de santé (SNDS) pour mener ses travaux d’évaluation et pour mesurer la qualité des soins. Elle s’intéresse également aux entrepôts de données de santé hospitaliers (EDSH) qui contiennent une grande quantité d’informations médicales complémentaires– des données de vie réelle - potentiellement utiles dans la réalisation de ses missions. Dans le cadre de sa stratégie data, elle a ainsi entrepris fin 2021 de dresser un panorama des EDSH en France. Un travail inédit qui révèle l’hétérogénéité d’un écosystème en pleine construction et qui va d’ores et déjà permettre à la HAS de lancer de nouvelles expérimentations.</t>
+  </si>
+  <si>
+    <t>20/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386123/fr/entrepots-de-donnees-de-sante-hospitaliers-en-france</t>
+  </si>
+  <si>
+    <t>p_3386123</t>
+  </si>
+  <si>
+    <t>Revue de mortalité et de morbidité (RMM)</t>
+  </si>
+  <si>
+    <t>Une revue de morbidité et de mortalité (RMM) est une analyse collective, rétrospective et systémique de cas marqués par la survenue d'un décès, d’une complication, ou d’un évènement qui aurait pu causer un dommage au patient, et qui a pour objectif la mise en œuvre et le suivi d'actions pour améliorer la prise en charge des patients et la sécurité des soins.</t>
+  </si>
+  <si>
+    <t>24/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_434817/fr/revue-de-mortalite-et-de-morbidite-rmm</t>
+  </si>
+  <si>
+    <t>c_434817</t>
+  </si>
+  <si>
+    <t>Parcours du dispositif médical en France</t>
+  </si>
+  <si>
+    <t>Ce guide suit le parcours chronologique du développement d’un DM depuis son évaluation en vue de la mise sur le marché jusqu'au suivi clinique après la mise sur le marché et après le remboursement en passant par son évaluation en vue d’une prise en charge et les principes de tarification en France.</t>
+  </si>
+  <si>
+    <t>01/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2020 07:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213810/fr/parcours-du-dispositif-medical-en-france</t>
   </si>
   <si>
     <t>p_3213810</t>
   </si>
   <si>
-    <t>Proposed method for the development of periodic certification standards for registered health professions</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353194/en/proposed-method-for-the-development-of-periodic-certification-standards-for-registered-health-professions</t>
+    <t>Proposition de méthode d’élaboration des référentiels de certification périodique des professions de santé à ordre</t>
+  </si>
+  <si>
+    <t>Suite à la parution par Ordonnance n° 2021-961 du 19 juillet 2021 relative à la certification périodique de certains professionnels de santé, la Haute Autorité de Santé a été chargée de proposer au ministre chargé de la santé une méthode d’élaboration des référentiels de certification. La méthode sera arrêtée par le ministre chargé de la santé, à partir de cette proposition et après avis du Conseil national de la certification périodique.</t>
+  </si>
+  <si>
+    <t>13/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2022 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353194/fr/proposition-de-methode-d-elaboration-des-referentiels-de-certification-periodique-des-professions-de-sante-a-ordre</t>
   </si>
   <si>
     <t>p_3353194</t>
   </si>
   <si>
-    <t>Doctrine of the Commission for Economic and Public Health Evaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289120/en/doctrine-of-the-commission-for-economic-and-public-health-evaluation</t>
+    <t>Grille descriptive des fonctionnalités des dispositifs médicaux embarquant un système avec apprentissage automatique (intelligence artificielle)</t>
+  </si>
+  <si>
+    <t>La HAS a publié une grille d'analyse destinée à être renseignée par tout industriel soumettant un dossier à la Commission nationale d’évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS), dès lors que le dispositif médical qu'il propose s’appuie sur au moins un procédé d’apprentissage automatique (intelligence artificielle). Cette grille a été intégrée au guide de dépôt de dossiers, en vue d'un remboursement du dispositif.</t>
+  </si>
+  <si>
+    <t>04/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2020 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318028/fr/grille-descriptive-des-fonctionnalites-des-dispositifs-medicaux-embarquant-un-systeme-avec-apprentissage-automatique-intelligence-artificielle</t>
+  </si>
+  <si>
+    <t>p_3318028</t>
+  </si>
+  <si>
+    <t>Rencontres d’orientation stratégique avec la HAS pour un acte professionnel</t>
+  </si>
+  <si>
+    <t>Afin d’accompagner les professionnels de santé dans l’élaboration ou l’optimisation du développement clinique d’un acte professionnel en vue du remboursement, la HAS met en place des rencontres d’orientation stratégique. Elle publie également un guide présentant les modalités pratiques et le déroulement de ces rencontres. Il précise notamment quand demander une rencontre d’orientation stratégique, les informations qu'il faut fournir, les principes de mise en œuvre et la gestion de la confidentialité et de la déontologie.</t>
+  </si>
+  <si>
+    <t>11/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2022 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316447/fr/rencontres-d-orientation-strategique-avec-la-has-pour-un-acte-professionnel</t>
+  </si>
+  <si>
+    <t>p_3316447</t>
+  </si>
+  <si>
+    <t>L’analyse des évènements indésirables associés aux soins (EIAS) : mode d’emploi</t>
+  </si>
+  <si>
+    <t>On observe une certaine hétérogénéité sur la manière dont les professionnels du soin et de l’accompagnement mènent leurs analyses des évènements indésirables associés aux soins (EIAS). Or, la qualité de ces analyses est essentielle car elle conditionne la qualité du retour d'expérience qui permettra de produire des recommandations et préconisations. La HAS, en collaboration avec la Forap, propose aux professionnels un guide méthodologique simple et didactique. L’objectif est d'améliorer la qualité des analyses des évènements indésirables associés aux soins (EIAS), développer la culture sécurité des professionnels du soin et de l’accompagnement et proposer une approche fondée sur une analyse objective et une culture juste et positive de l’évènement indésirable.</t>
+  </si>
+  <si>
+    <t>23/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293652/fr/l-analyse-des-evenements-indesirables-associes-aux-soins-eias-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>p_3293652</t>
+  </si>
+  <si>
+    <t>Doctrine de la commission d’évaluation économique et de santé publique (CEESP)</t>
+  </si>
+  <si>
+    <t>La CEESP évalue d’un point de vue économique les produits et technologies de santé présumés innovants et susceptibles d’avoir un impact significatif sur les dépenses de l’Assurance maladie. La doctrine explicite la démarche de la CEESP présidant à la rédaction des avis rendus et donne les clés d’interprétation de la lecture des avis, tant sur l’efficience que sur l’impact budgétaire. Elle fixe le cadre général explicitant la gradation des réserves méthodologiques, les prises de position de la commission quant aux éléments de conclusion, et les messages clés qu’elle souhaite transmettre au décideur public.</t>
+  </si>
+  <si>
+    <t>06/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2021 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289120/fr/doctrine-de-la-commission-d-evaluation-economique-et-de-sante-publique-ceesp</t>
   </si>
   <si>
     <t>p_3289120</t>
   </si>
   <si>
-    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
+    <t>Études en vie réelle pour l’évaluation des médicaments et dispositifs médicaux</t>
   </si>
   <si>
     <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
   </si>
   <si>
-    <t>06/10/2021 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
+    <t>10/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2021 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284524/fr/etudes-en-vie-reelle-pour-l-evaluation-des-medicaments-et-dispositifs-medicaux</t>
   </si>
   <si>
     <t>p_3284524</t>
   </si>
   <si>
-    <t>Methodological Choices for the Clinical Development of Medical Devices</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1696842/en/methodological-choices-for-the-clinical-development-of-medical-devices</t>
+    <t>Méthodologie pour le développement clinique des dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Ce guide est destiné aux industriels, aux structures de recherche, aux CRO, aux porteurs de projet et aux professionnels de santé impliqués dans le développement clinique d’un dispositif médical ou d’une technologie de santé et qui envisagent de déposer une demande d’admission au remboursement du dispositif concerné auprès de la CNEDiMTS. Il est aussi destiné aux patients, puisque ce guide est destiné à favoriser le recueil de la preuve, quel que soit le critère utilisé.</t>
+  </si>
+  <si>
+    <t>08/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2021 15:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696842/fr/methodologie-pour-le-developpement-clinique-des-dispositifs-medicaux</t>
   </si>
   <si>
     <t>c_1696842</t>
   </si>
   <si>
-    <t>Functional classification, according to their intended use, of digital solutions used in the context of medical and paramedical care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3238360/en/functional-classification-according-to-their-intended-use-of-digital-solutions-used-in-the-context-of-medical-and-paramedical-care</t>
+    <t>Classification fonctionnelle, selon leur finalité d’usage, des solutions numériques utilisées dans le cadre de soins médicaux ou paramédicaux</t>
+  </si>
+  <si>
+    <t>Dans un contexte de multiplication des outils numériques utilisables en santé, la Haute Autorité de santé a élaboré un système de classification des solutions numériques selon leur finalité d’usage, leur capacité à apporter une réponse personnalisée et leur autonomie, c’est-à-dire leur capacité à agir avec ou sans intervention humaine. L’objectif : aider les acteurs à s’y retrouver et contribuer à une meilleure intégration de ces outils dans le secteur sanitaire et médico-social.</t>
+  </si>
+  <si>
+    <t>17/02/2021 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238360/fr/classification-fonctionnelle-selon-leur-finalite-d-usage-des-solutions-numeriques-utilisees-dans-le-cadre-de-soins-medicaux-ou-paramedicaux</t>
   </si>
   <si>
     <t>p_3238360</t>
   </si>
   <si>
-    <t>Rapid responses in the context of COVID-19 Drafting method</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3168771/en/rapid-responses-in-the-context-of-covid-19-drafting-method</t>
+    <t>Recommandations de bonnes pratiques professionnelles pour le secteur social et médico-social</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique décrit les étapes et les modalités d’élaboration des recommandations de bonnes pratiques professionnelles pour le secteur social et médico-social, établies par la commission de l’évaluation et de l’amélioration de la qualité des établissements et services sociaux et médico-sociaux</t>
+  </si>
+  <si>
+    <t>17/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2021 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229902/fr/recommandations-de-bonnes-pratiques-professionnelles-pour-le-secteur-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3229902</t>
+  </si>
+  <si>
+    <t>SAMU : amélioration de la qualité et de la sécurité des soins</t>
+  </si>
+  <si>
+    <t>Le volume d’activité des SAMU a fortement augmenté ces dernières années. Afin de répondre à un enjeu d’amélioration de la qualité et de la sécurité de cette activité critique, et sur saisine du ministère des Solidarités et de la Santé, la HAS a bâti, avec les professionnels, un guide leur permettant de structurer leur démarche en la matière.</t>
+  </si>
+  <si>
+    <t>01/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2020 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3211255/fr/samu-amelioration-de-la-qualite-et-de-la-securite-des-soins</t>
+  </si>
+  <si>
+    <t>p_3211255</t>
+  </si>
+  <si>
+    <t>COVID-19 - Méthode rapide d’élaboration des contributions du champ social et médico-social</t>
+  </si>
+  <si>
+    <t>05/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2020 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183320/fr/covid-19-methode-rapide-d-elaboration-des-contributions-du-champ-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3183320</t>
+  </si>
+  <si>
+    <t>Élaborer une fiche Bon Usage du Médicament</t>
+  </si>
+  <si>
+    <t>Définir les objectifs, cibles et modalités d’élaboration des fiches de Bon Usage du Médicament.</t>
+  </si>
+  <si>
+    <t>04/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>18/06/2020 14:54:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190497/fr/elaborer-une-fiche-bon-usage-du-medicament</t>
+  </si>
+  <si>
+    <t>p_3190497</t>
+  </si>
+  <si>
+    <t>Méthode d’élaboration des réponses rapides dans le cadre du COVID-19</t>
+  </si>
+  <si>
+    <t>[30/03/2020] Dans le cadre de la situation épidémique COVID-19 en France, la HAS propose une méthode de réponse rapide aux demandes du ministère des Solidarités et de la Santé, des professionnels de santé et/ou des associations d'usagers du système de santé pour une prise de position de la HAS devant des situations urgentes.</t>
+  </si>
+  <si>
+    <t>30/03/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2020 21:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168771/fr/methode-d-elaboration-des-reponses-rapides-dans-le-cadre-du-covid-19</t>
   </si>
   <si>
     <t>p_3168771</t>
   </si>
   <si>
-    <t>Clinical practice guidelines (CPG)</t>
+    <t>Contributions des associations de patients et d’usagers aux évaluations des produits de santé : analyse descriptive 2017-2018</t>
+  </si>
+  <si>
+    <t>La HAS a effectué une analyse descriptive rétrospective qualitative et quantitative des contributions reçues de la part des associations de patients et d’usagers pour la période s’étendant du démarrage du dispositif jusqu’au 31/12/2018. Les produits concernés, la nature des associations, les approches délibératives en commissions et la mise en place de mentions spécifiques dans les avis s’y trouvent décrites.</t>
+  </si>
+  <si>
+    <t>04/03/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2020 12:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178312/fr/contributions-des-associations-de-patients-et-d-usagers-aux-evaluations-des-produits-de-sante-analyse-descriptive-2017-2018</t>
+  </si>
+  <si>
+    <t>p_3178312</t>
+  </si>
+  <si>
+    <t>Recommandations pour la pratique clinique (RPC)</t>
   </si>
   <si>
     <t>Ce guide décrit une des méthodes d'élaboration des recommandations de bonne pratique (RBP) : la méthode Recommandations pour la pratique clinique (RPC). La méthode RPC est une méthode rigoureuse d’élaboration de RBP, qui repose sur : la participation des professionnels et représentants des patients et usagers concernés par le thème de la RBP ; la transparence, avec mise à disposition de l’analyse critique de la littérature, des avis du groupe de travail, et des cotations et commentaires du groupe de lecture ; l’indépendance d’élaboration et la gestion des intérêts déclarés par les experts du groupe de travail.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_431294/en/clinical-practice-guidelines-cpg</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2020 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_431294/fr/recommandations-pour-la-pratique-clinique-rpc</t>
   </si>
   <si>
     <t>c_431294</t>
   </si>
   <si>
-    <t>Accelerated Developed Guidelines</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1764530/en/accelerated-developed-guidelines</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Thrombose porte récente non cirrhotique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de thrombose porte récente non cirrhotique.</t>
+  </si>
+  <si>
+    <t>28/11/2019 13:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121387/fr/thrombose-porte-recente-non-cirrhotique</t>
+  </si>
+  <si>
+    <t>p_3121387</t>
+  </si>
+  <si>
+    <t>Cavernome porte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de cavernome porte.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121405/fr/cavernome-porte</t>
+  </si>
+  <si>
+    <t>p_3121405</t>
+  </si>
+  <si>
+    <t>Construire une démarche qualité de vie au travail</t>
+  </si>
+  <si>
+    <t>Retrouvez le guide et tous les outils réalisés avec l’Anact et en partenariat avec la DGOS pour construire une démarche de qualité de vie au travail.</t>
+  </si>
+  <si>
+    <t>01/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2786495/fr/construire-une-demarche-qualite-de-vie-au-travail</t>
+  </si>
+  <si>
+    <t>c_2786495</t>
+  </si>
+  <si>
+    <t>Évaluation des technologies de santé à la HAS : place de la qualité de vie</t>
+  </si>
+  <si>
+    <t>Décrire et expliciter les modalités de prise en compte de la qualité de vie liée à la santé dans l’évaluation des technologies de santé, en clarifiant les approches développées pour la clinique et pour l’économie.</t>
+  </si>
+  <si>
+    <t>04/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/11/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883073/fr/evaluation-des-technologies-de-sante-a-la-has-place-de-la-qualite-de-vie</t>
+  </si>
+  <si>
+    <t>c_2883073</t>
+  </si>
+  <si>
+    <t>Accueil, accompagnement et organisation des soins en établissement de santé pour les personnes en situation de handicap</t>
+  </si>
+  <si>
+    <t>Ce guide à destination des professionnels de santé exerçant en établissements de santé contient des préconisations et 2 outils de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>03/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2018 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772619/fr/accueil-accompagnement-et-organisation-des-soins-en-etablissement-de-sante-pour-les-personnes-en-situation-de-handicap</t>
+  </si>
+  <si>
+    <t>c_2772619</t>
+  </si>
+  <si>
+    <t>Boite à outils du facilitateur</t>
+  </si>
+  <si>
+    <t>30/05/2018 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852532/fr/boite-a-outils-du-facilitateur</t>
+  </si>
+  <si>
+    <t>c_2852532</t>
+  </si>
+  <si>
+    <t>Module évaluation des pratiques collaboratives</t>
+  </si>
+  <si>
+    <t>29/05/2018 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852466/fr/module-evaluation-des-pratiques-collaboratives</t>
+  </si>
+  <si>
+    <t>c_2852466</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Élaboration, rédaction, et animation du projet d’établissement ou de service</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif de soutenir les cadres et les professionnels de terrain dans la construction de la démarche du projet d’établissement/service, dans sa rédaction, puis dans l’animation autour des objectifs choisis.</t>
+  </si>
+  <si>
+    <t>05/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835410/fr/elaboration-redaction-et-animation-du-projet-d-etablissement-ou-de-service</t>
+  </si>
+  <si>
+    <t>c_2835410</t>
+  </si>
+  <si>
+    <t>Description générale de la procédure d’évaluation d’actes professionnels</t>
+  </si>
+  <si>
+    <t>Un nouveau guide pour les organismes professionnels sur l’évaluation d’actes professionnels à la HAS : Quelles sont les étapes clés ? Quels sont les acteurs ? Les principales variantes....</t>
+  </si>
+  <si>
+    <t>14/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/03/2018 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2832949/fr/description-generale-de-la-procedure-d-evaluation-d-actes-professionnels</t>
+  </si>
+  <si>
+    <t>c_2832949</t>
+  </si>
+  <si>
+    <t>Choix méthodologiques pour l’analyse de l’impact budgétaire à la HAS</t>
+  </si>
+  <si>
+    <t>Ce guide présente les recommandations de la HAS pour la conduite des analyses d’impact budgétaire des interventions de santé.</t>
+  </si>
+  <si>
+    <t>10/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2016 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730306/fr/choix-methodologiques-pour-l-analyse-de-l-impact-budgetaire-a-la-has</t>
+  </si>
+  <si>
+    <t>c_2730306</t>
+  </si>
+  <si>
+    <t>Document d'information patient à partir d'une recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Pour une personne, être acteur de sa santé est un droit. L’informer revient à lui faire exercer son droit de façon la plus adaptée et la plus proche de ses souhaits. Nous mettons à votre disposition des aides pour élaborer un document d'information patient, à partir de recommandations de bonne pratique destinées aux professionnels de santé. Facteurs de réussite : penser impact, penser mode de diffusion, rester simple et illustrer !</t>
+  </si>
+  <si>
+    <t>05/10/2012 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2664118/fr/document-d-information-patient-a-partir-d-une-recommandation-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_2664118</t>
+  </si>
+  <si>
+    <t>Démarche d’assurance qualité des pratiques professionnelles en matière de dépistage combiné de la trisomie 21</t>
+  </si>
+  <si>
+    <t>Mesures échographiques de la clarté nucale et de la longueur cranio-caudale + dosage des marqueurs sériques.</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2016 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634917/fr/demarche-d-assurance-qualite-des-pratiques-professionnelles-en-matiere-de-depistage-combine-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_2634917</t>
+  </si>
+  <si>
+    <t>Méthode d’élaboration des fiches mémo et des fiches pertinence</t>
+  </si>
+  <si>
+    <t>Les critères en faveur de la méthode d’élaboration d’une fiche mémo sont : l’existence de données récentes de niveaux de preuve élevés sur le thème, préférentiellement des recommandations de bonne pratique françaises et étrangères et des méta-analyses bien conduites ; l’absence de controverse importante sur le thème.</t>
+  </si>
+  <si>
+    <t>13/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/04/2016 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764530/fr/methode-d-elaboration-des-fiches-memo-et-des-fiches-pertinence</t>
   </si>
   <si>
     <t>c_1764530</t>
   </si>
   <si>
-    <t>"Formal consensus" method</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272505/en/-formal-consensus-method</t>
+    <t>Le patient traceur en ville</t>
+  </si>
+  <si>
+    <t>Le patient traceur est une démarche d’analyse collective du parcours global du patient afin d’améliorer la qualité et la sécurité des soins, l’organisation des parcours et les interfaces professionnelles.</t>
+  </si>
+  <si>
+    <t>11/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2016 10:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614161/fr/le-patient-traceur-en-ville</t>
+  </si>
+  <si>
+    <t>c_2614161</t>
+  </si>
+  <si>
+    <t>Bioprothèses valvulaires cardiaques - Référentiel</t>
+  </si>
+  <si>
+    <t>L’arrêté du 28 novembre 2013 a fixé les bioprothèses valvulaires cardiaques comme devant faire l’objet d’une évaluation par la CNEDiMTS en vue leur inscription sur la liste prévue à l’article L.165-11 du code de la sécurité sociale. Une inscription sous forme de nom de marque a été envisagée. Dans ce contexte la CNEDiMTS a décidé de produire un référentiel faisant état des données attendues pour l’inscription des dispositifs sur cette liste prévue à l’article L.165-11 du code de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>26/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598463/fr/bioprotheses-valvulaires-cardiaques-referentiel</t>
+  </si>
+  <si>
+    <t>c_2598463</t>
+  </si>
+  <si>
+    <t>Guide méthodologique -  Fiches points clés, organisation des parcours</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les différentes étapes de l’élaboration des fiches points clés et solutions organisation des parcours. La méthode repose sur l’analyse de la littérature et la collaboration avec les acteurs professionnels et institutionnels</t>
+  </si>
+  <si>
+    <t>15/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>04/05/2015 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718270/fr/guide-methodologique-fiches-points-cles-organisation-des-parcours</t>
+  </si>
+  <si>
+    <t>c_1718270</t>
+  </si>
+  <si>
+    <t>Recommandations par consensus formalisé (RCF)</t>
+  </si>
+  <si>
+    <t>La méthode « Recommandations par consensus formalisé » est une méthode rigoureuse d’élaboration de recommandations de bonne pratique (RBP), qui repose sur : la participation des professionnels et représentants des patients et usagers concernés par le thème de la RBP ; la transparence, avec mise à disposition de l’analyse critique de la littérature, des avis des groupes de travail, et des cotations et commentaires du groupe de lecture ; l’indépendance d’élaboration et la gestion des intérêts déclarés par les experts du groupe de travail.</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272505/fr/recommandations-par-consensus-formalise-rcf</t>
   </si>
   <si>
     <t>c_272505</t>
   </si>
   <si>
-    <t>Companion diagnostic test associated with a targeted therapy: definitions and assessment method</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
+    <t>Les méthodes de travail de la HAS</t>
+  </si>
+  <si>
+    <t>Sur le fondement de son ambition majeure : s’affirmer comme un acteur clé de la régulation du système de santé par la qualité et l’efficience, la HAS a diversifié ses productions pour s’adapter plus étroitement aux demandes des acteurs de la santé et satisfaire à l’objectif de réactivité qu’elle s’est fixé. Cette démarche s’est accompagnée du développement de méthodes spécifiques à chaque type de production ...</t>
+  </si>
+  <si>
+    <t>23/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2015 16:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013297/fr/les-methodes-de-travail-de-la-has</t>
+  </si>
+  <si>
+    <t>c_2013297</t>
+  </si>
+  <si>
+    <t>Élaboration de recommandations relatives à la bonne pratique : Note de cadrage</t>
+  </si>
+  <si>
+    <t>La phase de cadrage est préalable à l’élaboration d’une recommandation de bonne pratique (RBP). Elle aboutit à la note de cadrage qui est la feuille de route pour l’élaboration d’une RBP.</t>
+  </si>
+  <si>
+    <t>18/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2014 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013205/fr/elaboration-de-recommandations-relatives-a-la-bonne-pratique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1013205</t>
+  </si>
+  <si>
+    <t>Valeurs de référence  pour l’évaluation économique en santé</t>
+  </si>
+  <si>
+    <t>La loi de finance de la Sécurité Sociale pour 2012 instaure l’évaluation médico-économique comme l’un des déterminants du prix des produits de santé revendiquant le remboursement en tant que produit innovant et ayant un impact significatif sur les dépenses collectives. Dans ce contexte, elle confie à la HAS la mission d’expertiser les évaluations produites par les industriels et d’émettre un avis sur l’efficience du produit dans la prise en charge.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2014 14:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000884/fr/valeurs-de-reference-pour-l-evaluation-economique-en-sante</t>
+  </si>
+  <si>
+    <t>c_2000884</t>
+  </si>
+  <si>
+    <t>Mobiliser les acteurs pour déployer les parcours sur le terrain</t>
+  </si>
+  <si>
+    <t>La mise en œuvre effective des parcours n’est pas envisageable sans une transformation profonde des organisations et des pratiques. Pour cela, les ARS doivent se doter d’une stratégie explicite d’accompagnement du changement qui vise prioritairement les équipes pluriprofessionnelles, notamment de soins primaires et les démarches de coordination des acteurs dans les territoires (réseaux….). La HAS propose un ensemble de référentiels et d’outils pour aider les ARS à élaborer et à mettre en œuvre cette stratégie.</t>
+  </si>
+  <si>
+    <t>17/11/2014 14:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760412/fr/mobiliser-les-acteurs-pour-deployer-les-parcours-sur-le-terrain</t>
+  </si>
+  <si>
+    <t>c_1760412</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes de mise en œuvre des recommandations médicales</t>
+  </si>
+  <si>
+    <t>Les recommandations professionnelles en santé ont pour objectif d'aider à améliorer la qualité des soins en définissant les bonnes pratiques au moment de leur publication. L'élaboration rigoureuse et la diffusion des recommandations professionnelles ne suffisent pas à ce que les professionnels de santé les suivent régulièrement, même s'ils en ont connaissance. Plusieurs méthodes de mise en œuvre existent. À partir des données expérimentales disponibles dans la littérature, ce rapport décrit ces différentes méthodes et hiérarchise leur efficacité. L'objectif est d'informer les promoteurs de recommandations professionnelles afin qu'ils s'engagent, au-delà de la rigueur d'élaboration et de la diffusion des recommandations produites, dans une démarche active et efficace de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2014 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764545/fr/efficacite-des-methodes-de-mise-en-oeuvre-des-recommandations-medicales</t>
+  </si>
+  <si>
+    <t>c_1764545</t>
+  </si>
+  <si>
+    <t>Mise en oeuvre de l’éducation thérapeutique dans le cadre de l’expérimentation PAERPA</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré et validé avec les professionnels de santé, un Cahier des Charges et des Cadres Référentiels pour la mise en œuvre de l'éducation thérapeutique du patient (ETP) dans le cadre de l'expérimentation PAERPA (Personnes Agées En risque de Perte d’Autonomie).</t>
+  </si>
+  <si>
+    <t>26/09/2014 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1742730/fr/mise-en-oeuvre-de-l-education-therapeutique-dans-le-cadre-de-l-experimentation-paerpa</t>
+  </si>
+  <si>
+    <t>c_1742730</t>
+  </si>
+  <si>
+    <t>Évaluation annuelle d’un programme d’éducation thérapeutique du patient (ETP) : une démarche d'auto-évaluation</t>
+  </si>
+  <si>
+    <t>Ce guide est destiné aux coordonnateurs et aux équipes qui mettent en œuvre un programme. Ils y trouveront une démarche par étapes, des outils et des exemples concrets qu’ils seront libres d’adapter pour réaliser une analyse qualitative et quantitative de la mise en œuvre du programme et en améliorer la qualité.</t>
+  </si>
+  <si>
+    <t>01/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2014 12:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234324/fr/evaluation-annuelle-d-un-programme-d-education-therapeutique-du-patient-etp-une-demarche-d-auto-evaluation</t>
+  </si>
+  <si>
+    <t>c_1234324</t>
+  </si>
+  <si>
+    <t>Évaluation quadriennale d'un programme d'éducation thérapeutique du patient : une démarche d'auto-évaluation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748115/fr/evaluation-quadriennale-d-un-programme-d-education-therapeutique-du-patient-une-demarche-d-auto-evaluation</t>
+  </si>
+  <si>
+    <t>c_1748115</t>
+  </si>
+  <si>
+    <t>Test compagnon associé à une thérapie ciblée : définitions et méthode d’évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est d’exposer les fondements théoriques et méthodologiques de l’évaluation d’un test diagnostique, nommé test compagnon, permettant de sélectionner par l’identification d’un marqueur prédictif les patients seuls susceptibles de recevoir un bénéfice d’une thérapie dite ciblée.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/04/2014 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Assessment of ethical aspects</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1525743/en/assessment-of-ethical-aspects</t>
+    <t>Choix méthodologiques pour le développement clinique des pansements</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide méthodologique est d’identifier les éléments clés du protocole d’une étude clinique évaluant les pansements dans le traitement des plaies chroniques qui permettent une évaluation clinique de qualité. Ce guide est destiné aux industriels, aux structures de recherche et aux porteurs de projets.</t>
+  </si>
+  <si>
+    <t>18/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2013 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713137/fr/choix-methodologiques-pour-le-developpement-clinique-des-pansements</t>
+  </si>
+  <si>
+    <t>c_1713137</t>
+  </si>
+  <si>
+    <t>Critères de qualité des revues et journaux de la presse médicale française</t>
+  </si>
+  <si>
+    <t>Dans le cadre de son rôle d'information des professionnels de santé, la HAS a initié une démarche de réflexion sur la qualité de la presse médicale française, reposant sur l'identification de bonnes pratiques et de critères qualité. Trois axes de qualité ont été retenus porant sur la transparence, l'indépendance et l'éthique éditoriale. Les bonnes pratiques et critères de qualité qui en découlent sont utilisables : par les éditeurs et les rédacteurs : la démarche qualité peut se décliner dans le temps, en définissant des objectifs prioritaires pour chaque titre, en fonction de sa situation ; par exemple les revues de formation et de recherche peuvent prendre connaissance des recommandations ICMJE et COPE pour mettre en oeuvre leurs principes ; par les lecteurs qui peuvent élaborer une grille de lecture de qualité d'un titre.</t>
+  </si>
+  <si>
+    <t>30/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/05/2013 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1018620/fr/criteres-de-qualite-des-revues-et-journaux-de-la-presse-medicale-francaise</t>
+  </si>
+  <si>
+    <t>c_1018620</t>
+  </si>
+  <si>
+    <t>L’évaluation des aspects éthiques à la Haute Autorité de santé</t>
+  </si>
+  <si>
+    <t>Ce guide définit une méthode d’évaluation des aspects éthiques. La méthode proposée dans ce guide a pour trois objectifs principaux : faciliter l’identification des sujets soulevant des questions éthiques dont l’analyse semble utile pour éclairer la prise de décision. garantir une homogénéité des méthodologies d’évaluation des aspects éthiques. permettre aux Commissions et au Collège de la HAS d’assurer la mise en regard des différentes dimensions de l’évaluation.</t>
+  </si>
+  <si>
+    <t>10/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2013 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525743/fr/l-evaluation-des-aspects-ethiques-a-la-haute-autorite-de-sante</t>
   </si>
   <si>
     <t>c_1525743</t>
   </si>
   <si>
-    <t>Therapeutic patient education (TPE)</t>
+    <t>Méthode d'élaboration des Solutions pour la Sécurité du Patient (SSP)</t>
+  </si>
+  <si>
+    <t>La HAS propose un guide méthodologique d'élaboration des Solutions pour la Sécurité du Patient (SSP).</t>
+  </si>
+  <si>
+    <t>16/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2012 18:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1524026/fr/methode-d-elaboration-des-solutions-pour-la-securite-du-patient-ssp</t>
+  </si>
+  <si>
+    <t>c_1524026</t>
+  </si>
+  <si>
+    <t>L’évaluation des aspects sociaux</t>
+  </si>
+  <si>
+    <t>En octobre 2007, la Haute Autorité de santé a mis en place un groupe de travail afin d’envisager la manière dont la sociologie pourrait contribuer à ses travaux d’évaluation. Les réflexions et les propositions de ce groupe de travail s’inscrivent dans le prolongement d’un groupe de travail plus largement consacré à la définition de la notion de Service rendu à la collectivité (SeRC). # A partir d’un examen de documents produits par la HAS, six dimensions sociologiques ont été identifiées. Des connaissances scientifiques leur ont été associées. # Ce rapport présente les six dimensions sociologiques retenues par le groupe de travail, reprend la « grille de questionnements sociologiques standardisés » qui leur est associée et détaille enfin les recommandations du groupe de travail.</t>
+  </si>
+  <si>
+    <t>09/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499239/fr/l-evaluation-des-aspects-sociaux</t>
+  </si>
+  <si>
+    <t>r_1499239</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Réalisation d’une grille d’analyse de la pertinence des demandes de transfert et d’admission en SSR - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les services de soins de suite et de réadaptation (SSR) correspondent à une des activités d’un établissement de santé. L’activité des SSR a pour objet de prévenir ou de réduire les conséquences fonctionnelles, physiques, cognitives, psychologiques ou sociales des déficiences et des limitations de capacité des patients et de promouvoir leur réadaptation et leur réinsertion. Elle comprend, le cas échéant, des actes à visée diagnostique ou thérapeutique. L’orientation d’un patient dans une structure de SSR et son admission doivent répondre à un objectif thérapeutique déterminé et régulièrement réévalué. Le SSR ne doit plus être seulement reconnu comme l’aval du court séjour, mais comme une structure sanitaire apportant une plus-value réelle au patient car permettant une prise en charge globale destinée à lui permettre de retourner dans son lieu de vie d’origine.</t>
+  </si>
+  <si>
+    <t>25/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2012 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497412/fr/realisation-d-une-grille-d-analyse-de-la-pertinence-des-demandes-de-transfert-et-d-admission-en-ssr-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1497412</t>
+  </si>
+  <si>
+    <t>Le déploiement de la bientraitance</t>
+  </si>
+  <si>
+    <t>La HAS et la FORAP, la Fédération des Organismes régionaux d’Amélioration des Pratiques et des Organisations en santé proposent un guide dont l’objectif est d’accompagner les établissements dans le déploiement de la bientraitance en leur donnant les outils stratégiques et opérationnels nécessaires. Outre une démarche de déploiement d’une politique de bientraitance, le groupe propose un kit de 7 outils aux établissements qui peuvent les utiliser et les adapter en fonction de leur situation, de leur degré de développement préalable de la bientraitance, de leurs objectifs et de leurs besoins.</t>
+  </si>
+  <si>
+    <t>24/10/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>24/10/2012 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1323996/fr/le-deploiement-de-la-bientraitance</t>
+  </si>
+  <si>
+    <t>c_1323996</t>
+  </si>
+  <si>
+    <t>Consultation publique dans le cadre de recommandations ou d'évaluations en santé</t>
+  </si>
+  <si>
+    <t>Les consultations publiques sont une des modalités possibles d’implication du public dans l’élaboration des travaux de la HAS. Le terme « consultation publique » est défini comme un processus au cours duquel, à partir d’un document de travail provisoire, la HAS sollicite et recueille les avis et commentaires d’un public dont elle ne sélectionne pas les participants. Elles sont proposées au cas par cas et non de manière systématique. L’un de leurs buts est de pouvoir s’assurer, dans le cas de sujets controversés, que chaque partie intéressée (citoyens, patients, usagers, professionnels de santé, établissements, etc.) a eu la possibilité d’exprimer son avis sur les recommandations et évaluations en cours d’élaboration. Le guide méthodologique est construit selon le déroulement chronologique d’une consultation publique en quatre phases : conception et planification, mise en œuvre, analyse et exploitation, retour sur expérience.</t>
+  </si>
+  <si>
+    <t>03/09/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>05/10/2012 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250722/fr/consultation-publique-dans-le-cadre-de-recommandations-ou-d-evaluations-en-sante</t>
+  </si>
+  <si>
+    <t>c_1250722</t>
+  </si>
+  <si>
+    <t>Méthode d'élaboration du guide et des outils parcours de soins pour une maladie chronique</t>
+  </si>
+  <si>
+    <t>La HAS propose des outils au service de la prise en charge des personnes ayant une maladie chronique qui ont pour objectif d'améliorer la qualité de la prise en charge dans 2 dimensions essentielles : la mise en oeuvre mieux coordonnée des bonnes pratiques professionnelles, la facilitation du parcours de soins des malades, notamment pour leur suivi</t>
+  </si>
+  <si>
+    <t>01/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>05/06/2012 19:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1249209/fr/methode-d-elaboration-du-guide-et-des-outils-parcours-de-soins-pour-une-maladie-chronique</t>
+  </si>
+  <si>
+    <t>c_1249209</t>
+  </si>
+  <si>
+    <t>Mettre en oeuvre la gestion des risques associés aux soins en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ce guide vise à aider les établissements pour concevoir le programme d'amélioration de la qualité et de la sécurité des soins, en assurer la mise en œuvre et le suivi. Il est conçu sur la base de constats et d’orientations pragmatiques : volonté de convergence méthodologique des divers dispositifs existants, vision systémique de la démarche structurée selon trois fonctions étroitement liées (pilotage, coordination, mise en œuvre opérationnelle), proposition d’outils rapidement maîtrisables, si possible d’inspiration clinique, utilisables pour la prise de décision dans chacune de ces fonctions.</t>
+  </si>
+  <si>
+    <t>12/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1239410/fr/mettre-en-oeuvre-la-gestion-des-risques-associes-aux-soins-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>c_1239410</t>
+  </si>
+  <si>
+    <t>Méthode d’élaboration des auditions publiques</t>
+  </si>
+  <si>
+    <t>Le rapport d’orientation et les propositions sont rédigés en toute indépendance par une commission d’audition à l’issue d’un débat public auquel participe un public aussi représentatif et équilibré que possible, et après réalisation de la synthèse critique de la littérature sur le thème de l’audition publique. Le rapport d’orientation comprend un état des lieux des connaissances, des incertitudes et des débats d’experts, à partir desquels sont rédigées les propositions. Les propositions de l’audition publique ne sont pas exclusivement élaborées dans l’optique d’apporter une aide aux praticiens et aux patients dans la recherche des soins les plus appropriés dans des circonstances cliniques données, mais également dans celle de donner aux décideurs et aux professionnels des éléments d’orientation en termes de santé publique, d’organisation, de recherche et de prise en charge. Cette méthode est particulièrement adaptée en cas de controverse ou d’incertitudes sur un thème limité ayant des implications importantes en santé publique.</t>
+  </si>
+  <si>
+    <t>07/01/2011 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013673/fr/methode-d-elaboration-des-auditions-publiques</t>
+  </si>
+  <si>
+    <t>c_1013673</t>
+  </si>
+  <si>
+    <t>Programme d’éducation thérapeutique du patient : grille d’aide à l’évaluation de la demande d’autorisation par l’Agence régionale de santé (ARS)</t>
+  </si>
+  <si>
+    <t>« L’éducation thérapeutique s’inscrit dans le parcours de soins du patient. Elle a pour objectif de rendre le patient plus autonome en facilitant son adhésion aux traitements prescrits et en améliorant sa qualité de vie » (article L.1161-1 du code de la santé publique).</t>
+  </si>
+  <si>
+    <t>01/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2010 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_981885/fr/programme-d-education-therapeutique-du-patient-grille-d-aide-a-l-evaluation-de-la-demande-d-autorisation-par-l-agence-regionale-de-sante-ars</t>
+  </si>
+  <si>
+    <t>c_981885</t>
+  </si>
+  <si>
+    <t>Méthode d’élaboration des avis de la HAS après saisine par l’assurance maladie</t>
+  </si>
+  <si>
+    <t>La HAS peut-être amenée à donner un avis consultatif à l’assurance maladie en matière d’accords conventionnels, d’actes réalisés en série et, depuis la loi HPST du 21 juillet 2009, de référentiel de pratique médicale et d’encadrement d’un type particulier de soins. Ces nouvelles dispositions légales ont conduit la HAS à élaborer un cadre méthodologique unique pour les travaux d’investigation et d’expertise à conduire préalablement à la réponse de son Collège. L’avis de la HAS doit être rendu dans un délai de deux mois sauf pour les référentiels d’actes en série pour lesquels aucun délai de réponse n’est requis.</t>
+  </si>
+  <si>
+    <t>26/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2010 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_962084/fr/methode-d-elaboration-des-avis-de-la-has-apres-saisine-par-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>c_962084</t>
+  </si>
+  <si>
+    <t>CD-Rom Audit clinique ciblé (ACC) 2007</t>
+  </si>
+  <si>
+    <t>27/08/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_746701/fr/cd-rom-audit-clinique-cible-acc-2007</t>
+  </si>
+  <si>
+    <t>c_746701</t>
+  </si>
+  <si>
+    <t>Programme d’amélioration de la qualité (PAQ)</t>
+  </si>
+  <si>
+    <t>Ce document a été réalisé à partir de l'expérience acquise par 26 établissements de soins à la suite d’un appel d'offres lancé par la Direction des Hôpitaux pour la mise en place de Programmes d’assurance qualité dans les hôpitaux sur le thème générique de la "Sécurité des patients", avec l'appui technique et méthodologique de l'Agence Nationale pour le Développement de l'Évaluation Médicale (ANDEM).</t>
+  </si>
+  <si>
+    <t>15/01/1996 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_436531/fr/programme-d-amelioration-de-la-qualite-paq</t>
+  </si>
+  <si>
+    <t>c_436531</t>
+  </si>
+  <si>
+    <t>Construction et utilisation des indicateurs dans le domaine de la santé - Principes généraux</t>
+  </si>
+  <si>
+    <t>Selon la norme ISO 8402, un indicateur est une « information choisie, associée à un phénomène, destinée à en observer périodiquement les évolutions au regard d’objectifs périodiquement définis ». Suivant cette définition, l’existence d’informations numériques et répétées est donc nécessaire pour qu’une information quantitative soit qualifiée d’« indicateur». Un indicateur est une variable qui décrit un élément de situation ou une évolution d’un point de vue quantitatif. C’est un outil d’aide à la décision, dont l’utilisation s’inscrit dans une démarche qui répond à un objectif et se situe dans un contexte donné. L’indicateur n’a d’intérêt que par les choix qu’il aide à faire dans ce cadre.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2008 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456514/fr/construction-et-utilisation-des-indicateurs-dans-le-domaine-de-la-sante-principes-generaux</t>
+  </si>
+  <si>
+    <t>c_456514</t>
+  </si>
+  <si>
+    <t>Réussir un audit clinique et son plan d'amélioration</t>
+  </si>
+  <si>
+    <t>L’audit clinique est une méthode de diagnostic orientée vers l’action. Son but est d’améliorer la qualité des soins délivrés aux personnes soignées. La réalisation d’un audit clinique induira souvent des changements dans la pratique des professionnels de santé, qui devront se décliner dans un plan d’amélioration.</t>
+  </si>
+  <si>
+    <t>02/06/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2008 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_457168/fr/reussir-un-audit-clinique-et-son-plan-d-amelioration</t>
+  </si>
+  <si>
+    <t>c_457168</t>
+  </si>
+  <si>
+    <t>CD-Rom Audit clinique 2006</t>
+  </si>
+  <si>
+    <t>15/12/2008 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_431335/fr/cd-rom-audit-clinique-2006</t>
+  </si>
+  <si>
+    <t>c_431335</t>
+  </si>
+  <si>
+    <t>Chemin Clinique</t>
+  </si>
+  <si>
+    <t>Centré autour du patient, le chemin clinique a pour but de décrire, pour une pathologie donnée, tous les éléments du processus de prise en charge en suivant le parcours du patient. Cette méthode vise à planifier, rationaliser et standardiser la prise en charge pluridisciplinaire de patients présentant un problème de santé comparable. Elle repose sur la description d’une prise en charge optimale et efficiente à partir des recommandations professionnelles. Le CC peut être utilisé dans un établissement de santé, dans un réseau de soins ou dans le cadre de l’exercice libéral lorsque les professionnels se coordonnent entre eux.</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_436520/fr/chemin-clinique</t>
+  </si>
+  <si>
+    <t>c_436520</t>
+  </si>
+  <si>
+    <t>CD-Rom EPP en médecine ambulatoire 2008</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736246/fr/cd-rom-epp-en-medecine-ambulatoire-2008</t>
+  </si>
+  <si>
+    <t>c_736246</t>
+  </si>
+  <si>
+    <t>Visite académique</t>
+  </si>
+  <si>
+    <t>Les points clés OÙ mettre en œuvre ? Dans le secteur libéral. de QUOI s’agit-il ? Transmettre des messages éducatifs, préventifs, de dépistage ou de prise en charge des patients, en vue d’améliorer les pratiques, par un contact individuel, essentiellement lors d’un échange au cabinet médical, 6 à 8 fois/an. QUI peut le faire ? Un individu ou une équipe ou une maison médicale.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_436536/fr/visite-academique</t>
+  </si>
+  <si>
+    <t>c_436536</t>
+  </si>
+  <si>
+    <t>Réseaux de santé</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438527/fr/reseaux-de-sante</t>
+  </si>
+  <si>
+    <t>c_438527</t>
+  </si>
+  <si>
+    <t>Méthodes et outils des démarches qualité pour les établissements de santé</t>
+  </si>
+  <si>
+    <t>Sans en porter nécessairement le nom, les démarches qualité existent de longue date dans les établissements de santé. De façon souvent empirique, les professionnels ont appris à améliorer les soins et régler les problèmes, en intégrant les innovations thérapeutiques et en améliorant l’organisation des soins.</t>
+  </si>
+  <si>
+    <t>01/07/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2000 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272145/fr/methodes-et-outils-des-demarches-qualite-pour-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_272145</t>
+  </si>
+  <si>
+    <t>Revue de pertinence des soins (RPS)</t>
+  </si>
+  <si>
+    <t>La revue de pertinence des soins est une méthode permettant d’évaluer l’adéquation des soins aux besoins des patients. Elle s’applique à un soin ou un programme de soins et peut porter sur l’indication, l’initiation ou la poursuite des soins.</t>
+  </si>
+  <si>
+    <t>28/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_434809/fr/revue-de-pertinence-des-soins-rps</t>
+  </si>
+  <si>
+    <t>c_434809</t>
+  </si>
+  <si>
+    <t>Structuration d’un programme d’éducation thérapeutique du patient dans le champ des maladies chroniques</t>
   </si>
   <si>
     <t>Définir l’éducation thérapeutique du patient (ETP), ses finalités, son organisation. Décrire la démarche d’ETP, le contenu de ses étapes. Proposer une structuration de programme d’ETP. Proposer une évaluation du processus d’ETP. Proposer une réflexion pour évaluer l’efficacité de l’ETP.</t>
   </si>
   <si>
-    <t>06/27/2007 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_601290/en/therapeutic-patient-education-tpe</t>
+    <t>27/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>13/11/2007 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_601290/fr/structuration-d-un-programme-d-education-therapeutique-du-patient-dans-le-champ-des-maladies-chroniques</t>
   </si>
   <si>
     <t>c_601290</t>
   </si>
   <si>
-    <t>How to judge a proposal for a screening programme</t>
+    <t>Méthodes quantitatives pour évaluer les interventions visant à améliorer les pratiques</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique vise à présenter les différentes caractéristiques méthodologiques d’une étude d’intervention destinée à améliorer la qualité des soins, et les différentes étapes de sa réalisation. Ce guide constitue avant tout un cadre de référence pour les chercheurs. Il vise à soutenir le développement actuel de la recherche sur les systèmes de santé, soutenue notamment par les appels à projets de recherche de la HAS, de la CNAMTS, de la DHOS (appel à projet PrEQHos). Il est une aide aux décideurs et professionnels de santé appelés à expertiser les projets de recherche portant sur une évaluation d’intervention. Ce guide constitue également un document de référence pour la lecture critique utile aux professionnels de terrain. Il fait cependant référence à des concepts, méthodes et outils complexes qui ne sont pas développés, et qui peuvent nécessiter l’aide de méthodologistes. Nous espérons cependant qu’à sa lecture, le professionnel de santé soit sensibilisé à l’importance de l’évaluation rigoureuse d’une intervention innovante, qui conditionnera peut-être sa pratique de demain.</t>
+  </si>
+  <si>
+    <t>25/10/2007 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_597750/fr/methodes-quantitatives-pour-evaluer-les-interventions-visant-a-ameliorer-les-pratiques</t>
+  </si>
+  <si>
+    <t>c_597750</t>
+  </si>
+  <si>
+    <t>Guide d’analyse de la littérature et gradation des recommandations</t>
+  </si>
+  <si>
+    <t>L'objectif de ce guide méthodologique est de présenter les principes permettant : de trouver et sélectionner les informations utiles pour la réalisation d'une revue systématique en santé, d'analyser de manière critique les articles sélectionnés et définir leur niveau de preuve, de rédiger une synthèse de la littérature médicale ainsi que des recommandations professionnelles, d'attribuer une gradation aux recommandations professionnelles produites. L'analyse critique de la litétrature médicale peut être définie comme une méthode standardisée d'analyse de l'objectif, de la méthode, des résultats et de la pertinence d'une étude, publiée ou non, dans le but d'en évaluer la qualité et de pouvoir en définir le niveau de preuve. Ce guide propose un certain nombre d'outils (grilles d'analyse d'articles, médicaux ou économiques, échelles de gradation du niveau de preuve des articles, échelles de gradation des recommandations) utiles pour les professionnels de santé et pour toute personne souhaitant lire de manière critique des articles médicaux, dans le but notamment d'élaborer des recommandations professionnelles. Ces outils sont couramment utilisés par la HAS dans ses propres travaux.</t>
+  </si>
+  <si>
+    <t>01/01/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2000 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_434715/fr/guide-d-analyse-de-la-litterature-et-gradation-des-recommandations</t>
+  </si>
+  <si>
+    <t>c_434715</t>
+  </si>
+  <si>
+    <t>Comment évaluer a priori un programme de dépistage ?</t>
   </si>
   <si>
     <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
   </si>
   <si>
-    <t>05/01/2004 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433375/fr/comment-evaluer-a-priori-un-programme-de-depistage</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3264825/en/cnedimts-assessment-of-the-mri-compatibility-of-implantable-medical-devices</t>
+    <t>Réseaux de santé : Guide d’évaluation</t>
+  </si>
+  <si>
+    <t>Première réflexion méthodologique de l’Anaes concernant l’évaluation des réseaux de santé, ce rapport à pour objet : définir ce qu’est un réseau de santé, par nature multiforme, en perpétuelle mouvance et faisant intervenir une multitude d’acteurs, proposer un cadre générique pour l’évaluation interne et externe des réseaux de santé, rechercher dans la littérature internationale des méthodologies transposables à la situation française.</t>
+  </si>
+  <si>
+    <t>01/07/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2004 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433386/fr/reseaux-de-sante-guide-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_433386</t>
+  </si>
+  <si>
+    <t>Principes d'évaluation des réseaux de santé</t>
+  </si>
+  <si>
+    <t>01/06/1999 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/1999 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433400/fr/principes-d-evaluation-des-reseaux-de-sante</t>
+  </si>
+  <si>
+    <t>c_433400</t>
+  </si>
+  <si>
+    <t>Méthode d’élaboration d’une démarche de soins type à domicile pour une population définie de personnes en situation de dépendance</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide méthodologique est d'aider un promoteur, société savante ou organisation professionnelle, à élaborer une démarche de soins type pour une pathologie donnée, afin d'organiser la collaboration entre les infirmiers libéraux, les médecins généralistes et les autres professionnels impliqués dans les soins. Ce guide décrit l'importance d'une approche multiprofessionnelle des situations de dépendance à domicile.</t>
+  </si>
+  <si>
+    <t>01/05/2004 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_431300/fr/methode-d-elaboration-d-une-demarche-de-soins-type-a-domicile-pour-une-population-definie-de-personnes-en-situation-de-dependance</t>
+  </si>
+  <si>
+    <t>c_431300</t>
+  </si>
+  <si>
+    <t>Méthodologie générale d’élaboration des protocoles thérapeutiques « hors-GHS »</t>
+  </si>
+  <si>
+    <t>Ce guide précise le cadre méthodologique général retenu pour l’élaboration des protocoles thérapeutiques mentionnés dans le décret 2005-1023 du 24 août 2005 relatif au « contrat de bon usage des médicaments et des produits et prestations, mentionné à l’article L.162-22-7 du code de la sécurité sociale ». Ce guide a été rédigé par la Haute Autorité de santé, l'Institut national du cancer et l'Agence française de sécurité sanitaire des produits de santé. Document actualisé en janvier 2007</t>
+  </si>
+  <si>
+    <t>29/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272481/fr/methodologie-generale-d-elaboration-des-protocoles-therapeutiques-hors-ghs</t>
+  </si>
+  <si>
+    <t>c_272481</t>
+  </si>
+  <si>
+    <t>Évaluation des réseaux de soins : bilan de l’existant et cadre méthodologique</t>
+  </si>
+  <si>
+    <t>Définis comme une forme organisée d’action collective apportée par des professionnels en réponse à un besoin de santé, les réseaux de soins correspondent en réalité à une grande diversité de dispositifs. Ce rapport, envisagé comme une étape préliminaire à la mise en place d’une démarche d’accréditation des réseaux de santé, expose à partir de l’observation du fonctionnement de réseaux en activité, les préconisations relatives à leur évaluation.</t>
+  </si>
+  <si>
+    <t>01/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2001 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271855/fr/evaluation-des-reseaux-de-soins-bilan-de-l-existant-et-cadre-methodologique</t>
+  </si>
+  <si>
+    <t>c_271855</t>
+  </si>
+  <si>
+    <t>Évaluation d’une action de santé publique : recommandations</t>
+  </si>
+  <si>
+    <t>Ce document fournit des conseils méthodologiques sur la réalisation d’une évaluation en santé publique. Le cadre de l'étude a été déterminé avec les utilisateurs potentiels. Les propositions se fondent sur l'analyse de la littérature et sur l'analyse du déroulement de deux programmes concrêts de santé publique. Le but poursuivi est d'identifier, les interrogations qui doivent systématiquement précèder et accompagner tout projet d’évaluation en santé.# Cette étude est une base pouvant servir à l'élaboration de travaux plus spécifiques à engager par les promoteurs et les professionnels de terrain.</t>
+  </si>
+  <si>
+    <t>01/10/1995 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/1995 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272058/fr/evaluation-d-une-action-de-sante-publique-recommandations</t>
+  </si>
+  <si>
+    <t>c_272058</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale (maladies rares et oncogénétique)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué, pour la première fois, la possibilité de remboursement d’une technologie innovante en biologie médicale : le séquençage haut débit ciblé. Cette primo-évaluation couvre un champ particulièrement large, car de très nombreuses situations cliniques seront considérées. Face aux technologies émergentes comme le séquençage haut débit et très haut débit, il devient essentiel de concilier exigence scientifique et réactivité.</t>
+  </si>
+  <si>
+    <t>04/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/11/2025 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704400/fr/principes-d-evaluation-des-actes-de-sequencage-haut-debit-cible-panels-de-genes-en-genetique-constitutionnelle-postnatale-maladies-rares-et-oncogenetique</t>
+  </si>
+  <si>
+    <t>p_3704400</t>
+  </si>
+  <si>
+    <t>Activité du séquençage haut débit ciblé en génétique constitutionnelle postnatale financée dans le cadre du RIHN : programme des évaluations des actes de séquençage haut débit ciblé</t>
+  </si>
+  <si>
+    <t>Programme, RIHN, séquençage haut débit ciblé, génétique constitutionnelle postnatale.</t>
+  </si>
+  <si>
+    <t>21/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>07/08/2025 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639896/fr/activite-du-sequencage-haut-debit-cible-en-genetique-constitutionnelle-postnatale-financee-dans-le-cadre-du-rihn-programme-des-evaluations-des-actes-de-sequencage-haut-debit-cible</t>
+  </si>
+  <si>
+    <t>p_3639896</t>
+  </si>
+  <si>
+    <t>Guide méthodologique de gestion des risques des actes à visée esthétique (hors actes chirurgicaux) – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Élaboration d’un guide méthodologique de gestion des risques appliqué aux actes à visée esthétique non chirurgicaux, en réponse aux évolutions du secteur et aux besoins de régulation</t>
+  </si>
+  <si>
+    <t>14/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2025 10:58:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607306/fr/guide-methodologique-de-gestion-des-risques-des-actes-a-visee-esthetique-hors-actes-chirurgicaux-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3607306</t>
+  </si>
+  <si>
+    <t>Principes d’évaluation des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale de pathologies infectieuses</t>
+  </si>
+  <si>
+    <t>Principe d’évaluations des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale de pathologies infectieuses, détaillant les modalités et méthodes d’évaluation de ces actes en vue de leur remboursement, lors d’une première demande ou lors d’une réévaluation.</t>
+  </si>
+  <si>
+    <t>08/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2025 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601292/fr/principes-d-evaluation-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-de-pathologies-infectieuses</t>
+  </si>
+  <si>
+    <t>p_3601292</t>
+  </si>
+  <si>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>Principe d’évaluations des actes de séquençage haut débit ciblé (panels de gènes) en génétique somatique des cancers, détaillant les modalités et méthodes d’évaluation de ces actes en vue de leur remboursement, lors d’une première demande ou lors d’une réévaluation</t>
+  </si>
+  <si>
+    <t>05/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536272/fr/principes-d-evaluation-des-actes-de-sequencage-haut-debit-cible-panels-de-genes-en-genetique-somatique-des-cancers</t>
+  </si>
+  <si>
+    <t>p_3536272</t>
+  </si>
+  <si>
+    <t>Télésurveillance médicale : référentiels des fonctions et organisations des soins</t>
+  </si>
+  <si>
+    <t>La HAS publie un référentiel pour les solutions de télésurveillance pour chacune des cinq pathologies suivantes : patients diabétiques, insuffisants cardiaques chroniques, insuffisants rénaux chroniques, insuffisants respiratoires chroniques et porteurs de prothèses cardiaques implamtables à visée thérapeutique. Ces référentiels permettront aux industriels et aux professionnels de santé de se préparer, en vue de l’entrée en vigueur du remboursement de droit commun des activités de télésurveillance, en ayant connaissance des exigences techniques et organisationnelles, retenues par la HAS.</t>
+  </si>
+  <si>
+    <t>18/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/01/2022 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311071/fr/telesurveillance-medicale-referentiels-des-fonctions-et-organisations-des-soins</t>
+  </si>
+  <si>
+    <t>p_3311071</t>
+  </si>
+  <si>
+    <t>Évaluation de la compatibilité IRM des dispositifs médicaux implantables par la CNEDiMTS</t>
+  </si>
+  <si>
+    <t>L’imagerie par résonance magnétique (IRM), examen d’imagerie médicale de référence dans de nombreuses pathologies, est en constante augmentation ces dernières années et de nombreuses avancées technologiques permettent d’améliorer cette technique. Afin de s’adapter à ces innovations, les dispositifs médicaux implantables (DMI) doivent faire évoluer leurs caractéristiques de compatibilité à un examen par IRM. Dans un objectif de clarification de ses attentes sur l’évaluation de la compatibilité IRM des DMI dans les dossiers déposés, la HAS s’est saisie de cette problématique afin de mieux prendre en compte la compatibilité IRM dans son évaluation des DMI.</t>
+  </si>
+  <si>
+    <t>19/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2021 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264825/fr/evaluation-de-la-compatibilite-irm-des-dispositifs-medicaux-implantables-par-la-cnedimts</t>
   </si>
   <si>
     <t>p_3264825</t>
   </si>
   <si>
-    <t>Organisational impact map for health technology assessment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2902770/en/organisational-impact-map-for-health-technology-assessment</t>
+    <t>Élaboration de cahiers des charges (fonctions et organisation des soins) pour certains dispositifs médicaux utilisés à des fins de télésurveillance - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La télésurveillance médicale fait l’objet depuis 2014 d’un financement au titre des Expérimentations de la Télémédecine pour l’Amélioration des Parcours en Santé (ETAPES) dans 5 aires thérapeutiques : Patients insuffisants respiratoires chroniques Patients insuffisants cardiaques chroniques Patients insuffisants rénaux chroniques Patients diabétiques Patients porteurs de prothèses cardiaques implantables à visée thérapeutique. La fin de ce programme est prévue au 31/12/2021. Le ministère a saisi la CNEDIMTS afin qu’elle construise des cahiers des charges des fonctions et organisation des soins nécessaires pour les solutions de télésurveillance concernées permettant d’envisager leur prise en charge d’emblée sans évaluation de chaque dispositif médical par la CNEDiMTS. L’enjeu de ce projet est de contribuer à la sortie des expérimentations ETAPES et de permettre aux patients de bénéficier de ces solutions de télésurveillance à l’issue de ces expérimentations.</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/09/2021 12:20:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285500/fr/elaboration-de-cahiers-des-charges-fonctions-et-organisation-des-soins-pour-certains-dispositifs-medicaux-utilises-a-des-fins-de-telesurveillance-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3285500</t>
+  </si>
+  <si>
+    <t>Évolutions incrémentales des dispositifs médicaux : évaluation par la CNEDiMTS selon leur impact</t>
+  </si>
+  <si>
+    <t>Le secteur des dispositifs médicaux (DM) est marqué par un fort dynamisme. Dans les dossiers qui lui sont soumis pour évaluation, la CNEDiMTS doit donc très souvent se prononcer sur des demandes correspondant à des évolutions incrémentales de dispositifs médicaux qu’elle a précédemment évalués. Dans ces situations, la CNEDIMTS a défini, pour chaque type d’évolution incrémentale, un niveau d’impact et les informations ou les données attendues en fonction de chacun d’entre eux. L’objectif de ce travail est de donner aux industriels souhaitant déposer une demande de prise en charge de leur dispositif médical une meilleure visibilité sur les attentes de la CNEDiMTS.</t>
+  </si>
+  <si>
+    <t>07/04/2021 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259556/fr/evolutions-incrementales-des-dispositifs-medicaux-evaluation-par-la-cnedimts-selon-leur-impact</t>
+  </si>
+  <si>
+    <t>p_3259556</t>
+  </si>
+  <si>
+    <t>Intégration de la cartographie relative à l'impact organisationnel (IO) dans les critères d’évaluation de la CNEDiMTS - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Afin que l’impact organisationnel puisse être documenté lors d’un dépôt de dossier d’évaluation d’un produit de santé, la Haute autorité de santé (HAS) a publié une cartographie qui vise à la fois à définir ces impacts organisationnels et à proposer des critères permettant d’en mesurer les effets ou de les argumenter, au travers d’un guide méthodologique. La cartographie élaborée ne présage pas de la façon dont l’évaluation des impacts organisationnels d’une technologie de santé sera prise en compte au sein de chaque commission de la HAS (CNEDiMTS, CEESP, CT) et par le Collège. La CNEDiMTS s’est donc auto-saisie afin d’intégrer cette cartographie des impacts organisationnels dans ses évaluations.</t>
+  </si>
+  <si>
+    <t>30/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2021 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259114/fr/integration-de-la-cartographie-relative-a-l-impact-organisationnel-io-dans-les-criteres-d-evaluation-de-la-cnedimts-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3259114</t>
+  </si>
+  <si>
+    <t>Cartographie des impacts organisationnels pour l’évaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Pour mieux documenter l’impact organisationnel lors d’une demande d’évaluation d’un médicament, d'un dispositif médical ou d'un acte professionnel, la HAS a élaboré un guide méthodologique. Il établit une cartographie permettant de définir les impacts organisationnels induits par les technologies de santé et propose aussi des critères pour en mesurer les effets.</t>
+  </si>
+  <si>
+    <t>10/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>31/12/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902770/fr/cartographie-des-impacts-organisationnels-pour-l-evaluation-des-technologies-de-sante</t>
   </si>
   <si>
     <t>c_2902770</t>
   </si>
   <si>
-    <t>Clinical utility of genomic signatures in early-stage breast cancer - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2748998/en/clinical-utility-of-genomic-signatures-in-early-stage-breast-cancer-inahta-brief</t>
+    <t>Spécificités méthodologiques d’évaluation clinique des dispositifs médicaux connectés</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS évalue des dispositifs médicaux connectés ayant des finalités d’usage multiples. Leurs caractéristiques techniques, notamment la rapidité d’évolution de ces solutions technologiques et les interactions multiples qu’elles permettent entre patients, aidants, soignants et autres dispositifs médicaux ou objets, l’intégration de systèmes experts (apprenants ou non) traitant les données imposent un questionnement sur les méthodes les plus appropriées pour leur évaluation clinique.</t>
+  </si>
+  <si>
+    <t>29/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2019 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2845863/fr/specificites-methodologiques-d-evaluation-clinique-des-dispositifs-medicaux-connectes</t>
+  </si>
+  <si>
+    <t>c_2845863</t>
+  </si>
+  <si>
+    <t>Utilité clinique des signatures génomiques dans le cancer du sein de stade précoce - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’utilité clinique de chacune des quatre signatures génomiques prises en charge de façon dérogatoire dans le cadre du Référentiel des actes innovants hors nomenclatures (RIHN) pour guider la décision d’administrer une chimiothérapie adjuvante en cas de cancer du sein de stade précoce</t>
+  </si>
+  <si>
+    <t>09/01/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2019 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748998/fr/utilite-clinique-des-signatures-genomiques-dans-le-cancer-du-sein-de-stade-precoce-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_2748998</t>
   </si>
   <si>
-    <t>Web page</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
+    <t>Chirurgie ambulatoire : outils d’aide au développement - Note d'orientation</t>
+  </si>
+  <si>
+    <t>La chirurgie ambulatoire reste en France insuffisamment développée alors qu’elle constitue un apport réel en termes de qualité pour les patients. Dans ce contexte, la Haute Autorité de santé (HAS) et l’Agence nationale d’appui à la performance des établissements de santé et médico-sociaux (ANAP) unissent leurs efforts pour informer et accompagner les professionnels. Les deux partenaires publient une note d’orientation qui formalise leur coopération, définit six axes de travail, précise la nature des productions attendues et donne un calendrier d’action</t>
+  </si>
+  <si>
+    <t>22/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>22/12/2011 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1166746/fr/chirurgie-ambulatoire-outils-d-aide-au-developpement-note-d-orientation</t>
+  </si>
+  <si>
+    <t>c_1166746</t>
+  </si>
+  <si>
+    <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>14/03/2011 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
+  </si>
+  <si>
+    <t>c_1024762</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Visualisation dynamique des questionnaires PROMs retenus par pathologie chronique/chirurgie</t>
+  </si>
+  <si>
+    <t>Un outil de visualisation dynamique résume les principales caractéristiques des questionnaires PROMs retenus par pathologie chronique/chirurgie. Il s’appuie sur les informations présentées dans les guides d’utilisation des PROMs en pratique clinique courante : nom, pathologie/chirurgie, nombre de questions/dimensions, temps de remplissage, fréquence d’administration.</t>
+  </si>
+  <si>
+    <t>28/11/2025 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3750809/fr/visualisation-dynamique-des-questionnaires-proms-retenus-par-pathologie-chronique/chirurgie</t>
+  </si>
+  <si>
+    <t>p_3750809</t>
+  </si>
+  <si>
+    <t>Accès précoce à un médicament</t>
+  </si>
+  <si>
+    <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
   </si>
   <si>
     <t>r_1500918</t>
   </si>
   <si>
-    <t>Serious Adverse Events in France: a Reporting and Learning System</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2787338/en/serious-adverse-events-in-france-a-reporting-and-learning-system</t>
+    <t>Comprendre la nouvelle évaluation des ESSMS</t>
+  </si>
+  <si>
+    <t>Les établissements et services sociaux et médico-sociaux sont tenus de procéder à des évaluations régulières de leurs activités et de la qualité de leurs prestations.</t>
+  </si>
+  <si>
+    <t>10/03/2022 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2838131/fr/comprendre-la-nouvelle-evaluation-des-essms</t>
+  </si>
+  <si>
+    <t>c_2838131</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre l'évaluation des ESSMS</t>
+  </si>
+  <si>
+    <t>Les établissements et services sociaux et médico-sociaux (ESSMS) sont tenus de procéder à des évaluations régulières de leurs activités et de la qualité de leurs prestations. Le référentiel et le manuel ont été publiés par la HAS le 10 mars 2022 pour permettre aux ESSMS de s’approprier le dispositif. La procédure d'évaluation a été publiée par la HAS le 13 mai 2022 pour permettre son déploiement.</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323069/fr/mettre-en-oeuvre-l-evaluation-des-essms</t>
+  </si>
+  <si>
+    <t>p_3323069</t>
+  </si>
+  <si>
+    <t>Comprendre l’évaluation des dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>La CNEDIMTS donne un avis sur les demandes d'inscription, de renouvellement d'inscription, ainsi que sur la modification des conditions d'inscription : Sur la LPPR des DM à usage individuel, produits de santé autres que les médicaments, et prestations associées Des activités de télésurveillance sur la LATM. Elle donne également les avis pour toute demande de prise en charge dérogatoire des DM, y compris numériques dans le cadre de la PECT et de la PECAN.</t>
+  </si>
+  <si>
+    <t>05/11/2012 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_928541/fr/comprendre-l-evaluation-des-dispositifs-medicaux</t>
+  </si>
+  <si>
+    <t>c_928541</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Parcours de transition des personnes transgenres : la HAS réaffirme la nécessité de protéger les experts</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) avait saisi le Conseil d’Etat d’un pourvoi en cassation contre un jugement du tribunal administratif de Montreuil lui enjoignant, à la demande d’une association, de communiquer la liste des membres du groupe de travail participant à l’élaboration des recommandations sur la transition de genre, et qui ont été récemment publiées. Après avoir accordé à la HAS un sursis à exécution, le Conseil d’Etat rejette finalement le pourvoi. La HAS prend acte de cette décision qui souligne toutefois que les textes actuels, sur lesquels le juge s’est fondé, ne garantissent pas suffisamment la protection des experts participant à l’expertise en santé. Attachée à la protection des experts et au principe d’indépendance de l’expertise, la HAS appelle à une évolution législative.</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639305/fr/parcours-de-transition-des-personnes-transgenres-la-has-reaffirme-la-necessite-de-proteger-les-experts</t>
+  </si>
+  <si>
+    <t>p_3639305</t>
+  </si>
+  <si>
+    <t>Méthodes et publications</t>
+  </si>
+  <si>
+    <t>24/05/2022 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021017/fr/methodes-et-publications</t>
+  </si>
+  <si>
+    <t>c_1021017</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité des parcours de soins</t>
+  </si>
+  <si>
+    <t>La CNAM et la HAS co-pilotent le projet « Inscrire la qualité et la pertinence au cœur des organisations et des pratiques ». L’objectif est l’engagement des professionnels concernés dans une démarche participative d’amélioration de la qualité des parcours, en s’appuyant notamment sur les indicateurs de qualité et les guides PROMs.</t>
+  </si>
+  <si>
+    <t>25/04/2022 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306659/fr/indicateurs-de-qualite-des-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>p_3306659</t>
+  </si>
+  <si>
+    <t>L’IA en santé, un enjeu majeur pour la HAS et l’ensemble du système de santé</t>
+  </si>
+  <si>
+    <t>L’effervescence des nouvelles technologies de santé et la montée en puissance de l’intelligence artificielle (IA) en santé sont autant d’opportunités pour améliorer la qualité des soins et des accompagnements sociaux et médico-sociaux, que de défis pour en encadrer les usages. La HAS a pour mission générale de fournir une expertise scientifique indépendante au service de la qualité du système de santé : elle entend dès lors jouer tout son rôle pour aider à distinguer les usages de l’IA présentant un réel intérêt, à accompagner leur déploiement vertueux et à informer nos concitoyens. L’IA représente également un levier au sein de l’organisation interne de la HAS ; pour en évaluer les potentialités, la HAS mène des expérimentations, notamment pour la revue de littérature scientifique.</t>
+  </si>
+  <si>
+    <t>09/04/2025 12:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599637/fr/l-ia-en-sante-un-enjeu-majeur-pour-la-has-et-l-ensemble-du-systeme-de-sante</t>
+  </si>
+  <si>
+    <t>p_3599637</t>
+  </si>
+  <si>
+    <t>Questionnaire d'expérience patient pour l'expérimentation « Paiement à l'épisode de soins pour des prises en charge chirurgicales »</t>
+  </si>
+  <si>
+    <t>La HAS développe un questionnaire d’expérience patient pour l’ensemble des prises en charges concernées par l’épisode de soins. Une première version de ce questionnaire a été expérimentée auprès ces patients de novembre 2019 à juillet 2021. En mars 2021, une deuxième version a été développée en collaboration avec des représentants de patients, des experts méthodologistes ainsi que des professionnels de santé et patients issus d’établissements expérimentateurs. Cette version est en cours de recueil depuis août 2021.</t>
+  </si>
+  <si>
+    <t>22/04/2022 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325624/fr/questionnaire-d-experience-patient-pour-l-experimentation-paiement-a-l-episode-de-soins-pour-des-prises-en-charge-chirurgicales</t>
+  </si>
+  <si>
+    <t>p_3325624</t>
+  </si>
+  <si>
+    <t>Méthodes de la HAS</t>
+  </si>
+  <si>
+    <t>L’exercice des missions de la HAS se traduit chaque année dans l’élaboration et la publication de plus de 1 500 travaux, qui diffèrent par leurs finalités et leurs destinataires. Derrière la diversité des productions se distinguent des exigences méthodologiques et des étapes d’élaboration communes. Toutes ces productions sont élaborées selon des méthodes dûment identifiées et publiées sur le site internet de la HAS. La HAS établit également des méthodes à l’intention d’acteurs externes. Pour réaliser ses travaux, la HAS sollicite chaque année la participation de plus de 2 000 experts qui travaillent avec elle dans un cadre précis avec le double objectif de mobiliser des compétences de haut niveau et d’éviter les conflits d’intérêts.</t>
+  </si>
+  <si>
+    <t>11/12/2024 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3567911/fr/methodes-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3567911</t>
+  </si>
+  <si>
+    <t>La HAS précise le cadre du « pari » de l’accès précoce aux médicaments</t>
+  </si>
+  <si>
+    <t>Engagée dans une démarche d’évolution continue de ses méthodes, la Haute Autorité de santé lance une réflexion sur sa doctrine d’évaluation des demandes d’autorisations d’accès précoce à des médicaments présumés innovants. Il s’agit de mieux apprécier l’incertitude entourant la demande et ce qui permettra ultérieurement de la lever afin de faire le meilleur « pari » possible sur le caractère innovant du produit, au bénéfice des patients. La HAS publie à ce sujet une note de cadrage détaillant le mode d’élaboration de ces travaux attendus pour le début d’année 2025.</t>
+  </si>
+  <si>
+    <t>24/06/2024 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525823/fr/la-has-precise-le-cadre-du-pari-de-l-acces-precoce-aux-medicaments</t>
+  </si>
+  <si>
+    <t>p_3525823</t>
+  </si>
+  <si>
+    <t>Certification des prestataires de services et distributeurs de matériel (PSDM) : la HAS publie le référentiel</t>
+  </si>
+  <si>
+    <t>Les prestataires de services et distributeurs de matériel (PSDM) sont devenus en quelques années un acteur important du maintien à domicile des personnes malades ou en perte d’autonomie. Ils fournissent des dispositifs médicaux et des prestations associées à environ 2 millions de personnes. À la suite d’un état des lieux mené par l’Inspection générale des affaires sociales (Igas), la loi de financement de la Sécurité sociale (LFSS) pour 2021 a confié à la Haute Autorité de santé (HAS) l’élaboration d’un référentiel des bonnes pratiques professionnelles et d’une procédure de certification des PSDM. La certification conditionnera la prise en charge des produits et prestations remboursables par l’Assurance maladie. L’objectif est de s’assurer de la qualité et de la sécurité de l’activité. La HAS publie aujourd’hui le référentiel sur la base duquel les prestataires seront évalués, afin de leur permettre de se préparer.</t>
+  </si>
+  <si>
+    <t>18/06/2024 11:37:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525164/fr/certification-des-prestataires-de-services-et-distributeurs-de-materiel-psdm-la-has-publie-le-referentiel</t>
+  </si>
+  <si>
+    <t>p_3525164</t>
+  </si>
+  <si>
+    <t>Comprendre l’évaluation des actes professionnels</t>
+  </si>
+  <si>
+    <t>Un acte professionnel est un geste réalisé par un professionnel de santé. Les actes, de nature très diverses (une prise de sang, un examen d’imagerie ou une technique chirurgicale…), ont un but de diagnostic, de prévention, de traitement ou de rééducation et concernent aussi bien la médecine de ville que l’hôpital, les professionnels du secteur médical que le paramédical.</t>
+  </si>
+  <si>
+    <t>14/01/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_408961/fr/comprendre-l-evaluation-des-actes-professionnels</t>
+  </si>
+  <si>
+    <t>c_408961</t>
+  </si>
+  <si>
+    <t>Contribuer à l'évaluation des médicaments en vue de leur remboursement ou d'une autorisation d'accès précoce</t>
+  </si>
+  <si>
+    <t>La HAS propose aux associations et groupes de patients et d'usagers de contribuer aux évaluations des médicaments, aussi bien dans le cadre des avis rendus en vue du remboursement que des décisions d'autorisation d'accès précoce. La HAS souhaite ainsi recueillir des faits, informations et résumés d’expériences donnant une vue concise et précise du point de vue des patients ou des aidants. Elle attend des contributions collectives qui reflètent les différentes situations et perceptions des personnes concernées. Retrouvez la liste des médicaments ouverts à contribution (accès précoce ou accès au remboursement) ou en cours d'instruction.</t>
+  </si>
+  <si>
+    <t>07/05/2024 09:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114053/fr/contribuer-a-l-evaluation-des-medicaments-en-vue-de-leur-remboursement-ou-d-une-autorisation-d-acces-precoce</t>
+  </si>
+  <si>
+    <t>p_3114053</t>
+  </si>
+  <si>
+    <t>Contribuer aux travaux de la HAS</t>
+  </si>
+  <si>
+    <t>Pour la réalisation de ses travaux, la HAS fait en continu appel à des contributions externes : experts professionnels ou usagers, parties prenantes, équipes académiques ou de terrain …. Les profils des contributeurs et les types de contribution sont adaptés aux travaux et à leur finalité.</t>
+  </si>
+  <si>
+    <t>08/02/2011 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1482317/fr/contribuer-aux-travaux-de-la-has</t>
+  </si>
+  <si>
+    <t>r_1482317</t>
+  </si>
+  <si>
+    <t>Déposer un dossier d’évaluation d’un dispositif médical</t>
+  </si>
+  <si>
+    <t>05/09/2019 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464498/fr/deposer-un-dossier-d-evaluation-d-un-dispositif-medical</t>
+  </si>
+  <si>
+    <t>c_464498</t>
+  </si>
+  <si>
+    <t>Labellisation et actualisation des recommandations de bonne pratique : la HAS propose une collaboration renforcée aux organismes professionnels</t>
+  </si>
+  <si>
+    <t>Les recommandations de bonne pratique (RBP) sont la synthèse de l’état de l’art et des données de la science à un temps donné. Elles sont essentielles pour améliorer la qualité des soins et garantir la sécurité des patients et jouent un rôle crucial dans l’orientation des professionnels dans leur pratique quotidienne. Pour émettre plus de recommandations de bonne pratique fondées sur des données probantes et actualisées régulièrement, la HAS publie deux guides méthodologiques : l’un sur l’attribution du label HAS à une recommandation de bonne pratique élaborée par un organisme professionnel, l’autre sur l’actualisation des recommandations de bonne pratique. Elle invite les organismes professionnels (CNP, sociétés savantes) et associations d’usagers à s’emparer de ces démarches et organisera prochainement une rencontre à cet effet.</t>
+  </si>
+  <si>
+    <t>20/09/2023 15:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463555/fr/labellisation-et-actualisation-des-recommandations-de-bonne-pratique-la-has-propose-une-collaboration-renforcee-aux-organismes-professionnels</t>
+  </si>
+  <si>
+    <t>p_3463555</t>
+  </si>
+  <si>
+    <t>Accès à l’innovation thérapeutique : la HAS réaffirme son engagement au bénéfice des patients</t>
+  </si>
+  <si>
+    <t>Certains avis sur des médicaments rendus par la commission de la transparence de la Haute Autorité de santé (HAS) donnent lieu à des critiques. L’institution souhaite lever des incompréhensions. Elle ne peut laisser croire en effet qu’elle ferait obstacle à l’accès à l’innovation thérapeutique au détriment des patients, à l’opposé de la politique qui est la sienne.</t>
+  </si>
+  <si>
+    <t>31/03/2023 16:45:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424840/fr/acces-a-l-innovation-therapeutique-la-has-reaffirme-son-engagement-au-benefice-des-patients</t>
+  </si>
+  <si>
+    <t>p_3424840</t>
+  </si>
+  <si>
+    <t>Avis et décisions sur les dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Rechercher un dispositif médical.</t>
+  </si>
+  <si>
+    <t>26/01/2023 16:29:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377225/fr/avis-et-decisions-sur-les-dispositifs-medicaux</t>
+  </si>
+  <si>
+    <t>p_3377225</t>
+  </si>
+  <si>
+    <t>Contribuer à l'évaluation des dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Procédure à suivre et tableaux des évaluations en cours pour les dispositifs médicaux.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114057/fr/contribuer-a-l-evaluation-des-dispositifs-medicaux</t>
+  </si>
+  <si>
+    <t>p_3114057</t>
+  </si>
+  <si>
+    <t>Démocratie en santé : la HAS poursuit son engagement pour faire entendre la voix des usagers en santé</t>
+  </si>
+  <si>
+    <t>Depuis plus de 15 ans, la Haute Autorité de santé (HAS) travaille à impliquer les usagers et leurs représentants en réfléchissant à leur place et leurs contributions dans les productions, les commissions ou les instances de l’institution. De nombreuses évolutions sociétales, dispositions légales, ou encore les crises sanitaires récentes ont suscité en France l’émergence de nouvelles modalités de participation au-delà des mécanismes de représentation des usagers. Pour que chacun puisse intervenir et ainsi transformer les pratiques, la HAS publie de nouveaux travaux pour améliorer encore l’information et la formation des usagers et de leurs associations.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389274/fr/democratie-en-sante-la-has-poursuit-son-engagement-pour-faire-entendre-la-voix-des-usagers-en-sante</t>
+  </si>
+  <si>
+    <t>p_3389274</t>
+  </si>
+  <si>
+    <t>Entrepôts de données de santé hospitaliers : la HAS publie un panorama inédit en France</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) utilise depuis plusieurs années les données du système national de données de santé (SNDS) pour mener ses travaux d’évaluation et pour mesurer la qualité des soins. Elle s’intéresse également aux entrepôts de données de santé hospitaliers (EDSH) qui contiennent une grande quantité d’informations médicales complémentaires – des données de vie réelle – potentiellement utiles dans la réalisation de ses missions. Dans le cadre de sa stratégie data, elle a ainsi entrepris fin 2021 de dresser un panorama des EDSH en France. Un travail inédit qui révèle l’hétérogénéité d’un écosystème en pleine construction et qui va d’ores et déjà permettre à la HAS de lancer de nouvelles expérimentations.</t>
+  </si>
+  <si>
+    <t>17/11/2022 11:00:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3386076/fr/entrepots-de-donnees-de-sante-hospitaliers-la-has-publie-un-panorama-inedit-en-france</t>
+  </si>
+  <si>
+    <t>p_3386076</t>
+  </si>
+  <si>
+    <t>Déposer un dossier d'évaluation d'un médicament</t>
+  </si>
+  <si>
+    <t>Modalités de dépôt d'un dossier pour la Commission de la Transparence.</t>
+  </si>
+  <si>
+    <t>18/06/2019 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046750/fr/deposer-un-dossier-d-evaluation-d-un-medicament</t>
+  </si>
+  <si>
+    <t>c_1046750</t>
+  </si>
+  <si>
+    <t>Sécurité du patient : s'outiller</t>
+  </si>
+  <si>
+    <t>La HAS propose des méthodes et des outils pour mettre en place une démarche collective d’amélioration de la sécurité des patients en établissement de santé ou en ville.</t>
+  </si>
+  <si>
+    <t>15/10/2020 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_821871/fr/securite-du-patient-s-outiller</t>
+  </si>
+  <si>
+    <t>c_821871</t>
+  </si>
+  <si>
+    <t>Déclarer les événements indésirables graves associés aux soins (EIGS)</t>
+  </si>
+  <si>
+    <t>Un évènement indésirable graves (EIGS) (...) est un évènement inattendu au regard de l’état de santé et de la pathologie de la personne et dont les conséquences sont le décès, la mise en jeu du pronostic vital, la survenue probable d’un définit fonctionnel permanent, y compris une anomalie ou une malformation congénitale.</t>
+  </si>
+  <si>
+    <t>20/01/2022 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2787338/fr/declarer-les-evenements-indesirables-graves-associes-aux-soins-eigs</t>
   </si>
   <si>
     <t>c_2787338</t>
   </si>
   <si>
-    <t>Press release</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3238368/en/has-proposes-the-first-classification-of-digital-solutions-used-in-healthcare</t>
+    <t>Social et médico-social : la HAS publie deux documents pour lancer la phase opérationnelle de l'évaluation</t>
+  </si>
+  <si>
+    <t>Après avoir publié le 10 mars dernier le premier référentiel national pour évaluer la qualité des établissements et services sociaux et médico-sociaux (ESSMS), ainsi que le manuel d’évaluation associé, la HAS complète aujourd’hui ce dispositif en publiant deux nouveaux documents : le cahier des charges qui s’applique aux organismes évaluateurs, et la procédure d’évaluation des établissements et services.</t>
+  </si>
+  <si>
+    <t>13/05/2022 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338524/fr/social-et-medico-social-la-has-publie-deux-documents-pour-lancer-la-phase-operationnelle-de-l-evaluation</t>
+  </si>
+  <si>
+    <t>p_3338524</t>
+  </si>
+  <si>
+    <t>La HAS publie le premier référentiel national pour évaluer la qualité dans le social et le médico-social</t>
+  </si>
+  <si>
+    <t>Après plus de deux années de travail, la HAS amorce le déploiement du nouveau dispositif d’évaluation de la qualité dans les établissements et services sociaux et médico-sociaux (ESSMS). A cette fin, elle publie aujourd’hui deux documents : le premier référentiel national et le manuel d’évaluation. Objectif ? Proposer un cadre national unique, homogène et commun aux plus de 40 000 établissements et services sur le territoire. Centrée sur la personne accompagnée, ses souhaits, ses besoins et son projet, cette évaluation est conçue pour promouvoir une démarche d’amélioration continue de la qualité qui favorise un meilleur accompagnement délivré aux personnes accueillies.</t>
+  </si>
+  <si>
+    <t>10/03/2022 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323113/fr/la-has-publie-le-premier-referentiel-national-pour-evaluer-la-qualite-dans-le-social-et-le-medico-social</t>
+  </si>
+  <si>
+    <t>p_3323113</t>
+  </si>
+  <si>
+    <t>Référentiel et Manuel d’évaluation de la qualité des ESSMS. Avertissement pour leur bon usage</t>
+  </si>
+  <si>
+    <t>Communiqué de la CSMS prenant acte de l’annulation par le conseil constitutionnel de l’amendement posant la base légale de l’ensemble du dispositif d’évaluation via notamment l’accréditation des organismes en charge de réaliser les évaluations dans les établissements et services sociaux et médico-sociaux à partir des outils et méthodes produits par la HAS.</t>
+  </si>
+  <si>
+    <t>10/03/2022 10:43:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323200/fr/referentiel-et-manuel-d-evaluation-de-la-qualite-des-essms-avertissement-pour-leur-bon-usage</t>
+  </si>
+  <si>
+    <t>p_3323200</t>
+  </si>
+  <si>
+    <t>Comprendre l’évaluation des médicaments</t>
+  </si>
+  <si>
+    <t>Les avis peuvent concerner : des médicaments déjà inscrits sur la liste des médicaments remboursables aux assurés sociaux ou sur la liste des médicaments agréés à l’usage des collectivités et divers services publics des médicaments pour lesquels la procédure d’admission au remboursement est en cours des médicaments pour lesquels une prise en charge dérogatoire a été examinée par la HAS</t>
+  </si>
+  <si>
+    <t>18/06/2019 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_412115/fr/comprendre-l-evaluation-des-medicaments</t>
+  </si>
+  <si>
+    <t>c_412115</t>
+  </si>
+  <si>
+    <t>Dépôt d’un dossier en vue d’un avis économique de la commission d’évaluation économique et de santé publique (CEESP)</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la mise en œuvre du décret du 2 octobre 2012, la HAS met à la disposition des industriels divers documents supports afin de faciliter le dépôt d’un dossier en vue d’un avis économique auprès de la Commission d’évaluation économique et de santé publique (CEESP).</t>
+  </si>
+  <si>
+    <t>10/05/2019 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627022/fr/depot-d-un-dossier-en-vue-d-un-avis-economique-de-la-commission-d-evaluation-economique-et-de-sante-publique-ceesp</t>
+  </si>
+  <si>
+    <t>c_1627022</t>
+  </si>
+  <si>
+    <t>Avis et décisions sur les médicaments</t>
+  </si>
+  <si>
+    <t>Rechercher un médicament. Vous pouvez rechercher une substance active, un nom de marque, une pathologie, etc.</t>
+  </si>
+  <si>
+    <t>05/08/2021 18:05:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3281266/fr/avis-et-decisions-sur-les-medicaments</t>
+  </si>
+  <si>
+    <t>p_3281266</t>
+  </si>
+  <si>
+    <t>La HAS propose la 1ère classification des solutions numériques utilisées en santé</t>
+  </si>
+  <si>
+    <t>Dans un contexte de multiplication des outils numériques utilisables en santé, la Haute Autorité de Santé vient d’élaborer un système de classification des solutions numériques selon leur finalité d’usage, leur capacité à apporter une réponse personnalisée et leur autonomie, c’est-à-dire leur capacité à agir avec ou sans intervention humaine. L’objectif : aider les acteurs à s’y retrouver et contribuer à une meilleure intégration de ces outils dans le secteur sanitaire et médico-social.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238368/fr/la-has-propose-la-1ere-classification-des-solutions-numeriques-utilisees-en-sante</t>
   </si>
   <si>
     <t>p_3238368</t>
   </si>
   <si>
-    <t>A new tool to evaluate medical devices using artificial intelligence</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3212876/en/a-new-tool-to-evaluate-medical-devices-using-artificial-intelligence</t>
+    <t>Mieux évaluer les impacts organisationnels des technologies de santé</t>
+  </si>
+  <si>
+    <t>Outre leur impact direct sur le bénéfice thérapeutique, diagnostique ou de compensation du handicap évalués pour le patient, les technologies de santé peuvent avoir un impact sur l’organisation des soins et les acteurs impliqués. Afin que l’impact organisationnel puisse être documenté lors d’un dépôt de dossier d’évaluation d’un produit de santé et dans le cadre de l’évaluation d’un acte professionnel, la HAS publie aujourd’hui une cartographie qui vise à la fois à définir ces impacts organisationnels et à proposer des critères permettant d’en mesurer les effets ou de les argumenter, au travers d’un guide méthodologique. Ce premier travail sera poursuivi par l’intégration de ces éléments dans les évaluations des commissions et du collège de la HAS.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3227674/fr/mieux-evaluer-les-impacts-organisationnels-des-technologies-de-sante</t>
+  </si>
+  <si>
+    <t>p_3227674</t>
+  </si>
+  <si>
+    <t>Un guide pour améliorer la qualité et la sécurité des soins au sein des SAMU</t>
+  </si>
+  <si>
+    <t>Le volume d’activité des SAMU a fortement augmenté ces dernières années. Ainsi, en 2019 plus de 30 millions d’appels ont-ils été reçus par les équipes. Afin de répondre à un enjeu d’amélioration de la qualité et de la sécurité de cette activité critique, et sur saisine du ministère des Solidarités et de la Santé, la HAS a bâti avec les professionnels un guide leur permettant de structurer leur démarche en la matière.</t>
+  </si>
+  <si>
+    <t>19/10/2020 14:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213350/fr/un-guide-pour-ameliorer-la-qualite-et-la-securite-des-soins-au-sein-des-samu</t>
+  </si>
+  <si>
+    <t>p_3213350</t>
+  </si>
+  <si>
+    <t>Un nouvel outil pour l’évaluation des dispositifs médicaux embarquant de l’intelligence artificielle</t>
+  </si>
+  <si>
+    <t>Avec l’arrivée de dispositifs médicaux dotés d’intelligence artificielle, la HAS met à jour ses guides de dépôt de dossiers pour accompagner les entreprises dans la constitution de leur demande d’accès au remboursement ou de forfait innovation.</t>
+  </si>
+  <si>
+    <t>14/10/2020 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212876/fr/un-nouvel-outil-pour-l-evaluation-des-dispositifs-medicaux-embarquant-de-l-intelligence-artificielle</t>
   </si>
   <si>
     <t>p_3212876</t>
   </si>
   <si>
-    <t>Public Consultation – Proposal for functional classification of digital solutions on the basis of their purpose</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3180615/en/public-consultation-proposal-for-functional-classification-of-digital-solutions-on-the-basis-of-their-purpose</t>
+    <t>Faciliter l’engagement des usagers :  la HAS publie sa première recommandation</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une première recommandation visant à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Cette recommandation - qui propose un socle de connaissances - sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202458/fr/faciliter-l-engagement-des-usagers-la-has-publie-sa-premiere-recommandation</t>
+  </si>
+  <si>
+    <t>p_3202458</t>
+  </si>
+  <si>
+    <t>Proposition de classification fonctionnelle de solutions numériques selon leur finalité d’usage</t>
+  </si>
+  <si>
+    <t>En avril dernier et jusqu’au 30 juin, la HAS a soumis son projet de grille à consultation publique afin de recueillir l’avis des acteurs du secteur, impliqués dans le développement ou l’utilisation de solutions numériques : associations agréées ou non de patients et d’usagers du système de santé, collèges nationaux professionnels et sociétés savantes, institutions et agences publiques, syndicats, industriels, développeurs, chercheurs …</t>
+  </si>
+  <si>
+    <t>30/07/2020 08:20:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180615/fr/proposition-de-classification-fonctionnelle-de-solutions-numeriques-selon-leur-finalite-d-usage</t>
   </si>
   <si>
     <t>p_3180615</t>
   </si>
   <si>
-    <t>HAS unveils its action plan for innovative medicines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3148262/en/has-unveils-its-action-plan-for-innovative-medicines</t>
+    <t>La HAS présente son plan d’action pour les médicaments innovants</t>
+  </si>
+  <si>
+    <t>Les innovations médicamenteuses de ces dernières années et des prochaines portent un espoir inédit pour les malades : guérir d’un cancer ou d’une maladie jusque-là incurable.</t>
+  </si>
+  <si>
+    <t>27/01/2020 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148262/fr/la-has-presente-son-plan-d-action-pour-les-medicaments-innovants</t>
   </si>
   <si>
     <t>p_3148262</t>
   </si>
   <si>
-    <t>Assessing medical devices embedding artificial intelligence</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3119829/en/assessing-medical-devices-embedding-artificial-intelligence</t>
+    <t>Évaluer les dispositifs médicaux avec intelligence artificielle</t>
+  </si>
+  <si>
+    <t>Le numérique se déployant, et la CNEDiMTS évaluant de plus en plus de dispositifs médicaux connectés, la question de l’accès au remboursement de ceux qui utiliseront l’intelligence artificielle va se poser. Afin de fluidifier l’instruction de ces dossiers – et ainsi permettre aux patients un accès rapide à l’innovation – la HAS publie aujourd’hui un projet de grille d’analyse des algorithmes auto-apprenants. Cette initiative contribue à cerner ce champ nouveau en pleine expansion. Elle est soumise à consultation publique jusqu’au 15 janvier 2020 pour recueillir les suggestions de tous les acteurs concernés.</t>
+  </si>
+  <si>
+    <t>20/11/2019 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119829/fr/evaluer-les-dispositifs-medicaux-avec-intelligence-artificielle</t>
   </si>
   <si>
     <t>p_3119829</t>
+  </si>
+  <si>
+    <t>Médicaments : une évaluation rigoureuse et scientifique par la HAS</t>
+  </si>
+  <si>
+    <t>Les médicaments sont évalués par deux commissions dans le cadre de leur admission au remboursement et de la fixation de leur prix. Sur quoi se fonde cette évaluation ? Comment l’innovation est-elle soutenue ? Comment les patients contribuent-ils à ces évaluations ?</t>
+  </si>
+  <si>
+    <t>15/11/2018 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974176/fr/medicaments-une-evaluation-rigoureuse-et-scientifique-par-la-has</t>
+  </si>
+  <si>
+    <t>pprd_2974176</t>
+  </si>
+  <si>
+    <t>Handicap en établissements de santé – Mieux organiser les soins</t>
+  </si>
+  <si>
+    <t>Le parcours des personnes en situation de handicap à l’hôpital ressemble parfois à celui du combattant. La HAS a publié un guide de bonnes pratiques afin d’aider les établissements de santé à répondre aux besoins spécifiques de ces patients.</t>
+  </si>
+  <si>
+    <t>14/01/2019 09:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974246/fr/handicap-en-etablissements-de-sante-mieux-organiser-les-soins</t>
+  </si>
+  <si>
+    <t>pprd_2974246</t>
+  </si>
+  <si>
+    <t>Certification : pourquoi évolue-t-elle en continu ?</t>
+  </si>
+  <si>
+    <t>Certification : 3 questions à… Thomas Le Ludec, directeur de l’amélioration de la qualité et de la sécurité des soins à la HAS.</t>
+  </si>
+  <si>
+    <t>30/09/2015 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974471/fr/certification-pourquoi-evolue-t-elle-en-continu</t>
+  </si>
+  <si>
+    <t>pprd_2974471</t>
+  </si>
+  <si>
+    <t>Questions fréquemment posées sur le compte qualité</t>
+  </si>
+  <si>
+    <t>08/12/2014 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974558/fr/questions-frequemment-posees-sur-le-compte-qualite</t>
+  </si>
+  <si>
+    <t>pprd_2974558</t>
+  </si>
+  <si>
+    <t>Méthode d'analyse d'une thématique : illustrations par des cas pratiques</t>
+  </si>
+  <si>
+    <t>5 cas pratiques d’analyse de thématiques vous sont proposés. L’objectif est d’illustrer la méthodologie mise en place au travers du compte qualité.</t>
+  </si>
+  <si>
+    <t>08/12/2014 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974560/fr/methode-d-analyse-d-une-thematique-illustrations-par-des-cas-pratiques</t>
+  </si>
+  <si>
+    <t>pprd_2974560</t>
+  </si>
+  <si>
+    <t>Description de la méthode</t>
+  </si>
+  <si>
+    <t>La méthode d’analyse de chaque thématique repose sur l’identification et l’analyse des risques. Elle est fondée sur les données pertinentes et utiles dont disposent l’établissement et qu’il utilise pour analyser la thématique.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974565/fr/description-de-la-methode</t>
+  </si>
+  <si>
+    <t>pprd_2974565</t>
+  </si>
+  <si>
+    <t>Parution du Guide méthodologique à destination des établissements de santé – Certification V2014</t>
+  </si>
+  <si>
+    <t>Annoncé en juillet, le guide méthodologique sera publié fin octobre 2014.</t>
+  </si>
+  <si>
+    <t>29/10/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974620/fr/parution-du-guide-methodologique-a-destination-des-etablissements-de-sante-certification-v2014</t>
+  </si>
+  <si>
+    <t>pprd_2974620</t>
+  </si>
+  <si>
+    <t>Évaluer les dispositifs médicaux connectés, y compris ceux faisant appel à l’intelligence artificielle</t>
+  </si>
+  <si>
+    <t>Face à l’essor des dispositifs médicaux connectés, la HAS publie un guide précisant les spécificités de leur évaluation clinique à l’attention des industriels qui sollicitent leur remboursement. Si l’évaluation repose sur les mêmes critères que pour tout autre type de dispositif médical, des spécificités liées à leur caractère connecté doivent être prises en compte : rapidité d’évolution de la solution technologique, interactions multiples entre patients, aidants, soignants et autres dispositifs médicaux ou objets, intégration de systèmes experts traitant les données (algorithmes avec ou sans intelligence artificielle).</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905546/fr/evaluer-les-dispositifs-medicaux-connectes-y-compris-ceux-faisant-appel-a-l-intelligence-artificielle</t>
+  </si>
+  <si>
+    <t>c_2905546</t>
+  </si>
+  <si>
+    <t>La HAS échange avec les fabricants de dispositifs médicaux pour faciliter l’accès des patients à l’innovation utile</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé organise ce 24 novembre une journée d’échanges avec les fabricants de dispositifs médicaux. Objectif : expliciter les principes d’évaluation de la commission nationale d’évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) afin d’accélérer l’accès des patients et des personnes en situation de handicap à l’innovation utile. À cette occasion, plusieurs documents sont publiés.</t>
+  </si>
+  <si>
+    <t>24/11/2017 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806917/fr/la-has-echange-avec-les-fabricants-de-dispositifs-medicaux-pour-faciliter-l-acces-des-patients-a-l-innovation-utile</t>
+  </si>
+  <si>
+    <t>c_2806917</t>
+  </si>
+  <si>
+    <t>Mesurer la mortalité dans les hôpitaux et cliniques pour informer sur la qualité des soins : la HAS propose une méthode</t>
+  </si>
+  <si>
+    <t>Pour juger de la qualité des soins en France, beaucoup demandent la publication des taux de mortalité de chaque établissement de santé. Le sujet est pourtant délicat : comment comparer la mortalité d’hôpitaux et cliniques prenant en charge des patients dans des états graves avec des établissements ne réalisant aucune opération à risque ? Comment éviter que la publication de ces taux n’ait des effets pervers sur les pratiques des établissements ?</t>
+  </si>
+  <si>
+    <t>23/10/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800671/fr/mesurer-la-mortalite-dans-les-hopitaux-et-cliniques-pour-informer-sur-la-qualite-des-soins-la-has-propose-une-methode</t>
+  </si>
+  <si>
+    <t>c_2800671</t>
+  </si>
+  <si>
+    <t>Après le succès de l’expérimentation sur la contribution des patients à l’évaluation des produits de santé, la HAS pérennise et ajuste le dispositif</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) a lancé en novembre 2016 une expérimentation visant à associer les patients et usagers à l’évaluation des produits de santé en vue de leur prise en charge par la solidarité nationale. Ce sont vingt-deux médicaments et un dispositif médical qui ont ainsi fait l’objet de contributions au cours des six premiers mois de l’expérimentation, dont la HAS dresse aujourd’hui le bilan.</t>
+  </si>
+  <si>
+    <t>25/09/2017 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2795276/fr/apres-le-succes-de-l-experimentation-sur-la-contribution-des-patients-a-l-evaluation-des-produits-de-sante-la-has-perennise-et-ajuste-le-dispositif</t>
+  </si>
+  <si>
+    <t>c_2795276</t>
+  </si>
+  <si>
+    <t>Personnes en situation de handicap dans les établissements de santé : comment mieux organiser leurs soins ?</t>
+  </si>
+  <si>
+    <t>En France, près de 10 millions de personnes sont en situation de handicap. Pourtant, de nombreux éléments rendent leurs soins compliqués ou les poussent à y renoncer, en particulier : des difficultés d’accès physique, de communication, une autonomie réduite ou encore une place insuffisante accordée à l’entourage. Les établissements de santé, ne disposant ni de référentiel ni d’outils, offrent des prises en charge souvent hétérogènes qui prennent insuffisamment en compte les besoins de ces patients. Afin d’aider les établissements à s’organiser, la HAS publie aujourd’hui un guide pour mieux accompagner les personnes en situation de handicap et favoriser un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>22/09/2017 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794811/fr/personnes-en-situation-de-handicap-dans-les-etablissements-de-sante-comment-mieux-organiser-leurs-soins</t>
+  </si>
+  <si>
+    <t>c_2794811</t>
+  </si>
+  <si>
+    <t>Qualité de vie au travail dans les établissements de santé : les premiers outils opérationnels sont disponibles</t>
+  </si>
+  <si>
+    <t>Depuis 2015, la Haute Autorité de Santé et l’Agence nationale pour l’amélioration des conditions de travail pilotent, en lien avec le Ministère chargé de la santé, des expérimentations relatives à la qualité de vie au travail (QVT) dans les établissements de santé, médico-sociaux et sociaux. Le lien entre qualité des soins et qualité de vie au travail des professionnels ayant été démontré, une stratégie nationale pour l’amélioration de la QVT a été lancée fin 2016 par le Ministère pour soutenir cette dynamique et fédérer les bonnes pratiques en la matière. « Prendre soin de ceux qui soignent » est une préoccupation majeure pour tous les acteurs : d’ailleurs de nombreuses actions ont déjà été engagées. Pour autant un soutien constant des pouvoirs publics est nécessaire. Afin de mesurer l’impact de ces actions et en partager les résultats, un séminaire de restitution des expérimentations menées dans les établissements a été organisé le 11 septembre au Ministère des solidarités et de la santé sous l’intitulé « La qualité de vie au travail au service de la qualité des soins : imaginer, c’est expérimenter ».</t>
+  </si>
+  <si>
+    <t>11/09/2017 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792261/fr/qualite-de-vie-au-travail-dans-les-etablissements-de-sante-les-premiers-outils-operationnels-sont-disponibles</t>
+  </si>
+  <si>
+    <t>c_2792261</t>
+  </si>
+  <si>
+    <t>Otite séromuqueuse de l’enfant : la HAS fait le point sur la pose des yoyos</t>
+  </si>
+  <si>
+    <t>L’otite moyenne séromuqueuse est une affection courante chez les enfants âgés de 6 mois à 12 ans. Si elle guérit en général spontanément, il arrive qu’elle expose l’enfant à une baisse de l’audition. Pour l’éviter, la pose chirurgicale sous anesthésie générale d’aérateurs transtympaniques dits « yoyos » est parfois proposée. La HAS a élaboré une fiche destinée aux professionnels de santé pour préciser les conditions préalables à leur pose.</t>
+  </si>
+  <si>
+    <t>07/09/2017 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792194/fr/otite-seromuqueuse-de-l-enfant-la-has-fait-le-point-sur-la-pose-des-yoyos</t>
+  </si>
+  <si>
+    <t>c_2792194</t>
+  </si>
+  <si>
+    <t>Analyse d’impact budgétaire : la HAS enrichit l’évaluation médico-économique des produits de santé</t>
+  </si>
+  <si>
+    <t>Afin d’enrichir l’aide à la décision publique dans le champ de l’évaluation économique, la HAS propose un guide méthodologique sur l’analyse d’impact budgétaire (AIB) complémentaire de l’analyse de l’efficience des interventions de santé.</t>
+  </si>
+  <si>
+    <t>28/02/2017 15:57:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747893/fr/analyse-d-impact-budgetaire-la-has-enrichit-l-evaluation-medico-economique-des-produits-de-sante</t>
+  </si>
+  <si>
+    <t>c_2747893</t>
+  </si>
+  <si>
+    <t>Médicaments et dispositifs médicaux : patients, contribuez à leur évaluation !</t>
+  </si>
+  <si>
+    <t>Les patients disposent d’un savoir spécifique sur les maladies qui les touchent et les traitements existants, c’est pourquoi la HAS souhaite expérimenter leur participation à l’évaluation des produits de santé en vue de leur remboursement. Ainsi, chaque évaluation d’un nouveau médicament ou dispositif médical sera l’occasion pour les associations de patients et d’usagers d’exprimer leur point de vue. Les modalités de participation, notamment les questionnaires-types, sont d’ores et déjà consultables sur le site internet de la HAS.</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708283/fr/medicaments-et-dispositifs-medicaux-patients-contribuez-a-leur-evaluation</t>
+  </si>
+  <si>
+    <t>c_2708283</t>
+  </si>
+  <si>
+    <t>Médecine de ville : le « patient traceur » pour améliorer le parcours de santé des patients</t>
+  </si>
+  <si>
+    <t>Pour certains patients, se faire soigner en ville mobilise plusieurs professionnels de santé, dans un parcours complexe. Améliorer la qualité et la sécurité de leurs soins nécessite d’analyser l’organisation de ces parcours et les interfaces entre professionnels de santé. Après avoir réalisé une expérimentation sur le terrain, la Haute Autorité de Santé (HAS) propose la méthode du « patient-traceur », déjà utilisée dans le secteur hospitalier.</t>
+  </si>
+  <si>
+    <t>31/03/2016 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621223/fr/medecine-de-ville-le-patient-traceur-pour-ameliorer-le-parcours-de-sante-des-patients</t>
+  </si>
+  <si>
+    <t>c_2621223</t>
+  </si>
+  <si>
+    <t>Archétypes d’échec et de succès en matière d’implémentation</t>
+  </si>
+  <si>
+    <t>17/11/2014 14:31:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770213/fr/archetypes-d-echec-et-de-succes-en-matiere-d-implementation</t>
+  </si>
+  <si>
+    <t>c_1770213</t>
+  </si>
+  <si>
+    <t>14 conseils pour l’adoption réussie d’une nouvelle pratique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770215/fr/14-conseils-pour-l-adoption-reussie-d-une-nouvelle-pratique</t>
+  </si>
+  <si>
+    <t>c_1770215</t>
+  </si>
+  <si>
+    <t>Des outils pour le bilan des programmes d’éducation thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie un guide méthodologique pour les coordonnateurs et les équipes mettant en œuvre un programme d’éducation thérapeutique du patient (ETP) pour les aider dans leur évaluation quadriennale. Prévue par la loi, elle est une étape-clé pour leur demande de renouvellement auprès de l’agence régionale de santé (ARS).</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748387/fr/des-outils-pour-le-bilan-des-programmes-d-education-therapeutique</t>
+  </si>
+  <si>
+    <t>c_1748387</t>
+  </si>
+  <si>
+    <t>Plan Personnalisé de Santé et Education Thérapeutique du Patient pour les personnes âgées à risque de perte d’autonomie (PAERPA) - La HAS publie des documents et outils pratiques</t>
+  </si>
+  <si>
+    <t>Neuf régions* participent actuellement à l’expérimentation de parcours de santé des personnes âgés en risque de perte d’autonomie (PAERPA). Dans ce cadre, et suite à une saisine de la Direction de la sécurité sociale, la HAS publie plusieurs documents et outils, dont un Plan Personnalisé de Santé (PPS) et un cahier des charges sur l’éducation thérapeutique de ces personnes âgées et de leurs proches.</t>
+  </si>
+  <si>
+    <t>26/05/2014 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743068/fr/plan-personnalise-de-sante-et-education-therapeutique-du-patient-pour-les-personnes-agees-a-risque-de-perte-d-autonomie-paerpa-la-has-publie-des-documents-et-outils-pratiques</t>
+  </si>
+  <si>
+    <t>c_1743068</t>
+  </si>
+  <si>
+    <t>Thérapies ciblées et tests compagnons : méthodes d’évaluation</t>
+  </si>
+  <si>
+    <t>La HAS publie aujourd’hui un guide méthodologique présentant sa méthode d’évaluation de l’association d’un test diagnostique avec un médicament. Certains de ces tests diagnostiques seront qualifiés de « tests compagnons d’une thérapie ciblée » s’ils remplissent les conditions scientifiques exposées dans ce guide.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1734882/fr/therapies-ciblees-et-tests-compagnons-methodes-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1734882</t>
+  </si>
+  <si>
+    <t>Méthodes d’élaboration des recommandations de bonne pratique</t>
+  </si>
+  <si>
+    <t>Les « recommandations de bonne pratique » (RBP) sont définies dans le champ de la santé comme « des propositions développées méthodiquement pour aider le praticien et le patient à rechercher les soins les plus appropriés dans des circonstances cliniques données ». Elles s’inscrivent dans un objectif d’amélioration de la qualité et de la sécurité des soins (...)</t>
+  </si>
+  <si>
+    <t>07/02/2014 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_418716/fr/methodes-d-elaboration-des-recommandations-de-bonne-pratique</t>
+  </si>
+  <si>
+    <t>c_418716</t>
+  </si>
+  <si>
+    <t>Investigation clinique des pansements : la HAS publie un guide méthodologique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) publie un guide destiné à aider les industriels, les structures de recherche et les porteurs de projets à mener des études cliniques de qualité évaluant les pansements primaires dans le traitement des plaies chroniques.</t>
+  </si>
+  <si>
+    <t>19/12/2013 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1713310/fr/investigation-clinique-des-pansements-la-has-publie-un-guide-methodologique</t>
+  </si>
+  <si>
+    <t>c_1713310</t>
+  </si>
+  <si>
+    <t>Développement des dispositifs médicaux : un guide pour l’amélioration des études cliniques</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) publie aujourd’hui un guide méthodologique destiné à aider les industriels, structures de recherche et porteurs de projets, à mener des études cliniques de qualité en vue du développement de leurs dispositifs médicaux. Ce guide s’intéresse aux situations particulières où les essais contrôlés randomisés ne sont pas possibles.</t>
+  </si>
+  <si>
+    <t>21/11/2013 18:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696457/fr/developpement-des-dispositifs-medicaux-un-guide-pour-l-amelioration-des-etudes-cliniques</t>
+  </si>
+  <si>
+    <t>c_1696457</t>
+  </si>
+  <si>
+    <t>Ethique : une dimension à part entière dans les évaluations de la HAS</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) a pour mission de contribuer au renforcement de la qualité des soins au bénéfice des patients et en vue du maintien d’un système de santé solidaire et équitable. Les sujets que la Haute Autorité de Santé (HAS) est amenée à traiter peuvent parfois soulever d’importants enjeux éthiques. Dans cette perspective, la HAS a réalisé un guide qui précise la place de l’éthique dans ses travaux et qui aidera à prendre en compte les aspects éthiques dans ses évaluation lorsqu’ils permettent d’éclairer la décision publique.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554400/fr/ethique-une-dimension-a-part-entiere-dans-les-evaluations-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1554400</t>
+  </si>
+  <si>
+    <t>Le service médical rendu (SMR) et l’amélioration du service médical rendu (ASMR)</t>
+  </si>
+  <si>
+    <t>16/04/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1506267/fr/le-service-medical-rendu-smr-et-l-amelioration-du-service-medical-rendu-asmr</t>
+  </si>
+  <si>
+    <t>r_1506267</t>
+  </si>
+  <si>
+    <t>Exposition médicale aux rayonnements ionisants : Sécuriser le parcours du patient</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS), en partenariat avec l’Autorité de sûreté nucléaire (ASN), publie aujourd’hui un guide d’analyse des pratiques dans les trois secteurs faisant usage des rayonnements ionisants : la radiologie, la médecine nucléaire et la radiothérapie. Des programmes d’amélioration des pratiques, élaborés avec l’ensemble des professionnels concernés par la radioprotection, sont proposés pour permettre de mieux sécuriser le parcours du patient exposé aux rayonnements ionisants.</t>
+  </si>
+  <si>
+    <t>12/03/2013 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1365837/fr/exposition-medicale-aux-rayonnements-ionisants-securiser-le-parcours-du-patient</t>
+  </si>
+  <si>
+    <t>c_1365837</t>
+  </si>
+  <si>
+    <t>Méthode d'élaboration des protocoles nationaux de diagnostic et de soins (PNDS)</t>
+  </si>
+  <si>
+    <t>L’axe A-3 du plan 2011-2014 prévoit l’élaboration de PNDS par les centres de référence et de compétence, à l’aide d’une méthode proposée par la Haute Autorité de santé (HAS) : reposant « sur la recherche des preuves scientifiques et sur la concertation de tous les acteurs concernés » ; prenant en compte les recommandations ou protocoles français ou internationaux existants (adaptés au contexte français le cas échéant).</t>
+  </si>
+  <si>
+    <t>19/12/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340205/fr/methode-d-elaboration-des-protocoles-nationaux-de-diagnostic-et-de-soins-pnds</t>
+  </si>
+  <si>
+    <t>c_1340205</t>
+  </si>
+  <si>
+    <t>Programmes d’éducation thérapeutique du patient : la HAS publie un guide pour l’auto-évaluation annuelle</t>
+  </si>
+  <si>
+    <t>Aujourd’hui, près de 2 700 programmes d’éducation thérapeutique (ETP) du patient sont autorisés par les Agences Régionales de Santé (ARS). Pour aider les coordonnateurs et les équipes concernées à mener chaque année une auto-évaluation de leur programme et à l’améliorer en continu, la Haute Autorité de Santé met à leur disposition un guide méthodologique qui décompose l’auto-évaluation en quatre étapes, un question-réponse ainsi qu’une série de fiches pratiques avec des éléments concrets adaptables et modifiables par les équipes.</t>
+  </si>
+  <si>
+    <t>10/04/2012 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1239136/fr/programmes-d-education-therapeutique-du-patient-la-has-publie-un-guide-pour-l-auto-evaluation-annuelle</t>
+  </si>
+  <si>
+    <t>c_1239136</t>
+  </si>
+  <si>
+    <t>Eléments d'information - médicaments à service médical rendu insuffisant déremboursés par décision du Ministère en charge de la Santé à compter du 1er décembre 2011</t>
+  </si>
+  <si>
+    <t>Par décret du 5 octobre 2011, le ministère en charge de la Santé a décidé de dérembourser vingt-huit médicaments, décision qui entre en vigueur le 1er décembre.</t>
+  </si>
+  <si>
+    <t>01/12/2011 12:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1139278/fr/elements-d-information-medicaments-a-service-medical-rendu-insuffisant-derembourses-par-decision-du-ministere-en-charge-de-la-sante-a-compter-du-1er-decembre-2011</t>
+  </si>
+  <si>
+    <t>c_1139278</t>
+  </si>
+  <si>
+    <t>Trois niveaux d’environnements techniques pour la réalisation d’actes interventionnels en ambulatoire</t>
+  </si>
+  <si>
+    <t>Avec l’objectif de simplifier et d’optimiser la prise en charge de l’activité interventionnelle, la Haute Autorité de Santé a évalué les conditions techniques de réalisation des actes interventionnels non suivis d’hébergement. Elle publie aujourd’hui un rapport qui ouvre de nouvelles perspectives d’environnements techniques – répartis en trois niveaux progressifs – pour la réalisation de ces actes. Un enjeu pour les professionnels de santé comme pour les patients.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1032868/fr/trois-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_1032868</t>
+  </si>
+  <si>
+    <t>Mise au point de la Haute Autorité de Santé sur Mediator®</t>
+  </si>
+  <si>
+    <t>A la suite d’informations parues ce jour dans la presse concernant l’évaluation de Mediator® par la Commission de la Transparence, la Haute Autorité de Santé tient à apporter les précisions suivantes.</t>
+  </si>
+  <si>
+    <t>14/01/2011 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1004608/fr/mise-au-point-de-la-haute-autorite-de-sante-sur-mediator</t>
+  </si>
+  <si>
+    <t>c_1004608</t>
+  </si>
+  <si>
+    <t>Critères d’évaluation des pratiques professionnelles (EPP)</t>
+  </si>
+  <si>
+    <t>Un critère d’évaluation de la pratique professionnelle est un élément mesurable qui témoigne, de manière prouvée ou consensuelle, de la qualité ou de la sécurité des soins délivrés aux patients.</t>
+  </si>
+  <si>
+    <t>13/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438005/fr/criteres-d-evaluation-des-pratiques-professionnelles-epp</t>
+  </si>
+  <si>
+    <t>c_438005</t>
+  </si>
+  <si>
+    <t>Comment élaborer une brochure d’information pour les patients ?</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé publie une fiche pratique qui rappelle les principales étapes de l’élaboration d’une brochure d’information de qualité. Cette fiche est destinée aux organismes et associations qui souhaitent diffuser une information écrite aux patients et aux usagers du système de santé.</t>
+  </si>
+  <si>
+    <t>17/07/2008 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_678507/fr/comment-elaborer-une-brochure-d-information-pour-les-patients</t>
+  </si>
+  <si>
+    <t>c_678507</t>
+  </si>
+  <si>
+    <t>Élaboration d’un document d’information à l’intention des patients et des usagers du système de santé</t>
+  </si>
+  <si>
+    <t>14/03/2005 12:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240670/fr/elaboration-d-un-document-d-information-a-l-intention-des-patients-et-des-usagers-du-systeme-de-sante</t>
+  </si>
+  <si>
+    <t>c_240670</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2020.0066/DC/SA3P/SBPP du 30 mars 2020 du collège de la Haute Autorité de santé adoptant la méthode d’élaboration des réponses rapides COVID-19</t>
+  </si>
+  <si>
+    <t>30/03/2020 11:35:00</t>
+  </si>
+  <si>
+    <t>02/04/2020 09:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3177810/fr/decision-n-2020-0066/dc/sa3p/sbpp-du-30-mars-2020-du-college-de-la-haute-autorite-de-sante-adoptant-la-methode-d-elaboration-des-reponses-rapides-covid-19</t>
+  </si>
+  <si>
+    <t>p_3177810</t>
+  </si>
+  <si>
+    <t>Décision n° 2020.0014/DC/SBPP du 22 janvier 2020 du collège de la Haute Autorité de santé portant modification du guide méthodologique intitulé « Élaboration de recommandations de bonne pratique : Méthode Recommandations pour la pratique clinique »Méthode Recommandations pour la pratique clinique »</t>
+  </si>
+  <si>
+    <t>Décision n° 2020.0014/DC/SBPP du 22 janvier 2020 du collège de la Haute Autorité de santé portant modification du guide méthodologique intitulé « Élaboration de recommandations de bonne pratique : Méthode Recommandations pour la pratique clinique »</t>
+  </si>
+  <si>
+    <t>22/01/2020 11:35:00</t>
+  </si>
+  <si>
+    <t>31/01/2020 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153289/fr/decision-n-2020-0014/dc/sbpp-du-22-janvier-2020-du-college-de-la-haute-autorite-de-sante-portant-modification-du-guide-methodologique-intitule-elaboration-de-recommandations-de-bonne-pratique-methode-recommandations-pour-la-pratique-clinique-methode-recommandations-pour-la-pratique-clinique</t>
+  </si>
+  <si>
+    <t>p_3153289</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0049/DC/SBPP du 9 mars 2016 du collège de la Haute Autorité de santé portant adoption du guide méthodologique « Élaboration de recommandations de bonne pratique : Méthode Recommandations pour la pratique clinique »</t>
+  </si>
+  <si>
+    <t>09/03/2016 11:35:00</t>
+  </si>
+  <si>
+    <t>21/03/2016 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021127/fr/decision-n2016-0049/dc/sbpp-du-9-mars-2016-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-guide-methodologique-elaboration-de-recommandations-de-bonne-pratique-methode-recommandations-pour-la-pratique-clinique</t>
+  </si>
+  <si>
+    <t>c_2021127</t>
+  </si>
+  <si>
+    <t>Décision n°2015.0055/DC/SBPP du 4 mars 2015 du collège de la Haute Autorité de santé portant adoption du guide méthodologique « Élaboration de recommandations de bonne pratique : Méthode  Recommandations par consensus formalisé »</t>
+  </si>
+  <si>
+    <t>Décision n°2015.0055/DC/SBPP du 4 mars 2015 du collège de la Haute Autorité de santé portant adoption du guide méthodologique « Élaboration de recommandations de bonne pratique : Méthode Recommandations par consensus formalisé »</t>
+  </si>
+  <si>
+    <t>04/03/2015 11:45:00</t>
+  </si>
+  <si>
+    <t>17/03/2015 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021142/fr/decision-n2015-0055/dc/sbpp-du-4-mars-2015-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-guide-methodologique-elaboration-de-recommandations-de-bonne-pratique-methode-recommandations-par-consensus-formalise</t>
+  </si>
+  <si>
+    <t>c_2021142</t>
+  </si>
+  <si>
+    <t>Décision n°2014.0116/DC/SEVAM du 21 mai 2014 du collège de la Haute Autorité de santé portant adoption de la liste des méthodes de développement professionnel continu (DPC) pour les médecins</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de Santé adoptant la liste des méthodes de développement professionnel continu (DPC) pour les médecins accessible par le lien situé dans l'encadré "En savoir +".</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2014 16:14:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1753620/fr/decision-n2014-0116/dc/sevam-du-21-mai-2014-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-liste-des-methodes-de-developpement-professionnel-continu-dpc-pour-les-medecins</t>
+  </si>
+  <si>
+    <t>c_1753620</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H28"/>
+  <dimension ref="A1:H201"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -620,216 +3344,216 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D5" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C7" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D7" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E7" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C8" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D8" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E8" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H8" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C9" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D9" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>56</v>
       </c>
       <c r="H9" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>58</v>
       </c>
       <c r="C10" t="s">
         <v>59</v>
       </c>
       <c r="D10" t="s">
@@ -854,483 +3578,4981 @@
       </c>
       <c r="B11" t="s">
         <v>64</v>
       </c>
       <c r="C11" t="s">
         <v>65</v>
       </c>
       <c r="D11" t="s">
         <v>66</v>
       </c>
       <c r="E11" t="s">
         <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>68</v>
       </c>
       <c r="H11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>72</v>
       </c>
       <c r="E12" t="s">
         <v>73</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>74</v>
       </c>
       <c r="H12" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13" t="s">
         <v>77</v>
       </c>
       <c r="D13" t="s">
         <v>78</v>
       </c>
       <c r="E13" t="s">
         <v>79</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>80</v>
       </c>
       <c r="H13" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
       <c r="C14" t="s">
         <v>83</v>
       </c>
       <c r="D14" t="s">
         <v>84</v>
       </c>
       <c r="E14" t="s">
         <v>85</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>86</v>
       </c>
       <c r="H14" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>88</v>
       </c>
       <c r="B15" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D15" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>91</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>92</v>
       </c>
       <c r="H15" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>88</v>
       </c>
       <c r="B16" t="s">
         <v>94</v>
       </c>
       <c r="C16" t="s">
         <v>95</v>
       </c>
       <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>91</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>96</v>
       </c>
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>97</v>
-      </c>
-[...7 lines deleted...]
-        <v>99</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
         <v>100</v>
       </c>
-      <c r="C17" t="s">
+      <c r="E17" t="s">
         <v>101</v>
       </c>
-      <c r="D17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>102</v>
       </c>
-      <c r="E17" t="s">
+      <c r="H17" t="s">
         <v>103</v>
-      </c>
-[...7 lines deleted...]
-        <v>105</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B18" t="s">
+        <v>104</v>
+      </c>
+      <c r="C18" t="s">
+        <v>105</v>
+      </c>
+      <c r="D18" t="s">
         <v>106</v>
       </c>
-      <c r="C18" t="s">
+      <c r="E18" t="s">
         <v>107</v>
       </c>
-      <c r="D18" t="s">
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
         <v>108</v>
       </c>
-      <c r="E18" t="s">
+      <c r="H18" t="s">
         <v>109</v>
-      </c>
-[...7 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
+        <v>88</v>
+      </c>
+      <c r="B19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" t="s">
+        <v>111</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
         <v>112</v>
       </c>
-      <c r="B19" t="s">
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
         <v>113</v>
       </c>
-      <c r="C19" t="s">
+      <c r="H19" t="s">
         <v>114</v>
-      </c>
-[...13 lines deleted...]
-        <v>118</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="B20" t="s">
+        <v>115</v>
+      </c>
+      <c r="C20" t="s">
+        <v>116</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>117</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>118</v>
+      </c>
+      <c r="H20" t="s">
         <v>119</v>
-      </c>
-[...16 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>112</v>
+        <v>88</v>
       </c>
       <c r="B21" t="s">
-        <v>125</v>
+        <v>120</v>
       </c>
       <c r="C21" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="D21" t="s">
-        <v>127</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>128</v>
+        <v>122</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="H21" t="s">
-        <v>130</v>
+        <v>124</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="B22" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="C22" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>127</v>
       </c>
       <c r="E22" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>135</v>
+        <v>129</v>
       </c>
       <c r="H22" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
         <v>131</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" t="s">
-        <v>138</v>
+        <v>132</v>
       </c>
       <c r="D23" t="s">
-        <v>13</v>
+        <v>133</v>
       </c>
       <c r="E23" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
       <c r="H23" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>142</v>
+        <v>16</v>
       </c>
       <c r="B24" t="s">
-        <v>143</v>
+        <v>137</v>
       </c>
       <c r="C24" t="s">
-        <v>144</v>
+        <v>138</v>
       </c>
       <c r="D24" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>61</v>
+        <v>139</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>145</v>
+        <v>140</v>
       </c>
       <c r="H24" t="s">
-        <v>146</v>
+        <v>141</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B25" t="s">
         <v>142</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
+        <v>143</v>
+      </c>
+      <c r="D25" t="s">
+        <v>144</v>
+      </c>
+      <c r="E25" t="s">
+        <v>145</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>146</v>
+      </c>
+      <c r="H25" t="s">
         <v>147</v>
-      </c>
-[...16 lines deleted...]
-        <v>151</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>131</v>
+        <v>16</v>
       </c>
       <c r="B26" t="s">
+        <v>148</v>
+      </c>
+      <c r="C26" t="s">
+        <v>149</v>
+      </c>
+      <c r="D26" t="s">
+        <v>150</v>
+      </c>
+      <c r="E26" t="s">
+        <v>151</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>152</v>
       </c>
-      <c r="C26" t="s">
+      <c r="H26" t="s">
         <v>153</v>
-      </c>
-[...13 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>142</v>
+        <v>16</v>
       </c>
       <c r="B27" t="s">
+        <v>154</v>
+      </c>
+      <c r="C27" t="s">
+        <v>155</v>
+      </c>
+      <c r="D27" t="s">
+        <v>156</v>
+      </c>
+      <c r="E27" t="s">
         <v>157</v>
       </c>
-      <c r="C27" t="s">
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>158</v>
       </c>
-      <c r="D27" t="s">
-[...2 lines deleted...]
-      <c r="E27" t="s">
+      <c r="H27" t="s">
         <v>159</v>
-      </c>
-[...7 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>142</v>
+        <v>8</v>
       </c>
       <c r="B28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" t="s">
+        <v>161</v>
+      </c>
+      <c r="D28" t="s">
         <v>162</v>
       </c>
-      <c r="C28" t="s">
+      <c r="E28" t="s">
         <v>163</v>
       </c>
-      <c r="D28" t="s">
-[...2 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
         <v>164</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>165</v>
       </c>
-      <c r="H28" t="s">
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>88</v>
+      </c>
+      <c r="B29" t="s">
         <v>166</v>
+      </c>
+      <c r="C29" t="s">
+        <v>167</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>168</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>169</v>
+      </c>
+      <c r="H29" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>16</v>
+      </c>
+      <c r="B30" t="s">
+        <v>171</v>
+      </c>
+      <c r="C30" t="s">
+        <v>172</v>
+      </c>
+      <c r="D30" t="s">
+        <v>173</v>
+      </c>
+      <c r="E30" t="s">
+        <v>174</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>175</v>
+      </c>
+      <c r="H30" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>16</v>
+      </c>
+      <c r="B31" t="s">
+        <v>177</v>
+      </c>
+      <c r="C31" t="s">
+        <v>178</v>
+      </c>
+      <c r="D31" t="s">
+        <v>179</v>
+      </c>
+      <c r="E31" t="s">
+        <v>180</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>181</v>
+      </c>
+      <c r="H31" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>16</v>
+      </c>
+      <c r="B32" t="s">
+        <v>183</v>
+      </c>
+      <c r="C32" t="s">
+        <v>184</v>
+      </c>
+      <c r="D32" t="s">
+        <v>185</v>
+      </c>
+      <c r="E32" t="s">
+        <v>186</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>187</v>
+      </c>
+      <c r="H32" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>16</v>
+      </c>
+      <c r="B33" t="s">
+        <v>189</v>
+      </c>
+      <c r="C33" t="s">
+        <v>190</v>
+      </c>
+      <c r="D33" t="s">
+        <v>191</v>
+      </c>
+      <c r="E33" t="s">
+        <v>192</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>193</v>
+      </c>
+      <c r="H33" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>16</v>
+      </c>
+      <c r="B34" t="s">
+        <v>195</v>
+      </c>
+      <c r="C34" t="s">
+        <v>196</v>
+      </c>
+      <c r="D34" t="s">
+        <v>197</v>
+      </c>
+      <c r="E34" t="s">
+        <v>198</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>199</v>
+      </c>
+      <c r="H34" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B35" t="s">
+        <v>201</v>
+      </c>
+      <c r="C35" t="s">
+        <v>202</v>
+      </c>
+      <c r="D35" t="s">
+        <v>203</v>
+      </c>
+      <c r="E35" t="s">
+        <v>204</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>205</v>
+      </c>
+      <c r="H35" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>16</v>
+      </c>
+      <c r="B36" t="s">
+        <v>207</v>
+      </c>
+      <c r="C36" t="s">
+        <v>208</v>
+      </c>
+      <c r="D36" t="s">
+        <v>209</v>
+      </c>
+      <c r="E36" t="s">
+        <v>210</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>211</v>
+      </c>
+      <c r="H36" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>16</v>
+      </c>
+      <c r="B37" t="s">
+        <v>213</v>
+      </c>
+      <c r="C37" t="s">
+        <v>214</v>
+      </c>
+      <c r="D37" t="s">
+        <v>215</v>
+      </c>
+      <c r="E37" t="s">
+        <v>216</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>217</v>
+      </c>
+      <c r="H37" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>16</v>
+      </c>
+      <c r="B38" t="s">
+        <v>219</v>
+      </c>
+      <c r="C38" t="s">
+        <v>220</v>
+      </c>
+      <c r="D38" t="s">
+        <v>185</v>
+      </c>
+      <c r="E38" t="s">
+        <v>221</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>222</v>
+      </c>
+      <c r="H38" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>16</v>
+      </c>
+      <c r="B39" t="s">
+        <v>224</v>
+      </c>
+      <c r="C39" t="s">
+        <v>225</v>
+      </c>
+      <c r="D39" t="s">
+        <v>226</v>
+      </c>
+      <c r="E39" t="s">
+        <v>227</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>228</v>
+      </c>
+      <c r="H39" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>16</v>
+      </c>
+      <c r="B40" t="s">
+        <v>230</v>
+      </c>
+      <c r="C40" t="s">
+        <v>231</v>
+      </c>
+      <c r="D40" t="s">
+        <v>232</v>
+      </c>
+      <c r="E40" t="s">
+        <v>233</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>234</v>
+      </c>
+      <c r="H40" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>16</v>
+      </c>
+      <c r="B41" t="s">
+        <v>236</v>
+      </c>
+      <c r="C41" t="s">
+        <v>155</v>
+      </c>
+      <c r="D41" t="s">
+        <v>237</v>
+      </c>
+      <c r="E41" t="s">
+        <v>238</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>239</v>
+      </c>
+      <c r="H41" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>16</v>
+      </c>
+      <c r="B42" t="s">
+        <v>241</v>
+      </c>
+      <c r="C42" t="s">
+        <v>242</v>
+      </c>
+      <c r="D42" t="s">
+        <v>243</v>
+      </c>
+      <c r="E42" t="s">
+        <v>244</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>245</v>
+      </c>
+      <c r="H42" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>16</v>
+      </c>
+      <c r="B43" t="s">
+        <v>247</v>
+      </c>
+      <c r="C43" t="s">
+        <v>248</v>
+      </c>
+      <c r="D43" t="s">
+        <v>249</v>
+      </c>
+      <c r="E43" t="s">
+        <v>250</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>251</v>
+      </c>
+      <c r="H43" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>8</v>
+      </c>
+      <c r="B44" t="s">
+        <v>253</v>
+      </c>
+      <c r="C44" t="s">
+        <v>254</v>
+      </c>
+      <c r="D44" t="s">
+        <v>255</v>
+      </c>
+      <c r="E44" t="s">
+        <v>256</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>257</v>
+      </c>
+      <c r="H44" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>16</v>
+      </c>
+      <c r="B45" t="s">
+        <v>259</v>
+      </c>
+      <c r="C45" t="s">
+        <v>260</v>
+      </c>
+      <c r="D45" t="s">
+        <v>261</v>
+      </c>
+      <c r="E45" t="s">
+        <v>262</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>263</v>
+      </c>
+      <c r="H45" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>265</v>
+      </c>
+      <c r="B46" t="s">
+        <v>266</v>
+      </c>
+      <c r="C46" t="s">
+        <v>267</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>268</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>269</v>
+      </c>
+      <c r="H46" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>265</v>
+      </c>
+      <c r="B47" t="s">
+        <v>271</v>
+      </c>
+      <c r="C47" t="s">
+        <v>272</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>268</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>273</v>
+      </c>
+      <c r="H47" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>16</v>
+      </c>
+      <c r="B48" t="s">
+        <v>275</v>
+      </c>
+      <c r="C48" t="s">
+        <v>276</v>
+      </c>
+      <c r="D48" t="s">
+        <v>277</v>
+      </c>
+      <c r="E48" t="s">
+        <v>278</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>279</v>
+      </c>
+      <c r="H48" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>8</v>
+      </c>
+      <c r="B49" t="s">
+        <v>281</v>
+      </c>
+      <c r="C49" t="s">
+        <v>282</v>
+      </c>
+      <c r="D49" t="s">
+        <v>283</v>
+      </c>
+      <c r="E49" t="s">
+        <v>284</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>285</v>
+      </c>
+      <c r="H49" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>16</v>
+      </c>
+      <c r="B50" t="s">
+        <v>287</v>
+      </c>
+      <c r="C50" t="s">
+        <v>288</v>
+      </c>
+      <c r="D50" t="s">
+        <v>289</v>
+      </c>
+      <c r="E50" t="s">
+        <v>290</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>291</v>
+      </c>
+      <c r="H50" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>88</v>
+      </c>
+      <c r="B51" t="s">
+        <v>293</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>294</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>295</v>
+      </c>
+      <c r="H51" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>88</v>
+      </c>
+      <c r="B52" t="s">
+        <v>297</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>298</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>299</v>
+      </c>
+      <c r="H52" t="s">
+        <v>300</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>301</v>
+      </c>
+      <c r="B53" t="s">
+        <v>302</v>
+      </c>
+      <c r="C53" t="s">
+        <v>303</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>304</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>305</v>
+      </c>
+      <c r="H53" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>16</v>
+      </c>
+      <c r="B54" t="s">
+        <v>307</v>
+      </c>
+      <c r="C54" t="s">
+        <v>308</v>
+      </c>
+      <c r="D54" t="s">
+        <v>309</v>
+      </c>
+      <c r="E54" t="s">
+        <v>310</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>311</v>
+      </c>
+      <c r="H54" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>16</v>
+      </c>
+      <c r="B55" t="s">
+        <v>313</v>
+      </c>
+      <c r="C55" t="s">
+        <v>314</v>
+      </c>
+      <c r="D55" t="s">
+        <v>315</v>
+      </c>
+      <c r="E55" t="s">
+        <v>316</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>317</v>
+      </c>
+      <c r="H55" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>16</v>
+      </c>
+      <c r="B56" t="s">
+        <v>319</v>
+      </c>
+      <c r="C56" t="s">
+        <v>320</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>321</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>322</v>
+      </c>
+      <c r="H56" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>16</v>
+      </c>
+      <c r="B57" t="s">
+        <v>324</v>
+      </c>
+      <c r="C57" t="s">
+        <v>325</v>
+      </c>
+      <c r="D57" t="s">
+        <v>326</v>
+      </c>
+      <c r="E57" t="s">
+        <v>327</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>328</v>
+      </c>
+      <c r="H57" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>16</v>
+      </c>
+      <c r="B58" t="s">
+        <v>330</v>
+      </c>
+      <c r="C58" t="s">
+        <v>331</v>
+      </c>
+      <c r="D58" t="s">
+        <v>332</v>
+      </c>
+      <c r="E58" t="s">
+        <v>333</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>334</v>
+      </c>
+      <c r="H58" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>16</v>
+      </c>
+      <c r="B59" t="s">
+        <v>336</v>
+      </c>
+      <c r="C59" t="s">
+        <v>337</v>
+      </c>
+      <c r="D59" t="s">
+        <v>338</v>
+      </c>
+      <c r="E59" t="s">
+        <v>339</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>340</v>
+      </c>
+      <c r="H59" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>16</v>
+      </c>
+      <c r="B60" t="s">
+        <v>342</v>
+      </c>
+      <c r="C60" t="s">
+        <v>343</v>
+      </c>
+      <c r="D60" t="s">
+        <v>344</v>
+      </c>
+      <c r="E60" t="s">
+        <v>345</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>346</v>
+      </c>
+      <c r="H60" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>16</v>
+      </c>
+      <c r="B61" t="s">
+        <v>348</v>
+      </c>
+      <c r="C61" t="s">
+        <v>349</v>
+      </c>
+      <c r="D61" t="s">
+        <v>350</v>
+      </c>
+      <c r="E61" t="s">
+        <v>351</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>352</v>
+      </c>
+      <c r="H61" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>16</v>
+      </c>
+      <c r="B62" t="s">
+        <v>354</v>
+      </c>
+      <c r="C62" t="s">
+        <v>355</v>
+      </c>
+      <c r="D62" t="s">
+        <v>356</v>
+      </c>
+      <c r="E62" t="s">
+        <v>357</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>358</v>
+      </c>
+      <c r="H62" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>16</v>
+      </c>
+      <c r="B63" t="s">
+        <v>360</v>
+      </c>
+      <c r="C63" t="s">
+        <v>361</v>
+      </c>
+      <c r="D63" t="s">
+        <v>362</v>
+      </c>
+      <c r="E63" t="s">
+        <v>363</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>364</v>
+      </c>
+      <c r="H63" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>16</v>
+      </c>
+      <c r="B64" t="s">
+        <v>366</v>
+      </c>
+      <c r="C64" t="s">
+        <v>367</v>
+      </c>
+      <c r="D64" t="s">
+        <v>368</v>
+      </c>
+      <c r="E64" t="s">
+        <v>369</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>370</v>
+      </c>
+      <c r="H64" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>16</v>
+      </c>
+      <c r="B65" t="s">
+        <v>372</v>
+      </c>
+      <c r="C65" t="s">
+        <v>373</v>
+      </c>
+      <c r="D65" t="s">
+        <v>374</v>
+      </c>
+      <c r="E65" t="s">
+        <v>375</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>376</v>
+      </c>
+      <c r="H65" t="s">
+        <v>377</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>16</v>
+      </c>
+      <c r="B66" t="s">
+        <v>378</v>
+      </c>
+      <c r="C66" t="s">
+        <v>379</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>380</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>381</v>
+      </c>
+      <c r="H66" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>16</v>
+      </c>
+      <c r="B67" t="s">
+        <v>383</v>
+      </c>
+      <c r="C67" t="s">
+        <v>384</v>
+      </c>
+      <c r="D67" t="s">
+        <v>385</v>
+      </c>
+      <c r="E67" t="s">
+        <v>386</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>387</v>
+      </c>
+      <c r="H67" t="s">
+        <v>388</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>265</v>
+      </c>
+      <c r="B68" t="s">
+        <v>389</v>
+      </c>
+      <c r="C68" t="s">
+        <v>390</v>
+      </c>
+      <c r="D68" t="s">
+        <v>362</v>
+      </c>
+      <c r="E68" t="s">
+        <v>391</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>392</v>
+      </c>
+      <c r="H68" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>16</v>
+      </c>
+      <c r="B69" t="s">
+        <v>394</v>
+      </c>
+      <c r="C69" t="s">
+        <v>395</v>
+      </c>
+      <c r="D69" t="s">
+        <v>396</v>
+      </c>
+      <c r="E69" t="s">
+        <v>397</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>398</v>
+      </c>
+      <c r="H69" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>16</v>
+      </c>
+      <c r="B70" t="s">
+        <v>400</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>396</v>
+      </c>
+      <c r="E70" t="s">
+        <v>397</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>401</v>
+      </c>
+      <c r="H70" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>16</v>
+      </c>
+      <c r="B71" t="s">
+        <v>403</v>
+      </c>
+      <c r="C71" t="s">
+        <v>404</v>
+      </c>
+      <c r="D71" t="s">
+        <v>405</v>
+      </c>
+      <c r="E71" t="s">
+        <v>406</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>407</v>
+      </c>
+      <c r="H71" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>16</v>
+      </c>
+      <c r="B72" t="s">
+        <v>409</v>
+      </c>
+      <c r="C72" t="s">
+        <v>410</v>
+      </c>
+      <c r="D72" t="s">
+        <v>411</v>
+      </c>
+      <c r="E72" t="s">
+        <v>412</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>413</v>
+      </c>
+      <c r="H72" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>8</v>
+      </c>
+      <c r="B73" t="s">
+        <v>415</v>
+      </c>
+      <c r="C73" t="s">
+        <v>416</v>
+      </c>
+      <c r="D73" t="s">
+        <v>417</v>
+      </c>
+      <c r="E73" t="s">
+        <v>418</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>419</v>
+      </c>
+      <c r="H73" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>16</v>
+      </c>
+      <c r="B74" t="s">
+        <v>421</v>
+      </c>
+      <c r="C74" t="s">
+        <v>422</v>
+      </c>
+      <c r="D74" t="s">
+        <v>423</v>
+      </c>
+      <c r="E74" t="s">
+        <v>424</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>425</v>
+      </c>
+      <c r="H74" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>16</v>
+      </c>
+      <c r="B75" t="s">
+        <v>427</v>
+      </c>
+      <c r="C75" t="s">
+        <v>428</v>
+      </c>
+      <c r="D75" t="s">
+        <v>429</v>
+      </c>
+      <c r="E75" t="s">
+        <v>430</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>431</v>
+      </c>
+      <c r="H75" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>16</v>
+      </c>
+      <c r="B76" t="s">
+        <v>433</v>
+      </c>
+      <c r="C76" t="s">
+        <v>434</v>
+      </c>
+      <c r="D76" t="s">
+        <v>435</v>
+      </c>
+      <c r="E76" t="s">
+        <v>436</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>437</v>
+      </c>
+      <c r="H76" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>439</v>
+      </c>
+      <c r="B77" t="s">
+        <v>440</v>
+      </c>
+      <c r="C77" t="s">
+        <v>441</v>
+      </c>
+      <c r="D77" t="s">
+        <v>442</v>
+      </c>
+      <c r="E77" t="s">
+        <v>443</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>444</v>
+      </c>
+      <c r="H77" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>16</v>
+      </c>
+      <c r="B78" t="s">
+        <v>446</v>
+      </c>
+      <c r="C78" t="s">
+        <v>447</v>
+      </c>
+      <c r="D78" t="s">
+        <v>448</v>
+      </c>
+      <c r="E78" t="s">
+        <v>449</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>450</v>
+      </c>
+      <c r="H78" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>16</v>
+      </c>
+      <c r="B79" t="s">
+        <v>452</v>
+      </c>
+      <c r="C79" t="s">
+        <v>453</v>
+      </c>
+      <c r="D79" t="s">
+        <v>454</v>
+      </c>
+      <c r="E79" t="s">
+        <v>455</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>456</v>
+      </c>
+      <c r="H79" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>16</v>
+      </c>
+      <c r="B80" t="s">
+        <v>458</v>
+      </c>
+      <c r="C80" t="s">
+        <v>459</v>
+      </c>
+      <c r="D80" t="s">
+        <v>460</v>
+      </c>
+      <c r="E80" t="s">
+        <v>461</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>462</v>
+      </c>
+      <c r="H80" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>88</v>
+      </c>
+      <c r="B81" t="s">
+        <v>464</v>
+      </c>
+      <c r="C81" t="s">
+        <v>465</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>466</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>467</v>
+      </c>
+      <c r="H81" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>16</v>
+      </c>
+      <c r="B82" t="s">
+        <v>469</v>
+      </c>
+      <c r="C82" t="s">
+        <v>470</v>
+      </c>
+      <c r="D82" t="s">
+        <v>356</v>
+      </c>
+      <c r="E82" t="s">
+        <v>471</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>472</v>
+      </c>
+      <c r="H82" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>16</v>
+      </c>
+      <c r="B83" t="s">
+        <v>474</v>
+      </c>
+      <c r="C83" t="s">
+        <v>475</v>
+      </c>
+      <c r="D83" t="s">
+        <v>476</v>
+      </c>
+      <c r="E83" t="s">
+        <v>477</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>478</v>
+      </c>
+      <c r="H83" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>16</v>
+      </c>
+      <c r="B84" t="s">
+        <v>480</v>
+      </c>
+      <c r="C84" t="s">
+        <v>481</v>
+      </c>
+      <c r="D84" t="s">
+        <v>482</v>
+      </c>
+      <c r="E84" t="s">
+        <v>483</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>484</v>
+      </c>
+      <c r="H84" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>88</v>
+      </c>
+      <c r="B85" t="s">
+        <v>486</v>
+      </c>
+      <c r="C85" t="s">
+        <v>13</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>487</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>488</v>
+      </c>
+      <c r="H85" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>88</v>
+      </c>
+      <c r="B86" t="s">
+        <v>490</v>
+      </c>
+      <c r="C86" t="s">
+        <v>491</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>492</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>493</v>
+      </c>
+      <c r="H86" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>16</v>
+      </c>
+      <c r="B87" t="s">
+        <v>495</v>
+      </c>
+      <c r="C87" t="s">
+        <v>496</v>
+      </c>
+      <c r="D87" t="s">
+        <v>497</v>
+      </c>
+      <c r="E87" t="s">
+        <v>498</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>499</v>
+      </c>
+      <c r="H87" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>16</v>
+      </c>
+      <c r="B88" t="s">
+        <v>501</v>
+      </c>
+      <c r="C88" t="s">
+        <v>502</v>
+      </c>
+      <c r="D88" t="s">
+        <v>503</v>
+      </c>
+      <c r="E88" t="s">
+        <v>504</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>505</v>
+      </c>
+      <c r="H88" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>88</v>
+      </c>
+      <c r="B89" t="s">
+        <v>507</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>508</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>509</v>
+      </c>
+      <c r="H89" t="s">
+        <v>510</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>88</v>
+      </c>
+      <c r="B90" t="s">
+        <v>511</v>
+      </c>
+      <c r="C90" t="s">
+        <v>512</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>513</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>514</v>
+      </c>
+      <c r="H90" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>88</v>
+      </c>
+      <c r="B91" t="s">
+        <v>516</v>
+      </c>
+      <c r="C91" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>508</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>517</v>
+      </c>
+      <c r="H91" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>88</v>
+      </c>
+      <c r="B92" t="s">
+        <v>519</v>
+      </c>
+      <c r="C92" t="s">
+        <v>520</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>513</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>521</v>
+      </c>
+      <c r="H92" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>88</v>
+      </c>
+      <c r="B93" t="s">
+        <v>523</v>
+      </c>
+      <c r="C93" t="s">
+        <v>13</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>513</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>524</v>
+      </c>
+      <c r="H93" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>16</v>
+      </c>
+      <c r="B94" t="s">
+        <v>526</v>
+      </c>
+      <c r="C94" t="s">
+        <v>527</v>
+      </c>
+      <c r="D94" t="s">
+        <v>528</v>
+      </c>
+      <c r="E94" t="s">
+        <v>529</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>530</v>
+      </c>
+      <c r="H94" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>88</v>
+      </c>
+      <c r="B95" t="s">
+        <v>532</v>
+      </c>
+      <c r="C95" t="s">
+        <v>533</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>534</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>535</v>
+      </c>
+      <c r="H95" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>16</v>
+      </c>
+      <c r="B96" t="s">
+        <v>537</v>
+      </c>
+      <c r="C96" t="s">
+        <v>538</v>
+      </c>
+      <c r="D96" t="s">
+        <v>539</v>
+      </c>
+      <c r="E96" t="s">
+        <v>540</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>541</v>
+      </c>
+      <c r="H96" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>16</v>
+      </c>
+      <c r="B97" t="s">
+        <v>543</v>
+      </c>
+      <c r="C97" t="s">
+        <v>544</v>
+      </c>
+      <c r="D97" t="s">
+        <v>539</v>
+      </c>
+      <c r="E97" t="s">
+        <v>545</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>546</v>
+      </c>
+      <c r="H97" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>16</v>
+      </c>
+      <c r="B98" t="s">
+        <v>548</v>
+      </c>
+      <c r="C98" t="s">
+        <v>549</v>
+      </c>
+      <c r="D98" t="s">
+        <v>550</v>
+      </c>
+      <c r="E98" t="s">
+        <v>551</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>552</v>
+      </c>
+      <c r="H98" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>16</v>
+      </c>
+      <c r="B99" t="s">
+        <v>554</v>
+      </c>
+      <c r="C99" t="s">
+        <v>555</v>
+      </c>
+      <c r="D99" t="s">
+        <v>556</v>
+      </c>
+      <c r="E99" t="s">
+        <v>557</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>558</v>
+      </c>
+      <c r="H99" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>16</v>
+      </c>
+      <c r="B100" t="s">
+        <v>560</v>
+      </c>
+      <c r="C100" t="s">
+        <v>561</v>
+      </c>
+      <c r="D100" t="s">
+        <v>562</v>
+      </c>
+      <c r="E100" t="s">
+        <v>563</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>564</v>
+      </c>
+      <c r="H100" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>16</v>
+      </c>
+      <c r="B101" t="s">
+        <v>566</v>
+      </c>
+      <c r="C101" t="s">
+        <v>561</v>
+      </c>
+      <c r="D101" t="s">
+        <v>567</v>
+      </c>
+      <c r="E101" t="s">
+        <v>568</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>569</v>
+      </c>
+      <c r="H101" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>16</v>
+      </c>
+      <c r="B102" t="s">
+        <v>571</v>
+      </c>
+      <c r="C102" t="s">
+        <v>572</v>
+      </c>
+      <c r="D102" t="s">
+        <v>556</v>
+      </c>
+      <c r="E102" t="s">
+        <v>573</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>574</v>
+      </c>
+      <c r="H102" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>16</v>
+      </c>
+      <c r="B103" t="s">
+        <v>576</v>
+      </c>
+      <c r="C103" t="s">
+        <v>577</v>
+      </c>
+      <c r="D103" t="s">
+        <v>578</v>
+      </c>
+      <c r="E103" t="s">
+        <v>579</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>580</v>
+      </c>
+      <c r="H103" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>439</v>
+      </c>
+      <c r="B104" t="s">
+        <v>582</v>
+      </c>
+      <c r="C104" t="s">
+        <v>583</v>
+      </c>
+      <c r="D104" t="s">
+        <v>584</v>
+      </c>
+      <c r="E104" t="s">
+        <v>585</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>586</v>
+      </c>
+      <c r="H104" t="s">
+        <v>587</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>439</v>
+      </c>
+      <c r="B105" t="s">
+        <v>588</v>
+      </c>
+      <c r="C105" t="s">
+        <v>589</v>
+      </c>
+      <c r="D105" t="s">
+        <v>590</v>
+      </c>
+      <c r="E105" t="s">
+        <v>591</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>592</v>
+      </c>
+      <c r="H105" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>594</v>
+      </c>
+      <c r="B106" t="s">
+        <v>595</v>
+      </c>
+      <c r="C106" t="s">
+        <v>596</v>
+      </c>
+      <c r="D106" t="s">
+        <v>597</v>
+      </c>
+      <c r="E106" t="s">
+        <v>598</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>599</v>
+      </c>
+      <c r="H106" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>594</v>
+      </c>
+      <c r="B107" t="s">
+        <v>601</v>
+      </c>
+      <c r="C107" t="s">
+        <v>602</v>
+      </c>
+      <c r="D107" t="s">
+        <v>603</v>
+      </c>
+      <c r="E107" t="s">
+        <v>604</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>605</v>
+      </c>
+      <c r="H107" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>594</v>
+      </c>
+      <c r="B108" t="s">
+        <v>607</v>
+      </c>
+      <c r="C108" t="s">
+        <v>608</v>
+      </c>
+      <c r="D108" t="s">
+        <v>609</v>
+      </c>
+      <c r="E108" t="s">
+        <v>610</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>611</v>
+      </c>
+      <c r="H108" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>594</v>
+      </c>
+      <c r="B109" t="s">
+        <v>613</v>
+      </c>
+      <c r="C109" t="s">
+        <v>614</v>
+      </c>
+      <c r="D109" t="s">
+        <v>615</v>
+      </c>
+      <c r="E109" t="s">
+        <v>616</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>617</v>
+      </c>
+      <c r="H109" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>594</v>
+      </c>
+      <c r="B110" t="s">
+        <v>619</v>
+      </c>
+      <c r="C110" t="s">
+        <v>620</v>
+      </c>
+      <c r="D110" t="s">
+        <v>621</v>
+      </c>
+      <c r="E110" t="s">
+        <v>67</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>622</v>
+      </c>
+      <c r="H110" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>594</v>
+      </c>
+      <c r="B111" t="s">
+        <v>624</v>
+      </c>
+      <c r="C111" t="s">
+        <v>625</v>
+      </c>
+      <c r="D111" t="s">
+        <v>626</v>
+      </c>
+      <c r="E111" t="s">
+        <v>627</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>628</v>
+      </c>
+      <c r="H111" t="s">
+        <v>629</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>594</v>
+      </c>
+      <c r="B112" t="s">
+        <v>630</v>
+      </c>
+      <c r="C112" t="s">
+        <v>631</v>
+      </c>
+      <c r="D112" t="s">
+        <v>632</v>
+      </c>
+      <c r="E112" t="s">
+        <v>633</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>634</v>
+      </c>
+      <c r="H112" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>594</v>
+      </c>
+      <c r="B113" t="s">
+        <v>636</v>
+      </c>
+      <c r="C113" t="s">
+        <v>637</v>
+      </c>
+      <c r="D113" t="s">
+        <v>638</v>
+      </c>
+      <c r="E113" t="s">
+        <v>639</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>640</v>
+      </c>
+      <c r="H113" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>594</v>
+      </c>
+      <c r="B114" t="s">
+        <v>642</v>
+      </c>
+      <c r="C114" t="s">
+        <v>643</v>
+      </c>
+      <c r="D114" t="s">
+        <v>632</v>
+      </c>
+      <c r="E114" t="s">
+        <v>644</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>645</v>
+      </c>
+      <c r="H114" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>594</v>
+      </c>
+      <c r="B115" t="s">
+        <v>647</v>
+      </c>
+      <c r="C115" t="s">
+        <v>648</v>
+      </c>
+      <c r="D115" t="s">
+        <v>649</v>
+      </c>
+      <c r="E115" t="s">
+        <v>650</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>651</v>
+      </c>
+      <c r="H115" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>594</v>
+      </c>
+      <c r="B116" t="s">
+        <v>653</v>
+      </c>
+      <c r="C116" t="s">
+        <v>654</v>
+      </c>
+      <c r="D116" t="s">
+        <v>655</v>
+      </c>
+      <c r="E116" t="s">
+        <v>656</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>657</v>
+      </c>
+      <c r="H116" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>594</v>
+      </c>
+      <c r="B117" t="s">
+        <v>659</v>
+      </c>
+      <c r="C117" t="s">
+        <v>660</v>
+      </c>
+      <c r="D117" t="s">
+        <v>661</v>
+      </c>
+      <c r="E117" t="s">
+        <v>662</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>663</v>
+      </c>
+      <c r="H117" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>594</v>
+      </c>
+      <c r="B118" t="s">
+        <v>665</v>
+      </c>
+      <c r="C118" t="s">
+        <v>666</v>
+      </c>
+      <c r="D118" t="s">
+        <v>667</v>
+      </c>
+      <c r="E118" t="s">
+        <v>668</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>669</v>
+      </c>
+      <c r="H118" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>594</v>
+      </c>
+      <c r="B119" t="s">
+        <v>671</v>
+      </c>
+      <c r="C119" t="s">
+        <v>672</v>
+      </c>
+      <c r="D119" t="s">
+        <v>673</v>
+      </c>
+      <c r="E119" t="s">
+        <v>674</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>675</v>
+      </c>
+      <c r="H119" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>594</v>
+      </c>
+      <c r="B120" t="s">
+        <v>677</v>
+      </c>
+      <c r="C120" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" t="s">
+        <v>678</v>
+      </c>
+      <c r="E120" t="s">
+        <v>679</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>680</v>
+      </c>
+      <c r="H120" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>682</v>
+      </c>
+      <c r="B121" t="s">
+        <v>683</v>
+      </c>
+      <c r="C121" t="s">
+        <v>684</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>685</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>686</v>
+      </c>
+      <c r="H121" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>682</v>
+      </c>
+      <c r="B122" t="s">
+        <v>688</v>
+      </c>
+      <c r="C122" t="s">
+        <v>689</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>690</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>691</v>
+      </c>
+      <c r="H122" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>682</v>
+      </c>
+      <c r="B123" t="s">
+        <v>693</v>
+      </c>
+      <c r="C123" t="s">
+        <v>694</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>695</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>696</v>
+      </c>
+      <c r="H123" t="s">
+        <v>697</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>682</v>
+      </c>
+      <c r="B124" t="s">
+        <v>698</v>
+      </c>
+      <c r="C124" t="s">
+        <v>699</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>700</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>701</v>
+      </c>
+      <c r="H124" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>682</v>
+      </c>
+      <c r="B125" t="s">
+        <v>703</v>
+      </c>
+      <c r="C125" t="s">
+        <v>704</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>705</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>706</v>
+      </c>
+      <c r="H125" t="s">
+        <v>707</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>708</v>
+      </c>
+      <c r="B126" t="s">
+        <v>709</v>
+      </c>
+      <c r="C126" t="s">
+        <v>710</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>711</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>712</v>
+      </c>
+      <c r="H126" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>682</v>
+      </c>
+      <c r="B127" t="s">
+        <v>714</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>715</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>716</v>
+      </c>
+      <c r="H127" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>682</v>
+      </c>
+      <c r="B128" t="s">
+        <v>718</v>
+      </c>
+      <c r="C128" t="s">
+        <v>719</v>
+      </c>
+      <c r="D128" t="s">
+        <v>13</v>
+      </c>
+      <c r="E128" t="s">
+        <v>720</v>
+      </c>
+      <c r="F128" t="s">
+        <v>13</v>
+      </c>
+      <c r="G128" t="s">
+        <v>721</v>
+      </c>
+      <c r="H128" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>682</v>
+      </c>
+      <c r="B129" t="s">
+        <v>723</v>
+      </c>
+      <c r="C129" t="s">
+        <v>724</v>
+      </c>
+      <c r="D129" t="s">
+        <v>13</v>
+      </c>
+      <c r="E129" t="s">
+        <v>725</v>
+      </c>
+      <c r="F129" t="s">
+        <v>13</v>
+      </c>
+      <c r="G129" t="s">
+        <v>726</v>
+      </c>
+      <c r="H129" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>682</v>
+      </c>
+      <c r="B130" t="s">
+        <v>728</v>
+      </c>
+      <c r="C130" t="s">
+        <v>729</v>
+      </c>
+      <c r="D130" t="s">
+        <v>13</v>
+      </c>
+      <c r="E130" t="s">
+        <v>730</v>
+      </c>
+      <c r="F130" t="s">
+        <v>13</v>
+      </c>
+      <c r="G130" t="s">
+        <v>731</v>
+      </c>
+      <c r="H130" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>682</v>
+      </c>
+      <c r="B131" t="s">
+        <v>733</v>
+      </c>
+      <c r="C131" t="s">
+        <v>734</v>
+      </c>
+      <c r="D131" t="s">
+        <v>13</v>
+      </c>
+      <c r="E131" t="s">
+        <v>735</v>
+      </c>
+      <c r="F131" t="s">
+        <v>13</v>
+      </c>
+      <c r="G131" t="s">
+        <v>736</v>
+      </c>
+      <c r="H131" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>708</v>
+      </c>
+      <c r="B132" t="s">
+        <v>738</v>
+      </c>
+      <c r="C132" t="s">
+        <v>739</v>
+      </c>
+      <c r="D132" t="s">
+        <v>13</v>
+      </c>
+      <c r="E132" t="s">
+        <v>740</v>
+      </c>
+      <c r="F132" t="s">
+        <v>13</v>
+      </c>
+      <c r="G132" t="s">
+        <v>741</v>
+      </c>
+      <c r="H132" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>708</v>
+      </c>
+      <c r="B133" t="s">
+        <v>743</v>
+      </c>
+      <c r="C133" t="s">
+        <v>744</v>
+      </c>
+      <c r="D133" t="s">
+        <v>13</v>
+      </c>
+      <c r="E133" t="s">
+        <v>745</v>
+      </c>
+      <c r="F133" t="s">
+        <v>13</v>
+      </c>
+      <c r="G133" t="s">
+        <v>746</v>
+      </c>
+      <c r="H133" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>682</v>
+      </c>
+      <c r="B134" t="s">
+        <v>748</v>
+      </c>
+      <c r="C134" t="s">
+        <v>749</v>
+      </c>
+      <c r="D134" t="s">
+        <v>13</v>
+      </c>
+      <c r="E134" t="s">
+        <v>750</v>
+      </c>
+      <c r="F134" t="s">
+        <v>13</v>
+      </c>
+      <c r="G134" t="s">
+        <v>751</v>
+      </c>
+      <c r="H134" t="s">
+        <v>752</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>682</v>
+      </c>
+      <c r="B135" t="s">
+        <v>753</v>
+      </c>
+      <c r="C135" t="s">
+        <v>754</v>
+      </c>
+      <c r="D135" t="s">
+        <v>13</v>
+      </c>
+      <c r="E135" t="s">
+        <v>755</v>
+      </c>
+      <c r="F135" t="s">
+        <v>13</v>
+      </c>
+      <c r="G135" t="s">
+        <v>756</v>
+      </c>
+      <c r="H135" t="s">
+        <v>757</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>682</v>
+      </c>
+      <c r="B136" t="s">
+        <v>758</v>
+      </c>
+      <c r="C136" t="s">
+        <v>759</v>
+      </c>
+      <c r="D136" t="s">
+        <v>13</v>
+      </c>
+      <c r="E136" t="s">
+        <v>760</v>
+      </c>
+      <c r="F136" t="s">
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>761</v>
+      </c>
+      <c r="H136" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>682</v>
+      </c>
+      <c r="B137" t="s">
+        <v>763</v>
+      </c>
+      <c r="C137" t="s">
+        <v>13</v>
+      </c>
+      <c r="D137" t="s">
+        <v>13</v>
+      </c>
+      <c r="E137" t="s">
+        <v>764</v>
+      </c>
+      <c r="F137" t="s">
+        <v>13</v>
+      </c>
+      <c r="G137" t="s">
+        <v>765</v>
+      </c>
+      <c r="H137" t="s">
+        <v>766</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>682</v>
+      </c>
+      <c r="B138" t="s">
+        <v>767</v>
+      </c>
+      <c r="C138" t="s">
+        <v>768</v>
+      </c>
+      <c r="D138" t="s">
+        <v>13</v>
+      </c>
+      <c r="E138" t="s">
+        <v>769</v>
+      </c>
+      <c r="F138" t="s">
+        <v>13</v>
+      </c>
+      <c r="G138" t="s">
+        <v>770</v>
+      </c>
+      <c r="H138" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>708</v>
+      </c>
+      <c r="B139" t="s">
+        <v>772</v>
+      </c>
+      <c r="C139" t="s">
+        <v>773</v>
+      </c>
+      <c r="D139" t="s">
+        <v>13</v>
+      </c>
+      <c r="E139" t="s">
+        <v>774</v>
+      </c>
+      <c r="F139" t="s">
+        <v>13</v>
+      </c>
+      <c r="G139" t="s">
+        <v>775</v>
+      </c>
+      <c r="H139" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>682</v>
+      </c>
+      <c r="B140" t="s">
+        <v>777</v>
+      </c>
+      <c r="C140" t="s">
+        <v>778</v>
+      </c>
+      <c r="D140" t="s">
+        <v>13</v>
+      </c>
+      <c r="E140" t="s">
+        <v>779</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" t="s">
+        <v>780</v>
+      </c>
+      <c r="H140" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>682</v>
+      </c>
+      <c r="B141" t="s">
+        <v>782</v>
+      </c>
+      <c r="C141" t="s">
+        <v>783</v>
+      </c>
+      <c r="D141" t="s">
+        <v>13</v>
+      </c>
+      <c r="E141" t="s">
+        <v>145</v>
+      </c>
+      <c r="F141" t="s">
+        <v>13</v>
+      </c>
+      <c r="G141" t="s">
+        <v>784</v>
+      </c>
+      <c r="H141" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>708</v>
+      </c>
+      <c r="B142" t="s">
+        <v>786</v>
+      </c>
+      <c r="C142" t="s">
+        <v>787</v>
+      </c>
+      <c r="D142" t="s">
+        <v>13</v>
+      </c>
+      <c r="E142" t="s">
+        <v>151</v>
+      </c>
+      <c r="F142" t="s">
+        <v>13</v>
+      </c>
+      <c r="G142" t="s">
+        <v>788</v>
+      </c>
+      <c r="H142" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>708</v>
+      </c>
+      <c r="B143" t="s">
+        <v>790</v>
+      </c>
+      <c r="C143" t="s">
+        <v>791</v>
+      </c>
+      <c r="D143" t="s">
+        <v>13</v>
+      </c>
+      <c r="E143" t="s">
+        <v>792</v>
+      </c>
+      <c r="F143" t="s">
+        <v>13</v>
+      </c>
+      <c r="G143" t="s">
+        <v>793</v>
+      </c>
+      <c r="H143" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>682</v>
+      </c>
+      <c r="B144" t="s">
+        <v>795</v>
+      </c>
+      <c r="C144" t="s">
+        <v>796</v>
+      </c>
+      <c r="D144" t="s">
+        <v>13</v>
+      </c>
+      <c r="E144" t="s">
+        <v>797</v>
+      </c>
+      <c r="F144" t="s">
+        <v>13</v>
+      </c>
+      <c r="G144" t="s">
+        <v>798</v>
+      </c>
+      <c r="H144" t="s">
+        <v>799</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>682</v>
+      </c>
+      <c r="B145" t="s">
+        <v>800</v>
+      </c>
+      <c r="C145" t="s">
+        <v>801</v>
+      </c>
+      <c r="D145" t="s">
+        <v>13</v>
+      </c>
+      <c r="E145" t="s">
+        <v>802</v>
+      </c>
+      <c r="F145" t="s">
+        <v>13</v>
+      </c>
+      <c r="G145" t="s">
+        <v>803</v>
+      </c>
+      <c r="H145" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>682</v>
+      </c>
+      <c r="B146" t="s">
+        <v>805</v>
+      </c>
+      <c r="C146" t="s">
+        <v>806</v>
+      </c>
+      <c r="D146" t="s">
+        <v>13</v>
+      </c>
+      <c r="E146" t="s">
+        <v>807</v>
+      </c>
+      <c r="F146" t="s">
+        <v>13</v>
+      </c>
+      <c r="G146" t="s">
+        <v>808</v>
+      </c>
+      <c r="H146" t="s">
+        <v>809</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>708</v>
+      </c>
+      <c r="B147" t="s">
+        <v>810</v>
+      </c>
+      <c r="C147" t="s">
+        <v>811</v>
+      </c>
+      <c r="D147" t="s">
+        <v>13</v>
+      </c>
+      <c r="E147" t="s">
+        <v>812</v>
+      </c>
+      <c r="F147" t="s">
+        <v>13</v>
+      </c>
+      <c r="G147" t="s">
+        <v>813</v>
+      </c>
+      <c r="H147" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>708</v>
+      </c>
+      <c r="B148" t="s">
+        <v>815</v>
+      </c>
+      <c r="C148" t="s">
+        <v>816</v>
+      </c>
+      <c r="D148" t="s">
+        <v>13</v>
+      </c>
+      <c r="E148" t="s">
+        <v>817</v>
+      </c>
+      <c r="F148" t="s">
+        <v>13</v>
+      </c>
+      <c r="G148" t="s">
+        <v>818</v>
+      </c>
+      <c r="H148" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>682</v>
+      </c>
+      <c r="B149" t="s">
+        <v>820</v>
+      </c>
+      <c r="C149" t="s">
+        <v>821</v>
+      </c>
+      <c r="D149" t="s">
+        <v>13</v>
+      </c>
+      <c r="E149" t="s">
+        <v>822</v>
+      </c>
+      <c r="F149" t="s">
+        <v>13</v>
+      </c>
+      <c r="G149" t="s">
+        <v>823</v>
+      </c>
+      <c r="H149" t="s">
+        <v>824</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>682</v>
+      </c>
+      <c r="B150" t="s">
+        <v>825</v>
+      </c>
+      <c r="C150" t="s">
+        <v>826</v>
+      </c>
+      <c r="D150" t="s">
+        <v>13</v>
+      </c>
+      <c r="E150" t="s">
+        <v>827</v>
+      </c>
+      <c r="F150" t="s">
+        <v>13</v>
+      </c>
+      <c r="G150" t="s">
+        <v>828</v>
+      </c>
+      <c r="H150" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>682</v>
+      </c>
+      <c r="B151" t="s">
+        <v>830</v>
+      </c>
+      <c r="C151" t="s">
+        <v>831</v>
+      </c>
+      <c r="D151" t="s">
+        <v>13</v>
+      </c>
+      <c r="E151" t="s">
+        <v>832</v>
+      </c>
+      <c r="F151" t="s">
+        <v>13</v>
+      </c>
+      <c r="G151" t="s">
+        <v>833</v>
+      </c>
+      <c r="H151" t="s">
+        <v>834</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>682</v>
+      </c>
+      <c r="B152" t="s">
+        <v>835</v>
+      </c>
+      <c r="C152" t="s">
+        <v>836</v>
+      </c>
+      <c r="D152" t="s">
+        <v>13</v>
+      </c>
+      <c r="E152" t="s">
+        <v>837</v>
+      </c>
+      <c r="F152" t="s">
+        <v>13</v>
+      </c>
+      <c r="G152" t="s">
+        <v>838</v>
+      </c>
+      <c r="H152" t="s">
+        <v>839</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>708</v>
+      </c>
+      <c r="B153" t="s">
+        <v>840</v>
+      </c>
+      <c r="C153" t="s">
+        <v>841</v>
+      </c>
+      <c r="D153" t="s">
+        <v>13</v>
+      </c>
+      <c r="E153" t="s">
+        <v>221</v>
+      </c>
+      <c r="F153" t="s">
+        <v>13</v>
+      </c>
+      <c r="G153" t="s">
+        <v>842</v>
+      </c>
+      <c r="H153" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>708</v>
+      </c>
+      <c r="B154" t="s">
+        <v>844</v>
+      </c>
+      <c r="C154" t="s">
+        <v>845</v>
+      </c>
+      <c r="D154" t="s">
+        <v>13</v>
+      </c>
+      <c r="E154" t="s">
+        <v>656</v>
+      </c>
+      <c r="F154" t="s">
+        <v>13</v>
+      </c>
+      <c r="G154" t="s">
+        <v>846</v>
+      </c>
+      <c r="H154" t="s">
+        <v>847</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>708</v>
+      </c>
+      <c r="B155" t="s">
+        <v>848</v>
+      </c>
+      <c r="C155" t="s">
+        <v>849</v>
+      </c>
+      <c r="D155" t="s">
+        <v>13</v>
+      </c>
+      <c r="E155" t="s">
+        <v>850</v>
+      </c>
+      <c r="F155" t="s">
+        <v>13</v>
+      </c>
+      <c r="G155" t="s">
+        <v>851</v>
+      </c>
+      <c r="H155" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>708</v>
+      </c>
+      <c r="B156" t="s">
+        <v>853</v>
+      </c>
+      <c r="C156" t="s">
+        <v>854</v>
+      </c>
+      <c r="D156" t="s">
+        <v>13</v>
+      </c>
+      <c r="E156" t="s">
+        <v>855</v>
+      </c>
+      <c r="F156" t="s">
+        <v>13</v>
+      </c>
+      <c r="G156" t="s">
+        <v>856</v>
+      </c>
+      <c r="H156" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>708</v>
+      </c>
+      <c r="B157" t="s">
+        <v>858</v>
+      </c>
+      <c r="C157" t="s">
+        <v>859</v>
+      </c>
+      <c r="D157" t="s">
+        <v>13</v>
+      </c>
+      <c r="E157" t="s">
+        <v>860</v>
+      </c>
+      <c r="F157" t="s">
+        <v>13</v>
+      </c>
+      <c r="G157" t="s">
+        <v>861</v>
+      </c>
+      <c r="H157" t="s">
+        <v>862</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>682</v>
+      </c>
+      <c r="B158" t="s">
+        <v>863</v>
+      </c>
+      <c r="C158" t="s">
+        <v>864</v>
+      </c>
+      <c r="D158" t="s">
+        <v>13</v>
+      </c>
+      <c r="E158" t="s">
+        <v>865</v>
+      </c>
+      <c r="F158" t="s">
+        <v>13</v>
+      </c>
+      <c r="G158" t="s">
+        <v>866</v>
+      </c>
+      <c r="H158" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>708</v>
+      </c>
+      <c r="B159" t="s">
+        <v>868</v>
+      </c>
+      <c r="C159" t="s">
+        <v>869</v>
+      </c>
+      <c r="D159" t="s">
+        <v>13</v>
+      </c>
+      <c r="E159" t="s">
+        <v>870</v>
+      </c>
+      <c r="F159" t="s">
+        <v>13</v>
+      </c>
+      <c r="G159" t="s">
+        <v>871</v>
+      </c>
+      <c r="H159" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>708</v>
+      </c>
+      <c r="B160" t="s">
+        <v>873</v>
+      </c>
+      <c r="C160" t="s">
+        <v>874</v>
+      </c>
+      <c r="D160" t="s">
+        <v>13</v>
+      </c>
+      <c r="E160" t="s">
+        <v>875</v>
+      </c>
+      <c r="F160" t="s">
+        <v>13</v>
+      </c>
+      <c r="G160" t="s">
+        <v>876</v>
+      </c>
+      <c r="H160" t="s">
+        <v>877</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>682</v>
+      </c>
+      <c r="B161" t="s">
+        <v>878</v>
+      </c>
+      <c r="C161" t="s">
+        <v>879</v>
+      </c>
+      <c r="D161" t="s">
+        <v>13</v>
+      </c>
+      <c r="E161" t="s">
+        <v>880</v>
+      </c>
+      <c r="F161" t="s">
+        <v>13</v>
+      </c>
+      <c r="G161" t="s">
+        <v>881</v>
+      </c>
+      <c r="H161" t="s">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>682</v>
+      </c>
+      <c r="B162" t="s">
+        <v>883</v>
+      </c>
+      <c r="C162" t="s">
+        <v>884</v>
+      </c>
+      <c r="D162" t="s">
+        <v>13</v>
+      </c>
+      <c r="E162" t="s">
+        <v>885</v>
+      </c>
+      <c r="F162" t="s">
+        <v>13</v>
+      </c>
+      <c r="G162" t="s">
+        <v>886</v>
+      </c>
+      <c r="H162" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>682</v>
+      </c>
+      <c r="B163" t="s">
+        <v>888</v>
+      </c>
+      <c r="C163" t="s">
+        <v>889</v>
+      </c>
+      <c r="D163" t="s">
+        <v>13</v>
+      </c>
+      <c r="E163" t="s">
+        <v>890</v>
+      </c>
+      <c r="F163" t="s">
+        <v>13</v>
+      </c>
+      <c r="G163" t="s">
+        <v>891</v>
+      </c>
+      <c r="H163" t="s">
+        <v>892</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>682</v>
+      </c>
+      <c r="B164" t="s">
+        <v>893</v>
+      </c>
+      <c r="C164" t="s">
+        <v>13</v>
+      </c>
+      <c r="D164" t="s">
+        <v>13</v>
+      </c>
+      <c r="E164" t="s">
+        <v>894</v>
+      </c>
+      <c r="F164" t="s">
+        <v>13</v>
+      </c>
+      <c r="G164" t="s">
+        <v>895</v>
+      </c>
+      <c r="H164" t="s">
+        <v>896</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>682</v>
+      </c>
+      <c r="B165" t="s">
+        <v>897</v>
+      </c>
+      <c r="C165" t="s">
+        <v>898</v>
+      </c>
+      <c r="D165" t="s">
+        <v>13</v>
+      </c>
+      <c r="E165" t="s">
+        <v>899</v>
+      </c>
+      <c r="F165" t="s">
+        <v>13</v>
+      </c>
+      <c r="G165" t="s">
+        <v>900</v>
+      </c>
+      <c r="H165" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>682</v>
+      </c>
+      <c r="B166" t="s">
+        <v>902</v>
+      </c>
+      <c r="C166" t="s">
+        <v>903</v>
+      </c>
+      <c r="D166" t="s">
+        <v>13</v>
+      </c>
+      <c r="E166" t="s">
+        <v>899</v>
+      </c>
+      <c r="F166" t="s">
+        <v>13</v>
+      </c>
+      <c r="G166" t="s">
+        <v>904</v>
+      </c>
+      <c r="H166" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>682</v>
+      </c>
+      <c r="B167" t="s">
+        <v>906</v>
+      </c>
+      <c r="C167" t="s">
+        <v>907</v>
+      </c>
+      <c r="D167" t="s">
+        <v>13</v>
+      </c>
+      <c r="E167" t="s">
+        <v>908</v>
+      </c>
+      <c r="F167" t="s">
+        <v>13</v>
+      </c>
+      <c r="G167" t="s">
+        <v>909</v>
+      </c>
+      <c r="H167" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>708</v>
+      </c>
+      <c r="B168" t="s">
+        <v>911</v>
+      </c>
+      <c r="C168" t="s">
+        <v>912</v>
+      </c>
+      <c r="D168" t="s">
+        <v>13</v>
+      </c>
+      <c r="E168" t="s">
+        <v>662</v>
+      </c>
+      <c r="F168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G168" t="s">
+        <v>913</v>
+      </c>
+      <c r="H168" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>708</v>
+      </c>
+      <c r="B169" t="s">
+        <v>915</v>
+      </c>
+      <c r="C169" t="s">
+        <v>916</v>
+      </c>
+      <c r="D169" t="s">
+        <v>13</v>
+      </c>
+      <c r="E169" t="s">
+        <v>917</v>
+      </c>
+      <c r="F169" t="s">
+        <v>13</v>
+      </c>
+      <c r="G169" t="s">
+        <v>918</v>
+      </c>
+      <c r="H169" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>708</v>
+      </c>
+      <c r="B170" t="s">
+        <v>920</v>
+      </c>
+      <c r="C170" t="s">
+        <v>921</v>
+      </c>
+      <c r="D170" t="s">
+        <v>13</v>
+      </c>
+      <c r="E170" t="s">
+        <v>922</v>
+      </c>
+      <c r="F170" t="s">
+        <v>13</v>
+      </c>
+      <c r="G170" t="s">
+        <v>923</v>
+      </c>
+      <c r="H170" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>708</v>
+      </c>
+      <c r="B171" t="s">
+        <v>925</v>
+      </c>
+      <c r="C171" t="s">
+        <v>926</v>
+      </c>
+      <c r="D171" t="s">
+        <v>13</v>
+      </c>
+      <c r="E171" t="s">
+        <v>927</v>
+      </c>
+      <c r="F171" t="s">
+        <v>13</v>
+      </c>
+      <c r="G171" t="s">
+        <v>928</v>
+      </c>
+      <c r="H171" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>708</v>
+      </c>
+      <c r="B172" t="s">
+        <v>930</v>
+      </c>
+      <c r="C172" t="s">
+        <v>931</v>
+      </c>
+      <c r="D172" t="s">
+        <v>13</v>
+      </c>
+      <c r="E172" t="s">
+        <v>932</v>
+      </c>
+      <c r="F172" t="s">
+        <v>13</v>
+      </c>
+      <c r="G172" t="s">
+        <v>933</v>
+      </c>
+      <c r="H172" t="s">
+        <v>934</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>708</v>
+      </c>
+      <c r="B173" t="s">
+        <v>935</v>
+      </c>
+      <c r="C173" t="s">
+        <v>936</v>
+      </c>
+      <c r="D173" t="s">
+        <v>13</v>
+      </c>
+      <c r="E173" t="s">
+        <v>937</v>
+      </c>
+      <c r="F173" t="s">
+        <v>13</v>
+      </c>
+      <c r="G173" t="s">
+        <v>938</v>
+      </c>
+      <c r="H173" t="s">
+        <v>939</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>708</v>
+      </c>
+      <c r="B174" t="s">
+        <v>940</v>
+      </c>
+      <c r="C174" t="s">
+        <v>941</v>
+      </c>
+      <c r="D174" t="s">
+        <v>13</v>
+      </c>
+      <c r="E174" t="s">
+        <v>942</v>
+      </c>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" t="s">
+        <v>943</v>
+      </c>
+      <c r="H174" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>708</v>
+      </c>
+      <c r="B175" t="s">
+        <v>945</v>
+      </c>
+      <c r="C175" t="s">
+        <v>946</v>
+      </c>
+      <c r="D175" t="s">
+        <v>13</v>
+      </c>
+      <c r="E175" t="s">
+        <v>947</v>
+      </c>
+      <c r="F175" t="s">
+        <v>13</v>
+      </c>
+      <c r="G175" t="s">
+        <v>948</v>
+      </c>
+      <c r="H175" t="s">
+        <v>949</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>708</v>
+      </c>
+      <c r="B176" t="s">
+        <v>950</v>
+      </c>
+      <c r="C176" t="s">
+        <v>951</v>
+      </c>
+      <c r="D176" t="s">
+        <v>13</v>
+      </c>
+      <c r="E176" t="s">
+        <v>952</v>
+      </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" t="s">
+        <v>953</v>
+      </c>
+      <c r="H176" t="s">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>708</v>
+      </c>
+      <c r="B177" t="s">
+        <v>955</v>
+      </c>
+      <c r="C177" t="s">
+        <v>956</v>
+      </c>
+      <c r="D177" t="s">
+        <v>13</v>
+      </c>
+      <c r="E177" t="s">
+        <v>957</v>
+      </c>
+      <c r="F177" t="s">
+        <v>13</v>
+      </c>
+      <c r="G177" t="s">
+        <v>958</v>
+      </c>
+      <c r="H177" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>682</v>
+      </c>
+      <c r="B178" t="s">
+        <v>960</v>
+      </c>
+      <c r="C178" t="s">
+        <v>13</v>
+      </c>
+      <c r="D178" t="s">
+        <v>13</v>
+      </c>
+      <c r="E178" t="s">
+        <v>961</v>
+      </c>
+      <c r="F178" t="s">
+        <v>13</v>
+      </c>
+      <c r="G178" t="s">
+        <v>962</v>
+      </c>
+      <c r="H178" t="s">
+        <v>963</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>682</v>
+      </c>
+      <c r="B179" t="s">
+        <v>964</v>
+      </c>
+      <c r="C179" t="s">
+        <v>13</v>
+      </c>
+      <c r="D179" t="s">
+        <v>13</v>
+      </c>
+      <c r="E179" t="s">
+        <v>380</v>
+      </c>
+      <c r="F179" t="s">
+        <v>13</v>
+      </c>
+      <c r="G179" t="s">
+        <v>965</v>
+      </c>
+      <c r="H179" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>708</v>
+      </c>
+      <c r="B180" t="s">
+        <v>967</v>
+      </c>
+      <c r="C180" t="s">
+        <v>968</v>
+      </c>
+      <c r="D180" t="s">
+        <v>13</v>
+      </c>
+      <c r="E180" t="s">
+        <v>397</v>
+      </c>
+      <c r="F180" t="s">
+        <v>13</v>
+      </c>
+      <c r="G180" t="s">
+        <v>969</v>
+      </c>
+      <c r="H180" t="s">
+        <v>970</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>708</v>
+      </c>
+      <c r="B181" t="s">
+        <v>971</v>
+      </c>
+      <c r="C181" t="s">
+        <v>972</v>
+      </c>
+      <c r="D181" t="s">
+        <v>13</v>
+      </c>
+      <c r="E181" t="s">
+        <v>973</v>
+      </c>
+      <c r="F181" t="s">
+        <v>13</v>
+      </c>
+      <c r="G181" t="s">
+        <v>974</v>
+      </c>
+      <c r="H181" t="s">
+        <v>975</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>708</v>
+      </c>
+      <c r="B182" t="s">
+        <v>976</v>
+      </c>
+      <c r="C182" t="s">
+        <v>977</v>
+      </c>
+      <c r="D182" t="s">
+        <v>13</v>
+      </c>
+      <c r="E182" t="s">
+        <v>406</v>
+      </c>
+      <c r="F182" t="s">
+        <v>13</v>
+      </c>
+      <c r="G182" t="s">
+        <v>978</v>
+      </c>
+      <c r="H182" t="s">
+        <v>979</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>682</v>
+      </c>
+      <c r="B183" t="s">
+        <v>980</v>
+      </c>
+      <c r="C183" t="s">
+        <v>981</v>
+      </c>
+      <c r="D183" t="s">
+        <v>13</v>
+      </c>
+      <c r="E183" t="s">
+        <v>982</v>
+      </c>
+      <c r="F183" t="s">
+        <v>13</v>
+      </c>
+      <c r="G183" t="s">
+        <v>983</v>
+      </c>
+      <c r="H183" t="s">
+        <v>984</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>708</v>
+      </c>
+      <c r="B184" t="s">
+        <v>985</v>
+      </c>
+      <c r="C184" t="s">
+        <v>986</v>
+      </c>
+      <c r="D184" t="s">
+        <v>13</v>
+      </c>
+      <c r="E184" t="s">
+        <v>987</v>
+      </c>
+      <c r="F184" t="s">
+        <v>13</v>
+      </c>
+      <c r="G184" t="s">
+        <v>988</v>
+      </c>
+      <c r="H184" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>708</v>
+      </c>
+      <c r="B185" t="s">
+        <v>990</v>
+      </c>
+      <c r="C185" t="s">
+        <v>991</v>
+      </c>
+      <c r="D185" t="s">
+        <v>13</v>
+      </c>
+      <c r="E185" t="s">
+        <v>992</v>
+      </c>
+      <c r="F185" t="s">
+        <v>13</v>
+      </c>
+      <c r="G185" t="s">
+        <v>993</v>
+      </c>
+      <c r="H185" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>708</v>
+      </c>
+      <c r="B186" t="s">
+        <v>995</v>
+      </c>
+      <c r="C186" t="s">
+        <v>996</v>
+      </c>
+      <c r="D186" t="s">
+        <v>13</v>
+      </c>
+      <c r="E186" t="s">
+        <v>424</v>
+      </c>
+      <c r="F186" t="s">
+        <v>13</v>
+      </c>
+      <c r="G186" t="s">
+        <v>997</v>
+      </c>
+      <c r="H186" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>682</v>
+      </c>
+      <c r="B187" t="s">
+        <v>999</v>
+      </c>
+      <c r="C187" t="s">
+        <v>13</v>
+      </c>
+      <c r="D187" t="s">
+        <v>13</v>
+      </c>
+      <c r="E187" t="s">
+        <v>1000</v>
+      </c>
+      <c r="F187" t="s">
+        <v>13</v>
+      </c>
+      <c r="G187" t="s">
+        <v>1001</v>
+      </c>
+      <c r="H187" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>708</v>
+      </c>
+      <c r="B188" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1004</v>
+      </c>
+      <c r="D188" t="s">
+        <v>13</v>
+      </c>
+      <c r="E188" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F188" t="s">
+        <v>13</v>
+      </c>
+      <c r="G188" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H188" t="s">
+        <v>1007</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>682</v>
+      </c>
+      <c r="B189" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D189" t="s">
+        <v>13</v>
+      </c>
+      <c r="E189" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F189" t="s">
+        <v>13</v>
+      </c>
+      <c r="G189" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H189" t="s">
+        <v>1012</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>708</v>
+      </c>
+      <c r="B190" t="s">
+        <v>1013</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1014</v>
+      </c>
+      <c r="D190" t="s">
+        <v>13</v>
+      </c>
+      <c r="E190" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F190" t="s">
+        <v>13</v>
+      </c>
+      <c r="G190" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H190" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>708</v>
+      </c>
+      <c r="B191" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D191" t="s">
+        <v>13</v>
+      </c>
+      <c r="E191" t="s">
+        <v>1020</v>
+      </c>
+      <c r="F191" t="s">
+        <v>13</v>
+      </c>
+      <c r="G191" t="s">
+        <v>1021</v>
+      </c>
+      <c r="H191" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>708</v>
+      </c>
+      <c r="B192" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1024</v>
+      </c>
+      <c r="D192" t="s">
+        <v>13</v>
+      </c>
+      <c r="E192" t="s">
+        <v>679</v>
+      </c>
+      <c r="F192" t="s">
+        <v>13</v>
+      </c>
+      <c r="G192" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H192" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>708</v>
+      </c>
+      <c r="B193" t="s">
+        <v>1027</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1028</v>
+      </c>
+      <c r="D193" t="s">
+        <v>13</v>
+      </c>
+      <c r="E193" t="s">
+        <v>1029</v>
+      </c>
+      <c r="F193" t="s">
+        <v>13</v>
+      </c>
+      <c r="G193" t="s">
+        <v>1030</v>
+      </c>
+      <c r="H193" t="s">
+        <v>1031</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>682</v>
+      </c>
+      <c r="B194" t="s">
+        <v>1032</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1033</v>
+      </c>
+      <c r="D194" t="s">
+        <v>13</v>
+      </c>
+      <c r="E194" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F194" t="s">
+        <v>13</v>
+      </c>
+      <c r="G194" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H194" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>708</v>
+      </c>
+      <c r="B195" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1038</v>
+      </c>
+      <c r="D195" t="s">
+        <v>13</v>
+      </c>
+      <c r="E195" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F195" t="s">
+        <v>13</v>
+      </c>
+      <c r="G195" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H195" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>708</v>
+      </c>
+      <c r="B196" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C196" t="s">
+        <v>13</v>
+      </c>
+      <c r="D196" t="s">
+        <v>13</v>
+      </c>
+      <c r="E196" t="s">
+        <v>1043</v>
+      </c>
+      <c r="F196" t="s">
+        <v>13</v>
+      </c>
+      <c r="G196" t="s">
+        <v>1044</v>
+      </c>
+      <c r="H196" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B197" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1048</v>
+      </c>
+      <c r="E197" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F197" t="s">
+        <v>13</v>
+      </c>
+      <c r="G197" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H197" t="s">
+        <v>1051</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B198" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E198" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F198" t="s">
+        <v>13</v>
+      </c>
+      <c r="G198" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H198" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B199" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1058</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1059</v>
+      </c>
+      <c r="E199" t="s">
+        <v>1060</v>
+      </c>
+      <c r="F199" t="s">
+        <v>13</v>
+      </c>
+      <c r="G199" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H199" t="s">
+        <v>1062</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B200" t="s">
+        <v>1063</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1064</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1065</v>
+      </c>
+      <c r="E200" t="s">
+        <v>1066</v>
+      </c>
+      <c r="F200" t="s">
+        <v>13</v>
+      </c>
+      <c r="G200" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H200" t="s">
+        <v>1068</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>1046</v>
+      </c>
+      <c r="B201" t="s">
+        <v>1069</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1070</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1071</v>
+      </c>
+      <c r="E201" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F201" t="s">
+        <v>13</v>
+      </c>
+      <c r="G201" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H201" t="s">
+        <v>1074</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>