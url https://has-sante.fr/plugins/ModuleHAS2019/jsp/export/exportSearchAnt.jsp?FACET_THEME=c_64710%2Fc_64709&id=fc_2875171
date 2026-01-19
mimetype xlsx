--- v1 (2025-12-04)
+++ v2 (2026-01-19)
@@ -9,103 +9,121 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1608" uniqueCount="1075">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1616" uniqueCount="1080">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Rencontres sécurité : un partenariat entre les équipes et la gouvernance.</t>
+  </si>
+  <si>
+    <t>La HAS propose aux établissements une méthode donnant l’opportunité au management de montrer à leurs équipes leur implication dans la sécurité des patients. Une expérimentation a été menée sur 2017-2018 afin d’étudier la faisabilité et l’acceptabilité des rencontres sécurité auprès de 11 établissements de santé volontaires, permettant de tester en pratique le guide et les outils proposés.</t>
+  </si>
+  <si>
+    <t>28/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2025 11:24:24</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2887464/fr/rencontres-securite-un-partenariat-entre-les-equipes-et-la-gouvernance</t>
+  </si>
+  <si>
+    <t>c_2887464</t>
+  </si>
+  <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Guides d’utilisation des PROMs en pratique clinique courante</t>
   </si>
   <si>
     <t>Les questionnaires PROMs sont des outils pour la prise en charge des patients atteints de pathologie chronique, et la bonne organisation de leur parcours de prise en charge. Ils facilitent la communication entre les patients et les professionnels de santé, ainsi que l’engagement des patients.</t>
   </si>
   <si>
     <t>23/11/2022 00:00:00</t>
   </si>
   <si>
     <t>20/03/2024 11:25:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3501799/fr/guides-d-utilisation-des-proms-en-pratique-clinique-courante</t>
   </si>
   <si>
     <t>p_3501799</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...1 lines deleted...]
-  <si>
     <t>Choix méthodologiques pour l'évaluation économique à la HAS</t>
   </si>
   <si>
     <t>La HAS a actualisé le guide méthodologique sur l’évaluation économique. Les principales modifications apportées visent à améliorer l’interprétation des résultats, à préciser des points techniques et à intégrer des évolutions méthodologiques intervenues depuis 2011.</t>
   </si>
   <si>
     <t>02/07/2020 00:00:00</t>
   </si>
   <si>
     <t>29/07/2020 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1499251/fr/choix-methodologiques-pour-l-evaluation-economique-a-la-has</t>
   </si>
   <si>
     <t>r_1499251</t>
   </si>
   <si>
     <t>Validation des indicateurs de qualité mesurés à partir des bases de données médico-administratives par comparaison à un « gold standard »</t>
   </si>
   <si>
     <t>Ce guide méthodologique précise les méthodes de validation contre gold standard des indicateurs de qualité mesurés à partir des bases médico-administratives (PMSI/SNDS). Il est destiné à toute personne/structure souhaitant valider des indicateurs de qualité à partir de ces bases de données.</t>
   </si>
   <si>
     <t>02/07/2025 00:00:00</t>
@@ -323,68 +341,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3501843/fr/intervention-motivationnelle-breve</t>
   </si>
   <si>
     <t>p_3501843</t>
   </si>
   <si>
     <t>Labellisation par la HAS d‘une recommandation de bonne pratique élaborée par un organisme professionnel</t>
   </si>
   <si>
     <t>La HAS met en place une méthode de labellisation d‘une recommandation de bonne pratique élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>13/07/2023 00:00:00</t>
   </si>
   <si>
     <t>31/07/2023 13:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3452920/fr/labellisation-par-la-has-d-une-recommandation-de-bonne-pratique-elaboree-par-un-organisme-professionnel</t>
   </si>
   <si>
     <t>p_3452920</t>
   </si>
   <si>
-    <t>Rencontres sécurité : un partenariat entre les équipes et la gouvernance</t>
-[...16 lines deleted...]
-  <si>
     <t>Guide méthodologique : simulation en santé et gestion des risques</t>
   </si>
   <si>
     <t>Le guide méthodologique et ses outils aident à l’orientation des objectifs pédagogiques des programmes de simulation afin de proposer des solutions face aux risques présents ou prévisibles dans le domaine de la santé.</t>
   </si>
   <si>
     <t>18/10/2023 16:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3330409/fr/guide-methodologique-simulation-en-sante-et-gestion-des-risques</t>
   </si>
   <si>
     <t>p_3330409</t>
   </si>
   <si>
     <t>Harmonisation des synthèses médicales en vue de leur numérisation</t>
   </si>
   <si>
     <t>L’objectif de ce travail est de proposer un modèle de synthèse médicale polyvalent, utilisable dans différents contextes d'usage, en vue de sa numérisation.</t>
   </si>
   <si>
     <t>24/07/2023 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3453327/fr/harmonisation-des-syntheses-medicales-en-vue-de-leur-numerisation</t>
@@ -2060,168 +2060,183 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1166746/fr/chirurgie-ambulatoire-outils-d-aide-au-developpement-note-d-orientation</t>
   </si>
   <si>
     <t>c_1166746</t>
   </si>
   <si>
     <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
   </si>
   <si>
     <t>16/12/2010 00:00:00</t>
   </si>
   <si>
     <t>14/03/2011 11:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
   </si>
   <si>
     <t>c_1024762</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Indicateurs de qualité des parcours de soins</t>
+  </si>
+  <si>
+    <t>La CNAM et la HAS co-pilotent le projet « Inscrire la qualité et la pertinence au cœur des organisations et des pratiques ». L’objectif est l’engagement des professionnels concernés dans une démarche participative d’amélioration de la qualité des parcours, en s’appuyant notamment sur les indicateurs de qualité et les guides PROMs.</t>
+  </si>
+  <si>
+    <t>25/04/2022 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306659/fr/indicateurs-de-qualite-des-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>p_3306659</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre l'évaluation des ESSMS</t>
+  </si>
+  <si>
+    <t>Les établissements et services sociaux et médico-sociaux (ESSMS) sont tenus de procéder à des évaluations régulières de leurs activités et de la qualité de leurs prestations. Le référentiel et le manuel ont été publiés par la HAS le 10 mars 2022 pour permettre aux ESSMS de s’approprier le dispositif. La procédure d'évaluation a été publiée par la HAS le 13 mai 2022 pour permettre son déploiement.</t>
+  </si>
+  <si>
+    <t>07/01/2026 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323069/fr/mettre-en-oeuvre-l-evaluation-des-essms</t>
+  </si>
+  <si>
+    <t>p_3323069</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Accès précoce à des médicaments présumés innovants : pour un pari mieux éclairé</t>
+  </si>
+  <si>
+    <t>L’évaluation des demandes d’accès précoce à des médicaments comprend par nature une forme d’incertitude. En effet, elle repose notamment sur l’appréciation de la présomption d’innovation et non sur la démonstration de cette innovation. Afin de définir les données minimales requises pour confirmer ou réfuter le bénéfice clinique supplémentaire du traitement par rapport aux alternatives disponibles et ainsi limiter la prise de risque pour les patients, la Haute Autorité de santé (HAS) actualise sa doctrine d’évaluation.</t>
+  </si>
+  <si>
+    <t>19/12/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806377/fr/acces-precoce-a-des-medicaments-presumes-innovants-pour-un-pari-mieux-eclaire</t>
+  </si>
+  <si>
+    <t>p_3806377</t>
+  </si>
+  <si>
+    <t>Accès précoce à un médicament</t>
+  </si>
+  <si>
+    <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+  </si>
+  <si>
+    <t>r_1500918</t>
+  </si>
+  <si>
     <t>Visualisation dynamique des questionnaires PROMs retenus par pathologie chronique/chirurgie</t>
   </si>
   <si>
     <t>Un outil de visualisation dynamique résume les principales caractéristiques des questionnaires PROMs retenus par pathologie chronique/chirurgie. Il s’appuie sur les informations présentées dans les guides d’utilisation des PROMs en pratique clinique courante : nom, pathologie/chirurgie, nombre de questions/dimensions, temps de remplissage, fréquence d’administration.</t>
   </si>
   <si>
     <t>28/11/2025 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3750809/fr/visualisation-dynamique-des-questionnaires-proms-retenus-par-pathologie-chronique/chirurgie</t>
   </si>
   <si>
     <t>p_3750809</t>
   </si>
   <si>
-    <t>Accès précoce à un médicament</t>
-[...13 lines deleted...]
-  <si>
     <t>Comprendre la nouvelle évaluation des ESSMS</t>
   </si>
   <si>
     <t>Les établissements et services sociaux et médico-sociaux sont tenus de procéder à des évaluations régulières de leurs activités et de la qualité de leurs prestations.</t>
   </si>
   <si>
     <t>10/03/2022 10:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2838131/fr/comprendre-la-nouvelle-evaluation-des-essms</t>
   </si>
   <si>
     <t>c_2838131</t>
   </si>
   <si>
-    <t>Mettre en œuvre l'évaluation des ESSMS</t>
-[...13 lines deleted...]
-  <si>
     <t>Comprendre l’évaluation des dispositifs médicaux</t>
   </si>
   <si>
     <t>La CNEDIMTS donne un avis sur les demandes d'inscription, de renouvellement d'inscription, ainsi que sur la modification des conditions d'inscription : Sur la LPPR des DM à usage individuel, produits de santé autres que les médicaments, et prestations associées Des activités de télésurveillance sur la LATM. Elle donne également les avis pour toute demande de prise en charge dérogatoire des DM, y compris numériques dans le cadre de la PECT et de la PECAN.</t>
   </si>
   <si>
     <t>05/11/2012 09:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_928541/fr/comprendre-l-evaluation-des-dispositifs-medicaux</t>
   </si>
   <si>
     <t>c_928541</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...1 lines deleted...]
-  <si>
     <t>Parcours de transition des personnes transgenres : la HAS réaffirme la nécessité de protéger les experts</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) avait saisi le Conseil d’Etat d’un pourvoi en cassation contre un jugement du tribunal administratif de Montreuil lui enjoignant, à la demande d’une association, de communiquer la liste des membres du groupe de travail participant à l’élaboration des recommandations sur la transition de genre, et qui ont été récemment publiées. Après avoir accordé à la HAS un sursis à exécution, le Conseil d’Etat rejette finalement le pourvoi. La HAS prend acte de cette décision qui souligne toutefois que les textes actuels, sur lesquels le juge s’est fondé, ne garantissent pas suffisamment la protection des experts participant à l’expertise en santé. Attachée à la protection des experts et au principe d’indépendance de l’expertise, la HAS appelle à une évolution législative.</t>
   </si>
   <si>
     <t>29/07/2025 17:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639305/fr/parcours-de-transition-des-personnes-transgenres-la-has-reaffirme-la-necessite-de-proteger-les-experts</t>
   </si>
   <si>
     <t>p_3639305</t>
   </si>
   <si>
     <t>Méthodes et publications</t>
   </si>
   <si>
     <t>24/05/2022 09:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1021017/fr/methodes-et-publications</t>
   </si>
   <si>
     <t>c_1021017</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3306659</t>
   </si>
   <si>
     <t>L’IA en santé, un enjeu majeur pour la HAS et l’ensemble du système de santé</t>
   </si>
   <si>
     <t>L’effervescence des nouvelles technologies de santé et la montée en puissance de l’intelligence artificielle (IA) en santé sont autant d’opportunités pour améliorer la qualité des soins et des accompagnements sociaux et médico-sociaux, que de défis pour en encadrer les usages. La HAS a pour mission générale de fournir une expertise scientifique indépendante au service de la qualité du système de santé : elle entend dès lors jouer tout son rôle pour aider à distinguer les usages de l’IA présentant un réel intérêt, à accompagner leur déploiement vertueux et à informer nos concitoyens. L’IA représente également un levier au sein de l’organisation interne de la HAS ; pour en évaluer les potentialités, la HAS mène des expérimentations, notamment pour la revue de littérature scientifique.</t>
   </si>
   <si>
     <t>09/04/2025 12:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3599637/fr/l-ia-en-sante-un-enjeu-majeur-pour-la-has-et-l-ensemble-du-systeme-de-sante</t>
   </si>
   <si>
     <t>p_3599637</t>
   </si>
   <si>
     <t>Questionnaire d'expérience patient pour l'expérimentation « Paiement à l'épisode de soins pour des prises en charge chirurgicales »</t>
   </si>
   <si>
     <t>La HAS développe un questionnaire d’expérience patient pour l’ensemble des prises en charges concernées par l’épisode de soins. Une première version de ce questionnaire a été expérimentée auprès ces patients de novembre 2019 à juillet 2021. En mars 2021, une deuxième version a été développée en collaboration avec des représentants de patients, des experts méthodologistes ainsi que des professionnels de santé et patients issus d’établissements expérimentateurs. Cette version est en cours de recueil depuis août 2021.</t>
   </si>
   <si>
     <t>22/04/2022 16:12:00</t>
   </si>
@@ -3284,51 +3299,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H201"/>
+  <dimension ref="A1:H202"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3422,51 +3437,51 @@
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>31</v>
       </c>
       <c r="E5" t="s">
         <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>33</v>
       </c>
       <c r="H5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
       <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>39</v>
       </c>
       <c r="H6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
@@ -3509,94 +3524,94 @@
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>51</v>
       </c>
       <c r="H8" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>53</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="E9" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H9" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C10" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>60</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>61</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>62</v>
       </c>
       <c r="H10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>64</v>
       </c>
       <c r="C11" t="s">
         <v>65</v>
       </c>
       <c r="D11" t="s">
         <v>66</v>
       </c>
       <c r="E11" t="s">
         <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>68</v>
       </c>
       <c r="H11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
@@ -3604,883 +3619,883 @@
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>72</v>
       </c>
       <c r="E12" t="s">
         <v>73</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>74</v>
       </c>
       <c r="H12" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13" t="s">
         <v>77</v>
       </c>
       <c r="D13" t="s">
         <v>78</v>
       </c>
       <c r="E13" t="s">
         <v>79</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>80</v>
       </c>
       <c r="H13" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>82</v>
       </c>
       <c r="C14" t="s">
         <v>83</v>
       </c>
       <c r="D14" t="s">
         <v>84</v>
       </c>
       <c r="E14" t="s">
         <v>85</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>86</v>
       </c>
       <c r="H14" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
         <v>88</v>
       </c>
-      <c r="B15" t="s">
+      <c r="C15" t="s">
         <v>89</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>90</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>91</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>92</v>
       </c>
       <c r="H15" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="H16" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>16</v>
+        <v>94</v>
       </c>
       <c r="B17" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C17" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D17" t="s">
-        <v>100</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>101</v>
+        <v>97</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>102</v>
       </c>
       <c r="H17" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>104</v>
       </c>
       <c r="C18" t="s">
         <v>105</v>
       </c>
       <c r="D18" t="s">
         <v>106</v>
       </c>
       <c r="E18" t="s">
         <v>107</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>108</v>
       </c>
       <c r="H18" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B19" t="s">
         <v>110</v>
       </c>
       <c r="C19" t="s">
         <v>111</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
         <v>112</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>113</v>
       </c>
       <c r="H19" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B20" t="s">
         <v>115</v>
       </c>
       <c r="C20" t="s">
         <v>116</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>117</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>118</v>
       </c>
       <c r="H20" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B21" t="s">
         <v>120</v>
       </c>
       <c r="C21" t="s">
         <v>121</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
         <v>122</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>123</v>
       </c>
       <c r="H21" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>125</v>
       </c>
       <c r="C22" t="s">
         <v>126</v>
       </c>
       <c r="D22" t="s">
         <v>127</v>
       </c>
       <c r="E22" t="s">
         <v>128</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>129</v>
       </c>
       <c r="H22" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>131</v>
       </c>
       <c r="C23" t="s">
         <v>132</v>
       </c>
       <c r="D23" t="s">
         <v>133</v>
       </c>
       <c r="E23" t="s">
         <v>134</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>135</v>
       </c>
       <c r="H23" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>137</v>
       </c>
       <c r="C24" t="s">
         <v>138</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>19</v>
       </c>
       <c r="E24" t="s">
         <v>139</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>140</v>
       </c>
       <c r="H24" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>142</v>
       </c>
       <c r="C25" t="s">
         <v>143</v>
       </c>
       <c r="D25" t="s">
         <v>144</v>
       </c>
       <c r="E25" t="s">
         <v>145</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>146</v>
       </c>
       <c r="H25" t="s">
         <v>147</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>148</v>
       </c>
       <c r="C26" t="s">
         <v>149</v>
       </c>
       <c r="D26" t="s">
         <v>150</v>
       </c>
       <c r="E26" t="s">
         <v>151</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>152</v>
       </c>
       <c r="H26" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>154</v>
       </c>
       <c r="C27" t="s">
         <v>155</v>
       </c>
       <c r="D27" t="s">
         <v>156</v>
       </c>
       <c r="E27" t="s">
         <v>157</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>158</v>
       </c>
       <c r="H27" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B28" t="s">
         <v>160</v>
       </c>
       <c r="C28" t="s">
         <v>161</v>
       </c>
       <c r="D28" t="s">
         <v>162</v>
       </c>
       <c r="E28" t="s">
         <v>163</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>164</v>
       </c>
       <c r="H28" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B29" t="s">
         <v>166</v>
       </c>
       <c r="C29" t="s">
         <v>167</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
         <v>168</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>169</v>
       </c>
       <c r="H29" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B30" t="s">
         <v>171</v>
       </c>
       <c r="C30" t="s">
         <v>172</v>
       </c>
       <c r="D30" t="s">
         <v>173</v>
       </c>
       <c r="E30" t="s">
         <v>174</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>175</v>
       </c>
       <c r="H30" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>177</v>
       </c>
       <c r="C31" t="s">
         <v>178</v>
       </c>
       <c r="D31" t="s">
         <v>179</v>
       </c>
       <c r="E31" t="s">
         <v>180</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>181</v>
       </c>
       <c r="H31" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>183</v>
       </c>
       <c r="C32" t="s">
         <v>184</v>
       </c>
       <c r="D32" t="s">
         <v>185</v>
       </c>
       <c r="E32" t="s">
         <v>186</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>187</v>
       </c>
       <c r="H32" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B33" t="s">
         <v>189</v>
       </c>
       <c r="C33" t="s">
         <v>190</v>
       </c>
       <c r="D33" t="s">
         <v>191</v>
       </c>
       <c r="E33" t="s">
         <v>192</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>193</v>
       </c>
       <c r="H33" t="s">
         <v>194</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>195</v>
       </c>
       <c r="C34" t="s">
         <v>196</v>
       </c>
       <c r="D34" t="s">
         <v>197</v>
       </c>
       <c r="E34" t="s">
         <v>198</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>199</v>
       </c>
       <c r="H34" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>201</v>
       </c>
       <c r="C35" t="s">
         <v>202</v>
       </c>
       <c r="D35" t="s">
         <v>203</v>
       </c>
       <c r="E35" t="s">
         <v>204</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
         <v>205</v>
       </c>
       <c r="H35" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>207</v>
       </c>
       <c r="C36" t="s">
         <v>208</v>
       </c>
       <c r="D36" t="s">
         <v>209</v>
       </c>
       <c r="E36" t="s">
         <v>210</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>211</v>
       </c>
       <c r="H36" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>213</v>
       </c>
       <c r="C37" t="s">
         <v>214</v>
       </c>
       <c r="D37" t="s">
         <v>215</v>
       </c>
       <c r="E37" t="s">
         <v>216</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
         <v>217</v>
       </c>
       <c r="H37" t="s">
         <v>218</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>219</v>
       </c>
       <c r="C38" t="s">
         <v>220</v>
       </c>
       <c r="D38" t="s">
         <v>185</v>
       </c>
       <c r="E38" t="s">
         <v>221</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
         <v>222</v>
       </c>
       <c r="H38" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>224</v>
       </c>
       <c r="C39" t="s">
         <v>225</v>
       </c>
       <c r="D39" t="s">
         <v>226</v>
       </c>
       <c r="E39" t="s">
         <v>227</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>228</v>
       </c>
       <c r="H39" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>230</v>
       </c>
       <c r="C40" t="s">
         <v>231</v>
       </c>
       <c r="D40" t="s">
         <v>232</v>
       </c>
       <c r="E40" t="s">
         <v>233</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
         <v>234</v>
       </c>
       <c r="H40" t="s">
         <v>235</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B41" t="s">
         <v>236</v>
       </c>
       <c r="C41" t="s">
         <v>155</v>
       </c>
       <c r="D41" t="s">
         <v>237</v>
       </c>
       <c r="E41" t="s">
         <v>238</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>239</v>
       </c>
       <c r="H41" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>241</v>
       </c>
       <c r="C42" t="s">
         <v>242</v>
       </c>
       <c r="D42" t="s">
         <v>243</v>
       </c>
       <c r="E42" t="s">
         <v>244</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>245</v>
       </c>
       <c r="H42" t="s">
         <v>246</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B43" t="s">
         <v>247</v>
       </c>
       <c r="C43" t="s">
         <v>248</v>
       </c>
       <c r="D43" t="s">
         <v>249</v>
       </c>
       <c r="E43" t="s">
         <v>250</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>251</v>
       </c>
       <c r="H43" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B44" t="s">
         <v>253</v>
       </c>
       <c r="C44" t="s">
         <v>254</v>
       </c>
       <c r="D44" t="s">
         <v>255</v>
       </c>
       <c r="E44" t="s">
         <v>256</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>257</v>
       </c>
       <c r="H44" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>259</v>
       </c>
       <c r="C45" t="s">
         <v>260</v>
       </c>
       <c r="D45" t="s">
         <v>261</v>
       </c>
       <c r="E45" t="s">
         <v>262</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>263</v>
       </c>
       <c r="H45" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
@@ -4514,155 +4529,155 @@
       </c>
       <c r="B47" t="s">
         <v>271</v>
       </c>
       <c r="C47" t="s">
         <v>272</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
         <v>268</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>273</v>
       </c>
       <c r="H47" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>275</v>
       </c>
       <c r="C48" t="s">
         <v>276</v>
       </c>
       <c r="D48" t="s">
         <v>277</v>
       </c>
       <c r="E48" t="s">
         <v>278</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>279</v>
       </c>
       <c r="H48" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B49" t="s">
         <v>281</v>
       </c>
       <c r="C49" t="s">
         <v>282</v>
       </c>
       <c r="D49" t="s">
         <v>283</v>
       </c>
       <c r="E49" t="s">
         <v>284</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>285</v>
       </c>
       <c r="H49" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B50" t="s">
         <v>287</v>
       </c>
       <c r="C50" t="s">
         <v>288</v>
       </c>
       <c r="D50" t="s">
         <v>289</v>
       </c>
       <c r="E50" t="s">
         <v>290</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>291</v>
       </c>
       <c r="H50" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B51" t="s">
         <v>293</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
         <v>294</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>295</v>
       </c>
       <c r="H51" t="s">
         <v>296</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B52" t="s">
         <v>297</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
         <v>298</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>299</v>
       </c>
       <c r="H52" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
@@ -4670,389 +4685,389 @@
       </c>
       <c r="B53" t="s">
         <v>302</v>
       </c>
       <c r="C53" t="s">
         <v>303</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
         <v>304</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
         <v>305</v>
       </c>
       <c r="H53" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>307</v>
       </c>
       <c r="C54" t="s">
         <v>308</v>
       </c>
       <c r="D54" t="s">
         <v>309</v>
       </c>
       <c r="E54" t="s">
         <v>310</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>311</v>
       </c>
       <c r="H54" t="s">
         <v>312</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>313</v>
       </c>
       <c r="C55" t="s">
         <v>314</v>
       </c>
       <c r="D55" t="s">
         <v>315</v>
       </c>
       <c r="E55" t="s">
         <v>316</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
         <v>317</v>
       </c>
       <c r="H55" t="s">
         <v>318</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>319</v>
       </c>
       <c r="C56" t="s">
         <v>320</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
         <v>321</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>322</v>
       </c>
       <c r="H56" t="s">
         <v>323</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B57" t="s">
         <v>324</v>
       </c>
       <c r="C57" t="s">
         <v>325</v>
       </c>
       <c r="D57" t="s">
         <v>326</v>
       </c>
       <c r="E57" t="s">
         <v>327</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
         <v>328</v>
       </c>
       <c r="H57" t="s">
         <v>329</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B58" t="s">
         <v>330</v>
       </c>
       <c r="C58" t="s">
         <v>331</v>
       </c>
       <c r="D58" t="s">
         <v>332</v>
       </c>
       <c r="E58" t="s">
         <v>333</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
         <v>334</v>
       </c>
       <c r="H58" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B59" t="s">
         <v>336</v>
       </c>
       <c r="C59" t="s">
         <v>337</v>
       </c>
       <c r="D59" t="s">
         <v>338</v>
       </c>
       <c r="E59" t="s">
         <v>339</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
         <v>340</v>
       </c>
       <c r="H59" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B60" t="s">
         <v>342</v>
       </c>
       <c r="C60" t="s">
         <v>343</v>
       </c>
       <c r="D60" t="s">
         <v>344</v>
       </c>
       <c r="E60" t="s">
         <v>345</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>346</v>
       </c>
       <c r="H60" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B61" t="s">
         <v>348</v>
       </c>
       <c r="C61" t="s">
         <v>349</v>
       </c>
       <c r="D61" t="s">
         <v>350</v>
       </c>
       <c r="E61" t="s">
         <v>351</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
         <v>352</v>
       </c>
       <c r="H61" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B62" t="s">
         <v>354</v>
       </c>
       <c r="C62" t="s">
         <v>355</v>
       </c>
       <c r="D62" t="s">
         <v>356</v>
       </c>
       <c r="E62" t="s">
         <v>357</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>358</v>
       </c>
       <c r="H62" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B63" t="s">
         <v>360</v>
       </c>
       <c r="C63" t="s">
         <v>361</v>
       </c>
       <c r="D63" t="s">
         <v>362</v>
       </c>
       <c r="E63" t="s">
         <v>363</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
         <v>364</v>
       </c>
       <c r="H63" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B64" t="s">
         <v>366</v>
       </c>
       <c r="C64" t="s">
         <v>367</v>
       </c>
       <c r="D64" t="s">
         <v>368</v>
       </c>
       <c r="E64" t="s">
         <v>369</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>370</v>
       </c>
       <c r="H64" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>372</v>
       </c>
       <c r="C65" t="s">
         <v>373</v>
       </c>
       <c r="D65" t="s">
         <v>374</v>
       </c>
       <c r="E65" t="s">
         <v>375</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
         <v>376</v>
       </c>
       <c r="H65" t="s">
         <v>377</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B66" t="s">
         <v>378</v>
       </c>
       <c r="C66" t="s">
         <v>379</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
         <v>380</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
         <v>381</v>
       </c>
       <c r="H66" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B67" t="s">
         <v>383</v>
       </c>
       <c r="C67" t="s">
         <v>384</v>
       </c>
       <c r="D67" t="s">
         <v>385</v>
       </c>
       <c r="E67" t="s">
         <v>386</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>387</v>
       </c>
       <c r="H67" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
@@ -5060,233 +5075,233 @@
       </c>
       <c r="B68" t="s">
         <v>389</v>
       </c>
       <c r="C68" t="s">
         <v>390</v>
       </c>
       <c r="D68" t="s">
         <v>362</v>
       </c>
       <c r="E68" t="s">
         <v>391</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
         <v>392</v>
       </c>
       <c r="H68" t="s">
         <v>393</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B69" t="s">
         <v>394</v>
       </c>
       <c r="C69" t="s">
         <v>395</v>
       </c>
       <c r="D69" t="s">
         <v>396</v>
       </c>
       <c r="E69" t="s">
         <v>397</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
         <v>398</v>
       </c>
       <c r="H69" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B70" t="s">
         <v>400</v>
       </c>
       <c r="C70" t="s">
         <v>13</v>
       </c>
       <c r="D70" t="s">
         <v>396</v>
       </c>
       <c r="E70" t="s">
         <v>397</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
         <v>401</v>
       </c>
       <c r="H70" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B71" t="s">
         <v>403</v>
       </c>
       <c r="C71" t="s">
         <v>404</v>
       </c>
       <c r="D71" t="s">
         <v>405</v>
       </c>
       <c r="E71" t="s">
         <v>406</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
         <v>407</v>
       </c>
       <c r="H71" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B72" t="s">
         <v>409</v>
       </c>
       <c r="C72" t="s">
         <v>410</v>
       </c>
       <c r="D72" t="s">
         <v>411</v>
       </c>
       <c r="E72" t="s">
         <v>412</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
         <v>413</v>
       </c>
       <c r="H72" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>8</v>
+        <v>16</v>
       </c>
       <c r="B73" t="s">
         <v>415</v>
       </c>
       <c r="C73" t="s">
         <v>416</v>
       </c>
       <c r="D73" t="s">
         <v>417</v>
       </c>
       <c r="E73" t="s">
         <v>418</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
         <v>419</v>
       </c>
       <c r="H73" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B74" t="s">
         <v>421</v>
       </c>
       <c r="C74" t="s">
         <v>422</v>
       </c>
       <c r="D74" t="s">
         <v>423</v>
       </c>
       <c r="E74" t="s">
         <v>424</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
         <v>425</v>
       </c>
       <c r="H74" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B75" t="s">
         <v>427</v>
       </c>
       <c r="C75" t="s">
         <v>428</v>
       </c>
       <c r="D75" t="s">
         <v>429</v>
       </c>
       <c r="E75" t="s">
         <v>430</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
         <v>431</v>
       </c>
       <c r="H75" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B76" t="s">
         <v>433</v>
       </c>
       <c r="C76" t="s">
         <v>434</v>
       </c>
       <c r="D76" t="s">
         <v>435</v>
       </c>
       <c r="E76" t="s">
         <v>436</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
         <v>437</v>
       </c>
       <c r="H76" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
@@ -5294,701 +5309,701 @@
       </c>
       <c r="B77" t="s">
         <v>440</v>
       </c>
       <c r="C77" t="s">
         <v>441</v>
       </c>
       <c r="D77" t="s">
         <v>442</v>
       </c>
       <c r="E77" t="s">
         <v>443</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
         <v>444</v>
       </c>
       <c r="H77" t="s">
         <v>445</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B78" t="s">
         <v>446</v>
       </c>
       <c r="C78" t="s">
         <v>447</v>
       </c>
       <c r="D78" t="s">
         <v>448</v>
       </c>
       <c r="E78" t="s">
         <v>449</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
         <v>450</v>
       </c>
       <c r="H78" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B79" t="s">
         <v>452</v>
       </c>
       <c r="C79" t="s">
         <v>453</v>
       </c>
       <c r="D79" t="s">
         <v>454</v>
       </c>
       <c r="E79" t="s">
         <v>455</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
         <v>456</v>
       </c>
       <c r="H79" t="s">
         <v>457</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B80" t="s">
         <v>458</v>
       </c>
       <c r="C80" t="s">
         <v>459</v>
       </c>
       <c r="D80" t="s">
         <v>460</v>
       </c>
       <c r="E80" t="s">
         <v>461</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
         <v>462</v>
       </c>
       <c r="H80" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B81" t="s">
         <v>464</v>
       </c>
       <c r="C81" t="s">
         <v>465</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
         <v>466</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
         <v>467</v>
       </c>
       <c r="H81" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>469</v>
       </c>
       <c r="C82" t="s">
         <v>470</v>
       </c>
       <c r="D82" t="s">
         <v>356</v>
       </c>
       <c r="E82" t="s">
         <v>471</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
         <v>472</v>
       </c>
       <c r="H82" t="s">
         <v>473</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B83" t="s">
         <v>474</v>
       </c>
       <c r="C83" t="s">
         <v>475</v>
       </c>
       <c r="D83" t="s">
         <v>476</v>
       </c>
       <c r="E83" t="s">
         <v>477</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
         <v>478</v>
       </c>
       <c r="H83" t="s">
         <v>479</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B84" t="s">
         <v>480</v>
       </c>
       <c r="C84" t="s">
         <v>481</v>
       </c>
       <c r="D84" t="s">
         <v>482</v>
       </c>
       <c r="E84" t="s">
         <v>483</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
         <v>484</v>
       </c>
       <c r="H84" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B85" t="s">
         <v>486</v>
       </c>
       <c r="C85" t="s">
         <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
         <v>487</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
         <v>488</v>
       </c>
       <c r="H85" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B86" t="s">
         <v>490</v>
       </c>
       <c r="C86" t="s">
         <v>491</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
         <v>492</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
         <v>493</v>
       </c>
       <c r="H86" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B87" t="s">
         <v>495</v>
       </c>
       <c r="C87" t="s">
         <v>496</v>
       </c>
       <c r="D87" t="s">
         <v>497</v>
       </c>
       <c r="E87" t="s">
         <v>498</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
         <v>499</v>
       </c>
       <c r="H87" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B88" t="s">
         <v>501</v>
       </c>
       <c r="C88" t="s">
         <v>502</v>
       </c>
       <c r="D88" t="s">
         <v>503</v>
       </c>
       <c r="E88" t="s">
         <v>504</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
         <v>505</v>
       </c>
       <c r="H88" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B89" t="s">
         <v>507</v>
       </c>
       <c r="C89" t="s">
         <v>13</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
         <v>508</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
         <v>509</v>
       </c>
       <c r="H89" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B90" t="s">
         <v>511</v>
       </c>
       <c r="C90" t="s">
         <v>512</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
         <v>513</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
         <v>514</v>
       </c>
       <c r="H90" t="s">
         <v>515</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B91" t="s">
         <v>516</v>
       </c>
       <c r="C91" t="s">
         <v>13</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
         <v>508</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
         <v>517</v>
       </c>
       <c r="H91" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B92" t="s">
         <v>519</v>
       </c>
       <c r="C92" t="s">
         <v>520</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
         <v>513</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
         <v>521</v>
       </c>
       <c r="H92" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B93" t="s">
         <v>523</v>
       </c>
       <c r="C93" t="s">
         <v>13</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
         <v>513</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
         <v>524</v>
       </c>
       <c r="H93" t="s">
         <v>525</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B94" t="s">
         <v>526</v>
       </c>
       <c r="C94" t="s">
         <v>527</v>
       </c>
       <c r="D94" t="s">
         <v>528</v>
       </c>
       <c r="E94" t="s">
         <v>529</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
         <v>530</v>
       </c>
       <c r="H94" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="B95" t="s">
         <v>532</v>
       </c>
       <c r="C95" t="s">
         <v>533</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
         <v>534</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
         <v>535</v>
       </c>
       <c r="H95" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B96" t="s">
         <v>537</v>
       </c>
       <c r="C96" t="s">
         <v>538</v>
       </c>
       <c r="D96" t="s">
         <v>539</v>
       </c>
       <c r="E96" t="s">
         <v>540</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
         <v>541</v>
       </c>
       <c r="H96" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>543</v>
       </c>
       <c r="C97" t="s">
         <v>544</v>
       </c>
       <c r="D97" t="s">
         <v>539</v>
       </c>
       <c r="E97" t="s">
         <v>545</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
         <v>546</v>
       </c>
       <c r="H97" t="s">
         <v>547</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B98" t="s">
         <v>548</v>
       </c>
       <c r="C98" t="s">
         <v>549</v>
       </c>
       <c r="D98" t="s">
         <v>550</v>
       </c>
       <c r="E98" t="s">
         <v>551</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
         <v>552</v>
       </c>
       <c r="H98" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B99" t="s">
         <v>554</v>
       </c>
       <c r="C99" t="s">
         <v>555</v>
       </c>
       <c r="D99" t="s">
         <v>556</v>
       </c>
       <c r="E99" t="s">
         <v>557</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
         <v>558</v>
       </c>
       <c r="H99" t="s">
         <v>559</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B100" t="s">
         <v>560</v>
       </c>
       <c r="C100" t="s">
         <v>561</v>
       </c>
       <c r="D100" t="s">
         <v>562</v>
       </c>
       <c r="E100" t="s">
         <v>563</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
         <v>564</v>
       </c>
       <c r="H100" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>566</v>
       </c>
       <c r="C101" t="s">
         <v>561</v>
       </c>
       <c r="D101" t="s">
         <v>567</v>
       </c>
       <c r="E101" t="s">
         <v>568</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
         <v>569</v>
       </c>
       <c r="H101" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>571</v>
       </c>
       <c r="C102" t="s">
         <v>572</v>
       </c>
       <c r="D102" t="s">
         <v>556</v>
       </c>
       <c r="E102" t="s">
         <v>573</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
         <v>574</v>
       </c>
       <c r="H102" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B103" t="s">
         <v>576</v>
       </c>
       <c r="C103" t="s">
         <v>577</v>
       </c>
       <c r="D103" t="s">
         <v>578</v>
       </c>
       <c r="E103" t="s">
         <v>579</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
         <v>580</v>
       </c>
       <c r="H103" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
@@ -6138,51 +6153,51 @@
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
         <v>617</v>
       </c>
       <c r="H109" t="s">
         <v>618</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>594</v>
       </c>
       <c r="B110" t="s">
         <v>619</v>
       </c>
       <c r="C110" t="s">
         <v>620</v>
       </c>
       <c r="D110" t="s">
         <v>621</v>
       </c>
       <c r="E110" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
         <v>622</v>
       </c>
       <c r="H110" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>594</v>
       </c>
       <c r="B111" t="s">
         <v>624</v>
       </c>
       <c r="C111" t="s">
         <v>625</v>
       </c>
       <c r="D111" t="s">
         <v>626</v>
       </c>
       <c r="E111" t="s">
@@ -6464,213 +6479,213 @@
       </c>
       <c r="B122" t="s">
         <v>688</v>
       </c>
       <c r="C122" t="s">
         <v>689</v>
       </c>
       <c r="D122" t="s">
         <v>13</v>
       </c>
       <c r="E122" t="s">
         <v>690</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
         <v>691</v>
       </c>
       <c r="H122" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="B123" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C123" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D123" t="s">
         <v>13</v>
       </c>
       <c r="E123" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="H123" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>682</v>
       </c>
       <c r="B124" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C124" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D124" t="s">
         <v>13</v>
       </c>
       <c r="E124" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="H124" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>682</v>
       </c>
       <c r="B125" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C125" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="D125" t="s">
         <v>13</v>
       </c>
       <c r="E125" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="H125" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B126" t="s">
         <v>709</v>
       </c>
       <c r="C126" t="s">
         <v>710</v>
       </c>
       <c r="D126" t="s">
         <v>13</v>
       </c>
       <c r="E126" t="s">
         <v>711</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
         <v>712</v>
       </c>
       <c r="H126" t="s">
         <v>713</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>682</v>
       </c>
       <c r="B127" t="s">
         <v>714</v>
       </c>
       <c r="C127" t="s">
-        <v>13</v>
+        <v>715</v>
       </c>
       <c r="D127" t="s">
         <v>13</v>
       </c>
       <c r="E127" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="H127" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="B128" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C128" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D128" t="s">
         <v>13</v>
       </c>
       <c r="E128" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="H128" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>682</v>
       </c>
       <c r="B129" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="C129" t="s">
-        <v>724</v>
+        <v>13</v>
       </c>
       <c r="D129" t="s">
         <v>13</v>
       </c>
       <c r="E129" t="s">
         <v>725</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" t="s">
         <v>726</v>
       </c>
       <c r="H129" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>682</v>
       </c>
       <c r="B130" t="s">
         <v>728</v>
       </c>
       <c r="C130" t="s">
@@ -6698,103 +6713,103 @@
       </c>
       <c r="B131" t="s">
         <v>733</v>
       </c>
       <c r="C131" t="s">
         <v>734</v>
       </c>
       <c r="D131" t="s">
         <v>13</v>
       </c>
       <c r="E131" t="s">
         <v>735</v>
       </c>
       <c r="F131" t="s">
         <v>13</v>
       </c>
       <c r="G131" t="s">
         <v>736</v>
       </c>
       <c r="H131" t="s">
         <v>737</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B132" t="s">
         <v>738</v>
       </c>
       <c r="C132" t="s">
         <v>739</v>
       </c>
       <c r="D132" t="s">
         <v>13</v>
       </c>
       <c r="E132" t="s">
         <v>740</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" t="s">
         <v>741</v>
       </c>
       <c r="H132" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B133" t="s">
         <v>743</v>
       </c>
       <c r="C133" t="s">
         <v>744</v>
       </c>
       <c r="D133" t="s">
         <v>13</v>
       </c>
       <c r="E133" t="s">
         <v>745</v>
       </c>
       <c r="F133" t="s">
         <v>13</v>
       </c>
       <c r="G133" t="s">
         <v>746</v>
       </c>
       <c r="H133" t="s">
         <v>747</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="B134" t="s">
         <v>748</v>
       </c>
       <c r="C134" t="s">
         <v>749</v>
       </c>
       <c r="D134" t="s">
         <v>13</v>
       </c>
       <c r="E134" t="s">
         <v>750</v>
       </c>
       <c r="F134" t="s">
         <v>13</v>
       </c>
       <c r="G134" t="s">
         <v>751</v>
       </c>
       <c r="H134" t="s">
         <v>752</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
@@ -6834,227 +6849,227 @@
       </c>
       <c r="D136" t="s">
         <v>13</v>
       </c>
       <c r="E136" t="s">
         <v>760</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" t="s">
         <v>761</v>
       </c>
       <c r="H136" t="s">
         <v>762</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>682</v>
       </c>
       <c r="B137" t="s">
         <v>763</v>
       </c>
       <c r="C137" t="s">
-        <v>13</v>
+        <v>764</v>
       </c>
       <c r="D137" t="s">
         <v>13</v>
       </c>
       <c r="E137" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="H137" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>682</v>
       </c>
       <c r="B138" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="C138" t="s">
-        <v>768</v>
+        <v>13</v>
       </c>
       <c r="D138" t="s">
         <v>13</v>
       </c>
       <c r="E138" t="s">
         <v>769</v>
       </c>
       <c r="F138" t="s">
         <v>13</v>
       </c>
       <c r="G138" t="s">
         <v>770</v>
       </c>
       <c r="H138" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B139" t="s">
         <v>772</v>
       </c>
       <c r="C139" t="s">
         <v>773</v>
       </c>
       <c r="D139" t="s">
         <v>13</v>
       </c>
       <c r="E139" t="s">
         <v>774</v>
       </c>
       <c r="F139" t="s">
         <v>13</v>
       </c>
       <c r="G139" t="s">
         <v>775</v>
       </c>
       <c r="H139" t="s">
         <v>776</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="B140" t="s">
         <v>777</v>
       </c>
       <c r="C140" t="s">
         <v>778</v>
       </c>
       <c r="D140" t="s">
         <v>13</v>
       </c>
       <c r="E140" t="s">
         <v>779</v>
       </c>
       <c r="F140" t="s">
         <v>13</v>
       </c>
       <c r="G140" t="s">
         <v>780</v>
       </c>
       <c r="H140" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>682</v>
       </c>
       <c r="B141" t="s">
         <v>782</v>
       </c>
       <c r="C141" t="s">
         <v>783</v>
       </c>
       <c r="D141" t="s">
         <v>13</v>
       </c>
       <c r="E141" t="s">
-        <v>145</v>
+        <v>784</v>
       </c>
       <c r="F141" t="s">
         <v>13</v>
       </c>
       <c r="G141" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="H141" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B142" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C142" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D142" t="s">
         <v>13</v>
       </c>
       <c r="E142" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="F142" t="s">
         <v>13</v>
       </c>
       <c r="G142" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="H142" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B143" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C143" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D143" t="s">
         <v>13</v>
       </c>
       <c r="E143" t="s">
-        <v>792</v>
+        <v>151</v>
       </c>
       <c r="F143" t="s">
         <v>13</v>
       </c>
       <c r="G143" t="s">
         <v>793</v>
       </c>
       <c r="H143" t="s">
         <v>794</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="B144" t="s">
         <v>795</v>
       </c>
       <c r="C144" t="s">
         <v>796</v>
       </c>
       <c r="D144" t="s">
         <v>13</v>
       </c>
       <c r="E144" t="s">
         <v>797</v>
       </c>
       <c r="F144" t="s">
         <v>13</v>
       </c>
       <c r="G144" t="s">
         <v>798</v>
       </c>
       <c r="H144" t="s">
         <v>799</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
@@ -7088,103 +7103,103 @@
       </c>
       <c r="B146" t="s">
         <v>805</v>
       </c>
       <c r="C146" t="s">
         <v>806</v>
       </c>
       <c r="D146" t="s">
         <v>13</v>
       </c>
       <c r="E146" t="s">
         <v>807</v>
       </c>
       <c r="F146" t="s">
         <v>13</v>
       </c>
       <c r="G146" t="s">
         <v>808</v>
       </c>
       <c r="H146" t="s">
         <v>809</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B147" t="s">
         <v>810</v>
       </c>
       <c r="C147" t="s">
         <v>811</v>
       </c>
       <c r="D147" t="s">
         <v>13</v>
       </c>
       <c r="E147" t="s">
         <v>812</v>
       </c>
       <c r="F147" t="s">
         <v>13</v>
       </c>
       <c r="G147" t="s">
         <v>813</v>
       </c>
       <c r="H147" t="s">
         <v>814</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B148" t="s">
         <v>815</v>
       </c>
       <c r="C148" t="s">
         <v>816</v>
       </c>
       <c r="D148" t="s">
         <v>13</v>
       </c>
       <c r="E148" t="s">
         <v>817</v>
       </c>
       <c r="F148" t="s">
         <v>13</v>
       </c>
       <c r="G148" t="s">
         <v>818</v>
       </c>
       <c r="H148" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="B149" t="s">
         <v>820</v>
       </c>
       <c r="C149" t="s">
         <v>821</v>
       </c>
       <c r="D149" t="s">
         <v>13</v>
       </c>
       <c r="E149" t="s">
         <v>822</v>
       </c>
       <c r="F149" t="s">
         <v>13</v>
       </c>
       <c r="G149" t="s">
         <v>823</v>
       </c>
       <c r="H149" t="s">
         <v>824</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
@@ -7244,259 +7259,259 @@
       </c>
       <c r="B152" t="s">
         <v>835</v>
       </c>
       <c r="C152" t="s">
         <v>836</v>
       </c>
       <c r="D152" t="s">
         <v>13</v>
       </c>
       <c r="E152" t="s">
         <v>837</v>
       </c>
       <c r="F152" t="s">
         <v>13</v>
       </c>
       <c r="G152" t="s">
         <v>838</v>
       </c>
       <c r="H152" t="s">
         <v>839</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B153" t="s">
         <v>840</v>
       </c>
       <c r="C153" t="s">
         <v>841</v>
       </c>
       <c r="D153" t="s">
         <v>13</v>
       </c>
       <c r="E153" t="s">
-        <v>221</v>
+        <v>842</v>
       </c>
       <c r="F153" t="s">
         <v>13</v>
       </c>
       <c r="G153" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="H153" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B154" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="C154" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="D154" t="s">
         <v>13</v>
       </c>
       <c r="E154" t="s">
-        <v>656</v>
+        <v>221</v>
       </c>
       <c r="F154" t="s">
         <v>13</v>
       </c>
       <c r="G154" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="H154" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B155" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C155" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="D155" t="s">
         <v>13</v>
       </c>
       <c r="E155" t="s">
-        <v>850</v>
+        <v>656</v>
       </c>
       <c r="F155" t="s">
         <v>13</v>
       </c>
       <c r="G155" t="s">
         <v>851</v>
       </c>
       <c r="H155" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B156" t="s">
         <v>853</v>
       </c>
       <c r="C156" t="s">
         <v>854</v>
       </c>
       <c r="D156" t="s">
         <v>13</v>
       </c>
       <c r="E156" t="s">
         <v>855</v>
       </c>
       <c r="F156" t="s">
         <v>13</v>
       </c>
       <c r="G156" t="s">
         <v>856</v>
       </c>
       <c r="H156" t="s">
         <v>857</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B157" t="s">
         <v>858</v>
       </c>
       <c r="C157" t="s">
         <v>859</v>
       </c>
       <c r="D157" t="s">
         <v>13</v>
       </c>
       <c r="E157" t="s">
         <v>860</v>
       </c>
       <c r="F157" t="s">
         <v>13</v>
       </c>
       <c r="G157" t="s">
         <v>861</v>
       </c>
       <c r="H157" t="s">
         <v>862</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="B158" t="s">
         <v>863</v>
       </c>
       <c r="C158" t="s">
         <v>864</v>
       </c>
       <c r="D158" t="s">
         <v>13</v>
       </c>
       <c r="E158" t="s">
         <v>865</v>
       </c>
       <c r="F158" t="s">
         <v>13</v>
       </c>
       <c r="G158" t="s">
         <v>866</v>
       </c>
       <c r="H158" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B159" t="s">
         <v>868</v>
       </c>
       <c r="C159" t="s">
         <v>869</v>
       </c>
       <c r="D159" t="s">
         <v>13</v>
       </c>
       <c r="E159" t="s">
         <v>870</v>
       </c>
       <c r="F159" t="s">
         <v>13</v>
       </c>
       <c r="G159" t="s">
         <v>871</v>
       </c>
       <c r="H159" t="s">
         <v>872</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B160" t="s">
         <v>873</v>
       </c>
       <c r="C160" t="s">
         <v>874</v>
       </c>
       <c r="D160" t="s">
         <v>13</v>
       </c>
       <c r="E160" t="s">
         <v>875</v>
       </c>
       <c r="F160" t="s">
         <v>13</v>
       </c>
       <c r="G160" t="s">
         <v>876</v>
       </c>
       <c r="H160" t="s">
         <v>877</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="B161" t="s">
         <v>878</v>
       </c>
       <c r="C161" t="s">
         <v>879</v>
       </c>
       <c r="D161" t="s">
         <v>13</v>
       </c>
       <c r="E161" t="s">
         <v>880</v>
       </c>
       <c r="F161" t="s">
         <v>13</v>
       </c>
       <c r="G161" t="s">
         <v>881</v>
       </c>
       <c r="H161" t="s">
         <v>882</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
@@ -7536,1023 +7551,1049 @@
       </c>
       <c r="D163" t="s">
         <v>13</v>
       </c>
       <c r="E163" t="s">
         <v>890</v>
       </c>
       <c r="F163" t="s">
         <v>13</v>
       </c>
       <c r="G163" t="s">
         <v>891</v>
       </c>
       <c r="H163" t="s">
         <v>892</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>682</v>
       </c>
       <c r="B164" t="s">
         <v>893</v>
       </c>
       <c r="C164" t="s">
-        <v>13</v>
+        <v>894</v>
       </c>
       <c r="D164" t="s">
         <v>13</v>
       </c>
       <c r="E164" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="F164" t="s">
         <v>13</v>
       </c>
       <c r="G164" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="H164" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>682</v>
       </c>
       <c r="B165" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C165" t="s">
-        <v>898</v>
+        <v>13</v>
       </c>
       <c r="D165" t="s">
         <v>13</v>
       </c>
       <c r="E165" t="s">
         <v>899</v>
       </c>
       <c r="F165" t="s">
         <v>13</v>
       </c>
       <c r="G165" t="s">
         <v>900</v>
       </c>
       <c r="H165" t="s">
         <v>901</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>682</v>
       </c>
       <c r="B166" t="s">
         <v>902</v>
       </c>
       <c r="C166" t="s">
         <v>903</v>
       </c>
       <c r="D166" t="s">
         <v>13</v>
       </c>
       <c r="E166" t="s">
-        <v>899</v>
+        <v>904</v>
       </c>
       <c r="F166" t="s">
         <v>13</v>
       </c>
       <c r="G166" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="H166" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>682</v>
       </c>
       <c r="B167" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="C167" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="D167" t="s">
         <v>13</v>
       </c>
       <c r="E167" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
       <c r="F167" t="s">
         <v>13</v>
       </c>
       <c r="G167" t="s">
         <v>909</v>
       </c>
       <c r="H167" t="s">
         <v>910</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B168" t="s">
         <v>911</v>
       </c>
       <c r="C168" t="s">
         <v>912</v>
       </c>
       <c r="D168" t="s">
         <v>13</v>
       </c>
       <c r="E168" t="s">
-        <v>662</v>
+        <v>913</v>
       </c>
       <c r="F168" t="s">
         <v>13</v>
       </c>
       <c r="G168" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="H168" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B169" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="C169" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="D169" t="s">
         <v>13</v>
       </c>
       <c r="E169" t="s">
-        <v>917</v>
+        <v>662</v>
       </c>
       <c r="F169" t="s">
         <v>13</v>
       </c>
       <c r="G169" t="s">
         <v>918</v>
       </c>
       <c r="H169" t="s">
         <v>919</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B170" t="s">
         <v>920</v>
       </c>
       <c r="C170" t="s">
         <v>921</v>
       </c>
       <c r="D170" t="s">
         <v>13</v>
       </c>
       <c r="E170" t="s">
         <v>922</v>
       </c>
       <c r="F170" t="s">
         <v>13</v>
       </c>
       <c r="G170" t="s">
         <v>923</v>
       </c>
       <c r="H170" t="s">
         <v>924</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B171" t="s">
         <v>925</v>
       </c>
       <c r="C171" t="s">
         <v>926</v>
       </c>
       <c r="D171" t="s">
         <v>13</v>
       </c>
       <c r="E171" t="s">
         <v>927</v>
       </c>
       <c r="F171" t="s">
         <v>13</v>
       </c>
       <c r="G171" t="s">
         <v>928</v>
       </c>
       <c r="H171" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B172" t="s">
         <v>930</v>
       </c>
       <c r="C172" t="s">
         <v>931</v>
       </c>
       <c r="D172" t="s">
         <v>13</v>
       </c>
       <c r="E172" t="s">
         <v>932</v>
       </c>
       <c r="F172" t="s">
         <v>13</v>
       </c>
       <c r="G172" t="s">
         <v>933</v>
       </c>
       <c r="H172" t="s">
         <v>934</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B173" t="s">
         <v>935</v>
       </c>
       <c r="C173" t="s">
         <v>936</v>
       </c>
       <c r="D173" t="s">
         <v>13</v>
       </c>
       <c r="E173" t="s">
         <v>937</v>
       </c>
       <c r="F173" t="s">
         <v>13</v>
       </c>
       <c r="G173" t="s">
         <v>938</v>
       </c>
       <c r="H173" t="s">
         <v>939</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B174" t="s">
         <v>940</v>
       </c>
       <c r="C174" t="s">
         <v>941</v>
       </c>
       <c r="D174" t="s">
         <v>13</v>
       </c>
       <c r="E174" t="s">
         <v>942</v>
       </c>
       <c r="F174" t="s">
         <v>13</v>
       </c>
       <c r="G174" t="s">
         <v>943</v>
       </c>
       <c r="H174" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B175" t="s">
         <v>945</v>
       </c>
       <c r="C175" t="s">
         <v>946</v>
       </c>
       <c r="D175" t="s">
         <v>13</v>
       </c>
       <c r="E175" t="s">
         <v>947</v>
       </c>
       <c r="F175" t="s">
         <v>13</v>
       </c>
       <c r="G175" t="s">
         <v>948</v>
       </c>
       <c r="H175" t="s">
         <v>949</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B176" t="s">
         <v>950</v>
       </c>
       <c r="C176" t="s">
         <v>951</v>
       </c>
       <c r="D176" t="s">
         <v>13</v>
       </c>
       <c r="E176" t="s">
         <v>952</v>
       </c>
       <c r="F176" t="s">
         <v>13</v>
       </c>
       <c r="G176" t="s">
         <v>953</v>
       </c>
       <c r="H176" t="s">
         <v>954</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B177" t="s">
         <v>955</v>
       </c>
       <c r="C177" t="s">
         <v>956</v>
       </c>
       <c r="D177" t="s">
         <v>13</v>
       </c>
       <c r="E177" t="s">
         <v>957</v>
       </c>
       <c r="F177" t="s">
         <v>13</v>
       </c>
       <c r="G177" t="s">
         <v>958</v>
       </c>
       <c r="H177" t="s">
         <v>959</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="B178" t="s">
         <v>960</v>
       </c>
       <c r="C178" t="s">
-        <v>13</v>
+        <v>961</v>
       </c>
       <c r="D178" t="s">
         <v>13</v>
       </c>
       <c r="E178" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="F178" t="s">
         <v>13</v>
       </c>
       <c r="G178" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="H178" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>682</v>
       </c>
       <c r="B179" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="C179" t="s">
         <v>13</v>
       </c>
       <c r="D179" t="s">
         <v>13</v>
       </c>
       <c r="E179" t="s">
-        <v>380</v>
+        <v>966</v>
       </c>
       <c r="F179" t="s">
         <v>13</v>
       </c>
       <c r="G179" t="s">
-        <v>965</v>
+        <v>967</v>
       </c>
       <c r="H179" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B180" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="C180" t="s">
-        <v>968</v>
+        <v>13</v>
       </c>
       <c r="D180" t="s">
         <v>13</v>
       </c>
       <c r="E180" t="s">
-        <v>397</v>
+        <v>380</v>
       </c>
       <c r="F180" t="s">
         <v>13</v>
       </c>
       <c r="G180" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="H180" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B181" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="C181" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="D181" t="s">
         <v>13</v>
       </c>
       <c r="E181" t="s">
-        <v>973</v>
+        <v>397</v>
       </c>
       <c r="F181" t="s">
         <v>13</v>
       </c>
       <c r="G181" t="s">
         <v>974</v>
       </c>
       <c r="H181" t="s">
         <v>975</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B182" t="s">
         <v>976</v>
       </c>
       <c r="C182" t="s">
         <v>977</v>
       </c>
       <c r="D182" t="s">
         <v>13</v>
       </c>
       <c r="E182" t="s">
-        <v>406</v>
+        <v>978</v>
       </c>
       <c r="F182" t="s">
         <v>13</v>
       </c>
       <c r="G182" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="H182" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="B183" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="C183" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="D183" t="s">
         <v>13</v>
       </c>
       <c r="E183" t="s">
-        <v>982</v>
+        <v>406</v>
       </c>
       <c r="F183" t="s">
         <v>13</v>
       </c>
       <c r="G183" t="s">
         <v>983</v>
       </c>
       <c r="H183" t="s">
         <v>984</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B184" t="s">
         <v>985</v>
       </c>
       <c r="C184" t="s">
         <v>986</v>
       </c>
       <c r="D184" t="s">
         <v>13</v>
       </c>
       <c r="E184" t="s">
         <v>987</v>
       </c>
       <c r="F184" t="s">
         <v>13</v>
       </c>
       <c r="G184" t="s">
         <v>988</v>
       </c>
       <c r="H184" t="s">
         <v>989</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B185" t="s">
         <v>990</v>
       </c>
       <c r="C185" t="s">
         <v>991</v>
       </c>
       <c r="D185" t="s">
         <v>13</v>
       </c>
       <c r="E185" t="s">
         <v>992</v>
       </c>
       <c r="F185" t="s">
         <v>13</v>
       </c>
       <c r="G185" t="s">
         <v>993</v>
       </c>
       <c r="H185" t="s">
         <v>994</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B186" t="s">
         <v>995</v>
       </c>
       <c r="C186" t="s">
         <v>996</v>
       </c>
       <c r="D186" t="s">
         <v>13</v>
       </c>
       <c r="E186" t="s">
-        <v>424</v>
+        <v>997</v>
       </c>
       <c r="F186" t="s">
         <v>13</v>
       </c>
       <c r="G186" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="H186" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="B187" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="C187" t="s">
-        <v>13</v>
+        <v>1001</v>
       </c>
       <c r="D187" t="s">
         <v>13</v>
       </c>
       <c r="E187" t="s">
-        <v>1000</v>
+        <v>424</v>
       </c>
       <c r="F187" t="s">
         <v>13</v>
       </c>
       <c r="G187" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="H187" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B188" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="C188" t="s">
-        <v>1004</v>
+        <v>13</v>
       </c>
       <c r="D188" t="s">
         <v>13</v>
       </c>
       <c r="E188" t="s">
         <v>1005</v>
       </c>
       <c r="F188" t="s">
         <v>13</v>
       </c>
       <c r="G188" t="s">
         <v>1006</v>
       </c>
       <c r="H188" t="s">
         <v>1007</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="B189" t="s">
         <v>1008</v>
       </c>
       <c r="C189" t="s">
         <v>1009</v>
       </c>
       <c r="D189" t="s">
         <v>13</v>
       </c>
       <c r="E189" t="s">
         <v>1010</v>
       </c>
       <c r="F189" t="s">
         <v>13</v>
       </c>
       <c r="G189" t="s">
         <v>1011</v>
       </c>
       <c r="H189" t="s">
         <v>1012</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B190" t="s">
         <v>1013</v>
       </c>
       <c r="C190" t="s">
         <v>1014</v>
       </c>
       <c r="D190" t="s">
         <v>13</v>
       </c>
       <c r="E190" t="s">
         <v>1015</v>
       </c>
       <c r="F190" t="s">
         <v>13</v>
       </c>
       <c r="G190" t="s">
         <v>1016</v>
       </c>
       <c r="H190" t="s">
         <v>1017</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B191" t="s">
         <v>1018</v>
       </c>
       <c r="C191" t="s">
         <v>1019</v>
       </c>
       <c r="D191" t="s">
         <v>13</v>
       </c>
       <c r="E191" t="s">
         <v>1020</v>
       </c>
       <c r="F191" t="s">
         <v>13</v>
       </c>
       <c r="G191" t="s">
         <v>1021</v>
       </c>
       <c r="H191" t="s">
         <v>1022</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B192" t="s">
         <v>1023</v>
       </c>
       <c r="C192" t="s">
         <v>1024</v>
       </c>
       <c r="D192" t="s">
         <v>13</v>
       </c>
       <c r="E192" t="s">
-        <v>679</v>
+        <v>1025</v>
       </c>
       <c r="F192" t="s">
         <v>13</v>
       </c>
       <c r="G192" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="H192" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B193" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="C193" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="D193" t="s">
         <v>13</v>
       </c>
       <c r="E193" t="s">
-        <v>1029</v>
+        <v>679</v>
       </c>
       <c r="F193" t="s">
         <v>13</v>
       </c>
       <c r="G193" t="s">
         <v>1030</v>
       </c>
       <c r="H193" t="s">
         <v>1031</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="B194" t="s">
         <v>1032</v>
       </c>
       <c r="C194" t="s">
         <v>1033</v>
       </c>
       <c r="D194" t="s">
         <v>13</v>
       </c>
       <c r="E194" t="s">
         <v>1034</v>
       </c>
       <c r="F194" t="s">
         <v>13</v>
       </c>
       <c r="G194" t="s">
         <v>1035</v>
       </c>
       <c r="H194" t="s">
         <v>1036</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>708</v>
+        <v>682</v>
       </c>
       <c r="B195" t="s">
         <v>1037</v>
       </c>
       <c r="C195" t="s">
         <v>1038</v>
       </c>
       <c r="D195" t="s">
         <v>13</v>
       </c>
       <c r="E195" t="s">
         <v>1039</v>
       </c>
       <c r="F195" t="s">
         <v>13</v>
       </c>
       <c r="G195" t="s">
         <v>1040</v>
       </c>
       <c r="H195" t="s">
         <v>1041</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="B196" t="s">
         <v>1042</v>
       </c>
       <c r="C196" t="s">
-        <v>13</v>
+        <v>1043</v>
       </c>
       <c r="D196" t="s">
         <v>13</v>
       </c>
       <c r="E196" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="F196" t="s">
         <v>13</v>
       </c>
       <c r="G196" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="H196" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>1046</v>
+        <v>693</v>
       </c>
       <c r="B197" t="s">
         <v>1047</v>
       </c>
       <c r="C197" t="s">
-        <v>1047</v>
+        <v>13</v>
       </c>
       <c r="D197" t="s">
+        <v>13</v>
+      </c>
+      <c r="E197" t="s">
         <v>1048</v>
       </c>
-      <c r="E197" t="s">
+      <c r="F197" t="s">
+        <v>13</v>
+      </c>
+      <c r="G197" t="s">
         <v>1049</v>
       </c>
-      <c r="F197" t="s">
-[...2 lines deleted...]
-      <c r="G197" t="s">
+      <c r="H197" t="s">
         <v>1050</v>
-      </c>
-[...1 lines deleted...]
-        <v>1051</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="B198" t="s">
         <v>1052</v>
       </c>
       <c r="C198" t="s">
+        <v>1052</v>
+      </c>
+      <c r="D198" t="s">
         <v>1053</v>
       </c>
-      <c r="D198" t="s">
+      <c r="E198" t="s">
         <v>1054</v>
       </c>
-      <c r="E198" t="s">
+      <c r="F198" t="s">
+        <v>13</v>
+      </c>
+      <c r="G198" t="s">
         <v>1055</v>
       </c>
-      <c r="F198" t="s">
-[...2 lines deleted...]
-      <c r="G198" t="s">
+      <c r="H198" t="s">
         <v>1056</v>
-      </c>
-[...1 lines deleted...]
-        <v>1057</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="B199" t="s">
-        <v>1058</v>
+        <v>1057</v>
       </c>
       <c r="C199" t="s">
         <v>1058</v>
       </c>
       <c r="D199" t="s">
         <v>1059</v>
       </c>
       <c r="E199" t="s">
         <v>1060</v>
       </c>
       <c r="F199" t="s">
         <v>13</v>
       </c>
       <c r="G199" t="s">
         <v>1061</v>
       </c>
       <c r="H199" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="B200" t="s">
         <v>1063</v>
       </c>
       <c r="C200" t="s">
+        <v>1063</v>
+      </c>
+      <c r="D200" t="s">
         <v>1064</v>
       </c>
-      <c r="D200" t="s">
+      <c r="E200" t="s">
         <v>1065</v>
       </c>
-      <c r="E200" t="s">
+      <c r="F200" t="s">
+        <v>13</v>
+      </c>
+      <c r="G200" t="s">
         <v>1066</v>
       </c>
-      <c r="F200" t="s">
-[...2 lines deleted...]
-      <c r="G200" t="s">
+      <c r="H200" t="s">
         <v>1067</v>
-      </c>
-[...1 lines deleted...]
-        <v>1068</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>1046</v>
+        <v>1051</v>
       </c>
       <c r="B201" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C201" t="s">
         <v>1069</v>
       </c>
-      <c r="C201" t="s">
+      <c r="D201" t="s">
         <v>1070</v>
       </c>
-      <c r="D201" t="s">
+      <c r="E201" t="s">
         <v>1071</v>
       </c>
-      <c r="E201" t="s">
+      <c r="F201" t="s">
+        <v>13</v>
+      </c>
+      <c r="G201" t="s">
         <v>1072</v>
       </c>
-      <c r="F201" t="s">
-[...2 lines deleted...]
-      <c r="G201" t="s">
+      <c r="H201" t="s">
         <v>1073</v>
       </c>
-      <c r="H201" t="s">
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>1051</v>
+      </c>
+      <c r="B202" t="s">
         <v>1074</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1076</v>
+      </c>
+      <c r="E202" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F202" t="s">
+        <v>13</v>
+      </c>
+      <c r="G202" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H202" t="s">
+        <v>1079</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>