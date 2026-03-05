--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -9,94 +9,112 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1616" uniqueCount="1080">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1624" uniqueCount="1086">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide méthodologique</t>
   </si>
   <si>
+    <t>Labellisation par la HAS d’un flash sécurité patient élaboré par un organisme externe</t>
+  </si>
+  <si>
+    <t>La HAS met en place une méthode de labellisation d‘un flash sécurité patient élaboré par un organisme externe.</t>
+  </si>
+  <si>
+    <t>15/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2026 11:45:15</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499384/fr/labellisation-par-la-has-d-un-flash-securite-patient-elabore-par-un-organisme-externe</t>
+  </si>
+  <si>
+    <t>p_3499384</t>
+  </si>
+  <si>
     <t>Rencontres sécurité : un partenariat entre les équipes et la gouvernance.</t>
   </si>
   <si>
     <t>La HAS propose aux établissements une méthode donnant l’opportunité au management de montrer à leurs équipes leur implication dans la sécurité des patients. Une expérimentation a été menée sur 2017-2018 afin d’étudier la faisabilité et l’acceptabilité des rencontres sécurité auprès de 11 établissements de santé volontaires, permettant de tester en pratique le guide et les outils proposés.</t>
   </si>
   <si>
     <t>28/11/2018 00:00:00</t>
   </si>
   <si>
     <t>09/12/2025 11:24:24</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2887464/fr/rencontres-securite-un-partenariat-entre-les-equipes-et-la-gouvernance</t>
   </si>
   <si>
     <t>c_2887464</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Guides d’utilisation des PROMs en pratique clinique courante</t>
   </si>
   <si>
     <t>Les questionnaires PROMs sont des outils pour la prise en charge des patients atteints de pathologie chronique, et la bonne organisation de leur parcours de prise en charge. Ils facilitent la communication entre les patients et les professionnels de santé, ainsi que l’engagement des patients.</t>
   </si>
   <si>
     <t>23/11/2022 00:00:00</t>
   </si>
   <si>
     <t>20/03/2024 11:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3501799/fr/guides-d-utilisation-des-proms-en-pratique-clinique-courante</t>
   </si>
   <si>
     <t>p_3501799</t>
@@ -275,68 +293,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293982/fr/bonnes-pratiques-professionnelles-des-prestataires-de-services-et-distributeurs-de-materiel-psdm</t>
   </si>
   <si>
     <t>p_3293982</t>
   </si>
   <si>
     <t>Procédure de sélection des demandes d'évaluation d'actes professionnels</t>
   </si>
   <si>
     <t>Pour les organismes professionnels qui déposent des demandes d’évaluation d’acte, un guide qui précise les différents critères de sélection et le rôle des différents acteurs ainsi que les conditions de recevabilité, de faisabilité et de l’analyse de l’opportunité d’inscription de la demande au programme de travail de la HAS.</t>
   </si>
   <si>
     <t>20/12/2017 00:00:00</t>
   </si>
   <si>
     <t>28/12/2017 14:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2816204/fr/procedure-de-selection-des-demandes-d-evaluation-d-actes-professionnels</t>
   </si>
   <si>
     <t>c_2816204</t>
   </si>
   <si>
-    <t>Labellisation par la HAS d’un flash sécurité patient élaboré par un organisme externe</t>
-[...16 lines deleted...]
-  <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
     <t>Entretien motivationnel</t>
   </si>
   <si>
     <t>Cette fiche traite de l’entretien motivationnel dans une relation de soin en face à face. La mise en œuvre nécessite une formation du professionnel.</t>
   </si>
   <si>
     <t>20/03/2024 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3501842/fr/entretien-motivationnel</t>
   </si>
   <si>
     <t>p_3501842</t>
   </si>
   <si>
     <t>Intervention motivationnelle brève</t>
   </si>
   <si>
     <t>Cette fiche traite de l’intervention motivationnelle brève dans une relation de soin en face à face.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3501843/fr/intervention-motivationnelle-breve</t>
@@ -1091,143 +1091,128 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1718270/fr/guide-methodologique-fiches-points-cles-organisation-des-parcours</t>
   </si>
   <si>
     <t>c_1718270</t>
   </si>
   <si>
     <t>Recommandations par consensus formalisé (RCF)</t>
   </si>
   <si>
     <t>La méthode « Recommandations par consensus formalisé » est une méthode rigoureuse d’élaboration de recommandations de bonne pratique (RBP), qui repose sur : la participation des professionnels et représentants des patients et usagers concernés par le thème de la RBP ; la transparence, avec mise à disposition de l’analyse critique de la littérature, des avis des groupes de travail, et des cotations et commentaires du groupe de lecture ; l’indépendance d’élaboration et la gestion des intérêts déclarés par les experts du groupe de travail.</t>
   </si>
   <si>
     <t>01/12/2010 00:00:00</t>
   </si>
   <si>
     <t>07/03/2015 12:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272505/fr/recommandations-par-consensus-formalise-rcf</t>
   </si>
   <si>
     <t>c_272505</t>
   </si>
   <si>
-    <t>Les méthodes de travail de la HAS</t>
-[...2 lines deleted...]
-    <t>Sur le fondement de son ambition majeure : s’affirmer comme un acteur clé de la régulation du système de santé par la qualité et l’efficience, la HAS a diversifié ses productions pour s’adapter plus étroitement aux demandes des acteurs de la santé et satisfaire à l’objectif de réactivité qu’elle s’est fixé. Cette démarche s’est accompagnée du développement de méthodes spécifiques à chaque type de production ...</t>
+    <t>Élaboration de recommandations relatives à la bonne pratique : Note de cadrage</t>
+  </si>
+  <si>
+    <t>La phase de cadrage est préalable à l’élaboration d’une recommandation de bonne pratique (RBP). Elle aboutit à la note de cadrage qui est la feuille de route pour l’élaboration d’une RBP.</t>
+  </si>
+  <si>
+    <t>18/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2014 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013205/fr/elaboration-de-recommandations-relatives-a-la-bonne-pratique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1013205</t>
+  </si>
+  <si>
+    <t>Valeurs de référence  pour l’évaluation économique en santé</t>
+  </si>
+  <si>
+    <t>La loi de finance de la Sécurité Sociale pour 2012 instaure l’évaluation médico-économique comme l’un des déterminants du prix des produits de santé revendiquant le remboursement en tant que produit innovant et ayant un impact significatif sur les dépenses collectives. Dans ce contexte, elle confie à la HAS la mission d’expertiser les évaluations produites par les industriels et d’émettre un avis sur l’efficience du produit dans la prise en charge.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2014 14:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000884/fr/valeurs-de-reference-pour-l-evaluation-economique-en-sante</t>
+  </si>
+  <si>
+    <t>c_2000884</t>
+  </si>
+  <si>
+    <t>Mobiliser les acteurs pour déployer les parcours sur le terrain</t>
+  </si>
+  <si>
+    <t>La mise en œuvre effective des parcours n’est pas envisageable sans une transformation profonde des organisations et des pratiques. Pour cela, les ARS doivent se doter d’une stratégie explicite d’accompagnement du changement qui vise prioritairement les équipes pluriprofessionnelles, notamment de soins primaires et les démarches de coordination des acteurs dans les territoires (réseaux….). La HAS propose un ensemble de référentiels et d’outils pour aider les ARS à élaborer et à mettre en œuvre cette stratégie.</t>
+  </si>
+  <si>
+    <t>17/11/2014 14:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760412/fr/mobiliser-les-acteurs-pour-deployer-les-parcours-sur-le-terrain</t>
+  </si>
+  <si>
+    <t>c_1760412</t>
+  </si>
+  <si>
+    <t>Efficacité des méthodes de mise en œuvre des recommandations médicales</t>
+  </si>
+  <si>
+    <t>Les recommandations professionnelles en santé ont pour objectif d'aider à améliorer la qualité des soins en définissant les bonnes pratiques au moment de leur publication. L'élaboration rigoureuse et la diffusion des recommandations professionnelles ne suffisent pas à ce que les professionnels de santé les suivent régulièrement, même s'ils en ont connaissance. Plusieurs méthodes de mise en œuvre existent. À partir des données expérimentales disponibles dans la littérature, ce rapport décrit ces différentes méthodes et hiérarchise leur efficacité. L'objectif est d'informer les promoteurs de recommandations professionnelles afin qu'ils s'engagent, au-delà de la rigueur d'élaboration et de la diffusion des recommandations produites, dans une démarche active et efficace de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2014 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764545/fr/efficacite-des-methodes-de-mise-en-oeuvre-des-recommandations-medicales</t>
+  </si>
+  <si>
+    <t>c_1764545</t>
+  </si>
+  <si>
+    <t>Mise en oeuvre de l’éducation thérapeutique dans le cadre de l’expérimentation PAERPA</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré et validé avec les professionnels de santé, un Cahier des Charges et des Cadres Référentiels pour la mise en œuvre de l'éducation thérapeutique du patient (ETP) dans le cadre de l'expérimentation PAERPA (Personnes Agées En risque de Perte d’Autonomie).</t>
   </si>
   <si>
     <t>23/07/2014 00:00:00</t>
   </si>
   <si>
-    <t>16/02/2015 16:19:00</t>
-[...82 lines deleted...]
-  <si>
     <t>26/09/2014 14:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1742730/fr/mise-en-oeuvre-de-l-education-therapeutique-dans-le-cadre-de-l-experimentation-paerpa</t>
   </si>
   <si>
     <t>c_1742730</t>
   </si>
   <si>
     <t>Évaluation annuelle d’un programme d’éducation thérapeutique du patient (ETP) : une démarche d'auto-évaluation</t>
   </si>
   <si>
     <t>Ce guide est destiné aux coordonnateurs et aux équipes qui mettent en œuvre un programme. Ils y trouveront une démarche par étapes, des outils et des exemples concrets qu’ils seront libres d’adapter pour réaliser une analyse qualitative et quantitative de la mise en œuvre du programme et en améliorer la qualité.</t>
   </si>
   <si>
     <t>01/05/2014 00:00:00</t>
   </si>
   <si>
     <t>19/06/2014 12:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1234324/fr/evaluation-annuelle-d-un-programme-d-education-therapeutique-du-patient-etp-une-demarche-d-auto-evaluation</t>
   </si>
   <si>
     <t>c_1234324</t>
@@ -1796,50 +1781,68 @@
   <si>
     <t>c_271855</t>
   </si>
   <si>
     <t>Évaluation d’une action de santé publique : recommandations</t>
   </si>
   <si>
     <t>Ce document fournit des conseils méthodologiques sur la réalisation d’une évaluation en santé publique. Le cadre de l'étude a été déterminé avec les utilisateurs potentiels. Les propositions se fondent sur l'analyse de la littérature et sur l'analyse du déroulement de deux programmes concrêts de santé publique. Le but poursuivi est d'identifier, les interrogations qui doivent systématiquement précèder et accompagner tout projet d’évaluation en santé.# Cette étude est une base pouvant servir à l'élaboration de travaux plus spécifiques à engager par les promoteurs et les professionnels de terrain.</t>
   </si>
   <si>
     <t>01/10/1995 00:00:00</t>
   </si>
   <si>
     <t>01/10/1995 16:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272058/fr/evaluation-d-une-action-de-sante-publique-recommandations</t>
   </si>
   <si>
     <t>c_272058</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale – Volet pharmacogénétique</t>
+  </si>
+  <si>
+    <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale (volet pharmacogénétique), détaillant les modalités et méthodes d’évaluation de ces actes en vue de leur remboursement, lors d’une première demande ou lors d’une réévaluation.</t>
+  </si>
+  <si>
+    <t>06/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>19/01/2026 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809232/fr/principes-d-evaluation-des-actes-de-sequencage-haut-debit-cible-panels-de-genes-en-genetique-constitutionnelle-postnatale-volet-pharmacogenetique</t>
+  </si>
+  <si>
+    <t>p_3809232</t>
+  </si>
+  <si>
     <t>Principes d’évaluation des actes de séquençage haut débit ciblé (panels de gènes) en génétique constitutionnelle postnatale (maladies rares et oncogénétique)</t>
   </si>
   <si>
     <t>La HAS a évalué, pour la première fois, la possibilité de remboursement d’une technologie innovante en biologie médicale : le séquençage haut débit ciblé. Cette primo-évaluation couvre un champ particulièrement large, car de très nombreuses situations cliniques seront considérées. Face aux technologies émergentes comme le séquençage haut débit et très haut débit, il devient essentiel de concilier exigence scientifique et réactivité.</t>
   </si>
   <si>
     <t>04/11/2025 00:00:00</t>
   </si>
   <si>
     <t>12/11/2025 17:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3704400/fr/principes-d-evaluation-des-actes-de-sequencage-haut-debit-cible-panels-de-genes-en-genetique-constitutionnelle-postnatale-maladies-rares-et-oncogenetique</t>
   </si>
   <si>
     <t>p_3704400</t>
   </si>
   <si>
     <t>Activité du séquençage haut débit ciblé en génétique constitutionnelle postnatale financée dans le cadre du RIHN : programme des évaluations des actes de séquençage haut débit ciblé</t>
   </si>
   <si>
     <t>Programme, RIHN, séquençage haut débit ciblé, génétique constitutionnelle postnatale.</t>
   </si>
   <si>
     <t>21/06/2023 00:00:00</t>
@@ -2075,68 +2078,98 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
   </si>
   <si>
     <t>c_1024762</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
     <t>Indicateurs de qualité des parcours de soins</t>
   </si>
   <si>
     <t>La CNAM et la HAS co-pilotent le projet « Inscrire la qualité et la pertinence au cœur des organisations et des pratiques ». L’objectif est l’engagement des professionnels concernés dans une démarche participative d’amélioration de la qualité des parcours, en s’appuyant notamment sur les indicateurs de qualité et les guides PROMs.</t>
   </si>
   <si>
     <t>25/04/2022 17:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3306659/fr/indicateurs-de-qualite-des-parcours-de-soins</t>
   </si>
   <si>
     <t>p_3306659</t>
   </si>
   <si>
+    <t>Numérique et intelligence artificielle à la HAS</t>
+  </si>
+  <si>
+    <t>Le développement du numérique et de l’intelligence artificielle transforme profondément les domaines social, médico‑social et sanitaire. La Haute Autorité de santé (HAS) intègre ces évolutions dans ses missions : évaluer les technologies de santé, recommander les bonnes pratiques, et améliorer la qualité et la sécurité des soins. En complément, elle adopte une démarche prospective pour anticiper les changements du système de santé, en développant de nouveaux processus visant à renforcer son agilité et à faciliter l’intégration des technologies numériques utiles aux soins et à l’accompagnement des personnes.</t>
+  </si>
+  <si>
+    <t>09/04/2025 12:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599637/fr/numerique-et-intelligence-artificielle-a-la-has</t>
+  </si>
+  <si>
+    <t>p_3599637</t>
+  </si>
+  <si>
     <t>Mettre en œuvre l'évaluation des ESSMS</t>
   </si>
   <si>
     <t>Les établissements et services sociaux et médico-sociaux (ESSMS) sont tenus de procéder à des évaluations régulières de leurs activités et de la qualité de leurs prestations. Le référentiel et le manuel ont été publiés par la HAS le 10 mars 2022 pour permettre aux ESSMS de s’approprier le dispositif. La procédure d'évaluation a été publiée par la HAS le 13 mai 2022 pour permettre son déploiement.</t>
   </si>
   <si>
-    <t>07/01/2026 10:43:00</t>
+    <t>26/01/2026 10:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3323069/fr/mettre-en-oeuvre-l-evaluation-des-essms</t>
   </si>
   <si>
     <t>p_3323069</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
+    <t>Évaluation des ESSMS : la HAS précise son système de cotation</t>
+  </si>
+  <si>
+    <t>Dans le cadre d’une démarche d’amélioration continue du dispositif d’évaluation de la qualité au sein des établissements et services sociaux et médico-sociaux (ESSMS), la Haute Autorité de santé (HAS) publie deux fiches pratiques pour expliciter le système de cotation. L’objectif est double : rappeler le nécessaire équilibre entre les différents outils de recueil en insistant sur l’importance des constats de terrain et mieux prendre en compte les spécificités de certaines structures. Ces deux fiches s’adressent aux organismes d’évaluation et aux ESSMS.</t>
+  </si>
+  <si>
+    <t>08/01/2026 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807605/fr/evaluation-des-essms-la-has-precise-son-systeme-de-cotation</t>
+  </si>
+  <si>
+    <t>p_3807605</t>
+  </si>
+  <si>
     <t>Accès précoce à des médicaments présumés innovants : pour un pari mieux éclairé</t>
   </si>
   <si>
     <t>L’évaluation des demandes d’accès précoce à des médicaments comprend par nature une forme d’incertitude. En effet, elle repose notamment sur l’appréciation de la présomption d’innovation et non sur la démonstration de cette innovation. Afin de définir les données minimales requises pour confirmer ou réfuter le bénéfice clinique supplémentaire du traitement par rapport aux alternatives disponibles et ainsi limiter la prise de risque pour les patients, la Haute Autorité de santé (HAS) actualise sa doctrine d’évaluation.</t>
   </si>
   <si>
     <t>19/12/2025 14:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806377/fr/acces-precoce-a-des-medicaments-presumes-innovants-pour-un-pari-mieux-eclaire</t>
   </si>
   <si>
     <t>p_3806377</t>
   </si>
   <si>
     <t>Accès précoce à un médicament</t>
   </si>
   <si>
     <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
   </si>
   <si>
     <t>01/07/2021 10:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
@@ -2193,65 +2226,50 @@
     <t>Parcours de transition des personnes transgenres : la HAS réaffirme la nécessité de protéger les experts</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) avait saisi le Conseil d’Etat d’un pourvoi en cassation contre un jugement du tribunal administratif de Montreuil lui enjoignant, à la demande d’une association, de communiquer la liste des membres du groupe de travail participant à l’élaboration des recommandations sur la transition de genre, et qui ont été récemment publiées. Après avoir accordé à la HAS un sursis à exécution, le Conseil d’Etat rejette finalement le pourvoi. La HAS prend acte de cette décision qui souligne toutefois que les textes actuels, sur lesquels le juge s’est fondé, ne garantissent pas suffisamment la protection des experts participant à l’expertise en santé. Attachée à la protection des experts et au principe d’indépendance de l’expertise, la HAS appelle à une évolution législative.</t>
   </si>
   <si>
     <t>29/07/2025 17:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639305/fr/parcours-de-transition-des-personnes-transgenres-la-has-reaffirme-la-necessite-de-proteger-les-experts</t>
   </si>
   <si>
     <t>p_3639305</t>
   </si>
   <si>
     <t>Méthodes et publications</t>
   </si>
   <si>
     <t>24/05/2022 09:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1021017/fr/methodes-et-publications</t>
   </si>
   <si>
     <t>c_1021017</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3599637</t>
   </si>
   <si>
     <t>Questionnaire d'expérience patient pour l'expérimentation « Paiement à l'épisode de soins pour des prises en charge chirurgicales »</t>
   </si>
   <si>
     <t>La HAS développe un questionnaire d’expérience patient pour l’ensemble des prises en charges concernées par l’épisode de soins. Une première version de ce questionnaire a été expérimentée auprès ces patients de novembre 2019 à juillet 2021. En mars 2021, une deuxième version a été développée en collaboration avec des représentants de patients, des experts méthodologistes ainsi que des professionnels de santé et patients issus d’établissements expérimentateurs. Cette version est en cours de recueil depuis août 2021.</t>
   </si>
   <si>
     <t>22/04/2022 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3325624/fr/questionnaire-d-experience-patient-pour-l-experimentation-paiement-a-l-episode-de-soins-pour-des-prises-en-charge-chirurgicales</t>
   </si>
   <si>
     <t>p_3325624</t>
   </si>
   <si>
     <t>Méthodes de la HAS</t>
   </si>
   <si>
     <t>L’exercice des missions de la HAS se traduit chaque année dans l’élaboration et la publication de plus de 1 500 travaux, qui diffèrent par leurs finalités et leurs destinataires. Derrière la diversité des productions se distinguent des exigences méthodologiques et des étapes d’élaboration communes. Toutes ces productions sont élaborées selon des méthodes dûment identifiées et publiées sur le site internet de la HAS. La HAS établit également des méthodes à l’intention d’acteurs externes. Pour réaliser ses travaux, la HAS sollicite chaque année la participation de plus de 2 000 experts qui travaillent avec elle dans un cadre précis avec le double objectif de mobiliser des compétences de haut niveau et d’éviter les conflits d’intérêts.</t>
   </si>
   <si>
     <t>11/12/2024 08:35:00</t>
   </si>
@@ -3299,51 +3317,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H202"/>
+  <dimension ref="A1:H203"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3359,129 +3377,129 @@
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>17</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>18</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>24</v>
       </c>
       <c r="D4" t="s">
         <v>25</v>
       </c>
       <c r="E4" t="s">
         <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>27</v>
       </c>
       <c r="H4" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>29</v>
       </c>
       <c r="C5" t="s">
         <v>30</v>
       </c>
       <c r="D5" t="s">
         <v>31</v>
       </c>
       <c r="E5" t="s">
         <v>32</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>33</v>
       </c>
       <c r="H5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
         <v>35</v>
       </c>
       <c r="C6" t="s">
         <v>36</v>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6" t="s">
         <v>38</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>39</v>
       </c>
       <c r="H6" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
@@ -3489,181 +3507,181 @@
       </c>
       <c r="B7" t="s">
         <v>41</v>
       </c>
       <c r="C7" t="s">
         <v>42</v>
       </c>
       <c r="D7" t="s">
         <v>43</v>
       </c>
       <c r="E7" t="s">
         <v>44</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>45</v>
       </c>
       <c r="H7" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>47</v>
       </c>
       <c r="C8" t="s">
         <v>48</v>
       </c>
       <c r="D8" t="s">
         <v>49</v>
       </c>
       <c r="E8" t="s">
         <v>50</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>51</v>
       </c>
       <c r="H8" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
         <v>53</v>
       </c>
       <c r="C9" t="s">
         <v>54</v>
       </c>
       <c r="D9" t="s">
         <v>55</v>
       </c>
       <c r="E9" t="s">
         <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>57</v>
       </c>
       <c r="H9" t="s">
         <v>58</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>59</v>
       </c>
       <c r="C10" t="s">
         <v>60</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="E10" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H10" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D11" t="s">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
         <v>67</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>68</v>
       </c>
       <c r="H11" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>72</v>
       </c>
       <c r="E12" t="s">
         <v>73</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>74</v>
       </c>
       <c r="H12" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B13" t="s">
         <v>76</v>
       </c>
       <c r="C13" t="s">
         <v>77</v>
       </c>
       <c r="D13" t="s">
         <v>78</v>
       </c>
       <c r="E13" t="s">
         <v>79</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>80</v>
       </c>
       <c r="H13" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
@@ -3914,51 +3932,51 @@
       </c>
       <c r="E23" t="s">
         <v>134</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>135</v>
       </c>
       <c r="H23" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>137</v>
       </c>
       <c r="C24" t="s">
         <v>138</v>
       </c>
       <c r="D24" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="E24" t="s">
         <v>139</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
         <v>140</v>
       </c>
       <c r="H24" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>142</v>
       </c>
       <c r="C25" t="s">
         <v>143</v>
       </c>
       <c r="D25" t="s">
@@ -4009,51 +4027,51 @@
       </c>
       <c r="B27" t="s">
         <v>154</v>
       </c>
       <c r="C27" t="s">
         <v>155</v>
       </c>
       <c r="D27" t="s">
         <v>156</v>
       </c>
       <c r="E27" t="s">
         <v>157</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
         <v>158</v>
       </c>
       <c r="H27" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B28" t="s">
         <v>160</v>
       </c>
       <c r="C28" t="s">
         <v>161</v>
       </c>
       <c r="D28" t="s">
         <v>162</v>
       </c>
       <c r="E28" t="s">
         <v>163</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>164</v>
       </c>
       <c r="H28" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
@@ -4425,51 +4443,51 @@
       </c>
       <c r="B43" t="s">
         <v>247</v>
       </c>
       <c r="C43" t="s">
         <v>248</v>
       </c>
       <c r="D43" t="s">
         <v>249</v>
       </c>
       <c r="E43" t="s">
         <v>250</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
         <v>251</v>
       </c>
       <c r="H43" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B44" t="s">
         <v>253</v>
       </c>
       <c r="C44" t="s">
         <v>254</v>
       </c>
       <c r="D44" t="s">
         <v>255</v>
       </c>
       <c r="E44" t="s">
         <v>256</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>257</v>
       </c>
       <c r="H44" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
@@ -4555,51 +4573,51 @@
       </c>
       <c r="B48" t="s">
         <v>275</v>
       </c>
       <c r="C48" t="s">
         <v>276</v>
       </c>
       <c r="D48" t="s">
         <v>277</v>
       </c>
       <c r="E48" t="s">
         <v>278</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>279</v>
       </c>
       <c r="H48" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B49" t="s">
         <v>281</v>
       </c>
       <c r="C49" t="s">
         <v>282</v>
       </c>
       <c r="D49" t="s">
         <v>283</v>
       </c>
       <c r="E49" t="s">
         <v>284</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>285</v>
       </c>
       <c r="H49" t="s">
         <v>286</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
@@ -4980,3620 +4998,3646 @@
       </c>
       <c r="E64" t="s">
         <v>369</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>370</v>
       </c>
       <c r="H64" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>8</v>
       </c>
       <c r="B65" t="s">
         <v>372</v>
       </c>
       <c r="C65" t="s">
         <v>373</v>
       </c>
       <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
         <v>374</v>
       </c>
-      <c r="E65" t="s">
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
         <v>375</v>
       </c>
-      <c r="F65" t="s">
-[...2 lines deleted...]
-      <c r="G65" t="s">
+      <c r="H65" t="s">
         <v>376</v>
-      </c>
-[...1 lines deleted...]
-        <v>377</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>8</v>
       </c>
       <c r="B66" t="s">
+        <v>377</v>
+      </c>
+      <c r="C66" t="s">
         <v>378</v>
       </c>
-      <c r="C66" t="s">
+      <c r="D66" t="s">
         <v>379</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E66" t="s">
         <v>380</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
         <v>381</v>
       </c>
       <c r="H66" t="s">
         <v>382</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>8</v>
+        <v>265</v>
       </c>
       <c r="B67" t="s">
         <v>383</v>
       </c>
       <c r="C67" t="s">
         <v>384</v>
       </c>
       <c r="D67" t="s">
         <v>385</v>
       </c>
       <c r="E67" t="s">
         <v>386</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
         <v>387</v>
       </c>
       <c r="H67" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>265</v>
+        <v>8</v>
       </c>
       <c r="B68" t="s">
         <v>389</v>
       </c>
       <c r="C68" t="s">
         <v>390</v>
       </c>
       <c r="D68" t="s">
-        <v>362</v>
+        <v>391</v>
       </c>
       <c r="E68" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H68" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>8</v>
       </c>
       <c r="B69" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C69" t="s">
-        <v>395</v>
+        <v>13</v>
       </c>
       <c r="D69" t="s">
+        <v>391</v>
+      </c>
+      <c r="E69" t="s">
+        <v>392</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
         <v>396</v>
       </c>
-      <c r="E69" t="s">
+      <c r="H69" t="s">
         <v>397</v>
-      </c>
-[...7 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>8</v>
       </c>
       <c r="B70" t="s">
+        <v>398</v>
+      </c>
+      <c r="C70" t="s">
+        <v>399</v>
+      </c>
+      <c r="D70" t="s">
         <v>400</v>
       </c>
-      <c r="C70" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E70" t="s">
-        <v>397</v>
+        <v>401</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="H70" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>8</v>
       </c>
       <c r="B71" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="C71" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="D71" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="E71" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="H71" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>8</v>
+        <v>22</v>
       </c>
       <c r="B72" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C72" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D72" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="E72" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H72" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="B73" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C73" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D73" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="E73" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H73" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>8</v>
       </c>
       <c r="B74" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C74" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="D74" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E74" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H74" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>8</v>
       </c>
       <c r="B75" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C75" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D75" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="E75" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="H75" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>8</v>
+        <v>434</v>
       </c>
       <c r="B76" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C76" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D76" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="E76" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="H76" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>439</v>
+        <v>8</v>
       </c>
       <c r="B77" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="C77" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="D77" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="E77" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="H77" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>8</v>
       </c>
       <c r="B78" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C78" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D78" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="E78" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H78" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>8</v>
       </c>
       <c r="B79" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C79" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D79" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="E79" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="H79" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="B80" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C80" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D80" t="s">
-        <v>460</v>
+        <v>13</v>
       </c>
       <c r="E80" t="s">
         <v>461</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
         <v>462</v>
       </c>
       <c r="H80" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>94</v>
+        <v>8</v>
       </c>
       <c r="B81" t="s">
         <v>464</v>
       </c>
       <c r="C81" t="s">
         <v>465</v>
       </c>
       <c r="D81" t="s">
-        <v>13</v>
+        <v>356</v>
       </c>
       <c r="E81" t="s">
         <v>466</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
         <v>467</v>
       </c>
       <c r="H81" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>8</v>
       </c>
       <c r="B82" t="s">
         <v>469</v>
       </c>
       <c r="C82" t="s">
         <v>470</v>
       </c>
       <c r="D82" t="s">
-        <v>356</v>
+        <v>471</v>
       </c>
       <c r="E82" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H82" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>8</v>
       </c>
       <c r="B83" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C83" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D83" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="E83" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="H83" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="B84" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C84" t="s">
-        <v>481</v>
+        <v>13</v>
       </c>
       <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
         <v>482</v>
       </c>
-      <c r="E84" t="s">
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
         <v>483</v>
       </c>
-      <c r="F84" t="s">
-[...2 lines deleted...]
-      <c r="G84" t="s">
+      <c r="H84" t="s">
         <v>484</v>
-      </c>
-[...1 lines deleted...]
-        <v>485</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>94</v>
       </c>
       <c r="B85" t="s">
+        <v>485</v>
+      </c>
+      <c r="C85" t="s">
         <v>486</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
         <v>487</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
         <v>488</v>
       </c>
       <c r="H85" t="s">
         <v>489</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>94</v>
+        <v>8</v>
       </c>
       <c r="B86" t="s">
         <v>490</v>
       </c>
       <c r="C86" t="s">
         <v>491</v>
       </c>
       <c r="D86" t="s">
-        <v>13</v>
+        <v>492</v>
       </c>
       <c r="E86" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="H86" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>8</v>
       </c>
       <c r="B87" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C87" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D87" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="E87" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="H87" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="B88" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C88" t="s">
-        <v>502</v>
+        <v>13</v>
       </c>
       <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
         <v>503</v>
       </c>
-      <c r="E88" t="s">
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
         <v>504</v>
       </c>
-      <c r="F88" t="s">
-[...2 lines deleted...]
-      <c r="G88" t="s">
+      <c r="H88" t="s">
         <v>505</v>
-      </c>
-[...1 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>94</v>
       </c>
       <c r="B89" t="s">
+        <v>506</v>
+      </c>
+      <c r="C89" t="s">
         <v>507</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
         <v>508</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
         <v>509</v>
       </c>
       <c r="H89" t="s">
         <v>510</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>94</v>
       </c>
       <c r="B90" t="s">
         <v>511</v>
       </c>
       <c r="C90" t="s">
+        <v>13</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>503</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
         <v>512</v>
       </c>
-      <c r="D90" t="s">
-[...2 lines deleted...]
-      <c r="E90" t="s">
+      <c r="H90" t="s">
         <v>513</v>
-      </c>
-[...7 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>94</v>
       </c>
       <c r="B91" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="C91" t="s">
-        <v>13</v>
+        <v>515</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
         <v>508</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
+        <v>516</v>
+      </c>
+      <c r="H91" t="s">
         <v>517</v>
-      </c>
-[...1 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>94</v>
       </c>
       <c r="B92" t="s">
+        <v>518</v>
+      </c>
+      <c r="C92" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>508</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
         <v>519</v>
       </c>
-      <c r="C92" t="s">
+      <c r="H92" t="s">
         <v>520</v>
-      </c>
-[...13 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>94</v>
+        <v>8</v>
       </c>
       <c r="B93" t="s">
+        <v>521</v>
+      </c>
+      <c r="C93" t="s">
+        <v>522</v>
+      </c>
+      <c r="D93" t="s">
         <v>523</v>
       </c>
-      <c r="C93" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E93" t="s">
-        <v>513</v>
+        <v>524</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="H93" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>8</v>
+        <v>94</v>
       </c>
       <c r="B94" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="C94" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="D94" t="s">
-        <v>528</v>
+        <v>13</v>
       </c>
       <c r="E94" t="s">
         <v>529</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
         <v>530</v>
       </c>
       <c r="H94" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>94</v>
+        <v>8</v>
       </c>
       <c r="B95" t="s">
         <v>532</v>
       </c>
       <c r="C95" t="s">
         <v>533</v>
       </c>
       <c r="D95" t="s">
-        <v>13</v>
+        <v>534</v>
       </c>
       <c r="E95" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="H95" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>8</v>
       </c>
       <c r="B96" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="C96" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="D96" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
       <c r="E96" t="s">
         <v>540</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
         <v>541</v>
       </c>
       <c r="H96" t="s">
         <v>542</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>8</v>
       </c>
       <c r="B97" t="s">
         <v>543</v>
       </c>
       <c r="C97" t="s">
         <v>544</v>
       </c>
       <c r="D97" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="E97" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="H97" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>8</v>
       </c>
       <c r="B98" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="C98" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="D98" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="E98" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="H98" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>8</v>
       </c>
       <c r="B99" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="C99" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="D99" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="E99" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="H99" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>8</v>
       </c>
       <c r="B100" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="C100" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="D100" t="s">
         <v>562</v>
       </c>
       <c r="E100" t="s">
         <v>563</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
         <v>564</v>
       </c>
       <c r="H100" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>8</v>
       </c>
       <c r="B101" t="s">
         <v>566</v>
       </c>
       <c r="C101" t="s">
-        <v>561</v>
+        <v>567</v>
       </c>
       <c r="D101" t="s">
-        <v>567</v>
+        <v>551</v>
       </c>
       <c r="E101" t="s">
         <v>568</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
         <v>569</v>
       </c>
       <c r="H101" t="s">
         <v>570</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>8</v>
       </c>
       <c r="B102" t="s">
         <v>571</v>
       </c>
       <c r="C102" t="s">
         <v>572</v>
       </c>
       <c r="D102" t="s">
-        <v>556</v>
+        <v>573</v>
       </c>
       <c r="E102" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="H102" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>8</v>
+        <v>434</v>
       </c>
       <c r="B103" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C103" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D103" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="E103" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H103" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="B104" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C104" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D104" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="E104" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="H104" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>439</v>
+        <v>589</v>
       </c>
       <c r="B105" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="C105" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="D105" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="E105" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>592</v>
+        <v>594</v>
       </c>
       <c r="H105" t="s">
-        <v>593</v>
+        <v>595</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B106" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="C106" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="D106" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="E106" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="H106" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B107" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="C107" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="D107" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="E107" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H107" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B108" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="C108" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="D108" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="E108" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="H108" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B109" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C109" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D109" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="E109" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="H109" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B110" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="C110" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="D110" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="E110" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="H110" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B111" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C111" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D111" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="E111" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H111" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B112" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C112" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D112" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E112" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="H112" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B113" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="C113" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="D113" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="E113" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="H113" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B114" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="C114" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="D114" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E114" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="H114" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B115" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C115" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D115" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="E115" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="H115" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B116" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C116" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D116" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="E116" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="H116" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B117" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="C117" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="D117" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="E117" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="H117" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B118" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C118" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D118" t="s">
-        <v>667</v>
+        <v>668</v>
       </c>
       <c r="E118" t="s">
-        <v>668</v>
+        <v>669</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>669</v>
+        <v>670</v>
       </c>
       <c r="H118" t="s">
-        <v>670</v>
+        <v>671</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B119" t="s">
-        <v>671</v>
+        <v>672</v>
       </c>
       <c r="C119" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="D119" t="s">
-        <v>673</v>
+        <v>674</v>
       </c>
       <c r="E119" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="H119" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B120" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C120" t="s">
         <v>13</v>
       </c>
       <c r="D120" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="E120" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="H120" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B121" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C121" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="H121" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B122" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="C122" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="D122" t="s">
         <v>13</v>
       </c>
       <c r="E122" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="H122" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B123" t="s">
         <v>694</v>
       </c>
       <c r="C123" t="s">
         <v>695</v>
       </c>
       <c r="D123" t="s">
         <v>13</v>
       </c>
       <c r="E123" t="s">
         <v>696</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
         <v>697</v>
       </c>
       <c r="H123" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B124" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C124" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="D124" t="s">
         <v>13</v>
       </c>
       <c r="E124" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="H124" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B125" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C125" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D125" t="s">
         <v>13</v>
       </c>
       <c r="E125" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="H125" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B126" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="C126" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="D126" t="s">
         <v>13</v>
       </c>
       <c r="E126" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="H126" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B127" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C127" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D127" t="s">
         <v>13</v>
       </c>
       <c r="E127" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="F127" t="s">
         <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="H127" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B128" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C128" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="D128" t="s">
         <v>13</v>
       </c>
       <c r="E128" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="F128" t="s">
         <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="H128" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B129" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C129" t="s">
-        <v>13</v>
+        <v>726</v>
       </c>
       <c r="D129" t="s">
         <v>13</v>
       </c>
       <c r="E129" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
       <c r="F129" t="s">
         <v>13</v>
       </c>
       <c r="G129" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="H129" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B130" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="C130" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="D130" t="s">
         <v>13</v>
       </c>
       <c r="E130" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="F130" t="s">
         <v>13</v>
       </c>
       <c r="G130" t="s">
-        <v>731</v>
+        <v>733</v>
       </c>
       <c r="H130" t="s">
-        <v>732</v>
+        <v>734</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B131" t="s">
-        <v>733</v>
+        <v>735</v>
       </c>
       <c r="C131" t="s">
-        <v>734</v>
+        <v>13</v>
       </c>
       <c r="D131" t="s">
         <v>13</v>
       </c>
       <c r="E131" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="F131" t="s">
         <v>13</v>
       </c>
       <c r="G131" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="H131" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B132" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="C132" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="D132" t="s">
         <v>13</v>
       </c>
       <c r="E132" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="F132" t="s">
         <v>13</v>
       </c>
       <c r="G132" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="H132" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B133" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="C133" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="D133" t="s">
         <v>13</v>
       </c>
       <c r="E133" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="F133" t="s">
         <v>13</v>
       </c>
       <c r="G133" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="H133" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B134" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C134" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="D134" t="s">
         <v>13</v>
       </c>
       <c r="E134" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="F134" t="s">
         <v>13</v>
       </c>
       <c r="G134" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="H134" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B135" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C135" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="D135" t="s">
         <v>13</v>
       </c>
       <c r="E135" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="F135" t="s">
         <v>13</v>
       </c>
       <c r="G135" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="H135" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B136" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C136" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="D136" t="s">
         <v>13</v>
       </c>
       <c r="E136" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="F136" t="s">
         <v>13</v>
       </c>
       <c r="G136" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="H136" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B137" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="C137" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="D137" t="s">
         <v>13</v>
       </c>
       <c r="E137" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="F137" t="s">
         <v>13</v>
       </c>
       <c r="G137" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="H137" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B138" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="C138" t="s">
-        <v>13</v>
+        <v>770</v>
       </c>
       <c r="D138" t="s">
         <v>13</v>
       </c>
       <c r="E138" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="F138" t="s">
         <v>13</v>
       </c>
       <c r="G138" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="H138" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B139" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="C139" t="s">
-        <v>773</v>
+        <v>13</v>
       </c>
       <c r="D139" t="s">
         <v>13</v>
       </c>
       <c r="E139" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="F139" t="s">
         <v>13</v>
       </c>
       <c r="G139" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="H139" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B140" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="C140" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="D140" t="s">
         <v>13</v>
       </c>
       <c r="E140" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="F140" t="s">
         <v>13</v>
       </c>
       <c r="G140" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="H140" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B141" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C141" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D141" t="s">
         <v>13</v>
       </c>
       <c r="E141" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="F141" t="s">
         <v>13</v>
       </c>
       <c r="G141" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="H141" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B142" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="C142" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="D142" t="s">
         <v>13</v>
       </c>
       <c r="E142" t="s">
-        <v>145</v>
+        <v>790</v>
       </c>
       <c r="F142" t="s">
         <v>13</v>
       </c>
       <c r="G142" t="s">
-        <v>789</v>
+        <v>791</v>
       </c>
       <c r="H142" t="s">
-        <v>790</v>
+        <v>792</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B143" t="s">
-        <v>791</v>
+        <v>793</v>
       </c>
       <c r="C143" t="s">
-        <v>792</v>
+        <v>794</v>
       </c>
       <c r="D143" t="s">
         <v>13</v>
       </c>
       <c r="E143" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="F143" t="s">
         <v>13</v>
       </c>
       <c r="G143" t="s">
-        <v>793</v>
+        <v>795</v>
       </c>
       <c r="H143" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B144" t="s">
-        <v>795</v>
+        <v>797</v>
       </c>
       <c r="C144" t="s">
-        <v>796</v>
+        <v>798</v>
       </c>
       <c r="D144" t="s">
         <v>13</v>
       </c>
       <c r="E144" t="s">
-        <v>797</v>
+        <v>151</v>
       </c>
       <c r="F144" t="s">
         <v>13</v>
       </c>
       <c r="G144" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="H144" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B145" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="C145" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="D145" t="s">
         <v>13</v>
       </c>
       <c r="E145" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
       <c r="F145" t="s">
         <v>13</v>
       </c>
       <c r="G145" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="H145" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B146" t="s">
-        <v>805</v>
+        <v>806</v>
       </c>
       <c r="C146" t="s">
-        <v>806</v>
+        <v>807</v>
       </c>
       <c r="D146" t="s">
         <v>13</v>
       </c>
       <c r="E146" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="F146" t="s">
         <v>13</v>
       </c>
       <c r="G146" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="H146" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B147" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C147" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D147" t="s">
         <v>13</v>
       </c>
       <c r="E147" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="F147" t="s">
         <v>13</v>
       </c>
       <c r="G147" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="H147" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B148" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="C148" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="D148" t="s">
         <v>13</v>
       </c>
       <c r="E148" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="F148" t="s">
         <v>13</v>
       </c>
       <c r="G148" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="H148" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B149" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="C149" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="D149" t="s">
         <v>13</v>
       </c>
       <c r="E149" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="F149" t="s">
         <v>13</v>
       </c>
       <c r="G149" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="H149" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B150" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="C150" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="D150" t="s">
         <v>13</v>
       </c>
       <c r="E150" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="F150" t="s">
         <v>13</v>
       </c>
       <c r="G150" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="H150" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B151" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="C151" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
       <c r="D151" t="s">
         <v>13</v>
       </c>
       <c r="E151" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="F151" t="s">
         <v>13</v>
       </c>
       <c r="G151" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="H151" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B152" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="C152" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
       <c r="D152" t="s">
         <v>13</v>
       </c>
       <c r="E152" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="F152" t="s">
         <v>13</v>
       </c>
       <c r="G152" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="H152" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B153" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C153" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="D153" t="s">
         <v>13</v>
       </c>
       <c r="E153" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="F153" t="s">
         <v>13</v>
       </c>
       <c r="G153" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="H153" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B154" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="C154" t="s">
-        <v>846</v>
+        <v>847</v>
       </c>
       <c r="D154" t="s">
         <v>13</v>
       </c>
       <c r="E154" t="s">
-        <v>221</v>
+        <v>848</v>
       </c>
       <c r="F154" t="s">
         <v>13</v>
       </c>
       <c r="G154" t="s">
-        <v>847</v>
+        <v>849</v>
       </c>
       <c r="H154" t="s">
-        <v>848</v>
+        <v>850</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B155" t="s">
-        <v>849</v>
+        <v>851</v>
       </c>
       <c r="C155" t="s">
-        <v>850</v>
+        <v>852</v>
       </c>
       <c r="D155" t="s">
         <v>13</v>
       </c>
       <c r="E155" t="s">
-        <v>656</v>
+        <v>221</v>
       </c>
       <c r="F155" t="s">
         <v>13</v>
       </c>
       <c r="G155" t="s">
-        <v>851</v>
+        <v>853</v>
       </c>
       <c r="H155" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B156" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="C156" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="D156" t="s">
         <v>13</v>
       </c>
       <c r="E156" t="s">
-        <v>855</v>
+        <v>657</v>
       </c>
       <c r="F156" t="s">
         <v>13</v>
       </c>
       <c r="G156" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="H156" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B157" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="C157" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="D157" t="s">
         <v>13</v>
       </c>
       <c r="E157" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="F157" t="s">
         <v>13</v>
       </c>
       <c r="G157" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="H157" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B158" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="C158" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="D158" t="s">
         <v>13</v>
       </c>
       <c r="E158" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="F158" t="s">
         <v>13</v>
       </c>
       <c r="G158" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="H158" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B159" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="C159" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="D159" t="s">
         <v>13</v>
       </c>
       <c r="E159" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="F159" t="s">
         <v>13</v>
       </c>
       <c r="G159" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="H159" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B160" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="C160" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="D160" t="s">
         <v>13</v>
       </c>
       <c r="E160" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="F160" t="s">
         <v>13</v>
       </c>
       <c r="G160" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="H160" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B161" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="C161" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D161" t="s">
         <v>13</v>
       </c>
       <c r="E161" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="F161" t="s">
         <v>13</v>
       </c>
       <c r="G161" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="H161" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B162" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="C162" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
       <c r="D162" t="s">
         <v>13</v>
       </c>
       <c r="E162" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="F162" t="s">
         <v>13</v>
       </c>
       <c r="G162" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="H162" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B163" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="C163" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="D163" t="s">
         <v>13</v>
       </c>
       <c r="E163" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="F163" t="s">
         <v>13</v>
       </c>
       <c r="G163" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="H163" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B164" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="C164" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="D164" t="s">
         <v>13</v>
       </c>
       <c r="E164" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="F164" t="s">
         <v>13</v>
       </c>
       <c r="G164" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="H164" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B165" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="C165" t="s">
-        <v>13</v>
+        <v>900</v>
       </c>
       <c r="D165" t="s">
         <v>13</v>
       </c>
       <c r="E165" t="s">
-        <v>899</v>
+        <v>901</v>
       </c>
       <c r="F165" t="s">
         <v>13</v>
       </c>
       <c r="G165" t="s">
-        <v>900</v>
+        <v>902</v>
       </c>
       <c r="H165" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B166" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="C166" t="s">
-        <v>903</v>
+        <v>13</v>
       </c>
       <c r="D166" t="s">
         <v>13</v>
       </c>
       <c r="E166" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
       <c r="F166" t="s">
         <v>13</v>
       </c>
       <c r="G166" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="H166" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B167" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="C167" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="D167" t="s">
         <v>13</v>
       </c>
       <c r="E167" t="s">
-        <v>904</v>
+        <v>910</v>
       </c>
       <c r="F167" t="s">
         <v>13</v>
       </c>
       <c r="G167" t="s">
-        <v>909</v>
+        <v>911</v>
       </c>
       <c r="H167" t="s">
-        <v>910</v>
+        <v>912</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B168" t="s">
-        <v>911</v>
+        <v>913</v>
       </c>
       <c r="C168" t="s">
-        <v>912</v>
+        <v>914</v>
       </c>
       <c r="D168" t="s">
         <v>13</v>
       </c>
       <c r="E168" t="s">
-        <v>913</v>
+        <v>910</v>
       </c>
       <c r="F168" t="s">
         <v>13</v>
       </c>
       <c r="G168" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="H168" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B169" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="C169" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="D169" t="s">
         <v>13</v>
       </c>
       <c r="E169" t="s">
-        <v>662</v>
+        <v>919</v>
       </c>
       <c r="F169" t="s">
         <v>13</v>
       </c>
       <c r="G169" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="H169" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B170" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="C170" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="D170" t="s">
         <v>13</v>
       </c>
       <c r="E170" t="s">
-        <v>922</v>
+        <v>663</v>
       </c>
       <c r="F170" t="s">
         <v>13</v>
       </c>
       <c r="G170" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="H170" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B171" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C171" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="D171" t="s">
         <v>13</v>
       </c>
       <c r="E171" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="F171" t="s">
         <v>13</v>
       </c>
       <c r="G171" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="H171" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B172" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="C172" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="D172" t="s">
         <v>13</v>
       </c>
       <c r="E172" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="F172" t="s">
         <v>13</v>
       </c>
       <c r="G172" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="H172" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B173" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C173" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="D173" t="s">
         <v>13</v>
       </c>
       <c r="E173" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
       <c r="F173" t="s">
         <v>13</v>
       </c>
       <c r="G173" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="H173" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B174" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="C174" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="D174" t="s">
         <v>13</v>
       </c>
       <c r="E174" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="F174" t="s">
         <v>13</v>
       </c>
       <c r="G174" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="H174" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B175" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="C175" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="D175" t="s">
         <v>13</v>
       </c>
       <c r="E175" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="F175" t="s">
         <v>13</v>
       </c>
       <c r="G175" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="H175" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B176" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="C176" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="D176" t="s">
         <v>13</v>
       </c>
       <c r="E176" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="F176" t="s">
         <v>13</v>
       </c>
       <c r="G176" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="H176" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B177" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="C177" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="D177" t="s">
         <v>13</v>
       </c>
       <c r="E177" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="F177" t="s">
         <v>13</v>
       </c>
       <c r="G177" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="H177" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B178" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="C178" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="D178" t="s">
         <v>13</v>
       </c>
       <c r="E178" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="F178" t="s">
         <v>13</v>
       </c>
       <c r="G178" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="H178" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B179" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
       <c r="C179" t="s">
-        <v>13</v>
+        <v>967</v>
       </c>
       <c r="D179" t="s">
         <v>13</v>
       </c>
       <c r="E179" t="s">
-        <v>966</v>
+        <v>968</v>
       </c>
       <c r="F179" t="s">
         <v>13</v>
       </c>
       <c r="G179" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="H179" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="B180" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
       <c r="C180" t="s">
         <v>13</v>
       </c>
       <c r="D180" t="s">
         <v>13</v>
       </c>
       <c r="E180" t="s">
-        <v>380</v>
+        <v>972</v>
       </c>
       <c r="F180" t="s">
         <v>13</v>
       </c>
       <c r="G180" t="s">
-        <v>970</v>
+        <v>973</v>
       </c>
       <c r="H180" t="s">
-        <v>971</v>
+        <v>974</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B181" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
       <c r="C181" t="s">
-        <v>973</v>
+        <v>13</v>
       </c>
       <c r="D181" t="s">
         <v>13</v>
       </c>
       <c r="E181" t="s">
-        <v>397</v>
+        <v>374</v>
       </c>
       <c r="F181" t="s">
         <v>13</v>
       </c>
       <c r="G181" t="s">
-        <v>974</v>
+        <v>976</v>
       </c>
       <c r="H181" t="s">
-        <v>975</v>
+        <v>977</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B182" t="s">
-        <v>976</v>
+        <v>978</v>
       </c>
       <c r="C182" t="s">
-        <v>977</v>
+        <v>979</v>
       </c>
       <c r="D182" t="s">
         <v>13</v>
       </c>
       <c r="E182" t="s">
-        <v>978</v>
+        <v>392</v>
       </c>
       <c r="F182" t="s">
         <v>13</v>
       </c>
       <c r="G182" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="H182" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B183" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="C183" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
       <c r="D183" t="s">
         <v>13</v>
       </c>
       <c r="E183" t="s">
-        <v>406</v>
+        <v>984</v>
       </c>
       <c r="F183" t="s">
         <v>13</v>
       </c>
       <c r="G183" t="s">
-        <v>983</v>
+        <v>985</v>
       </c>
       <c r="H183" t="s">
-        <v>984</v>
+        <v>986</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B184" t="s">
-        <v>985</v>
+        <v>987</v>
       </c>
       <c r="C184" t="s">
-        <v>986</v>
+        <v>988</v>
       </c>
       <c r="D184" t="s">
         <v>13</v>
       </c>
       <c r="E184" t="s">
-        <v>987</v>
+        <v>401</v>
       </c>
       <c r="F184" t="s">
         <v>13</v>
       </c>
       <c r="G184" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="H184" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B185" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="C185" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="D185" t="s">
         <v>13</v>
       </c>
       <c r="E185" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="F185" t="s">
         <v>13</v>
       </c>
       <c r="G185" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="H185" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B186" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="C186" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="D186" t="s">
         <v>13</v>
       </c>
       <c r="E186" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="F186" t="s">
         <v>13</v>
       </c>
       <c r="G186" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="H186" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B187" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
       <c r="C187" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="D187" t="s">
         <v>13</v>
       </c>
       <c r="E187" t="s">
-        <v>424</v>
+        <v>1003</v>
       </c>
       <c r="F187" t="s">
         <v>13</v>
       </c>
       <c r="G187" t="s">
-        <v>1002</v>
+        <v>1004</v>
       </c>
       <c r="H187" t="s">
-        <v>1003</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B188" t="s">
-        <v>1004</v>
+        <v>1006</v>
       </c>
       <c r="C188" t="s">
-        <v>13</v>
+        <v>1007</v>
       </c>
       <c r="D188" t="s">
         <v>13</v>
       </c>
       <c r="E188" t="s">
-        <v>1005</v>
+        <v>419</v>
       </c>
       <c r="F188" t="s">
         <v>13</v>
       </c>
       <c r="G188" t="s">
-        <v>1006</v>
+        <v>1008</v>
       </c>
       <c r="H188" t="s">
-        <v>1007</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B189" t="s">
-        <v>1008</v>
+        <v>1010</v>
       </c>
       <c r="C189" t="s">
-        <v>1009</v>
+        <v>13</v>
       </c>
       <c r="D189" t="s">
         <v>13</v>
       </c>
       <c r="E189" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="F189" t="s">
         <v>13</v>
       </c>
       <c r="G189" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="H189" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B190" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="C190" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="D190" t="s">
         <v>13</v>
       </c>
       <c r="E190" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="F190" t="s">
         <v>13</v>
       </c>
       <c r="G190" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="H190" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B191" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="C191" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="D191" t="s">
         <v>13</v>
       </c>
       <c r="E191" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="F191" t="s">
         <v>13</v>
       </c>
       <c r="G191" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="H191" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B192" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="C192" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="D192" t="s">
         <v>13</v>
       </c>
       <c r="E192" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
       <c r="F192" t="s">
         <v>13</v>
       </c>
       <c r="G192" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="H192" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B193" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="C193" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="D193" t="s">
         <v>13</v>
       </c>
       <c r="E193" t="s">
-        <v>679</v>
+        <v>1031</v>
       </c>
       <c r="F193" t="s">
         <v>13</v>
       </c>
       <c r="G193" t="s">
-        <v>1030</v>
+        <v>1032</v>
       </c>
       <c r="H193" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B194" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="C194" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="D194" t="s">
         <v>13</v>
       </c>
       <c r="E194" t="s">
-        <v>1034</v>
+        <v>680</v>
       </c>
       <c r="F194" t="s">
         <v>13</v>
       </c>
       <c r="G194" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="H194" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>682</v>
+        <v>699</v>
       </c>
       <c r="B195" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="C195" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="D195" t="s">
         <v>13</v>
       </c>
       <c r="E195" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="F195" t="s">
         <v>13</v>
       </c>
       <c r="G195" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="H195" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>693</v>
+        <v>683</v>
       </c>
       <c r="B196" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="C196" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
       <c r="D196" t="s">
         <v>13</v>
       </c>
       <c r="E196" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="F196" t="s">
         <v>13</v>
       </c>
       <c r="G196" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="H196" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>693</v>
+        <v>699</v>
       </c>
       <c r="B197" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="C197" t="s">
-        <v>13</v>
+        <v>1049</v>
       </c>
       <c r="D197" t="s">
         <v>13</v>
       </c>
       <c r="E197" t="s">
-        <v>1048</v>
+        <v>1050</v>
       </c>
       <c r="F197" t="s">
         <v>13</v>
       </c>
       <c r="G197" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="H197" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>1051</v>
+        <v>699</v>
       </c>
       <c r="B198" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
       <c r="C198" t="s">
-        <v>1052</v>
+        <v>13</v>
       </c>
       <c r="D198" t="s">
-        <v>1053</v>
+        <v>13</v>
       </c>
       <c r="E198" t="s">
         <v>1054</v>
       </c>
       <c r="F198" t="s">
         <v>13</v>
       </c>
       <c r="G198" t="s">
         <v>1055</v>
       </c>
       <c r="H198" t="s">
         <v>1056</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="B199" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="C199" t="s">
         <v>1058</v>
       </c>
       <c r="D199" t="s">
         <v>1059</v>
       </c>
       <c r="E199" t="s">
         <v>1060</v>
       </c>
       <c r="F199" t="s">
         <v>13</v>
       </c>
       <c r="G199" t="s">
         <v>1061</v>
       </c>
       <c r="H199" t="s">
         <v>1062</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="B200" t="s">
         <v>1063</v>
       </c>
       <c r="C200" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="D200" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="E200" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="F200" t="s">
         <v>13</v>
       </c>
       <c r="G200" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="H200" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="B201" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="C201" t="s">
         <v>1069</v>
       </c>
       <c r="D201" t="s">
         <v>1070</v>
       </c>
       <c r="E201" t="s">
         <v>1071</v>
       </c>
       <c r="F201" t="s">
         <v>13</v>
       </c>
       <c r="G201" t="s">
         <v>1072</v>
       </c>
       <c r="H201" t="s">
         <v>1073</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>1051</v>
+        <v>1057</v>
       </c>
       <c r="B202" t="s">
         <v>1074</v>
       </c>
       <c r="C202" t="s">
         <v>1075</v>
       </c>
       <c r="D202" t="s">
         <v>1076</v>
       </c>
       <c r="E202" t="s">
         <v>1077</v>
       </c>
       <c r="F202" t="s">
         <v>13</v>
       </c>
       <c r="G202" t="s">
         <v>1078</v>
       </c>
       <c r="H202" t="s">
         <v>1079</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>1057</v>
+      </c>
+      <c r="B203" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1082</v>
+      </c>
+      <c r="E203" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F203" t="s">
+        <v>13</v>
+      </c>
+      <c r="G203" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H203" t="s">
+        <v>1085</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>