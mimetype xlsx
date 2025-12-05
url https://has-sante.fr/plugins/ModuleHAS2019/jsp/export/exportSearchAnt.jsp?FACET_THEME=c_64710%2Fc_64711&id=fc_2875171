--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -1,17260 +1,2253 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
-[...6 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
-[...13 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Press release" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Vaccine recommendation" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Drugs" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
-[...13 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3270" uniqueCount="2099">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="257">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Panorama</t>
-[...5 lines deleted...]
-    <t>Panorama des principales publications de la HAS sur l'obésité.</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>How to judge a proposal for a screening programme</t>
+  </si>
+  <si>
+    <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
+  </si>
+  <si>
+    <t>05/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2004 17:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>28/02/2025 09:47:00</t>
-[...89 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_433375/fr/comment-evaluer-a-priori-un-programme-de-depistage</t>
+    <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
-    <t>Description</t>
-[...200 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
+    <t>Assessment of the national newborn screening programme for permanent hearing loss. Screening strategy and test performance</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on the assessment of the national newborn screening programme (DNN) for permanent hearing impairment. The primary aim of this evaluation is to establish a framework for enhancing this programme.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/23/2025 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+  </si>
+  <si>
+    <t>p_3458472</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
+    <t>03/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+  </si>
+  <si>
+    <t>p_3459735</t>
+  </si>
+  <si>
+    <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) assessed the relevance of detecting other chromosomal abnormalities by circulating foetal cell-free DNA (cfDNA) testing in maternal blood, performed in the context of screening for trisomy 21 (Down syndrome). The HAS recommends screening for trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 and 22 and noncryptic segmental abnormalities by cfDNA testing. The extension of the indications for cfDNA testing to women with an increased risk of aneuploidy (other than T21) is also recommended.</t>
+  </si>
+  <si>
+    <t>09/26/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2024 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
+  </si>
+  <si>
+    <t>p_3545370</t>
+  </si>
+  <si>
+    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
+  </si>
+  <si>
+    <t>07/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+  </si>
+  <si>
+    <t>p_3451353</t>
+  </si>
+  <si>
+    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
+  </si>
+  <si>
+    <t>01/22/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+  </si>
+  <si>
+    <t>c_2866458</t>
+  </si>
+  <si>
+    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
+  </si>
+  <si>
+    <t>Since the decree of May 4, 2018, screening for cervical cancer has been based on a national organized screening program. In view of the evolution of the CCU screening context in France and the availability of new scientific data, the Directorate General of Health wanted the HAS to assess the place of the HPV test as well as the use of double immuno-labeling p16 / Ki67 in the primary screening strategy for precancerous and cancerous lesions of the CCU.</t>
+  </si>
+  <si>
+    <t>07/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
+  </si>
+  <si>
+    <t>c_2806160</t>
+  </si>
+  <si>
+    <t>Place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy</t>
+  </si>
+  <si>
+    <t>In response to a demand from the Ministry of Health, HAS establishes guidelines on the place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy. HAS defines the main conditions for the implementation of a combined use of hepatitis B virus (HBV), human immunodeficiency virus (HIV) and hepatitis C virus (HCV) POCTs in France and formulates recommendation for optimizing the efficiency of the POCTs testing, especially in medico-social and community settings.</t>
+  </si>
+  <si>
+    <t>07/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/06/2016 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2063232/en/place-of-point-of-care-tests-pocts-in-hepatitis-b-screening-strategy</t>
+  </si>
+  <si>
+    <t>c_2063232</t>
+  </si>
+  <si>
+    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/15/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+  </si>
+  <si>
+    <t>r_1497591</t>
+  </si>
+  <si>
+    <t>Assessment of screening for cytomegalovirus (CMV) infection in pregnant women in France</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272378/en/assessment-of-screening-for-cytomegalovirus-cmv-infection-in-pregnant-women-in-france</t>
+  </si>
+  <si>
+    <t>c_272378</t>
+  </si>
+  <si>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+  </si>
+  <si>
+    <t>c_704257</t>
+  </si>
+  <si>
+    <t>Glaucoma: screening and early diagnosis – problems and outlook in France</t>
+  </si>
+  <si>
+    <t>To summarize and comment on the current status of key clinical and economic data on glaucoma. The report reviews data on the history and epidemiology of glaucoma, problems posed by diagnosis and treatment in France, the relevance of screening, and health professionals’ expectations.</t>
+  </si>
+  <si>
+    <t>07/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2006 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
+  </si>
+  <si>
+    <t>c_500229</t>
+  </si>
+  <si>
+    <t>Assessment of screening for Chlamydia trachomatis infection of the lower genitourinary tract in France</t>
+  </si>
+  <si>
+    <t>02/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464119/en/assessment-of-screening-for-chlamydia-trachomatis-infection-of-the-lower-genitourinary-tract-in-france</t>
+  </si>
+  <si>
+    <t>c_464119</t>
+  </si>
+  <si>
+    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+  </si>
+  <si>
+    <t>c_464134</t>
+  </si>
+  <si>
+    <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
+  </si>
+  <si>
+    <t>01/01/1999 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
+  </si>
+  <si>
+    <t>c_461999</t>
+  </si>
+  <si>
+    <t>Screening and diagnosis of gestational diabetes mellitus</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272475/en/screening-and-diagnosis-of-gestational-diabetes-mellitus</t>
+  </si>
+  <si>
+    <t>c_272475</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>02/26/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/17/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+  </si>
+  <si>
+    <t>p_3161334</t>
+  </si>
+  <si>
+    <t>Memo : Prevention of positional skull deformities and sudden infant death syndrome</t>
+  </si>
+  <si>
+    <t>The aim of this Memo is to provide information about : risk factors and prevention of sudden infant death syndrome definition and diagnosis of positional skull deformities risk factors for positional skull deformities potential complications of positional skull deformity primary prevention of positional skull deformities management of established positional skull deformities</t>
+  </si>
+  <si>
+    <t>02/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151574/en/memo-prevention-of-positional-skull-deformities-and-sudden-infant-death-syndrome</t>
+  </si>
+  <si>
+    <t>p_3151574</t>
+  </si>
+  <si>
+    <t>Autism spectrum disorder: Warning signs, detection, diagnosis and assessment in children and adolescents</t>
+  </si>
+  <si>
+    <t>This Best Practice Guideline aims to optimise the pathway of the child or the adolescent with Autism spectrum disorder (ASD) and his/her family, from the identification of warning signs, to detection, diagnosis and assessment It updates the “Professional practice guidelines for the diagnosis of autism” which were developed in 2005 by the French Federation of Psychiatry (FFP) in partnership with HAS.</t>
+  </si>
+  <si>
+    <t>02/08/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468812/en/autism-spectrum-disorder-warning-signs-detection-diagnosis-and-assessment-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_468812</t>
+  </si>
+  <si>
+    <t>Child abuse: identification and action to be taken</t>
+  </si>
+  <si>
+    <t>This guidance leaflet “Child abuse: identification and action to be taken” is concerned with children who are abused as well as those at risk of being abused. This guidance leaflet follows on from work already undertaken by HAS on interpersonal violence and its impact on health. It addresses all healthcare professionals who perform clinical observations of children, with a special emphasis on the place of doctors given their decision-making role. It thus concerns: general practitioners, paediatricians, psychiatrists; doctors and nursery nurses in maternal and child protection centres (PMI); school doctors and nurses; hospital doctors and paramedical staff (especially those working in the emergency, paediatric and radiological departments); midwives; doctors and paramedical staff in services for young children, and the medico-social services.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+  </si>
+  <si>
+    <t>c_1760393</t>
+  </si>
+  <si>
+    <t>Developmental dysplasia of the hip: screening</t>
+  </si>
+  <si>
+    <t>The objective of this document is to help general practitioners, paediatricians, neonatologists, maternal and infant protection doctors, orthopaedic surgeons, radiologists, obstetricians and gynaecologists, midwives, pediatric nurses, physiotherapists and osteopaths in the early detection of developmental dysplasia of the hip (DDH), in order to establish a much simpler treatment for the child.</t>
+  </si>
+  <si>
+    <t>10/16/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/08/2013 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1680275/en/developmental-dysplasia-of-the-hip-screening</t>
+  </si>
+  <si>
+    <t>c_1680275</t>
+  </si>
+  <si>
+    <t>Screening for hepatitis C</t>
+  </si>
+  <si>
+    <t>These guidelines were established by an expert commitee. They cover who should be screened for hepatitis C and how screening should be carried out.</t>
+  </si>
+  <si>
+    <t>01/18/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2001 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271987/en/screening-for-hepatitis-c</t>
+  </si>
+  <si>
+    <t>c_271987</t>
+  </si>
+  <si>
+    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
+  </si>
+  <si>
+    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
+  </si>
+  <si>
+    <t>12/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
+  </si>
+  <si>
+    <t>c_271996</t>
+  </si>
+  <si>
+    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
+  </si>
+  <si>
+    <t>These guidelines propose recommendations to the following questions: 1. When should pregnant women be tested for cervicovaginal infection? 2. What samples to be taken from a pregnant woman to detect cervicovaginal bacterial infection? What to do in the event of cervicovaginal bacterial infection during a normal or problem pregnancy? 3. Is there any benefit in routinely screening for group B streptococcus carriers during pregnancy and labour? If so, what method should be used, when and how? 4. What intrapartum antibiotic prophylaxis to be prescribed to prevent neonatal infection caused by group B streptococcus? 5. What tests should be carried out in the event of PROM? 6. What procedure in the vent of infection during PROM?</t>
+  </si>
+  <si>
+    <t>09/01/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+  </si>
+  <si>
+    <t>c_272118</t>
+  </si>
+  <si>
+    <t>Early vision screening in children to prevent amblyopia</t>
+  </si>
+  <si>
+    <t>These guidelines concern vision screening in children under the age of 6. The topics are: 1. Justification for vision screening 2. Populations to be screened 3. Identifying vision disorders in the general population of children aged under 6 years</t>
+  </si>
+  <si>
+    <t>10/08/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2004 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272178/en/early-vision-screening-in-children-to-prevent-amblyopia</t>
+  </si>
+  <si>
+    <t>c_272178</t>
+  </si>
+  <si>
+    <t>Vaccination against the hepatitis B virus</t>
+  </si>
+  <si>
+    <t>The jury tackled questions by focusing on key areas :# - analysis of epidemiological data and of changes resulting from vaccination, # - vaccine efficacy, # - assessment of side effects and benefit/risk ratios.# It proposed areas in which action might be taken, using as a basis the written evidence submitted by the experts and the data presented and analysed.</t>
+  </si>
+  <si>
+    <t>10/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272257/en/vaccination-against-the-hepatitis-b-virus</t>
+  </si>
+  <si>
+    <t>c_272257</t>
+  </si>
+  <si>
+    <t>Press release</t>
+  </si>
+  <si>
+    <t>COVID-19: the HAS defines criteria to assess the reliability of serological tests</t>
+  </si>
+  <si>
+    <t>In testing for antibody presence to detect a body’s immune response to infection, serological testing could play a critical role in the fight against COVID-19. These tests are currently being developed in an urgent context marked by a continuous progression of knowledge gained on COVID-19. The HAS, thus elaborated the quality and requirement criteria these serological tests must meet for use. This initial work is a prerequisite to developing COVID-19 testing strategy recommendations.</t>
+  </si>
+  <si>
+    <t>04/16/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179988/en/covid-19-the-has-defines-criteria-to-assess-the-reliability-of-serological-tests</t>
+  </si>
+  <si>
+    <t>p_3179988</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3573729</t>
+  </si>
+  <si>
+    <t>Screening for dihydropyrimidine dehydrogenase deficiency to decrease the risk of severe toxicities related to fluoropyrimidines (5-fluorouracil or capecitabine) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Each year in France, almost 80,000 new patients receive fluoropyrimidines, a group of anticancer drugs including 5-Fluorouracil [5-FU] and its prodrug capecitabine (Xeloda®), used to treat various types of cancer (mainly digestive, breast and head and neck cancer). Fluoropyrimidines-based chemotherapies , can cause severe toxicities (incidence at around 20%), and rarely but sometimes lethal toxicity (incidence between 0.1 and 1%). Part of these toxicities may be related to deficiency in the activity of the main enzyme enabling elimination of 5-FU, called dihydropyrimidine dehydrogenase (DPD). This deficiency can be partial (around 3 to 8% of individuals) or complete (between 0.01 and 0.5% of individuals). Therefore, the summary of product characteristics of fluoropyrimidines includes a contraindication to treatment in patients with complete DPD loss, and the recommendation for dose adjustment and careful monitoring in partially deficient patients. Beginning 2018, the French agency in charge of medicinal product safety ruled in favour of routine screening for DPD deficiency before treatment with fluoropyrimidine. In the absence of a previously established consensus as to the methods of implementation of the screening (detection of variants of the DPYD gene coding for DPD and/or determination of the activity of the DPD enzyme), the Institut National du Cancer (INCa) [French National Cancer Institute] was approached by the Ministry of Health to draw up recommendations for the said methods. Also, in order to enable reimbursement of the test selected to screen for DPD deficiency for all patients by the French health insurance system, regardless of the laboratory carrying out the test (public or private), its registration on the list of reimbursable medical biology procedures is necessary. This registration decision has to be made by the national health insurance fund, but a prior opinion from the Haute Autorité de Santé (HAS) [French National Authority for Health] is required. For this reason, the HAS decided to refer the matter to itself and to work jointly with the INCa to be able to return an opinion without delay</t>
+  </si>
+  <si>
+    <t>09/21/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2891090</t>
+  </si>
+  <si>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3186760</t>
+  </si>
+  <si>
+    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
+  </si>
+  <si>
+    <t>The only diagnostic test currently recommended for early diagnosis of COVID-19 is the RT-PCR molecular test used to detect the SARS-CoV-2 coronavirus genome Serological tests are not recommended in the context of early diagnosis of COVID-19 infec-tion during the first week following the onset of symptoms Serological tests are unable to determine how contagious an individual is Serological tests are only able to determine whether an individual has produced antibodies in response to SARS-CoV-2 virus infection Antibody production kinetics against the virus remain poorly characterised to date primarily in asymptomatic subjects. The potential period of protection is also poorly elucidated It is critically important to be able to validate serological tests based on their initial analytical and clinical performances as of now, prior to their purchase and use in routine practice For this reason, the HAS has provided these specifications setting out the quality and require-ment level criteria for all serological tests detecting specific antibodies targeted against SARS-CoV-2 with a view to facilitating their development and assessment The minimum threshold values estimated by the HAS are 98% for clinical specificity, and 90% or 95% according to test use for clinical sensitivity The HAS recommends obtaining the findings of the performance assessments conducted based on the information contained in these specifications prior to any purchase and use of serological tests The strategy of use of these tests will be specified in a future review</t>
+  </si>
+  <si>
+    <t>10/08/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/19/2020 21:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213483/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+  </si>
+  <si>
+    <t>p_3213483</t>
+  </si>
+  <si>
+    <t>05/14/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/16/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+  </si>
+  <si>
+    <t>p_3179992</t>
+  </si>
+  <si>
+    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysisThe objective of this work is to specify the usefulness, the indications and methods of tissue or cell sample preparation, qualification and selection in anatomical pathology, in view of cancers somatic genetic analysis</t>
+  </si>
+  <si>
+    <t>12/18/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/27/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3080503</t>
+  </si>
+  <si>
+    <t>Assessment of chiropodist-podiatrist consultations for preventing foot lesions in diabetic patients with a grade 1 podiatric risk - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this assessment is to update an initial review conducted by HAS in 2007, with a view to an indication extension of chiropody-podiatry prevention consultations for diabetic subjects presenting with a grade 1 podiatric risk (isolated sensitive neuropathy). These consultations are not currently covered by French National Health Insurance; as such, the purpose of this report is to: • assess the impact of chiropodist-podiatrist prevention consultations on the morbidity of diabetic subjects with a grade 1 foot ulceration risk; • define the content, frequency and duration of chiropodist-podiatrist prevention consultations for diabetic subjects with grade 1 foot ulceration risk</t>
+  </si>
+  <si>
+    <t>12/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/20/2018 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860579/en/assessment-of-chiropodist-podiatrist-consultations-for-preventing-foot-lesions-in-diabetic-patients-with-a-grade-1-podiatric-risk-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2860579</t>
+  </si>
+  <si>
+    <t>Vaccine recommendation</t>
+  </si>
+  <si>
+    <t>Human papillomavirus vaccination: extension of the catch-up vaccination cohort to men and women up to and including 26 years of age</t>
+  </si>
+  <si>
+    <t>The HAS recommends extending HPV catch-up vaccination using the Gardasil 9 vaccine to all young adults up to and including 26 years of age, while highlighting that the priority remains vaccination of adolescents aged 11 to 14 years.</t>
+  </si>
+  <si>
+    <t>04/30/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/13/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/en/human-papillomavirus-vaccination-extension-of-the-catch-up-vaccination-cohort-to-men-and-women-up-to-and-including-26-years-of-age</t>
   </si>
   <si>
     <t>p_3605114</t>
   </si>
   <si>
-    <t>Vaccination contre la grippe saisonnière des personnes de 65 ans et plus. Place des vaccins Efluelda et Fluad</t>
-[...56 lines deleted...]
-    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
+    <t>RSV infection vaccination recommendation for pregnant women</t>
+  </si>
+  <si>
+    <t>The HAS has assessed the relevance of incorporating vaccination of pregnant women with the Abrysvo vaccine in the RSV infection prevention strategy for infants. The HAS recommends RSV vaccination for pregnant women in order to reduce the burden associated with RSV infections in infants. It deems that the Abrysvo vaccine can be used within the scope of this vaccination strategy.</t>
   </si>
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
-    <t>13/06/2024 10:35:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
+    <t>06/13/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
-    <t>Stratégie vaccinale de prévention des infections par le VRS chez l’adulte âgé de 60 ans et plus</t>
-[...5243 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ULTRAVIST (iopromide)</t>
   </si>
   <si>
-    <t>09/10/2024 08:51:04</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983252/fr/ultravist-iopromide</t>
+    <t>10/09/2024 08:51:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983252/en/ultravist-iopromide</t>
   </si>
   <si>
     <t>pprd_2983252</t>
   </si>
   <si>
     <t>iopromide</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_401009/fr/ultravist-iopromide</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2755476/fr/discotrine-trinitrine</t>
+    <t>https://www.has-sante.fr/jcms/c_401009/en/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621585/en/ultravist-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724467/en/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756194/en/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854448/en/ultravist-gamme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189749/en/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500938/en/ultravist-iopromide-produit-de-contraste-iode</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546280/en/ultravist-iopromide</t>
   </si>
   <si>
     <t>OPTAFLU (Antigènes de surface du virus de la grippe, inactivés, des souches sui...)</t>
   </si>
   <si>
-    <t>27/01/2014 18:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984842/fr/optaflu-antigenes-de-surface-du-virus-de-la-grippe-inactives-des-souches-sui</t>
+    <t>01/27/2014 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984842/en/optaflu-antigenes-de-surface-du-virus-de-la-grippe-inactives-des-souches-sui</t>
   </si>
   <si>
     <t>pprd_2984842</t>
   </si>
   <si>
     <t>Antigènes de surface du virus de la grippe, inactivés, des souches suivantes :</t>
   </si>
   <si>
     <t>NOVARTIS VACCINES AND DIAGNOSTICS S.A.S</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1719404/fr/optaflu-antigenes-de-surface-du-virus-de-la-grippe-inactives-des-souches-sui</t>
-[...545 lines deleted...]
-    <t>r_1496949</t>
+    <t>https://www.has-sante.fr/jcms/c_1719404/en/optaflu-antigenes-de-surface-du-virus-de-la-grippe-inactives-des-souches-sui</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554442/en/optaflu</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>15</v>
-      </c>
-[...16 lines deleted...]
-        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H17"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>19</v>
+      </c>
+      <c r="E2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>21</v>
+      </c>
+      <c r="H2" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>23</v>
+      </c>
+      <c r="C3" t="s">
+        <v>24</v>
+      </c>
+      <c r="D3" t="s">
+        <v>25</v>
+      </c>
+      <c r="E3" t="s">
+        <v>26</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>29</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>30</v>
+      </c>
+      <c r="E4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>34</v>
+      </c>
+      <c r="C5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E5" t="s">
+        <v>37</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>38</v>
+      </c>
+      <c r="H5" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>40</v>
+      </c>
+      <c r="C6" t="s">
+        <v>41</v>
+      </c>
+      <c r="D6" t="s">
+        <v>42</v>
+      </c>
+      <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>46</v>
+      </c>
+      <c r="C7" t="s">
+        <v>47</v>
+      </c>
+      <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>54</v>
+      </c>
+      <c r="E8" t="s">
+        <v>55</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>56</v>
+      </c>
+      <c r="H8" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
+        <v>59</v>
+      </c>
+      <c r="D9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>65</v>
+      </c>
+      <c r="D10" t="s">
+        <v>66</v>
+      </c>
+      <c r="E10" t="s">
+        <v>67</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>68</v>
+      </c>
+      <c r="H10" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>70</v>
+      </c>
+      <c r="C11" t="s">
+        <v>65</v>
+      </c>
+      <c r="D11" t="s">
+        <v>71</v>
+      </c>
+      <c r="E11" t="s">
+        <v>67</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>72</v>
+      </c>
+      <c r="H11" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>74</v>
+      </c>
+      <c r="C12" t="s">
+        <v>75</v>
+      </c>
+      <c r="D12" t="s">
+        <v>76</v>
+      </c>
+      <c r="E12" t="s">
+        <v>77</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>78</v>
+      </c>
+      <c r="H12" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>80</v>
+      </c>
+      <c r="C13" t="s">
+        <v>81</v>
+      </c>
+      <c r="D13" t="s">
+        <v>82</v>
+      </c>
+      <c r="E13" t="s">
+        <v>83</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>84</v>
+      </c>
+      <c r="H13" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>86</v>
+      </c>
+      <c r="C14" t="s">
+        <v>65</v>
+      </c>
+      <c r="D14" t="s">
+        <v>87</v>
+      </c>
+      <c r="E14" t="s">
+        <v>88</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>89</v>
+      </c>
+      <c r="H14" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>91</v>
+      </c>
+      <c r="C15" t="s">
+        <v>65</v>
+      </c>
+      <c r="D15" t="s">
+        <v>92</v>
+      </c>
+      <c r="E15" t="s">
+        <v>93</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>94</v>
+      </c>
+      <c r="H15" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>96</v>
+      </c>
+      <c r="C16" t="s">
+        <v>65</v>
+      </c>
+      <c r="D16" t="s">
+        <v>97</v>
+      </c>
+      <c r="E16" t="s">
+        <v>97</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>98</v>
+      </c>
+      <c r="H16" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>100</v>
+      </c>
+      <c r="C17" t="s">
+        <v>65</v>
+      </c>
+      <c r="D17" t="s">
+        <v>101</v>
+      </c>
+      <c r="E17" t="s">
+        <v>102</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>103</v>
+      </c>
+      <c r="H17" t="s">
+        <v>104</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H12"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>105</v>
+      </c>
+      <c r="B2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D2" t="s">
+        <v>108</v>
+      </c>
+      <c r="E2" t="s">
+        <v>109</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>110</v>
+      </c>
+      <c r="H2" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>105</v>
+      </c>
+      <c r="B3" t="s">
+        <v>112</v>
+      </c>
+      <c r="C3" t="s">
+        <v>113</v>
+      </c>
+      <c r="D3" t="s">
+        <v>114</v>
+      </c>
+      <c r="E3" t="s">
+        <v>115</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>116</v>
+      </c>
+      <c r="H3" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>105</v>
+      </c>
+      <c r="B4" t="s">
+        <v>118</v>
+      </c>
+      <c r="C4" t="s">
+        <v>119</v>
+      </c>
+      <c r="D4" t="s">
+        <v>120</v>
+      </c>
+      <c r="E4" t="s">
+        <v>121</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>122</v>
+      </c>
+      <c r="H4" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>105</v>
+      </c>
+      <c r="B5" t="s">
+        <v>124</v>
+      </c>
+      <c r="C5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D5" t="s">
+        <v>126</v>
+      </c>
+      <c r="E5" t="s">
+        <v>127</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>128</v>
+      </c>
+      <c r="H5" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>105</v>
+      </c>
+      <c r="B6" t="s">
+        <v>130</v>
+      </c>
+      <c r="C6" t="s">
+        <v>131</v>
+      </c>
+      <c r="D6" t="s">
+        <v>132</v>
+      </c>
+      <c r="E6" t="s">
+        <v>133</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>134</v>
+      </c>
+      <c r="H6" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>105</v>
+      </c>
+      <c r="B7" t="s">
+        <v>136</v>
+      </c>
+      <c r="C7" t="s">
+        <v>137</v>
+      </c>
+      <c r="D7" t="s">
+        <v>138</v>
+      </c>
+      <c r="E7" t="s">
+        <v>139</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>140</v>
+      </c>
+      <c r="H7" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>105</v>
+      </c>
+      <c r="B8" t="s">
+        <v>142</v>
+      </c>
+      <c r="C8" t="s">
+        <v>143</v>
+      </c>
+      <c r="D8" t="s">
+        <v>144</v>
+      </c>
+      <c r="E8" t="s">
+        <v>145</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>146</v>
+      </c>
+      <c r="H8" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>105</v>
+      </c>
+      <c r="B9" t="s">
+        <v>148</v>
+      </c>
+      <c r="C9" t="s">
+        <v>149</v>
+      </c>
+      <c r="D9" t="s">
+        <v>150</v>
+      </c>
+      <c r="E9" t="s">
+        <v>151</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>152</v>
+      </c>
+      <c r="H9" t="s">
+        <v>153</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>105</v>
+      </c>
+      <c r="B10" t="s">
+        <v>154</v>
+      </c>
+      <c r="C10" t="s">
+        <v>155</v>
+      </c>
+      <c r="D10" t="s">
+        <v>156</v>
+      </c>
+      <c r="E10" t="s">
+        <v>156</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>157</v>
+      </c>
+      <c r="H10" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>105</v>
+      </c>
+      <c r="B11" t="s">
+        <v>159</v>
+      </c>
+      <c r="C11" t="s">
+        <v>160</v>
+      </c>
+      <c r="D11" t="s">
+        <v>161</v>
+      </c>
+      <c r="E11" t="s">
+        <v>162</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>163</v>
+      </c>
+      <c r="H11" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>105</v>
+      </c>
+      <c r="B12" t="s">
+        <v>165</v>
+      </c>
+      <c r="C12" t="s">
+        <v>166</v>
+      </c>
+      <c r="D12" t="s">
+        <v>167</v>
+      </c>
+      <c r="E12" t="s">
+        <v>168</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>169</v>
+      </c>
+      <c r="H12" t="s">
+        <v>170</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>171</v>
+      </c>
+      <c r="B2" t="s">
+        <v>172</v>
+      </c>
+      <c r="C2" t="s">
+        <v>173</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>174</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>175</v>
+      </c>
+      <c r="H2" t="s">
+        <v>176</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1043</v>
+        <v>177</v>
       </c>
       <c r="B2" t="s">
-        <v>1044</v>
+        <v>178</v>
       </c>
       <c r="C2" t="s">
-        <v>1045</v>
+        <v>179</v>
       </c>
       <c r="D2" t="s">
-        <v>1046</v>
+        <v>180</v>
       </c>
       <c r="E2" t="s">
-        <v>1047</v>
+        <v>181</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1048</v>
+        <v>182</v>
       </c>
       <c r="H2" t="s">
-        <v>1049</v>
+        <v>183</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1043</v>
+        <v>177</v>
       </c>
       <c r="B3" t="s">
-        <v>1050</v>
+        <v>184</v>
       </c>
       <c r="C3" t="s">
-        <v>1051</v>
+        <v>185</v>
       </c>
       <c r="D3" t="s">
-        <v>1052</v>
+        <v>186</v>
       </c>
       <c r="E3" t="s">
-        <v>1053</v>
+        <v>187</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1054</v>
+        <v>188</v>
       </c>
       <c r="H3" t="s">
-        <v>1055</v>
+        <v>189</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1043</v>
+        <v>177</v>
       </c>
       <c r="B4" t="s">
-        <v>1056</v>
+        <v>190</v>
       </c>
       <c r="C4" t="s">
-        <v>1057</v>
+        <v>191</v>
       </c>
       <c r="D4" t="s">
-        <v>1058</v>
+        <v>192</v>
       </c>
       <c r="E4" t="s">
-        <v>1059</v>
+        <v>193</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1060</v>
+        <v>194</v>
       </c>
       <c r="H4" t="s">
-        <v>1061</v>
+        <v>195</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1043</v>
+        <v>177</v>
       </c>
       <c r="B5" t="s">
-        <v>1062</v>
+        <v>196</v>
       </c>
       <c r="C5" t="s">
-        <v>1063</v>
+        <v>197</v>
       </c>
       <c r="D5" t="s">
-        <v>1064</v>
+        <v>198</v>
       </c>
       <c r="E5" t="s">
-        <v>1065</v>
+        <v>199</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1066</v>
+        <v>200</v>
       </c>
       <c r="H5" t="s">
-        <v>1067</v>
+        <v>201</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1043</v>
+        <v>177</v>
       </c>
       <c r="B6" t="s">
-        <v>1068</v>
+        <v>196</v>
       </c>
       <c r="C6" t="s">
-        <v>1069</v>
+        <v>197</v>
       </c>
       <c r="D6" t="s">
-        <v>1070</v>
+        <v>202</v>
       </c>
       <c r="E6" t="s">
-        <v>1071</v>
+        <v>203</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1072</v>
+        <v>204</v>
       </c>
       <c r="H6" t="s">
-        <v>1073</v>
+        <v>205</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1043</v>
+        <v>177</v>
       </c>
       <c r="B7" t="s">
-        <v>1074</v>
+        <v>206</v>
       </c>
       <c r="C7" t="s">
-        <v>1075</v>
+        <v>207</v>
       </c>
       <c r="D7" t="s">
-        <v>1076</v>
+        <v>208</v>
       </c>
       <c r="E7" t="s">
-        <v>1077</v>
+        <v>209</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1078</v>
+        <v>210</v>
       </c>
       <c r="H7" t="s">
-        <v>1079</v>
+        <v>211</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1043</v>
+        <v>177</v>
       </c>
       <c r="B8" t="s">
-        <v>1080</v>
+        <v>212</v>
       </c>
       <c r="C8" t="s">
-        <v>1081</v>
+        <v>213</v>
       </c>
       <c r="D8" t="s">
-        <v>1082</v>
+        <v>214</v>
       </c>
       <c r="E8" t="s">
-        <v>1083</v>
+        <v>215</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1084</v>
+        <v>216</v>
       </c>
       <c r="H8" t="s">
-        <v>1085</v>
+        <v>217</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H105"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1086</v>
+        <v>218</v>
       </c>
       <c r="B2" t="s">
-        <v>1087</v>
+        <v>219</v>
       </c>
       <c r="C2" t="s">
-        <v>1088</v>
+        <v>220</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>221</v>
       </c>
       <c r="E2" t="s">
-        <v>281</v>
+        <v>222</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1089</v>
+        <v>223</v>
       </c>
       <c r="H2" t="s">
-        <v>1090</v>
+        <v>224</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1086</v>
+        <v>218</v>
       </c>
       <c r="B3" t="s">
-        <v>1091</v>
+        <v>225</v>
       </c>
       <c r="C3" t="s">
-        <v>1092</v>
+        <v>226</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>227</v>
       </c>
       <c r="E3" t="s">
-        <v>110</v>
+        <v>228</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1093</v>
+        <v>229</v>
       </c>
       <c r="H3" t="s">
-        <v>1094</v>
-[...2651 lines deleted...]
-        <v>1572</v>
+        <v>230</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:R3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>231</v>
+      </c>
+      <c r="J1" t="s">
+        <v>232</v>
+      </c>
+      <c r="K1" t="s">
+        <v>233</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1573</v>
+        <v>234</v>
       </c>
       <c r="B2" t="s">
-        <v>1574</v>
+        <v>235</v>
       </c>
       <c r="C2" t="s">
-        <v>1575</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>1576</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1577</v>
+        <v>236</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1578</v>
+        <v>237</v>
       </c>
       <c r="H2" t="s">
-        <v>1579</v>
+        <v>238</v>
+      </c>
+      <c r="I2" t="s">
+        <v>239</v>
+      </c>
+      <c r="J2" t="s">
+        <v>240</v>
+      </c>
+      <c r="K2" t="s">
+        <v>241</v>
+      </c>
+      <c r="L2" t="s">
+        <v>242</v>
+      </c>
+      <c r="M2" t="s">
+        <v>243</v>
+      </c>
+      <c r="N2" t="s">
+        <v>244</v>
+      </c>
+      <c r="O2" t="s">
+        <v>245</v>
+      </c>
+      <c r="P2" t="s">
+        <v>246</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>247</v>
+      </c>
+      <c r="R2" t="s">
+        <v>248</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1573</v>
+        <v>234</v>
       </c>
       <c r="B3" t="s">
-        <v>1580</v>
+        <v>249</v>
       </c>
       <c r="C3" t="s">
-        <v>1581</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>1582</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1583</v>
+        <v>250</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1584</v>
+        <v>251</v>
       </c>
       <c r="H3" t="s">
-        <v>1585</v>
-[...1574 lines deleted...]
-        <v>1903</v>
+        <v>252</v>
       </c>
       <c r="I3" t="s">
-        <v>1904</v>
+        <v>253</v>
       </c>
       <c r="J3" t="s">
-        <v>1905</v>
+        <v>254</v>
       </c>
       <c r="K3" t="s">
-        <v>1906</v>
+        <v>255</v>
       </c>
       <c r="L3" t="s">
-        <v>1907</v>
-[...43 lines deleted...]
-        <v>1917</v>
+        <v>256</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...6045 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>