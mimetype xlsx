--- v1 (2025-12-05)
+++ v2 (2026-01-19)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
     <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
     <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
     <sheet name="Export Press release" r:id="rId6" sheetId="4"/>
     <sheet name="Export Health technology assess" r:id="rId7" sheetId="5"/>
     <sheet name="Export Vaccine recommendation" r:id="rId8" sheetId="6"/>
     <sheet name="Export Drugs" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="258">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -83,84 +83,87 @@
   <si>
     <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
   </si>
   <si>
     <t>05/01/2004 00:00:00</t>
   </si>
   <si>
     <t>05/03/2004 17:16:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
     <t>Public Health guideline</t>
   </si>
   <si>
     <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
   </si>
   <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on cervical cancer screening for immunocompromised individuals (excluding those living with HIV) to address their higher risk compared to the general population. The recommendation targets immunocompromised individuals, and more specifically those with primary or congenital immunodeficiency, transplant recipients (solid organ or hematopoietic stem cell), those with systemic lupus erythematosus, and/or those undergoing immunosuppressive therapy. Annual screening by cytology is recommended from age 25 to 29, followed by screening every 3 years using high-risk HPV testing from age 30.</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
+    <t>Assessment of the national newborn screening programme for permanent hearing loss. Screening strategy and test performance</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on the assessment of the national newborn screening programme (DNN) for permanent hearing impairment. The primary aim of this evaluation is to establish a framework for enhancing this programme.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/23/2025 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+  </si>
+  <si>
+    <t>p_3458472</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
     <t>-</t>
-  </si>
-[...31 lines deleted...]
-    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
   </si>
   <si>
     <t>03/13/2025 00:00:00</t>
   </si>
   <si>
     <t>03/24/2025 11:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
     <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
   </si>
   <si>
     <t>The French National Authority for Health (HAS) assessed the relevance of detecting other chromosomal abnormalities by circulating foetal cell-free DNA (cfDNA) testing in maternal blood, performed in the context of screening for trisomy 21 (Down syndrome). The HAS recommends screening for trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 and 22 and noncryptic segmental abnormalities by cfDNA testing. The extension of the indications for cfDNA testing to women with an increased risk of aneuploidy (other than T21) is also recommended.</t>
   </si>
   <si>
     <t>09/26/2024 00:00:00</t>
   </si>
   <si>
     <t>10/02/2024 11:18:00</t>
   </si>
@@ -1006,1248 +1009,1248 @@
       </c>
       <c r="D3" t="s">
         <v>25</v>
       </c>
       <c r="E3" t="s">
         <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>27</v>
       </c>
       <c r="H3" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>16</v>
       </c>
       <c r="B4" t="s">
         <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>18</v>
+        <v>30</v>
       </c>
       <c r="D4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="E5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C6" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D6" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="E6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="H6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="E7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="H7" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C8" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D8" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="E8" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="H8" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C9" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D9" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="E9" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="H9" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D10" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D11" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="E11" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H11" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C12" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D12" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E12" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C13" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D13" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="E13" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H13" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C14" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D14" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="E14" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H14" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C15" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D15" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E15" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H15" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C16" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E16" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H16" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C17" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D17" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="E17" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H17" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B2" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="E2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B3" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C3" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="D3" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="E3" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="H3" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B4" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C4" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D4" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="E4" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H4" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E5" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H5" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B6" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C6" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D6" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E6" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H6" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B7" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C7" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D7" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E7" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H7" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B8" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C8" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D8" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E8" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H8" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B9" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C9" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D9" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="E9" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="H9" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B10" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C10" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="D10" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="E10" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H10" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B11" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C11" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D11" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E11" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H11" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="B12" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C12" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D12" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E12" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H12" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="B2" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="C2" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="H2" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B2" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C2" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D2" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="E2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="H2" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B3" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C3" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="D3" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="E3" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="H3" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B4" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C4" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D4" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="E4" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H4" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B5" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C5" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E5" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B6" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C6" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="D6" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E6" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H6" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B7" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C7" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D7" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E7" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="H7" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="B8" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="C8" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="D8" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="E8" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H8" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B3" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C3" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D3" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E3" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="H3" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="J1" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="K1" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="H2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="I2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="J2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="K2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="L2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="M2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="N2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="O2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="Q2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="R2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B3" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="H3" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="I3" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="J3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="K3" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="L3" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>