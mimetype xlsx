--- v2 (2026-01-19)
+++ v3 (2026-03-05)
@@ -1,2256 +1,17659 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Panorama" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Dossier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation en santé " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Guide usagers" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Communiqué de presse" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId15" sheetId="13"/>
+    <sheet name="Export Medicament" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Dossier'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="393" uniqueCount="258">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3345" uniqueCount="2151">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...2 lines deleted...]
-    <t>How to judge a proposal for a screening programme</t>
+    <t>Panorama</t>
+  </si>
+  <si>
+    <t>Autisme</t>
+  </si>
+  <si>
+    <t>Panorama des principales publications de la HAS sur l'autisme.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/02/2026 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286288/fr/autisme</t>
+  </si>
+  <si>
+    <t>p_3286288</t>
+  </si>
+  <si>
+    <t>Obésité</t>
+  </si>
+  <si>
+    <t>Panorama des principales publications de la HAS sur l'obésité.</t>
+  </si>
+  <si>
+    <t>28/02/2025 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322208/fr/obesite</t>
+  </si>
+  <si>
+    <t>p_3322208</t>
+  </si>
+  <si>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Déploiement de la bientraitance et gestion des signaux de maltraitance en institutions sanitaires, médico-sociales et sociales (repérage et analyse) - Note de cadrage</t>
+  </si>
+  <si>
+    <t>26/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2023 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431803/fr/deploiement-de-la-bientraitance-et-gestion-des-signaux-de-maltraitance-en-institutions-sanitaires-medico-sociales-et-sociales-reperage-et-analyse-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3431803</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : critères d’évaluation pour l’intégration de nouvelles maladies au programme national du dépistage à la naissance</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique vise à structurer la réflexion autour des critères et des modalités d’évaluation de maladies rares en vue de leur intégration ou non au programme de dépistage néonatal. Les critères et le processus décisionnel qui y sont recommandés ont été appréciés à une date donnée dans un environnement évolutif. ce guide est destiné principalement à l’utilisation des chefs de projets scientifiques de la HAS, dans le respect des normes déontologiques et des procédures de l’institution.</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2023 14:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421858/fr/depistage-neonatal-criteres-d-evaluation-pour-l-integration-de-nouvelles-maladies-au-programme-national-du-depistage-a-la-naissance</t>
+  </si>
+  <si>
+    <t>p_3421858</t>
+  </si>
+  <si>
+    <t>Démarche d’assurance qualité des pratiques professionnelles en matière de dépistage combiné de la trisomie 21</t>
+  </si>
+  <si>
+    <t>Mesures échographiques de la clarté nucale et de la longueur cranio-caudale + dosage des marqueurs sériques.</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2016 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634917/fr/demarche-d-assurance-qualite-des-pratiques-professionnelles-en-matiere-de-depistage-combine-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_2634917</t>
+  </si>
+  <si>
+    <t>Comment évaluer a priori un programme de dépistage ?</t>
   </si>
   <si>
     <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
   </si>
   <si>
-    <t>05/01/2004 00:00:00</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2004 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433375/fr/comment-evaluer-a-priori-un-programme-de-depistage</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>MANIX SENSITIVITY</t>
+  </si>
+  <si>
+    <t>10/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>16/10/2024 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540251/fr/manix-sensitivity</t>
+  </si>
+  <si>
+    <t>p_3540251</t>
+  </si>
+  <si>
+    <t>Préservatifs masculins lubrifiés sans latex</t>
+  </si>
+  <si>
+    <t>LifeStyles Europe SAS (France)</t>
+  </si>
+  <si>
+    <t>SO SEXY &amp; SMILE</t>
+  </si>
+  <si>
+    <t>19/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2023 08:38:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463638/fr/so-sexy-smile</t>
+  </si>
+  <si>
+    <t>p_3463638</t>
+  </si>
+  <si>
+    <t>Préservatifs féminins lubrifiés</t>
+  </si>
+  <si>
+    <t>TERPAN (France)</t>
+  </si>
+  <si>
+    <t>BE LOVED FREE</t>
+  </si>
+  <si>
+    <t>25/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>22/08/2023 08:43:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456148/fr/be-loved-free</t>
+  </si>
+  <si>
+    <t>p_3456148</t>
+  </si>
+  <si>
+    <t>ANTOINE HEALTH CARE LTD</t>
+  </si>
+  <si>
+    <t>ASSANIS</t>
+  </si>
+  <si>
+    <t>La commission d’évaluation des dispositifs médicaux de la HAS a donné un avis favorable au remboursement du masque chirurgical Assanis pour les personnes âgées de plus de 65 ans, les patients atteints de Covid-19 et les patients à risque de développer une forme grave d’infection au coronavirus. Ce masque n’apporte pas d’amélioration par rapport aux autres masques chirurgicaux de type II (ASA de niveau V).</t>
+  </si>
+  <si>
+    <t>30/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2020 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192399/fr/assanis</t>
+  </si>
+  <si>
+    <t>p_3192399</t>
+  </si>
+  <si>
+    <t>Masque chirurgical de type II</t>
+  </si>
+  <si>
+    <t>LABORATOIRES MAJORELLE</t>
+  </si>
+  <si>
+    <t>SPACEOAR</t>
+  </si>
+  <si>
+    <t>10/03/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/04/2020 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169447/fr/spaceoar</t>
+  </si>
+  <si>
+    <t>p_3169447</t>
+  </si>
+  <si>
+    <t>Espaceur résorbable</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Regardez en replay - Violences conjugales : en parler pour mieux les repérer</t>
+  </si>
+  <si>
+    <t>Regardez en replay le webinaire : « Violences conjugales : en parler pour mieux les repérer » organisé par la HAS en collaboration avec Le Quotidien du Médecin, ainsi que le support de présentation.</t>
+  </si>
+  <si>
+    <t>24/05/2023 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442369/fr/regardez-en-replay-violences-conjugales-en-parler-pour-mieux-les-reperer</t>
+  </si>
+  <si>
+    <t>p_3442369</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Regardez en replay - Faciliter la prescription d'activité physique chez l'adulte</t>
+  </si>
+  <si>
+    <t>Regarder en replay le webinaire "Faciliter la prescription d'activité physique chez l'adulte" du 6 décembre 2022</t>
+  </si>
+  <si>
+    <t>09/11/2022 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383473/fr/regardez-en-replay-faciliter-la-prescription-d-activite-physique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3383473</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la COVID-19 : révision de la place du vaccin NUVAXOVID</t>
+  </si>
+  <si>
+    <t>Le laboratoire NOVAVAX a saisi la HAS le 14 mai 2024 afin que cette dernière ré-évalue la place du vaccin NUVAXOVID dans la stratégie vaccinale contre la COVID-19. Depuis le 15 janvier 2025, le vaccin NUVAXOVID appartient au portefeuille du laboratoire SANOFI WINTHROP INDUSTRIE. Au terme de son évaluation, la HAS considère que le vaccin NUVAXOVID peut être utilisé dans le cadre de son AMM, au même titre que les vaccins à ARNm, dès lors qu’il présente le même niveau d’adaptation aux souches circulantes les plus récentes, en vaccination annuelle pour l’immunisation active afin de prévenir la COVID-19 causée par le virus SARS-CoV-2 chez les personnes âgées de 12 ans et plus, à risque de forme grave, quel que soit leur statut vaccinal</t>
+  </si>
+  <si>
+    <t>05/02/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2026 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3703269/fr/strategie-de-vaccination-contre-la-covid-19-revision-de-la-place-du-vaccin-nuvaxovid</t>
+  </si>
+  <si>
+    <t>p_3703269</t>
+  </si>
+  <si>
+    <t>Pandémie grippale : Révision de la stratégie vaccinale</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS afin d’élaborer par anticipation des recommandations sur la stratégie vaccinale pour répondre à une éventuelle adaptation du virus influenza aviaire à l’être humain et de réviser les recommandations du Haut Conseil pour la santé publique (HCSP) publiées en 2012-2013, relatives à la stratégie vaccinale dans le contexte du plan de lutte contre une pandémie grippale.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2025 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636256/fr/pandemie-grippale-revision-de-la-strategie-vaccinale</t>
+  </si>
+  <si>
+    <t>p_3636256</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
+  </si>
+  <si>
+    <t>07/07/2025 18:09:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3634637</t>
+  </si>
+  <si>
+    <t>Vaccination contre les papillomavirus : élargissement de la cohorte de rattrapage vaccinal chez les hommes et les femmes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>La HAS recommande l’élargissement du rattrapage vaccinal contre les virus HPV par le vaccin Gardasil 9 à tous les jeunes adultes jusqu’à 26 ans révolus, tout en rappelant que la priorité demeure la vaccination des adolescents âgés de 11 à 14 ans.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 14:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605114/fr/vaccination-contre-les-papillomavirus-elargissement-de-la-cohorte-de-rattrapage-vaccinal-chez-les-hommes-et-les-femmes-jusqu-a-26-ans-revolus</t>
+  </si>
+  <si>
+    <t>p_3605114</t>
+  </si>
+  <si>
+    <t>Vaccination contre la grippe saisonnière des personnes de 65 ans et plus. Place des vaccins Efluelda et Fluad</t>
+  </si>
+  <si>
+    <t>La HAS émet une recommandation d’utilisation préférentielle des vaccins Efluelda et Fluad chez les personnes de 65 ans et plus par rapport aux vaccins à dose standard disponibles dans cette population, dans le cadre de la stratégie vaccinale française vis-à-vis de la grippe saisonnière. La HAS positionne de manière équivalente les vaccins adjuvantés et hautement dosés.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3604446/fr/vaccination-contre-la-grippe-saisonniere-des-personnes-de-65-ans-et-plus-place-des-vaccins-efluelda-et-fluad</t>
+  </si>
+  <si>
+    <t>p_3604446</t>
+  </si>
+  <si>
+    <t>Épidémie de chikungunya : utilisation du vaccin IXCHIQ à La Réunion et à Mayotte</t>
+  </si>
+  <si>
+    <t>La Réunion est en situation épidémique de chikungunya depuis le début de l’année. La HAS a émis un avis en février 2025 sur la stratégie vaccinale avec le vaccin IXCHIQ. En avril 2025, elle a réévalué sa position en raison de nouveaux cas d'effets indésirables graves. Elle recommande de suspendre la vaccination chez les sujets de 65 ans et plus. Pour les autres groupes de population, les recommandations de février 2025 sont inchangées.</t>
+  </si>
+  <si>
+    <t>25/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593981/fr/epidemie-de-chikungunya-utilisation-du-vaccin-ixchiq-a-la-reunion-et-a-mayotte</t>
+  </si>
+  <si>
+    <t>p_3593981</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à méningocoques</t>
+  </si>
+  <si>
+    <t>La HAS révise la stratégie de vaccination contre les méningocoques, en particulier, les recommandations concernant le rattrapage de la vaccination contre les méningocoques B et ACWY chez les enfants et de réévaluer les recommandations vaccinales autour d’un ou plusieurs cas d’IIM.</t>
+  </si>
+  <si>
+    <t>13/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/03/2025 14:00:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3597524/fr/strategie-de-vaccination-contre-les-infections-invasives-a-meningocoques</t>
+  </si>
+  <si>
+    <t>p_3597524</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre les infections à VRS chez les femmes enceintes</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’intégrer la vaccination des femmes enceintes par le vaccin Abrysvo dans la stratégie de prévention des infections par le VRS chez les nourrissons. La HAS recommande la vaccination des femmes enceintes contre le VRS afin de réduire le fardeau lié aux infections à VRS chez les nourrissons. Elle considère que le vaccin Abrysvo peut être utilisé dans le cadre de cette stratégie vaccinale.</t>
+  </si>
+  <si>
+    <t>06/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2024 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505344/fr/recommandation-vaccinale-contre-les-infections-a-vrs-chez-les-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>p_3505344</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale de prévention des infections par le VRS chez l’adulte âgé de 60 ans et plus</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination saisonnière des sujets âgés de 75 ans et plus et chez les sujets âgés de 65 ans et plus présentant des pathologies respiratoires chroniques (particulièrement BPCO) ou cardiaques (particulièrement insuffisance cardiaque) susceptibles de décompenser lors d'une infection à VRS. Les vaccins Arexvy et Abrysvo peuvent être utilisés dans le cadre de cette recommandation.</t>
+  </si>
+  <si>
+    <t>27/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2024 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460918/fr/strategie-vaccinale-de-prevention-des-infections-par-le-vrs-chez-l-adulte-age-de-60-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3460918</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre les infections invasives à méningocoques - Évaluation de l’interchangeabilité des vaccins méningococciques tétravalents pour l'administration de la dose de rappel à l'âge de 12 mois</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’interchangeabilité des vaccins méningococciques tétravalents pour l'administration de la dose de rappel à l'âge de 12 mois. Au terme de son évaluation, la HAS recommande que le vaccin Menquadfi puisse être utilisé, au même titre que le vaccin Nimenrix, pour l'administration de la dose de rappel à l'âge de 12 mois chez les nourrissons primovaccinés avec le vaccin Nimenrix avant 12 mois.</t>
+  </si>
+  <si>
+    <t>01/07/2024 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528695/fr/strategie-de-vaccination-contre-les-infections-invasives-a-meningocoques-evaluation-de-l-interchangeabilite-des-vaccins-meningococciques-tetravalents-pour-l-administration-de-la-dose-de-rappel-a-l-age-de-12-mois</t>
+  </si>
+  <si>
+    <t>p_3528695</t>
+  </si>
+  <si>
+    <t>Utilisation du vaccin antityphoïdique VIVOTIF® chez les adultes et les enfants âgés de 5 ans et plus</t>
+  </si>
+  <si>
+    <t>VIVOTIF® est un vaccin antityphoïdique vivant atténué qui se présente sous forme de gélules gastro-résistantes. La HAS a pris en compte les données d’efficacité, d’immunogénicité et de tolérance disponibles et considère que VIVOTIF® peut être utilisé selon son AMM, à partir de l’âge de 5 ans, et dans le cadre de la stratégie vaccinale française vis-à-vis de la fièvre typhoïde ciblant spécifiquement les voyageurs exposés au risque.</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160429/fr/utilisation-du-vaccin-antityphoidique-vivotif-chez-les-adultes-et-les-enfants-ages-de-5-ans-et-plus</t>
+  </si>
+  <si>
+    <t>p_3160429</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Consultation et prescription médicale d’activité physique à des fins de santé</t>
+  </si>
+  <si>
+    <t>Les guides de consultation et prescription médicale d’activité physique chez les adultes et les enfants et leurs fiches et focus d’aide à la prescription par pathologie ou par état de santé sont des outils à disposition des médecins généralistes et spécialistes pour les guider dans la prescription d’activité physique et d'activité physique adaptée à des fins de santé.</t>
+  </si>
+  <si>
+    <t>19/11/2025 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876862/fr/consultation-et-prescription-medicale-d-activite-physique-a-des-fins-de-sante</t>
+  </si>
+  <si>
+    <t>c_2876862</t>
+  </si>
+  <si>
+    <t>Évaluation du risque de maltraitance intrafamiliale sur personnes majeures en situation de vulnérabilité</t>
+  </si>
+  <si>
+    <t>25/10/2024 12:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552118/fr/evaluation-du-risque-de-maltraitance-intrafamiliale-sur-personnes-majeures-en-situation-de-vulnerabilite</t>
+  </si>
+  <si>
+    <t>p_3552118</t>
+  </si>
+  <si>
+    <t>Informations de la santé scolaire susceptibles d'être intégrées au DMP - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La note de cadrage traite : de la recommandation HAS, en précisant notamment son périmètre et la méthode de travail qui sera mise en œuvre ; de l’avis de la HAS sur le projet de décret qui suivra ; du suivi de la mise en place effective des travaux.</t>
+  </si>
+  <si>
+    <t>11/03/2025 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3595299/fr/informations-de-la-sante-scolaire-susceptibles-d-etre-integrees-au-dmp-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3595299</t>
+  </si>
+  <si>
+    <t>Accompagner dès le premier recours pour diminuer le risque alcool des femmes</t>
+  </si>
+  <si>
+    <t>26/02/2025 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592850/fr/accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3592850</t>
+  </si>
+  <si>
+    <t>Entretien motivationnel</t>
+  </si>
+  <si>
+    <t>Cette fiche traite de l’entretien motivationnel dans une relation de soin en face à face. La mise en œuvre nécessite une formation du professionnel.</t>
+  </si>
+  <si>
+    <t>20/03/2024 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501842/fr/entretien-motivationnel</t>
+  </si>
+  <si>
+    <t>p_3501842</t>
+  </si>
+  <si>
+    <t>Intervention motivationnelle brève</t>
+  </si>
+  <si>
+    <t>Cette fiche traite de l’intervention motivationnelle brève dans une relation de soin en face à face.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501843/fr/intervention-motivationnelle-breve</t>
+  </si>
+  <si>
+    <t>p_3501843</t>
+  </si>
+  <si>
+    <t>Agir en premier recours pour diminuer le risque alcool – Repérer tous les usages et accompagner chaque personne</t>
+  </si>
+  <si>
+    <t>L’alcool est un sujet de santé pour tous. Le professionnel de premier recours est un acteur privilégié pour toucher l’ensemble de la population et accompagner chaque personne au plus près de sa réalité de vie et de ses usages d’alcool. La HAS a élaboré plusieurs documents pour aider les professionnels et tous les acteurs qui contribuent à la santé à agir dès le premier recours via une repérage systématique, précoce et régulier de tous les usages et un accompagnement de chaque personne quelle que soit sa situation en s’appuyant sur un réseau de partenaires.</t>
+  </si>
+  <si>
+    <t>26/10/2023 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3326877/fr/agir-en-premier-recours-pour-diminuer-le-risque-alcool-reperer-tous-les-usages-et-accompagner-chaque-personne</t>
+  </si>
+  <si>
+    <t>p_3326877</t>
+  </si>
+  <si>
+    <t>Catégories d’informations susceptibles d’être intégrées dans le volet santé au travail du dossier médical partagé</t>
+  </si>
+  <si>
+    <t>L’enjeu principal de cette recommandation est d’améliorer le partage des données pertinentes relatives à la santé au travail entre les professionnels de santé. Cela afin de favoriser la continuité du suivi médical prenant en compte la globalité de la santé du patient et afin de renforcer la prévention en santé au travail.</t>
+  </si>
+  <si>
+    <t>22/03/2023 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382712/fr/categories-d-informations-susceptibles-d-etre-integrees-dans-le-volet-sante-au-travail-du-dossier-medical-partage</t>
+  </si>
+  <si>
+    <t>p_3382712</t>
+  </si>
+  <si>
+    <t>Repérage et prise en charge du syndrome inflammatoire multi-systémique pédiatrique (PIMS) post-infectieux</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une fiche Réponses rapides pour prendre en charge et orienter des enfants présentant un syndrome inflammatoire multi systémique pédiatrique ou PIMS. Elle s'adresse aux professionnels de santé, et principalement à ceux qui interviennent en premier recours.</t>
+  </si>
+  <si>
+    <t>08/07/2021 18:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3276724/fr/reperage-et-prise-en-charge-du-syndrome-inflammatoire-multi-systemique-pediatrique-pims-post-infectieux</t>
+  </si>
+  <si>
+    <t>p_3276724</t>
+  </si>
+  <si>
+    <t>Exploration des pathologies thyroïdiennes chez l’adulte : pertinence et critères de qualité de l’échographie, pertinence de la cytoponction échoguidée</t>
+  </si>
+  <si>
+    <t>Comment mieux prendre en charge les pathologies de la thyroïde ? Dans quelles situations une échographie est-elle pertinente ? Quand faut-il faire une cytoponction ? La HAS et le Conseil national professionnel de radiologie et d’imagerie médicale (G4) ont publié une recommandation qui fait le point sur l’indication de ces examens. Les objectifs sont de réduire les échographies non pertinentes en cas de dysthyroïdies, d’améliorer le recours à l’échographie pour caractériser les nodules et de réaliser une cytoponction avant toute chirurgie de nodule. Cette recommandation s’accompagne d’un document à destination des usagers.</t>
+  </si>
+  <si>
+    <t>28/09/2021 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288393/fr/exploration-des-pathologies-thyroidiennes-chez-l-adulte-pertinence-et-criteres-de-qualite-de-l-echographie-pertinence-de-la-cytoponction-echoguidee</t>
+  </si>
+  <si>
+    <t>p_3288393</t>
+  </si>
+  <si>
+    <t>Suivi des patients Covid-19 en ambulatoire – Place de l’oxymètre de pouls</t>
+  </si>
+  <si>
+    <t>Même lorsque les symptômes sont légers au début, la Covid-19 peut entrainer une détérioration rapide de l’état de santé dans les 6 à 12 jours après son apparition. Afin de la prévenir et d’éviter des hospitalisations en urgence, la HAS publie des Réponses rapides décrivant les premiers signes évocateurs d’une forme grave sur le plan respiratoire à surveiller ainsi que le suivi à apporter aux patients, même asymptomatiques.</t>
+  </si>
+  <si>
+    <t>13/04/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260815/fr/suivi-des-patients-covid-19-en-ambulatoire-place-de-l-oxymetre-de-pouls</t>
+  </si>
+  <si>
+    <t>p_3260815</t>
+  </si>
+  <si>
+    <t>Mesures de prévention de la transmission du SARS-coV2 pour la prise en charge des patients en milieu de soins</t>
+  </si>
+  <si>
+    <t>Le document synthétise les principales mesures pour prévenir la transmission du SARS-CoV2 à appliquer par les professionnels de santé lors de la prise en charge des patients hors établissements de santé et médico-sociaux.</t>
+  </si>
+  <si>
+    <t>24/11/2020 10:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218444/fr/mesures-de-prevention-de-la-transmission-du-sars-cov2-pour-la-prise-en-charge-des-patients-en-milieu-de-soins</t>
+  </si>
+  <si>
+    <t>p_3218444</t>
+  </si>
+  <si>
+    <t>Prévention en soins primaires des situations à risques pour les personnes vulnérables</t>
+  </si>
+  <si>
+    <t>Dans le cadre épidémique actuel, la HAS a élaboré une trame permettant aux médecins de premier recours de repérer les situations à risques dans le contexte d’épidémie de SARS-Cov-2 pour les personnes vulnérables et de proposer des mesures de prévention pour une décision partagée.</t>
+  </si>
+  <si>
+    <t>04/12/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222175/fr/prevention-en-soins-primaires-des-situations-a-risques-pour-les-personnes-vulnerables</t>
+  </si>
+  <si>
+    <t>p_3222175</t>
+  </si>
+  <si>
+    <t>Accompagner les enfants et les adolescents dont ceux vivant avec une maladie chronique</t>
+  </si>
+  <si>
+    <t>Cette fiche concerne l’accompagnement des parents, de l’enfant et tout particulièrement de l’adolescent sur les consignes sanitaires pour leur permettre de poursuivre le suivi de leur santé, d’adapter leur mode de vie et d’envisager les adaptations des activités habituelles essentielles grâce à une démarche de décision partagée.</t>
+  </si>
+  <si>
+    <t>20/05/2020 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185131/fr/accompagner-les-enfants-et-les-adolescents-dont-ceux-vivant-avec-une-maladie-chronique</t>
+  </si>
+  <si>
+    <t>p_3185131</t>
+  </si>
+  <si>
+    <t>Comment prendre en charge les personnes âgées fragiles en ambulatoire?</t>
+  </si>
+  <si>
+    <t>L'objectif de cette fiche est de présenter des repères et des outils pour modéliser la démarche d’évaluation et la prise en charge des personnes âgées fragiles vivant à domicile. Cette fiche fait suite à la fiche « Comment repérer la fragilité en soins ambulatoires ? »</t>
+  </si>
+  <si>
+    <t>16/01/2014 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718248/fr/comment-prendre-en-charge-les-personnes-agees-fragiles-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_1718248</t>
+  </si>
+  <si>
+    <t>Quand faut-il faire une coloscopie de contrôle après une polypectomie ?</t>
+  </si>
+  <si>
+    <t>En raison : * de l’importance de la coloscopie pour prévenir le cancer-colorectal ; * de l’ancienneté des recommandations en matière d’indications des coloscopies ; Et dans le cadre d’une saisine des tutelles, du fait d’une augmentation du nombre d’endoscopies et d’une inégalité territoriale du taux de recours à cet examen, la HAS, le Conseil National Professionnel des Hépato-Gastroentérologues et la Fédération des spécialistes des maladies de l’appareil digestif ont souhaité apporter des précisions.</t>
+  </si>
+  <si>
+    <t>15/11/2013 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1695396/fr/quand-faut-il-faire-une-coloscopie-de-controle-apres-une-polypectomie</t>
+  </si>
+  <si>
+    <t>c_1695396</t>
+  </si>
+  <si>
+    <t>Comment réduire les réhospitalisations évitables des personnes âgées ?</t>
+  </si>
+  <si>
+    <t>Cette fiche cherche à préciser les points suivants : * les modalités du repérage des patients à haut risque de réhospitalisation, * la sélection d’interventions ayant un effet durable et un impact potentiellement favorable sur les coûts, * les rôles respectifs de l’équipe de soins primaires et de la coordination d’appui dans le suivi post-sortie, * la définition de la durée de la période de suivi spécifique après la sortie.</t>
+  </si>
+  <si>
+    <t>28/06/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1602735/fr/comment-reduire-les-rehospitalisations-evitables-des-personnes-agees</t>
+  </si>
+  <si>
+    <t>c_1602735</t>
+  </si>
+  <si>
+    <t>Comment repérer la fragilité en soins ambulatoires ?</t>
+  </si>
+  <si>
+    <t>Cette fiche vise à répondre aux questions qui se posent, en soins ambulatoires, sur l’organisation et les modalités du repérage précoce de la fragilité chez les personnes âgées afin de retarder la dépendance dite « évitable » et de prévenir la survenue d’événements défavorables.</t>
+  </si>
+  <si>
+    <t>28/06/2013 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1602970/fr/comment-reperer-la-fragilite-en-soins-ambulatoires</t>
+  </si>
+  <si>
+    <t>c_1602970</t>
+  </si>
+  <si>
+    <t>Le dossier médical en santé au travail</t>
+  </si>
+  <si>
+    <t>15 critères de qualité ont été élaborés et sélectionnés à partir de la recommandation de bonne pratique "Le dossier médical en santé au travail" et constituent des éléments simples et opérationnels de bonne pratique.</t>
+  </si>
+  <si>
+    <t>01/03/2009 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525708/fr/le-dossier-medical-en-sante-au-travail</t>
+  </si>
+  <si>
+    <t>c_1525708</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Neufs critères de qualité ont été élaborés et sélectionnés à partir de la recommandation de bonne pratique "Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications" et constituent des éléments simples et opérationnels de bonne pratique.</t>
+  </si>
+  <si>
+    <t>01/07/2008 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1507013/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>r_1507013</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein en médecine générale</t>
+  </si>
+  <si>
+    <t>01/09/2004 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272382/fr/depistage-du-cancer-du-sein-en-medecine-generale</t>
+  </si>
+  <si>
+    <t>c_272382</t>
+  </si>
+  <si>
+    <t>Dépistage orthodontique en denture temporaire et/ou en denture mixte</t>
+  </si>
+  <si>
+    <t>01/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272430/fr/depistage-orthodontique-en-denture-temporaire-et/ou-en-denture-mixte</t>
+  </si>
+  <si>
+    <t>c_272430</t>
+  </si>
+  <si>
+    <t>Dossier</t>
+  </si>
+  <si>
+    <t>Vous êtes impliqué(e) dans le repérage et la prise en charge de l'autisme ? Pour une prise en charge coordonnée, le point sur les troubles du spectre de l'autisme avec des témoignages de professionnels de santé – médecins généralistes, psychiatre et pédopsychiatre – et de personnes concernées.</t>
+  </si>
+  <si>
+    <t>13/05/2019 13:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113170/fr/autisme</t>
+  </si>
+  <si>
+    <t>p_3113170</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire – Actualisation des recommandations de santé publique - note de cadrage</t>
+  </si>
+  <si>
+    <t>La note de cadrage décrit le périmètre et la méthodologie du projet d’actualisation par la HAS de la recommandation de 2010 sur la prévention de la carie dentaire. Ce travail, inscrit dans le cadre du programme « Génération sans caries », vise à renforcer et actualiser les stratégies de prévention bucco-dentaire en France.</t>
+  </si>
+  <si>
+    <t>11/02/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2025 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737852/fr/strategies-de-prevention-de-la-carie-dentaire-actualisation-des-recommandations-de-sante-publique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3737852</t>
+  </si>
+  <si>
+    <t>Dépistage du diabète de type 2 : actualisation des critères d'entrée dans le dépistage</t>
+  </si>
+  <si>
+    <t>Critères d’entrée dans le dépistage du diabète de type 2 : la HAS va actualiser sa recommandation de santé publique de 2003</t>
+  </si>
+  <si>
+    <t>14/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2026 14:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826415/fr/depistage-du-diabete-de-type-2-actualisation-des-criteres-d-entree-dans-le-depistage</t>
+  </si>
+  <si>
+    <t>p_3826415</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal de cinq maladies lysosomales et peroxysomales : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La présente note de cadrage décrit la méthodologie qui sera utilisée pour évaluer la pertinence d'inclure l’adrénoleucodystrophie liée à l’X, la leucodystrophie métachromatique (LDM), la maladie de Pompe (MP), la mucopolysaccharidose de type I (MPSI) et le déficit en lipase acide lysosomale (DLAL) dans le programme de DNN. La recommandation de santé publique suivra le processus décrit dans le guide méthodologique HAS sur le DNN.</t>
+  </si>
+  <si>
+    <t>19/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742023/fr/depistage-neonatal-de-cinq-maladies-lysosomales-et-peroxysomales-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3742023</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du col de l’utérus chez les personnes immunodéprimées (hors PVVIH)</t>
+  </si>
+  <si>
+    <t>La HAS émet une recommandation de santé publique sur le dépistage du cancer du col de l’utérus (CCU) chez les personnes immunodéprimées (hors celles vivant avec le VIH) pour prendre en compte le risque plus élevé par rapport à la population générale. La recommandation cible les personnes immunodéprimées et plus spécifiquement atteintes de déficit immunitaire primitif ou congénital, greffées (par organe solide ou cellules souches hématopoïétiques), atteintes de lupus systémique et/ou sous traitements immunosuppresseurs. Il est recommandé un dépistage annuel de 25 à 29 ans par cytologie, suivi d’un dépistage tous les 3 ans par test HPV-HR à partir de 30 ans.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/fr/depistage-du-cancer-du-col-de-l-uterus-chez-les-personnes-immunodeprimees-hors-pvvih</t>
   </si>
   <si>
     <t>p_3585926</t>
   </si>
   <si>
-    <t>Assessment of the national newborn screening programme for permanent hearing loss. Screening strategy and test performance</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+    <t>Évaluation du programme national de dépistage de la surdité permanente néonatale. Stratégie de dépistage et performances des tests</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une recommandation de santé publique sur l’évaluation du programme national (DNN) de dépistage de la surdité permanente néonatale. L’objectif principal de cette évaluation est d’établir un cadre d’amélioration de ce programme.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458472/fr/evaluation-du-programme-national-de-depistage-de-la-surdite-permanente-neonatale-strategie-de-depistage-et-performances-des-tests</t>
   </si>
   <si>
     <t>p_3458472</t>
   </si>
   <si>
-    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
+  </si>
+  <si>
+    <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
+  </si>
+  <si>
+    <t>24/03/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
-    <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
+    <t>Dépistage du déficit en biotinidase et de la galactosémie : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit en biotinidase et la galactosémie sont deux maladies liées à un déficit enzymatique, pouvant entrainer des symptômes cliniques graves pour le nourrisson en l’absence de traitement. À l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le déficit en biotinidase et la galactosémie dans le programme national de dépistage néonatal, et développe les modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>25/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586427/fr/depistage-du-deficit-en-biotinidase-et-de-la-galactosemie-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3586427</t>
+  </si>
+  <si>
+    <t>Examens basés sur l’ADN libre circulant réalisés dans le cadre du dépistage de la trisomie 21. Opportunité du repérage d’autres anomalies chromosomiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence du repérage d’autres anomalies chromosomiques par les examens basés sur l’ADN fœtal libre circulant (ADNflc) dans le sang maternel, réalisés dans le cadre du dépistage de la trisomie 21. La HAS recommande la recherche des trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 et 22 et les anomalies segmentaires non cryptiques par tests ADNflc. L’extension des indications des examens par ADNflc aux femmes présentant un risque augmenté d’aneuploïdies (autre que la T21) est également recommandée.</t>
+  </si>
+  <si>
+    <t>26/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2024 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545370/fr/examens-bases-sur-l-adn-libre-circulant-realises-dans-le-cadre-du-depistage-de-la-trisomie-21-opportunite-du-reperage-d-autres-anomalies-chromosomiques</t>
   </si>
   <si>
     <t>p_3545370</t>
   </si>
   <si>
-    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>07/10/2024 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Stratégie de vaccination contre les infections invasives à méningocoques : Révision de la stratégie contre les sérogroupes ACWY et B</t>
+  </si>
+  <si>
+    <t>La HAS établit la stratégie de vaccination contre les infections invasives à méningocoque, sérogroupes ACWY et B.</t>
+  </si>
+  <si>
+    <t>07/03/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>27/03/2024 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3460601/fr/strategie-de-vaccination-contre-les-infections-invasives-a-meningocoques-revision-de-la-strategie-contre-les-serogroupes-acwy-et-b</t>
+  </si>
+  <si>
+    <t>p_3460601</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation de la performance et de la place de la mammographie par tomosynthèse dans le programme national de dépistage organisé du cancer du sein – Volet 2</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS recommande l’intégration de la mammographie par tomosynthèse (3D) dans le dépistage organisé (D.O.) du cancer du sein, à condition qu’elle soit systématiquement associée à la reconstruction d’une image 2D synthétique (2Ds). L’intégration de la procédure 3D/2Ds en remplacement de la 2D seule dans le D.O. reste toutefois conditionnée à la vérification de son opérationnalité dans le contexte du D.O. tel qu’il est organisé en France, notamment à la validation de la performance équivalente de la 2Ds seule en remplacement des images 2D pour la seconde lecture.</t>
+  </si>
+  <si>
+    <t>09/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 11:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148278/fr/evaluation-de-la-performance-et-de-la-place-de-la-mammographie-par-tomosynthese-dans-le-programme-national-de-depistage-organise-du-cancer-du-sein-volet-2</t>
+  </si>
+  <si>
+    <t>p_3148278</t>
+  </si>
+  <si>
+    <t>La notification au(x) partenaire(s)</t>
+  </si>
+  <si>
+    <t>Suite à la publication par le Conseil national du sida et des hépatites virales (CNS) d’un avis suivi de recommandations sur la notification aux partenaires (NP) en février 2018, la Direction générale de la santé (DGS) a demandé à la HAS d’élaborer des recommandations pour préciser les objectifs et les conditions de réalisation de l’accompagnement à la NP. Cette demande s’inscrit également dans la Stratégie nationale de santé sexuelle 2017-2030.</t>
+  </si>
+  <si>
+    <t>02/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2023 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187510/fr/la-notification-au-x-partenaire-s</t>
+  </si>
+  <si>
+    <t>p_3187510</t>
+  </si>
+  <si>
+    <t>Doctrine vaccinale de lutte contre les orthopoxvirus</t>
+  </si>
+  <si>
+    <t>La HAS recommande de constituer des stocks stratégiques de vaccins antivariolique (uniquement le vaccin de 3ème génération) en cohérence avec la mise en place rapide d’une campagne de vaccination réactive lorsque le niveau de menace le justifie.</t>
+  </si>
+  <si>
+    <t>12/10/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2022 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378946/fr/doctrine-vaccinale-de-lutte-contre-les-orthopoxvirus</t>
+  </si>
+  <si>
+    <t>p_3378946</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal au déficit immunitaire combiné sévère par la technique de quantification des TRECs en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit immunitaire combiné sévère (DICS) est un groupe de maladies génétiques rares mais graves : sans traitement, la plupart des enfants atteints décèdent d’infections dans la première année de vie. Le dépistage du DICS à la naissance permettrait de réduire l’errance diagnostique des enfants atteints, de poser un diagnostic précoce et de mettre en place au plus vite une prise en charge appropriée. A l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le dépistage du DICS dans le programme national de dépistage néonatal, sous la condition d’une évaluation obligatoire à cinq ans et d’évaluations intermédiaires régulières.</t>
+  </si>
+  <si>
+    <t>20/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2022 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312418/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-au-deficit-immunitaire-combine-severe-par-la-technique-de-quantification-des-trecs-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3312418</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer bronchopulmonaire par scanner thoracique faible dose sans injection : actualisation de l’avis de 2016</t>
+  </si>
+  <si>
+    <t>Il n’existe pas jusqu’ici en France de dépistage organisé du cancer du poumon, la HAS ayant considéré en 2016 que toutes les conditions pour une mise en œuvre efficace et sûre n’étaient pas réunies. Aujourd’hui, l’analyse des nouvelles données disponibles montre que le dépistage par scanner à faible dose chez les personnes fortement exposées au tabac conduit à une réduction de la mortalité spécifique. Ceci amène la HAS à actualiser son avis et à encourager la mise en place d’expérimentations en vie réelle, et notamment d’un programme pilote par l’INCa, afin de ne pas retarder l’accès à cette modalité de dépistage. Elle définit également certaines des informations que devraient apporter ce programme pilote et les études à venir, avant d’envisager le déploiement d’un programme de dépistage organisé à large échelle.</t>
+  </si>
+  <si>
+    <t>02/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2022 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310940/fr/depistage-du-cancer-bronchopulmonaire-par-scanner-thoracique-faible-dose-sans-injection-actualisation-de-l-avis-de-2016</t>
+  </si>
+  <si>
+    <t>p_3310940</t>
+  </si>
+  <si>
+    <t>Fiches d’information à destination des familles et des professionnels de santé dans le cadre de l’ajout du déficit en MCAD au programme national de dépistage néonatal</t>
+  </si>
+  <si>
+    <t>Le déficit en acyl CoA déshydrogénase des acides gras à chaine moyenne (MCAD), maladie métabolique héréditaire rare caractérisée par une incapacité de l’organisme à assimiler les graisses, sera prochainement ajouté au programme national du dépistage néonatal. Afin d’informer les familles et les professionnels de santé sur cette nouvelle maladie, la HAS a été missionnée pour rédiger des fiches d’information à destination du grand public et des professionnels de santé non-spécialistes du domaine. Elles expliquent l’origine de la maladie, les conséquences pour l’enfant et le traitement.</t>
+  </si>
+  <si>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/02/2021 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223977/fr/fiches-d-information-a-destination-des-familles-et-des-professionnels-de-sante-dans-le-cadre-de-l-ajout-du-deficit-en-mcad-au-programme-national-de-depistage-neonatal</t>
+  </si>
+  <si>
+    <t>p_3223977</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
+    <t>Revue critique de la littérature sur la performance de la mammographie par tomosynthèse dans le dépistage organisé du cancer du sein - Volet 1</t>
+  </si>
+  <si>
+    <t>Ce volet-1 est une étape préliminaire à l’évaluation de la pertinence, faisabilité, sécurité, efficience de l’intégration possible de la tomosynthèse dans le D.O. L’évaluation de la performance ne peut à elle seule suffire pour décider de modifier la procédure de dépistage du cancer du sein. Elle doit être complétée par une évaluation comparative au D.O. et montrer sa supériorité en termes de coût/efficacité, de performance, de sécurité, de faisabilité et de qualité.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2019 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849735/fr/revue-critique-de-la-litterature-sur-la-performance-de-la-mammographie-par-tomosynthese-dans-le-depistage-organise-du-cancer-du-sein-volet-1</t>
+  </si>
+  <si>
+    <t>c_2849735</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage des personnes infectées par le  virus de l’hépatite C (VHC)</t>
+  </si>
+  <si>
+    <t>La HAS est d’avis que l’efficience de la stratégie universelle par rapport au dépistage ciblant les personnes les plus à risque d’exposition au VHC n’est pas démontrée; une intensification du dépistage de la population ciblée pourrait être envisagée pour augmenter le diagnostic des personnes infectées.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886668/fr/evaluation-des-strategies-de-depistage-des-personnes-infectees-par-le-virus-de-l-hepatite-c-vhc</t>
+  </si>
+  <si>
+    <t>c_2886668</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche des papillomavirus humains (HPV) en dépistage primaire des lésions précancéreuses et cancéreuses du col de l’utérus et de la place du double immuno-marquage p16/Ki67</t>
+  </si>
+  <si>
+    <t>Depuis l’arrêté du 4 mai 2018, le dépistage du cancer du col de l’utérus s’appuie sur un programme national de dépistage organisé (PNDO). Au regard de l’évolution du contexte de dépistage du CCU en France et de la disponibilité de nouvelles données scientifiques, la Direction Générale de la Santé a souhaité que la HAS évalue la place du test HPV ainsi que le recours au double immuno-marquage p16/Ki67 dans la stratégie de dépistage primaire des lésions précancéreuses et cancéreuses du CCU.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/fr/evaluation-de-la-recherche-des-papillomavirus-humains-hpv-en-depistage-primaire-des-lesions-precancereuses-et-cancereuses-du-col-de-l-uterus-et-de-la-place-du-double-immuno-marquage-p16/ki67</t>
   </si>
   <si>
     <t>c_2806160</t>
   </si>
   <si>
-    <t>Place of Point-of-Care Tests (POCTs) in hepatitis B screening strategy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2063232/en/place-of-point-of-care-tests-pocts-in-hepatitis-b-screening-strategy</t>
+    <t>Réévaluation de la stratégie de dépistage des infections à Chlamydia trachomatis</t>
+  </si>
+  <si>
+    <t>Au regard des nouvelles données épidémiologiques, des problématiques entourant le dépistage de l’infection à Ct (populations ciblées, fréquence, structures, nouveaux tests diagnostiques, professionnels impliqués) et des questions concernant de la mise en œuvre du dépistage depuis 2003, la HAS réévalue la stratégie de dépistage des infections à Ct, à la demande de la Direction générale de la santé (DGS)</t>
+  </si>
+  <si>
+    <t>12/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2018 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879401/fr/reevaluation-de-la-strategie-de-depistage-des-infections-a-chlamydia-trachomatis</t>
+  </si>
+  <si>
+    <t>c_2879401</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal au déficit immunitaire combiné sévère en France par quantification des TRECs (T-cell receptor excision circles) - Feuille de route</t>
+  </si>
+  <si>
+    <t>17/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2018 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866980/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-au-deficit-immunitaire-combine-severe-en-france-par-quantification-des-trecs-t-cell-receptor-excision-circles-feuille-de-route</t>
+  </si>
+  <si>
+    <t>c_2866980</t>
+  </si>
+  <si>
+    <t>Place des tests ADN libre circulant dans le sang maternel dans le dépistage de la trisomie 21 foetale</t>
+  </si>
+  <si>
+    <t>L’objectif est d’actualiser les recommandations concernant le dépistage de la trisomie 21 (T21) fœtale en France en tenant compte de la disponibilité des tests ADN libre circulant dans le sang maternel de la trisomie 21 (ADNlcT21). Ces recommandations définissent la place des tests ADNlcT21 dans la procédure de dépistage de la T21 fœtale et s’adressent à la population de femmes enceintes monofœtales dans sa globalité.</t>
+  </si>
+  <si>
+    <t>26/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2017 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768510/fr/place-des-tests-adn-libre-circulant-dans-le-sang-maternel-dans-le-depistage-de-la-trisomie-21-foetale</t>
+  </si>
+  <si>
+    <t>c_2768510</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt de limiter le dépistage néonatal de l’hyperplasie congénitale des surrénales aux nouveau-nés de plus de 32 semaines d’aménorrhée</t>
+  </si>
+  <si>
+    <t>Au vu des données disponibles, le test de dépistage présente de très faibles performances, en particulier un taux très élevé de faux-positifs dans cette population. De plus, ces nouveau-nés, grands prématurés, sont pris en charge dans des services spécialisés et bénéficient d’une surveillance intensive qui permet d’écarter tout risque de ne pas diagnostiquer cette maladie chez un enfant qui en serait atteint.</t>
+  </si>
+  <si>
+    <t>22/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>05/05/2017 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579538/fr/evaluation-de-l-interet-de-limiter-le-depistage-neonatal-de-l-hyperplasie-congenitale-des-surrenales-aux-nouveau-nes-de-plus-de-32-semaines-d-amenorrhee</t>
+  </si>
+  <si>
+    <t>c_2579538</t>
+  </si>
+  <si>
+    <t>Réévaluation de la stratégie de dépistage de l’infection à VIH en France</t>
+  </si>
+  <si>
+    <t>Le dépistage de l’infection à VIH est un élément clé du contrôle de l’épidémie qui s’intègre dans une démarche préventive globale. Il doit être orienté vers des populations prioritaires, définies en fonction des données épidémiologiques, et s’appuyer sur les outils de prévention et de traitement efficaces, les différents types de tests de dépistage disponibles et les multiples acteurs présents sur le territoire.</t>
+  </si>
+  <si>
+    <t>04/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2017 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024411/fr/reevaluation-de-la-strategie-de-depistage-de-l-infection-a-vih-en-france</t>
+  </si>
+  <si>
+    <t>c_2024411</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite B</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite B. Elle définit les conditions essentielles à la mise en œuvre d’un dépistage combiné par TROD VIH, VHC et VHB et formule des préconisations pour augmenter l’efficience du dispositif de dépistage par TROD, notamment en milieu médico-social et associatif.</t>
+  </si>
+  <si>
+    <t>06/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>06/07/2016 12:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2063232/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-b</t>
   </si>
   <si>
     <t>c_2063232</t>
   </si>
   <si>
-    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+    <t>Dépistage du tabagisme et prévention des maladies liées au tabac</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage du tabagisme et la prévention des maladies liées au tabac à partir des données de la littérature issues principalement des recommandations françaises.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2016 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635050/fr/depistage-du-tabagisme-et-prevention-des-maladies-liees-au-tabac</t>
+  </si>
+  <si>
+    <t>c_2635050</t>
+  </si>
+  <si>
+    <t>Pertinence du dépistage du cancer broncho-pulmonaire en France - Point de situation sur les données disponibles - Analyse critique des études contrôlées randomisées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence du dépistage du cancer du poumon (cancer broncho-pulmonaire, cancer bronchopulmonaire, cancer bronchique) chez des individus fumeurs (fortement exposés au tabac) par scanner thoracique – (imagerie radiologique tomodensitométrique du thorax, tomodensitométrie du thorax).</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2016 14:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001613/fr/pertinence-du-depistage-du-cancer-broncho-pulmonaire-en-france-point-de-situation-sur-les-donnees-disponibles-analyse-critique-des-etudes-controlees-randomisees</t>
+  </si>
+  <si>
+    <t>c_2001613</t>
+  </si>
+  <si>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Les performances des tests de dépistage de la trisomie 21 fœtale par analyse de l’ADN libre circulant</t>
+  </si>
+  <si>
+    <t>De nouveaux tests de dépistage de la trisomie 21, fondés sur la recherche d’une surreprésentation de séquences d’ADN fœtal du chromosome 21 au sein de l’ADN libre circulant dans le sang maternel, pourraient modifier la stratégie actuelle. Dans l’objectif de définir la place de ces tests dans la stratégie et dans l’attente des résultats de l’étude en cours -Safe21- la HAS publie une évaluation technique de leurs performances (volet 1).</t>
+  </si>
+  <si>
+    <t>30/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2015 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572426/fr/les-performances-des-tests-de-depistage-de-la-trisomie-21-foetale-par-analyse-de-l-adn-libre-circulant</t>
+  </si>
+  <si>
+    <t>c_2572426</t>
+  </si>
+  <si>
+    <t>Place de la stratégie couplant les dosages de la trypsine immunoréactive (TIR) et de la protéine associée à la pancréatite (PAP) dans le dépistage systématique de la mucoviscidose en France</t>
+  </si>
+  <si>
+    <t>Suite à l’état des lieux sur le dépistage néonatal de la mucoviscidose en 2009, la HAS a évalué la pertinence d’une stratégie de dépistage fondée sur le dosage de la protéine associée à la pancréatite (PAP).</t>
+  </si>
+  <si>
+    <t>12/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2015 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739994/fr/place-de-la-strategie-couplant-les-dosages-de-la-trypsine-immunoreactive-tir-et-de-la-proteine-associee-a-la-pancreatite-pap-dans-le-depistage-systematique-de-la-mucoviscidose-en-france</t>
+  </si>
+  <si>
+    <t>c_1739994</t>
+  </si>
+  <si>
+    <t>Autotests de dépistage du VIH</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une liste de questions et réponses pratiques pour accompagner les utilisateurs potentiels d’autotests de dépistage du VIH dans leur démarche de dépistage.</t>
+  </si>
+  <si>
+    <t>11/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2015 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768844/fr/autotests-de-depistage-du-vih</t>
+  </si>
+  <si>
+    <t>c_1768844</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer du sein</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer du sein à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2015 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024559/fr/depistage-et-prevention-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_2024559</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Place des tests rapides d’orientation diagnostique (TROD) dans la stratégie de dépistage de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé, à la demande de la Direction Générale de la Santé (DGS), émet des recommandations sur la place des tests rapides d’orientation diagnostiques (TROD) dans la stratégie de dépistage de l’hépatite C. Elle définit en particulier les populations à cibler en priorité, les acteurs aptes à les utiliser et leurs conditions d’utilisation visant à élargir l’accès à cette offre complémentaire de dépistage et à garantir un dépistage de qualité conduisant à une prise en charge optimale des personnes dépistées.</t>
+  </si>
+  <si>
+    <t>14/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>27/05/2014 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615995/fr/place-des-tests-rapides-d-orientation-diagnostique-trod-dans-la-strategie-de-depistage-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1615995</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein en France : identification des femmes à haut risque et modalités de dépistage</t>
+  </si>
+  <si>
+    <t>A la demande de l’INCa, la HAS a élaboré des recommandations sur le dépistage du cancer du sein chez les femmes à haut risque à partir d’une revue des facteurs de risque de cancer du sein identifiés dans la littérature.</t>
+  </si>
+  <si>
+    <t>19/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2014 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741170/fr/depistage-du-cancer-du-sein-en-france-identification-des-femmes-a-haut-risque-et-modalites-de-depistage</t>
+  </si>
+  <si>
+    <t>c_1741170</t>
+  </si>
+  <si>
+    <t>Détection précoce du cancer de la prostate</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la détection précoce du cancer de la prostate à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>26/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2013 18:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623737/fr/detection-precoce-du-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_1623737</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein chez les femmes de 40 à 49 ans et de 70 à 79 ans en France - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note de cadrage fait suite à l’inscription au programme de travail de la HAS du thème « Dépistage du cancer du sein des femmes âgées de 40 à 49 ans et de 75 à 79 ans ». Les données de la littérature ainsi que l’avis du demandeur et des parties prenantes consultés ont conduit à étendre l’analyse aux femmes de 70 à 74 ans. Cette note de cadrage a pour objectifs de présenter le contexte et les enjeux de la saisine ainsi que de déterminer le champ, les questions d’évaluation, la méthode et les moyens pouvant être mis en œuvre pour y répondre.</t>
+  </si>
+  <si>
+    <t>21/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2013 16:48:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650212/fr/depistage-du-cancer-du-sein-chez-les-femmes-de-40-a-49-ans-et-de-70-a-79-ans-en-france-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1650212</t>
+  </si>
+  <si>
+    <t>Dépistage et prévention du cancer colorectal</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur le dépistage et la prévention du cancer colorectal à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>31/07/2013 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1623732/fr/depistage-et-prevention-du-cancer-colorectal</t>
+  </si>
+  <si>
+    <t>c_1623732</t>
+  </si>
+  <si>
+    <t>Méthodes d’évaluation du risque cardio-vasculaire global</t>
+  </si>
+  <si>
+    <t>Le risque cardiovasculaire global est estimé soit par la sommation des facteurs de risque, (considérés comme présents ou absents et ayant un poids identique), soit par une modélisation statistique prenant en compte la valeur réelle de chacun d’eux. Ce rapport définit les limites respectives des méthodes d’estimation du risque cardio-vasculaire global et discute les bénéfices à attendre de l’utilisation des modèles de risque dans la pratique quotidienne en 2004.</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
   <si>
-    <t>Assessment of screening for cytomegalovirus (CMV) infection in pregnant women in France</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272378/en/assessment-of-screening-for-cytomegalovirus-cmv-infection-in-pregnant-women-in-france</t>
+    <t>Pertinence de la mise en place d'un programme de dépistage des anévrismes de l'aorte abdominale en France</t>
+  </si>
+  <si>
+    <t>L’objectif du rapport était d’évaluer la pertinence de la mise en place d’un programme de dépistage des anévrismes de l’aorte abdominale (AAA) en France, que ce dernier soit systématique ou opportuniste. Cette évaluation a suivi la méthodologie définie dans le guide HAS « Évaluation a priori d’un programme de dépistage» identifiant 16 critères d’évaluation fondés sur les critères OMS d’évaluation de la pertinence d’un programme de dépistage</t>
+  </si>
+  <si>
+    <t>01/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1358519/fr/pertinence-de-la-mise-en-place-d-un-programme-de-depistage-des-anevrismes-de-l-aorte-abdominale-en-france</t>
+  </si>
+  <si>
+    <t>c_1358519</t>
+  </si>
+  <si>
+    <t>Actualisation de la revue de la littérature d’une recommandation en santé publique sur la « Détection précoce du mélanome cutané »</t>
+  </si>
+  <si>
+    <t>La HAS et l’INCa se sont associés dans un travail d’actualisation de la littérature faisant suite au rapport HAS 2006 sur la Détection précoce du mélanome cutané et des enquêtes de pratique auprès des professionnels de santé afin de redéfinir les facteurs de risque de mélanome cutané et le parcours de soins optimal pour la détection précoce de ce cancer cutané.</t>
+  </si>
+  <si>
+    <t>25/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2013 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1354947/fr/actualisation-de-la-revue-de-la-litterature-d-une-recommandation-en-sante-publique-sur-la-detection-precoce-du-melanome-cutane</t>
+  </si>
+  <si>
+    <t>c_1354947</t>
+  </si>
+  <si>
+    <t>Cancer de la prostate : identification des facteurs de risque et pertinence d’un dépistage par dosage de l’antigène spécifique de la prostate (PSA) de populations d’hommes à haut risque ?</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence d’un dépistage du cancer de la prostate par dosage du PSA ciblé sur des populations d’ hommes considérés comme à « haut risque » de survenue de ce cancer.</t>
+  </si>
+  <si>
+    <t>01/02/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2012 00:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1238318/fr/cancer-de-la-prostate-identification-des-facteurs-de-risque-et-pertinence-d-un-depistage-par-dosage-de-l-antigene-specifique-de-la-prostate-psa-de-populations-d-hommes-a-haut-risque</t>
+  </si>
+  <si>
+    <t>c_1238318</t>
+  </si>
+  <si>
+    <t>La participation au dépistage du cancer du sein des femmes de 50 à 74 ans en France</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations permettant d’augmenter la participation des femmes de 50 à 74 ans, d’améliorer la participation au dépistage organisé, ainsi que des recommandations sur l’opportunité de conserver ou de supprimer la coexistence du dépistage organisé et du dépistage individuel pour les femmes de plus de 50 ans en France.</t>
+  </si>
+  <si>
+    <t>30/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2012 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1194998/fr/la-participation-au-depistage-du-cancer-du-sein-des-femmes-de-50-a-74-ans-en-france</t>
+  </si>
+  <si>
+    <t>c_1194998</t>
+  </si>
+  <si>
+    <t>Stratégies de dépistage biologique des hépatites virales B et C</t>
+  </si>
+  <si>
+    <t>Recommander la meilleure stratégie de tests biologiques pour le dépistage de l’hépatite B et de l’hépatite C permettant de déterminer le statut immunitaire de la personne à risque par rapport à l’infection par les virus VHB ou VHC et de proposer la bonne prise en charge médicale suite à l’annonce du résultat du dépistage.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2012 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050355/fr/strategies-de-depistage-biologique-des-hepatites-virales-b-et-c</t>
+  </si>
+  <si>
+    <t>c_1050355</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt du dépistage de l'infection à cytomégalovirus chez  la femme enceinte en France</t>
+  </si>
+  <si>
+    <t>Une infection à CMV chez la femme enceinte peut entraîner une infection fœtale, qui peut être symptomatique ou non chez le nouveau-né et entraîner ou non des séquelles. Ce rapport, en partant des critères OMS pour évaluer l’intérêt d’un dépistage, fait le point sur l’histoire de la maladie et son épidémiologie, sur les tests de détection, les interventions possibles, les modalités de mise en œuvre d’un éventuel dépistage et les données économiques. Il conclut que le dépistage systématique de l’infection à CMV pendant la grossesse n’est pas justifié, mais qu’une information concernant les mesures d’hygiène universelle doit être donnée aux femmes enceintes.</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272378/fr/evaluation-de-l-interet-du-depistage-de-l-infection-a-cytomegalovirus-chez-la-femme-enceinte-en-france</t>
   </si>
   <si>
     <t>c_272378</t>
   </si>
   <si>
-    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
+  </si>
+  <si>
+    <t>01/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1069254</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Dépistage de la rétinopathie diabétique par lecture différée de photographies du fond d’œil</t>
+  </si>
+  <si>
+    <t>L’objectif du dépistage de la rétinopathie diabétique est de prévenir la déficience visuelle due à la rétinopathie, par l’identification précoce de la maladie et la mise en place d’une intervention adaptée. Tous les diabétiques ne bénéficient pas d’un suivi ophtalmologique annuel tel que recommandé. L’objectif général de ces recommandations en santé publique est d’améliorer le dépistage de la rétinopathie, en précisant les populations à dépister et les rythmes d’examen du fond d’œil des diabétiques, et en évaluant quels peuvent être l’intérêt et les conditions de réalisation d’un dépistage par lecture différée par l’ophtalmologiste de photographies du fond d’œil.</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028305/fr/depistage-de-la-retinopathie-diabetique-par-lecture-differee-de-photographies-du-fond-d-oeil</t>
+  </si>
+  <si>
+    <t>c_1028305</t>
+  </si>
+  <si>
+    <t>Stratégies de prévention de la carie dentaire</t>
+  </si>
+  <si>
+    <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>31/03/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2010 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
+  </si>
+  <si>
+    <t>c_991247</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection à Helicobacter pylori - Pertinence et populations concernées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d’un dépistage de l’infection à Helicobacter pylori en population générale asymptomatique et définition des populations cibles en France</t>
+  </si>
+  <si>
+    <t>28/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/08/2010 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
+  </si>
+  <si>
+    <t>c_976382</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection par le VIH en France - Modalités de réalisation des tests de dépistage</t>
+  </si>
+  <si>
+    <t>Ce rapport comporte des recommandations sur les modalités de réalisation des tests de dépistage de l’infection par le VIH chez l’adulte et l’enfant de plus de 18 mois ainsi que des recommandations et des orientations sur la place des tests de dépistage rapide dans les stratégies générales de dépistage du VIH et sur les conditions d’utilisation de ces tests.</t>
+  </si>
+  <si>
+    <t>01/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Glaucoma: screening and early diagnosis – problems and outlook in France</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
+  </si>
+  <si>
+    <t>c_765713</t>
+  </si>
+  <si>
+    <t>Exposition environnementale à l’amiante : état des données et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Il ressort de cette analyse que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2009 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_759760/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_759760</t>
+  </si>
+  <si>
+    <t>Place des tests immunologiques de recherche de sang occulte dans les selles (iFOBT) dans le programme de dépistage organisé du cancer colorectal en France</t>
+  </si>
+  <si>
+    <t>Le programme de dépistage organisé du cancer colorectal est en cours de généralisation en France en 2008. Il concerne les individus âgés de 50 à 74 ans n’ayant pas de facteur de risque. Il se fonde sur un test au gaïac type Hemoccult® (gFOBT) qui permet de rechercher du sang occulte dans les selles. Ensuite, une coloscopie totale est proposée aux individus dépistés positifs pour rechercher un cancer ou un polype (généralement résécable au cours de la coloscopie). Récemment, de nouvelles méthodes de dépistage, les tests immunologiques (iFOBT), ont été développées et des études sur leur performance à détecter les cancers colorectaux et les adénomes suggèrent que le remplacement du test au gaïac (gFOBT) par un test immunologique pourrait améliorer les résultats du programme de dépistage. Dans ce contexte la HAS a décidé de produire un rapport d’orientation concernant la place de ces iFOBT dans le programme de dépistage organisé du cancer colorectal en France. Trois objectifs sont poursuivis dans ce rapport : faire la synthèse critique des données d’évaluation disponibles ; identifier, le cas échéant, les données de recherche évaluative manquantes qui permettraient, si elles étaient favorables, de substituer ces tests au test au gaïac ; envisager les conséquences organisationnelles d’un éventuel changement de test de dépistage.</t>
+  </si>
+  <si>
+    <t>24/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2008 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_727080/fr/place-des-tests-immunologiques-de-recherche-de-sang-occulte-dans-les-selles-ifobt-dans-le-programme-de-depistage-organise-du-cancer-colorectal-en-france</t>
+  </si>
+  <si>
+    <t>c_727080</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Évaluation des Stratégies de dépistage de la trisomie 21</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail était de mener une réflexion sur l'opportunité d'une modification de la stratégie de dépistage de la trisomie 21 en France.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2007 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_540874/fr/evaluation-des-strategies-de-depistage-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_540874</t>
+  </si>
+  <si>
+    <t>Évaluation du dépistage néonatal systématique de la surdité permanente bilatérale</t>
+  </si>
+  <si>
+    <t>Une réflexion a été entamée ces dernières années sur la pertinence d’organiser en France un dépistage néonatal systématique de la surdité en maternité, dans le but de permettre le diagnostic et une prise en charge précoce de cette affection. A la suite de l’évaluation des oto-émissions acoustiques par l’ANAES en 1999, des expériences locales ou dans le cadres du programme hospitalier de recherche clinique ont été menées. Une expérimentation sur le dépistage néonatal de la surdité congénitale a été mise en œuvre en 2005 par la CNAMTS, pour une période de 2 ans, à Bordeaux, Lille, Paris, Lyon, Marseille, et Toulouse, avec pour objectif d’étudier la faisabilité et l’impact du dépistage en maternité, et de contribuer à déterminer la meilleure stratégie de dépistage de la surdité congénitale. Dans son rapport établi à le demande de la Direction Générale de la Santé, la Haute Autorité de Santé a fait le point sur les données de la science concernant le dépistage systématique de la surdité permanente néonatale en 2006.</t>
+  </si>
+  <si>
+    <t>03/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2007 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_513169/fr/evaluation-du-depistage-neonatal-systematique-de-la-surdite-permanente-bilaterale</t>
+  </si>
+  <si>
+    <t>c_513169</t>
+  </si>
+  <si>
+    <t>Dépistage et diagnostic précoce du glaucome : problématique  et perspectives en France</t>
+  </si>
+  <si>
+    <t>Le rapport d’orientation Dépistage et diagnostic précoce du glaucome : problématique et perspectives en France fait la synthèse des données sur le glaucome : histoire de la maladie, épidémiologie, prise en charge diagnostique et thérapeutique, pertinence du dépistage, attentes des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>01/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2006 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
   </si>
   <si>
     <t>c_500229</t>
   </si>
   <si>
-    <t>Assessment of screening for Chlamydia trachomatis infection of the lower genitourinary tract in France</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_464119/en/assessment-of-screening-for-chlamydia-trachomatis-infection-of-the-lower-genitourinary-tract-in-france</t>
+    <t>Le dépistage du cancer du sein par mammographie dans la population générale</t>
+  </si>
+  <si>
+    <t>La mammographie, examen de référence pour le dépistage du cancer du sein, est essentiellement réalisée avec des films conventionnels. La numérisation est proposée comme une amélioration en terme d’organisation et de qualité du diagnostic (archivage, transmission d’images, diagnostic assisté par ordinateur). Ce rapport vise à évaluer les performances diagnostiques de la mammographie numérique avec ou sans aide automatisée au diagnostic.</t>
+  </si>
+  <si>
+    <t>01/03/1999 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/1999 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_466837/fr/le-depistage-du-cancer-du-sein-par-mammographie-dans-la-population-generale</t>
+  </si>
+  <si>
+    <t>c_466837</t>
+  </si>
+  <si>
+    <t>Place de la mammographie numérique dans le dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>Le présent rapport établit dans un premier temps si les systèmes de mammographie numérique peuvent être autorisés dans le cadre précis du dépistage organisé, sur des critères d’efficacité et de sécurité pour les femmes dépistées. Dans un deuxième temps, le rapport évalue la faisabilité de différents scenarii d’introduction de la mammographie numérique dans le dépistage organisé français, sur des critères techniques, organisationnels et économiques.</t>
+  </si>
+  <si>
+    <t>02/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2006 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461657/fr/place-de-la-mammographie-numerique-dans-le-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_461657</t>
+  </si>
+  <si>
+    <t>Opportunité d’étendre le programme national de dépistage du cancer du sein aux femmes âgées de 40 à 49 ans</t>
+  </si>
+  <si>
+    <t>Cette évaluation, menée selon les critères OMS (données épidémiologiques, histoire de la maladie, performances des tests de dépistage, efficacité et conséquences économiques) et complétée par un état des pratiques, aboutit à ne pas préconiser l’extension du programme national de dépistage du cancer du sein à la population des femmes âgées de 40 à 49 ans.</t>
+  </si>
+  <si>
+    <t>01/03/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464090/fr/opportunite-d-etendre-le-programme-national-de-depistage-du-cancer-du-sein-aux-femmes-agees-de-40-a-49-ans</t>
+  </si>
+  <si>
+    <t>c_464090</t>
+  </si>
+  <si>
+    <t>Principes de dépistage du diabète de type 2</t>
+  </si>
+  <si>
+    <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_464100</t>
+  </si>
+  <si>
+    <t>Évaluation du dépistage des infections uro-génitales basses à Chlamydia trachomatis en France - 2003</t>
+  </si>
+  <si>
+    <t>Les infections uro-génitales à Chlamydia trachomatis sont des infections sexuellement transmissibles qui, chez la femme, peut entraîner notamment une baisse de la fertilité L’augmentation d’incidence observée depuis 1996 pose la question de l’opportunité d’un dépistage systématique. Le rapport Évaluation du dépistage des infections uro-génitales basses à Chlamydia trachomatis en France évalue la faisabilité, l’impact clinique et économique du dépistage de cette infection sexuellement transmissible en France en 2003.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464119/fr/evaluation-du-depistage-des-infections-uro-genitales-basses-a-chlamydia-trachomatis-en-france-2003</t>
   </si>
   <si>
     <t>c_464119</t>
   </si>
   <si>
-    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
+  </si>
+  <si>
+    <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
-    <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
+    <t>Opportunité d'un dépistage systématique du cancer de la prostate par le dosage de l'antigène spécifique de la prostate</t>
+  </si>
+  <si>
+    <t>Si le cancer de la prostate est en terme d'incidence le 2ème cancer chez l'homme, il n'arrive qu'en 7ème position en terme de mortalité. Le dosage de l'Antigène Spécifique de la Prostate (PSA) est très largement prescrit dans le cadre d'un dépistage individuel. Cette recommandation porte sur l'opportunité de la mise en place d'un dépistage systématique du cancer de la prostate par le dosage du PSA. A partir d'une analyse crtitique de la littérature, les dix critères établis par l'Organisation Mondiale de la Santé permettant de juger de la pertinence du dépistage d'une maladie ont été passés en revue. Une analyse médico-économique a également été réalisée.</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
+    <t>https://www.has-sante.fr/jcms/c_461999/fr/opportunite-d-un-depistage-systematique-du-cancer-de-la-prostate-par-le-dosage-de-l-antigene-specifique-de-la-prostate</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
-    <t>Screening and diagnosis of gestational diabetes mellitus</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272475/en/screening-and-diagnosis-of-gestational-diabetes-mellitus</t>
+    <t>Stratégie de diagnostic précoce du mélanome</t>
+  </si>
+  <si>
+    <t>Le mélanome est un cancer cutané peu fréquent en comparaison du carcinome épithélial mais il est le plus grave car sa capacité à métastaser met en jeu le pronostic vital du patient. Le diagnostic des mélanomes in situ (stade précoce) ou ceux de faible épaisseur non métastasés permettrait de réduire la mortalité liée à ce cancer. Le rapport Stratégie de diagnostic précoce du mélanome discute des actions à mettre en place en 2006 pour améliorer et promouvoir le diagnostic précoce du mélanome : définition des populations à risque, formation des médecins, parcours de soins (du médecin traitant vers le dermatologue).</t>
+  </si>
+  <si>
+    <t>03/11/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2006 19:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_452354/fr/strategie-de-diagnostic-precoce-du-melanome</t>
+  </si>
+  <si>
+    <t>c_452354</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein par mammographie : évaluation de la méta-analyse de Gotzsche et Olsen</t>
+  </si>
+  <si>
+    <t>La méta-analyse publiée en 2001 par Gotzsche et Olsen remet en cause l’efficacité et la sécurité du dépistage du cancer du sein au moment de la généralisation en France du programme national de dépistage de ce cancer. La Direction Générale de la Santé a demandé à l’ANAES une expertise de cette méta-analyse afin de répondre à la controverse initiée Ce rapport a pour objectifs de réaliser l'analyse critique de la méta-analyse danoise et d’en discuter les conclusions.</t>
+  </si>
+  <si>
+    <t>01/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2002 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433803/fr/depistage-du-cancer-du-sein-par-mammographie-evaluation-de-la-meta-analyse-de-gotzsche-et-olsen</t>
+  </si>
+  <si>
+    <t>c_433803</t>
+  </si>
+  <si>
+    <t>Évaluation du programme national de dépistage systématique du cancer du sein</t>
+  </si>
+  <si>
+    <t>L'évaluation d'un programme national de dépistage d'un cancer, en l'occurrence celui du dépistage systématique de masse du cancer du sein chez la femme, doit suivre la démarche de l'évaluation des actions de Santé Publique proposée par l'ANDEM et être replacée dans la perspective de l'évaluation des politiques publiques rappelée par le Conseil scientifique d'évaluation des politiques publiques.</t>
+  </si>
+  <si>
+    <t>01/03/1997 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/1997 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272140/fr/evaluation-du-programme-national-de-depistage-systematique-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_272140</t>
+  </si>
+  <si>
+    <t>Rapport de synthèse sur le dépistage et le diagnostic du diabète gestationnel</t>
+  </si>
+  <si>
+    <t>Le diabète gestationnel est un trouble de la tolérance glucidique conduisant à une hyperglycémie de sévérité variable pendant la grossesse.</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272475/fr/rapport-de-synthese-sur-le-depistage-et-le-diagnostic-du-diabete-gestationnel</t>
   </si>
   <si>
     <t>c_272475</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Repérage et prise en charge cliniques du syndrome d’épuisement professionnel ou burnout</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette fiche mémo sont de définir le syndrome d’épuisement professionnel ou burnout, d’améliorer son repérage et sa prise en charge, ainsi que l’accompagnement des patients lors de leur retour au travail. Ces recommandations se limitent au volet clinique du thème : l’action sur le milieu et l’organisation du travail est exclue du champ de ces recommandations. Elle est néanmoins indispensable dans une démarche de prévention du burnout.</t>
+  </si>
+  <si>
+    <t>22/05/2017 07:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769318/fr/reperage-et-prise-en-charge-cliniques-du-syndrome-d-epuisement-professionnel-ou-burnout</t>
+  </si>
+  <si>
+    <t>c_2769318</t>
+  </si>
+  <si>
+    <t>Label - Désordres hypertensifs de la femme enceinte : prévention, dépistage et prise en charge - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est l’élaboration : De recommandations à destination des professionnels dans le but d’améliorer la prévention, le dépistage et la prise en charge des femmes présentant un DHG. De fiche(s) d’information à destination des femmes ayant présenté un DHG.</t>
+  </si>
+  <si>
+    <t>03/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2025 08:47:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700376/fr/label-desordres-hypertensifs-de-la-femme-enceinte-prevention-depistage-et-prise-en-charge-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3700376</t>
+  </si>
+  <si>
+    <t>Dépistage systématique du cytomégalovirus au premier trimestre de grossesse :  prise en charge et suivi - Note de cadrage</t>
+  </si>
+  <si>
+    <t>24/11/2025 16:42:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3748990/fr/depistage-systematique-du-cytomegalovirus-au-premier-trimestre-de-grossesse-prise-en-charge-et-suivi-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3748990</t>
+  </si>
+  <si>
+    <t>Évaluation biométrologique des expositions individuelles aux agents chimiques de l'environnement - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce travail sont de déterminer : les indications et les limites de l'EBIEE les conditions et les modalités de sa mise en œuvre les modalités des restitutions individuelle et collective de ses résultats les mesures propres à assurer un suivi longitudinal et une bonne traçabilité individuelle et collective des expositions avec la création d'une base de données Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>15/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2025 10:59:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701093/fr/evaluation-biometrologique-des-expositions-individuelles-aux-agents-chimiques-de-l-environnement-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3701093</t>
+  </si>
+  <si>
+    <t>Surveillance médico-professionnelle des travailleurs exposés aux toxiques pour la reproduction - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de la RBP est de proposer des recommandations de bonne pratique pour la surveillance médico-professionnelle des travailleurs en âge de procréer ou des travailleuses enceintes, exposés à des agents toxiques pour la reproduction appelée par la suite « reprotoxiques », en déterminant la place de l’action en milieu de travail réalisée par le SPST ainsi que du suivi médical individuel Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>23/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2025 12:01:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639420/fr/surveillance-medico-professionnelle-des-travailleurs-exposes-aux-toxiques-pour-la-reproduction-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3639420</t>
+  </si>
+  <si>
+    <t>Label – Usage des substances psychoactives : prévention en milieu professionnel</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations de bonnes pratiques est : le repérage des problèmes d’addiction des SPA en lien avec les conditions ou type de travail, la réduction des addictions et la prévention des usages de substances psychoactives chez tous les acteurs de l’entreprise : employeurs, travailleurs (y compris les membres de l’encadrement) et personnes en formation professionnelle, afin d’aider les services de prévention et de santé au travail dans le cadre de leur relation avec les salariés ou agents, les représentants du personnel et les employeurs.</t>
+  </si>
+  <si>
+    <t>12/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2025 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3342082/fr/label-usage-des-substances-psychoactives-prevention-en-milieu-professionnel</t>
+  </si>
+  <si>
+    <t>p_3342082</t>
+  </si>
+  <si>
+    <t>Santé préconceptionnelle - Note de cadrage</t>
+  </si>
+  <si>
+    <t>11/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2025 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632767/fr/sante-preconceptionnelle-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3632767</t>
+  </si>
+  <si>
+    <t>Surpoids et obésité chez la femme : dépistage et accompagnement</t>
+  </si>
+  <si>
+    <t>Décrire les problématiques spécifiques aux femmes en surpoids ou en obésité et proposer des adaptations pour les soins et l’accompagnement en complément des recommandations publiées par la HAS sur le thème.</t>
+  </si>
+  <si>
+    <t>20/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591257/fr/surpoids-et-obesite-chez-la-femme-depistage-et-accompagnement</t>
+  </si>
+  <si>
+    <t>p_3591257</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Doxycycline en prévention des infections sexuellement transmissibles bactériennes</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l’Agence nationale de recherches sur le VIH/sida, les hépatites virales, la tuberculose, les infections sexuellement transmissibles et les maladies infectieuses émergentes (ANRS MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration de recommandations françaises sur l’utilisation de la doxycycline en prévention des infections sexuellement transmissibles bactériennes. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2025 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586490/fr/doxycycline-en-prevention-des-infections-sexuellement-transmissibles-bacteriennes</t>
+  </si>
+  <si>
+    <t>p_3586490</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>06/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3536524</t>
+  </si>
+  <si>
+    <t>Traitement préventif post-exposition au VIH</t>
+  </si>
+  <si>
+    <t>25/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536535/fr/traitement-preventif-post-exposition-au-vih</t>
+  </si>
+  <si>
+    <t>p_3536535</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’enfant et de l’adolescent vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520800/fr/prise-en-charge-de-l-enfant-et-de-l-adolescent-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3520800</t>
+  </si>
+  <si>
+    <t>Grossesse et VIH : désir d’enfant, soins de la femme enceinte et prévention de la transmission mère-enfant</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH).</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3518878/fr/grossesse-et-vih-desir-d-enfant-soins-de-la-femme-enceinte-et-prevention-de-la-transmission-mere-enfant</t>
+  </si>
+  <si>
+    <t>p_3518878</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premiers recours  Actualisation – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs L’objectif de cette actualisation est double : Actualiser les recommandations de 2014 pour : Le repérage de l’usage du tabac et de la dépendance en pratique médicale (premiers recours et hôpital) ; La prise en charge de l’arrêt de l’usage du tabac en premier recours, du sevrage au maintien de l’abstinence au long cours. Établir des recommandations répondants aux nouvelles problématiques apparues dans la société : Entrée dans l’addiction par la cigarette électronique / utilisation de produits parfumés dans les cigarettes électroniques ; Prise en charge du sevrage nicotinique (se rapporte au vapotage ; le produit addictif étant la nicotine) ; Co-consommation : tabac - cigarette électronique ; Appréciation/perception par les patients et les médecins de l’usage de la cigarette électronique, le vapotage étant considéré comme peu grave ; Entrée dans le tabagisme par l’usage du cannabis / repérage de l’usage du cannabis chez les jeunes ; Application de nouveaux outils pour accompagner les fumeurs : téléphone, application téléphonique, internet et outils numériques.</t>
+  </si>
+  <si>
+    <t>14/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 15:51:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452901/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premiers-recours-actualisation-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3452901</t>
+  </si>
+  <si>
+    <t>Évaluation globale de la situation des enfants en danger ou risque de danger : cadre national de référence</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a élaboré le premier cadre national de référence pour l’évaluation globale de la situation des enfants en danger. Les acteurs des conseils départementaux impliqués dans le recueil et le traitement des informations préoccupantes vont ainsi tous disposer des mêmes outils. L’objectif est d’harmoniser les pratiques sur l’ensemble du territoire national et permettre une équité de traitement des enfant concernés.</t>
+  </si>
+  <si>
+    <t>12/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2021 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120418/fr/evaluation-globale-de-la-situation-des-enfants-en-danger-ou-risque-de-danger-cadre-national-de-reference</t>
+  </si>
+  <si>
+    <t>p_3120418</t>
+  </si>
+  <si>
+    <t>Repérage des femmes victimes de violences au sein du couple</t>
+  </si>
+  <si>
+    <t>La recommandation « Repérage des femmes victimes de violences au sein du couple » a pour objectifs de renforcer l’implication des professionnels de santé dans la lutte contre les violences faites aux femmes, de favoriser le repérage des femmes victimes de violences au sein du couple et de faciliter la coordination entre les professionnels concernés.</t>
+  </si>
+  <si>
+    <t>10/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2022 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3104867/fr/reperage-des-femmes-victimes-de-violences-au-sein-du-couple</t>
+  </si>
+  <si>
+    <t>p_3104867</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins de patients présentant une suspicion de borréliose de Lyme</t>
+  </si>
+  <si>
+    <t>La HAS publie, à l’intention des patients et des professionnels de santé, un guide du parcours de soins des personnes présentant une suspicion de borréliose de Lyme. Conformément aux recommandations publiées en 2018, les objectifs de ce guide sont de réduire l’errance médicale et d’offrir à tous les patients la même qualité d’accès aux soins, en facilitant et en harmonisant leur prise en charge sur l’ensemble du territoire. Le guide rappelle les conseils de prévention et clarifie le rôle de chacun selon 3 niveaux de prise en charge, allant du médecin traitant et des médecins de ville, aux centres de compétences des maladies vectorielles à tiques (CC MVT) puis aux centres de référence (CR MVT).</t>
+  </si>
+  <si>
+    <t>03/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2022 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323862/fr/guide-du-parcours-de-soins-de-patients-presentant-une-suspicion-de-borreliose-de-lyme</t>
+  </si>
+  <si>
+    <t>p_3323862</t>
+  </si>
+  <si>
+    <t>Risque cardiovasculaire global en prévention primaire et secondaire : évaluation et prise en charge en médecine de premier recours - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les objectifs de ces recommandations sont : d’évaluer la pertinence de l’utilisation d’un outil d’évaluation du risque cardiovasculaire en prévention primaire, et le cas échéant, adopter un outil suffisamment compatible avec la population française pour la détection du risque cardiovasculaire ; de définir une stratégie de prise en charge non-médicamenteuse associée ou non à un traitement médicamenteux, en prévention primaire et secondaire, d’un patient à risque cardiovasculaire en médecine de premier recours ; de proposer une stratégie centrée sur le patient, en se basant sur une décision médicale partagée.</t>
+  </si>
+  <si>
+    <t>24/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>13/04/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260825/fr/risque-cardiovasculaire-global-en-prevention-primaire-et-secondaire-evaluation-et-prise-en-charge-en-medecine-de-premier-recours-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3260825</t>
+  </si>
+  <si>
+    <t>Outil d’aide au repérage précoce et intervention brève : alcool, cannabis, tabac chez l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS met à la disposition des professionnels un outil actualisé d’aide au repérage précoce et à l’intervention brève sur l’alcool, le cannabis et le tabac. L’objectif de cet outil est d’évaluer de façon précoce chez les adultes la consommation des trois substances psycho-actives les plus utilisées et d'en évaluer le risque, de proposer une intervention brève chez les consommateurs à risque, et enfin, d’assurer un accompagnement de manière durable afin de favoriser la réduction ou l'arrêt de ces consommations.</t>
+  </si>
+  <si>
+    <t>11/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2021 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1795221/fr/outil-d-aide-au-reperage-precoce-et-intervention-breve-alcool-cannabis-tabac-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1795221</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge des syndromes psychotraumatiques - Enfants et adultes - Note de cadrage</t>
+  </si>
+  <si>
+    <t>14/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2020 08:25:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215922/fr/evaluation-et-prise-en-charge-des-syndromes-psychotraumatiques-enfants-et-adultes-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3215922</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
   </si>
   <si>
-    <t>02/26/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
   </si>
   <si>
     <t>p_3161334</t>
   </si>
   <si>
-    <t>Memo : Prevention of positional skull deformities and sudden infant death syndrome</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3151574/en/memo-prevention-of-positional-skull-deformities-and-sudden-infant-death-syndrome</t>
+    <t>Dépistage, prise en charge et suivi  des personnes potentiellement surexposées à l’arsenic inorganique du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Les objectifs de cette recommandation sont : de définir l’intérêt et les modalités de dépistage des contaminations par l’arsenic inorganique, dans les populations résidant sur des sites pollués par cet élément ; de proposer des modalités de prise en charge des personnes sur-imprégnées pour le diagnostic, le traitement et le suivi de leur intoxication.</t>
+  </si>
+  <si>
+    <t>09/03/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150638/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-a-l-arsenic-inorganique-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3150638</t>
+  </si>
+  <si>
+    <t>Prévention des déformations crâniennes positionnelles (DCP) et mort inattendue du nourrisson</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour but de prévenir l'apparition des plagiocéphalies – déformations crâniennes positionnelles – et de décrire leur prise en charge. Elles réaffirment l’importance de coucher les bébés sur le dos, seul moyen de prévenir la mort inattendue du nourrisson (MIN).</t>
+  </si>
+  <si>
+    <t>05/03/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151574/fr/prevention-des-deformations-craniennes-positionnelles-dcp-et-mort-inattendue-du-nourrisson</t>
   </si>
   <si>
     <t>p_3151574</t>
   </si>
   <si>
-    <t>Autism spectrum disorder: Warning signs, detection, diagnosis and assessment in children and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_468812/en/autism-spectrum-disorder-warning-signs-detection-diagnosis-and-assessment-in-children-and-adolescents</t>
+    <t>Prévention des addictions et réduction des risques et des dommages par les centres de soins, d'accompagnement et de prévention en addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>Les recommandations sont à destination principale des professionnels travaillant en CSAPA mais peuvent également être utiles à leurs partenaires (acteurs des champs sanitaire, social, médico-social, de la justice et de l'éducation) ainsi qu'aux personnes accueillies en CSAPA et à leur entourage.</t>
+  </si>
+  <si>
+    <t>17/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147889/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-par-les-centres-de-soins-d-accompagnement-et-de-prevention-en-addictologie-csapa</t>
+  </si>
+  <si>
+    <t>p_3147889</t>
+  </si>
+  <si>
+    <t>Diagnostic de la dénutrition de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation définit la dénutrition ainsi que les critères permettant de la diagnostiquer chez l’enfant et l’adulte de -70 ans. Elle permet d'améliorer le diagnostic de la dénutrition à l’aide d’outils adaptés.</t>
+  </si>
+  <si>
+    <t>13/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2019 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118872/fr/diagnostic-de-la-denutrition-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3118872</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Santé et maintien en emploi : prévention de la désinsertion professionnelle des travailleurs</t>
+  </si>
+  <si>
+    <t>Le périmètre de ces recommandations est circonscrit à la stratégie à mettre en œuvre à une échelle individuelle, dès lors qu’un risque de désinsertion professionnelle est identifié ou pressenti du fait d’une altération de la santé du travailleur.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2019 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903507/fr/sante-et-maintien-en-emploi-prevention-de-la-desinsertion-professionnelle-des-travailleurs</t>
+  </si>
+  <si>
+    <t>c_2903507</t>
+  </si>
+  <si>
+    <t>Évaluation et prise en charge du risque cardio-vasculaire - Recommandation abrogée</t>
+  </si>
+  <si>
+    <t>La recommandation « Principales dyslipidémies : stratégies de prise en charge » intégrant l’évaluation et la prise en charge du risque cardio-vasculaire a été abrogée par décision du Collège de la HAS le 21 novembre 2018.</t>
+  </si>
+  <si>
+    <t>22/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2018 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754387/fr/evaluation-et-prise-en-charge-du-risque-cardio-vasculaire-recommandation-abrogee</t>
+  </si>
+  <si>
+    <t>c_2754387</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Prise en compte de la souffrance psychique de la personne âgée : prévention, repérage et accompagnement</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour finalité de permettre aux professionnels travaillant auprès de personnes âgées aidées à domicile ou accueillies en établissement, de faire évoluer leurs pratiques quant à la prise en compte de la souffrance psychique. Elles s’inscrivent dans un contexte de mobilisation nationale pour une amélioration de la prévention du suicide des personnes âgées. Elles s’adressent aux professionnels des établissements et services qui accueillent des personnes âgées ou qui leur apportent à domicile une assistance dans les actes quotidiens de la vie, des prestations de soins ou une aide à l’insertion.</t>
+  </si>
+  <si>
+    <t>03/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2014 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2836216/fr/prise-en-compte-de-la-souffrance-psychique-de-la-personne-agee-prevention-reperage-et-accompagnement</t>
+  </si>
+  <si>
+    <t>c_2836216</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet résidences autonomie</t>
+  </si>
+  <si>
+    <t>Dans un contexte de transition démographique, les mesures préventives pour retarder les effets du vieillissement sont déterminantes.</t>
+  </si>
+  <si>
+    <t>13/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834910/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2834910</t>
+  </si>
+  <si>
+    <t>Les « comportements-problèmes » au sein des établissements et services accueillant des enfants et adultes handicapés</t>
+  </si>
+  <si>
+    <t>Les « comportements-problèmes » s’appliquent à des manifestations dont la sévérité, l’intensité et la répétition sont telles que ces comportements génèrent des gênes très importantes pour la personne elle-même et pour autrui, de nature à bouleverser durablement sa vie quotidienne et celle de son entourage. Les répercussions concernent la qualité de vie des personnes handicapées, leur santé, le réseau social des familles et les professionnels, pour qui des espaces d’expression devront être réservés.</t>
+  </si>
+  <si>
+    <t>19/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834964/fr/les-comportements-problemes-au-sein-des-etablissements-et-services-accueillant-des-enfants-et-adultes-handicapes</t>
+  </si>
+  <si>
+    <t>c_2834964</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - volet Résidences autonomie</t>
+  </si>
+  <si>
+    <t>L’objectif des travaux portant sur le repérage du risque de perte d’autonomie, ou de son aggravation, pour les personnes âgées est d’apporter un appui aux structures sociales et médico-sociales.</t>
+  </si>
+  <si>
+    <t>01/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2016 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834985/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2834985</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>L’objectif de s travaux portant sur le repérage du risque de perte d’autonomie, ou de son aggravation, pour les personnes âgées est d’apporter un appui aux structures sociales et médico-sociales.</t>
+  </si>
+  <si>
+    <t>15/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/02/2016 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835073/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2835073</t>
+  </si>
+  <si>
+    <t>Conduites violentes dans les établissements accueillant des adolescents : prévention et réponses</t>
+  </si>
+  <si>
+    <t>Ce document propose des points de repère sur les conduites à tenir et les pratiques à développer avec deux objectifs : - développer une culture de la prévention et du traitement de la violence à tous les niveaux de l’organisation et pour tous les acteurs ; - aider les professionnels à construire leurs réponses en fonction de leur réalité propre, dans le respect des actuelles dispositions législatives et réglementaires.</t>
+  </si>
+  <si>
+    <t>01/07/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835094/fr/conduites-violentes-dans-les-etablissements-accueillant-des-adolescents-prevention-et-reponses</t>
+  </si>
+  <si>
+    <t>c_2835094</t>
+  </si>
+  <si>
+    <t>Repérage des risques de perte d’autonomie ou de son aggravation pour les personnes âgées - Volet domicile</t>
+  </si>
+  <si>
+    <t>15/02/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835100/fr/reperage-des-risques-de-perte-d-autonomie-ou-de-son-aggravation-pour-les-personnes-agees-volet-domicile</t>
+  </si>
+  <si>
+    <t>c_2835100</t>
+  </si>
+  <si>
+    <t>Mission du responsable d’établissement et rôle de l’encadrement dans la prévention et le traitement de la maltraitance</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’apporter une contribution spécifique sur un aspect particulièrement stratégique : le rôle essentiel que joue l’encadrement au quotidien dans la prévention et le traitement de la maltraitance en établissement.</t>
+  </si>
+  <si>
+    <t>01/12/2008 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835208/fr/mission-du-responsable-d-etablissement-et-role-de-l-encadrement-dans-la-prevention-et-le-traitement-de-la-maltraitance</t>
+  </si>
+  <si>
+    <t>c_2835208</t>
+  </si>
+  <si>
+    <t>Mission du responsable de service et rôle de l’encadrement dans la prévention et le traitement de la maltraitance à domicile</t>
+  </si>
+  <si>
+    <t>L’objet de la recommandation est de placer les acteurs de terrain en situation de responsabilité par rapport aux risques de maltraitance et aux actes de maltraitance avérés.</t>
+  </si>
+  <si>
+    <t>01/09/2009 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835316/fr/mission-du-responsable-de-service-et-role-de-l-encadrement-dans-la-prevention-et-le-traitement-de-la-maltraitance-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2835316</t>
+  </si>
+  <si>
+    <t>Repérage et accompagnement des situations de ruptures dans les parcours des personnes accueillies en centre d’hébergement et de réinsertion sociale (CHRS)</t>
+  </si>
+  <si>
+    <t>Le document aborde les risques relatifs aux modifications de santé, relationnelles, économiques et spatiales dans lesquelles la personne évolue. Il envisage ces risques alors même que le projet personnalisé est élaboré et en cours de réalisation. La rupture d’un projet implique souvent, tant pour la personne elle-même que pour les professionnels de l’accompagnement, un questionnement quant aux causes de la rupture et aux conséquences sur le devenir de la personne.</t>
+  </si>
+  <si>
+    <t>09/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2015 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835658/fr/reperage-et-accompagnement-des-situations-de-ruptures-dans-les-parcours-des-personnes-accueillies-en-centre-d-hebergement-et-de-reinsertion-sociale-chrs</t>
+  </si>
+  <si>
+    <t>c_2835658</t>
+  </si>
+  <si>
+    <t>Le repérage, le diagnostic, l’évaluation pluridisciplinaire et l’accompagnement précoce et personnalisé des enfants en centre d’action médico-sociale précoce (CAMSP)</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour finalité d’apporter des éléments pratiques aux professionnels des Centres d’action médico-sociale précoce (Camsp) pour assurer au plus tôt le repérage des facteurs de risque, le dépistage, le diagnostic, le suivi des troubles éventuels et l’accompagnement des enfants et des parents, en vue de favoriser le développement des potentialités de l’enfant et assurer son inclusion sociale et éducative.</t>
+  </si>
+  <si>
+    <t>05/01/2015 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835830/fr/le-reperage-le-diagnostic-l-evaluation-pluridisciplinaire-et-l-accompagnement-precoce-et-personnalise-des-enfants-en-centre-d-action-medico-sociale-precoce-camsp</t>
+  </si>
+  <si>
+    <t>c_2835830</t>
+  </si>
+  <si>
+    <t>Repérage des déficiences sensorielles et accompagnement des personnes qui en sont atteintes dans les établissements pour personnes âgées - Volet Ehpad</t>
+  </si>
+  <si>
+    <t>13/12/2016 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2833796/fr/reperage-des-deficiences-sensorielles-et-accompagnement-des-personnes-qui-en-sont-atteintes-dans-les-etablissements-pour-personnes-agees-volet-ehpad</t>
+  </si>
+  <si>
+    <t>c_2833796</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme - Signes d’alerte, repérage, diagnostic et évaluation chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>La HAS propose, avec cette actualisation des recommandations de 2005, différents outils pour renforcer le repérage précoce et améliorer le diagnostic dès 18 mois.</t>
+  </si>
+  <si>
+    <t>08/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468812/fr/trouble-du-spectre-de-l-autisme-signes-d-alerte-reperage-diagnostic-et-evaluation-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_468812</t>
   </si>
   <si>
-    <t>Child abuse: identification and action to be taken</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1760393/en/child-abuse-identification-and-action-to-be-taken</t>
+    <t>Maltraitance chez l’enfant : repérage et conduite à tenir</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo a été modifiée suite à l’actualisation de la recommandation de bonne pratique sur le syndrome du bébé secoué en juillet 2017.</t>
+  </si>
+  <si>
+    <t>12/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760393/fr/maltraitance-chez-l-enfant-reperage-et-conduite-a-tenir</t>
   </si>
   <si>
     <t>c_1760393</t>
   </si>
   <si>
-    <t>Developmental dysplasia of the hip: screening</t>
+    <t>Cancer colorectal : modalités de dépistage et de prévention chez les sujets à risque élevé et très élevé</t>
+  </si>
+  <si>
+    <t>La fiche mémo propose de faire le point sur les modalités de dépistage et de prévention du cancer colorectal (CCR), avec : Un rappel sur la stratégie de dépistage adoptée en France, le rôle des médecins généralistes dans l’orientation des sujets, les signes évocateurs de CCR, les signes évocateurs des formes héréditaires de CCR. La présentation des facteurs de risques de CCR. Le suivi personnalisé pour les sujets à risque élevé et très élevé de CCR (examen de référence, début de surveillance, rythme de suivi).</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/06/2017 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772744/fr/cancer-colorectal-modalites-de-depistage-et-de-prevention-chez-les-sujets-a-risque-eleve-et-tres-eleve</t>
+  </si>
+  <si>
+    <t>c_2772744</t>
+  </si>
+  <si>
+    <t>Label conjoint INCa-HAS – Surveillance médico-professionnelle des travailleurs exposés ou ayant été exposés à des agents cancérogènes pulmonaires</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a reçu le label de la HAS. Ce label signifie que cette recommandation de bonne pratique a été élaborée selon les procédures et les règles méthodologiques préconisées par la HAS.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2016 17:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2606636/fr/label-conjoint-inca-has-surveillance-medico-professionnelle-des-travailleurs-exposes-ou-ayant-ete-exposes-a-des-agents-cancerogenes-pulmonaires</t>
+  </si>
+  <si>
+    <t>c_2606636</t>
+  </si>
+  <si>
+    <t>Patient avec un trouble bipolaire : repérage et prise en charge initiale en premier recours</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’aider les médecins assurant les soins de premier recours à : Améliorer le repérage des patients adultes et adolescents souffrant d’un trouble bipolaire. Améliorer par un repérage précoce la prévention des complications des troubles bipolaires.</t>
+  </si>
+  <si>
+    <t>03/06/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/10/2015 15:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747465/fr/patient-avec-un-trouble-bipolaire-reperage-et-prise-en-charge-initiale-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1747465</t>
+  </si>
+  <si>
+    <t>Manifestations dépressives à l'adolescence : repérage, diagnostic et prise en charge en soins de premier recours</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a pour enjeu de mieux prendre en charge les manifestations dépressives de l’adolescent (entre 12 et 18 ans), notamment l’épisode dépressif caractérisé inscrit dans un trouble dépressif unipolaire, et de diminuer la morbi-mortalité qui en découle.</t>
+  </si>
+  <si>
+    <t>12/11/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2014 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782013/fr/manifestations-depressives-a-l-adolescence-reperage-diagnostic-et-prise-en-charge-en-soins-de-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1782013</t>
+  </si>
+  <si>
+    <t>Arrêt de la consommation de tabac : du dépistage individuel au maintien de l’abstinence en premier recours</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. Ces recommandations de bonne pratique actualisées en 2014 par la HAS font le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Elles se présentent sous la forme d’un guide et d’outils pratiques pour aider les professionnels de santé à suivre et accompagner leurs patients fumeurs.</t>
+  </si>
+  <si>
+    <t>15/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2014 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718021/fr/arret-de-la-consommation-de-tabac-du-depistage-individuel-au-maintien-de-l-abstinence-en-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1718021</t>
+  </si>
+  <si>
+    <t>Luxation congénitale de la hanche : dépistage</t>
   </si>
   <si>
     <t>The objective of this document is to help general practitioners, paediatricians, neonatologists, maternal and infant protection doctors, orthopaedic surgeons, radiologists, obstetricians and gynaecologists, midwives, pediatric nurses, physiotherapists and osteopaths in the early detection of developmental dysplasia of the hip (DDH), in order to establish a much simpler treatment for the child.</t>
   </si>
   <si>
-    <t>10/16/2013 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1680275/en/developmental-dysplasia-of-the-hip-screening</t>
+    <t>16/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>08/11/2013 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1680275/fr/luxation-congenitale-de-la-hanche-depistage</t>
   </si>
   <si>
     <t>c_1680275</t>
   </si>
   <si>
-    <t>Screening for hepatitis C</t>
-[...5 lines deleted...]
-    <t>01/18/2001 00:00:00</t>
+    <t>Label de la HAS - Surveillance médico-professionnelle de l'exposition interne aux radionucléides en installation nucléaire de base</t>
+  </si>
+  <si>
+    <t>Ces recommandations répondent à un triple objectif : améliorer la mise en place de protocoles de surveillance adaptés au risque d’exposition ; préciser la méthode pour l’interprétation des données de la surveillance ; disposer d’éléments d’estimation du risque sanitaire associé à une dose. Elles visent à optimiser la prévention du risque d’exposition interne et le suivi médical des travailleurs exposés à ce risque en permettant : d’homogénéiser les pratiques professionnelles des médecins du travail ; d’améliorer les actions d’information aux travailleurs sur la nature du risque.</t>
+  </si>
+  <si>
+    <t>01/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1075233/fr/label-de-la-has-surveillance-medico-professionnelle-de-l-exposition-interne-aux-radionucleides-en-installation-nucleaire-de-base</t>
+  </si>
+  <si>
+    <t>c_1075233</t>
+  </si>
+  <si>
+    <t>Label conjoint INCa-HAS - Recommandations pour la surveillance médico-professionnelle des travailleurs exposés à l'action cancérigène des poussières de bois.</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à optimiser la prévention du risque cancérigène des poussières de bois et le suivi médical des travailleurs exposés à ce risque.</t>
+  </si>
+  <si>
+    <t>03/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2011 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148455/fr/label-conjoint-inca-has-recommandations-pour-la-surveillance-medico-professionnelle-des-travailleurs-exposes-a-l-action-cancerigene-des-poussieres-de-bois</t>
+  </si>
+  <si>
+    <t>c_1148455</t>
+  </si>
+  <si>
+    <t>Autisme et autres TED diagnostic et évaluation chez l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a pour objectif d'améliorer le repérage des troubles et le diagnostic des TED chez l'adulte, quelle que soit sa situation : personne vivant à domicile accompagnée ou non par un service, personne accueillie ou hébergée dans un établissement médico-social, personne accueillie et/ou hébergée dans un service ou un établissement sanitaire.</t>
+  </si>
+  <si>
+    <t>07/10/2011 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1102317/fr/autisme-et-autres-ted-diagnostic-et-evaluation-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1102317</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Protection personnelle antivectorielle à l'attention du voyageur, des expatriés, des résidents et des nomades</t>
+  </si>
+  <si>
+    <t>Ces recommandations portent sur la place de la protection personnelle antivectorielle (PPAV). Celle-ci n’agit pas sur l’agent responsable d’une maladie transmissible (par exemple : le plasmodium dans le cas du paludisme), mais sur l’organisme qui le transmet à l’homme (le vecteur : l’anophèle dans cet exemple).</t>
+  </si>
+  <si>
+    <t>29/11/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1003520/fr/label-de-la-has-protection-personnelle-antivectorielle-a-l-attention-du-voyageur-des-expatries-des-residents-et-des-nomades</t>
+  </si>
+  <si>
+    <t>c_1003520</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d’améliorer la qualité des informations du dossier médical en santé au travail (DMST) afin de permettre d’évaluer le lien entre l’état de santé du travailleur et le(s) poste(s) et les conditions de travail actuels et antérieurs. L’accent est mis sur la traçabilité des expositions professionnelles, des données de santé et des informations, propositions et avis délivrés au travailleur par le médecin du travail.</t>
+  </si>
+  <si>
+    <t>21/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 13:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_757826/fr/le-dossier-medical-en-sante-au-travail</t>
+  </si>
+  <si>
+    <t>c_757826</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 7 à 18 ans, destinées aux médecins généralistes, pédiatres et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 7 à 18 ans : les trouble des apprentissages les troubles d’hyperactivité avec déficit de l’attention les anomalies du développement pubertaire la scoliose l'obésité l'asthme et la rhino-conjonctivite allergique les troubles de la vision et de l’audition les risques liés à la sexualité les troubles anxieux les conduites à risque, troubles des conduites, troubles oppositionnels les conduites suicidaires les consommations de produits les troubles du comportement alimentaire la dépression</t>
+  </si>
+  <si>
+    <t>01/09/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2005 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451142/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-7-a-18-ans-destinees-aux-medecins-generalistes-pediatres-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451142</t>
+  </si>
+  <si>
+    <t>Propositions portant sur le dépistage individuel chez l’enfant de 28 jours à 6 ans, destinées aux médecins généralistes, pédiatres, médecins de PMI et médecins scolaires</t>
+  </si>
+  <si>
+    <t>Ces propositions portent sur le dépistage individuel des affections suivantes chez l’enfant de 28 jours à 6 ans : les troubles psychologiques et psycho-comportementaux (retards de développement, autisme et troubles envahissants du développement et troubles d’hyperactivité avec déficit de l’attention) les troubles du langage les troubles de l’audition les troubles de la vision l'obésité le saturnisme</t>
+  </si>
+  <si>
+    <t>01/09/2005 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451143/fr/propositions-portant-sur-le-depistage-individuel-chez-l-enfant-de-28-jours-a-6-ans-destinees-aux-medecins-generalistes-pediatres-medecins-de-pmi-et-medecins-scolaires</t>
+  </si>
+  <si>
+    <t>c_451143</t>
+  </si>
+  <si>
+    <t>Dépistage de l’hépatite C - Populations à dépister et modalités du dépistage - Recommandations du comité d’experts réuni par l’ANAES</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent les populations à dépister et les modalités du dépistage de l'hépatite C.</t>
+  </si>
+  <si>
+    <t>18/01/2001 00:00:00</t>
   </si>
   <si>
     <t>01/01/2001 16:50:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_271987/en/screening-for-hepatitis-c</t>
+    <t>https://www.has-sante.fr/jcms/c_271987/fr/depistage-de-l-hepatite-c-populations-a-depister-et-modalites-du-depistage-recommandations-du-comite-d-experts-reuni-par-l-anaes</t>
   </si>
   <si>
     <t>c_271987</t>
   </si>
   <si>
-    <t>Prevention and management of pressure ulcers in adults and the elderly</t>
-[...2 lines deleted...]
-    <t>The questions :# 1. How should the various stages of pressure ulcers bedefined and assessed ? # 2. What are the risk factors and what risk scales can be used ? # 3. What general preventive measures can be taken ?# 4. How can pressure ulcers be managed ? # 5. What support surfaces can be used to prevent and manage pressure ulcers ? # 6. What are the psychosocial repercussions and impact on quality of life, and what is their economic impact ? # 7. What type of education, training and information do patients and their families need ?#</t>
+    <t>Prévention et traitement des escarres de l’adulte et du sujet âgé</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux sept questions suivantes, posées au jury :# 1. Comment décrire et évaluer les stades de l'escarre ?# 2. Quels sont les facteurs de risque et les échelles de risque ?# 3. Quelles sont les mesures générales de prévention ?# 4. Quels sont les traitements de l'escarre ?# 5. Quels sont les supports de prévention et de traitement des escarres ?# 6. Quel est le retentissement psycho-social et sur la qualité de vie, et quelles sont les incidences économiques ?# 7. Quelles éducation, formation et information du patient et de sa famille ?#</t>
   </si>
   <si>
     <t>12/12/2001 00:00:00</t>
   </si>
   <si>
-    <t>11/01/2001 00:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_271996/en/prevention-and-management-of-pressure-ulcers-in-adults-and-the-elderly</t>
+    <t>01/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271996/fr/prevention-et-traitement-des-escarres-de-l-adulte-et-du-sujet-age</t>
   </si>
   <si>
     <t>c_271996</t>
   </si>
   <si>
-    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1. Dans quelles circonstances faut-il rechercher une infection cervico-vaginale chez la femme enceinte ? 2. Quels prélèvements faut-il réaliser chez la femme enceinte pour rechercher une infection bactérienne cervico-vaginale et comment en interpréter les résultats ? 3. Quelle est la conduite à tenir en cas d'infection bactérienne cervico-vaginale au cours d'une grossesse normale ou pathologique ? 4. Y a-t-il un intérêt à rechercher systématiquement un portage du streptocoque du groupe B au cours de la grossesse et du travail ? Si oui, quels selon quelles modalités, quand et comment ? 5. Quelle antibioprophylaxie de l'infection néonatale à streptocoque du groupe B proposer en per partum ? 6. Quels examens faut-il réaliser en cas de rupture prématurée des membranes ? 7. Quelle est la conduite à tenir au plan infectieux en cas de rupture prématurée des membranes ?</t>
+  </si>
+  <si>
+    <t>01/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
   <si>
-    <t>Early vision screening in children to prevent amblyopia</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272178/en/early-vision-screening-in-children-to-prevent-amblyopia</t>
+    <t>Dépistage précoce des troubles de la fonction visuelle chez l’enfant pour prévenir l’amblyopie</t>
+  </si>
+  <si>
+    <t>L'amblyopie est une insuffisance uni ou bilatérale de certaines aptitudes visuelles, principalement de la discrimination des formes, entraînant chez l'enfant un trouble de la maturation du cortex visuel, irréversible en l'absence de traitement. Ces recommandations concernent le dépistage des troubles visuels chez l'enfant de moins de 6 ans.</t>
+  </si>
+  <si>
+    <t>08/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>11/06/2004 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272178/fr/depistage-precoce-des-troubles-de-la-fonction-visuelle-chez-l-enfant-pour-prevenir-l-amblyopie</t>
   </si>
   <si>
     <t>c_272178</t>
   </si>
   <si>
-    <t>Vaccination against the hepatitis B virus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272257/en/vaccination-against-the-hepatitis-b-virus</t>
+    <t>Vaccination contre le virus de l’hépatite B</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est d'apporter des réponses aux questions suivantes : # 1. Intérêt de santé publique de la vaccination contre le VHB# 2. Évaluation du rapport bénéfices/risques de la vaccination contre le VHB# 3. Populations cibles de la vaccination contre le VHB# 4. Modalités de mise en œuvre de la vaccination contre le VHB# Les recommandations du jury abordent les points suivants :# 1. Données d'incidence et de prévalence de l'infection par le VHB en France# 2. Efficacité de la vaccination contre le VHB# 3. Évaluation des effets secondaires potentiels de la vaccination contre le VHB# 4. Stratégies et actions (stratégies de vaccination et d'information)#</t>
+  </si>
+  <si>
+    <t>02/10/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2003 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272257/fr/vaccination-contre-le-virus-de-l-hepatite-b</t>
   </si>
   <si>
     <t>c_272257</t>
   </si>
   <si>
-    <t>Press release</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3179988/en/covid-19-the-has-defines-criteria-to-assess-the-reliability-of-serological-tests</t>
+    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
+  </si>
+  <si>
+    <t>11/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
+  </si>
+  <si>
+    <t>c_272273</t>
+  </si>
+  <si>
+    <t>Prévention des chutes accidentelles chez la personne âgée</t>
+  </si>
+  <si>
+    <t>Médicaments, atteintes sensitives, cognitives ou motrices, comportement, environnement, de nombreux facteurs peuvent favoriser les chutes chez la personne âgée.</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272503/fr/prevention-des-chutes-accidentelles-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_272503</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : s'informer pour décider</t>
+  </si>
+  <si>
+    <t>Dans le cadre du programme national de dépistage néonatal piloté par le ministère chargé de la santé, la Haute Autorité de santé (HAS) et le Centre national de coordination du dépistage néonatal (CNCDN) publient un ensemble de documents portant sur l’information à délivrer aux parents. Il s’agit notamment de donner des clefs aux professionnels pour les aider à expliquer les maladies dépistées et l’intérêt de les détecter dès la naissance. Ce document a été actualisé en octobre 2024 pour tenir compte de la généralisation du dépistage néonatal de la drépanocytose sur l'ensemble du territoire français au 1er novembre 2024.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3285576/fr/depistage-neonatal-s-informer-pour-decider</t>
+  </si>
+  <si>
+    <t>p_3285576</t>
+  </si>
+  <si>
+    <t>Sols pollués par le cadmium - Suivi des résidents surexposés</t>
+  </si>
+  <si>
+    <t>Vous résidez sur ou à proximité d’un site où la concentration de cadmium dans le sol pourrait présenter des risques pour votre santé, ce document vous informe sur : comment limiter votre exposition au cadmium ; dans quels cas votre médecin vous propose de dépister une surexposition au cadmium ; votre prise en charge par votre médecin d’une intoxication par le cadmium.</t>
+  </si>
+  <si>
+    <t>18/09/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3544601/fr/sols-pollues-par-le-cadmium-suivi-des-residents-surexposes</t>
+  </si>
+  <si>
+    <t>p_3544601</t>
+  </si>
+  <si>
+    <t>Covid-19 – Quel test faire ?</t>
+  </si>
+  <si>
+    <t>La HAS actualise un document d'information destiné à accompagner les usagers dans leur choix sur les tests à faire et quand, en fonction de leur situation personnelle. Il existe, en effet, de nombreux tests et il n’est pas si facile de s’y retrouver. Ce document sera régulièrement mis à jour en fonction de l'arrivée de nouveaux tests.</t>
+  </si>
+  <si>
+    <t>14/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2021 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242351/fr/covid-19-quel-test-faire</t>
+  </si>
+  <si>
+    <t>p_3242351</t>
+  </si>
+  <si>
+    <t>Nodule de la thyroïde - Comment l'explorer ?</t>
+  </si>
+  <si>
+    <t>Une grosseur au niveau de votre thyroïde a été découverte. Vous avez peut-être un nodule. Ce document vous informe sur ce qu’est un nodule de la thyroïde et sur les examens qui permettent de le caractériser. Il complète vos échanges avec votre médecin ; il ne remplace pas son avis. Les informations qu’il contient s’appuient sur les données scientifiques les plus récentes.</t>
+  </si>
+  <si>
+    <t>09/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/09/2021 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287556/fr/nodule-de-la-thyroide-comment-l-explorer</t>
+  </si>
+  <si>
+    <t>p_3287556</t>
+  </si>
+  <si>
+    <t>Sols pollués par l’arsenic : information à destination des habitants</t>
+  </si>
+  <si>
+    <t>Vous habitez dans un site où la concentration d’arsenic dans le sol pourrait présenter des risques pour votre santé en cas d’exposition prolongée. L’agence régionale de santé y coordonne une politique de limitation de ces risques. Ce document explique comment limiter votre exposition à l’arsenic, dans quels cas votre médecin propose de dépister une surexposition, et quelle est la prise en charge d’une intoxication par l’arsenic.</t>
+  </si>
+  <si>
+    <t>09/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/07/2020 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193513/fr/sols-pollues-par-l-arsenic-information-a-destination-des-habitants</t>
+  </si>
+  <si>
+    <t>p_3193513</t>
+  </si>
+  <si>
+    <t>Cancer : recherche d’un déficit en enzyme dihydropyrimidine déshydrogénase (DPD) avant chimiothérapie</t>
+  </si>
+  <si>
+    <t>Explications sur cette étape préalable à une chimiothérapie comportant des fluoropyrimidines (5-FU) ou des capécitabines.</t>
+  </si>
+  <si>
+    <t>30/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2019 13:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966449/fr/cancer-recherche-d-un-deficit-en-enzyme-dihydropyrimidine-deshydrogenase-dpd-avant-chimiotherapie</t>
+  </si>
+  <si>
+    <t>c_2966449</t>
+  </si>
+  <si>
+    <t>Dépistage de la trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce document explique ce qu’est le dépistage de la trisomie 21, les différents éléments à prendre en compte (la mesure de la clarté nucale du fœtus, le dosage de marqueurs sériques et l’âge de la mère), les différentes étapes du dépistage, comment lire les résultats des examens et propose des liens utiles pour en savoir plus si le risque est élevé.</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2019 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899277/fr/depistage-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_2899277</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Activité physique : ses bienfaits sur la santé commencent dès le plus jeune âge</t>
+  </si>
+  <si>
+    <t>Apprentissage de la motricité, loisirs, activités sportives en famille, en milieu scolaire ou en association : l’activité physique, et plus largement le mouvement, font partie de la vie de l’enfant et de l’adolescent. Aujourd’hui, les jeunes pratiquent pourtant de moins en moins d’activité physique tandis que les comportements sédentaires augmentent avec en particulier l’accroissement du temps passé devant des écrans. Or les effets bénéfiques de l’activité physique sur la santé des personnes commencent dès l’enfance et se poursuivent tout au long de la vie. La Haute Autorité de santé (HAS) publie dans ce contexte un guide dédié à l’activité physique chez l’enfant et l’adolescent. L’objectif est d’aider les professionnels de santé (en ville, à l’hôpital, en milieu scolaire…) à promouvoir l’activité physique, à repérer les enfants inactifs ou sédentaires, à identifier ceux qui présentent des risques ou des limitations à la pratique et à accompagner l’enfant et ses parents selon les besoins.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741687/fr/activite-physique-ses-bienfaits-sur-la-sante-commencent-des-le-plus-jeune-age</t>
+  </si>
+  <si>
+    <t>p_3741687</t>
+  </si>
+  <si>
+    <t>Cytomégalovirus (CMV) chez la femme enceinte : la HAS recommande un dépistage systématique pour toutes à réévaluer après 3 ans de mise en œuvre</t>
+  </si>
+  <si>
+    <t>L’infection à cytomégalovirus (CMV) est bénigne dans la majorité des cas. Cependant, si elle est développée pendant la grossesse, notamment pendant la période encadrant le début de grossesse, elle peut provoquer chez le bébé à naître des séquelles lourdes, telles que des troubles auditifs ou du développement cérébral. Actuellement en France, bien qu’un dépistage de l’infection chez les femmes enceintes soit réalisé de plus en plus fréquemment, il n’existe pas de recommandation en faveur d’un dépistage systématique pendant la grossesse. En 2018 puis en 2023, le Haut Conseil de la santé publique (HCSP) s’est en effet prononcé contre sa mise en œuvre, faute d’éléments suffisants pour en démontrer le bénéfice. Comme prévu par la loi de financement de la Sécurité sociale pour 2024, le ministère chargé de la Santé a sollicité la HAS afin qu’elle rende un avis sur la pertinence de ce dépistage systématique. Aujourd’hui, la HAS se prononce en prenant en compte l’évolution des connaissances. Elle recommande au ministère chargé de la Santé de mettre en place un dépistage systématique chez les femmes enceintes dont le statut sérologique est inconnu ou négatif, sous réserve qu’un suivi et qu’une collecte de nouvelles données soient mis en place. Cette recommandation devra faire l’objet d’une réévaluation au bout de trois ans, sur la base de données qui devront avoir été recueillies d’ici là.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610208/fr/cytomegalovirus-cmv-chez-la-femme-enceinte-la-has-recommande-un-depistage-systematique-pour-toutes-a-reevaluer-apres-3-ans-de-mise-en-oeuvre</t>
+  </si>
+  <si>
+    <t>p_3610208</t>
+  </si>
+  <si>
+    <t>Papillomavirus (HPV) : le rattrapage vaccinal recommandé chez les femmes et les hommes jusqu’à 26 ans révolus</t>
+  </si>
+  <si>
+    <t>L’infection à papillomavirus humains (HPV, Human Papilloma Virus en anglais) est extrêmement courante, surtout au début de la vie sexuelle. Même si ces virus sont la plupart du temps éliminés par le système immunitaire, ils sont responsables chaque année de près de 6 400 nouveaux cas de cancer, principalement du col de l’utérus et 35 000 lésions précancéreuses. Actuellement, la vaccination est recommandée en France pour les jeunes filles et les jeunes garçons, âgés de 11 à 14 ans révolus, avec un rattrapage vaccinal pour les deux sexes, entre 15 et 19 ans révolus. Elle est également recommandée jusqu’à 26 ans révolus pour les hommes qui ont ou ont eu des relations sexuelles avec des hommes (HSH). La HAS a évalué l’opportunité d’élargir le rattrapage à tous les jeunes adultes, jusqu’à 26 ans révolus. Aujourd’hui, elle recommande cet élargissement au ministère chargé de la Santé, tout en rappelant que la priorité demeure la vaccination des adolescents de 11 à 14 ans, chez qui la couverture vaccinale reste insuffisante.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605077/fr/papillomavirus-hpv-le-rattrapage-vaccinal-recommande-chez-les-femmes-et-les-hommes-jusqu-a-26-ans-revolus</t>
+  </si>
+  <si>
+    <t>p_3605077</t>
+  </si>
+  <si>
+    <t>Tuberculose pulmonaire : structurer le dépistage et le repérage précoce dans les populations à risque</t>
+  </si>
+  <si>
+    <t>Certaines populations sont exposées à un risque plus élevé de tuberculose du fait notamment de leurs conditions de vie (détenus, migrants, sans domicile fixe, usagers de drogues…). Afin d’identifier précocement les personnes porteuses d’une tuberculose pulmonaire non diagnostiquées et non traitées et réduire la transmission, la Haute Autorité de santé (HAS) a réévalué les stratégies de dépistage et repérage précoce de la tuberculose pulmonaire dans ces populations à risque. Elle dresse un état des lieux des pratiques et des structures en charge du dépistage et propose deux types de programme par population cible, avec des critères d’éligibilité et des algorithmes standardisés, à destination des décideurs publics.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598771/fr/tuberculose-pulmonaire-structurer-le-depistage-et-le-reperage-precoce-dans-les-populations-a-risque</t>
+  </si>
+  <si>
+    <t>p_3598771</t>
+  </si>
+  <si>
+    <t>Recrudescence des infections invasives à méningocoques : de nouvelles recommandations sur le rattrapage vaccinal</t>
+  </si>
+  <si>
+    <t>Après un début d’année 2025 marqué par une augmentation particulièrement importante des infections invasives à méningocoques, le ministère chargé de la Santé a saisi la Haute Autorité de santé (HAS) sur le rattrapage vaccinal contre les méningocoques B et ACWY chez les enfants nés avant la mise en place de l'obligation vaccinale le 1er janvier 2025. En complément des recommandations publiées en mars 2024, plus que jamais d'actualité, la HAS propose d’inscrire au calendrier vaccinal l’extension de la vaccination obligatoire contre les méningocoques ACWY chez les nourrissons jusqu’à 2 ans comme pour les méningocoques B. Elle recommande par ailleurs de façon transitoire la mise en place d’un rattrapage ciblant, d’une part, les enfants jusqu’à 3 ans contre les sérogroupes ACWY et d’autre part, les enfants de 2 à 5 ans contre le sérogroupe B. Elle insiste sur la nécessité de mettre à jour sans délai la vaccination contre les sérogroupes ACWY des adolescents et jeunes adultes jusqu'à 25 ans grâce à une large campagne de vaccination menée sur deux ans.</t>
+  </si>
+  <si>
+    <t>18/03/2025 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3597672/fr/recrudescence-des-infections-invasives-a-meningocoques-de-nouvelles-recommandations-sur-le-rattrapage-vaccinal</t>
+  </si>
+  <si>
+    <t>p_3597672</t>
+  </si>
+  <si>
+    <t>Épidémie de chikungunya : quelle stratégie vaccinale à La Réunion et à Mayotte ?</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594168/fr/epidemie-de-chikungunya-quelle-strategie-vaccinale-a-la-reunion-et-a-mayotte</t>
+  </si>
+  <si>
+    <t>p_3594168</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques : la HAS actualise ses recommandations</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) actualise les recommandations élaborées en 2018 sur la prise en charge de la borréliose de Lyme et des autres maladies transmises par les tiques. Cette actualisation vise à faire le point sur les connaissances scientifiques actuelles, harmoniser les pratiques cliniques et aider les professionnels concernés dans leurs démarches diagnostique et thérapeutique. L’enjeu est ainsi d’éviter l’errance médicale de tout patient atteint ou susceptible d’être atteint de ces pathologies. La publication de ces recommandations s’inscrit dans la continuité du guide de parcours de soins, publié en 2022 et qui est toujours d’actualité.</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591081/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-la-has-actualise-ses-recommandations</t>
+  </si>
+  <si>
+    <t>p_3591081</t>
+  </si>
+  <si>
+    <t>Maltraitances institutionnelles et intrafamiliales : mieux repérer les situations à risque et accompagner les victimes adultes</t>
+  </si>
+  <si>
+    <t>La lutte contre la maltraitance, qu'elle soit familiale ou institutionnelle, constitue un enjeu majeur pour la Haute Autorité de santé (HAS). Elle publie deux guides sur ce sujet, afin de permettre à un large panel de professionnels de mieux repérer les situations à risque et d'accompagner les adultes qui en sont victimes.</t>
+  </si>
+  <si>
+    <t>25/10/2024 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552867/fr/maltraitances-institutionnelles-et-intrafamiliales-mieux-reperer-les-situations-a-risque-et-accompagner-les-victimes-adultes</t>
+  </si>
+  <si>
+    <t>p_3552867</t>
+  </si>
+  <si>
+    <t>La HAS émet un avis favorable à l’octroi d’un forfait innovation pour le test salivaire Endotest</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) émet un avis favorable à la prise en charge du test salivaire Endotest dans le cadre du forfait innovation. L’étude clinique menée à ce titre permettra de donner un accès précoce et sécurisé au test et de recueillir les données manquantes en vue d’une future évaluation pour une prise en charge de droit commun.</t>
+  </si>
+  <si>
+    <t>18/10/2024 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549447/fr/la-has-emet-un-avis-favorable-a-l-octroi-d-un-forfait-innovation-pour-le-test-salivaire-endotest</t>
+  </si>
+  <si>
+    <t>p_3549447</t>
+  </si>
+  <si>
+    <t>Vaccination contre le VRS : protéger les personnes âgées de graves complications</t>
+  </si>
+  <si>
+    <t>Saisie par le ministère chargé de la Santé, la Haute Autorité de santé a évalué l’opportunité d’intégrer les vaccins Arexvy et Abrysvo, nouvellement autorisés, dans la stratégie de prévention des infections par le virus respiratoire syncytial (VRS) chez les personnes âgées. Une infection par le VRS dans cette population est en effet susceptible d’entraîner de graves complications pouvant aller jusqu’au décès. La HAS recommande la vaccination des plus vulnérables : les personnes âgées de 75 ans et plus ainsi que les personnes âgées de 65 ans et plus présentant des pathologies respiratoires ou cardiaques chroniques.</t>
+  </si>
+  <si>
+    <t>04/07/2024 11:01:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528825/fr/vaccination-contre-le-vrs-proteger-les-personnes-agees-de-graves-complications</t>
+  </si>
+  <si>
+    <t>p_3528825</t>
+  </si>
+  <si>
+    <t>Vaccination maternelle contre le VRS : une nouvelle possibilité pour protéger le nouveau-né</t>
+  </si>
+  <si>
+    <t>Saisie par le ministère chargé de la Santé, la Haute Autorité de santé publie aujourd’hui une recommandation concernant l’intégration du nouveau vaccin Abrysvo dans la stratégie de prévention chez le nourrisson des infections par le VRS, responsable notamment de bronchiolites. La prévention était majoritairement assurée depuis l’année dernière par l’injection du traitement Beyfortus chez le nouveau-né. La HAS reconnait l’intérêt d’une vaccination des femmes enceintes avec Abrysvo, lors du 8e mois de grossesse. Avec l’arrivée de ce vaccin, les parents pourraient ainsi avoir le choix - dès septembre - entre deux possibilités pour protéger leur nourrisson contre les infections causées par le VRS.</t>
+  </si>
+  <si>
+    <t>13/06/2024 10:35:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522378/fr/vaccination-maternelle-contre-le-vrs-une-nouvelle-possibilite-pour-proteger-le-nouveau-ne</t>
+  </si>
+  <si>
+    <t>p_3522378</t>
+  </si>
+  <si>
+    <t>Infections invasives à méningocoques : des recommandations vaccinales actualisées</t>
+  </si>
+  <si>
+    <t>Les infections invasives à méningocoques sont des infections transmissibles graves, dont l’issue peut être rapidement fatale. Si la mise en place de mesures barrières durant la crise de Covid-19 a permis une baisse notable de ces infections, les dernières données montrent une reprise de la circulation des méningocoques en France. Saisie par le ministère chargé de la santé, la HAS actualise la stratégie de vaccination contre les méningocoques A, C, W, Y et B. L’objectif est de protéger l’ensemble de la population et plus particulièrement les nourrissons, les adolescents et les jeunes adultes.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3502914/fr/infections-invasives-a-meningocoques-des-recommandations-vaccinales-actualisees</t>
+  </si>
+  <si>
+    <t>p_3502914</t>
+  </si>
+  <si>
+    <t>Alcool : accompagner chaque personne à diminuer son risque</t>
+  </si>
+  <si>
+    <t>En France, parler des effets recherchés dans la consommation d’alcool et des risques associés à son usage reste difficile, voire tabou. L’alcool constitue pourtant une véritable question de santé sur laquelle il est tout à fait possible d’agir par des actions diversifiées. C’est le sens des recommandations publiées par la HAS à destination de tous les acteurs qui contribuent à la santé, et plus particulièrement de ceux qui agissent en premier recours (premier niveau de contact entre la population et le système de santé). Objectif : permettre à chaque personne de bénéficier d’une information juste et claire sur le sujet, d’un repérage de la consommation d’alcool et de tous les accompagnements possibles afin de diminuer ses risques compte tenu de ses besoins et priorités.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470432/fr/alcool-accompagner-chaque-personne-a-diminuer-son-risque</t>
+  </si>
+  <si>
+    <t>p_3470432</t>
+  </si>
+  <si>
+    <t>La HAS se prononce sur l’intérêt médical des TROD grippe/Covid-19/VRS</t>
+  </si>
+  <si>
+    <t>Après un hiver marqué par une triple épidémie (grippe, Covid-19 et bronchiolite), la HAS a été saisie pour évaluer les tests rapides d’orientation diagnostique (TROD), dits « multiplex », c’est-à-dire susceptibles de détecter simultanément différents virus. Elle se prononce plus précisément sur l’intérêt médical des TROD grippe/Covid-19 et grippe/Covid-19/VRS (virus respiratoire syncytial), dans le cadre notamment des consultations médicales en ville. En l’absence de données suffisamment robustes pour attester de leurs performances diagnostiques, la HAS estime que ces TROD ne présentent pas à ce jour d’intérêt médical en vue d’un diagnostic à l’échelle individuelle. Toutefois, ils pourraient présenter un intérêt médical à l’échelle populationnelle qui pourrait justifier, sous certaines conditions, leur prise en charge par l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>13/06/2023 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445214/fr/la-has-se-prononce-sur-l-interet-medical-des-trod-grippe/covid-19/vrs</t>
+  </si>
+  <si>
+    <t>p_3445214</t>
+  </si>
+  <si>
+    <t>La HAS actualise ses recommandations sur l’examen du dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>En France, les cancers du sein sont, chez les femmes, les cancers les plus fréquents et la première cause de décès par cancer. Le dépistage organisé, proposé tous les deux ans aux femmes âgées de 50 à 74 ans, permet leur détection et leur prise en charge précoces. En réponse à une saisine de l’Institut national du cancer (INCa), la Haute Autorité de santé recommande l’introduction, dans le dépistage organisé des cancers du sein, de la mammographie 3D (par tomosynthèse), à condition qu’elle soit systématiquement associée à la reconstruction d’une image 2D synthétique (3D + 2Ds).</t>
+  </si>
+  <si>
+    <t>17/03/2023 11:39:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421814/fr/la-has-actualise-ses-recommandations-sur-l-examen-du-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>p_3421814</t>
+  </si>
+  <si>
+    <t>Notification des IST aux partenaires : des recommandations pour interrompre la chaine de transmission</t>
+  </si>
+  <si>
+    <t>Se faire dépister régulièrement pour repérer au plus tôt une infection sexuellement transmissible (IST) est essentiel pour préserver sa santé et celle de son ou ses partenaire(s). Ainsi, lorsqu’on apprend que l’on est infecté par une IST, il est important d’informer ce(s) dernier(s), c’est ce qu’on appelle la notification aux partenaires. La HAS publie aujourd’hui des recommandations sur ce sujet, afin d’en faire un outil à part entière de la lutte contre les IST. L’objectif est non seulement d’augmenter le nombre de personnes informées de leur exposition à une IST par leur partenaire, mais surtout de proposer des évolutions du cadre législatif en matière de secret professionnel, qui limite les possibilités d’information des partenaires.</t>
+  </si>
+  <si>
+    <t>09/03/2023 11:21:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419288/fr/notification-des-ist-aux-partenaires-des-recommandations-pour-interrompre-la-chaine-de-transmission</t>
+  </si>
+  <si>
+    <t>p_3419288</t>
+  </si>
+  <si>
+    <t>La HAS actualise la doctrine vaccinale de lutte contre les orthopoxvirus</t>
+  </si>
+  <si>
+    <t>Les orthopoxvirus constituent une famille de virus à laquelle appartiennent la variole, mais aussi la vaccine et le mpox (nouveau nom du virus monkeypox). Comme la vaccination contre la variole a été obligatoire en France jusqu’au début des années 1980, l’immunité vaccinale des populations diminue progressivement depuis, favorisant l’apparition de nouvelles épidémies telle que celle de mpox depuis le printemps 2022. La Direction générale de la santé (DGS) a saisi la HAS pour qu’elle actualise la doctrine de lutte contre une réémergence de la variole en France et qu’elle y intègre des recommandations pour anticiper le risque d’épidémies dues à d’autres orthopoxvirus. Les travaux publiés ce jour ont pour objectif d’orienter le gouvernement dans la mise en place de son plan de lutte contre les orthopoxvirus.</t>
+  </si>
+  <si>
+    <t>03/01/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3401966/fr/la-has-actualise-la-doctrine-vaccinale-de-lutte-contre-les-orthopoxvirus</t>
+  </si>
+  <si>
+    <t>p_3401966</t>
+  </si>
+  <si>
+    <t>Violences faites aux femmes : la HAS publie un nouvel outil d’aide au repérage</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée internationale de lutte contre les violences faites aux femmes, ce vendredi 25 novembre, la Haute Autorité de santé diffuse largement, avec l’appui de l’Assurance Maladie, un nouvel outil pour encourager les médecins généralistes à questionner systématiquement toutes leurs patientes sur l’existence de violences conjugales, actuelles ou passées. Fruit d’une expérimentation menée auprès de plus de 1100 médecins généralistes volontaires, ce document particulièrement synthétique a été construit en tenant compte des freins associés à la mise en œuvre du repérage. L’enjeu est de normaliser le sujet chez les professionnels de premier recours, au bénéfice d’une prise en charge plus précoce des femmes victimes de violences et de leur protection.</t>
+  </si>
+  <si>
+    <t>23/11/2022 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389669/fr/violences-faites-aux-femmes-la-has-publie-un-nouvel-outil-d-aide-au-reperage</t>
+  </si>
+  <si>
+    <t>p_3389669</t>
+  </si>
+  <si>
+    <t>La HAS recommande la généralisation du dépistage de la drépanocytose à la naissance</t>
+  </si>
+  <si>
+    <t>La drépanocytose est une maladie héréditaire du sang dont les conséquences peuvent être graves. En France, son dépistage est actuellement réalisé de manière ciblée, chez les nouveau-nés dont les parents ont des origines à risque[1]. Saisie par la Direction générale de la santé, la HAS actualise aujourd’hui son avis sur le dépistage néonatal de la drépanocytose. Sur la base des nouvelles données disponibles, notamment épidémiologiques, elle recommande désormais que celui- ci soit étendu à l’ensemble des nouveau-nés.</t>
+  </si>
+  <si>
+    <t>15/11/2022 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385623/fr/la-has-recommande-la-generalisation-du-depistage-de-la-drepanocytose-a-la-naissance</t>
+  </si>
+  <si>
+    <t>p_3385623</t>
+  </si>
+  <si>
+    <t>Activité physique : comment faciliter sa prescription au quotidien ?</t>
+  </si>
+  <si>
+    <t>Elle limite le risque de récidive de certains cancers du sein, diminue par deux le risque de passage d’un état prédiabétique à un diabète, etc. : l’activité physique doit définitivement être considérée comme un traitement à part entière et être prescrite à ce titre. De nombreuses étapes ont été franchies, avec celle importante, le 2 mars dernier, de l’adoption d’une loi visant à favoriser le développement du Sport santé. Cette loi, entre autres, ouvre la prescription d’Activité Physique Adaptée (APA) à l’ensemble des médecins et en élargit le champ d’application. Afin de contribuer à son essor comme thérapeutique non médicamenteuse, la Haute Autorité de Santé publie un nouveau guide de prescription et de consultation et des fiches d’aide à la prescription de l’activité physique déclinées par pathologie.</t>
+  </si>
+  <si>
+    <t>06/09/2022 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363365/fr/activite-physique-comment-faciliter-sa-prescription-au-quotidien</t>
+  </si>
+  <si>
+    <t>p_3363365</t>
+  </si>
+  <si>
+    <t>Lyme : la HAS publie un guide de parcours de soins structuré en cas de suspicion de la maladie</t>
+  </si>
+  <si>
+    <t>La HAS publie, à l’intention des patients et des professionnels de santé, un guide du parcours de soins des personnes présentant une suspicion de borréliose de Lyme. Conformément aux recommandations publiées en 2018, les objectifs de ce guide sont de réduire l’errance médicale et d’offrir à tous les patients la même qualité d’accès aux soins, en facilitant et en harmonisant leur prise en charge sur l’ensemble du territoire. Le guide s’appuie sur un algorithme clair qui indique la conduite à tenir par les professionnels de santé selon les situations cliniques ainsi que l’autosurveillance à réaliser par les patients eux-mêmes.</t>
+  </si>
+  <si>
+    <t>15/03/2022 12:10:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324045/fr/lyme-la-has-publie-un-guide-de-parcours-de-soins-structure-en-cas-de-suspicion-de-la-maladie</t>
+  </si>
+  <si>
+    <t>p_3324045</t>
+  </si>
+  <si>
+    <t>Covid-19 : la HAS rend trois nouveaux avis pour actualiser la stratégie de lutte contre le virus</t>
+  </si>
+  <si>
+    <t>Alors que le nombre d’infections par le SARS-CoV-2 reste à un niveau élevé mais diminue fortement depuis quelques semaines, la HAS publie trois nouveaux avis pour actualiser la stratégie de lutte contre le virus. Ainsi, elle affine la place du vaccin Janssen dans le contexte des dernières données EPI-PHARE ; elle rend un nouvel avis sur la place des tests antigéniques rapides sur prélèvement salivaire dans le dépistage de l’infection ; enfin, elle se prononce sur l’autorisation d’accès précoce post-AMM pour le Ronapreve® dans le traitement curatif des patients à risque de forme sévère de la maladie.</t>
+  </si>
+  <si>
+    <t>21/02/2022 13:59:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318289/fr/covid-19-la-has-rend-trois-nouveaux-avis-pour-actualiser-la-strategie-de-lutte-contre-le-virus</t>
+  </si>
+  <si>
+    <t>p_3318289</t>
+  </si>
+  <si>
+    <t>La HAS propose l’extension du dépistage néonatal au déficit immunitaire combiné sévère (DICS)</t>
+  </si>
+  <si>
+    <t>07/02/2022 11:29:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315037/fr/la-has-propose-l-extension-du-depistage-neonatal-au-deficit-immunitaire-combine-severe-dics</t>
+  </si>
+  <si>
+    <t>p_3315037</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du poumon : la HAS recommande l’engagement d’un programme pilote</t>
+  </si>
+  <si>
+    <t>Il n’existe pas jusqu’ici en France de dépistage organisé du cancer du poumon, la HAS ayant considéré en 2016 que toutes les conditions pour une mise en œuvre efficace et sûre n’étaient pas réunies. Aujourd’hui, l’analyse des nouvelles données disponibles montre que le dépistage par scanner à faible dose chez les personnes fortement exposées au tabac conduit à une réduction de la mortalité spécifique. Ceci amène la HAS à actualiser son avis et à encourager la mise en place d’expérimentations en vie réelle, et notamment d’un programme pilote par l’INCA, afin de ne pas retarder l’accès à cette modalité de dépistage. Elle définit également certaines des informations que devraient apporter ce programme pilote et les études à venir, avant d’envisager le déploiement d’un programme de dépistage organisé à large échelle.</t>
+  </si>
+  <si>
+    <t>01/02/2022 14:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312901/fr/depistage-du-cancer-du-poumon-la-has-recommande-l-engagement-d-un-programme-pilote</t>
+  </si>
+  <si>
+    <t>p_3312901</t>
+  </si>
+  <si>
+    <t>Covid-19 : la HAS recommande d’étendre l’usage des autotests pour les personnes contacts vaccinées</t>
+  </si>
+  <si>
+    <t>Face à la dégradation du contexte épidémique, marqué notamment par la forte contagiosité du variant Omicron, la stratégie de prise en charge des personnes-contacts évolue, conformément aux recommandations du Haut conseil de la santé publique. Saisie par le ministère des Solidarités et de la Santé pour accompagner cette évolution, la Haute Autorité de santé recommande d’étendre l’usage des autotests antigéniques sur prélèvement nasal pour les personnes contacts dont le schéma vaccinal est complet. Elle précise à cette occasion les conditions de cette extension, qui doit permettre d’augmenter la couverture du besoin en tests chez les personnes contacts.</t>
+  </si>
+  <si>
+    <t>02/01/2022 07:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307278/fr/covid-19-la-has-recommande-d-etendre-l-usage-des-autotests-pour-les-personnes-contacts-vaccinees</t>
+  </si>
+  <si>
+    <t>p_3307278</t>
+  </si>
+  <si>
+    <t>Cancer du sein : l’angiomammographie, un outil de diagnostic supplémentaire dans certaines situations</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé se prononce en faveur de l’intégration de l’angiomammographie double énergie dans le bilan diagnostique du cancer du sein, dans des situations précises : lorsque l’IRM mammaire est contre-indiquée ou pour évaluer la taille d’une tumeur dans le cadre du bilan d’extension locorégional ou d’une chimiothérapie néoadjuvante. Une préconisation dont la mise en œuvre offrirait plusieurs avantages : répondre à des besoins non couverts, raccourcir les délais de prise en charge et atténuer l’anxiété engendrée par l’IRM chez certaines patientes.</t>
+  </si>
+  <si>
+    <t>26/11/2021 10:53:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302094/fr/cancer-du-sein-l-angiomammographie-un-outil-de-diagnostic-supplementaire-dans-certaines-situations</t>
+  </si>
+  <si>
+    <t>p_3302094</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : des outils repensés pour mieux informer</t>
+  </si>
+  <si>
+    <t>Dans le cadre du programme national de dépistage néonatal piloté par le ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) et le Centre national de coordination du dépistage néonatal (CNCDN) publient aujourd’hui un ensemble de documents portant sur l’information à délivrer aux parents. Il s’agit notamment de donner des clefs aux professionnels pour les aider à expliquer les maladies dépistées et l’intérêt de les détecter dès la naissance. Ils pourront répondre à toutes les questions que les parents se posent afin que ceux-ci puissent décider en connaissance de cause de réaliser ou non ce dépistage.</t>
+  </si>
+  <si>
+    <t>18/11/2021 11:35:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299378/fr/depistage-neonatal-des-outils-repenses-pour-mieux-informer</t>
+  </si>
+  <si>
+    <t>p_3299378</t>
+  </si>
+  <si>
+    <t>Quelle imagerie pour les pathologies de la thyroïde ?</t>
+  </si>
+  <si>
+    <t>Comment mieux prendre en charge les pathologies de la thyroïde ? Dans quelles situations une échographie est-elle pertinente ? Quand faut-il faire une cytoponction ? La HAS et le Conseil national professionnel de radiologie et d’imagerie médicale (G4) publient aujourd’hui une recommandation qui fait le point sur l’indication de ces examens. Les objectifs sont de réduire les échographies non pertinentes en cas de dysthyroïdies, d’améliorer le recours à l’échographie pour caractériser les nodules et de réaliser une cytoponction avant toute chirurgie de nodule.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288963/fr/quelle-imagerie-pour-les-pathologies-de-la-thyroide</t>
+  </si>
+  <si>
+    <t>p_3288963</t>
+  </si>
+  <si>
+    <t>Covid-19 : quelle utilité aujourd’hui pour les tests sérologiques ?</t>
+  </si>
+  <si>
+    <t>Dans un contexte de large déploiement des vaccins contre la Covid-19, de capacités très élevées de tests de diagnostic et de dépistage, mais également d’émergence de nouveaux variants, les précautions restent de mise pour éviter une nouvelle flambée épidémique. Dans l’arsenal de tests, les tests sérologiques, dont les premières indications ont initialement été définies il y a plus d’un an, voient leur place évoluer. Ainsi, après étude des dernières données scientifiques disponibles, la HAS actualise ses recommandations sur les indications de la sérologie lors du diagnostic, en contexte de dépistage pré-vaccinal et en contexte post-vaccinal pour les personnes immunodéprimées.</t>
+  </si>
+  <si>
+    <t>23/06/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273496/fr/covid-19-quelle-utilite-aujourd-hui-pour-les-tests-serologiques</t>
+  </si>
+  <si>
+    <t>p_3273496</t>
+  </si>
+  <si>
+    <t>Covid-19 : des TROD pour optimiser l’utilisation des doses de vaccins disponibles</t>
+  </si>
+  <si>
+    <t>Alors que la campagne de vaccination se déroule à un rythme soutenu et que l’épidémie de Covid-19 semble diminuer mais reste active, la Haute Autorité de Santé (HAS) poursuit ses travaux pour simplifier la vaccination chaque fois que c’est pertinent, renforcer encore sa dynamique et accompagner les professionnels de santé. Réaffirmant que quand on a déjà été infecté, une seule dose suffit, elle publie aujourd’hui un avis sur l’utilisation des tests sérologiques rapides (TROD) en parallèle de la première dose de vaccin pour identifier les personnes infectées par le SARS-CoV-2 dont l'infection n'a pas été diagnostiquée. Elle actualise aussi les Réponses rapides destinées à guider les professionnels de santé dans la démarche vaccinale.</t>
+  </si>
+  <si>
+    <t>03/06/2021 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269831/fr/covid-19-des-trod-pour-optimiser-l-utilisation-des-doses-de-vaccins-disponibles</t>
+  </si>
+  <si>
+    <t>p_3269831</t>
+  </si>
+  <si>
+    <t>La HAS favorable à la prescription de la PrEP en ville pendant l’urgence sanitaire</t>
+  </si>
+  <si>
+    <t>La première prescription de la prophylaxie pré-exposition au VIH (PrEP) était jusqu’à présent effectuée uniquement par un médecin expérimenté au sein des hôpitaux, ou des Centres gratuits d'information, de dépistage et de diagnostic (CeGIDD)La crise sanitaire et ses conséquences constituant un frein aux consultations dans ces lieux, la HAS recommande aujourd’hui la possibilité de primo-prescription et de suivi des patients ayant recours à la PrEP par tout médecin, notamment en ville. Elle publie des Réponses rapides afin d’accompagner les médecins de ville dans cette démarche.</t>
+  </si>
+  <si>
+    <t>28/04/2021 18:58:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263807/fr/la-has-favorable-a-la-prescription-de-la-prep-en-ville-pendant-l-urgence-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3263807</t>
+  </si>
+  <si>
+    <t>Covid-19 : la HAS lève la limite d’âge pour l’utilisation des tests antigéniques sur prélèvement nasal</t>
+  </si>
+  <si>
+    <t>Moins invasifs que sur prélèvement nasopharyngé, les tests antigéniques sur prélèvement nasal ont l’avantage d’allier rapidité de résultat et possible utilisation de manière répétée chez un plus large public. La HAS a mené en mars dernier une première analyse des études scientifiques sur ces tests, permettant leur utilisation chez les plus de 15 ans. Elle complète aujourd’hui ces travaux en s’appuyant sur une méta-analyse et conclut, à la lumière des récents travaux de modélisation*, que ces tests peuvent également être un outil de dépistage chez les moins de 15 ans. Réalisables en tests de diagnostic rapide (TDR), tests rapides d'orientation diagnostique (TROD) ou autotests, les tests antigéniques sur prélèvement nasal apparaissent pertinents pour briser des chaines de contamination, notamment en milieu scolaire.</t>
+  </si>
+  <si>
+    <t>26/04/2021 18:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263435/fr/covid-19-la-has-leve-la-limite-d-age-pour-l-utilisation-des-tests-antigeniques-sur-prelevement-nasal</t>
+  </si>
+  <si>
+    <t>p_3263435</t>
+  </si>
+  <si>
+    <t>Covid-19 : quel suivi pour les patients Covid+ en ambulatoire ?</t>
+  </si>
+  <si>
+    <t>Même lorsque les symptômes sont légers au début, la Covid-19 peut entrainer une détérioration rapide de l’état de santé dans les 6 à 12 jours après son apparition. Afin de la prévenir et d’éviter des hospitalisations en urgence, la HAS publie aujourd’hui des Réponses rapides décrivant les premiers signes évocateurs d’une forme grave sur le plan respiratoire à surveiller ainsi que le suivi à apporter aux patients, même asymptomatiques. La HAS recommande ainsi une information de toute personne diagnostiquée positive à la Covid-19 sur les signes devant alerter, une consultation systématique d’un médecin généraliste et si besoin une prescription d’un oxymètre de pouls.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261052/fr/covid-19-quel-suivi-pour-les-patients-covid-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3261052</t>
+  </si>
+  <si>
+    <t>Covid-19 : quelle place pour les tests antigéniques nasaux dans la stratégie de dépistage ?</t>
+  </si>
+  <si>
+    <t>L’arrivée de nouvelles modalités de tests a permis d’enrichir au fur et à mesure la palette des outils disponibles pour détecter le virus responsable de la Covid-19. La HAS, qui mène une veille continue sur le sujet, rend aujourd’hui un premier avis sur les TDR, TROD et autotests antigéniques sur prélèvement nasal. Ces tests dits “rapides” sont moins invasifs que les tests sur prélèvement nasopharyngé et représentent une offre complémentaire pour des besoins spécifiques. La HAS précise leur place dans la stratégie de dépistage et de diagnostic actuelle ainsi que leurs performances minimales requises.</t>
+  </si>
+  <si>
+    <t>16/03/2021 15:57:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243463/fr/covid-19-quelle-place-pour-les-tests-antigeniques-nasaux-dans-la-strategie-de-depistage</t>
+  </si>
+  <si>
+    <t>p_3243463</t>
+  </si>
+  <si>
+    <t>Tests RT-PCR salivaires : la HAS étend leur utilisation et définit les modalités pratiques de réalisation</t>
+  </si>
+  <si>
+    <t>Les travaux pilotés par la HAS et les résultats des récentes études cliniques montrent une bonne sensibilité des tests RT-PCR salivaires et sont en faveur d’une extension de leurs indications. Ces tests étant très hétérogènes, en plus d’actualiser leurs indications, la HAS décrit les modalités à suivre pour assurer une performance optimale, du prélèvement à leur analyse.</t>
+  </si>
+  <si>
+    <t>11/02/2021 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237053/fr/tests-rt-pcr-salivaires-la-has-etend-leur-utilisation-et-definit-les-modalites-pratiques-de-realisation</t>
+  </si>
+  <si>
+    <t>p_3237053</t>
+  </si>
+  <si>
+    <t>Mieux évaluer la situation d’un enfant en danger : la HAS propose le 1er cadre national de référence</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a élaboré le premier cadre national de référence pour l’évaluation globale de la situation des enfants en danger. Les acteurs des conseils départementaux impliqués dans le recueil et le traitement des informations préoccupantes vont ainsi tous disposer des mêmes outils. L’objectif est d’harmoniser les pratiques sur l’ensemble du territoire national et d’éviter une perte de chance pour les enfants concernés.</t>
+  </si>
+  <si>
+    <t>20/01/2021 10:22:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232338/fr/mieux-evaluer-la-situation-d-un-enfant-en-danger-la-has-propose-le-1er-cadre-national-de-reference</t>
+  </si>
+  <si>
+    <t>p_3232338</t>
+  </si>
+  <si>
+    <t>Covid-19 : Repérer les situations à risque pour proposer des mesures de prévention aux personnes les plus vulnérables</t>
+  </si>
+  <si>
+    <t>Dans le contexte d’épidémie de Sars-Cov-2, la Haute Autorité de Santé a élaboré une série de Réponses rapides sur la base des connaissances actuellement disponibles pour aider les professionnels de santé à repérer les situations à risque auxquelles pourraient être exposées les personnes vulnérables et leur proposer des conseils de prévention adaptés. Elle publie une Réponse rapide plus spécifiquement destinée aux médecins généralistes dans le cadre des consultations de ces personnes à risque.</t>
+  </si>
+  <si>
+    <t>04/12/2020 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223432/fr/covid-19-reperer-les-situations-a-risque-pour-proposer-des-mesures-de-prevention-aux-personnes-les-plus-vulnerables</t>
+  </si>
+  <si>
+    <t>p_3223432</t>
+  </si>
+  <si>
+    <t>Covid-19 : la HAS se prononce sur les tests salivaires RT-LAMP et met à jour les indications des tests antigéniques</t>
+  </si>
+  <si>
+    <t>La mise à disposition continue de données sur les tests, notamment dit « rapides », entraine des évolutions de la stratégie de diagnostic et de dépistage de la Covid-19. Pour ce qui est des tests antigéniques, la HAS se prononce aujourd’hui en faveur de leur utilisation chez les personnes contact. Elle rend aussi deux avis sur les tests salivaires RT-LAMP. Tandis que ceux dits “non intégrés” ne sont aujourd’hui pas recommandés, les systèmes dits “intégrés” (EasyCov®) pourraient être utilisés chez les patients symptomatiques chez qui un test nasopharyngé est difficile ou impossible.</t>
+  </si>
+  <si>
+    <t>28/11/2020 11:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221157/fr/covid-19-la-has-se-prononce-sur-les-tests-salivaires-rt-lamp-et-met-a-jour-les-indications-des-tests-antigeniques</t>
+  </si>
+  <si>
+    <t>p_3221157</t>
+  </si>
+  <si>
+    <t>Tests, isolement, traitements : quelle prise en charge en médecine de ville pour les patients suspectés de Covid-19 ?</t>
+  </si>
+  <si>
+    <t>Face au regain de l’épidémie actuelle, la HAS a actualisé ses Réponses rapides sur la prise en charge de premier recours des patients suspectés de Covid-19. L’objectif est de rappeler les éléments du diagnostic clinique, la démarche de recours aux tests, les modalités d’interprétation des résultats et la conduite à tenir en fonction de ces derniers.</t>
+  </si>
+  <si>
+    <t>09/11/2020 11:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216523/fr/tests-isolement-traitements-quelle-prise-en-charge-en-medecine-de-ville-pour-les-patients-suspectes-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3216523</t>
+  </si>
+  <si>
+    <t>COVID-19 : la HAS positionne les tests antigéniques dans trois situations</t>
+  </si>
+  <si>
+    <t>La HAS s'est prononcée fin septembre sur la performance requise des tests antigéniques sur prélèvement nasopharyngé. Elle rend aujourd'hui un avis sur leur positionnement dans la stratégie de détection du virus SARS-CoV-2.</t>
+  </si>
+  <si>
+    <t>09/10/2020 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212125/fr/covid-19-la-has-positionne-les-tests-antigeniques-dans-trois-situations</t>
+  </si>
+  <si>
+    <t>p_3212125</t>
+  </si>
+  <si>
+    <t>COVID-19 : les tests antigéniques sont performants chez les patients symptomatiques</t>
+  </si>
+  <si>
+    <t>Plus rapides que les tests RT-PCR, les tests antigéniques pourraient désengorger les laboratoires en réduisant les délais pour se faire tester et recevoir ses résultats. La HAS se prononce aujourd’hui en faveur de leur déploiement et de leur remboursement en diagnostic chez les patients symptomatiques. Pour garantir un niveau de fiabilité suffisant et parce que les différents tests antigéniques montrent une grande hétérogénéité de fiabilité, elle définit des seuils minimaux de performance pour déterminer lesquels pourront être utilisés.</t>
+  </si>
+  <si>
+    <t>25/09/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203094/fr/covid-19-les-tests-antigeniques-sont-performants-chez-les-patients-symptomatiques</t>
+  </si>
+  <si>
+    <t>p_3203094</t>
+  </si>
+  <si>
+    <t>COVID-19 : avis favorable au prélèvement oropharyngé en cas de contre-indication au nasopharyngé</t>
+  </si>
+  <si>
+    <t>Le prélèvement nasopharyngé est aujourd’hui la référence pour réaliser un test virologique par RT-PCR. Toutefois, il est désagréable et certains patients peuvent le refuser ou ne pas être en capacité de le faire. Les prélèvements salivaires représentent une alternative mais pour les seuls patients symptomatiques. Aujourd’hui, la HAS rend un second avis et valide le recours au prélèvement oropharyngé pour les tests RT-PCR des personnes asymptomatiques chez qui le prélèvement nasopharyngé est contre-indiqué.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203097/fr/covid-19-avis-favorable-au-prelevement-oropharynge-en-cas-de-contre-indication-au-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3203097</t>
+  </si>
+  <si>
+    <t>COVID-19 : les tests salivaires peuvent compléter les tests nasopharyngés chez les personnes symptomatiques</t>
+  </si>
+  <si>
+    <t>La HAS rend aujourd’hui un avis sur l’utilisation des tests virologiques (RT-PCR) sur prélèvement salivaire. Leur intérêt est de faciliter les prélèvements, de réduire les risques de contamination du personnel soignant et d’être moins désagréables pour les patients. Les données disponibles montrent que le prélèvement salivaire est un peu moins sensible que le prélèvement nasopharyngé pour détecter le virus chez les personnes symptomatiques. Etant donné leur meilleure acceptabilité, la HAS est favorable à leur recours et leur remboursement, en l’orientant de préférence vers les personnes symptomatiques pour lesquelles le prélèvement nasopharyngé est difficile voire impossible. En revanche, elle ne les recommande pas pour les personnes asymptomatiques, chez qui ils sont très peu performants.</t>
+  </si>
+  <si>
+    <t>18/09/2020 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202317/fr/covid-19-les-tests-salivaires-peuvent-completer-les-tests-nasopharynges-chez-les-personnes-symptomatiques</t>
+  </si>
+  <si>
+    <t>p_3202317</t>
+  </si>
+  <si>
+    <t>Tests salivaires pour la détection du virus SARS-CoV-2 : la HAS se prononce en faveur d’un forfait innovation</t>
+  </si>
+  <si>
+    <t>La Société Française de Microbiologie associée au Centre Hospitalier Andrée Rosemon de Cayenne ont demandé le 6 août à la HAS d’évaluer l’opportunité d’un recours au forfait innovation pour utiliser les tests virologiques sur prélèvement salivaire. Compte tenu du besoin réel de tests plus simples pour une utilisation en dépistage et en diagnostic ambulatoire mais aussi des incertitudes fortes demeurant sur la fiabilité des tests salivaires, le forfait innovation apparaît en effet particulièrement adapté. La HAS rend en conséquence un avis favorable.</t>
+  </si>
+  <si>
+    <t>10/08/2020 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198372/fr/tests-salivaires-pour-la-detection-du-virus-sars-cov-2-la-has-se-prononce-en-faveur-d-un-forfait-innovation</t>
+  </si>
+  <si>
+    <t>p_3198372</t>
+  </si>
+  <si>
+    <t>Des fiches pour guider les médecins généralistes dans la prise en charge des patients suspectés de COVID-19</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour un ensemble de fiches pratiques à destination des médecins généralistes sur la conduite à tenir face à un potentiel cas de COVID-19. Synthèses des connaissances actuelles sur la prise en charge de cette maladie, elles expliquent notamment quels tests faire et quand, que le patient soit symptomatique ou non, comment les interpréter et quand envisager un isolement.</t>
+  </si>
+  <si>
+    <t>26/06/2020 19:39:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191398/fr/des-fiches-pour-guider-les-medecins-generalistes-dans-la-prise-en-charge-des-patients-suspectes-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3191398</t>
+  </si>
+  <si>
+    <t>La HAS est favorable au remboursement des tests sérologiques à la fiabilité validée et dans les indications définies</t>
+  </si>
+  <si>
+    <t>La HAS se prononce aujourd’hui en faveur d’un remboursement par l’assurance maladie des tests sérologiques de type ELISA et TDR à la fiabilité établie par le CNR, et dans les indications décrites dans ses travaux des 2 et 18 mai derniers. N’y sont abordés ni les TROD, dont le remboursement relève d’un autre dispositif réglementaire, ni les autotests, non recommandés par la HAS.</t>
+  </si>
+  <si>
+    <t>20/05/2020 20:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186099/fr/la-has-est-favorable-au-remboursement-des-tests-serologiques-a-la-fiabilite-validee-et-dans-les-indications-definies</t>
+  </si>
+  <si>
+    <t>p_3186099</t>
+  </si>
+  <si>
+    <t>La HAS se prononce sur les tests sérologiques rapides – TDR, TROD, autotests – dans la lutte contre le COVID-19</t>
+  </si>
+  <si>
+    <t>Après avoir défini les critères de performance exigibles pour les tests sérologiques COVID-19 et la stratégie d’utilisation des tests automatisables de type ELISA, la HAS publie ce jour la stratégie d’utilisation des tests unitaires qui élargissent les lieux et circonstances de test et donnent des résultats en quelques minutes. Les TDR et TROD trouvent leur place dans la surveillance épidémiologique et la stratégie diagnostique, tandis que le recours aux autotests apparaît prématuré.</t>
+  </si>
+  <si>
+    <t>18/05/2020 15:11:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185170/fr/la-has-se-prononce-sur-les-tests-serologiques-rapides-tdr-trod-autotests-dans-la-lutte-contre-le-covid-19</t>
+  </si>
+  <si>
+    <t>p_3185170</t>
+  </si>
+  <si>
+    <t>Premières indications pour les tests sérologiques du COVID-19</t>
+  </si>
+  <si>
+    <t>Après avoir défini les critères de performance auxquels doivent répondre les tests sérologiques, la HAS publie une première série d’indications pour lesquelles ces tests peuvent contribuer à lutter contre l’épidémie de COVID-19. Ils complètent les tests virologiques (RT-PCR) indiqués en diagnostic précoce de la maladie. Face au manque de connaissances sur l’immunité développée par les personnes ayant eu le COVID-19, la HAS préconise de rester prudent dans l’utilisation des tests sérologiques et les recommande pour les enquêtes épidémiologiques, les diagnostics de rattrapage et la prévention de la circulation du virus dans les structures d’hébergement collectif.</t>
+  </si>
+  <si>
+    <t>02/05/2020 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182370/fr/premieres-indications-pour-les-tests-serologiques-du-covid-19</t>
+  </si>
+  <si>
+    <t>p_3182370</t>
+  </si>
+  <si>
+    <t>COVID-19 : la HAS définit les critères pour évaluer la fiabilité des tests sérologiques</t>
+  </si>
+  <si>
+    <t>En recherchant la présence d’anticorps, témoins de la réponse immunitaire de l’organisme, les tests sérologiques pourraient contribuer à la lutte contre l’épidémie de COVID-19. Ils sont développés en urgence et dans un contexte de progression continue des connaissances sur cette maladie virale et son évolution. La HAS présente aujourd’hui les critères de qualité et d’exigence auxquels ces tests devront répondre pour être utilisés. Ce premier travail est un préalable à la définition de la stratégie de recours à ces tests.</t>
+  </si>
+  <si>
+    <t>16/04/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179988/fr/covid-19-la-has-definit-les-criteres-pour-evaluer-la-fiabilite-des-tests-serologiques</t>
   </si>
   <si>
     <t>p_3179988</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...5 lines deleted...]
-    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+    <t>Quel dépistage et quel suivi médical pour les personnes surexposées à l’arsenic ?</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé et la Société de Toxicologie Clinique ont élaboré une recommandation à destination des professionnels et des pouvoirs publics sur le dépistage, la prise en charge et le suivi des personnes résidant dans une zone polluée à l’arsenic, c’est-à-dire celle dans laquelle on retrouve plus de 25 mg d’arsenic inorganique bioaccessible[1] par kilogramme de terre. Qui dépister, avec quels examens, quels mesures et traitements instaurer, quel suivi mettre en place ? Un document d’information destiné aux résidents des zones polluées a été rédigé dans un second temps et disponible depuis le 15 juillet 2020.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161278/fr/quel-depistage-et-quel-suivi-medical-pour-les-personnes-surexposees-a-l-arsenic</t>
+  </si>
+  <si>
+    <t>p_3161278</t>
+  </si>
+  <si>
+    <t>Prévenir la plagiocéphalie sans augmenter le risque de mort inattendue du nourrisson</t>
+  </si>
+  <si>
+    <t>Source d’inquiétude pour les parents, les plagiocéphalies – déformations crâniennes positionnelles – sont bénignes et disparaissent naturellement vers l’âge de deux ans. La Haute Autorité de santé et le Conseil National Professionnel de Pédiatrie publient une recommandation pour prévenir leur apparition et décrire leur prise en charge. Ils y réaffirment avant toute chose l’importance de coucher les bébés sur le dos, seul moyen de prévenir la mort inattendue du nourrisson.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160772/fr/prevenir-la-plagiocephalie-sans-augmenter-le-risque-de-mort-inattendue-du-nourrisson</t>
+  </si>
+  <si>
+    <t>p_3160772</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : quelles maladies dépister ?</t>
+  </si>
+  <si>
+    <t>L’innovation technique que représente la spectrométrie de masse en tandem permet aujourd’hui de multiplier le nombre de maladies dépistées à la naissance, à partir d’un même prélèvement sanguin. La HAS a évalué la pertinence d’étendre le dépistage néonatal par cette technique à plusieurs erreurs innées du métabolisme.</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3149627/fr/depistage-neonatal-quelles-maladies-depister</t>
+  </si>
+  <si>
+    <t>p_3149627</t>
+  </si>
+  <si>
+    <t>La HAS réaffirme l’importance de sa recommandation sur le diagnostic de syndrome du bébé secoué</t>
+  </si>
+  <si>
+    <t>Interpellée sur sa recommandation sur le diagnostic du syndrome du bébé secoué, la HAS réaffirme, avec l’ensemble des organisations professionnelles et associations de patients qui ont été mobilisées pour les élaborer, l’importance de ses travaux et le rôle essentiel des professionnels de santé dans le repérage, le diagnostic et la prévention de ces maltraitances à enfant. Elles refusent de laisser sans réaction la mise en cause de la compétence et de la probité scientifique de leurs experts.</t>
+  </si>
+  <si>
+    <t>19/12/2019 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3136556/fr/la-has-reaffirme-l-importance-de-sa-recommandation-sur-le-diagnostic-de-syndrome-du-bebe-secoue</t>
+  </si>
+  <si>
+    <t>p_3136556</t>
+  </si>
+  <si>
+    <t>Hépatite C : le dépistage universel n’est pas pertinent en contexte français</t>
+  </si>
+  <si>
+    <t>La stratégie nationale de dépistage de l’hépatite C se concentre aujourd’hui sur les populations à haut risque d’exposition au virus. La HAS a mené une évaluation médico-économique pour déterminer l’intérêt d’un dépistage élargi à la population générale. Elle conclut qu’un dépistage universel ne serait pas efficient en France et qu’il faudrait plutôt renforcer le dépistage dans les populations les plus à risque de contamination et de transmission. La HAS mènera des travaux pour définir les modalités d’un tel dépistage renforcé.</t>
+  </si>
+  <si>
+    <t>29/11/2019 14:02:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122306/fr/hepatite-c-le-depistage-universel-n-est-pas-pertinent-en-contexte-francais</t>
+  </si>
+  <si>
+    <t>p_3122306</t>
+  </si>
+  <si>
+    <t>Mammographie par tomosynthèse : des questions à traiter avant une éventuelle intégration dans le dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>La HAS mène actuellement une évaluation afin de se prononcer sur l’intérêt d’intégrer la mammographie par tomosynthèse dans le dépistage organisé du cancer du sein chez les femmes à risque modéré. En préalable, elle a analysé ce que les études internationales fournissent comme connaissances sur la performance de la mammographie par tomosynthèse et identifié toutes les questions soulevées par son intégration au dépistage organisé en France. Elle publie ce travail intermédiaire et initie dès à présent un second volet qui répondra à ces questions.</t>
+  </si>
+  <si>
+    <t>27/11/2019 14:58:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121421/fr/mammographie-par-tomosynthese-des-questions-a-traiter-avant-une-eventuelle-integration-dans-le-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>p_3121421</t>
+  </si>
+  <si>
+    <t>Violences conjugales : quel rôle pour les professionnels de santé ?</t>
+  </si>
+  <si>
+    <t>En France, une femme meurt tous les deux jours sous les coups de son conjoint ou ex conjoint et 219 000 femmes subissent chaque année des violences au sein de leur couple. Repérer au plus tôt ces situations est crucial et peut sauver des vies. Les professionnels de santé ont à ce titre un rôle clef à remplir. La HAS recommande d’aborder systématiquement la question des violences conjugales en consultation et fournit des outils pour repérer et protéger les victimes.</t>
+  </si>
+  <si>
+    <t>02/10/2019 09:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109457/fr/violences-conjugales-quel-role-pour-les-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>p_3109457</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du col de l’utérus : le test HPV recommandé chez les femmes de plus de 30 ans</t>
+  </si>
+  <si>
+    <t>En actualisant ses recommandations de 2010 sur le dépistage du cancer du col de l’utérus, la HAS propose aux pouvoirs publics une stratégie nationale de dépistage incluant le test HPV. Ce test est recommandé en première intention chez les femmes de plus de 30 ans – chez lesquelles il s’avère plus efficace que l’examen cytologique.</t>
+  </si>
+  <si>
+    <t>11/07/2019 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069063/fr/depistage-du-cancer-du-col-de-l-uterus-le-test-hpv-recommande-chez-les-femmes-de-plus-de-30-ans</t>
+  </si>
+  <si>
+    <t>p_3069063</t>
+  </si>
+  <si>
+    <t>Dépistage de la trisomie 21 : la HAS propose une fiche d’information aux femmes enceintes</t>
+  </si>
+  <si>
+    <t>En France, toutes les femmes enceintes qui le souhaitent ont la possibilité de faire un dépistage de la trisomie 21. Suite aux recommandations de la HAS publiées en mai 2017, la stratégie de dépistage vient d’être adaptée pour inclure le test ADN libre circulant dans le sang maternel. Ce test est remboursé par l’assurance maladie depuis le 18 janvier dernier*. Pour accompagner ces changements, la HAS a élaboré un document d’information à destination des femmes enceintes afin de garantir leur libre choix concernant ce dépistage.</t>
+  </si>
+  <si>
+    <t>21/01/2019 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899363/fr/depistage-de-la-trisomie-21-la-has-propose-une-fiche-d-information-aux-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_2899363</t>
+  </si>
+  <si>
+    <t>Des recommandations pour prévenir certaines toxicités sévères des chimiothérapies par fluoropyrimidines</t>
+  </si>
+  <si>
+    <t>18/12/2018 14:45:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892234/fr/des-recommandations-pour-prevenir-certaines-toxicites-severes-des-chimiotherapies-par-fluoropyrimidines</t>
+  </si>
+  <si>
+    <t>c_2892234</t>
+  </si>
+  <si>
+    <t>Lyme et maladies transmissibles par les tiques : mise au point</t>
+  </si>
+  <si>
+    <t>12/11/2018 11:05:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882875/fr/lyme-et-maladies-transmissibles-par-les-tiques-mise-au-point</t>
+  </si>
+  <si>
+    <t>c_2882875</t>
+  </si>
+  <si>
+    <t>IST : la HAS recommande un dépistage systématique de l’infection à Chlamydia trachomatis chez les jeunes femmes</t>
+  </si>
+  <si>
+    <t>En France, la chlamydiose est une des infections sexuellement transmissibles (IST) les plus répandues chez les jeunes femmes. Pourtant 60 à 70 % d’entre elles ne présentent aucun symptôme et ignorent qu’elles ont été infectées. Le dépistage représente donc un outil majeur pour réduire la prévalence de l’infection. La HAS a revu la stratégie de dépistage de cette IST et recommande qu’il soit systématique chez les femmes de 15 à 25 ans sexuellement actives et qu’il puisse être réalisé dans plus de lieux. Elle insiste également sur la nécessité d’accompagner cette stratégie d’un financement adéquat.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879454/fr/ist-la-has-recommande-un-depistage-systematique-de-l-infection-a-chlamydia-trachomatis-chez-les-jeunes-femmes</t>
+  </si>
+  <si>
+    <t>c_2879454</t>
+  </si>
+  <si>
+    <t>Activités physiques et sportives : un guide pour faciliter la prescription médicale</t>
+  </si>
+  <si>
+    <t>Bouger plus, lutter contre la sédentarité liée à nos modes de vie, faire 2h30 d’activité physique par semaine… Ces messages de santé publique, bien qu’ancrés dans notre quotidien, doivent encore entrer dans la pratique. Depuis 2016, les médecins peuvent prescrire une activité physique adaptée à leurs patients et sont les mieux placés pour le faire : ils connaissent leurs patients et ont leur confiance. Pourtant, ils manquent de référentiels et d’outils, notamment sur la gestion du risque cardiovasculaire, et prescrivent encore de façon inégale sur le territoire. Face à ce constat, la HAS publie un guide et 6 référentiels par pathologie pour les aider dans cette démarche.</t>
+  </si>
+  <si>
+    <t>17/10/2018 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2878690/fr/activites-physiques-et-sportives-un-guide-pour-faciliter-la-prescription-medicale</t>
+  </si>
+  <si>
+    <t>c_2878690</t>
+  </si>
+  <si>
+    <t>Lyme et maladies transmissibles par les tiques : dépasser les controverses et proposer une solution à chacun</t>
+  </si>
+  <si>
+    <t>Si « la maladie de Lyme » fait l’objet d’articles quotidiens, cette expression recouvre dans le langage courant des situations cliniques qui sont en fait différentes. Il est important de distinguer la borréliose de Lyme (une infection causée par la bactérie Borrelia burgdorferi sensu lato), les autres maladies transmises par les tiques (plus rares) et la situation de patients qui ont pu être exposés aux tiques et qui présentent des signes cliniques polymorphes, persistants et non expliqués, pouvant être invalidants. Dans un contexte d’incertitudes scientifiques, la HAS publie aujourd’hui des recommandations de diagnostic et de prise en charge pour toutes les situations, et appelle à dépasser les controverses au profit de l’amélioration de la qualité des soins pour tous les patients.</t>
+  </si>
+  <si>
+    <t>20/06/2018 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857592/fr/lyme-et-maladies-transmissibles-par-les-tiques-depasser-les-controverses-et-proposer-une-solution-a-chacun</t>
+  </si>
+  <si>
+    <t>c_2857592</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant : accélérer les étapes jusqu’au diagnostic, agir sans attendre</t>
+  </si>
+  <si>
+    <t>L’autisme est un trouble qui apparaît dans les toutes premières années de l’enfance. Plus le diagnostic est posé tôt, plus les interventions pourront être mises en place précocement et aideront l’enfant dans son développement. Malheureusement le diagnostic est encore trop tardif en France et les parents inquiets ne savent pas toujours vers qui se tourner. Pour répondre à cette urgence, la HAS recommande aujourd’hui de mobiliser toutes les personnes en contact avec l’enfant pour repérer les signaux d’alerte, de s’appuyer sur le médecin traitant pour proposer au plus vite de premières actions et sur les équipes spécialisées pour confirmer le diagnostic et initier un projet d’interventions personnalisé.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829131/fr/autisme-de-l-enfant-accelerer-les-etapes-jusqu-au-diagnostic-agir-sans-attendre</t>
+  </si>
+  <si>
+    <t>c_2829131</t>
+  </si>
+  <si>
+    <t>"Autisme : poursuivons nos efforts" - Tribune de la présidente de la HAS</t>
+  </si>
+  <si>
+    <t>Depuis une vingtaine d’année, des progrès considérables ont été réalisés dans la connaissance de l’autisme et des interventions à mettre en œuvre. Il est impossible cependant de se satisfaire de la situation actuelle tant pour les personnes autistes et leur famille, que pour les professionnels qui les accompagnent.</t>
+  </si>
+  <si>
+    <t>18/02/2018 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829241/fr/-autisme-poursuivons-nos-efforts-tribune-de-la-presidente-de-la-has</t>
+  </si>
+  <si>
+    <t>c_2829241</t>
+  </si>
+  <si>
+    <t>Personnes vulnérables et éloignées du système de santé : s’appuyer sur les médiateurs et interprètes pour améliorer l’accès aux soins</t>
+  </si>
+  <si>
+    <t>Aujourd’hui en France, tout le monde n’accède pas de façon équitable au système de santé. Isolement, précarité, complexité des démarches ou mauvaise maîtrise de la langue sont autant de barrières qui compliquent l’accès aux soins. Reconnus l’an dernier par la loi de modernisation de notre système de santé, la médiation et l’interprétariat sont deux moyens permettant de réduire ces inégalités en santé. Dans ce contexte, la Haute Autorité de Santé (HAS) publie aujourd’hui deux référentiels qui en précisent le cadre d’intervention et les bonnes pratiques. Elle souligne par ailleurs que leur déploiement sur le terrain ne sera pérenne qu’à la condition de reconnaître les médiateurs et interprètes et de disposer de financements adaptés.</t>
+  </si>
+  <si>
+    <t>26/10/2017 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801473/fr/personnes-vulnerables-et-eloignees-du-systeme-de-sante-s-appuyer-sur-les-mediateurs-et-interpretes-pour-ameliorer-l-acces-aux-soins</t>
+  </si>
+  <si>
+    <t>c_2801473</t>
+  </si>
+  <si>
+    <t>Cancer du col de l’utérus : une meilleure couverture vaccinale et un dépistage renforcé restent la priorité</t>
+  </si>
+  <si>
+    <t>Chaque année en France, on compte environ 3 000 nouveaux cas de cancer du col de l’utérus et plus de 1 000 décès. C’est l’un des seuls cancers dont le taux de survie à 5 ans est en diminution. Dans 90% des cas, il est dû à une infection persistante causée par un ou plusieurs papillomavirus humains (HPV), qui se transmettent sexuellement. Il existe des vaccins, mais la population est trop peu vaccinée. Et une partie des femmes ne se fait pas dépister assez régulièrement. Dans ce contexte, la HAS a évalué un nouveau vaccin anti-HPV, Gardasil 9. Si elle le propose aujourd’hui au remboursement, elle préconise aussi que la dépense publique soit prioritairement consacrée à renforcer la couverture vaccinale et le recours au dépistage.</t>
+  </si>
+  <si>
+    <t>11/10/2017 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797450/fr/cancer-du-col-de-l-uterus-une-meilleure-couverture-vaccinale-et-un-depistage-renforce-restent-la-priorite</t>
+  </si>
+  <si>
+    <t>c_2797450</t>
+  </si>
+  <si>
+    <t>Diagnostiquer les cas de bébé secoué et poursuivre la mobilisation contre les maltraitances infantiles</t>
+  </si>
+  <si>
+    <t>La maltraitance des enfants, enjeu de santé publique majeur, reste un phénomène méconnu des professionnels de santé. Or, par leurs contacts réguliers avec les enfants et les familles, ils occupent un rôle clé pour repérer les situations de maltraitance et déclencher des actions de protection et de soins à l’égard des victimes. La Haute Autorité de Santé, qui a déjà publié plusieurs travaux pour aider les professionnels dans cette mission, actualise aujourd’hui ses recommandations sur le diagnostic du syndrome de bébé secoué en lien avec la Société française de médecine physique et de réadaptation. Par ailleurs, la HAS adapte sa fiche mémo sur le repérage et la conduite à tenir en cas de maltraitance infantile.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796194/fr/diagnostiquer-les-cas-de-bebe-secoue-et-poursuivre-la-mobilisation-contre-les-maltraitances-infantiles</t>
+  </si>
+  <si>
+    <t>c_2796194</t>
+  </si>
+  <si>
+    <t>Burn-out : au-delà des débats, faire le bon diagnostic et proposer une prise en charge personnalisée</t>
+  </si>
+  <si>
+    <t>Sujet à débat et à controverse, le « syndrome d’épuisement professionnel » peut avoir des conséquences graves sur la vie des personnes et nécessite une prise en charge médicale. Syndrome complexe et aux manifestations diverses, il est mal connu, difficile à repérer, parfois diagnostiqué à tort ou confondu avec d’autres troubles psychiques. La HAS publie aujourd’hui des recommandations pour aider les médecins traitants et médecins du travail à diagnostiquer le burn-out, le prendre en charge de façon adaptée et accompagner le retour au travail.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769291/fr/burn-out-au-dela-des-debats-faire-le-bon-diagnostic-et-proposer-une-prise-en-charge-personnalisee</t>
+  </si>
+  <si>
+    <t>c_2769291</t>
+  </si>
+  <si>
+    <t>Trisomie 21 : la HAS actualise ses recommandations concernant le dépistage prénatal de la trisomie 21</t>
+  </si>
+  <si>
+    <t>En France, toutes les femmes enceintes, quel que soit leur âge, sont informées de la possibilité de recourir au dépistage de la trisomie 21 fœtale. Après avoir validé la performance des nouveaux tests génétiques de dépistage dits « tests ADN libre circulant de la trisomie 21 dans le sang maternel », la HAS définit aujourd’hui leur place et leurs conditions d’utilisation dans la procédure de dépistage. L’objectif est de donner aux femmes enceintes ou aux couples l’information la plus fiable possible sur le risque de trisomie 21 fœtale tout en limitant le recours aux examens invasifs nécessaires pour confirmer le diagnostic.</t>
+  </si>
+  <si>
+    <t>17/05/2017 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2768535/fr/trisomie-21-la-has-actualise-ses-recommandations-concernant-le-depistage-prenatal-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_2768535</t>
+  </si>
+  <si>
+    <t>VIH : pour éradiquer l’épidémie, le dépistage doit être renforcé</t>
+  </si>
+  <si>
+    <t>En France, près de 150 000 personnes seraient atteintes par le VIH et 20% d’entre elles ignoreraient leur séropositivité. L’objectif du dépistage est d’identifier ces personnes infectées afin de leur proposer un traitement le plus précocement possible et de réduire le risque de transmission. Pour atteindre l’objectif d’éradication de l’épidémie, la HAS revoit aujourd’hui sa stratégie de dépistage. Elle recommande de concentrer les efforts sur les populations les plus exposées au risque d’infection et de continuer à inciter chaque personne à se faire dépister au moins une fois dans sa vie.</t>
+  </si>
+  <si>
+    <t>24/03/2017 10:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752737/fr/vih-pour-eradiquer-l-epidemie-le-depistage-doit-etre-renforce</t>
+  </si>
+  <si>
+    <t>c_2752737</t>
+  </si>
+  <si>
+    <t>VIH : la PrEP, un outil pour réduire la transmission du virus mais qui ne remplace pas le préservatif</t>
+  </si>
+  <si>
+    <t>24/03/2017 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752830/fr/vih-la-prep-un-outil-pour-reduire-la-transmission-du-virus-mais-qui-ne-remplace-pas-le-preservatif</t>
+  </si>
+  <si>
+    <t>c_2752830</t>
+  </si>
+  <si>
+    <t>Cancer du poumon : conditions non réunies pour un dépistage chez les fumeurs</t>
+  </si>
+  <si>
+    <t>Le cancer du poumon est le cancer responsable du plus grand nombre de décès en France. Lié dans 90% des cas au tabagisme, il est généralement très agressif et d’évolution rapide. Dans le cadre du 3ème Plan cancer 2014-2019, la Haute Autorité de Santé (HAS) a évalué la possibilité et l’intérêt de dépister ce cancer chez les fumeurs, dans le but de détecter et de traiter la maladie à un stade précoce. La HAS conclut que les conditions ne sont actuellement pas réunies pour que ce dépistage soit possible et utile, et insiste sur la nécessité de poursuivre la recherche sur ce cancer et d’intensifier la lutte contre le tabagisme.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632022/fr/cancer-du-poumon-conditions-non-reunies-pour-un-depistage-chez-les-fumeurs</t>
+  </si>
+  <si>
+    <t>c_2632022</t>
+  </si>
+  <si>
+    <t>Personnes en situation de prostitution/travailleurs du sexe : la HAS publie un état des lieux sanitaire pour améliorer l’accompagnement de ces personnes</t>
+  </si>
+  <si>
+    <t>Afin de mieux connaître l’état de santé des « personnes en situation de prostitution/travailleurs du sexe » et de contribuer à une politique de santé adaptée à leurs besoins notamment au travers de la définition d’une politique de réduction des risques, la HAS publie un rapport sur leur situation sanitaire. Ce document a été réalisé en concertation avec des représentants d’associations et de professionnels de santé.</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2623598/fr/personnes-en-situation-de-prostitution/travailleurs-du-sexe-la-has-publie-un-etat-des-lieux-sanitaire-pour-ameliorer-l-accompagnement-de-ces-personnes</t>
+  </si>
+  <si>
+    <t>c_2623598</t>
+  </si>
+  <si>
+    <t>Trisomie 21 : de nouveaux tests appellent la révision des modalités de dépistage actuelles</t>
+  </si>
+  <si>
+    <t>En France, toutes les femmes enceintes, quel que soit leur âge, sont informées de la possibilité de recourir au dépistage combiné de la trisomie 21 au premier trimestre de la grossesse. De nouveaux tests de dépistage fondés sur la recherche d’une surreprésentation de séquences d’ADN fœtal provenant du chromosome 21 au sein de l’ADN fœtal libre et circulant dans le sang maternel (dépistage prénatal non invasif ou tests DPNI de la trisomie 21 fœtale) pourraient modifier les modalités du dépistage ayant cours en 2015. Dans l’objectif de définir la place de ces tests et dans l’attente des résultats des études en cours en France, la Haute Autorité de Santé (HAS) publie ce jour une première évaluation des performances de ces tests.</t>
+  </si>
+  <si>
+    <t>18/11/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573090/fr/trisomie-21-de-nouveaux-tests-appellent-la-revision-des-modalites-de-depistage-actuelles</t>
+  </si>
+  <si>
+    <t>c_2573090</t>
+  </si>
+  <si>
+    <t>Troubles bipolaires : diagnostiquer plus tôt pour réduire le risque suicidaire</t>
+  </si>
+  <si>
+    <t>Classé parmi les 10 pathologies les plus invalidantes selon l'Organisation mondiale de la santé (OMS), le trouble bipolaire débute généralement chez l'adolescent ou le jeune adulte et nécessite une prise en charge tout au long de la vie. Il s’agit d’un trouble complexe, difficile à diagnostiquer, et il s’écoule en moyenne 10 ans entre son apparition et la mise en place d’un traitement adapté. La HAS publie un document pour favoriser le diagnostic précoce de ce trouble, éviter les complications mais également développer les échanges entre médecins généralistes et psychiatres sur cette maladie.</t>
+  </si>
+  <si>
+    <t>06/10/2015 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2560925/fr/troubles-bipolaires-diagnostiquer-plus-tot-pour-reduire-le-risque-suicidaire</t>
+  </si>
+  <si>
+    <t>c_2560925</t>
+  </si>
+  <si>
+    <t>Autotests VIH : un document d’information pour accompagner leur utilisation</t>
+  </si>
+  <si>
+    <t>Malgré la diversité des dispositifs actuels de dépistage du VIH, 20% des personnes infectées ignorent encore leur séropositivité et près de 30% la découvrent à un stade avancé de la maladie. L’arrivée prochaine d’autotests complètera l’offre de dépistage et permettra peut-être d’augmenter le nombre de personnes traitées à un stade précoce. Afin d’accompagner l’utilisation de ces tests, la HAS met à disposition des professionnels de santé et des associations un document d’information pour les aider à répondre aux utilisateurs potentiels.</t>
+  </si>
+  <si>
+    <t>15/04/2015 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2026839/fr/autotests-vih-un-document-d-information-pour-accompagner-leur-utilisation</t>
+  </si>
+  <si>
+    <t>c_2026839</t>
+  </si>
+  <si>
+    <t>Dépression de l’adolescent : comment repérer et prendre en charge ?</t>
+  </si>
+  <si>
+    <t>On estime que près de 8 % des adolescents entre 12 et 18 ans souffriraient d’une dépression. Or à cet âge, la dépression passe souvent inaperçue : l’adolescent a des difficultés à exprimer ses ressentis, manifeste sa souffrance différemment des adultes et sa dépression peut être confondue avec les sentiments de déprime, courants à l'adolescence.</t>
+  </si>
+  <si>
+    <t>16/12/2014 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1795182/fr/depression-de-l-adolescent-comment-reperer-et-prendre-en-charge</t>
+  </si>
+  <si>
+    <t>c_1795182</t>
+  </si>
+  <si>
+    <t>Maltraitance des enfants : y penser pour repérer, savoir réagir pour protéger</t>
+  </si>
+  <si>
+    <t>Avec 10% d’enfants victimes de maltraitance dans les pays à haut revenus, la maltraitance des enfants est un problème de santé publique majeur qui a des conséquences graves. Pour protéger la victime, le repérage précoce est décisif et permet de sauver des vies. Les professionnels de santé, parce qu’ils sont en contact régulier avec les enfants dès leur plus jeune âge, sont en première ligne pour détecter un cas de maltraitance et le signaler aux autorités compétentes. A l’approche de la Journée internationale des droits de l’enfant, la HAS publie aujourd’hui une recommandation pour sensibiliser les médecins au repérage et au signalement de la maltraitance.</t>
+  </si>
+  <si>
+    <t>17/11/2014 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775839/fr/maltraitance-des-enfants-y-penser-pour-reperer-savoir-reagir-pour-proteger</t>
+  </si>
+  <si>
+    <t>c_1775839</t>
+  </si>
+  <si>
+    <t>Première prescription d’un contraceptif œstroprogestatif : prendre en compte les facteurs de risque plutôt que dépister systématiquement la thrombophilie</t>
+  </si>
+  <si>
+    <t>Les contraceptifs œstroprogestatifs* augmentent le risque de développer une maladie thromboembolique veineuse (phlébite ou embolie pulmonaire). Ce risque pourrait être encore plus élevé chez les femmes porteuses d’une thrombophilie biologique, une anomalie de la coagulation. C’est pourquoi la Haute Autorité de Santé (HAS) a étudié l’opportunité d’un dépistage systématique de la thrombophilie avant une première prescription d’une contraception combinant œstrogène et progestatif. Elle conclut qu’un dépistage systématique n’est pas justifié car son efficacité n’est pas démontrée, son efficience est très faible et ses éventuels effets négatifs non étudiés.</t>
+  </si>
+  <si>
+    <t>25/09/2014 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764076/fr/premiere-prescription-d-un-contraceptif-oestroprogestatif-prendre-en-compte-les-facteurs-de-risque-plutot-que-depister-systematiquement-la-thrombophilie</t>
+  </si>
+  <si>
+    <t>c_1764076</t>
+  </si>
+  <si>
+    <t>Dépistage de l’hépatite C : la Haute Autorité de Santé se prononce en faveur des tests rapides d’orientation diagnostique (TROD)</t>
+  </si>
+  <si>
+    <t>En France, 232 000 personnes sont atteintes d’hépatite C (VHC) et la moitié d’entre elles ignorent leur statut. Face à cet enjeu de santé publique, la HAS publie des recommandations sur la place des tests rapides d’orientation diagnostique (TROD)* dans la stratégie de dépistage de l'hépatite C.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743868/fr/depistage-de-l-hepatite-c-la-haute-autorite-de-sante-se-prononce-en-faveur-des-tests-rapides-d-orientation-diagnostique-trod</t>
+  </si>
+  <si>
+    <t>c_1743868</t>
+  </si>
+  <si>
+    <t>Cancer du sein : quel dépistage selon vos facteurs de risque ?</t>
+  </si>
+  <si>
+    <t>En France, les femmes âgées de 50 à 74 ans sont invitées à participer au programme national de dépistage organisé du cancer du sein et celles porteuses d’une mutation génétique (BRCA1 et 2) bénéficient d’un suivi spécifique défini par l’Institut National du Cancer (INCa). Pourtant, d’autres facteurs de risque de cancer du sein existent. Ils peuvent inquiéter les femmes et donner lieu à des pratiques de dépistage hétérogènes.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741484/fr/cancer-du-sein-quel-depistage-selon-vos-facteurs-de-risque</t>
+  </si>
+  <si>
+    <t>c_1741484</t>
+  </si>
+  <si>
+    <t>Arrêter de fumer et ne pas rechuter : la recommandation 2014 de la HAS</t>
+  </si>
+  <si>
+    <t>Le tabac demeure un fléau inégalé de santé publique qui tue un fumeur régulier sur deux et fait perdre 20 à 25 ans d’espérance de vie. C’est la première cause de mortalité évitable en France. Les professionnels de santé - au premier rang desquels les médecins généralistes - doivent devenir de véritables partenaires anti-tabac des fumeurs qui veulent arrêter. Ils doivent engager une démarche active auprès de leur patient fumeur quel que soit le motif de consultation. La HAS fait le point sur les méthodes de sevrage tabagique efficaces ainsi que sur la cigarette électronique. Considérant que les professionnels de santé sont insuffisamment informés et formés, la HAS propose des outils pratiques pour les aider à suivre et accompagner leurs patients.</t>
+  </si>
+  <si>
+    <t>21/01/2014 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719643/fr/arreter-de-fumer-et-ne-pas-rechuter-la-recommandation-2014-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1719643</t>
+  </si>
+  <si>
+    <t>Anévrismes de l’aorte abdominale en France : proposer un dépistage ciblé opportuniste unique chez les hommes présentant des facteurs de risque</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) a évalué la pertinence de la mise en place d’un programme de dépistage des anévrismes de l’aorte abdominale sous-rénale (AAA). La prise en charge et les traitements des AAA réduisant la mortalité liée à l’anévrisme à moyen et long terme, la HAS préconise la mise en place d’un dépistage ciblé opportuniste unique* par écho-doppler chez les personnes à risque. Le médecin le proposerait ainsi une fois aux hommes entre 65 et 75 ans fumeurs ou ayant été fumeurs ainsi qu’aux hommes entre 50 et 75 ans présentant des antécédents familiaux.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361253/fr/anevrismes-de-l-aorte-abdominale-en-france-proposer-un-depistage-cible-opportuniste-unique-chez-les-hommes-presentant-des-facteurs-de-risque</t>
+  </si>
+  <si>
+    <t>c_1361253</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer de la prostate par dosage du PSA : intérêt non démontré chez les hommes présentant des facteurs de risque</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie, à la demande de la Direction Générale de la Santé (DGS), un rapport d’orientation sur les facteurs de risque de cancer de la prostate et la pertinence du dépistage de ce cancer par dosage de l’antigène spécifique prostatique (PSA) auprès de populations d’hommes sans symptôme considérées comme « à haut risque » de survenue de ce cancer. Après avoir recherché la littérature sur le sujet et examiné les rapports et recommandations des sociétés savantes et organismes d’évaluation en santé au niveau national et international, la HAS a conclu qu’il n’y a pas de preuve suffisante pour justifier la mise en place d’un tel dépistage dans ces sous-populations. La HAS insiste également sur la nécessité de fournir une information complète aux hommes envisageant la réalisation d’un dépistage, notamment sur ses conséquences éventuelles.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1238094/fr/depistage-du-cancer-de-la-prostate-par-dosage-du-psa-interet-non-demontre-chez-les-hommes-presentant-des-facteurs-de-risque</t>
+  </si>
+  <si>
+    <t>c_1238094</t>
+  </si>
+  <si>
+    <t>Cancer du sein, un nouveau souffle pour le dépistage organisé</t>
+  </si>
+  <si>
+    <t>Depuis 2004, la France a mis en place un dépistage organisé du cancer du sein afin de permettre à toutes les femmes de 50 à 74 ans d’accéder à une prise en charge précoce et de qualité. Ce dispositif national coexiste avec un dépistage individuel. Il ne bénéficie, huit ans plus tard, qu’à la moitié des femmes concernées. Les recommandations que publie aujourd’hui la Haute Autorité de Santé, à la demande de la Direction générale de la santé, visent à améliorer cette situation.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1196105/fr/cancer-du-sein-un-nouveau-souffle-pour-le-depistage-organise</t>
+  </si>
+  <si>
+    <t>c_1196105</t>
+  </si>
+  <si>
+    <t>Améliorer le dépistage des hépatites virales B et C : la HAS précise sa recommandation</t>
+  </si>
+  <si>
+    <t>En mai 2011, dans le cadre du Plan national de lutte contre les hépatites B et C – 2009-2012, la Haute Autorité de Santé (HAS) publiait un avis sur les combinaisons de tests biologiques de dépistage à réaliser. A la demande du Ministère en charge de la Santé, la HAS a complété cet avis dont elle publie aujourd’hui la version actualisée.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189387/fr/ameliorer-le-depistage-des-hepatites-virales-b-et-c-la-has-precise-sa-recommandation</t>
+  </si>
+  <si>
+    <t>c_1189387</t>
+  </si>
+  <si>
+    <t>Maladies rares : la HAS recommande un dépistage systématique à la naissance du déficit en MCAD*</t>
+  </si>
+  <si>
+    <t>Dans le cadre du Plan national « Maladies rares » 2010-2014, la Haute Autorité de Santé a été saisie afin de rendre un avis sur l’extension du dépistage néonatal à une maladie supplémentaire : le déficit en MCAD. Cette maladie métabolique est fréquemment mortelle en l’absence de traitement. Sa prise en charge, très efficace, consiste à observer des règles diététiques simples. La Haute Autorité de Santé recommande le dépistage néonatal de cette maladie car il permet de prévenir des décès facilement évitables chez des jeunes enfants.</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1070812/fr/maladies-rares-la-has-recommande-un-depistage-systematique-a-la-naissance-du-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1070812</t>
+  </si>
+  <si>
+    <t>Améliorer le dépistage des hépatites virales B et C</t>
+  </si>
+  <si>
+    <t>Dans le cadre du Plan national de lutte contre les hépatites B et C 2009-2012, la Haute Autorité de Santé (HAS) a été saisie par le ministère de la Santé pour rendre un avis sur les combinaisons de tests biologiques de dépistage à réaliser. L’objectif est d’harmoniser et d’améliorer les pratiques de dépistage individualisé chez les personnes à risques. Sur la base de cette recommandation, le Ministère pourrait arrêter la stratégie de tests pour le dépistage de l’hépatite B qu’il convient de généraliser et de rembourser.</t>
+  </si>
+  <si>
+    <t>04/05/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050582/fr/ameliorer-le-depistage-des-hepatites-virales-b-et-c</t>
+  </si>
+  <si>
+    <t>c_1050582</t>
+  </si>
+  <si>
+    <t>Renforcer le dépistage ciblé de l’infection à gonocoque</t>
+  </si>
+  <si>
+    <t>Depuis les années 2000, les réseaux de surveillance constatent une recrudescence des cas de gonococcie en France dans la population jeune en particulier alors que certaines études notent une reprise des comportements sexuels à risque. Face à ce constat, la Direction Générale de la Santé a saisi la Haute Autorité de Santé* pour évaluer l’intérêt d’organiser un dépistage de cette infection sexuellement transmissible (IST).</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1032269/fr/renforcer-le-depistage-cible-de-l-infection-a-gonocoque</t>
+  </si>
+  <si>
+    <t>c_1032269</t>
+  </si>
+  <si>
+    <t>Un dépistage de la rétinopathie diabétique à améliorer</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé, saisie par la Direction Générale de la Santé, a évalué les différentes techniques et modes d’organisation du dépistage de la rétinopathie diabétique. Selon les estimations, cette complication oculaire toucherait plus de 200 000 diabétiques. Elle peut entraîner une diminution des capacités de vision, voire la cécité si elle n’est pas dépistée et traitée à temps. La HAS émet ainsi des recommandations de santé publique pour améliorer le dépistage de la rétinopathie diabétique en adaptant ses modalités et en améliorant la coordination des différents intervenants.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028478/fr/un-depistage-de-la-retinopathie-diabetique-a-ameliorer</t>
+  </si>
+  <si>
+    <t>c_1028478</t>
+  </si>
+  <si>
+    <t>Cancer du col de l’utérus</t>
+  </si>
+  <si>
+    <t>Saisie par la ministre de la santé, la Haute Autorité de Santé a évalué les différentes stratégies de dépistage du cancer du col de l’utérus, qui atteint chaque année en France 3 000 nouvelles femmes et en tue plus de 1000.</t>
+  </si>
+  <si>
+    <t>15/11/2010 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_998815/fr/cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>c_998815</t>
+  </si>
+  <si>
+    <t>Stratégies de dépistage du VIH en France : des travaux de modélisation publiés dans la revue PLoS One</t>
+  </si>
+  <si>
+    <t>La HAS et l’ANRS signalent la parution ce jour dans la revue scientifique PLoS One de travaux relatifs à l’évaluation médico-économique de différentes stratégies de dépistage du VIH en France. Les deux institutions rappellent que ce travail est le fruit de la collaboration étroite des équipes de la HAS, de l’InVS, de plusieurs équipes de recherche françaises financées par l’ANRS et d’équipes américaines.</t>
+  </si>
+  <si>
+    <t>01/10/2010 15:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_987056/fr/strategies-de-depistage-du-vih-en-france-des-travaux-de-modelisation-publies-dans-la-revue-plos-one</t>
+  </si>
+  <si>
+    <t>c_987056</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé maintient ses recommandations sur le dépistage du cancer de la prostate</t>
+  </si>
+  <si>
+    <t>En janvier 1999, la Haute Autorité de Santé – alors ANAES – a recommandé de ne pas mettre en place un dépistage systématique et organisé du cancer de la prostate. Pour tenir compte des dernières données scientifiques, la HAS a décidé d’évaluer deux études* publiées en mars 2009 dans le New England Journal of Medicine**. Sur la base de leur analyse critique, la HAS maintient ses recommandations.</t>
+  </si>
+  <si>
+    <t>22/06/2010 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_961215/fr/la-haute-autorite-de-sante-maintient-ses-recommandations-sur-le-depistage-du-cancer-de-la-prostate</t>
+  </si>
+  <si>
+    <t>c_961215</t>
+  </si>
+  <si>
+    <t>Toxoplasmose et rubéole : la HAS précise les conditions d’un dépistage efficace</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS), saisie par la Direction Générale de la Santé (DGS), rend public son [[c_893585][rapport sur la surveillance sérologique et la prévention de la toxoplasmose et de la rubéole durant la grossesse]]. Elle insiste sur l’importance de l’information à fournir aux femmes enceintes aux différents temps de la séquence de dépistage. De plus, elle recommande l’organisation d’une prise en charge structurée en cas de séroconversion en cours de grossesse. -</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_890769/fr/toxoplasmose-et-rubeole-la-has-precise-les-conditions-d-un-depistage-efficace</t>
+  </si>
+  <si>
+    <t>c_890769</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>En partenariat avec l’Institut de veille sanitaire, le Centre de recherches économiques, sociologiques et de gestion et le Centre hospitalier de Tourcoing, la Haute Autorité de Santé publie le second volet de ses recommandations sur le dépistage de l’infection par le VIH. Malgré un nombre de tests de dépistage important, il persiste en France un retard au dépistage de l’infection par le VIH. On estime aujourd’hui que près de 40 000 personnes sont infectées et ignorent leur séropositivité.</t>
+  </si>
+  <si>
+    <t>21/10/2009 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867079/fr/depistage-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>c_867079</t>
+  </si>
+  <si>
+    <t>Saisie en octobre 2007 par la ministre de la Santé et des Sports, la Haute Autorité de Santé lui remet un rapport sur le risque sanitaire de l’exposition environnementale non professionnelle à l’amiante et sa prise en charge. Il en ressort que le risque de survenue de cancers liés à l’amiante environnemental non professionnel concerne essentiellement les personnes exposées à un niveau intermédiaire fort ou élevé d’amiante. Les personnes exposées à un niveau faible ou intermédiaire faible doivent être rassurées.</t>
+  </si>
+  <si>
+    <t>26/03/2009 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_759609/fr/exposition-environnementale-a-l-amiante-etat-des-donnees-et-conduite-a-tenir</t>
+  </si>
+  <si>
+    <t>c_759609</t>
+  </si>
+  <si>
+    <t>Des recommandations pour améliorer le suivi medical au travail</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations de bonne pratique sur le contenu et la tenue du dossier médical en santé au travail (DMST). L’objectif principal est d’améliorer la qualité des informations permettant aux médecins du travail de mieux évaluer le lien entre l’état de santé du travailleur, son (ses) poste(s) et ses conditions de travail actuels et antérieurs.</t>
+  </si>
+  <si>
+    <t>23/03/2009 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_758847/fr/des-recommandations-pour-ameliorer-le-suivi-medical-au-travail</t>
+  </si>
+  <si>
+    <t>c_758847</t>
+  </si>
+  <si>
+    <t>La HAS évalue l’intérêt des tests immunologiques dans le dépistage du cancer colorectal en France</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé remet au Ministère de la Santé, de la Jeunesse, des Sports et de la Vie associative et à l’Institut National du Cancer une évaluation de la place des tests immunologiques de recherche de sang occulte dans les selles dans le programme de dépistage organisé du cancer colorectal en France. La HAS recommande d’engager le processus de substitution des nouveaux tests immunologiques à lecture automatisée, aux tests au gaïac actuellement utilisés. Elle précise toutefois que les conditions techniques et organisationnelles d’utilisation de ces tests seront affinées au cours de ce processus.</t>
+  </si>
+  <si>
+    <t>19/12/2008 12:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_727745/fr/la-has-evalue-l-interet-des-tests-immunologiques-dans-le-depistage-du-cancer-colorectal-en-france</t>
+  </si>
+  <si>
+    <t>c_727745</t>
+  </si>
+  <si>
+    <t>La réalisation des tests de dépistage de l’infection par le VIH évolue</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie le premier volet de recommandations sur le dépistage de l’infection par le VIH en France, qui propose une évolution des modalités de réalisation des tests de dépistage. Des recommandations et des orientations sur les tests de dépistage rapide sont également proposées.</t>
+  </si>
+  <si>
+    <t>22/10/2008 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704683/fr/la-realisation-des-tests-de-depistage-de-l-infection-par-le-vih-evolue</t>
+  </si>
+  <si>
+    <t>c_704683</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) publie deux recommandations professionnelles ayant pour objectifs de diminuer la morbidité et la mortalité associées à la cirrhose. La surveillance régulière et la prévention primaire des complications, et le cas échéant, le traitement et la prévention secondaire des principales complications, quelle que soit la cause de la cirrhose, constituent la base de la stratégie proposée pour atteindre ces objectifs.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614245/fr/prise-en-charge-des-patients-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_614245</t>
+  </si>
+  <si>
+    <t>Comment dépister la syphilis ?</t>
+  </si>
+  <si>
+    <t>Des recommandations en santé publique répondant aux deux questions « Faut-il dépister la syphilis en France ?» et « Comment la dépister ? » viennent d’être mises en ligne par la Haute Autorité de santé. La population cible du dépistage, la stratégie d’utilisation des tests sérologiques et le rôle des différents acteurs du dépistage y sont précisés.</t>
+  </si>
+  <si>
+    <t>02/07/2007 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546891/fr/comment-depister-la-syphilis</t>
+  </si>
+  <si>
+    <t>c_546891</t>
+  </si>
+  <si>
+    <t>Evaluation des stratégies de dépistage prénatal de la trisomie 21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_540837/fr/evaluation-des-strategies-de-depistage-prenatal-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_540837</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal systématique de la surdité permanente bilatérale : avis favorable de la HAS</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) propose une évaluation en santé publique concernant le dépistage néonatal systématique de la surdité bilatérale à la demande de la Direction Générale de la Santé. Ce travail s’inscrit dans une démarche globale d’évaluation des politiques de santé visant à améliorer la prise en charge des personnes atteintes de surdité.</t>
+  </si>
+  <si>
+    <t>11/04/2007 10:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_514881/fr/depistage-neonatal-systematique-de-la-surdite-permanente-bilaterale-avis-favorable-de-la-has</t>
+  </si>
+  <si>
+    <t>c_514881</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé propose une évaluation en santé publique qui a pour objectif d’améliorer et de promouvoir le diagnostic précoce du mélanome. Elle décrit les populations à risque et prend en compte le parcours de soins coordonnés du patient, du médecin traitant (ou médecin du travail) vers le dermatologue. Cette étude a été réalisée à la demande de la Société française de dermatologie.</t>
+  </si>
+  <si>
+    <t>07/11/2006 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_453303/fr/strategie-de-diagnostic-precoce-du-melanome</t>
+  </si>
+  <si>
+    <t>c_453303</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Actualisation des indications des tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma (tests IGRA) - Sujets présumés immunocompétents à risque accru d’être porteurs d’une infection tuberculeuse latente (ITL) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Tuberculose ; infection tuberculeuse latente ; tests IGRA ; tests de détection de l’infection tuberculeuse latente par mesure de la production d’interféron gamma ; intradermoréaction à la tuberculine ; IDR ; sujet-contact ; migrant ; sujet immunocompétent</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/10/2025 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599453/fr/actualisation-des-indications-des-tests-de-detection-de-l-infection-tuberculeuse-latente-par-mesure-de-la-production-d-interferon-gamma-tests-igra-sujets-presumes-immunocompetents-a-risque-accru-d-etre-porteurs-d-une-infection-tuberculeuse-latente-itl-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3599453</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections respiratoires basses</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, pneumonie aiguë communautaire, bronchite aiguë, exacerbations aiguës de BPCO, bronchiolite aiguë du nourrisson</t>
   </si>
   <si>
     <t>12/12/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/23/2024 10:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+    <t>23/12/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-respiratoires-basses</t>
   </si>
   <si>
     <t>p_3573729</t>
   </si>
   <si>
-    <t>Screening for dihydropyrimidine dehydrogenase deficiency to decrease the risk of severe toxicities related to fluoropyrimidines (5-fluorouracil or capecitabine) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
+    <t>Dépistage de la tuberculose latente via un test de détection de la production d’interféron gamma (IGRA) avant initiation d’un traitement par un médicament de la classe des anti-JAK, dont SOTYKTU® (deucravacitinib)</t>
+  </si>
+  <si>
+    <t>Les médicaments de la classe pharmacologique des anti-JAK (dont le deucravacitinib) présentent un surrisque de survenue d’infections graves dont la tuberculose (contraction ou réactivation de l’infection tuberculeuse latente). Un dépistage de la tuberculose, et plus particulièrement de l’infection tuberculeuse latente, est donc requis avant initiation d’un traitement par médicament anti-JAK (dont le deucravacitinib). Dans ce contexte, ce dépistage de l’infection tuberculeuse latente peut être réalisé par un test de détection de la production d’interféron gamma (IGRA) avant initiation d’un traitement par anti-JAK, tout comme les traitements par médicaments anti-TNF alpha.</t>
+  </si>
+  <si>
+    <t>28/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2024 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563547/fr/depistage-de-la-tuberculose-latente-via-un-test-de-detection-de-la-production-d-interferon-gamma-igra-avant-initiation-d-un-traitement-par-un-medicament-de-la-classe-des-anti-jak-dont-sotyktu-deucravacitinib</t>
+  </si>
+  <si>
+    <t>p_3563547</t>
+  </si>
+  <si>
+    <t>Détection des génomes du virus de la grippe A et B, et du SARS-CoV-2 par RT-PCR dans un contexte d’exposition à risque à un virus influenza zoonotique</t>
+  </si>
+  <si>
+    <t>Définir la place de la détection des génomes des virus Influenza A et B de la grippe et du SARS-CoV-2 par RT-PCR dans la stratégie diagnostique d’un cas suspect de grippe humaine due à un virus influenza d’origine zoonotique et évaluer ses performances diagnostiques chez les patients présentant des symptômes compatibles avec une infection par le virus SARS-CoV-2 ou une infection respiratoire hivernale, dont la grippe, dans un contexte d’exposition à risque à un virus influenza zoonotique.</t>
+  </si>
+  <si>
+    <t>11/06/2024 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520845/fr/detection-des-genomes-du-virus-de-la-grippe-a-et-b-et-du-sars-cov-2-par-rt-pcr-dans-un-contexte-d-exposition-a-risque-a-un-virus-influenza-zoonotique</t>
+  </si>
+  <si>
+    <t>p_3520845</t>
+  </si>
+  <si>
+    <t>Évaluation de plusieurs actes relatifs au dépistage ciblé annuel de la maladie rénale chronique chez l'adulte</t>
+  </si>
+  <si>
+    <t>Evaluation de plusieurs actes relatifs au dépistage ciblé annuel de la maladie rénale chronique chez l'adulte</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>05/10/2023 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466023/fr/evaluation-de-plusieurs-actes-relatifs-au-depistage-cible-annuel-de-la-maladie-renale-chronique-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3466023</t>
+  </si>
+  <si>
+    <t>Méthodes de recherche d’un déficit en dihydropyrimidine deshydrogénase visant à prévenir certaines toxicités sévères associées aux traitements incluant une fluoropyrimidine (5-fluorouracile ou capécitabine)</t>
+  </si>
+  <si>
+    <t>L’objectif était de déterminer le ou les examens à réaliser en pratique et à large échelle pour identifier parmi les environ 80.000 patients/an traités par une chimiothérapie intégrant une fluoropyrimidine, dans le cadre de différents cancers (principalement cancers digestifs, du sein et ORL), ceux présentant un déficit d’activité de la dihydropyrimidine déshydrogénase (DPD), principale enzyme permettant l’élimination de ces médicaments.</t>
+  </si>
+  <si>
+    <t>21/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2023 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891090/fr/methodes-de-recherche-d-un-deficit-en-dihydropyrimidine-deshydrogenase-visant-a-prevenir-certaines-toxicites-severes-associees-aux-traitements-incluant-une-fluoropyrimidine-5-fluorouracile-ou-capecitabine</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
-    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
+    <t>Intérêt des tests rapides d’orientation diagnostique (TROD) antigéniques COVID/grippe et COVID/grippe/VRS en ville</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de se prononcer sur l’intérêt médical de recourir à des tests rapides d’orientation diagnostique, dits TROD, pour rechercher en contexte de ville (typiquement au cours d’une consultation en cabinet médical) les principaux virus responsables d’infections respiratoires aiguës susceptibles de co-circuler de façon épidémique en période hivernale, en l’espèce le VRS, les virus influenza et le SARS-CoV-2, respectivement responsables de la majorité des bronchiolites, de la grippe et de la COVID-19</t>
+  </si>
+  <si>
+    <t>01/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444489/fr/interet-des-tests-rapides-d-orientation-diagnostique-trod-antigeniques-covid/grippe-et-covid/grippe/vrs-en-ville</t>
+  </si>
+  <si>
+    <t>p_3444489</t>
+  </si>
+  <si>
+    <t>Évaluation des tests antigéniques salivaires pour la détection du SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Evaluer les performances diagnostiques des tests antigéniques rapides (TROD/TRD) sur prélèvement salivaire dans la stratégie de détection précoce du virus SARS-CoV-2 réalisée par autotest ou sous la supervision d’un professionnel chez des individus cas-contacts ou en situation de dépistage, en particulier chez l’enfant de moins de 12 ans et en population générale.</t>
+  </si>
+  <si>
+    <t>17/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318231/fr/evaluation-des-tests-antigeniques-salivaires-pour-la-detection-du-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3318231</t>
+  </si>
+  <si>
+    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’acte d’angiomammographie dans la stratégie diagnostique du cancer du sein afin d’émettre un avis sur son inscription à la classification commune des actes médicaux. Le rapport d’évaluation de la HAS, destiné aux radiologues, aux sénologues et à l’Assurance maladie, a pour objectifs d’évaluer les performances diagnostiques de l’angiomammographie en comparaison à l’IRM dans certaines de ses indications (impasses diagnostiques, bilan d’extension, évaluation de la réponse à la chimiothérapie néoadjuvante) ainsi que les aspects sécuritaires (réactions à l’injection d’iode, exposition aux rayonnements ionisants), l’impact sur la thérapeutique et les aspects organisationnels.</t>
+  </si>
+  <si>
+    <t>10/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213483/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+    <t>Évaluation de l’intérêt diagnostique des tests RT-LAMP réalisés sur système intégré et prélèvement salivaire pour détecter les sujets infectés par le SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Dans ses précédents avis du 27 novembre 2020 et du 22 janvier 2021 la Haute Autorité de santé a donné un avis favorable au remboursement de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP intégrée sur prélèvement salivaire uniquement chez les patients symptomatiques pour lesquels le prélèvement nasopharyngé est impossible ou difficilement réalisables. Comme tous les avis et recommandations de la HAS pendant la crise sanitaire, cet avis était susceptible d’être revu en fonction de l’évolution des connaissances ou des alertes scientifiques, en l’occurrence sur les solutions technologiques utilisées (RT-LAMP intégrée). Depuis, de nouvelles données de performances ont été produites pour différents tests RT-LAMP intégrés sur prélèvement salivaire permettant de se positionner de manière plus globale sur l’ensemble de ces techniques rapides (sans extraction d’acides nucléiques). Dans ses précédents avis du 27 novembre 2020 et du 22 janvier 2021 la Haute Autorité de santé a donné un avis favorable au remboursement de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP intégrée sur prélèvement salivaire uniquement chez les patients symptomatiques pour lesquels le prélèvement nasopharyngé est impossible ou difficilement réalisables. Comme tous les avis et recommandations de la HAS, pendant la crise sanitaire, cet avis était susceptible d’être revu en fonction de l’évolution des connaissances ou des alertes scientifiques, en l’occurrence sur les solutions technologiques utilisées (RT-LAMP intégrée). Depuis, de nouvelles données de performances ont été produites pour différents tests RT-LAMP intégrés sur prélèvement salivaire permettant de se positionner de manière plus globale sur l’ensemble de ces techniques rapides (sans extraction d’acides nucléiques).</t>
+  </si>
+  <si>
+    <t>26/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2021 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280186/fr/evaluation-de-l-interet-diagnostique-des-tests-rt-lamp-realises-sur-systeme-integre-et-prelevement-salivaire-pour-detecter-les-sujets-infectes-par-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3280186</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0042/AC/SEAP du 17 juin 2021 du collège de la HAS relatif aux modifications des conditions d’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>A l’issue de ses travaux (cahier des charges et rapports d’évaluation) réalisés en avril/mai 2020, la Haute Autorité de santé (HAS) a rendu un avis favorable le 20 mai 2020 relatif au remboursement de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2 en listant les indications prises en charge et les non-indications pour éviter des dérives dans l’utilisation de ces tests. Au vu de l’évolution des connaissances scientifiques sur ce sujet, de l’amélioration de la capacité à tester, isoler et traiter chaque cas et à retracer chaque contact grâce au développement des différentes techniques de diagnostic et de dépistage du virus SARS-CoV-2 depuis mai 2020, la HAS a donc actualisé son analyse de la littérature scientifique, consulté un groupe d’experts pluridisciplinaires réunis le 10 juin 2021 et pris la position de la commission technique des vaccinations le 15 juin 2021. Sur ces nouvelles bases, la Haute Autorité de santé actualise ses avis sur les indications et non-indications de la détection sérologique des anticorps dirigés contre le virus SARS-CoV-2. Dans ce contexte, la HAS précise également sa position sur l’utilisation de la sérologie pré-vaccinale sur des aspects techniques. Par ailleurs, la HAS se prononce sur le recours à la sérologie post-vaccinale chez les patients immunodéprimés.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272801/fr/avis-n-2021-0042/ac/seap-du-17-juin-2021-du-college-de-la-has-relatif-aux-modifications-des-conditions-d-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-des-anticorps-seriques-diriges-contre-le-coronavirus-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3272801</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt des tests antigéniques rapides (TDR/TROD) sur prélèvement nasal pour la détection du virus SARS-CoV-2 (Méta-analyse)</t>
+  </si>
+  <si>
+    <t>La HAS a réalisé une analyse critique et systématique de la littérature avec méta-analyse des performances diagnostiques des tests antigéniques rapides. Faute de données suffisantes sur les autotests , la méta-analyse a donc porté sur les performances diagnostiques des tests antigéniques réalisés par un professionnel (TDR/TROD) avec un prélèvement nasal (antérieur ou profond) également réalisé par le professionnel ou par le patient sous supervision du professionnel.</t>
+  </si>
+  <si>
+    <t>23/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269794/fr/evaluation-de-l-interet-des-tests-antigeniques-rapides-tdr/trod-sur-prelevement-nasal-pour-la-detection-du-virus-sars-cov-2-meta-analyse</t>
+  </si>
+  <si>
+    <t>p_3269794</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests antigéniques automatisés de détection du SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>Le Collège de la Haute Autorité de santé a rendu trois avis le 24 septembre 2020, le 8 octobre 2020 et le 27 novembre 2020 portant sur la place de tests antigéniques rapides chez les patients symptomatiques, les personnes asymptomatiques et les personnes-contact asymptomatiques. Les tests concernés par cet avis étaient des tests rapides (15 à 30 minutes) de type tests unitaires rapides (c’est-à-dire des tests de diagnostic rapide (TDR) réalisables par les laboratoires de biologie médicale) et des tests rapides d’orientation diagnostic (TROD), réalisables et interprétables par d’autres opérateurs. La présente revue rapide concerne un autre type de tests antigéniques, les tests automatisés tels les tests immunochimiques en plaque (ELISA) ou en milieu liquide avec détection par chimiluminescence (tests CLIA ) qui sont à haut débit et fonctionnent avec un système de lecture automatisé (plateformes intégrées automatisées). Ces tests sont uniquement réalisés en laboratoire de biologie médicale. La détection du génome du virus SARS-CoV-2 par RT-PCR sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Néanmoins, comparativement au test de référence (RT-PCR sur prélèvement nasopharyngé), l’objectif des tests antigéniques automatisés sur prélèvement nasopharyngé serait de permettre à la fois une réduction du coût des tests, une réduction du temps d’analyse, et une augmentation des capacités d’analyse (plus de tests réalisés en même temps). Comparativement aux tests rapides d’orientation diagnostic (TROD), les tests antigéniques automatisés pourraient être plus sensibles. La HAS a donc évalué l’intérêt des tests antigéniques automatisés sur prélèvement nasopharyngé dans trois populations : chez les patients symptomatiques, chez les personnes cas-contact asymptomatiques et chez les personnes asymptomatiques en situation de dépistage.</t>
+  </si>
+  <si>
+    <t>08/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2021 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261383/fr/revue-rapide-sur-les-tests-antigeniques-automatises-de-detection-du-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3261383</t>
+  </si>
+  <si>
+    <t>Extension de l’utilisation des tests rapides de détection antigéniques du virus SARS-CoV-2 sur prélèvement nasopharyngé chez les personnes contacts</t>
+  </si>
+  <si>
+    <t>La HAS a précédemment rendu des avis favorables quant à l’utilisation des tests rapides de détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé chez les patients symptomatiques (jusqu’à 4 jours inclus après apparition des symptômes) et chez les personnes asymptomatiques dans le cadre d’opération de dépistage ciblé à large échelle. Comparativement au test de référence (RT-PCR sur prélèvement nasopharyngé), l’objectif des tests antigéniques rapides est d’accélérer et de faciliter la réalisation du test et son rendu de résultats afin notamment de réduire les risques de transmission virale. De nouvelles publications font état à ce jour de nouvelles données sur l’utilisation de tests antigéniques chez des sujets des personnes-contacts des cas confirmés. Cette utilisation serait intéressante dans des logiques d’accélération du contact-tracing ou de dépistage.</t>
+  </si>
+  <si>
+    <t>27/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>28/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261090/fr/extension-de-l-utilisation-des-tests-rapides-de-detection-antigeniques-du-virus-sars-cov-2-sur-prelevement-nasopharynge-chez-les-personnes-contacts</t>
+  </si>
+  <si>
+    <t>p_3261090</t>
+  </si>
+  <si>
+    <t>Méta-analyse de l’intérêt diagnostique des tests RT-PCR salivaires de détection du SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>10/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/02/2021 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237008/fr/meta-analyse-de-l-interet-diagnostique-des-tests-rt-pcr-salivaires-de-detection-du-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3237008</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests RT-PCR SARS-CoV-2 sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois, son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS a évalué l’intérêt de la RT-PCR sur un prélèvement alternatif : le prélèvement salivaire, ce dernier étant non invasif. Elle a notamment pris en compte les résultats intermédiaires de l’étude clinique COVISAL, réalisée dans le cadre d’un forfait innovation ayant reçu un avis favorable de la HAS le 07 août 2020.</t>
+  </si>
+  <si>
+    <t>18/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2020 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222428/fr/revue-rapide-sur-les-tests-rt-pcr-sars-cov-2-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3222428</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests RT-LAMP sur prélèvement salivaire (hors système intégré de type EasyCoV)</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois, son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS, compte tenu des données de performances diagnostiques disponibles, a rendu le 18 septembre 2020 un avis favorable à l’utilisation de la détection du génome du virus SARS-CoV-2 par RT-PCR sur prélèvement salivaire. Les données disponibles n’avait pas alors permis de se prononcer sur la technique RT-LAMP sur prélèvement salivaire. Toutefois, compte tenu de la présence de nouvelles données, la HAS a évalué l’intérêt de la RT-LAMP sur prélèvement salivaire chez les patients symptomatiques.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222440/fr/revue-rapide-sur-les-tests-rt-lamp-sur-prelevement-salivaire-hors-systeme-integre-de-type-easycov</t>
+  </si>
+  <si>
+    <t>p_3222440</t>
+  </si>
+  <si>
+    <t>Tests diagnostiques pour différencier la COVID-19 des infections respiratoires hivernales en période de co-circulation des virus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la pertinence de rechercher en même temps les virus respiratoires hivernaux, en particulier ceux de la grippe, et le SARS-CoV-2 chez un patient présentant des symptômes pendant la période de co-circulation des virus avec les tests combinés dits multiplex à deux ou plusieurs cibles, ou des tests unitaires réalisés en parallèle</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/11/2020 18:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216748/fr/tests-diagnostiques-pour-differencier-la-covid-19-des-infections-respiratoires-hivernales-en-periode-de-co-circulation-des-virus</t>
+  </si>
+  <si>
+    <t>p_3216748</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests de détection antigénique du virus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>La stratégie de lutte contre la COVID-19 repose aujourd’hui sur la réalisation massive de tests virologiques RT-PCR sur prélèvement nasopharyngé, pour les personnes symptomatiques et leurs contacts, ainsi que, plus largement en population générale, afin de détecter et rompre les chaines de transmission. L'évolution des connaissances et des technologies permet d'envisager une adaptation de ce dispositif, notamment par l'utilisation de tests rapides de détection antigénique du SARS-CoV-2. En effet, ces tests permettraient d'obtenir un résultat en moins de 30 minutes tout en offrant une plus grande souplesse d'utilisation et un usage en dehors des murs du laboratoire de biologie médicale. Suite à la saisine par le ministre des Solidarités et de la Santé, la HAS a établi les critères d'acceptation des différents tests disponibles sur le marché et proposer les meilleurs scénarios d'utilisation des tests antigéniques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>19/10/2020 21:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213483/fr/revue-rapide-sur-les-tests-de-detection-antigenique-du-virus-sars-cov-2</t>
   </si>
   <si>
     <t>p_3213483</t>
   </si>
   <si>
-    <t>05/14/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+    <t>Place des tests sérologiques dans la stratégie de prise en charge de la maladie COVID-19</t>
+  </si>
+  <si>
+    <t>[Mise à jour le 18/05/2020] La HAS définit les critères de qualité et d’exigence des tests sérologiques, à partir des dernières données scientifiques et médicales disponibles à ce jour pour faciliter leur développement et l’évaluation de leur fiabilité.</t>
+  </si>
+  <si>
+    <t>14/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/fr/place-des-tests-serologiques-dans-la-strategie-de-prise-en-charge-de-la-maladie-covid-19</t>
   </si>
   <si>
     <t>p_3179992</t>
   </si>
   <si>
-    <t>Assessment of tissue or cell sample preparation, qualification and selection procedures for cancer somatic gene testing - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080503/en/assessment-of-tissue-or-cell-sample-preparation-qualification-and-selection-procedures-for-cancer-somatic-gene-testing-inahta-brief</t>
+    <t>Actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire pour analyse de génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de préciser l’intérêt, les indications et les modalités de réalisation des actes de préparation, qualification et sélection d’un échantillon tissulaire ou cellulaire en anatomocytopathologie, en vue d’une analyse en génétique somatique des cancers</t>
+  </si>
+  <si>
+    <t>18/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2019 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080503/fr/actes-de-preparation-qualification-et-selection-d-un-echantillon-tissulaire-ou-cellulaire-pour-analyse-de-genetique-somatique-des-cancers</t>
   </si>
   <si>
     <t>p_3080503</t>
   </si>
   <si>
-    <t>Assessment of chiropodist-podiatrist consultations for preventing foot lesions in diabetic patients with a grade 1 podiatric risk - INAHTA Brief</t>
-[...2 lines deleted...]
-    <t>The aim of this assessment is to update an initial review conducted by HAS in 2007, with a view to an indication extension of chiropody-podiatry prevention consultations for diabetic subjects presenting with a grade 1 podiatric risk (isolated sensitive neuropathy). These consultations are not currently covered by French National Health Insurance; as such, the purpose of this report is to: • assess the impact of chiropodist-podiatrist prevention consultations on the morbidity of diabetic subjects with a grade 1 foot ulceration risk; • define the content, frequency and duration of chiropodist-podiatrist prevention consultations for diabetic subjects with grade 1 foot ulceration risk</t>
+    <t>Évaluation de la pertinence de l’acte de fluoroscopie de l’œil réalisé par l’ophtalmologue</t>
+  </si>
+  <si>
+    <t>Evaluation de la pertinence du fond de l’œil réalisé sans enregistrement après une injection intraveineuse de fluorescéine chez les patients susceptibles d’être atteints d’une pathologie de la rétine.</t>
+  </si>
+  <si>
+    <t>18/07/2019 18:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2907407/fr/evaluation-de-la-pertinence-de-l-acte-de-fluoroscopie-de-l-oeil-realise-par-l-ophtalmologue</t>
+  </si>
+  <si>
+    <t>c_2907407</t>
+  </si>
+  <si>
+    <t>Évaluation des actes réalisés par le pédicure-podologue pour la prévention des lésions, des pieds à risque de grade 1, chez le patient diabétique - Actualisation de l’évaluation conduite en 2007</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de réactualiser un premier travail réalisé par la HAS en 2007, en vue d’une extension d’indications des séances de prévention de pédicurie-podologie aux patients diabétiques à risque podologique de grade 1.</t>
   </si>
   <si>
     <t>12/12/2018 00:00:00</t>
   </si>
   <si>
-    <t>12/20/2018 14:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2860579/en/assessment-of-chiropodist-podiatrist-consultations-for-preventing-foot-lesions-in-diabetic-patients-with-a-grade-1-podiatric-risk-inahta-brief</t>
+    <t>20/12/2018 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860579/fr/evaluation-des-actes-realises-par-le-pedicure-podologue-pour-la-prevention-des-lesions-des-pieds-a-risque-de-grade-1-chez-le-patient-diabetique-actualisation-de-l-evaluation-conduite-en-2007</t>
   </si>
   <si>
     <t>c_2860579</t>
   </si>
   <si>
-    <t>Vaccine recommendation</t>
-[...47 lines deleted...]
-    <t>Medicine</t>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Conditions pré-analytiques de réalisation de la recherche du génome (ADN) des Papillomavirus Humains (HPV) oncogènes à partir de frottis cervico-utérins – Rapport d’évaluation</t>
+  </si>
+  <si>
+    <t>L'objectif de travail qui se place dans le cadre de l'indication de recherche du génome (ADN) des HPV oncogènes, recommandée et prise en charge par l'Assurance Maladie (frottis cervico-utérin ASC-US), était : * d'identifier les facteurs pré-analytiques succeptibles d'interférer avec les résultats de la recherche du génome (ADN) et des HPV oncogènes * d'établir les conditions de réalisation de la phase pré-analytique de cette recherche</t>
+  </si>
+  <si>
+    <t>02/10/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2013 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264004/fr/conditions-pre-analytiques-de-realisation-de-la-recherche-du-genome-adn-des-papillomavirus-humains-hpv-oncogenes-a-partir-de-frottis-cervico-uterins-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1264004</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0050/AC/SEAP du 23 octobre 2025 du collège de la Haute  Autorité de santé relatif à la modification des conditions d’inscription sur la  liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la  sécurité sociale, de l’acte intitulé « Test de détection de la production  d’interféron gamma (IGRA) »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à la modification des conditions d’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte intitulé « Test de détection de la production d’interféron gamma (IGRA) ». Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>23/10/2025 15:22:00</t>
+  </si>
+  <si>
+    <t>29/10/2025 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3703097/fr/avis-n2025-0050/ac/seap-du-23-octobre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-la-modification-des-conditions-d-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-intitule-test-de-detection-de-la-production-d-interferon-gamma-igra</t>
+  </si>
+  <si>
+    <t>p_3703097</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0252/DC/SEAP du 23 octobre 2025 du collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique  intitulé « Actualisation des indications des tests de détection de l’infection  tuberculeuse latente par mesure de la production d’interféron gamma (tests  IGRA) - Sujets présumés immunocompétents à risque accru d’être porteurs  d’une infection tuberculeuse latente »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du collège de la Haute Autorité de santé adoptant le rapport qui est accessible par le lien situé dans la rubrique « Voir aussi »</t>
+  </si>
+  <si>
+    <t>23/10/2025 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3703102/fr/decision-n-2025-0252/dc/seap-du-23-octobre-2025-du-college-de-la-haute-autorite-de-sante-portant-adoption-du-rapport-d-evaluation-technologique-intitule-actualisation-des-indications-des-tests-de-detection-de-l-infection-tuberculeuse-latente-par-mesure-de-la-production-d-interferon-gamma-tests-igra-sujets-presumes-immunocompetents-a-risque-accru-d-etre-porteurs-d-une-infection-tuberculeuse-latente</t>
+  </si>
+  <si>
+    <t>p_3703102</t>
+  </si>
+  <si>
+    <t>Décision n° 2024.0155/DC/SEAP du 6 juin 2024 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Détection des génomes du virus de la grippe A et B, et du SARS-CoV- 2 par RT-PCR dans un contexte d’exposition à risque à un virus influenza zoonotique »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé portant adoption du rapport d’évaluation technologique intitulé « Détection des génomes du virus de la grippe A et B, et du SARSCoV-2 par RT-PCR dans un contexte d’exposition à risque à un virus influenza zoonotique », qui est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>06/06/2024 13:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520847/fr/decision-n-2024-0155/dc/seap-du-6-juin-2024-du-college-de-la-has-portant-adoption-du-rapport-d-evaluation-technologique-intitule-detection-des-genomes-du-virus-de-la-grippe-a-et-b-et-du-sars-cov-2-par-rt-pcr-dans-un-contexte-d-exposition-a-risque-a-un-virus-influenza-zoonotique</t>
+  </si>
+  <si>
+    <t>p_3520847</t>
+  </si>
+  <si>
+    <t>Avis n°2024.0048/AC/SEAP du 6 juin 2024 du collège de la HAS relatif à l’extension d’indication, sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de l’acte de détection des génomes du virus de la grippe A et B, et du SARS-CoV-2 par RT-PCR</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à l’extension d’indication, sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection des génomes du virus de la grippe A et B, et du SARS-CoV-2 par RT-PCR</t>
+  </si>
+  <si>
+    <t>06/06/2024 13:51:00</t>
+  </si>
+  <si>
+    <t>11/06/2024 11:30:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520857/fr/avis-n2024-0048/ac/seap-du-6-juin-2024-du-college-de-la-has-relatif-a-l-extension-d-indication-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-l-acte-de-detection-des-genomes-du-virus-de-la-grippe-a-et-b-et-du-sars-cov-2-par-rt-pcr</t>
+  </si>
+  <si>
+    <t>p_3520857</t>
+  </si>
+  <si>
+    <t>Décision n° 2023.0205/DC/SEAP du 1er juin 2023 du collège de la HAS adoptant le rapport d’évaluation technologique intitulé « Intérêt des tests rapides d’orientation diagnostique (TROD) antigéniques COVID/grippe et COVID/grippe/VRS en ville »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant le rapport d’évaluation technologique intitulé « Intérêt des tests rapides d’orientation diagnostique (TROD) antigéniques COVID/grippe et COVID/grippe/VRS en ville » qui est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>01/06/2023 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444497/fr/decision-n-2023-0205/dc/seap-du-1er-juin-2023-du-college-de-la-has-adoptant-le-rapport-d-evaluation-technologique-intitule-interet-des-tests-rapides-d-orientation-diagnostique-trod-antigeniques-covid/grippe-et-covid/grippe/vrs-en-ville</t>
+  </si>
+  <si>
+    <t>p_3444497</t>
+  </si>
+  <si>
+    <t>Avis n°2022.0060/AC/SESPEV du 10 novembre 2022 du collège de la Haute Autorité de santé relatif à la généralisation du dépistage de la drépanocytose en France métropolitaine</t>
+  </si>
+  <si>
+    <t>À la lumière de nouvelles alertes de professionnels de santé et de patients, ainsi que de nouvelles données épidémiologiques et scientifiques publiées depuis 2014, la HAS recommande la généralisation du dépistage néonatal de la drépanocytose en Métropole, pour éviter que des enfants n’échappent au dépistage ciblé. En France, le dépistage néonatal systématique de la drépanocytose a d’abord été déployé aux Antilles françaises (1984 en Guadeloupe, 1989 en Martinique) pour être élargi, à partir de 1992, à l’ensemble des nouveau-nés des départements et régions d’Outre-mer. En Métropole, un dépistage ciblé de la drépanocytose a été introduit en 1995 en Île-de-France puis progressivement généralisé pour couvrir l’ensemble du territoire en 2000. Jusqu'au 31 octobre 2024, il était restreint aux nouveau-nés de parents originaires de régions à risque (dépistage ciblé). Le présent avis porte sur la généralisation du dépistage de la drépanocytose. La HAS avait déjà examiné la question la pertinence de la généralisation du dépistage néonatal de la drépanocytose en Métropole. Dans son rapport d’orientation de 2014, le Collège de la HAS a conclu qu’il n’y avait alors pas d’élément permettant de justifier la pertinence d’une stratégie de dépistage néonatal systématique de la drépanocytose en France métropolitaine. Ses principaux arguments étaient les suivant : Au niveau national, les inconnues tant épidémiologiques que démographiques, ne permettaient pas d’estimer les bénéfices (en cas supplémentaires dépistés) d’une stratégie de dépistage de la drépanocytose appliquée à l’ensemble des nouveau-nés en France métropolitaine, et dès lors son efficience ; Au vu de la littérature, les données ne permettaient pas de calculer le nombre d’enfants drépanocytaires non détectés par la stratégie de dépistage ciblé (ni les conséquences sanitaires afférentes) ; Il n’avait pas été relevé de signaux clairs d’un manque d’efficacité de la stratégie actuelle du dépistage néonatal ciblé. En réponse à des alertes de cliniciens, d’associations de patients, du Défenseur des droits, ainsi que de nouvelles données publiées qui remettent en cause l’efficacité du ciblage, la HAS a de nouveau été saisie par le Directeur général de santé (DGS), en avril 2018, afin de réévaluer la pertinence de la généralisation du dépistage néonatal de la drépanocytose en Métropole, pour éviter que des enfants n’échappent au dépistage ciblé. Considérant : que la drépanocytose est la plus fréquente des maladies génétiques dépistées à la naissance en France métropolitaine et qu’elle est à la limite de la définition de maladie rare ; que les tendances épidémiologiques montrent une augmentation, certes faible mais régulière, du nombre de cas dépistés en France chaque année, dans un contexte de brassage populationnel et qu’aucune région en France n’est indemne de cas ; que cette pathologie, si elle n’est pas prise en charge précocement, est responsable d’une forte morbidité et d’une réduction importante de la survie ; qu’une prise en charge préventive ayant démontré un impact sur la morbi-mortalité peut être mise en place précocement ; que, sur le terrain, les professionnels font état de la difficulté d’appliquer les critères de ciblage permettant de repérer de manière efficace les nouveau-nés à risque ; que ce ciblage est à l’origine d’un risque de perte de chance pour certains nouveau-nés en France dans l’accès au dépistage et qui pose donc un problème éthique et est source d’iniquité ; que des données récentes montrent que des nouveau-nés qui étaient éligibles ont échappé au ciblage en Île-de-France et en dehors de l’Île-de-France ; que le Défenseur des droits considère que « le maintien d’un dépistage ciblé de la drépanocytose est contestable en l’état actuel des connaissances » car les méthodes de ciblage pourraient stigmatiser certains groupes de la population et pourraient par ailleurs être de moins en moins efficaces au vu des brassages de populations en France métropolitaine ; que la totalité des parties prenantes auditionnées ont exprimé une opinion en faveur d’un abandon du ciblage ; que la filière, maintenant réorganisée, est à même d’absorber assez rapidement la montée en charge du nombre de tests de dépistage qui devront être réalisés ; que tous les autres pays européens (dans lesquels l’incidence de la drépanocytose est moindre qu’en France), ayant intégré la drépanocytose dans leur programme de dépistage néonatal l’ont fait selon un mode universel ; la HAS recommande l’arrêt du dépistage ciblé au profit d’un dépistage universel à l’ensemble des nouveau-nés en France métropolitaine, dans la perspective de réduire les cas d’échappement au dépistage néonatal de la drépanocytose.</t>
+  </si>
+  <si>
+    <t>10/11/2022 14:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385427/fr/avis-n2022-0060/ac/sespev-du-10-novembre-2022-du-college-de-la-haute-autorite-de-sante-relatif-a-la-generalisation-du-depistage-de-la-drepanocytose-en-france-metropolitaine</t>
+  </si>
+  <si>
+    <t>p_3385427</t>
+  </si>
+  <si>
+    <t>Avis n° 2022.0056/AC/SESPEV du 13 octobre 2022 du collège de la Haute Autorité de santé portant sur le projet d’arrêté modifiant l'arrêté du 22 février 2018 relatif à l'organisation du programme national de dépistage néonatal recourant à des examens de biologie médicale</t>
+  </si>
+  <si>
+    <t>La mise en œuvre du programme du dépistage néonatal (DNN) relève de la décision du ministère en charge de la santé. L’avis de la Haute Autorité de santé est requis préalablement en application de l’article L-1411-6 du code de la santé publique, notamment en cas d’extension du DNN à une/plusieurs maladie(s). Le programme national de DNN va être élargi à compter du 1° janvier 2023 afin d’y inclure le dépistage de sept erreurs innées du métabolisme par l’utilisation de la technologie de spectrométrie de masse en tandem (MS/MS), à savoir l’homocystinurie (HCY), la leucinose (LEU), la tyrosinémie de type 1 (TYR-1), l’acidurie glutarique de type 1 (AGI), l’acidurie isovalérique (AIV), le déficit en 3-hydroxyacyl-coenzyme A déshydrogénase des acides gras à chaîne longue (LCHAD), et le déficit primaire en carnitine (DPC). Ces sept maladies, se rajoutent aux six déjà dépistées : la phénylcétonurie, l'hyperplasie congénitale des surrénales, l'hypothyroïdie, la mucoviscidose, le déficit en acyl-CoA déshydrogénase des acides gras à chaines moyennes (MCAD); et pour ceux présentant un risque particulier de développer la drépanocytose.</t>
+  </si>
+  <si>
+    <t>13/10/2022 14:07:00</t>
+  </si>
+  <si>
+    <t>18/10/2022 08:30:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378949/fr/avis-n-2022-0056/ac/sespev-du-13-octobre-2022-du-college-de-la-haute-autorite-de-sante-portant-sur-le-projet-d-arrete-modifiant-l-arrete-du-22-fevrier-2018-relatif-a-l-organisation-du-programme-national-de-depistage-neonatal-recourant-a-des-examens-de-biologie-medicale</t>
+  </si>
+  <si>
+    <t>p_3378949</t>
+  </si>
+  <si>
+    <t>Avis n° 2022.0013/AC/SEAP du 17 février 2022 du collège de la HAS relatif à la détection antigénique rapide du virus SARS-CoV-2 sur prélèvement salivaire (TDR/TROD et autotests)</t>
+  </si>
+  <si>
+    <t>Dans son avis du 23 avril 2021, la HAS a conclu à un service attendu insuffisant pour les tests antigéniques rapides sur prélèvement salivaire « faute d’efficacité satisfaisante, compte tenu d’une sensibilité inférieure aux valeurs seuils minimales fixées par l’OMS de 80 % et 50 % respectivement chez les patients symptomatiques et les personnes asymptomatiques ». Cet avis reposait sur les premières données scientifiques disponibles dans la littérature et sur une consultation d'avis d’experts. La présente évaluation fait suite à la saisine de la Direction générale de la santé (DGS) du 18 janvier 2022 qui souhaitait disposer d’une actualisation des données de la littérature et de cet avis face à un contexte d’offre de dépistage des cas contacts en tension (notamment dans le milieu scolaire) et vis-à-vis de données préliminaires laissant entrevoir une meilleure excrétion du virus dans la salive pour le nouveau variant Omicron. Une consultation pluridisciplinaire d’experts a été également recueillie dans le cadre de cette actualisation.</t>
+  </si>
+  <si>
+    <t>17/02/2022 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318212/fr/avis-n-2022-0013/ac/seap-du-17-fevrier-2022-du-college-de-la-has-relatif-a-la-detection-antigenique-rapide-du-virus-sars-cov-2-sur-prelevement-salivaire-tdr/trod-et-autotests</t>
+  </si>
+  <si>
+    <t>p_3318212</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0089/AC/SEAP du 30 décembre 2021 du collège de la Haute Autorité de santé relatif à l’extension de l’utilisation des autotests de détection antigénique du SARS-CoV-2 sur prélèvement nasal chez les personnes-contacts</t>
+  </si>
+  <si>
+    <t>Rappel des précédents avis de la HAS concernant les autotests Dans son avis du 23 avril 2021, la Haute Autorité de santé (HAS) s’est prononcée en faveur de l’utilisation des autotests de détection antigénique du SARS-CoV-2 sur prélèvement nasal dans les indications suivantes : Indication médicale : chez les personnes asymptomatiques, dans le cadre d’un dépistage itératif ciblé à large échelle en alternative aux TDR/TROD antigéniques sur prélèvement nasopharyngé ou nasal ; Indication sociétale : chez les personnes asymptomatiques dans le cadre d’une utilisation dans la sphère privée. Contexte de la saisine Dans sa saisine du 30 décembre 2021, le Directeur Général de Santé sollicite l’avis de la HAS sur « la possibilité d’utiliser les autotests antigéniques sur prélèvement nasal chez les personnes identifiées comme contact à risque », compte tenu notamment « d’une augmentation très soutenue de la circulation virale soumettant à leurs limites les dispositifs de dépistage et de contact tracing ». En effet, depuis mi-décembre 2021, la situation sanitaire s’est très nettement dégradée compte tenu de la forte contagiosité du variant omicron induisant un nombre très important de nouveaux cas contaminés sur le territoire français (208 000 nouveaux cas au cours des dernières 24 heures) et par corollaire, un nombre encore plus important de personnes-contacts (probablement de l’ordre de 10 % de la population française si l’on considère qu’il y a entre 3 et 5 personnes-contacts par patient contaminé). Les capacités de réalisation des tests virologiques (détection du génome ou TDR/TROD de détection antigénique) réalisés par les professionnels habilités ne seront pas suffisantes pour couvrir la totalité du besoin de détection chez les personnes-contacts. Un recours aux autotests antigéniques sur prélèvement nasal chez les personnes-contacts serait susceptible d’augmenter de manière importante la couverture du besoin en tests chez ces personnes comme ce fut le cas dans les autres indications pour les personnes asymptomatiques. Un tel recours permettrait ainsi de moins peser sur les capacités de réalisation des tests virologiques, sachant que les autotests antigéniques sur prélèvement nasal sont désormais largement utilisés par les français avec une offre industrielle large (49 références actuellement inscrites sur le site du ministère de la santé). Il est rappelé qu’une personne-contact est une personne qui a été en contact avec une personne positive au Covid-19 sans mesure de protection efficace. Ne sont donc pas considérées comme des personnes-contacts les personnes ayant été en contact avec une personne-contact, ou encore ayant été en contact avec une personne positive au Covid-19 avec mesure de protection efficace. Il est également rappelé que les tests rapides antigéniques (TDR/TROD) et les autotests antigéniques, s’ils impliquent tous deux le même type de dispositifs médicaux de diagnostic in vitro détectant les protéines virales, n’en demeurent pas moins différents, notamment par leurs modalités d’utilisation : les TDR/TROD antigéniques sont réalisés par un professionnel habilité (majoritairement un professionnel de santé), alors qu’un autotest est réalisé par l’usager lui-même. Un autotest peut également être réalisée par l’usager sous la supervision d’un professionnel de santé, notamment lors de la phase d’apprentissage de la réalisation de l’autotest (prélèvement nasal, manipulation de l’autotest, lecture et interprétation du résultat). Performances des autotests antigéniques sur prélèvement nasal chez les personnes-contacts Il n’a pas été identifié de données publiées relatives aux performances des autotests antigéniques sur prélèvement nasal spécifiquement pour les personnes-contacts. Toutefois, il apparait pertinent d’extrapoler que ces performances devraient être du même ordre de grandeur que celles observées pour les TDR/TROD antigéniques réalisés par des professionnels pour les personnes-contacts en prenant en considération les éléments suivants : Dans son avis du 27 novembre 2020, la HAS a recommandé l’utilisation des TDR/TROD antigéniques sur prélèvement nasopharyngé chez les personnes-contacts car la distribution des valeurs de Ct chez ces personnes était similaire à celle des patients symptomatiques. En cohérence avec ces observations, les performances rapportées des TDR/TROD antigéniques sur prélèvement nasopharyngé chez les personnes-contacts étaient du même ordre (sensibilité de 69,7% à 94,2% selon les études) que celles observées chez les patients symptomatiques ; Dans son rapport et son avis du 23 avril 2021, la HAS a recommandé l’utilisation des TDR/TROD antigéniques sur prélèvement nasal chez les personnes-contacts, compte tenu des performances diagnostiques de ces tests chez les patients symptomatiques (sensibilités poolées de 74 % et 82% en fonction du type de prélèvement nasal réalisé) et de la distribution de la charge virale précédemment mentionnée chez les personnes-contacts ; Les performances diagnostiques des autotests antigéniques sur prélèvement nasal rapportées par les quelques études disponibles sont du même ordre que celles des TDR/TROD antigéniques sur prélèvement nasal réalisés par des professionnels de santé, que ce soit pour des patients symptomatiques ou pour des personnes asymptomatiques. Par ailleurs, malgré une information du 28 décembre 2021 de la Food and Drug Administration (FDA) américaine sur une perte de sensibilité analytique des tests antigéniques pour la détection du variant omicron d’après des données préliminaires américaines (sans autre précision), il n’y a pas à cette date d’éléments probants démontrant une perte de sensibilité clinique des tests et autotests de détection antigénique pour la détection du variant omicron dans le contexte français où les tests utilisés doivent permettre la détection de la protéine N du virus SARS-CoV-2 pour être autorisés (exigence non retrouvée aux Etats-Unis). Une veille active sera poursuivie sur ce sujet, en lien avec l’ANSM. Stratégie d’utilisation des autotests antigéniques chez les personnes-contacts Pour faire face à l’augmentation massive du nombre de personnes-contacts induite par la circulation du variant omicron : la stratégie de contact-tracing (personnes-contacts contactées par l’Assurance maladie) évolue vers une stratégie de contact warning (les patients contaminés contactent eux-mêmes leur personnes-contacts) ; la stratégie de prise en charge des personnes-contacts (modalités d’isolement, de tests…) évolue également, conformément aux recommandations formulées par le Haut Conseil de la Santé Publique. Ainsi la stratégie de prise en charge des personnes-contacts repose désormais sur une matrice décisionnelle du HCSP prenant en considération : le statut vaccinal de la personne contact (schéma vaccinal complet selon les recommandations en vigueur de la HAS, schéma vaccinal incomplet, personnes non vaccinées) ; et 3 phases d’évolution possible de la situation épidémiologique liée à la circulation concomitante des variants Delta et Omicron du SARS-CoV-2 : phase 1 : avant l’émergence d’omicron ; phase 2 : situation sanitaire caractérisée par un nombre de contaminations en forte croissance et des conséquences sociales et économiques encore limitées ; et phase 3 : situation sociale, économique et sanitaire fortement dégradée avec un risque majeur de perturbations du maintien des activités socio-économiques et sanitaire du fait de l’exclusion d’un nombre important de personnes. Lors de cette phase 3, la nouvelle stratégie préconisée par le HCSP prévoit, pour les personnes-contacts avec schéma vaccinal complet, de remplacer la quarantaine systématique par une surveillance active par autotest. Compte tenu des performances diagnostiques et de l’évolution de la stratégie de prise en charge des personnes-contacts, la Haute Autorité de santé recommande, en complément des indications définies dans son avis du 23 avril 2021, l’extension de l’utilisation des autotests de détection antigénique du SARS-CoV-2 sur prélèvement nasal, préalablement validés, pour une autosurveillance par les personnes-contact (indication médicale) présentant un schéma vaccinal complet selon les recommandations en vigueur de la HAS, lors de la phase 3 telle que définie par le Haut Conseil de la santé publique. Cette autosurveillance devrait être réalisée selon les modalités suivantes : Après un autotest initial réalisé dès l’information sur le contact1; sous la supervision d’un professionnel de santé habilité et s’étant révélé négatif, une autosurveillance par autotests antigéniques est réalisée par les personnes-contacts tous les deux jours pendant 6 jours ; Si l’un de ces tests s’avère positif, il doit immédiatement faire l’objet d’une confirmation par test RT-PCR, permettant également de caractériser le variant en présence. Le recours à la supervision par un professionnel de santé pour le test réalisé initialement permet de garantir la traçabilité des personnes testées, d’expliquer et de vérifier la bonne réalisation de l’autotest par la personne-contact et de leur transmettre les informations nécessaires pour la conduite à tenir à la suite de ce test initial. Dans le contexte épidémique actuel, cette modalité de surveillance par autotest est valable pour toutes les personnes-contacts avec schéma vaccinal complet, qu’elles soient ou non à risque de développer une forme sévère de Covid-19 ou que les contacts aient eu lieu au sein du domicile ou en dehors du domicile. Cette modalité de surveillance par autotest se substitue à la quarantaine. Les personnes-contacts concernées par cette modalité ne sont donc plus contraintes à l’isolement, mais appelées à un respect particulièrement strict des mesures barrière. Si la personne-contact devient symptomatique durant cette phase de surveillance par autotest, elle doit alors se faire tester selon les recommandations en vigueur. La HAS rappelle : que les autotests antigéniques utilisés doivent permettre la détection de la protéine N du virus SARS-CoV-2 ; l’importance pour un patient contaminé d’informer au plus tôt l’ensemble de ses personnes-contacts ; la nécessité d’inciter à la vaccination de tous les adultes non encore vaccinés, d’accélérer la campagne de rappel et de renforcer l’adhésion aux mesures barrière, dont la réduction des contacts et l’aération fréquente des lieux clos, compte tenu de l’intérêt de ces mesures pour contenir l’épidémie de Covid-19 et préserver le système de soin. Enfin, dans le contexte d’une forte circulation du virus chez les enfants d’âge scolaire, la HAS réitère sa recommandation de tester les enfants, notamment dans le cadre d’opérations de dépistage itératif. Pour mémoire, en dehors du prélèvement nasopharyngé parfois difficile chez l’enfant et non adapté à des tests itératifs, les modalités de prélèvement recommandées par la HAS chez l’enfant sont le prélèvement nasal (pour les tests antigéniques) et les prélèvements salivaire et oropharyngé (pour les tests RT-PCR). Les données de performance disponibles à ce jour (uniquement chez les patients symptomatiques), ne permettent pas d’envisager également le prélèvement buccal ou les prélèvements combinés (nasal + buccal) pour le dépistage des enfants en milieu scolaire. En fonction de l’évolution des connaissances scientifiques, notamment sur les distributions des charges virales du variant omicron et sur les performances diagnostiques des tests antigéniques vis-à-vis du variant omicron, cette position sera susceptible d’être revue. 1 La date « J0 » utilisée dans les documents du HCSP correspond désormais à la date d’information de la personne de son statut de personne-contact (et plus à la date du contact ou à la date de la dernière exposition au contact).</t>
+  </si>
+  <si>
+    <t>30/12/2021 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307279/fr/avis-n-2021-0089/ac/seap-du-30-decembre-2021-du-college-de-la-haute-autorite-de-sante-relatif-a-l-extension-de-l-utilisation-des-autotests-de-detection-antigenique-du-sars-cov-2-sur-prelevement-nasal-chez-les-personnes-contacts</t>
+  </si>
+  <si>
+    <t>p_3307279</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0072/AC/SEAP du 13 octobre 2021 du collège de la HAS relatif au retrait du résultat d’un autotest de détection antigénique réalisé sous la supervision d’un professionnel de santé parmi les preuves justifiant l’absence de contamination par le virus SARS-CoV-2 dans le cadre du passe sanitaire</t>
+  </si>
+  <si>
+    <t>Suite à l’avis HAS du 6 aout 2021, les résultats des autotests de détection antigénique du SARS-CoV-2 réalisés sous la supervision d’un professionnel de santé ont été intégrés parmi les éléments susceptibles de justifier l’absence de contamination de ce même virus en vue de l’obtention du passe sanitaire. Dans le cadre de l’évolution de la stratégie de prise en charge des tests de dépistage annoncée pour le 15 octobre 2021 et compte tenu du succès estival de la campagne de vaccination limitant le besoin en tests, le Directeur général de la santé, dans sa saisine du 7 octobre 2021, sollicite l’avis de la HAS quant au retrait du résultat d’un autotest de détection antigénique, sur prélèvement nasal, sous la supervision d’un professionnel de santé, parmi les preuves justifiant l’absence de contamination par le virus SARS-CoV-2 dans le cadre du passe sanitaire.</t>
+  </si>
+  <si>
+    <t>13/10/2021 17:05:00</t>
+  </si>
+  <si>
+    <t>14/10/2021 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292564/fr/avis-n-2021-0072/ac/seap-du-13-octobre-2021-du-college-de-la-has-relatif-au-retrait-du-resultat-d-un-autotest-de-detection-antigenique-realise-sous-la-supervision-d-un-professionnel-de-sante-parmi-les-preuves-justifiant-l-absence-de-contamination-par-le-virus-sars-cov-2-dans-le-cadre-du-passe-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3292564</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0028/AC/SEAP du 23 avril 2021 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection antigénique du virus SARS-CoV-2 sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>Les tests de détection antigéniques du SARS-CoV-2 sur prélèvement nasopharyngé sont aujourd’hui des tests clés dans la prise en charge de l’infection à SARS-CoV-2. Pour autant, le recours au prélèvement nasopharyngé, invasif, limite l’acceptabilité de ce test. Il est donc pertinent d’évaluer d’autres modalités de prélèvement pour la réalisation des tests antigéniques. Après avoir évalué le recours au prélèvement nasal, la HAS a évalué le recours au prélèvement salivaire pour la réalisation des tests antigéniques. A l’issue d’une analyse critique de la littérature et de la position d’un groupe de travail pluridisciplinaire, la HAS considère que ces tests sur prélèvement salivaire ne présente pas une efficacité diagnostique suffisante. La HAS octroie donc un Service Attendu insuffisant aux tests antigéniques sur prélèvement salivaire.</t>
+  </si>
+  <si>
+    <t>23/04/2021 13:34:00</t>
+  </si>
+  <si>
+    <t>26/04/2021 18:56:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263360/fr/avis-n-2021-0028/ac/seap-du-23-avril-2021-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-antigenique-du-virus-sars-cov-2-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3263360</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0029/AC/SEAP du 23 avril 2021 du collège de la HAS relatif à la détection antigénique rapide du virus SARS-CoV-2 sur prélèvement nasal (TDR, TROD et autotest)</t>
+  </si>
+  <si>
+    <t>Comme annoncé dans son avis du 15 mars 2021, la HAS a réalisé une analyse critique de la littérature et une méta-analyse des performances diagnostiques des tests antigéniques rapides sur prélèvement nasal. Globalement, les performances diagnostiques se révèlent satisfaisantes (au-delà des valeurs seuils minimales). Compte tenu d’analyses ad hoc complémentaires, il apparait que ces performances sont également satisfaisantes pour la population pédiatrique, quel que soit l’âge. C’est pourquoi, la HAS confirme les indications préalablement définies le 15 mars 2021 mais en retirant la limite d’âge initialement fixée à 15 ans. Par ailleurs, compte tenu de données de modélisation, un focus a également été réalisé sur l’utilisation des autotests en situation de dépistage ciblé itératif à large échelle en milieu scolaire et universitaire, avec notamment la préconisation d’une fréquence de répétition des autotests d’au minimum une fois par semaine</t>
+  </si>
+  <si>
+    <t>23/04/2021 13:38:00</t>
+  </si>
+  <si>
+    <t>26/04/2021 18:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263368/fr/avis-n-2021-0029/ac/seap-du-23-avril-2021-du-college-de-la-has-relatif-a-la-detection-antigenique-rapide-du-virus-sars-cov-2-sur-prelevement-nasal-tdr-trod-et-autotest</t>
+  </si>
+  <si>
+    <t>p_3263368</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0026/AC/SEAP du 8 avril 2021 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection antigénique automatisée du virus SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>Le présent avis porte sur les tests automatisés de détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé, tests tels que les tests immunochimiques en plaque (ELISA) ou en milieu liquide avec détection par chimiluminescence (CLIA) qui sont à haut débit et fonctionnent avec un système de lecture automatisé (plateformes intégrées automatisées). Ces tests automatisés ont uniquement vocation à être réalisés en laboratoire de biologie médicale. Au total, compte tenu de l’analyse critique de la littérature et de la position de la Société Française de Microbiologie, il peut être conclu que : chez les patients symptomatiques, les tests antigéniques automatisés sont indiqués en seconde intention lorsque des effectifs importants doivent être testés et que la RT-PCR n’est pas disponible ; chez les personnes cas-contact asymptomatiques, les tests antigéniques automatisés sont indiqués en seconde intention lorsque des effectifs importants doivent être testés et que la RT-PCR n’est pas disponible ; chez les personnes asymptomatiques en situation de dépistage, ces tests sont indiqués en seconde intention en cas d’indisponibilité de la RT-PCR, lors de dépistages ciblés à large échelle, lorsque des effectifs importants doivent être testés (par exemple : analyse de clusters importants). En revanche, les tests antigéniques automatisés ne sont pas indiqués pour les dépistages itératifs compte tenu du prélèvement nasopharyngé requis actuellement pour ces tests. En conséquence, la Haute Autorité de santé est favorable à l’inscription de la détection antigénique automatisée du virus SARS-CoV-2 sur prélèvement nasopharyngé sur la liste des actes et prestations, mentionnée à l’article L. 162-1-7 du code de la sécurité sociale (service attendu suffisant et amélioration du service attendu de niveau V) dans les indications susmentionnées, si le test utilisé présente une sensibilité clinique supérieure ou égale à 80 % et une spécificité clinique supérieure ou égale à 99 %.</t>
+  </si>
+  <si>
+    <t>08/04/2021 17:46:00</t>
+  </si>
+  <si>
+    <t>16/04/2021 08:35:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261094/fr/avis-n-2021-0026/ac/seap-du-8-avril-2021-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-antigenique-automatisee-du-virus-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3261094</t>
+  </si>
+  <si>
+    <t>Avis n°2021.0012/AC/SEAP du 11 mars 2021 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection du génome du virus SARS-CoV-2 par technique isotherme d’amplification médiée par la transcription (TMA) sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection du génome du virus SARS-CoV-2 par technique isotherme d’amplification médiée par la transcription (TMA) sur prélèvement salivaire. La HAS est favorable à l’inscription de la technique TMA sur prélèvement salivaire dans les mêmes indications de dépistage ou de détection que la technique de transcription inverse suivie d’une amplification (RT-PCR) sur prélèvement salivaire.</t>
+  </si>
+  <si>
+    <t>11/03/2021 16:09:00</t>
+  </si>
+  <si>
+    <t>16/03/2021 09:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243221/fr/avis-n2021-0012/ac/seap-du-11-mars-2021-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-du-genome-du-virus-sars-cov-2-par-technique-isotherme-d-amplification-mediee-par-la-transcription-tma-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3243221</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0015/AC/SEAP du 15 mars 2021 du collège de la HAS relatif à la détection antigénique rapide du virus SARS-CoV-2 sur prélèvement nasal (TDR, TROD et autotest)</t>
+  </si>
+  <si>
+    <t>La HAS poursuit sa veille sur les tests de diagnostic et de dépistage de la COVID-19 dans le but d’optimiser la stratégie de prise en charge de la COVID-19 au fil de l’apparition des nouvelles offres et de l’évolution des connaissances scientifiques. Fin septembre 2020, elle avait rendu un premier avis favorable pour l’utilisation des tests antigéniques sur prélèvement nasopharyngé, tests largement déployés depuis en complément des tests RT-PCR. Plus rapides, les tests antigéniques sont désormais disponibles sur prélèvement nasal, en test de diagnostic rapide (TDR), en test rapide d’orientation diagnostique (TROD) ou sous forme d’autotests. Sur la base de premières données scientifiques et de l’avis des experts qu’elle a réunis, la HAS se prononce aujourd’hui sur les indications des tests antigéniques sur prélèvement nasal, qu’ils s’agissent de TDR et TROD d’une part (prélèvement, réalisation et interprétation par un professionnel) ou d’autotests d’autre part (prélèvement, réalisation et interprétation par la personne elle-même). Elle en précise également les performances minimales requises.</t>
+  </si>
+  <si>
+    <t>15/03/2021 14:12:00</t>
+  </si>
+  <si>
+    <t>16/03/2021 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243455/fr/avis-n-2021-0015/ac/seap-du-15-mars-2021-du-college-de-la-has-relatif-a-la-detection-antigenique-rapide-du-virus-sars-cov-2-sur-prelevement-nasal-tdr-trod-et-autotest</t>
+  </si>
+  <si>
+    <t>p_3243455</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0007/AC/SEAP du 10 février 2021 du collège de la HAS relatif aux modifications des conditions d’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, à la détection du génome du virus SARS-CoV-2 par technique de transcription inverse suivie d’une amplification (RT-PCR) sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>Dans la continuité de son avis rendu fin janvier 2021, la HAS finalise la réévaluation des RT-PCR SARS-CoV-2 sur prélèvement salivaire. Ainsi, compte tenu des résultats d’une très large méta-analyse regroupant 65 essais portant sur les performances diagnostiques du test RT-PCR sur prélèvement salivaire et de la position du groupe d’experts, la HAS est désormais favorable à la prise en charge de ces tests non invasifs dans trois indications. Chez les patients symptomatiques, les indications définies dans l’avis de septembre restent inchangées : le test sur prélèvement salivaire est indiqué en seconde intention lorsque le prélèvement nasopharyngé est difficile ou impossible. Chez les personnes-contacts, le prélèvement salivaire est désormais indiqué en seconde intention lors du contact tracing lorsque le prélèvement nasopharyngé est difficile ou impossible. Chez les personnes asymptomatiques, le prélèvement salivaire étant mieux accepté que celui qui consiste à introduire un écouvillon au fond du nez, il est désormais indiqué en 1re intention dans le cadre d’un dépistage itératif ciblé à large échelle sur population fermée (écoles, collèges, lycées, universités ou personnels d’établissement de santé ou d’Ehpad…). Par ailleurs, la HAS a également défini les conditions de réalisation de ces tests et leurs modalités de validation avant accès au marché.</t>
+  </si>
+  <si>
+    <t>10/02/2021 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236975/fr/avis-n-2021-0007/ac/seap-du-10-fevrier-2021-du-college-de-la-has-relatif-aux-modifications-des-conditions-d-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-a-la-detection-du-genome-du-virus-sars-cov-2-par-technique-de-transcription-inverse-suivie-d-une-amplification-rt-pcr-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3236975</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0006/AC/SEAP du 4 février 2021 du collège de la HAS relatif à la prise en charge dérogatoire de la détection antigénique N du virus SARS-CoV-2 sur prélèvement sanguin en application de l’article L. 165-1-1 du CSS</t>
+  </si>
+  <si>
+    <t>Avis du 4 février 2021 du collège de la Haute Autorité de santé relatif à la prise en charge dérogatoire de la détection antigénique N du virus SARS-CoV-2 sur prélèvement sanguin en application de l’article L. 165-1-1 du code de la sécurité sociale</t>
+  </si>
+  <si>
+    <t>04/02/2021 09:36:00</t>
+  </si>
+  <si>
+    <t>05/02/2021 14:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236195/fr/avis-n-2021-0006/ac/seap-du-4-fevrier-2021-du-college-de-la-has-relatif-a-la-prise-en-charge-derogatoire-de-la-detection-antigenique-n-du-virus-sars-cov-2-sur-prelevement-sanguin-en-application-de-l-article-l-165-1-1-du-css</t>
+  </si>
+  <si>
+    <t>p_3236195</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0080/AC/SEAP du 27 novembre 2020 du collège de la Haute Autorité de santé relatif aux modifications des conditions d’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>Dans son avis du 8 octobre 2020 relatif à l’utilisation de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé en contexte ambulatoire, la HAS n’avait pas pu se prononcer favorablement sur l’utilisation des tests antigéniques pour les personnes contact, faute de données disponibles. Considérant que les performances diagnostiques désormais disponibles du test de détection antigénique sur prélèvement nasopharyngé sont satisfaisantes et ce, surtout dans les premiers jours suivants l’exposition ; Considérant que les données désormais disponibles de distribution des charges virales chez les personnes contact sont également rassurantes quant à la capacité des tests antigéniques à détecter efficacement le SARS-CoV-2 chez les personnes-contact asymptomatiques ; La Haute Autorité de santé donne un avis favorable aux modifications des conditions d’inscription sur la liste des actes et prestations, mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé (service attendu [SA] suffisant et amélioration du service attendu [ASA] de niveau V comparativement à la RT-PCR sur prélèvement nasopharyngé), acte désormais également indiqué pour les personnes-contact détectées isolément ou sein de cluster. La cinétique de réalisation du test antigéniques est la même que celle recommandée pour la RT-PCR, à savoir : le plus tôt possible puis à 7 jours pour les personnes contacts à haut risque (au sein du même foyer qu’un patient contaminé) ; à 7 jours après exposition pour les autres personnes contacts (faible risque). En fonction de l’évolution des connaissances scientifiques, cette position sera susceptible d’être revue. La HAS rappelle la prépondérance du respect des gestes barrières et de l’isolement dans la lutte contre l’infection à SARS-CoV-2.</t>
+  </si>
+  <si>
+    <t>27/11/2020 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221172/fr/avis-n-2020-0080/ac/seap-du-27-novembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-aux-modifications-des-conditions-d-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-detection-antigenique-du-virus-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3221172</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0081/AC/SEAP du 27 novembre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP intégrée sur prélèvement salivaire (système EASYCOV)</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS, compte tenu des données de performances diagnostiques disponibles, a rendu le 18 septembre 2020 un avis favorable à l’utilisation de la détection du génome du virus SARS-CoV-2 par RT-PCR sur prélèvement salivaire. Considérant que pour les patients symptomatiques, les performances diagnostiques désormais disponibles du test de détection du génome du virus SARS-CoV-2 par technique RT-LAMP intégrée sur prélèvement salivaire (système EASYCOV) sont satisfaisantes en matière de sensibilité clinique (84 %) mais non satisfaisantes en matière de spécificité clinique (92 %) par rapport aux performances minimales requises par la Haute Autorité de santé (sensibilité clinique de 80 % et spécificité clinique de 99 %) ; Toutefois, considérant l’apport du prélèvement salivaire en matière d’acceptabilité du test comparativement au prélèvement nasopharyngé ; Considérant la plus grande rapidité du test EASYCOV comparativement à la RT-PCR, permettant de disposer d’un résultat en 40 minutes contre plusieurs heures pour la RT-PCR ; Considérant l’absence de données cliniques robustes de performances diagnostiques de cet acte pour les personnes asymptomatiques ; La Haute Autorité de santé donne un avis favorable à l’inscription sur la liste des actes et prestations, mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP intégrée sur prélèvement salivaire (système EASYCOV) (service attendu [SA] suffisant et amélioration du service attendu [ASA] de niveau V) uniquement chez les patients symptomatiques pour lesquels le prélèvement nasopharyngé est impossible ou difficilement réalisable. En cas de test positif, un contrôle par un test RT-PCR sur prélèvement salivaire est nécessaire, compte tenu de la spécificité du test EASYCOV. En fonction de l’évolution des connaissances scientifiques, cette position sera susceptible d’être revue. La HAS rappelle la prépondérance du respect des gestes barrières dans la lutte contre l’infection à SARS-CoV-2.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221176/fr/avis-n-2020-0081/ac/seap-du-27-novembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-detection-du-genome-du-virus-sars-cov-2-par-technique-rt-lamp-integree-sur-prelevement-salivaire-systeme-easycov</t>
+  </si>
+  <si>
+    <t>p_3221176</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0082/AC/SEAP du 27 novembre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP sur prélèvement salivaire (hors système intégré de type EasyCoV)</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS, compte tenu des données de performances diagnostiques disponibles, a rendu le 18 septembre 2020 un avis favorable à l’utilisation de la détection du génome du virus SARS-CoV-2 par RT-PCR sur prélèvement salivaire. La HAS ne s’était pas prononcée sur l’utilisation de la technique RT-LAMP dans ce contexte faute de données robustes disponibles. Considérant que, pour les patients symptomatiques, les performances diagnostiques désormais disponibles du test de détection du génome du virus SARS-CoV-2 par technique RT-LAMP sur prélèvement salivaire (hors système intégré) sont insuffisantes (sensibilité clinique de 75 % et spécificité clinique de 94 %) par rapport aux performances minimales requises par la Haute Autorité de santé (sensibilité clinique de 80 % et spécificité clinique de 99 %) ; Considérant l’absence de données cliniques robustes de performances diagnostiques de cet acte pour les personnes asymptomatiques ; La Haute Autorité de santé donne un avis défavorable à l’inscription sur la liste des actes et prestations, mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de détection du génome du virus SARS-CoV-2 par technique RT-LAMP sur prélèvement salivaire (hors système intégré) (service attendu [SA] insuffisant). En fonction de l’évolution des connaissances scientifiques, cette position sera susceptible d’être revue. La HAS rappelle la prépondérance du respect des gestes barrières dans la lutte contre l’infection à SARS-CoV-2.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221181/fr/avis-n-2020-0082/ac/seap-du-27-novembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-detection-du-genome-du-virus-sars-cov-2-par-technique-rt-lamp-sur-prelevement-salivaire-hors-systeme-integre-de-type-easycov</t>
+  </si>
+  <si>
+    <t>p_3221181</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0062/AC/SEAP du 15 octobre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la recherche directe des virus des infections respiratoires hivernales (dont les virus Influenza A et B) concomitamment à la recherche directe du virus SARS-CoV-2 sur prélèvement nasopharyngé, en période de co-circulation de ces virus</t>
+  </si>
+  <si>
+    <t>Compte tenu des éléments de contexte suivants : en France métropolitaine, une co-circulation du SARS-CoV-2 responsable de la COVID-19 et de certains virus responsables d’infections respiratoires hivernales a débuté. Parmi ces virus hivernaux, les virus influenza A et B responsables de la grippe sont particulièrement surveillés compte tenu des risques de grippe sévère et de décès chez les patients à risque ; les signes cliniques de la grippe et de la COVID-19 sont très proches et aucun symptôme ou tableau clinique n'est réellement spécifique de l'une ou de l'autre ; il est alors très difficile de poser un diagnostic différentiel de ces deux infections sur le seul examen clinique, alors que des cas de co-infections ont été décrits ; les personnes à risque de formes sévères de l'une ou l'autre de ces deux infections virales sont globalement les mêmes (personnes âgées, patients avec des maladies chroniques…) ; les possibles conséquences de la co-infection des virus Influenza A/B et SARS-CoV-2 sur la mortalité ; différents examens de recherche directe du virus SARS-CoV-2 sont d'ores et déjà disponibles et pris en charge par l’Assurance maladie, dans des conditions fixées par arrêtés du ministre des solidarités et de la santé, pris après avis de la Haute Autorité de santé ; la recherche des génomes des différents virus a pour but (i) de diminuer le taux d'admission en hospitalisation pour les patients aux urgences, (ii) d’organiser des mesures d’isolement séparé pour les patients hospitalisés ou hébergés au sein d’établissements médico-sociaux et porteurs des virus de la grippe et/ou du SARS-CoV-2 (afin d'éviter la transmission d’infection et les co-infections) et (iii) de mettre en place une prise en charge optimale diagnostique (orientations/limitations des explorations complémentaires) et thérapeutique (notamment une juste prescription des antibiotiques) ; Il n’existe aucun traitement antiviral curatif contre ces deux infections ayant fait la preuve d’un service médical rendu suffisant ; Le recours aux différents tests est indépendant du statut vaccinal du patient. Après avoir réalisé une revue générale de la littérature - ayant notamment intégré l'avis du Haut conseil de la santé publique du 17 septembre 2020 relatif à la co-circulation du SARS-CoV-2 et des virus hivernaux ainsi que la réponse rapide de l'Institut national d'excellence en santé et en services sociaux du Québec du 7 octobre 2020 et interrogé un groupe d'experts composé de biologiste médical (virologue), de clinicien (médecin généraliste, pédiatre, gériatre et infectiologue) et de patient , sélectionnés après avis du comité de déontologie de la HAS, la Haute Autorité de santé précise des usages possibles des différents tests (il ne s’agit pas ici d’une recommandation de stratégie) : 1/ Patients symptomatiques adultes. 1a/ Patients en établissements hospitaliers (urgences et hospitalisation) présentant des symptômes d’une infection respiratoire, susceptibles d’avoir une origine virale grippale ou autre et/ou de COVID-19. Recherche de l'ARN des virus responsables d’infection respiratoire hivernale (dont les virus influenza A et B) par transcriptase inverse et réaction de polymérisation en chaîne (reverse transcriptase - polymerase chain reaction, ou RT-PCR) sur prélèvement nasopharyngé. Recherche de l’ARN du SARS-CoV-2 par amplification génique sur prélèvement nasopharyngé. Ces recherches peuvent être réalisées à l’aide : de tests multiplex détectant les génomes de l’ensemble des virus responsables d’infections respiratoires hivernales (dont la grippe) et du SARS-CoV-2 ; ou de tests multiplex détectant les génomes de l’ensemble des virus responsables d’infections respiratoires hivernales (dont la grippe) et d’un autre test unitaire détectant le génome du SARS-CoV-2 ; ou à défaut et a minima, de deux tests unitaires ou d’un test duplex détectant les génomes du SARS-CoV-2 et des virus influenza A et B. Il est rappelé qu’un test antigénique SARS-CoV-2 peut également être utilisé aux urgences. 1b/ Patients résidant en établissements d'hébergement pour personnes âgées dépendantes, ou autres établissements médico-sociaux présentant des symptômes susceptibles d’avoir une origine grippale et/ou de COVID-19 mais dont l’état ne nécessite pas un transfert à l’hôpital. Si un test antigénique SARS-CoV-2 est réalisé sur prélèvement nasopharyngé, celui-ci peut être suivi : en cas de test antigénique positif, par la recherche de l'ARN des virus de la grippe par RT-PCR sur prélèvement nasopharyngé ; en cas de test antigénique négatif, par la recherche de l'ARN des virus de la grippe et du SARS-CoV-2 par amplification génique sur prélèvement nasopharyngé, soit par deux tests unitaires ou d’un test duplex. La recherche de l'ARN des virus de la grippe et du SARS-CoV-2 par amplification génique sur prélèvement nasopharyngé peut également être réalisée d’emblée. 2/ Patients enfants présentant des symptômes d’une infection respiratoire, susceptibles d’avoir une origine grippale et/ou de COVID-19. 2a/ Patients en établissements hospitaliers (urgences et hospitalisation). Les tests, leurs modalités de réalisation sont les mêmes que pour les patients symptomatiques adultes pris en charge en établissement de santé en tenant compte des mesures spécifiques liées à l’infection à virus respiratoire syncitial (VRS). 2b/ Patients résidant en établissements médico-sociaux dont l’état ne nécessite pas un transfert à l’hôpital. Recherche de protéines antigéniques des virus de la grippe et du SARS-CoV-2 (tests antigéniques). 2c/ Patients examinés en ville. Recherche de protéines antigéniques des virus de la grippe et du SARS-CoV-2 (tests antigéniques). La recherche d’antigène des virus de la grippe se déroule idéalement sur le lieu de soins par immunochromatographie (Test Rapide d’Orientation Diagnostique), sinon au laboratoire de biologie médicale par dosage d'immuno-absorption par enzyme liée (enzyme linked immunosorbent assay, ou ELISA). La HAS rappelle que si le prélèvement nasopharyngé se révèle impossible ou difficile à réaliser chez un patient symptomatique, la RT-PCR détectant le SARS-CoV-2 peut être réalisée sur prélèvement salivaire. La Haute Autorité de santé précise que les recherches directes des virus grippaux : ne doivent avoir lieu qu'au cours de la période épidémique de grippe saisonnière, telle que définie par l'Agence nationale de santé publique ; doivent être réalisées avec des tests présentant des performances diagnostiques permettant de limiter au maximum les faux-négatifs et les faux-positifs ; du fait de la prévalence qui pourrait être faible à très faible de la grippe cet hiver, l'attention doit particulièrement portée sur la spécificité du test pour ne pas aboutir à une valeur prédictive positive médiocre ; lors de la recherche des génomes des virus grippaux et du SARS-CoV-2 par deux tests distincts, ces derniers doivent être réalisés simultanément et les deux résultats doivent être fournis dans le même temps. Dans le cadre des conditions mentionnées ci-dessus, la Haute Autorité de santé donne un avis favorable à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection de l’ARN des virus des infections respiratoires hivernales par technique RT-PCR, soit comme acte isolé (virus influenza A et B), soit en multiplex avec ou sans la détection du SARS-CoV-2 en période de co-circulation de ces virus (service attendu suffisant et amélioration du service attendu de niveau III). La HAS rappelle enfin : l’utilité de la vaccination antigrippale en priorité pour les personnes à risque de forme grave de grippe ; l'importance du respect des gestes barrières dans la lutte contre la propagation de ces deux virus ; que ces présentes conclusions seront revues en fonction des évolutions scientifiques, technologiques et épidémiologiques relatives à ces infections.</t>
+  </si>
+  <si>
+    <t>15/10/2020 11:29:00</t>
+  </si>
+  <si>
+    <t>21/10/2020 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213598/fr/avis-n-2020-0062/ac/seap-du-15-octobre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-recherche-directe-des-virus-des-infections-respiratoires-hivernales-dont-les-virus-influenza-a-et-b-concomitamment-a-la-recherche-directe-du-virus-sars-cov-2-sur-prelevement-nasopharynge-en-periode-de-co-circulation-de-ces-virus</t>
+  </si>
+  <si>
+    <t>p_3213598</t>
+  </si>
+  <si>
+    <t>Avis n°2020.0060/AC/SEAP du 8 octobre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L.162-1-7 du code de la sécurité sociale, de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>La place du test de détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé pour les patients symptomatiques a été définie par la Haute Autorité de santé dans son avis susvisé du 8 octobre 2020. Celle-ci conduit à préciserles indications éligibles à une prise en charge de ce test par l’assurance maladie définies dans l’avis n°2020.0050/AC/SEAP du 24 septembre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée àl’article L.162-1-7 du Code de la sécurité sociale de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé. Dès lors, le 5e paragraphe de cet avis est remplacé par: «En conséquence, la Haute Autorité de santé est favorable à l’inscription de la détection antigéniquedu virus SARS-CoV-2 sur prélèvement nasopharyngé sur la liste des actes et prestations, mentionnée à l’article L.162-1-7 du Code de la sécurité sociale pour les patients symptomatiques jusqu’à 4 jours inclus après apparition des symptômes.La détection par amplification génique (RT-PCR) demeure la technique de référence.»</t>
+  </si>
+  <si>
+    <t>08/10/2020 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212100/fr/avis-n2020-0060/ac/seap-du-8-octobre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-detection-antigenique-du-virus-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3212100</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0059/AC/SEAP du 8 octobre 2020 du collège de la Haute Autorité de santé relatif à l’utilisation de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé en contexte ambulatoire</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé rappelle que la technique de référence en matière de détection du virus SARS-CoV-2 reste la détection du génome de ce virus par technique d’amplification génique (RT-PCR, RT-LAMP) sur prélèvement nasopharyngé, compte tenu de ses performances diagnostiques. Dans le contexte ambulatoire, les recommandations varient en fonction des différentes situations cliniques : les patients symptomatiques ; les personnes asymptomatiques : contacts détectées isolément ou au sein de « clusters » ; concernées par des actions de dépistage à large échelle au sein de populations ciblées ; autres situations. I. Patients symptomatiques Considérant que les performances des tests antigéniques sur prélèvement nasopharyngé chez des patients symptomatiques sont bonnes (sensibilité) ou excellentes (spécificité) lorsque ces tests sont conformes aux critères édictés par la HAS ; Considérant la baisse de sensibilité des tests antigéniques au-delà du 4ème jour après apparition des symptômes; Considérant que la réalisation et le rendu de résultats des tests en moins d’une demi-heure peut aider à la lutte contre la propagation de l’épidémie à SARS-CoV-2, lorsque le résultat du test de référence ne peut être obtenu dans un délai de 48 heures ; La HAS est favorable à l’utilisation de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé jusqu’à 4 jours inclus après apparition des symptômes. A partir du 5ème jour, seule la détection par amplification génique est indiquée. Compte tenu de leur excellente spécificité et de la situation pandémique actuelle, la HAS ne recommande pas une confirmation systématique des tests antigéniques positifs par un test d’amplification génique. Considérant que pour les personnes à risque de forme grave de COVID-19 (personnes de plus de 65 ans ou présentant au moins un facteur de risque), ne pas être diagnostiqué génère une perte de chance ; Considérant l’impact des résultats du test sur la prise en charge de ces patients (mise en place d’un suivi renforcé) ; La HAS recommande de réaliser un test de détection par amplification génique lorsque le résultat du test antigénique est négatif ou ininterprétable chez les patients symptomatiques de plus de 65 ans ou présentant au moins un facteur de risque de forme grave de la COVID-19. En outre, la HAS recommande que, dès l’apparition des symptômes, ces patients consultent leur médecin traitant (consultation ou téléconsultation). II. Personnes asymptomatiques Personnes-contacts détectées isolément ou sein de « clusters » Considérant l’absence de données cliniques disponibles, la HAS ne peut, à ce stade, recommander l’usage des tests antigéniques pour la détection du SARS-CoV-2 chez ces personnes. Pour cette raison, seule la détection du SARS-CoV-2 par amplification génique sur prélèvement nasopharyngé ou oropharyngé est indiquée. Cette position sera réévaluée rapidement en fonction de la disponibilité des données cliniques susmentionnées du fait de l’intérêt manifeste des tests antigéniques dans la lutte contre la propagation de l’épidémie. Personnes dans le cadre d’un dépistage ciblé à large échelle Considérant l’intérêt d’un dépistage ciblé pour la détection de cluster(s) ; Considérant l’absence de données disponibles ; Considérant que les tests de détection virale par amplification génique ne sont pas utilisables en pratique dans ce contexte de besoin non couvert ; La HAS est favorable à l’utilisation de tests de détection antigénique pour réaliser des actions de dépistage à large échelle au sein de populations ciblées (université, personnel des hébergements collectifs…), préalablement identifiées en fonction de différents critères (potentiel de contamination, prévalence…). Autres situations Considérant l’absence de bénéfice individuel ou collectif pour les autres personnes asymptomatiques, la HAS ne recommande pas l’utilisation de tests virologiques. Considérant l’absence de bénéfice et le probable rendement très faible, la HAS ne recommande pas le dépistage non ciblé en population générale. Points d’attention Compte tenu de leur rapidité d’utilisation, la HAS recommande que les tests unitaires antigéniques puissent être utilisés sous forme de Test Diagnostic Rapide (TDR) ou sous forme de Test Rapide d’Orientation Diagnostique (TROD) dans l’ensemble des indications validées. La HAS souligne l’importance de mettre en place, via l’outil SI-DEP, la remontée systématique des résultats des tests antigéniques, quel que soit l’opérateur. La HAS recommande que les tests antigéniques utilisables dans l’ensemble des indications validées respectent les critères qu’elle a précédemment définis. La HAS recommande également la poursuite des recherches cliniques comparatives portant sur les tests antigéniques notamment chez les patients asymptomatiques afin de pouvoir affiner la stratégie diagnostique. En fonction de la disponibilité des données cliniques requises, la HAS complétera ultérieurement l’évaluation des tests de détection antigénique du SARS-CoV-2 pour les patients asymptomatiques ou pour d’autres types de prélèvement que le nasopharyngé (salivaire, sanguin notamment). La HAS rappelle que ces recommandations sont susceptibles d’être revues en fonction de l’évolution des connaissances scientifiques. La HAS rappelle la prépondérance du respect des gestes barrières dans la lutte contre l’infection à SARS-CoV-2.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3212101/fr/avis-n-2020-0059/ac/seap-du-8-octobre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-utilisation-de-la-detection-antigenique-du-virus-sars-cov-2-sur-prelevement-nasopharynge-en-contexte-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3212101</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0049/AC/SEAP du 24 septembre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection du génome du virus SARS-CoV-2 par technique de transcription inverse suivie d’une amplification (RT-PCR) sur prélèvement oropharyngé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a rendu le 18 septembre un avis favorable à la prise en charge de la détection du génome du SARS-CoV-2 par prélèvement salivaire dans le diagnostic des patients symptomatiques non hospitalisés jusqu’à 7 jours après apparition des symptômes, en orientant de préférence les patients lorsque le prélèvement nasopharyngé est difficilement ou pas réalisable. En revanche, compte tenu des données disponibles, le recours à la détection du génome du virus SARS-CoV-2 sur prélèvement salivaire n’est pas indiqué en situation de dépistage pour les personnes asymptomatiques.</t>
+  </si>
+  <si>
+    <t>24/09/2020 11:40:00</t>
+  </si>
+  <si>
+    <t>25/09/2020 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203120/fr/avis-n-2020-0049/ac/seap-du-24-septembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-detection-du-genome-du-virus-sars-cov-2-par-technique-de-transcription-inverse-suivie-d-une-amplification-rt-pcr-sur-prelevement-oropharynge</t>
+  </si>
+  <si>
+    <t>p_3203120</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0050/AC/SEAP du 24 septembre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>Compte tenu de l’absence de données disponibles pour l’évaluation des tests de détection antigénique du SARS-CoV-2 pour les patients asymptomatiques (cas-contacts ou dépistage), l’évaluation des tests antigéniques a uniquement porté sur les patients symptomatiques en condition de diagnostic. Dans ce contexte, l’évaluation des tests antigéniques a rapporté une perte de sensibilité par rapport au test RT-PCR sur prélèvement nasopharyngé (test de référence). Toutefois, cette perte de sensibilité est fortement variable d’un test à un autre. Une valeur seuil de sensibilité minimale permettrait donc de distinguer les tests pertinents des non pertinents de manière à garantir un usage fiable en situation de diagnostic. En revanche, l’évaluation des tests de détection antigénique du SARS-CoV-2 a mis en évidence une excellente spécificité par rapport au test de référence pour la très grande majorité des tests antigéniques analysés. Toutefois, des tests présentant des spécificités moins satisfaisantes (en raison notamment de réactions faussement positives induites par des virus hivernaux) ont été rapportés. C’est pourquoi, la détermination d’une valeur seuil de spécificité minimale parait également nécessaire. Par ailleurs, le recours aux tests antigéniques pourrait être proposé dans le cadre du diagnostic ambulatoire d’infection à SARS-CoV-2 compte tenu de son impact positif potentiel sur les délais de réalisation du test et par corolaire sur la transmission virale. En effet, compte tenu de sa réalisation rapide (15 à 30 minutes) après prélèvement, le recours aux tests antigéniques devrait permettre un rendu de résultat le jour même de la réalisation du prélèvement et du test. En conséquence, la Haute Autorité de santé est favorable à l’inscription de la détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé sur la liste des actes et prestations, mentionnée à l’article L. 162-1-7 du code de la sécurité sociale (service attendu suffisant et amélioration du service attendu de niveau IV) dans l’indication de diagnostic des patients symptomatiques jusqu’à 7 jours après apparition des symptômes, en alternative à la RT-PCR sur prélèvement nasopharyngé ou salivaire, si le test utilisé présente une sensibilité clinique supérieure ou égale à 80 % (en accord avec la valeur proposée par l’Organisation Mondiale de la Santé) et une spécificité clinique supérieure ou égale à 99% (afin de limiter les réactions croisées avec les autres virus hivernaux). Les performances cliniques du test (sensibilité/spécificité) doivent être établies par le fabricant sur la base d’une étude clinique prospective comparative portant sur une série d’individus de statut inconnu (vis-à-vis de l’infection au SARS-CoV-2) recrutés consécutivement ou de manière aléatoire. Pour définir a priori le nombre de patients positifs vis-à-vis du SARS-CoV-2 à inclure dans l’étude, la borne inférieure de l’intervalle de confiance à 95% de la sensibilité doit être au maximum inférieure à 10 points en dessous de la valeur seuil. Le test de référence est la RT-PCR sur prélèvement nasopharyngé. Les résultats du test index devront être déterminés en aveugle des résultats du test de référence. Le test utilisé lors de la détection antigénique du SARS-CoV-2 doit être marqué CE. Compte tenu de leur rapidité d’utilisation, les tests unitaires antigéniques devraient pouvoir être utilisés sous forme de Test Diagnostic Rapide (TDR) ou sous forme de Test Rapide d’Orientation Diagnostique (TROD). En fonction de la disponibilité des données cliniques requises, la HAS sera susceptible de compléter ultérieurement l’évaluation des tests de détection antigénique du SARS-CoV-2 pour les patients asymptomatiques (cas-contact et dépistage) ou pour d’autres types de prélèvement que le nasopharyngé (salivaire, sanguin notamment). La HAS rappelle la prépondérance du respect des gestes barrières dans la lutte contre l’infection à SARS-CoV-2.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203126/fr/avis-n-2020-0050/ac/seap-du-24-septembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-detection-antigenique-du-virus-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3203126</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.047/AC/SEAP du 18 septembre 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection du génome du virus SARS-CoV-2 par technique de transcription inverse suivie d’une amplification (RT-PCR) sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>La HAS a rendu le 18 septembre 2020 un avis sur l’utilisation des tests virologiques (RT-PCR) sur prélèvement salivaire. Leur intérêt est de faciliter les prélèvements, de réduire les risques de contamination du personnel soignant et d’être moins désagréables pour les patients. Les données disponibles montrent que le prélèvement salivaire est un peu moins sensible que le prélèvement nasopharyngé pour détecter le virus chez les personnes symptomatiques. Etant donné leur meilleure acceptabilité, la HAS est favorable à leur recours et leur remboursement, en l’orientant de préférence vers les personnes symptomatiques pour lesquelles le prélèvement nasopharyngé est difficile voire impossible. En revanche, elle ne les recommande pas pour les personnes asymptomatiques, chez qui ils sont très peu performants.</t>
+  </si>
+  <si>
+    <t>18/09/2020 18:49:00</t>
+  </si>
+  <si>
+    <t>18/09/2020 18:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202319/fr/avis-n-2020-047/ac/seap-du-18-septembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-detection-du-genome-du-virus-sars-cov-2-par-technique-de-transcription-inverse-suivie-d-une-amplification-rt-pcr-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3202319</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0045/AC/SEAP du 7 août 2020 du collège de la HAS relatif à la prise en charge dérogatoire de la détection du génome du SARS-CoV-2 par amplification génique sur prélèvement salivaire en application de l’article L. 165-1-1 du code de la sécurité sociale</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de Santé relatif à la prise en charge dérogatoire de la détection du génome du SARS-CoV-2 par amplification génique sur prélèvement salivaire en application de l’article L. 165-1-1 du code de la sécurité sociale</t>
+  </si>
+  <si>
+    <t>07/08/2020 11:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198418/fr/avis-n-2020-0045/ac/seap-du-7-aout-2020-du-college-de-la-has-relatif-a-la-prise-en-charge-derogatoire-de-la-detection-du-genome-du-sars-cov-2-par-amplification-genique-sur-prelevement-salivaire-en-application-de-l-article-l-165-1-1-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>p_3198418</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0033/AC/SEAP du 20 mai 2020 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) donne un avis favorable à l’inscription au remboursement des tests sérologiques de dépistage du COVID-19 automatisables de type ELISA et des tests de diagnostic rapide (TDR). Cet avis ne concerne que les tests à la fiabilité validée après évaluation par le Centre national de référence (CNR) – selon les standards du cahier des charges publié par la HAS le 16 avril – quand ils sont prescrits par un médecin dans les indications définies précédemment par la HAS</t>
+  </si>
+  <si>
+    <t>20/05/2020 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186091/fr/avis-n-2020-0033/ac/seap-du-20-mai-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-detection-des-anticorps-seriques-diriges-contre-le-coronavirus-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3186091</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0032/AC/SBPP du 14 mai 2020 du collège de la Haute Autorité de santé portant sur les modalités de dépistage du virus SARS-CoV-2 chez les patients admis en établissement de santé</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la levée progressive du confinement, l’activité habituelle interventionnelle et non interventionnelle des établissements de santé reprend et pose la question de ce dépistage virologique des patients lors de l’admission en établissements de santé, qui peuvent favoriser la transmission de l’infection et concentrent des patients fragiles.</t>
+  </si>
+  <si>
+    <t>14/05/2020 16:29:00</t>
+  </si>
+  <si>
+    <t>18/05/2020 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185272/fr/avis-n-2020-0032/ac/sbpp-du-14-mai-2020-du-college-de-la-haute-autorite-de-sante-portant-sur-les-modalites-de-depistage-du-virus-sars-cov-2-chez-les-patients-admis-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>p_3185272</t>
+  </si>
+  <si>
+    <t>Avis n°2020.0028/AC/SEAP du 16 avril 2020 du collège de la HAS portant sur les modalités d’évaluation des performances des tests sérologiques détectant les anticorps dirigés contre le virus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la synthèse intitulée « Cahier des charges définissant les modalités d’évaluation des performances des tests sérologiques détectant les anticorps dirigés contre le virus SARS-CoV-2 » qui est accessible par le lien situé dans la rubrique « En savoir + ».</t>
+  </si>
+  <si>
+    <t>16/04/2020 09:13:00</t>
+  </si>
+  <si>
+    <t>21/04/2020 09:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180582/fr/avis-n2020-0028/ac/seap-du-16-avril-2020-du-college-de-la-has-portant-sur-les-modalites-d-evaluation-des-performances-des-tests-serologiques-detectant-les-anticorps-diriges-contre-le-virus-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3180582</t>
+  </si>
+  <si>
+    <t>Décision n°2020.0097/DC/SEAP du 16 avril 2020 du collège de la HAS adoptant la synthèse intitulée « Cahier des charges définissant les modalités d’évaluation des performances des tests sérologiques détectant les anticorps dirigés contre le virus SARS-CoV-2 »</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé adoptant la synthèse intitulée « Cahier des charges définissant les modalités d’évaluation des performances des tests sérologiques détectant les anticorps dirigés contre le virus SARS-CoV-2 » qui est accessible par le lien situé dans la rubrique « En savoir + »</t>
+  </si>
+  <si>
+    <t>16/04/2020 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180586/fr/decision-n2020-0097/dc/seap-du-16-avril-2020-du-college-de-la-has-adoptant-la-synthese-intitulee-cahier-des-charges-definissant-les-modalites-d-evaluation-des-performances-des-tests-serologiques-detectant-les-anticorps-diriges-contre-le-virus-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3180586</t>
+  </si>
+  <si>
+    <t>Avis n°2020.0020/AC/SEAP du 6 mars 2020 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection du génome du coronavirus SARS-CoV-2 par technique de transcription inverse suivie d’une amplification</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la détection du génome du coronavirus SARS-CoV-2 par technique de transcription inverse suivie d’une amplification</t>
+  </si>
+  <si>
+    <t>06/03/2020 13:45:00</t>
+  </si>
+  <si>
+    <t>08/03/2020 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161218/fr/avis-n2020-0020/ac/seap-du-6-mars-2020-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-du-genome-du-coronavirus-sars-cov-2-par-technique-de-transcription-inverse-suivie-d-une-amplification</t>
+  </si>
+  <si>
+    <t>p_3161218</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur l'établissement d’un taux cible d’association mammographie et échographie mammaire dans le cadre du dépistage organisé du cancer du sein : saisine du 6 Février 2013 en application de l’article L.161-39 du code de la sécurité sociale</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a été saisie par la CNAMTS afin qu’elle rende un avis sur l’établissement d’un taux cible d’association mammographie et échographie mammaire, dans le cadre du dépistage organisé du cancer du sein. En raison de la grande disparité de pratiques observées et, dans la continuité des recommandations publiées par la HAS le 4 février 2012, sur la participation des femmes de 50 à 74 ans au dépistage organisé du cancer du sein, la CNAMTS prévoit de mettre en place un dispositif incitatif auprès des radiologues, visant à faire converger la pratique vers un taux cible d’association mammographie et échographie mammaire.</t>
+  </si>
+  <si>
+    <t>27/03/2013 16:45:00</t>
+  </si>
+  <si>
+    <t>22/04/2013 18:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1516982/fr/avis-de-la-has-sur-l-etablissement-d-un-taux-cible-d-association-mammographie-et-echographie-mammaire-dans-le-cadre-du-depistage-organise-du-cancer-du-sein-saisine-du-6-fevrier-2013-en-application-de-l-article-l-161-39-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1516982</t>
+  </si>
+  <si>
+    <t>AVIS n°2013.0031/AC/SEESP du 27 mars 2013 du collège de la Haute Autorité de Santé relatif à l’établissement d’un taux cible d’association mammographie échographie mammaire dans le cadre du dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a été saisie par la CNAMTS afin qu’elle rende un avis sur l’établissement d’un taux cible d’association mammographie et échographie mammaire, dans le cadre du dépistage organisé du cancer du sein.</t>
+  </si>
+  <si>
+    <t>22/04/2013 18:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1520402/fr/avis-n2013-0031/ac/seesp-du-27-mars-2013-du-college-de-la-haute-autorite-de-sante-relatif-a-l-etablissement-d-un-taux-cible-d-association-mammographie-echographie-mammaire-dans-le-cadre-du-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_1520402</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TUBERCULINE PPD RT 23 AJV (tuberculine)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:14:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3730135/fr/tuberculine-ppd-rt-23-ajv-tuberculine</t>
+  </si>
+  <si>
+    <t>p_3730135</t>
+  </si>
+  <si>
+    <t>tuberculine</t>
+  </si>
+  <si>
+    <t>IMAXIO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704521/fr/tuberculine-ppd-rt-23-ajv-tuberculine-intradermoreaction-a-la-tuberculine-test-de-mantoux</t>
   </si>
   <si>
     <t>ULTRAVIST (iopromide)</t>
   </si>
   <si>
-    <t>10/09/2024 08:51:04</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983252/en/ultravist-iopromide</t>
+    <t>09/10/2024 08:51:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983252/fr/ultravist-iopromide</t>
   </si>
   <si>
     <t>pprd_2983252</t>
   </si>
   <si>
     <t>iopromide</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_401009/en/ultravist-iopromide</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3546280/en/ultravist-iopromide</t>
+    <t>https://www.has-sante.fr/jcms/c_401009/fr/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1621585/fr/ultravist-produit-de-contraste-iode-pci</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1724467/fr/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1756194/fr/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854448/fr/ultravist-gamme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189749/fr/ultravist-iopromide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500938/fr/ultravist-iopromide-produit-de-contraste-iode</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546280/fr/ultravist-iopromide-produit-de-contraste-iode</t>
+  </si>
+  <si>
+    <t>DISCOTRINE (trinitrine)</t>
+  </si>
+  <si>
+    <t>07/04/2017 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983662/fr/discotrine-trinitrine</t>
+  </si>
+  <si>
+    <t>pprd_2983662</t>
+  </si>
+  <si>
+    <t>trinitrine</t>
+  </si>
+  <si>
+    <t>MEDA PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399622/fr/discotrine-15-mg/24-heures-dispositif-transdermique-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_473980/fr/discotrine-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1298574/fr/discotrine-trinitrine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755476/fr/discotrine-trinitrine</t>
   </si>
   <si>
     <t>OPTAFLU (Antigènes de surface du virus de la grippe, inactivés, des souches sui...)</t>
   </si>
   <si>
-    <t>01/27/2014 18:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984842/en/optaflu-antigenes-de-surface-du-virus-de-la-grippe-inactives-des-souches-sui</t>
+    <t>27/01/2014 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984842/fr/optaflu-antigenes-de-surface-du-virus-de-la-grippe-inactives-des-souches-sui</t>
   </si>
   <si>
     <t>pprd_2984842</t>
   </si>
   <si>
     <t>Antigènes de surface du virus de la grippe, inactivés, des souches suivantes :</t>
   </si>
   <si>
     <t>NOVARTIS VACCINES AND DIAGNOSTICS S.A.S</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1719404/en/optaflu-antigenes-de-surface-du-virus-de-la-grippe-inactives-des-souches-sui</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1554442/en/optaflu</t>
+    <t>https://www.has-sante.fr/jcms/c_1719404/fr/optaflu-antigenes-de-surface-du-virus-de-la-grippe-inactives-des-souches-sui</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554442/fr/optaflu-vaccin-antigripal-de-l-adulte-antigenes-de-surface-du-virus-de-la-grippe-inactives-des-souches-sui</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : la HAS partie prenante du programme national</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN), qui a débuté en France en 1972, est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves, d’origine génétique pour la plupart, et à mettre en œuvre, avant l’apparition de symptômes, les mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. Le dépistage à la naissance fait l’objet d’un programme national qui concerne tous les nouveau-nés qui naissent en France. Dans le cadre d’une recentralisation de ce programme national de dépistage néonatal, la HAS a des missions renforcées.</t>
+  </si>
+  <si>
+    <t>18/11/2021 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296719/fr/depistage-neonatal-la-has-partie-prenante-du-programme-national</t>
+  </si>
+  <si>
+    <t>p_3296719</t>
+  </si>
+  <si>
+    <t>Vaccin Vimkunya contre le chikungunya à la Réunion et à Mayotte : la HAS en attente des données complémentaires</t>
+  </si>
+  <si>
+    <t>Saisie par le ministère de la Santé et de l’Accès aux soins, la Haute Autorité de santé (HAS) ne peut à ce jour recommander l’utilisation du vaccin Vimkunya de Bavarian Nordic contre le virus chikungunya à Mayotte et sur l'Ile de La Réunion</t>
+  </si>
+  <si>
+    <t>06/06/2025 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609277/fr/vaccin-vimkunya-contre-le-chikungunya-a-la-reunion-et-a-mayotte-la-has-en-attente-des-donnees-complementaires</t>
+  </si>
+  <si>
+    <t>p_3609277</t>
+  </si>
+  <si>
+    <t>Virus de l’immunodéficience humaine (VIH) : de nouvelles recommandations pour la prise en charge thérapeutique, curative et préventive des personnes vivant avec le VIH et des personnes exposées au VIH</t>
+  </si>
+  <si>
+    <t>Les options de prise en charge thérapeutique des personnes vivant avec le VIH et des personnes exposées au VIH ont évolué au cours des dernières années et ouvrent de nouvelles perspectives de traitement. Mais l’infection est toujours active en France et il y a encore trop de diagnostics tardifs. C’est dans ce contexte que la HAS, l’ANRS MIE et le CNS publient une actualisation des recommandations pour aider les professionnels à proposer la meilleure prise en charge thérapeutique possible de l’infection VIH.</t>
+  </si>
+  <si>
+    <t>20/11/2024 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557427/fr/virus-de-l-immunodeficience-humaine-vih-de-nouvelles-recommandations-pour-la-prise-en-charge-therapeutique-curative-et-preventive-des-personnes-vivant-avec-le-vih-et-des-personnes-exposees-au-vih</t>
+  </si>
+  <si>
+    <t>p_3557427</t>
+  </si>
+  <si>
+    <t>Dépistage et diagnostic dans le cadre de la Covid -19</t>
+  </si>
+  <si>
+    <t>[mis à jour le 13/06/2022] Retrouvez les avis et réponses rapides de la HAS concernant les tests et examens dans le cadre de la Covid-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178536/fr/depistage-et-diagnostic-dans-le-cadre-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3178536</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal : la HAS publie un guide méthodologique d’évaluation des maladies à intégrer dans le programme national</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal (DNN) est une intervention de santé publique qui vise à détecter dès la naissance certaines maladies rares, graves ou handicapantes. En tant qu'évaluateur du programme national de dépistage, la HAS publie un guide méthodologique pour structurer l’évaluation des maladies à intégrer dans ce programme.</t>
+  </si>
+  <si>
+    <t>28/04/2023 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429965/fr/depistage-neonatal-la-has-publie-un-guide-methodologique-d-evaluation-des-maladies-a-integrer-dans-le-programme-national</t>
+  </si>
+  <si>
+    <t>p_3429965</t>
+  </si>
+  <si>
+    <t>Covid-19 : Point sur la prise en charge des patients en ambulatoire</t>
+  </si>
+  <si>
+    <t>Dans un contexte de forte reprise épidémique, la HAS actualise ses réponses rapides sur la prise en charge en ambulatoire des patients suspectés ou atteints de la Covid-19. Ces réponses rapides sont structurées sous forme de cinq fiches pratiques.</t>
+  </si>
+  <si>
+    <t>18/01/2022 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310186/fr/covid-19-point-sur-la-prise-en-charge-des-patients-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3310186</t>
+  </si>
+  <si>
+    <t>Questions-Réponses sur l’infection à papillomavirus humains (HPV), cause de cancer du col de l’utérus, et le dépistage</t>
+  </si>
+  <si>
+    <t>Vous êtes une femme et vous avez entre 25 et 65 ans ? Alors vous êtes concernée par le dépistage du cancer du col de l’utérus. La HAS a conçu un document qui se présente sous forme de questions/réponses. Il vous informe sur l’infection à papillomavirus humains (HPV), ses modes de transmission et sur la prévention du cancer du col de l’utérus et son dépistage.</t>
+  </si>
+  <si>
+    <t>06/07/2020 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146343/fr/questions-reponses-sur-l-infection-a-papillomavirus-humains-hpv-cause-de-cancer-du-col-de-l-uterus-et-le-depistage</t>
+  </si>
+  <si>
+    <t>p_3146343</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du col de l’utérus : le test HPV-HR recommandé chez les femmes de plus de 30 ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192618/fr/depistage-du-cancer-du-col-de-l-uterus-le-test-hpv-hr-recommande-chez-les-femmes-de-plus-de-30-ans</t>
+  </si>
+  <si>
+    <t>p_3192618</t>
+  </si>
+  <si>
+    <t>Arsenic : un dépistage pour identifier les patients intoxiqués</t>
+  </si>
+  <si>
+    <t>Si une pollution à l’arsenic inorganique a été détectée dans votre région, un dépistage est mis en place par les pouvoirs publics.</t>
+  </si>
+  <si>
+    <t>31/03/2020 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3163171/fr/arsenic-un-depistage-pour-identifier-les-patients-intoxiques</t>
+  </si>
+  <si>
+    <t>p_3163171</t>
+  </si>
+  <si>
+    <t>Trisomie 21 – Un dépistage plus performant et moins invasif</t>
+  </si>
+  <si>
+    <t>La stratégie de dépistage de la trisomie 21 évolue pour gagner en performance avec l’intégration d’un nouvel examen : le test ADN libre circulant.</t>
+  </si>
+  <si>
+    <t>11/02/2020 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974232/fr/trisomie-21-un-depistage-plus-performant-et-moins-invasif</t>
+  </si>
+  <si>
+    <t>pprd_2974232</t>
+  </si>
+  <si>
+    <t>Mélanome cutané : la détection précoce est essentielle</t>
+  </si>
+  <si>
+    <t>Le mélanome cutané est le plus grave des cancers de la peau. Aucune catégorie d’âge n’est épargnée. Une détection précoce offre de meilleures chances de guérison.</t>
+  </si>
+  <si>
+    <t>11/02/2020 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974838/fr/melanome-cutane-la-detection-precoce-est-essentielle</t>
+  </si>
+  <si>
+    <t>pprd_2974838</t>
+  </si>
+  <si>
+    <t>Détecter et diagnostiquer la BPCO même sans symptôme apparent</t>
+  </si>
+  <si>
+    <t>Le symptôme majeur de la BPCO est la dyspnée qui induit une réduction de l’activité physique quotidienne. D’apparition progressive, au début, la dyspnée n'est pas souvent perçue par le patient.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118475/fr/detecter-et-diagnostiquer-la-bpco-meme-sans-symptome-apparent</t>
+  </si>
+  <si>
+    <t>p_3118475</t>
+  </si>
+  <si>
+    <t>Maltraitance chez l’enfant – Comment agir pour le protéger ?</t>
+  </si>
+  <si>
+    <t>Les situations de maltraitance sont multiples, agir en collégialité est important. En cas d’urgence vitale, la priorité est le transfert de l’enfant vers l’hôpital.</t>
+  </si>
+  <si>
+    <t>29/11/2019 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974602/fr/maltraitance-chez-l-enfant-comment-agir-pour-le-proteger</t>
+  </si>
+  <si>
+    <t>pprd_2974602</t>
+  </si>
+  <si>
+    <t>Le point sur la tomosynthèse dans le dépistage du cancer du sein</t>
+  </si>
+  <si>
+    <t>Bien que non autorisée en France dans le dépistage organisé, une pratique de dépistage mammographique du cancer du sein par tomosynthèse s’est développée. Le point sur cette technique.</t>
+  </si>
+  <si>
+    <t>28/11/2019 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115563/fr/le-point-sur-la-tomosynthese-dans-le-depistage-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>p_3115563</t>
+  </si>
+  <si>
+    <t>Tribune violences faites aux femmes au sein du couple</t>
+  </si>
+  <si>
+    <t>25/11/2019 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106350/fr/tribune-violences-faites-aux-femmes-au-sein-du-couple</t>
+  </si>
+  <si>
+    <t>p_3106350</t>
+  </si>
+  <si>
+    <t>[Témoignage] Violences conjugales : le soignant, un acteur majeur qui s’ignore</t>
+  </si>
+  <si>
+    <t>Une patiente victime de violences conjugales a besoin de soins médicaux, d’un soutien psychologique et d’informations sur les démarches à accomplir et les aides disponibles.</t>
+  </si>
+  <si>
+    <t>02/10/2019 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108030/fr/-temoignage-violences-conjugales-le-soignant-un-acteur-majeur-qui-s-ignore</t>
+  </si>
+  <si>
+    <t>p_3108030</t>
+  </si>
+  <si>
+    <t>Boulimie, hyperphagie : urgence à les repérer et les prendre en charge</t>
+  </si>
+  <si>
+    <t>Boulimie et hyperphagie boulimique, des troubles souvent cachés par les personnes qui en souffrent... Le point sur les facteurs de risque, les signes d'alerte, le diagnostic et la prise en charge.</t>
+  </si>
+  <si>
+    <t>12/09/2019 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974164/fr/boulimie-hyperphagie-urgence-a-les-reperer-et-les-prendre-en-charge</t>
+  </si>
+  <si>
+    <t>pprd_2974164</t>
+  </si>
+  <si>
+    <t>Hépatite C chez l’adulte : une prise en charge simplifiée</t>
+  </si>
+  <si>
+    <t>Le traitement contre le VHC peut désormais faire partie d’une prise en charge simplifiée par le médecin qui suit le patient au quotidien. Explications...</t>
+  </si>
+  <si>
+    <t>28/05/2019 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974154/fr/hepatite-c-chez-l-adulte-une-prise-en-charge-simplifiee</t>
+  </si>
+  <si>
+    <t>pprd_2974154</t>
+  </si>
+  <si>
+    <t>Diabète &amp; podologie – La prévention recommandée dès le grade 1</t>
+  </si>
+  <si>
+    <t>Aujourd’hui, les séances de prévention de pédicurie-podologie sont prises en charge par l’assurance maladie pour les patients diabétiques atteints de lésions de grades 2 et 3. Suite à un travail d’évaluation, la HAS préconise de les rembourser aussi pour les patients à risque podologique de grade 1.</t>
+  </si>
+  <si>
+    <t>21/01/2019 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974165/fr/diabete-podologie-la-prevention-recommandee-des-le-grade-1</t>
+  </si>
+  <si>
+    <t>pprd_2974165</t>
+  </si>
+  <si>
+    <t>Chlamydia – Renforcer le dépistage des personnes les plus exposées</t>
+  </si>
+  <si>
+    <t>La HAS a revu la stratégie de dépistage des infections à Chlamydia trachomatis. Ses conclusions ? Un dépistage systématique chez les femmes sexuellement actives de 15 à 25 ans et une diversification des lieux habilités à le réaliser.</t>
+  </si>
+  <si>
+    <t>23/10/2018 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974179/fr/chlamydia-renforcer-le-depistage-des-personnes-les-plus-exposees</t>
+  </si>
+  <si>
+    <t>pprd_2974179</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme : comment diagnostiquer &amp; soigner</t>
+  </si>
+  <si>
+    <t>La HAS a publié de nouvelles recommandations sur la borréliose de Lyme et les maladies transmises par les tiques dans lesquelles elle propose des solutions diagnostiques et thérapeutiques.</t>
+  </si>
+  <si>
+    <t>09/07/2018 11:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974195/fr/borreliose-de-lyme-comment-diagnostiquer-soigner</t>
+  </si>
+  <si>
+    <t>pprd_2974195</t>
+  </si>
+  <si>
+    <t>Alzheimer – Diagnostiquer tôt &amp; optimiser le parcours de soins</t>
+  </si>
+  <si>
+    <t>Repérer les premiers signes d’un déclin cognitif, identifier la maladie en cause – maladie d’Alzheimer ou maladies apparentées – sont des étapes essentielles pour mettre en place un accompagnement, des soins et des aides adaptés et personnalisés.</t>
+  </si>
+  <si>
+    <t>25/06/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974196/fr/alzheimer-diagnostiquer-tot-optimiser-le-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>pprd_2974196</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Autisme : poursuivons nos efforts</t>
+  </si>
+  <si>
+    <t>Deux recommandations sur l'autisme viennent d'être publiées par la HAS... Il s’agit de l’actualisation des recommandations sur le diagnostic de trouble du spectre de l’autisme chez l’enfant et de la première recommandation sur les interventions à organiser pour les personnes adultes...</t>
+  </si>
+  <si>
+    <t>20/02/2018 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974216/fr/autisme-poursuivons-nos-efforts</t>
+  </si>
+  <si>
+    <t>pprd_2974216</t>
+  </si>
+  <si>
+    <t>Cancer colorectal – Le dépistage des personnes à risque en 5 points</t>
+  </si>
+  <si>
+    <t>Un dépistage efficace du cancer colorectal permet de le diagnostiquer à un stade précoce et d’avoir un très bon taux de survie. Deuxième cancer le plus meurtrier, il se développe de façon sporadique dans 80 % des cas. Il survient aussi dans un contexte familial (15 %) ou peut être lié à des prédispositions génétiques (5 %)...</t>
+  </si>
+  <si>
+    <t>12/07/2017 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974249/fr/cancer-colorectal-le-depistage-des-personnes-a-risque-en-5-points</t>
+  </si>
+  <si>
+    <t>pprd_2974249</t>
+  </si>
+  <si>
+    <t>Trisomie 21 – Les tests ADN libre circulant intégrés dans le dépistage</t>
+  </si>
+  <si>
+    <t>En 2017, la HAS a publié des recommandations sur la « Place des tests ADN libre circulant dans le sang maternel dans le dépistage de la trisomie 21 fœtale ». Ce travail confirmait que ces tests représentent une innovation technologique indéniable. La HAS préconisait donc leur introduction dans la procédure de dépistage de la trisomie 21 fœtale. Un arrêté, publié en décembre 2018, permet désormais leur remboursement.</t>
+  </si>
+  <si>
+    <t>17/01/2019 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974260/fr/trisomie-21-les-tests-adn-libre-circulant-integres-dans-le-depistage</t>
+  </si>
+  <si>
+    <t>pprd_2974260</t>
+  </si>
+  <si>
+    <t>Burnout – Repérage et prise en charge</t>
+  </si>
+  <si>
+    <t>Le burnout peut toucher toutes les professions. Il frappe autant les femmes que les hommes. Il est en 2e position dans les affections d’origine professionnelle...</t>
+  </si>
+  <si>
+    <t>22/05/2017 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974265/fr/burnout-reperage-et-prise-en-charge</t>
+  </si>
+  <si>
+    <t>pprd_2974265</t>
+  </si>
+  <si>
+    <t>BPCO : 3 outils pour améliorer le parcours de soins des patients</t>
+  </si>
+  <si>
+    <t>Deux fiches ont été réalisées sur la réhabilitation respiratoire et sur le suivi des patients hospitalisés pour une exacerbation de leur BPCO. Un questionnaire de dépistage est également disponible.</t>
+  </si>
+  <si>
+    <t>07/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974631/fr/bpco-3-outils-pour-ameliorer-le-parcours-de-soins-des-patients</t>
+  </si>
+  <si>
+    <t>pprd_2974631</t>
+  </si>
+  <si>
+    <t>Cancer du sein : modalités spécifiques de dépistage pour les femmes à haut risque</t>
+  </si>
+  <si>
+    <t>Le cancer du sein est le plus fréquent des cancers chez la femme et celui responsable du plus grand nombre de décès. Pour les femmes à haut risque, la HAS a élaboré des recommandations sur son dépistage. Explications des docteurs Olivier Scemama et Roselyne Delaveyne...</t>
+  </si>
+  <si>
+    <t>05/01/2018 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974673/fr/cancer-du-sein-modalites-specifiques-de-depistage-pour-les-femmes-a-haut-risque</t>
+  </si>
+  <si>
+    <t>pprd_2974673</t>
+  </si>
+  <si>
+    <t>Le cancer colorectal : importance d’une prise en charge partagée</t>
+  </si>
+  <si>
+    <t>Le cancer colorectal est de bon pronostic lorsqu’il est diagnostiqué à un stade précoce...</t>
+  </si>
+  <si>
+    <t>02/03/2017 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974691/fr/le-cancer-colorectal-importance-d-une-prise-en-charge-partagee</t>
+  </si>
+  <si>
+    <t>pprd_2974691</t>
+  </si>
+  <si>
+    <t>Sevrage tabagique : des outils pour repérer et accompagner les patients</t>
+  </si>
+  <si>
+    <t>Le tabagisme est la première cause de mortalité évitable en France. La HAS met à disposition des professionnels de santé des outils afin d’aider leurs patients à arrêter de fumer...</t>
+  </si>
+  <si>
+    <t>05/11/2018 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974738/fr/sevrage-tabagique-des-outils-pour-reperer-et-accompagner-les-patients</t>
+  </si>
+  <si>
+    <t>pprd_2974738</t>
+  </si>
+  <si>
+    <t>Prescrire l’activité physique : un guide pratique pour les médecins</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide pratique pour la « promotion, consultation et prescription médicale d’activité physique (AP) et sportive pour la santé chez les adultes », accompagné de référentiels d’aide à la prescription par pathologie. Objectif : permettre aux médecins de prescrire de l’activité physique aux personnes atteintes de maladies chroniques ou présentant un état de santé (avancée en âge, grossesse, etc.) pour lesquels les bénéfices de l’activité physique sont reconnus.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2875944/fr/prescrire-l-activite-physique-un-guide-pratique-pour-les-medecins</t>
+  </si>
+  <si>
+    <t>c_2875944</t>
+  </si>
+  <si>
+    <t>Dépistage : objectif et conditions</t>
+  </si>
+  <si>
+    <t>Un dépistage vise à détecter la présence d’une maladie à un stade précoce chez des personnes a priori en bonne santé et qui ne présentent pas encore de symptômes apparents. L’objectif est de diagnostiquer la maladie le plus tôt possible afin de la traiter rapidement et ainsi freiner ou stopper sa progression.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632453/fr/depistage-objectif-et-conditions</t>
+  </si>
+  <si>
+    <t>c_2632453</t>
+  </si>
+  <si>
+    <t>Le cancer du poumon ou cancer broncho-pulmonaire correspond à une prolifération de cellules cancéreuses dans les voies respiratoires et les tissus pulmonaires. Il désigne un ensemble de tumeurs hétérogènes, aussi bien en termes de localisations, de caractéristiques biologiques que d'évolution.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632491/fr/cancer-du-poumon-conditions-non-reunies-pour-un-depistage-chez-les-fumeurs</t>
+  </si>
+  <si>
+    <t>c_2632491</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein</t>
+  </si>
+  <si>
+    <t>Dossier d'information pour le patient -- Pourquoi la HAS a-t-elle travaillé sur la participation au dépistage du cancer du sein des femmes de 50 à 74 ans en France? Quelles sont les modalités possibles de dépistage du cancer du sein après 50 ans ? Quelle est la participation au dépistage du cancer du sein en France ? Pourquoi la HAS recommande-t-elle le dépistage organisé plutôt que le dépistage individuel ? Que recommande la HAS pour atteindre l’objectif de participation au DO ? Quel impact financier pour les femmes ? Quelle est la position de la HAS sur la controverse autour du dépistage du cancer du sein ?</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1501534/fr/depistage-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>r_1501534</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer de la prostate chez les populations d’hommes présentant des facteurs de risque</t>
+  </si>
+  <si>
+    <t>Dossier d'information pour le patient -- Que sait-on aujourd'hui des cancers de la prostate? Pourquoi n'y a-t-il pas de programme de dépistage organisé du cancer de la prostate en France, comme pour le cancer du sein ou celui du colon ?Quels sont les facteurs de risque de cancer de la prostate ? Peut-on identifier des populations d'hommes à plus haut risque de cancer de la prostate ? Que préconise la HAS ? Comment aborder la question du dépistage du cancer de la prostate avec un homme qui l'envisage ?</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1496949/fr/depistage-du-cancer-de-la-prostate-chez-les-populations-d-hommes-presentant-des-facteurs-de-risque</t>
+  </si>
+  <si>
+    <t>r_1496949</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1080</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>1082</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1086</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1092</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1093</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1094</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1095</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1096</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1097</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1098</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1104</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1105</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1106</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1109</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1110</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1111</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1112</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1113</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1077</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1114</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1115</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1116</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H106"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1126</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>305</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1127</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1128</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1130</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>116</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1131</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1134</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>310</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1139</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>128</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1144</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1145</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1146</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1148</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1151</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1152</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1153</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1162</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1163</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1164</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1165</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1169</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1170</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1171</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>334</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1172</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1173</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1174</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1175</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>190</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1196</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1202</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1203</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1204</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1206</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1207</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1208</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1209</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1210</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1211</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1212</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1215</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1217</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1218</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1219</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C24" t="s">
+        <v>362</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1233</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1235</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1238</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1239</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1240</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1241</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1242</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>205</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1252</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1254</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1257</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1258</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1259</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1260</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1262</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1264</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1266</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1267</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1268</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1269</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1272</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>210</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1273</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1276</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1279</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1280</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1282</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1283</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1284</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1285</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1286</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1291</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1292</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1296</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1299</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1300</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1308</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1310</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1311</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1314</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1315</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1316</v>
+      </c>
+      <c r="D43" t="s">
+        <v>11</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1317</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1320</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1321</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1322</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1323</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1324</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D45" t="s">
+        <v>11</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1328</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D46" t="s">
+        <v>11</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D47" t="s">
+        <v>11</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1337</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1338</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1339</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1340</v>
+      </c>
+      <c r="D48" t="s">
+        <v>11</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1341</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1343</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1344</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1345</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1346</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1347</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1348</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1349</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1350</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1351</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1352</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1354</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1355</v>
+      </c>
+      <c r="D51" t="s">
+        <v>11</v>
+      </c>
+      <c r="E51" t="s">
+        <v>839</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1356</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1358</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1359</v>
+      </c>
+      <c r="D52" t="s">
+        <v>11</v>
+      </c>
+      <c r="E52" t="s">
+        <v>844</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1360</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1362</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1363</v>
+      </c>
+      <c r="D53" t="s">
+        <v>11</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1365</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1368</v>
+      </c>
+      <c r="D54" t="s">
+        <v>11</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1371</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1372</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D55" t="s">
+        <v>11</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1374</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1375</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1377</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1378</v>
+      </c>
+      <c r="D56" t="s">
+        <v>11</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1379</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1380</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1384</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1386</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1388</v>
+      </c>
+      <c r="D58" t="s">
+        <v>11</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1391</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1392</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D59" t="s">
+        <v>11</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1394</v>
+      </c>
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1397</v>
+      </c>
+      <c r="C60" t="s">
+        <v>11</v>
+      </c>
+      <c r="D60" t="s">
+        <v>11</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1398</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1399</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C61" t="s">
+        <v>11</v>
+      </c>
+      <c r="D61" t="s">
+        <v>11</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1402</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1404</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1406</v>
+      </c>
+      <c r="D62" t="s">
+        <v>11</v>
+      </c>
+      <c r="E62" t="s">
+        <v>405</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1410</v>
+      </c>
+      <c r="D63" t="s">
+        <v>11</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1412</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1415</v>
+      </c>
+      <c r="D64" t="s">
+        <v>11</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1418</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1420</v>
+      </c>
+      <c r="D65" t="s">
+        <v>11</v>
+      </c>
+      <c r="E65" t="s">
+        <v>948</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1423</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1424</v>
+      </c>
+      <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1426</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1427</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1428</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1429</v>
+      </c>
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1430</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1431</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1432</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1433</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1434</v>
+      </c>
+      <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1435</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D69" t="s">
+        <v>11</v>
+      </c>
+      <c r="E69" t="s">
+        <v>954</v>
+      </c>
+      <c r="F69" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1440</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1441</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1442</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1443</v>
+      </c>
+      <c r="D70" t="s">
+        <v>11</v>
+      </c>
+      <c r="E70" t="s">
+        <v>703</v>
+      </c>
+      <c r="F70" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1444</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1445</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1446</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1447</v>
+      </c>
+      <c r="D71" t="s">
+        <v>11</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1448</v>
+      </c>
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1449</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1450</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1451</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1452</v>
+      </c>
+      <c r="D72" t="s">
+        <v>11</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1453</v>
+      </c>
+      <c r="F72" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1454</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1455</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1456</v>
+      </c>
+      <c r="C73" t="s">
+        <v>11</v>
+      </c>
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1457</v>
+      </c>
+      <c r="F73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1458</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1459</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1461</v>
+      </c>
+      <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
+        <v>446</v>
+      </c>
+      <c r="F74" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C75" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D75" t="s">
+        <v>11</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1466</v>
+      </c>
+      <c r="F75" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1467</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C76" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D76" t="s">
+        <v>11</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1471</v>
+      </c>
+      <c r="F76" t="s">
+        <v>11</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1472</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1473</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1474</v>
+      </c>
+      <c r="C77" t="s">
+        <v>1475</v>
+      </c>
+      <c r="D77" t="s">
+        <v>11</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F77" t="s">
+        <v>11</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1477</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1478</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1479</v>
+      </c>
+      <c r="C78" t="s">
+        <v>1480</v>
+      </c>
+      <c r="D78" t="s">
+        <v>11</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1481</v>
+      </c>
+      <c r="F78" t="s">
+        <v>11</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1482</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C79" t="s">
+        <v>1485</v>
+      </c>
+      <c r="D79" t="s">
+        <v>11</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F79" t="s">
+        <v>11</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1489</v>
+      </c>
+      <c r="C80" t="s">
+        <v>1490</v>
+      </c>
+      <c r="D80" t="s">
+        <v>11</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F80" t="s">
+        <v>11</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1492</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1493</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C81" t="s">
+        <v>1495</v>
+      </c>
+      <c r="D81" t="s">
+        <v>11</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F81" t="s">
+        <v>11</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C82" t="s">
+        <v>1500</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>486</v>
+      </c>
+      <c r="F82" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1501</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1502</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C83" t="s">
+        <v>1504</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>492</v>
+      </c>
+      <c r="F83" t="s">
+        <v>11</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1505</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1506</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1507</v>
+      </c>
+      <c r="C84" t="s">
+        <v>1508</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1509</v>
+      </c>
+      <c r="F84" t="s">
+        <v>11</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1510</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1511</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1512</v>
+      </c>
+      <c r="C85" t="s">
+        <v>1513</v>
+      </c>
+      <c r="D85" t="s">
+        <v>11</v>
+      </c>
+      <c r="E85" t="s">
+        <v>521</v>
+      </c>
+      <c r="F85" t="s">
+        <v>11</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1514</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C86" t="s">
+        <v>1517</v>
+      </c>
+      <c r="D86" t="s">
+        <v>11</v>
+      </c>
+      <c r="E86" t="s">
+        <v>533</v>
+      </c>
+      <c r="F86" t="s">
+        <v>11</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1518</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C87" t="s">
+        <v>1521</v>
+      </c>
+      <c r="D87" t="s">
+        <v>11</v>
+      </c>
+      <c r="E87" t="s">
+        <v>539</v>
+      </c>
+      <c r="F87" t="s">
+        <v>11</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C88" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D88" t="s">
+        <v>11</v>
+      </c>
+      <c r="E88" t="s">
+        <v>545</v>
+      </c>
+      <c r="F88" t="s">
+        <v>11</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1526</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1527</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1528</v>
+      </c>
+      <c r="C89" t="s">
+        <v>1529</v>
+      </c>
+      <c r="D89" t="s">
+        <v>11</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1530</v>
+      </c>
+      <c r="F89" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1531</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C90" t="s">
+        <v>1534</v>
+      </c>
+      <c r="D90" t="s">
+        <v>11</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1535</v>
+      </c>
+      <c r="F90" t="s">
+        <v>11</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1536</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C91" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D91" t="s">
+        <v>11</v>
+      </c>
+      <c r="E91" t="s">
+        <v>562</v>
+      </c>
+      <c r="F91" t="s">
+        <v>11</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1540</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1542</v>
+      </c>
+      <c r="C92" t="s">
+        <v>1543</v>
+      </c>
+      <c r="D92" t="s">
+        <v>11</v>
+      </c>
+      <c r="E92" t="s">
+        <v>568</v>
+      </c>
+      <c r="F92" t="s">
+        <v>11</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1544</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1545</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1546</v>
+      </c>
+      <c r="C93" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D93" t="s">
+        <v>11</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1548</v>
+      </c>
+      <c r="F93" t="s">
+        <v>11</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1549</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1550</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C94" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D94" t="s">
+        <v>11</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1553</v>
+      </c>
+      <c r="F94" t="s">
+        <v>11</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1554</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1555</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1556</v>
+      </c>
+      <c r="C95" t="s">
+        <v>1557</v>
+      </c>
+      <c r="D95" t="s">
+        <v>11</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F95" t="s">
+        <v>11</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1560</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1561</v>
+      </c>
+      <c r="C96" t="s">
+        <v>1562</v>
+      </c>
+      <c r="D96" t="s">
+        <v>11</v>
+      </c>
+      <c r="E96" t="s">
+        <v>592</v>
+      </c>
+      <c r="F96" t="s">
+        <v>11</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1563</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1564</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1565</v>
+      </c>
+      <c r="C97" t="s">
+        <v>1566</v>
+      </c>
+      <c r="D97" t="s">
+        <v>11</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1567</v>
+      </c>
+      <c r="F97" t="s">
+        <v>11</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1568</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1569</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B98" t="s">
+        <v>601</v>
+      </c>
+      <c r="C98" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D98" t="s">
+        <v>11</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1571</v>
+      </c>
+      <c r="F98" t="s">
+        <v>11</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1572</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C99" t="s">
+        <v>1575</v>
+      </c>
+      <c r="D99" t="s">
+        <v>11</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1576</v>
+      </c>
+      <c r="F99" t="s">
+        <v>11</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1577</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1578</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C100" t="s">
+        <v>1580</v>
+      </c>
+      <c r="D100" t="s">
+        <v>11</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F100" t="s">
+        <v>11</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1583</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1584</v>
+      </c>
+      <c r="C101" t="s">
+        <v>1585</v>
+      </c>
+      <c r="D101" t="s">
+        <v>11</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1586</v>
+      </c>
+      <c r="F101" t="s">
+        <v>11</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1587</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1588</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1589</v>
+      </c>
+      <c r="C102" t="s">
+        <v>1590</v>
+      </c>
+      <c r="D102" t="s">
+        <v>11</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1591</v>
+      </c>
+      <c r="F102" t="s">
+        <v>11</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1592</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1593</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1594</v>
+      </c>
+      <c r="C103" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D103" t="s">
+        <v>11</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1596</v>
+      </c>
+      <c r="F103" t="s">
+        <v>11</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1597</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1598</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C104" t="s">
+        <v>11</v>
+      </c>
+      <c r="D104" t="s">
+        <v>11</v>
+      </c>
+      <c r="E104" t="s">
+        <v>622</v>
+      </c>
+      <c r="F104" t="s">
+        <v>11</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1600</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1601</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C105" t="s">
+        <v>1603</v>
+      </c>
+      <c r="D105" t="s">
+        <v>11</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1604</v>
+      </c>
+      <c r="F105" t="s">
+        <v>11</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1605</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1606</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>1120</v>
+      </c>
+      <c r="B106" t="s">
+        <v>676</v>
+      </c>
+      <c r="C106" t="s">
+        <v>1607</v>
+      </c>
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1608</v>
+      </c>
+      <c r="F106" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H26"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1613</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1614</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1615</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1616</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1619</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1620</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1621</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1622</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1623</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1624</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1625</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1626</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1631</v>
+      </c>
+      <c r="D5" t="s">
+        <v>139</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1637</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1638</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1643</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1644</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1645</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1646</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1648</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1649</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1650</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1651</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1654</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1656</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1657</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1658</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1659</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1660</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1661</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1662</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1663</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1664</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1665</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1666</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1667</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1668</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1669</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1670</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1671</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1253</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1672</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1673</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1675</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1676</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1679</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1680</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1681</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1688</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1689</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1690</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1281</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1693</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1694</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1695</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1696</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1698</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1699</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1701</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1702</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1703</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1704</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1688</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1700</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1705</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1706</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1707</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1709</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1714</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1715</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1716</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1718</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1719</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1720</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1721</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1722</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1727</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1728</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1729</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1730</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1731</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1732</v>
+      </c>
+      <c r="D23" t="s">
+        <v>398</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1734</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1735</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1736</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1738</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1740</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1741</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1742</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1743</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1744</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1746</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1750</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1751</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1752</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H35"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1756</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1757</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1758</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1759</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1760</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1761</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1758</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1764</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1765</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1766</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1767</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1768</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1769</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1772</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1773</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1774</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1775</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1777</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1778</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1779</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1780</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1781</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1782</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1783</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1205</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1786</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1788</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1789</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1790</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1795</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1800</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1234</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1801</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1805</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1806</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1807</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1812</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1813</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1816</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1817</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1818</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1819</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1822</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1823</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1824</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1829</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1830</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1831</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1832</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1833</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1834</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1835</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1836</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1837</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1838</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1839</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1840</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1841</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1694</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1843</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1844</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1845</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1846</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1847</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1853</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1856</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1857</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D21" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1861</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1862</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1863</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1864</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1865</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1866</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D23" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1872</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1873</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1874</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1875</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1307</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1880</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1881</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1882</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1883</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1884</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D26" t="s">
+        <v>1880</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1881</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D27" t="s">
+        <v>1890</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1891</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1892</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1894</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1895</v>
+      </c>
+      <c r="D28" t="s">
+        <v>1896</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1897</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1898</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1899</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D29" t="s">
+        <v>1901</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1902</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1903</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1904</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D30" t="s">
+        <v>1906</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1907</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1908</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1909</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1910</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1911</v>
+      </c>
+      <c r="D31" t="s">
+        <v>1912</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1913</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1915</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1916</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1917</v>
+      </c>
+      <c r="D32" t="s">
+        <v>1918</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1913</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1919</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1920</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1921</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1922</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1923</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1924</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D34" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1930</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1932</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1933</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1934</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1935</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1936</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1937</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1938</v>
+      </c>
+      <c r="J1" t="s">
+        <v>45</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1939</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1944</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1945</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1946</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1949</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1950</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1951</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1952</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1953</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1954</v>
+      </c>
+      <c r="L3" t="s">
+        <v>1955</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1956</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1957</v>
+      </c>
+      <c r="O3" t="s">
+        <v>1958</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1959</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1960</v>
+      </c>
+      <c r="R3" t="s">
+        <v>1961</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1962</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1963</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1964</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1965</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1966</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1967</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1968</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1969</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1970</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1971</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1972</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1973</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1974</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1975</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1976</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1977</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1979</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H37"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1981</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1983</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1984</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1987</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1988</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1993</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1994</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1995</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1996</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1997</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1998</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1999</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2000</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2001</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2002</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2003</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2004</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2005</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2006</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2007</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2008</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2012</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2015</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2011</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2012</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2016</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2018</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2019</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2020</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2021</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2026</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2028</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2029</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2030</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2032</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2033</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2034</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2035</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2036</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2037</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2038</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2040</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2041</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2043</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2045</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2046</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2047</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2048</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2049</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2050</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2051</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2052</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2053</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2055</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2057</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2059</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2060</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2061</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2062</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2063</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2064</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2065</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2066</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2067</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2068</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2069</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2070</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2071</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2072</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2074</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2075</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2076</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2077</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2078</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2080</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2081</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2082</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2083</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2084</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2085</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C24" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2090</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C25" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2094</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2095</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C26" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D26" t="s">
+        <v>11</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2099</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C27" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D27" t="s">
+        <v>11</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2104</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C28" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D28" t="s">
+        <v>11</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2109</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2110</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C29" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D29" t="s">
+        <v>11</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2115</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C30" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D30" t="s">
+        <v>11</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2119</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2120</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C31" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D31" t="s">
+        <v>11</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2125</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2126</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2127</v>
+      </c>
+      <c r="C32" t="s">
+        <v>2128</v>
+      </c>
+      <c r="D32" t="s">
+        <v>11</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2129</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2130</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2131</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2132</v>
+      </c>
+      <c r="C33" t="s">
+        <v>2133</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1411</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C34" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>446</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2138</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1460</v>
+      </c>
+      <c r="C35" t="s">
+        <v>2140</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>446</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2142</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2143</v>
+      </c>
+      <c r="C36" t="s">
+        <v>2144</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>539</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2145</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1980</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C37" t="s">
+        <v>2148</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>533</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2149</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2150</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
-[...12 lines deleted...]
-      <c r="D6" t="s">
         <v>43</v>
-      </c>
-[...296 lines deleted...]
-        <v>105</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>44</v>
+      </c>
+      <c r="J1" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>46</v>
+      </c>
+      <c r="B2" t="s">
+        <v>47</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+      <c r="I2" t="s">
+        <v>52</v>
+      </c>
+      <c r="J2" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>46</v>
+      </c>
+      <c r="B3" t="s">
+        <v>54</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>55</v>
+      </c>
+      <c r="E3" t="s">
+        <v>56</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>57</v>
+      </c>
+      <c r="H3" t="s">
+        <v>58</v>
+      </c>
+      <c r="I3" t="s">
+        <v>59</v>
+      </c>
+      <c r="J3" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>62</v>
+      </c>
+      <c r="E4" t="s">
+        <v>63</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>64</v>
+      </c>
+      <c r="H4" t="s">
+        <v>65</v>
+      </c>
+      <c r="I4" t="s">
+        <v>59</v>
+      </c>
+      <c r="J4" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>46</v>
+      </c>
+      <c r="B5" t="s">
+        <v>67</v>
+      </c>
+      <c r="C5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D5" t="s">
+        <v>69</v>
+      </c>
+      <c r="E5" t="s">
+        <v>70</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>71</v>
+      </c>
+      <c r="H5" t="s">
+        <v>72</v>
+      </c>
+      <c r="I5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J5" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B6" t="s">
+        <v>75</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>76</v>
+      </c>
+      <c r="E6" t="s">
+        <v>77</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>78</v>
+      </c>
+      <c r="H6" t="s">
+        <v>79</v>
+      </c>
+      <c r="I6" t="s">
+        <v>80</v>
+      </c>
+      <c r="J6" t="s">
+        <v>81</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H2" t="s">
+        <v>88</v>
+      </c>
+      <c r="I2" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" t="s">
+        <v>90</v>
+      </c>
+      <c r="C3" t="s">
+        <v>91</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>92</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>93</v>
+      </c>
+      <c r="H3" t="s">
+        <v>94</v>
+      </c>
+      <c r="I3" t="s">
+        <v>89</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B2" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="C2" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="D2" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="E2" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="H2" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>95</v>
+      </c>
+      <c r="B3" t="s">
+        <v>102</v>
+      </c>
+      <c r="C3" t="s">
+        <v>103</v>
+      </c>
+      <c r="D3" t="s">
+        <v>104</v>
+      </c>
+      <c r="E3" t="s">
+        <v>105</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>106</v>
       </c>
-      <c r="B3" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H3" t="s">
-        <v>118</v>
+        <v>107</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B4" t="s">
-        <v>119</v>
+        <v>108</v>
       </c>
       <c r="C4" t="s">
-        <v>120</v>
+        <v>109</v>
       </c>
       <c r="D4" t="s">
-        <v>121</v>
+        <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="H4" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B5" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
       <c r="C5" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="D5" t="s">
-        <v>127</v>
+        <v>115</v>
       </c>
       <c r="E5" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="H5" t="s">
-        <v>130</v>
+        <v>118</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B6" t="s">
-        <v>131</v>
+        <v>119</v>
       </c>
       <c r="C6" t="s">
-        <v>132</v>
+        <v>120</v>
       </c>
       <c r="D6" t="s">
-        <v>133</v>
+        <v>121</v>
       </c>
       <c r="E6" t="s">
-        <v>134</v>
+        <v>122</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>135</v>
+        <v>123</v>
       </c>
       <c r="H6" t="s">
-        <v>136</v>
+        <v>124</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B7" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="C7" t="s">
-        <v>138</v>
+        <v>126</v>
       </c>
       <c r="D7" t="s">
-        <v>139</v>
+        <v>127</v>
       </c>
       <c r="E7" t="s">
-        <v>140</v>
+        <v>128</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>141</v>
+        <v>129</v>
       </c>
       <c r="H7" t="s">
-        <v>142</v>
+        <v>130</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B8" t="s">
-        <v>143</v>
+        <v>131</v>
       </c>
       <c r="C8" t="s">
-        <v>144</v>
+        <v>132</v>
       </c>
       <c r="D8" t="s">
-        <v>145</v>
+        <v>133</v>
       </c>
       <c r="E8" t="s">
-        <v>146</v>
+        <v>134</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>147</v>
+        <v>135</v>
       </c>
       <c r="H8" t="s">
-        <v>148</v>
+        <v>136</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B9" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="C9" t="s">
-        <v>150</v>
+        <v>138</v>
       </c>
       <c r="D9" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="E9" t="s">
-        <v>152</v>
+        <v>140</v>
       </c>
       <c r="F9" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>153</v>
+        <v>141</v>
       </c>
       <c r="H9" t="s">
-        <v>154</v>
+        <v>142</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B10" t="s">
-        <v>155</v>
+        <v>143</v>
       </c>
       <c r="C10" t="s">
-        <v>156</v>
+        <v>144</v>
       </c>
       <c r="D10" t="s">
-        <v>157</v>
+        <v>145</v>
       </c>
       <c r="E10" t="s">
-        <v>157</v>
+        <v>146</v>
       </c>
       <c r="F10" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>158</v>
+        <v>147</v>
       </c>
       <c r="H10" t="s">
-        <v>159</v>
+        <v>148</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B11" t="s">
-        <v>160</v>
+        <v>149</v>
       </c>
       <c r="C11" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
       <c r="D11" t="s">
-        <v>162</v>
+        <v>145</v>
       </c>
       <c r="E11" t="s">
-        <v>163</v>
+        <v>151</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>164</v>
+        <v>152</v>
       </c>
       <c r="H11" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B12" t="s">
-        <v>166</v>
+        <v>154</v>
       </c>
       <c r="C12" t="s">
-        <v>167</v>
+        <v>155</v>
       </c>
       <c r="D12" t="s">
-        <v>168</v>
+        <v>156</v>
       </c>
       <c r="E12" t="s">
-        <v>169</v>
+        <v>157</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>170</v>
+        <v>158</v>
       </c>
       <c r="H12" t="s">
-        <v>171</v>
+        <v>159</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>160</v>
+      </c>
+      <c r="B2" t="s">
+        <v>161</v>
+      </c>
+      <c r="C2" t="s">
+        <v>162</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>163</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>164</v>
+      </c>
+      <c r="H2" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>160</v>
+      </c>
+      <c r="B3" t="s">
+        <v>166</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>167</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>168</v>
+      </c>
+      <c r="H3" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>160</v>
+      </c>
+      <c r="B4" t="s">
+        <v>170</v>
+      </c>
+      <c r="C4" t="s">
+        <v>171</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>172</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>173</v>
+      </c>
+      <c r="H4" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>160</v>
+      </c>
+      <c r="B5" t="s">
+        <v>175</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>176</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>177</v>
+      </c>
+      <c r="H5" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>160</v>
+      </c>
+      <c r="B6" t="s">
+        <v>179</v>
+      </c>
+      <c r="C6" t="s">
+        <v>180</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>181</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>182</v>
+      </c>
+      <c r="H6" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>160</v>
+      </c>
+      <c r="B7" t="s">
+        <v>184</v>
+      </c>
+      <c r="C7" t="s">
+        <v>185</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>181</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>186</v>
+      </c>
+      <c r="H7" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>160</v>
+      </c>
+      <c r="B8" t="s">
+        <v>188</v>
+      </c>
+      <c r="C8" t="s">
+        <v>189</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>190</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>191</v>
+      </c>
+      <c r="H8" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>160</v>
+      </c>
+      <c r="B9" t="s">
+        <v>193</v>
+      </c>
+      <c r="C9" t="s">
+        <v>194</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>195</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>196</v>
+      </c>
+      <c r="H9" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>160</v>
+      </c>
+      <c r="B10" t="s">
+        <v>198</v>
+      </c>
+      <c r="C10" t="s">
+        <v>199</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>200</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>201</v>
+      </c>
+      <c r="H10" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>160</v>
+      </c>
+      <c r="B11" t="s">
+        <v>203</v>
+      </c>
+      <c r="C11" t="s">
+        <v>204</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>205</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>206</v>
+      </c>
+      <c r="H11" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>160</v>
+      </c>
+      <c r="B12" t="s">
+        <v>208</v>
+      </c>
+      <c r="C12" t="s">
+        <v>209</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>210</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>211</v>
+      </c>
+      <c r="H12" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>160</v>
+      </c>
+      <c r="B13" t="s">
+        <v>213</v>
+      </c>
+      <c r="C13" t="s">
+        <v>214</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>215</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>216</v>
+      </c>
+      <c r="H13" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>160</v>
+      </c>
+      <c r="B14" t="s">
+        <v>218</v>
+      </c>
+      <c r="C14" t="s">
+        <v>219</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>220</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>221</v>
+      </c>
+      <c r="H14" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>160</v>
+      </c>
+      <c r="B15" t="s">
+        <v>223</v>
+      </c>
+      <c r="C15" t="s">
+        <v>224</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>225</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>226</v>
+      </c>
+      <c r="H15" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>160</v>
+      </c>
+      <c r="B16" t="s">
+        <v>228</v>
+      </c>
+      <c r="C16" t="s">
+        <v>229</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>230</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>231</v>
+      </c>
+      <c r="H16" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>160</v>
+      </c>
+      <c r="B17" t="s">
+        <v>233</v>
+      </c>
+      <c r="C17" t="s">
+        <v>234</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>235</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>236</v>
+      </c>
+      <c r="H17" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>160</v>
+      </c>
+      <c r="B18" t="s">
+        <v>238</v>
+      </c>
+      <c r="C18" t="s">
+        <v>239</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>240</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>241</v>
+      </c>
+      <c r="H18" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>160</v>
+      </c>
+      <c r="B19" t="s">
+        <v>243</v>
+      </c>
+      <c r="C19" t="s">
+        <v>244</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>245</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>246</v>
+      </c>
+      <c r="H19" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>160</v>
+      </c>
+      <c r="B20" t="s">
+        <v>248</v>
+      </c>
+      <c r="C20" t="s">
+        <v>249</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>250</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>251</v>
+      </c>
+      <c r="H20" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>160</v>
+      </c>
+      <c r="B21" t="s">
+        <v>253</v>
+      </c>
+      <c r="C21" t="s">
+        <v>254</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>255</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>256</v>
+      </c>
+      <c r="H21" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>160</v>
+      </c>
+      <c r="B22" t="s">
+        <v>258</v>
+      </c>
+      <c r="C22" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>259</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>260</v>
+      </c>
+      <c r="H22" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>160</v>
+      </c>
+      <c r="B23" t="s">
+        <v>262</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>263</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>264</v>
+      </c>
+      <c r="H23" t="s">
+        <v>265</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>172</v>
+        <v>266</v>
       </c>
       <c r="B2" t="s">
-        <v>173</v>
+        <v>9</v>
       </c>
       <c r="C2" t="s">
-        <v>174</v>
+        <v>267</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>175</v>
+        <v>268</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>176</v>
+        <v>269</v>
       </c>
       <c r="H2" t="s">
-        <v>177</v>
+        <v>270</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H74"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>178</v>
+        <v>271</v>
       </c>
       <c r="B2" t="s">
-        <v>179</v>
+        <v>272</v>
       </c>
       <c r="C2" t="s">
-        <v>180</v>
+        <v>273</v>
       </c>
       <c r="D2" t="s">
-        <v>181</v>
+        <v>274</v>
       </c>
       <c r="E2" t="s">
-        <v>182</v>
+        <v>275</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>183</v>
+        <v>276</v>
       </c>
       <c r="H2" t="s">
-        <v>184</v>
+        <v>277</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>178</v>
+        <v>271</v>
       </c>
       <c r="B3" t="s">
-        <v>185</v>
+        <v>278</v>
       </c>
       <c r="C3" t="s">
-        <v>186</v>
+        <v>279</v>
       </c>
       <c r="D3" t="s">
-        <v>187</v>
+        <v>280</v>
       </c>
       <c r="E3" t="s">
-        <v>188</v>
+        <v>281</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>189</v>
+        <v>282</v>
       </c>
       <c r="H3" t="s">
-        <v>190</v>
+        <v>283</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>178</v>
+        <v>271</v>
       </c>
       <c r="B4" t="s">
-        <v>191</v>
+        <v>284</v>
       </c>
       <c r="C4" t="s">
-        <v>192</v>
+        <v>285</v>
       </c>
       <c r="D4" t="s">
-        <v>193</v>
+        <v>286</v>
       </c>
       <c r="E4" t="s">
-        <v>194</v>
+        <v>287</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>195</v>
+        <v>288</v>
       </c>
       <c r="H4" t="s">
-        <v>196</v>
+        <v>289</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>178</v>
+        <v>271</v>
       </c>
       <c r="B5" t="s">
-        <v>197</v>
+        <v>290</v>
       </c>
       <c r="C5" t="s">
-        <v>198</v>
+        <v>291</v>
       </c>
       <c r="D5" t="s">
-        <v>199</v>
+        <v>292</v>
       </c>
       <c r="E5" t="s">
-        <v>200</v>
+        <v>293</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>201</v>
+        <v>294</v>
       </c>
       <c r="H5" t="s">
-        <v>202</v>
+        <v>295</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>178</v>
+        <v>271</v>
       </c>
       <c r="B6" t="s">
-        <v>197</v>
+        <v>296</v>
       </c>
       <c r="C6" t="s">
-        <v>198</v>
+        <v>297</v>
       </c>
       <c r="D6" t="s">
-        <v>203</v>
+        <v>298</v>
       </c>
       <c r="E6" t="s">
-        <v>204</v>
+        <v>299</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>205</v>
+        <v>300</v>
       </c>
       <c r="H6" t="s">
-        <v>206</v>
+        <v>301</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>178</v>
+        <v>271</v>
       </c>
       <c r="B7" t="s">
-        <v>207</v>
+        <v>302</v>
       </c>
       <c r="C7" t="s">
-        <v>208</v>
+        <v>303</v>
       </c>
       <c r="D7" t="s">
-        <v>209</v>
+        <v>304</v>
       </c>
       <c r="E7" t="s">
-        <v>210</v>
+        <v>305</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>211</v>
+        <v>306</v>
       </c>
       <c r="H7" t="s">
-        <v>212</v>
+        <v>307</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>178</v>
+        <v>271</v>
       </c>
       <c r="B8" t="s">
-        <v>213</v>
+        <v>308</v>
       </c>
       <c r="C8" t="s">
-        <v>214</v>
+        <v>309</v>
       </c>
       <c r="D8" t="s">
-        <v>215</v>
+        <v>133</v>
       </c>
       <c r="E8" t="s">
-        <v>216</v>
+        <v>310</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>217</v>
+        <v>311</v>
       </c>
       <c r="H8" t="s">
-        <v>218</v>
+        <v>312</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>271</v>
+      </c>
+      <c r="B9" t="s">
+        <v>313</v>
+      </c>
+      <c r="C9" t="s">
+        <v>314</v>
+      </c>
+      <c r="D9" t="s">
+        <v>315</v>
+      </c>
+      <c r="E9" t="s">
+        <v>316</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>317</v>
+      </c>
+      <c r="H9" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>271</v>
+      </c>
+      <c r="B10" t="s">
+        <v>319</v>
+      </c>
+      <c r="C10" t="s">
+        <v>320</v>
+      </c>
+      <c r="D10" t="s">
+        <v>321</v>
+      </c>
+      <c r="E10" t="s">
+        <v>322</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>323</v>
+      </c>
+      <c r="H10" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>271</v>
+      </c>
+      <c r="B11" t="s">
+        <v>325</v>
+      </c>
+      <c r="C11" t="s">
+        <v>326</v>
+      </c>
+      <c r="D11" t="s">
+        <v>327</v>
+      </c>
+      <c r="E11" t="s">
+        <v>328</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>329</v>
+      </c>
+      <c r="H11" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>271</v>
+      </c>
+      <c r="B12" t="s">
+        <v>331</v>
+      </c>
+      <c r="C12" t="s">
+        <v>332</v>
+      </c>
+      <c r="D12" t="s">
+        <v>333</v>
+      </c>
+      <c r="E12" t="s">
+        <v>334</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>335</v>
+      </c>
+      <c r="H12" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>271</v>
+      </c>
+      <c r="B13" t="s">
+        <v>337</v>
+      </c>
+      <c r="C13" t="s">
+        <v>338</v>
+      </c>
+      <c r="D13" t="s">
+        <v>339</v>
+      </c>
+      <c r="E13" t="s">
+        <v>340</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>341</v>
+      </c>
+      <c r="H13" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>271</v>
+      </c>
+      <c r="B14" t="s">
+        <v>343</v>
+      </c>
+      <c r="C14" t="s">
+        <v>344</v>
+      </c>
+      <c r="D14" t="s">
+        <v>345</v>
+      </c>
+      <c r="E14" t="s">
+        <v>346</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>347</v>
+      </c>
+      <c r="H14" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>271</v>
+      </c>
+      <c r="B15" t="s">
+        <v>349</v>
+      </c>
+      <c r="C15" t="s">
+        <v>350</v>
+      </c>
+      <c r="D15" t="s">
+        <v>351</v>
+      </c>
+      <c r="E15" t="s">
+        <v>352</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>353</v>
+      </c>
+      <c r="H15" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>271</v>
+      </c>
+      <c r="B16" t="s">
+        <v>355</v>
+      </c>
+      <c r="C16" t="s">
+        <v>356</v>
+      </c>
+      <c r="D16" t="s">
+        <v>357</v>
+      </c>
+      <c r="E16" t="s">
+        <v>358</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>359</v>
+      </c>
+      <c r="H16" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>271</v>
+      </c>
+      <c r="B17" t="s">
+        <v>361</v>
+      </c>
+      <c r="C17" t="s">
+        <v>362</v>
+      </c>
+      <c r="D17" t="s">
+        <v>363</v>
+      </c>
+      <c r="E17" t="s">
+        <v>364</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>365</v>
+      </c>
+      <c r="H17" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>271</v>
+      </c>
+      <c r="B18" t="s">
+        <v>367</v>
+      </c>
+      <c r="C18" t="s">
+        <v>368</v>
+      </c>
+      <c r="D18" t="s">
+        <v>369</v>
+      </c>
+      <c r="E18" t="s">
+        <v>370</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>371</v>
+      </c>
+      <c r="H18" t="s">
+        <v>372</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>271</v>
+      </c>
+      <c r="B19" t="s">
+        <v>373</v>
+      </c>
+      <c r="C19" t="s">
+        <v>374</v>
+      </c>
+      <c r="D19" t="s">
+        <v>375</v>
+      </c>
+      <c r="E19" t="s">
+        <v>376</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>377</v>
+      </c>
+      <c r="H19" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>271</v>
+      </c>
+      <c r="B20" t="s">
+        <v>379</v>
+      </c>
+      <c r="C20" t="s">
+        <v>380</v>
+      </c>
+      <c r="D20" t="s">
+        <v>375</v>
+      </c>
+      <c r="E20" t="s">
+        <v>381</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>382</v>
+      </c>
+      <c r="H20" t="s">
+        <v>383</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>271</v>
+      </c>
+      <c r="B21" t="s">
+        <v>384</v>
+      </c>
+      <c r="C21" t="s">
+        <v>385</v>
+      </c>
+      <c r="D21" t="s">
+        <v>386</v>
+      </c>
+      <c r="E21" t="s">
+        <v>387</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>388</v>
+      </c>
+      <c r="H21" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>271</v>
+      </c>
+      <c r="B22" t="s">
+        <v>390</v>
+      </c>
+      <c r="C22" t="s">
+        <v>391</v>
+      </c>
+      <c r="D22" t="s">
+        <v>392</v>
+      </c>
+      <c r="E22" t="s">
+        <v>393</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>394</v>
+      </c>
+      <c r="H22" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>271</v>
+      </c>
+      <c r="B23" t="s">
+        <v>396</v>
+      </c>
+      <c r="C23" t="s">
+        <v>397</v>
+      </c>
+      <c r="D23" t="s">
+        <v>398</v>
+      </c>
+      <c r="E23" t="s">
+        <v>399</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>400</v>
+      </c>
+      <c r="H23" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>271</v>
+      </c>
+      <c r="B24" t="s">
+        <v>402</v>
+      </c>
+      <c r="C24" t="s">
+        <v>403</v>
+      </c>
+      <c r="D24" t="s">
+        <v>404</v>
+      </c>
+      <c r="E24" t="s">
+        <v>405</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>406</v>
+      </c>
+      <c r="H24" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>271</v>
+      </c>
+      <c r="B25" t="s">
+        <v>408</v>
+      </c>
+      <c r="C25" t="s">
+        <v>11</v>
+      </c>
+      <c r="D25" t="s">
+        <v>409</v>
+      </c>
+      <c r="E25" t="s">
+        <v>410</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>411</v>
+      </c>
+      <c r="H25" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>271</v>
+      </c>
+      <c r="B26" t="s">
+        <v>413</v>
+      </c>
+      <c r="C26" t="s">
+        <v>414</v>
+      </c>
+      <c r="D26" t="s">
+        <v>415</v>
+      </c>
+      <c r="E26" t="s">
+        <v>416</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>417</v>
+      </c>
+      <c r="H26" t="s">
+        <v>418</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>271</v>
+      </c>
+      <c r="B27" t="s">
+        <v>419</v>
+      </c>
+      <c r="C27" t="s">
+        <v>420</v>
+      </c>
+      <c r="D27" t="s">
+        <v>421</v>
+      </c>
+      <c r="E27" t="s">
+        <v>422</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>423</v>
+      </c>
+      <c r="H27" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>271</v>
+      </c>
+      <c r="B28" t="s">
+        <v>425</v>
+      </c>
+      <c r="C28" t="s">
+        <v>426</v>
+      </c>
+      <c r="D28" t="s">
+        <v>427</v>
+      </c>
+      <c r="E28" t="s">
+        <v>428</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>429</v>
+      </c>
+      <c r="H28" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>271</v>
+      </c>
+      <c r="B29" t="s">
+        <v>431</v>
+      </c>
+      <c r="C29" t="s">
+        <v>432</v>
+      </c>
+      <c r="D29" t="s">
+        <v>433</v>
+      </c>
+      <c r="E29" t="s">
+        <v>434</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>435</v>
+      </c>
+      <c r="H29" t="s">
+        <v>436</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>271</v>
+      </c>
+      <c r="B30" t="s">
+        <v>437</v>
+      </c>
+      <c r="C30" t="s">
+        <v>438</v>
+      </c>
+      <c r="D30" t="s">
+        <v>439</v>
+      </c>
+      <c r="E30" t="s">
+        <v>440</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>441</v>
+      </c>
+      <c r="H30" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>271</v>
+      </c>
+      <c r="B31" t="s">
+        <v>443</v>
+      </c>
+      <c r="C31" t="s">
+        <v>444</v>
+      </c>
+      <c r="D31" t="s">
+        <v>445</v>
+      </c>
+      <c r="E31" t="s">
+        <v>446</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>447</v>
+      </c>
+      <c r="H31" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>271</v>
+      </c>
+      <c r="B32" t="s">
+        <v>449</v>
+      </c>
+      <c r="C32" t="s">
+        <v>450</v>
+      </c>
+      <c r="D32" t="s">
+        <v>445</v>
+      </c>
+      <c r="E32" t="s">
+        <v>451</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>452</v>
+      </c>
+      <c r="H32" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>271</v>
+      </c>
+      <c r="B33" t="s">
+        <v>454</v>
+      </c>
+      <c r="C33" t="s">
+        <v>455</v>
+      </c>
+      <c r="D33" t="s">
+        <v>456</v>
+      </c>
+      <c r="E33" t="s">
+        <v>457</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>458</v>
+      </c>
+      <c r="H33" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>271</v>
+      </c>
+      <c r="B34" t="s">
+        <v>460</v>
+      </c>
+      <c r="C34" t="s">
+        <v>461</v>
+      </c>
+      <c r="D34" t="s">
+        <v>462</v>
+      </c>
+      <c r="E34" t="s">
+        <v>463</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>464</v>
+      </c>
+      <c r="H34" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>271</v>
+      </c>
+      <c r="B35" t="s">
+        <v>466</v>
+      </c>
+      <c r="C35" t="s">
+        <v>467</v>
+      </c>
+      <c r="D35" t="s">
+        <v>468</v>
+      </c>
+      <c r="E35" t="s">
+        <v>469</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>470</v>
+      </c>
+      <c r="H35" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>271</v>
+      </c>
+      <c r="B36" t="s">
+        <v>472</v>
+      </c>
+      <c r="C36" t="s">
+        <v>473</v>
+      </c>
+      <c r="D36" t="s">
+        <v>474</v>
+      </c>
+      <c r="E36" t="s">
+        <v>475</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>476</v>
+      </c>
+      <c r="H36" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>271</v>
+      </c>
+      <c r="B37" t="s">
+        <v>478</v>
+      </c>
+      <c r="C37" t="s">
+        <v>479</v>
+      </c>
+      <c r="D37" t="s">
+        <v>474</v>
+      </c>
+      <c r="E37" t="s">
+        <v>480</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>481</v>
+      </c>
+      <c r="H37" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>271</v>
+      </c>
+      <c r="B38" t="s">
+        <v>483</v>
+      </c>
+      <c r="C38" t="s">
+        <v>484</v>
+      </c>
+      <c r="D38" t="s">
+        <v>485</v>
+      </c>
+      <c r="E38" t="s">
+        <v>486</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>487</v>
+      </c>
+      <c r="H38" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>271</v>
+      </c>
+      <c r="B39" t="s">
+        <v>489</v>
+      </c>
+      <c r="C39" t="s">
+        <v>490</v>
+      </c>
+      <c r="D39" t="s">
+        <v>491</v>
+      </c>
+      <c r="E39" t="s">
+        <v>492</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>493</v>
+      </c>
+      <c r="H39" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>271</v>
+      </c>
+      <c r="B40" t="s">
+        <v>495</v>
+      </c>
+      <c r="C40" t="s">
+        <v>496</v>
+      </c>
+      <c r="D40" t="s">
+        <v>497</v>
+      </c>
+      <c r="E40" t="s">
+        <v>498</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>499</v>
+      </c>
+      <c r="H40" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>271</v>
+      </c>
+      <c r="B41" t="s">
+        <v>501</v>
+      </c>
+      <c r="C41" t="s">
+        <v>502</v>
+      </c>
+      <c r="D41" t="s">
+        <v>503</v>
+      </c>
+      <c r="E41" t="s">
+        <v>504</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>505</v>
+      </c>
+      <c r="H41" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>271</v>
+      </c>
+      <c r="B42" t="s">
+        <v>507</v>
+      </c>
+      <c r="C42" t="s">
+        <v>508</v>
+      </c>
+      <c r="D42" t="s">
+        <v>497</v>
+      </c>
+      <c r="E42" t="s">
+        <v>509</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>510</v>
+      </c>
+      <c r="H42" t="s">
+        <v>511</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>271</v>
+      </c>
+      <c r="B43" t="s">
+        <v>512</v>
+      </c>
+      <c r="C43" t="s">
+        <v>513</v>
+      </c>
+      <c r="D43" t="s">
+        <v>514</v>
+      </c>
+      <c r="E43" t="s">
+        <v>515</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>516</v>
+      </c>
+      <c r="H43" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>271</v>
+      </c>
+      <c r="B44" t="s">
+        <v>518</v>
+      </c>
+      <c r="C44" t="s">
+        <v>519</v>
+      </c>
+      <c r="D44" t="s">
+        <v>520</v>
+      </c>
+      <c r="E44" t="s">
+        <v>521</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>522</v>
+      </c>
+      <c r="H44" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>271</v>
+      </c>
+      <c r="B45" t="s">
+        <v>524</v>
+      </c>
+      <c r="C45" t="s">
+        <v>525</v>
+      </c>
+      <c r="D45" t="s">
+        <v>526</v>
+      </c>
+      <c r="E45" t="s">
+        <v>527</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>528</v>
+      </c>
+      <c r="H45" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>271</v>
+      </c>
+      <c r="B46" t="s">
+        <v>530</v>
+      </c>
+      <c r="C46" t="s">
+        <v>531</v>
+      </c>
+      <c r="D46" t="s">
+        <v>532</v>
+      </c>
+      <c r="E46" t="s">
+        <v>533</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>534</v>
+      </c>
+      <c r="H46" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>271</v>
+      </c>
+      <c r="B47" t="s">
+        <v>536</v>
+      </c>
+      <c r="C47" t="s">
+        <v>537</v>
+      </c>
+      <c r="D47" t="s">
+        <v>538</v>
+      </c>
+      <c r="E47" t="s">
+        <v>539</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>540</v>
+      </c>
+      <c r="H47" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>271</v>
+      </c>
+      <c r="B48" t="s">
+        <v>542</v>
+      </c>
+      <c r="C48" t="s">
+        <v>543</v>
+      </c>
+      <c r="D48" t="s">
+        <v>544</v>
+      </c>
+      <c r="E48" t="s">
+        <v>545</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>546</v>
+      </c>
+      <c r="H48" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>271</v>
+      </c>
+      <c r="B49" t="s">
+        <v>548</v>
+      </c>
+      <c r="C49" t="s">
+        <v>549</v>
+      </c>
+      <c r="D49" t="s">
+        <v>550</v>
+      </c>
+      <c r="E49" t="s">
+        <v>515</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>551</v>
+      </c>
+      <c r="H49" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>271</v>
+      </c>
+      <c r="B50" t="s">
+        <v>553</v>
+      </c>
+      <c r="C50" t="s">
+        <v>554</v>
+      </c>
+      <c r="D50" t="s">
+        <v>555</v>
+      </c>
+      <c r="E50" t="s">
+        <v>556</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>557</v>
+      </c>
+      <c r="H50" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>271</v>
+      </c>
+      <c r="B51" t="s">
+        <v>559</v>
+      </c>
+      <c r="C51" t="s">
+        <v>560</v>
+      </c>
+      <c r="D51" t="s">
+        <v>561</v>
+      </c>
+      <c r="E51" t="s">
+        <v>562</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>563</v>
+      </c>
+      <c r="H51" t="s">
+        <v>564</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>271</v>
+      </c>
+      <c r="B52" t="s">
+        <v>565</v>
+      </c>
+      <c r="C52" t="s">
+        <v>566</v>
+      </c>
+      <c r="D52" t="s">
+        <v>567</v>
+      </c>
+      <c r="E52" t="s">
+        <v>568</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>569</v>
+      </c>
+      <c r="H52" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>271</v>
+      </c>
+      <c r="B53" t="s">
+        <v>571</v>
+      </c>
+      <c r="C53" t="s">
+        <v>572</v>
+      </c>
+      <c r="D53" t="s">
+        <v>573</v>
+      </c>
+      <c r="E53" t="s">
+        <v>574</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>575</v>
+      </c>
+      <c r="H53" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>271</v>
+      </c>
+      <c r="B54" t="s">
+        <v>577</v>
+      </c>
+      <c r="C54" t="s">
+        <v>578</v>
+      </c>
+      <c r="D54" t="s">
+        <v>579</v>
+      </c>
+      <c r="E54" t="s">
+        <v>580</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>581</v>
+      </c>
+      <c r="H54" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>271</v>
+      </c>
+      <c r="B55" t="s">
+        <v>583</v>
+      </c>
+      <c r="C55" t="s">
+        <v>584</v>
+      </c>
+      <c r="D55" t="s">
+        <v>585</v>
+      </c>
+      <c r="E55" t="s">
+        <v>586</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>587</v>
+      </c>
+      <c r="H55" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>271</v>
+      </c>
+      <c r="B56" t="s">
+        <v>589</v>
+      </c>
+      <c r="C56" t="s">
+        <v>590</v>
+      </c>
+      <c r="D56" t="s">
+        <v>591</v>
+      </c>
+      <c r="E56" t="s">
+        <v>592</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>593</v>
+      </c>
+      <c r="H56" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>271</v>
+      </c>
+      <c r="B57" t="s">
+        <v>595</v>
+      </c>
+      <c r="C57" t="s">
+        <v>596</v>
+      </c>
+      <c r="D57" t="s">
+        <v>597</v>
+      </c>
+      <c r="E57" t="s">
+        <v>598</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>599</v>
+      </c>
+      <c r="H57" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>271</v>
+      </c>
+      <c r="B58" t="s">
+        <v>601</v>
+      </c>
+      <c r="C58" t="s">
+        <v>602</v>
+      </c>
+      <c r="D58" t="s">
+        <v>603</v>
+      </c>
+      <c r="E58" t="s">
+        <v>604</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>605</v>
+      </c>
+      <c r="H58" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>271</v>
+      </c>
+      <c r="B59" t="s">
+        <v>607</v>
+      </c>
+      <c r="C59" t="s">
+        <v>608</v>
+      </c>
+      <c r="D59" t="s">
+        <v>609</v>
+      </c>
+      <c r="E59" t="s">
+        <v>610</v>
+      </c>
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
+        <v>611</v>
+      </c>
+      <c r="H59" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>271</v>
+      </c>
+      <c r="B60" t="s">
+        <v>613</v>
+      </c>
+      <c r="C60" t="s">
+        <v>614</v>
+      </c>
+      <c r="D60" t="s">
+        <v>615</v>
+      </c>
+      <c r="E60" t="s">
+        <v>616</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>617</v>
+      </c>
+      <c r="H60" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>271</v>
+      </c>
+      <c r="B61" t="s">
+        <v>619</v>
+      </c>
+      <c r="C61" t="s">
+        <v>620</v>
+      </c>
+      <c r="D61" t="s">
+        <v>621</v>
+      </c>
+      <c r="E61" t="s">
+        <v>622</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>623</v>
+      </c>
+      <c r="H61" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>271</v>
+      </c>
+      <c r="B62" t="s">
+        <v>625</v>
+      </c>
+      <c r="C62" t="s">
+        <v>626</v>
+      </c>
+      <c r="D62" t="s">
+        <v>627</v>
+      </c>
+      <c r="E62" t="s">
+        <v>628</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>629</v>
+      </c>
+      <c r="H62" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>271</v>
+      </c>
+      <c r="B63" t="s">
+        <v>631</v>
+      </c>
+      <c r="C63" t="s">
+        <v>632</v>
+      </c>
+      <c r="D63" t="s">
+        <v>633</v>
+      </c>
+      <c r="E63" t="s">
+        <v>634</v>
+      </c>
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
+        <v>635</v>
+      </c>
+      <c r="H63" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>271</v>
+      </c>
+      <c r="B64" t="s">
+        <v>637</v>
+      </c>
+      <c r="C64" t="s">
+        <v>638</v>
+      </c>
+      <c r="D64" t="s">
+        <v>639</v>
+      </c>
+      <c r="E64" t="s">
+        <v>640</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
+        <v>641</v>
+      </c>
+      <c r="H64" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>271</v>
+      </c>
+      <c r="B65" t="s">
+        <v>643</v>
+      </c>
+      <c r="C65" t="s">
+        <v>644</v>
+      </c>
+      <c r="D65" t="s">
+        <v>645</v>
+      </c>
+      <c r="E65" t="s">
+        <v>646</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
+        <v>647</v>
+      </c>
+      <c r="H65" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>271</v>
+      </c>
+      <c r="B66" t="s">
+        <v>649</v>
+      </c>
+      <c r="C66" t="s">
+        <v>650</v>
+      </c>
+      <c r="D66" t="s">
+        <v>651</v>
+      </c>
+      <c r="E66" t="s">
+        <v>652</v>
+      </c>
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>653</v>
+      </c>
+      <c r="H66" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>271</v>
+      </c>
+      <c r="B67" t="s">
+        <v>655</v>
+      </c>
+      <c r="C67" t="s">
+        <v>656</v>
+      </c>
+      <c r="D67" t="s">
+        <v>657</v>
+      </c>
+      <c r="E67" t="s">
+        <v>658</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>659</v>
+      </c>
+      <c r="H67" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>271</v>
+      </c>
+      <c r="B68" t="s">
+        <v>661</v>
+      </c>
+      <c r="C68" t="s">
+        <v>662</v>
+      </c>
+      <c r="D68" t="s">
+        <v>657</v>
+      </c>
+      <c r="E68" t="s">
+        <v>658</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
+        <v>663</v>
+      </c>
+      <c r="H68" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>271</v>
+      </c>
+      <c r="B69" t="s">
+        <v>665</v>
+      </c>
+      <c r="C69" t="s">
+        <v>666</v>
+      </c>
+      <c r="D69" t="s">
+        <v>667</v>
+      </c>
+      <c r="E69" t="s">
+        <v>668</v>
+      </c>
+      <c r="F69" t="s">
+        <v>11</v>
+      </c>
+      <c r="G69" t="s">
+        <v>669</v>
+      </c>
+      <c r="H69" t="s">
+        <v>670</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>271</v>
+      </c>
+      <c r="B70" t="s">
+        <v>671</v>
+      </c>
+      <c r="C70" t="s">
+        <v>672</v>
+      </c>
+      <c r="D70" t="s">
+        <v>673</v>
+      </c>
+      <c r="E70" t="s">
+        <v>673</v>
+      </c>
+      <c r="F70" t="s">
+        <v>11</v>
+      </c>
+      <c r="G70" t="s">
+        <v>674</v>
+      </c>
+      <c r="H70" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>271</v>
+      </c>
+      <c r="B71" t="s">
+        <v>676</v>
+      </c>
+      <c r="C71" t="s">
+        <v>677</v>
+      </c>
+      <c r="D71" t="s">
+        <v>678</v>
+      </c>
+      <c r="E71" t="s">
+        <v>679</v>
+      </c>
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
+        <v>680</v>
+      </c>
+      <c r="H71" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>271</v>
+      </c>
+      <c r="B72" t="s">
+        <v>682</v>
+      </c>
+      <c r="C72" t="s">
+        <v>683</v>
+      </c>
+      <c r="D72" t="s">
+        <v>684</v>
+      </c>
+      <c r="E72" t="s">
+        <v>685</v>
+      </c>
+      <c r="F72" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" t="s">
+        <v>686</v>
+      </c>
+      <c r="H72" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>271</v>
+      </c>
+      <c r="B73" t="s">
+        <v>688</v>
+      </c>
+      <c r="C73" t="s">
+        <v>689</v>
+      </c>
+      <c r="D73" t="s">
+        <v>690</v>
+      </c>
+      <c r="E73" t="s">
+        <v>691</v>
+      </c>
+      <c r="F73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" t="s">
+        <v>692</v>
+      </c>
+      <c r="H73" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>271</v>
+      </c>
+      <c r="B74" t="s">
+        <v>694</v>
+      </c>
+      <c r="C74" t="s">
+        <v>695</v>
+      </c>
+      <c r="D74" t="s">
+        <v>696</v>
+      </c>
+      <c r="E74" t="s">
+        <v>697</v>
+      </c>
+      <c r="F74" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" t="s">
+        <v>698</v>
+      </c>
+      <c r="H74" t="s">
+        <v>699</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H68"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>219</v>
+        <v>700</v>
       </c>
       <c r="B2" t="s">
-        <v>220</v>
+        <v>701</v>
       </c>
       <c r="C2" t="s">
-        <v>221</v>
+        <v>702</v>
       </c>
       <c r="D2" t="s">
-        <v>222</v>
+        <v>421</v>
       </c>
       <c r="E2" t="s">
-        <v>223</v>
+        <v>703</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>224</v>
+        <v>704</v>
       </c>
       <c r="H2" t="s">
-        <v>225</v>
+        <v>705</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>219</v>
+        <v>700</v>
       </c>
       <c r="B3" t="s">
-        <v>226</v>
+        <v>706</v>
       </c>
       <c r="C3" t="s">
-        <v>227</v>
+        <v>707</v>
       </c>
       <c r="D3" t="s">
-        <v>228</v>
+        <v>708</v>
       </c>
       <c r="E3" t="s">
-        <v>229</v>
+        <v>709</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>230</v>
+        <v>710</v>
       </c>
       <c r="H3" t="s">
-        <v>231</v>
+        <v>711</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>700</v>
+      </c>
+      <c r="B4" t="s">
+        <v>712</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>286</v>
+      </c>
+      <c r="E4" t="s">
+        <v>713</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>714</v>
+      </c>
+      <c r="H4" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>700</v>
+      </c>
+      <c r="B5" t="s">
+        <v>716</v>
+      </c>
+      <c r="C5" t="s">
+        <v>717</v>
+      </c>
+      <c r="D5" t="s">
+        <v>718</v>
+      </c>
+      <c r="E5" t="s">
+        <v>719</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>720</v>
+      </c>
+      <c r="H5" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>700</v>
+      </c>
+      <c r="B6" t="s">
+        <v>722</v>
+      </c>
+      <c r="C6" t="s">
+        <v>723</v>
+      </c>
+      <c r="D6" t="s">
+        <v>724</v>
+      </c>
+      <c r="E6" t="s">
+        <v>725</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>726</v>
+      </c>
+      <c r="H6" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>700</v>
+      </c>
+      <c r="B7" t="s">
+        <v>728</v>
+      </c>
+      <c r="C7" t="s">
+        <v>729</v>
+      </c>
+      <c r="D7" t="s">
+        <v>730</v>
+      </c>
+      <c r="E7" t="s">
+        <v>731</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>732</v>
+      </c>
+      <c r="H7" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>700</v>
+      </c>
+      <c r="B8" t="s">
+        <v>734</v>
+      </c>
+      <c r="C8" t="s">
+        <v>11</v>
+      </c>
+      <c r="D8" t="s">
+        <v>735</v>
+      </c>
+      <c r="E8" t="s">
+        <v>736</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>737</v>
+      </c>
+      <c r="H8" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>700</v>
+      </c>
+      <c r="B9" t="s">
+        <v>739</v>
+      </c>
+      <c r="C9" t="s">
+        <v>740</v>
+      </c>
+      <c r="D9" t="s">
+        <v>741</v>
+      </c>
+      <c r="E9" t="s">
+        <v>742</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>743</v>
+      </c>
+      <c r="H9" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>700</v>
+      </c>
+      <c r="B10" t="s">
+        <v>745</v>
+      </c>
+      <c r="C10" t="s">
+        <v>746</v>
+      </c>
+      <c r="D10" t="s">
+        <v>747</v>
+      </c>
+      <c r="E10" t="s">
+        <v>748</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>749</v>
+      </c>
+      <c r="H10" t="s">
+        <v>750</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>700</v>
+      </c>
+      <c r="B11" t="s">
+        <v>751</v>
+      </c>
+      <c r="C11" t="s">
+        <v>752</v>
+      </c>
+      <c r="D11" t="s">
+        <v>753</v>
+      </c>
+      <c r="E11" t="s">
+        <v>754</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>755</v>
+      </c>
+      <c r="H11" t="s">
+        <v>756</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>700</v>
+      </c>
+      <c r="B12" t="s">
+        <v>757</v>
+      </c>
+      <c r="C12" t="s">
+        <v>758</v>
+      </c>
+      <c r="D12" t="s">
+        <v>759</v>
+      </c>
+      <c r="E12" t="s">
+        <v>760</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>761</v>
+      </c>
+      <c r="H12" t="s">
+        <v>762</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>700</v>
+      </c>
+      <c r="B13" t="s">
+        <v>763</v>
+      </c>
+      <c r="C13" t="s">
+        <v>764</v>
+      </c>
+      <c r="D13" t="s">
+        <v>765</v>
+      </c>
+      <c r="E13" t="s">
+        <v>766</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>767</v>
+      </c>
+      <c r="H13" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>700</v>
+      </c>
+      <c r="B14" t="s">
+        <v>769</v>
+      </c>
+      <c r="C14" t="s">
+        <v>770</v>
+      </c>
+      <c r="D14" t="s">
+        <v>771</v>
+      </c>
+      <c r="E14" t="s">
+        <v>772</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>773</v>
+      </c>
+      <c r="H14" t="s">
+        <v>774</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>700</v>
+      </c>
+      <c r="B15" t="s">
+        <v>775</v>
+      </c>
+      <c r="C15" t="s">
+        <v>770</v>
+      </c>
+      <c r="D15" t="s">
+        <v>776</v>
+      </c>
+      <c r="E15" t="s">
+        <v>777</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>778</v>
+      </c>
+      <c r="H15" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>700</v>
+      </c>
+      <c r="B16" t="s">
+        <v>780</v>
+      </c>
+      <c r="C16" t="s">
+        <v>11</v>
+      </c>
+      <c r="D16" t="s">
+        <v>781</v>
+      </c>
+      <c r="E16" t="s">
+        <v>782</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>783</v>
+      </c>
+      <c r="H16" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>700</v>
+      </c>
+      <c r="B17" t="s">
+        <v>785</v>
+      </c>
+      <c r="C17" t="s">
+        <v>786</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>787</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>788</v>
+      </c>
+      <c r="H17" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>700</v>
+      </c>
+      <c r="B18" t="s">
+        <v>790</v>
+      </c>
+      <c r="C18" t="s">
+        <v>791</v>
+      </c>
+      <c r="D18" t="s">
+        <v>792</v>
+      </c>
+      <c r="E18" t="s">
+        <v>793</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>794</v>
+      </c>
+      <c r="H18" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>700</v>
+      </c>
+      <c r="B19" t="s">
+        <v>796</v>
+      </c>
+      <c r="C19" t="s">
+        <v>797</v>
+      </c>
+      <c r="D19" t="s">
+        <v>798</v>
+      </c>
+      <c r="E19" t="s">
+        <v>799</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>800</v>
+      </c>
+      <c r="H19" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>700</v>
+      </c>
+      <c r="B20" t="s">
+        <v>802</v>
+      </c>
+      <c r="C20" t="s">
+        <v>803</v>
+      </c>
+      <c r="D20" t="s">
+        <v>804</v>
+      </c>
+      <c r="E20" t="s">
+        <v>805</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>806</v>
+      </c>
+      <c r="H20" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>700</v>
+      </c>
+      <c r="B21" t="s">
+        <v>808</v>
+      </c>
+      <c r="C21" t="s">
+        <v>809</v>
+      </c>
+      <c r="D21" t="s">
+        <v>810</v>
+      </c>
+      <c r="E21" t="s">
+        <v>811</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>812</v>
+      </c>
+      <c r="H21" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>700</v>
+      </c>
+      <c r="B22" t="s">
+        <v>814</v>
+      </c>
+      <c r="C22" t="s">
+        <v>815</v>
+      </c>
+      <c r="D22" t="s">
+        <v>816</v>
+      </c>
+      <c r="E22" t="s">
+        <v>817</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>818</v>
+      </c>
+      <c r="H22" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>700</v>
+      </c>
+      <c r="B23" t="s">
+        <v>820</v>
+      </c>
+      <c r="C23" t="s">
+        <v>821</v>
+      </c>
+      <c r="D23" t="s">
+        <v>822</v>
+      </c>
+      <c r="E23" t="s">
+        <v>823</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>824</v>
+      </c>
+      <c r="H23" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>700</v>
+      </c>
+      <c r="B24" t="s">
+        <v>826</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>827</v>
+      </c>
+      <c r="E24" t="s">
+        <v>828</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>829</v>
+      </c>
+      <c r="H24" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>700</v>
+      </c>
+      <c r="B25" t="s">
+        <v>831</v>
+      </c>
+      <c r="C25" t="s">
+        <v>832</v>
+      </c>
+      <c r="D25" t="s">
+        <v>833</v>
+      </c>
+      <c r="E25" t="s">
+        <v>834</v>
+      </c>
+      <c r="F25" t="s">
+        <v>11</v>
+      </c>
+      <c r="G25" t="s">
+        <v>835</v>
+      </c>
+      <c r="H25" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>700</v>
+      </c>
+      <c r="B26" t="s">
+        <v>837</v>
+      </c>
+      <c r="C26" t="s">
+        <v>838</v>
+      </c>
+      <c r="D26" t="s">
+        <v>156</v>
+      </c>
+      <c r="E26" t="s">
+        <v>839</v>
+      </c>
+      <c r="F26" t="s">
+        <v>11</v>
+      </c>
+      <c r="G26" t="s">
+        <v>840</v>
+      </c>
+      <c r="H26" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>700</v>
+      </c>
+      <c r="B27" t="s">
+        <v>842</v>
+      </c>
+      <c r="C27" t="s">
+        <v>843</v>
+      </c>
+      <c r="D27" t="s">
+        <v>156</v>
+      </c>
+      <c r="E27" t="s">
+        <v>844</v>
+      </c>
+      <c r="F27" t="s">
+        <v>11</v>
+      </c>
+      <c r="G27" t="s">
+        <v>845</v>
+      </c>
+      <c r="H27" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>700</v>
+      </c>
+      <c r="B28" t="s">
+        <v>847</v>
+      </c>
+      <c r="C28" t="s">
+        <v>848</v>
+      </c>
+      <c r="D28" t="s">
+        <v>849</v>
+      </c>
+      <c r="E28" t="s">
+        <v>850</v>
+      </c>
+      <c r="F28" t="s">
+        <v>11</v>
+      </c>
+      <c r="G28" t="s">
+        <v>851</v>
+      </c>
+      <c r="H28" t="s">
+        <v>852</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>700</v>
+      </c>
+      <c r="B29" t="s">
+        <v>853</v>
+      </c>
+      <c r="C29" t="s">
+        <v>854</v>
+      </c>
+      <c r="D29" t="s">
+        <v>855</v>
+      </c>
+      <c r="E29" t="s">
+        <v>856</v>
+      </c>
+      <c r="F29" t="s">
+        <v>11</v>
+      </c>
+      <c r="G29" t="s">
+        <v>857</v>
+      </c>
+      <c r="H29" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>700</v>
+      </c>
+      <c r="B30" t="s">
+        <v>859</v>
+      </c>
+      <c r="C30" t="s">
+        <v>860</v>
+      </c>
+      <c r="D30" t="s">
+        <v>392</v>
+      </c>
+      <c r="E30" t="s">
+        <v>861</v>
+      </c>
+      <c r="F30" t="s">
+        <v>11</v>
+      </c>
+      <c r="G30" t="s">
+        <v>862</v>
+      </c>
+      <c r="H30" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>700</v>
+      </c>
+      <c r="B31" t="s">
+        <v>864</v>
+      </c>
+      <c r="C31" t="s">
+        <v>865</v>
+      </c>
+      <c r="D31" t="s">
+        <v>866</v>
+      </c>
+      <c r="E31" t="s">
+        <v>867</v>
+      </c>
+      <c r="F31" t="s">
+        <v>11</v>
+      </c>
+      <c r="G31" t="s">
+        <v>868</v>
+      </c>
+      <c r="H31" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>700</v>
+      </c>
+      <c r="B32" t="s">
+        <v>870</v>
+      </c>
+      <c r="C32" t="s">
+        <v>871</v>
+      </c>
+      <c r="D32" t="s">
+        <v>872</v>
+      </c>
+      <c r="E32" t="s">
+        <v>873</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
+        <v>874</v>
+      </c>
+      <c r="H32" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>700</v>
+      </c>
+      <c r="B33" t="s">
+        <v>876</v>
+      </c>
+      <c r="C33" t="s">
+        <v>877</v>
+      </c>
+      <c r="D33" t="s">
+        <v>878</v>
+      </c>
+      <c r="E33" t="s">
+        <v>879</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>880</v>
+      </c>
+      <c r="H33" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>700</v>
+      </c>
+      <c r="B34" t="s">
+        <v>882</v>
+      </c>
+      <c r="C34" t="s">
+        <v>883</v>
+      </c>
+      <c r="D34" t="s">
+        <v>884</v>
+      </c>
+      <c r="E34" t="s">
+        <v>885</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>886</v>
+      </c>
+      <c r="H34" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>700</v>
+      </c>
+      <c r="B35" t="s">
+        <v>888</v>
+      </c>
+      <c r="C35" t="s">
+        <v>889</v>
+      </c>
+      <c r="D35" t="s">
+        <v>890</v>
+      </c>
+      <c r="E35" t="s">
+        <v>891</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>892</v>
+      </c>
+      <c r="H35" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>700</v>
+      </c>
+      <c r="B36" t="s">
+        <v>894</v>
+      </c>
+      <c r="C36" t="s">
+        <v>895</v>
+      </c>
+      <c r="D36" t="s">
+        <v>896</v>
+      </c>
+      <c r="E36" t="s">
+        <v>896</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>897</v>
+      </c>
+      <c r="H36" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>700</v>
+      </c>
+      <c r="B37" t="s">
+        <v>899</v>
+      </c>
+      <c r="C37" t="s">
+        <v>900</v>
+      </c>
+      <c r="D37" t="s">
+        <v>901</v>
+      </c>
+      <c r="E37" t="s">
+        <v>902</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>903</v>
+      </c>
+      <c r="H37" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>700</v>
+      </c>
+      <c r="B38" t="s">
+        <v>905</v>
+      </c>
+      <c r="C38" t="s">
+        <v>906</v>
+      </c>
+      <c r="D38" t="s">
+        <v>907</v>
+      </c>
+      <c r="E38" t="s">
+        <v>908</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>909</v>
+      </c>
+      <c r="H38" t="s">
+        <v>910</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>700</v>
+      </c>
+      <c r="B39" t="s">
+        <v>911</v>
+      </c>
+      <c r="C39" t="s">
+        <v>912</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>913</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>914</v>
+      </c>
+      <c r="H39" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>700</v>
+      </c>
+      <c r="B40" t="s">
+        <v>916</v>
+      </c>
+      <c r="C40" t="s">
+        <v>906</v>
+      </c>
+      <c r="D40" t="s">
+        <v>907</v>
+      </c>
+      <c r="E40" t="s">
+        <v>917</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>918</v>
+      </c>
+      <c r="H40" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>700</v>
+      </c>
+      <c r="B41" t="s">
+        <v>920</v>
+      </c>
+      <c r="C41" t="s">
+        <v>921</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>922</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>923</v>
+      </c>
+      <c r="H41" t="s">
+        <v>924</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>700</v>
+      </c>
+      <c r="B42" t="s">
+        <v>925</v>
+      </c>
+      <c r="C42" t="s">
+        <v>926</v>
+      </c>
+      <c r="D42" t="s">
+        <v>11</v>
+      </c>
+      <c r="E42" t="s">
+        <v>927</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
+        <v>928</v>
+      </c>
+      <c r="H42" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>700</v>
+      </c>
+      <c r="B43" t="s">
+        <v>930</v>
+      </c>
+      <c r="C43" t="s">
+        <v>931</v>
+      </c>
+      <c r="D43" t="s">
+        <v>932</v>
+      </c>
+      <c r="E43" t="s">
+        <v>933</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
+        <v>934</v>
+      </c>
+      <c r="H43" t="s">
+        <v>935</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>700</v>
+      </c>
+      <c r="B44" t="s">
+        <v>936</v>
+      </c>
+      <c r="C44" t="s">
+        <v>937</v>
+      </c>
+      <c r="D44" t="s">
+        <v>11</v>
+      </c>
+      <c r="E44" t="s">
+        <v>938</v>
+      </c>
+      <c r="F44" t="s">
+        <v>11</v>
+      </c>
+      <c r="G44" t="s">
+        <v>939</v>
+      </c>
+      <c r="H44" t="s">
+        <v>940</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>700</v>
+      </c>
+      <c r="B45" t="s">
+        <v>941</v>
+      </c>
+      <c r="C45" t="s">
+        <v>889</v>
+      </c>
+      <c r="D45" t="s">
+        <v>890</v>
+      </c>
+      <c r="E45" t="s">
+        <v>942</v>
+      </c>
+      <c r="F45" t="s">
+        <v>11</v>
+      </c>
+      <c r="G45" t="s">
+        <v>943</v>
+      </c>
+      <c r="H45" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>700</v>
+      </c>
+      <c r="B46" t="s">
+        <v>945</v>
+      </c>
+      <c r="C46" t="s">
+        <v>946</v>
+      </c>
+      <c r="D46" t="s">
+        <v>947</v>
+      </c>
+      <c r="E46" t="s">
+        <v>948</v>
+      </c>
+      <c r="F46" t="s">
+        <v>11</v>
+      </c>
+      <c r="G46" t="s">
+        <v>949</v>
+      </c>
+      <c r="H46" t="s">
+        <v>950</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>700</v>
+      </c>
+      <c r="B47" t="s">
+        <v>951</v>
+      </c>
+      <c r="C47" t="s">
+        <v>952</v>
+      </c>
+      <c r="D47" t="s">
+        <v>953</v>
+      </c>
+      <c r="E47" t="s">
+        <v>954</v>
+      </c>
+      <c r="F47" t="s">
+        <v>11</v>
+      </c>
+      <c r="G47" t="s">
+        <v>955</v>
+      </c>
+      <c r="H47" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>700</v>
+      </c>
+      <c r="B48" t="s">
+        <v>957</v>
+      </c>
+      <c r="C48" t="s">
+        <v>958</v>
+      </c>
+      <c r="D48" t="s">
+        <v>959</v>
+      </c>
+      <c r="E48" t="s">
+        <v>960</v>
+      </c>
+      <c r="F48" t="s">
+        <v>11</v>
+      </c>
+      <c r="G48" t="s">
+        <v>961</v>
+      </c>
+      <c r="H48" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>700</v>
+      </c>
+      <c r="B49" t="s">
+        <v>963</v>
+      </c>
+      <c r="C49" t="s">
+        <v>964</v>
+      </c>
+      <c r="D49" t="s">
+        <v>965</v>
+      </c>
+      <c r="E49" t="s">
+        <v>966</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>967</v>
+      </c>
+      <c r="H49" t="s">
+        <v>968</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>700</v>
+      </c>
+      <c r="B50" t="s">
+        <v>969</v>
+      </c>
+      <c r="C50" t="s">
+        <v>970</v>
+      </c>
+      <c r="D50" t="s">
+        <v>971</v>
+      </c>
+      <c r="E50" t="s">
+        <v>972</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>973</v>
+      </c>
+      <c r="H50" t="s">
+        <v>974</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>700</v>
+      </c>
+      <c r="B51" t="s">
+        <v>975</v>
+      </c>
+      <c r="C51" t="s">
+        <v>976</v>
+      </c>
+      <c r="D51" t="s">
+        <v>977</v>
+      </c>
+      <c r="E51" t="s">
+        <v>978</v>
+      </c>
+      <c r="F51" t="s">
+        <v>11</v>
+      </c>
+      <c r="G51" t="s">
+        <v>979</v>
+      </c>
+      <c r="H51" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>700</v>
+      </c>
+      <c r="B52" t="s">
+        <v>981</v>
+      </c>
+      <c r="C52" t="s">
+        <v>982</v>
+      </c>
+      <c r="D52" t="s">
+        <v>983</v>
+      </c>
+      <c r="E52" t="s">
+        <v>984</v>
+      </c>
+      <c r="F52" t="s">
+        <v>11</v>
+      </c>
+      <c r="G52" t="s">
+        <v>985</v>
+      </c>
+      <c r="H52" t="s">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>700</v>
+      </c>
+      <c r="B53" t="s">
+        <v>987</v>
+      </c>
+      <c r="C53" t="s">
+        <v>988</v>
+      </c>
+      <c r="D53" t="s">
+        <v>989</v>
+      </c>
+      <c r="E53" t="s">
+        <v>990</v>
+      </c>
+      <c r="F53" t="s">
+        <v>11</v>
+      </c>
+      <c r="G53" t="s">
+        <v>991</v>
+      </c>
+      <c r="H53" t="s">
+        <v>992</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>700</v>
+      </c>
+      <c r="B54" t="s">
+        <v>993</v>
+      </c>
+      <c r="C54" t="s">
+        <v>994</v>
+      </c>
+      <c r="D54" t="s">
+        <v>995</v>
+      </c>
+      <c r="E54" t="s">
+        <v>996</v>
+      </c>
+      <c r="F54" t="s">
+        <v>11</v>
+      </c>
+      <c r="G54" t="s">
+        <v>997</v>
+      </c>
+      <c r="H54" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>700</v>
+      </c>
+      <c r="B55" t="s">
+        <v>999</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1000</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F55" t="s">
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>700</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1006</v>
+      </c>
+      <c r="D56" t="s">
+        <v>995</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F56" t="s">
+        <v>11</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>700</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1011</v>
+      </c>
+      <c r="D57" t="s">
+        <v>11</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F57" t="s">
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1013</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>700</v>
+      </c>
+      <c r="B58" t="s">
+        <v>248</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1015</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1016</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F58" t="s">
+        <v>11</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1019</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>700</v>
+      </c>
+      <c r="B59" t="s">
+        <v>253</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1020</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1021</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1022</v>
+      </c>
+      <c r="F59" t="s">
+        <v>11</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1023</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>700</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1026</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>700</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1031</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1032</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1033</v>
+      </c>
+      <c r="F61" t="s">
+        <v>11</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1034</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1035</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>700</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1036</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F62" t="s">
+        <v>11</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1041</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>700</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1044</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1045</v>
+      </c>
+      <c r="F63" t="s">
+        <v>11</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>700</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F64" t="s">
+        <v>11</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>700</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1053</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1054</v>
+      </c>
+      <c r="D65" t="s">
+        <v>1055</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F65" t="s">
+        <v>11</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1058</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>700</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1059</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1060</v>
+      </c>
+      <c r="D66" t="s">
+        <v>1061</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1064</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>700</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1065</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1066</v>
+      </c>
+      <c r="D67" t="s">
+        <v>1067</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>700</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D68" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1076</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...141 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>