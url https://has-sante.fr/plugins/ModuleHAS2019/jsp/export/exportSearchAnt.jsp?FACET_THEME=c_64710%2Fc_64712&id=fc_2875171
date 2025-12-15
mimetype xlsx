--- v0 (2025-10-16)
+++ v1 (2025-12-15)
@@ -1,1786 +1,3889 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation en santé " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="819" uniqueCount="555">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1922" uniqueCount="1250">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Methodology guide</t>
-[...11 lines deleted...]
-    <t>07/29/2020 00:00:00</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Choix méthodologiques pour l'évaluation économique à la HAS</t>
+  </si>
+  <si>
+    <t>La HAS a actualisé le guide méthodologique sur l’évaluation économique. Les principales modifications apportées visent à améliorer l’interprétation des résultats, à préciser des points techniques et à intégrer des évolutions méthodologiques intervenues depuis 2011.</t>
+  </si>
+  <si>
+    <t>02/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2020 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1499251/en/choices-in-methods-for-economic-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/r_1499251/fr/choix-methodologiques-pour-l-evaluation-economique-a-la-has</t>
   </si>
   <si>
     <t>r_1499251</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
+    <t>Choix méthodologiques pour l’analyse de l’impact budgétaire à la HAS</t>
+  </si>
+  <si>
+    <t>Ce guide présente les recommandations de la HAS pour la conduite des analyses d’impact budgétaire des interventions de santé.</t>
+  </si>
+  <si>
+    <t>10/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>14/12/2016 16:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730306/fr/choix-methodologiques-pour-l-analyse-de-l-impact-budgetaire-a-la-has</t>
+  </si>
+  <si>
+    <t>c_2730306</t>
+  </si>
+  <si>
+    <t>Valeurs de référence  pour l’évaluation économique en santé</t>
+  </si>
+  <si>
+    <t>La loi de finance de la Sécurité Sociale pour 2012 instaure l’évaluation médico-économique comme l’un des déterminants du prix des produits de santé revendiquant le remboursement en tant que produit innovant et ayant un impact significatif sur les dépenses collectives. Dans ce contexte, elle confie à la HAS la mission d’expertiser les évaluations produites par les industriels et d’émettre un avis sur l’efficience du produit dans la prise en charge.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2014 14:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2000884/fr/valeurs-de-reference-pour-l-evaluation-economique-en-sante</t>
+  </si>
+  <si>
+    <t>c_2000884</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SIR-SPHERES</t>
+  </si>
+  <si>
+    <t>06/11/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2892909/fr/sir-spheres</t>
+  </si>
+  <si>
+    <t>c_2892909</t>
+  </si>
+  <si>
+    <t>SIRTEX MEDICAL EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>COREVALVE EVOLUT PRO</t>
+  </si>
+  <si>
+    <t>04/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>05/10/2018 09:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873538/fr/corevalve-evolut-pro</t>
+  </si>
+  <si>
+    <t>c_2873538</t>
+  </si>
+  <si>
+    <t>bioprothèse valvulaire aortique implantée par voie artérielle transcutanée</t>
+  </si>
+  <si>
+    <t>MEDTRONIC FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>COREVALVE EVOLUT R</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2873541/fr/corevalve-evolut-r</t>
+  </si>
+  <si>
+    <t>c_2873541</t>
+  </si>
+  <si>
+    <t>COREVALVE AOA</t>
+  </si>
+  <si>
+    <t>10/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2018 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863325/fr/corevalve-aoa</t>
+  </si>
+  <si>
+    <t>c_2863325</t>
+  </si>
+  <si>
+    <t>URGOSTART</t>
+  </si>
+  <si>
+    <t>26/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2018 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867136/fr/urgostart</t>
+  </si>
+  <si>
+    <t>c_2867136</t>
+  </si>
+  <si>
+    <t>pansements</t>
+  </si>
+  <si>
+    <t>LABORATOIRES URGO</t>
+  </si>
+  <si>
+    <t>OPTIMIZER IVs</t>
+  </si>
+  <si>
+    <t>Stimulateur cardiaque implantable rechargeable, pour modulation de la contractilité cardiaque</t>
+  </si>
+  <si>
+    <t>21/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2017 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747013/fr/optimizer-ivs</t>
+  </si>
+  <si>
+    <t>c_2747013</t>
+  </si>
+  <si>
+    <t>IMPULSE DYNAMICS GmbH</t>
+  </si>
+  <si>
+    <t>SAPIEN 3 Modèle 9600 TFX Transfémorale</t>
+  </si>
+  <si>
+    <t>Valve cardiaque aortique, origine animale</t>
+  </si>
+  <si>
+    <t>22/09/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2016 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598260/fr/sapien-3-modele-9600-tfx-transfemorale</t>
+  </si>
+  <si>
+    <t>c_2598260</t>
+  </si>
+  <si>
+    <t>EDWARDS LIFESCIENCES SAS</t>
+  </si>
+  <si>
+    <t>SAPIEN 3 Modèle 9600 TFX transapicale</t>
+  </si>
+  <si>
+    <t>01/02/2016 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598263/fr/sapien-3-modele-9600-tfx-transapicale</t>
+  </si>
+  <si>
+    <t>c_2598263</t>
+  </si>
+  <si>
+    <t>16/11/2015 13:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571460/fr/corevalve-aoa</t>
+  </si>
+  <si>
+    <t>c_2571460</t>
+  </si>
+  <si>
+    <t>MITRACLIP</t>
+  </si>
+  <si>
+    <t>Ce produit fait l'objet d'un avis d'efficience</t>
+  </si>
+  <si>
+    <t>24/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023888/fr/mitraclip</t>
+  </si>
+  <si>
+    <t>c_2023888</t>
+  </si>
+  <si>
+    <t>ABBOTT FRANCE SAS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation de la performance et de la place de la mammographie par tomosynthèse dans le programme national de dépistage organisé du cancer du sein – Volet 2</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS recommande l’intégration de la mammographie par tomosynthèse (3D) dans le dépistage organisé (D.O.) du cancer du sein, à condition qu’elle soit systématiquement associée à la reconstruction d’une image 2D synthétique (2Ds). L’intégration de la procédure 3D/2Ds en remplacement de la 2D seule dans le D.O. reste toutefois conditionnée à la vérification de son opérationnalité dans le contexte du D.O. tel qu’il est organisé en France, notamment à la validation de la performance équivalente de la 2Ds seule en remplacement des images 2D pour la seconde lecture.</t>
+  </si>
+  <si>
+    <t>09/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 11:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148278/fr/evaluation-de-la-performance-et-de-la-place-de-la-mammographie-par-tomosynthese-dans-le-programme-national-de-depistage-organise-du-cancer-du-sein-volet-2</t>
+  </si>
+  <si>
+    <t>p_3148278</t>
+  </si>
+  <si>
+    <t>Évaluation économique de la télésurveillance pour éclairer la décision publique. Quels sont les choix efficients au regard de l’analyse de la littérature ?</t>
+  </si>
+  <si>
+    <t>Dans le cadre du déploiement de la télémédecine en France, la HAS a élaboré une revue de la littérature internationale portant sur les études ayant mis en œuvre une évaluation médico-économiques de la télésurveillance médicale, afin d’en apprécier l’efficience.</t>
+  </si>
+  <si>
+    <t>10/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2020 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903236/fr/evaluation-economique-de-la-telesurveillance-pour-eclairer-la-decision-publique-quels-sont-les-choix-efficients-au-regard-de-l-analyse-de-la-litterature</t>
+  </si>
+  <si>
+    <t>c_2903236</t>
+  </si>
+  <si>
+    <t>Revue critique de la littérature sur la performance de la mammographie par tomosynthèse dans le dépistage organisé du cancer du sein - Volet 1</t>
+  </si>
+  <si>
+    <t>Ce volet-1 est une étape préliminaire à l’évaluation de la pertinence, faisabilité, sécurité, efficience de l’intégration possible de la tomosynthèse dans le D.O. L’évaluation de la performance ne peut à elle seule suffire pour décider de modifier la procédure de dépistage du cancer du sein. Elle doit être complétée par une évaluation comparative au D.O. et montrer sa supériorité en termes de coût/efficacité, de performance, de sécurité, de faisabilité et de qualité.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2019 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2849735/fr/revue-critique-de-la-litterature-sur-la-performance-de-la-mammographie-par-tomosynthese-dans-le-depistage-organise-du-cancer-du-sein-volet-1</t>
+  </si>
+  <si>
+    <t>c_2849735</t>
+  </si>
+  <si>
+    <t>Évaluation des stratégies de dépistage des personnes infectées par le  virus de l’hépatite C (VHC)</t>
+  </si>
+  <si>
+    <t>La HAS est d’avis que l’efficience de la stratégie universelle par rapport au dépistage ciblant les personnes les plus à risque d’exposition au VHC n’est pas démontrée; une intensification du dépistage de la population ciblée pourrait être envisagée pour augmenter le diagnostic des personnes infectées.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886668/fr/evaluation-des-strategies-de-depistage-des-personnes-infectees-par-le-virus-de-l-hepatite-c-vhc</t>
+  </si>
+  <si>
+    <t>c_2886668</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche des papillomavirus humains (HPV) en dépistage primaire des lésions précancéreuses et cancéreuses du col de l’utérus et de la place du double immuno-marquage p16/Ki67</t>
+  </si>
+  <si>
+    <t>Depuis l’arrêté du 4 mai 2018, le dépistage du cancer du col de l’utérus s’appuie sur un programme national de dépistage organisé (PNDO). Au regard de l’évolution du contexte de dépistage du CCU en France et de la disponibilité de nouvelles données scientifiques, la Direction Générale de la Santé a souhaité que la HAS évalue la place du test HPV ainsi que le recours au double immuno-marquage p16/Ki67 dans la stratégie de dépistage primaire des lésions précancéreuses et cancéreuses du CCU.</t>
+  </si>
+  <si>
+    <t>10/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/fr/evaluation-de-la-recherche-des-papillomavirus-humains-hpv-en-depistage-primaire-des-lesions-precancereuses-et-cancereuses-du-col-de-l-uterus-et-de-la-place-du-double-immuno-marquage-p16/ki67</t>
   </si>
   <si>
     <t>c_2806160</t>
   </si>
   <si>
-    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Outil logiciel permettant l’analyse de l’adéquation des tarifs aux coûts de production de la chirurgie ambulatoire par méthode de microcosting</t>
+  </si>
+  <si>
+    <t>Un des freins au développement de la chirurgie ambulatoire relève de la perception floue des acteurs, au sein des établissements de santé, du coût de cette activité. Pour résoudre cette difficulté, la HAS a donc développé un outil logiciel qui permet aux établissements de connaître le coût d’un geste chirurgical donné, par technique de microcosting.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>30/03/2015 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019007/fr/outil-logiciel-permettant-l-analyse-de-l-adequation-des-tarifs-aux-couts-de-production-de-la-chirurgie-ambulatoire-par-methode-de-microcosting</t>
+  </si>
+  <si>
+    <t>c_2019007</t>
+  </si>
+  <si>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France</t>
+  </si>
+  <si>
+    <t>La HAS et l’Agence de la biomédecine ont conduit une évaluation médico-économique des stratégies de prise en charge des patients en insuffisance rénale chronique terminale (IRCT) à partir d’une modélisation des possibilités de changement dans la trajectoire de soins des patients entre différentes modalités de traitement de suppléance.</t>
+  </si>
+  <si>
+    <t>09/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2014 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775180/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france</t>
+  </si>
+  <si>
+    <t>c_1775180</t>
+  </si>
+  <si>
+    <t>Efficience de la télémédecine : état des lieux de la littérature internationale et cadre d’évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a réalisé un état des lieux de la littérature internationale relative à l’évaluation médico-économique de la télémédecine. Elle constate la quasi-absence d’études françaises et l’importante hétérogénéité des études tant au niveau de leur qualité méthodologique que concernant les projets de télémédecine évalués. Elle propose un cadre méthodologique pour l’évaluation de l’efficience des projets de télémédecine dans le contexte actuel de déploiement de cette nouvelle forme d’organisation des soins en France.</t>
+  </si>
+  <si>
+    <t>03/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2013 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622477/fr/efficience-de-la-telemedecine-etat-des-lieux-de-la-litterature-internationale-et-cadre-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1622477</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique dans la prise en charge des maladies chroniques : Analyse économique et organisationnelle</t>
+  </si>
+  <si>
+    <t>Ce rapport analyse les conditions organisationnelles et financières du développement de l’éducation thérapeutique en France. Il dresse le diagnostic de la situation actuelle et propose des pistes de développement réaliste.</t>
+  </si>
+  <si>
+    <t>13/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2008 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499485/fr/l-education-therapeutique-dans-la-prise-en-charge-des-maladies-chroniques-analyse-economique-et-organisationnelle</t>
+  </si>
+  <si>
+    <t>r_1499485</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Méthodes d’évaluation du risque cardio-vasculaire global</t>
+  </si>
+  <si>
+    <t>Le risque cardiovasculaire global est estimé soit par la sommation des facteurs de risque, (considérés comme présents ou absents et ayant un poids identique), soit par une modélisation statistique prenant en compte la valeur réelle de chacun d’eux. Ce rapport définit les limites respectives des méthodes d’estimation du risque cardio-vasculaire global et discute les bénéfices à attendre de l’utilisation des modèles de risque dans la pratique quotidienne en 2004.</t>
+  </si>
+  <si>
+    <t>15/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
   <si>
-    <t>Assessment of screening for cytomegalovirus (CMV) infection in pregnant women in France</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272378/en/assessment-of-screening-for-cytomegalovirus-cmv-infection-in-pregnant-women-in-france</t>
+    <t>Pertinence de la mise en place d'un programme de dépistage des anévrismes de l'aorte abdominale en France</t>
+  </si>
+  <si>
+    <t>L’objectif du rapport était d’évaluer la pertinence de la mise en place d’un programme de dépistage des anévrismes de l’aorte abdominale (AAA) en France, que ce dernier soit systématique ou opportuniste. Cette évaluation a suivi la méthodologie définie dans le guide HAS « Évaluation a priori d’un programme de dépistage» identifiant 16 critères d’évaluation fondés sur les critères OMS d’évaluation de la pertinence d’un programme de dépistage</t>
+  </si>
+  <si>
+    <t>01/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2013 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1358519/fr/pertinence-de-la-mise-en-place-d-un-programme-de-depistage-des-anevrismes-de-l-aorte-abdominale-en-france</t>
+  </si>
+  <si>
+    <t>c_1358519</t>
+  </si>
+  <si>
+    <t>Actualisation de la revue de la littérature d’une recommandation en santé publique sur la « Détection précoce du mélanome cutané »</t>
+  </si>
+  <si>
+    <t>La HAS et l’INCa se sont associés dans un travail d’actualisation de la littérature faisant suite au rapport HAS 2006 sur la Détection précoce du mélanome cutané et des enquêtes de pratique auprès des professionnels de santé afin de redéfinir les facteurs de risque de mélanome cutané et le parcours de soins optimal pour la détection précoce de ce cancer cutané.</t>
+  </si>
+  <si>
+    <t>25/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2013 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1354947/fr/actualisation-de-la-revue-de-la-litterature-d-une-recommandation-en-sante-publique-sur-la-detection-precoce-du-melanome-cutane</t>
+  </si>
+  <si>
+    <t>c_1354947</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France - Volet : Analyse des possibilités de développement de la transplantation rénale en France</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’examiner les possibilités de développement de la transplantation rénale en France en tenant compte notamment des aspects organisationnels, économiques et éthiques.</t>
+  </si>
+  <si>
+    <t>28/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2012 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1291640/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france-volet-analyse-des-possibilites-de-developpement-de-la-transplantation-renale-en-france</t>
+  </si>
+  <si>
+    <t>c_1291640</t>
+  </si>
+  <si>
+    <t>La participation au dépistage du cancer du sein des femmes de 50 à 74 ans en France</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations permettant d’augmenter la participation des femmes de 50 à 74 ans, d’améliorer la participation au dépistage organisé, ainsi que des recommandations sur l’opportunité de conserver ou de supprimer la coexistence du dépistage organisé et du dépistage individuel pour les femmes de plus de 50 ans en France.</t>
+  </si>
+  <si>
+    <t>30/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2012 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1194998/fr/la-participation-au-depistage-du-cancer-du-sein-des-femmes-de-50-a-74-ans-en-france</t>
+  </si>
+  <si>
+    <t>c_1194998</t>
+  </si>
+  <si>
+    <t>Stratégies de dépistage biologique des hépatites virales B et C</t>
+  </si>
+  <si>
+    <t>Recommander la meilleure stratégie de tests biologiques pour le dépistage de l’hépatite B et de l’hépatite C permettant de déterminer le statut immunitaire de la personne à risque par rapport à l’infection par les virus VHB ou VHC et de proposer la bonne prise en charge médicale suite à l’annonce du résultat du dépistage.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2012 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050355/fr/strategies-de-depistage-biologique-des-hepatites-virales-b-et-c</t>
+  </si>
+  <si>
+    <t>c_1050355</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt du dépistage de l'infection à cytomégalovirus chez  la femme enceinte en France</t>
+  </si>
+  <si>
+    <t>Une infection à CMV chez la femme enceinte peut entraîner une infection fœtale, qui peut être symptomatique ou non chez le nouveau-né et entraîner ou non des séquelles. Ce rapport, en partant des critères OMS pour évaluer l’intérêt d’un dépistage, fait le point sur l’histoire de la maladie et son épidémiologie, sur les tests de détection, les interventions possibles, les modalités de mise en œuvre d’un éventuel dépistage et les données économiques. Il conclut que le dépistage systématique de l’infection à CMV pendant la grossesse n’est pas justifié, mais qu’une information concernant les mesures d’hygiène universelle doit être donnée aux femmes enceintes.</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272378/fr/evaluation-de-l-interet-du-depistage-de-l-infection-a-cytomegalovirus-chez-la-femme-enceinte-en-france</t>
   </si>
   <si>
     <t>c_272378</t>
   </si>
   <si>
-    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
+    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
+  </si>
+  <si>
+    <t>Évaluer la pertinence de l’extension du dépistage néonatal au déficit en MCAD par la technologie de spectrométrie de masse en tandem (MS/MS) et, le cas échéant, proposer des recommandations sur sa mise en place.</t>
+  </si>
+  <si>
+    <t>01/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069254/fr/evaluation-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-1er-volet-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1069254</t>
+  </si>
+  <si>
+    <t>Développement de la prescription de thérapeutiques non médicamenteuses validées</t>
+  </si>
+  <si>
+    <t>L’analyse porte sur le développement de la prescription de thérapeutiques nécessitant une participation active du patient en interaction ou non avec un professionnel spécialisé et faisant l’objet de recommandations de bonnes pratiques dont la validité est reconnue en France. Elle vise à identifier les freins organisationnels, économiques, socioculturels et symboliques qui existent sur le terrain et limitent le respect des recommandations de bonnes pratiques dans les pratiques de prescription. La levée des freins doit alors créer les conditions propices à la prescription de thérapeutiques non médicamenteuses ; des voies d’amélioration du système de santé sont proposées dans ce sens.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1059795/fr/developpement-de-la-prescription-de-therapeutiques-non-medicamenteuses-validees</t>
+  </si>
+  <si>
+    <t>c_1059795</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Dépistage de la rétinopathie diabétique par lecture différée de photographies du fond d’œil</t>
+  </si>
+  <si>
+    <t>L’objectif du dépistage de la rétinopathie diabétique est de prévenir la déficience visuelle due à la rétinopathie, par l’identification précoce de la maladie et la mise en place d’une intervention adaptée. Tous les diabétiques ne bénéficient pas d’un suivi ophtalmologique annuel tel que recommandé. L’objectif général de ces recommandations en santé publique est d’améliorer le dépistage de la rétinopathie, en précisant les populations à dépister et les rythmes d’examen du fond d’œil des diabétiques, et en évaluant quels peuvent être l’intérêt et les conditions de réalisation d’un dépistage par lecture différée par l’ophtalmologiste de photographies du fond d’œil.</t>
+  </si>
+  <si>
+    <t>01/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>04/03/2011 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028305/fr/depistage-de-la-retinopathie-diabetique-par-lecture-differee-de-photographies-du-fond-d-oeil</t>
+  </si>
+  <si>
+    <t>c_1028305</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection à Helicobacter pylori - Pertinence et populations concernées</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d’un dépistage de l’infection à Helicobacter pylori en population générale asymptomatique et définition des populations cibles en France</t>
+  </si>
+  <si>
+    <t>28/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>20/08/2010 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_976382/fr/depistage-de-l-infection-a-helicobacter-pylori-pertinence-et-populations-concernees</t>
+  </si>
+  <si>
+    <t>c_976382</t>
+  </si>
+  <si>
+    <t>Dépistage de l’infection par le VIH en France - Modalités de réalisation des tests de dépistage</t>
+  </si>
+  <si>
+    <t>Ce rapport comporte des recommandations sur les modalités de réalisation des tests de dépistage de l’infection par le VIH chez l’adulte et l’enfant de plus de 18 mois ainsi que des recommandations et des orientations sur la place des tests de dépistage rapide dans les stratégies générales de dépistage du VIH et sur les conditions d’utilisation de ces tests.</t>
+  </si>
+  <si>
+    <t>01/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Glaucoma: screening and early diagnosis – problems and outlook in France</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
+    <t>Les conditions de mise en œuvre de la télémédecine en unité de dialyse médicalisée</t>
+  </si>
+  <si>
+    <t>A la demande de la direction de l’hospitalisation et de l’organisation des soins, la HAS a étudié la place de la télémédecine dans l’organisation des soins des patients traités par épuration extrarénale en unité de dialyse médicalisée (UDM). Les recommandations qui en découlent ont pour objectif de définir les conditions de sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2010 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_913583/fr/les-conditions-de-mise-en-oeuvre-de-la-telemedecine-en-unite-de-dialyse-medicalisee</t>
+  </si>
+  <si>
+    <t>c_913583</t>
+  </si>
+  <si>
+    <t>Surveillance sérologique et prévention de la toxoplasmose et de la rubéole au cours de la grossesse et dépistage prénatal de l’hépatite B – Pertinence des modalités de réalisation</t>
+  </si>
+  <si>
+    <t>Deux objectifs généraux ont été poursuivis dans le cadre des recommandations en santé publique : Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la toxoplasmose. Évaluer la pertinence d’une évolution de la stratégie et des modalités de réalisation du dépistage prénatal de la rubéole. L’objectif du rapport d’orientation était d’évaluer l’intérêt d’une modification du moment de réalisation du dépistage prénatal de l’antigène HBs.</t>
+  </si>
+  <si>
+    <t>16/12/2009 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_893585/fr/surveillance-serologique-et-prevention-de-la-toxoplasmose-et-de-la-rubeole-au-cours-de-la-grossesse-et-depistage-prenatal-de-l-hepatite-b-pertinence-des-modalites-de-realisation</t>
+  </si>
+  <si>
+    <t>c_893585</t>
+  </si>
+  <si>
+    <t>Douleur chronique : les aspects organisationnels</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est de réaliser un état des lieux sur les aspects organisationnels de la prise en charge de la douleur chronique de la population générale adulte dans les structures spécialisées.</t>
+  </si>
+  <si>
+    <t>22/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2009 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813396/fr/douleur-chronique-les-aspects-organisationnels</t>
+  </si>
+  <si>
+    <t>c_813396</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose en France : état des lieux et perspectives après 5 ans de fonctionnement</t>
+  </si>
+  <si>
+    <t>Le dépistage néonatal systématique de la mucovsicidose a été généralisé en France en 2002. Cinq ans après sa mise en oeuvre effective, la direction générale de la santé (DGS) a souhaité que la HAS évalue la qualité de ce dépistage en identifiant ses points forts et ses voies d’amélioration le cas échéant. Ce travail constitue un état des lieux du dépistage en cours (fonctionnement quotidien, difficultés potentielles rencontrées par les acteurs, résultats quantitatifs) et non pas une évaluation formelle, comparative du programme notamment du fait de l’absence de données suffisantes sur la période précédant le dépistage. Il constitue donc un préalable à la réalisation d’évaluations plus complètes de certains aspects du dépistage (opportunité du changement de test, fonctionnement des structures de prise en charge du dépistage…).</t>
+  </si>
+  <si>
+    <t>28/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765713/fr/le-depistage-neonatal-systematique-de-la-mucovsicidose-en-france-etat-des-lieux-et-perspectives-apres-5-ans-de-fonctionnement</t>
+  </si>
+  <si>
+    <t>c_765713</t>
+  </si>
+  <si>
+    <t>Le Recours à l'hôpital en Europe</t>
+  </si>
+  <si>
+    <t>Ce rapport s’intègre dans une réflexion plus large sur le recours à l’hôpital en France, et la prévention des hospitalisations injustifiées. Dans ce travail, il s’est agi de fournir un cadrage général, en situant d’un point de vue organisationnel la place qu’occupe l’hôpital dans les systèmes de santé européens.</t>
+  </si>
+  <si>
+    <t>30/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766081/fr/le-recours-a-l-hopital-en-europe</t>
+  </si>
+  <si>
+    <t>c_766081</t>
+  </si>
+  <si>
+    <t>Place des tests immunologiques de recherche de sang occulte dans les selles (iFOBT) dans le programme de dépistage organisé du cancer colorectal en France</t>
+  </si>
+  <si>
+    <t>Le programme de dépistage organisé du cancer colorectal est en cours de généralisation en France en 2008. Il concerne les individus âgés de 50 à 74 ans n’ayant pas de facteur de risque. Il se fonde sur un test au gaïac type Hemoccult® (gFOBT) qui permet de rechercher du sang occulte dans les selles. Ensuite, une coloscopie totale est proposée aux individus dépistés positifs pour rechercher un cancer ou un polype (généralement résécable au cours de la coloscopie). Récemment, de nouvelles méthodes de dépistage, les tests immunologiques (iFOBT), ont été développées et des études sur leur performance à détecter les cancers colorectaux et les adénomes suggèrent que le remplacement du test au gaïac (gFOBT) par un test immunologique pourrait améliorer les résultats du programme de dépistage. Dans ce contexte la HAS a décidé de produire un rapport d’orientation concernant la place de ces iFOBT dans le programme de dépistage organisé du cancer colorectal en France. Trois objectifs sont poursuivis dans ce rapport : faire la synthèse critique des données d’évaluation disponibles ; identifier, le cas échéant, les données de recherche évaluative manquantes qui permettraient, si elles étaient favorables, de substituer ces tests au test au gaïac ; envisager les conséquences organisationnelles d’un éventuel changement de test de dépistage.</t>
+  </si>
+  <si>
+    <t>24/09/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2008 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_727080/fr/place-des-tests-immunologiques-de-recherche-de-sang-occulte-dans-les-selles-ifobt-dans-le-programme-de-depistage-organise-du-cancer-colorectal-en-france</t>
+  </si>
+  <si>
+    <t>c_727080</t>
+  </si>
+  <si>
+    <t>Délégation, transfert, nouveaux métiers… Comment favoriser les formes nouvelles de coopération entre professionnels de santé</t>
+  </si>
+  <si>
+    <t>Cette recommandation traite des nouvelles formes de coopérations entre professionnels de santé, définies comme une nouvelle répartition de tâches existantes ou la répartition de nouvelles tâches entre professionnels de santé. Leur objectif est d’améliorer la qualité de la prise en charge des patients.</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2008 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_497724/fr/delegation-transfert-nouveaux-metiers-comment-favoriser-les-formes-nouvelles-de-cooperation-entre-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_497724</t>
+  </si>
+  <si>
+    <t>La participation des patients aux dépenses de santé dans cinq pays européens</t>
+  </si>
+  <si>
+    <t>Ce rapport propose une analyse des mécanismes de participation financière aux dépenses de santé des patients dans cinq pays européens : l’Allemagne, la Belgique, les Pays-Bas, la Suède et la Suisse. L’organisation générale du système de santé est très différente selon les pays : des systèmes largement bismarckiens en Allemagne et en Belgique ; des systèmes dans lesquels tout ou partie de l’assurance maladie obligatoire est gérée par des assureurs privés aux Pays-Bas et en Suisse ; un système national de santé décentralisé en Suède. De plus, les sources de financement des dépenses de santé sont aussi relativement différentes selon les pays. Ces cinq systèmes ont toutefois pour point commun d’offrir à la population un accès relativement large aux soins et aux produits de santé : le « panier de soins » est comparable dans ces pays. Les différences observées en termes de répartition des dépenses entre acteurs ne traduisent donc pas un désengagement du secteur public (au sens large) pour certains types de biens et services mais des différences en termes de participation financière des patients.</t>
+  </si>
+  <si>
+    <t>09/10/2007 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_595221/fr/la-participation-des-patients-aux-depenses-de-sante-dans-cinq-pays-europeens</t>
+  </si>
+  <si>
+    <t>c_595221</t>
+  </si>
+  <si>
+    <t>Évaluation a priori du dépistage de la syphilis en France</t>
+  </si>
+  <si>
+    <t>Évaluer, au vu des dernières données épidémiologiques montrant une recrudescence de la maladie, l’opportunité du dépistage de la syphilis en France et préciser ses modalités : quelle population dépister et à quelle fréquence ? Comment utiliser les multiples tests disponibles ? Comment optimiser la surveillance épidémiologique, la sensibilisation des personnes concernées par le dépistage, l’utilisation des différentes structures de dépistage et la notification des partenaires des patients dépistés et diagnostiqués positifs ?</t>
+  </si>
+  <si>
+    <t>23/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2007 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_548127/fr/evaluation-a-priori-du-depistage-de-la-syphilis-en-france</t>
+  </si>
+  <si>
+    <t>c_548127</t>
+  </si>
+  <si>
+    <t>Évaluation des Stratégies de dépistage de la trisomie 21</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail était de mener une réflexion sur l'opportunité d'une modification de la stratégie de dépistage de la trisomie 21 en France.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2007 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_540874/fr/evaluation-des-strategies-de-depistage-de-la-trisomie-21</t>
+  </si>
+  <si>
+    <t>c_540874</t>
+  </si>
+  <si>
+    <t>Évaluation du dépistage néonatal systématique de la surdité permanente bilatérale</t>
+  </si>
+  <si>
+    <t>Une réflexion a été entamée ces dernières années sur la pertinence d’organiser en France un dépistage néonatal systématique de la surdité en maternité, dans le but de permettre le diagnostic et une prise en charge précoce de cette affection. A la suite de l’évaluation des oto-émissions acoustiques par l’ANAES en 1999, des expériences locales ou dans le cadres du programme hospitalier de recherche clinique ont été menées. Une expérimentation sur le dépistage néonatal de la surdité congénitale a été mise en œuvre en 2005 par la CNAMTS, pour une période de 2 ans, à Bordeaux, Lille, Paris, Lyon, Marseille, et Toulouse, avec pour objectif d’étudier la faisabilité et l’impact du dépistage en maternité, et de contribuer à déterminer la meilleure stratégie de dépistage de la surdité congénitale. Dans son rapport établi à le demande de la Direction Générale de la Santé, la Haute Autorité de Santé a fait le point sur les données de la science concernant le dépistage systématique de la surdité permanente néonatale en 2006.</t>
+  </si>
+  <si>
+    <t>03/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2007 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_513169/fr/evaluation-du-depistage-neonatal-systematique-de-la-surdite-permanente-bilaterale</t>
+  </si>
+  <si>
+    <t>c_513169</t>
+  </si>
+  <si>
+    <t>Dépistage et diagnostic précoce du glaucome : problématique  et perspectives en France</t>
+  </si>
+  <si>
+    <t>Le rapport d’orientation Dépistage et diagnostic précoce du glaucome : problématique et perspectives en France fait la synthèse des données sur le glaucome : histoire de la maladie, épidémiologie, prise en charge diagnostique et thérapeutique, pertinence du dépistage, attentes des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>01/07/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2006 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
   </si>
   <si>
     <t>c_500229</t>
   </si>
   <si>
-    <t>Assessment of screening for Chlamydia trachomatis infection of the lower genitourinary tract in France</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_464119/en/assessment-of-screening-for-chlamydia-trachomatis-infection-of-the-lower-genitourinary-tract-in-france</t>
+    <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
+  </si>
+  <si>
+    <t>Les bénéfices de l'arrêt du tabac ont été clairement démontrés en termes de mortalité comme de morbidité. Parce que le tabagisme est un comportement renforcé par une dépendance, dont la nicotine est principalement responsable, seule une minorité de fumeurs parvient à une abstinence permanente dès la première tentative d'arrêt. Une aide au sevrage tabagique s'avère dès lors indispensable afin d'accompagner le fumeur dans sa tentative d'arrêt. A la demande de M. le Ministre de la Santé et des Solidarités, la Haute Autorité de Santé a évalué dans le cadre de ce rapport : L'efficacité et l'efficience de l'ensemble des thérapeutiques disponibles dans l'aide au sevrage tabagique et la stratégie thérapeutique recommandée; L'impact attendu du remboursement de ces traitements sur l'accès au sevrage et les résultats de celui-ci, notamment dans les populations les plus à risque; La thérapeutique à privilégier et les populations à cibler en priorité dans le cas où une prise en charge serait envisagée. Ce document a été élaboré à partir d'une synthèse des recommandations de pratique clinique existantes et d'une revue de la littérature non exhaustive.</t>
+  </si>
+  <si>
+    <t>18/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2007 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477515/fr/strategies-therapeutiques-d-aide-au-sevrage-tabagique-efficacite-efficience-et-prise-en-charge-financiere</t>
+  </si>
+  <si>
+    <t>c_477515</t>
+  </si>
+  <si>
+    <t>Place de la mammographie numérique dans le dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>Le présent rapport établit dans un premier temps si les systèmes de mammographie numérique peuvent être autorisés dans le cadre précis du dépistage organisé, sur des critères d’efficacité et de sécurité pour les femmes dépistées. Dans un deuxième temps, le rapport évalue la faisabilité de différents scenarii d’introduction de la mammographie numérique dans le dépistage organisé français, sur des critères techniques, organisationnels et économiques.</t>
+  </si>
+  <si>
+    <t>02/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2006 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461657/fr/place-de-la-mammographie-numerique-dans-le-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_461657</t>
+  </si>
+  <si>
+    <t>Opportunité d’étendre le programme national de dépistage du cancer du sein aux femmes âgées de 40 à 49 ans</t>
+  </si>
+  <si>
+    <t>Cette évaluation, menée selon les critères OMS (données épidémiologiques, histoire de la maladie, performances des tests de dépistage, efficacité et conséquences économiques) et complétée par un état des pratiques, aboutit à ne pas préconiser l’extension du programme national de dépistage du cancer du sein à la population des femmes âgées de 40 à 49 ans.</t>
+  </si>
+  <si>
+    <t>01/03/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464090/fr/opportunite-d-etendre-le-programme-national-de-depistage-du-cancer-du-sein-aux-femmes-agees-de-40-a-49-ans</t>
+  </si>
+  <si>
+    <t>c_464090</t>
+  </si>
+  <si>
+    <t>Principes de dépistage du diabète de type 2</t>
+  </si>
+  <si>
+    <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_464100</t>
+  </si>
+  <si>
+    <t>Évaluation du dépistage des infections uro-génitales basses à Chlamydia trachomatis en France - 2003</t>
+  </si>
+  <si>
+    <t>Les infections uro-génitales à Chlamydia trachomatis sont des infections sexuellement transmissibles qui, chez la femme, peut entraîner notamment une baisse de la fertilité L’augmentation d’incidence observée depuis 1996 pose la question de l’opportunité d’un dépistage systématique. Le rapport Évaluation du dépistage des infections uro-génitales basses à Chlamydia trachomatis en France évalue la faisabilité, l’impact clinique et économique du dépistage de cette infection sexuellement transmissible en France en 2003.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464119/fr/evaluation-du-depistage-des-infections-uro-genitales-basses-a-chlamydia-trachomatis-en-france-2003</t>
   </si>
   <si>
     <t>c_464119</t>
   </si>
   <si>
-    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
+    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
+  </si>
+  <si>
+    <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
-    <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
+    <t>Opportunité d'un dépistage systématique du cancer de la prostate par le dosage de l'antigène spécifique de la prostate</t>
+  </si>
+  <si>
+    <t>Si le cancer de la prostate est en terme d'incidence le 2ème cancer chez l'homme, il n'arrive qu'en 7ème position en terme de mortalité. Le dosage de l'Antigène Spécifique de la Prostate (PSA) est très largement prescrit dans le cadre d'un dépistage individuel. Cette recommandation porte sur l'opportunité de la mise en place d'un dépistage systématique du cancer de la prostate par le dosage du PSA. A partir d'une analyse crtitique de la littérature, les dix critères établis par l'Organisation Mondiale de la Santé permettant de juger de la pertinence du dépistage d'une maladie ont été passés en revue. Une analyse médico-économique a également été réalisée.</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
+    <t>https://www.has-sante.fr/jcms/c_461999/fr/opportunite-d-un-depistage-systematique-du-cancer-de-la-prostate-par-le-dosage-de-l-antigene-specifique-de-la-prostate</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_613749/en/post-operative-rehabilitation-after-rotator-cuff-tear-surgery-or-shoulder-arthroplasty-inpatient-or-outpatient-care</t>
+    <t>Stratégie de diagnostic précoce du mélanome</t>
+  </si>
+  <si>
+    <t>Le mélanome est un cancer cutané peu fréquent en comparaison du carcinome épithélial mais il est le plus grave car sa capacité à métastaser met en jeu le pronostic vital du patient. Le diagnostic des mélanomes in situ (stade précoce) ou ceux de faible épaisseur non métastasés permettrait de réduire la mortalité liée à ce cancer. Le rapport Stratégie de diagnostic précoce du mélanome discute des actions à mettre en place en 2006 pour améliorer et promouvoir le diagnostic précoce du mélanome : définition des populations à risque, formation des médecins, parcours de soins (du médecin traitant vers le dermatologue).</t>
+  </si>
+  <si>
+    <t>03/11/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2006 19:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_452354/fr/strategie-de-diagnostic-precoce-du-melanome</t>
+  </si>
+  <si>
+    <t>c_452354</t>
+  </si>
+  <si>
+    <t>Évaluation des réseaux de soins : bilan de l’existant et cadre méthodologique</t>
+  </si>
+  <si>
+    <t>Définis comme une forme organisée d’action collective apportée par des professionnels en réponse à un besoin de santé, les réseaux de soins correspondent en réalité à une grande diversité de dispositifs. Ce rapport, envisagé comme une étape préliminaire à la mise en place d’une démarche d’accréditation des réseaux de santé, expose à partir de l’observation du fonctionnement de réseaux en activité, les préconisations relatives à leur évaluation.</t>
+  </si>
+  <si>
+    <t>01/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2001 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271855/fr/evaluation-des-reseaux-de-soins-bilan-de-l-existant-et-cadre-methodologique</t>
+  </si>
+  <si>
+    <t>c_271855</t>
+  </si>
+  <si>
+    <t>Évaluation d’une action de santé publique : recommandations</t>
+  </si>
+  <si>
+    <t>Ce document fournit des conseils méthodologiques sur la réalisation d’une évaluation en santé publique. Le cadre de l'étude a été déterminé avec les utilisateurs potentiels. Les propositions se fondent sur l'analyse de la littérature et sur l'analyse du déroulement de deux programmes concrêts de santé publique. Le but poursuivi est d'identifier, les interrogations qui doivent systématiquement précèder et accompagner tout projet d’évaluation en santé.# Cette étude est une base pouvant servir à l'élaboration de travaux plus spécifiques à engager par les promoteurs et les professionnels de terrain.</t>
+  </si>
+  <si>
+    <t>01/10/1995 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/1995 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272058/fr/evaluation-d-une-action-de-sante-publique-recommandations</t>
+  </si>
+  <si>
+    <t>c_272058</t>
+  </si>
+  <si>
+    <t>Évaluation du programme national de dépistage systématique du cancer du sein</t>
+  </si>
+  <si>
+    <t>L'évaluation d'un programme national de dépistage d'un cancer, en l'occurrence celui du dépistage systématique de masse du cancer du sein chez la femme, doit suivre la démarche de l'évaluation des actions de Santé Publique proposée par l'ANDEM et être replacée dans la perspective de l'évaluation des politiques publiques rappelée par le Conseil scientifique d'évaluation des politiques publiques.</t>
+  </si>
+  <si>
+    <t>01/03/1997 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/1997 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272140/fr/evaluation-du-programme-national-de-depistage-systematique-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_272140</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Critères de suivi en rééducation et d’orientation en ambulatoire ou en soins de suite ou de réadaptation après chirurgie des ruptures de coiffe et arthroplasties de l'épaule</t>
+  </si>
+  <si>
+    <t>Ces recommandations complètent celles publiées par la HAS en mars 2006 (cf. "en savoir plus" : Recommandations portant sur les actes chirurgicaux et orthopédiques ...). L'objectif de ces différents travaux de la HAS est d'éviter les hospitalisations inappropriées en soins de suite ou de réadaptation (SSR) après certains traitements orthopédiques ou chirurgicaux.</t>
+  </si>
+  <si>
+    <t>23/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_613749/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-chirurgie-des-ruptures-de-coiffe-et-arthroplasties-de-l-epaule</t>
   </si>
   <si>
     <t>c_613749</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: management of established RA</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>30/11/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_800266/fr/diagnostic-prise-en-charge-therapeutique-et-suivi-des-spondylarthrites-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_800266</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Diagnosis of uncomplicated cirrhosis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+    <t>Critères diagnostiques et bilan initial de la cirrhose non compliquée</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d'améliorer le diagnostic de la cirrhose non compliquée, afin d’en traiter la cause et les éventuelles comorbidités, et de prévenir ses complications.</t>
+  </si>
+  <si>
+    <t>19/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Managing venous leg ulcers (excluding dressings)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Critères de suivi en rééducation et d'orientation en ambulatoire ou en soins de suite ou de réadaptation après arthroplastie totale du genou</t>
+  </si>
+  <si>
+    <t>Ces recommandations complètent celles publiées par la HAS en mars 2006 (cf. "en savoir plus" : Recommandations portant sur les actes chirurgicaux et orthopédiques ...). L'objectif de ces différents travaux de la HAS est d'éviter les hospitalisations inappropriées en soins de suite ou de réadaptation (SSR) après certains traitements orthopédiques et chirurgicaux.</t>
+  </si>
+  <si>
+    <t>01/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_639103/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-arthroplastie-totale-du-genou</t>
+  </si>
+  <si>
+    <t>c_639103</t>
+  </si>
+  <si>
+    <t>Critères de suivi en rééducation et d'orientation en ambulatoire ou en soins de suite ou de réadaptation après ligamentoplastie du croisé antérieur du genou</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_639105/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-ligamentoplastie-du-croise-anterieur-du-genou</t>
+  </si>
+  <si>
+    <t>c_639105</t>
+  </si>
+  <si>
+    <t>Acquisition d'une aide technique : quels acteurs ? quel processus ?</t>
+  </si>
+  <si>
+    <t>Le droit à la compensation est au cœur de la loi n°2005-102 du 11 février 2005 « pour l’égalité des droits et des chances, la participation et la citoyenneté des personnes handicapées ». Cette loi institue une démarche d’évaluation des situation de handicap centrée sur le « projet de vie » des personnes, fondée sur le droit universel de chacun à disposer des moyens pour compenser les conséquences de la maladie ou de l’accident de vie.</t>
+  </si>
+  <si>
+    <t>25/05/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614534/fr/acquisition-d-une-aide-technique-quels-acteurs-quel-processus</t>
+  </si>
+  <si>
+    <t>c_614534</t>
+  </si>
+  <si>
+    <t>Prise en charge diagnostique et thérapeutique de la migraine chez l’adulte et chez l’enfant : aspects cliniques et économiques</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation est de répondre aux questions suivantes dans le cadre de la prise en charge de l'adulte et de l'enfant : Quelle est la stratégie diagnostique de la migraine ? Comment évaluer le handicap du migraineux pour une prise en charge optimale ? Quelle est la stratégie thérapeutique de la crise ? Quelle est la stratégie thérapeutique prophylactique ?</t>
+  </si>
+  <si>
+    <t>01/10/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272212/fr/prise-en-charge-diagnostique-et-therapeutique-de-la-migraine-chez-l-adulte-et-chez-l-enfant-aspects-cliniques-et-economiques</t>
+  </si>
+  <si>
+    <t>c_272212</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’ulcère de jambe à prédominance veineuse hors pansement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge des ulcères veineux ou à prédominance veineuse.# Les questions abordées sont : # 1. la définition d’un ulcère veineux ou à prédominance veineuse# 2. l’épidémiologie et la charge de la maladie# 3. les signes cliniques et paracliniques permettant de diagnostiquer un ulcère veineux ou à prédominance veineuse# 4. le traitement étiologique des ulcères à prédominance veineuse (compression, chirurgie, techniques de destruction veineuse non chirurgicales, traitements médicamenteux)# 5. les précautions à prendre en cas d’artériopathie oblitérante des membres inférieurs (AOMI) associée# 6. les mesures associées (kinésithérapie, mesures d’hygiène de vie).# L’argumentaire comprend une analyse de la littérature médico-économique sur la charge de la maladie et les modes de prise en charge structurés.# Les recommandations n’abordent pas : # 1. les ulcères mixtes à prédominance artérielle (index de pression systolique [IPS] &lt; 0,7)# 2. les soins locaux# 3. la prise en charge de l’insuffisance veineuse en dehors du contexte de l’ulcère# 4. la place des cures thermales# 5. les malformations veineuses congénitales# 6. les spécificités de la prise en charge en médecine du travail</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Management of a patient with an abnormal cervical smear - 2002 update</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272243/en/management-of-a-patient-with-an-abnormal-cervical-smear-2002-update</t>
+    <t>Conduite à tenir devant une patiente ayant un frottis cervico-utérin anormal - Actualisation 2002</t>
+  </si>
+  <si>
+    <t>Les objectifs du présent travail d’actualisation sont :# * concernant le frottis du col de l’utérus : de présenter l’actualisation 2001 du système de Bethesda et de comparer les performances du frottis en milieu liquide à celles du frottis conventionnel de Papanicolaou ;# * concernant la conduite diagnostique en cas de frottis anormal : d’évaluer la fiabilité du test HPV et sa place dans les stratégies de prise en charge des anomalies cytologiques.# Les recommandations ne concernent ni les modalités et l’organisation du dépistage systématique du cancer du col de l’utérus par le frottis, ni l’utilisation du test HPV comme outil de dépistage du cancer du col de l’utérus.#</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272243/fr/conduite-a-tenir-devant-une-patiente-ayant-un-frottis-cervico-uterin-anormal-actualisation-2002</t>
   </si>
   <si>
     <t>c_272243</t>
   </si>
   <si>
-    <t>Assessment of caries risk and indications for pit and fissure sealants (first and second permanent molars) in children and in adolescents under 18</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272496/en/assessment-of-caries-risk-and-indications-for-pit-and-fissure-sealants-first-and-second-permanent-molars-in-children-and-in-adolescents-under-18</t>
+    <t>Sortie du monde hospitalier et retour au domicile d’une personne adulte évoluant vers la dépendance motrice ou psychique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les caractéristiques des systèmes d’information existants et de ceux qu’il conviendrait de mettre en place ? Quelles sorties d’informations structurées sont attendues de ces systèmes ? Quelles sont l’ampleur du champ et les interactions à considérer pour organiser efficacement la prise en charge sur le plan économique ? Comment évaluer les innovations techniques dans le cadre de la prise en charge du retour et/ou du maintien au domicile ? Comment évaluer les innovations organisationnelles dans le cadre de la prise en charge du retour et/ou du maintien au domicile ? La satisfaction du patient et des aidants est-elle un critère valide et crédible dans l’évaluation du retour et/ou du maintien au domicile ? Quelles recommandations proposer pour le financement du retour et/ou du maintien au domicile ?</t>
+  </si>
+  <si>
+    <t>25/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272396/fr/sortie-du-monde-hospitalier-et-retour-au-domicile-d-une-personne-adulte-evoluant-vers-la-dependance-motrice-ou-psychique</t>
+  </si>
+  <si>
+    <t>c_272396</t>
+  </si>
+  <si>
+    <t>Appréciation du risque carieux et indications du scellement prophylactique des sillons des premières et deuxièmes molaires permanentes chez les sujets de moins de 18 ans</t>
+  </si>
+  <si>
+    <t>L'objectif de cette recommandation professionnelle est de répondre aux questions suivantes :# 1. Quelles sont les modalités d’appréciation du risque de carie individuel (RCI) dans le cas des dents permanentes chez les sujets de moins de 18 ans ?# 2. Quelles sont les indications des scellements des sillons des premières et deuxièmes molaires permanentes chez les sujets de moins de 18 ans ?# 3. Quel est le protocole de mise en place des scellements ?# 4. Quel est le protocole de suivi des scellements ?# Ce document aborde également l'impact économique de la prévention des caries dentaires par cette technique.</t>
+  </si>
+  <si>
+    <t>01/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272496/fr/appreciation-du-risque-carieux-et-indications-du-scellement-prophylactique-des-sillons-des-premieres-et-deuxiemes-molaires-permanentes-chez-les-sujets-de-moins-de-18-ans</t>
   </si>
   <si>
     <t>c_272496</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...8 lines deleted...]
-    <t>11/13/2013 00:00:00</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS actualise ses recommandations sur l’examen du dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>En France, les cancers du sein sont, chez les femmes, les cancers les plus fréquents et la première cause de décès par cancer. Le dépistage organisé, proposé tous les deux ans aux femmes âgées de 50 à 74 ans, permet leur détection et leur prise en charge précoces. En réponse à une saisine de l’Institut national du cancer (INCa), la Haute Autorité de santé recommande l’introduction, dans le dépistage organisé des cancers du sein, de la mammographie 3D (par tomosynthèse), à condition qu’elle soit systématiquement associée à la reconstruction d’une image 2D synthétique (3D + 2Ds).</t>
+  </si>
+  <si>
+    <t>17/03/2023 11:39:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421814/fr/la-has-actualise-ses-recommandations-sur-l-examen-du-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>p_3421814</t>
+  </si>
+  <si>
+    <t>Hépatite C : le dépistage universel n’est pas pertinent en contexte français</t>
+  </si>
+  <si>
+    <t>La stratégie nationale de dépistage de l’hépatite C se concentre aujourd’hui sur les populations à haut risque d’exposition au virus. La HAS a mené une évaluation médico-économique pour déterminer l’intérêt d’un dépistage élargi à la population générale. Elle conclut qu’un dépistage universel ne serait pas efficient en France et qu’il faudrait plutôt renforcer le dépistage dans les populations les plus à risque de contamination et de transmission. La HAS mènera des travaux pour définir les modalités d’un tel dépistage renforcé.</t>
+  </si>
+  <si>
+    <t>29/11/2019 14:02:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122306/fr/hepatite-c-le-depistage-universel-n-est-pas-pertinent-en-contexte-francais</t>
+  </si>
+  <si>
+    <t>p_3122306</t>
+  </si>
+  <si>
+    <t>Mammographie par tomosynthèse : des questions à traiter avant une éventuelle intégration dans le dépistage organisé du cancer du sein</t>
+  </si>
+  <si>
+    <t>La HAS mène actuellement une évaluation afin de se prononcer sur l’intérêt d’intégrer la mammographie par tomosynthèse dans le dépistage organisé du cancer du sein chez les femmes à risque modéré. En préalable, elle a analysé ce que les études internationales fournissent comme connaissances sur la performance de la mammographie par tomosynthèse et identifié toutes les questions soulevées par son intégration au dépistage organisé en France. Elle publie ce travail intermédiaire et initie dès à présent un second volet qui répondra à ces questions.</t>
+  </si>
+  <si>
+    <t>27/11/2019 14:58:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121421/fr/mammographie-par-tomosynthese-des-questions-a-traiter-avant-une-eventuelle-integration-dans-le-depistage-organise-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>p_3121421</t>
+  </si>
+  <si>
+    <t>Parcours de santé : le ministère et la HAS facilitent l’accès à l’hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>04/12/2018 16:25:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888327/fr/parcours-de-sante-le-ministere-et-la-has-facilitent-l-acces-a-l-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2888327</t>
+  </si>
+  <si>
+    <t>La HAS a développé un outil pour aider les professionnels à orienter les patients en HAD</t>
+  </si>
+  <si>
+    <t>L’hospitalisation à domicile (HAD) permet d’éviter ou de raccourcir une hospitalisation conventionnelle en offrant aux patients la possibilité d’être soignés sur leur lieu de vie. Malgré une politique en faveur du développement de l’HAD menée par les pouvoirs publics, cette possibilité reste sous-utilisée et encore trop peu connue par les professionnels de santé. C’est pourquoi la HAS a développé le premier outil en ligne d’aide à la décision pour les médecins prescripteurs, qui permet d’estimer si un patient est éligible ou non à cette modalité d’hospitalisation.</t>
+  </si>
+  <si>
+    <t>07/12/2017 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810280/fr/la-has-a-developpe-un-outil-pour-aider-les-professionnels-a-orienter-les-patients-en-had</t>
+  </si>
+  <si>
+    <t>c_2810280</t>
+  </si>
+  <si>
+    <t>La HAS échange avec les fabricants de dispositifs médicaux pour faciliter l’accès des patients à l’innovation utile</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé organise ce 24 novembre une journée d’échanges avec les fabricants de dispositifs médicaux. Objectif : expliciter les principes d’évaluation de la commission nationale d’évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) afin d’accélérer l’accès des patients et des personnes en situation de handicap à l’innovation utile. À cette occasion, plusieurs documents sont publiés.</t>
+  </si>
+  <si>
+    <t>24/11/2017 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806917/fr/la-has-echange-avec-les-fabricants-de-dispositifs-medicaux-pour-faciliter-l-acces-des-patients-a-l-innovation-utile</t>
+  </si>
+  <si>
+    <t>c_2806917</t>
+  </si>
+  <si>
+    <t>Analyse d’impact budgétaire : la HAS enrichit l’évaluation médico-économique des produits de santé</t>
+  </si>
+  <si>
+    <t>Afin d’enrichir l’aide à la décision publique dans le champ de l’évaluation économique, la HAS propose un guide méthodologique sur l’analyse d’impact budgétaire (AIB) complémentaire de l’analyse de l’efficience des interventions de santé.</t>
+  </si>
+  <si>
+    <t>28/02/2017 15:57:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747893/fr/analyse-d-impact-budgetaire-la-has-enrichit-l-evaluation-medico-economique-des-produits-de-sante</t>
+  </si>
+  <si>
+    <t>c_2747893</t>
+  </si>
+  <si>
+    <t>Pour un développement de la coopération européenne en matière d’évaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Depuis plus de 10 ans, une coopération volontaire entre des agences d’évaluation des technologies de santé de 28 pays européens s’est mise en place pour répondre au défi de l’évaluation de nouvelles thérapies médicamenteuses ou d’innovations technologiques dont certaines sont extrêmement coûteuses. Soutenue par des programmes communautaires de l’Union Européenne sous forme d’« actions conjointes », cette coopération a mené à la création du réseau EUnetHTA (European Network for Health Technology Assessment). La Haute Autorité de Santé (HAS) organise en partenariat avec la Commission européenne un symposium le vendredi 30 octobre 2015 consacré aux coopérations européennes dans le champs de l'évaluation des technologies de santé (HTA).</t>
+  </si>
+  <si>
+    <t>30/10/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568473/fr/pour-un-developpement-de-la-cooperation-europeenne-en-matiere-d-evaluation-des-technologies-de-sante</t>
+  </si>
+  <si>
+    <t>c_2568473</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé face aux enjeux de la qualité des soins et des coûts</t>
+  </si>
+  <si>
+    <t>A l’occasion de son 10e anniversaire, la Haute Autorité de Santé organise un nouveau colloque sur la régulation par la qualité et l’efficience, cap que s’est fixé l’institution depuis plusieurs années et auquel elle entend associer de plus en plus les patients. Elle entend ainsi animer le débat et montrer ses contributions sur des thématiques majeures à l’heure où le financement de notre système de santé solidaire est bousculé.</t>
+  </si>
+  <si>
+    <t>01/10/2015 13:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559009/fr/la-haute-autorite-de-sante-face-aux-enjeux-de-la-qualite-des-soins-et-des-couts</t>
+  </si>
+  <si>
+    <t>c_2559009</t>
+  </si>
+  <si>
+    <t>De nouveaux travaux pour favoriser le développement de la chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Engagée depuis 3 ans dans un programme destiné à favoriser le développement de la chirurgie ambulatoire, la HAS met aujourd’hui à la disposition des établissements de santé un logiciel de microcosting leur permettant d’analyser les coûts de production des gestes pratiqués en chirurgie ambulatoire et des outils d’évaluation de cette activité (grille patient-traceur). Par ailleurs, elle développe pour la chirurgie ambulatoire des indicateurs de processus et de résultats destinés à évaluer et à améliorer la qualité et la sécurité des soins.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022639/fr/de-nouveaux-travaux-pour-favoriser-le-developpement-de-la-chirurgie-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2022639</t>
+  </si>
+  <si>
+    <t>Chimiothérapie injectable: quelles sont les conditions de son développement en hospitalisation à domicile (HAD) ?</t>
+  </si>
+  <si>
+    <t>Avec la hausse des diagnostics de cancer en France et le développement de nouvelles molécules anticancéreuses, le nombre de chimiothérapies réalisées sur le territoire augmente rapidement.</t>
+  </si>
+  <si>
+    <t>16/03/2015 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2020646/fr/chimiotherapie-injectable-quelles-sont-les-conditions-de-son-developpement-en-hospitalisation-a-domicile-had</t>
+  </si>
+  <si>
+    <t>c_2020646</t>
+  </si>
+  <si>
+    <t>Insuffisance rénale chronique terminale : comment améliorer l’efficience de la prise en charge ?</t>
+  </si>
+  <si>
+    <t>Dans un contexte d’augmentation du coût de la prise en charge de l’insuffisance rénale chronique terminale, la HAS et l’Agence de la biomédecine ont modélisé les possibilités de changement dans la trajectoire de soins des patients et évalué leurs conséquences d’un point de vue clinique et économique. Elles publient leur rapport qui confirme que le développement de la transplantation rénale dans tous les groupes d’âge est une stratégie efficiente par rapport à l’ensemble des stratégies évaluées. Au-delà de la transplantation, limitée par le nombre de greffons, les travaux montrent qu’il est possible de faire évoluer la place des différentes modalités de traitement en développant la dialyse hors centre. Et qu’il existe plusieurs stratégies de dialyse alternatives, moins chères que la situation observée pour une efficacité équivalente.</t>
+  </si>
+  <si>
+    <t>19/11/2014 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776863/fr/insuffisance-renale-chronique-terminale-comment-ameliorer-l-efficience-de-la-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_1776863</t>
+  </si>
+  <si>
+    <t>Apnées du sommeil : de nouvelles recommandations de prise en charge des patients</t>
+  </si>
+  <si>
+    <t>Avec 4% de la population adulte française atteinte d’apnées du sommeil et un recours croissant aux dispositifs médicaux de pression positive continue, le syndrome d’apnées-hypopnées obstructives du sommeil (SAHOS) constitue un enjeu sanitaire et économique majeur. La HAS a évalué la place dans la stratégie thérapeutique des dispositifs médicaux disponibles : dispositifs de pression positive continue (PPC) et orthèses d’avancée mandibulaires (OAM). Cette évaluation comprend la réalisation d’un modèle économique original qui compare l’efficience des différents traitements du SAHOS léger et modéré.</t>
+  </si>
+  <si>
+    <t>10/09/2014 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761160/fr/apnees-du-sommeil-de-nouvelles-recommandations-de-prise-en-charge-des-patients</t>
+  </si>
+  <si>
+    <t>c_1761160</t>
+  </si>
+  <si>
+    <t>La HAS définit la place des nouveaux traitements de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La mise à disposition d’une nouvelle génération d’antiviraux d’action directe annonce une révolution dans les traitements des personnes porteuses d’infection chronique par le virus de l’hépatite C (VHC) : mieux tolérés, plus efficaces, avec des données disponibles aujourd’hui qui permettent d’espérer la guérison virologique de 90% des malades après une cure de 12 ou 24 semaines seulement. Un médicament a déjà été évalué par la HAS, d’autres arrivent qui seront utilisés en association les uns avec les autres.</t>
+  </si>
+  <si>
+    <t>01/07/2014 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751519/fr/la-has-definit-la-place-des-nouveaux-traitements-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1751519</t>
+  </si>
+  <si>
+    <t>Télémédecine : deux outils à disposition des acteurs du monde de la santé</t>
+  </si>
+  <si>
+    <t>La télémédecine, pratique médicale à distance fondée sur l’utilisation des technologies de l’information et de la communication, est aujourd’hui considérée comme un levier d’action susceptible d’apporter une réponse aux défis organisationnels et économiques de l’offre de soins. L’amélioration de la qualité et de l’accès aux soins sur l’ensemble du territoire et l’optimisation de l’utilisation des ressources humaines, financières et technologiques disponibles sont les principaux enjeux associés à son développement. Consciente de ces différents défis, la HAS publie ce jour deux travaux sur le sujet pour accompagner le développement des projets de télémédecine : [[c_1622477][un cadre d'évaluation médico-économique]] ainsi qu’une [[c_1622423][grille de pilotage et de sécurité des projets de télémédecine]].</t>
+  </si>
+  <si>
+    <t>18/07/2013 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622297/fr/telemedecine-deux-outils-a-disposition-des-acteurs-du-monde-de-la-sante</t>
+  </si>
+  <si>
+    <t>c_1622297</t>
+  </si>
+  <si>
+    <t>Anévrismes de l’aorte abdominale en France : proposer un dépistage ciblé opportuniste unique chez les hommes présentant des facteurs de risque</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) a évalué la pertinence de la mise en place d’un programme de dépistage des anévrismes de l’aorte abdominale sous-rénale (AAA). La prise en charge et les traitements des AAA réduisant la mortalité liée à l’anévrisme à moyen et long terme, la HAS préconise la mise en place d’un dépistage ciblé opportuniste unique* par écho-doppler chez les personnes à risque. Le médecin le proposerait ainsi une fois aux hommes entre 65 et 75 ans fumeurs ou ayant été fumeurs ainsi qu’aux hommes entre 50 et 75 ans présentant des antécédents familiaux.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1361253/fr/anevrismes-de-l-aorte-abdominale-en-france-proposer-un-depistage-cible-opportuniste-unique-chez-les-hommes-presentant-des-facteurs-de-risque</t>
+  </si>
+  <si>
+    <t>c_1361253</t>
+  </si>
+  <si>
+    <t>Diabète de type 2 : quand et quels médicaments prescrire pour le contrôle glycémique ?</t>
+  </si>
+  <si>
+    <t>En 2009, 2,7 millions de personnes étaient traitées par médicament pour un diabète de type 2, soit environ 4,6% de la population française. Mal ou non soigné, le diabète de type 2 peut entraîner des complications graves et coûteuses. Le contrôle de la glycémie (sucre dans le sang), un accompagnement et un traitement adaptés permettent d’éviter ou de retarder ces complications. La Haute Autorité de Santé (HAS) et l’Agence nationale de sécurité du médicament et des produits de santé (ANSM) diffusent ce jour une recommandation de bonne pratique pour aider les professionnels de santé à définir la stratégie médicamenteuse la plus adaptée pour le contrôle glycémique de leurs patients.</t>
+  </si>
+  <si>
+    <t>13/02/2013 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359987/fr/diabete-de-type-2-quand-et-quels-medicaments-prescrire-pour-le-controle-glycemique</t>
+  </si>
+  <si>
+    <t>c_1359987</t>
+  </si>
+  <si>
+    <t>Comment développer la transplantation rénale, prise en charge la plus efficiente de l’insuffisance rénale chronique terminale ?</t>
+  </si>
+  <si>
+    <t>La HAS mène une évaluation medico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale. Elle publie aujourd’hui, en collaboration avec l’Agence de la biomédecine, [[c_1291640][un premier volet de ce travail consacré spécifiquement à l’analyse des possibilités de développement de la transplantation rénale en France]].</t>
+  </si>
+  <si>
+    <t>06/09/2012 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1292525/fr/comment-developper-la-transplantation-renale-prise-en-charge-la-plus-efficiente-de-l-insuffisance-renale-chronique-terminale</t>
+  </si>
+  <si>
+    <t>c_1292525</t>
+  </si>
+  <si>
+    <t>Cancer du sein, un nouveau souffle pour le dépistage organisé</t>
+  </si>
+  <si>
+    <t>Depuis 2004, la France a mis en place un dépistage organisé du cancer du sein afin de permettre à toutes les femmes de 50 à 74 ans d’accéder à une prise en charge précoce et de qualité. Ce dispositif national coexiste avec un dépistage individuel. Il ne bénéficie, huit ans plus tard, qu’à la moitié des femmes concernées. Les recommandations que publie aujourd’hui la Haute Autorité de Santé, à la demande de la Direction générale de la santé, visent à améliorer cette situation.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1196105/fr/cancer-du-sein-un-nouveau-souffle-pour-le-depistage-organise</t>
+  </si>
+  <si>
+    <t>c_1196105</t>
+  </si>
+  <si>
+    <t>Améliorer le dépistage des hépatites virales B et C : la HAS précise sa recommandation</t>
+  </si>
+  <si>
+    <t>En mai 2011, dans le cadre du Plan national de lutte contre les hépatites B et C – 2009-2012, la Haute Autorité de Santé (HAS) publiait un avis sur les combinaisons de tests biologiques de dépistage à réaliser. A la demande du Ministère en charge de la Santé, la HAS a complété cet avis dont elle publie aujourd’hui la version actualisée.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1189387/fr/ameliorer-le-depistage-des-hepatites-virales-b-et-c-la-has-precise-sa-recommandation</t>
+  </si>
+  <si>
+    <t>c_1189387</t>
+  </si>
+  <si>
+    <t>Maladies rares : la HAS recommande un dépistage systématique à la naissance du déficit en MCAD*</t>
+  </si>
+  <si>
+    <t>Dans le cadre du Plan national « Maladies rares » 2010-2014, la Haute Autorité de Santé a été saisie afin de rendre un avis sur l’extension du dépistage néonatal à une maladie supplémentaire : le déficit en MCAD. Cette maladie métabolique est fréquemment mortelle en l’absence de traitement. Sa prise en charge, très efficace, consiste à observer des règles diététiques simples. La Haute Autorité de Santé recommande le dépistage néonatal de cette maladie car il permet de prévenir des décès facilement évitables chez des jeunes enfants.</t>
+  </si>
+  <si>
+    <t>13/07/2011 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1070812/fr/maladies-rares-la-has-recommande-un-depistage-systematique-a-la-naissance-du-deficit-en-mcad</t>
+  </si>
+  <si>
+    <t>c_1070812</t>
+  </si>
+  <si>
+    <t>Changer le regard sur les thérapeutiques non médicamenteuses</t>
+  </si>
+  <si>
+    <t>Changer de mode de vie, d’alimentation, pratiquer une activité physique et sportive, engager un travail avec un psychologue… Pourquoi ces initiatives trouvent-elles difficilement leur place dans la prise en charge médicale alors qu’elles sont complémentaires aux traitements médicamenteux? Comment un déséquilibre aussi important peut-il exister dans le recours à ces thérapeutiques, comparé aux traitements médicamenteux qui sont davantage mis en exergue dans l’opinion du public et des professionnels de santé ? La Haute Autorité de Santé, dans un rapport d’orientation, fait le point sur les divers freins au développement de ce type de prescription - organisationnels et économiques, psychologiques et sociétaux … - et identifie les solutions qui peuvent être apportées.</t>
+  </si>
+  <si>
+    <t>23/06/2011 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060771/fr/changer-le-regard-sur-les-therapeutiques-non-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_1060771</t>
+  </si>
+  <si>
+    <t>Améliorer le dépistage des hépatites virales B et C</t>
+  </si>
+  <si>
+    <t>Dans le cadre du Plan national de lutte contre les hépatites B et C 2009-2012, la Haute Autorité de Santé (HAS) a été saisie par le ministère de la Santé pour rendre un avis sur les combinaisons de tests biologiques de dépistage à réaliser. L’objectif est d’harmoniser et d’améliorer les pratiques de dépistage individualisé chez les personnes à risques. Sur la base de cette recommandation, le Ministère pourrait arrêter la stratégie de tests pour le dépistage de l’hépatite B qu’il convient de généraliser et de rembourser.</t>
+  </si>
+  <si>
+    <t>04/05/2011 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050582/fr/ameliorer-le-depistage-des-hepatites-virales-b-et-c</t>
+  </si>
+  <si>
+    <t>c_1050582</t>
+  </si>
+  <si>
+    <t>Renforcer le dépistage ciblé de l’infection à gonocoque</t>
+  </si>
+  <si>
+    <t>Depuis les années 2000, les réseaux de surveillance constatent une recrudescence des cas de gonococcie en France dans la population jeune en particulier alors que certaines études notent une reprise des comportements sexuels à risque. Face à ce constat, la Direction Générale de la Santé a saisi la Haute Autorité de Santé* pour évaluer l’intérêt d’organiser un dépistage de cette infection sexuellement transmissible (IST).</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1032269/fr/renforcer-le-depistage-cible-de-l-infection-a-gonocoque</t>
+  </si>
+  <si>
+    <t>c_1032269</t>
+  </si>
+  <si>
+    <t>Un dépistage de la rétinopathie diabétique à améliorer</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé, saisie par la Direction Générale de la Santé, a évalué les différentes techniques et modes d’organisation du dépistage de la rétinopathie diabétique. Selon les estimations, cette complication oculaire toucherait plus de 200 000 diabétiques. Elle peut entraîner une diminution des capacités de vision, voire la cécité si elle n’est pas dépistée et traitée à temps. La HAS émet ainsi des recommandations de santé publique pour améliorer le dépistage de la rétinopathie diabétique en adaptant ses modalités et en améliorant la coordination des différents intervenants.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1028478/fr/un-depistage-de-la-retinopathie-diabetique-a-ameliorer</t>
+  </si>
+  <si>
+    <t>c_1028478</t>
+  </si>
+  <si>
+    <t>Cancer du col de l’utérus</t>
+  </si>
+  <si>
+    <t>Saisie par la ministre de la santé, la Haute Autorité de Santé a évalué les différentes stratégies de dépistage du cancer du col de l’utérus, qui atteint chaque année en France 3 000 nouvelles femmes et en tue plus de 1000.</t>
+  </si>
+  <si>
+    <t>15/11/2010 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_998815/fr/cancer-du-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>c_998815</t>
+  </si>
+  <si>
+    <t>Les statines jugées efficaces par la HAS, avec une efficience inégale en fonction du profil des patients</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie une nouvelle étude médico-économique centrée sur l’évaluation de l’efficacité et de l’efficience (rapport coût/efficacité) des statines. Celles-ci permettent de diminuer la mortalité toutes causes et de prévenir la survenue des événements cardio-vasculaires. Les différentes statines se distinguent en termes de réduction moyenne du LDL-cholestérol (LDL-c) et de prix, ce qui conduit à privilégier certaines molécules en instauration de traitement en fonction des caractéristiques des patients.</t>
+  </si>
+  <si>
+    <t>22/07/2010 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969097/fr/les-statines-jugees-efficaces-par-la-has-avec-une-efficience-inegale-en-fonction-du-profil-des-patients</t>
+  </si>
+  <si>
+    <t>c_969097</t>
+  </si>
+  <si>
+    <t>Unités de dialyse médicalisées.La Haute Autorité de Santé rend ses recommandations sur les conditions de mise en œuvre de la télémédecine.</t>
+  </si>
+  <si>
+    <t>A la demande de la Direction de l’hospitalisation et de l’organisation des soins (DHOS), la Haute Autorité de Santé (HAS) a étudié la place de la télémédecine dans l’organisation des soins des patients traités par épuration extrarénale en unité de dialyse médicalisée (UDM). Elle publie dans ce cadre des recommandations sur les conditions de sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>21/01/2010 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_914168/fr/unites-de-dialyse-medicalisees-la-haute-autorite-de-sante-rend-ses-recommandations-sur-les-conditions-de-mise-en-oeuvre-de-la-telemedecine</t>
+  </si>
+  <si>
+    <t>c_914168</t>
+  </si>
+  <si>
+    <t>Toxoplasmose et rubéole : la HAS précise les conditions d’un dépistage efficace</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS), saisie par la Direction Générale de la Santé (DGS), rend public son [[c_893585][rapport sur la surveillance sérologique et la prévention de la toxoplasmose et de la rubéole durant la grossesse]]. Elle insiste sur l’importance de l’information à fournir aux femmes enceintes aux différents temps de la séquence de dépistage. De plus, elle recommande l’organisation d’une prise en charge structurée en cas de séroconversion en cours de grossesse. -</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_890769/fr/toxoplasmose-et-rubeole-la-has-precise-les-conditions-d-un-depistage-efficace</t>
+  </si>
+  <si>
+    <t>c_890769</t>
+  </si>
+  <si>
+    <t>Stents coronaires actifs : les conclusions de la Haute Autorité de Santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé s’est saisie en 2007 de la réévaluation des endoprothèses coronaires à libération de principe actif (ou « stents actifs ») et les a comparés aux endoprothèses coronaires sans libération de principe actif (ou « stents nus »). Les stents sont utilisés lors d’angioplasties, l’une des trois thérapeutiques envisageables dans la maladie coronarienne, laquelle entraîne chaque année en France plus de 300 000 hospitalisations.# La Haute Autorité de Santé publie aujourd’hui ses conclusions qui précisent les seules indications où les stents actifs apportent un bénéfice clinique par rapport aux stents nus. Ce bénéfice est limité, d’une part parce qu’il ne porte que sur la diminution du nombre de gestes de revascularisation, d’autre part parce qu’une bithérapie antiagrégante prolongée est nécessaire et présente certains risques. Enfin, la HAS attire l’attention sur le surcoût important des stents actifs.</t>
+  </si>
+  <si>
+    <t>27/10/2009 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_869552/fr/stents-coronaires-actifs-les-conclusions-de-la-haute-autorite-de-sante</t>
+  </si>
+  <si>
+    <t>c_869552</t>
+  </si>
+  <si>
+    <t>La HAS évalue les dispositifs d’automesure dans la surveillance de la coagulation du sang</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a évalué l’intérêt, dans le système de santé français, de rembourser ou non des dispositifs d’automesure de la coagulation du sang chez les patients recevant un traitement anticoagulant par antivitamines K. La HAS recommande ce remboursement chez les enfants. En revanche elle ne le recommande pas chez les adultes dans les conditions actuelles.</t>
+  </si>
+  <si>
+    <t>09/02/2009 18:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_744911/fr/la-has-evalue-les-dispositifs-d-automesure-dans-la-surveillance-de-la-coagulation-du-sang</t>
+  </si>
+  <si>
+    <t>c_744911</t>
+  </si>
+  <si>
+    <t>La réalisation des tests de dépistage de l’infection par le VIH évolue</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie le premier volet de recommandations sur le dépistage de l’infection par le VIH en France, qui propose une évolution des modalités de réalisation des tests de dépistage. Des recommandations et des orientations sur les tests de dépistage rapide sont également proposées.</t>
+  </si>
+  <si>
+    <t>22/10/2008 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704683/fr/la-realisation-des-tests-de-depistage-de-l-infection-par-le-vih-evolue</t>
+  </si>
+  <si>
+    <t>c_704683</t>
+  </si>
+  <si>
+    <t>Masso-kinésithérapie : quelle prise en charge après un traitement chirurgical du genou ou de l'épaule ?</t>
+  </si>
+  <si>
+    <t>*prise en charge hospitalière ou ambulatoire après certains traitements chirurgicaux de l’épaule et du genou. Ces recommandations ont pour objectif d’éviter l’orientation inappropriée vers une hospitalisation en soins de suite ou de réadaptation (SSR).</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632351/fr/masso-kinesitherapie-quelle-prise-en-charge-apres-un-traitement-chirurgical-du-genou-ou-de-l-epaule</t>
+  </si>
+  <si>
+    <t>c_632351</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) publie deux recommandations professionnelles ayant pour objectifs de diminuer la morbidité et la mortalité associées à la cirrhose. La surveillance régulière et la prévention primaire des complications, et le cas échéant, le traitement et la prévention secondaire des principales complications, quelle que soit la cause de la cirrhose, constituent la base de la stratégie proposée pour atteindre ces objectifs.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614245/fr/prise-en-charge-des-patients-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_614245</t>
+  </si>
+  <si>
+    <t>La HAS publie une étude sur la participation financière des patients dans cinq pays d’Europe</t>
+  </si>
+  <si>
+    <t>En mai 2006, la HAS a souhaité accompagner la publication de ses premières recommandations sur les affections de longue durée (ALD) d’une réflexion générale soulignant les difficultés à mobiliser un même dispositif pour atteindre deux objectifs distincts : la qualité de la prise en charge médicale des malades chroniques et la neutralisation des restes à charge élevés liés aux soins les plus coûteux pour tous ceux qui en ont besoin. Afin d’éclairer ce débat, la HAS publie aujourd’hui une étude sur les mécanismes de participation financière des patients dans cinq pays d’Europe. Au-delà des différences, deux points fondamentaux apparaissent : le recours aux dépenses privées des ménages se rencontre dans ces cinq pays mais des dispositifs généraux permettent de limiter le montant de ces dépenses privées, soit en fonction du revenu, soit en fonction d’un plafond annuel.</t>
+  </si>
+  <si>
+    <t>09/10/2007 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_595200/fr/la-has-publie-une-etude-sur-la-participation-financiere-des-patients-dans-cinq-pays-d-europe</t>
+  </si>
+  <si>
+    <t>c_595200</t>
+  </si>
+  <si>
+    <t>Indications des techniques de revascularisation des sténoses de la carotide</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) a réalisé une évaluation des techniques de revascularisation des sténoses de la carotide et a rendu un avis favorable pour le remboursement de trois actes d’angioplastie carotidienne avec pose de stent et quatre modèles de stents carotidiens.</t>
+  </si>
+  <si>
+    <t>18/07/2007 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_559119/fr/indications-des-techniques-de-revascularisation-des-stenoses-de-la-carotide</t>
+  </si>
+  <si>
+    <t>c_559119</t>
+  </si>
+  <si>
+    <t>La HAS recommande le subventionnement d’une démarche individuelle active de sevrage tabagique</t>
+  </si>
+  <si>
+    <t>Dans le cadre des mesures et réflexions relatives à la lutte contre le tabagisme, le ministre de la Santé et des Solidarités a souhaité, par une lettre en date du 10 octobre 2006, disposer de l’avis de la Haute Autorité de Santé sur les analyses disponibles et les moyens d’encourager et d'aider au sevrage tabagique.</t>
+  </si>
+  <si>
+    <t>23/01/2007 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477331/fr/la-has-recommande-le-subventionnement-d-une-demarche-individuelle-active-de-sevrage-tabagique</t>
+  </si>
+  <si>
+    <t>c_477331</t>
+  </si>
+  <si>
+    <t>24/10/2005 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240376/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>c_240376</t>
+  </si>
+  <si>
+    <t>01/02/2006 12:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240379/fr/appreciation-du-risque-carieux-et-indications-du-scellement-prophylactique-des-sillons-des-premieres-et-deuxiemes-molaires-permanentes-chez-les-sujets-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>c_240379</t>
+  </si>
+  <si>
+    <t>Récupération de sang péri-opératoire suivie de sa transfusion (RSPO)</t>
+  </si>
+  <si>
+    <t>11/07/2006 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240783/fr/recuperation-de-sang-peri-operatoire-suivie-de-sa-transfusion-rspo</t>
+  </si>
+  <si>
+    <t>c_240783</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Expérimentation concernant l’évaluation de l’impact budgétaire des dispositifs médicaux numériques</t>
+  </si>
+  <si>
+    <t>La HAS met en place une expérimentation donnant la possibilité aux industriels volontaires de valoriser l’effet de leurs dispositifs médicaux numériques (DMN) sur l’organisation du système de santé. Ils devront accompagner d’une analyse d’impact budgétaire leur demande d’inscription ou de renouvellement d’inscription sur la liste des produits et prestations remboursables. Cette expérimentation permettra aux industriels de fournir ensuite au comité économique des produits de santé (CEPS) une analyse d’impact budgétaire validée par la commission d’évaluation économique et de santé publique (CEESP) et valorisant les économies générées des données concrètes afin de définir la plus juste tarification possible de leur innovation.</t>
+  </si>
+  <si>
+    <t>22/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>24/03/2023 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423250/fr/experimentation-concernant-l-evaluation-de-l-impact-budgetaire-des-dispositifs-medicaux-numeriques</t>
+  </si>
+  <si>
+    <t>p_3423250</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique des dispositifs médicaux et prestations associées pour prise en charge du syndrome d’apnées hypopnées obstructives du sommeil (SAHOS)</t>
+  </si>
+  <si>
+    <t>La Commission nationale d'évaluation des dispositifs médicaux et des technologies de santé (CNEDiMTS) a effectué la révision des dispositifs médicaux et prestations associées pour le traitement de l’apnée du sommeil inscrits à la liste des produits et prestations remboursables (LPPR). En parallèle, à la demande du Comité économique des produits de santé, une évaluation économique des traitements de l’apnée du sommeil a été réalisée par la Commission évaluation économique et de santé publique (CEESP).</t>
+  </si>
+  <si>
+    <t>16/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2014 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761818/fr/evaluation-clinique-et-economique-des-dispositifs-medicaux-et-prestations-associees-pour-prise-en-charge-du-syndrome-d-apnees-hypopnees-obstructives-du-sommeil-sahos</t>
+  </si>
+  <si>
+    <t>c_1761818</t>
+  </si>
+  <si>
+    <t>Traitement des symptômes du bas appareil urinaire liés à l’hypertrophie bénigne de la prostate par laser – Rapport d’évaluation technologique</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est d'évaluer et de comparer l’efficacité, la sécurité et le coût des techniques lasers les plus utilisées en France (photovaporisation sélective de la prostate par LASER (PVPS)) et à l’étranger (l’énucléation par LASER à l’Holmium (HoLEP)) par rapport aux techniques classiques (la résection trans-urétrale de la prostate [RTUP] et l’adénomectomie par voie haute [AVH])</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
+    <t>Évaluation par classe des médicaments antihypertenseurs</t>
+  </si>
+  <si>
+    <t>Ce travail est une évaluation médico-économique des 5 classes d’antihypertenseurs ayant démontré leur efficacité en morbi-mortalité dans la prise en charge de l’HTA essentielle. Les 5 classes évaluées sont les diurétiques thiazidiques, les bétabloquants, les antagonistes de l’angiotensine II (ARAII), les inhibiteurs de l’enzyme de conversion (IEC) et les inhibiteurs calciques (ICa).</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554860/fr/evaluation-par-classe-des-medicaments-antihypertenseurs</t>
+  </si>
+  <si>
+    <t>c_1554860</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines</t>
+  </si>
+  <si>
+    <t>Toutes statines confondues, le traitement par statines diminue le risque de mortalité toutes causes de 10% quel que soit le profil du patient, et le risque d’événements cardiovasculaires de 15% à 23%, selon l’événement étudié. Le rapport coût-efficacité d’un traitement par statine est jugé favorable en prévention secondaire, et en prévention primaire pour les patients à haut risque cardiovasculaire. Les différentes statines n’ont pas d’effet significativement différent en termes de mortalité toutes causes et les effets indésirables sont de nature et de fréquence identiques. L’effet des différentes statines sur la survenue d’événements cardiovasculaires (ECV) ne peut pas être analysé de manière rigoureuse sur l'ensemble des molécules et des dosages à partir des données disponibles. Dans la mesure où il existe une relation démontrée entre la baisse du LDL-c et la réduction des ECV, la réduction du LDL-c peut être acceptée comme un indicateur intermédiaire de la morbidité CV. Les statines ayant une efficacité biologique différente, la prise en compte de ce second critère dans la décision conduit à recommander, pour un patient en initiation de traitement, la statine la plus efficiente en fonction de la baisse de LDL-c recherchée lorsqu’un traitement est jugé nécessaire par le prescripteur, en tenant compte du niveau de risque cardio-vasculaire initial du patient.</t>
+  </si>
+  <si>
+    <t>01/07/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499450/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines</t>
+  </si>
+  <si>
+    <t>r_1499450</t>
+  </si>
+  <si>
+    <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
+  </si>
+  <si>
+    <t>01/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>L’hormone de croissance chez l’enfant non déficitaire, évaluation du service rendu à la collectivité</t>
+  </si>
+  <si>
+    <t>L’évaluation avait pour objectif de : répondre aux interrogations de la Commission de la transparence portant sur l’amélioration de la taille adulte, la tolérance à long terme et sur le caractère pathologique de la petite taille ; de documenter les dimensions du Service Rendu à la Collectivité (SeRC). Elle vise à éclairer en premier lieu la décision publique. Elle contient également des données scientifiques nécessaires à l’élaboration de documents destinés au prescripteur.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2012 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1173766/fr/l-hormone-de-croissance-chez-l-enfant-non-deficitaire-evaluation-du-service-rendu-a-la-collectivite</t>
+  </si>
+  <si>
+    <t>c_1173766</t>
+  </si>
+  <si>
+    <t>Chirurgie ambulatoire : outils d’aide au développement - Note d'orientation</t>
+  </si>
+  <si>
+    <t>La chirurgie ambulatoire reste en France insuffisamment développée alors qu’elle constitue un apport réel en termes de qualité pour les patients. Dans ce contexte, la Haute Autorité de santé (HAS) et l’Agence nationale d’appui à la performance des établissements de santé et médico-sociaux (ANAP) unissent leurs efforts pour informer et accompagner les professionnels. Les deux partenaires publient une note d’orientation qui formalise leur coopération, définit six axes de travail, précise la nature des productions attendues et donne un calendrier d’action</t>
+  </si>
+  <si>
+    <t>22/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>22/12/2011 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1166746/fr/chirurgie-ambulatoire-outils-d-aide-au-developpement-note-d-orientation</t>
+  </si>
+  <si>
+    <t>c_1166746</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983497/en/tivicay-dolutegravir-inhibiteur-de-l-integrase</t>
+    <t>Évaluation des stimulateurs cardiaques conventionnels, place respective des stimulateurs simple et double chambre</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories de stimulateurs conventionnels, afin de : s’assurer du bien fondé de leur remboursement ; définir les indications et les situations cliniques d’utilisation des différents types d’appareils ; réévaluer l’intérêt des stimulateurs simple et double chambre en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les stimulateurs inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2009 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_749863/fr/evaluation-des-stimulateurs-cardiaques-conventionnels-place-respective-des-stimulateurs-simple-et-double-chambre</t>
+  </si>
+  <si>
+    <t>c_749863</t>
+  </si>
+  <si>
+    <t>Évaluation de la Stimulation Phrénique Implantée</t>
+  </si>
+  <si>
+    <t>Les dispositifs de stimulation phrénique sont des dispositifs d’assistance respiratoire implantée définitive, destinés aux patients dont la commande respiratoire est atteinte alors que le système neuromusculaire périphérique est intact. Selon les technologies, la stimulation porte sur la portion thoracique du nerf phrénique (stimulateurs phréniques intrathoraciques) ou au niveau des points moteurs du nerf phrénique situés sur le diaphragme (stimulateurs phréniques intradiaphragmatiques). L’objectif de ce travail est d’évaluer l’intérêt clinique des différents dispositifs de stimulation phrénique implantés et des actes qui leur sont associés et d’en définir, en vue du remboursement : - les indications ; - les conditions de prise en charge : modalités d’implantation et de suivi ; - les données cliniques complémentaires nécessaires.</t>
+  </si>
+  <si>
+    <t>01/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>20/05/2009 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_797191/fr/evaluation-de-la-stimulation-phrenique-implantee</t>
+  </si>
+  <si>
+    <t>c_797191</t>
+  </si>
+  <si>
+    <t>Évaluation des IRM dédiées et à champ modéré &amp;lt; 1T</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les capacités techniques et l’apport diagnostic des IRM dédiées et à champ modéré de moins de 1T. Cette évaluation a notamment pour but, de préciser la place de ce type d’imagerie dans la pratique médicale compte tenu des caractéristiques techniques, de leur performance diagnostique, des coûts d’implantation et éventuellement des conséquences que pourrait avoir une diffusion élargie de ce type d'installation.</t>
+  </si>
+  <si>
+    <t>01/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2008 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_758948/fr/evaluation-des-irm-dediees-et-a-champ-modere-1t</t>
+  </si>
+  <si>
+    <t>c_758948</t>
+  </si>
+  <si>
+    <t>Évaluation de l’autosurveillance de l’INR chez les patients adultes traités par antivitamines K</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt, dans le système de santé français, de l’autosurveillance de la coagulation du sang chez les patients adultes traités par antivitamines K utilisant un dispositif d’automesure de l’INR, en vue d’une éventuelle prise en charge de cette technologie par l’assurance maladie.</t>
+  </si>
+  <si>
+    <t>01/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2008 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_745452/fr/evaluation-de-l-autosurveillance-de-l-inr-chez-les-patients-adultes-traites-par-antivitamines-k</t>
+  </si>
+  <si>
+    <t>c_745452</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis de synthèse du collège de la HAS sur l’hormone de croissance chez les enfants non déficitaires</t>
+  </si>
+  <si>
+    <t>Considérant le contexte général d’état de santé de ces enfants, atteints le plus souvent de maladies rares et graves, entraînant entres autres atteintes une petite taille, le Collège reprend la proposition de maintien au remboursement de l’hormone de croissance chez les enfants non déficitaires, dans les conditions précisées par la CT dans son avis du 14 décembre 2011.# *La vigilance reste de mise tant pour l’indication et le suivi des traitements médicamenteux que sur la qualité de la prise en charge globale pour tous ces enfants*</t>
+  </si>
+  <si>
+    <t>30/01/2012 13:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1194156/fr/avis-de-synthese-du-college-de-la-has-sur-l-hormone-de-croissance-chez-les-enfants-non-deficitaires</t>
+  </si>
+  <si>
+    <t>c_1194156</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Algorithme d’aide à la décision d’orientation des patients en HAD à destination des médecins prescripteurs</t>
+  </si>
+  <si>
+    <t>Nouvel outil en ligne et une application mobile pour évaluer l’éligibilité d’un patient à une hospitalisation à domicile.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810323/fr/algorithme-d-aide-a-la-decision-d-orientation-des-patients-en-had-a-destination-des-medecins-prescripteurs</t>
+  </si>
+  <si>
+    <t>c_2810323</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Neufs critères de qualité ont été élaborés et sélectionnés à partir de la recommandation de bonne pratique "Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications" et constituent des éléments simples et opérationnels de bonne pratique.</t>
+  </si>
+  <si>
+    <t>01/07/2008 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1507013/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>r_1507013</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>IMBRUVICA (ibrutinib)</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:34:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983527/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>pprd_2983527</t>
+  </si>
+  <si>
+    <t>ibrutinib</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049868/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746213/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742289/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770187/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794717/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165709/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168596/fr/imbruvica-llc-en-association-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168611/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181104/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240237/fr/imbruvica-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332332/fr/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427083/fr/imbruvica-ibrutinib-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741331/fr/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761970/fr/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>ADEMPAS (riociguat)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:08:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984706/fr/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>pprd_2984706</t>
+  </si>
+  <si>
+    <t>riociguat</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761611/fr/adempas-riociguat-antihypertenseur-pour-l-hypertension-arterielle-pulmonaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210936/fr/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222368/fr/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500927/fr/adempas-riociguat-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3526093/fr/adempas-riociguat-hypertension-arterielle-pulmonaire-htap-et-hypertension-pulmonaire-thromboembolique-chronique-htp-tec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741668/fr/adempas-riociguat-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>TIVICAY (dolutégravir)</t>
+  </si>
+  <si>
+    <t>18/09/2025 08:44:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983497/fr/tivicay-dolutegravir</t>
   </si>
   <si>
     <t>pprd_2983497</t>
   </si>
   <si>
     <t>dolutégravir</t>
   </si>
   <si>
     <t>VIIV HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1748396/en/tivicay</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983518/en/gardasil-gardasil-9</t>
+    <t>https://www.has-sante.fr/jcms/c_1748396/fr/tivicay-50-mg-dolutegravir-inhibiteur-de-l-integrase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801228/fr/tivicay-dolutegravir-inhibiteur-de-l-integrase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280958/fr/tivicay-dolutegravir-sodique-vih-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293335/fr/tivicay-dolutegravir-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685918/fr/tivicay-dolutegravir-vih</t>
+  </si>
+  <si>
+    <t>GARDASIL - GARDASIL 9 (vaccin papillomavirus humain 9-valent, recombinant, adsorbé)</t>
+  </si>
+  <si>
+    <t>03/07/2025 17:06:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983518/fr/gardasil-gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
   </si>
   <si>
     <t>pprd_2983518</t>
   </si>
   <si>
     <t>vaccin papillomavirus humain 9-valent, recombinant, adsorbé</t>
   </si>
   <si>
     <t>MSD VACCINS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_523363/en/gardasil</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984533/en/fluenz-fluenz-tetra</t>
+    <t>https://www.has-sante.fr/jcms/c_523363/fr/gardasil-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1232860/fr/gardasil-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525559/fr/gardasil-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796800/fr/gardasil-9-vaccin-papillomavirus-humain-9-valent-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160954/fr/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634549/fr/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe-vaccin-hpv</t>
+  </si>
+  <si>
+    <t>FLUENZ - FLUENZ TETRA (virus grippal réassorti, vivant atténué)</t>
+  </si>
+  <si>
+    <t>07/04/2025 09:10:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984533/fr/fluenz-fluenz-tetra-virus-grippal-reassorti-vivant-attenue</t>
   </si>
   <si>
     <t>pprd_2984533</t>
   </si>
   <si>
     <t>virus grippal réassorti, vivant atténué</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1284808/en/fluenz</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983547/en/xolair</t>
+    <t>https://www.has-sante.fr/jcms/c_1284808/fr/fluenz-virus-grippal-reassorti-vivant-attenue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035692/fr/fluenz-tetra-vaccin-tetravalent-contre-la-grippe-saisonniere-de-l-enfant-virus-grippal-reassorti-vivant-attenue</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443740/fr/fluenz-tetra-virus-grippal-reassorti-vivant-attenue-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483264/fr/fluenz-tetra-vaccin-grippal-quadrivalent-vivant-attenue-nasal-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600306/fr/fluenz-vaccin-grippal-trivalent-vivant-attenue-nasal-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>XOLAIR (omalizumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:27:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983547/fr/xolair-omalizumab</t>
   </si>
   <si>
     <t>pprd_2983547</t>
   </si>
   <si>
     <t>omalizumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_923055/en/xolair</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983397/en/spinraza</t>
+    <t>https://www.has-sante.fr/jcms/c_923055/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400838/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277888/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031554/fr/xolair-omalizumab-anti-ige</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788633/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182802/fr/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471697/fr/xolair-omalizumab-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487904/fr/xolair-omalizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519011/fr/xolair-omalizumab-asthme-allergique-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539102/fr/xolair-omalizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>SPINRAZA (nusinersen)</t>
+  </si>
+  <si>
+    <t>10/07/2024 11:22:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983397/fr/spinraza-nusinersen</t>
   </si>
   <si>
     <t>pprd_2983397</t>
   </si>
   <si>
     <t>nusinersen</t>
   </si>
   <si>
     <t>BIOGEN FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2826600/en/spinraza-nusinersen-antisense-oligonucleotide</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983646/en/praluent</t>
+    <t>https://www.has-sante.fr/jcms/c_2826600/fr/spinraza-nusinersen-oligonucleotide-antisens</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199401/fr/spinraza-nusinersen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529321/fr/spinraza-nusinersen-sodique-amyotrophie-spinale</t>
+  </si>
+  <si>
+    <t>PRALUENT (alirocumab)</t>
+  </si>
+  <si>
+    <t>18/06/2024 09:12:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983646/fr/praluent-alirocumab</t>
   </si>
   <si>
     <t>pprd_2983646</t>
   </si>
   <si>
     <t>alirocumab</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2757882/en/praluent-alirocumab</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983059/en/repatha</t>
+    <t>https://www.has-sante.fr/jcms/c_2757882/fr/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629896/fr/praluent-alirocumab-hypolipemiant-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081881/fr/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238105/fr/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313574/fr/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3521987/fr/praluent-alirocumab-hypercholesterolemie-familiale-heterozygote-chez-les-enfants-et-adolescents-a-partir-de-8-ans</t>
+  </si>
+  <si>
+    <t>REPATHA (évolocumab)</t>
+  </si>
+  <si>
+    <t>18/04/2024 10:59:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983059/fr/repatha-evolocumab</t>
   </si>
   <si>
     <t>pprd_2983059</t>
   </si>
   <si>
     <t>évolocumab</t>
   </si>
   <si>
     <t>AMGEN S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2586918/en/repatha-evolocumab-anti-pcsk9</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982975/en/orkambi</t>
+    <t>https://www.has-sante.fr/jcms/c_2586918/fr/repatha-evolocumab-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879791/fr/repatha-evolocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869374/fr/repatha-evolocumab-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313603/fr/repatha-evolocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338762/fr/repatha-evolocumab-hypercholesterolemie-familiale-heterozygote-hfhe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506440/fr/repatha-evolocumab-hypercholesterolemie</t>
+  </si>
+  <si>
+    <t>ORKAMBI (ivacaftor/lumacaftor)</t>
+  </si>
+  <si>
+    <t>15/04/2024 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982975/fr/orkambi-ivacaftor/lumacaftor</t>
   </si>
   <si>
     <t>pprd_2982975</t>
   </si>
   <si>
     <t>ivacaftor,lumacaftor</t>
   </si>
   <si>
     <t>VERTEX PHARMACEUTICALS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2656337/en/orkambi-lumacaftor-/-ivacaftor-cftr-gene-corrector-and-potentiator</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983487/en/esbriet</t>
+    <t>https://www.has-sante.fr/jcms/c_2656337/fr/orkambi-lumacaftor-/-ivacaftor-correcteur-et-potentialisateur-du-gene-cftr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889886/fr/orkambi-lumacaftor-/-ivacaftor-correcteur-et-potentialisateur-du-gene-cftr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109937/fr/orkambi-ivacaftor/-lumacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470456/fr/orkambi-lumacaftor/ivacaftor-mucoviscidose-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471694/fr/orkambi-lumacaftor/ivacaftor-mucoviscidose</t>
+  </si>
+  <si>
+    <t>ESBRIET (pirfénidone)</t>
+  </si>
+  <si>
+    <t>25/01/2024 08:40:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983487/fr/esbriet-pirfenidone</t>
   </si>
   <si>
     <t>pprd_2983487</t>
   </si>
   <si>
     <t>pirfénidone</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1238454/en/esbriet-pirfenidone</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983677/en/nplate</t>
+    <t>https://www.has-sante.fr/jcms/c_1238454/fr/esbriet-pirfenidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023166/fr/esbriet-pirfenidone-immunosuppresseur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803495/fr/esbriet-pirfenidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490837/fr/esbriet-pirfenidone-fibrose-pulmonaire-idiopathique-fpi-severe</t>
+  </si>
+  <si>
+    <t>NPLATE (romiplostim)</t>
+  </si>
+  <si>
+    <t>12/01/2024 16:40:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983677/fr/nplate-romiplostim</t>
   </si>
   <si>
     <t>pprd_2983677</t>
   </si>
   <si>
     <t>romiplostim</t>
   </si>
   <si>
     <t>AMGEN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_813331/en/nplate</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982764/en/botox</t>
+    <t>https://www.has-sante.fr/jcms/c_813331/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015428/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752845/fr/nplate-romiplostim-agonistes-des-recepteurs-a-la-thrombopoietine-pti-adulte-non-splenectomise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151450/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293684/fr/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488174/fr/nplate-romiplostim-thrombopenie-immunologique-primaire-pti-refractaire-aux-autres-traitements</t>
+  </si>
+  <si>
+    <t>BOTOX (toxine botulinique de type A)</t>
+  </si>
+  <si>
+    <t>10/01/2024 09:02:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982764/fr/botox-toxine-botulinique-de-type-a</t>
   </si>
   <si>
     <t>pprd_2982764</t>
   </si>
   <si>
     <t>toxine botulinique de type A</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399774/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983756/en/entresto</t>
+    <t>https://www.has-sante.fr/jcms/c_399774/fr/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399919/fr/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443245/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916585/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281708/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782527/fr/botox-toxine-botulinique-a-myorelaxant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967154/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098271/fr/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303898/fr/botox-50-100-200-unites-allergan-toxine-botulinique-type-a-migraine-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487172/fr/botox-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+  </si>
+  <si>
+    <t>ENTRESTO (sacubitril/valsartan)</t>
+  </si>
+  <si>
+    <t>22/12/2023 16:28:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983756/fr/entresto-sacubitril/valsartan</t>
   </si>
   <si>
     <t>pprd_2983756</t>
   </si>
   <si>
     <t>sacubitril,valsartan</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2740901/en/entresto-sacubitril/-valsartan</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983979/en/octaplaslg</t>
+    <t>https://www.has-sante.fr/jcms/c_2740901/fr/entresto-sacubitril/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632556/fr/entresto-sacubitril/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483267/fr/entresto-sacubitril/valsartan-insuffisance-cardiaque-chronique</t>
+  </si>
+  <si>
+    <t>OCTAPLASLG (protéines plasmatiques humaines)</t>
+  </si>
+  <si>
+    <t>22/12/2023 16:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983979/fr/octaplaslg-proteines-plasmatiques-humaines</t>
   </si>
   <si>
     <t>pprd_2983979</t>
   </si>
   <si>
     <t>protéines plasmatiques humaines</t>
   </si>
   <si>
     <t>OCTAPHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2663236/en/octaplaslg-human-plasma-proteins-medicinal-product-derived-from-blood</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982792/en/ibrance</t>
+    <t>https://www.has-sante.fr/jcms/c_2663236/fr/octaplaslg-proteines-plasmatiques-humaines-medicament-derive-du-sang</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263672/fr/octaplaslg-proteines-plasmatiques-humaines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482310/fr/octaplaslg-proteines-plasmatiques-humaines-groupe-ab-hematologie</t>
+  </si>
+  <si>
+    <t>IBRANCE (palbociclib)</t>
+  </si>
+  <si>
+    <t>09/11/2023 10:26:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982792/fr/ibrance-palbociclib</t>
   </si>
   <si>
     <t>pprd_2982792</t>
   </si>
   <si>
     <t>palbociclib</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2761877/en/ibrance-palbociclib-inhibiteur-de-proteine-kinase</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984147/en/strensiq</t>
+    <t>https://www.has-sante.fr/jcms/c_2761877/fr/ibrance-palbociclib-inhibiteur-de-proteine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964747/fr/ibrance-palbociclib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447978/fr/ibrance-palbociclib-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470396/fr/ibrance-palbociclib-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>STRENSIQ (asfotase alfa)</t>
+  </si>
+  <si>
+    <t>03/08/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984147/fr/strensiq-asfotase-alfa</t>
   </si>
   <si>
     <t>pprd_2984147</t>
   </si>
   <si>
     <t>asfotase alfa</t>
   </si>
   <si>
     <t>ALEXION PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2621689/en/strensiq-asfotase-alfa-enzyme-replacement-therapy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983549/en/venclyxto</t>
+    <t>https://www.has-sante.fr/jcms/c_2621689/fr/strensiq-asfotase-alfa-enzymotherapie-substitutive</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455973/fr/strensiq-asfotase-alfa-hypophosphatasie</t>
+  </si>
+  <si>
+    <t>VENCLYXTO (vénétoclax)</t>
+  </si>
+  <si>
+    <t>21/06/2023 15:56:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983549/fr/venclyxto-venetoclax</t>
   </si>
   <si>
     <t>pprd_2983549</t>
   </si>
   <si>
     <t>vénétoclax</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2788624/en/venclyxto-venetoclax-bcl-2-inhibitor</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983149/en/xtandi</t>
+    <t>https://www.has-sante.fr/jcms/c_2788624/fr/venclyxto-venetoclax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106158/fr/venclyxto-venetoclax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106167/fr/venclyxto-venetoclax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284614/fr/venclyxto-venetoclax-leucemie-aigue-myeloide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351236/fr/venclyxto-venetoclax-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367900/fr/venclyxto-venetoclax-llc-en-association-avec-l-obinutuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448141/fr/venclyxto-venetoclax-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>XTANDI (enzalutamide)</t>
+  </si>
+  <si>
+    <t>20/03/2023 08:30:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983149/fr/xtandi-enzalutamide</t>
   </si>
   <si>
     <t>pprd_2983149</t>
   </si>
   <si>
     <t>enzalutamide</t>
   </si>
   <si>
     <t>ASTELLAS PHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1710113/en/xtandi-enzalutamide-inhibiteur-de-la-voie-de-signalisation-des-recepteurs</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983445/en/entyvio</t>
+    <t>https://www.has-sante.fr/jcms/c_1710113/fr/xtandi-enzalutamide-inhibiteur-de-la-voie-de-signalisation-des-recepteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022075/fr/xtandi-enzalutamide-inhibiteur-de-la-voie-de-signalisation-des-recepteurs-aux-androgenes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867455/fr/xtandi-enzalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076390/fr/xtandi-40-mg-enzalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069202/fr/xtandi-enzalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284790/fr/xtandi-enzalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420592/fr/xtandi-enzalutamide-cancer-de-la-prostate-metastatique-hormonosensible-mhspc</t>
+  </si>
+  <si>
+    <t>ENTYVIO (védolizumab)</t>
+  </si>
+  <si>
+    <t>23/11/2022 16:12:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983445/fr/entyvio-vedolizumab</t>
   </si>
   <si>
     <t>pprd_2983445</t>
   </si>
   <si>
     <t>védolizumab</t>
   </si>
   <si>
     <t>TAKEDA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2008461/en/entyvio-vedolizumab-anti-47-integrin</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982830/en/mekinist-tafinlar</t>
+    <t>https://www.has-sante.fr/jcms/c_2008461/fr/entyvio-vedolizumab-anti-integrine-47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818013/fr/entyvio-vedolizumab-anti-integrine-47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165712/fr/entyvio-vedolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202360/fr/entyvio-vedolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389397/fr/entyvio-vedolizumab-pochite-chronique-active-moderee-a-severe</t>
+  </si>
+  <si>
+    <t>MEKINIST - TAFINLAR (tramétinib/dabrafénib)</t>
+  </si>
+  <si>
+    <t>25/10/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982830/fr/mekinist-tafinlar-trametinib/dabrafenib</t>
   </si>
   <si>
     <t>pprd_2982830</t>
   </si>
   <si>
     <t>tramétinib,dabrafénib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2606857/en/mekinist-trametinib-protein-kinase-inhibitor</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984612/en/rotateq</t>
+    <t>https://www.has-sante.fr/jcms/c_2606857/fr/mekinist-trametinib-inhibiteur-de-proteine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911595/fr/mekinist-tafinlar-trametinib/-dabrafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146424/fr/tafinlar-mekinist-trametinib/-dabrafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381101/fr/tafinlar-mekinist-dabrafenib/-trametinib</t>
+  </si>
+  <si>
+    <t>ROTATEQ (vaccin rotavirus, vivant)</t>
+  </si>
+  <si>
+    <t>12/07/2022 16:29:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984612/fr/rotateq-vaccin-rotavirus-vivant</t>
   </si>
   <si>
     <t>pprd_2984612</t>
   </si>
   <si>
     <t>vaccin rotavirus, vivant</t>
   </si>
   <si>
     <t>MSD Vaccins</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2009666/en/rotarix-and-rotateq-rotavirus-vaccines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984613/en/rotarix</t>
+    <t>https://www.has-sante.fr/jcms/c_2009666/fr/rotateq-vaccin-anti-rotavirus-vaccin-rotavirus-vivant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352220/fr/rotateq-vaccin-rotavirus-vivant-immunisation-active-des-nourrissons</t>
+  </si>
+  <si>
+    <t>ROTARIX (vaccin rotavirus, vivant)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984613/fr/rotarix-vaccin-rotavirus-vivant</t>
   </si>
   <si>
     <t>pprd_2984613</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2009660/en/rotarix-rotavirus-vaccines</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983299/en/sovaldi</t>
+    <t>https://www.has-sante.fr/jcms/c_2009660/fr/rotarix-vaccin-anti-rotavirus-vaccin-rotavirus-vivant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352176/fr/rotarix-rotavirus-humain-immunisation-active-des-nourrissons</t>
+  </si>
+  <si>
+    <t>SOVALDI (sofosbuvir)</t>
+  </si>
+  <si>
+    <t>22/11/2021 16:45:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983299/fr/sovaldi-sofosbuvir</t>
   </si>
   <si>
     <t>pprd_2983299</t>
   </si>
   <si>
     <t>sofosbuvir</t>
   </si>
   <si>
     <t>GILEAD SCIENCES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1743036/en/sovaldi</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983301/en/harvoni</t>
+    <t>https://www.has-sante.fr/jcms/c_1743036/fr/sovaldi-sofosbuvir-antiviral-a-action-directe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848084/fr/sovaldi-sofosbuvir-antiviral-a-action-directe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152661/fr/sovaldi-sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224401/fr/sovaldi-sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299664/fr/sovaldi-sofosbuvir</t>
+  </si>
+  <si>
+    <t>HARVONI (lédipasvir/ sofosbuvir)</t>
+  </si>
+  <si>
+    <t>22/11/2021 16:47:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983301/fr/harvoni-ledipasvir/-sofosbuvir</t>
   </si>
   <si>
     <t>pprd_2983301</t>
   </si>
   <si>
     <t>lédipasvir,sofosbuvir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2022100/en/harvoni-sofosbuvir/ledipasvir-fixed-combination-of-of-direct-acting-antivirals</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984725/en/defitelio</t>
+    <t>https://www.has-sante.fr/jcms/c_2022100/fr/harvoni-sofosbuvir/ledipasvir-association-fixe-d-antiviraux-a-action-directe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848077/fr/harvoni-sofosbuvir/ledipasvir-antiviral-a-action-directe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152635/fr/harvoni-ledipasvir/-sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224404/fr/harvoni-ledipasvir/-sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299667/fr/harvoni-sofosbuvir/-ledipasvir</t>
+  </si>
+  <si>
+    <t>DEFITELIO (défibrotide)</t>
+  </si>
+  <si>
+    <t>05/10/2021 18:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984725/fr/defitelio-defibrotide</t>
   </si>
   <si>
     <t>pprd_2984725</t>
   </si>
   <si>
     <t>défibrotide</t>
   </si>
   <si>
     <t>GENTIUM SPA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1756835/en/defitelio</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984760/en/tecfidera</t>
+    <t>https://www.has-sante.fr/jcms/c_1756835/fr/defitelio-defibrotide-antithrombotique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289340/fr/defitelio-80-mg/ml-defibrotide</t>
+  </si>
+  <si>
+    <t>TECFIDERA (diméthyle fumarate)</t>
+  </si>
+  <si>
+    <t>18/05/2021 17:55:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984760/fr/tecfidera-dimethyle-fumarate</t>
   </si>
   <si>
     <t>pprd_2984760</t>
   </si>
   <si>
     <t>diméthyle fumarate</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1743058/en/tecfidera</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983369/en/kyprolis</t>
+    <t>https://www.has-sante.fr/jcms/c_1743058/fr/tecfidera-dimethyl-fumarate-traitement-de-fond-de-la-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266575/fr/tecfidera-dimethyle-fumarate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398695/fr/tecfidera-dimethyle-fumarate-sclerose-en-plaques-de-forme-remittente-recurrente-sep-rr</t>
+  </si>
+  <si>
+    <t>KYPROLIS (carfilzomib)</t>
+  </si>
+  <si>
+    <t>12/05/2021 08:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983369/fr/kyprolis-carfilzomib</t>
   </si>
   <si>
     <t>pprd_2983369</t>
   </si>
   <si>
     <t>carfilzomib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2635789/en/kyprolis-carfilzomib-antineoplastic</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984794/en/kadcyla</t>
+    <t>https://www.has-sante.fr/jcms/c_2635789/fr/kyprolis-carfilzomib-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810352/fr/kyprolis-carfilzomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825861/fr/kyprolis-carfilzomib-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830613/fr/kyprolis-carfilzomib-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266393/fr/kyprolis-carfilzomib-myelome-multiple</t>
+  </si>
+  <si>
+    <t>KADCYLA (trastuzumab emtansine)</t>
+  </si>
+  <si>
+    <t>12/06/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984794/fr/kadcyla-trastuzumab-emtansine</t>
   </si>
   <si>
     <t>pprd_2984794</t>
   </si>
   <si>
     <t>trastuzumab emtansine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735595/en/kadcyla</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984040/en/xofigo</t>
+    <t>https://www.has-sante.fr/jcms/c_1735595/fr/kadcyla-trastuzumab-emtansine-anticorps-ciblant-le-recepteur-her-2-couple-a-un-cytotoxique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188463/fr/kadcyla-trastuzumab-emtansine</t>
+  </si>
+  <si>
+    <t>XOFIGO (dichlorure de radium (Ra-223))</t>
+  </si>
+  <si>
+    <t>06/09/2019 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984040/fr/xofigo-dichlorure-de-radium-ra-223</t>
   </si>
   <si>
     <t>pprd_2984040</t>
   </si>
   <si>
     <t>dichlorure de radium (Ra-223)</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1753132/en/xofigo-radium-dichloride-radioisotope</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983004/en/halaven</t>
+    <t>https://www.has-sante.fr/jcms/c_1753132/fr/xofigo-dichlorure-de-radium-radio-isotope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656373/fr/xofigo-radium-radio-isotope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080449/fr/xofigo-dichlorure-de-radium-ra-223</t>
+  </si>
+  <si>
+    <t>HALAVEN (éribuline (mésilate de))</t>
+  </si>
+  <si>
+    <t>30/11/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983004/fr/halaven-eribuline-mesilate-de</t>
   </si>
   <si>
     <t>pprd_2983004</t>
   </si>
   <si>
     <t>éribuline (mésilate de)</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1096739/en/halaven</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983077/en/lemtrada</t>
+    <t>https://www.has-sante.fr/jcms/c_1096739/fr/halaven-eribuline-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559139/fr/halaven-eribuline-mesilate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761874/fr/halaven-eribuline-antineoplasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886957/fr/halaven-eribuline-antineoplasique</t>
+  </si>
+  <si>
+    <t>LEMTRADA (alemtuzumab)</t>
+  </si>
+  <si>
+    <t>25/10/2018 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983077/fr/lemtrada-alemtuzumab</t>
   </si>
   <si>
     <t>pprd_2983077</t>
   </si>
   <si>
     <t>alemtuzumab</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2804109/en/lemtrada-alemtuzumab</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983131/en/genvoya</t>
+    <t>https://www.has-sante.fr/jcms/c_2804109/fr/lemtrada-alemtuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590010/fr/lemtrada-alemtuzumab-immunosuppresseur-selectif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877320/fr/lemtrada-alemtuzumab</t>
+  </si>
+  <si>
+    <t>GENVOYA (cobicistat/ elvitégravir/ emtricitabine/ ténofovir alafénamide)</t>
+  </si>
+  <si>
+    <t>27/11/2018 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983131/fr/genvoya-cobicistat/-elvitegravir/-emtricitabine/-tenofovir-alafenamide</t>
   </si>
   <si>
     <t>pprd_2983131</t>
   </si>
   <si>
     <t>cobicistat,elvitégravir,emtricitabine,ténofovir alafénamide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2621468/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983163/en/avastin</t>
+    <t>https://www.has-sante.fr/jcms/c_2621468/fr/genvoya-emtricitabine-cobicistat-elvitegravir-et-tenofovir-alafenamide-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868644/fr/genvoya-emtricitabine-cobicistat-elvitegravir-et-tenofovir-alafenamide-association-d-antiviraux</t>
+  </si>
+  <si>
+    <t>AVASTIN (Bevacizumab)</t>
+  </si>
+  <si>
+    <t>19/07/2018 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983163/fr/avastin-bevacizumab</t>
   </si>
   <si>
     <t>pprd_2983163</t>
   </si>
   <si>
     <t>Bevacizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400256/en/avastin-bevacizumab</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983583/en/viekirax-exviera</t>
+    <t>https://www.has-sante.fr/jcms/c_400256/fr/avastin-bevacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619523/fr/avastin-bevacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672942/fr/avastin-bevacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697207/fr/avastin-bevacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763729/fr/avastin-bevacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079010/fr/avastin-bevacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352596/fr/avastin-bevacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038280/fr/avastin-bevacizumab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627651/fr/avastin-bevacizumab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617560/fr/avastin-bevacizumab-anticorps-monoclonal-cancer-du-rein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658489/fr/avastin-bevacizumab-anticorps-monoclonal-col-de-l-uterus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631725/fr/avastin-bevacizumab-anticorps-monoclonal-colorectal-2eme-ligne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640055/fr/avastin-bevacizumab-anticorps-monoclonal-poumon</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655905/fr/avastin-bevacizumab-anticorps-monoclonal-cancer-de-l-ovaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631719/fr/avastin-bevacizumab-anticorps-monoclonal-colorectal-1ere-ligne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803507/fr/avastin-bevacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864724/fr/avastin-bevacizumab</t>
+  </si>
+  <si>
+    <t>VIEKIRAX - EXVIERA (EXVIERA : dasabuvir sodique monohydraté/ VIEKIRAX : ombitasvir/paritap...)</t>
+  </si>
+  <si>
+    <t>23/06/2017 14:51:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983583/fr/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
   </si>
   <si>
     <t>pprd_2983583</t>
   </si>
   <si>
     <t>EXVIERA : dasabuvir sodique monohydraté,VIEKIRAX : ombitasvir/paritaprévir/ritonavir (association fixe),dasabuvir,ombitasvir,ritonavir,paritaprévir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2025737/en/viekirax-ombitasvir/paritaprevir/ritonavir-fixed-dose-direct-acting-antiviral-combination-exviera-dasabuvir-direct-acting-antiviral</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983592/en/zydelig-idelalisib-antineoplasique</t>
+    <t>https://www.has-sante.fr/jcms/c_2025737/fr/viekirax-ombitasvir/paritaprevir/ritonavir-association-fixe-d-antiviraux-a-action-directe-exviera-dasabuvir-antiviral-a-action-directe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725212/fr/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775799/fr/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+  </si>
+  <si>
+    <t>ZYDELIG (idelalisib)</t>
+  </si>
+  <si>
+    <t>06/07/2018 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983592/fr/zydelig-idelalisib</t>
   </si>
   <si>
     <t>pprd_2983592</t>
   </si>
   <si>
     <t>idélalisib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2047021/en/zydelig-idelalisib-kinase-inhibitor</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983684/en/vectibix</t>
+    <t>https://www.has-sante.fr/jcms/c_2047021/fr/zydelig-idelalisib-inhibiteur-de-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628549/fr/zydelig-idelalisib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730800/fr/zydelig-idelalisib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774117/fr/zydelig-idelalisib-antineoplasique</t>
+  </si>
+  <si>
+    <t>VECTIBIX (panitumumab/ panitumumab ((MAMMIFERE/HAMSTER/CELLULES CHO)))</t>
+  </si>
+  <si>
+    <t>07/12/2017 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983684/fr/vectibix-panitumumab/-panitumumab-mammifere/hamster/cellules-cho</t>
   </si>
   <si>
     <t>pprd_2983684</t>
   </si>
   <si>
     <t>panitumumab,panitumumab ((MAMMIFERE/HAMSTER/CELLULES CHO))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_664009/en/vectibix</t>
-[...11 lines deleted...]
-    <t>DAKLINZA</t>
+    <t>https://www.has-sante.fr/jcms/c_664009/fr/vectibix-panitumumab/-panitumumab-mammifere/hamster/cellules-cho</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332065/fr/vectibix-panitumumab/-panitumumab-mammifere/hamster/cellules-cho</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751867/fr/vectibix-panitumumab/-panitumumab-mammifere/hamster/cellules-cho</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763229/fr/vectibix-panitumumab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>DAKLINZA (daclatasvir (dichlorhydrate de))</t>
   </si>
   <si>
     <t>04/04/2016 14:14:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984155/en/daklinza</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984155/fr/daklinza-daclatasvir-dichlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984155</t>
   </si>
   <si>
     <t>daclatasvir (dichlorhydrate de)</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2009488/en/daklinza-daclatasvir-direct-acting-antiviral</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984159/en/cotellic</t>
+    <t>https://www.has-sante.fr/jcms/c_2009488/fr/daklinza-daclatasvir-antiviral-a-action-directe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621276/fr/daklinza-daclatasvir-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>COTELLIC (cobimetinib)</t>
+  </si>
+  <si>
+    <t>25/05/2016 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984159/fr/cotellic-cobimetinib</t>
   </si>
   <si>
     <t>pprd_2984159</t>
   </si>
   <si>
     <t>cobimetinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2620147/en/cotellic-cobimetinib-anti-mek-protein-kinase-inhibitor</t>
-[...2 lines deleted...]
-    <t>OPSUMIT</t>
+    <t>https://www.has-sante.fr/jcms/c_2620147/fr/cotellic-cobimetinib-anti-mek-inhibiteur-de-proteine-kinase</t>
+  </si>
+  <si>
+    <t>OPSUMIT (macitentan)</t>
   </si>
   <si>
     <t>04/04/2016 15:06:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984283/en/opsumit</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984283/fr/opsumit-macitentan</t>
   </si>
   <si>
     <t>pprd_2984283</t>
   </si>
   <si>
     <t>macitentan</t>
   </si>
   <si>
     <t>ACTELION PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1769783/en/opsumit-macitentan-endothelin-receptor-antagonist</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984295/en/zontivity-vorapaxar-antiagregant-plaquettaire</t>
+    <t>https://www.has-sante.fr/jcms/c_1769783/fr/opsumit-macitentan-antagoniste-des-recepteurs-de-l-endotheline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583127/fr/opsumit-macitentan-antagonistes-des-recepteurs-de-l-endotheline</t>
+  </si>
+  <si>
+    <t>ZONTIVITY (vorapaxar)</t>
+  </si>
+  <si>
+    <t>10/12/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984295/fr/zontivity-vorapaxar</t>
   </si>
   <si>
     <t>pprd_2984295</t>
   </si>
   <si>
     <t>vorapaxar (sulfate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2579446/en/zontivity-vorapaxar-platelet-aggregation-inhibitor</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984623/en/olysio</t>
+    <t>https://www.has-sante.fr/jcms/c_2579446/fr/zontivity-vorapaxar-antiagregant-plaquettaire</t>
+  </si>
+  <si>
+    <t>NEXPLANON (étonogestrel)</t>
+  </si>
+  <si>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984390/fr/nexplanon-etonogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984390</t>
+  </si>
+  <si>
+    <t>étonogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2560226/fr/nexplanon-etonogestrel</t>
+  </si>
+  <si>
+    <t>OLYSIO (siméprévir)</t>
+  </si>
+  <si>
+    <t>06/03/2015 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984623/fr/olysio-simeprevir</t>
   </si>
   <si>
     <t>pprd_2984623</t>
   </si>
   <si>
     <t>siméprévir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2007183/en/olysio-simeprevir-direct-acting-antiviral</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984669/en/zostavax-vaccin-zona-vivant-attenue</t>
+    <t>https://www.has-sante.fr/jcms/c_2007183/fr/olysio-simeprevir-antiviral-d-action-directe</t>
+  </si>
+  <si>
+    <t>ZOSTAVAX, vaccin zona vivant atténué (virus de la varicelle souche Oka (vivant, atténué) ((MAMMIFERES/HUMAIN...)</t>
+  </si>
+  <si>
+    <t>23/02/2015 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984669/fr/zostavax-vaccin-zona-vivant-attenue-virus-de-la-varicelle-souche-oka-vivant-attenue-mammiferes/humain</t>
   </si>
   <si>
     <t>pprd_2984669</t>
   </si>
   <si>
     <t>virus de la varicelle souche Oka (vivant, atténué) ((MAMMIFERES/HUMAIN/CELLULES DIPLOIDES MRC-5))</t>
   </si>
   <si>
     <t>SANOFI PASTEUR MSD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1774169/en/zostavax-live-attenuated-shingles-herpes-zoster-vaccine</t>
+    <t>https://www.has-sante.fr/jcms/c_1774169/fr/zostavax-vaccin-zona-vivant-attenue-virus-de-la-varicelle-souche-oka-vivant-attenue-mammiferes/humain</t>
+  </si>
+  <si>
+    <t>Efficacité et efficience des hypolipémiants : une analyse centrée sur les statines (Hypolipémiants, hypocholestérolémiants/ Statines)</t>
+  </si>
+  <si>
+    <t>22/07/2010 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985262/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines-hypolipemiants-hypocholesterolemiants/-statines</t>
+  </si>
+  <si>
+    <t>pprd_2985262</t>
+  </si>
+  <si>
+    <t>Hypolipémiants, hypocholestérolémiants,Statines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_969195/fr/efficacite-et-efficience-des-hypolipemiants-une-analyse-centree-sur-les-statines-hypolipemiants-hypocholesterolemiants/-statines</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Dotation financière pour l’amélioration de la qualité</t>
+  </si>
+  <si>
+    <t>Depuis 2019, la dotation financière est passée de l’incitation financière (IFAQ) à un compartiment financier des établissements de santé. La répartition de l'enveloppe repose sur différents indicateurs, dont certains indicateurs de qualité et de sécurité des soins (IQSS) développés par la HAS.</t>
+  </si>
+  <si>
+    <t>21/12/2021 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493937/fr/dotation-financiere-pour-l-amelioration-de-la-qualite</t>
+  </si>
+  <si>
+    <t>c_493937</t>
+  </si>
+  <si>
+    <t>Feuille de route Santé-environnement de la HAS</t>
+  </si>
+  <si>
+    <t>Le changement climatique a des impacts négatifs sur la santé des populations, et le système de santé, bien que vital, contribue significativement aux émissions de gaz à effet de serre en France. Consciente de cette réalité, la HAS a élaboré en 2023 une feuille de route pour intégrer les enjeux environnementaux dans ses missions. Elle vise à réduire l'empreinte écologique du système de santé tout en améliorant les soins, en consolidant les critères environnementaux dans l'évaluation des technologies de santé, en élaborant des recommandations de bonnes pratiques, et en renforçant les critères de santé-environnement dans la mesure de la qualité des soins.</t>
+  </si>
+  <si>
+    <t>08/04/2025 15:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600384/fr/feuille-de-route-sante-environnement-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3600384</t>
+  </si>
+  <si>
+    <t>Exploitation du SNDS pour le suivi des patients recevant un médicament en accès précoce</t>
+  </si>
+  <si>
+    <t>28/10/2024 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545664/fr/exploitation-du-snds-pour-le-suivi-des-patients-recevant-un-medicament-en-acces-precoce</t>
+  </si>
+  <si>
+    <t>p_3545664</t>
+  </si>
+  <si>
+    <t>La HAS lance une expérimentation pour mesurer l’impact budgétaire des dispositifs médicaux numériques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3423451/fr/la-has-lance-une-experimentation-pour-mesurer-l-impact-budgetaire-des-dispositifs-medicaux-numeriques</t>
+  </si>
+  <si>
+    <t>p_3423451</t>
+  </si>
+  <si>
+    <t>Mise en œuvre d’indicateurs de résultat mesurés à partir des bases de données médico-administratives en ville ou en établissement de santé - APPEL A PROJETS (Terminé)</t>
+  </si>
+  <si>
+    <t>Avec cet appel à projets, la HAS souhaite soutenir des initiatives locales ou régionales portant sur la mise en œuvre d’indicateurs de résultat mesurés à partir des bases de données médico-administratives susceptibles d’être extrapolés au niveau national.</t>
+  </si>
+  <si>
+    <t>18/11/2021 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266150/fr/mise-en-oeuvre-d-indicateurs-de-resultat-mesures-a-partir-des-bases-de-donnees-medico-administratives-en-ville-ou-en-etablissement-de-sante-appel-a-projets-termine</t>
+  </si>
+  <si>
+    <t>p_3266150</t>
+  </si>
+  <si>
+    <t>Dépôt d’un dossier en vue d’un avis économique de la commission d’évaluation économique et de santé publique (CEESP)</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la mise en œuvre du décret du 2 octobre 2012, la HAS met à la disposition des industriels divers documents supports afin de faciliter le dépôt d’un dossier en vue d’un avis économique auprès de la Commission d’évaluation économique et de santé publique (CEESP).</t>
+  </si>
+  <si>
+    <t>10/05/2019 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627022/fr/depot-d-un-dossier-en-vue-d-un-avis-economique-de-la-commission-d-evaluation-economique-et-de-sante-publique-ceesp</t>
+  </si>
+  <si>
+    <t>c_1627022</t>
+  </si>
+  <si>
+    <t>Questions-Réponses sur l’infection à papillomavirus humains (HPV), cause de cancer du col de l’utérus, et le dépistage</t>
+  </si>
+  <si>
+    <t>Vous êtes une femme et vous avez entre 25 et 65 ans ? Alors vous êtes concernée par le dépistage du cancer du col de l’utérus. La HAS a conçu un document qui se présente sous forme de questions/réponses. Il vous informe sur l’infection à papillomavirus humains (HPV), ses modes de transmission et sur la prévention du cancer du col de l’utérus et son dépistage.</t>
+  </si>
+  <si>
+    <t>06/07/2020 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146343/fr/questions-reponses-sur-l-infection-a-papillomavirus-humains-hpv-cause-de-cancer-du-col-de-l-uterus-et-le-depistage</t>
+  </si>
+  <si>
+    <t>p_3146343</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du col de l’utérus : le test HPV-HR recommandé chez les femmes de plus de 30 ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192618/fr/depistage-du-cancer-du-col-de-l-uterus-le-test-hpv-hr-recommande-chez-les-femmes-de-plus-de-30-ans</t>
+  </si>
+  <si>
+    <t>p_3192618</t>
+  </si>
+  <si>
+    <t>Mélanome cutané : la détection précoce est essentielle</t>
+  </si>
+  <si>
+    <t>Le mélanome cutané est le plus grave des cancers de la peau. Aucune catégorie d’âge n’est épargnée. Une détection précoce offre de meilleures chances de guérison.</t>
+  </si>
+  <si>
+    <t>11/02/2020 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974838/fr/melanome-cutane-la-detection-precoce-est-essentielle</t>
+  </si>
+  <si>
+    <t>pprd_2974838</t>
+  </si>
+  <si>
+    <t>Le point sur la tomosynthèse dans le dépistage du cancer du sein</t>
+  </si>
+  <si>
+    <t>Bien que non autorisée en France dans le dépistage organisé, une pratique de dépistage mammographique du cancer du sein par tomosynthèse s’est développée. Le point sur cette technique.</t>
+  </si>
+  <si>
+    <t>28/11/2019 14:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3115563/fr/le-point-sur-la-tomosynthese-dans-le-depistage-du-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>p_3115563</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : l’efficience des biosimilaires</t>
+  </si>
+  <si>
+    <t>La HAS a évalué 180 séquences de traitements de fond biologiques et synthétiques ciblés. Les stratégies intégrant les biosimilaires s’avèrent aujourd’hui les moins coûteuses et tendent à être parmi les plus efficaces.</t>
+  </si>
+  <si>
+    <t>24/06/2019 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081817/fr/polyarthrite-rhumatoide-l-efficience-des-biosimilaires</t>
+  </si>
+  <si>
+    <t>p_3081817</t>
+  </si>
+  <si>
+    <t>Médicaments : une évaluation rigoureuse et scientifique par la HAS</t>
+  </si>
+  <si>
+    <t>Les médicaments sont évalués par deux commissions dans le cadre de leur admission au remboursement et de la fixation de leur prix. Sur quoi se fonde cette évaluation ? Comment l’innovation est-elle soutenue ? Comment les patients contribuent-ils à ces évaluations ?</t>
+  </si>
+  <si>
+    <t>15/11/2018 17:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974176/fr/medicaments-une-evaluation-rigoureuse-et-scientifique-par-la-has</t>
+  </si>
+  <si>
+    <t>pprd_2974176</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1794,2638 +3897,6299 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:AA46"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>743</v>
+      </c>
+      <c r="J1" t="s">
+        <v>29</v>
+      </c>
+      <c r="K1" t="s">
+        <v>744</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>745</v>
+      </c>
+      <c r="B2" t="s">
+        <v>746</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>747</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>748</v>
+      </c>
+      <c r="H2" t="s">
+        <v>749</v>
+      </c>
+      <c r="I2" t="s">
+        <v>750</v>
+      </c>
+      <c r="J2" t="s">
+        <v>751</v>
+      </c>
+      <c r="K2" t="s">
+        <v>752</v>
+      </c>
+      <c r="L2" t="s">
+        <v>753</v>
+      </c>
+      <c r="M2" t="s">
+        <v>754</v>
+      </c>
+      <c r="N2" t="s">
+        <v>755</v>
+      </c>
+      <c r="O2" t="s">
+        <v>756</v>
+      </c>
+      <c r="P2" t="s">
+        <v>757</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>758</v>
+      </c>
+      <c r="R2" t="s">
+        <v>759</v>
+      </c>
+      <c r="S2" t="s">
+        <v>760</v>
+      </c>
+      <c r="T2" t="s">
+        <v>761</v>
+      </c>
+      <c r="U2" t="s">
+        <v>762</v>
+      </c>
+      <c r="V2" t="s">
+        <v>763</v>
+      </c>
+      <c r="W2" t="s">
+        <v>764</v>
+      </c>
+      <c r="X2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>745</v>
+      </c>
+      <c r="B3" t="s">
+        <v>766</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>767</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>768</v>
+      </c>
+      <c r="H3" t="s">
+        <v>769</v>
+      </c>
+      <c r="I3" t="s">
+        <v>770</v>
+      </c>
+      <c r="J3" t="s">
+        <v>771</v>
+      </c>
+      <c r="K3" t="s">
+        <v>772</v>
+      </c>
+      <c r="L3" t="s">
+        <v>773</v>
+      </c>
+      <c r="M3" t="s">
+        <v>774</v>
+      </c>
+      <c r="N3" t="s">
+        <v>775</v>
+      </c>
+      <c r="O3" t="s">
+        <v>776</v>
+      </c>
+      <c r="P3" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>745</v>
+      </c>
+      <c r="B4" t="s">
+        <v>778</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>779</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>780</v>
+      </c>
+      <c r="H4" t="s">
+        <v>781</v>
+      </c>
+      <c r="I4" t="s">
+        <v>782</v>
+      </c>
+      <c r="J4" t="s">
+        <v>783</v>
+      </c>
+      <c r="K4" t="s">
+        <v>784</v>
+      </c>
+      <c r="L4" t="s">
+        <v>785</v>
+      </c>
+      <c r="M4" t="s">
+        <v>786</v>
+      </c>
+      <c r="N4" t="s">
+        <v>787</v>
+      </c>
+      <c r="O4" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>745</v>
+      </c>
+      <c r="B5" t="s">
+        <v>789</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>790</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>791</v>
+      </c>
+      <c r="H5" t="s">
+        <v>792</v>
+      </c>
+      <c r="I5" t="s">
+        <v>793</v>
+      </c>
+      <c r="J5" t="s">
+        <v>794</v>
+      </c>
+      <c r="K5" t="s">
+        <v>795</v>
+      </c>
+      <c r="L5" t="s">
+        <v>796</v>
+      </c>
+      <c r="M5" t="s">
+        <v>797</v>
+      </c>
+      <c r="N5" t="s">
+        <v>798</v>
+      </c>
+      <c r="O5" t="s">
+        <v>799</v>
+      </c>
+      <c r="P5" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>745</v>
+      </c>
+      <c r="B6" t="s">
+        <v>801</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>802</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>803</v>
+      </c>
+      <c r="H6" t="s">
+        <v>804</v>
+      </c>
+      <c r="I6" t="s">
+        <v>805</v>
+      </c>
+      <c r="J6" t="s">
+        <v>806</v>
+      </c>
+      <c r="K6" t="s">
+        <v>807</v>
+      </c>
+      <c r="L6" t="s">
+        <v>808</v>
+      </c>
+      <c r="M6" t="s">
+        <v>809</v>
+      </c>
+      <c r="N6" t="s">
+        <v>810</v>
+      </c>
+      <c r="O6" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>745</v>
+      </c>
+      <c r="B7" t="s">
+        <v>812</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>813</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>814</v>
+      </c>
+      <c r="H7" t="s">
+        <v>815</v>
+      </c>
+      <c r="I7" t="s">
+        <v>816</v>
+      </c>
+      <c r="J7" t="s">
+        <v>817</v>
+      </c>
+      <c r="K7" t="s">
+        <v>818</v>
+      </c>
+      <c r="L7" t="s">
+        <v>819</v>
+      </c>
+      <c r="M7" t="s">
+        <v>820</v>
+      </c>
+      <c r="N7" t="s">
+        <v>821</v>
+      </c>
+      <c r="O7" t="s">
+        <v>822</v>
+      </c>
+      <c r="P7" t="s">
+        <v>823</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>824</v>
+      </c>
+      <c r="R7" t="s">
+        <v>825</v>
+      </c>
+      <c r="S7" t="s">
+        <v>826</v>
+      </c>
+      <c r="T7" t="s">
+        <v>827</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>745</v>
+      </c>
+      <c r="B8" t="s">
+        <v>828</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>829</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>830</v>
+      </c>
+      <c r="H8" t="s">
+        <v>831</v>
+      </c>
+      <c r="I8" t="s">
+        <v>832</v>
+      </c>
+      <c r="J8" t="s">
+        <v>833</v>
+      </c>
+      <c r="K8" t="s">
+        <v>834</v>
+      </c>
+      <c r="L8" t="s">
+        <v>835</v>
+      </c>
+      <c r="M8" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>745</v>
+      </c>
+      <c r="B9" t="s">
+        <v>837</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>838</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>839</v>
+      </c>
+      <c r="H9" t="s">
+        <v>840</v>
+      </c>
+      <c r="I9" t="s">
+        <v>841</v>
+      </c>
+      <c r="J9" t="s">
+        <v>842</v>
+      </c>
+      <c r="K9" t="s">
+        <v>843</v>
+      </c>
+      <c r="L9" t="s">
+        <v>844</v>
+      </c>
+      <c r="M9" t="s">
+        <v>845</v>
+      </c>
+      <c r="N9" t="s">
+        <v>846</v>
+      </c>
+      <c r="O9" t="s">
+        <v>847</v>
+      </c>
+      <c r="P9" t="s">
+        <v>847</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>848</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>745</v>
+      </c>
+      <c r="B10" t="s">
+        <v>849</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>850</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>851</v>
+      </c>
+      <c r="H10" t="s">
+        <v>852</v>
+      </c>
+      <c r="I10" t="s">
+        <v>853</v>
+      </c>
+      <c r="J10" t="s">
+        <v>854</v>
+      </c>
+      <c r="K10" t="s">
+        <v>855</v>
+      </c>
+      <c r="L10" t="s">
+        <v>856</v>
+      </c>
+      <c r="M10" t="s">
+        <v>857</v>
+      </c>
+      <c r="N10" t="s">
+        <v>858</v>
+      </c>
+      <c r="O10" t="s">
+        <v>859</v>
+      </c>
+      <c r="P10" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>745</v>
+      </c>
+      <c r="B11" t="s">
+        <v>861</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>862</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>863</v>
+      </c>
+      <c r="H11" t="s">
+        <v>864</v>
+      </c>
+      <c r="I11" t="s">
+        <v>865</v>
+      </c>
+      <c r="J11" t="s">
+        <v>866</v>
+      </c>
+      <c r="K11" t="s">
+        <v>867</v>
+      </c>
+      <c r="L11" t="s">
+        <v>868</v>
+      </c>
+      <c r="M11" t="s">
+        <v>869</v>
+      </c>
+      <c r="N11" t="s">
+        <v>870</v>
+      </c>
+      <c r="O11" t="s">
+        <v>871</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>745</v>
+      </c>
+      <c r="B12" t="s">
+        <v>872</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>873</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>874</v>
+      </c>
+      <c r="H12" t="s">
+        <v>875</v>
+      </c>
+      <c r="I12" t="s">
+        <v>876</v>
+      </c>
+      <c r="J12" t="s">
+        <v>877</v>
+      </c>
+      <c r="K12" t="s">
+        <v>878</v>
+      </c>
+      <c r="L12" t="s">
+        <v>879</v>
+      </c>
+      <c r="M12" t="s">
+        <v>880</v>
+      </c>
+      <c r="N12" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>745</v>
+      </c>
+      <c r="B13" t="s">
+        <v>882</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>883</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>884</v>
+      </c>
+      <c r="H13" t="s">
+        <v>885</v>
+      </c>
+      <c r="I13" t="s">
+        <v>886</v>
+      </c>
+      <c r="J13" t="s">
+        <v>887</v>
+      </c>
+      <c r="K13" t="s">
+        <v>888</v>
+      </c>
+      <c r="L13" t="s">
+        <v>889</v>
+      </c>
+      <c r="M13" t="s">
+        <v>890</v>
+      </c>
+      <c r="N13" t="s">
+        <v>891</v>
+      </c>
+      <c r="O13" t="s">
+        <v>892</v>
+      </c>
+      <c r="P13" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>745</v>
+      </c>
+      <c r="B14" t="s">
+        <v>894</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>895</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>896</v>
+      </c>
+      <c r="H14" t="s">
+        <v>897</v>
+      </c>
+      <c r="I14" t="s">
+        <v>898</v>
+      </c>
+      <c r="J14" t="s">
+        <v>899</v>
+      </c>
+      <c r="K14" t="s">
+        <v>900</v>
+      </c>
+      <c r="L14" t="s">
+        <v>901</v>
+      </c>
+      <c r="M14" t="s">
+        <v>902</v>
+      </c>
+      <c r="N14" t="s">
+        <v>903</v>
+      </c>
+      <c r="O14" t="s">
+        <v>904</v>
+      </c>
+      <c r="P14" t="s">
+        <v>905</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>906</v>
+      </c>
+      <c r="R14" t="s">
+        <v>907</v>
+      </c>
+      <c r="S14" t="s">
+        <v>908</v>
+      </c>
+      <c r="T14" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>745</v>
+      </c>
+      <c r="B15" t="s">
+        <v>910</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>911</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>912</v>
+      </c>
+      <c r="H15" t="s">
+        <v>913</v>
+      </c>
+      <c r="I15" t="s">
+        <v>914</v>
+      </c>
+      <c r="J15" t="s">
+        <v>817</v>
+      </c>
+      <c r="K15" t="s">
+        <v>915</v>
+      </c>
+      <c r="L15" t="s">
+        <v>916</v>
+      </c>
+      <c r="M15" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>745</v>
+      </c>
+      <c r="B16" t="s">
+        <v>918</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>919</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>920</v>
+      </c>
+      <c r="H16" t="s">
+        <v>921</v>
+      </c>
+      <c r="I16" t="s">
+        <v>922</v>
+      </c>
+      <c r="J16" t="s">
+        <v>923</v>
+      </c>
+      <c r="K16" t="s">
+        <v>924</v>
+      </c>
+      <c r="L16" t="s">
+        <v>925</v>
+      </c>
+      <c r="M16" t="s">
+        <v>926</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>745</v>
+      </c>
+      <c r="B17" t="s">
+        <v>927</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>928</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>929</v>
+      </c>
+      <c r="H17" t="s">
+        <v>930</v>
+      </c>
+      <c r="I17" t="s">
+        <v>931</v>
+      </c>
+      <c r="J17" t="s">
+        <v>932</v>
+      </c>
+      <c r="K17" t="s">
+        <v>933</v>
+      </c>
+      <c r="L17" t="s">
+        <v>934</v>
+      </c>
+      <c r="M17" t="s">
+        <v>935</v>
+      </c>
+      <c r="N17" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>745</v>
+      </c>
+      <c r="B18" t="s">
+        <v>937</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>938</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>939</v>
+      </c>
+      <c r="H18" t="s">
+        <v>940</v>
+      </c>
+      <c r="I18" t="s">
+        <v>941</v>
+      </c>
+      <c r="J18" t="s">
+        <v>942</v>
+      </c>
+      <c r="K18" t="s">
+        <v>943</v>
+      </c>
+      <c r="L18" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>745</v>
+      </c>
+      <c r="B19" t="s">
+        <v>945</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>946</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>947</v>
+      </c>
+      <c r="H19" t="s">
+        <v>948</v>
+      </c>
+      <c r="I19" t="s">
+        <v>949</v>
+      </c>
+      <c r="J19" t="s">
+        <v>899</v>
+      </c>
+      <c r="K19" t="s">
+        <v>950</v>
+      </c>
+      <c r="L19" t="s">
+        <v>951</v>
+      </c>
+      <c r="M19" t="s">
+        <v>952</v>
+      </c>
+      <c r="N19" t="s">
+        <v>953</v>
+      </c>
+      <c r="O19" t="s">
+        <v>954</v>
+      </c>
+      <c r="P19" t="s">
+        <v>955</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>745</v>
+      </c>
+      <c r="B20" t="s">
+        <v>957</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>958</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>959</v>
+      </c>
+      <c r="H20" t="s">
+        <v>960</v>
+      </c>
+      <c r="I20" t="s">
+        <v>961</v>
+      </c>
+      <c r="J20" t="s">
+        <v>962</v>
+      </c>
+      <c r="K20" t="s">
+        <v>963</v>
+      </c>
+      <c r="L20" t="s">
+        <v>964</v>
+      </c>
+      <c r="M20" t="s">
+        <v>965</v>
+      </c>
+      <c r="N20" t="s">
+        <v>966</v>
+      </c>
+      <c r="O20" t="s">
+        <v>967</v>
+      </c>
+      <c r="P20" t="s">
+        <v>968</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>969</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>745</v>
+      </c>
+      <c r="B21" t="s">
+        <v>970</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>971</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>972</v>
+      </c>
+      <c r="H21" t="s">
+        <v>973</v>
+      </c>
+      <c r="I21" t="s">
+        <v>974</v>
+      </c>
+      <c r="J21" t="s">
+        <v>975</v>
+      </c>
+      <c r="K21" t="s">
+        <v>976</v>
+      </c>
+      <c r="L21" t="s">
+        <v>977</v>
+      </c>
+      <c r="M21" t="s">
+        <v>978</v>
+      </c>
+      <c r="N21" t="s">
+        <v>979</v>
+      </c>
+      <c r="O21" t="s">
+        <v>980</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>745</v>
+      </c>
+      <c r="B22" t="s">
+        <v>981</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>982</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>983</v>
+      </c>
+      <c r="H22" t="s">
+        <v>984</v>
+      </c>
+      <c r="I22" t="s">
+        <v>985</v>
+      </c>
+      <c r="J22" t="s">
+        <v>817</v>
+      </c>
+      <c r="K22" t="s">
+        <v>986</v>
+      </c>
+      <c r="L22" t="s">
+        <v>987</v>
+      </c>
+      <c r="M22" t="s">
+        <v>988</v>
+      </c>
+      <c r="N22" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>745</v>
+      </c>
+      <c r="B23" t="s">
+        <v>990</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>991</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>992</v>
+      </c>
+      <c r="H23" t="s">
+        <v>993</v>
+      </c>
+      <c r="I23" t="s">
+        <v>994</v>
+      </c>
+      <c r="J23" t="s">
+        <v>995</v>
+      </c>
+      <c r="K23" t="s">
+        <v>996</v>
+      </c>
+      <c r="L23" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>745</v>
+      </c>
+      <c r="B24" t="s">
+        <v>998</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>991</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>999</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1000</v>
+      </c>
+      <c r="I24" t="s">
+        <v>994</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1001</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1002</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>745</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1005</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1006</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1007</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1008</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1010</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1011</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1012</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1013</v>
+      </c>
+      <c r="O25" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>745</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1018</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1019</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1020</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1021</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1022</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1023</v>
+      </c>
+      <c r="O26" t="s">
+        <v>1024</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>745</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1025</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1026</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1027</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1028</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1029</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1030</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1031</v>
+      </c>
+      <c r="L27" t="s">
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>745</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1034</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1035</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1036</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1037</v>
+      </c>
+      <c r="J28" t="s">
+        <v>833</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1038</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1039</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>745</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1044</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1045</v>
+      </c>
+      <c r="J29" t="s">
+        <v>854</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1046</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1047</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1048</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1049</v>
+      </c>
+      <c r="O29" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>745</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1054</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1055</v>
+      </c>
+      <c r="J30" t="s">
+        <v>877</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1056</v>
+      </c>
+      <c r="L30" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>745</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1059</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1060</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1061</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1062</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1063</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L31" t="s">
+        <v>1065</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1066</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1066</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>745</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1067</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1070</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1071</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1072</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1073</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1074</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1075</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>745</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1080</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1081</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1082</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1083</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1084</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>745</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1089</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1090</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1091</v>
+      </c>
+      <c r="L34" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>745</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1096</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1097</v>
+      </c>
+      <c r="J35" t="s">
+        <v>877</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1098</v>
+      </c>
+      <c r="L35" t="s">
+        <v>1099</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1100</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1101</v>
+      </c>
+      <c r="O35" t="s">
+        <v>1102</v>
+      </c>
+      <c r="P35" t="s">
+        <v>1103</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>1104</v>
+      </c>
+      <c r="R35" t="s">
+        <v>1105</v>
+      </c>
+      <c r="S35" t="s">
+        <v>1106</v>
+      </c>
+      <c r="T35" t="s">
+        <v>1107</v>
+      </c>
+      <c r="U35" t="s">
+        <v>1108</v>
+      </c>
+      <c r="V35" t="s">
+        <v>1109</v>
+      </c>
+      <c r="W35" t="s">
+        <v>1110</v>
+      </c>
+      <c r="X35" t="s">
+        <v>1111</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>1112</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>1113</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>745</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1115</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1118</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1119</v>
+      </c>
+      <c r="J36" t="s">
+        <v>899</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1120</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1121</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>745</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1126</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1127</v>
+      </c>
+      <c r="J37" t="s">
+        <v>1009</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1128</v>
+      </c>
+      <c r="L37" t="s">
+        <v>1129</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1130</v>
+      </c>
+      <c r="N37" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>745</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1133</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1134</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1135</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1136</v>
+      </c>
+      <c r="J38" t="s">
+        <v>854</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1137</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1138</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1139</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1140</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>745</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1142</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1143</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1144</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1145</v>
+      </c>
+      <c r="J39" t="s">
+        <v>1146</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1147</v>
+      </c>
+      <c r="L39" t="s">
+        <v>1148</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>745</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1149</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1152</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1153</v>
+      </c>
+      <c r="J40" t="s">
+        <v>877</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>745</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1156</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1158</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1159</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1160</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1161</v>
+      </c>
+      <c r="L41" t="s">
+        <v>1162</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>745</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1164</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1166</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1167</v>
+      </c>
+      <c r="J42" t="s">
+        <v>771</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>745</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1172</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1173</v>
+      </c>
+      <c r="J43" t="s">
+        <v>771</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>745</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1176</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1177</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1178</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1179</v>
+      </c>
+      <c r="J44" t="s">
+        <v>751</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>745</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1184</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1185</v>
+      </c>
+      <c r="J45" t="s">
+        <v>1186</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>745</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1191</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1192</v>
+      </c>
+      <c r="J46" t="s">
+        <v>13</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1196</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1199</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1200</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1201</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1208</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1209</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>639</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1211</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1212</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1219</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1220</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1221</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1222</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1226</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1227</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1223</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1231</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1232</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1234</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1235</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1236</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1239</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1240</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1244</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1194</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1245</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1246</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1247</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1248</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1249</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:J11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J1" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>31</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>33</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>34</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>35</v>
+      </c>
+      <c r="I2" t="s">
+        <v>13</v>
+      </c>
+      <c r="J2" t="s">
+        <v>36</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>40</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>41</v>
+      </c>
+      <c r="I3" t="s">
+        <v>42</v>
+      </c>
+      <c r="J3" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>44</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>32</v>
+        <v>46</v>
+      </c>
+      <c r="I4" t="s">
+        <v>42</v>
+      </c>
+      <c r="J4" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B5" t="s">
-        <v>33</v>
+        <v>47</v>
       </c>
       <c r="C5" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>35</v>
+        <v>48</v>
       </c>
       <c r="E5" t="s">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="H5" t="s">
-        <v>38</v>
+        <v>51</v>
+      </c>
+      <c r="I5" t="s">
+        <v>42</v>
+      </c>
+      <c r="J5" t="s">
+        <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B6" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="C6" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="E6" t="s">
-        <v>42</v>
+        <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>43</v>
+        <v>55</v>
       </c>
       <c r="H6" t="s">
-        <v>44</v>
+        <v>56</v>
+      </c>
+      <c r="I6" t="s">
+        <v>57</v>
+      </c>
+      <c r="J6" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B7" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="D7" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="E7" t="s">
-        <v>47</v>
+        <v>62</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="H7" t="s">
-        <v>49</v>
+        <v>64</v>
+      </c>
+      <c r="I7" t="s">
+        <v>60</v>
+      </c>
+      <c r="J7" t="s">
+        <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B8" t="s">
-        <v>50</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="D8" t="s">
-        <v>51</v>
+        <v>68</v>
       </c>
       <c r="E8" t="s">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>53</v>
+        <v>70</v>
       </c>
       <c r="H8" t="s">
-        <v>54</v>
+        <v>71</v>
+      </c>
+      <c r="I8" t="s">
+        <v>67</v>
+      </c>
+      <c r="J8" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
       <c r="B9" t="s">
-        <v>55</v>
+        <v>73</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="D9" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>74</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>75</v>
       </c>
       <c r="H9" t="s">
-        <v>58</v>
+        <v>76</v>
+      </c>
+      <c r="I9" t="s">
+        <v>67</v>
+      </c>
+      <c r="J9" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>30</v>
+      </c>
+      <c r="B10" t="s">
+        <v>47</v>
+      </c>
+      <c r="C10" t="s">
+        <v>67</v>
+      </c>
+      <c r="D10" t="s">
+        <v>68</v>
+      </c>
+      <c r="E10" t="s">
+        <v>77</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H10" t="s">
+        <v>79</v>
+      </c>
+      <c r="I10" t="s">
+        <v>67</v>
+      </c>
+      <c r="J10" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" t="s">
+        <v>80</v>
+      </c>
+      <c r="C11" t="s">
+        <v>81</v>
+      </c>
+      <c r="D11" t="s">
+        <v>82</v>
+      </c>
+      <c r="E11" t="s">
+        <v>83</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>84</v>
+      </c>
+      <c r="H11" t="s">
+        <v>85</v>
+      </c>
+      <c r="I11" t="s">
+        <v>81</v>
+      </c>
+      <c r="J11" t="s">
+        <v>86</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H49"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="B2" t="s">
-        <v>60</v>
+        <v>88</v>
       </c>
       <c r="C2" t="s">
-        <v>61</v>
+        <v>89</v>
       </c>
       <c r="D2" t="s">
-        <v>62</v>
+        <v>90</v>
       </c>
       <c r="E2" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>64</v>
+        <v>92</v>
       </c>
       <c r="H2" t="s">
-        <v>65</v>
+        <v>93</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="B3" t="s">
-        <v>66</v>
+        <v>94</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>95</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="E3" t="s">
-        <v>67</v>
+        <v>97</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>68</v>
+        <v>98</v>
       </c>
       <c r="H3" t="s">
-        <v>69</v>
+        <v>99</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="B4" t="s">
-        <v>70</v>
+        <v>100</v>
       </c>
       <c r="C4" t="s">
-        <v>71</v>
+        <v>101</v>
       </c>
       <c r="D4" t="s">
-        <v>72</v>
+        <v>102</v>
       </c>
       <c r="E4" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>74</v>
+        <v>104</v>
       </c>
       <c r="H4" t="s">
-        <v>75</v>
+        <v>105</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="B5" t="s">
-        <v>76</v>
+        <v>106</v>
       </c>
       <c r="C5" t="s">
-        <v>77</v>
+        <v>107</v>
       </c>
       <c r="D5" t="s">
-        <v>78</v>
+        <v>108</v>
       </c>
       <c r="E5" t="s">
-        <v>79</v>
+        <v>109</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>80</v>
+        <v>110</v>
       </c>
       <c r="H5" t="s">
-        <v>81</v>
+        <v>111</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="B6" t="s">
-        <v>82</v>
+        <v>112</v>
       </c>
       <c r="C6" t="s">
-        <v>83</v>
+        <v>113</v>
       </c>
       <c r="D6" t="s">
-        <v>84</v>
+        <v>114</v>
       </c>
       <c r="E6" t="s">
-        <v>85</v>
+        <v>115</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>86</v>
+        <v>116</v>
       </c>
       <c r="H6" t="s">
-        <v>87</v>
+        <v>117</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="B7" t="s">
-        <v>88</v>
+        <v>118</v>
       </c>
       <c r="C7" t="s">
-        <v>89</v>
+        <v>119</v>
       </c>
       <c r="D7" t="s">
-        <v>90</v>
+        <v>120</v>
       </c>
       <c r="E7" t="s">
-        <v>91</v>
+        <v>121</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>92</v>
+        <v>122</v>
       </c>
       <c r="H7" t="s">
-        <v>93</v>
+        <v>123</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="B8" t="s">
-        <v>94</v>
+        <v>124</v>
       </c>
       <c r="C8" t="s">
-        <v>95</v>
+        <v>125</v>
       </c>
       <c r="D8" t="s">
-        <v>96</v>
+        <v>126</v>
       </c>
       <c r="E8" t="s">
-        <v>97</v>
+        <v>127</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>98</v>
+        <v>128</v>
       </c>
       <c r="H8" t="s">
-        <v>99</v>
+        <v>129</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>87</v>
+      </c>
+      <c r="B9" t="s">
+        <v>130</v>
+      </c>
+      <c r="C9" t="s">
+        <v>131</v>
+      </c>
+      <c r="D9" t="s">
+        <v>126</v>
+      </c>
+      <c r="E9" t="s">
+        <v>132</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>133</v>
+      </c>
+      <c r="H9" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>87</v>
+      </c>
+      <c r="B10" t="s">
+        <v>135</v>
+      </c>
+      <c r="C10" t="s">
+        <v>136</v>
+      </c>
+      <c r="D10" t="s">
+        <v>137</v>
+      </c>
+      <c r="E10" t="s">
+        <v>138</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>139</v>
+      </c>
+      <c r="H10" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>87</v>
+      </c>
+      <c r="B11" t="s">
+        <v>141</v>
+      </c>
+      <c r="C11" t="s">
+        <v>142</v>
+      </c>
+      <c r="D11" t="s">
+        <v>143</v>
+      </c>
+      <c r="E11" t="s">
+        <v>144</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>145</v>
+      </c>
+      <c r="H11" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>87</v>
+      </c>
+      <c r="B12" t="s">
+        <v>147</v>
+      </c>
+      <c r="C12" t="s">
+        <v>148</v>
+      </c>
+      <c r="D12" t="s">
+        <v>149</v>
+      </c>
+      <c r="E12" t="s">
+        <v>150</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>151</v>
+      </c>
+      <c r="H12" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>87</v>
+      </c>
+      <c r="B13" t="s">
+        <v>153</v>
+      </c>
+      <c r="C13" t="s">
+        <v>154</v>
+      </c>
+      <c r="D13" t="s">
+        <v>155</v>
+      </c>
+      <c r="E13" t="s">
+        <v>156</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>157</v>
+      </c>
+      <c r="H13" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>87</v>
+      </c>
+      <c r="B14" t="s">
+        <v>159</v>
+      </c>
+      <c r="C14" t="s">
+        <v>160</v>
+      </c>
+      <c r="D14" t="s">
+        <v>161</v>
+      </c>
+      <c r="E14" t="s">
+        <v>162</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>163</v>
+      </c>
+      <c r="H14" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>87</v>
+      </c>
+      <c r="B15" t="s">
+        <v>165</v>
+      </c>
+      <c r="C15" t="s">
+        <v>166</v>
+      </c>
+      <c r="D15" t="s">
+        <v>167</v>
+      </c>
+      <c r="E15" t="s">
+        <v>168</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>169</v>
+      </c>
+      <c r="H15" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>87</v>
+      </c>
+      <c r="B16" t="s">
+        <v>171</v>
+      </c>
+      <c r="C16" t="s">
+        <v>172</v>
+      </c>
+      <c r="D16" t="s">
+        <v>173</v>
+      </c>
+      <c r="E16" t="s">
+        <v>174</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>175</v>
+      </c>
+      <c r="H16" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>87</v>
+      </c>
+      <c r="B17" t="s">
+        <v>177</v>
+      </c>
+      <c r="C17" t="s">
+        <v>178</v>
+      </c>
+      <c r="D17" t="s">
+        <v>179</v>
+      </c>
+      <c r="E17" t="s">
+        <v>180</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>181</v>
+      </c>
+      <c r="H17" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>87</v>
+      </c>
+      <c r="B18" t="s">
+        <v>183</v>
+      </c>
+      <c r="C18" t="s">
+        <v>184</v>
+      </c>
+      <c r="D18" t="s">
+        <v>185</v>
+      </c>
+      <c r="E18" t="s">
+        <v>186</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>187</v>
+      </c>
+      <c r="H18" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>87</v>
+      </c>
+      <c r="B19" t="s">
+        <v>189</v>
+      </c>
+      <c r="C19" t="s">
+        <v>190</v>
+      </c>
+      <c r="D19" t="s">
+        <v>191</v>
+      </c>
+      <c r="E19" t="s">
+        <v>192</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>193</v>
+      </c>
+      <c r="H19" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>87</v>
+      </c>
+      <c r="B20" t="s">
+        <v>195</v>
+      </c>
+      <c r="C20" t="s">
+        <v>196</v>
+      </c>
+      <c r="D20" t="s">
+        <v>197</v>
+      </c>
+      <c r="E20" t="s">
+        <v>162</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>198</v>
+      </c>
+      <c r="H20" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>87</v>
+      </c>
+      <c r="B21" t="s">
+        <v>200</v>
+      </c>
+      <c r="C21" t="s">
+        <v>201</v>
+      </c>
+      <c r="D21" t="s">
+        <v>202</v>
+      </c>
+      <c r="E21" t="s">
+        <v>203</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>204</v>
+      </c>
+      <c r="H21" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>87</v>
+      </c>
+      <c r="B22" t="s">
+        <v>206</v>
+      </c>
+      <c r="C22" t="s">
+        <v>207</v>
+      </c>
+      <c r="D22" t="s">
+        <v>208</v>
+      </c>
+      <c r="E22" t="s">
+        <v>209</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>210</v>
+      </c>
+      <c r="H22" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>87</v>
+      </c>
+      <c r="B23" t="s">
+        <v>212</v>
+      </c>
+      <c r="C23" t="s">
+        <v>213</v>
+      </c>
+      <c r="D23" t="s">
+        <v>214</v>
+      </c>
+      <c r="E23" t="s">
+        <v>215</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>216</v>
+      </c>
+      <c r="H23" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>87</v>
+      </c>
+      <c r="B24" t="s">
+        <v>218</v>
+      </c>
+      <c r="C24" t="s">
+        <v>219</v>
+      </c>
+      <c r="D24" t="s">
+        <v>220</v>
+      </c>
+      <c r="E24" t="s">
+        <v>221</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>222</v>
+      </c>
+      <c r="H24" t="s">
+        <v>223</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>87</v>
+      </c>
+      <c r="B25" t="s">
+        <v>224</v>
+      </c>
+      <c r="C25" t="s">
+        <v>225</v>
+      </c>
+      <c r="D25" t="s">
+        <v>226</v>
+      </c>
+      <c r="E25" t="s">
+        <v>227</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>228</v>
+      </c>
+      <c r="H25" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>87</v>
+      </c>
+      <c r="B26" t="s">
+        <v>230</v>
+      </c>
+      <c r="C26" t="s">
+        <v>231</v>
+      </c>
+      <c r="D26" t="s">
+        <v>232</v>
+      </c>
+      <c r="E26" t="s">
+        <v>233</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>234</v>
+      </c>
+      <c r="H26" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>87</v>
+      </c>
+      <c r="B27" t="s">
+        <v>236</v>
+      </c>
+      <c r="C27" t="s">
+        <v>237</v>
+      </c>
+      <c r="D27" t="s">
+        <v>238</v>
+      </c>
+      <c r="E27" t="s">
+        <v>239</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>240</v>
+      </c>
+      <c r="H27" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>87</v>
+      </c>
+      <c r="B28" t="s">
+        <v>242</v>
+      </c>
+      <c r="C28" t="s">
+        <v>243</v>
+      </c>
+      <c r="D28" t="s">
+        <v>238</v>
+      </c>
+      <c r="E28" t="s">
+        <v>244</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>245</v>
+      </c>
+      <c r="H28" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>87</v>
+      </c>
+      <c r="B29" t="s">
+        <v>247</v>
+      </c>
+      <c r="C29" t="s">
+        <v>248</v>
+      </c>
+      <c r="D29" t="s">
+        <v>249</v>
+      </c>
+      <c r="E29" t="s">
+        <v>250</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>251</v>
+      </c>
+      <c r="H29" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>87</v>
+      </c>
+      <c r="B30" t="s">
+        <v>253</v>
+      </c>
+      <c r="C30" t="s">
+        <v>254</v>
+      </c>
+      <c r="D30" t="s">
+        <v>255</v>
+      </c>
+      <c r="E30" t="s">
+        <v>256</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>257</v>
+      </c>
+      <c r="H30" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>87</v>
+      </c>
+      <c r="B31" t="s">
+        <v>259</v>
+      </c>
+      <c r="C31" t="s">
+        <v>260</v>
+      </c>
+      <c r="D31" t="s">
+        <v>261</v>
+      </c>
+      <c r="E31" t="s">
+        <v>262</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>263</v>
+      </c>
+      <c r="H31" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>87</v>
+      </c>
+      <c r="B32" t="s">
+        <v>265</v>
+      </c>
+      <c r="C32" t="s">
+        <v>266</v>
+      </c>
+      <c r="D32" t="s">
+        <v>267</v>
+      </c>
+      <c r="E32" t="s">
+        <v>268</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>269</v>
+      </c>
+      <c r="H32" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>87</v>
+      </c>
+      <c r="B33" t="s">
+        <v>271</v>
+      </c>
+      <c r="C33" t="s">
+        <v>272</v>
+      </c>
+      <c r="D33" t="s">
+        <v>273</v>
+      </c>
+      <c r="E33" t="s">
+        <v>274</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>275</v>
+      </c>
+      <c r="H33" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>87</v>
+      </c>
+      <c r="B34" t="s">
+        <v>277</v>
+      </c>
+      <c r="C34" t="s">
+        <v>278</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>279</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>280</v>
+      </c>
+      <c r="H34" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>87</v>
+      </c>
+      <c r="B35" t="s">
+        <v>282</v>
+      </c>
+      <c r="C35" t="s">
+        <v>283</v>
+      </c>
+      <c r="D35" t="s">
+        <v>284</v>
+      </c>
+      <c r="E35" t="s">
+        <v>285</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>286</v>
+      </c>
+      <c r="H35" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>87</v>
+      </c>
+      <c r="B36" t="s">
+        <v>288</v>
+      </c>
+      <c r="C36" t="s">
+        <v>289</v>
+      </c>
+      <c r="D36" t="s">
+        <v>290</v>
+      </c>
+      <c r="E36" t="s">
+        <v>291</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>292</v>
+      </c>
+      <c r="H36" t="s">
+        <v>293</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>87</v>
+      </c>
+      <c r="B37" t="s">
+        <v>294</v>
+      </c>
+      <c r="C37" t="s">
+        <v>295</v>
+      </c>
+      <c r="D37" t="s">
+        <v>296</v>
+      </c>
+      <c r="E37" t="s">
+        <v>297</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>298</v>
+      </c>
+      <c r="H37" t="s">
+        <v>299</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>87</v>
+      </c>
+      <c r="B38" t="s">
+        <v>300</v>
+      </c>
+      <c r="C38" t="s">
+        <v>301</v>
+      </c>
+      <c r="D38" t="s">
+        <v>302</v>
+      </c>
+      <c r="E38" t="s">
+        <v>303</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>304</v>
+      </c>
+      <c r="H38" t="s">
+        <v>305</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>87</v>
+      </c>
+      <c r="B39" t="s">
+        <v>306</v>
+      </c>
+      <c r="C39" t="s">
+        <v>307</v>
+      </c>
+      <c r="D39" t="s">
+        <v>308</v>
+      </c>
+      <c r="E39" t="s">
+        <v>309</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>310</v>
+      </c>
+      <c r="H39" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>87</v>
+      </c>
+      <c r="B40" t="s">
+        <v>312</v>
+      </c>
+      <c r="C40" t="s">
+        <v>313</v>
+      </c>
+      <c r="D40" t="s">
+        <v>314</v>
+      </c>
+      <c r="E40" t="s">
+        <v>315</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>316</v>
+      </c>
+      <c r="H40" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>87</v>
+      </c>
+      <c r="B41" t="s">
+        <v>318</v>
+      </c>
+      <c r="C41" t="s">
+        <v>319</v>
+      </c>
+      <c r="D41" t="s">
+        <v>320</v>
+      </c>
+      <c r="E41" t="s">
+        <v>321</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>322</v>
+      </c>
+      <c r="H41" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>87</v>
+      </c>
+      <c r="B42" t="s">
+        <v>324</v>
+      </c>
+      <c r="C42" t="s">
+        <v>325</v>
+      </c>
+      <c r="D42" t="s">
+        <v>326</v>
+      </c>
+      <c r="E42" t="s">
+        <v>327</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>328</v>
+      </c>
+      <c r="H42" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>87</v>
+      </c>
+      <c r="B43" t="s">
+        <v>330</v>
+      </c>
+      <c r="C43" t="s">
+        <v>331</v>
+      </c>
+      <c r="D43" t="s">
+        <v>326</v>
+      </c>
+      <c r="E43" t="s">
+        <v>327</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>332</v>
+      </c>
+      <c r="H43" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>87</v>
+      </c>
+      <c r="B44" t="s">
+        <v>334</v>
+      </c>
+      <c r="C44" t="s">
+        <v>335</v>
+      </c>
+      <c r="D44" t="s">
+        <v>336</v>
+      </c>
+      <c r="E44" t="s">
+        <v>337</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>338</v>
+      </c>
+      <c r="H44" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>87</v>
+      </c>
+      <c r="B45" t="s">
+        <v>340</v>
+      </c>
+      <c r="C45" t="s">
+        <v>341</v>
+      </c>
+      <c r="D45" t="s">
+        <v>342</v>
+      </c>
+      <c r="E45" t="s">
+        <v>342</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>343</v>
+      </c>
+      <c r="H45" t="s">
+        <v>344</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>87</v>
+      </c>
+      <c r="B46" t="s">
+        <v>345</v>
+      </c>
+      <c r="C46" t="s">
+        <v>346</v>
+      </c>
+      <c r="D46" t="s">
+        <v>347</v>
+      </c>
+      <c r="E46" t="s">
+        <v>348</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>349</v>
+      </c>
+      <c r="H46" t="s">
+        <v>350</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>87</v>
+      </c>
+      <c r="B47" t="s">
+        <v>351</v>
+      </c>
+      <c r="C47" t="s">
+        <v>352</v>
+      </c>
+      <c r="D47" t="s">
+        <v>353</v>
+      </c>
+      <c r="E47" t="s">
+        <v>354</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>355</v>
+      </c>
+      <c r="H47" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>87</v>
+      </c>
+      <c r="B48" t="s">
+        <v>357</v>
+      </c>
+      <c r="C48" t="s">
+        <v>358</v>
+      </c>
+      <c r="D48" t="s">
+        <v>359</v>
+      </c>
+      <c r="E48" t="s">
+        <v>360</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>361</v>
+      </c>
+      <c r="H48" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>87</v>
+      </c>
+      <c r="B49" t="s">
+        <v>363</v>
+      </c>
+      <c r="C49" t="s">
+        <v>364</v>
+      </c>
+      <c r="D49" t="s">
+        <v>365</v>
+      </c>
+      <c r="E49" t="s">
+        <v>366</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>367</v>
+      </c>
+      <c r="H49" t="s">
+        <v>368</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>100</v>
+        <v>369</v>
       </c>
       <c r="B2" t="s">
-        <v>101</v>
+        <v>370</v>
       </c>
       <c r="C2" t="s">
-        <v>102</v>
+        <v>371</v>
       </c>
       <c r="D2" t="s">
-        <v>103</v>
+        <v>372</v>
       </c>
       <c r="E2" t="s">
-        <v>104</v>
+        <v>373</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>105</v>
+        <v>374</v>
       </c>
       <c r="H2" t="s">
-        <v>106</v>
+        <v>375</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>100</v>
+        <v>369</v>
       </c>
       <c r="B3" t="s">
-        <v>107</v>
+        <v>376</v>
       </c>
       <c r="C3" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>109</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>110</v>
+        <v>377</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>111</v>
+        <v>378</v>
       </c>
       <c r="H3" t="s">
-        <v>112</v>
+        <v>379</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>100</v>
+        <v>369</v>
       </c>
       <c r="B4" t="s">
-        <v>113</v>
+        <v>380</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>115</v>
+        <v>381</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>116</v>
+        <v>382</v>
       </c>
       <c r="H4" t="s">
-        <v>117</v>
+        <v>383</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>369</v>
+      </c>
+      <c r="B5" t="s">
+        <v>384</v>
+      </c>
+      <c r="C5" t="s">
+        <v>385</v>
+      </c>
+      <c r="D5" t="s">
+        <v>386</v>
+      </c>
+      <c r="E5" t="s">
+        <v>387</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>388</v>
+      </c>
+      <c r="H5" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>369</v>
+      </c>
+      <c r="B6" t="s">
+        <v>390</v>
+      </c>
+      <c r="C6" t="s">
+        <v>391</v>
+      </c>
+      <c r="D6" t="s">
+        <v>290</v>
+      </c>
+      <c r="E6" t="s">
+        <v>392</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>393</v>
+      </c>
+      <c r="H6" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>369</v>
+      </c>
+      <c r="B7" t="s">
+        <v>395</v>
+      </c>
+      <c r="C7" t="s">
+        <v>396</v>
+      </c>
+      <c r="D7" t="s">
+        <v>397</v>
+      </c>
+      <c r="E7" t="s">
+        <v>398</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>399</v>
+      </c>
+      <c r="H7" t="s">
+        <v>400</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>369</v>
+      </c>
+      <c r="B8" t="s">
+        <v>401</v>
+      </c>
+      <c r="C8" t="s">
+        <v>402</v>
+      </c>
+      <c r="D8" t="s">
+        <v>403</v>
+      </c>
+      <c r="E8" t="s">
+        <v>404</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>405</v>
+      </c>
+      <c r="H8" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>369</v>
+      </c>
+      <c r="B9" t="s">
+        <v>407</v>
+      </c>
+      <c r="C9" t="s">
+        <v>371</v>
+      </c>
+      <c r="D9" t="s">
+        <v>403</v>
+      </c>
+      <c r="E9" t="s">
+        <v>408</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>409</v>
+      </c>
+      <c r="H9" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>369</v>
+      </c>
+      <c r="B10" t="s">
+        <v>411</v>
+      </c>
+      <c r="C10" t="s">
+        <v>412</v>
+      </c>
+      <c r="D10" t="s">
+        <v>413</v>
+      </c>
+      <c r="E10" t="s">
+        <v>414</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>415</v>
+      </c>
+      <c r="H10" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>369</v>
+      </c>
+      <c r="B11" t="s">
+        <v>417</v>
+      </c>
+      <c r="C11" t="s">
+        <v>418</v>
+      </c>
+      <c r="D11" t="s">
+        <v>419</v>
+      </c>
+      <c r="E11" t="s">
+        <v>420</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>421</v>
+      </c>
+      <c r="H11" t="s">
+        <v>422</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>369</v>
+      </c>
+      <c r="B12" t="s">
+        <v>423</v>
+      </c>
+      <c r="C12" t="s">
+        <v>424</v>
+      </c>
+      <c r="D12" t="s">
+        <v>425</v>
+      </c>
+      <c r="E12" t="s">
+        <v>426</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>427</v>
+      </c>
+      <c r="H12" t="s">
+        <v>428</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>369</v>
+      </c>
+      <c r="B13" t="s">
+        <v>429</v>
+      </c>
+      <c r="C13" t="s">
+        <v>430</v>
+      </c>
+      <c r="D13" t="s">
+        <v>431</v>
+      </c>
+      <c r="E13" t="s">
+        <v>432</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>433</v>
+      </c>
+      <c r="H13" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>369</v>
+      </c>
+      <c r="B14" t="s">
+        <v>435</v>
+      </c>
+      <c r="C14" t="s">
+        <v>436</v>
+      </c>
+      <c r="D14" t="s">
+        <v>437</v>
+      </c>
+      <c r="E14" t="s">
+        <v>438</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>439</v>
+      </c>
+      <c r="H14" t="s">
+        <v>440</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>369</v>
+      </c>
+      <c r="B15" t="s">
+        <v>441</v>
+      </c>
+      <c r="C15" t="s">
+        <v>442</v>
+      </c>
+      <c r="D15" t="s">
+        <v>443</v>
+      </c>
+      <c r="E15" t="s">
+        <v>444</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>445</v>
+      </c>
+      <c r="H15" t="s">
+        <v>446</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AA44"/>
+  <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B2" t="s">
-        <v>122</v>
+        <v>448</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>449</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>123</v>
+        <v>450</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>124</v>
+        <v>451</v>
       </c>
       <c r="H2" t="s">
-        <v>125</v>
-[...20 lines deleted...]
-        <v>132</v>
+        <v>452</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B3" t="s">
-        <v>133</v>
+        <v>453</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>454</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>134</v>
+        <v>455</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>135</v>
+        <v>456</v>
       </c>
       <c r="H3" t="s">
-        <v>136</v>
-[...23 lines deleted...]
-        <v>144</v>
+        <v>457</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B4" t="s">
-        <v>145</v>
+        <v>458</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>459</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>146</v>
+        <v>460</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>147</v>
+        <v>461</v>
       </c>
       <c r="H4" t="s">
-        <v>148</v>
-[...20 lines deleted...]
-        <v>155</v>
+        <v>462</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B5" t="s">
-        <v>156</v>
+        <v>463</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>157</v>
+        <v>464</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>158</v>
+        <v>465</v>
       </c>
       <c r="H5" t="s">
-        <v>159</v>
-[...35 lines deleted...]
-        <v>171</v>
+        <v>466</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B6" t="s">
-        <v>172</v>
+        <v>467</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>468</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>173</v>
+        <v>469</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>174</v>
+        <v>470</v>
       </c>
       <c r="H6" t="s">
-        <v>175</v>
-[...14 lines deleted...]
-        <v>180</v>
+        <v>471</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B7" t="s">
-        <v>181</v>
+        <v>472</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>473</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>182</v>
+        <v>474</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>183</v>
+        <v>475</v>
       </c>
       <c r="H7" t="s">
-        <v>184</v>
-[...20 lines deleted...]
-        <v>191</v>
+        <v>476</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B8" t="s">
-        <v>192</v>
+        <v>477</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>478</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>193</v>
+        <v>479</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>194</v>
+        <v>480</v>
       </c>
       <c r="H8" t="s">
-        <v>195</v>
-[...26 lines deleted...]
-        <v>203</v>
+        <v>481</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B9" t="s">
-        <v>204</v>
+        <v>482</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>483</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>205</v>
+        <v>484</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>206</v>
+        <v>485</v>
       </c>
       <c r="H9" t="s">
-        <v>207</v>
-[...23 lines deleted...]
-        <v>215</v>
+        <v>486</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B10" t="s">
-        <v>216</v>
+        <v>487</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>488</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>217</v>
+        <v>489</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>218</v>
+        <v>490</v>
       </c>
       <c r="H10" t="s">
-        <v>219</v>
-[...20 lines deleted...]
-        <v>226</v>
+        <v>491</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B11" t="s">
-        <v>227</v>
+        <v>492</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>493</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>228</v>
+        <v>127</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>229</v>
+        <v>494</v>
       </c>
       <c r="H11" t="s">
-        <v>230</v>
-[...17 lines deleted...]
-        <v>236</v>
+        <v>495</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B12" t="s">
-        <v>237</v>
+        <v>496</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>497</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>238</v>
+        <v>498</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>239</v>
+        <v>499</v>
       </c>
       <c r="H12" t="s">
-        <v>240</v>
-[...23 lines deleted...]
-        <v>248</v>
+        <v>500</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B13" t="s">
-        <v>249</v>
+        <v>501</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>502</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>250</v>
+        <v>503</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>251</v>
+        <v>504</v>
       </c>
       <c r="H13" t="s">
-        <v>252</v>
-[...35 lines deleted...]
-        <v>264</v>
+        <v>505</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B14" t="s">
-        <v>265</v>
+        <v>506</v>
       </c>
       <c r="C14" t="s">
-        <v>13</v>
+        <v>507</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>266</v>
+        <v>508</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>267</v>
+        <v>509</v>
       </c>
       <c r="H14" t="s">
-        <v>268</v>
-[...14 lines deleted...]
-        <v>272</v>
+        <v>510</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B15" t="s">
-        <v>273</v>
+        <v>511</v>
       </c>
       <c r="C15" t="s">
-        <v>13</v>
+        <v>512</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>274</v>
+        <v>513</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>275</v>
+        <v>514</v>
       </c>
       <c r="H15" t="s">
-        <v>276</v>
-[...14 lines deleted...]
-        <v>281</v>
+        <v>515</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B16" t="s">
-        <v>282</v>
+        <v>516</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>517</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>283</v>
+        <v>518</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>284</v>
+        <v>519</v>
       </c>
       <c r="H16" t="s">
-        <v>285</v>
-[...17 lines deleted...]
-        <v>291</v>
+        <v>520</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B17" t="s">
-        <v>292</v>
+        <v>521</v>
       </c>
       <c r="C17" t="s">
-        <v>13</v>
+        <v>522</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>293</v>
+        <v>168</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>294</v>
+        <v>523</v>
       </c>
       <c r="H17" t="s">
-        <v>295</v>
-[...11 lines deleted...]
-        <v>299</v>
+        <v>524</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B18" t="s">
-        <v>300</v>
+        <v>525</v>
       </c>
       <c r="C18" t="s">
-        <v>13</v>
+        <v>526</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>301</v>
+        <v>527</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>302</v>
+        <v>528</v>
       </c>
       <c r="H18" t="s">
-        <v>303</v>
-[...26 lines deleted...]
-        <v>311</v>
+        <v>529</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B19" t="s">
-        <v>312</v>
+        <v>530</v>
       </c>
       <c r="C19" t="s">
-        <v>13</v>
+        <v>531</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>313</v>
+        <v>532</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>314</v>
+        <v>533</v>
       </c>
       <c r="H19" t="s">
-        <v>315</v>
-[...41 lines deleted...]
-        <v>329</v>
+        <v>534</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B20" t="s">
-        <v>330</v>
+        <v>535</v>
       </c>
       <c r="C20" t="s">
-        <v>13</v>
+        <v>536</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>331</v>
+        <v>186</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>332</v>
+        <v>537</v>
       </c>
       <c r="H20" t="s">
-        <v>333</v>
-[...26 lines deleted...]
-        <v>342</v>
+        <v>538</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B21" t="s">
-        <v>343</v>
+        <v>539</v>
       </c>
       <c r="C21" t="s">
-        <v>13</v>
+        <v>540</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>344</v>
+        <v>192</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>345</v>
+        <v>541</v>
       </c>
       <c r="H21" t="s">
-        <v>346</v>
-[...20 lines deleted...]
-        <v>353</v>
+        <v>542</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B22" t="s">
-        <v>354</v>
+        <v>543</v>
       </c>
       <c r="C22" t="s">
-        <v>13</v>
+        <v>544</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>355</v>
+        <v>545</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>356</v>
+        <v>546</v>
       </c>
       <c r="H22" t="s">
-        <v>357</v>
-[...17 lines deleted...]
-        <v>362</v>
+        <v>547</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B23" t="s">
-        <v>363</v>
+        <v>548</v>
       </c>
       <c r="C23" t="s">
-        <v>13</v>
+        <v>549</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>364</v>
+        <v>550</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>365</v>
+        <v>551</v>
       </c>
       <c r="H23" t="s">
-        <v>366</v>
-[...11 lines deleted...]
-        <v>370</v>
+        <v>552</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B24" t="s">
-        <v>371</v>
+        <v>553</v>
       </c>
       <c r="C24" t="s">
-        <v>13</v>
+        <v>554</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>364</v>
+        <v>555</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>372</v>
+        <v>556</v>
       </c>
       <c r="H24" t="s">
-        <v>373</v>
-[...11 lines deleted...]
-        <v>376</v>
+        <v>557</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B25" t="s">
-        <v>377</v>
+        <v>558</v>
       </c>
       <c r="C25" t="s">
-        <v>13</v>
+        <v>559</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>378</v>
+        <v>215</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>379</v>
+        <v>560</v>
       </c>
       <c r="H25" t="s">
-        <v>380</v>
-[...20 lines deleted...]
-        <v>387</v>
+        <v>561</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B26" t="s">
-        <v>388</v>
+        <v>562</v>
       </c>
       <c r="C26" t="s">
-        <v>13</v>
+        <v>563</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>389</v>
+        <v>221</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>390</v>
+        <v>564</v>
       </c>
       <c r="H26" t="s">
-        <v>391</v>
-[...20 lines deleted...]
-        <v>397</v>
+        <v>565</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B27" t="s">
-        <v>398</v>
+        <v>566</v>
       </c>
       <c r="C27" t="s">
-        <v>13</v>
+        <v>567</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>399</v>
+        <v>568</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>400</v>
+        <v>569</v>
       </c>
       <c r="H27" t="s">
-        <v>401</v>
-[...11 lines deleted...]
-        <v>405</v>
+        <v>570</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B28" t="s">
-        <v>406</v>
+        <v>571</v>
       </c>
       <c r="C28" t="s">
-        <v>13</v>
+        <v>572</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>407</v>
+        <v>573</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>408</v>
+        <v>574</v>
       </c>
       <c r="H28" t="s">
-        <v>409</v>
-[...14 lines deleted...]
-        <v>413</v>
+        <v>575</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B29" t="s">
-        <v>414</v>
+        <v>576</v>
       </c>
       <c r="C29" t="s">
-        <v>13</v>
+        <v>577</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>415</v>
+        <v>578</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>416</v>
+        <v>579</v>
       </c>
       <c r="H29" t="s">
-        <v>417</v>
-[...20 lines deleted...]
-        <v>423</v>
+        <v>580</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B30" t="s">
-        <v>424</v>
+        <v>581</v>
       </c>
       <c r="C30" t="s">
-        <v>13</v>
+        <v>582</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>425</v>
+        <v>244</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>426</v>
+        <v>583</v>
       </c>
       <c r="H30" t="s">
-        <v>427</v>
-[...11 lines deleted...]
-        <v>430</v>
+        <v>584</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B31" t="s">
-        <v>431</v>
+        <v>585</v>
       </c>
       <c r="C31" t="s">
-        <v>13</v>
+        <v>586</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>432</v>
+        <v>587</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>433</v>
+        <v>588</v>
       </c>
       <c r="H31" t="s">
-        <v>434</v>
-[...17 lines deleted...]
-        <v>439</v>
+        <v>589</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B32" t="s">
-        <v>440</v>
+        <v>590</v>
       </c>
       <c r="C32" t="s">
-        <v>13</v>
+        <v>591</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>441</v>
+        <v>592</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>442</v>
+        <v>593</v>
       </c>
       <c r="H32" t="s">
-        <v>443</v>
-[...17 lines deleted...]
-        <v>449</v>
+        <v>594</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B33" t="s">
-        <v>450</v>
+        <v>595</v>
       </c>
       <c r="C33" t="s">
-        <v>13</v>
+        <v>596</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>451</v>
+        <v>597</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>452</v>
+        <v>598</v>
       </c>
       <c r="H33" t="s">
-        <v>453</v>
-[...14 lines deleted...]
-        <v>458</v>
+        <v>599</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B34" t="s">
-        <v>459</v>
+        <v>600</v>
       </c>
       <c r="C34" t="s">
-        <v>13</v>
+        <v>601</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>460</v>
+        <v>602</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>461</v>
+        <v>603</v>
       </c>
       <c r="H34" t="s">
-        <v>462</v>
-[...11 lines deleted...]
-        <v>465</v>
+        <v>604</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B35" t="s">
-        <v>466</v>
+        <v>605</v>
       </c>
       <c r="C35" t="s">
-        <v>13</v>
+        <v>606</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>467</v>
+        <v>607</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>468</v>
+        <v>608</v>
       </c>
       <c r="H35" t="s">
-        <v>469</v>
-[...56 lines deleted...]
-        <v>487</v>
+        <v>609</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B36" t="s">
-        <v>488</v>
+        <v>610</v>
       </c>
       <c r="C36" t="s">
-        <v>13</v>
+        <v>611</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>489</v>
+        <v>612</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>490</v>
+        <v>613</v>
       </c>
       <c r="H36" t="s">
-        <v>491</v>
-[...14 lines deleted...]
-        <v>495</v>
+        <v>614</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B37" t="s">
-        <v>496</v>
+        <v>615</v>
       </c>
       <c r="C37" t="s">
-        <v>13</v>
+        <v>616</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>497</v>
+        <v>617</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>498</v>
+        <v>618</v>
       </c>
       <c r="H37" t="s">
-        <v>499</v>
-[...17 lines deleted...]
-        <v>504</v>
+        <v>619</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B38" t="s">
-        <v>505</v>
+        <v>620</v>
       </c>
       <c r="C38" t="s">
-        <v>13</v>
+        <v>621</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>506</v>
+        <v>622</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>507</v>
+        <v>623</v>
       </c>
       <c r="H38" t="s">
-        <v>508</v>
-[...17 lines deleted...]
-        <v>513</v>
+        <v>624</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B39" t="s">
-        <v>514</v>
+        <v>153</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>515</v>
+        <v>625</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>516</v>
+        <v>626</v>
       </c>
       <c r="H39" t="s">
-        <v>517</v>
-[...11 lines deleted...]
-        <v>521</v>
+        <v>627</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B40" t="s">
-        <v>522</v>
+        <v>441</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>523</v>
+        <v>628</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>524</v>
+        <v>629</v>
       </c>
       <c r="H40" t="s">
-        <v>525</v>
-[...8 lines deleted...]
-        <v>527</v>
+        <v>630</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>121</v>
+        <v>447</v>
       </c>
       <c r="B41" t="s">
-        <v>528</v>
+        <v>631</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>529</v>
+        <v>632</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>530</v>
+        <v>633</v>
       </c>
       <c r="H41" t="s">
-        <v>531</v>
-[...116 lines deleted...]
-        <v>554</v>
+        <v>634</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>635</v>
+      </c>
+      <c r="B2" t="s">
+        <v>636</v>
+      </c>
+      <c r="C2" t="s">
+        <v>637</v>
+      </c>
+      <c r="D2" t="s">
+        <v>638</v>
+      </c>
+      <c r="E2" t="s">
+        <v>639</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>640</v>
+      </c>
+      <c r="H2" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>635</v>
+      </c>
+      <c r="B3" t="s">
+        <v>642</v>
+      </c>
+      <c r="C3" t="s">
+        <v>643</v>
+      </c>
+      <c r="D3" t="s">
+        <v>644</v>
+      </c>
+      <c r="E3" t="s">
+        <v>645</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>646</v>
+      </c>
+      <c r="H3" t="s">
+        <v>647</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>635</v>
+      </c>
+      <c r="B4" t="s">
+        <v>648</v>
+      </c>
+      <c r="C4" t="s">
+        <v>649</v>
+      </c>
+      <c r="D4" t="s">
+        <v>650</v>
+      </c>
+      <c r="E4" t="s">
+        <v>651</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>652</v>
+      </c>
+      <c r="H4" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>635</v>
+      </c>
+      <c r="B5" t="s">
+        <v>654</v>
+      </c>
+      <c r="C5" t="s">
+        <v>655</v>
+      </c>
+      <c r="D5" t="s">
+        <v>656</v>
+      </c>
+      <c r="E5" t="s">
+        <v>657</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>658</v>
+      </c>
+      <c r="H5" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>635</v>
+      </c>
+      <c r="B6" t="s">
+        <v>660</v>
+      </c>
+      <c r="C6" t="s">
+        <v>661</v>
+      </c>
+      <c r="D6" t="s">
+        <v>662</v>
+      </c>
+      <c r="E6" t="s">
+        <v>663</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>664</v>
+      </c>
+      <c r="H6" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>635</v>
+      </c>
+      <c r="B7" t="s">
+        <v>666</v>
+      </c>
+      <c r="C7" t="s">
+        <v>667</v>
+      </c>
+      <c r="D7" t="s">
+        <v>668</v>
+      </c>
+      <c r="E7" t="s">
+        <v>669</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>670</v>
+      </c>
+      <c r="H7" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>635</v>
+      </c>
+      <c r="B8" t="s">
+        <v>672</v>
+      </c>
+      <c r="C8" t="s">
+        <v>673</v>
+      </c>
+      <c r="D8" t="s">
+        <v>674</v>
+      </c>
+      <c r="E8" t="s">
+        <v>573</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>675</v>
+      </c>
+      <c r="H8" t="s">
+        <v>676</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>635</v>
+      </c>
+      <c r="B9" t="s">
+        <v>677</v>
+      </c>
+      <c r="C9" t="s">
+        <v>678</v>
+      </c>
+      <c r="D9" t="s">
+        <v>679</v>
+      </c>
+      <c r="E9" t="s">
+        <v>680</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>681</v>
+      </c>
+      <c r="H9" t="s">
+        <v>682</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>635</v>
+      </c>
+      <c r="B10" t="s">
+        <v>683</v>
+      </c>
+      <c r="C10" t="s">
+        <v>684</v>
+      </c>
+      <c r="D10" t="s">
+        <v>685</v>
+      </c>
+      <c r="E10" t="s">
+        <v>686</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>687</v>
+      </c>
+      <c r="H10" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>635</v>
+      </c>
+      <c r="B11" t="s">
+        <v>689</v>
+      </c>
+      <c r="C11" t="s">
+        <v>690</v>
+      </c>
+      <c r="D11" t="s">
+        <v>691</v>
+      </c>
+      <c r="E11" t="s">
+        <v>692</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>693</v>
+      </c>
+      <c r="H11" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>635</v>
+      </c>
+      <c r="B12" t="s">
+        <v>695</v>
+      </c>
+      <c r="C12" t="s">
+        <v>696</v>
+      </c>
+      <c r="D12" t="s">
+        <v>697</v>
+      </c>
+      <c r="E12" t="s">
+        <v>698</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>699</v>
+      </c>
+      <c r="H12" t="s">
+        <v>700</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>635</v>
+      </c>
+      <c r="B13" t="s">
+        <v>701</v>
+      </c>
+      <c r="C13" t="s">
+        <v>702</v>
+      </c>
+      <c r="D13" t="s">
+        <v>703</v>
+      </c>
+      <c r="E13" t="s">
+        <v>704</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>705</v>
+      </c>
+      <c r="H13" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>635</v>
+      </c>
+      <c r="B14" t="s">
+        <v>707</v>
+      </c>
+      <c r="C14" t="s">
+        <v>708</v>
+      </c>
+      <c r="D14" t="s">
+        <v>709</v>
+      </c>
+      <c r="E14" t="s">
+        <v>710</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>711</v>
+      </c>
+      <c r="H14" t="s">
+        <v>712</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>635</v>
+      </c>
+      <c r="B15" t="s">
+        <v>713</v>
+      </c>
+      <c r="C15" t="s">
+        <v>714</v>
+      </c>
+      <c r="D15" t="s">
+        <v>715</v>
+      </c>
+      <c r="E15" t="s">
+        <v>716</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>717</v>
+      </c>
+      <c r="H15" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>635</v>
+      </c>
+      <c r="B16" t="s">
+        <v>719</v>
+      </c>
+      <c r="C16" t="s">
+        <v>720</v>
+      </c>
+      <c r="D16" t="s">
+        <v>721</v>
+      </c>
+      <c r="E16" t="s">
+        <v>722</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>723</v>
+      </c>
+      <c r="H16" t="s">
+        <v>724</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>725</v>
+      </c>
+      <c r="B2" t="s">
+        <v>726</v>
+      </c>
+      <c r="C2" t="s">
+        <v>727</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>728</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>729</v>
+      </c>
+      <c r="H2" t="s">
+        <v>730</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>731</v>
+      </c>
+      <c r="B2" t="s">
+        <v>732</v>
+      </c>
+      <c r="C2" t="s">
+        <v>733</v>
+      </c>
+      <c r="D2" t="s">
+        <v>734</v>
+      </c>
+      <c r="E2" t="s">
+        <v>735</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>736</v>
+      </c>
+      <c r="H2" t="s">
+        <v>737</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>738</v>
+      </c>
+      <c r="B2" t="s">
+        <v>395</v>
+      </c>
+      <c r="C2" t="s">
+        <v>739</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>740</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>741</v>
+      </c>
+      <c r="H2" t="s">
+        <v>742</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>