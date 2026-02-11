--- v1 (2025-12-15)
+++ v2 (2026-02-11)
@@ -1,3889 +1,1795 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Public Health guideline" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1922" uniqueCount="1250">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="822" uniqueCount="558">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>29/07/2020 00:00:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Choices in Methods for Economic Evaluation</t>
+  </si>
+  <si>
+    <t>This guide presents the principles and methods used by HAS (the French National Health Authority) to carry out its mission of providing economic evaluations of health interventions. In this specific context, economic evaluation allows health interventions to be compared on the basis of their health effects and costs.</t>
+  </si>
+  <si>
+    <t>07/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/29/2020 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/r_1499251/fr/choix-methodologiques-pour-l-evaluation-economique-a-la-has</t>
+    <t>https://www.has-sante.fr/jcms/r_1499251/en/choices-in-methods-for-economic-evaluation</t>
   </si>
   <si>
     <t>r_1499251</t>
   </si>
   <si>
-    <t>Choix méthodologiques pour l’analyse de l’impact budgétaire à la HAS</t>
-[...299 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2806160/fr/evaluation-de-la-recherche-des-papillomavirus-humains-hpv-en-depistage-primaire-des-lesions-precancereuses-et-cancereuses-du-col-de-l-uterus-et-de-la-place-du-double-immuno-marquage-p16/ki67</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
+  </si>
+  <si>
+    <t>Since the decree of May 4, 2018, screening for cervical cancer has been based on a national organized screening program. In view of the evolution of the CCU screening context in France and the availability of new scientific data, the Directorate General of Health wanted the HAS to assess the place of the HPV test as well as the use of double immuno-labeling p16 / Ki67 in the primary screening strategy for precancerous and cancerous lesions of the CCU.</t>
+  </si>
+  <si>
+    <t>07/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2019 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
   </si>
   <si>
     <t>c_2806160</t>
   </si>
   <si>
-    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
-[...134 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1497591/fr/methodes-d-evaluation-du-risque-cardio-vasculaire-global</t>
+    <t>Methods for assessing global cardiovascular risk (CVR): use of risk models</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/15/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497591/en/methods-for-assessing-global-cardiovascular-risk-cvr-use-of-risk-models</t>
   </si>
   <si>
     <t>r_1497591</t>
   </si>
   <si>
-    <t>Pertinence de la mise en place d'un programme de dépistage des anévrismes de l'aorte abdominale en France</t>
-[...98 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272378/fr/evaluation-de-l-interet-du-depistage-de-l-infection-a-cytomegalovirus-chez-la-femme-enceinte-en-france</t>
+    <t>Assessment of screening for cytomegalovirus (CMV) infection in pregnant women in France</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272378/en/assessment-of-screening-for-cytomegalovirus-cmv-infection-in-pregnant-women-in-france</t>
   </si>
   <si>
     <t>c_272378</t>
   </si>
   <si>
-    <t>Évaluation de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. 1er volet : déficit en MCAD</t>
-[...101 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_704257/fr/depistage-de-l-infection-par-le-vih-en-france-modalites-de-realisation-des-tests-de-depistage</t>
+    <t>HIV infection screening in France - Laboratory tests and algorithms</t>
+  </si>
+  <si>
+    <t>These public health guidelines had two main objectives : - to assess the relevance of modifying the methods for HIV infection screening and laboratory algorithms and to establish the role of RST - to assess the possible changes in screening strategies. These conclusions form the first part of the public health guidelines on HIV infection screening, drafted by the Haute Autorité de Santé at the request of the Directorate General for Health. They relate to the methods for carrying out HIV infection screening tests. A second part will deal with the relevance of developing screening strategies and the screening programme in France. While the division made has attempted in particular to meet the specific expectations expressed about the issue of rapid screening tests, the technological approach to the screening tests and the methods for carrying them out cannot be separated from the more general strategic framework for HIV infection screening. These conclusions include, on the one hand, guidelines on the methods for HIV infection screening and laboratory diagnosis in adults and children aged over 18 months and, on the other hand, guidelines and guidance on the role of rapid screening tests as part of the strategies for HIV infection screening and laboratory diagnosis.</t>
+  </si>
+  <si>
+    <t>10/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2008 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
-    <t>Les conditions de mise en œuvre de la télémédecine en unité de dialyse médicalisée</t>
-[...203 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_500229/fr/depistage-et-diagnostic-precoce-du-glaucome-problematique-et-perspectives-en-france</t>
+    <t>Glaucoma: screening and early diagnosis – problems and outlook in France</t>
+  </si>
+  <si>
+    <t>To summarize and comment on the current status of key clinical and economic data on glaucoma. The report reviews data on the history and epidemiology of glaucoma, problems posed by diagnosis and treatment in France, the relevance of screening, and health professionals’ expectations.</t>
+  </si>
+  <si>
+    <t>07/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2006 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_500229/en/glaucoma-screening-and-early-diagnosis-problems-and-outlook-in-france</t>
   </si>
   <si>
     <t>c_500229</t>
   </si>
   <si>
-    <t>Stratégies thérapeutiques d'aide au sevrage tabagique : efficacité, efficience et prise en charge financière</t>
-[...77 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_464119/fr/evaluation-du-depistage-des-infections-uro-genitales-basses-a-chlamydia-trachomatis-en-france-2003</t>
+    <t>Assessment of screening for Chlamydia trachomatis infection of the lower genitourinary tract in France</t>
+  </si>
+  <si>
+    <t>02/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464119/en/assessment-of-screening-for-chlamydia-trachomatis-infection-of-the-lower-genitourinary-tract-in-france</t>
   </si>
   <si>
     <t>c_464119</t>
   </si>
   <si>
-    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
+    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
+  </si>
+  <si>
+    <t>04/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/en/clinical-and-economic-assessment-of-screening-for-hfe1-haemochromatosis-in-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
-    <t>Opportunité d'un dépistage systématique du cancer de la prostate par le dosage de l'antigène spécifique de la prostate</t>
-[...2 lines deleted...]
-    <t>Si le cancer de la prostate est en terme d'incidence le 2ème cancer chez l'homme, il n'arrive qu'en 7ème position en terme de mortalité. Le dosage de l'Antigène Spécifique de la Prostate (PSA) est très largement prescrit dans le cadre d'un dépistage individuel. Cette recommandation porte sur l'opportunité de la mise en place d'un dépistage systématique du cancer de la prostate par le dosage du PSA. A partir d'une analyse crtitique de la littérature, les dix critères établis par l'Organisation Mondiale de la Santé permettant de juger de la pertinence du dépistage d'une maladie ont été passés en revue. Une analyse médico-économique a également été réalisée.</t>
+    <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_461999/fr/opportunite-d-un-depistage-systematique-du-cancer-de-la-prostate-par-le-dosage-de-l-antigene-specifique-de-la-prostate</t>
+    <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
-    <t>Stratégie de diagnostic précoce du mélanome</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_613749/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-chirurgie-des-ruptures-de-coiffe-et-arthroplasties-de-l-epaule</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Post-operative rehabilitation after rotator cuff tear surgery or shoulder arthroplasty: inpatient or outpatient care?</t>
+  </si>
+  <si>
+    <t>The aims of this guideline are : - to help doctors make the right decision when prescribing physiotherapy after rotator cuff surgery or shoulder arthroplasty by enabling them to assess whether the patient should be hospitalised in order to receive such care - to specify the information that needs to be exchanged between the surgeon and the physiotherapist in order to implement the patient’s postoperative rehabilitation, wherever the rehabilitation may take place.</t>
+  </si>
+  <si>
+    <t>01/23/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_613749/en/post-operative-rehabilitation-after-rotator-cuff-tear-surgery-or-shoulder-arthroplasty-inpatient-or-outpatient-care</t>
   </si>
   <si>
     <t>c_613749</t>
   </si>
   <si>
-    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
+    <t>Rheumatoid arthritis: management of established RA</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Critères diagnostiques et bilan initial de la cirrhose non compliquée</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
+    <t>Diagnosis of uncomplicated cirrhosis</t>
+  </si>
+  <si>
+    <t>The World Health Organisation defines cirrhosis as a diffuse process characterised by fibrosis and the conversion of normal liver architecture into structurally abnormal nodules. The following guidelines concern uncomplicated cirrhosis only, i.e. the stage of the disease when patients have few or no symptoms.</t>
+  </si>
+  <si>
+    <t>12/19/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/07/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
   <si>
-    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
+  </si>
+  <si>
+    <t>- To acquaint professionals better with the demonstrated effects of non-drug treatments for RA in order to propose an optimal management aiming to limit the consequences of the disease in terms of pain, joint dysfunction, functional capacity, and quality of life.# - To enable all patients with RA to access coordinated and individually adapted therapeutic, social and professional management.# - To harmonise the methods by which care is organised.</t>
+  </si>
+  <si>
+    <t>03/07/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>05/21/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_459541/fr/prise-en-charge-de-l-ulcere-de-jambe-a-predominance-veineuse-hors-pansement</t>
+    <t>Managing venous leg ulcers (excluding dressings)</t>
+  </si>
+  <si>
+    <t>1. Treat with high-pressure compression if PAOD1 is not present# 2. Use multilayered compression if possible# 3. Ensure that patients comply with compression# 4. Adapt treatment if there is associated PAOD# 5. Perform superficial venous surgery and/or prescribe long-term compression to prevent recurrence#</t>
+  </si>
+  <si>
+    <t>06/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/30/2006 09:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_459541/en/managing-venous-leg-ulcers-excluding-dressings</t>
   </si>
   <si>
     <t>c_459541</t>
   </si>
   <si>
-    <t>Conduite à tenir devant une patiente ayant un frottis cervico-utérin anormal - Actualisation 2002</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272243/fr/conduite-a-tenir-devant-une-patiente-ayant-un-frottis-cervico-uterin-anormal-actualisation-2002</t>
+    <t>Management of a patient with an abnormal cervical smear - 2002 update</t>
+  </si>
+  <si>
+    <t>The aims of this update report are:# - to present the 2001 update of the Bethesda system,# - to compare the performance of the cervical smear in liquid-based medium to that of the conventional Papanicolaou smear,# - to assess the HPV test in terms of its reliability and its place in a management strategy after a cytological abnormality has been detected.# This report does not address ways and means of routine cervical smear screening for cervical cancer, nor the use of the HPV test as a screening tool for cervical cancer.#</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272243/en/management-of-a-patient-with-an-abnormal-cervical-smear-2002-update</t>
   </si>
   <si>
     <t>c_272243</t>
   </si>
   <si>
-    <t>Sortie du monde hospitalier et retour au domicile d’une personne adulte évoluant vers la dépendance motrice ou psychique</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272496/fr/appreciation-du-risque-carieux-et-indications-du-scellement-prophylactique-des-sillons-des-premieres-et-deuxiemes-molaires-permanentes-chez-les-sujets-de-moins-de-18-ans</t>
+    <t>Assessment of caries risk and indications for pit and fissure sealants (first and second permanent molars) in children and in adolescents under 18</t>
+  </si>
+  <si>
+    <t>- Describe how to assess individual caries risk# - Provide indications for pit and fissure sealing (first and second permanent molars)# - Propose # a clinical protocol for applying materials and monitoring sealants</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272496/en/assessment-of-caries-risk-and-indications-for-pit-and-fissure-sealants-first-and-second-permanent-molars-in-children-and-in-adolescents-under-18</t>
   </si>
   <si>
     <t>c_272496</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...626 lines deleted...]
-    <t>13/11/2013 00:00:00</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
   </si>
   <si>
     <t>12/12/2013 11:54:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_827591/fr/traitement-des-symptomes-du-bas-appareil-urinaire-lies-a-l-hypertrophie-benigne-de-la-prostate-par-laser-rapport-d-evaluation-technologique</t>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
   </si>
   <si>
     <t>c_827591</t>
   </si>
   <si>
-    <t>Évaluation par classe des médicaments antihypertenseurs</t>
-[...62 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
+    <t>The place of and conditions for carrying out polysomnography and respiratory polygraphy in sleep disorders</t>
+  </si>
+  <si>
+    <t>In the context of the medical control of healthcare spending, the aim of this assessment requested by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) is to specify the indications and non-indications for polysomnography and respiratory polygraphy and the conditions for carrying out these examinations</t>
+  </si>
+  <si>
+    <t>05/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/01/2012 09:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1056842/en/the-place-of-and-conditions-for-carrying-out-polysomnography-and-respiratory-polygraphy-in-sleep-disorders</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
   <si>
-    <t>L’hormone de croissance chez l’enfant non déficitaire, évaluation du service rendu à la collectivité</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
+    <t>Assessment of drug-eluting stents</t>
+  </si>
+  <si>
+    <t>07/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>02/19/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Évaluation des stimulateurs cardiaques conventionnels, place respective des stimulateurs simple et double chambre</t>
-[...140 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983527/fr/imbruvica-ibrutinib</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>IMBRUVICA</t>
+  </si>
+  <si>
+    <t>12/01/2025 14:34:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983527/en/imbruvica</t>
   </si>
   <si>
     <t>pprd_2983527</t>
   </si>
   <si>
     <t>ibrutinib</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2049868/fr/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984706/fr/adempas-riociguat</t>
+    <t>https://www.has-sante.fr/jcms/c_2049868/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746213/en/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742289/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770187/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794717/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165709/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168596/en/imbruvica-llc-en-association-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168611/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181104/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240237/en/imbruvica-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332332/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427083/en/imbruvica-ibrutinib-chronic-lymphocytic-leukaemia-cll</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741331/en/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761970/en/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>ADEMPAS</t>
+  </si>
+  <si>
+    <t>11/21/2025 09:08:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984706/en/adempas</t>
   </si>
   <si>
     <t>pprd_2984706</t>
   </si>
   <si>
     <t>riociguat</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1761611/fr/adempas-riociguat-antihypertenseur-pour-l-hypertension-arterielle-pulmonaire</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983497/fr/tivicay-dolutegravir</t>
+    <t>https://www.has-sante.fr/jcms/c_1761611/en/adempas-riociguat-antihypertensive-for-pulmonary-arterial-hypertension</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210936/en/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222368/en/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500927/en/adempas-riociguat-pah-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3526093/en/adempas-riociguat-hypertension-arterielle-pulmonaire-htap-et-hypertension-pulmonaire-thromboembolique-chronique-htp-tec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741668/en/adempas-riociguat-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
+    <t>TIVICAY (dolutégravir), inhibiteur de l’intégrase</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:44:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983497/en/tivicay-dolutegravir-inhibiteur-de-l-integrase</t>
   </si>
   <si>
     <t>pprd_2983497</t>
   </si>
   <si>
     <t>dolutégravir</t>
   </si>
   <si>
     <t>VIIV HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1748396/fr/tivicay-50-mg-dolutegravir-inhibiteur-de-l-integrase</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983518/fr/gardasil-gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+    <t>https://www.has-sante.fr/jcms/c_1748396/en/tivicay</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801228/en/tivicay-dolutegravir-integrase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280958/en/tivicay-dolutegravir-sodique-vih-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293335/en/tivicay-dolutegravir-sodique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685918/en/tivicay-dolutegravir-vih</t>
+  </si>
+  <si>
+    <t>GARDASIL - GARDASIL 9</t>
+  </si>
+  <si>
+    <t>07/03/2025 17:06:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983518/en/gardasil-gardasil-9</t>
   </si>
   <si>
     <t>pprd_2983518</t>
   </si>
   <si>
     <t>vaccin papillomavirus humain 9-valent, recombinant, adsorbé</t>
   </si>
   <si>
     <t>MSD VACCINS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_523363/fr/gardasil-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984533/fr/fluenz-fluenz-tetra-virus-grippal-reassorti-vivant-attenue</t>
+    <t>https://www.has-sante.fr/jcms/c_523363/en/gardasil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1232860/en/gardasil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525559/en/gardasil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796800/en/gardasil-9-9-valent-human-papillomavirus-vaccine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160954/en/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634549/en/gardasil-9-human-papillomavirus-9-valent-vaccine-recombinant-adsorbed-vaccine-against-hpv</t>
+  </si>
+  <si>
+    <t>FLUENZ - FLUENZ TETRA</t>
+  </si>
+  <si>
+    <t>04/07/2025 09:10:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984533/en/fluenz-fluenz-tetra</t>
   </si>
   <si>
     <t>pprd_2984533</t>
   </si>
   <si>
     <t>virus grippal réassorti, vivant atténué</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1284808/fr/fluenz-virus-grippal-reassorti-vivant-attenue</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983547/fr/xolair-omalizumab</t>
+    <t>https://www.has-sante.fr/jcms/c_1284808/en/fluenz</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035692/en/fluenz-tetra-tetravalent-vaccine-against-seasonal-influenza-in-children</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443740/en/fluenz-tetra-virus-grippal-reassorti-vivant-attenue-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483264/en/fluenz-tetra-four-component-live-attenuated-nasal-influenza-vaccine-influenza-vaccine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600306/en/-fluenz-trivalent-influenza-vaccine-live-attenuated-nasal-viral-illness</t>
+  </si>
+  <si>
+    <t>XOLAIR</t>
+  </si>
+  <si>
+    <t>09/18/2024 09:27:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983547/en/xolair</t>
   </si>
   <si>
     <t>pprd_2983547</t>
   </si>
   <si>
     <t>omalizumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_923055/fr/xolair-omalizumab</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983397/fr/spinraza-nusinersen</t>
+    <t>https://www.has-sante.fr/jcms/c_923055/en/xolair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400838/en/xolair</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277888/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2031554/en/xolair-omalizumab-anti-ige</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788633/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182802/en/xolair-omalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471697/en/xolair-omalizumab-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487904/en/xolair-omalizumab-polypose-naso-sinusienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519011/en/xolair-omalizumab-asthme-allergique-urticaire-chronique-spontanee</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539102/en/xolair-omalizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>SPINRAZA</t>
+  </si>
+  <si>
+    <t>07/10/2024 11:22:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983397/en/spinraza</t>
   </si>
   <si>
     <t>pprd_2983397</t>
   </si>
   <si>
     <t>nusinersen</t>
   </si>
   <si>
     <t>BIOGEN FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2826600/fr/spinraza-nusinersen-oligonucleotide-antisens</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983646/fr/praluent-alirocumab</t>
+    <t>https://www.has-sante.fr/jcms/c_2826600/en/spinraza-nusinersen-antisense-oligonucleotide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199401/en/spinraza</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529321/en/spinraza-nusinersen-spinal-muscular-atrophy</t>
+  </si>
+  <si>
+    <t>PRALUENT</t>
+  </si>
+  <si>
+    <t>06/18/2024 09:12:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983646/en/praluent</t>
   </si>
   <si>
     <t>pprd_2983646</t>
   </si>
   <si>
     <t>alirocumab</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2757882/fr/praluent-alirocumab</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983059/fr/repatha-evolocumab</t>
+    <t>https://www.has-sante.fr/jcms/c_2757882/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629896/en/praluent-alirocumab-lipid-lowering-agent-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3081881/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238105/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313574/en/praluent-alirocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3521987/en/praluent-alirocumab-children-and-adolescents-aged-8-years-and-over-with-heterozygous-familial-hypercholesterolaemia-hfhe</t>
+  </si>
+  <si>
+    <t>REPATHA</t>
+  </si>
+  <si>
+    <t>04/18/2024 10:59:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983059/en/repatha</t>
   </si>
   <si>
     <t>pprd_2983059</t>
   </si>
   <si>
     <t>évolocumab</t>
   </si>
   <si>
     <t>AMGEN S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2586918/fr/repatha-evolocumab-anti-pcsk9</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982975/fr/orkambi-ivacaftor/lumacaftor</t>
+    <t>https://www.has-sante.fr/jcms/c_2586918/en/repatha-evolocumab-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2879791/en/repatha-evolocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869374/en/repatha-evolocumab-anti-pcsk9</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313603/en/repatha-evolocumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338762/en/repatha-evolocumab-hypercholesterolemie-familiale-heterozygote-hfhe</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3506440/en/repatha-evolocumab-hypercholesterolaemia</t>
+  </si>
+  <si>
+    <t>ORKAMBI</t>
+  </si>
+  <si>
+    <t>04/15/2024 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982975/en/orkambi</t>
   </si>
   <si>
     <t>pprd_2982975</t>
   </si>
   <si>
     <t>ivacaftor,lumacaftor</t>
   </si>
   <si>
     <t>VERTEX PHARMACEUTICALS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2656337/fr/orkambi-lumacaftor-/-ivacaftor-correcteur-et-potentialisateur-du-gene-cftr</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983487/fr/esbriet-pirfenidone</t>
+    <t>https://www.has-sante.fr/jcms/c_2656337/en/orkambi-lumacaftor-/-ivacaftor-cftr-gene-corrector-and-potentiator</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2889886/en/orkambi-lumacaftor-/-ivacaftor-cftr-gene-corrector-and-potentiator</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3109937/en/orkambi-ivacaftor/-lumacaftor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470456/en/orkambi-lumacaftor/ivacaftor-mucoviscidose-enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471694/en/orkambi-lumacaftor/ivacaftor-mucoviscidose</t>
+  </si>
+  <si>
+    <t>ESBRIET</t>
+  </si>
+  <si>
+    <t>01/25/2024 08:40:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983487/en/esbriet</t>
   </si>
   <si>
     <t>pprd_2983487</t>
   </si>
   <si>
     <t>pirfénidone</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1238454/fr/esbriet-pirfenidone</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983677/fr/nplate-romiplostim</t>
+    <t>https://www.has-sante.fr/jcms/c_1238454/en/esbriet-pirfenidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2023166/en/esbriet-pirfenidone-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803495/en/esbriet-pirfenidone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490837/en/esbriet-pirfenidone-fibrose-pulmonaire-idiopathique-fpi-severe</t>
+  </si>
+  <si>
+    <t>NPLATE</t>
+  </si>
+  <si>
+    <t>01/12/2024 16:40:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983677/en/nplate</t>
   </si>
   <si>
     <t>pprd_2983677</t>
   </si>
   <si>
     <t>romiplostim</t>
   </si>
   <si>
     <t>AMGEN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_813331/fr/nplate-romiplostim</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982764/fr/botox-toxine-botulinique-de-type-a</t>
+    <t>https://www.has-sante.fr/jcms/c_813331/en/nplate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2015428/en/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752845/en/nplate-romiplostim-thrombopoietin-receptor-agonists</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151450/en/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293684/en/nplate-romiplostim</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488174/en/nplate-romiplostim-thrombopenie-immunologique-primaire-pti-refractaire-aux-autres-traitements</t>
+  </si>
+  <si>
+    <t>BOTOX</t>
+  </si>
+  <si>
+    <t>01/10/2024 09:02:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982764/en/botox</t>
   </si>
   <si>
     <t>pprd_2982764</t>
   </si>
   <si>
     <t>toxine botulinique de type A</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399774/fr/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
-[...35 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983756/fr/entresto-sacubitril/valsartan</t>
+    <t>https://www.has-sante.fr/jcms/c_399774/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399919/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443245/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_916585/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281708/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1782527/en/botox</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967154/en/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3098271/en/botox-toxine-botulinique-de-type-a</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3303898/en/botox-type-a-botulinum-toxin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3487172/en/botox-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
+  </si>
+  <si>
+    <t>ENTRESTO</t>
+  </si>
+  <si>
+    <t>12/22/2023 16:28:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983756/en/entresto</t>
   </si>
   <si>
     <t>pprd_2983756</t>
   </si>
   <si>
     <t>sacubitril,valsartan</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2740901/fr/entresto-sacubitril/-valsartan</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983979/fr/octaplaslg-proteines-plasmatiques-humaines</t>
+    <t>https://www.has-sante.fr/jcms/c_2740901/en/entresto-sacubitril/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632556/en/entresto-sacubitril/valsartan-a-neutral-endopeptidase-inhibitor-in-combination-with-an-angiotensin-ii-receptor-blocker-arb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483267/en/entresto-sacubitril/valsartan-symptomatic-chronic-heart</t>
+  </si>
+  <si>
+    <t>OCTAPLASLG</t>
+  </si>
+  <si>
+    <t>12/22/2023 16:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983979/en/octaplaslg</t>
   </si>
   <si>
     <t>pprd_2983979</t>
   </si>
   <si>
     <t>protéines plasmatiques humaines</t>
   </si>
   <si>
     <t>OCTAPHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2663236/fr/octaplaslg-proteines-plasmatiques-humaines-medicament-derive-du-sang</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982792/fr/ibrance-palbociclib</t>
+    <t>https://www.has-sante.fr/jcms/c_2663236/en/octaplaslg-human-plasma-proteins-medicinal-product-derived-from-blood</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263672/en/octaplaslg-proteines-plasmatiques-humaines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482310/en/octaplaslg-proteines-plasmatiques-humaines-groupe-ab-hematologie</t>
+  </si>
+  <si>
+    <t>IBRANCE</t>
+  </si>
+  <si>
+    <t>11/09/2023 10:26:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982792/en/ibrance</t>
   </si>
   <si>
     <t>pprd_2982792</t>
   </si>
   <si>
     <t>palbociclib</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2761877/fr/ibrance-palbociclib-inhibiteur-de-proteine-kinase</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984147/fr/strensiq-asfotase-alfa</t>
+    <t>https://www.has-sante.fr/jcms/c_2761877/en/ibrance-palbociclib-inhibiteur-de-proteine-kinase</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964747/en/ibrance-palbociclib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447978/en/ibrance-palbociclib-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470396/en/brance-palbociclib-breast-cancer</t>
+  </si>
+  <si>
+    <t>STRENSIQ</t>
+  </si>
+  <si>
+    <t>08/03/2023 10:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984147/en/strensiq</t>
   </si>
   <si>
     <t>pprd_2984147</t>
   </si>
   <si>
     <t>asfotase alfa</t>
   </si>
   <si>
     <t>ALEXION PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2621689/fr/strensiq-asfotase-alfa-enzymotherapie-substitutive</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983549/fr/venclyxto-venetoclax</t>
+    <t>https://www.has-sante.fr/jcms/c_2621689/en/strensiq-asfotase-alfa-enzyme-replacement-therapy</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455973/en/strensiq-asfotase-alfa-hypophosphatasia</t>
+  </si>
+  <si>
+    <t>VENCLYXTO</t>
+  </si>
+  <si>
+    <t>06/21/2023 15:56:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983549/en/venclyxto</t>
   </si>
   <si>
     <t>pprd_2983549</t>
   </si>
   <si>
     <t>vénétoclax</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2788624/fr/venclyxto-venetoclax</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983149/fr/xtandi-enzalutamide</t>
+    <t>https://www.has-sante.fr/jcms/c_2788624/en/venclyxto-venetoclax-bcl-2-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106158/en/venclyxto-venetoclax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106167/en/venclyxto-venetoclax</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284614/en/venclyxto-venetoclax-leucemie-aigue-myeloide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351236/en/venclyxto-venetoclax-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367900/en/venclyxto-venetoclax-llc-en-association-avec-l-obinutuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448141/en/venclyxto-venetoclax-leucemie-lymphoide-chronique</t>
+  </si>
+  <si>
+    <t>XTANDI</t>
+  </si>
+  <si>
+    <t>03/20/2023 08:30:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983149/en/xtandi</t>
   </si>
   <si>
     <t>pprd_2983149</t>
   </si>
   <si>
     <t>enzalutamide</t>
   </si>
   <si>
     <t>ASTELLAS PHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1710113/fr/xtandi-enzalutamide-inhibiteur-de-la-voie-de-signalisation-des-recepteurs</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983445/fr/entyvio-vedolizumab</t>
+    <t>https://www.has-sante.fr/jcms/c_1710113/en/xtandi-enzalutamide-inhibiteur-de-la-voie-de-signalisation-des-recepteurs</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022075/en/xtandi-enzalutamide-androgen-receptor-signalling-pathway-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867455/en/xtandi-enzalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076390/en/xtandi-40-mg-enzalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069202/en/xtandi-enzalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284790/en/xtandi-40-mg-enzalutamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420592/en/xtandi-enzalutamide-cancer-de-la-prostate-metastatique-hormonosensible-mhspc</t>
+  </si>
+  <si>
+    <t>ENTYVIO</t>
+  </si>
+  <si>
+    <t>11/23/2022 16:12:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983445/en/entyvio</t>
   </si>
   <si>
     <t>pprd_2983445</t>
   </si>
   <si>
     <t>védolizumab</t>
   </si>
   <si>
     <t>TAKEDA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2008461/fr/entyvio-vedolizumab-anti-integrine-47</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982830/fr/mekinist-tafinlar-trametinib/dabrafenib</t>
+    <t>https://www.has-sante.fr/jcms/c_2008461/en/entyvio-vedolizumab-anti-47-integrin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818013/en/entyvio-vedolizumab-anti-47-integrin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165712/en/entyvio-vedolizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202360/en/entyvio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389397/en/entyvio-vedolizumab-pochite-chronique-active-moderee-a-severe</t>
+  </si>
+  <si>
+    <t>MEKINIST - TAFINLAR</t>
+  </si>
+  <si>
+    <t>10/25/2022 17:46:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982830/en/mekinist-tafinlar</t>
   </si>
   <si>
     <t>pprd_2982830</t>
   </si>
   <si>
     <t>tramétinib,dabrafénib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2606857/fr/mekinist-trametinib-inhibiteur-de-proteine-kinase</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984612/fr/rotateq-vaccin-rotavirus-vivant</t>
+    <t>https://www.has-sante.fr/jcms/c_2606857/en/mekinist-trametinib-protein-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911595/en/mekinist-tafinlar-trametinib/-dabrafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146424/en/tafinlar-mekinist-trametinib/-dabrafenib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3381101/en/tafinlar-mekinist-dabrafenib/trametinib</t>
+  </si>
+  <si>
+    <t>ROTATEQ</t>
+  </si>
+  <si>
+    <t>07/12/2022 16:29:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984612/en/rotateq</t>
   </si>
   <si>
     <t>pprd_2984612</t>
   </si>
   <si>
     <t>vaccin rotavirus, vivant</t>
   </si>
   <si>
     <t>MSD Vaccins</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2009666/fr/rotateq-vaccin-anti-rotavirus-vaccin-rotavirus-vivant</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984613/fr/rotarix-vaccin-rotavirus-vivant</t>
+    <t>https://www.has-sante.fr/jcms/c_2009666/en/rotarix-and-rotateq-rotavirus-vaccines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352220/en/rotateq-vaccin-rotavirus-vivant-immunisation-active-des-nourrissons</t>
+  </si>
+  <si>
+    <t>ROTARIX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984613/en/rotarix</t>
   </si>
   <si>
     <t>pprd_2984613</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2009660/fr/rotarix-vaccin-anti-rotavirus-vaccin-rotavirus-vivant</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983299/fr/sovaldi-sofosbuvir</t>
+    <t>https://www.has-sante.fr/jcms/c_2009660/en/rotarix-rotavirus-vaccines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352176/en/rotarix-rotavirus-humain-immunisation-active-des-nourrissons</t>
+  </si>
+  <si>
+    <t>SOVALDI</t>
+  </si>
+  <si>
+    <t>11/22/2021 16:45:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983299/en/sovaldi</t>
   </si>
   <si>
     <t>pprd_2983299</t>
   </si>
   <si>
     <t>sofosbuvir</t>
   </si>
   <si>
     <t>GILEAD SCIENCES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1743036/fr/sovaldi-sofosbuvir-antiviral-a-action-directe</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983301/fr/harvoni-ledipasvir/-sofosbuvir</t>
+    <t>https://www.has-sante.fr/jcms/c_1743036/en/sovaldi</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848084/en/sovaldi-sofosbuvir-direct-acting-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152661/en/sovaldi-sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224401/en/sovaldi-sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299664/en/sovaldi-sofosbuvir</t>
+  </si>
+  <si>
+    <t>HARVONI</t>
+  </si>
+  <si>
+    <t>11/22/2021 16:47:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983301/en/harvoni</t>
   </si>
   <si>
     <t>pprd_2983301</t>
   </si>
   <si>
     <t>lédipasvir,sofosbuvir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2022100/fr/harvoni-sofosbuvir/ledipasvir-association-fixe-d-antiviraux-a-action-directe</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984725/fr/defitelio-defibrotide</t>
+    <t>https://www.has-sante.fr/jcms/c_2022100/en/harvoni-sofosbuvir/ledipasvir-fixed-combination-of-of-direct-acting-antivirals</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848077/en/harvoni-sofosbuvir/ledipasvir-direct-acting-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152635/en/harvoni-ledipasvir/-sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224404/en/harvoni-ledipasvir/-sofosbuvir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299667/en/harvoni-sofosbuvir/-ledipasvir</t>
+  </si>
+  <si>
+    <t>DEFITELIO</t>
+  </si>
+  <si>
+    <t>10/05/2021 18:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984725/en/defitelio</t>
   </si>
   <si>
     <t>pprd_2984725</t>
   </si>
   <si>
     <t>défibrotide</t>
   </si>
   <si>
     <t>GENTIUM SPA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1756835/fr/defitelio-defibrotide-antithrombotique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984760/fr/tecfidera-dimethyle-fumarate</t>
+    <t>https://www.has-sante.fr/jcms/c_1756835/en/defitelio</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289340/en/defitelio-80-mg/ml-defibrotide</t>
+  </si>
+  <si>
+    <t>TECFIDERA</t>
+  </si>
+  <si>
+    <t>05/18/2021 17:55:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984760/en/tecfidera</t>
   </si>
   <si>
     <t>pprd_2984760</t>
   </si>
   <si>
     <t>diméthyle fumarate</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1743058/fr/tecfidera-dimethyl-fumarate-traitement-de-fond-de-la-sclerose-en-plaques</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983369/fr/kyprolis-carfilzomib</t>
+    <t>https://www.has-sante.fr/jcms/c_1743058/en/tecfidera</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266575/en/tecfidera-dimethyle-fumarate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398695/en/tecfidera-dimethyle-fumarate-sclerose-en-plaques-de-forme-remittente-recurrente-sep-rr</t>
+  </si>
+  <si>
+    <t>KYPROLIS</t>
+  </si>
+  <si>
+    <t>05/12/2021 08:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983369/en/kyprolis</t>
   </si>
   <si>
     <t>pprd_2983369</t>
   </si>
   <si>
     <t>carfilzomib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2635789/fr/kyprolis-carfilzomib-antineoplasique</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984794/fr/kadcyla-trastuzumab-emtansine</t>
+    <t>https://www.has-sante.fr/jcms/c_2635789/en/kyprolis-carfilzomib-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810352/en/kyprolis-carfilzomib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2825861/en/kyprolis-carfilzomib-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830613/en/kyprolis-carfilzomib-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266393/en/kyprolis-carfilzomib-myelome-multiple</t>
+  </si>
+  <si>
+    <t>KADCYLA</t>
+  </si>
+  <si>
+    <t>06/12/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984794/en/kadcyla</t>
   </si>
   <si>
     <t>pprd_2984794</t>
   </si>
   <si>
     <t>trastuzumab emtansine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735595/fr/kadcyla-trastuzumab-emtansine-anticorps-ciblant-le-recepteur-her-2-couple-a-un-cytotoxique</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984040/fr/xofigo-dichlorure-de-radium-ra-223</t>
+    <t>https://www.has-sante.fr/jcms/c_1735595/en/kadcyla</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188463/en/kadcyla</t>
+  </si>
+  <si>
+    <t>XOFIGO</t>
+  </si>
+  <si>
+    <t>09/06/2019 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984040/en/xofigo</t>
   </si>
   <si>
     <t>pprd_2984040</t>
   </si>
   <si>
     <t>dichlorure de radium (Ra-223)</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1753132/fr/xofigo-dichlorure-de-radium-radio-isotope</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983004/fr/halaven-eribuline-mesilate-de</t>
+    <t>https://www.has-sante.fr/jcms/c_1753132/en/xofigo-radium-dichloride-radioisotope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656373/en/xofigo-radium-radioisotope</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080449/en/xofigo-dichlorure-de-radium-ra-223</t>
+  </si>
+  <si>
+    <t>HALAVEN</t>
+  </si>
+  <si>
+    <t>11/30/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983004/en/halaven</t>
   </si>
   <si>
     <t>pprd_2983004</t>
   </si>
   <si>
     <t>éribuline (mésilate de)</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1096739/fr/halaven-eribuline-mesilate-de</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983077/fr/lemtrada-alemtuzumab</t>
+    <t>https://www.has-sante.fr/jcms/c_1096739/en/halaven</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559139/en/halaven-eribulin-antineoplastic-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2761874/en/halaven-eribulin-antineoplastic-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886957/en/halaven-eribuline-antineoplasique</t>
+  </si>
+  <si>
+    <t>LEMTRADA</t>
+  </si>
+  <si>
+    <t>10/25/2018 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983077/en/lemtrada</t>
   </si>
   <si>
     <t>pprd_2983077</t>
   </si>
   <si>
     <t>alemtuzumab</t>
   </si>
   <si>
     <t>SANOFI-AVENTIS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2804109/fr/lemtrada-alemtuzumab</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983131/fr/genvoya-cobicistat/-elvitegravir/-emtricitabine/-tenofovir-alafenamide</t>
+    <t>https://www.has-sante.fr/jcms/c_2804109/en/lemtrada-alemtuzumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590010/en/lemtrada-alemtuzumab-selective-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877320/en/lemtrada-alemtuzumab</t>
+  </si>
+  <si>
+    <t>GENVOYA</t>
+  </si>
+  <si>
+    <t>11/27/2018 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983131/en/genvoya</t>
   </si>
   <si>
     <t>pprd_2983131</t>
   </si>
   <si>
     <t>cobicistat,elvitégravir,emtricitabine,ténofovir alafénamide</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2621468/fr/genvoya-emtricitabine-cobicistat-elvitegravir-et-tenofovir-alafenamide-association-d-antiviraux</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983163/fr/avastin-bevacizumab</t>
+    <t>https://www.has-sante.fr/jcms/c_2621468/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868644/en/genvoya-emtricitabine-cobicistat-elvitegravir-and-tenofovir-alafenamide-antiviral-combination</t>
+  </si>
+  <si>
+    <t>AVASTIN</t>
+  </si>
+  <si>
+    <t>07/19/2018 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983163/en/avastin</t>
   </si>
   <si>
     <t>pprd_2983163</t>
   </si>
   <si>
     <t>Bevacizumab</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400256/fr/avastin-bevacizumab</t>
-[...56 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983583/fr/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+    <t>https://www.has-sante.fr/jcms/c_400256/en/avastin-bevacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_619523/en/avastin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672942/en/avastin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_697207/en/avastin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763729/en/avastin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1079010/en/avastin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1352596/en/avastin-bevacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038280/en/avastin-bevacizumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2627651/en/avastin-bevacizumab-monoclonal-antibody-breast-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617560/en/avastin-bevacizumab-monoclonal-antibody-renal-cell-carcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2658489/en/avastin-bevacizumab-monoclonal-antibody-cervical-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631725/en/avastin-bevacizumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640055/en/avastin-bevacizumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655905/en/avastin-bevacizumab-monoclonal-antibody-ovarian-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631719/en/avastin-bevacizumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803507/en/avastin-bevacizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864724/en/avastin-bevacizumab</t>
+  </si>
+  <si>
+    <t>VIEKIRAX - EXVIERA</t>
+  </si>
+  <si>
+    <t>06/23/2017 14:51:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983583/en/viekirax-exviera</t>
   </si>
   <si>
     <t>pprd_2983583</t>
   </si>
   <si>
     <t>EXVIERA : dasabuvir sodique monohydraté,VIEKIRAX : ombitasvir/paritaprévir/ritonavir (association fixe),dasabuvir,ombitasvir,ritonavir,paritaprévir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2025737/fr/viekirax-ombitasvir/paritaprevir/ritonavir-association-fixe-d-antiviraux-a-action-directe-exviera-dasabuvir-antiviral-a-action-directe</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983592/fr/zydelig-idelalisib</t>
+    <t>https://www.has-sante.fr/jcms/c_2025737/en/viekirax-ombitasvir/paritaprevir/ritonavir-fixed-dose-direct-acting-antiviral-combination-exviera-dasabuvir-direct-acting-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725212/en/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2775799/en/viekirax-exviera-exviera-dasabuvir-sodique-monohydrate/-viekirax-ombitasvir/paritap</t>
+  </si>
+  <si>
+    <t>ZYDELIG (idelalisib), antinéoplasique</t>
+  </si>
+  <si>
+    <t>07/06/2018 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983592/en/zydelig-idelalisib-antineoplasique</t>
   </si>
   <si>
     <t>pprd_2983592</t>
   </si>
   <si>
     <t>idélalisib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2047021/fr/zydelig-idelalisib-inhibiteur-de-kinase</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983684/fr/vectibix-panitumumab/-panitumumab-mammifere/hamster/cellules-cho</t>
+    <t>https://www.has-sante.fr/jcms/c_2047021/en/zydelig-idelalisib-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628549/en/zydelig-idelalisib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2730800/en/zydelig-idelalisib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2774117/en/zydelig-idelalisib-antineoplastic</t>
+  </si>
+  <si>
+    <t>VECTIBIX</t>
+  </si>
+  <si>
+    <t>12/07/2017 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983684/en/vectibix</t>
   </si>
   <si>
     <t>pprd_2983684</t>
   </si>
   <si>
     <t>panitumumab,panitumumab ((MAMMIFERE/HAMSTER/CELLULES CHO))</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_664009/fr/vectibix-panitumumab/-panitumumab-mammifere/hamster/cellules-cho</t>
-[...11 lines deleted...]
-    <t>DAKLINZA (daclatasvir (dichlorhydrate de))</t>
+    <t>https://www.has-sante.fr/jcms/c_664009/en/vectibix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332065/en/vectibix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751867/en/vectibix-panitumumab/-panitumumab-mammifere/hamster/cellules-cho</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763229/en/vectibix</t>
+  </si>
+  <si>
+    <t>DAKLINZA</t>
   </si>
   <si>
     <t>04/04/2016 14:14:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984155/fr/daklinza-daclatasvir-dichlorhydrate-de</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984155/en/daklinza</t>
   </si>
   <si>
     <t>pprd_2984155</t>
   </si>
   <si>
     <t>daclatasvir (dichlorhydrate de)</t>
   </si>
   <si>
     <t>BRISTOL-MYERS SQUIBB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2009488/fr/daklinza-daclatasvir-antiviral-a-action-directe</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984159/fr/cotellic-cobimetinib</t>
+    <t>https://www.has-sante.fr/jcms/c_2009488/en/daklinza-daclatasvir-direct-acting-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621276/en/daklinza-daclatasvir-dichlorhydrate-de</t>
+  </si>
+  <si>
+    <t>COTELLIC</t>
+  </si>
+  <si>
+    <t>05/25/2016 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984159/en/cotellic</t>
   </si>
   <si>
     <t>pprd_2984159</t>
   </si>
   <si>
     <t>cobimetinib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2620147/fr/cotellic-cobimetinib-anti-mek-inhibiteur-de-proteine-kinase</t>
-[...2 lines deleted...]
-    <t>OPSUMIT (macitentan)</t>
+    <t>https://www.has-sante.fr/jcms/c_2620147/en/cotellic-cobimetinib-anti-mek-protein-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>OPSUMIT</t>
   </si>
   <si>
     <t>04/04/2016 15:06:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984283/fr/opsumit-macitentan</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984283/en/opsumit</t>
   </si>
   <si>
     <t>pprd_2984283</t>
   </si>
   <si>
     <t>macitentan</t>
   </si>
   <si>
     <t>ACTELION PHARMACEUTICALS FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1769783/fr/opsumit-macitentan-antagoniste-des-recepteurs-de-l-endotheline</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984295/fr/zontivity-vorapaxar</t>
+    <t>https://www.has-sante.fr/jcms/c_1769783/en/opsumit-macitentan-endothelin-receptor-antagonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583127/en/opsumit-macitentan-endothelin-receptor-antagonist</t>
+  </si>
+  <si>
+    <t>ZONTIVITY (vorapaxar), antiagrégant plaquettaire</t>
+  </si>
+  <si>
+    <t>12/10/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984295/en/zontivity-vorapaxar-antiagregant-plaquettaire</t>
   </si>
   <si>
     <t>pprd_2984295</t>
   </si>
   <si>
     <t>vorapaxar (sulfate de)</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2579446/fr/zontivity-vorapaxar-antiagregant-plaquettaire</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984623/fr/olysio-simeprevir</t>
+    <t>https://www.has-sante.fr/jcms/c_2579446/en/zontivity-vorapaxar-platelet-aggregation-inhibitor</t>
+  </si>
+  <si>
+    <t>OLYSIO</t>
+  </si>
+  <si>
+    <t>03/06/2015 15:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984623/en/olysio</t>
   </si>
   <si>
     <t>pprd_2984623</t>
   </si>
   <si>
     <t>siméprévir</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2007183/fr/olysio-simeprevir-antiviral-d-action-directe</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984669/fr/zostavax-vaccin-zona-vivant-attenue-virus-de-la-varicelle-souche-oka-vivant-attenue-mammiferes/humain</t>
+    <t>https://www.has-sante.fr/jcms/c_2007183/en/olysio-simeprevir-direct-acting-antiviral</t>
+  </si>
+  <si>
+    <t>ZOSTAVAX, vaccin zona vivant atténué</t>
+  </si>
+  <si>
+    <t>02/23/2015 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984669/en/zostavax-vaccin-zona-vivant-attenue</t>
   </si>
   <si>
     <t>pprd_2984669</t>
   </si>
   <si>
     <t>virus de la varicelle souche Oka (vivant, atténué) ((MAMMIFERES/HUMAIN/CELLULES DIPLOIDES MRC-5))</t>
   </si>
   <si>
     <t>SANOFI PASTEUR MSD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1774169/fr/zostavax-vaccin-zona-vivant-attenue-virus-de-la-varicelle-souche-oka-vivant-attenue-mammiferes/humain</t>
-[...185 lines deleted...]
-    <t>pprd_2974176</t>
+    <t>https://www.has-sante.fr/jcms/c_1774169/en/zostavax-live-attenuated-shingles-herpes-zoster-vaccine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3897,6299 +1803,2647 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
-    <row r="3">
-[...50 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AA46"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>745</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>746</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>747</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>748</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>749</v>
-[...47 lines deleted...]
-        <v>765</v>
+        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>745</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
-        <v>766</v>
+        <v>23</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="E3" t="s">
-        <v>767</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>768</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>769</v>
-[...23 lines deleted...]
-        <v>777</v>
+        <v>28</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>745</v>
+        <v>16</v>
       </c>
       <c r="B4" t="s">
-        <v>778</v>
+        <v>29</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>30</v>
       </c>
       <c r="E4" t="s">
-        <v>779</v>
+        <v>26</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>780</v>
+        <v>31</v>
       </c>
       <c r="H4" t="s">
-        <v>781</v>
-[...20 lines deleted...]
-        <v>788</v>
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>745</v>
+        <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>789</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>34</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="E5" t="s">
-        <v>790</v>
+        <v>36</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>791</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>792</v>
-[...23 lines deleted...]
-        <v>800</v>
+        <v>38</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>745</v>
+        <v>16</v>
       </c>
       <c r="B6" t="s">
-        <v>801</v>
+        <v>39</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>40</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="E6" t="s">
-        <v>802</v>
+        <v>42</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>803</v>
+        <v>43</v>
       </c>
       <c r="H6" t="s">
-        <v>804</v>
-[...20 lines deleted...]
-        <v>811</v>
+        <v>44</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>745</v>
+        <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>812</v>
+        <v>45</v>
       </c>
       <c r="C7" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>46</v>
       </c>
       <c r="E7" t="s">
-        <v>813</v>
+        <v>47</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>814</v>
+        <v>48</v>
       </c>
       <c r="H7" t="s">
-        <v>815</v>
-[...35 lines deleted...]
-        <v>827</v>
+        <v>49</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>745</v>
+        <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>828</v>
+        <v>50</v>
       </c>
       <c r="C8" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>51</v>
       </c>
       <c r="E8" t="s">
-        <v>829</v>
+        <v>52</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>830</v>
+        <v>53</v>
       </c>
       <c r="H8" t="s">
-        <v>831</v>
-[...14 lines deleted...]
-        <v>836</v>
+        <v>54</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>745</v>
+        <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>837</v>
+        <v>55</v>
       </c>
       <c r="C9" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>56</v>
       </c>
       <c r="E9" t="s">
-        <v>838</v>
+        <v>56</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>839</v>
+        <v>57</v>
       </c>
       <c r="H9" t="s">
-        <v>840</v>
-[...1639 lines deleted...]
-        <v>1193</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:K1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1194</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>1195</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
-        <v>1196</v>
+        <v>61</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>62</v>
       </c>
       <c r="E2" t="s">
-        <v>1197</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1198</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>1199</v>
+        <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1194</v>
+        <v>59</v>
       </c>
       <c r="B3" t="s">
-        <v>1200</v>
+        <v>66</v>
       </c>
       <c r="C3" t="s">
-        <v>1201</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1202</v>
+        <v>67</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1203</v>
+        <v>68</v>
       </c>
       <c r="H3" t="s">
-        <v>1204</v>
+        <v>69</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1194</v>
+        <v>59</v>
       </c>
       <c r="B4" t="s">
-        <v>1205</v>
+        <v>70</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="E4" t="s">
-        <v>1206</v>
+        <v>73</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1207</v>
+        <v>74</v>
       </c>
       <c r="H4" t="s">
-        <v>1208</v>
+        <v>75</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1194</v>
+        <v>59</v>
       </c>
       <c r="B5" t="s">
-        <v>1209</v>
+        <v>76</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>78</v>
       </c>
       <c r="E5" t="s">
-        <v>639</v>
+        <v>79</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1210</v>
+        <v>80</v>
       </c>
       <c r="H5" t="s">
-        <v>1211</v>
+        <v>81</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1194</v>
+        <v>59</v>
       </c>
       <c r="B6" t="s">
-        <v>1212</v>
+        <v>82</v>
       </c>
       <c r="C6" t="s">
-        <v>1213</v>
+        <v>83</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>84</v>
       </c>
       <c r="E6" t="s">
-        <v>1214</v>
+        <v>85</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1215</v>
+        <v>86</v>
       </c>
       <c r="H6" t="s">
-        <v>1216</v>
+        <v>87</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1194</v>
+        <v>59</v>
       </c>
       <c r="B7" t="s">
-        <v>1217</v>
+        <v>88</v>
       </c>
       <c r="C7" t="s">
-        <v>1218</v>
+        <v>89</v>
       </c>
       <c r="D7" t="s">
-        <v>13</v>
+        <v>90</v>
       </c>
       <c r="E7" t="s">
-        <v>1219</v>
+        <v>91</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1220</v>
+        <v>92</v>
       </c>
       <c r="H7" t="s">
-        <v>1221</v>
+        <v>93</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1194</v>
+        <v>59</v>
       </c>
       <c r="B8" t="s">
-        <v>1222</v>
+        <v>94</v>
       </c>
       <c r="C8" t="s">
-        <v>1223</v>
+        <v>95</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>96</v>
       </c>
       <c r="E8" t="s">
-        <v>1224</v>
+        <v>97</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1225</v>
+        <v>98</v>
       </c>
       <c r="H8" t="s">
-        <v>1226</v>
-[...129 lines deleted...]
-        <v>1249</v>
+        <v>99</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J11"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="B2" t="s">
-        <v>31</v>
+        <v>101</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>102</v>
       </c>
       <c r="D2" t="s">
-        <v>32</v>
+        <v>103</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>104</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>105</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>36</v>
+        <v>106</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="B3" t="s">
-        <v>37</v>
+        <v>107</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>108</v>
       </c>
       <c r="D3" t="s">
-        <v>38</v>
+        <v>109</v>
       </c>
       <c r="E3" t="s">
-        <v>39</v>
+        <v>110</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>40</v>
+        <v>111</v>
       </c>
       <c r="H3" t="s">
-        <v>41</v>
-[...5 lines deleted...]
-        <v>43</v>
+        <v>112</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>30</v>
+        <v>100</v>
       </c>
       <c r="B4" t="s">
-        <v>44</v>
+        <v>113</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D4" t="s">
-        <v>38</v>
+        <v>114</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>115</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
+        <v>116</v>
       </c>
       <c r="H4" t="s">
-        <v>46</v>
-[...229 lines deleted...]
-        <v>86</v>
+        <v>117</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H49"/>
+  <dimension ref="A1:AA44"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>118</v>
+      </c>
+      <c r="J1" t="s">
+        <v>119</v>
+      </c>
+      <c r="K1" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B2" t="s">
-        <v>88</v>
+        <v>122</v>
       </c>
       <c r="C2" t="s">
-        <v>89</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>90</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>91</v>
+        <v>123</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>92</v>
+        <v>124</v>
       </c>
       <c r="H2" t="s">
-        <v>93</v>
+        <v>125</v>
+      </c>
+      <c r="I2" t="s">
+        <v>126</v>
+      </c>
+      <c r="J2" t="s">
+        <v>127</v>
+      </c>
+      <c r="K2" t="s">
+        <v>128</v>
+      </c>
+      <c r="L2" t="s">
+        <v>129</v>
+      </c>
+      <c r="M2" t="s">
+        <v>130</v>
+      </c>
+      <c r="N2" t="s">
+        <v>131</v>
+      </c>
+      <c r="O2" t="s">
+        <v>132</v>
+      </c>
+      <c r="P2" t="s">
+        <v>133</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>134</v>
+      </c>
+      <c r="R2" t="s">
+        <v>135</v>
+      </c>
+      <c r="S2" t="s">
+        <v>136</v>
+      </c>
+      <c r="T2" t="s">
+        <v>137</v>
+      </c>
+      <c r="U2" t="s">
+        <v>138</v>
+      </c>
+      <c r="V2" t="s">
+        <v>139</v>
+      </c>
+      <c r="W2" t="s">
+        <v>140</v>
+      </c>
+      <c r="X2" t="s">
+        <v>141</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B3" t="s">
-        <v>94</v>
+        <v>142</v>
       </c>
       <c r="C3" t="s">
-        <v>95</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>96</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>97</v>
+        <v>143</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>98</v>
+        <v>144</v>
       </c>
       <c r="H3" t="s">
-        <v>99</v>
+        <v>145</v>
+      </c>
+      <c r="I3" t="s">
+        <v>146</v>
+      </c>
+      <c r="J3" t="s">
+        <v>147</v>
+      </c>
+      <c r="K3" t="s">
+        <v>148</v>
+      </c>
+      <c r="L3" t="s">
+        <v>149</v>
+      </c>
+      <c r="M3" t="s">
+        <v>150</v>
+      </c>
+      <c r="N3" t="s">
+        <v>151</v>
+      </c>
+      <c r="O3" t="s">
+        <v>152</v>
+      </c>
+      <c r="P3" t="s">
+        <v>153</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B4" t="s">
-        <v>100</v>
+        <v>154</v>
       </c>
       <c r="C4" t="s">
-        <v>101</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>103</v>
+        <v>155</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>104</v>
+        <v>156</v>
       </c>
       <c r="H4" t="s">
-        <v>105</v>
+        <v>157</v>
+      </c>
+      <c r="I4" t="s">
+        <v>158</v>
+      </c>
+      <c r="J4" t="s">
+        <v>159</v>
+      </c>
+      <c r="K4" t="s">
+        <v>160</v>
+      </c>
+      <c r="L4" t="s">
+        <v>161</v>
+      </c>
+      <c r="M4" t="s">
+        <v>162</v>
+      </c>
+      <c r="N4" t="s">
+        <v>163</v>
+      </c>
+      <c r="O4" t="s">
+        <v>164</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B5" t="s">
-        <v>106</v>
+        <v>165</v>
       </c>
       <c r="C5" t="s">
-        <v>107</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>108</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>109</v>
+        <v>166</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>110</v>
+        <v>167</v>
       </c>
       <c r="H5" t="s">
-        <v>111</v>
+        <v>168</v>
+      </c>
+      <c r="I5" t="s">
+        <v>169</v>
+      </c>
+      <c r="J5" t="s">
+        <v>170</v>
+      </c>
+      <c r="K5" t="s">
+        <v>171</v>
+      </c>
+      <c r="L5" t="s">
+        <v>172</v>
+      </c>
+      <c r="M5" t="s">
+        <v>173</v>
+      </c>
+      <c r="N5" t="s">
+        <v>174</v>
+      </c>
+      <c r="O5" t="s">
+        <v>175</v>
+      </c>
+      <c r="P5" t="s">
+        <v>176</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B6" t="s">
-        <v>112</v>
+        <v>177</v>
       </c>
       <c r="C6" t="s">
-        <v>113</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>114</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>115</v>
+        <v>178</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>116</v>
+        <v>179</v>
       </c>
       <c r="H6" t="s">
-        <v>117</v>
+        <v>180</v>
+      </c>
+      <c r="I6" t="s">
+        <v>181</v>
+      </c>
+      <c r="J6" t="s">
+        <v>182</v>
+      </c>
+      <c r="K6" t="s">
+        <v>183</v>
+      </c>
+      <c r="L6" t="s">
+        <v>184</v>
+      </c>
+      <c r="M6" t="s">
+        <v>185</v>
+      </c>
+      <c r="N6" t="s">
+        <v>186</v>
+      </c>
+      <c r="O6" t="s">
+        <v>187</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B7" t="s">
-        <v>118</v>
+        <v>188</v>
       </c>
       <c r="C7" t="s">
-        <v>119</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>120</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>121</v>
+        <v>189</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>122</v>
+        <v>190</v>
       </c>
       <c r="H7" t="s">
-        <v>123</v>
+        <v>191</v>
+      </c>
+      <c r="I7" t="s">
+        <v>192</v>
+      </c>
+      <c r="J7" t="s">
+        <v>193</v>
+      </c>
+      <c r="K7" t="s">
+        <v>194</v>
+      </c>
+      <c r="L7" t="s">
+        <v>195</v>
+      </c>
+      <c r="M7" t="s">
+        <v>196</v>
+      </c>
+      <c r="N7" t="s">
+        <v>197</v>
+      </c>
+      <c r="O7" t="s">
+        <v>198</v>
+      </c>
+      <c r="P7" t="s">
+        <v>199</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>200</v>
+      </c>
+      <c r="R7" t="s">
+        <v>201</v>
+      </c>
+      <c r="S7" t="s">
+        <v>202</v>
+      </c>
+      <c r="T7" t="s">
+        <v>203</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B8" t="s">
-        <v>124</v>
+        <v>204</v>
       </c>
       <c r="C8" t="s">
-        <v>125</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>126</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>127</v>
+        <v>205</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>128</v>
+        <v>206</v>
       </c>
       <c r="H8" t="s">
-        <v>129</v>
+        <v>207</v>
+      </c>
+      <c r="I8" t="s">
+        <v>208</v>
+      </c>
+      <c r="J8" t="s">
+        <v>209</v>
+      </c>
+      <c r="K8" t="s">
+        <v>210</v>
+      </c>
+      <c r="L8" t="s">
+        <v>211</v>
+      </c>
+      <c r="M8" t="s">
+        <v>212</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B9" t="s">
-        <v>130</v>
+        <v>213</v>
       </c>
       <c r="C9" t="s">
-        <v>131</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>126</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>132</v>
+        <v>214</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>133</v>
+        <v>215</v>
       </c>
       <c r="H9" t="s">
-        <v>134</v>
+        <v>216</v>
+      </c>
+      <c r="I9" t="s">
+        <v>217</v>
+      </c>
+      <c r="J9" t="s">
+        <v>218</v>
+      </c>
+      <c r="K9" t="s">
+        <v>219</v>
+      </c>
+      <c r="L9" t="s">
+        <v>220</v>
+      </c>
+      <c r="M9" t="s">
+        <v>221</v>
+      </c>
+      <c r="N9" t="s">
+        <v>222</v>
+      </c>
+      <c r="O9" t="s">
+        <v>223</v>
+      </c>
+      <c r="P9" t="s">
+        <v>223</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>224</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B10" t="s">
-        <v>135</v>
+        <v>225</v>
       </c>
       <c r="C10" t="s">
-        <v>136</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>137</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>138</v>
+        <v>226</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>139</v>
+        <v>227</v>
       </c>
       <c r="H10" t="s">
-        <v>140</v>
+        <v>228</v>
+      </c>
+      <c r="I10" t="s">
+        <v>229</v>
+      </c>
+      <c r="J10" t="s">
+        <v>230</v>
+      </c>
+      <c r="K10" t="s">
+        <v>231</v>
+      </c>
+      <c r="L10" t="s">
+        <v>232</v>
+      </c>
+      <c r="M10" t="s">
+        <v>233</v>
+      </c>
+      <c r="N10" t="s">
+        <v>234</v>
+      </c>
+      <c r="O10" t="s">
+        <v>235</v>
+      </c>
+      <c r="P10" t="s">
+        <v>236</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B11" t="s">
-        <v>141</v>
+        <v>237</v>
       </c>
       <c r="C11" t="s">
-        <v>142</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>144</v>
+        <v>238</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>145</v>
+        <v>239</v>
       </c>
       <c r="H11" t="s">
-        <v>146</v>
+        <v>240</v>
+      </c>
+      <c r="I11" t="s">
+        <v>241</v>
+      </c>
+      <c r="J11" t="s">
+        <v>242</v>
+      </c>
+      <c r="K11" t="s">
+        <v>243</v>
+      </c>
+      <c r="L11" t="s">
+        <v>244</v>
+      </c>
+      <c r="M11" t="s">
+        <v>245</v>
+      </c>
+      <c r="N11" t="s">
+        <v>246</v>
+      </c>
+      <c r="O11" t="s">
+        <v>247</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B12" t="s">
-        <v>147</v>
+        <v>248</v>
       </c>
       <c r="C12" t="s">
-        <v>148</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>149</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>150</v>
+        <v>249</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>151</v>
+        <v>250</v>
       </c>
       <c r="H12" t="s">
-        <v>152</v>
+        <v>251</v>
+      </c>
+      <c r="I12" t="s">
+        <v>252</v>
+      </c>
+      <c r="J12" t="s">
+        <v>253</v>
+      </c>
+      <c r="K12" t="s">
+        <v>254</v>
+      </c>
+      <c r="L12" t="s">
+        <v>255</v>
+      </c>
+      <c r="M12" t="s">
+        <v>256</v>
+      </c>
+      <c r="N12" t="s">
+        <v>257</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B13" t="s">
-        <v>153</v>
+        <v>258</v>
       </c>
       <c r="C13" t="s">
-        <v>154</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>155</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>156</v>
+        <v>259</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>157</v>
+        <v>260</v>
       </c>
       <c r="H13" t="s">
-        <v>158</v>
+        <v>261</v>
+      </c>
+      <c r="I13" t="s">
+        <v>262</v>
+      </c>
+      <c r="J13" t="s">
+        <v>263</v>
+      </c>
+      <c r="K13" t="s">
+        <v>264</v>
+      </c>
+      <c r="L13" t="s">
+        <v>265</v>
+      </c>
+      <c r="M13" t="s">
+        <v>266</v>
+      </c>
+      <c r="N13" t="s">
+        <v>267</v>
+      </c>
+      <c r="O13" t="s">
+        <v>268</v>
+      </c>
+      <c r="P13" t="s">
+        <v>269</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B14" t="s">
-        <v>159</v>
+        <v>270</v>
       </c>
       <c r="C14" t="s">
-        <v>160</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>161</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>162</v>
+        <v>271</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>163</v>
+        <v>272</v>
       </c>
       <c r="H14" t="s">
-        <v>164</v>
+        <v>273</v>
+      </c>
+      <c r="I14" t="s">
+        <v>274</v>
+      </c>
+      <c r="J14" t="s">
+        <v>275</v>
+      </c>
+      <c r="K14" t="s">
+        <v>276</v>
+      </c>
+      <c r="L14" t="s">
+        <v>277</v>
+      </c>
+      <c r="M14" t="s">
+        <v>278</v>
+      </c>
+      <c r="N14" t="s">
+        <v>279</v>
+      </c>
+      <c r="O14" t="s">
+        <v>280</v>
+      </c>
+      <c r="P14" t="s">
+        <v>281</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>282</v>
+      </c>
+      <c r="R14" t="s">
+        <v>283</v>
+      </c>
+      <c r="S14" t="s">
+        <v>284</v>
+      </c>
+      <c r="T14" t="s">
+        <v>285</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B15" t="s">
-        <v>165</v>
+        <v>286</v>
       </c>
       <c r="C15" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>167</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>168</v>
+        <v>287</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>169</v>
+        <v>288</v>
       </c>
       <c r="H15" t="s">
-        <v>170</v>
+        <v>289</v>
+      </c>
+      <c r="I15" t="s">
+        <v>290</v>
+      </c>
+      <c r="J15" t="s">
+        <v>193</v>
+      </c>
+      <c r="K15" t="s">
+        <v>291</v>
+      </c>
+      <c r="L15" t="s">
+        <v>292</v>
+      </c>
+      <c r="M15" t="s">
+        <v>293</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B16" t="s">
-        <v>171</v>
+        <v>294</v>
       </c>
       <c r="C16" t="s">
-        <v>172</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>173</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>174</v>
+        <v>295</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>175</v>
+        <v>296</v>
       </c>
       <c r="H16" t="s">
-        <v>176</v>
+        <v>297</v>
+      </c>
+      <c r="I16" t="s">
+        <v>298</v>
+      </c>
+      <c r="J16" t="s">
+        <v>299</v>
+      </c>
+      <c r="K16" t="s">
+        <v>300</v>
+      </c>
+      <c r="L16" t="s">
+        <v>301</v>
+      </c>
+      <c r="M16" t="s">
+        <v>302</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B17" t="s">
-        <v>177</v>
+        <v>303</v>
       </c>
       <c r="C17" t="s">
-        <v>178</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>179</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>180</v>
+        <v>304</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>181</v>
+        <v>305</v>
       </c>
       <c r="H17" t="s">
-        <v>182</v>
+        <v>306</v>
+      </c>
+      <c r="I17" t="s">
+        <v>307</v>
+      </c>
+      <c r="J17" t="s">
+        <v>308</v>
+      </c>
+      <c r="K17" t="s">
+        <v>309</v>
+      </c>
+      <c r="L17" t="s">
+        <v>310</v>
+      </c>
+      <c r="M17" t="s">
+        <v>311</v>
+      </c>
+      <c r="N17" t="s">
+        <v>312</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B18" t="s">
-        <v>183</v>
+        <v>313</v>
       </c>
       <c r="C18" t="s">
-        <v>184</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>185</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>186</v>
+        <v>314</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>187</v>
+        <v>315</v>
       </c>
       <c r="H18" t="s">
-        <v>188</v>
+        <v>316</v>
+      </c>
+      <c r="I18" t="s">
+        <v>317</v>
+      </c>
+      <c r="J18" t="s">
+        <v>318</v>
+      </c>
+      <c r="K18" t="s">
+        <v>319</v>
+      </c>
+      <c r="L18" t="s">
+        <v>320</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B19" t="s">
-        <v>189</v>
+        <v>321</v>
       </c>
       <c r="C19" t="s">
-        <v>190</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>191</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>192</v>
+        <v>322</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>193</v>
+        <v>323</v>
       </c>
       <c r="H19" t="s">
-        <v>194</v>
+        <v>324</v>
+      </c>
+      <c r="I19" t="s">
+        <v>325</v>
+      </c>
+      <c r="J19" t="s">
+        <v>275</v>
+      </c>
+      <c r="K19" t="s">
+        <v>326</v>
+      </c>
+      <c r="L19" t="s">
+        <v>327</v>
+      </c>
+      <c r="M19" t="s">
+        <v>328</v>
+      </c>
+      <c r="N19" t="s">
+        <v>329</v>
+      </c>
+      <c r="O19" t="s">
+        <v>330</v>
+      </c>
+      <c r="P19" t="s">
+        <v>331</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>332</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B20" t="s">
-        <v>195</v>
+        <v>333</v>
       </c>
       <c r="C20" t="s">
-        <v>196</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>197</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>162</v>
+        <v>334</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>198</v>
+        <v>335</v>
       </c>
       <c r="H20" t="s">
-        <v>199</v>
+        <v>336</v>
+      </c>
+      <c r="I20" t="s">
+        <v>337</v>
+      </c>
+      <c r="J20" t="s">
+        <v>338</v>
+      </c>
+      <c r="K20" t="s">
+        <v>339</v>
+      </c>
+      <c r="L20" t="s">
+        <v>340</v>
+      </c>
+      <c r="M20" t="s">
+        <v>341</v>
+      </c>
+      <c r="N20" t="s">
+        <v>342</v>
+      </c>
+      <c r="O20" t="s">
+        <v>343</v>
+      </c>
+      <c r="P20" t="s">
+        <v>344</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>345</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B21" t="s">
-        <v>200</v>
+        <v>346</v>
       </c>
       <c r="C21" t="s">
-        <v>201</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
-        <v>202</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>203</v>
+        <v>347</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>204</v>
+        <v>348</v>
       </c>
       <c r="H21" t="s">
-        <v>205</v>
+        <v>349</v>
+      </c>
+      <c r="I21" t="s">
+        <v>350</v>
+      </c>
+      <c r="J21" t="s">
+        <v>351</v>
+      </c>
+      <c r="K21" t="s">
+        <v>352</v>
+      </c>
+      <c r="L21" t="s">
+        <v>353</v>
+      </c>
+      <c r="M21" t="s">
+        <v>354</v>
+      </c>
+      <c r="N21" t="s">
+        <v>355</v>
+      </c>
+      <c r="O21" t="s">
+        <v>356</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B22" t="s">
-        <v>206</v>
+        <v>357</v>
       </c>
       <c r="C22" t="s">
-        <v>207</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>208</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>209</v>
+        <v>358</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>210</v>
+        <v>359</v>
       </c>
       <c r="H22" t="s">
-        <v>211</v>
+        <v>360</v>
+      </c>
+      <c r="I22" t="s">
+        <v>361</v>
+      </c>
+      <c r="J22" t="s">
+        <v>193</v>
+      </c>
+      <c r="K22" t="s">
+        <v>362</v>
+      </c>
+      <c r="L22" t="s">
+        <v>363</v>
+      </c>
+      <c r="M22" t="s">
+        <v>364</v>
+      </c>
+      <c r="N22" t="s">
+        <v>365</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B23" t="s">
-        <v>212</v>
+        <v>366</v>
       </c>
       <c r="C23" t="s">
-        <v>213</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>214</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>215</v>
+        <v>367</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>216</v>
+        <v>368</v>
       </c>
       <c r="H23" t="s">
-        <v>217</v>
+        <v>369</v>
+      </c>
+      <c r="I23" t="s">
+        <v>370</v>
+      </c>
+      <c r="J23" t="s">
+        <v>371</v>
+      </c>
+      <c r="K23" t="s">
+        <v>372</v>
+      </c>
+      <c r="L23" t="s">
+        <v>373</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B24" t="s">
-        <v>218</v>
+        <v>374</v>
       </c>
       <c r="C24" t="s">
-        <v>219</v>
+        <v>13</v>
       </c>
       <c r="D24" t="s">
-        <v>220</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>221</v>
+        <v>367</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>222</v>
+        <v>375</v>
       </c>
       <c r="H24" t="s">
-        <v>223</v>
+        <v>376</v>
+      </c>
+      <c r="I24" t="s">
+        <v>370</v>
+      </c>
+      <c r="J24" t="s">
+        <v>377</v>
+      </c>
+      <c r="K24" t="s">
+        <v>378</v>
+      </c>
+      <c r="L24" t="s">
+        <v>379</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B25" t="s">
-        <v>224</v>
+        <v>380</v>
       </c>
       <c r="C25" t="s">
-        <v>225</v>
+        <v>13</v>
       </c>
       <c r="D25" t="s">
-        <v>226</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>227</v>
+        <v>381</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>228</v>
+        <v>382</v>
       </c>
       <c r="H25" t="s">
-        <v>229</v>
+        <v>383</v>
+      </c>
+      <c r="I25" t="s">
+        <v>384</v>
+      </c>
+      <c r="J25" t="s">
+        <v>385</v>
+      </c>
+      <c r="K25" t="s">
+        <v>386</v>
+      </c>
+      <c r="L25" t="s">
+        <v>387</v>
+      </c>
+      <c r="M25" t="s">
+        <v>388</v>
+      </c>
+      <c r="N25" t="s">
+        <v>389</v>
+      </c>
+      <c r="O25" t="s">
+        <v>390</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B26" t="s">
-        <v>230</v>
+        <v>391</v>
       </c>
       <c r="C26" t="s">
-        <v>231</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
-        <v>232</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>233</v>
+        <v>392</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>234</v>
+        <v>393</v>
       </c>
       <c r="H26" t="s">
-        <v>235</v>
+        <v>394</v>
+      </c>
+      <c r="I26" t="s">
+        <v>395</v>
+      </c>
+      <c r="J26" t="s">
+        <v>385</v>
+      </c>
+      <c r="K26" t="s">
+        <v>396</v>
+      </c>
+      <c r="L26" t="s">
+        <v>397</v>
+      </c>
+      <c r="M26" t="s">
+        <v>398</v>
+      </c>
+      <c r="N26" t="s">
+        <v>399</v>
+      </c>
+      <c r="O26" t="s">
+        <v>400</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B27" t="s">
-        <v>236</v>
+        <v>401</v>
       </c>
       <c r="C27" t="s">
-        <v>237</v>
+        <v>13</v>
       </c>
       <c r="D27" t="s">
-        <v>238</v>
+        <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>239</v>
+        <v>402</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>240</v>
+        <v>403</v>
       </c>
       <c r="H27" t="s">
-        <v>241</v>
+        <v>404</v>
+      </c>
+      <c r="I27" t="s">
+        <v>405</v>
+      </c>
+      <c r="J27" t="s">
+        <v>406</v>
+      </c>
+      <c r="K27" t="s">
+        <v>407</v>
+      </c>
+      <c r="L27" t="s">
+        <v>408</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B28" t="s">
-        <v>242</v>
+        <v>409</v>
       </c>
       <c r="C28" t="s">
-        <v>243</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
-        <v>238</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>244</v>
+        <v>410</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>245</v>
+        <v>411</v>
       </c>
       <c r="H28" t="s">
-        <v>246</v>
+        <v>412</v>
+      </c>
+      <c r="I28" t="s">
+        <v>413</v>
+      </c>
+      <c r="J28" t="s">
+        <v>209</v>
+      </c>
+      <c r="K28" t="s">
+        <v>414</v>
+      </c>
+      <c r="L28" t="s">
+        <v>415</v>
+      </c>
+      <c r="M28" t="s">
+        <v>416</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B29" t="s">
-        <v>247</v>
+        <v>417</v>
       </c>
       <c r="C29" t="s">
-        <v>248</v>
+        <v>13</v>
       </c>
       <c r="D29" t="s">
-        <v>249</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>250</v>
+        <v>418</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>251</v>
+        <v>419</v>
       </c>
       <c r="H29" t="s">
-        <v>252</v>
+        <v>420</v>
+      </c>
+      <c r="I29" t="s">
+        <v>421</v>
+      </c>
+      <c r="J29" t="s">
+        <v>230</v>
+      </c>
+      <c r="K29" t="s">
+        <v>422</v>
+      </c>
+      <c r="L29" t="s">
+        <v>423</v>
+      </c>
+      <c r="M29" t="s">
+        <v>424</v>
+      </c>
+      <c r="N29" t="s">
+        <v>425</v>
+      </c>
+      <c r="O29" t="s">
+        <v>426</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B30" t="s">
+        <v>427</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>428</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>429</v>
+      </c>
+      <c r="H30" t="s">
+        <v>430</v>
+      </c>
+      <c r="I30" t="s">
+        <v>431</v>
+      </c>
+      <c r="J30" t="s">
         <v>253</v>
       </c>
-      <c r="C30" t="s">
-[...15 lines deleted...]
-        <v>258</v>
+      <c r="K30" t="s">
+        <v>432</v>
+      </c>
+      <c r="L30" t="s">
+        <v>433</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B31" t="s">
-        <v>259</v>
+        <v>434</v>
       </c>
       <c r="C31" t="s">
-        <v>260</v>
+        <v>13</v>
       </c>
       <c r="D31" t="s">
-        <v>261</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>262</v>
+        <v>435</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>263</v>
+        <v>436</v>
       </c>
       <c r="H31" t="s">
-        <v>264</v>
+        <v>437</v>
+      </c>
+      <c r="I31" t="s">
+        <v>438</v>
+      </c>
+      <c r="J31" t="s">
+        <v>439</v>
+      </c>
+      <c r="K31" t="s">
+        <v>440</v>
+      </c>
+      <c r="L31" t="s">
+        <v>441</v>
+      </c>
+      <c r="M31" t="s">
+        <v>442</v>
+      </c>
+      <c r="N31" t="s">
+        <v>442</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B32" t="s">
-        <v>265</v>
+        <v>443</v>
       </c>
       <c r="C32" t="s">
-        <v>266</v>
+        <v>13</v>
       </c>
       <c r="D32" t="s">
-        <v>267</v>
+        <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>268</v>
+        <v>444</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>269</v>
+        <v>445</v>
       </c>
       <c r="H32" t="s">
-        <v>270</v>
+        <v>446</v>
+      </c>
+      <c r="I32" t="s">
+        <v>447</v>
+      </c>
+      <c r="J32" t="s">
+        <v>448</v>
+      </c>
+      <c r="K32" t="s">
+        <v>449</v>
+      </c>
+      <c r="L32" t="s">
+        <v>450</v>
+      </c>
+      <c r="M32" t="s">
+        <v>451</v>
+      </c>
+      <c r="N32" t="s">
+        <v>452</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B33" t="s">
-        <v>271</v>
+        <v>453</v>
       </c>
       <c r="C33" t="s">
-        <v>272</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
-        <v>273</v>
+        <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>274</v>
+        <v>454</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>275</v>
+        <v>455</v>
       </c>
       <c r="H33" t="s">
-        <v>276</v>
+        <v>456</v>
+      </c>
+      <c r="I33" t="s">
+        <v>457</v>
+      </c>
+      <c r="J33" t="s">
+        <v>458</v>
+      </c>
+      <c r="K33" t="s">
+        <v>459</v>
+      </c>
+      <c r="L33" t="s">
+        <v>460</v>
+      </c>
+      <c r="M33" t="s">
+        <v>461</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B34" t="s">
-        <v>277</v>
+        <v>462</v>
       </c>
       <c r="C34" t="s">
-        <v>278</v>
+        <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>279</v>
+        <v>463</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>280</v>
+        <v>464</v>
       </c>
       <c r="H34" t="s">
-        <v>281</v>
+        <v>465</v>
+      </c>
+      <c r="I34" t="s">
+        <v>466</v>
+      </c>
+      <c r="J34" t="s">
+        <v>385</v>
+      </c>
+      <c r="K34" t="s">
+        <v>467</v>
+      </c>
+      <c r="L34" t="s">
+        <v>468</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B35" t="s">
-        <v>282</v>
+        <v>469</v>
       </c>
       <c r="C35" t="s">
-        <v>283</v>
+        <v>13</v>
       </c>
       <c r="D35" t="s">
-        <v>284</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>285</v>
+        <v>470</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>286</v>
+        <v>471</v>
       </c>
       <c r="H35" t="s">
-        <v>287</v>
+        <v>472</v>
+      </c>
+      <c r="I35" t="s">
+        <v>473</v>
+      </c>
+      <c r="J35" t="s">
+        <v>253</v>
+      </c>
+      <c r="K35" t="s">
+        <v>474</v>
+      </c>
+      <c r="L35" t="s">
+        <v>475</v>
+      </c>
+      <c r="M35" t="s">
+        <v>476</v>
+      </c>
+      <c r="N35" t="s">
+        <v>477</v>
+      </c>
+      <c r="O35" t="s">
+        <v>478</v>
+      </c>
+      <c r="P35" t="s">
+        <v>479</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>480</v>
+      </c>
+      <c r="R35" t="s">
+        <v>481</v>
+      </c>
+      <c r="S35" t="s">
+        <v>482</v>
+      </c>
+      <c r="T35" t="s">
+        <v>483</v>
+      </c>
+      <c r="U35" t="s">
+        <v>484</v>
+      </c>
+      <c r="V35" t="s">
+        <v>485</v>
+      </c>
+      <c r="W35" t="s">
+        <v>486</v>
+      </c>
+      <c r="X35" t="s">
+        <v>487</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>488</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>489</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>490</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B36" t="s">
-        <v>288</v>
+        <v>491</v>
       </c>
       <c r="C36" t="s">
-        <v>289</v>
+        <v>13</v>
       </c>
       <c r="D36" t="s">
-        <v>290</v>
+        <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>291</v>
+        <v>492</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>292</v>
+        <v>493</v>
       </c>
       <c r="H36" t="s">
-        <v>293</v>
+        <v>494</v>
+      </c>
+      <c r="I36" t="s">
+        <v>495</v>
+      </c>
+      <c r="J36" t="s">
+        <v>275</v>
+      </c>
+      <c r="K36" t="s">
+        <v>496</v>
+      </c>
+      <c r="L36" t="s">
+        <v>497</v>
+      </c>
+      <c r="M36" t="s">
+        <v>498</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B37" t="s">
-        <v>294</v>
+        <v>499</v>
       </c>
       <c r="C37" t="s">
-        <v>295</v>
+        <v>13</v>
       </c>
       <c r="D37" t="s">
-        <v>296</v>
+        <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>297</v>
+        <v>500</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>298</v>
+        <v>501</v>
       </c>
       <c r="H37" t="s">
-        <v>299</v>
+        <v>502</v>
+      </c>
+      <c r="I37" t="s">
+        <v>503</v>
+      </c>
+      <c r="J37" t="s">
+        <v>385</v>
+      </c>
+      <c r="K37" t="s">
+        <v>504</v>
+      </c>
+      <c r="L37" t="s">
+        <v>505</v>
+      </c>
+      <c r="M37" t="s">
+        <v>506</v>
+      </c>
+      <c r="N37" t="s">
+        <v>507</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B38" t="s">
-        <v>300</v>
+        <v>508</v>
       </c>
       <c r="C38" t="s">
-        <v>301</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
-        <v>302</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>303</v>
+        <v>509</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>304</v>
+        <v>510</v>
       </c>
       <c r="H38" t="s">
-        <v>305</v>
+        <v>511</v>
+      </c>
+      <c r="I38" t="s">
+        <v>512</v>
+      </c>
+      <c r="J38" t="s">
+        <v>230</v>
+      </c>
+      <c r="K38" t="s">
+        <v>513</v>
+      </c>
+      <c r="L38" t="s">
+        <v>514</v>
+      </c>
+      <c r="M38" t="s">
+        <v>515</v>
+      </c>
+      <c r="N38" t="s">
+        <v>516</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B39" t="s">
-        <v>306</v>
+        <v>517</v>
       </c>
       <c r="C39" t="s">
-        <v>307</v>
+        <v>13</v>
       </c>
       <c r="D39" t="s">
-        <v>308</v>
+        <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>309</v>
+        <v>518</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>310</v>
+        <v>519</v>
       </c>
       <c r="H39" t="s">
-        <v>311</v>
+        <v>520</v>
+      </c>
+      <c r="I39" t="s">
+        <v>521</v>
+      </c>
+      <c r="J39" t="s">
+        <v>522</v>
+      </c>
+      <c r="K39" t="s">
+        <v>523</v>
+      </c>
+      <c r="L39" t="s">
+        <v>524</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B40" t="s">
-        <v>312</v>
+        <v>525</v>
       </c>
       <c r="C40" t="s">
-        <v>313</v>
+        <v>13</v>
       </c>
       <c r="D40" t="s">
-        <v>314</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>315</v>
+        <v>526</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>316</v>
+        <v>527</v>
       </c>
       <c r="H40" t="s">
-        <v>317</v>
+        <v>528</v>
+      </c>
+      <c r="I40" t="s">
+        <v>529</v>
+      </c>
+      <c r="J40" t="s">
+        <v>253</v>
+      </c>
+      <c r="K40" t="s">
+        <v>530</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B41" t="s">
-        <v>318</v>
+        <v>531</v>
       </c>
       <c r="C41" t="s">
-        <v>319</v>
+        <v>13</v>
       </c>
       <c r="D41" t="s">
-        <v>320</v>
+        <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>321</v>
+        <v>532</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>322</v>
+        <v>533</v>
       </c>
       <c r="H41" t="s">
-        <v>323</v>
+        <v>534</v>
+      </c>
+      <c r="I41" t="s">
+        <v>535</v>
+      </c>
+      <c r="J41" t="s">
+        <v>536</v>
+      </c>
+      <c r="K41" t="s">
+        <v>537</v>
+      </c>
+      <c r="L41" t="s">
+        <v>538</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B42" t="s">
-        <v>324</v>
+        <v>539</v>
       </c>
       <c r="C42" t="s">
-        <v>325</v>
+        <v>13</v>
       </c>
       <c r="D42" t="s">
-        <v>326</v>
+        <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>327</v>
+        <v>540</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>328</v>
+        <v>541</v>
       </c>
       <c r="H42" t="s">
-        <v>329</v>
+        <v>542</v>
+      </c>
+      <c r="I42" t="s">
+        <v>543</v>
+      </c>
+      <c r="J42" t="s">
+        <v>147</v>
+      </c>
+      <c r="K42" t="s">
+        <v>544</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B43" t="s">
-        <v>330</v>
+        <v>545</v>
       </c>
       <c r="C43" t="s">
-        <v>331</v>
+        <v>13</v>
       </c>
       <c r="D43" t="s">
-        <v>326</v>
+        <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>327</v>
+        <v>546</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>332</v>
+        <v>547</v>
       </c>
       <c r="H43" t="s">
-        <v>333</v>
+        <v>548</v>
+      </c>
+      <c r="I43" t="s">
+        <v>549</v>
+      </c>
+      <c r="J43" t="s">
+        <v>127</v>
+      </c>
+      <c r="K43" t="s">
+        <v>550</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>87</v>
+        <v>121</v>
       </c>
       <c r="B44" t="s">
-        <v>334</v>
+        <v>551</v>
       </c>
       <c r="C44" t="s">
-        <v>335</v>
+        <v>13</v>
       </c>
       <c r="D44" t="s">
-        <v>336</v>
+        <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>337</v>
+        <v>552</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>338</v>
+        <v>553</v>
       </c>
       <c r="H44" t="s">
-        <v>339</v>
-[...129 lines deleted...]
-        <v>368</v>
+        <v>554</v>
+      </c>
+      <c r="I44" t="s">
+        <v>555</v>
+      </c>
+      <c r="J44" t="s">
+        <v>556</v>
+      </c>
+      <c r="K44" t="s">
+        <v>557</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
-[...2111 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>