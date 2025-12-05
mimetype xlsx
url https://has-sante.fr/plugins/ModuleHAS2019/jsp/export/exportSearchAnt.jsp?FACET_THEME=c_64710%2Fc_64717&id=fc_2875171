--- v0 (2025-10-17)
+++ v1 (2025-12-05)
@@ -1,2458 +1,26693 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet13.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Panorama" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation en santé " r:id="rId11" sheetId="9"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId12" sheetId="10"/>
+    <sheet name="Export Guide usagers" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Communiqué de presse" r:id="rId14" sheetId="12"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId15" sheetId="13"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId16" sheetId="14"/>
+    <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="440" uniqueCount="307">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5127" uniqueCount="3229">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Tool to improve professional practice</t>
-[...5 lines deleted...]
-    <t>Rescheduling, or changing the date of a procedure, is part of the daily routine of operating rooms. However, it is not a trivial act. Indeed, such rescheduling can sometimes be the cause of adverse events, potentially leading to significant consequences. In its patient safety solution "Operating room rescheduling. A practice that requires careful consideration", the HAS propose a series of actions to implement in order to reduce the risks that may arise when rescheduling.</t>
+    <t>Guide méthodologique</t>
+  </si>
+  <si>
+    <t>Champ et contenu du document actes et prestations nécessités pour une ALD</t>
+  </si>
+  <si>
+    <t>Ce guide méthodologique décrit le contenu du document actes et prestations et explicite l'intégration de données qualitatives complémentaires dans l'APALD.</t>
+  </si>
+  <si>
+    <t>27/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2025 09:45:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>07/22/2025 18:12:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3576094/en/operating-room-rescheduling-a-practice-that-requires-careful-consideration</t>
+    <t>https://www.has-sante.fr/jcms/c_1717305/fr/champ-et-contenu-du-document-actes-et-prestations-necessites-pour-une-ald</t>
+  </si>
+  <si>
+    <t>c_1717305</t>
+  </si>
+  <si>
+    <t>Le patient en auto-administration de ses médicaments en cours d’hospitalisation</t>
+  </si>
+  <si>
+    <t>À la suite de la modification de la règlementation en la matière et de l’ambition d’apporter une réponse à l’engagement du patient dans ses soins, la HAS publie des recommandations visant à fournir un cadre pour sécuriser cette pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/02/2025 12:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367704/fr/le-patient-en-auto-administration-de-ses-medicaments-en-cours-d-hospitalisation</t>
+  </si>
+  <si>
+    <t>p_3367704</t>
+  </si>
+  <si>
+    <t>Bonnes pratiques professionnelles des Prestataires de Services et Distributeurs de Matériel (PSDM)</t>
+  </si>
+  <si>
+    <t>Le référentiel des bonnes pratiques professionnelles des prestataires de services et distributeurs de matériel (PSDM) est le référentiel au regard duquel ces derniers seront certifiés.</t>
+  </si>
+  <si>
+    <t>13/06/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>18/06/2024 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293982/fr/bonnes-pratiques-professionnelles-des-prestataires-de-services-et-distributeurs-de-materiel-psdm</t>
+  </si>
+  <si>
+    <t>p_3293982</t>
+  </si>
+  <si>
+    <t>Déploiement de la bientraitance et gestion des signaux de maltraitance en institutions sanitaires, médico-sociales et sociales (repérage et analyse) - Note de cadrage</t>
+  </si>
+  <si>
+    <t>26/04/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2023 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431803/fr/deploiement-de-la-bientraitance-et-gestion-des-signaux-de-maltraitance-en-institutions-sanitaires-medico-sociales-et-sociales-reperage-et-analyse-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3431803</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre la conciliation des traitements médicamenteux en cancérologie</t>
+  </si>
+  <si>
+    <t>La conciliation des traitements médicamenteux en cancérologie Complément au guide « Mettre en oeuvre la conciliation des traitements médicamenteux en établissement de santé » Sécuriser la prise en charge médicamenteuse du patient lors de son parcours de soins</t>
+  </si>
+  <si>
+    <t>20/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2019 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964356/fr/mettre-en-oeuvre-la-conciliation-des-traitements-medicamenteux-en-cancerologie</t>
+  </si>
+  <si>
+    <t>c_2964356</t>
+  </si>
+  <si>
+    <t>Accueil, accompagnement et organisation des soins en établissement de santé pour les personnes en situation de handicap</t>
+  </si>
+  <si>
+    <t>Ce guide à destination des professionnels de santé exerçant en établissements de santé contient des préconisations et 2 outils de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>03/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2018 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772619/fr/accueil-accompagnement-et-organisation-des-soins-en-etablissement-de-sante-pour-les-personnes-en-situation-de-handicap</t>
+  </si>
+  <si>
+    <t>c_2772619</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre la conciliation des traitements médicamenteux en établissement de santé</t>
+  </si>
+  <si>
+    <t>Cette mise à jour du guide intègre un nouvel outil mis à disposition des professionnels de santé : le volet médicamenteux de la lettre de liaison à la sortie.</t>
+  </si>
+  <si>
+    <t>07/02/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>20/02/2018 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736453/fr/mettre-en-oeuvre-la-conciliation-des-traitements-medicamenteux-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>c_2736453</t>
+  </si>
+  <si>
+    <t>Le patient traceur en ville</t>
+  </si>
+  <si>
+    <t>Le patient traceur est une démarche d’analyse collective du parcours global du patient afin d’améliorer la qualité et la sécurité des soins, l’organisation des parcours et les interfaces professionnelles.</t>
+  </si>
+  <si>
+    <t>11/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2016 10:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614161/fr/le-patient-traceur-en-ville</t>
+  </si>
+  <si>
+    <t>c_2614161</t>
+  </si>
+  <si>
+    <t>Grille d'auto-évaluation des réseaux de santé</t>
+  </si>
+  <si>
+    <t>Cette grille a pour objectif d’aider les réseaux à auto-évaluer leurs pratiques et leur organisation, de façon à améliorer leur impact sur la prise en charge des patients. Elle peut également être utilisée par les structures et les plates-formes d’appui qui se mettent en place, en s’appuyant sur des dynamiques locales et qui peuvent être différentes des réseaux.</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2033079/fr/grille-d-auto-evaluation-des-reseaux-de-sante</t>
+  </si>
+  <si>
+    <t>c_2033079</t>
+  </si>
+  <si>
+    <t>Mobiliser les acteurs pour déployer les parcours sur le terrain</t>
+  </si>
+  <si>
+    <t>La mise en œuvre effective des parcours n’est pas envisageable sans une transformation profonde des organisations et des pratiques. Pour cela, les ARS doivent se doter d’une stratégie explicite d’accompagnement du changement qui vise prioritairement les équipes pluriprofessionnelles, notamment de soins primaires et les démarches de coordination des acteurs dans les territoires (réseaux….). La HAS propose un ensemble de référentiels et d’outils pour aider les ARS à élaborer et à mettre en œuvre cette stratégie.</t>
+  </si>
+  <si>
+    <t>17/11/2014 14:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760412/fr/mobiliser-les-acteurs-pour-deployer-les-parcours-sur-le-terrain</t>
+  </si>
+  <si>
+    <t>c_1760412</t>
+  </si>
+  <si>
+    <t>Matrice de maturité en soins primaires : présentation du référentiel</t>
+  </si>
+  <si>
+    <t>L’objectif de ce référentiel d’analyse et de progression est d’aider les équipes pluriprofessionnelles formalisant un exercice coordonné pluriprofessionnel à évaluer et à améliorer leur organisation, de façon à avoir un impact sur la prise en charge des patients. Dans le cadre de leur démarche qualité, l’équipe renouvelle régulièrement l’auto-évaluation de son organisation.</t>
+  </si>
+  <si>
+    <t>03/11/2014 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757237/fr/matrice-de-maturite-en-soins-primaires-presentation-du-referentiel</t>
+  </si>
+  <si>
+    <t>c_1757237</t>
+  </si>
+  <si>
+    <t>Maisons de naissance</t>
+  </si>
+  <si>
+    <t>L'élaboration de ce cahier des charges relatif à l'expérimentation des maisons de naissance répond à une demande inscrite dans la loi n°2013-1118 du 6 décembre 2013. L’objectif d’élaboration de ce cahier des charges est de permettre l’expérimentation de maisons de naissance dans un cadre défini respectant des critères de qualité et de sécurité des soins pour la mère et l’enfant.</t>
+  </si>
+  <si>
+    <t>17/09/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2014 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764407/fr/maisons-de-naissance</t>
+  </si>
+  <si>
+    <t>c_1764407</t>
+  </si>
+  <si>
+    <t>Réseaux de santé : Guide d’évaluation</t>
+  </si>
+  <si>
+    <t>Première réflexion méthodologique de l’Anaes concernant l’évaluation des réseaux de santé, ce rapport à pour objet : définir ce qu’est un réseau de santé, par nature multiforme, en perpétuelle mouvance et faisant intervenir une multitude d’acteurs, proposer un cadre générique pour l’évaluation interne et externe des réseaux de santé, rechercher dans la littérature internationale des méthodologies transposables à la situation française.</t>
+  </si>
+  <si>
+    <t>01/07/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2004 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433386/fr/reseaux-de-sante-guide-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_433386</t>
+  </si>
+  <si>
+    <t>Principes d'évaluation des réseaux de santé</t>
+  </si>
+  <si>
+    <t>01/06/1999 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/1999 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_433400/fr/principes-d-evaluation-des-reseaux-de-sante</t>
+  </si>
+  <si>
+    <t>c_433400</t>
+  </si>
+  <si>
+    <t>Méthode d’élaboration d’une démarche de soins type à domicile pour une population définie de personnes en situation de dépendance</t>
+  </si>
+  <si>
+    <t>L’objectif de ce guide méthodologique est d'aider un promoteur, société savante ou organisation professionnelle, à élaborer une démarche de soins type pour une pathologie donnée, afin d'organiser la collaboration entre les infirmiers libéraux, les médecins généralistes et les autres professionnels impliqués dans les soins. Ce guide décrit l'importance d'une approche multiprofessionnelle des situations de dépendance à domicile.</t>
+  </si>
+  <si>
+    <t>01/05/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2004 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_431300/fr/methode-d-elaboration-d-une-demarche-de-soins-type-a-domicile-pour-une-population-definie-de-personnes-en-situation-de-dependance</t>
+  </si>
+  <si>
+    <t>c_431300</t>
+  </si>
+  <si>
+    <t>Panorama</t>
+  </si>
+  <si>
+    <t>Obésité</t>
+  </si>
+  <si>
+    <t>Panorama des principales publications de la HAS sur l'obésité.</t>
+  </si>
+  <si>
+    <t>28/02/2025 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3322208/fr/obesite</t>
+  </si>
+  <si>
+    <t>p_3322208</t>
+  </si>
+  <si>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>POMPES EXTERNES PROGRAMMABLES ET PRESTATIONS ASSOCIEES POUR NUTRITION PARENTERALE A DOMICILE</t>
+  </si>
+  <si>
+    <t>17/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:42:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1714283/fr/pompes-externes-programmables-et-prestations-associees-pour-nutrition-parenterale-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1714283</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Parcours de santé – Accident vasculaire cérébral de l’adulte</t>
+  </si>
+  <si>
+    <t>Dans le cadre de « Ma santé 2022 », la HAS, en co-pilotage avec la CNAM, travaille sur la définition d’un parcours de soins et de messages pertinence autour de l’AVC, ainsi que sur le développement d’indicateurs de la qualité du parcours.</t>
+  </si>
+  <si>
+    <t>23/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445524/fr/parcours-de-sante-accident-vasculaire-cerebral-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3445524</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Syndrome Transfuseur Transfusé</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
+  </si>
+  <si>
+    <t>p_3594176</t>
+  </si>
+  <si>
+    <t>ALD n° 23 - Troubles anxieux graves</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>23/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/01/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_556489/fr/ald-n-23-troubles-anxieux-graves</t>
+  </si>
+  <si>
+    <t>c_556489</t>
+  </si>
+  <si>
+    <t>ALD n° 23 - Troubles dépressifs récurrents ou persistants chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_767572/fr/ald-n-23-troubles-depressifs-recurrents-ou-persistants-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_767572</t>
+  </si>
+  <si>
+    <t>ALD n° 23 - Troubles bipolaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_849818/fr/ald-n-23-troubles-bipolaires</t>
+  </si>
+  <si>
+    <t>c_849818</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>ALD n° 6 - Hépatite chronique C</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>15/11/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_434397/fr/ald-n-6-hepatite-chronique-c</t>
+  </si>
+  <si>
+    <t>c_434397</t>
+  </si>
+  <si>
+    <t>ALD n° 6 - Hépatite chronique B</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_452115/fr/ald-n-6-hepatite-chronique-b</t>
+  </si>
+  <si>
+    <t>c_452115</t>
+  </si>
+  <si>
+    <t>ALD n° 17 - Hémochromatose</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592230/fr/ald-n-17-hemochromatose</t>
+  </si>
+  <si>
+    <t>c_592230</t>
+  </si>
+  <si>
+    <t>ALD n° 6 - Cirrhoses alcooliques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_718958/fr/ald-n-6-cirrhoses-alcooliques</t>
+  </si>
+  <si>
+    <t>c_718958</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Troubles du rythme ventriculaire graves</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_839748/fr/ald-n-5-troubles-du-rythme-ventriculaire-graves</t>
+  </si>
+  <si>
+    <t>c_839748</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Parcours de soins de l’adulte avec des symptômes prolongés de la Covid-19</t>
+  </si>
+  <si>
+    <t>La HAS a été saisie par le ministre de la Santé (par un courrier en date du 31 août 2023) pour « élaborer un guide parcours de soins pour le Covid long afin de préciser le rôle de chaque professionnel, l’articulation entre les différents acteurs et niveaux de prise en charge des patients présentant un état post-covid, selon la nature de leurs troubles et la complexité de leur situation. Il s’agit d’apporter une réponse adaptée aux besoins des personnes, réduire l’errance médicale, faciliter et harmoniser l’organisation de la prise en charge sur l’ensemble du territoire ». Ce guide concerne la population des adultes et adolescents de 15 ans ou plus.</t>
+  </si>
+  <si>
+    <t>11/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2024 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3507843/fr/parcours-de-soins-de-l-adulte-avec-des-symptomes-prolonges-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3507843</t>
+  </si>
+  <si>
+    <t>Guides du parcours de santé de l’adulte et de l’enfant avec épilepsie</t>
+  </si>
+  <si>
+    <t>Ces guides décrivent respectivement les soins, l’accompagnement et le suivi global de l’adulte et l’enfant avec épilepsie. Ils s’adressent aux professionnels de santé et médicosociaux, aux personnes avec épilepsie et à leur entourage. Ils clarifient et détaillent le rôle de chaque intervenant, avec l’objectif de favoriser une offre de santé adaptée à la sévérité ou à la complexité de la maladie de chaque personne.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2023 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444925/fr/guides-du-parcours-de-sante-de-l-adulte-et-de-l-enfant-avec-epilepsie</t>
+  </si>
+  <si>
+    <t>p_3444925</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Fibrillation auriculaire</t>
+  </si>
+  <si>
+    <t>12/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/10/2023 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_568395/fr/ald-n-5-fibrillation-auriculaire</t>
+  </si>
+  <si>
+    <t>c_568395</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies valvulaires et congénitales graves chez l’adulte</t>
+  </si>
+  <si>
+    <t>17/10/2023 14:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_679234/fr/ald-n-5-cardiopathies-valvulaires-et-congenitales-graves-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_679234</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Prise en charge d’une mort subite du sujet jeune</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant présenté une mort subite du sujet jeune ainsi que la prise en charge de sa famille. Il a été élaboré par le Centre de référence pour la prise en charge des maladies rythmiques héréditaires de l’Ouest à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/10/2022 10:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374111/fr/prise-en-charge-d-une-mort-subite-du-sujet-jeune</t>
+  </si>
+  <si>
+    <t>p_3374111</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Syndrome coronarien chronique</t>
+  </si>
+  <si>
+    <t>Le syndrome coronarien chronique touche 1,5 millions de personnes dont près de la moitié a de plus de 75 ans. Le pronostic des patients s’améliore mais la maladie athéromateuse reste évolutive. À 3 ans, près d’un tiers des patients ont présenté un décès d’origine cardiovasculaire ou un évènement cardiovasculaire grave. Le guide du parcours de soins pour les personnes souffrant d’un syndrome coronarien chronique publié par la HAS décrit le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques du parcours et de 7 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>15/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>07/09/2021 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3279083/fr/guide-du-parcours-de-soins-syndrome-coronarien-chronique</t>
+  </si>
+  <si>
+    <t>p_3279083</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Syndromes hypertrophiques liés au gène PIK3CA (PROS) sans atteinte cérébrale - Les syndromes CLOVES et de Klippel-Trenaunay</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome CLOVES ou KTS. Il a été élaboré par les Centres de référence et de compétence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/12/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226373/fr/syndromes-hypertrophiques-lies-au-gene-pik3ca-pros-sans-atteinte-cerebrale-les-syndromes-cloves-et-de-klippel-trenaunay</t>
+  </si>
+  <si>
+    <t>p_3226373</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins bronchopneumopathie chronique obstructive (BPCO)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une bronchopneumopathie chronique obstructive (BPCO). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde le rôle, la place et les modalités de coordination des différents professionnels. II est accompagné d'une synthèse sur les points critiques de la prise en charge et de 10 messages pour améliorer ses pratiques.</t>
+  </si>
+  <si>
+    <t>20/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2020 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242507/fr/guide-du-parcours-de-soins-bronchopneumopathie-chronique-obstructive-bpco</t>
+  </si>
+  <si>
+    <t>c_1242507</t>
+  </si>
+  <si>
+    <t>Lymphœdème primaire</t>
+  </si>
+  <si>
+    <t>Ce PNDS explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de Lymphœdème primaire. Il a été élaboré par le Centre national de référence des maladies vasculaires rares à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>14/02/2019 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904795/fr/lymphoedeme-primaire</t>
+  </si>
+  <si>
+    <t>c_2904795</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie de Parkinson. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d’une synthèse focalisée sur les points critiques de la prise en charge et d’un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>21/09/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>04/10/2016 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242645/fr/guide-parcours-de-soins-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>c_1242645</t>
+  </si>
+  <si>
+    <t>Plan personnalisé de santé (PPS) PAERPA</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré un modèle de plan personnalisé de santé (PPS), à la demande du Ministère des Affaires Sociales et de la Santé, dans le cadre de la mise en œuvre des expérimentations « personnes âgées en risque de perte d’autonomie » (PAERPA).</t>
+  </si>
+  <si>
+    <t>25/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2015 12:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638463/fr/plan-personnalise-de-sante-pps-paerpa</t>
+  </si>
+  <si>
+    <t>c_1638463</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins insuffisance cardiaque</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une insuffisance cardiaque. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, le guide aborde aussi le rôle, la place et les modalités de coordination des différents professionnels. Le guide du parcours de soins est accompagné d'une synthèse focalisée sur les points critiques de la prise en charge et d'un schéma du parcours du patient.</t>
+  </si>
+  <si>
+    <t>11/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2014 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242988/fr/guide-parcours-de-soins-insuffisance-cardiaque</t>
+  </si>
+  <si>
+    <t>c_1242988</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Guides du parcours de soins des cancers broncho-pulmonaires et mésothéliome pleural malin</t>
+  </si>
+  <si>
+    <t>Les guides du parcours de soins décrivent la prise en charge usuelle d’une personne ayant un cancer broncho-pulmonaire ou un mésothéliome pleural malin. Ils ciblent principalement les professionnels impliqués dans la prise en charge globale des patients. Tenant compte de la pluri-professionnalité de la prise en charge, les guides abordent aussi le rôle, la place et les modalités de coordination des différents professionnels. Les guides du parcours de soins sont accompagnés d'une synthèse focalisée sur les points critiques de la prise en charge et d'un mémo destiné à être intégré dans un logiciel métier pour les cancers broncho-pulmonaires.</t>
+  </si>
+  <si>
+    <t>24/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2013 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
+  </si>
+  <si>
+    <t>c_1650525</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins du lymphome de Hodgkin classique de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne adulte ayant un lymphome de Hodgkin classique. Il cible principalement les professionnels impliqués dans la prise en charge globale des patients. .</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652304/fr/guide-du-parcours-de-soins-du-lymphome-de-hodgkin-classique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_1652304</t>
+  </si>
+  <si>
+    <t>Parcours de soins d’une personne ayant une maladie chronique en phase palliative – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Cette note de cadrage présente le projet de la HAS visant à proposer des outils facilitant le parcours des personnes ayant une maladie chronique en phase palliative. Ce projet s’inscrit dans une approche transversale qui consiste à développer des outils communs à toutes les maladies chroniques pour compléter la démarche parcours de soins par maladie.</t>
+  </si>
+  <si>
+    <t>30/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>20/09/2013 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638933/fr/parcours-de-soins-d-une-personne-ayant-une-maladie-chronique-en-phase-palliative-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_1638933</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Regarder le replay - TDAH enfants &amp; adolescents : comment diagnostiquer et accompagner ?</t>
+  </si>
+  <si>
+    <t>HAS - Les rendez-vous des bonnes pratiques : regarder en replay le webinaire "TDAH enfants &amp; adolescents : comment diagnostiquer et accompagner ?"</t>
+  </si>
+  <si>
+    <t>23/09/2024 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542985/fr/regarder-le-replay-tdah-enfants-adolescents-comment-diagnostiquer-et-accompagner</t>
+  </si>
+  <si>
+    <t>p_3542985</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Enquête sur votre connaissance de « PACTE Soins Primaires » (PACTE SP)</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) et l’École des Hautes études en santé publique (EHESP) se mobilisent dans le cadre de la feuille de route nationale 2023-2025 du Ministère de la Santé et de la Prévention « Améliorer la sécurité des patients et des résidents ».</t>
+  </si>
+  <si>
+    <t>13/06/2024 13:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522096/fr/enquete-sur-votre-connaissance-de-pacte-soins-primaires-pacte-sp</t>
+  </si>
+  <si>
+    <t>p_3522096</t>
+  </si>
+  <si>
+    <t>???</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>IQSS 2025 : 6 indicateurs de réhospitalisations après chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Campagnes nationales 2025 de mesure des indicateurs de qualité et de sécurité des soins de résultats en chirurgie ambulatoire : réhospitalisations entre 1 et 3 jours (données PMSI MCO 2024).</t>
+  </si>
+  <si>
+    <t>10/02/2023 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3409378/fr/iqss-2025-6-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3409378</t>
+  </si>
+  <si>
+    <t>Comment renforcer l’expertise au service du virage préventif ? - Note d'analyse prospective 2025</t>
+  </si>
+  <si>
+    <t>La HAS analyse la manière dont la prise en compte des données probantes dans la décision en prévention et promotion de la santé peut être renforcée, afin d’accélérer le virage préventif.</t>
+  </si>
+  <si>
+    <t>12/11/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3702006/fr/comment-renforcer-l-expertise-au-service-du-virage-preventif-note-d-analyse-prospective-2025</t>
+  </si>
+  <si>
+    <t>p_3702006</t>
+  </si>
+  <si>
+    <t>IQSS 2024 - Évènements thrombo-emboliques après pose de prothèse totale de hanche (ETE-PTH)</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2024 de mesure de l’indicateurs de qualité et de sécurité des soins de résultats en chirurgie orthopédique : complications thrombo-emboliques après pose de prothèse totale de hanche (données PMSI MCO 2023, évolution 2022-2023).</t>
+  </si>
+  <si>
+    <t>26/01/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/12/2024 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293932/fr/iqss-2024-evenements-thrombo-emboliques-apres-pose-de-prothese-totale-de-hanche-ete-pth</t>
+  </si>
+  <si>
+    <t>p_3293932</t>
+  </si>
+  <si>
+    <t>IQSS 2024 - Évènements thrombo-emboliques après pose de prothèse totale de genou (ETE-PTG)</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2024 de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : complications thrombo-emboliques après pose de prothèse totale de genou (données PMSI MCO 2023, évolution 2022-2023).</t>
+  </si>
+  <si>
+    <t>10/02/2023 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293934/fr/iqss-2024-evenements-thrombo-emboliques-apres-pose-de-prothese-totale-de-genou-ete-ptg</t>
+  </si>
+  <si>
+    <t>p_3293934</t>
+  </si>
+  <si>
+    <t>IQSS 2024 - Infections du site opératoire après pose de prothèse totale de hanche (ISO-PTH)</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2024 de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : infections du site opératoire 3 mois après pose de prothèse totale de hanche (données PMSI MCO 2023, évolution 2022-2023).</t>
+  </si>
+  <si>
+    <t>26/05/2023 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294825/fr/iqss-2024-infections-du-site-operatoire-apres-pose-de-prothese-totale-de-hanche-iso-pth</t>
+  </si>
+  <si>
+    <t>p_3294825</t>
+  </si>
+  <si>
+    <t>IQSS 2024 - Infections du site opératoire après pose de prothèse totale de genou (ISO-PTG)</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2024 de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : infections du site opératoire 3 mois après pose de prothèse totale de genou (données PMSI MCO 2023, évolution 2022-2023).</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294826/fr/iqss-2024-infections-du-site-operatoire-apres-pose-de-prothese-totale-de-genou-iso-ptg</t>
+  </si>
+  <si>
+    <t>p_3294826</t>
+  </si>
+  <si>
+    <t>Harmonisation du bilan médicamenteux - Référentiel</t>
+  </si>
+  <si>
+    <t>L’objectif est d’harmoniser les bilans médicamenteux afin de produire un bilan unique et partageable quels que soient les contextes d’utilisation. Ce document reprend notamment les éléments identifiés dans l’activité de bilan partagé de médication en officine, et dans la conciliation des traitements médi-camenteux à l’hôpital. L’élaboration du référentiel issu de ce travail favorise la numérisation de ce bilan et donc son partage entre la ville et l’hôpital.</t>
+  </si>
+  <si>
+    <t>24/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2025 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534690/fr/harmonisation-du-bilan-medicamenteux-referentiel</t>
+  </si>
+  <si>
+    <t>p_3534690</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Chirurgie ambulatoire : Indicateurs de processus en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes sur les indicateurs de processus en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>12/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884938/fr/resultats-des-iqss-chirurgie-ambulatoire-indicateurs-de-processus-en-chirurgie-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2884938</t>
+  </si>
+  <si>
+    <t>Améliorer la qualité en santé - Rapport d'analyse prospective 2024</t>
+  </si>
+  <si>
+    <t>La HAS a choisi de consacrer son analyse prospective à la qualité du système de santé. Elle revient ainsi sur les dimensions de la qualité et priorise cinq axes de mobilisation pour l’action publique.</t>
+  </si>
+  <si>
+    <t>07/10/2024 13:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546254/fr/ameliorer-la-qualite-en-sante-rapport-d-analyse-prospective-2024</t>
+  </si>
+  <si>
+    <t>p_3546254</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) en lien avec les dispositifs médicaux</t>
+  </si>
+  <si>
+    <t>Evènements indésirables graves associés aux soins (EIGS) en lien avec les dispositifs médicaux (DM) déclarés à la HAS dans le cadre du dispositif national entre le 1er mars 2017 et le 31 décembre 2023.</t>
+  </si>
+  <si>
+    <t>25/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/07/2024 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534214/fr/evenements-indesirables-graves-associes-aux-soins-eigs-en-lien-avec-les-dispositifs-medicaux</t>
+  </si>
+  <si>
+    <t>p_3534214</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) en lien avec les services des urgences : une analyse des déclarations faites par les professionnels et les établissements de santé</t>
+  </si>
+  <si>
+    <t>Evènements indésirables graves associés aux soins (EIGS) en lien avec les services des urgences : une analyse des déclarations faites par les professionnels et les établissements de santé.</t>
+  </si>
+  <si>
+    <t>25/04/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>14/05/2024 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3517331/fr/evenements-indesirables-graves-associes-aux-soins-eigs-en-lien-avec-les-services-des-urgences-une-analyse-des-declarations-faites-par-les-professionnels-et-les-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>p_3517331</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP »</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP (recueil volontaire en 2021).</t>
+  </si>
+  <si>
+    <t>14/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>05/04/2022 11:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299873/fr/resultats-des-iqss-dossier-patient-en-sante-mentale-pour-adulte-perimetre-ambulatoire-en-cmp</t>
+  </si>
+  <si>
+    <t>p_3299873</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Coordination à la sortie et prise en charge de la douleur en secteur MCO (DPA MCO)</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient - Médecine, chirurgie, obstétrique</t>
+  </si>
+  <si>
+    <t>10/02/2023 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676370/fr/resultats-des-iqss-coordination-a-la-sortie-et-prise-en-charge-de-la-douleur-en-secteur-mco-dpa-mco</t>
+  </si>
+  <si>
+    <t>c_2676370</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
+    <t>Accès direct aux masseurs-kinésithérapeutes en CPTS - Avis sur le projet de décret concernant l'expérimentation prévue par l'article 3 de la loi du 19 mai 2023</t>
+  </si>
+  <si>
+    <t>Le ministère de la Santé et de la Prévention a sollicité l'avis de la Haute Autorité de santé sur le projet de décret concernant l’expérimentation prévue par l’article 3 de la loi du 19 mai 2023 portant amélioration de l’accès aux soins par la confiance aux professionnels de santé permettant l’exercice en accès direct des masseurs-kinésithérapeutes dans le cadre d’une Communauté Professionnelle Territoriale de Santé (CPTS)</t>
+  </si>
+  <si>
+    <t>09/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473674/fr/acces-direct-aux-masseurs-kinesitherapeutes-en-cpts-avis-sur-le-projet-de-decret-concernant-l-experimentation-prevue-par-l-article-3-de-la-loi-du-19-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3473674</t>
+  </si>
+  <si>
+    <t>Les déterminants de la qualité et de la sécurité des soins en établissement de santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a été saisie par le ministère en charge de la santé pour mener une réflexion sur les déterminants transversaux de la qualité et de la sécurité des soins en établissements de santé. Quatre familles de déterminants ont ainsi été identifiées: les ressources matérielles, les ressources humaines, l’organisation des équipes de soins et la coopération des équipes de soins.</t>
+  </si>
+  <si>
+    <t>17/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2022 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395825/fr/les-determinants-de-la-qualite-et-de-la-securite-des-soins-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>p_3395825</t>
+  </si>
+  <si>
+    <t>Développement de la mesure des réhospitalisations entre 1 et 3 jours après chirurgie ambulatoire par type de prise en charge</t>
+  </si>
+  <si>
+    <t>La mesure des réhospitalisations entre 1 et 3 jours après une chirurgie en ambulatoire représente un enjeu de qualité et de sécurité des soins. Cette mesure doit être réalisée par type de prise en charge. Un retour aux dossiers a permis d'identifier 6 types de prise en charge avec un potentiel d'amélioration qui seront ciblés par des indicateurs nationaux spécifiques fin 2022.</t>
+  </si>
+  <si>
+    <t>30/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2022 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350460/fr/developpement-de-la-mesure-des-rehospitalisations-entre-1-et-3-jours-apres-chirurgie-ambulatoire-par-type-de-prise-en-charge</t>
+  </si>
+  <si>
+    <t>p_3350460</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Livrables sur les indicateurs BPCO</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours des patients à risque ou atteints de bronchopneumopathie chronique obstructive (BPCO). Tous les livrables de ce parcours sont disponibles, notamment les « Résultats nationaux &amp; régionaux des 7 indicateurs mesurés dans le SNDS (PMSI-DCIR).</t>
+  </si>
+  <si>
+    <t>31/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2022 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333091/fr/indicateurs-de-qualite-du-parcours-livrables-sur-les-indicateurs-bpco</t>
+  </si>
+  <si>
+    <t>p_3333091</t>
+  </si>
+  <si>
+    <t>Algorithme d’aide à la décision d’orientation des patients en HAD à destination des médecins prescripteurs</t>
+  </si>
+  <si>
+    <t>Nouvel outil en ligne et une application mobile pour évaluer l’éligibilité d’un patient à une hospitalisation à domicile.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810323/fr/algorithme-d-aide-a-la-decision-d-orientation-des-patients-en-had-a-destination-des-medecins-prescripteurs</t>
+  </si>
+  <si>
+    <t>c_2810323</t>
+  </si>
+  <si>
+    <t>IQSS 2016 : Expérimentation des indicateurs de processus et de résultats en « chirurgie ambulatoire »</t>
+  </si>
+  <si>
+    <t>Ce tableau de bord d’indicateurs qualité et sécurité des soins comprendra un set d’indicateurs de processus, optimisant des points clés du processus de prise en charge des patients, y compris l’information sur le suivi recommandé après la sortie ainsi que des indicateurs mesurant le résultat pour le patient en termes de chirurgie ambulatoire, de réduction des événements indésirables évitables : tels que les conversions en hospitalisation complète et les réadmissions en urgence.</t>
+  </si>
+  <si>
+    <t>05/12/2017 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022569/fr/iqss-2016-experimentation-des-indicateurs-de-processus-et-de-resultats-en-chirurgie-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2022569</t>
+  </si>
+  <si>
+    <t>Expérimentations relatives à la prise en charge par télémédecine</t>
+  </si>
+  <si>
+    <t>La télémédecine est une forme de pratique médicale à distance fondée sur l’utilisation des technologies de l’information et de la communication. Depuis 2011, elle fait l’objet d’une stratégie nationale de déploiement. Suite à l’article 36 de la loi n°2013-1203 de financement de la sécurité sociale pour 2014 qui prévoit l’expérimentation en région, la HAS est chargée de réaliser une évaluation en vue de sa généralisation.</t>
+  </si>
+  <si>
+    <t>20/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2017 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2670322/fr/experimentations-relatives-a-la-prise-en-charge-par-telemedecine</t>
+  </si>
+  <si>
+    <t>c_2670322</t>
+  </si>
+  <si>
+    <t>Expérimentation article 70</t>
+  </si>
+  <si>
+    <t>L’article 70 de la LFSS 2012 propose des expérimentations visant à améliorer l’organisation et la coordination des parcours de santé des personnes âgées afin de prévenir les recours évitables à l’hospitalisation (module 1) et de coordonner les soins en sortie d’hospitalisation (module 2).</t>
+  </si>
+  <si>
+    <t>17/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>17/07/2015 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747548/fr/experimentation-article-70</t>
+  </si>
+  <si>
+    <t>c_1747548</t>
+  </si>
+  <si>
+    <t>Endoprothèse vasculaire sans infarctus du myocarde</t>
+  </si>
+  <si>
+    <t>La présente note de problématique analyse notamment les données du programme de médicalisation du système d’information et en décrit les limites quant à leur interprétation.</t>
+  </si>
+  <si>
+    <t>18/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>27/02/2014 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725826/fr/endoprothese-vasculaire-sans-infarctus-du-myocarde</t>
+  </si>
+  <si>
+    <t>c_1725826</t>
+  </si>
+  <si>
+    <t>Pertinence du recours à l’hospitalisation pour bronchiolite</t>
+  </si>
+  <si>
+    <t>La présente note de problématique analyse les données du PMSI et en décrit les limites quant à leur interprétation. Elle identifie les points d’amélioration de la pratique pour la prise en charge de la bronchiolite du nourrisson.</t>
+  </si>
+  <si>
+    <t>29/04/2013 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725475/fr/pertinence-du-recours-a-l-hospitalisation-pour-bronchiolite</t>
+  </si>
+  <si>
+    <t>c_1725475</t>
+  </si>
+  <si>
+    <t>Pertinence du recours à l’hospitalisation pour bronchopneumopathie chronique surinfectée</t>
+  </si>
+  <si>
+    <t>La note de problématique pertinence du recours à l’hospitalisation pour bronchopneumopathie chronique surinfectée analyse les données du PMSI et en décrit les limites quant à leur interprétation. Elle identifie les points d’amélioration de la pratique pour le diagnostic et la prise en charge de la BPCO tant en phase stable qu’au cours des exacerbations.</t>
+  </si>
+  <si>
+    <t>29/04/2013 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725478/fr/pertinence-du-recours-a-l-hospitalisation-pour-bronchopneumopathie-chronique-surinfectee</t>
+  </si>
+  <si>
+    <t>c_1725478</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Label - Flash Sécurité Patient - « Erreur de côté lors d’une anesthésie loco-régionale. À gauche ou à droite ? Jamais sans mon check ! »</t>
+  </si>
+  <si>
+    <t>Les erreurs de côté constituent un risque persistant lors d’une anesthésie loco-régionale.</t>
+  </si>
+  <si>
+    <t>23/10/2025 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701726/fr/label-flash-securite-patient-erreur-de-cote-lors-d-une-anesthesie-loco-regionale-a-gauche-ou-a-droite-jamais-sans-mon-check</t>
+  </si>
+  <si>
+    <t>p_3701726</t>
+  </si>
+  <si>
+    <t>Dossier de liaison d’urgence domicile (DLU-Dom)</t>
+  </si>
+  <si>
+    <t>Afin de limiter la durée d’attentes aux urgences, de fluidifier le parcours et de rendre plus efficiente la prise en charge, les urgentistes recommandent la mise en place d’un dossier de liaison d’urgence domicile (DLU-Dom ) les informations qui sont nécessaires : identité et lieu de vie, le motif du recours aux soins, antécédents significatifs, traitements et intervenants habituels.</t>
+  </si>
+  <si>
+    <t>26/03/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210058/fr/dossier-de-liaison-d-urgence-domicile-dlu-dom</t>
+  </si>
+  <si>
+    <t>p_3210058</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) survenus lors de la prescription médicamenteuse</t>
+  </si>
+  <si>
+    <t>Rapport : Analyse des déclarations des évènements indésirables graves associés aux soins (EIGS) survenus lors de la prescription médicamenteuse</t>
+  </si>
+  <si>
+    <t>12/09/2025 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3644100/fr/evenements-indesirables-graves-associes-aux-soins-eigs-survenus-lors-de-la-prescription-medicamenteuse</t>
+  </si>
+  <si>
+    <t>p_3644100</t>
+  </si>
+  <si>
+    <t>Analyse des déclarations de la base nationale des évènements indésirables graves associés aux soins (EIGS) en lien avec le personnel non permanent</t>
+  </si>
+  <si>
+    <t>Face à la hausse des besoins en soins et à la baisse de la démographie médicale, les établissements de santé recourent de plus en plus au personnel non permanent, dont l’usage a doublé entre 2017 et 2023. Cette flexibilité répond aux absences et surcharges, mais comporte des risques liés à la méconnaissance des procédures et à la coordination des équipes. La HAS a donc analysé les événements indésirables graves associés à cette pratique pour mieux prévenir ces risques.</t>
+  </si>
+  <si>
+    <t>03/09/2025 10:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638545/fr/analyse-des-declarations-de-la-base-nationale-des-evenements-indesirables-graves-associes-aux-soins-eigs-en-lien-avec-le-personnel-non-permanent</t>
+  </si>
+  <si>
+    <t>p_3638545</t>
+  </si>
+  <si>
+    <t>Reprogrammation au bloc opératoire. Une pratique à ne pas banaliser</t>
+  </si>
+  <si>
+    <t>Les reprogrammations, soit la modification de la date d'une intervention, font partie du quotidien des blocs opératoires. Il ne s'agit pourtant pas d'un acte anodin. En effet, il arrive que ces reprogrammations soient une cause d'évènements indésirables associés aux soins, aux conséquences potentiellement importantes. La HAS propose dans la solution pour la sécurité du patient "Reprogrammation au bloc opératoire. Une pratique à ne pas banaliser" des actions à mettre en oeuvre pour limiter les risques pouvant survenir lors d'une reprogrammation.</t>
+  </si>
+  <si>
+    <t>22/07/2025 18:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576094/fr/reprogrammation-au-bloc-operatoire-une-pratique-a-ne-pas-banaliser</t>
   </si>
   <si>
     <t>p_3576094</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...77 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3545041/en/label-laser-energy-in-urology</t>
+    <t>Flash Sécurité Patient - « Hébergement » en service inadapté. Qui dit service inapproprié, dit coordination renforcée</t>
+  </si>
+  <si>
+    <t>21/07/2025 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636860/fr/flash-securite-patient-hebergement-en-service-inadapte-qui-dit-service-inapproprie-dit-coordination-renforcee</t>
+  </si>
+  <si>
+    <t>p_3636860</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Périodes de vulnérabilité. Pas de vacance(s) pour la sécurité »</t>
+  </si>
+  <si>
+    <t>07/07/2025 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634644/fr/flash-securite-patient-periodes-de-vulnerabilite-pas-de-vacance-s-pour-la-securite</t>
+  </si>
+  <si>
+    <t>p_3634644</t>
+  </si>
+  <si>
+    <t>Évènements indésirables graves associés aux soins (EIGS) survenus chez les nouveau-nés </t>
+  </si>
+  <si>
+    <t>La HAS publie un rapport d’analyse de 328 événements indésirables graves associés aux soins (EIGS) survenus chez les nouveau-nés, déclarés à la HAS dans le cadre du dispositif national entre le 1er mars 2017 et le 27 mai 2024. Les préconisations qui y sont formulées visent à améliorer la sécurité des nouveau-nés et s’adressent aux professionnels de santé, aux structures de soins, aux régulateurs de l’offre de soins et au législateur.</t>
+  </si>
+  <si>
+    <t>21/05/2025 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602950/fr/evenements-indesirables-graves-associes-aux-soins-eigs-survenus-chez-les-nouveau-nes</t>
+  </si>
+  <si>
+    <t>p_3602950</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient « Rupture de stock de produit de santé. Ne rompez pas le contact ! »</t>
+  </si>
+  <si>
+    <t>En 2023, l’Agence nationale de sécurité du médicament et des produits de santé (ANSM) a comptabilisé 4 925 déclarations de ruptures ou de risques de ruptures de stock de médicaments d’intérêt thérapeutique majeur (MITM). Ces ruptures de stock, qu’elles concernent des médicaments ou des dispositifs médicaux, conduisent à la mise en place de mesures compensatoires, telles que de potentielles modifications de traitement ou de dispositif médical. Ceci peut générer, entre autres, des erreurs de prescription, d’administration ou d’utilisation aboutissant à des événements indésirables graves associés aux soins.</t>
+  </si>
+  <si>
+    <t>06/05/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603861/fr/flash-securite-patient-rupture-de-stock-de-produit-de-sante-ne-rompez-pas-le-contact</t>
+  </si>
+  <si>
+    <t>p_3603861</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Erreurs diagnostiques dans les services des urgences. Diagnostic manqué, urgence aggravée »</t>
+  </si>
+  <si>
+    <t>Le diagnostic nécessite un ensemble complexe d’étapes pour recueillir, intégrer et interpréter les informations, et chacune est sujette aux erreurs. Les erreurs diagnostiques sont définies comme des diagnostics retardés, erronés, manqués ou non communiqués au patient. Elles sont très souvent multifactorielles, combinant des causes systémiques et cognitives.</t>
+  </si>
+  <si>
+    <t>08/04/2025 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598581/fr/flash-securite-patient-erreurs-diagnostiques-dans-les-services-des-urgences-diagnostic-manque-urgence-aggravee</t>
+  </si>
+  <si>
+    <t>p_3598581</t>
+  </si>
+  <si>
+    <t>Label - Flash Sécurité Patient - « Neuroleptiques à action prolongée (NAP). Les NAP parfois ça dérape »</t>
+  </si>
+  <si>
+    <t>Les neuroleptiques à action prolongés (NAP) regroupent différentes molécules présentant une diversité de schémas thérapeutique et de durées d’actions par rapport aux autres traitements.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3599791/fr/label-flash-securite-patient-neuroleptiques-a-action-prolongee-nap-les-nap-parfois-ca-derape</t>
+  </si>
+  <si>
+    <t>p_3599791</t>
+  </si>
+  <si>
+    <t>Informations de la santé scolaire susceptibles d'être intégrées au DMP - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La note de cadrage traite : de la recommandation HAS, en précisant notamment son périmètre et la méthode de travail qui sera mise en œuvre ; de l’avis de la HAS sur le projet de décret qui suivra ; du suivi de la mise en place effective des travaux.</t>
+  </si>
+  <si>
+    <t>11/03/2025 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3595299/fr/informations-de-la-sante-scolaire-susceptibles-d-etre-integrees-au-dmp-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3595299</t>
+  </si>
+  <si>
+    <t>Parcours de santé d'une personne présentant une douleur chronique</t>
+  </si>
+  <si>
+    <t>En France, la douleur chronique d’intensité modérée à sévère (pertinence clinique) touchent près de 12 millions de personnes adultes, auxquelles il faut ajouter les enfants. On ignore combien de ces personnes relèveraient d’une consultation en structure spécialisée d’évaluation et de traitement de la douleur chronique (SDC), mais on estime que 70 % de ces patients ne reçoivent pas un traitement approprié et que moins de 3 % en bénéficient, sachant que le délai moyen pour une première consultation en SDC est de plus de 8 mois. La douleur chronique est une douleur qui persiste ou se reproduit pendant plus de 3 mois. L’objectif de sa prise en charge est rarement la résolution de la douleur, mais le plus souvent réadaptatif avec une réduction de la douleur à un niveau acceptable pour la personne, un maintien de ses activités du quotidien , professionnelle ou scolaire et une amélioration de sa qualité de vie. L’évaluation et la prise en charge d’une personne souffrant de douleur chronique relève du modèle biopsychosociale et nécessite la plupart du temps un exercice coordonné en équipe pluriprofessionnelle et multidisciplinaire. Le parcours de santé d’une personne présentant une douleur chronique de la HAS propose de mobiliser l’ensemble des acteurs en ville et à l’hôpital, chacun dans leur mission, selon leur compétence et responsabilité, afin d’être en mesure de proposer une évaluation et une prise en charge de qualité sur l’ensemble du territoire dans des délais médicalement et éthiquement raisonnables selon les critères internationaux. Ce parcours, centré sur les besoins de la personne, s’appuie sur les 250 SDC existantes en France, sur le développement des organisations d’exercice de soins coordonné en ville et sur les services hospitaliers de spécialité. Il propose la création d’une interface, ensemble de services de soutien (hotline, télémédecine, formations des professionnels et outils de coordination) de la SDC de proximité à destination des médecins traitants du territoire, et plus largement aux équipes de soins primaires et aux professionnels de second recours, afin qu’ils soient en mesure de prendre en charge l’essentiel des personnes souffrant d’une douleur chronique, ou d’assurer et de coordonner l’essentiel de leur parcours de santé. Ce parcours rappelle aussi l’importance de la prévention, prévention des douleurs aiguës évitables et prévention de la chronicisation des douleurs persistantes par une prise en charge dans des délais médicalement raisonnables, afin de réduire l’incidence et la prévalence des personnes présentant une douleur chronique.</t>
+  </si>
+  <si>
+    <t>24/12/2024 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218057/fr/parcours-de-sante-d-une-personne-presentant-une-douleur-chronique</t>
+  </si>
+  <si>
+    <t>p_3218057</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Effet tunnel en santé. L'appel à un ami peut sauver des vies.»</t>
+  </si>
+  <si>
+    <t>Ce flash sécurité patient s’intéresse aux événements indésirables associés aux soins associés à un effet tunnel, c'est-à-dire une situation dans laquelle l’attention du professionnel est tellement focalisée sur un objectif qu’il n’entend ni ne voit des signaux d’alerte qui devraient l’amener à modifier son approche, voire à l’arrêter.</t>
+  </si>
+  <si>
+    <t>17/12/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563493/fr/flash-securite-patient-effet-tunnel-en-sante-l-appel-a-un-ami-peut-sauver-des-vies</t>
+  </si>
+  <si>
+    <t>p_3563493</t>
+  </si>
+  <si>
+    <t>Critères d’orientation en réadaptation cardiaque et vasculaire</t>
+  </si>
+  <si>
+    <t>22/10/2024 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3551950/fr/criteres-d-orientation-en-readaptation-cardiaque-et-vasculaire</t>
+  </si>
+  <si>
+    <t>p_3551950</t>
+  </si>
+  <si>
+    <t>Label - Énergies laser en urologie</t>
+  </si>
+  <si>
+    <t>L’organisme agréé pour l'accréditation des urologues, l'AFU (Association française d'urologie), propose une liste de points-clés à l'attention de tous les professionnels impliqués dans la prise en charge des troubles mictionnels de l’homme ou des calculs urinaires avec des énergies laser (urologues, anesthésistes, ingénieurs biomédicaux, gestionnaires de risques, pharmaciens hospitaliers, infirmiers, etc.). Ces points-clés sont détaillés dans la solution pour la sécurité du patient "Energies laser en urologie. Comment éviter les complications pour les patients (et les professionnels) ? ".</t>
+  </si>
+  <si>
+    <t>02/10/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3545041/fr/label-energies-laser-en-urologie</t>
   </si>
   <si>
     <t>p_3545041</t>
   </si>
   <si>
-    <t>Atrial fibrillation</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3312530/en/diagnosis-and-management-of-adults-with-post-intensive-care-syndrome-pics-and-their-relatives</t>
+    <t>Label - Coordination service d'urgences - chirurgie orthopédique et traumatologique</t>
+  </si>
+  <si>
+    <t>L’organisme agréé pour l'accréditation des chirurgiens orthopédistes et traumatologistes, Orthorisq, propose aux professionnels des services des urgences et de chirurgie orthopédique et traumatologique, une check-list permettant d'améliorer le transfert du patient vers le service de chirurgie orthopédique et traumatologique. La solution pour la sécurité du patient "Coordination service d'urgences - chirurgie orthopédique et traumatologique : une check-list dès l'admission pour éviter toute omission !" en détaille la mise en œuvre.</t>
+  </si>
+  <si>
+    <t>11/10/2023 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465153/fr/label-coordination-service-d-urgences-chirurgie-orthopedique-et-traumatologique</t>
+  </si>
+  <si>
+    <t>p_3465153</t>
+  </si>
+  <si>
+    <t>L'effet tunnel en santé : comment faire pour en voir le bout ?</t>
+  </si>
+  <si>
+    <t>L'effet tunnel corresponds à une situation dans laquelle l'attention du professionnel est tellement focalisée sur un objectif qu’il n’entend, ni ne voit des signaux d’alerte qui devraient l’amener à modifier son approche, voire à l’arrêter avant que ne survienne un EIAS. Suite à l'analyse d'évènements indésirables associés aux soins et d'enquêtes de pratique, la HAS propose dans la solution pour la sécurité du patient "L'effet tunnel en santé : comment faire pour en voir le bout ?" des actions à mettre en oeuvre pour limiter la survenue et les conséquences d'un effet tunnel.</t>
+  </si>
+  <si>
+    <t>06/06/2023 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444356/fr/l-effet-tunnel-en-sante-comment-faire-pour-en-voir-le-bout</t>
+  </si>
+  <si>
+    <t>p_3444356</t>
+  </si>
+  <si>
+    <t>Label - Précautions à prendre lors de l'implantation d'une tige cimentée de prothèse de hanche</t>
+  </si>
+  <si>
+    <t>L’organisme agréé pour l'accréditation des chirurgiens orthopédistes et traumatologistes, Orthorisq, propose une liste de points-clés à l'attention des chirurgiens et anesthésistes-réanimateurs prenant en charge des patients pour une pose de prothèse de hanche cimentée. Ces points-clés, qui ont pour objectif de limiter la survenue et les conséquences d'un éventuel syndrome de scellement osseux, sont détaillés dans la solution pour la sécurité du patient "Précautions à prendre lors de l'implantation d'une tige cimentée de prothèse de hanche : le syndrome de scellement osseux ".</t>
+  </si>
+  <si>
+    <t>01/06/2023 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431827/fr/label-precautions-a-prendre-lors-de-l-implantation-d-une-tige-cimentee-de-prothese-de-hanche</t>
+  </si>
+  <si>
+    <t>p_3431827</t>
+  </si>
+  <si>
+    <t>Réponses Rapides : infection par le virus Monkeypox – Prise en charge en médecine de 1er recours</t>
+  </si>
+  <si>
+    <t>La HAS publie des Réponses Rapides afin d’accompagner les professionnels de santé de premier recours dans la prise en charge des patients présentant des symptômes évocateurs d’une infection par le virus Monkeypox (MPXV) (ou variole du singe) ou des patients ayant été en contact avec une personne infectée par ce virus. Du diagnostic au traitement en passant par la vaccination et la prévention, la HAS passe en revue les clés d’une prise en charge adaptée. Ces Réponses Rapides font suite à la déclaration d'urgence de santé publique de portée internationale concernant l’épidémie de MPXV, émise par le directeur général de l'OMS le samedi 23 juillet 2022.</t>
+  </si>
+  <si>
+    <t>05/09/2022 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361191/fr/reponses-rapides-infection-par-le-virus-monkeypox-prise-en-charge-en-medecine-de-1er-recours</t>
+  </si>
+  <si>
+    <t>p_3361191</t>
+  </si>
+  <si>
+    <t>Prise en charge de premier recours des patients atteints de Covid-19</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif d’accompagner les médecins, pharmaciens, infirmiers dans la prise en charge de premier recours des patients atteints de Covid-19. En semaine 18, la diminution de la circulation du SARS-CoV-2 et des admissions à l’hôpital s’est poursuivie au niveau national. Le taux d’incidence est en-dessous du seuil de 500/100 000 dans la quasi-totalité des classes d’âge. Le taux de positivité est toujours élevé (20,1 %) . Le variant Omicron est prépondérant, en particulier le sous-lignage BA.2 majoritaire (98,6 % % en semaine 17) et caractérisé par une transmissibilité accrue. Un traitement antiviral par Paxlovid® est possible en ambulatoire chez certains patients à risque de forme grave de la Covid-19. La question principale est actuellement d’orienter vers leur médecin les patients ayant un test covid positif et étant à risque de forme grave (âge ≥ 65 ans et/ou comorbidité) non vaccinés, incomplètement vaccinés, ou immunodéprimés du fait de leur maladie et/ou de leur traitement.</t>
+  </si>
+  <si>
+    <t>26/06/2020 12:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3190801/fr/prise-en-charge-de-premier-recours-des-patients-atteints-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3190801</t>
+  </si>
+  <si>
+    <t>Repérage et prise en charge du syndrome inflammatoire multi-systémique pédiatrique (PIMS) post-infectieux</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une fiche Réponses rapides pour prendre en charge et orienter des enfants présentant un syndrome inflammatoire multi systémique pédiatrique ou PIMS. Elle s'adresse aux professionnels de santé, et principalement à ceux qui interviennent en premier recours.</t>
+  </si>
+  <si>
+    <t>08/07/2021 18:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3276724/fr/reperage-et-prise-en-charge-du-syndrome-inflammatoire-multi-systemique-pediatrique-pims-post-infectieux</t>
+  </si>
+  <si>
+    <t>p_3276724</t>
+  </si>
+  <si>
+    <t>Outils de sécurisation et d'auto-évaluation de l'administration des médicaments</t>
+  </si>
+  <si>
+    <t>Le guide a pour objectifs l’élaboration de préconisations spécifiques pour l’administration des médicaments et la mise à disposition pour les professionnels d’outils d’auto-évaluation et de sécurisation. Ces outils régulièrement utilisés à l’étranger sont adaptés au contexte français</t>
+  </si>
+  <si>
+    <t>17/03/2016 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_946211/fr/outils-de-securisation-et-d-auto-evaluation-de-l-administration-des-medicaments</t>
+  </si>
+  <si>
+    <t>c_946211</t>
+  </si>
+  <si>
+    <t>Flash sécurité patient – « SAMU. Et si chacun jouait sa partition »</t>
+  </si>
+  <si>
+    <t>L’évolution du recours au service d’aide médicale urgente (SAMU) et de son rôle dans le parcours de soins des patients rendent les démarches qualité et de sécurité essentielles avec des approches réflexives dont la déclaration et l’analyse des événements indésirables graves. La HAS publie un flash sécurité patient pour alerter et sensibiliser les équipes de régulation des SAMU et leurs partenaires de la survenue d’EIGS qui peuvent être évités en rappelant le rôle et la place de chacun.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311271/fr/flash-securite-patient-samu-et-si-chacun-jouait-sa-partition</t>
+  </si>
+  <si>
+    <t>p_3311271</t>
+  </si>
+  <si>
+    <t>Flash sécurité patient -  « SAMU. Et si coordonner rimait avec communiquer »</t>
+  </si>
+  <si>
+    <t>12/10/2021 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291312/fr/flash-securite-patient-samu-et-si-coordonner-rimait-avec-communiquer</t>
+  </si>
+  <si>
+    <t>p_3291312</t>
+  </si>
+  <si>
+    <t>Engagement du patient dans l'équipe Pacte</t>
+  </si>
+  <si>
+    <t>10/06/2021 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852769/fr/engagement-du-patient-dans-l-equipe-pacte</t>
+  </si>
+  <si>
+    <t>c_2852769</t>
+  </si>
+  <si>
+    <t>Téléconsultation et téléexpertise : guide de bonnes pratiques</t>
+  </si>
+  <si>
+    <t>Afin d'accompagner le déploiement de la téléconsultation et de la téléexpertise, la Haute Autorité de santé a élaboré différents documents pour accompagner les professionnels de santé et informer les patients.</t>
+  </si>
+  <si>
+    <t>20/06/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971632/fr/teleconsultation-et-teleexpertise-guide-de-bonnes-pratiques</t>
+  </si>
+  <si>
+    <t>c_2971632</t>
+  </si>
+  <si>
+    <t>Suivi des patients Covid-19 en ambulatoire – Place de l’oxymètre de pouls</t>
+  </si>
+  <si>
+    <t>Même lorsque les symptômes sont légers au début, la Covid-19 peut entrainer une détérioration rapide de l’état de santé dans les 6 à 12 jours après son apparition. Afin de la prévenir et d’éviter des hospitalisations en urgence, la HAS publie des Réponses rapides décrivant les premiers signes évocateurs d’une forme grave sur le plan respiratoire à surveiller ainsi que le suivi à apporter aux patients, même asymptomatiques.</t>
+  </si>
+  <si>
+    <t>13/04/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260815/fr/suivi-des-patients-covid-19-en-ambulatoire-place-de-l-oxymetre-de-pouls</t>
+  </si>
+  <si>
+    <t>p_3260815</t>
+  </si>
+  <si>
+    <t>Mesures de prévention de la transmission du SARS-coV2 pour la prise en charge des patients en milieu de soins</t>
+  </si>
+  <si>
+    <t>Le document synthétise les principales mesures pour prévenir la transmission du SARS-CoV2 à appliquer par les professionnels de santé lors de la prise en charge des patients hors établissements de santé et médico-sociaux.</t>
+  </si>
+  <si>
+    <t>24/11/2020 10:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218444/fr/mesures-de-prevention-de-la-transmission-du-sars-cov2-pour-la-prise-en-charge-des-patients-en-milieu-de-soins</t>
+  </si>
+  <si>
+    <t>p_3218444</t>
+  </si>
+  <si>
+    <t>Mesures et précautions essentielles lors des soins bucco-dentaires en cabinet de ville</t>
+  </si>
+  <si>
+    <t>L’objectif de ces réponses rapides est d’accompagner les chirurgiens-dentistes et leurs équipes dans la reprise de leurs activités de soins, interrompues durant le confinement dû au Covid-19. Le document, élaboré en concertation avec les représentants de la profession et l’Ordre des chirurgiens-dentistes, aborde les aspects organisationnels (réorganisation de la salle d’attente, des espaces de soins, nettoyage et gestion des déchets, matériel et équipements de protection individuelle à utiliser, etc.) et les aspects médicaux (type de soins envisageables selon le profil du patient vis-à-vis du Covid-19).</t>
+  </si>
+  <si>
+    <t>18/05/2020 18:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184961/fr/mesures-et-precautions-essentielles-lors-des-soins-bucco-dentaires-en-cabinet-de-ville</t>
+  </si>
+  <si>
+    <t>p_3184961</t>
+  </si>
+  <si>
+    <t>Mesure de la récupération de 5 complications post-opératoires</t>
+  </si>
+  <si>
+    <t>La « mesure de la récupération de 5 complications post-opératoires chez des patients hospitalisés » permet d'appréhender la capacité des systèmes hospitaliers à récupérer les complications en les identifiant le plus tôt possible après leur survenue (barrières de récupération) lorsque celles-ci n’ont pas pu être évitées (barrières de prévention), et en assurant leur prise en charge la plus efficace possible pour ne pas qu’elles aboutissent au décès des patients concernés (barrière d’atténuation).</t>
+  </si>
+  <si>
+    <t>28/01/2021 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3232640/fr/mesure-de-la-recuperation-de-5-complications-post-operatoires</t>
+  </si>
+  <si>
+    <t>p_3232640</t>
+  </si>
+  <si>
+    <t>Covid-19 - Fin de vie des personnes accompagnées par un établissement ou service social ou médico-social</t>
+  </si>
+  <si>
+    <t>Les règles sanitaires mises en place pour contenir l’épidémie de Covid-19 ont bouleversé l’accompagnement de la fin de vie et mis à mal les rituels autour des décès. La HAS diffuse donc une contribution qui vise à identifier les pratiques permettant, malgré la crise, d’accompagner les personnes et leurs proches, dans la fin de vie et dans le deuil, de façon digne et humaine.</t>
+  </si>
+  <si>
+    <t>09/05/2020 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183098/fr/covid-19-fin-de-vie-des-personnes-accompagnees-par-un-etablissement-ou-service-social-ou-medico-social</t>
+  </si>
+  <si>
+    <t>p_3183098</t>
+  </si>
+  <si>
+    <t>Mesures et précautions lors des soins de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La Covid-19 se transmet à partir de personnes déjà infectées, malades ou porteuses asymptomatiques du virus, par transmission de particules émises lors de la toux, de l’éternuement ou simplement en parlant. Une transmission indirecte peut également s’effectuer par contact via une surface inerte contaminée.</t>
+  </si>
+  <si>
+    <t>15/06/2020 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189715/fr/mesures-et-precautions-lors-des-soins-de-pedicurie-podologie</t>
+  </si>
+  <si>
+    <t>p_3189715</t>
+  </si>
+  <si>
+    <t>Assurer la continuité de la prise en charge des patients ayant une maladie rénale chronique</t>
+  </si>
+  <si>
+    <t>Cette fiche actualise la réponse rapide « Accompagner les patients ayant une maladie chronique et/ou à risque de forme grave de COVID-19 dans la levée du confinement » et concerne les personnes adultes atteintes de maladie rénale chronique durant la circulation active du Sars-CoV-2.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178296/fr/assurer-la-continuite-de-la-prise-en-charge-des-patients-ayant-une-maladie-renale-chronique</t>
+  </si>
+  <si>
+    <t>p_3178296</t>
+  </si>
+  <si>
+    <t>Suivi des patients ayant une insuffisance cardiaque chronique</t>
+  </si>
+  <si>
+    <t>La HAS propose, dans cette fiche, des réponses rapides aux professionnels qui mettent en œuvre le suivi du patient insuffisant cardiaque chronique, dans le cadre de l’état d’urgence sanitaire face à l’épidémie de COVID-19.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178276/fr/suivi-des-patients-ayant-une-insuffisance-cardiaque-chronique</t>
+  </si>
+  <si>
+    <t>p_3178276</t>
+  </si>
+  <si>
+    <t>Suivi des personnes atteintes de maladie de Parkinson</t>
+  </si>
+  <si>
+    <t>Ces réponses rapides visent à assurer la continuité de la prise en charge des personnes atteintes de la maladie de Parkinson dans le cadre du COVID-19.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178290/fr/suivi-des-personnes-atteintes-de-maladie-de-parkinson</t>
+  </si>
+  <si>
+    <t>p_3178290</t>
+  </si>
+  <si>
+    <t>Suivi des personnes atteintes de syndrome coronarien chronique</t>
+  </si>
+  <si>
+    <t>La HAS propose, dans cette fiche, des réponses rapides aux professionnels qui mettent en œuvre le suivi des personnes atteintes de syndrome coronarien chronique, dans le cadre de l’état d’urgence sanitaire face à l’épidémie du COVID-19.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178293/fr/suivi-des-personnes-atteintes-de-syndrome-coronarien-chronique</t>
+  </si>
+  <si>
+    <t>p_3178293</t>
+  </si>
+  <si>
+    <t>Prévention en soins primaires des situations à risques pour les personnes vulnérables</t>
+  </si>
+  <si>
+    <t>Dans le cadre épidémique actuel, la HAS a élaboré une trame permettant aux médecins de premier recours de repérer les situations à risques dans le contexte d’épidémie de SARS-Cov-2 pour les personnes vulnérables et de proposer des mesures de prévention pour une décision partagée.</t>
+  </si>
+  <si>
+    <t>04/12/2020 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222175/fr/prevention-en-soins-primaires-des-situations-a-risques-pour-les-personnes-vulnerables</t>
+  </si>
+  <si>
+    <t>p_3222175</t>
+  </si>
+  <si>
+    <t>Place du scanner thoracique</t>
+  </si>
+  <si>
+    <t>Cette fiche Réponses rapides précise la place du scanner thoracique dans la prise en charge des patients atteints ou suspects au COVID-19. Son utilité principale est de repérer les lésions pulmonaires et de suivre leur évolution.</t>
+  </si>
+  <si>
+    <t>10/04/2020 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178626/fr/place-du-scanner-thoracique</t>
+  </si>
+  <si>
+    <t>p_3178626</t>
+  </si>
+  <si>
+    <t>Accompagner les enfants et les adolescents dont ceux vivant avec une maladie chronique</t>
+  </si>
+  <si>
+    <t>Cette fiche concerne l’accompagnement des parents, de l’enfant et tout particulièrement de l’adolescent sur les consignes sanitaires pour leur permettre de poursuivre le suivi de leur santé, d’adapter leur mode de vie et d’envisager les adaptations des activités habituelles essentielles grâce à une démarche de décision partagée.</t>
+  </si>
+  <si>
+    <t>20/05/2020 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185131/fr/accompagner-les-enfants-et-les-adolescents-dont-ceux-vivant-avec-une-maladie-chronique</t>
+  </si>
+  <si>
+    <t>p_3185131</t>
+  </si>
+  <si>
+    <t>Réponses rapides dans le cadre de la Covid-19 - Continuité du suivi des femmes enceintes</t>
+  </si>
+  <si>
+    <t>[Mise à jour le 01/12/2020] La HAS actualise ses Réponses rapides consacrées au suivi des femmes enceintes. Publiées début avril, ces préconisations sont enrichies et adaptées dans le contexte de la levée progressive du confinement.</t>
+  </si>
+  <si>
+    <t>02/04/2020 21:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168584/fr/reponses-rapides-dans-le-cadre-de-la-covid-19-continuite-du-suivi-des-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>p_3168584</t>
+  </si>
+  <si>
+    <t>Réponses rapides dans le cadre de la Covid-19 - Continuité du suivi postnatal des femmes et de leur enfant</t>
+  </si>
+  <si>
+    <t>[Mise à jour le 01/12/2020] Cette fiche porte sur les conditions et l’organisation du retour à domicile des mères et de leurs enfants pendant la période de levée progressive du confinement et sur la gestion des cas du retour à domicile de femmes atteintes de COVID-19 (sans signes de gravité) et de leur nouveau-né. Elle concerne également la reprise d’activités relatives au suivi gynécologique et de prévention à distance de la naissance.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168632/fr/reponses-rapides-dans-le-cadre-de-la-covid-19-continuite-du-suivi-postnatal-des-femmes-et-de-leur-enfant</t>
+  </si>
+  <si>
+    <t>p_3168632</t>
+  </si>
+  <si>
+    <t>Accompagner les patients ayant une maladie chronique somatique</t>
+  </si>
+  <si>
+    <t>Cette fiche concerne l’accompagnement des patients adultes atteints de maladies chroniques somatiques (hors Ehpad et autres ESMS) pendant la circulation active du SARS-CoV-2. Il est rappelé que le suivi des patients est assuré par l’ensemble des professionnels de santé et coordonné par le médecin traitant.</t>
+  </si>
+  <si>
+    <t>02/04/2020 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168634/fr/accompagner-les-patients-ayant-une-maladie-chronique-somatique</t>
+  </si>
+  <si>
+    <t>p_3168634</t>
+  </si>
+  <si>
+    <t>Réponses rapides dans le cadre du COVID-19 -Téléconsultation et télésoin</t>
+  </si>
+  <si>
+    <t>[24/11/2020] La HAS propose, dans cette fiche, des réponses rapides aux professionnels qui mettent en œuvre la téléconsultation et le télésoin, dans le cadre de l’épidémie de Covid-19.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168867/fr/reponses-rapides-dans-le-cadre-du-covid-19-teleconsultation-et-telesoin</t>
+  </si>
+  <si>
+    <t>p_3168867</t>
+  </si>
+  <si>
+    <t>Prise en charge ambulatoire des patients souffrant de troubles psychiques</t>
+  </si>
+  <si>
+    <t>La HAS recommande une augmentation progressive des prises en charge en présentiel, en articulation avec une poursuite de certaines prises en charge à distance. Ces dernières doivent notamment être maintenues pour les patients qui présentent des signes de COVID-19 et qui nécessitent un isolement, ou pour ceux qui ont été en contact avec une personne infectée dans les 14 jours précédents… La HAS préconise aussi que les professionnels prennent contact avec les patients, dans une démarche proactive, surtout pour ceux qui ne se sont pas présentés à un rendez-vous ou pour lesquels les rendez-vous ont été annulés.</t>
+  </si>
+  <si>
+    <t>05/06/2020 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188174/fr/prise-en-charge-ambulatoire-des-patients-souffrant-de-troubles-psychiques</t>
+  </si>
+  <si>
+    <t>p_3188174</t>
+  </si>
+  <si>
+    <t>Prise en charge à domicile des patients atteints de la Covid-19 et requérant une oxygénothérapie</t>
+  </si>
+  <si>
+    <t>Dans le contexte épidémique actuel, certains patients atteints de la Covid-19 oxygéno-requérants ou qui sortent de l’hôpital sous oxygène, peuvent être pris en charge exceptionnellement hors milieu hospitalier, à domicile. L’objectif de la fiche « Prise en charge à domicile des patients atteints de la Covid-19 et requérant une oxygénothérapie » est de proposer, pour ces patients, des modalités de prise en charge qui leur garantissent le meilleur niveau de sécurité.</t>
+  </si>
+  <si>
+    <t>09/11/2020 22:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215547/fr/prise-en-charge-a-domicile-des-patients-atteints-de-la-covid-19-et-requerant-une-oxygenotherapie</t>
+  </si>
+  <si>
+    <t>p_3215547</t>
+  </si>
+  <si>
+    <t>Les enjeux de la stratégie vaccinale contre la Covid-19</t>
+  </si>
+  <si>
+    <t>La vaccination contre la Covid-19 pose – outre les enjeux scientifiques et organisationnels – des enjeux sociétaux et éthiques. Ils portent en particulier sur l’accès universel et équitable à la vaccination dans un contexte où la disponibilité progressive des doses de vaccin pourrait imposer des choix quant aux populations à vacciner en priorité, sur l’acceptabilité de la vaccination elle-même au sein des différentes populations, et sur l’organisation d’une campagne de vaccination optimale en concertation avec tous les acteurs du système de santé. Tenant compte de ces enjeux, le Conseil pour l'engagement des usagers publie aujourd’hui des recommandations permettant d’éclairer l’ensemble des travaux liés à la vaccination contre la Covid-19. Il y formule notamment des points d’attention à destination des pouvoirs publics.</t>
+  </si>
+  <si>
+    <t>09/11/2020 14:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216097/fr/les-enjeux-de-la-strategie-vaccinale-contre-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3216097</t>
+  </si>
+  <si>
+    <t>Soutenir et encourager l'engagement des usagers dans les secteurs social, médico-social et sanitaire</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une recommandation qui vise à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Ce premier travail, qui propose un socle de connaissances, sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201812/fr/soutenir-et-encourager-l-engagement-des-usagers-dans-les-secteurs-social-medico-social-et-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3201812</t>
+  </si>
+  <si>
+    <t>Parcours de rééducation réadaptation des patients après la phase initiale de l’AVC</t>
+  </si>
+  <si>
+    <t>La HAS récapitule les points clés de la prise en charge après la phase initiale de l'AVC - à destination de tous les professionnels de la filière (médecins, professionnels de la rééducation, travailleurs sociaux, psychologues, ergothérapeutes...). La publication a notamment pour objectifs de préciser la place des différents intervenants et les modalités d’organisation ; d’identifier les besoins destinés à améliorer les pratiques et de proposer des leviers pour y parvenir ; d’établir une aide à l’orientation des patients dans les parcours en fonction des difficultés associées à l’AVC.</t>
+  </si>
+  <si>
+    <t>08/09/2020 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3200362/fr/parcours-de-reeducation-readaptation-des-patients-apres-la-phase-initiale-de-l-avc</t>
+  </si>
+  <si>
+    <t>p_3200362</t>
+  </si>
+  <si>
+    <t>COVID-19 - Engagement des usagers dans les retours d’expériences</t>
+  </si>
+  <si>
+    <t>Face aux bouleversements provoqués par l’épidémie de COVID-19, les structures de soins, sociales ou médico-sociales ont mis en place ou prévoient de mettre en place des démarches de retour d'expérience afin d’en tirer des enseignements et des pistes d’amélioration. Constatant que la représentation des usagers a été faible au cours de la phase de confinement et afin d’éviter un recul de la dimension participative en santé, la HAS publie un document visant à expliciter la façon dont l’engagement des usagers pourrait être encouragé à l’occasion des retours d’expérience qui seront conduits après l’épidémie de COVID-19.</t>
+  </si>
+  <si>
+    <t>23/07/2020 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194921/fr/covid-19-engagement-des-usagers-dans-les-retours-d-experiences</t>
+  </si>
+  <si>
+    <t>p_3194921</t>
+  </si>
+  <si>
+    <t>Covid-19 - Entre protection et autonomie : les principes de l’action sociale et médico-sociale à l’épreuve de la crise</t>
+  </si>
+  <si>
+    <t>La crise sanitaire a fragilisé, dans les pratiques, l’équilibre entre la nécessaire protection des personnes et leur autonomie. Afin de le préserver, la HAS et les acteurs du secteur, proposent de partager des expériences de terrain. Trois thématiques sont ainsi évoquées dans cette contribution : la prise en compte de la parole de la personne, la coconstruction des projets et décisions et le maintien des liens sociaux.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183088/fr/covid-19-entre-protection-et-autonomie-les-principes-de-l-action-sociale-et-medico-sociale-a-l-epreuve-de-la-crise</t>
+  </si>
+  <si>
+    <t>p_3183088</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients atteints de COVID-19 en orthophonie</t>
+  </si>
+  <si>
+    <t>Certains patients atteints de COVID-19 présentent des complications pendant leur séjour en réanimation, telles qu’une dysphonie post-intubation, une dysphagie dans le cadre d’une neuromyopathie de réanimation, une anosmie-agueusie… La HAS définit dans cette réponse rapide le cadre de l’évaluation des troubles du patient et les modalités de rééducation/réadaptation jusqu’au retour à domicile.</t>
+  </si>
+  <si>
+    <t>03/07/2020 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192525/fr/prise-en-charge-des-patients-atteints-de-covid-19-en-orthophonie</t>
+  </si>
+  <si>
+    <t>p_3192525</t>
+  </si>
+  <si>
+    <t>Parcours de réadaptation du patient COVID+ à la sortie de réanimation et/ou de MCO, en SSR puis à domicile</t>
+  </si>
+  <si>
+    <t>Les réponses rapides visent à favoriser l’organisation du parcours des patients COVID+ en sortie de (MCO) ou de réanimation, vers le domicile, ou vers les unités de soins de suite et de réadaptation (SSR) avant leur retour à domicile.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188133/fr/parcours-de-readaptation-du-patient-covid-a-la-sortie-de-reanimation-et/ou-de-mco-en-ssr-puis-a-domicile</t>
+  </si>
+  <si>
+    <t>p_3188133</t>
+  </si>
+  <si>
+    <t>Prise en charge ambulatoire des patients ayant une épilepsie</t>
+  </si>
+  <si>
+    <t>[Màj 03/06/2020] Ces réponses rapides visent à assurer la continuité de la prise en charge des patients atteints d'épilepsie. En annexe du document, un exemple de reprogrammation de l’activité épileptologique post-confinement, en fonction du niveau d’urgence, est présenté.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178539/fr/prise-en-charge-ambulatoire-des-patients-ayant-une-epilepsie</t>
+  </si>
+  <si>
+    <t>p_3178539</t>
+  </si>
+  <si>
+    <t>Covid-19 - Les mesures barrières et la qualité du lien dans le secteur social et médico-social</t>
+  </si>
+  <si>
+    <t>Les personnes accompagnées par une structure du secteur social ou médico-social sont très diverses : personnes en situation de handicap, personnes âgées, enfants, adolescents, migrants… Pour certains, le respect des mesures barrières est très difficile, notamment parce que, pour ces publics vulnérables, il concourt à limiter le lien social. Cette contribution vise à aider les professionnels à maintenir le lien social et à favoriser l’apprentissage des mesures barrières par les publics qu’ils accompagnent.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183200/fr/covid-19-les-mesures-barrieres-et-la-qualite-du-lien-dans-le-secteur-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3183200</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients Covid-19, sans indication d’hospitalisation, isolés et surveillés à domicile</t>
+  </si>
+  <si>
+    <t>Les patients isolés et surveillés à domicile ou en structure dédiée nécessitent un suivi régulier et une surveillance accrue, surtout entre J6 et J12. Il s’agit notamment de surveiller l’évolution de l’état général et respiratoire, de dépister et de prévenir les complications vitales (essentiellement cardio-respiratoire et thrombo-emboliques), et d’évaluer les conséquences fonctionnelles.</t>
+  </si>
+  <si>
+    <t>07/05/2020 16:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182290/fr/prise-en-charge-des-patients-covid-19-sans-indication-d-hospitalisation-isoles-et-surveilles-a-domicile</t>
+  </si>
+  <si>
+    <t>p_3182290</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients post-COVID-19 en médecine physique et de réadaptation (MPR), en soins de suite et de réadaptation (SSR), et retour à domicile</t>
+  </si>
+  <si>
+    <t>Ces réponses rapides détaillent les objectifs d’une hospitalisation en médecine physique et de réadaptation à l’hôpital (bilan diagnostique, évaluation des déficiences spécifiques, structuration des programmes de rééducation et suivi des complications médicales jusqu’aux séances de rééducation au retour à domicile (activité physique légère, etc.).</t>
+  </si>
+  <si>
+    <t>17/04/2020 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179826/fr/prise-en-charge-des-patients-post-covid-19-en-medecine-physique-et-de-readaptation-mpr-en-soins-de-suite-et-de-readaptation-ssr-et-retour-a-domicile</t>
+  </si>
+  <si>
+    <t>p_3179826</t>
+  </si>
+  <si>
+    <t>Prise en charge précoce de médecine physique et de réadaptation (MPR) en réanimation, en soins continus ou en service de rééducation post-réanimation (SRPR)</t>
+  </si>
+  <si>
+    <t>En unités de réanimation et de soins continus, la prise en charge MPR du patient et les actes de rééducation/réadaptation sont réalisés lorsque les constantes vitales sont stabilisées. Une mise en condition peut s’avérer nécessaire avant la séance de rééducation/réadaptation (modification du mode ventilatoire, majoration de l'oxygénation, ajout d'un traitement antalgique...). Objectifs principaux de la prise en charge précoce ? Prévenir et limiter les conséquences fonctionnelles.</t>
+  </si>
+  <si>
+    <t>05/05/2020 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182178/fr/prise-en-charge-precoce-de-medecine-physique-et-de-readaptation-mpr-en-reanimation-en-soins-continus-ou-en-service-de-reeducation-post-reanimation-srpr</t>
+  </si>
+  <si>
+    <t>p_3182178</t>
+  </si>
+  <si>
+    <t>Prise en charge médicamenteuse des situations d’anxiolyse et de sédation pour les pratiques palliatives en situation d’accès restreint au midazolam</t>
+  </si>
+  <si>
+    <t>Dans la prise en charge des situations de sédations et d’anxiolyse, l’utilisation de l’ensemble des benzodiazépines (dont le clonazépam) comme alternative au midazolam permettra d’éviter le recours au midazolam, en forte tension d’approvisionnement.</t>
+  </si>
+  <si>
+    <t>05/05/2020 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182227/fr/prise-en-charge-medicamenteuse-des-situations-d-anxiolyse-et-de-sedation-pour-les-pratiques-palliatives-en-situation-d-acces-restreint-au-midazolam</t>
+  </si>
+  <si>
+    <t>p_3182227</t>
+  </si>
+  <si>
+    <t>COVID-19 – Avis du Conseil pour l’engagement des usagers</t>
+  </si>
+  <si>
+    <t>Pour intégrer le point de vue des usagers dans la sortie de confinement, le Conseil pour l’engagement des usagers, instance consultative de la HAS, formule cinq recommandations sur la réactivation de la démocratie en santé, le partage et l’explication des règles de levée du confinement, l’information adaptée des publics, la coordination des parcours de santé et l’importance accordée aux rituels sociaux.</t>
+  </si>
+  <si>
+    <t>05/05/2020 18:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182529/fr/covid-19-avis-du-conseil-pour-l-engagement-des-usagers</t>
+  </si>
+  <si>
+    <t>p_3182529</t>
+  </si>
+  <si>
+    <t>Impact de l’épidémie de COVID-19 dans les champs social et médico-social</t>
+  </si>
+  <si>
+    <t>La Commission de l’évaluation et de l’amélioration de la qualité des établissements et services sociaux et médico-sociaux s’est donnée une feuille de route à court, moyen et long terme pour contribuer aux réflexions et outiller les acteurs, permettant de dépasser cette crise.</t>
+  </si>
+  <si>
+    <t>24/04/2020 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180754/fr/impact-de-l-epidemie-de-covid-19-dans-les-champs-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3180754</t>
+  </si>
+  <si>
+    <t>Pathologies chroniques et risques nutritionnels en ambulatoire</t>
+  </si>
+  <si>
+    <t>Dans le cadre du COVID 19, le suivi par le médecin nutritionniste, le diététicien et le psychologue doit être maintenu à distance. Chez les patients dont l’état requiert une nutrition artificielle à domicile, la vigilance doit être renforcée afin de prévenir le risque infectieux (centres labellisés, intervenants à domicile).</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179822/fr/pathologies-chroniques-et-risques-nutritionnels-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3179822</t>
+  </si>
+  <si>
+    <t>Prise en charge ambulatoire des patients atteints de diabète de type 1 et 2</t>
+  </si>
+  <si>
+    <t>Ces réponses rapides dans le cadre du COVID 19 préconisent de poursuivre la normalisation de l’équilibre glycémique comme en période normale et de s’assurer que le patient dispose de ses traitements médicamenteux : l’insuline et les moyens d’injection, les médicaments par voie orale, dispositifs de surveillance glycémique. Deux alertes : les plaies aux extrémités et les signes cliniques de primo diabète chez l’enfant et le jeune adulte.</t>
+  </si>
+  <si>
+    <t>17/04/2020 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179836/fr/prise-en-charge-ambulatoire-des-patients-atteints-de-diabete-de-type-1-et-2</t>
+  </si>
+  <si>
+    <t>p_3179836</t>
+  </si>
+  <si>
+    <t>Mesures et précautions essentielles pour le masseur-kinésithérapeute auprès des patients à domicile</t>
+  </si>
+  <si>
+    <t>Ces réponses rapides dans le cadre du COVID 19 recommandent de privilégier le télésoin, et de limiter les déplacements, de commencer les tournées par les patients symptomatiques puis les patients suspects et enfin les patients infectés par le COVID-19, d’éviter les exercices actifs pendant les phases de fièvre.</t>
+  </si>
+  <si>
+    <t>17/04/2020 20:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179850/fr/mesures-et-precautions-essentielles-pour-le-masseur-kinesitherapeute-aupres-des-patients-a-domicile</t>
+  </si>
+  <si>
+    <t>p_3179850</t>
+  </si>
+  <si>
+    <t>Prise en charge ambulatoire des patients atteints de maladies respiratoires chroniques sévères</t>
+  </si>
+  <si>
+    <t>[Màj 11/06/2020] Les patients atteints de maladies respiratoires chroniques sévères sont à risque de développer une forme sévère de COVID-19. Pour diminuer le risque de contamination, les mesures barrière doivent être utilisées avec une vigilance accrue. Pour les patients dont l’état de santé nécessite une supplémentation en oxygène, il est conseillé d’adapter la levée du confinement. Il faut maintenir les consultations de suivi et privilégier la téléconsultation. Une consultation en présentiel est toutefois nécessaire en cas d’exacerbation de la maladie respiratoire avec augmentation des symptômes.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178775/fr/prise-en-charge-ambulatoire-des-patients-atteints-de-maladies-respiratoires-chroniques-severes</t>
+  </si>
+  <si>
+    <t>p_3178775</t>
+  </si>
+  <si>
+    <t>Continuité du suivi des patients atteints de tuberculose</t>
+  </si>
+  <si>
+    <t>Ces réponses rapides visent à assurer la continuité de la prise en charge des patients atteints de tuberculose.</t>
+  </si>
+  <si>
+    <t>10/04/2020 15:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178793/fr/continuite-du-suivi-des-patients-atteints-de-tuberculose</t>
+  </si>
+  <si>
+    <t>p_3178793</t>
+  </si>
+  <si>
+    <t>Interruption Volontaire de Grossesse (IVG) médicamenteuse à la 8ème et à la 9ème semaine d’aménorrhée (SA) hors milieu hospitalier</t>
+  </si>
+  <si>
+    <t>La HAS décrit les modalités d'extension de l'interruption volontaire de grossesse (IVG) médicamenteuse à 8ème et à la 9ème semaine d’aménorrhée hors milieu hospitalier.</t>
+  </si>
+  <si>
+    <t>10/04/2020 19:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178808/fr/interruption-volontaire-de-grossesse-ivg-medicamenteuse-a-la-8eme-et-a-la-9eme-semaine-d-amenorrhee-sa-hors-milieu-hospitalier</t>
+  </si>
+  <si>
+    <t>p_3178808</t>
+  </si>
+  <si>
+    <t>Continuité de la prise en charge des patients atteints d’hépatites virales chroniques</t>
+  </si>
+  <si>
+    <t>Ces réponses rapides définissent les modalités du suivi des patients ayant une hépatite chronique virale, qu’ils soient infectés ou non par le COVID-19.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178828/fr/continuite-de-la-prise-en-charge-des-patients-atteints-d-hepatites-virales-chroniques</t>
+  </si>
+  <si>
+    <t>p_3178828</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients souffrant de pathologies psychiatriques en situation de confinement à leur domicile</t>
+  </si>
+  <si>
+    <t>Préconisations dans le cadre du COVID-19 pour la prise en charge des patients souffrant de pathologies psychiatriques à leur domicile. Ces réponses rapides sont construites en collaboration avec les professionnels de santé et les associations de usagers.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168631/fr/prise-en-charge-des-patients-souffrant-de-pathologies-psychiatriques-en-situation-de-confinement-a-leur-domicile</t>
+  </si>
+  <si>
+    <t>p_3168631</t>
+  </si>
+  <si>
+    <t>Comment mettre en œuvre une sédation profonde et continue maintenue jusqu’au décès ?</t>
+  </si>
+  <si>
+    <t>Ce guide est destiné à tous les professionnels de santé, notamment les professionnels de premier recours : il décrit les situations dans lesquelles cette sédation peut être mise en œuvre et la conduite à tenir avant de la réaliser pour vérifier que les conditions prévues par la loi sont remplies.</t>
+  </si>
+  <si>
+    <t>11/02/2020 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2832000/fr/comment-mettre-en-oeuvre-une-sedation-profonde-et-continue-maintenue-jusqu-au-deces</t>
+  </si>
+  <si>
+    <t>c_2832000</t>
+  </si>
+  <si>
+    <t>Aide à l’utilisation de questionnaires patients de mesure des résultats de soins dans le cadre de l’expérimentation « Episode de soins »</t>
+  </si>
+  <si>
+    <t>Ce document est un outil pratique à destination des professionnels de santé : - Pour l’utilisation des questionnaires de mesure des résultats de soins selon le point de vue du patient, de type Patient Reported Outcome Measures (PROMS), traduits et validés en français ; - Pour les trois parcours testés dans le cadre de l’expérimentation nationale « Episode de soins » de l’article 51 de la loi n° 2017-1836 du 30 décembre 2017 de financement de la sécurité sociale pour 2018 : . Prothèse totale de hanche programmée ; . Prothèse totale de genou programmée ; . Colectomie pour cancer. Dans ce cadre, il présente des questionnaires, ainsi que leurs modalités d’administration et d’utilisation.</t>
+  </si>
+  <si>
+    <t>24/10/2019 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3150858/fr/aide-a-l-utilisation-de-questionnaires-patients-de-mesure-des-resultats-de-soins-dans-le-cadre-de-l-experimentation-episode-de-soins</t>
+  </si>
+  <si>
+    <t>p_3150858</t>
+  </si>
+  <si>
+    <t>Plan personnalisé de coordination en santé</t>
+  </si>
+  <si>
+    <t>Le plan personnalisé de coordination en santé (PPCS) est un outil de partage d’informations pour l’ensemble des acteurs professionnels et les usagers. Il facilite la coordination des parcours de santé complexes en s’appuyant sur les systèmes d’informations en santé. Il repose sur une démarche centrée sur la personne et son entourage et permet de personnaliser les prises en charge médicales, et les accompagnements sociaux et médicosociaux.</t>
+  </si>
+  <si>
+    <t>02/10/2019 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3083915/fr/plan-personnalise-de-coordination-en-sante</t>
+  </si>
+  <si>
+    <t>p_3083915</t>
+  </si>
+  <si>
+    <t>Téléimagerie : guide de bonnes pratiques</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé propose aux professionnels des recommandations dont l’objectif est de garantir la qualité et la sécurité des actes de téléimagerie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2971634/fr/teleimagerie-guide-de-bonnes-pratiques</t>
+  </si>
+  <si>
+    <t>c_2971634</t>
+  </si>
+  <si>
+    <t>Accident vasculaire cérébral. Pertinence des parcours de rééducation/réadaptation après la phase initiale de l’AVC</t>
+  </si>
+  <si>
+    <t>Cette note de problématique présente un état des lieux de la littérature, ciblé sur les modalités de prise en charge de rééducation/réadaptation des patients après la phase initiale de l’AVC.</t>
+  </si>
+  <si>
+    <t>11/06/2019 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972905/fr/accident-vasculaire-cerebral-pertinence-des-parcours-de-reeducation/readaptation-apres-la-phase-initiale-de-l-avc</t>
+  </si>
+  <si>
+    <t>c_2972905</t>
+  </si>
+  <si>
+    <t>Check-list sécurité du patient au bloc opératoire en chirurgie infantile</t>
+  </si>
+  <si>
+    <t>Ce document propose des points clés à intégrer dans la version générique de la check-list, pour sécuriser la prise en charge du jeune enfant opéré. Il est le fruit d’un travail collectif de plusieurs organismes agréés de l’accréditation des médecins et des équipes médicales, et vise à mettre à disposition des professionnels un outil pratique.</t>
+  </si>
+  <si>
+    <t>29/11/2018 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2608022/fr/check-list-securite-du-patient-au-bloc-operatoire-en-chirurgie-infantile</t>
+  </si>
+  <si>
+    <t>c_2608022</t>
+  </si>
+  <si>
+    <t>No Go au bloc opératoire : comment renforcer les barrières de sécurité ?</t>
+  </si>
+  <si>
+    <t>Le No Go désigne l’arrêt immédiat et imprévu de l’acte chirurgical entre le moment où le patient est entré en salle d’opération et l’incision cutanée. L’enjeu est de mieux identifier l’ensemble des éléments constitutifs du bon déroulement de l’acte chirurgical. Il s’agit également de soutenir la bonne réalisation de la check-list HAS « Sécurité du patient au bloc opératoire », en rappelant ses trois objectifs : Vérifier Ensemble, pour prendre une Décision Concertée.</t>
+  </si>
+  <si>
+    <t>29/11/2018 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885681/fr/no-go-au-bloc-operatoire-comment-renforcer-les-barrieres-de-securite</t>
+  </si>
+  <si>
+    <t>c_2885681</t>
+  </si>
+  <si>
+    <t>Comment gérer les risques associés à l’utilisation du bistouri électrique ?</t>
+  </si>
+  <si>
+    <t>Les professionnels de santé qui interviennent en blocs opératoires et les sites interventionnels utilisent quotidiennement le bistouri électrique.</t>
+  </si>
+  <si>
+    <t>23/11/2018 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882414/fr/comment-gerer-les-risques-associes-a-l-utilisation-du-bistouri-electrique</t>
+  </si>
+  <si>
+    <t>c_2882414</t>
+  </si>
+  <si>
+    <t>VIH. Consultation de suivi en médecine générale des personnes sous traitement antirétroviral</t>
+  </si>
+  <si>
+    <t>Destiné au médecin généraliste, ces documents passent en revue les points clés de la consultation de suivi en ville pour les personnes vivant avec le VIH dans le cadre d’un suivi partagé et coordonné avec l’hôpital. Il concerne les patients sous traitement antirétroviral dont la charge virale est indétectable.</t>
+  </si>
+  <si>
+    <t>11/10/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876774/fr/vih-consultation-de-suivi-en-medecine-generale-des-personnes-sous-traitement-antiretroviral</t>
+  </si>
+  <si>
+    <t>c_2876774</t>
+  </si>
+  <si>
+    <t>Coordination entre le médecin généraliste et les différents acteurs de soins dans la prise en charge des patients adultes souffrant de troubles mentaux – états des lieux, repères et outils pour une amélioration</t>
+  </si>
+  <si>
+    <t>Le médecin généraliste est un acteur majeur de la prise en charge des troubles mentaux. Il participe à la détection et au traitement des troubles et accompagne les patients dans le cadre d’une prise en charge globale.</t>
+  </si>
+  <si>
+    <t>09/10/2018 12:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2874187/fr/coordination-entre-le-medecin-generaliste-et-les-differents-acteurs-de-soins-dans-la-prise-en-charge-des-patients-adultes-souffrant-de-troubles-mentaux-etats-des-lieux-reperes-et-outils-pour-une-amelioration</t>
+  </si>
+  <si>
+    <t>c_2874187</t>
+  </si>
+  <si>
+    <t>Gestion des risques en équipe</t>
+  </si>
+  <si>
+    <t>La prise en charge des patients évolue dans un contexte de plus en plus instable et complexe (multiplication des interfaces, contrainte temporelle, technologique, etc.), ce qui les amène à faire face à des risques sans cesse plus nombreux, et parfois difficilement prévisibles. L’amélioration de la qualité et de la sécurité du patient dépend de la capacité d’une équipe à travailler ensemble de façon efficace, en collaborant avec d’autres acteurs.</t>
+  </si>
+  <si>
+    <t>06/06/2018 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854104/fr/gestion-des-risques-en-equipe</t>
+  </si>
+  <si>
+    <t>c_2854104</t>
+  </si>
+  <si>
+    <t>Boite à outils du facilitateur</t>
+  </si>
+  <si>
+    <t>30/05/2018 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852532/fr/boite-a-outils-du-facilitateur</t>
+  </si>
+  <si>
+    <t>c_2852532</t>
+  </si>
+  <si>
+    <t>Crew Resource Management en Santé (CRM Santé)</t>
+  </si>
+  <si>
+    <t>Le CRM Santé est un module d’animation qui permet de réaliser un diagnostic du fonctionnement d’une équipe dans le cadre de la mise en place d’un programme d’amélioration des pratiques (Pacte).</t>
+  </si>
+  <si>
+    <t>29/05/2018 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852388/fr/crew-resource-management-en-sante-crm-sante</t>
+  </si>
+  <si>
+    <t>c_2852388</t>
+  </si>
+  <si>
+    <t>Module Leadership</t>
+  </si>
+  <si>
+    <t>Le leadership est une composante essentielle parmi les compétences du travail en équipe : les leaders impactent l’équipe non pas en leur donnant les solutions, mais plutôt en facilitant la résolution de problèmes grâce notamment à la motivation, au processus de coordination, etc.</t>
+  </si>
+  <si>
+    <t>29/05/2018 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852414/fr/module-leadership</t>
+  </si>
+  <si>
+    <t>c_2852414</t>
+  </si>
+  <si>
+    <t>Enquête de satisfaction des membres d'une équipe Pacte</t>
+  </si>
+  <si>
+    <t>Cette enquête fait partie des outils proposés pour évaluer les changements induits par le projet Pacte. Elle permet de suivre le niveau de satisfaction individuel des professionnels qui participent au projet.</t>
+  </si>
+  <si>
+    <t>29/05/2018 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852444/fr/enquete-de-satisfaction-des-membres-d-une-equipe-pacte</t>
+  </si>
+  <si>
+    <t>c_2852444</t>
+  </si>
+  <si>
+    <t>Éligibilité aux actes de téléconsultation et de téléexpertise : fiche mémo</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo décrit les critères d’éligibilité du patient à vérifier en amont de la réalisation d’un acte de téléconsultation et de téléexpertise.</t>
+  </si>
+  <si>
+    <t>20/04/2018 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844641/fr/eligibilite-aux-actes-de-teleconsultation-et-de-teleexpertise-fiche-memo</t>
+  </si>
+  <si>
+    <t>c_2844641</t>
+  </si>
+  <si>
+    <t>Orthogériatrie et fracture de la hanche</t>
+  </si>
+  <si>
+    <t>L’enjeu est de réduire la morbi-mortalité des fractures de hanche et de permettre au patient âgé opéré de maintenir son statut fonctionnel et sa mobilité, et de retourner vivre dans son lieu de vie antérieur. Ce travail décrit les soins pré et post opératoires dans le cadre d’une organisation orthogériatrique et ses modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>27/10/2017 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801173/fr/orthogeriatrie-et-fracture-de-la-hanche</t>
+  </si>
+  <si>
+    <t>c_2801173</t>
+  </si>
+  <si>
+    <t>Prévenir la dépendance iatrogène liée à l'hospitalisation chez les personnes âgées</t>
+  </si>
+  <si>
+    <t>L’enjeu est de répondre aux besoins spécifiques des patients âgés hospitalisés dans l’ensemble des services hospitaliers, en adaptant les modalités de soins, l’environnement et les organisations hospitalières, afin de réduire les risques de dépendance acquise lors de ces hospitalisations.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801190/fr/prevenir-la-dependance-iatrogene-liee-a-l-hospitalisation-chez-les-personnes-agees</t>
+  </si>
+  <si>
+    <t>c_2801190</t>
+  </si>
+  <si>
+    <t>Outils de déclinaison du parcours des patients insuffisants rénaux en prétraitement de suppléance</t>
+  </si>
+  <si>
+    <t>Outils destinés à être utilisés dans le cadre des expérimentations concernant les parcours de soins des adultes atteints d’insuffisance rénale chronique (IRC) prévus par l’article 43 de la LFSS 2014.</t>
+  </si>
+  <si>
+    <t>21/09/2017 15:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2050086/fr/outils-de-declinaison-du-parcours-des-patients-insuffisants-renaux-en-pretraitement-de-suppleance</t>
+  </si>
+  <si>
+    <t>c_2050086</t>
+  </si>
+  <si>
+    <t>Comment sécuriser le circuit d’un prélèvement réalisé au bloc opératoire ?</t>
+  </si>
+  <si>
+    <t>Ce document propose 15 points clés, pour mieux travailler ensemble afin d’améliorer la sécurité du patient. Il est le fruit d’un travail collectif de plusieurs organismes agréés de l’accréditation des médecins et des équipes médicales, et vise à mettre à disposition des professionnels un outil pratique.</t>
+  </si>
+  <si>
+    <t>23/06/2017 14:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2776163/fr/comment-securiser-le-circuit-d-un-prelevement-realise-au-bloc-operatoire</t>
+  </si>
+  <si>
+    <t>c_2776163</t>
+  </si>
+  <si>
+    <t>Comment améliorer la sortie de l'hôpital et favoriser le maintien à domicile des patients adultes relevant de soins palliatifs ?</t>
+  </si>
+  <si>
+    <t>La HAS met à disposition des professionnels hospitaliers et des professionnels de ville 2 fiches afin de favoriser la sortie de l’hôpital et le maintien à domicile des patients relevant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>06/07/2016 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655088/fr/comment-ameliorer-la-sortie-de-l-hopital-et-favoriser-le-maintien-a-domicile-des-patients-adultes-relevant-de-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_2655088</t>
+  </si>
+  <si>
+    <t>Interruptions de tâche lors de l’administration des médicaments</t>
+  </si>
+  <si>
+    <t>La HAS poursuit ses travaux sur la sécurisation de l’étape d’administration des médicaments, en s’intéressant à l’interruption de tâche (IT). Une enquête réalisée en 2012 auprès des professionnels de santé a permis de mesurer l’appropriation du guide « Outils de sécurisation et d’auto-évaluation de l’administration des médicaments ». Elle a aussi permis d’identifier les enjeux sécuritaires auxquels les professionnels de santé portent un intérêt. L’IT est un de ces enjeux.</t>
+  </si>
+  <si>
+    <t>17/03/2016 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2618396/fr/interruptions-de-tache-lors-de-l-administration-des-medicaments</t>
+  </si>
+  <si>
+    <t>c_2618396</t>
+  </si>
+  <si>
+    <t>Coopération entre anesthésistes-réanimateurs et chirurgiens : mieux travailler en équipe</t>
+  </si>
+  <si>
+    <t>13/01/2016 09:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587220/fr/cooperation-entre-anesthesistes-reanimateurs-et-chirurgiens-mieux-travailler-en-equipe</t>
+  </si>
+  <si>
+    <t>c_2587220</t>
+  </si>
+  <si>
+    <t>Dossier de liaison d’urgence (DLU)</t>
+  </si>
+  <si>
+    <t>Le DLU concernent les résidents des Ehpad et sert à améliorer les transferts des informations utiles et nécessaires au médecin intervenant en urgence pour une prise en charge en soins optimale du patient dans l’Ehpad ou dans un Service des Urgences (SU). Par son Document de retour du Service des urgences, le DLU permet d’assurer la continuité des soins au résident en Ehpad après un passage en SU.</t>
+  </si>
+  <si>
+    <t>27/07/2015 17:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049090/fr/dossier-de-liaison-d-urgence-dlu</t>
+  </si>
+  <si>
+    <t>c_2049090</t>
+  </si>
+  <si>
+    <t>Comment réduire les hospitalisations non programmées des résidents des Ehpad</t>
+  </si>
+  <si>
+    <t>L’enjeu est de préciser les interventions et organisations susceptibles de réduire les hospitalisations potentiellement évitables et/ou inappropriées des résidents des Ehpad sans perte de chance pour ces patients.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049096/fr/comment-reduire-les-hospitalisations-non-programmees-des-residents-des-ehpad</t>
+  </si>
+  <si>
+    <t>c_2049096</t>
+  </si>
+  <si>
+    <t>Démarche centrée sur le patient : information, conseil, éducation thérapeutique, suivi</t>
+  </si>
+  <si>
+    <t>L'objectif est de proposer des points de repère visant à développer et renforcer les compétences du patient à partager des décisions avec les soignants, et à s’engager dans ses soins, dans la gestion de sa vie avec la maladie.</t>
+  </si>
+  <si>
+    <t>25/06/2015 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040144/fr/demarche-centree-sur-le-patient-information-conseil-education-therapeutique-suivi</t>
+  </si>
+  <si>
+    <t>c_2040144</t>
+  </si>
+  <si>
+    <t>Cadrage relatif aux prestations dérogatoires des réseaux de santé</t>
+  </si>
+  <si>
+    <t>L’enjeu est de donner une définition permettant aux ARS, aux réseaux et aux professionnels de décider ce qu’est une prestation dérogatoire.</t>
+  </si>
+  <si>
+    <t>25/06/2015 09:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040377/fr/cadrage-relatif-aux-prestations-derogatoires-des-reseaux-de-sante</t>
+  </si>
+  <si>
+    <t>c_2040377</t>
+  </si>
+  <si>
+    <t>Tableau de bord des indicateurs de suivi des réseaux de santé</t>
+  </si>
+  <si>
+    <t>Proposition d'indicateurs d'évaluation de la fonction d'appui des réseaux de santé</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040388/fr/tableau-de-bord-des-indicateurs-de-suivi-des-reseaux-de-sante</t>
+  </si>
+  <si>
+    <t>c_2040388</t>
+  </si>
+  <si>
+    <t>Prendre en charge une personne âgée polypathologique en soins primaires</t>
+  </si>
+  <si>
+    <t>Retrouvez la fiche Points clés, pour une approche globale centrée sur la personne âgée et sa polypathologie.</t>
+  </si>
+  <si>
+    <t>04/06/2015 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2028194/fr/prendre-en-charge-une-personne-agee-polypathologique-en-soins-primaires</t>
+  </si>
+  <si>
+    <t>c_2028194</t>
+  </si>
+  <si>
+    <t>Check-list de sortie d'hospitalisation supérieure à 24h</t>
+  </si>
+  <si>
+    <t>La check-list comprend les éléments importants à aborder lors de la sortie d’un patient hospitalisé depuis plus de 24h en établissement de santé MCO ou de SSR (service de soins de suite et de réadaptation), en établissement de santé mentale, ou de SLD (service de soins de longue durée).</t>
+  </si>
+  <si>
+    <t>22/05/2015 09:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035081/fr/check-list-de-sortie-d-hospitalisation-superieure-a-24h</t>
+  </si>
+  <si>
+    <t>c_2035081</t>
+  </si>
+  <si>
+    <t>Améliorer la coordination entre le médecin généraliste et les différents acteurs de soins dans la prise en charge des troubles mentaux - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La finalité du projet « Améliorer la coordination entre le médecin généraliste et les différents acteurs de soins dans la prise en charge des troubles mentaux » est d’améliorer les prises en charge et le suivi des patients présentant des troubles mentaux par la promotion d’une meilleure coordination entre le médecin généraliste et les différents acteurs de soins. Ce projet s’inscrit dans le programme pluriannuel de la HAS relatif à la psychiatrie et à la santé mentale.</t>
+  </si>
+  <si>
+    <t>07/05/2015 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2032142/fr/ameliorer-la-coordination-entre-le-medecin-generaliste-et-les-differents-acteurs-de-soins-dans-la-prise-en-charge-des-troubles-mentaux-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>c_2032142</t>
+  </si>
+  <si>
+    <t>Comment élaborer et mettre en oeuvre des protocoles pluriprofessionnels ?</t>
+  </si>
+  <si>
+    <t>La fiche « points clés et solutions parcours de soins » « Comment élaborer et mettre en œuvre des protocoles pluriprofessionnels ?» a été produite afin d’aider les professionnels de santé engagés dans le travail en équipe.</t>
+  </si>
+  <si>
+    <t>04/05/2015 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2033014/fr/comment-elaborer-et-mettre-en-oeuvre-des-protocoles-pluriprofessionnels</t>
+  </si>
+  <si>
+    <t>c_2033014</t>
+  </si>
+  <si>
+    <t>Comment prévenir les réhospitalisations d’un patient diabétique avec plaie du pied ?</t>
+  </si>
+  <si>
+    <t>Une fiche "points clés et solutions" pour définir les actions à mener pendant l’hospitalisation, au moment de la sortie et au décours de l’hospitalisation pour réduire le risque de réhospitalisation d’un patient diabétique sortant de l’hôpital avec une plaie du pied.</t>
+  </si>
+  <si>
+    <t>19/12/2014 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001222/fr/comment-prevenir-les-rehospitalisations-d-un-patient-diabetique-avec-plaie-du-pied</t>
+  </si>
+  <si>
+    <t>c_2001222</t>
+  </si>
+  <si>
+    <t>Document de sortie d'hospitalisation supérieure à 24h</t>
+  </si>
+  <si>
+    <t>Ce référentiel ne crée pas un nouveau document. Il s’applique à tout document, quelle qu'en soit sa dénomination, remis au patient à la sortie d’une hospitalisation supérieure à 24h et adressé aux professionnels de santé amenés à prendre en charge le patient en aval du séjour.</t>
+  </si>
+  <si>
+    <t>24/11/2014 10:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1777678/fr/document-de-sortie-d-hospitalisation-superieure-a-24h</t>
+  </si>
+  <si>
+    <t>c_1777678</t>
+  </si>
+  <si>
+    <t>Comment améliorer la qualité et la sécurité des prescriptions de médicaments chez la personne âgée ?</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif de fournir une information afin de sensibiliser tous les acteurs à la nécessité de prévenir la fréquence et la gravité des problèmes de médicaments chez la personne âgée fragile.</t>
+  </si>
+  <si>
+    <t>28/10/2014 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1771468/fr/comment-ameliorer-la-qualite-et-la-securite-des-prescriptions-de-medicaments-chez-la-personne-agee</t>
+  </si>
+  <si>
+    <t>c_1771468</t>
+  </si>
+  <si>
+    <t>Comment organiser les fonctions d’appui aux professionnels de soins primaires</t>
+  </si>
+  <si>
+    <t>Cette fiche traite du contenu des fonctions d’appui et des facteurs conditionnant leur efficacité, y compris en termes d’organisation. Elle n’aborde pas les as-pects réglementaires de cette organisation</t>
+  </si>
+  <si>
+    <t>26/09/2014 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764278/fr/comment-organiser-les-fonctions-d-appui-aux-professionnels-de-soins-primaires</t>
+  </si>
+  <si>
+    <t>c_1764278</t>
+  </si>
+  <si>
+    <t>Intégration territoriale des services sanitaires, médico-sociaux et sociaux</t>
+  </si>
+  <si>
+    <t>L’intégration vise à réduire la fragmentation des dispositifs sanitaires et sociaux, pour permettre un accès facilité aux différentes prestations sanitaires et sociales au niveau du territoire. Elle peut recourir à des modifications de financement, de fonctionnement des organisations de soins et de collaboration entre les acteurs. C’est une dynamique qui s’inscrit dans le temps et non un état stabilisé</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1764284/fr/integration-territoriale-des-services-sanitaires-medico-sociaux-et-sociaux</t>
+  </si>
+  <si>
+    <t>c_1764284</t>
+  </si>
+  <si>
+    <t>Améliorer le suivi des patients en radiologie interventionnelle et actes radioguidés</t>
+  </si>
+  <si>
+    <t>Réduire le risque d’effets déterministes » met l’accent sur l’évaluation du suivi des patients, notamment concernant les effets déterministes. Les préconisations insistent sur la nécessité d’un suivi systématique centré sur :# - L’information du patient avant la sortie sur la nécessité d’un suivi,# - L’information à fournir au médecin traitant en précisant les signes d’appel à surveiller,# - Une consultation de suivi systématique à 3 mois et en cas de signe,# - L’envoi en dermatologie pour une prise en charge spécifique en cas de signe,# - La prise en compte de la douleur importante pouvant justifier l’intervention d’un centre anti douleur</t>
+  </si>
+  <si>
+    <t>11/07/2014 14:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754223/fr/ameliorer-le-suivi-des-patients-en-radiologie-interventionnelle-et-actes-radioguides</t>
+  </si>
+  <si>
+    <t>c_1754223</t>
+  </si>
+  <si>
+    <t>Comment prévenir les ré-hospitalisations après une exacerbation de bronchopneumopathie chronique obstructive ?</t>
+  </si>
+  <si>
+    <t>Les exacerbations sont des complications fréquentes de la BPCO qui altèrent la qualité de vie, accélèrent le déclin de la fonction respiratoire et sont associées à une surmortalité. Elles ont été responsables d’une hospitalisation pour environ 95 000 personnes en 2011 et 43 % des patients ont été ré-hospitalisés dans les 6 mois</t>
+  </si>
+  <si>
+    <t>03/07/2014 14:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1744728/fr/comment-prevenir-les-re-hospitalisations-apres-une-exacerbation-de-bronchopneumopathie-chronique-obstructive</t>
+  </si>
+  <si>
+    <t>c_1744728</t>
+  </si>
+  <si>
+    <t>Comment prendre en charge les personnes âgées fragiles en ambulatoire?</t>
+  </si>
+  <si>
+    <t>L'objectif de cette fiche est de présenter des repères et des outils pour modéliser la démarche d’évaluation et la prise en charge des personnes âgées fragiles vivant à domicile. Cette fiche fait suite à la fiche « Comment repérer la fragilité en soins ambulatoires ? »</t>
+  </si>
+  <si>
+    <t>16/01/2014 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1718248/fr/comment-prendre-en-charge-les-personnes-agees-fragiles-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_1718248</t>
+  </si>
+  <si>
+    <t>Grille de pilotage et de sécurité d’un projet de télémédecine</t>
+  </si>
+  <si>
+    <t>Les professionnels, qui souhaitent mettre en place une activité de télémédecine, ont à leur disposition plusieurs guides édités par différents acteurs (DGOS, ASIP Santé, ANAP…). Cette « Grille de pilotage et de sécurité » constitue l'une des contributions de la Haute Autorité de Santé au déploiement de la télémédecine. C’est un outil pédagogique destiné à accompagner le déploiement.</t>
+  </si>
+  <si>
+    <t>18/07/2013 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622423/fr/grille-de-pilotage-et-de-securite-d-un-projet-de-telemedecine</t>
+  </si>
+  <si>
+    <t>c_1622423</t>
+  </si>
+  <si>
+    <t>Comment réduire les réhospitalisations évitables des personnes âgées ?</t>
+  </si>
+  <si>
+    <t>Cette fiche cherche à préciser les points suivants : * les modalités du repérage des patients à haut risque de réhospitalisation, * la sélection d’interventions ayant un effet durable et un impact potentiellement favorable sur les coûts, * les rôles respectifs de l’équipe de soins primaires et de la coordination d’appui dans le suivi post-sortie, * la définition de la durée de la période de suivi spécifique après la sortie.</t>
+  </si>
+  <si>
+    <t>28/06/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1602735/fr/comment-reduire-les-rehospitalisations-evitables-des-personnes-agees</t>
+  </si>
+  <si>
+    <t>c_1602735</t>
+  </si>
+  <si>
+    <t>Comment repérer la fragilité en soins ambulatoires ?</t>
+  </si>
+  <si>
+    <t>Cette fiche vise à répondre aux questions qui se posent, en soins ambulatoires, sur l’organisation et les modalités du repérage précoce de la fragilité chez les personnes âgées afin de retarder la dépendance dite « évitable » et de prévenir la survenue d’événements défavorables.</t>
+  </si>
+  <si>
+    <t>28/06/2013 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1602970/fr/comment-reperer-la-fragilite-en-soins-ambulatoires</t>
+  </si>
+  <si>
+    <t>c_1602970</t>
+  </si>
+  <si>
+    <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
+  </si>
+  <si>
+    <t>Neuf critères de qualité ont été élaborés et sélectionnés à partir de la recommandation de bonne pratique"Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation" et constituent des éléments simples et opérationnels de bonne pratique.</t>
+  </si>
+  <si>
+    <t>23/04/2013 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525740/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_1525740</t>
+  </si>
+  <si>
+    <t>Critères d’EPP pour l’organisation des soins - Dossier du patient</t>
+  </si>
+  <si>
+    <t>07/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_831717/fr/criteres-d-epp-pour-l-organisation-des-soins-dossier-du-patient</t>
+  </si>
+  <si>
+    <t>c_831717</t>
+  </si>
+  <si>
+    <t>Sortie du patient hospitalisé</t>
+  </si>
+  <si>
+    <t>Ce document a pour objectif de proposer aux professionnels un outil qui leur permette d’améliorer le processus de préparation de la sortie du patient d’un établissement de santé. Il est présenté selon trois axes : l’organisation, l’information et la continuité des soins</t>
+  </si>
+  <si>
+    <t>09/11/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_447513/fr/sortie-du-patient-hospitalise</t>
+  </si>
+  <si>
+    <t>c_447513</t>
+  </si>
+  <si>
+    <t>Organisation des soins - Dossier du patient</t>
+  </si>
+  <si>
+    <t>01/06/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438449/fr/organisation-des-soins-dossier-du-patient</t>
+  </si>
+  <si>
+    <t>c_438449</t>
+  </si>
+  <si>
+    <t>Chemin Clinique</t>
+  </si>
+  <si>
+    <t>Centré autour du patient, le chemin clinique a pour but de décrire, pour une pathologie donnée, tous les éléments du processus de prise en charge en suivant le parcours du patient. Cette méthode vise à planifier, rationaliser et standardiser la prise en charge pluridisciplinaire de patients présentant un problème de santé comparable. Elle repose sur la description d’une prise en charge optimale et efficiente à partir des recommandations professionnelles. Le CC peut être utilisé dans un établissement de santé, dans un réseau de soins ou dans le cadre de l’exercice libéral lorsque les professionnels se coordonnent entre eux.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_436520/fr/chemin-clinique</t>
+  </si>
+  <si>
+    <t>c_436520</t>
+  </si>
+  <si>
+    <t>Réseaux de santé</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_438527/fr/reseaux-de-sante</t>
+  </si>
+  <si>
+    <t>c_438527</t>
+  </si>
+  <si>
+    <t>Rapports d'Audits cliniques ciblés (ACC) 2004-2005</t>
+  </si>
+  <si>
+    <t>12/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_467073/fr/rapports-d-audits-cliniques-cibles-acc-2004-2005</t>
+  </si>
+  <si>
+    <t>c_467073</t>
+  </si>
+  <si>
+    <t>Revue de pertinence des soins (RPS)</t>
+  </si>
+  <si>
+    <t>La revue de pertinence des soins est une méthode permettant d’évaluer l’adéquation des soins aux besoins des patients. Elle s’applique à un soin ou un programme de soins et peut porter sur l’indication, l’initiation ou la poursuite des soins.</t>
+  </si>
+  <si>
+    <t>28/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_434809/fr/revue-de-pertinence-des-soins-rps</t>
+  </si>
+  <si>
+    <t>c_434809</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 : Place du vaccin Bimervax (PHH-1V)</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, et compte tenu de la survenue au cours des essais cliniques d'un cas de péricardite possiblement lié à la vaccination, la HAS estime nécessaire de disposer de données additionnelles et d'un recul plus important avant d’envisager l’utilisation du vaccin Bimervax dans la stratégie vaccinale contre la Covid-19. Aussi, dans le contexte épidémiologique actuel en France et étant donné la disponibilité d’alternatives vaccinales, la HAS ne recommande pas à ce jour l’utilisation du vaccin Bimervax en rappel.</t>
+  </si>
+  <si>
+    <t>01/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>16/06/2023 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444521/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-bimervax-phh-1v</t>
+  </si>
+  <si>
+    <t>p_3444521</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 : Place du vaccin Nuvaxovid chez les 12-17 ans </t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS recommande l’utilisation du vaccin Nuvaxovid, en primovaccination si besoin chez les personnes non encore vaccinées de 12 à 17 ans qui ne souhaitent ou ne peuvent pas recevoir un vaccin à ARNm.</t>
+  </si>
+  <si>
+    <t>15/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2022 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396134/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-chez-les-12-17-ans</t>
+  </si>
+  <si>
+    <t>p_3396134</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 : Place du vaccin VidPrevtyn Beta</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS recommande d’intégrer le vaccin VidPrevtyn Beta dans la stratégie vaccinale de rappel contre la Covid-19 en alternative aux vaccins à ARNm bivalents pour les personnes réticentes à ce type de vaccins et celles qui ne peuvent en bénéficier (contre-indications).</t>
+  </si>
+  <si>
+    <t>01/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2022 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394242/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-vidprevtyn-beta</t>
+  </si>
+  <si>
+    <t>p_3394242</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 : Place du vaccin VLA2001</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS ne recommande pas l’utilisation du vaccin VLA2001 en primovaccination dans la stratégie de vaccination contre la Covid-19 actuelle, compte tenu du contexte épidémiologique actuel en France, des données disponibles encore trop limitées à ce jour et de la disponibilité d’alternatives.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394248/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-vla2001</t>
+  </si>
+  <si>
+    <t>p_3394248</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 : Place du vaccin Nuvaxovid dans la stratégie de rappel</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS recommande d’intégrer le vaccin Nuvaxovid dans stratégie vaccinale de rappel contre la Covid-19 en alternative aux vaccins à ARNm bivalents seulement chez les sujets qui ne souhaitent ou ne peuvent plus recevoir un vaccin à ARNm.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394254/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-dans-la-strategie-de-rappel</t>
+  </si>
+  <si>
+    <t>p_3394254</t>
+  </si>
+  <si>
+    <t>Élargissement des compétences en matière de vaccination des infirmiers, des pharmaciens et des sages-femmes chez les adolescents de plus de 16 ans et les adultes</t>
+  </si>
+  <si>
+    <t>La HAS recommande que les infirmiers, pharmaciens et sages-femmes soient autorisés à prescrire et administrer l’ensemble des vaccins inscrits au calendrier vaccinal aux personnes âgées de 16 ans et plus. La HAS précise néanmoins que cet élargissement des compétences ne concerne pas la prescription de vaccins vivants chez des personnes immunodéprimées, qui doit rester une compétence réservée aux seuls médecins, notamment en raison des risques associés et de la complexité des schémas vaccinaux.</t>
+  </si>
+  <si>
+    <t>23/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>28/06/2022 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312462/fr/elargissement-des-competences-en-matiere-de-vaccination-des-infirmiers-des-pharmaciens-et-des-sages-femmes-chez-les-adolescents-de-plus-de-16-ans-et-les-adultes</t>
+  </si>
+  <si>
+    <t>p_3312462</t>
+  </si>
+  <si>
+    <t>Élargissement des compétences en matière de vaccination des infirmiers, des pharmaciens et des sages-femmes chez les enfants et adolescents de moins de 16 ans</t>
+  </si>
+  <si>
+    <t>En vue de simplifier le parcours vaccinal, de multiplier les opportunités de vaccination et de favoriser ainsi l’augmentation de la couverture vaccinale, la HAS est favorable à une extension des compétences vaccinales des infirmiers, pharmaciens et sages-femmes pour l’ensemble des vaccins inscrits au calendrier vaccinal, pour les enfants et adolescents de moins de 16 ans. Elle précise néanmoins que cet élargissement des compétences ne concerne pas la prescription de vaccins vivants chez des personnes immunodéprimées, qui doit rester une compétence réservée aux seuls médecins, notamment en raison des risques associés et de la complexité des schémas vaccinaux.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335030/fr/elargissement-des-competences-en-matiere-de-vaccination-des-infirmiers-des-pharmaciens-et-des-sages-femmes-chez-les-enfants-et-adolescents-de-moins-de-16-ans</t>
+  </si>
+  <si>
+    <t>p_3335030</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Anticipation des scénarios possibles à l’automne 2022</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale contre la Covid-19 en fonction des scénarios potentiels d’évolution du SARS-Cov-2 à l’automne 2022 en France.</t>
+  </si>
+  <si>
+    <t>12/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3340479/fr/strategie-de-vaccination-contre-la-covid-19-anticipation-des-scenarios-possibles-a-l-automne-2022</t>
+  </si>
+  <si>
+    <t>p_3340479</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin à ARNm COMIRNATY® chez les 12-15 ans</t>
+  </si>
+  <si>
+    <t>Le vaccin COMIRNATY® (laboratoires BioNTech et Pfizer) a obtenu une autorisation de mise sur le marché (AMM) conditionnelle, en Europe (procédure centralisée), le 21/12/2020 (2, 3) « pour l’immunisation active pour la prévention de la COVID-19 causée par le virus SARS-CoV-2, chez les personnes âgées de 16 ans et plus », avec une extension de son indication aux adolescents de 12 à 15 ans le 28/05/2021. Ces recommandations s’inscrivent dans le cadre d’une extension de l’AMM du vaccin à ARNm COMIRNATY® développé par les firmes BioNTech et Pfizer et visent donc à préciser sa place au vu des données d’efficacité vaccinale et de tolérance chez les adolescents de 12 à 15 ans.</t>
+  </si>
+  <si>
+    <t>02/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/06/2021 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269889/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-12-15-ans</t>
+  </si>
+  <si>
+    <t>p_3269889</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 - Vaccination prioritaire de l’entourage des personnes immunodéprimées contre le SARS-Cov 2</t>
+  </si>
+  <si>
+    <t>HAS rappelle que les personnes immunodéprimées, chez qui le risque de forme grave et de décès par la Covid-19 est important, doivent être vaccinées de façon prioritaire contre le SARS-CoV-2. Cependant, du fait même de leur immunodépression, leur réponse immunitaire à la vaccination étant souvent diminuée rendant cette vaccination moins efficace, la HAS recommande qu’une stratégie de « cocooning » (vaccination de l’entourage) soit mise en place autour des personnes immunodéprimées adultes et enfants.</t>
+  </si>
+  <si>
+    <t>29/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2021 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264056/fr/strategie-de-vaccination-contre-le-sars-cov-2-vaccination-prioritaire-de-l-entourage-des-personnes-immunodeprimees-contre-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3264056</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Recommandation relative à la vaccination contre la Covid-19 de l’entourage de certaines populations vulnérables - synthèse des données relatives à l’efficacité des vaccins contre la Covid-19 sur la transmission du SARS-COV-2 au 1er avril 2021</t>
+  </si>
+  <si>
+    <t>À la lumière des nouvelles connaissances, la HAS poursuit l’adaptation de la stratégie vaccinale. Elle recommande d’ouvrir la vaccination de façon prioritaire à l’entourage des personnes immunodéprimées puis aux proches aidants des personnes âgées en perte d’autonomie et des personnes en situation de handicap. Elle appelle par ailleurs au renforcement de la vaccination de l’ensemble des professionnels du secteur de la santé ainsi que du secteur médico-social et des transports sanitaires.</t>
+  </si>
+  <si>
+    <t>30/04/2021 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264090/fr/strategie-de-vaccination-contre-le-sars-cov-2-recommandation-relative-a-la-vaccination-contre-la-covid-19-de-l-entourage-de-certaines-populations-vulnerables-synthese-des-donnees-relatives-a-l-efficacite-des-vaccins-contre-la-covid-19-sur-la-transmission-du-sars-cov-2-au-1er-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3264090</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin Covid-19 Janssen</t>
+  </si>
+  <si>
+    <t>Le vaccin Covid-19 Janssen a obtenu le 11 mars 2021 une autorisation de mise sur le marché (AMM) conditionnelle en Europe (procédure centralisée). Il est indiqué pour l'immunisation active afin de prévenir la Covid-19 causée par le SARS-CoV-2 chez les personnes âgées de 18 ans et plus. La HAS considère, par ailleurs, que le schéma de vaccination à une dose et les conditions de conservation de ce vaccin le rendent particulièrement adapté pour les publics les plus éloignés du système de santé, les personnes en situation de précarité économique et sociale, et les personnes en situation de handicap ou éprouvant des difficultés pour se déplacer.</t>
+  </si>
+  <si>
+    <t>12/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2021 20:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3242795/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-covid-19-janssen</t>
+  </si>
+  <si>
+    <t>p_3242795</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’évolution des connaissances disponibles sur le SARS-CoV-2, la HAS avec la commission technique des vaccinations, actualise les facteurs de risque de formes graves de Covid-19 et met à jour ses recommandations sur la stratégie de priorisation des populations à vacciner.</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240117/fr/strategie-de-vaccination-contre-le-sars-cov-2-actualisation-des-facteurs-de-risque-de-formes-graves-de-la-covid-19-et-des-recommandations-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3240117</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 – Place du vaccin à ARNm COMIRNATY® (BNT162b2)</t>
+  </si>
+  <si>
+    <t>[Mise à jour du 26/02/2021] Le vaccin COMIRNATY (BNT162b2) à ARNm de SARS-CoV-2 développé par les firmes BioNTech et Pfizer est le premier vaccin contre la Covid-19 à obtenir une autorisation de mise sur le marché conditionnelle en Europe. Dans la continuité des travaux déjà menés sur la stratégie de vaccination contre le SARS-CoV-2, et à la demande du ministère chargé de la Santé, la HAS en s’appuyant sur la commission technique des vaccinations, actualise aujourd’hui ses recommandations sur la stratégie de vaccination contre la Covid-19 et détermine la place du vaccin COMIRNATY (BNT162b2) dans cette stratégie.</t>
+  </si>
+  <si>
+    <t>23/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2020 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3227132/fr/strategie-de-vaccination-contre-le-sars-cov-2-place-du-vaccin-a-arnm-comirnaty-bnt162b2</t>
+  </si>
+  <si>
+    <t>p_3227132</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du Vaccin Moderna Covid-19 mRNA (nucleoside modified)</t>
+  </si>
+  <si>
+    <t>Mise à jour, au regard des nouvelles données disponibles, de la recommandation vaccinale intitulée « Stratégie de vaccination contre la Covid-19 - Place du Vaccin Moderna COVID-19 mRNA (nucleoside modified) » et sa synthèse.</t>
+  </si>
+  <si>
+    <t>07/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>08/01/2021 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3230287/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-moderna-covid-19-mrna-nucleoside-modified</t>
+  </si>
+  <si>
+    <t>p_3230287</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du Covid-19 Vaccine AstraZeneca®</t>
+  </si>
+  <si>
+    <t>[Mise à jour du 26/02/2021] Le vaccin Covid-19 Vaccine AstraZeneca® a obtenu le 29 janvier 2021 une autorisation de mise sur le marché (AMM) conditionnelle en Europe (procédure centralisée). Il est indiqué pour l'immunisation active afin de prévenir la Covid-19 causée par le SARS-CoV-2 chez les personnes âgées de 18 ans et plus. La HAS estime que le vaccin AZD1222 développé par Astra Zeneca peut être utilisé, conformément à son AMM et dans le cadre de la stratégie vaccinale préalablement définie par la HAS. Toutefois, dans l’attente de données complémentaires, la HAS recommande de privilégier les vaccins à ARNm chez les personnes âgées de 65 ans et plus, en commençant par les plus âgées et présentant des comorbidités conformément aux populations prioritaires définies dans la stratégie vaccinale. Le vaccin AZD1222 est donc recommandé préférentiellement aux professionnels du secteur de la santé ou du médico-social de moins de 65 ans et aux personnes de moins de 65 ans, en commençant par les personnes âgées de 50 à 64 ans et qui présentent des comorbidités.</t>
+  </si>
+  <si>
+    <t>02/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/02/2021 19:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235868/fr/strategie-de-vaccination-contre-la-covid-19-place-du-covid-19-vaccine-astrazeneca</t>
+  </si>
+  <si>
+    <t>p_3235868</t>
+  </si>
+  <si>
+    <t>Stratégie vaccinale contre le Sars-CoV-2 - Recommandations intermédiaires sur les modalités de mise en œuvre de la vaccination</t>
+  </si>
+  <si>
+    <t>Dans le cadre de l’anticipation de l’arrivée des vaccins contre la Covid-19 en France, et à la demande du directeur général de la santé, la HAS en s’appuyant sur la commission technique des vaccinations, a élaboré des recommandations intermédiaires sur les modalités de mise en œuvre de la campagne de vaccination, en anticipation de l’arrivée des premiers vaccins contre le Sars-CoV-2.</t>
+  </si>
+  <si>
+    <t>10/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2020 09:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225990/fr/strategie-vaccinale-contre-le-sars-cov-2-recommandations-intermediaires-sur-les-modalites-de-mise-en-oeuvre-de-la-vaccination</t>
+  </si>
+  <si>
+    <t>p_3225990</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Recommandations préliminaires sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>La HAS affine ses recommandations sur la priorisation des populations à vacciner contre la Covid-19 élaborées en juillet dernier. Cette stratégie répond à un double objectif : réduire les hospitalisations et les décès et maintenir les activités essentielles du pays, particulièrement celles du système de santé pendant l’épidémie. Deux critères principaux ont été pris en compte par la HAS pour établir cette priorisation : l’existence d’un facteur de risque individuel de développer une forme grave de la maladie et l’exposition accrue au virus.</t>
+  </si>
+  <si>
+    <t>27/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2020 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221338/fr/strategie-de-vaccination-contre-le-sars-cov-2-recommandations-preliminaires-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3221338</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale sur l'extension des compétences des professionnels de santé en matière de vaccination contre la grippe saisonnière</t>
+  </si>
+  <si>
+    <t>A la demande du ministère des Solidarités et de la Santé, la Haute Autorité de santé (HAS) émet des recommandations établissant l’intérêt et les conditions d’une extension des compétences en matière de vaccination des infirmiers, des sages-femmes et des pharmaciens ainsi que les formations et/ou les pré-requis nécessaires à la pratique de ces vaccinations. Cette recommandation porte uniquement sur la vaccination contre la grippe saisonnière. D’autres travaux à venir traiteront de l’ensemble des vaccinations de l’enfance, de l’adolescence et de l’âge adulte.</t>
+  </si>
+  <si>
+    <t>25/07/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867268/fr/recommandation-vaccinale-sur-l-extension-des-competences-des-professionnels-de-sante-en-matiere-de-vaccination-contre-la-grippe-saisonniere</t>
+  </si>
+  <si>
+    <t>c_2867268</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer bronchopulmonaire par scanner thoracique faible dose sans injection : actualisation de l’avis de 2016</t>
+  </si>
+  <si>
+    <t>Il n’existe pas jusqu’ici en France de dépistage organisé du cancer du poumon, la HAS ayant considéré en 2016 que toutes les conditions pour une mise en œuvre efficace et sûre n’étaient pas réunies. Aujourd’hui, l’analyse des nouvelles données disponibles montre que le dépistage par scanner à faible dose chez les personnes fortement exposées au tabac conduit à une réduction de la mortalité spécifique. Ceci amène la HAS à actualiser son avis et à encourager la mise en place d’expérimentations en vie réelle, et notamment d’un programme pilote par l’INCa, afin de ne pas retarder l’accès à cette modalité de dépistage. Elle définit également certaines des informations que devraient apporter ce programme pilote et les études à venir, avant d’envisager le déploiement d’un programme de dépistage organisé à large échelle.</t>
+  </si>
+  <si>
+    <t>02/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2022 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310940/fr/depistage-du-cancer-bronchopulmonaire-par-scanner-thoracique-faible-dose-sans-injection-actualisation-de-l-avis-de-2016</t>
+  </si>
+  <si>
+    <t>p_3310940</t>
+  </si>
+  <si>
+    <t>Évaluation économique de la télésurveillance pour éclairer la décision publique. Quels sont les choix efficients au regard de l’analyse de la littérature ?</t>
+  </si>
+  <si>
+    <t>Dans le cadre du déploiement de la télémédecine en France, la HAS a élaboré une revue de la littérature internationale portant sur les études ayant mis en œuvre une évaluation médico-économiques de la télésurveillance médicale, afin d’en apprécier l’efficience.</t>
+  </si>
+  <si>
+    <t>30/12/2020 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903236/fr/evaluation-economique-de-la-telesurveillance-pour-eclairer-la-decision-publique-quels-sont-les-choix-efficients-au-regard-de-l-analyse-de-la-litterature</t>
+  </si>
+  <si>
+    <t>c_2903236</t>
+  </si>
+  <si>
+    <t>Interprétariat linguistique dans le domaine de la santé</t>
+  </si>
+  <si>
+    <t>Ce référentiel s’adresse aux professionnels qui interviennent dans le parcours de santé des personnes ne parlant pas une même langue qu’eux, c’est-à-dire les institutions, les professionnels dans le domaine de la santé et du social (médecins, infirmiers, assistantes sociales, etc.), les interprètes, ainsi que les associations.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>26/10/2017 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746031/fr/interpretariat-linguistique-dans-le-domaine-de-la-sante</t>
+  </si>
+  <si>
+    <t>c_2746031</t>
+  </si>
+  <si>
+    <t>La médiation en santé pour les personnes éloignées des systèmes de prévention et de soins</t>
+  </si>
+  <si>
+    <t>L’objectif de ce référentiel est de préciser le cadre d’intervention de la médiation en santé afin d’en permettre une meilleure appropriation par les publics et les partenaires, et de faciliter l’ancrage de la médiation en santé dans les territoires et dans le système de santé.</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801497/fr/la-mediation-en-sante-pour-les-personnes-eloignees-des-systemes-de-prevention-et-de-soins</t>
+  </si>
+  <si>
+    <t>c_2801497</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à un hébergement à proximité d'un établissement de santé - Rapport d'orientation</t>
+  </si>
+  <si>
+    <t>Ce rapport d’orientation, élaboré à la demande de la Direction générale de l’offre de soins, s’inscrit dans le cadre de la mise en œuvre d’une expérimentation selon laquelle les établissements de santé peuvent proposer à leurs patients une prestation d’hébergement temporaire non médicalisé en amont ou en aval de leur hospitalisation. La HAS a défini les critères d’éligibilités des patients à un hébergement à proximité d’un établissement de santé.</t>
+  </si>
+  <si>
+    <t>18/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2015 12:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2583281/fr/criteres-d-eligibilite-des-patients-a-un-hebergement-a-proximite-d-un-etablissement-de-sante-rapport-d-orientation</t>
+  </si>
+  <si>
+    <t>c_2583281</t>
+  </si>
+  <si>
+    <t>Outil logiciel permettant l’analyse de l’adéquation des tarifs aux coûts de production de la chirurgie ambulatoire par méthode de microcosting</t>
+  </si>
+  <si>
+    <t>Un des freins au développement de la chirurgie ambulatoire relève de la perception floue des acteurs, au sein des établissements de santé, du coût de cette activité. Pour résoudre cette difficulté, la HAS a donc développé un outil logiciel qui permet aux établissements de connaître le coût d’un geste chirurgical donné, par technique de microcosting.</t>
+  </si>
+  <si>
+    <t>30/03/2015 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019007/fr/outil-logiciel-permettant-l-analyse-de-l-adequation-des-tarifs-aux-couts-de-production-de-la-chirurgie-ambulatoire-par-methode-de-microcosting</t>
+  </si>
+  <si>
+    <t>c_2019007</t>
+  </si>
+  <si>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France</t>
+  </si>
+  <si>
+    <t>La HAS et l’Agence de la biomédecine ont conduit une évaluation médico-économique des stratégies de prise en charge des patients en insuffisance rénale chronique terminale (IRCT) à partir d’une modélisation des possibilités de changement dans la trajectoire de soins des patients entre différentes modalités de traitement de suppléance.</t>
+  </si>
+  <si>
+    <t>09/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2014 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775180/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france</t>
+  </si>
+  <si>
+    <t>c_1775180</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la décision pour l’admission des patients en soins de suite et de réadaptation</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré un outil d’aide à la décision pour l’admission des patients en Soins de Suite et de Réadaptation (SSR). Cet outil s’adresse aux professionnels de santé exerçant en établissement de santé ou en libéral. Ils seront amenés à l’utiliser lorsqu’ils souhaitent demander l’admission dans une structure SSR pour l’un de leurs patients. L’outil doit leur permettre de déterminer si le SSR est effectivement adapté pour ce patient, en fonction du type de prise en charge requis et de l’environnement du patient.</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651391/fr/outil-d-aide-a-la-decision-pour-l-admission-des-patients-en-soins-de-suite-et-de-readaptation</t>
+  </si>
+  <si>
+    <t>c_1651391</t>
+  </si>
+  <si>
+    <t>Tarification de la chirurgie ambulatoire en France et à l’étranger : État des lieux et perspectives</t>
+  </si>
+  <si>
+    <t>Ce rapport présente les modalités de tarification de la chirurgie ambulatoire en France et dans les différents pays européens, ainsi qu’aux États Unis. Il décrit les mécanismes incitatifs mis en place, et leur impact sur le développement de cette activité. Différentes innovations tarifaires (tarification à l’épisode de soins et à la meilleure pratique) et organisationnelles (centres indépendants) actuellement expérimentées en Grande Bretagne et aux États-Unis sont ensuite présentées. Le rapport se conclut par 25 recommandations de la HAS pour améliorer en France les insuffisances système tarifaire actuel, et accélérer le développement de la chirurgie ambulatoire.</t>
+  </si>
+  <si>
+    <t>12/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2013 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649573/fr/tarification-de-la-chirurgie-ambulatoire-en-france-et-a-l-etranger-etat-des-lieux-et-perspectives</t>
+  </si>
+  <si>
+    <t>c_1649573</t>
+  </si>
+  <si>
+    <t>Efficience de la télémédecine : état des lieux de la littérature internationale et cadre d’évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a réalisé un état des lieux de la littérature internationale relative à l’évaluation médico-économique de la télémédecine. Elle constate la quasi-absence d’études françaises et l’importante hétérogénéité des études tant au niveau de leur qualité méthodologique que concernant les projets de télémédecine évalués. Elle propose un cadre méthodologique pour l’évaluation de l’efficience des projets de télémédecine dans le contexte actuel de déploiement de cette nouvelle forme d’organisation des soins en France.</t>
+  </si>
+  <si>
+    <t>03/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2013 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622477/fr/efficience-de-la-telemedecine-etat-des-lieux-de-la-litterature-internationale-et-cadre-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1622477</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique dans la prise en charge des maladies chroniques : Analyse économique et organisationnelle</t>
+  </si>
+  <si>
+    <t>Ce rapport analyse les conditions organisationnelles et financières du développement de l’éducation thérapeutique en France. Il dresse le diagnostic de la situation actuelle et propose des pistes de développement réaliste.</t>
+  </si>
+  <si>
+    <t>13/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2008 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499485/fr/l-education-therapeutique-dans-la-prise-en-charge-des-maladies-chroniques-analyse-economique-et-organisationnelle</t>
+  </si>
+  <si>
+    <t>r_1499485</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France - Volet : Analyse des possibilités de développement de la transplantation rénale en France</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’examiner les possibilités de développement de la transplantation rénale en France en tenant compte notamment des aspects organisationnels, économiques et éthiques.</t>
+  </si>
+  <si>
+    <t>28/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2012 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1291640/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france-volet-analyse-des-possibilites-de-developpement-de-la-transplantation-renale-en-france</t>
+  </si>
+  <si>
+    <t>c_1291640</t>
+  </si>
+  <si>
+    <t>Développement de la prescription de thérapeutiques non médicamenteuses validées</t>
+  </si>
+  <si>
+    <t>L’analyse porte sur le développement de la prescription de thérapeutiques nécessitant une participation active du patient en interaction ou non avec un professionnel spécialisé et faisant l’objet de recommandations de bonnes pratiques dont la validité est reconnue en France. Elle vise à identifier les freins organisationnels, économiques, socioculturels et symboliques qui existent sur le terrain et limitent le respect des recommandations de bonnes pratiques dans les pratiques de prescription. La levée des freins doit alors créer les conditions propices à la prescription de thérapeutiques non médicamenteuses ; des voies d’amélioration du système de santé sont proposées dans ce sens.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1059795/fr/developpement-de-la-prescription-de-therapeutiques-non-medicamenteuses-validees</t>
+  </si>
+  <si>
+    <t>c_1059795</t>
+  </si>
+  <si>
+    <t>Les conditions de mise en œuvre de la télémédecine en unité de dialyse médicalisée</t>
+  </si>
+  <si>
+    <t>A la demande de la direction de l’hospitalisation et de l’organisation des soins, la HAS a étudié la place de la télémédecine dans l’organisation des soins des patients traités par épuration extrarénale en unité de dialyse médicalisée (UDM). Les recommandations qui en découlent ont pour objectif de définir les conditions de sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2010 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_913583/fr/les-conditions-de-mise-en-oeuvre-de-la-telemedecine-en-unite-de-dialyse-medicalisee</t>
+  </si>
+  <si>
+    <t>c_913583</t>
+  </si>
+  <si>
+    <t>Douleur chronique : les aspects organisationnels</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est de réaliser un état des lieux sur les aspects organisationnels de la prise en charge de la douleur chronique de la population générale adulte dans les structures spécialisées.</t>
+  </si>
+  <si>
+    <t>22/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2009 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813396/fr/douleur-chronique-les-aspects-organisationnels</t>
+  </si>
+  <si>
+    <t>c_813396</t>
+  </si>
+  <si>
+    <t>Le Recours à l'hôpital en Europe</t>
+  </si>
+  <si>
+    <t>Ce rapport s’intègre dans une réflexion plus large sur le recours à l’hôpital en France, et la prévention des hospitalisations injustifiées. Dans ce travail, il s’est agi de fournir un cadrage général, en situant d’un point de vue organisationnel la place qu’occupe l’hôpital dans les systèmes de santé européens.</t>
+  </si>
+  <si>
+    <t>30/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766081/fr/le-recours-a-l-hopital-en-europe</t>
+  </si>
+  <si>
+    <t>c_766081</t>
+  </si>
+  <si>
+    <t>Délégation, transfert, nouveaux métiers… Comment favoriser les formes nouvelles de coopération entre professionnels de santé</t>
+  </si>
+  <si>
+    <t>Cette recommandation traite des nouvelles formes de coopérations entre professionnels de santé, définies comme une nouvelle répartition de tâches existantes ou la répartition de nouvelles tâches entre professionnels de santé. Leur objectif est d’améliorer la qualité de la prise en charge des patients.</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2008 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_497724/fr/delegation-transfert-nouveaux-metiers-comment-favoriser-les-formes-nouvelles-de-cooperation-entre-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_497724</t>
+  </si>
+  <si>
+    <t>La participation des patients aux dépenses de santé dans cinq pays européens</t>
+  </si>
+  <si>
+    <t>Ce rapport propose une analyse des mécanismes de participation financière aux dépenses de santé des patients dans cinq pays européens : l’Allemagne, la Belgique, les Pays-Bas, la Suède et la Suisse. L’organisation générale du système de santé est très différente selon les pays : des systèmes largement bismarckiens en Allemagne et en Belgique ; des systèmes dans lesquels tout ou partie de l’assurance maladie obligatoire est gérée par des assureurs privés aux Pays-Bas et en Suisse ; un système national de santé décentralisé en Suède. De plus, les sources de financement des dépenses de santé sont aussi relativement différentes selon les pays. Ces cinq systèmes ont toutefois pour point commun d’offrir à la population un accès relativement large aux soins et aux produits de santé : le « panier de soins » est comparable dans ces pays. Les différences observées en termes de répartition des dépenses entre acteurs ne traduisent donc pas un désengagement du secteur public (au sens large) pour certains types de biens et services mais des différences en termes de participation financière des patients.</t>
+  </si>
+  <si>
+    <t>09/10/2007 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_595221/fr/la-participation-des-patients-aux-depenses-de-sante-dans-cinq-pays-europeens</t>
+  </si>
+  <si>
+    <t>c_595221</t>
+  </si>
+  <si>
+    <t>Évaluation des réseaux de soins : bilan de l’existant et cadre méthodologique</t>
+  </si>
+  <si>
+    <t>Définis comme une forme organisée d’action collective apportée par des professionnels en réponse à un besoin de santé, les réseaux de soins correspondent en réalité à une grande diversité de dispositifs. Ce rapport, envisagé comme une étape préliminaire à la mise en place d’une démarche d’accréditation des réseaux de santé, expose à partir de l’observation du fonctionnement de réseaux en activité, les préconisations relatives à leur évaluation.</t>
+  </si>
+  <si>
+    <t>01/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2001 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271855/fr/evaluation-des-reseaux-de-soins-bilan-de-l-existant-et-cadre-methodologique</t>
+  </si>
+  <si>
+    <t>c_271855</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
+  </si>
+  <si>
+    <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Repérage et prise en charge des personnes présentant un premier épisode psychotique ou un risque d’évolution vers une psychose – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Dans le cadre de son programme « santé mentale et psychiatrie » 2025-2030, la HAS s’est auto-saisie afin de proposer des recommandations de bonnes pratiques sur le repérage et la prise en charge des personnes présentant un premier épisode psychotique (PEP) ou un haut risque d’évolution vers une psychose (HRP).</t>
+  </si>
+  <si>
+    <t>09/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2025 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636163/fr/reperage-et-prise-en-charge-des-personnes-presentant-un-premier-episode-psychotique-ou-un-risque-d-evolution-vers-une-psychose-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3636163</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Coordination entre protection de l’enfance et psychiatrie de l'enfant et de l'adolescent</t>
+  </si>
+  <si>
+    <t>La recommandation de bonnes pratiques « Coordination entre protection de l’enfance et psychiatrie de l’enfant et de l’adolescent » est une auto-saisine de la HAS, qui s’inscrit dans le cadre de son programme pluriannuel relatif à la santé mentale et à la psychiatrie.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261731/fr/coordination-entre-protection-de-l-enfance-et-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3261731</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Accompagnement médico-psycho-social des femmes, des parents et de leur enfant, en situation de vulnérabilité, pendant la grossesse et en postnatal</t>
+  </si>
+  <si>
+    <t>Objectifs : Identifier les situations de vulnérabilité des couples mère-enfant et du conjoint, et leurs conséquences Favoriser le repérage, durant la grossesse, de situations de vulnérabilité Informer les professionnels, sur les acteurs et les outils d’accompagnement des couples mère-enfant au cours de la grossesse et en post partum Proposer des modalités d’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité Favoriser une meilleure coordination des professionnels pour l’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité</t>
+  </si>
+  <si>
+    <t>11/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271226/fr/accompagnement-medico-psycho-social-des-femmes-des-parents-et-de-leur-enfant-en-situation-de-vulnerabilite-pendant-la-grossesse-et-en-postnatal</t>
+  </si>
+  <si>
+    <t>p_3271226</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des patients adultes avec un syndrome post-réanimation (PICS) et de leur entourage</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à risque de PICS Diagnostiquer ces patients Prendre en charge précocement et à long terme les PICS Améliorer les parcours de soins Élaborer des documents à destination du patient, de sa famille ou son entourage afin de les alerter sur ce syndrome post-réanimation et de les accompagner dans sa prise en charge par une orientation vers des professionnels de santé formés à ce syndrome.</t>
+  </si>
+  <si>
+    <t>17/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312530/fr/diagnostic-et-prise-en-charge-des-patients-adultes-avec-un-syndrome-post-reanimation-pics-et-de-leur-entourage</t>
   </si>
   <si>
     <t>p_3312530</t>
   </si>
   <si>
-    <t>Care pathway guide: overweight and obesity in children and adolescents</t>
-[...89 lines deleted...]
-    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+    <t>Critères d’éligibilité à une prise en charge en maisons de naissance - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Ojectifs Définir les critères de sélection et poser les critères de sortie de maison de naissance en fonction de la sévérité des situations nécessitant un transfert pré-, per- et post-partum (réévaluation de l’éligibilité tout au long du parcours). Limiter les transferts, notamment en urgence à la suite de complications, grâce à une bonne identification des situations susceptibles d’être prises en charge sans « sur risque » en maison de naissance. Garantir l’application par tous les professionnels des maisons de naissance des mêmes critères d’éligibilité, garants de la qualité et de la sécurité des soins apportés aux femmes enceintes et leurs nouveau-nés.</t>
+  </si>
+  <si>
+    <t>01/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/04/2023 12:17:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425519/fr/criteres-d-eligibilite-a-une-prise-en-charge-en-maisons-de-naissance-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3425519</t>
+  </si>
+  <si>
+    <t>Parcours de transition des personnes transgenres - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’élaborer des recommandations dans le but d’améliorer l’accompagnement et la prise en charge des personnes transgenres.</t>
+  </si>
+  <si>
+    <t>07/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2022 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367504/fr/parcours-de-transition-des-personnes-transgenres-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3367504</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins de patients présentant une suspicion de borréliose de Lyme</t>
+  </si>
+  <si>
+    <t>La HAS publie, à l’intention des patients et des professionnels de santé, un guide du parcours de soins des personnes présentant une suspicion de borréliose de Lyme. Conformément aux recommandations publiées en 2018, les objectifs de ce guide sont de réduire l’errance médicale et d’offrir à tous les patients la même qualité d’accès aux soins, en facilitant et en harmonisant leur prise en charge sur l’ensemble du territoire. Le guide rappelle les conseils de prévention et clarifie le rôle de chacun selon 3 niveaux de prise en charge, allant du médecin traitant et des médecins de ville, aux centres de compétences des maladies vectorielles à tiques (CC MVT) puis aux centres de référence (CR MVT).</t>
+  </si>
+  <si>
+    <t>03/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2022 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323862/fr/guide-du-parcours-de-soins-de-patients-presentant-une-suspicion-de-borreliose-de-lyme</t>
+  </si>
+  <si>
+    <t>p_3323862</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/ TDAH : Repérage, diagnostic et prise en charge des adultes - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs : Y compris ceux attendus de la production vis-à-vis des cibles. Optimiser l’accès aux soins en particulier lors de la transition de la prise en charge de l’adolescence vers l’âge adulte Cette transition repose sur une coordination entre les services pédiatriques et adultes. Favoriser la formation et la sensibilisation des professionnels de santé Une meilleure prise en charge de ces patients passe par une amélioration de la formation des professionnels impliqués, en particulier en psychiatrie, en addictologie, en neurologie et par une formation des médecins de premiers recours au repérage de ce trouble chez l’adulte. Améliorer la coordination des soins Tout comme pour l’enfant il est nécessaire de clarifier et structurer la filière de soins pour organiser la coordination entre les spécialistes et les médecins de premier recours ainsi qu’entre les différents spécialistes pour la prise en charge des troubles associés qui sont fréquents dans le TDAH.</t>
+  </si>
+  <si>
+    <t>17/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2021 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302480/fr/trouble-du-neurodeveloppement/-tdah-reperage-diagnostic-et-prise-en-charge-des-adultes-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3302480</t>
+  </si>
+  <si>
+    <t>Accompagner la scolarité et contribuer à l’inclusion scolaire</t>
+  </si>
+  <si>
+    <t>En France, l’éducation est un droit fondamental et inconditionnel pour tout enfant. Elle passe notamment par la scolarité. Or, pour les enfants en situation de handicap et ceux qui bénéficient d’une mesure de protection, ce droit est souvent mis à mal avec une plus forte probabilité de ruptures ou d’échec dans le parcours scolaire. La HAS publie des recommandations pour permettre aux professionnels des établissements et structures sociaux et médico-sociaux d’accompagner et de soutenir les parcours scolaires de ces enfants.</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2021 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287349/fr/accompagner-la-scolarite-et-contribuer-a-l-inclusion-scolaire</t>
+  </si>
+  <si>
+    <t>p_3287349</t>
+  </si>
+  <si>
+    <t>Fiche mémo : conduite à tenir en cas de pic de pollution atmosphérique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>De nombreuses études et rapports d’organismes internationaux telle que l’Organisation mondiale de la santé (OMS), montrent que la pollution atmosphérique a des conséquences importantes en termes de santé publique et que la mise en place d’actions visant à réduire durablement la pollution atmosphérique permettrait d’améliorer de façon considérable la santé et la qualité de vie de la population.</t>
+  </si>
+  <si>
+    <t>10/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2021 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244760/fr/fiche-memo-conduite-a-tenir-en-cas-de-pic-de-pollution-atmospherique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3244760</t>
+  </si>
+  <si>
+    <t>Lits halte soins santé (Lhss), Lits d’accueil médicalisés (Lam) et Appartements de coordination thérapeutique (Act) : l’accompagnement des personnes et la continuité des parcours</t>
+  </si>
+  <si>
+    <t>La recommandation propose aux professionnels des principes, postures et techniques d’accompagnement soutenant l’autodétermination de la personne dans la définition et la mise en œuvre de son projet : bienveillance, non-jugement, respect de sa temporalité, recherche de son consentement éclairé, adoption d’une communication claire et adaptée, prise en compte de ses priorités et ressources. Elle propose également des éléments d’organisation permettant et facilitant la délivrance d’un accompagnement au plus près des besoins des personnes ...</t>
+  </si>
+  <si>
+    <t>08/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2021 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229978/fr/lits-halte-soins-sante-lhss-lits-d-accueil-medicalises-lam-et-appartements-de-coordination-therapeutique-act-l-accompagnement-des-personnes-et-la-continuite-des-parcours</t>
+  </si>
+  <si>
+    <t>p_3229978</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne polyhandicapée dans sa spécificité</t>
+  </si>
+  <si>
+    <t>Les recommandations sur l’accompagnement de la personne polyhandicapée (enfants et adultes) à domicile ou en établissement s’adressent à tous les professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’aux aidants (parents, fratrie…). L'objectif est de les aider dans un accompagnement personnalisé et centré sur les capacités de la personne tout au long de son parcours de vie.</t>
+  </si>
+  <si>
+    <t>13/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215404/fr/l-accompagnement-de-la-personne-polyhandicapee-dans-sa-specificite</t>
+  </si>
+  <si>
+    <t>p_3215404</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
   </si>
   <si>
-    <t>02/26/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
   </si>
   <si>
     <t>p_3161334</t>
   </si>
   <si>
-    <t>How to implement continuous deep sedation until death ?</t>
-[...86 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1751188/en/kidney-transplantation-access-to-the-french-waiting-list</t>
+    <t>Prévention des addictions et réduction des risques et des dommages par les centres de soins, d'accompagnement et de prévention en addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>Les recommandations sont à destination principale des professionnels travaillant en CSAPA mais peuvent également être utiles à leurs partenaires (acteurs des champs sanitaire, social, médico-social, de la justice et de l'éducation) ainsi qu'aux personnes accueillies en CSAPA et à leur entourage.</t>
+  </si>
+  <si>
+    <t>17/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147889/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-par-les-centres-de-soins-d-accompagnement-et-de-prevention-en-addictologie-csapa</t>
+  </si>
+  <si>
+    <t>p_3147889</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Qualité de vie en résidences autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles portent sur les enjeux de prévention et d’amélioration de la qualité de vie en résidences autonomie. Les enjeux liés à la prévention sont en effet un axe fort de la Loi de modernisation de notre système de santé (loi santé) et de la Loi d’adaptation de la société au vieillissement (ASV).</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2018 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891427/fr/qualite-de-vie-en-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2891427</t>
+  </si>
+  <si>
+    <t>Label INCa-HAS - Recommandations de bonne pratique clinique pour l’utilisation de la tomographie par émission de positrons (TEP) en cancérologie</t>
+  </si>
+  <si>
+    <t>Les objectifs de ces recommandations sont de répondre, pour chaque pathologie cancéreuse prise en compte et aux différentes étapes de l’histoire naturelle de la maladie cancéreuse, aux questions suivantes : - Quelles sont les performances et la place de la tomographie par émission de positrons (TEP) dans le parcours de soins de la pathologie concernée ? - Quel est l’impact de la TEP dans le parcours de soins des patients ? Cette recommandation de bonne pratique a reçu le label conjoint INCa-HAS. Ce label signifie que cette recommandation de bonne pratique a été élaborée selon les procédures et les règles méthodologiques préconisées par l’INCa et la HAS. Toute contestation sur le fond doit être portée directement auprès du promoteur.</t>
+  </si>
+  <si>
+    <t>16/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/06/2018 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857993/fr/label-inca-has-recommandations-de-bonne-pratique-clinique-pour-l-utilisation-de-la-tomographie-par-emission-de-positrons-tep-en-cancerologie</t>
+  </si>
+  <si>
+    <t>c_2857993</t>
+  </si>
+  <si>
+    <t>Pratiques de coopération et de coordination du parcours de la personne en situation de handicap</t>
+  </si>
+  <si>
+    <t>Les recommandations ont été élaborées dans un contexte d’évolution et de transformation de l’offre médico-sociale qui vise à améliorer la qualité de vie de la personne en situation de handicap, et en particulier la continuité de l’accompagnement dans son parcours de vie.</t>
+  </si>
+  <si>
+    <t>16/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839995/fr/pratiques-de-cooperation-et-de-coordination-du-parcours-de-la-personne-en-situation-de-handicap</t>
+  </si>
+  <si>
+    <t>c_2839995</t>
+  </si>
+  <si>
+    <t>Favoriser les articulations entre les professionnels intervenant en protection de l’enfance et les professionnels intervenant dans un cadre pénal, à l’égard d’un mineur</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de promouvoir des pratiques professionnelles permettant de garantir la stabilité et la continuité du parcours des mineurs concernés par les placements successifs, la réorientation et les relais entre institutions ; la multiplicité des prises en charge relevant de champs différents ; le suivi conjoint mené par différentes institutions (ASE, PJJ, …).</t>
+  </si>
+  <si>
+    <t>09/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2015 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835622/fr/favoriser-les-articulations-entre-les-professionnels-intervenant-en-protection-de-l-enfance-et-les-professionnels-intervenant-dans-un-cadre-penal-a-l-egard-d-un-mineur</t>
+  </si>
+  <si>
+    <t>c_2835622</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Suivi et orientation des femmes enceintes en fonction des situations à risque identifiées</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a été mise à jour en mai 2016. La mise à jour porte sur la recherche de l’antigène HBs préconisée dorénavant à la première consultation de suivi, soit avant 10 semaines d’aménorrhée.</t>
+  </si>
+  <si>
+    <t>18/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2016 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_547976/fr/suivi-et-orientation-des-femmes-enceintes-en-fonction-des-situations-a-risque-identifiees</t>
+  </si>
+  <si>
+    <t>c_547976</t>
+  </si>
+  <si>
+    <t>Transplantation rénale - Accès à la liste d’attente nationale</t>
+  </si>
+  <si>
+    <t>Cette recommandation précise l’ensemble du parcours du patient de l’information sur la greffe à partir de donneur vivant ou de donneur décédé, jusqu’à l’inscription sur liste de transplantation rénale. Réduire les disparités d’accès et les délais d’inscription sur la liste d’attente nationale de greffe de rein sont les objectifs de cette recommandation.</t>
+  </si>
+  <si>
+    <t>21/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751188/fr/transplantation-renale-acces-a-la-liste-d-attente-nationale</t>
   </si>
   <si>
     <t>c_1751188</t>
   </si>
   <si>
-    <t>How to reduce unplanned hospitalisations of the nursing home residents</t>
-[...149 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_613749/en/post-operative-rehabilitation-after-rotator-cuff-tear-surgery-or-shoulder-arthroplasty-inpatient-or-outpatient-care</t>
+    <t>Sortie de maternité après accouchement : conditions et organisation du retour à domicile des mères et de leurs nouveau-nés</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a pour but de préciser les conditions et modalités optimales d’accompagnement des mères et des nouveau-nés à la sortie de maternité dans le contexte du bas risque. Ce travail vient entre autre actualiser la recommandation de bonne pratique publiée en 2004 par l’ANAES sur « la sortie précoce après accouchement – conditions pour proposer un retour précoce à domicile ».</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/03/2014 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1290110/fr/sortie-de-maternite-apres-accouchement-conditions-et-organisation-du-retour-a-domicile-des-meres-et-de-leurs-nouveau-nes</t>
+  </si>
+  <si>
+    <t>c_1290110</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Chirurgie ambulatoire en urologie</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations est de permettre à l’ensemble des urologues, de développer la pratique d’une chirurgie urologique ambulatoire de qualité, avec les mêmes conditions de sécurité qu’en hospitalisation traditionnelle, en intégrant les technologies et les concepts en organisation actuels et à venir.</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2013 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702525/fr/label-de-la-has-chirurgie-ambulatoire-en-urologie</t>
+  </si>
+  <si>
+    <t>c_1702525</t>
+  </si>
+  <si>
+    <t>Grossesses à risque : orientation des femmes enceintes entre les maternités en vue de l'accouchement</t>
+  </si>
+  <si>
+    <t>Définir selon des critères médicaux les femmes enceintes à orienter dans les maternités de type I, II et III selon les risques fœto-maternels. Harmoniser les indications d’orientation et de réorientation au sein des réseaux périnatals. Améliorer la compréhension par les professionnels autant que par les femmes enceintes de l’utilité et des limites de l’orientation entre les établissements d’un réseau périnatal. Mieux appréhender les outils nécessaires à une organisation efficace des orientations, afin d’en améliorer la sécurité et le confort.</t>
+  </si>
+  <si>
+    <t>01/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2012 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935540/fr/grossesses-a-risque-orientation-des-femmes-enceintes-entre-les-maternites-en-vue-de-l-accouchement</t>
+  </si>
+  <si>
+    <t>c_935540</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Handicaps moteurs et associés : le passage de l’enfant à l’adulte. Enjeux médicaux et médico-sociaux dans la période 15-25 ans</t>
+  </si>
+  <si>
+    <t>L'amélioration de l'espérance de vie des enfants handicapés moteurs et polyhandicapés conduit de plus en plus d'équipes pédiatriques à suivre ces enfants tardivement et pose la question du relais du suivi médical et paramédical par les équipes sanitaires adultes et par un dispositif médico-social adapté à leur condition particulière.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1271613/fr/label-de-la-has-handicaps-moteurs-et-associes-le-passage-de-l-enfant-a-l-adulte-enjeux-medicaux-et-medico-sociaux-dans-la-periode-15-25-ans</t>
+  </si>
+  <si>
+    <t>c_1271613</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'infarctus du myocarde à la phase aiguë en dehors des services de cardiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes: Quels sont les critères décisionnels pour la prescription d’une désobstruction coronaire pour un infarctus aigu (indépendamment de la technique) ? Quels sont les stratégies de reperfusion et les traitements adjuvants à mettre en œuvre pour un syndrome coronarien aigu (SCA) ST+ ? Quelles sont les caractéristiques des filières de prise en charge d’un patient avec une douleur thoracique évoquant un infarctus aigu ? Quelles sont les situations particulières de prise en charge d’un infarctus aigu ? Quelle est la prise en charge des complications initiales ?</t>
+  </si>
+  <si>
+    <t>27/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_484720/fr/prise-en-charge-de-l-infarctus-du-myocarde-a-la-phase-aigue-en-dehors-des-services-de-cardiologie</t>
+  </si>
+  <si>
+    <t>c_484720</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Démarche précoce d’insertion socioprofessionnelle en établissements de soins de suite et de réadaptation spécialisés relevant des champs de compétences de la médecine physique et de la réadaptation</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique décrit le contenu du processus et les moyens à mobiliser pour mettre en œuvre une démarche précoce d’insertion socioprofessionnelle (DPI) au sein d’un établissement de Soins de Suite et de Réadaptation spécialisé. La finalité de la DPI est d’intégrer au plus tôt la dimension socioprofessionnelle dans le projet de soins de la personne en situation de handicap. Cette recommandation aborde en particulier :</t>
+  </si>
+  <si>
+    <t>01/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>21/09/2011 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1096505/fr/label-de-la-has-demarche-precoce-d-insertion-socioprofessionnelle-en-etablissements-de-soins-de-suite-et-de-readaptation-specialises-relevant-des-champs-de-competences-de-la-medecine-physique-et-de-la-readaptation</t>
+  </si>
+  <si>
+    <t>c_1096505</t>
+  </si>
+  <si>
+    <t>Situations pathologiques pouvant relever de l'hospitalisation à domicile au cours de l'ante et du post-partum</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’optimiser la prise en charge de la femme et de son enfant dans le cadre d’une hospitalisation à domicile (HAD).</t>
+  </si>
+  <si>
+    <t>30/06/2011 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1066375/fr/situations-pathologiques-pouvant-relever-de-l-hospitalisation-a-domicile-au-cours-de-l-ante-et-du-post-partum</t>
+  </si>
+  <si>
+    <t>c_1066375</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge d’un appel de demande de soins non programmés dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Améliorer la qualité et la sécurité de la réponse apportée aux patients Constituer un support pour la formation continue des professionnels et l’évaluation de leurs pratiques Favoriser l’harmonisation des pratiques entre professionnels et sur l’ensemble du territoire</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2011 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1061039/fr/modalites-de-prise-en-charge-d-un-appel-de-demande-de-soins-non-programmes-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_1061039</t>
+  </si>
+  <si>
+    <t>Les courriers échangés entre médecins généralistes et psychiatres lors d’une demande de première consultation par le médecin généraliste pour un patient adulte présentant un trouble mental avéré ou une souffrance psychique</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à favoriser l’échange entre médecins généralistes et psychiatres, tout particulièrement important lors d’une demande de première consultation puisqu’il va déterminer le devenir de la coopération autour du patient de ces deux professionnels.</t>
+  </si>
+  <si>
+    <t>01/02/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>05/05/2011 13:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050358/fr/les-courriers-echanges-entre-medecins-generalistes-et-psychiatres-lors-d-une-demande-de-premiere-consultation-par-le-medecin-generaliste-pour-un-patient-adulte-presentant-un-trouble-mental-avere-ou-une-souffrance-psychique</t>
+  </si>
+  <si>
+    <t>c_1050358</t>
+  </si>
+  <si>
+    <t>Troubles de la réfraction : délivrance de verres correcteurs par les opticiens dans le cadre d'un renouvellement</t>
+  </si>
+  <si>
+    <t>L’article 54 de la loi n° 2006-1640 du 21 décembre 2006 de financement de la Sécurité sociale et ses décrets d’application (décrets n° 2007-553 et n° 2007-551 du 13 avril 2007) ont permis aux opticiens-lunetiers d’adapter, dans le cadre d'un renouvellement, les prescriptions médicales initiales de verres correcteurs datant de moins de 3 ans, à l'exclusion de celles établies pour les personnes âgées de moins de 16 ans et sauf opposition du médecin.</t>
+  </si>
+  <si>
+    <t>02/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2011 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1045685/fr/troubles-de-la-refraction-delivrance-de-verres-correcteurs-par-les-opticiens-dans-le-cadre-d-un-renouvellement</t>
+  </si>
+  <si>
+    <t>c_1045685</t>
+  </si>
+  <si>
+    <t>Critères de suivi en rééducation et d’orientation en ambulatoire ou en soins de suite ou de réadaptation après chirurgie des ruptures de coiffe et arthroplasties de l'épaule</t>
+  </si>
+  <si>
+    <t>Ces recommandations complètent celles publiées par la HAS en mars 2006 (cf. "en savoir plus" : Recommandations portant sur les actes chirurgicaux et orthopédiques ...). L'objectif de ces différents travaux de la HAS est d'éviter les hospitalisations inappropriées en soins de suite ou de réadaptation (SSR) après certains traitements orthopédiques ou chirurgicaux.</t>
+  </si>
+  <si>
+    <t>23/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_613749/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-chirurgie-des-ruptures-de-coiffe-et-arthroplasties-de-l-epaule</t>
   </si>
   <si>
     <t>c_613749</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Prescription médicamenteuse par téléphone (ou téléprescription) dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été rédigées par la HAS à la demande de la DHOS. Elles ont pour objectif de définir des bonnes pratiques en matière de prescription médicamenteuse par téléphone (téléprescription) dans le cadre de la régulation médicale, afin : de garantir l'homogénéité de cette pratique et la qualité de la réponse apportée aux patients sur tout le territoire ; d’améliorer le délai d'accès aux médicaments pour les patients qui doivent en disposer rapidement ; de sécuriser les professionnels impliqués quant à leur responsabilité lors de cette activité ; de permettre la production de supports de formation des médecins concernant cette pratique.</t>
+  </si>
+  <si>
+    <t>15/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784119/fr/prescription-medicamenteuse-par-telephone-ou-teleprescription-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_784119</t>
+  </si>
+  <si>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>Critères de suivi en rééducation et d'orientation en ambulatoire ou en soins de suite ou de réadaptation après arthroplastie totale du genou</t>
+  </si>
+  <si>
+    <t>Ces recommandations complètent celles publiées par la HAS en mars 2006 (cf. "en savoir plus" : Recommandations portant sur les actes chirurgicaux et orthopédiques ...). L'objectif de ces différents travaux de la HAS est d'éviter les hospitalisations inappropriées en soins de suite ou de réadaptation (SSR) après certains traitements orthopédiques et chirurgicaux.</t>
+  </si>
+  <si>
+    <t>01/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_639103/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-arthroplastie-totale-du-genou</t>
+  </si>
+  <si>
+    <t>c_639103</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Patient selection criteria for at-home cancer chemotherapy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
+    <t>Critères de suivi en rééducation et d'orientation en ambulatoire ou en soins de suite ou de réadaptation après ligamentoplastie du croisé antérieur du genou</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_639105/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-ligamentoplastie-du-croise-anterieur-du-genou</t>
+  </si>
+  <si>
+    <t>c_639105</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Prise en charge en cas de mort inattendue du nourrisson (moins de 2 ans)</t>
+  </si>
+  <si>
+    <t>La «mort inattendue du nourrisson» est définie dans ce document comme «une mort survenant brutalement chez un nourrisson alors que rien, dans ses antécédents connus, ne pouvait le laisser prévoir».</t>
+  </si>
+  <si>
+    <t>14/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2007 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533467/fr/prise-en-charge-en-cas-de-mort-inattendue-du-nourrisson-moins-de-2-ans</t>
+  </si>
+  <si>
+    <t>c_533467</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Care and monitoring of enteral access for enteral nutrition in adults in hospital and at home</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272139/en/care-and-monitoring-of-enteral-access-for-enteral-nutrition-in-adults-in-hospital-and-at-home</t>
+    <t>La crise suicidaire : reconnaître et prendre en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est d'améliorer le repérage de la crise suicidaire et l'organisation de la prise en charge afin de prévenir le suicide.</t>
+  </si>
+  <si>
+    <t>22/11/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271964/fr/la-crise-suicidaire-reconnaitre-et-prendre-en-charge</t>
+  </si>
+  <si>
+    <t>c_271964</t>
+  </si>
+  <si>
+    <t>Modalités de sevrage chez les toxicomanes dépendant des opiacés</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Quelle est la place des sevrages dans les stratégies de soin des toxicomanes aux opiacés ? Quelle préparation et mise en place des sevrages ? Quelles sont les modalités et les conditions pratiques du sevrage ? Quels soins après sevrage et suivi ?</t>
+  </si>
+  <si>
+    <t>24/04/1998 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/1998 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272062/fr/modalites-de-sevrage-chez-les-toxicomanes-dependant-des-opiaces</t>
+  </si>
+  <si>
+    <t>c_272062</t>
+  </si>
+  <si>
+    <t>Soins et surveillance des abords digestifs pour l'alimentation entérale chez l'adulte en hospitalisation et à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations pour les pratiques de soins concernent la pose d'une sonde nasogastrique, ainsi que les soins et la surveillance d'une sonde nasogastrique, de gastrostomie ou de jéjunostomie. Les indications et les modalités d'administration de l'alimentation entérale ainsi que le suivi nutritionnel ne sont pas abordés.</t>
+  </si>
+  <si>
+    <t>01/04/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272139/fr/soins-et-surveillance-des-abords-digestifs-pour-l-alimentation-enterale-chez-l-adulte-en-hospitalisation-et-a-domicile</t>
   </si>
   <si>
     <t>c_272139</t>
   </si>
   <si>
-    <t>Early management of adult stroke patients - Medical aspects -</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
   </si>
   <si>
     <t>c_272249</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3177774/en/remote-monitoring-of-patients-with-an-implantable-loop-recorder-inahta-brief</t>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral – Aspects paramédicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge paramédicale des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée.</t>
+  </si>
+  <si>
+    <t>01/06/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272250/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-paramedicaux</t>
+  </si>
+  <si>
+    <t>c_272250</t>
+  </si>
+  <si>
+    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
+  </si>
+  <si>
+    <t>11/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
+  </si>
+  <si>
+    <t>c_272273</t>
+  </si>
+  <si>
+    <t>Prise en charge des épilepsies partielles pharmaco-résistantes</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes posées au jury : Qu’est-ce qu’une épilepsie partielle pharmaco-résistante ? Comment conduire le bilan d’une épilepsie partielle pharmaco-résistante ? Quels sont les critères d’éligibilité à un traitement chirurgical ? Quelle prise en charge médicale et médico-sociale pour les épilepsies partielles pharmaco-résistantes ? Comment informer et éduquer les patients atteints d’épilepsie partielle pharmaco-résistante ? Comment évaluer leur qualité de vie ? Quelle organisation de soins proposer pour améliorer la qualité de leur prise en charge ? De quelles données médico-économiques dispose-t-on ?</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272300/fr/prise-en-charge-des-epilepsies-partielles-pharmaco-resistantes</t>
+  </si>
+  <si>
+    <t>c_272300</t>
+  </si>
+  <si>
+    <t>Réduire les mauvaises utilisations des médicaments de substitution des opiacés</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent les mauvaises utilisations des médicaments de substitution des opiacés et les façons de les prévenir et d'y remédier.</t>
+  </si>
+  <si>
+    <t>01/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272329/fr/reduire-les-mauvaises-utilisations-des-medicaments-de-substitution-des-opiaces</t>
+  </si>
+  <si>
+    <t>c_272329</t>
+  </si>
+  <si>
+    <t>Sortie du monde hospitalier et le retour au domicile d’une personne adulte handicapée sur le plan moteur ou neuropsychologique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Qu’est-ce qu’un projet de sortie ? Comment définir de façon personnalisée le projet de sortie ? Selon les données actuelles, quelle organisation pour la mise en œuvre pratique et la réalisation du projet de sortie individualisé, dans le contexte de la vie de la personne handicapée ? Face aux obstacles, aux facteurs limitants et aux attentes réciproques de tous les acteurs (de l’hôpital et du lieu de vie) concernés par la réalisation pratique de la sortie de l’hôpital et du retour à domicile, quelles propositions ? Comment évaluer le service rendu ?</t>
+  </si>
+  <si>
+    <t>15/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272386/fr/sortie-du-monde-hospitalier-et-le-retour-au-domicile-d-une-personne-adulte-handicapee-sur-le-plan-moteur-ou-neuropsychologique</t>
+  </si>
+  <si>
+    <t>c_272386</t>
+  </si>
+  <si>
+    <t>Liberté d’aller et venir dans les établissements sanitaires et médico-sociaux, et obligation de soins et de sécurité</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelles sont les raisons invoquées pour justifier des restrictions au principe fondamental d’aller et venir ? Lesquelles peut-on retenir ? Comment sont appréciées les raisons justifiant les restrictions aux libertés selon le lieu, le moment et la situation dans lesquels la personne se trouve ? Quelles doivent être les conditions d’application des raisons invoquées pour justifier des restrictions au principe fondamental d’aller et venir ? Comment concilier d’éventuelles restrictions à la liberté d’aller et venir en établissement sanitaire et médico-social et le droit à la vie privée ? Quelles sont les attentes et les responsabilités des usagers et de leur entourage sur le dilemme entre la liberté d’aller et venir et les obligations de soins et de sécurité dans les établissements ?</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272394/fr/liberte-d-aller-et-venir-dans-les-etablissements-sanitaires-et-medico-sociaux-et-obligation-de-soins-et-de-securite</t>
+  </si>
+  <si>
+    <t>c_272394</t>
+  </si>
+  <si>
+    <t>Sortie du monde hospitalier et retour au domicile d’une personne adulte évoluant vers la dépendance motrice ou psychique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les caractéristiques des systèmes d’information existants et de ceux qu’il conviendrait de mettre en place ? Quelles sorties d’informations structurées sont attendues de ces systèmes ? Quelles sont l’ampleur du champ et les interactions à considérer pour organiser efficacement la prise en charge sur le plan économique ? Comment évaluer les innovations techniques dans le cadre de la prise en charge du retour et/ou du maintien au domicile ? Comment évaluer les innovations organisationnelles dans le cadre de la prise en charge du retour et/ou du maintien au domicile ? La satisfaction du patient et des aidants est-elle un critère valide et crédible dans l’évaluation du retour et/ou du maintien au domicile ? Quelles recommandations proposer pour le financement du retour et/ou du maintien au domicile ?</t>
+  </si>
+  <si>
+    <t>25/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272396/fr/sortie-du-monde-hospitalier-et-retour-au-domicile-d-une-personne-adulte-evoluant-vers-la-dependance-motrice-ou-psychique</t>
+  </si>
+  <si>
+    <t>c_272396</t>
+  </si>
+  <si>
+    <t>Accès aux informations concernant la santé d'une personne - Modalités pratiques et accompagnement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent les modalités et l’accompagnement de l’accès aux informations de santé relatives à une personne, détenues par des professionnels de santé, des établissements de santé, publics ou privés, ou des hébergeurs.</t>
+  </si>
+  <si>
+    <t>01/12/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272508/fr/acces-aux-informations-concernant-la-sante-d-une-personne-modalites-pratiques-et-accompagnement</t>
+  </si>
+  <si>
+    <t>c_272508</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Téléconsultation &amp; télésoins – Consulter et se faire soigner à distance</t>
+  </si>
+  <si>
+    <t>Le document "Consulter et se faire soigner à distance - Téléconsultation &amp; télésoin" est destiné aux patients qui souhaitent s'informer sur le déroulement de cette prise en charge à distance.</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2021 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270557/fr/teleconsultation-telesoins-consulter-et-se-faire-soigner-a-distance</t>
+  </si>
+  <si>
+    <t>p_3270557</t>
+  </si>
+  <si>
+    <t>Accouchement : Votre retour à la maison pendant l’épidémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Votre bébé vient de naître et vous êtes de retour chez vous. Pour vous protéger, l’organisation de votre suivi médical et de celui de votre bébé est adaptée en fonction de la circulation du virus dans votre région. Des précautions spécifiques vous concernent si vous avez le Covid-19. N’hésitez pas à solliciter les professionnels de santé qui vous suivent, si vous avez des interrogations ou des doutes.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2020 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186783/fr/accouchement-votre-retour-a-la-maison-pendant-l-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186783</t>
+  </si>
+  <si>
+    <t>Grossesse : Votre suivi pendant l'épidémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Vous êtes enceinte et vous vous interrogez sur le suivi de votre grossesse et l’organisation de votre accouchement, alors que le coronavirus continue de circuler. En cette période, n’attendez pas pour prendre contact avec le professionnel ou l’équipe qui vous suivra. Ils vous conseilleront pour organiser au mieux votre suivi. Ce document est issu de la fiche réponse rapide Continuité du suivi des femmes enceintes lors de la levée du confinement.</t>
+  </si>
+  <si>
+    <t>29/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2020 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187133/fr/grossesse-votre-suivi-pendant-l-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3187133</t>
+  </si>
+  <si>
+    <t>COVID-19 - Comment vous protéger d'une forme grave</t>
+  </si>
+  <si>
+    <t>Covid-19 et maladie chronique : il est indispensable que vous restiez très attentif à votre santé en lien avec votre médecin, vos autres soignants et votre entourage, pendant toute la période de confinement liée à l'épidémie de COVID-19. La HAS vous propose un document pour vous accompagner. Il est destiné aux patients ou à leur entourage ; il a été élaboré en collaboration avec France Assos santé.</t>
+  </si>
+  <si>
+    <t>19/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2020 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178865/fr/covid-19-comment-vous-proteger-d-une-forme-grave</t>
+  </si>
+  <si>
+    <t>p_3178865</t>
+  </si>
+  <si>
+    <t>COVID-19 - Évaluer ses risques avec l’équipe de soins et adapter son mode de vie</t>
+  </si>
+  <si>
+    <t>Vous êtes atteint d’une maladie chronique ou avez plus de 65 ans ? Vous êtes possiblement exposé à un risque de forme grave de COVID-19. À l’occasion de la sortie du confinement, vous pouvez échanger avec votre médecin ou votre équipe de soins. Vous déciderez alors des adaptations de votre mode de vie en fonction de votre situation.</t>
+  </si>
+  <si>
+    <t>11/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189294/fr/covid-19-evaluer-ses-risques-avec-l-equipe-de-soins-et-adapter-son-mode-de-vie</t>
+  </si>
+  <si>
+    <t>p_3189294</t>
+  </si>
+  <si>
+    <t>Diabète : poursuivre ses soins et faire face au COVID-19</t>
+  </si>
+  <si>
+    <t>Vous êtes diabétique et vous sortez le moins possible. Il est indispensable de rester très attentif à votre équilibre glycémique et de faire le point avec votre médecin et vos autres soignants sur les soins que vous ne devez pas reporter et les traitements que vous ne devez pas modifier sans leur avis.</t>
+  </si>
+  <si>
+    <t>30/04/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2020 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182187/fr/diabete-poursuivre-ses-soins-et-faire-face-au-covid-19</t>
+  </si>
+  <si>
+    <t>p_3182187</t>
+  </si>
+  <si>
+    <t>Sortie de maternité : préparez votre retour à la maison....Document d'information destiné aux femmes enceintes</t>
+  </si>
+  <si>
+    <t>Ce document d’information, destiné aux femmes enceintes et à leur entourage, a pour objectif de les aider à anticiper leur sortie de maternité en préparant le retour au domicile.</t>
+  </si>
+  <si>
+    <t>13/03/2014 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729194/fr/sortie-de-maternite-preparez-votre-retour-a-la-maison-document-d-information-destine-aux-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_1729194</t>
+  </si>
+  <si>
+    <t>Lunettes de vue : mode d’emploi pour les renouveler</t>
+  </si>
+  <si>
+    <t>Depuis 2007*, les opticiens-lunetiers peuvent adapter, dans le cadre d'un renouvellement, les prescriptions médicales initiales de verres correcteurs datant de moins de 3 ans, chez les personnes d’au moins 16 ans, à la condition que l’ophtalmologiste n’ait pas notifié son opposition sur l’ordonnance. En effet, l'ophtalmologiste peut décider, dans des situations particulières qui nécessitent un suivi médical rapproché, de limiter ou de s’opposer au renouvellement par l’opticien. Dans certains cas également, l’opticien devra orienter la personne vers l’ophtalmologiste avant toute délivrance de lunettes. Vous trouverez dans ce document des informations sur : les troubles de la vue et les professionnels de santé qui s’en occupent la marche à suivre pour remplacer ses lunettes quand celles-ci ne sont plus à votre vue les symptômes qui doivent vous alerter et vous amener à consulter un ophtalmologiste * article 54 de la loi n° 2006-1640 du 21 décembre 2006 de financement de la Sécurité sociale et ses décrets d’application (décrets n° 2007-553 et n° 2007-551 du 13 avril 2007)</t>
+  </si>
+  <si>
+    <t>08/06/2012 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1253529/fr/lunettes-de-vue-mode-d-emploi-pour-les-renouveler</t>
+  </si>
+  <si>
+    <t>c_1253529</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Des données probantes pour accélérer le virage préventif</t>
+  </si>
+  <si>
+    <t>Thématique phare de son projet stratégique 2025-2030, la prévention est le sujet de la nouvelle analyse prospective du système de santé, adressée par la Haute Autorité de santé (HAS) au Gouvernement et au Parlement. Dans un contexte marqué par de fortes contraintes budgétaires, la HAS appelle à renforcer l’éclairage des décideurs par des données probantes pour leur permettre d’apprécier la pertinence des interventions de prévention et de promotion de la santé et donc les bénéfices attendus pour la population. A cet effet, elle propose notamment de construire et mettre en place une « boîte à outils » à destination de l’ensemble des acteurs concernés, et de structurer leur dialogue autour de cet enjeu.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737647/fr/des-donnees-probantes-pour-accelerer-le-virage-preventif</t>
+  </si>
+  <si>
+    <t>p_3737647</t>
+  </si>
+  <si>
+    <t>Parcours de transition des personnes transgenres : la HAS réaffirme la nécessité de protéger les experts</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) avait saisi le Conseil d’Etat d’un pourvoi en cassation contre un jugement du tribunal administratif de Montreuil lui enjoignant, à la demande d’une association, de communiquer la liste des membres du groupe de travail participant à l’élaboration des recommandations sur la transition de genre, et qui ont été récemment publiées. Après avoir accordé à la HAS un sursis à exécution, le Conseil d’Etat rejette finalement le pourvoi. La HAS prend acte de cette décision qui souligne toutefois que les textes actuels, sur lesquels le juge s’est fondé, ne garantissent pas suffisamment la protection des experts participant à l’expertise en santé. Attachée à la protection des experts et au principe d’indépendance de l’expertise, la HAS appelle à une évolution législative.</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639305/fr/parcours-de-transition-des-personnes-transgenres-la-has-reaffirme-la-necessite-de-proteger-les-experts</t>
+  </si>
+  <si>
+    <t>p_3639305</t>
+  </si>
+  <si>
+    <t>Transition de genre : la HAS publie les premières recommandations sur la prise en charge médicale de l’adulte</t>
+  </si>
+  <si>
+    <t>Saisie par le ministère chargé de la Santé, la Haute Autorité de santé (HAS) publie le premier volet de ses recommandations portant sur l’accompagnement et la prise en charge médicale des personnes trans souhaitant s’engager dans une démarche de transition de genre. Ce premier volet est consacré aux personnes âgées de 18 ans et plus. Destinées aux professionnels de santé, ces recommandations visent à homogénéiser les pratiques et garantir une prise en charge sécurisée et de qualité. Elles insistent notamment sur l’accueil, l’écoute et l’information des personnes concernées en vue d’une décision éclairée. La HAS élaborera dans un second temps des recommandations de bonnes pratiques concernant les mineurs.</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636602/fr/transition-de-genre-la-has-publie-les-premieres-recommandations-sur-la-prise-en-charge-medicale-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636602</t>
+  </si>
+  <si>
+    <t>Vers une meilleure collaboration entre la protection de l’enfance et la psychiatrie de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Les enfants qui bénéficient d’une mesure de protection[1],[2] ont à la fois un risque plus important de présenter des troubles psychiques et neurodéveloppementaux et des difficultés d’accès aux soins psychiatriques. Par ailleurs, la continuité de leurs parcours de soins peut ensuite être compromise, entre autres, par manque de coordination entre les acteurs de protection de l’enfance et ceux de la psychiatrie de l’enfant et de l’adolescent. Dans ce contexte, la Haute Autorité de santé (HAS) s’est auto-saisie pour élaborer une recommandation afin de favoriser la coordination entre les acteurs des deux champs concernés. Ce travail s’inscrit dans le cadre de son propre programme « santé mentale et psychiatrie » et dans un contexte où la santé mentale est Grande cause nationale 2025.</t>
+  </si>
+  <si>
+    <t>26/05/2025 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607991/fr/vers-une-meilleure-collaboration-entre-la-protection-de-l-enfance-et-la-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3607991</t>
+  </si>
+  <si>
+    <t>Mieux prévenir et gérer les événements indésirables graves associés aux soins survenant chez les nouveau-nés</t>
+  </si>
+  <si>
+    <t>Face à l'augmentation de la mortalité infantile en France, et sachant que cette évolution préoccupante a des origines multifactorielles, la HAS a analysé 328 déclarations d’événements indésirables graves associés aux soins (EIGS) survenus spécifiquement chez les nouveau-nés et reçues entre le 1er mars 2017 et le 27 mai 2024. Le rapport publié aujourd’hui identifie les causes de ces EIGS et en tire des enseignements conduisant à formuler dix préconisations. Il a pour objectif d’éclairer sur les circonstances des accidents déclarés, d’orienter les actions des pouvoirs publics et des acteurs de la périnatalité, et ainsi de consolider le niveau de sécurité des prises en charge périnatales en France.</t>
+  </si>
+  <si>
+    <t>21/05/2025 15:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607325/fr/mieux-prevenir-et-gerer-les-evenements-indesirables-graves-associes-aux-soins-survenant-chez-les-nouveau-nes</t>
+  </si>
+  <si>
+    <t>p_3607325</t>
+  </si>
+  <si>
+    <t>TDAH de l’enfant et adolescent : former plus de professionnels pour réduire les délais de prise en charge</t>
+  </si>
+  <si>
+    <t>Le trouble déficit de l’attention avec ou sans hyperactivité (TDAH) est un trouble du neurodéveloppement (TND). Il concernerait 5 % des enfants et des adolescents dans le monde. Diagnostiquer et accompagner le plus tôt possible ces enfants est essentiel afin d’éviter une aggravation des conséquences psychologiques, sociales et scolaires du TDAH. Alors que l’accès aux soins pour les personnes s’avère aujourd’hui compliqué, la Haute Autorité de santé (HAS) publie des recommandations pour améliorer le diagnostic et la prise en charge du TDAH chez l’enfant et l’adolescent. Elle appelle également les pouvoirs publics à développer l’offre de soins pour réduire les délais de prise en charge, en permettant l’intervention de plus de médecins. Des recommandations dédiées à l’adulte seront publiées fin 2025.</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542741/fr/tdah-de-l-enfant-et-adolescent-former-plus-de-professionnels-pour-reduire-les-delais-de-prise-en-charge</t>
+  </si>
+  <si>
+    <t>p_3542741</t>
+  </si>
+  <si>
+    <t>Certification des prestataires de services et distributeurs de matériel (PSDM) : la HAS publie le référentiel</t>
+  </si>
+  <si>
+    <t>Les prestataires de services et distributeurs de matériel (PSDM) sont devenus en quelques années un acteur important du maintien à domicile des personnes malades ou en perte d’autonomie. Ils fournissent des dispositifs médicaux et des prestations associées à environ 2 millions de personnes. À la suite d’un état des lieux mené par l’Inspection générale des affaires sociales (Igas), la loi de financement de la Sécurité sociale (LFSS) pour 2021 a confié à la Haute Autorité de santé (HAS) l’élaboration d’un référentiel des bonnes pratiques professionnelles et d’une procédure de certification des PSDM. La certification conditionnera la prise en charge des produits et prestations remboursables par l’Assurance maladie. L’objectif est de s’assurer de la qualité et de la sécurité de l’activité. La HAS publie aujourd’hui le référentiel sur la base duquel les prestataires seront évalués, afin de leur permettre de se préparer.</t>
+  </si>
+  <si>
+    <t>18/06/2024 11:37:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525164/fr/certification-des-prestataires-de-services-et-distributeurs-de-materiel-psdm-la-has-publie-le-referentiel</t>
+  </si>
+  <si>
+    <t>p_3525164</t>
+  </si>
+  <si>
+    <t>Diabète de type 2 : les thérapies non médicamenteuses d’abord</t>
+  </si>
+  <si>
+    <t>Plus de 3,8 millions de personnes étaient traitées pour un diabète en France en 2022. Chez l’adulte, dans plus de 90 % des cas, il s’agit d’un diabète de type 2. Cette maladie évolue au fil du temps et peut entraîner des complications cardiovasculaires et rénales parfois graves. Afin de garantir une prise en charge optimale des patients, la HAS met à jour ses recommandations à l’attention des professionnels de santé. Pour la première fois, elle positionne en 1re intention les thérapeutiques non médicamenteuses, dont l’activité physique. Les nouvelles classes médicamenteuses et leurs effets positifs sur la prévention des risques de complications sont aussi intégrées dans la stratégie de prise en charge.</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520515/fr/diabete-de-type-2-les-therapies-non-medicamenteuses-d-abord</t>
+  </si>
+  <si>
+    <t>p_3520515</t>
+  </si>
+  <si>
+    <t>Accélérer les coopérations et les partages de tâches entre professionnels de santé</t>
+  </si>
+  <si>
+    <t>13/03/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500091/fr/accelerer-les-cooperations-et-les-partages-de-taches-entre-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>p_3500091</t>
+  </si>
+  <si>
+    <t>Surpoids et obésité chez l’enfant et l’adulte : quel parcours de soins ?</t>
+  </si>
+  <si>
+    <t>À l’approche de la journée mondiale de l’obésité le 4 mars, la HAS propose deux parcours de soins du surpoids et de l’obésité, chez l’enfant et l’adolescent d’une part, chez l’adulte d’autre part. Comment prévenir ces situations ? Quelles mesures mettre en place ? Désormais complets, ces travaux ont pour objectif de faciliter l’organisation et la mise en œuvre des soins ainsi que l’accompagnement des personnes concernées par cette maladie chronique aux multiples retentissements.</t>
+  </si>
+  <si>
+    <t>28/02/2024 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498042/fr/surpoids-et-obesite-chez-l-enfant-et-l-adulte-quel-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>p_3498042</t>
+  </si>
+  <si>
+    <t>Repérer et accompagner les femmes en situation de vulnérabilité pendant et après une grossesse</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la politique des 1000 premiers jours de l’enfant, qui vise à permettre la mise en place d’environnements favorables au développement de chaque enfant, la HAS a étudié le cas particulier des femmes qui, avant, pendant ou après leur grossesse, sont en situation de vulnérabilité. Ces situations peuvent en effet s’avérer lourdes de conséquences pour la santé de l’enfant et de la mère. Ainsi, la HAS publie des recommandations assorties de 6 fiches pratiques en vue d’encourager le repérage précoce et de favoriser la coordination des professionnels pour accompagner les personnes concernées.</t>
+  </si>
+  <si>
+    <t>09/02/2024 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494113/fr/reperer-et-accompagner-les-femmes-en-situation-de-vulnerabilite-pendant-et-apres-une-grossesse</t>
+  </si>
+  <si>
+    <t>p_3494113</t>
+  </si>
+  <si>
+    <t>Syndrome post-réanimation : recommandations pour une prise en charge précoce et adaptée</t>
+  </si>
+  <si>
+    <t>Le syndrome post-réanimation (Post intensive Care Syndrome - PICS) se traduit par la persistance de symptômes physiques, psychologiques ou cognitifs après une hospitalisation en réanimation. Ces symptômes peuvent perdurer pendant plusieurs mois voire années, et entraînent des répercussions significatives sur la qualité de vie et la réintégration socio-professionnelle des patients. Alors que le nombre de passages en réanimation a augmenté durant la crise du Covid-19, la Haute Autorité de santé publie des recommandations en vue d’accompagner les professionnels dans la prévention, le dépistage et la prise en charge des personnes atteintes d’un syndrome post-réanimation. Elle recommande notamment de mettre en place un repérage des facteurs de risque à l’admission du patient en réanimation et une évaluation clinique avant la sortie, répétée entre trois et six mois après le passage en réanimation.</t>
+  </si>
+  <si>
+    <t>15/06/2023 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446368/fr/syndrome-post-reanimation-recommandations-pour-une-prise-en-charge-precoce-et-adaptee</t>
+  </si>
+  <si>
+    <t>p_3446368</t>
+  </si>
+  <si>
+    <t>Epilepsie : mieux coordonner les soins et l’accompagnement des personnes</t>
+  </si>
+  <si>
+    <t>L’épilepsie est une maladie neurologique chronique qui peut altérer fortement la qualité de vie des personnes atteintes en raison de la survenue de crises épileptiques mais aussi des conséquences psychiatriques, cognitives et sociales de la maladie. Aujourd’hui, les données disponibles font apparaître des insuffisances dans la qualité de la prise en charge : errance diagnostique, soins parfois inadaptés, manque d’accompagnement des personnes dans les différentes sphères de la vie quotidienne. Dans le cadre de la stratégie de transformation du système de santé, la Haute Autorité de santé, en collaboration avec l’Assurance Maladie, publie un guide sur le parcours de santé des personnes atteintes d’une épilepsie. Les objectifs : améliorer le diagnostic, favoriser la coordination de l’ensemble des acteurs impliqués dans une prise en charge personnalisée et, in fine, améliorer la qualité de vie des personnes concernées.</t>
+  </si>
+  <si>
+    <t>14/06/2023 11:03:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445857/fr/epilepsie-mieux-coordonner-les-soins-et-l-accompagnement-des-personnes</t>
+  </si>
+  <si>
+    <t>p_3445857</t>
+  </si>
+  <si>
+    <t>La HAS se prononce sur l’intérêt médical des TROD grippe/Covid-19/VRS</t>
+  </si>
+  <si>
+    <t>Après un hiver marqué par une triple épidémie (grippe, Covid-19 et bronchiolite), la HAS a été saisie pour évaluer les tests rapides d’orientation diagnostique (TROD), dits « multiplex », c’est-à-dire susceptibles de détecter simultanément différents virus. Elle se prononce plus précisément sur l’intérêt médical des TROD grippe/Covid-19 et grippe/Covid-19/VRS (virus respiratoire syncytial), dans le cadre notamment des consultations médicales en ville. En l’absence de données suffisamment robustes pour attester de leurs performances diagnostiques, la HAS estime que ces TROD ne présentent pas à ce jour d’intérêt médical en vue d’un diagnostic à l’échelle individuelle. Toutefois, ils pourraient présenter un intérêt médical à l’échelle populationnelle qui pourrait justifier, sous certaines conditions, leur prise en charge par l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>13/06/2023 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445214/fr/la-has-se-prononce-sur-l-interet-medical-des-trod-grippe/covid-19/vrs</t>
+  </si>
+  <si>
+    <t>p_3445214</t>
+  </si>
+  <si>
+    <t>Un nouveau parcours de santé pour la personne présentant une douleur chronique</t>
+  </si>
+  <si>
+    <t>Afin d’améliorer la qualité de vie des patients souffrant de douleur chronique, la Haute Autorité de santé, en partenariat avec le Collège de médecine générale (CMG) et la Société française d'étude et de traitement de la douleur (SFETD), publie un guide sur le parcours de santé permettant d’apporter une réponse graduée et adaptée à chaque personne. L’objectif est de renforcer la prévention, d’améliorer les délais et de favoriser la coordination de l’ensemble des acteurs impliqués dans cette prise en charge. Ce parcours donne une place prépondérante à la médecine de ville, à sa collaboration avec les structures douleurs chroniques ainsi qu’à la juste mobilisation des services hospitaliers de spécialité. Le niveau de recours aux soins est déterminé par les besoins du patient.</t>
+  </si>
+  <si>
+    <t>14/02/2023 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412606/fr/un-nouveau-parcours-de-sante-pour-la-personne-presentant-une-douleur-chronique</t>
+  </si>
+  <si>
+    <t>p_3412606</t>
+  </si>
+  <si>
+    <t>Télésurveillance médicale : 2 décrets actent l’intégration de la télésurveillance médicale dans le droit commun</t>
+  </si>
+  <si>
+    <t>Publiés le 31 décembre au journal officiel, 2 décrets permettent l’entrée en vigueur d’un modèle de droit commun spécifique à la télésurveillance prévu par l’article 36 de la loi de financement de la sécurité sociale pour 2022, ainsi que la fin de l’expérimentation ETAPES au 1ier juillet 2023. Ce nouveau cadre associe la rémunération du suivi médical réalisé à distance par une équipe soignante et celle du dispositif médical numérique associé. Ainsi, le 1er décret porte sur les modalités d’évaluation et d’inscription au remboursement de la télésurveillance et le 2nd, sur la déclaration des activités de télésurveillance des équipes soignantes aux agences régionales de santé (ARS). Ces textes seront prochainement complétés par des arrêtés cadrant les rémunérations des équipes soignantes et le financement des solutions numériques.</t>
+  </si>
+  <si>
+    <t>13/01/2023 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3405664/fr/telesurveillance-medicale-2-decrets-actent-l-integration-de-la-telesurveillance-medicale-dans-le-droit-commun</t>
+  </si>
+  <si>
+    <t>p_3405664</t>
+  </si>
+  <si>
+    <t>Monkeypox : des réponses rapides pour une prise en charge adaptée</t>
+  </si>
+  <si>
+    <t>Alors que le virus Monkeypox (variole du singe) continue de circuler, la HAS publie des Réponses rapides afin d’accompagner les professionnels de santé de premier recours dans la prise en charge des personnes à risque d’être infectées par le virus. Du diagnostic au traitement en passant par la vaccination et la prévention, la HAS passe en revue les clés d’une prise en charge adaptée. Pour compléter cette information, la HAS organisera prochainement un webinaire à l’intention des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363053/fr/monkeypox-des-reponses-rapides-pour-une-prise-en-charge-adaptee</t>
+  </si>
+  <si>
+    <t>p_3363053</t>
+  </si>
+  <si>
+    <t>Avis favorable à un élargissement des compétences vaccinales chez les enfants</t>
+  </si>
+  <si>
+    <t>En janvier dernier, la HAS s’est prononcée en faveur de l’extension, hors Covid-19, des compétences vaccinales des infirmiers, des pharmaciens et des sages-femmes pour les personnes âgées de 16 ans et plus. Elle publie aujourd’hui le second volet de ces travaux qui concerne les enfants et les adolescents de moins de 16 ans et précise les conditions de prescription et d’administration des vaccins obligatoires ou recommandés du calendrier vaccinal par ces professionnels. Les objectifs : faciliter le parcours vaccinal de la population et ainsi augmenter la couverture vaccinale en France.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349250/fr/avis-favorable-a-un-elargissement-des-competences-vaccinales-chez-les-enfants</t>
+  </si>
+  <si>
+    <t>p_3349250</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : améliorer la prise en charge médicale des cas les plus sévères</t>
+  </si>
+  <si>
+    <t>La Haute autorité de santé (HAS) publie de nouvelles recommandations pour améliorer la qualité de la prise en charge médicale des adultes en situation d’obésité, et plus spécifiquement de ceux dont l’obésité est complexe ou sévère. Ainsi, dans une approche multidisciplinaire, la HAS clarifie les 2e et 3e niveaux de prise en charge afin d’accompagner les professionnels de santé dans leur mise en œuvre. Ces recommandations proposent des clés pour modifier durablement les modes de vie du patient dans un objectif qui ne se résume pas qu’à la perte de poids. Elles précisent également le rôle des soins de suite et réadaptation (SSR) dans la prise en charge.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346198/fr/obesite-de-l-adulte-ameliorer-la-prise-en-charge-medicale-des-cas-les-plus-severes</t>
+  </si>
+  <si>
+    <t>p_3346198</t>
+  </si>
+  <si>
+    <t>Covid-19 : anticiper une vaccination périodique des plus fragiles</t>
+  </si>
+  <si>
+    <t>Face au SARS-CoV-2, protéger les plus fragiles reste la priorité. Afin d’anticiper la résurgence probable d’un variant à l’automne, la HAS a élaboré une stratégie vaccinale de lutte contre la Covid-19 sur la base d’un scénario de réapparition périodique du virus, qu’elle estime le plus probable. Elle recommande ainsi d’anticiper une vaccination à l’automne des personnes à risque de développer des formes graves. En parallèle, la HAS appelle à poursuivre encore aujourd’hui les efforts de vaccination et de rappel auprès de ces personnes.</t>
+  </si>
+  <si>
+    <t>25/05/2022 11:00:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341233/fr/covid-19-anticiper-une-vaccination-periodique-des-plus-fragiles</t>
+  </si>
+  <si>
+    <t>p_3341233</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce aux médicaments : un premier bilan positif et des principes d’évaluation affinés</t>
+  </si>
+  <si>
+    <t>Depuis le 1er juillet 2021, l'accès précoce aux médicaments innovants est accordé par la HAS après avis de l’Agence nationale de sécurité du médicament et des produits de santé (ANSM) sur leur présomption d’efficacité et de sécurité. Dix mois après l’entrée en vigueur de cette réforme prévue par la loi de financement de la sécurité sociale pour 2021, la HAS et l’ANSM dressent un premier bilan positif de ce dispositif qui permet d’accélérer et faciliter l’accès des patients aux médicaments innovants : près de 100 demandes déposées, des évaluations et des décisions rendues dans des délais courts (60 jours en moyenne, 35 pour les traitements de la Covid-19) et 40 médicaments rendus accessibles. Fort de ces constats, et dans un souci d’affiner encore le dispositif, la HAS, après échange avec l’ANSM, fait évoluer certains principes d’évaluation décrits dans sa doctrine.</t>
+  </si>
+  <si>
+    <t>20/05/2022 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3340090/fr/autorisation-d-acces-precoce-aux-medicaments-un-premier-bilan-positif-et-des-principes-d-evaluation-affines</t>
+  </si>
+  <si>
+    <t>p_3340090</t>
+  </si>
+  <si>
+    <t>Lyme : la HAS publie un guide de parcours de soins structuré en cas de suspicion de la maladie</t>
+  </si>
+  <si>
+    <t>La HAS publie, à l’intention des patients et des professionnels de santé, un guide du parcours de soins des personnes présentant une suspicion de borréliose de Lyme. Conformément aux recommandations publiées en 2018, les objectifs de ce guide sont de réduire l’errance médicale et d’offrir à tous les patients la même qualité d’accès aux soins, en facilitant et en harmonisant leur prise en charge sur l’ensemble du territoire. Le guide s’appuie sur un algorithme clair qui indique la conduite à tenir par les professionnels de santé selon les situations cliniques ainsi que l’autosurveillance à réaliser par les patients eux-mêmes.</t>
+  </si>
+  <si>
+    <t>15/03/2022 12:10:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324045/fr/lyme-la-has-publie-un-guide-de-parcours-de-soins-structure-en-cas-de-suspicion-de-la-maladie</t>
+  </si>
+  <si>
+    <t>p_3324045</t>
+  </si>
+  <si>
+    <t>Surpoids et obésité chez l’enfant : vers une prise en charge globale et multidimensionnelle</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la stratégie de transformation du système de santé « Ma santé 2022 » et en lien avec la feuille de route interministérielle sur l’obésité (2019-2022), la Haute autorité de santé (HAS) publie un guide pour optimiser le parcours de soins de l’enfant et de l’adolescent en situation de surpoids ou d’obésité et accompagner les professionnels de santé dans sa mise en œuvre. La HAS rappelle l’importance de la mesure de l’indice de masse corporelle (IMC), point de départ du dépistage du surpoids et de l’obésité, et détaille les autres aspects à prendre en compte et sur lesquels mobiliser différents professionnels tout au long d’un parcours de soins qui doit être coordonné, gradué et inscrit dans la durée pour être efficace.</t>
+  </si>
+  <si>
+    <t>02/03/2022 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320587/fr/surpoids-et-obesite-chez-l-enfant-vers-une-prise-en-charge-globale-et-multidimensionnelle</t>
+  </si>
+  <si>
+    <t>p_3320587</t>
+  </si>
+  <si>
+    <t>Covid-19 : la HAS rend trois nouveaux avis pour actualiser la stratégie de lutte contre le virus</t>
+  </si>
+  <si>
+    <t>Alors que le nombre d’infections par le SARS-CoV-2 reste à un niveau élevé mais diminue fortement depuis quelques semaines, la HAS publie trois nouveaux avis pour actualiser la stratégie de lutte contre le virus. Ainsi, elle affine la place du vaccin Janssen dans le contexte des dernières données EPI-PHARE ; elle rend un nouvel avis sur la place des tests antigéniques rapides sur prélèvement salivaire dans le dépistage de l’infection ; enfin, elle se prononce sur l’autorisation d’accès précoce post-AMM pour le Ronapreve® dans le traitement curatif des patients à risque de forme sévère de la maladie.</t>
+  </si>
+  <si>
+    <t>21/02/2022 13:59:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318289/fr/covid-19-la-has-rend-trois-nouveaux-avis-pour-actualiser-la-strategie-de-lutte-contre-le-virus</t>
+  </si>
+  <si>
+    <t>p_3318289</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du poumon : la HAS recommande l’engagement d’un programme pilote</t>
+  </si>
+  <si>
+    <t>Il n’existe pas jusqu’ici en France de dépistage organisé du cancer du poumon, la HAS ayant considéré en 2016 que toutes les conditions pour une mise en œuvre efficace et sûre n’étaient pas réunies. Aujourd’hui, l’analyse des nouvelles données disponibles montre que le dépistage par scanner à faible dose chez les personnes fortement exposées au tabac conduit à une réduction de la mortalité spécifique. Ceci amène la HAS à actualiser son avis et à encourager la mise en place d’expérimentations en vie réelle, et notamment d’un programme pilote par l’INCA, afin de ne pas retarder l’accès à cette modalité de dépistage. Elle définit également certaines des informations que devraient apporter ce programme pilote et les études à venir, avant d’envisager le déploiement d’un programme de dépistage organisé à large échelle.</t>
+  </si>
+  <si>
+    <t>01/02/2022 14:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312901/fr/depistage-du-cancer-du-poumon-la-has-recommande-l-engagement-d-un-programme-pilote</t>
+  </si>
+  <si>
+    <t>p_3312901</t>
+  </si>
+  <si>
+    <t>Élargir les compétences de trois professions de santé pour faciliter la vaccination</t>
+  </si>
+  <si>
+    <t>L’élargissement des compétences vaccinales à différents professionnels de santé a largement contribué à la montée en puissance de la campagne de vaccination sans précédent contre le SARS-CoV-2. Aujourd’hui, la HAS recommande de permettre aux infirmiers, pharmaciens et sages-femmes de prescrire et d’administrer les vaccins non vivants inscrits au calendrier vaccinal chez les personnes âgées de 16 ans et plus, sous réserve de la formation de ces professionnels et de la garantie d’une traçabilité des vaccins réalisés. Facteur d’amélioration de la couverture vaccinale en France, cet élargissement s’inscrit dans la promotion d’une démarche de prévention globale.</t>
+  </si>
+  <si>
+    <t>28/01/2022 16:29:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312582/fr/elargir-les-competences-de-trois-professions-de-sante-pour-faciliter-la-vaccination</t>
+  </si>
+  <si>
+    <t>p_3312582</t>
+  </si>
+  <si>
+    <t>Contribuer à l’amélioration du parcours scolaire des enfants en situation de handicap ou protégés</t>
+  </si>
+  <si>
+    <t>En France, l’éducation est un droit fondamental et inconditionnel pour tout enfant. Elle passe notamment par la scolarité. Or, pour les enfants en situation de handicap et ceux qui bénéficient d’une mesure de protection, ce droit est souvent mis à mal avec une plus forte probabilité de ruptures ou d’échec dans le parcours scolaire. Dans ce contexte, la HAS publie des recommandations de bonne pratique pour permettre aux professionnels du secteur social et médico-social de contribuer par leurs actions à accompagner et soutenir les parcours scolaires de ces enfants.</t>
+  </si>
+  <si>
+    <t>27/09/2021 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288770/fr/contribuer-a-l-amelioration-du-parcours-scolaire-des-enfants-en-situation-de-handicap-ou-proteges</t>
+  </si>
+  <si>
+    <t>p_3288770</t>
+  </si>
+  <si>
+    <t>Covid-19 : quelle utilité aujourd’hui pour les tests sérologiques ?</t>
+  </si>
+  <si>
+    <t>Dans un contexte de large déploiement des vaccins contre la Covid-19, de capacités très élevées de tests de diagnostic et de dépistage, mais également d’émergence de nouveaux variants, les précautions restent de mise pour éviter une nouvelle flambée épidémique. Dans l’arsenal de tests, les tests sérologiques, dont les premières indications ont initialement été définies il y a plus d’un an, voient leur place évoluer. Ainsi, après étude des dernières données scientifiques disponibles, la HAS actualise ses recommandations sur les indications de la sérologie lors du diagnostic, en contexte de dépistage pré-vaccinal et en contexte post-vaccinal pour les personnes immunodéprimées.</t>
+  </si>
+  <si>
+    <t>23/06/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273496/fr/covid-19-quelle-utilite-aujourd-hui-pour-les-tests-serologiques</t>
+  </si>
+  <si>
+    <t>p_3273496</t>
+  </si>
+  <si>
+    <t>Covid-19 : des TROD pour optimiser l’utilisation des doses de vaccins disponibles</t>
+  </si>
+  <si>
+    <t>Alors que la campagne de vaccination se déroule à un rythme soutenu et que l’épidémie de Covid-19 semble diminuer mais reste active, la Haute Autorité de Santé (HAS) poursuit ses travaux pour simplifier la vaccination chaque fois que c’est pertinent, renforcer encore sa dynamique et accompagner les professionnels de santé. Réaffirmant que quand on a déjà été infecté, une seule dose suffit, elle publie aujourd’hui un avis sur l’utilisation des tests sérologiques rapides (TROD) en parallèle de la première dose de vaccin pour identifier les personnes infectées par le SARS-CoV-2 dont l'infection n'a pas été diagnostiquée. Elle actualise aussi les Réponses rapides destinées à guider les professionnels de santé dans la démarche vaccinale.</t>
+  </si>
+  <si>
+    <t>03/06/2021 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269831/fr/covid-19-des-trod-pour-optimiser-l-utilisation-des-doses-de-vaccins-disponibles</t>
+  </si>
+  <si>
+    <t>p_3269831</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux innovants : le dispositif de prise en charge transitoire opérationnel</t>
+  </si>
+  <si>
+    <t>Afin de faciliter un accès rapide des patients aux technologies et dispositifs médicaux innovants, un nouveau dispositif de prise en charge transitoire a été mis en place pour accorder le remboursement pendant un an des dispositifs médicaux thérapeutiques ou de compensation du handicap présumés innovants. Cette nouvelle disposition est aujourd’hui opérationnelle et les industriels peuvent déposer leur dossier auprès de la HAS qui rendra un avis rapidement, dans un délai de 45 jours maximum.</t>
+  </si>
+  <si>
+    <t>02/06/2021 10:08:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3268128/fr/dispositifs-medicaux-innovants-le-dispositif-de-prise-en-charge-transitoire-operationnel</t>
+  </si>
+  <si>
+    <t>p_3268128</t>
+  </si>
+  <si>
+    <t>La HAS favorable à la prescription de la PrEP en ville pendant l’urgence sanitaire</t>
+  </si>
+  <si>
+    <t>La première prescription de la prophylaxie pré-exposition au VIH (PrEP) était jusqu’à présent effectuée uniquement par un médecin expérimenté au sein des hôpitaux, ou des Centres gratuits d'information, de dépistage et de diagnostic (CeGIDD)La crise sanitaire et ses conséquences constituant un frein aux consultations dans ces lieux, la HAS recommande aujourd’hui la possibilité de primo-prescription et de suivi des patients ayant recours à la PrEP par tout médecin, notamment en ville. Elle publie des Réponses rapides afin d’accompagner les médecins de ville dans cette démarche.</t>
+  </si>
+  <si>
+    <t>28/04/2021 18:58:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263807/fr/la-has-favorable-a-la-prescription-de-la-prep-en-ville-pendant-l-urgence-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3263807</t>
+  </si>
+  <si>
+    <t>Covid-19 : quel suivi pour les patients Covid+ en ambulatoire ?</t>
+  </si>
+  <si>
+    <t>Même lorsque les symptômes sont légers au début, la Covid-19 peut entrainer une détérioration rapide de l’état de santé dans les 6 à 12 jours après son apparition. Afin de la prévenir et d’éviter des hospitalisations en urgence, la HAS publie aujourd’hui des Réponses rapides décrivant les premiers signes évocateurs d’une forme grave sur le plan respiratoire à surveiller ainsi que le suivi à apporter aux patients, même asymptomatiques. La HAS recommande ainsi une information de toute personne diagnostiquée positive à la Covid-19 sur les signes devant alerter, une consultation systématique d’un médecin généraliste et si besoin une prescription d’un oxymètre de pouls.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261052/fr/covid-19-quel-suivi-pour-les-patients-covid-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3261052</t>
+  </si>
+  <si>
+    <t>Vaccination contre la Covid-19 : impliquer davantage de professionnels pour accélérer la campagne</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a récemment été saisie par le ministère des Solidarités et de la Santé afin de rendre un avis concernant un projet de décret d’urgence sanitaire permettant d’autoriser de nouvelles catégories de professionnels de santé à participer à la campagne de vaccination, soit en les habilitant à réaliser l’injection du vaccin contre la Covid-19, soit en les habilitant à prescrire et réaliser cette injection.</t>
+  </si>
+  <si>
+    <t>26/03/2021 09:54:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245564/fr/vaccination-contre-la-covid-19-impliquer-davantage-de-professionnels-pour-accelerer-la-campagne</t>
+  </si>
+  <si>
+    <t>p_3245564</t>
+  </si>
+  <si>
+    <t>Vaccins Covid-19 : consultés, les acteurs concernés par la vaccination enrichissent les préconisations de la HAS</t>
+  </si>
+  <si>
+    <t>Après la consultation publique menées entre le 9 et le 30 novembre auprès des acteurs concernés - professionnels, associations de patients, établissements, etc. – la HAS publie ses recommandations sur l’organisation de la campagne de vaccination contre le SARS-CoV-2. Transparence de l’information, pragmatisme et parcours vaccinal simple et en proximité des personnes : les grands principes préconisés le 9 novembre dernier conservent leur place centrale dans les travaux publiés ce jour par la HAS.</t>
+  </si>
+  <si>
+    <t>15/12/2020 14:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223786/fr/vaccins-covid-19-consultes-les-acteurs-concernes-par-la-vaccination-enrichissent-les-preconisations-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3223786</t>
+  </si>
+  <si>
+    <t>Covid-19 : Repérer les situations à risque pour proposer des mesures de prévention aux personnes les plus vulnérables</t>
+  </si>
+  <si>
+    <t>Dans le contexte d’épidémie de Sars-Cov-2, la Haute Autorité de Santé a élaboré une série de Réponses rapides sur la base des connaissances actuellement disponibles pour aider les professionnels de santé à repérer les situations à risque auxquelles pourraient être exposées les personnes vulnérables et leur proposer des conseils de prévention adaptés. Elle publie une Réponse rapide plus spécifiquement destinée aux médecins généralistes dans le cadre des consultations de ces personnes à risque.</t>
+  </si>
+  <si>
+    <t>04/12/2020 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223432/fr/covid-19-reperer-les-situations-a-risque-pour-proposer-des-mesures-de-prevention-aux-personnes-les-plus-vulnerables</t>
+  </si>
+  <si>
+    <t>p_3223432</t>
+  </si>
+  <si>
+    <t>Vaccins Covid-19 : quelle stratégie de priorisation à l’initiation de la campagne ?</t>
+  </si>
+  <si>
+    <t>La HAS affine ses recommandations sur la priorisation des populations à vacciner contre la Covid-19 élaborées en juillet dernier. Cette stratégie - par phase et par ordre de priorité - répond à un double objectif : réduire les hospitalisations et les décès et maintenir les activités essentielles du pays, particulièrement celles du système de santé pendant l’épidémie. Deux critères principaux ont été pris en compte par la HAS pour établir cette priorisation : l’existence d’un facteur de risque individuel de développer une forme grave de la maladie et l’exposition accrue au virus.</t>
+  </si>
+  <si>
+    <t>30/11/2020 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221237/fr/vaccins-covid-19-quelle-strategie-de-priorisation-a-l-initiation-de-la-campagne</t>
+  </si>
+  <si>
+    <t>p_3221237</t>
+  </si>
+  <si>
+    <t>Vaccination contre la Covid-19 : transparence, pragmatisme et flexibilité  sont les clés d’une campagne efficace</t>
+  </si>
+  <si>
+    <t>La HAS poursuit ses travaux sur la stratégie d’utilisation de futurs vaccins contre la Covid-19. Après avoir posé un cadre de réflexion sur la priorisation des populations à vacciner selon différents scénarios, elle propose aujourd’hui un projet de recommandations intermédiaires sur la mise en œuvre de la campagne de vaccination : modalités organisationnelles et grands principes de l’information des publics – notamment sur la priorisation nécessaire. Afin de recueillir les avis des principaux acteurs du champ de la vaccination, ces travaux sont soumis à consultation publique jusqu’au 30 novembre 2020 sur le site internet de la HAS.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216484/fr/vaccination-contre-la-covid-19-transparence-pragmatisme-et-flexibilite-sont-les-cles-d-une-campagne-efficace</t>
+  </si>
+  <si>
+    <t>p_3216484</t>
+  </si>
+  <si>
+    <t>Tests, isolement, traitements : quelle prise en charge en médecine de ville pour les patients suspectés de Covid-19 ?</t>
+  </si>
+  <si>
+    <t>Face au regain de l’épidémie actuelle, la HAS a actualisé ses Réponses rapides sur la prise en charge de premier recours des patients suspectés de Covid-19. L’objectif est de rappeler les éléments du diagnostic clinique, la démarche de recours aux tests, les modalités d’interprétation des résultats et la conduite à tenir en fonction de ces derniers.</t>
+  </si>
+  <si>
+    <t>09/11/2020 11:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216523/fr/tests-isolement-traitements-quelle-prise-en-charge-en-medecine-de-ville-pour-les-patients-suspectes-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3216523</t>
+  </si>
+  <si>
+    <t>Covid-19 : proposer une oxygénothérapie à domicile, une modalité adaptée pour certains patients</t>
+  </si>
+  <si>
+    <t>En complément de ses travaux sur le suivi en médecine de ville des personnes infectées par le SARS-Cov-2 ou suspectées d’être contaminées, la Haute Autorité de santé publie des Réponses rapides sur la prise en charge à domicile de patients atteints de la Covid-19 qui nécessitent une oxygénothérapie. Elle y définit les critères d’éligibilité des patients, les conditions de la mise en œuvre de l’oxygénothérapie, le suivi et la coordination nécessaires pour garantir la sécurité des soins. Ce travail a été élaboré en collaboration avec les professionnels et les associations de patients.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216861/fr/covid-19-proposer-une-oxygenotherapie-a-domicile-une-modalite-adaptee-pour-certains-patients</t>
+  </si>
+  <si>
+    <t>p_3216861</t>
+  </si>
+  <si>
+    <t>Polyhandicap : un accompagnement centré sur le développement des capacités de chacun</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie les premières recommandations sur l’accompagnement de la personne polyhandicapée, enfant et adulte. Conçues pour couvrir l’ensemble du parcours de vie de la personne, ces recommandations invitent à changer de regard et à centrer l’accompagnement sur le développement des compétences de chacun plutôt que sur la limitation des déficiences. Cette approche positive est détaillée en six volets : la citoyenneté, les évaluations fonctionnelles, la santé, le quotidien, les transitions et la fin de vie, les professionnels et les proches.</t>
+  </si>
+  <si>
+    <t>03/11/2020 18:17:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215210/fr/polyhandicap-un-accompagnement-centre-sur-le-developpement-des-capacites-de-chacun</t>
+  </si>
+  <si>
+    <t>p_3215210</t>
+  </si>
+  <si>
+    <t>COVID-19 : les tests antigéniques sont performants chez les patients symptomatiques</t>
+  </si>
+  <si>
+    <t>Plus rapides que les tests RT-PCR, les tests antigéniques pourraient désengorger les laboratoires en réduisant les délais pour se faire tester et recevoir ses résultats. La HAS se prononce aujourd’hui en faveur de leur déploiement et de leur remboursement en diagnostic chez les patients symptomatiques. Pour garantir un niveau de fiabilité suffisant et parce que les différents tests antigéniques montrent une grande hétérogénéité de fiabilité, elle définit des seuils minimaux de performance pour déterminer lesquels pourront être utilisés.</t>
+  </si>
+  <si>
+    <t>25/09/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203094/fr/covid-19-les-tests-antigeniques-sont-performants-chez-les-patients-symptomatiques</t>
+  </si>
+  <si>
+    <t>p_3203094</t>
+  </si>
+  <si>
+    <t>COVID-19 : avis favorable au prélèvement oropharyngé en cas de contre-indication au nasopharyngé</t>
+  </si>
+  <si>
+    <t>Le prélèvement nasopharyngé est aujourd’hui la référence pour réaliser un test virologique par RT-PCR. Toutefois, il est désagréable et certains patients peuvent le refuser ou ne pas être en capacité de le faire. Les prélèvements salivaires représentent une alternative mais pour les seuls patients symptomatiques. Aujourd’hui, la HAS rend un second avis et valide le recours au prélèvement oropharyngé pour les tests RT-PCR des personnes asymptomatiques chez qui le prélèvement nasopharyngé est contre-indiqué.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203097/fr/covid-19-avis-favorable-au-prelevement-oropharynge-en-cas-de-contre-indication-au-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3203097</t>
+  </si>
+  <si>
+    <t>Faciliter l’engagement des usagers :  la HAS publie sa première recommandation</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une première recommandation visant à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Cette recommandation - qui propose un socle de connaissances - sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202458/fr/faciliter-l-engagement-des-usagers-la-has-publie-sa-premiere-recommandation</t>
+  </si>
+  <si>
+    <t>p_3202458</t>
+  </si>
+  <si>
+    <t>COVID-19 : les tests salivaires peuvent compléter les tests nasopharyngés chez les personnes symptomatiques</t>
+  </si>
+  <si>
+    <t>La HAS rend aujourd’hui un avis sur l’utilisation des tests virologiques (RT-PCR) sur prélèvement salivaire. Leur intérêt est de faciliter les prélèvements, de réduire les risques de contamination du personnel soignant et d’être moins désagréables pour les patients. Les données disponibles montrent que le prélèvement salivaire est un peu moins sensible que le prélèvement nasopharyngé pour détecter le virus chez les personnes symptomatiques. Etant donné leur meilleure acceptabilité, la HAS est favorable à leur recours et leur remboursement, en l’orientant de préférence vers les personnes symptomatiques pour lesquelles le prélèvement nasopharyngé est difficile voire impossible. En revanche, elle ne les recommande pas pour les personnes asymptomatiques, chez qui ils sont très peu performants.</t>
+  </si>
+  <si>
+    <t>18/09/2020 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202317/fr/covid-19-les-tests-salivaires-peuvent-completer-les-tests-nasopharynges-chez-les-personnes-symptomatiques</t>
+  </si>
+  <si>
+    <t>p_3202317</t>
+  </si>
+  <si>
+    <t>Tests salivaires pour la détection du virus SARS-CoV-2 : la HAS se prononce en faveur d’un forfait innovation</t>
+  </si>
+  <si>
+    <t>La Société Française de Microbiologie associée au Centre Hospitalier Andrée Rosemon de Cayenne ont demandé le 6 août à la HAS d’évaluer l’opportunité d’un recours au forfait innovation pour utiliser les tests virologiques sur prélèvement salivaire. Compte tenu du besoin réel de tests plus simples pour une utilisation en dépistage et en diagnostic ambulatoire mais aussi des incertitudes fortes demeurant sur la fiabilité des tests salivaires, le forfait innovation apparaît en effet particulièrement adapté. La HAS rend en conséquence un avis favorable.</t>
+  </si>
+  <si>
+    <t>10/08/2020 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198372/fr/tests-salivaires-pour-la-detection-du-virus-sars-cov-2-la-has-se-prononce-en-faveur-d-un-forfait-innovation</t>
+  </si>
+  <si>
+    <t>p_3198372</t>
+  </si>
+  <si>
+    <t>Épidémie de Covid-19: la HAS plaide pour une participation des usagers aux retours d'expérience</t>
+  </si>
+  <si>
+    <t>L’expérience des usagers[1] est un des éléments qui peut contribuer à trouver des pistes d’amélioration dans les retours d’expérience qui débutent sur la crise du COVID-19. Ces analyses rétrospectives de dysfonctionnements dans une prise en charge individuelle ou à plus grande échelle doivent les associer pour améliorer le fonctionnement du système sanitaire, social ou médico-social. Le Conseil pour l’engagement des usagers de la Haute Autorité de santé publie un avis qui rappelle l’importance de cet engagement des patients. Il souligne également la pertinence de cette méthode pour l’étude des parcours de soin et/ou d’accompagnement et leur coordination.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196316/fr/epidemie-de-covid-19-la-has-plaide-pour-une-participation-des-usagers-aux-retours-d-experience</t>
+  </si>
+  <si>
+    <t>p_3196316</t>
+  </si>
+  <si>
+    <t>Le COVID-19 et ses complications : le recours à l’orthophonie peut être nécessaire</t>
+  </si>
+  <si>
+    <t>La HAS poursuit la rédaction de Réponses rapides dans le cadre du COVID-19 à destination des professionnels de santé, pour les outiller dans la reprise progressive de leurs consultations. Elle publie aujourd’hui des Réponses rapides à destination des orthophonistes intervenant en cas de complications post-réanimation et de séquelles neurologiques liées au virus. Cette prise en charge orthophonique peut débuter lors de la phase aigüe de la maladie, et se poursuivre ensuite.</t>
+  </si>
+  <si>
+    <t>10/07/2020 12:54:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193620/fr/le-covid-19-et-ses-complications-le-recours-a-l-orthophonie-peut-etre-necessaire</t>
+  </si>
+  <si>
+    <t>p_3193620</t>
+  </si>
+  <si>
+    <t>Des fiches pour guider les médecins généralistes dans la prise en charge des patients suspectés de COVID-19</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour un ensemble de fiches pratiques à destination des médecins généralistes sur la conduite à tenir face à un potentiel cas de COVID-19. Synthèses des connaissances actuelles sur la prise en charge de cette maladie, elles expliquent notamment quels tests faire et quand, que le patient soit symptomatique ou non, comment les interpréter et quand envisager un isolement.</t>
+  </si>
+  <si>
+    <t>26/06/2020 19:39:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191398/fr/des-fiches-pour-guider-les-medecins-generalistes-dans-la-prise-en-charge-des-patients-suspectes-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3191398</t>
+  </si>
+  <si>
+    <t>COVID-19 : la HAS appelle à reprendre d’urgence les vaccinations, en priorité chez les nourrissons et les personnes fragiles</t>
+  </si>
+  <si>
+    <t>L’épidémie de COVID-19 a eu un impact considérable sur la vaccination avec une diminution importante du nombre de personnes vaccinées. Aussi, la Haute Autorité de santé rappelle-t-elle l’importance de la vaccination dans la prévention du risque infectieux, en priorité chez les nourrissons et certaines populations fragiles. Elle encourage les professionnels de santé à saisir toute occasion de contact avec leurs patients pour vérifier et mettre à jour leur vaccination.</t>
+  </si>
+  <si>
+    <t>16/06/2020 11:00:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189882/fr/covid-19-la-has-appelle-a-reprendre-d-urgence-les-vaccinations-en-priorite-chez-les-nourrissons-et-les-personnes-fragiles</t>
+  </si>
+  <si>
+    <t>p_3189882</t>
+  </si>
+  <si>
+    <t>Levée du confinement : quel suivi des femmes enceintes ou ayant accouché ?</t>
+  </si>
+  <si>
+    <t>La HAS actualise ses Réponses rapides consacrées au suivi des femmes enceintes ou ayant accouché. Publiées début avril ces préconisations sont enrichies et adaptées dans le contexte de la levée progressive du confinement.</t>
+  </si>
+  <si>
+    <t>20/05/2020 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185959/fr/levee-du-confinement-quel-suivi-des-femmes-enceintes-ou-ayant-accouche</t>
+  </si>
+  <si>
+    <t>p_3185959</t>
+  </si>
+  <si>
+    <t>La HAS est favorable au remboursement des tests sérologiques à la fiabilité validée et dans les indications définies</t>
+  </si>
+  <si>
+    <t>La HAS se prononce aujourd’hui en faveur d’un remboursement par l’assurance maladie des tests sérologiques de type ELISA et TDR à la fiabilité établie par le CNR, et dans les indications décrites dans ses travaux des 2 et 18 mai derniers. N’y sont abordés ni les TROD, dont le remboursement relève d’un autre dispositif réglementaire, ni les autotests, non recommandés par la HAS.</t>
+  </si>
+  <si>
+    <t>20/05/2020 20:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186099/fr/la-has-est-favorable-au-remboursement-des-tests-serologiques-a-la-fiabilite-validee-et-dans-les-indications-definies</t>
+  </si>
+  <si>
+    <t>p_3186099</t>
+  </si>
+  <si>
+    <t>Soins dentaires : prendre en charge les patients en toute sécurité</t>
+  </si>
+  <si>
+    <t>Dans le but d’accompagner les chirurgiens-dentistes et leurs équipes dans la reprise de leurs activités de soins, interrompues dans la période de confinement due à l’épidémie de COVID-19, la Haute Autorité de Santé a élaboré des Réponses rapides en concertation avec les représentants de la profession et l’Ordre des chirurgiens-dentistes. Le document traite aussi bien des aspects organisationnels (réorganisation de la salle d’attente, des espaces de soins, nettoyage et gestion des déchets, matériel et équipements de protection individuelle à utiliser, etc.) que des aspects médicaux (type de soins envisageables selon le profil du patient vis-à-vis du COVID-19).</t>
+  </si>
+  <si>
+    <t>19/05/2020 10:37:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185445/fr/soins-dentaires-prendre-en-charge-les-patients-en-toute-securite</t>
+  </si>
+  <si>
+    <t>p_3185445</t>
+  </si>
+  <si>
+    <t>La HAS se prononce sur les tests sérologiques rapides – TDR, TROD, autotests – dans la lutte contre le COVID-19</t>
+  </si>
+  <si>
+    <t>Après avoir défini les critères de performance exigibles pour les tests sérologiques COVID-19 et la stratégie d’utilisation des tests automatisables de type ELISA, la HAS publie ce jour la stratégie d’utilisation des tests unitaires qui élargissent les lieux et circonstances de test et donnent des résultats en quelques minutes. Les TDR et TROD trouvent leur place dans la surveillance épidémiologique et la stratégie diagnostique, tandis que le recours aux autotests apparaît prématuré.</t>
+  </si>
+  <si>
+    <t>18/05/2020 15:11:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185170/fr/la-has-se-prononce-sur-les-tests-serologiques-rapides-tdr-trod-autotests-dans-la-lutte-contre-le-covid-19</t>
+  </si>
+  <si>
+    <t>p_3185170</t>
+  </si>
+  <si>
+    <t>COVID-19 : Limiter les séquelles des patients hospitalisés en réanimation</t>
+  </si>
+  <si>
+    <t>Après avoir publié une Réponse rapide sur la rééducation/réadaptation des patients atteints de COVID-19 sortis de réanimation, la HAS publie une fiche sur la prise en charge des malades en réanimation, en unités de soins continus et en post réanimation. L’objectif est de prévenir et de limiter pour le patient les complications liées à la fois à la maladie elle-même et à la lourdeur de l’hospitalisation. Cette Réponse rapide a été élaborée en collaboration avec le Conseil national professionnel de médecine physique et de réadaptation, la Société française de médecine physique et de réadaptation, la Société française de réanimation de langue française et la Société de pneumologie de langue française.</t>
+  </si>
+  <si>
+    <t>09/05/2020 12:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183293/fr/covid-19-limiter-les-sequelles-des-patients-hospitalises-en-reanimation</t>
+  </si>
+  <si>
+    <t>p_3183293</t>
+  </si>
+  <si>
+    <t>COVID-19 : Quelle prise en charge pour les patients à domicile ?</t>
+  </si>
+  <si>
+    <t>Les patients atteints de COVID-19 mais dont l’état de santé n’a pas nécessité une hospitalisation sont surveillés et isolés chez eux ou en structure dédiée (hôtel thérapeutique). La HAS publie une Réponse rapide consacrée à leur prise en charge. Cette fiche récapitule également des recommandations en matière de délais d’isolement de la personne contaminée, des personnes vivant à son domicile et des autres personnes contact.</t>
+  </si>
+  <si>
+    <t>09/05/2020 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183576/fr/covid-19-quelle-prise-en-charge-pour-les-patients-a-domicile</t>
+  </si>
+  <si>
+    <t>p_3183576</t>
+  </si>
+  <si>
+    <t>COVID-19 : Accompagner la fin de vie des personnes dans les structures sociales ou médico-sociales</t>
+  </si>
+  <si>
+    <t>Les règles sanitaires mises en place pour contenir l’épidémie de COVID-19 ont bouleversé l’accompagnement de la fin de vie et mis à mal les rituels autour des décès, nécessaires à la démarche de deuil. La HAS diffuse une contribution qui vise à identifier les pratiques permettant, malgré la crise, d’accompagner les personnes et leurs proches, de façon digne et humaine.</t>
+  </si>
+  <si>
+    <t>09/05/2020 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183631/fr/covid-19-accompagner-la-fin-de-vie-des-personnes-dans-les-structures-sociales-ou-medico-sociales</t>
+  </si>
+  <si>
+    <t>p_3183631</t>
+  </si>
+  <si>
+    <t>COVID-19 : Mesures barrières et maintien de la qualité du lien dans le secteur social et médico-social</t>
+  </si>
+  <si>
+    <t>L’épidémie de COVID-19 a nécessité la mise en place de mesures de protection contraignantes : restriction des libertés, distanciation physique et donc limitation des relations sociales et affectives. Dans ce contexte, la HAS publie une contribution qui vise à aider les professionnels à maintenir le lien social et à favoriser l’apprentissage des mesures barrières par les publics qu’ils accompagnent.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183635/fr/covid-19-mesures-barriereset-maintien-de-la-qualite-du-lien-dans-le-secteur-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3183635</t>
+  </si>
+  <si>
+    <t>COVID-19 : Préserver l’équilibre entre protection et autonomie des personnes accompagnées</t>
+  </si>
+  <si>
+    <t>La crise sanitaire provoquée par le COVID-19 a fragilisé dans les pratiques l’équilibre entre la nécessaire protection des personnes et leur autonomie. Afin de le préserver, la HAS, en collaboration avec les acteurs du secteur, propose une contribution pour partager des expériences de terrain et éclairer les professionnels.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183636/fr/covid-19-preserver-l-equilibre-entre-protection-et-autonomie-des-personnes-accompagnees</t>
+  </si>
+  <si>
+    <t>p_3183636</t>
+  </si>
+  <si>
+    <t>Fin du confinement : 5 propositions pour redonner leur place aux usagers</t>
+  </si>
+  <si>
+    <t>Pour intégrer le point de vue des usagers dans la sortie de confinement, le Conseil pour l’engagement des usagers (CEU), instance consultative de la HAS, formule cinq recommandations au Collège de la HAS et plus globalement aux instances de santé.</t>
+  </si>
+  <si>
+    <t>07/05/2020 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183115/fr/fin-du-confinement-5-propositions-pour-redonner-leur-place-aux-usagers</t>
+  </si>
+  <si>
+    <t>p_3183115</t>
+  </si>
+  <si>
+    <t>Diabète et épidémie de COVID-19 : poursuivre son traitement et rester vigilant</t>
+  </si>
+  <si>
+    <t>En collaboration avec la Fédération française des diabétiques, la Haute Autorité de Santé publie à l’attention des patients un document d’information qui s’appuie sur la Réponse rapide à destination des professionnels sur la prise en charge et le suivi des patients diabétiques dans le cadre du COVID-19. La HAS publiera dans les prochains jour une Réponse rapide visant à accompagner les patients ayant une maladie chronique dans la levée du confinement.</t>
+  </si>
+  <si>
+    <t>07/05/2020 19:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183423/fr/diabete-et-epidemie-de-covid-19-poursuivre-son-traitement-et-rester-vigilant</t>
+  </si>
+  <si>
+    <t>p_3183423</t>
+  </si>
+  <si>
+    <t>Patients obèses ou dénutris : prévenir les formes graves de COVID-19 tout en limitant les risques liés au confinement</t>
+  </si>
+  <si>
+    <t>En cette période d’épidémie de Covid-19, et comme pour chaque maladie chronique, les professionnels de santé doivent maintenir le suivi de leurs patients présentant des troubles de la nutrition ou pour lesquels l’alimentation est un enjeu pour le maintien de leur santé. Dans la Réponse rapide « Pathologies chroniques et risques nutritionnels en ambulatoire », la HAS résume les points de vigilance à connaitre pour prévenir les risques nutritionnels et préconise de privilégier le télésoin.</t>
+  </si>
+  <si>
+    <t>24/04/2020 11:12:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181411/fr/patients-obeses-ou-denutris-prevenir-les-formes-graves-de-covid-19-tout-en-limitant-les-risques-lies-au-confinement</t>
+  </si>
+  <si>
+    <t>p_3181411</t>
+  </si>
+  <si>
+    <t>Epidémie de COVID-19 : protéger et accompagner les publics fragiles</t>
+  </si>
+  <si>
+    <t>Préoccupée par la situation des publics fragiles dans le contexte actuel d’épidémie et de confinement, la Commission en charge du social et du médico-social de la HAS (CSMS) s’est autosaisie de plusieurs sujets où l’équilibre entre la protection des personnes et leur autonomie semble remis en question par la survenue de l'épidémie de COVID-19. Elle a retenu 3 thèmes à son programme de travail. Ces travaux complèteront ceux engagés par ailleurs par la HAS, sur la sortie du confinement.</t>
+  </si>
+  <si>
+    <t>24/04/2020 15:06:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181522/fr/epidemie-de-covid-19-proteger-et-accompagner-les-publics-fragiles</t>
+  </si>
+  <si>
+    <t>p_3181522</t>
+  </si>
+  <si>
+    <t>Diabète : guider les patients et assurer leur suivi en période d'épidémie de COVID-19</t>
+  </si>
+  <si>
+    <t>Les patients atteints de diabète de type 1 ou 2 doivent bénéficier d’une prise en charge et d’un suivi médical réguliers durant l’épidémie de COVID-19. Dans le but d’accompagner les professionnels de santé dans ce contexte, la Haute Autorité de Santé a élaboré des Réponses rapides en collaboration avec la Société Francophone du Diabète, la Fédération Française de Nutrition et le Collège de la Médecine Générale.</t>
+  </si>
+  <si>
+    <t>21/04/2020 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180709/fr/diabete-guider-les-patients-et-assurer-leur-suivi-en-periode-d-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3180709</t>
+  </si>
+  <si>
+    <t>La HAS valide l’extension de l’IVG médicamenteuse à domicile jusqu'à 9 semaines</t>
+  </si>
+  <si>
+    <t>Saisie par le ministre des Solidarités et de la Santé, la HAS valide la possibilité de proposer aux femmes une interruption volontaire de grossesse (IVG) médicamenteuse à domicile jusqu’à 9 semaines d’aménorrhée. Dans sa Réponse rapide, la HAS décrit les modalités de cette extension.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179352/fr/la-has-valide-l-extension-de-l-ivg-medicamenteuse-a-domicile-jusqu-a-9-semaines</t>
+  </si>
+  <si>
+    <t>p_3179352</t>
+  </si>
+  <si>
+    <t>Patients atteints de maladies chroniques :  des réflexes à adopter en période de confinement</t>
+  </si>
+  <si>
+    <t>Les patients atteints de maladies chroniques nécessitent un suivi médical régulier que l’épidémie et le confinement actuels peuvent perturber. La HAS a élaboré en collaboration avec France Assos santé une fiche qui leur est destinée afin de leur donner des conseils dans cette période.</t>
+  </si>
+  <si>
+    <t>10/04/2020 19:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179354/fr/patientsatteints-de-maladies-chroniques-desreflexes-a-adopter-en-periode-de-confinement</t>
+  </si>
+  <si>
+    <t>p_3179354</t>
+  </si>
+  <si>
+    <t>Le scanner thoracique, un outil réservé à certaines situations critiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la place du scanner thoracique chez les patients infectés par le COVID-19 ou chez qui une infection est suspectée. Son utilité est principalement de repérer les lésions pulmonaires et de suivre leur évolution. Pour le diagnostic, le test RT-PCR doit être privilégié et le recours au scanner doit être réservé à l’urgence médicale ne permettant pas d’attendre les résultats du test.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179358/fr/le-scanner-thoracique-un-outil-reserve-a-certaines-situations-critiques</t>
+  </si>
+  <si>
+    <t>p_3179358</t>
+  </si>
+  <si>
+    <t>Parkinson : les patients doivent maintenir leur traitement et une activité physique adaptée</t>
+  </si>
+  <si>
+    <t>Bien que ces patients n’aient pas de risque particulier de développer des formes graves du COVID-19, la continuité de leur suivi par un professionnel de santé est indispensable. Les traitements et l’activité physique adaptée doivent être maintenus. Leur interruption et l’angoisse liée au contexte actuel sont autant de facteurs pouvant entrainer une décompensation de la maladie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179359/fr/parkinson-les-patients-doivent-maintenir-leur-traitement-et-une-activite-physique-adaptee</t>
+  </si>
+  <si>
+    <t>p_3179359</t>
+  </si>
+  <si>
+    <t>Patients insuffisants cardiaques : maintenir le suivi pour prévenir les complications</t>
+  </si>
+  <si>
+    <t>Les patients insuffisants cardiaques chroniques ont un risque accru de développer des formes graves du COVID-19. Dans la Réponse rapide élaborée pour garantir le suivi adapté de ces patients en période d’épidémie, la HAS insiste sur l’importance pour le médecin traitant et le cardiologue de surveiller tout signe de complication : dyspnée, tachycardie, malaises...</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179361/fr/patients-insuffisants-cardiaques-maintenir-le-suivi-pour-prevenir-les-complications</t>
+  </si>
+  <si>
+    <t>p_3179361</t>
+  </si>
+  <si>
+    <t>Maintenir le suivi et prévenir les interactions médicamenteuses des patients atteints d’une hépatite virale chronique</t>
+  </si>
+  <si>
+    <t>La HAS a défini les modalités du suivi des patients ayant une hépatite chronique virale, qu’ils soient infectés ou non par le COVID-19, dans une Réponse rapide dédiée à cette maladie chronique. Elle y identifie les points de vigilance en cas d’hospitalisation due au COVID-19 : pour ces patients, il est important de limiter la consommation de paracétamol et de prévenir les interactions médicamenteuses.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179366/fr/maintenir-le-suivi-et-prevenir-les-interactions-medicamenteuses-des-patients-atteints-d-une-hepatite-virale-chronique</t>
+  </si>
+  <si>
+    <t>p_3179366</t>
+  </si>
+  <si>
+    <t>Maintenir un suivi régulier et la prévention pour les personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une Réponse rapide spécifique pour le suivi des personnes vivant avec le VIH pendant l’épidémie de COVID-19. Il est essentiel de maintenir les traitements en cours, à l’exception des personnes qui contracteraient le COVID-19. Pour ces derniers, la suspension de leurs traitements durant quelques jours est possible, le temps de guérir du COVID-19.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:27:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179380/fr/maintenir-un-suivi-regulier-et-la-prevention-pour-les-personnes-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3179380</t>
+  </si>
+  <si>
+    <t>Être attentif à la vulnérabilité des patients atteints de tuberculose</t>
+  </si>
+  <si>
+    <t>La HAS publie une Réponse rapide dédiée au suivi des patients atteints de tuberculose, lesquels sont à risque de développer une forme grave du COVID-19 s’ils le contractent. La Réponse rapide ne porte pas sur la vaccination BCG en prévention du COVID-19.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179388/fr/etre-attentif-a-la-vulnerabilite-des-patients-atteints-de-tuberculose</t>
+  </si>
+  <si>
+    <t>p_3179388</t>
+  </si>
+  <si>
+    <t>Syndrome coronarien chronique : un suivi complété par une vigilance accrue</t>
+  </si>
+  <si>
+    <t>Depuis le début de l’épidémie de COVID-19, l’enjeu crucial dans la prise en charge des patients atteints de syndrome coronarien chronique est de limiter le risque d’infarctus du myocarde ou d’accident vasculaire cérébral et de réagir rapidement si leur état s’aggrave.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179405/fr/syndrome-coronarien-chronique-un-suivi-complete-par-une-vigilance-accrue</t>
+  </si>
+  <si>
+    <t>p_3179405</t>
+  </si>
+  <si>
+    <t>Assurer un suivi des patients épileptiques et prévenir les interactions médicamenteuses </t>
+  </si>
+  <si>
+    <t>Les patients épileptiques ne présentent pas de risque accru de développer une forme sévère de COVID-19. Pour autant, la continuité de leur suivi est essentielle pour éviter une dégradation évitable de leur état de santé. Dans sa Réponse rapide, la HAS appelle également à la vigilance quant à l’usage de certains médicaments en raison de risques d’interactions médicamenteuses (AINS, paracétamol et hydroxychloroquine).</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179415/fr/assurer-un-suivi-des-patients-epileptiques-et-prevenir-les-interactions-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3179415</t>
+  </si>
+  <si>
+    <t>Favoriser le déploiement de la télémédecine en confiance</t>
+  </si>
+  <si>
+    <t>Après avoir identifié les conditions d’éligibilité à la téléconsultation et à la téléexpertise en 2018, la Haute Autorité de santé (HAS) complète ses travaux et publie une série de documents pour leur déploiement opérationnel. Sont abordés chacune des nouvelles modalités d’exercice : la téléconsultation, la téléexpertise et la téléimagerie. Enfin, la HAS propose un document d’information à remettre aux patients avant une téléconsultation.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3058522/fr/favoriser-le-deploiement-de-la-telemedecine-en-confiance</t>
+  </si>
+  <si>
+    <t>p_3058522</t>
+  </si>
+  <si>
+    <t>La conciliation des traitements médicamenteux pour sécuriser la prise en charge des patients atteints de cancer</t>
+  </si>
+  <si>
+    <t>La prise en charge des patients atteints de cancer implique une stratégie thérapeutique évolutive dans le temps, qui associe des médicaments à haut risque, et relève d’une prise en charge multidisciplinaire. Afin de tenir compte de ces spécificités, la HAS complète son travail de 2017 sur la mise en œuvre de la conciliation des traitements médicamenteux par un guide dédié à la cancérologie. Par un partage d’informations tout au long du parcours de la personne atteinte de cancer, l’objectif est de garantir une continuité des soins médicamenteux et de prévenir les risques d’erreurs de traitements.</t>
+  </si>
+  <si>
+    <t>18/04/2019 16:03:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964693/fr/la-conciliation-des-traitements-medicamenteux-pour-securiser-la-prise-en-charge-des-patients-atteints-de-cancer</t>
+  </si>
+  <si>
+    <t>c_2964693</t>
+  </si>
+  <si>
+    <t>Parcours de santé : le ministère et la HAS facilitent l’accès à l’hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>04/12/2018 16:25:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888327/fr/parcours-de-sante-le-ministere-et-la-has-facilitent-l-acces-a-l-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2888327</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes vivant avec le VIH : la HAS publie un guide à destination des médecins généralistes</t>
+  </si>
+  <si>
+    <t>Grâce à l’amélioration des traitements antirétroviraux, l’infection par le virus de l’immunodéficience humaine (VIH) est désormais une maladie chronique et l’espérance de vie des personnes infectées devient similaire à celle de la population générale. Elles développent alors des pathologies dues au vieillissement, en plus des complications liées au VIH lui-même et à son traitement. Pour les prendre en charge de façon optimale, en intégrant mieux la prévention primaire et secondaire des co-infections et des comorbidités, il est nécessaire de privilégier un suivi partagé et coordonné entre l’hôpital et le médecin généraliste. La HAS publie un guide à destination de ces derniers afin de les aider à mieux identifier les points d’attention nécessaires au suivi de ces patients, en alternance avec la prise en charge hospitalière.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877202/fr/prise-en-charge-des-personnes-vivant-avec-le-vih-la-has-publie-un-guide-a-destination-des-medecins-generalistes</t>
+  </si>
+  <si>
+    <t>c_2877202</t>
+  </si>
+  <si>
+    <t>Améliorer la coordination des soins dans le domaine de la santé mentale</t>
+  </si>
+  <si>
+    <t>Dans la prise en charge des patients souffrant de troubles mentaux, la coordination entre les médecins généralistes et les autres acteurs de soins (psychiatres, psychologues, infirmiers, etc.) est insuffisamment développée. Pour promouvoir une évolution des pratiques, la HAS publie un guide proposant différents outils; les professionnels peuvent les mobiliser isolément ou combiner les uns avec les autres en fonction de leurs besoins, de leurs contraintes et du niveau de développement de la coordination sur leur territoire d’exercice.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876753/fr/ameliorer-la-coordination-des-soins-dans-le-domaine-de-la-sante-mentale</t>
+  </si>
+  <si>
+    <t>c_2876753</t>
+  </si>
+  <si>
+    <t>Simplifier la vaccination contre la grippe : la HAS favorable à l’harmonisation des compétences des professionnels</t>
+  </si>
+  <si>
+    <t>Aujourd’hui en France, la couverture vaccinale contre la grippe saisonnière est insuffisante. Dans l’objectif de simplifier la vaccination, la HAS a reconnu - dans un avis publié le 8 août 2018 - l’intérêt d’étendre les compétences vaccinales des infirmiers, des sages-femmes et des pharmaciens afin que ces trois professions puissent vacciner les mêmes publics. Dans le même temps, la HAS a défini les modalités et a déterminé les conditions nécessaires à cette extension.</t>
+  </si>
+  <si>
+    <t>27/09/2018 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872745/fr/simplifier-la-vaccination-contre-la-grippe-la-has-favorable-a-l-harmonisation-des-competences-des-professionnels</t>
+  </si>
+  <si>
+    <t>c_2872745</t>
+  </si>
+  <si>
+    <t>Téléconsultation et téléexpertise : aucune situation clinique exclue a priori</t>
+  </si>
+  <si>
+    <t>Reconnue par la loi en 2009, la télémédecine se déploie largement sur le territoire et le financement des actes de téléconsultation et de téléexpertise dans le droit commun devrait être une étape importante. Saisie par le ministère chargé de la Santé, la HAS conclut qu’aucune situation clinique ne peut être exclue a priori d’un recours à la téléconsultation ou à la téléexpertise et définit des critères d’éligibilité au cas par cas. Ce travail sera complété en fin d’année par un guide sur le bon usage et la qualité de ces pratiques cliniques, avec un volet spécifique sur les examens d’imagerie médicale.</t>
+  </si>
+  <si>
+    <t>20/04/2018 11:38:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2845190/fr/teleconsultation-et-teleexpertise-aucune-situation-clinique-exclue-a-priori</t>
+  </si>
+  <si>
+    <t>c_2845190</t>
+  </si>
+  <si>
+    <t>Fin de vie : en parler, la préparer et l’accompagner</t>
+  </si>
+  <si>
+    <t>La HAS publie aujourd’hui un guide à destination des professionnels de santé afin de les aider à mettre en œuvre une sédation profonde et continue maintenue jusqu’au décès, pratique sédative prévue par la loi Claeys-Leonetti, que les patients peuvent demander dans des circonstances précises. Ce travail complète une série de travaux de la HAS sur l’accompagnement de la fin de vie : rédaction des directives anticipées, mise en place d’une démarche palliative ou encore maintien à domicile des patients qui nécessitent des soins palliatifs. L’ensemble de ces travaux vise à entendre la demande des patients de finir leur vie chez eux, sans souffrir ainsi qu’à outiller les professionnels de santé, à l’hôpital comme en ville, pour appréhender cette situation.</t>
+  </si>
+  <si>
+    <t>15/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834548/fr/fin-de-vie-en-parler-la-preparer-et-l-accompagner</t>
+  </si>
+  <si>
+    <t>c_2834548</t>
+  </si>
+  <si>
+    <t>La HAS a développé un outil pour aider les professionnels à orienter les patients en HAD</t>
+  </si>
+  <si>
+    <t>L’hospitalisation à domicile (HAD) permet d’éviter ou de raccourcir une hospitalisation conventionnelle en offrant aux patients la possibilité d’être soignés sur leur lieu de vie. Malgré une politique en faveur du développement de l’HAD menée par les pouvoirs publics, cette possibilité reste sous-utilisée et encore trop peu connue par les professionnels de santé. C’est pourquoi la HAS a développé le premier outil en ligne d’aide à la décision pour les médecins prescripteurs, qui permet d’estimer si un patient est éligible ou non à cette modalité d’hospitalisation.</t>
+  </si>
+  <si>
+    <t>07/12/2017 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810280/fr/la-has-a-developpe-un-outil-pour-aider-les-professionnels-a-orienter-les-patients-en-had</t>
+  </si>
+  <si>
+    <t>c_2810280</t>
+  </si>
+  <si>
+    <t>Colloque HAS - La pertinence des soins : tous concernés !</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a organisé le mardi 14 novembre son colloque annuel sur une dimension essentielle de la qualité des soins, la pertinence, afin de nourrir la réflexion sur les moyens de la renforcer. Intitulé « Pertinence : du concept à l’action », ce colloque a rassemblé des experts scientifiques français et internationaux, des professionnels de santé, des usagers et des représentants des pouvoirs publics. En amont de cette manifestation, la HAS avait organisé une démarche participative en vue de recueillir le point de vue d’usagers et de citoyens.</t>
+  </si>
+  <si>
+    <t>14/11/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804547/fr/colloque-has-la-pertinence-des-soins-tous-concernes</t>
+  </si>
+  <si>
+    <t>c_2804547</t>
+  </si>
+  <si>
+    <t>Limiter la perte d’autonomie des personnes âgées hospitalisées</t>
+  </si>
+  <si>
+    <t>En France, près de 3 millions de personnes âgées de 70 ans et plus sont hospitalisées une ou plusieurs fois chaque année. Or l’hospitalisation constitue pour elles une étape critique qui les expose à un risque de perte d’autonomie. La Haute Autorité de Santé (HAS) publie deux documents pour aider les équipes hospitalières à mieux s’organiser en vue de répondre aux besoins spécifiques des patients âgés hospitalisés : l’une en coproduction avec le Conseil national des professionnels de gériatrie (CNPG) et l’autre avec la Société française de chirurgie orthopédique et traumatique (SOFCOT) et la Société française de gériatrie et de gérontologie (SFGG).</t>
+  </si>
+  <si>
+    <t>27/10/2017 10:30:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801383/fr/limiter-la-perte-d-autonomie-des-personnes-agees-hospitalisees</t>
+  </si>
+  <si>
+    <t>c_2801383</t>
+  </si>
+  <si>
+    <t>Personnes vulnérables et éloignées du système de santé : s’appuyer sur les médiateurs et interprètes pour améliorer l’accès aux soins</t>
+  </si>
+  <si>
+    <t>Aujourd’hui en France, tout le monde n’accède pas de façon équitable au système de santé. Isolement, précarité, complexité des démarches ou mauvaise maîtrise de la langue sont autant de barrières qui compliquent l’accès aux soins. Reconnus l’an dernier par la loi de modernisation de notre système de santé, la médiation et l’interprétariat sont deux moyens permettant de réduire ces inégalités en santé. Dans ce contexte, la Haute Autorité de Santé (HAS) publie aujourd’hui deux référentiels qui en précisent le cadre d’intervention et les bonnes pratiques. Elle souligne par ailleurs que leur déploiement sur le terrain ne sera pérenne qu’à la condition de reconnaître les médiateurs et interprètes et de disposer de financements adaptés.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801473/fr/personnes-vulnerables-et-eloignees-du-systeme-de-sante-s-appuyer-sur-les-mediateurs-et-interpretes-pour-ameliorer-l-acces-aux-soins</t>
+  </si>
+  <si>
+    <t>c_2801473</t>
+  </si>
+  <si>
+    <t>Personnes en situation de handicap dans les établissements de santé : comment mieux organiser leurs soins ?</t>
+  </si>
+  <si>
+    <t>En France, près de 10 millions de personnes sont en situation de handicap. Pourtant, de nombreux éléments rendent leurs soins compliqués ou les poussent à y renoncer, en particulier : des difficultés d’accès physique, de communication, une autonomie réduite ou encore une place insuffisante accordée à l’entourage. Les établissements de santé, ne disposant ni de référentiel ni d’outils, offrent des prises en charge souvent hétérogènes qui prennent insuffisamment en compte les besoins de ces patients. Afin d’aider les établissements à s’organiser, la HAS publie aujourd’hui un guide pour mieux accompagner les personnes en situation de handicap et favoriser un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>22/09/2017 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794811/fr/personnes-en-situation-de-handicap-dans-les-etablissements-de-sante-comment-mieux-organiser-leurs-soins</t>
+  </si>
+  <si>
+    <t>c_2794811</t>
+  </si>
+  <si>
+    <t>Chirurgies lourdes : opérer autrement pour améliorer et raccourcir la convalescence</t>
+  </si>
+  <si>
+    <t>Après une opération chirurgicale lourde, la convalescence d’un patient peut être longue et difficile. Toutefois depuis les années 90, des expérimentations menées dans différents pays ont montré qu’il était possible de faciliter le rétablissement des patients. Afin de favoriser le développement de ces programmes de « récupération améliorée après chirurgie », la HAS détermine aujourd’hui les actions à mener à chaque étape de l’hospitalisation du patient.</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672290/fr/chirurgies-lourdes-operer-autrement-pour-ameliorer-et-raccourcir-la-convalescence</t>
+  </si>
+  <si>
+    <t>c_2672290</t>
+  </si>
+  <si>
+    <t>Radiothérapie peropératoire dans le cancer du sein</t>
+  </si>
+  <si>
+    <t>Le cancer du sein est le premier cancer chez la femme. En France, les dernières estimations indiquent environ 54 000 nouveaux cas et 12 000 décès chaque année. La radiothérapie est utilisée en complément du traitement chirurgical, en particulier après la chirurgie conservatrice pour limiter le risque de récidive loco-régionale.</t>
+  </si>
+  <si>
+    <t>01/06/2016 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634845/fr/radiotherapie-peroperatoire-dans-le-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_2634845</t>
+  </si>
+  <si>
+    <t>Médecine de ville : le « patient traceur » pour améliorer le parcours de santé des patients</t>
+  </si>
+  <si>
+    <t>Pour certains patients, se faire soigner en ville mobilise plusieurs professionnels de santé, dans un parcours complexe. Améliorer la qualité et la sécurité de leurs soins nécessite d’analyser l’organisation de ces parcours et les interfaces entre professionnels de santé. Après avoir réalisé une expérimentation sur le terrain, la Haute Autorité de Santé (HAS) propose la méthode du « patient-traceur », déjà utilisée dans le secteur hospitalier.</t>
+  </si>
+  <si>
+    <t>31/03/2016 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621223/fr/medecine-de-ville-le-patient-traceur-pour-ameliorer-le-parcours-de-sante-des-patients</t>
+  </si>
+  <si>
+    <t>c_2621223</t>
+  </si>
+  <si>
+    <t>Greffe rénale : assurer un accès équitable à la liste d’attente</t>
+  </si>
+  <si>
+    <t>La greffe d'un rein est le meilleur traitement pour la plupart des personnes atteintes d’insuffisance rénale chronique terminale. Si l’attribution d’un greffon relève d’un barème de points fixé par la réglementation, l’accès à la liste d'attente est laissé à l’appréciation des équipes médicales. Or des inégalités d’accès à cette liste existent aujourd'hui en France (en termes d’âge, de genre, de comorbidités, de délais d’inscription) et la HAS estime qu’au moins 1 800 personnes non inscrites pourraient y accéder. Pour réduire ces inégalités et uniformiser les pratiques, la HAS publie des recommandations pour aider la décision des professionnels après échanges avec les patients.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2576087/fr/greffe-renale-assurer-un-acces-equitable-a-la-liste-d-attente</t>
+  </si>
+  <si>
+    <t>c_2576087</t>
+  </si>
+  <si>
+    <t>Améliorer la prise en charge des personnes âgées polypathologiques</t>
+  </si>
+  <si>
+    <t>La HAS publie une « fiche points clés » sur la prise en charge d’une personne âgée polypathologique en soins primaires. Objectif : proposer une prise en charge sous la forme d’une approche globale adaptée aux spécificités des personnes âgées afin de personnaliser leurs parcours et d’accompagner l’organisation des professionnels dans les territoires. Ces documents s’adressent d’une part aux professionnels de santé et d’autre part aux agences régionales de santé (ARS).</t>
+  </si>
+  <si>
+    <t>04/06/2015 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2037157/fr/ameliorer-la-prise-en-charge-des-personnes-agees-polypathologiques</t>
+  </si>
+  <si>
+    <t>c_2037157</t>
+  </si>
+  <si>
+    <t>De nouveaux travaux pour favoriser le développement de la chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Engagée depuis 3 ans dans un programme destiné à favoriser le développement de la chirurgie ambulatoire, la HAS met aujourd’hui à la disposition des établissements de santé un logiciel de microcosting leur permettant d’analyser les coûts de production des gestes pratiqués en chirurgie ambulatoire et des outils d’évaluation de cette activité (grille patient-traceur). Par ailleurs, elle développe pour la chirurgie ambulatoire des indicateurs de processus et de résultats destinés à évaluer et à améliorer la qualité et la sécurité des soins.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022639/fr/de-nouveaux-travaux-pour-favoriser-le-developpement-de-la-chirurgie-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2022639</t>
+  </si>
+  <si>
+    <t>Chimiothérapie injectable: quelles sont les conditions de son développement en hospitalisation à domicile (HAD) ?</t>
+  </si>
+  <si>
+    <t>Avec la hausse des diagnostics de cancer en France et le développement de nouvelles molécules anticancéreuses, le nombre de chimiothérapies réalisées sur le territoire augmente rapidement.</t>
+  </si>
+  <si>
+    <t>16/03/2015 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2020646/fr/chimiotherapie-injectable-quelles-sont-les-conditions-de-son-developpement-en-hospitalisation-a-domicile-had</t>
+  </si>
+  <si>
+    <t>c_2020646</t>
+  </si>
+  <si>
+    <t>Insuffisance rénale chronique terminale : comment améliorer l’efficience de la prise en charge ?</t>
+  </si>
+  <si>
+    <t>Dans un contexte d’augmentation du coût de la prise en charge de l’insuffisance rénale chronique terminale, la HAS et l’Agence de la biomédecine ont modélisé les possibilités de changement dans la trajectoire de soins des patients et évalué leurs conséquences d’un point de vue clinique et économique. Elles publient leur rapport qui confirme que le développement de la transplantation rénale dans tous les groupes d’âge est une stratégie efficiente par rapport à l’ensemble des stratégies évaluées. Au-delà de la transplantation, limitée par le nombre de greffons, les travaux montrent qu’il est possible de faire évoluer la place des différentes modalités de traitement en développant la dialyse hors centre. Et qu’il existe plusieurs stratégies de dialyse alternatives, moins chères que la situation observée pour une efficacité équivalente.</t>
+  </si>
+  <si>
+    <t>19/11/2014 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1776863/fr/insuffisance-renale-chronique-terminale-comment-ameliorer-l-efficience-de-la-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_1776863</t>
+  </si>
+  <si>
+    <t>La HAS publie le cahier des charges des maisons de naissance expérimentales</t>
+  </si>
+  <si>
+    <t>Suite à la promulgation de la loi du 6 décembre 2013 autorisant pendant 2 ans la création à titre expérimental de maisons de naissance, la HAS s’est vue confier l’élaboration de leur cahier des charges. Ce document permettra à l’expérimentation de se réaliser dans un cadre respectant des critères de qualité et de sécurité des soins pour la mère et l’enfant.</t>
+  </si>
+  <si>
+    <t>24/09/2014 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763826/fr/la-has-publie-le-cahier-des-charges-des-maisons-de-naissance-experimentales</t>
+  </si>
+  <si>
+    <t>c_1763826</t>
+  </si>
+  <si>
+    <t>Maladies chroniques - Un nouveau guide parcours de soins et une liste des actes et prestations pour la maladie coronarienne stable</t>
+  </si>
+  <si>
+    <t>Troisième affection de longue durée (ALD) la plus fréquente après le diabète et les maladies malignes, avec une prévalence qui augmente avec l’âge, la maladie coronarienne stable concerne plus d’un million de personnes. La HAS publie plusieurs outils destinés à rendre optimal le parcours de soins des personnes atteintes d’une maladie coronarienne stable (MCS). Ces documents sont disponibles sur le site de la HAS.</t>
+  </si>
+  <si>
+    <t>16/09/2014 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1762374/fr/maladies-chroniques-un-nouveau-guide-parcours-de-soins-et-une-liste-des-actes-et-prestations-pour-la-maladie-coronarienne-stable</t>
+  </si>
+  <si>
+    <t>c_1762374</t>
+  </si>
+  <si>
+    <t>Bronchopneumopathie chronique obstructive (BPCO) : la HAS développe des outils de prise en charge</t>
+  </si>
+  <si>
+    <t>La bronchopneumopathie chronique obstructive (BPCO) est une pathologie encore méconnue des patients et sous-diagnostiquée. Elle diminue pourtant les capacités respiratoires et altère la qualité de vie. La Haute Autorité de Santé (HAS) met aujourd’hui à disposition trois outils pour aider les professionnels à améliorer la prise en charge de ces malades.</t>
+  </si>
+  <si>
+    <t>03/07/2014 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752117/fr/bronchopneumopathie-chronique-obstructive-bpco-la-has-developpe-des-outils-de-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_1752117</t>
+  </si>
+  <si>
+    <t>Prise en charge d'un patient en chirurgie ambulatoire : anticiper, organiser, communiquer</t>
+  </si>
+  <si>
+    <t>La chirurgie ambulatoire constitue un apport réel en termes de qualité et de confort pour les patients et a vocation à devenir la prise en charge de référence. Elle n’est toutefois pas largement développée en France alors qu’elle peut convenir à de nombreux patients et situations si elle est correctement anticipée et organisée. La Haute Autorité de Santé (HAS) publie aujourd’hui un rapport qui présente et évalue les éléments pouvant guider les professionnels de santé dans leur choix d’orienter un patient en chirurgie ambulatoire plutôt qu’en hospitalisation complète.</t>
+  </si>
+  <si>
+    <t>02/07/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752008/fr/prise-en-charge-d-un-patient-en-chirurgie-ambulatoire-anticiper-organiser-communiquer</t>
+  </si>
+  <si>
+    <t>c_1752008</t>
+  </si>
+  <si>
+    <t>Diabète de type 2 : quand et comment optimiser le parcours de soins ?</t>
+  </si>
+  <si>
+    <t>Le diabète de type 2 est une maladie chronique qui concerne près de 3 millions de personnes et dont la fréquence augmente de manière préoccupante. Cette maladie peut entraîner des complications graves et coûteuses si elle ne bénéficie pas d’un suivi médical optimal. La HAS publie aujourd’hui un guide pour les médecins généralistes, professionnels de premier recours dans cette maladie et pivots du parcours de soins du patient. Le travail détaille les six épisodes de la prise en charge considérés comme « critiques » et définit les modalités médicales et organisationnelles nécessaires.</t>
+  </si>
+  <si>
+    <t>24/04/2014 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1738230/fr/diabete-de-type-2-quand-et-comment-optimiser-le-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_1738230</t>
+  </si>
+  <si>
+    <t>Sortie de maternité après accouchement : conditions de sortie et modalités de suivis de la mère et de l’enfant</t>
+  </si>
+  <si>
+    <t>La HAS publie de nouvelles recommandations relatives aux conditions et à l’organisation du retour à domicile des mères et de leurs nouveau-nés pour mieux garantir la sécurité de la mère et de l’enfant. Elle définit les conditions à remplir par la mère et l’enfant qui permettent de prévoir en toute sécurité une sortie précoce, une sortie après une durée d’hospitalisation standard ou une sortie plus tardive. Elle détaille les modalités de leur suivi une fois de retour à la maison. La HAS insiste sur la nécessité d’anticiper l’organisation de la sortie de maternité pour une meilleure continuité des soins.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729168/fr/sortie-de-maternite-apres-accouchement-conditions-de-sortie-et-modalites-de-suivis-de-la-mere-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_1729168</t>
+  </si>
+  <si>
+    <t>Orientation des patients vers les soins de suite et de réadaptation : Lancement d’un outil d’aide à la décision pour les professionnels de santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) publie aujourd’hui, à destination des professionnels de santé, un outil pilote d’aide à la décision pour l’orientation des patients vers les structures de soins de suite et de réadaptation (SSR). Cet outil vise à rationaliser et optimiser les admissions dans ces structures. Il est fondé sur des critères d’évaluation médicale, mais tient également compte de l’environnement de vie du patient.</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652263/fr/orientation-des-patients-vers-les-soins-de-suite-et-de-readaptation-lancement-d-un-outil-d-aide-a-la-decision-pour-les-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_1652263</t>
+  </si>
+  <si>
+    <t>Chirurgie ambulatoire : la HAS publie un rapport pour rendre la tarification plus incitative</t>
+  </si>
+  <si>
+    <t>Dans le cadre du programme commun HAS-ANAP sur la chirurgie ambulatoire, la Haute Autorité de Santé (HAS) publie aujourd’hui vingt-cinq recommandations pour adapter les incitations tarifaires afin d’accélérer le déploiement de la chirurgie ambulatoire en France.</t>
+  </si>
+  <si>
+    <t>30/09/2013 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649454/fr/chirurgie-ambulatoire-la-has-publie-un-rapport-pour-rendre-la-tarification-plus-incitative</t>
+  </si>
+  <si>
+    <t>c_1649454</t>
+  </si>
+  <si>
+    <t>Télémédecine : deux outils à disposition des acteurs du monde de la santé</t>
+  </si>
+  <si>
+    <t>La télémédecine, pratique médicale à distance fondée sur l’utilisation des technologies de l’information et de la communication, est aujourd’hui considérée comme un levier d’action susceptible d’apporter une réponse aux défis organisationnels et économiques de l’offre de soins. L’amélioration de la qualité et de l’accès aux soins sur l’ensemble du territoire et l’optimisation de l’utilisation des ressources humaines, financières et technologiques disponibles sont les principaux enjeux associés à son développement. Consciente de ces différents défis, la HAS publie ce jour deux travaux sur le sujet pour accompagner le développement des projets de télémédecine : [[c_1622477][un cadre d'évaluation médico-économique]] ainsi qu’une [[c_1622423][grille de pilotage et de sécurité des projets de télémédecine]].</t>
+  </si>
+  <si>
+    <t>18/07/2013 15:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622297/fr/telemedecine-deux-outils-a-disposition-des-acteurs-du-monde-de-la-sante</t>
+  </si>
+  <si>
+    <t>c_1622297</t>
+  </si>
+  <si>
+    <t>Chirurgie ambulatoire : la HAS et l’ANAP publient des recommandations et des outils  pour l’organisation des établissements de santé</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) et l’Agence nationale d’appui à la performance des établissements de santé et médico-sociaux (ANAP) mettent à disposition des professionnels, des établissements et des Agences Régionales de Santé, des recommandations organisationnelles et une série de guides et d’outils pour les accompagner dans le développement de la chirurgie ambulatoire. Ces productions, conçues à partir d’études sur sites, avec le concours d’experts, doivent permettre d’augmenter significativement la part de l’activité chirurgicale réalisée en ambulatoire.</t>
+  </si>
+  <si>
+    <t>28/05/2013 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1582172/fr/chirurgie-ambulatoire-la-has-et-l-anap-publient-des-recommandations-et-des-outils-pour-l-organisation-des-etablissements-de-sante</t>
+  </si>
+  <si>
+    <t>c_1582172</t>
+  </si>
+  <si>
+    <t>Exposition médicale aux rayonnements ionisants : Sécuriser le parcours du patient</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS), en partenariat avec l’Autorité de sûreté nucléaire (ASN), publie aujourd’hui un guide d’analyse des pratiques dans les trois secteurs faisant usage des rayonnements ionisants : la radiologie, la médecine nucléaire et la radiothérapie. Des programmes d’amélioration des pratiques, élaborés avec l’ensemble des professionnels concernés par la radioprotection, sont proposés pour permettre de mieux sécuriser le parcours du patient exposé aux rayonnements ionisants.</t>
+  </si>
+  <si>
+    <t>12/03/2013 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1365837/fr/exposition-medicale-aux-rayonnements-ionisants-securiser-le-parcours-du-patient</t>
+  </si>
+  <si>
+    <t>c_1365837</t>
+  </si>
+  <si>
+    <t>Comment développer la transplantation rénale, prise en charge la plus efficiente de l’insuffisance rénale chronique terminale ?</t>
+  </si>
+  <si>
+    <t>La HAS mène une évaluation medico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale. Elle publie aujourd’hui, en collaboration avec l’Agence de la biomédecine, [[c_1291640][un premier volet de ce travail consacré spécifiquement à l’analyse des possibilités de développement de la transplantation rénale en France]].</t>
+  </si>
+  <si>
+    <t>06/09/2012 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1292525/fr/comment-developper-la-transplantation-renale-prise-en-charge-la-plus-efficiente-de-l-insuffisance-renale-chronique-terminale</t>
+  </si>
+  <si>
+    <t>c_1292525</t>
+  </si>
+  <si>
+    <t>Promouvoir les parcours de soins personnalisés pour les malades chroniques</t>
+  </si>
+  <si>
+    <t>Plus de 15 millions de personnes souffrent d’une maladie chronique, et plus de 9 millions sont en ALD (affections de longue durée). Pour améliorer la prise en charge de chacun de ces malades, une meilleure coordination des professionnels entre eux devient un objectif majeur, sans renoncer aux exigences prioritaires de bonnes pratiques. Face à ces enjeux, la Haute Autorité de Santé (HAS) entend promouvoir les parcours de soins permettant un accompagnement personnalisé et coordonné du malade. C’est là que la HAS identifie une voie sûre de la qualité soignante et porteuse d’une optimisation des dépenses de santé. La HAS a ainsi élaboré une nouvelle gamme de productions « les parcours de soins » dont elle publie aujourd’hui les guides et outils pour 4 premières maladies.</t>
+  </si>
+  <si>
+    <t>15/05/2012 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1247611/fr/promouvoir-les-parcours-de-soins-personnalises-pour-les-malades-chroniques</t>
+  </si>
+  <si>
+    <t>c_1247611</t>
+  </si>
+  <si>
+    <t>La HAS et l’ANAP publient un socle de connaissances sur la chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>La chirurgie ambulatoire reste insuffisamment développée – seulement 4 opérations chirurgicales sur 10 sont effectuées en ambulatoire contre 8 sur 10 aux Etats-Unis – et mal connue en France. Dans la continuité de leur engagement conclu en décembre 2011, la HAS et l’ANAP publient ce jour un socle de connaissances sur la chirurgie ambulatoire. Cet état des lieux a un triple objectif : mettre à disposition des professionnels de santé un état des données publiées sur la chirurgie ambulatoire, informer les acteurs de santé des enjeux et des données relatives à la chirurgie ambulatoire et favoriser la construction des prochains outils destinés aux professionnels de santé.</t>
+  </si>
+  <si>
+    <t>20/04/2012 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242232/fr/la-has-et-l-anap-publient-un-socle-de-connaissances-sur-la-chirurgie-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_1242232</t>
+  </si>
+  <si>
+    <t>La HAS et l’ANAP lancent un programme d’actions communes  pour le développement de la chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>La chirurgie ambulatoire reste en France insuffisamment développée alors qu’elle constitue un apport réel en termes de qualité pour les patients. Dans ce contexte, la Haute Autorité de santé (HAS) et l’Agence nationale d’appui à la performance des établissements de santé et médico-sociaux (ANAP) unissent leurs efforts pour informer et accompagner les professionnels. Les deux partenaires publient ce jour une note d’orientation qui formalise leur coopération, définit six axes de travail, précise la nature des productions attendues et donne un calendrier d’action.</t>
+  </si>
+  <si>
+    <t>22/12/2011 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1166360/fr/la-has-et-l-anap-lancent-un-programme-d-actions-communes-pour-le-developpement-de-la-chirurgie-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_1166360</t>
+  </si>
+  <si>
+    <t>Changer le regard sur les thérapeutiques non médicamenteuses</t>
+  </si>
+  <si>
+    <t>Changer de mode de vie, d’alimentation, pratiquer une activité physique et sportive, engager un travail avec un psychologue… Pourquoi ces initiatives trouvent-elles difficilement leur place dans la prise en charge médicale alors qu’elles sont complémentaires aux traitements médicamenteux? Comment un déséquilibre aussi important peut-il exister dans le recours à ces thérapeutiques, comparé aux traitements médicamenteux qui sont davantage mis en exergue dans l’opinion du public et des professionnels de santé ? La Haute Autorité de Santé, dans un rapport d’orientation, fait le point sur les divers freins au développement de ce type de prescription - organisationnels et économiques, psychologiques et sociétaux … - et identifie les solutions qui peuvent être apportées.</t>
+  </si>
+  <si>
+    <t>23/06/2011 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1060771/fr/changer-le-regard-sur-les-therapeutiques-non-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_1060771</t>
+  </si>
+  <si>
+    <t>Appels d’urgence : réguler pour mieux orienter les patients</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS), à la demande du ministère de la Santé, a élaboré des recommandations pour encadrer la prise en charge des appels d’urgence par le médecin régulateur avant l’accès au médecin de permanence. Objectif : optimiser le parcours de soin d'urgence pour les millions d’usagers concernés dès l'appel initial.</t>
+  </si>
+  <si>
+    <t>08/06/2011 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1061057/fr/appels-d-urgence-reguler-pour-mieux-orienter-les-patients</t>
+  </si>
+  <si>
+    <t>c_1061057</t>
+  </si>
+  <si>
+    <t>Renouvellement des lunettes de vue : quelles modalités ?</t>
+  </si>
+  <si>
+    <t>Depuis 2007, la réglementation autorise les opticiens-lunetiers à adapter, dans le cadre d'un renouvellement de verres correcteurs, les prescriptions médicales initiales datant de moins de 3 ans. Cependant, les ophtalmologistes peuvent s’y opposer et les opticiens, dans certaines conditions, peuvent avoir à réorienter la personne vers l’ophtalmologiste avant la délivrance de lunettes. La Haute Autorité de Santé (HAS), saisie par le Ministère chargé de la santé et la Caisse Nationale d’Assurance Maladie des Travailleurs Salariés (CNAM-TS), publie une recommandation afin de préciser ces situations.</t>
+  </si>
+  <si>
+    <t>14/04/2011 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046277/fr/renouvellement-des-lunettes-de-vue-quelles-modalites</t>
+  </si>
+  <si>
+    <t>c_1046277</t>
+  </si>
+  <si>
+    <t>Exposition à l’amiante : quel suivi post-professionnel proposer ?</t>
+  </si>
+  <si>
+    <t>La problématique de santé publique concernant l’amiante est double : * médicale, liée au temps de latence très long entre l’exposition à l’amiante et la survenue d’une pathologie liée à cette exposition ; * sociale, de prise en compte du risque de l’exposition à l’amiante et d’indemnisation des travailleurs ayant été exposés à l’amiante. Un mécanisme de suivi post-professionnel pour les travailleurs du secteur privé exposés à l’amiante existe en France depuis 1993. Il a été étendu en 2009 aux agents de l’État mais ce dispositif fonctionne mal : moins de 10% des hommes qui pourraient demander une prise en charge le feraient. # L’enjeu que représente le suivi post-professionnel est donc majeur. Le rapport de la Commission d’Audition présenté ce jour contribue à y répondre, notamment car il comporte des recommandations qui figurent parmi les premières produites sur le sujet.</t>
+  </si>
+  <si>
+    <t>11/05/2010 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951692/fr/exposition-a-l-amiante-quel-suivi-post-professionnel-proposer</t>
+  </si>
+  <si>
+    <t>c_951692</t>
+  </si>
+  <si>
+    <t>Grossesses à risque : orientations des femmes enceintes entre les maternités en vue de l’accouchement</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé (HAS) publie des recommandations de bonne pratique sur l’orientation des femmes enceintes dans les maternités en cas de risque obstétrical fœtal ou maternel avéré. Ces recommandations demandées par la Direction générale de l’offre des soins (DGOS) viennent compléter celles publiées en juillet 2007*.</t>
+  </si>
+  <si>
+    <t>20/04/2010 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_944819/fr/grossesses-a-risque-orientations-des-femmes-enceintes-entre-les-maternites-en-vue-de-l-accouchement</t>
+  </si>
+  <si>
+    <t>c_944819</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie un rapport pour améliorer la prise en charge médicale du transsexualisme</t>
+  </si>
+  <si>
+    <t>La HAS publie un rapport sur la «[[c_894315][situation actuelle et les perspectives d’évolution de la prise en charge médicale du transsexualisme]]». # Ce document, élaboré à la demande de différentes instances (ministère de la santé, associations de transsexuels, assurance maladie) traite de la prise en charge du transsexualisme par le système de santé. Il aborde la prise en charge médicale - diagnostic, hormonothérapie et chirurgie de réassignation - mais également les questions socioculturelles et juridiques.</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_925892/fr/la-haute-autorite-de-sante-publie-un-rapport-pour-ameliorer-la-prise-en-charge-medicale-du-transsexualisme</t>
+  </si>
+  <si>
+    <t>c_925892</t>
+  </si>
+  <si>
+    <t>Unités de dialyse médicalisées.La Haute Autorité de Santé rend ses recommandations sur les conditions de mise en œuvre de la télémédecine.</t>
+  </si>
+  <si>
+    <t>A la demande de la Direction de l’hospitalisation et de l’organisation des soins (DHOS), la Haute Autorité de Santé (HAS) a étudié la place de la télémédecine dans l’organisation des soins des patients traités par épuration extrarénale en unité de dialyse médicalisée (UDM). Elle publie dans ce cadre des recommandations sur les conditions de sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>21/01/2010 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_914168/fr/unites-de-dialyse-medicalisees-la-haute-autorite-de-sante-rend-ses-recommandations-sur-les-conditions-de-mise-en-oeuvre-de-la-telemedecine</t>
+  </si>
+  <si>
+    <t>c_914168</t>
+  </si>
+  <si>
+    <t>Prescription médicamenteuse par téléphone dans le cadre de la régulation médicale : la HAS formule des recommandations pour les professionnels</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations de bonnes pratiques sur les conditions et les modalités pratiques de la prescription médicamenteuse par téléphone dans le cadre de la régulation médicale. Les objectifs de ces recommandations sont d’homogénéiser les pratiques, d’améliorer la qualité de la réponse apportée aux patients et le délai d’accès aux médicaments sur tout le territoire.</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784185/fr/prescription-medicamenteuse-par-telephone-dans-le-cadre-de-la-regulation-medicale-la-has-formule-des-recommandations-pour-les-professionnels</t>
+  </si>
+  <si>
+    <t>c_784185</t>
+  </si>
+  <si>
+    <t>Améliorer l’accès aux soins courants des personnes en situation de handicap</t>
+  </si>
+  <si>
+    <t>Aujourd’hui, l’accès aux soins spécifiques des personnes en situation de handicap est assuré en France. Ce n’est souvent pas le cas des soins courants. Ce problème complexe mérite une réponse complète. C’est pour y parvenir et pour répondre à la demande d’un grand nombre d’acteurs que la Haute Autorité de Santé a organisé une audition publique les 22 et 23 octobre 2008. Celle-ci aboutit à la publication d’un rapport dont les trois objectifs sont de garantir aux personnes en situation de handicap la liberté de choix de leurs soignants et des modalités de soins, leur non discrimination ainsi qu’un accompagnement personnalisé.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736291/fr/ameliorer-l-acces-aux-soins-courants-des-personnes-en-situation-de-handicap</t>
+  </si>
+  <si>
+    <t>c_736291</t>
+  </si>
+  <si>
+    <t>Antibiotiques à l’hôpital</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations professionnelles actualisées sur les stratégies d’antibiothérapie les plus efficaces et la prévention des résistances bactériennes en établissement de santé.</t>
+  </si>
+  <si>
+    <t>30/05/2008 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666522/fr/antibiotiques-a-l-hopital</t>
+  </si>
+  <si>
+    <t>c_666522</t>
+  </si>
+  <si>
+    <t>Masso-kinésithérapie : quelle prise en charge après un traitement chirurgical du genou ou de l'épaule ?</t>
+  </si>
+  <si>
+    <t>*prise en charge hospitalière ou ambulatoire après certains traitements chirurgicaux de l’épaule et du genou. Ces recommandations ont pour objectif d’éviter l’orientation inappropriée vers une hospitalisation en soins de suite ou de réadaptation (SSR).</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_632351/fr/masso-kinesitherapie-quelle-prise-en-charge-apres-un-traitement-chirurgical-du-genou-ou-de-l-epaule</t>
+  </si>
+  <si>
+    <t>c_632351</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>La HAS publie une étude sur la participation financière des patients dans cinq pays d’Europe</t>
+  </si>
+  <si>
+    <t>En mai 2006, la HAS a souhaité accompagner la publication de ses premières recommandations sur les affections de longue durée (ALD) d’une réflexion générale soulignant les difficultés à mobiliser un même dispositif pour atteindre deux objectifs distincts : la qualité de la prise en charge médicale des malades chroniques et la neutralisation des restes à charge élevés liés aux soins les plus coûteux pour tous ceux qui en ont besoin. Afin d’éclairer ce débat, la HAS publie aujourd’hui une étude sur les mécanismes de participation financière des patients dans cinq pays d’Europe. Au-delà des différences, deux points fondamentaux apparaissent : le recours aux dépenses privées des ménages se rencontre dans ces cinq pays mais des dispositifs généraux permettent de limiter le montant de ces dépenses privées, soit en fonction du revenu, soit en fonction d’un plafond annuel.</t>
+  </si>
+  <si>
+    <t>09/10/2007 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_595200/fr/la-has-publie-une-etude-sur-la-participation-financiere-des-patients-dans-cinq-pays-d-europe</t>
+  </si>
+  <si>
+    <t>c_595200</t>
+  </si>
+  <si>
+    <t>Prise en charge en cas de mort inattendue du nourrisson</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie des recommandations professionnelles portant sur la conduite à tenir en cas de mort inattendue du nourrisson afin de d’harmoniser la prise en charge et l’action des différents intervenants sur l’ensemble du territoire national.# Ces recommandations ont été élaborées à la demande de la Direction générale de la santé.</t>
+  </si>
+  <si>
+    <t>25/05/2007 10:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_531207/fr/prise-en-charge-en-cas-de-mort-inattendue-du-nourrisson</t>
+  </si>
+  <si>
+    <t>c_531207</t>
+  </si>
+  <si>
+    <t>24/10/2005 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240376/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>c_240376</t>
+  </si>
+  <si>
+    <t>Prise en charge de la psychopathie</t>
+  </si>
+  <si>
+    <t>20/06/2006 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_240781/fr/prise-en-charge-de-la-psychopathie</t>
+  </si>
+  <si>
+    <t>c_240781</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Les prestations de service</t>
+  </si>
+  <si>
+    <t>Faisant suite à l'état des lieux mené par l’Inspection générale des affaires sociales (IGAS) et à l'introduction dans la Loi de Financement de la Sécurité Sociale (LFSS) de 2023 de la dissociation de l’inscription et du tarif d'une prestation de service et du produit associé sur la Liste des Produits et Prestations Remboursables (LPPR), la HAS a réalisé une cartographie, non exhaustive, des prestations présentes dans les Titres I et II de la LPPR.</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/03/2025 08:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593211/fr/les-prestations-de-service</t>
+  </si>
+  <si>
+    <t>p_3593211</t>
+  </si>
+  <si>
+    <t>Intérêt des tests rapides d’orientation diagnostique (TROD) antigéniques COVID/grippe et COVID/grippe/VRS en ville</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de se prononcer sur l’intérêt médical de recourir à des tests rapides d’orientation diagnostique, dits TROD, pour rechercher en contexte de ville (typiquement au cours d’une consultation en cabinet médical) les principaux virus responsables d’infections respiratoires aiguës susceptibles de co-circuler de façon épidémique en période hivernale, en l’espèce le VRS, les virus influenza et le SARS-CoV-2, respectivement responsables de la majorité des bronchiolites, de la grippe et de la COVID-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444489/fr/interet-des-tests-rapides-d-orientation-diagnostique-trod-antigeniques-covid/grippe-et-covid/grippe/vrs-en-ville</t>
+  </si>
+  <si>
+    <t>p_3444489</t>
+  </si>
+  <si>
+    <t>Évaluation de l’utilisation de l’échoscopie (ou échographie clinique ciblée) par le médecin généraliste</t>
+  </si>
+  <si>
+    <t>La CNAM a saisi la HAS en vue d'évaluer la pratique de l’échoscopie ou échographie clinique ciblée (ECC) réalisée au décours de l’examen clinique du médecin généraliste. Au regard des éléments disponibles, la HAS estime que les données issues de la littérature ne permettent pas aujourd’hui d’identifier les situations cliniques pour lesquelles l’utilisation de l’ECC apporterait une valeur ajoutée à l’examen clinique standard en médecine générale.</t>
+  </si>
+  <si>
+    <t>07/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>27/07/2022 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357680/fr/evaluation-de-l-utilisation-de-l-echoscopie-ou-echographie-clinique-ciblee-par-le-medecin-generaliste</t>
+  </si>
+  <si>
+    <t>p_3357680</t>
+  </si>
+  <si>
+    <t>Évaluation des tests antigéniques salivaires pour la détection du SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Evaluer les performances diagnostiques des tests antigéniques rapides (TROD/TRD) sur prélèvement salivaire dans la stratégie de détection précoce du virus SARS-CoV-2 réalisée par autotest ou sous la supervision d’un professionnel chez des individus cas-contacts ou en situation de dépistage, en particulier chez l’enfant de moins de 12 ans et en population générale.</t>
+  </si>
+  <si>
+    <t>17/02/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318231/fr/evaluation-des-tests-antigeniques-salivaires-pour-la-detection-du-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3318231</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0042/AC/SEAP du 17 juin 2021 du collège de la HAS relatif aux modifications des conditions d’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>A l’issue de ses travaux (cahier des charges et rapports d’évaluation) réalisés en avril/mai 2020, la Haute Autorité de santé (HAS) a rendu un avis favorable le 20 mai 2020 relatif au remboursement de la détection des anticorps sériques dirigés contre le coronavirus SARS-CoV-2 en listant les indications prises en charge et les non-indications pour éviter des dérives dans l’utilisation de ces tests. Au vu de l’évolution des connaissances scientifiques sur ce sujet, de l’amélioration de la capacité à tester, isoler et traiter chaque cas et à retracer chaque contact grâce au développement des différentes techniques de diagnostic et de dépistage du virus SARS-CoV-2 depuis mai 2020, la HAS a donc actualisé son analyse de la littérature scientifique, consulté un groupe d’experts pluridisciplinaires réunis le 10 juin 2021 et pris la position de la commission technique des vaccinations le 15 juin 2021. Sur ces nouvelles bases, la Haute Autorité de santé actualise ses avis sur les indications et non-indications de la détection sérologique des anticorps dirigés contre le virus SARS-CoV-2. Dans ce contexte, la HAS précise également sa position sur l’utilisation de la sérologie pré-vaccinale sur des aspects techniques. Par ailleurs, la HAS se prononce sur le recours à la sérologie post-vaccinale chez les patients immunodéprimés.</t>
+  </si>
+  <si>
+    <t>17/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272801/fr/avis-n-2021-0042/ac/seap-du-17-juin-2021-du-college-de-la-has-relatif-aux-modifications-des-conditions-d-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-detection-des-anticorps-seriques-diriges-contre-le-coronavirus-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3272801</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt des tests antigéniques rapides (TDR/TROD) sur prélèvement nasal pour la détection du virus SARS-CoV-2 (Méta-analyse)</t>
+  </si>
+  <si>
+    <t>La HAS a réalisé une analyse critique et systématique de la littérature avec méta-analyse des performances diagnostiques des tests antigéniques rapides. Faute de données suffisantes sur les autotests , la méta-analyse a donc porté sur les performances diagnostiques des tests antigéniques réalisés par un professionnel (TDR/TROD) avec un prélèvement nasal (antérieur ou profond) également réalisé par le professionnel ou par le patient sous supervision du professionnel.</t>
+  </si>
+  <si>
+    <t>23/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>26/04/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269794/fr/evaluation-de-l-interet-des-tests-antigeniques-rapides-tdr/trod-sur-prelevement-nasal-pour-la-detection-du-virus-sars-cov-2-meta-analyse</t>
+  </si>
+  <si>
+    <t>p_3269794</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests antigéniques automatisés de détection du SARS-CoV-2 sur prélèvement nasopharyngé</t>
+  </si>
+  <si>
+    <t>Le Collège de la Haute Autorité de santé a rendu trois avis le 24 septembre 2020, le 8 octobre 2020 et le 27 novembre 2020 portant sur la place de tests antigéniques rapides chez les patients symptomatiques, les personnes asymptomatiques et les personnes-contact asymptomatiques. Les tests concernés par cet avis étaient des tests rapides (15 à 30 minutes) de type tests unitaires rapides (c’est-à-dire des tests de diagnostic rapide (TDR) réalisables par les laboratoires de biologie médicale) et des tests rapides d’orientation diagnostic (TROD), réalisables et interprétables par d’autres opérateurs. La présente revue rapide concerne un autre type de tests antigéniques, les tests automatisés tels les tests immunochimiques en plaque (ELISA) ou en milieu liquide avec détection par chimiluminescence (tests CLIA ) qui sont à haut débit et fonctionnent avec un système de lecture automatisé (plateformes intégrées automatisées). Ces tests sont uniquement réalisés en laboratoire de biologie médicale. La détection du génome du virus SARS-CoV-2 par RT-PCR sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Néanmoins, comparativement au test de référence (RT-PCR sur prélèvement nasopharyngé), l’objectif des tests antigéniques automatisés sur prélèvement nasopharyngé serait de permettre à la fois une réduction du coût des tests, une réduction du temps d’analyse, et une augmentation des capacités d’analyse (plus de tests réalisés en même temps). Comparativement aux tests rapides d’orientation diagnostic (TROD), les tests antigéniques automatisés pourraient être plus sensibles. La HAS a donc évalué l’intérêt des tests antigéniques automatisés sur prélèvement nasopharyngé dans trois populations : chez les patients symptomatiques, chez les personnes cas-contact asymptomatiques et chez les personnes asymptomatiques en situation de dépistage.</t>
+  </si>
+  <si>
+    <t>08/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2021 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261383/fr/revue-rapide-sur-les-tests-antigeniques-automatises-de-detection-du-sars-cov-2-sur-prelevement-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3261383</t>
+  </si>
+  <si>
+    <t>Extension de l’utilisation des tests rapides de détection antigéniques du virus SARS-CoV-2 sur prélèvement nasopharyngé chez les personnes contacts</t>
+  </si>
+  <si>
+    <t>La HAS a précédemment rendu des avis favorables quant à l’utilisation des tests rapides de détection antigénique du virus SARS-CoV-2 sur prélèvement nasopharyngé chez les patients symptomatiques (jusqu’à 4 jours inclus après apparition des symptômes) et chez les personnes asymptomatiques dans le cadre d’opération de dépistage ciblé à large échelle. Comparativement au test de référence (RT-PCR sur prélèvement nasopharyngé), l’objectif des tests antigéniques rapides est d’accélérer et de faciliter la réalisation du test et son rendu de résultats afin notamment de réduire les risques de transmission virale. De nouvelles publications font état à ce jour de nouvelles données sur l’utilisation de tests antigéniques chez des sujets des personnes-contacts des cas confirmés. Cette utilisation serait intéressante dans des logiques d’accélération du contact-tracing ou de dépistage.</t>
+  </si>
+  <si>
+    <t>28/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261090/fr/extension-de-l-utilisation-des-tests-rapides-de-detection-antigeniques-du-virus-sars-cov-2-sur-prelevement-nasopharynge-chez-les-personnes-contacts</t>
+  </si>
+  <si>
+    <t>p_3261090</t>
+  </si>
+  <si>
+    <t>Intégration de la cartographie relative à l'impact organisationnel (IO) dans les critères d’évaluation de la CNEDiMTS - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Afin que l’impact organisationnel puisse être documenté lors d’un dépôt de dossier d’évaluation d’un produit de santé, la Haute autorité de santé (HAS) a publié une cartographie qui vise à la fois à définir ces impacts organisationnels et à proposer des critères permettant d’en mesurer les effets ou de les argumenter, au travers d’un guide méthodologique. La cartographie élaborée ne présage pas de la façon dont l’évaluation des impacts organisationnels d’une technologie de santé sera prise en compte au sein de chaque commission de la HAS (CNEDiMTS, CEESP, CT) et par le Collège. La CNEDiMTS s’est donc auto-saisie afin d’intégrer cette cartographie des impacts organisationnels dans ses évaluations.</t>
+  </si>
+  <si>
+    <t>30/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/04/2021 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259114/fr/integration-de-la-cartographie-relative-a-l-impact-organisationnel-io-dans-les-criteres-d-evaluation-de-la-cnedimts-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3259114</t>
+  </si>
+  <si>
+    <t>Suivi par télésurveillance des patients porteurs d’un moniteur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt clinique et l’impact sur le système de santé du suivi par télésurveillance des patients porteurs d’un moniteur cardiaque implantable (MCI).</t>
+  </si>
+  <si>
+    <t>11/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>16/03/2021 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3177774/fr/suivi-par-telesurveillance-des-patients-porteurs-d-un-moniteur-cardiaque-implantable</t>
   </si>
   <si>
     <t>p_3177774</t>
   </si>
   <si>
-    <t>Endoscopic submucosal dissection as treatment for potentially cancerous superficial rectal lesions - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+    <t>Méta-analyse de l’intérêt diagnostique des tests RT-PCR salivaires de détection du SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>Les travaux pilotés par la HAS et les résultats des récentes études cliniques montrent une bonne sensibilité des tests RT-PCR salivaires et sont en faveur d’une extension de leurs indications. Ces tests étant très hétérogènes, en plus d’actualiser leurs indications, la HAS décrit les modalités à suivre pour assurer une performance optimale, du prélèvement à leur analyse.</t>
+  </si>
+  <si>
+    <t>11/02/2021 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237008/fr/meta-analyse-de-l-interet-diagnostique-des-tests-rt-pcr-salivaires-de-detection-du-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3237008</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests RT-PCR SARS-CoV-2 sur prélèvement salivaire</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois, son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS a évalué l’intérêt de la RT-PCR sur un prélèvement alternatif : le prélèvement salivaire, ce dernier étant non invasif. Elle a notamment pris en compte les résultats intermédiaires de l’étude clinique COVISAL, réalisée dans le cadre d’un forfait innovation ayant reçu un avis favorable de la HAS le 07 août 2020.</t>
+  </si>
+  <si>
+    <t>18/09/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2020 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222428/fr/revue-rapide-sur-les-tests-rt-pcr-sars-cov-2-sur-prelevement-salivaire</t>
+  </si>
+  <si>
+    <t>p_3222428</t>
+  </si>
+  <si>
+    <t>Revue rapide sur les tests RT-LAMP sur prélèvement salivaire (hors système intégré de type EasyCoV)</t>
+  </si>
+  <si>
+    <t>La détection du génome du virus SARS-CoV-2 sur prélèvement nasopharyngé reste le test de référence pour le diagnostic et le dépistage de l’infection à SARS-CoV-2 compte tenu de son efficacité en termes de sensibilité et de spécificité. Toutefois, son caractère invasif limite son acceptabilité par les patients. C’est pourquoi la HAS, compte tenu des données de performances diagnostiques disponibles, a rendu le 18 septembre 2020 un avis favorable à l’utilisation de la détection du génome du virus SARS-CoV-2 par RT-PCR sur prélèvement salivaire. Les données disponibles n’avait pas alors permis de se prononcer sur la technique RT-LAMP sur prélèvement salivaire. Toutefois, compte tenu de la présence de nouvelles données, la HAS a évalué l’intérêt de la RT-LAMP sur prélèvement salivaire chez les patients symptomatiques.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222440/fr/revue-rapide-sur-les-tests-rt-lamp-sur-prelevement-salivaire-hors-systeme-integre-de-type-easycov</t>
+  </si>
+  <si>
+    <t>p_3222440</t>
+  </si>
+  <si>
+    <t>Tests diagnostiques pour différencier la COVID-19 des infections respiratoires hivernales en période de co-circulation des virus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la pertinence de rechercher en même temps les virus respiratoires hivernaux, en particulier ceux de la grippe, et le SARS-CoV-2 chez un patient présentant des symptômes pendant la période de co-circulation des virus avec les tests combinés dits multiplex à deux ou plusieurs cibles, ou des tests unitaires réalisés en parallèle</t>
+  </si>
+  <si>
+    <t>15/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/11/2020 18:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216748/fr/tests-diagnostiques-pour-differencier-la-covid-19-des-infections-respiratoires-hivernales-en-periode-de-co-circulation-des-virus</t>
+  </si>
+  <si>
+    <t>p_3216748</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Specifications setting out the performance assessment methods applicable to serological tests detecting anti-SARS-CoV-2 antibodies</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3213483/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+    <t>Revue rapide sur les tests de détection antigénique du virus SARS-CoV-2</t>
+  </si>
+  <si>
+    <t>La stratégie de lutte contre la COVID-19 repose aujourd’hui sur la réalisation massive de tests virologiques RT-PCR sur prélèvement nasopharyngé, pour les personnes symptomatiques et leurs contacts, ainsi que, plus largement en population générale, afin de détecter et rompre les chaines de transmission. L'évolution des connaissances et des technologies permet d'envisager une adaptation de ce dispositif, notamment par l'utilisation de tests rapides de détection antigénique du SARS-CoV-2. En effet, ces tests permettraient d'obtenir un résultat en moins de 30 minutes tout en offrant une plus grande souplesse d'utilisation et un usage en dehors des murs du laboratoire de biologie médicale. Suite à la saisine par le ministre des Solidarités et de la Santé, la HAS a établi les critères d'acceptation des différents tests disponibles sur le marché et proposer les meilleurs scénarios d'utilisation des tests antigéniques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>19/10/2020 21:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213483/fr/revue-rapide-sur-les-tests-de-detection-antigenique-du-virus-sars-cov-2</t>
   </si>
   <si>
     <t>p_3213483</t>
   </si>
   <si>
-    <t>05/14/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3179992/en/specifications-setting-out-the-performance-assessment-methods-applicable-to-serological-tests-detecting-anti-sars-cov-2-antibodies</t>
+    <t>Place des tests sérologiques dans la stratégie de prise en charge de la maladie COVID-19</t>
+  </si>
+  <si>
+    <t>[Mise à jour le 18/05/2020] La HAS définit les critères de qualité et d’exigence des tests sérologiques, à partir des dernières données scientifiques et médicales disponibles à ce jour pour faciliter leur développement et l’évaluation de leur fiabilité.</t>
+  </si>
+  <si>
+    <t>14/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2020 16:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179992/fr/place-des-tests-serologiques-dans-la-strategie-de-prise-en-charge-de-la-maladie-covid-19</t>
   </si>
   <si>
     <t>p_3179992</t>
   </si>
   <si>
-    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Treatment of superficial stomach cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853383/en/treatment-of-superficial-stomach-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des cancers superficiels de l’estomac</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel de l’estomac jugé à faible risque d’envahissement ganglionnaire, en comparaison à la gastrectomie et à la mucosectomie, afin de statuer sur la pertinence de son inscription à la classification commune des actes médicaux (CCAM) en vue de sa prise en charge par la collectivité</t>
+  </si>
+  <si>
+    <t>19/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2018 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853383/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-estomac</t>
   </si>
   <si>
     <t>c_2853383</t>
   </si>
   <si>
-    <t>Treatment of superficial œsophageal cancer by endoscopic submucosal dissection (ESD) - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853386/en/treatment-of-superficial-oesophageal-cancer-by-endoscopic-submucosal-dissection-esd-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des cancers superficiels de l’œsophage</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel de l’œsophage jugé à faible risque d’envahissement ganglionnaire, en comparaison à l’œsophagectomie et à la mucosectomie, afin de statuer sur la pertinence de son inscription à la classification commune des actes médicaux (CCAM) en vue de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853386/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-cancers-superficiels-de-l-oesophage</t>
   </si>
   <si>
     <t>c_2853386</t>
   </si>
   <si>
-    <t>Assessment of chiropodist-podiatrist consultations for preventing foot lesions in diabetic patients with a grade 1 podiatric risk - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2860579/en/assessment-of-chiropodist-podiatrist-consultations-for-preventing-foot-lesions-in-diabetic-patients-with-a-grade-1-podiatric-risk-inahta-brief</t>
+    <t>Évaluation des actes réalisés par le pédicure-podologue pour la prévention des lésions, des pieds à risque de grade 1, chez le patient diabétique - Actualisation de l’évaluation conduite en 2007</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de réactualiser un premier travail réalisé par la HAS en 2007, en vue d’une extension d’indications des séances de prévention de pédicurie-podologie aux patients diabétiques à risque podologique de grade 1.</t>
+  </si>
+  <si>
+    <t>20/12/2018 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860579/fr/evaluation-des-actes-realises-par-le-pedicure-podologue-pour-la-prevention-des-lesions-des-pieds-a-risque-de-grade-1-chez-le-patient-diabetique-actualisation-de-l-evaluation-conduite-en-2007</t>
   </si>
   <si>
     <t>c_2860579</t>
   </si>
   <si>
-    <t>Assessment of Clinical and Organisational Aspects of Robot-Assisted Surgery for Radical Prostatectomy - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2037513/en/assessment-of-clinical-and-organisational-aspects-of-robot-assisted-surgery-for-radical-prostatectomy-inahta-brief</t>
+    <t>Évaluation des dimensions clinique et organisationnelle de la chirurgie robot-assistée dans le cadre d’une prostatectomie totale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce rapport est d’évaluer les dimensions clinique et organisationnelle de la prostatectomie totale robot-assistée (PTAR), comparée à la prostatectomie totale par chirurgie ouverte (PTCO) et celle par laparoscopie conventionnelle (PTL), afin de statuer sur la pertinence de sa prise en charge par la collectivité</t>
+  </si>
+  <si>
+    <t>30/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>22/12/2016 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2037513/fr/evaluation-des-dimensions-clinique-et-organisationnelle-de-la-chirurgie-robot-assistee-dans-le-cadre-d-une-prostatectomie-totale</t>
   </si>
   <si>
     <t>c_2037513</t>
   </si>
   <si>
-    <t>Assessment of intraoperative radiotherapy (IORT) in breast cancer - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2562276/en/assessment-of-intraoperative-radiotherapy-iort-in-breast-cancer-inahta-brief</t>
+    <t>Évaluation de la radiothérapie peropératoire (RTPO) dans le cancer du sein</t>
+  </si>
+  <si>
+    <t>Évaluation de l’efficacité et de la sécurité de la radiothérapie peropératoire (RTPO) en traitement adjuvant de la tumorectomie du cancer du sein chez la femme Détermination des conditions de réalisation et de la population à traiter en vue de sa prise en charge par l’Assurance Maladie Le comparateur est la radiothérapie externe du sein</t>
+  </si>
+  <si>
+    <t>20/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>18/05/2016 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2562276/fr/evaluation-de-la-radiotherapie-peroperatoire-rtpo-dans-le-cancer-du-sein</t>
   </si>
   <si>
     <t>c_2562276</t>
   </si>
   <si>
-    <t>Terms of reference for performing surgical abortions: outside of healthcare organisations and inside health centres - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2062049/en/terms-of-reference-for-performing-surgical-abortions-outside-of-healthcare-organisations-and-inside-health-centres-inahta-brief</t>
+    <t>Cahiers des charges pour la réalisation des IVG par méthode instrumentale: hors établissements de santé et dans les centres de santé</t>
+  </si>
+  <si>
+    <t>Le cahier des charges définit les exigences (notamment cliniques et organisationnelles) à respecter pour garantir la qualité des soins et la sécurité des patientes, quel que soit le lieu où sont réalisées les IVG instrumentales</t>
+  </si>
+  <si>
+    <t>16/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062049/fr/cahiers-des-charges-pour-la-realisation-des-ivg-par-methode-instrumentale-hors-etablissements-de-sante-et-dans-les-centres-de-sante</t>
   </si>
   <si>
     <t>c_2062049</t>
   </si>
   <si>
-    <t>Alternative(s) to 99mTc-sestamibi preoperative scintigraphy for the localization of hypersecreting parathyroid glands in the event of complete shortage of 99mTechnetium (99mTc) - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2011763/en/alternative-s-to-99mtc-sestamibi-preoperative-scintigraphy-for-the-localization-of-hypersecreting-parathyroid-glands-in-the-event-of-complete-shortage-of-99mtechnetium-99mtc-inahta-brief</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Alternative(s) à la scintigraphie préopératoire lors du bilan de localisation des glandes parathyroïdes hypersécrétantes dans l’hypothèse d’une pénurie complète en technétium-99m</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est de déterminer si un (ou plusieurs) examen(s) pouvait(ent) se substituer, sans perte de chance pour les patients, à la scintigraphie au technétium-99m en situation de pénurie complète pour cet isotope et en complément de l’échographie cervicale lors du bilan de localisation préopératoire d’une (ou plusieurs) glande(s) hypersécrétante(s) responsable(s) d’une hyperparathyroïdie.</t>
+  </si>
+  <si>
+    <t>24/04/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2015 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011763/fr/alternative-s-a-la-scintigraphie-preoperatoire-lors-du-bilan-de-localisation-des-glandes-parathyroides-hypersecretantes-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
   </si>
   <si>
     <t>c_2011763</t>
   </si>
   <si>
-    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
+    <t>Éléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Eléments d’appréciation en vue de la prise en charge d’un patient en chirurgie ambulatoire. Evaluation de chaque patient au cas par cas, basée sur le triptyque patient-acte-structure.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Day surgery: an overview</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1242334/en/day-surgery-an-overview</t>
+    <t>Recommandations organisationnelles de la chirurgie ambulatoire : outils et guide</t>
+  </si>
+  <si>
+    <t>L'objectif de ce travail est de proposer des processus organisationnels opérationnels et des outils associés permettant aux acteurs de terrain de développer la chirurgie ambulatoire.</t>
+  </si>
+  <si>
+    <t>27/03/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>28/05/2013 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1337911/fr/recommandations-organisationnelles-de-la-chirurgie-ambulatoire-outils-et-guide</t>
+  </si>
+  <si>
+    <t>c_1337911</t>
+  </si>
+  <si>
+    <t>Chirurgie ambulatoire – socle de connaissances</t>
+  </si>
+  <si>
+    <t>Le rapport « socle de connaissances » est un état des lieux et des connaissances réalisé à partir des données françaises et internationales, construit pour servir de base d’informations sur laquelle les futurs travaux de la HAS et de l’ANAP se fonderont. Il reprend les définitions de la chirurgie ambulatoire, ainsi qu’un point sur la réglementation française, la description de l’environnement et des différentes modalités d’organisation, une analyse des bénéfices/risques pour les patients, un état des lieux de son développement en France et des modalités actuelles de tarification.</t>
+  </si>
+  <si>
+    <t>05/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/04/2012 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242334/fr/chirurgie-ambulatoire-socle-de-connaissances</t>
   </si>
   <si>
     <t>c_1242334</t>
   </si>
   <si>
-    <t>Web page</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/r_1500918/en/early-access-to-medicinal-products</t>
+    <t>Chirurgie ambulatoire : outils d’aide au développement - Note d'orientation</t>
+  </si>
+  <si>
+    <t>La chirurgie ambulatoire reste en France insuffisamment développée alors qu’elle constitue un apport réel en termes de qualité pour les patients. Dans ce contexte, la Haute Autorité de santé (HAS) et l’Agence nationale d’appui à la performance des établissements de santé et médico-sociaux (ANAP) unissent leurs efforts pour informer et accompagner les professionnels. Les deux partenaires publient une note d’orientation qui formalise leur coopération, définit six axes de travail, précise la nature des productions attendues et donne un calendrier d’action</t>
+  </si>
+  <si>
+    <t>22/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>22/12/2011 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1166746/fr/chirurgie-ambulatoire-outils-d-aide-au-developpement-note-d-orientation</t>
+  </si>
+  <si>
+    <t>c_1166746</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Évaluation de la nutrition parentérale à domicile : état des lieux et modalité de prise en charge</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de définir une organisation à domicile la plus adaptée, adéquate et sûre pour la réalisation de la nutrition parentérale et d’en déterminer les modalités de remboursement (indications, modalités de prescriptions et définition de la prestation). Un rappel de l’historique et du contexte actuel de prise en charge de la Nutrition Parentérale à domicile a été réalisé.</t>
+  </si>
+  <si>
+    <t>01/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2008 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676783/fr/evaluation-de-la-nutrition-parenterale-a-domicile-etat-des-lieux-et-modalite-de-prise-en-charge</t>
+  </si>
+  <si>
+    <t>c_676783</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0286/DP/SBP du 18 mai 2022 de la présidente de la Haute Autorité de santé portant actualisation du document intitulé « Réponses rapides dans le cadre de la Covid-19 – Prise en charge de premier recours des patients atteints de Covid-19 »</t>
+  </si>
+  <si>
+    <t>18/05/2022 12:31:00</t>
+  </si>
+  <si>
+    <t>19/05/2022 11:02:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3339843/fr/decision-n-2022-0286/dp/sbp-du-18-mai-2022-de-la-presidente-de-la-haute-autorite-de-sante-portant-actualisation-du-document-intitule-reponses-rapides-dans-le-cadre-de-la-covid-19-prise-en-charge-de-premier-recours-des-patients-atteints-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3339843</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0023/AC/SEESP du 25 mars 2021 du collège de la Haute Autorité de santé relatif à l’élargissement des compétences vaccinales dans le cadre de la campagne de vaccination de masse contre le SARS-COV-2</t>
+  </si>
+  <si>
+    <t>La HAS a été saisie le 15 mars sur un projet de décret d’état d’urgence sanitaire visant à augmenter le nombre de professionnels habilités à pratiquer des vaccinations contre le SARS-CoV-2, et par voie de conséquence à élargir les compétences de certains professionnels. Dans un contexte de circulation active du virus SARS-CoV-2 et de ses variants, et d’un approvisionnement conséquent en vaccins à partir d’avril 2021, une organisation compatible avec une vaccination de masse doit être mise en place, en complément d’un déploiement en ville, visant à simplifier le parcours vaccinal. Concernant les effecteurs de la vaccination contre le SARS-CoV-2 Outre les professionnels déjà habilités à administrer[1] les vaccins et pouvant intervenir aussi bien en ville qu’en centres de vaccination (médecins, sages-femmes, infirmiers, pharmaciens d’officine), la HAS recommande d’élargir (selon les modalités précisées dans le projet de décret annexé) : la possibilité d’administrer les vaccins en ville et en centre de vaccination : aux pharmaciens mutualistes et des secours miniers et aux chirurgiens-dentistes, la possibilité d’injecter les vaccins en centres de vaccination : : aux pharmaciens exerçant dans une pharmacie à usage intérieure, dans un laboratoire d’analyse de biologie médicale, aux pharmaciens relevant des services d’incendie et de secours[2], aux pharmaciens du bataillon de marins-pompiers de Marseille[3] . aux manipulateurs d'électroradiologie médicale ; aux techniciens de laboratoire [4]; aux étudiants : en médecine de deuxième année du premier cycle (FGSM2), sous réserve d’avoir réalisé préalablement leur stage infirmier; en deuxième cycle en médecine, odontologie, pharmacie et en maïeutique ; en troisième cycle en médecine, odontologie et pharmacie ; en soins infirmiers de deuxième et troisième année de formation ; aux vétérinaires. La HAS recommande que les pharmaciens et les vétérinaires puissent procéder à l’intégralité de l’administration du vaccin, y compris la préparation des doses. Concernant les conditions de formation de ces différents professionnels, la HAS recommande : pour les professionnels habilités à administrer[5] le vaccin : une formation remplissant les objectifs pédagogiques fixés pour la formation à la vaccination des pharmaciens d’officine mentionnée au 2° du III du projet de décret ; pour les professionnels habilités à injecter le vaccin : une formation spécifique à la réalisation de cet acte, dispensée et attestée par un professionnel de santé formé à l’administration des vaccins. En outre, la HAS propose d’élargir la liste des effecteurs figurant dans le présent projet de décret aux professionnels retraités volontaires (pharmaciens, infirmiers, médecins, sages-femmes, vétérinaires, chirurgiens-dentistes, manipulateurs d’électroradiologie et techniciens de laboratoire[6], selon les mêmes conditions que celles figurant à l’annexe 7 du projet de décret) et aux professionnels de la réserve sanitaire[7]. Concernant les prescripteurs de vaccins contre le SARS-CoV-2 Outre les professionnels déjà habilités à prescrire les vaccins contre le SARS-CoV-2 aussi bien en ville qu’en centres de vaccination (médecins, sages-femmes, pharmaciens d’officine), la HAS recommande d’élargir de la prescription, avec les mêmes exceptions que pour les pharmaciens d’officine (femmes enceintes et personnes présentant un trouble de l’hémostase), selon les conditions prévues dans le projet de décret et à condition qu’ils aient reçu une formation remplissant les objectifs pédagogiques fixés pour la formation à la vaccination des pharmaciens d’officine mentionnée au 2° du III du projet de décret : en ville et en centres de vaccination : aux pharmaciens mutualistes et des secours miniers, aux chirurgiens-dentistes et aux infirmiers en pratique avancée ; en centres de vaccination uniquement : aux pharmaciens exerçant dans une pharmacie à usage intérieure, dans un laboratoire d’analyse de biologie médicale, aux pharmaciens relevant des services d’incendie et de secours,[8] et aux pharmaciens du bataillon de marins-pompiers de Marseille[9]. Concernant les infirmiers, la HAS recommande d’élargir la prescription des vaccins contre le SARS-CoV-2: dans un premier temps, aux infirmiers intervenant dans le cadre d’équipes mobiles de vaccination pour faciliter l’accès aux vaccins des personnes les plus éloignées du système de santé et répondre ainsi à des besoins non couverts actuellement (personnes âgées isolées, personnes en situation de handicap, personnes détenues, personnes vivant dans des zones à faible densité de population et des personnes isolées socialement ou en situation de précarité…). dans un second temps, à l’ensemble des infirmiers (en centres de vaccinations et en ville), dès lors que la vaccination s’étendra à la population générale et que la couverture des personnes les plus âgées et les plus vulnérables sera suffisamment avancée (phase 4 de la stratégie de priorisation recommandée par la HAS). La HAS rappelle, par ailleurs, la nécessité d’assurer la traçabilité des vaccins, du schéma vaccinal et de la vaccination, Elle insiste sur le nécessaire partage d’information sur l’acte vaccinal entre l’ensemble des professionnels de santé et la personne vaccinée, avec la date, le nom du vaccin, son numéro de lot et l'identification du professionnel de santé vaccinateur. Pour ce faire, la HAS rappelle que l’Assurance maladie a ouvert un téléservice « Vaccin Covid » dont l’utilisation est obligatoire pour assurer le bon déroulement et le bon suivi de la campagne de vaccination. [1] Administration = préparation et injection des doses [2] Mentionnés à l’article R.1424-1 du code général des collectivités territoriales [3] Mentionnés à l’article R1321-19 du code de la défense [4] Titulaires du certificat de capacité mentionné à l’article R.4352-13 du code de la santé publique [5] Administration = préparation et injection des doses [6] Titulaires du certificat de capacité mentionné à l’article R.4352-13 du code de la santé publique [7] Effectifs non joints à la saisine [8] mentionnés à l’article R.1424-1 du code général des collectivités territoriales [9] mentionnés à l’article R1321-19 du code de la défense</t>
+  </si>
+  <si>
+    <t>25/03/2021 09:37:00</t>
+  </si>
+  <si>
+    <t>26/03/2021 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245599/fr/avis-n-2021-0023/ac/seesp-du-25-mars-2021-du-college-de-la-haute-autorite-de-sante-relatif-a-l-elargissement-des-competences-vaccinales-dans-le-cadre-de-la-campagne-de-vaccination-de-masse-contre-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3245599</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0022/AC/SEAP du 16 mars 2020 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS du télésuivi infirmier renforçant un suivi médical des patients COVID-19 maintenus à domicile ou en retour au domicile après avoir été hospitalisés</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale du télésuivi infirmier renforçant un suivi médical des patients COVID-19 maintenus à domicile ou en retour au domicile après avoir été hospitalisés</t>
+  </si>
+  <si>
+    <t>16/03/2020 09:13:00</t>
+  </si>
+  <si>
+    <t>16/03/2020 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164185/fr/avis-n-2020-0022/ac/seap-du-16-mars-2020-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-du-telesuivi-infirmier-renforcant-un-suivi-medical-des-patients-covid-19-maintenus-a-domicile-ou-en-retour-au-domicile-apres-avoir-ete-hospitalises</t>
+  </si>
+  <si>
+    <t>p_3164185</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0045/AC/SEVAM du 20 mai 2015 du collège de la HAS relatif au protocole de coopération " Coordination des patients atteints d'hémophilie et autres affections constitutionnelles hémorragiques graves."</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur Général de l'ARS PACA, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé : " Coordination des patients atteints d'hémophilie et autres affections constitutionnelles hémorragiques graves." Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>20/05/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>29/06/2015 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038600/fr/avis-n-2015-0045/ac/sevam-du-20-mai-2015-du-college-de-la-has-relatif-au-protocole-de-cooperation-coordination-des-patients-atteints-d-hemophilie-et-autres-affections-constitutionnelles-hemorragiques-graves</t>
+  </si>
+  <si>
+    <t>c_2038600</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0050/AC/SA3P du 06 juillet 2016 du collège de la HAS relatif au protocole de coopération «Dépistage et prise en charge précoce des pathologies orales chez des personnes en situation de handicap et/ou institutionnalisées, par un IDE spécifiquement formé en lieu et place d'un chirurgien-dentiste. »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Bourgogne-Franche-Comté, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé « Dépistage et prise en charge précoce des pathologies orales chez des personnes en situation de handicap et/ou institutionnalisées, par un IDE spécifiquement formé en lieu et place d'un chirurgien-dentiste. ». Professionnels concernés : * Chirurgien-Dentiste * Infirmier</t>
+  </si>
+  <si>
+    <t>06/07/2016 10:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2016 10:58:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2670446/fr/avis-n-2016-0050/ac/sa3p-du-06-juillet-2016-du-college-de-la-has-relatif-au-protocole-de-cooperation-depistage-et-prise-en-charge-precoce-des-pathologies-orales-chez-des-personnes-en-situation-de-handicap-et/ou-institutionnalisees-par-un-ide-specifiquement-forme-en-lieu-et-place-d-un-chirurgien-dentiste</t>
+  </si>
+  <si>
+    <t>c_2670446</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0058/AC/SA3P du 07 septembre 2016 du collège de la HAS relatif au protocole de coopération «Prise en charge des malades atteints d'hépatite chronique virale C sous traitement anti-viral dans le cadre d'une consultation infirmière permettant l'adaptation et la reconduction de ce traitement en lieu et place de l'hépatologue.»</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Île de France, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé « Prise en charge des malades atteints d'hépatite chronique virale C sous traitement anti-viral dans le cadre d'une consultation infirmière permettant l'adaptation et la reconduction de ce traitement en lieu et place de l'hépatologue. » Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>07/09/2016 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2670452/fr/avis-n-2016-0058/ac/sa3p-du-07-septembre-2016-du-college-de-la-has-relatif-au-protocole-de-cooperation-prise-en-charge-des-malades-atteints-d-hepatite-chronique-virale-c-sous-traitement-anti-viral-dans-le-cadre-d-une-consultation-infirmiere-permettant-l-adaptation-et-la-reconduction-de-ce-traitement-en-lieu-et-place-de-l-hepatologue</t>
+  </si>
+  <si>
+    <t>c_2670452</t>
+  </si>
+  <si>
+    <t>Avis n° 2016.0037/AC/SA3P du 4 mai 2016 du collège de la Haute Autorité de santé relatif au protocole de coopération « Pose d’une attelle plâtrée et d’un pansement par une ASDE en lieu et place d’un médecin au service des urgences d’un centre hospitalier »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Bourgogne – Franche-Comté, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé : « Pose d’une attelle plâtrée et d’un pansement par une ASDE en lieu et place d’un médecin au service des urgences d’un centre hospitalier » Professionnels concernés : * Médecin * Aide-Soignante</t>
+  </si>
+  <si>
+    <t>04/05/2016 11:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2016 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2638371/fr/avis-n-2016-0037/ac/sa3p-du-4-mai-2016-du-college-de-la-haute-autorite-de-sante-relatif-au-protocole-de-cooperation-pose-d-une-attelle-platree-et-d-un-pansement-par-une-asde-en-lieu-et-place-d-un-medecin-au-service-des-urgences-d-un-centre-hospitalier</t>
+  </si>
+  <si>
+    <t>c_2638371</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0046/AC/SA3P du 22 juin 2016 du collège de la HAS relatif au protocole de coopération " Protocole de coopération entre médecins vasculaires et manipulateurs en électroradiologie médicale (MERM) pour l’acquisition des images et signaux, et la réalisation des mesures, lors des examens d’exploration vasculaire non vulnérante. "</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Languedoc-Roussillon - Midi-Pyrénées, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé : " Protocole de coopération entre médecins vasculaires et manipulateurs en électroradiologie médicale (MERM) pour l’acquisition des images et signaux, et la réalisation des mesures, lors des examens d’exploration vasculaire non vulnérante." Professionnels concernés : * Médecin * Manipulateur d'électroradiologie médicale</t>
+  </si>
+  <si>
+    <t>22/06/2016 11:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2016 18:15:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2638380/fr/avis-n-2016-0046/ac/sa3p-du-22-juin-2016-du-college-de-la-has-relatif-au-protocole-de-cooperation-protocole-de-cooperation-entre-medecins-vasculaires-et-manipulateurs-en-electroradiologie-medicale-merm-pour-l-acquisition-des-images-et-signaux-et-la-realisation-des-mesures-lors-des-examens-d-exploration-vasculaire-non-vulnerante</t>
+  </si>
+  <si>
+    <t>c_2638380</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0085/AC/SEVAM du 14 octobre 2015 du collège de la HAS relatif au protocole de coopération " Prise en charge par un infirmier libéral des plaies chroniques suspectes d origine vasculaires évoluant depuis plus de 3 mois chez des patients en EHPAD ou à domicile."</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Midi-Pyrénées, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé : " Prise en charge par un infirmier libéral des plaies chroniques suspectes d origine vasculaires évoluant depuis plus de 3 mois chez des patients en EHPAD ou à domicile." Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>14/10/2015 11:00:00</t>
+  </si>
+  <si>
+    <t>26/02/2016 12:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2575180/fr/avis-n-2015-0085/ac/sevam-du-14-octobre-2015-du-college-de-la-has-relatif-au-protocole-de-cooperation-prise-en-charge-par-un-infirmier-liberal-des-plaies-chroniques-suspectes-d-origine-vasculaires-evoluant-depuis-plus-de-3-mois-chez-des-patients-en-ehpad-ou-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2575180</t>
+  </si>
+  <si>
+    <t>AVIS N° 2016.0017/AC/SA3P du 27 janvier 2016 du collège de la HAS relatif au protocole de coopération " Prise en charge et suivi des patients connus atteints d’épilepsie(s) en structures spécialisées et/ou par télémédecine, avec adaptation thérapeutique et soins par l’infirmier en lieu et place du médecin. "</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Rhône-Alpes, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé : " Prise en charge et suivi des patients connus atteints d’épilepsie(s) en structures spécialisées et/ou par télémédecine, avec adaptation thérapeutique et soins par l’infirmier en lieu et place du médecin." Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2016 15:28:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607540/fr/avis-n-2016-0017/ac/sa3p-du-27-janvier-2016-du-college-de-la-has-relatif-au-protocole-de-cooperation-prise-en-charge-et-suivi-des-patients-connus-atteints-d-epilepsie-s-en-structures-specialisees-et/ou-par-telemedecine-avec-adaptation-therapeutique-et-soins-par-l-infirmier-en-lieu-et-place-du-medecin</t>
+  </si>
+  <si>
+    <t>c_2607540</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0097/AC/SEVAM du 04 novembre 2015 du collège de la HAS relatif au protocole de coopération " Prise en charge des plaies chroniques des membres inférieurs et du pied diabétique par un(e) IDE. "</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Midi-Pyrénées, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé : " Prise en charge des plaies chroniques des membres inférieurs et du pied diabétique par un(e) IDE." Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>04/11/2015 11:00:00</t>
+  </si>
+  <si>
+    <t>21/12/2015 14:09:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579294/fr/avis-n-2015-0097/ac/sevam-du-04-novembre-2015-du-college-de-la-has-relatif-au-protocole-de-cooperation-prise-en-charge-des-plaies-chroniques-des-membres-inferieurs-et-du-pied-diabetique-par-un-e-ide</t>
+  </si>
+  <si>
+    <t>c_2579294</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0022/AC/SEVAM du 18 février 2015 du collège de la HAS relatif au protocole de coopération " Prise en charge des patients parkinsoniens traités par stimulation cérébrale profonde (SCP): adaptation des réglages de stimulation par une infirmière en lieu et place du médecin à partir des évaluations motrice, comportementale et psycho sociale."</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur Général de l'ARS MIDI-PYRENEES, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé : " Prise en charge des patients parkinsoniens traités par stimulation cérébrale profonde (SCP): adaptation des réglages de stimulation par une infirmière en lieu et place du médecin à partir des évaluations motrice, comportementale et psycho sociale." Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>18/02/2015 11:08:00</t>
+  </si>
+  <si>
+    <t>10/07/2015 15:44:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044754/fr/avis-n-2015-0022/ac/sevam-du-18-fevrier-2015-du-college-de-la-has-relatif-au-protocole-de-cooperation-prise-en-charge-des-patients-parkinsoniens-traites-par-stimulation-cerebrale-profonde-scp-adaptation-des-reglages-de-stimulation-par-une-infirmiere-en-lieu-et-place-du-medecin-a-partir-des-evaluations-motrice-comportementale-et-psycho-sociale</t>
+  </si>
+  <si>
+    <t>c_2044754</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0038/AC/SEVAM du 22 avril 2015 du collège de la HAS relatif au protocole de coopération "Adaptation des doses d'agent stimulant de l'erythropoïese après interprétation du bilan biologique, par une infirmière diplomée d'état en lieu et place d'un médecin néphrologue."</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur Général de l'ARS Centre, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé : " Adaptation des doses d'agent stimulant de l'erythropoïese après interprétation du bilan biologique, par une infirmière diplomée d'état en lieu et place d'un médecin néphrologue." Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>22/04/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2015 10:42:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2033752/fr/avis-n-2015-0038/ac/sevam-du-22-avril-2015-du-college-de-la-has-relatif-au-protocole-de-cooperation-adaptation-des-doses-d-agent-stimulant-de-l-erythropoiese-apres-interpretation-du-bilan-biologique-par-une-infirmiere-diplomee-d-etat-en-lieu-et-place-d-un-medecin-nephrologue</t>
+  </si>
+  <si>
+    <t>c_2033752</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0026/AC/SEVAM du 04 mars 2015 du collège de la HAS modifiant l'avis 2015.0019/AC/SEVAM du 12 février 2015, relatif au protocole de coopération  « Prélèvement de peau mince ( feuillets épidermiques ) dans le cadre de prélèvements de tissus sur personne décédées »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur Général de l'ARS Bourgogne, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé : " Prélèvements de peau mince dans le cadre de prélèvements de tissus et/ou de prélèvements multi organes sur personnes décédées." Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>04/03/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>13/04/2015 11:23:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024459/fr/avis-n-2015-0026/ac/sevam-du-04-mars-2015-du-college-de-la-has-modifiant-l-avis-2015-0019/ac/sevam-du-12-fevrier-2015-relatif-au-protocole-de-cooperation-prelevement-de-peau-mince-feuillets-epidermiques-dans-le-cadre-de-prelevements-de-tissus-sur-personne-decedees</t>
+  </si>
+  <si>
+    <t>c_2024459</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0020/AC/SEVAM du 12 février 2015 du collège de la HAS relatif au protocole de coopération " Réalisation d'un bilan visuel par un orthoptiste dans le cadre du renouvellement/adaption optiques chez les adultes de 16 à 50 ans et analysé via télémédecine."</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur Général de l'ARS Haute-Normandie, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé : " Réalisation d'un bilan visuel par un orthoptiste dans le cadre du renouvellement/adaptaopn optiques chez les adultes de 16 à 50 ans et analysé via télémédecine." Professionnels concernés : * Médecin * Orthoptiste</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2015 10:12:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021336/fr/avis-n-2015-0020/ac/sevam-du-12-fevrier-2015-du-college-de-la-has-relatif-au-protocole-de-cooperation-realisation-d-un-bilan-visuel-par-un-orthoptiste-dans-le-cadre-du-renouvellement/adaption-optiques-chez-les-adultes-de-16-a-50-ans-et-analyse-via-telemedecine</t>
+  </si>
+  <si>
+    <t>c_2021336</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0021/AC/SEVAM du 12 février 2015 du collège de la HAS relatif au protocole de coopération " Réalisation d'un bilan visuel par un orthoptiste dans le cadre du renouvellement/adaptation des corrections optiques chez les enfants de 6 à 15 ans et analysé via télémédecine par un ophtalmologiste."</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur Général de l'ARS Haute-Normandie, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé : " Réalisation d'un bilan visuel par un orthoptiste dans le cadre du renouvellement/adaptation des corrections optiques chez les enfants de 6 à 15 ans et analysé via télémédecine par un ophtalmologiste ." Professionnels concernés : * Médecin * Orthoptiste</t>
+  </si>
+  <si>
+    <t>01/04/2015 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021339/fr/avis-n-2015-0021/ac/sevam-du-12-fevrier-2015-du-college-de-la-has-relatif-au-protocole-de-cooperation-realisation-d-un-bilan-visuel-par-un-orthoptiste-dans-le-cadre-du-renouvellement/adaptation-des-corrections-optiques-chez-les-enfants-de-6-a-15-ans-et-analyse-via-telemedecine-par-un-ophtalmologiste</t>
+  </si>
+  <si>
+    <t>c_2021339</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0009/AC/SEVAM du 28 janvier 2015 du collège de la HAS relatif au protocole de coopération " Protocole de coopération Radiologues interventionnels et Manipulateurs en Electroradiologie Médicale pour la pose des Picc en salle de Radiologie Interventionnelle."</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur Général de l'ARS PACA, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé : " Protocole de coopération Radiologues interventionnels et Manipulateurs en Electroradiologie Médicale pour la pose des Picc en salle de Radiologie Interventionnelle." Professionnels concernés : * Médecin * Manipulateur d'électroradiologie médicale</t>
+  </si>
+  <si>
+    <t>28/01/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2015 11:22:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2016605/fr/avis-n-2015-0009/ac/sevam-du-28-janvier-2015-du-college-de-la-has-relatif-au-protocole-de-cooperation-protocole-de-cooperation-radiologues-interventionnels-et-manipulateurs-en-electroradiologie-medicale-pour-la-pose-des-picc-en-salle-de-radiologie-interventionnelle</t>
+  </si>
+  <si>
+    <t>c_2016605</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0008/AC/SEVAM du 21 janvier 2015 du collège de la HAS relatif au protocole de coopération " Réalisation d'échocardiographies par un professionnel non médecin: enregistrement et pré interprétation  des paramètres écho cardiographiques trans-thoraciques (ETT) par une infirmière diplômée d'état (IDE) en lieu et place d'un médecin cardiologue avant contrôle et interprétation médicale définitive"</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Aquitaine, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé : " Réalisation d'échocardiographies par un professionnel non médecin." Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>21/01/2015 10:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2015 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011043/fr/avis-n-2015-0008/ac/sevam-du-21-janvier-2015-du-college-de-la-has-relatif-au-protocole-de-cooperation-realisation-d-echocardiographies-par-un-professionnel-non-medecin-enregistrement-et-pre-interpretation-des-parametres-echo-cardiographiques-trans-thoraciques-ett-par-une-infirmiere-diplomee-d-etat-ide-en-lieu-et-place-d-un-medecin-cardiologue-avant-controle-et-interpretation-medicale-definitive</t>
+  </si>
+  <si>
+    <t>c_2011043</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.00102/AC/SEVAM du 15 octobre 2014 du collège de la HAS relatif au protocole de coopération " Réalisation et interprétation de bilans urodynamiques ( BUD )avec si nécessaire prescription co signée par un médecin de rééducation périnéale chez la femme non neurologique par une sage femme experte en urodynamique en lieu et place d'un médecin."</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Rhône-Alpes, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé " Réalisation et interprétation de bilans urodynamiques ( BUD )avec si nécessaire prescription co signée par un médecin de rééducation périnéale chez la femme non neurologique par une sage femme experte en urodynamique en lieu et place d'un médecin." Professionnels concernés : * Médecin * Sage-femme</t>
+  </si>
+  <si>
+    <t>15/10/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2014 14:38:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1772417/fr/avis-n-2014-00102/ac/sevam-du-15-octobre-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-realisation-et-interpretation-de-bilans-urodynamiques-bud-avec-si-necessaire-prescription-co-signee-par-un-medecin-de-reeducation-perineale-chez-la-femme-non-neurologique-par-une-sage-femme-experte-en-urodynamique-en-lieu-et-place-d-un-medecin</t>
+  </si>
+  <si>
+    <t>c_1772417</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0103/AC/SEVAM du 22 octobre 2014 du collège de la HAS relatif au protocole de coopération " Protocole de coopération entre médecins radiologues et manipulateurs d’électroradiologie médical (ERM) formés à l’échographie, exerçant au minimum 50% de leur temps de travail dans ce domaine."</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Languedoc-Roussillon, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé " Consultation infirmière d’accueil, d'information et d'orientation des femmes désirant une Interruption Volontaire de Grossesse en centre de santé ." Professionnels concernés : * Médecin * Manipulateur d'électroradiologie médicale</t>
+  </si>
+  <si>
+    <t>22/10/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1772427/fr/avis-n-2014-0103/ac/sevam-du-22-octobre-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-protocole-de-cooperation-entre-medecins-radiologues-et-manipulateurs-d-electroradiologie-medical-erm-formes-a-l-echographie-exercant-au-minimum-50-de-leur-temps-de-travail-dans-ce-domaine</t>
+  </si>
+  <si>
+    <t>c_1772427</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.00104/AC/SEVAM du 22 octobre 2014 du collège de la HAS relatif au protocole de coopération " Dépistage du cancer du col de l’utérus : Réalisation du Frottis Cervico- Utérin (FCU) par l’infirmière du centre de santé."</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Midi-Pyrénées, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé " Dépistage du cancer du col de l’utérus : Réalisation du Frottis Cervico- Utérin (FCU) par l’infirmière du centre de santé.." Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1772430/fr/avis-n-2014-00104/ac/sevam-du-22-octobre-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-depistage-du-cancer-du-col-de-l-uterus-realisation-du-frottis-cervico-uterin-fcu-par-l-infirmiere-du-centre-de-sante</t>
+  </si>
+  <si>
+    <t>c_1772430</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0105/AC/SEVAM du 22 octobre 2014 du collège de la HAS relatif au protocole de coopération " Sur prescription médicale, réalisation par l’aide-soignant, en lieu et en place de l’infirmier de soins d’élimination fécale pour des patients atteints de troubles neurologiques chroniques, pris en charge à domicile par le SSIAD pour personnes handicapées."</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Alsace, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé " Sur prescription médicale, réalisation par l’aide-soignant, en lieu et en place de l’infirmier de soins d’élimination fécale pour des patients atteints de troubles neurologiques chroniques, pris en charge à domicile par le SSIAD pour personnes handicapées. ." Professionnels concernés : * Infirmier * Aide-soignante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1772433/fr/avis-n-2014-0105/ac/sevam-du-22-octobre-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-sur-prescription-medicale-realisation-par-l-aide-soignant-en-lieu-et-en-place-de-l-infirmier-de-soins-d-elimination-fecale-pour-des-patients-atteints-de-troubles-neurologiques-chroniques-pris-en-charge-a-domicile-par-le-ssiad-pour-personnes-handicapees</t>
+  </si>
+  <si>
+    <t>c_1772433</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0095/AC/SEVAM du 09 juillet 2014 du collège de la HAS relatif au protocole de coopération "Consultation infirmière d’accueil, d'information et d'orientation des femmes désirant une Interruption Volontaire de Grossesse en centre de santé"</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Île de France, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé " Consultation infirmière d’accueil, d'information et d'orientation des femmes désirant une Interruption Volontaire de Grossesse en centre de santé ." Professionnels concernés : * Médecin gynécologue * Infirmier</t>
+  </si>
+  <si>
+    <t>09/07/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2014 10:31:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768994/fr/avis-n-2014-0095/ac/sevam-du-09-juillet-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-consultation-infirmiere-d-accueil-d-information-et-d-orientation-des-femmes-desirant-une-interruption-volontaire-de-grossesse-en-centre-de-sante</t>
+  </si>
+  <si>
+    <t>c_1768994</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0069/AC/SEVAM du 16 juillet 2014 du collège de la HAS relatif au protocole de coopération "Suivi, prescriptions et orientation de patients atteints de la maladie d’Alzheimer ou une affection apparentée par une infirmière en lieu et place du médecin. "</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Île de France, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé " Suivi, prescriptions et orientation de patients atteints de la maladie d’Alzheimer ou une affection apparentée par une infirmière en lieu et place du médecin." Professionnels concernés : * Médecin gériatre * Infirmier</t>
+  </si>
+  <si>
+    <t>16/07/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2014 16:11:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761855/fr/avis-n-2014-0069/ac/sevam-du-16-juillet-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-suivi-prescriptions-et-orientation-de-patients-atteints-de-la-maladie-d-alzheimer-ou-une-affection-apparentee-par-une-infirmiere-en-lieu-et-place-du-medecin</t>
+  </si>
+  <si>
+    <t>c_1761855</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0070/AC/SEVAM du 25 juin 2014 du collège de la HAS relatif au protocole de coopération" Adaptation des doses d'anticoagulant par l'infirmière, le biologiste ou le pharmacien d'officine constitués en équipe de soins de ville et partage des informations de prise en charge (y compris biologiques). "</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Lorraine, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé " Adaptation des doses d'anticoagulant par l'infirmière, le biologiste ou le pharmacien d'officine constitués en équipe de soins de ville et partage des informations de prise en charge (y compris biologiques)." Professionnels concernés : * Médecin généraliste * Infirmier, Biologiste, Pharmacien d'officine</t>
+  </si>
+  <si>
+    <t>25/06/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761863/fr/avis-n-2014-0070/ac/sevam-du-25-juin-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-adaptation-des-doses-d-anticoagulant-par-l-infirmiere-le-biologiste-ou-le-pharmacien-d-officine-constitues-en-equipe-de-soins-de-ville-et-partage-des-informations-de-prise-en-charge-y-compris-biologiques</t>
+  </si>
+  <si>
+    <t>c_1761863</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0081/AC/SEVAM du 23 juillet 2014 du collège de la HAS relatif au protocole de coopération " Protocole de coopération, dans le cadre de l’épidémie de Chikungunya : Délégation entre médecins et infirmiers libéraux en soins de premier recours."</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Guadeloupe, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé "Protocole de coopération, dans le cadre de l’épidémie de Chikungunya : Délégation entre médecins et infirmiers libéraux en soins de premier recours. " Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>23/07/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761872/fr/avis-n-2014-0081/ac/sevam-du-23-juillet-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-protocole-de-cooperation-dans-le-cadre-de-l-epidemie-de-chikungunya-delegation-entre-medecins-et-infirmiers-liberaux-en-soins-de-premier-recours</t>
+  </si>
+  <si>
+    <t>c_1761872</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0049/AC/SEVAM du 25 juin 2014 du collège de la HAS relatif au protocole de coopération "ASALEE" : un travail en équipe infirmières ou infirmiers délégués à la santé populationnelle &amp; médecins généralistes pour l'amélioration de la qualité des soins et l'allocation optimisée de la disponibilité des "professionnels de santé" sur le territoire concerné</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Poitou-Charentes, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé "ASALEE" : un travail en équipe infirmières ou infirmiers délégués à la santé populationnelle &amp; médecins généralistes pour l'amélioration de la qualité des soins et l'allocation optimisée de la disponibilité des "professionnels de santé" sur le territoire concerné Professionnels concernés : * Médecin généraliste * Infirmier</t>
+  </si>
+  <si>
+    <t>05/08/2014 17:20:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758953/fr/avis-n-2014-0049/ac/sevam-du-25-juin-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-asalee-un-travail-en-equipe-infirmieres-ou-infirmiers-delegues-a-la-sante-populationnelle-medecins-generalistes-pour-l-amelioration-de-la-qualite-des-soins-et-l-allocation-optimisee-de-la-disponibilite-des-professionnels-de-sante-sur-le-territoire-concerne</t>
+  </si>
+  <si>
+    <t>c_1758953</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0050/AC/SEVAM du 25 juin 2014 du collège de la HAS relatif au protocole de coopération "L'interprétation des examens de cytopathologie, rédaction d'un compte rendu et le codage par un technicien de laboratoire médical spécialisé dit cytotechnicien"</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Franche-comté, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé "L'interprétation des examens de cytopathologie, rédaction d'un compte rendu et le codage par un technicien de laboratoire médical spécialisé dit cytotechnicien" Professionnels concernés : * Médecin spécialiste en anatomie et cytologie pathologiques * Cadre technicien de laboratoire médical</t>
+  </si>
+  <si>
+    <t>05/08/2014 17:20:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758956/fr/avis-n-2014-0050/ac/sevam-du-25-juin-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-l-interpretation-des-examens-de-cytopathologie-redaction-d-un-compte-rendu-et-le-codage-par-un-technicien-de-laboratoire-medical-specialise-dit-cytotechnicien</t>
+  </si>
+  <si>
+    <t>c_1758956</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0051/AC/SEVAM du 25 juin 2014 du collège de la HAS relatif au protocole de coopération « Réalisation de la prise en charge macroscopique par un technicien de laboratoire en lieu et place d’un médecin pathologiste.»</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Aquitaine, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé « Réalisation de la prise en charge macroscopique par un technicien de laboratoire en lieu et place d’un médecin pathologiste.» Professionnels concernés : * Médecin * Technicien d'analyse en biologie médicale</t>
+  </si>
+  <si>
+    <t>05/08/2014 17:19:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758959/fr/avis-n-2014-0051/ac/sevam-du-25-juin-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-realisation-de-la-prise-en-charge-macroscopique-par-un-technicien-de-laboratoire-en-lieu-et-place-d-un-medecin-pathologiste</t>
+  </si>
+  <si>
+    <t>c_1758959</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0047/AC/SEVAM du 28 mai 2014 du collège de la HAS relatif au protocole de coopération « Intervention de l’infirmier hospitalier de premier recours en nuit profonde, sur le secteur de Ribérac. »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Aquitaine, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé « Intervention de l’infirmier hospitalier de premier recours en nuit profonde, sur le secteur de Ribérac. ». Professionnels concernés : * Médecin Régulateur SAMU * Infirmier</t>
+  </si>
+  <si>
+    <t>28/05/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>02/07/2014 13:51:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751522/fr/avis-n-2014-0047/ac/sevam-du-28-mai-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-intervention-de-l-infirmier-hospitalier-de-premier-recours-en-nuit-profonde-sur-le-secteur-de-riberac</t>
+  </si>
+  <si>
+    <t>c_1751522</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0046/AC/SEVAM du 28 mai 2014 du collège de la HAS relatif au protocole de coopération « Réalisation d’échographies des veines et/ou artères des membres supérieurs par une infirmière en lieu et place d’un médecin. »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Île de France, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé « Réalisation d’échographies des veines et/ou artères des membres supérieurs par une infirmière en lieu et place d’un médecin. ». Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>02/07/2014 13:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751540/fr/avis-n-2014-0046/ac/sevam-du-28-mai-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-realisation-d-echographies-des-veines-et/ou-arteres-des-membres-superieurs-par-une-infirmiere-en-lieu-et-place-d-un-medecin</t>
+  </si>
+  <si>
+    <t>c_1751540</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0032/AC/SEVAM du 16 avril 2014 du collège de la HAS relatif au protocole de coopérati on « Test de Dépistage Rapide du Streptocoque (TDR) dans les cas d'angines. Réalisation par un pharmacien. »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Île de France, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé « Test de Dépistage Rapide du Streptocoque (TDR) dans les cas d'angines. Réalisation par un pharmacien ». Professionnels concernés : * Médecin * Pharmacien</t>
+  </si>
+  <si>
+    <t>16/04/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2014 10:56:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1748287/fr/avis-n-2014-0032/ac/sevam-du-16-avril-2014-du-college-de-la-has-relatif-au-protocole-de-cooperati-on-test-de-depistage-rapide-du-streptocoque-tdr-dans-les-cas-d-angines-realisation-par-un-pharmacien</t>
+  </si>
+  <si>
+    <t>c_1748287</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0042/AC/SEVAM du 28 Mai 2014 du collège de la HAS relatif au protocole de coopération n°045 « Réinjection intraveineuse de suspensions cellulaires et de radio-pharmaceutiques prêts à l'emploi, destinés à des explorations fonctionnelles à visée diagnostique par une technicienne de laboratoire en lieu et place d'un médecin nucléaire. »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Bretagne, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Réinjection intraveineuse de suspensions cellulaires et de radio-pharmaceutiques prêts à l'emploi, destinés à des explorations fonctionnelles à visée diagnostique par une technicienne de laboratoire en lieu et place d'un médecin nucléaire.». Professionnels concernés : * Médecin Nucléaire * technicien de laboratoire</t>
+  </si>
+  <si>
+    <t>12/06/2014 08:15:00</t>
+  </si>
+  <si>
+    <t>12/06/2014 12:04:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747135/fr/avis-n-2014-0042/ac/sevam-du-28-mai-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-n045-reinjection-intraveineuse-de-suspensions-cellulaires-et-de-radio-pharmaceutiques-prets-a-l-emploi-destines-a-des-explorations-fonctionnelles-a-visee-diagnostique-par-une-technicienne-de-laboratoire-en-lieu-et-place-d-un-medecin-nucleaire</t>
+  </si>
+  <si>
+    <t>c_1747135</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0043/AC/SEVAM du 28 mai 2014 du collège de la HAS relatif au protocole de coopération n°067 « Injection par voie sous-cutanée ou intradermique par une IDE, d'un radioélément ou radionucléide à visée diagnostic par une méthode isotopique de recherche du ganglion sentinelle dans le cancer du sein.  »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Océan indien, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé « Injection par voie sous-cutanée ou intradermique par une IDE, d'un radioélément ou radionucléide à visée diagnostic par une méthode isotopique de recherche du ganglion sentinelle dans le cancer du sein. ». Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747139/fr/avis-n-2014-0043/ac/sevam-du-28-mai-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-n067-injection-par-voie-sous-cutanee-ou-intradermique-par-une-ide-d-un-radioelement-ou-radionucleide-a-visee-diagnostic-par-une-methode-isotopique-de-recherche-du-ganglion-sentinelle-dans-le-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_1747139</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0017/AC/SEVAM du 19 février 2014 du collège de la HAS de santé relatif au protocole de coopération « Evaluation et suivi de plaies complexes et/ou à retard de cicatrisation par un(e) infirmier(e) expert(e) en plaies et cicatrisation dans le cadre d'un réseau pouvant fonctionner en télémédecine. »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Languedoc-Roussillon, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Evaluation et suivi de plaies complexes et/ou à retard de cicatrisation par un ide expert en plaies et cicatrisation dans le cadre d'un réseau pouvant fonctionner en télémédecine.». Professionnels concernés : Médecin Infirmier</t>
+  </si>
+  <si>
+    <t>19/02/2014 10:50:00</t>
+  </si>
+  <si>
+    <t>02/04/2014 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1732955/fr/avis-n-2014-0017/ac/sevam-du-19-fevrier-2014-du-college-de-la-has-de-sante-relatif-au-protocole-de-cooperation-evaluation-et-suivi-de-plaies-complexes-et/ou-a-retard-de-cicatrisation-par-un-e-infirmier-e-expert-e-en-plaies-et-cicatrisation-dans-le-cadre-d-un-reseau-pouvant-fonctionner-en-telemedecine</t>
+  </si>
+  <si>
+    <t>c_1732955</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0016/AC/SEVAM du 19 février 2014 du co llège de la HAS de Santé relatif au protocole de coopérati on «Elargissement des missions du diététicien en matière de dénutrition, nutrition entérale et parentérale en lieu et place d'un médecin»</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, les Directeurs généraux des ARS Île de France et Languedoc-Roussillon, ont sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Elargissement des missions du diététicien en matière de dénutrition, nutrition entérale et parentérale en lieu et place d'un médecin». Professionnels concernés : * Médecin * Diététicien</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1732965/fr/avis-n-2014-0016/ac/sevam-du-19-fevrier-2014-du-co-llege-de-la-has-de-sante-relatif-au-protocole-de-cooperati-on-elargissement-des-missions-du-dieteticien-en-matiere-de-denutrition-nutrition-enterale-et-parenterale-en-lieu-et-place-d-un-medecin</t>
+  </si>
+  <si>
+    <t>c_1732965</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0015/AC/SEVAM du 19 février 2014 du collège de la HAS relatif au protocole de coopération « Consultation infirmier(e) en médecine du voyage pour le conseil, la vaccination, la prescription de médicaments à titre préventif, la p rescription et l’interprétation de sérologies à visée vaccinale, la prescription de vaccin »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Île de France, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Consultation infirmier(e) en médecine du voyage pour le conseil, la vaccination, la prescription de médicaments à titre préventif, la prescription et l'interprétation de sérologies à visée vaccinale, la prescription de vaccin». Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1732968/fr/avis-n-2014-0015/ac/sevam-du-19-fevrier-2014-du-college-de-la-has-relatif-au-protocole-de-cooperation-consultation-infirmier-e-en-medecine-du-voyage-pour-le-conseil-la-vaccination-la-prescription-de-medicaments-a-titre-preventif-la-p-rescription-et-l-interpretation-de-serologies-a-visee-vaccinale-la-prescription-de-vaccin</t>
+  </si>
+  <si>
+    <t>c_1732968</t>
+  </si>
+  <si>
+    <t>AVIS N° 2013.0077/AC du 16 octobre 2013 du collège de la HAS relatif au protocole de coopération n°050 « Suivi de patients et de donneurs vivants en pré greffe rénale, avec prescription d'examens, par une infirmière en lieu et place d'un médecin »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Ile de France, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé « Suivi de patients et de donneurs vivants en pré greffe rénale, avec prescription et interprétation d’examens, par une infirmière en lieu et place d’un médecin ». Professionnels concernés : * Néphrologue * Infirmier</t>
+  </si>
+  <si>
+    <t>31/03/2014 10:50:00</t>
+  </si>
+  <si>
+    <t>31/03/2014 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1732898/fr/avis-n-2013-0077/ac-du-16-octobre-2013-du-college-de-la-has-relatif-au-protocole-de-cooperation-n050-suivi-de-patients-et-de-donneurs-vivants-en-pre-greffe-renale-avec-prescription-d-examens-par-une-infirmiere-en-lieu-et-place-d-un-medecin</t>
+  </si>
+  <si>
+    <t>c_1732898</t>
+  </si>
+  <si>
+    <t>AVIS N° 2013.0092/AC/SEVAM du 4 décembre 2013 du collège de la HAS relatif au protocole de coopération « Intervention d’infirmières libérales à domicile afin de diagnostiquer et d’initier la prise en charge de la fragilité du sujet âgé »</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Ile de France, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Interventions d’infirmières libérales à domicile afin de diagnostiquer et d’initier la prise en charge de la fragilité du sujet âgé». Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>31/03/2014 11:09:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1732927/fr/avis-n-2013-0092/ac/sevam-du-4-decembre-2013-du-college-de-la-has-relatif-au-protocole-de-cooperation-intervention-d-infirmieres-liberales-a-domicile-afin-de-diagnostiquer-et-d-initier-la-prise-en-charge-de-la-fragilite-du-sujet-age</t>
+  </si>
+  <si>
+    <t>c_1732927</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : «Mesure de l’élastométrie du foie avec l’appareil de mesure FibroScan en lieu et place d’un médecin».</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, les Directeurs généraux des ARS Ile de France et Bretagne, ont sollicités l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Mesure de l’élastométrie du foie avec l’appareil de mesure FibroScan en lieu et place d’un médecin». Professionnels concernés : Médecin Infirmier</t>
+  </si>
+  <si>
+    <t>19/06/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>05/07/2013 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615917/fr/avis-de-la-has-sur-le-protocole-de-cooperation-mesure-de-l-elastometrie-du-foie-avec-l-appareil-de-mesure-fibroscan-en-lieu-et-place-d-un-medecin</t>
+  </si>
+  <si>
+    <t>c_1615917</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : «En allergologie, réalisation de tests cutanés, d'épreuves fonctionnelles respiratoires et de suivis de désensibilisation par une infirmier(e) diplômée d'état, en l'absence du médecin prescripteur».</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Ile de France, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «En allergologie, réalisation de tests cutanés, d'épreuves fonctionnelles respiratoires et de suivis de désensibilisation par une infirmier(e) diplômée d'état, en l'absence du médecin prescripteur». Professionnels concernés : Médecin Infirmier</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615926/fr/avis-de-la-has-sur-le-protocole-de-cooperation-en-allergologie-realisation-de-tests-cutanes-d-epreuves-fonctionnelles-respiratoires-et-de-suivis-de-desensibilisation-par-une-infirmier-e-diplomee-d-etat-en-l-absence-du-medecin-prescripteur</t>
+  </si>
+  <si>
+    <t>c_1615926</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : « Transfert de compétence : pose de voie veineuse centrale par l'IDE ».</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’ARS Rhône-Alpes, a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé « Transfert de compétence : pose de voie veineuse centrale par l'Infirmier Diplômé d'Etat (IDE)». Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>05/06/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>28/06/2013 12:38:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1601687/fr/avis-de-la-has-sur-le-protocole-de-cooperation-transfert-de-competence-pose-de-voie-veineuse-centrale-par-l-ide</t>
+  </si>
+  <si>
+    <t>c_1601687</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : « Consultation, décision et prescription de vaccination pour les usagers par un(e) infirmier(e) en lieu et place d’un médecin ».</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, les Directeurs généraux des ARS de Haute Normandie et Franche-Comté, ont sollicités l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé « Consultation, décision et prescription de vaccination pour les usagers par un(e) infirmier(e) en lieu et place d’un médecin ». Professionnels concernés : Médecin Infirmier</t>
+  </si>
+  <si>
+    <t>29/05/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>28/06/2013 12:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1601696/fr/avis-de-la-has-sur-le-protocole-de-cooperation-consultation-decision-et-prescription-de-vaccination-pour-les-usagers-par-un-e-infirmier-e-en-lieu-et-place-d-un-medecin</t>
+  </si>
+  <si>
+    <t>c_1601696</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : «Réalisation d’un bilan visuel par l’orthoptiste dans le cadre du renouvellement/adaptation des corrections optiques chez les adultes de 16 à 50 ans».</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’ARS Pays de la Loire a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Réalisation d’un bilan visuel par l’orthoptiste dans le cadre du renouvellement/adaptation des corrections optiques chez les adultes de 16 à 50 ans». Professionnels concernés : * Ophtalmologiste * Orthoptiste</t>
+  </si>
+  <si>
+    <t>06/03/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>03/05/2013 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543918/fr/avis-de-la-has-sur-le-protocole-de-cooperation-realisation-d-un-bilan-visuel-par-l-orthoptiste-dans-le-cadre-du-renouvellement/adaptation-des-corrections-optiques-chez-les-adultes-de-16-a-50-ans</t>
+  </si>
+  <si>
+    <t>c_1543918</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : «Réalisation d’un bilan visuel par l’orthoptiste dans le cadre du renouvellement/adaptation des corrections optiques chez l’enfant de 6 à 15 ans».</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’ARS Pays de la Loire a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Réalisation d’un bilan visuel par l’orthoptiste dans le cadre du renouvellement/adaptation des corrections optiques chez l’enfant de 6 à 15 ans». Professionnels concernés : * Ophtalmologiste * Orthoptiste</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543963/fr/avis-de-la-has-sur-le-protocole-de-cooperation-realisation-d-un-bilan-visuel-par-l-orthoptiste-dans-le-cadre-du-renouvellement/adaptation-des-corrections-optiques-chez-l-enfant-de-6-a-15-ans</t>
+  </si>
+  <si>
+    <t>c_1543963</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : «Réalisation de photographies du fond d’oeil dans le cadre du dépistage de la rétinopathie diabétique par un(e) orthoptiste et/ou infirmier(e) en lieu et place d’un ophtalmologiste».</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’ARS Pays de la Loire a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Réalisation de photographies du fond d’oeil dans le cadre du dépistage de la rétinopathie diabétique par un(e) orthoptiste et/ou infirmier(e) en lieu et place d’un ophtalmologiste». Professionnels concernés : * Ophtalmologiste * Orthoptiste</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543966/fr/avis-de-la-has-sur-le-protocole-de-cooperation-realisation-de-photographies-du-fond-d-oeil-dans-le-cadre-du-depistage-de-la-retinopathie-diabetique-par-un-e-orthoptiste-et/ou-infirmier-e-en-lieu-et-place-d-un-ophtalmologiste</t>
+  </si>
+  <si>
+    <t>c_1543966</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : «Suivi de patients diabétiques traités par insuline munis d’un carnet glycémique électronique et surveillés par télémédecine avec prescriptions et soins par l’infirmier en lieu et place du médecin».</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’ARS Ile de France a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Suivi de patients diabétiques traités par insuline munis d’un carnet glycémique électronique et surveillés par télémédecine avec prescriptions et soins par l’infirmier en lieu et place du médecin». Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>30/01/2013 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543969/fr/avis-de-la-has-sur-le-protocole-de-cooperation-suivi-de-patients-diabetiques-traites-par-insuline-munis-d-un-carnet-glycemique-electronique-et-surveilles-par-telemedecine-avec-prescriptions-et-soins-par-l-infirmier-en-lieu-et-place-du-medecin</t>
+  </si>
+  <si>
+    <t>c_1543969</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : «Prise en charge par l’infirmier des diabétiques insulinotraités par pompe à insuline externe selon un Plan d’Education Personnalisé Electronique (ePEP) avec prescriptions et soins de premier recours en lieu et place du médecin».</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l’ARS Ile de France a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé «Prise en charge par l’infirmier des diabétiques insulinotraités par pompe à insuline externe selon un Plan d’Education Personnalisé Electronique (ePEP) avec prescriptions et soins de premier recours en lieu et place du médecin». Professionnels concernés : * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1543974/fr/avis-de-la-has-sur-le-protocole-de-cooperation-prise-en-charge-par-l-infirmier-des-diabetiques-insulinotraites-par-pompe-a-insuline-externe-selon-un-plan-d-education-personnalise-electronique-epep-avec-prescriptions-et-soins-de-premier-recours-en-lieu-et-place-du-medecin</t>
+  </si>
+  <si>
+    <t>c_1543974</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération  : Prélèvements de cornées dans le cadre de prélèvements de tissus et / ou de prélèvements multi organes</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS de Bretagne et le directeur général de l’ARS de Bourgogne ont sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé pour les prélèvements de cornées dans le cadre de prélèvements de tissus et / ou de prélèvements multi organes Professionnels concernés :# * Délégant : ophtalmologues, urgentistes, anesthésiste-réanimateurs * Délégué : infirmier</t>
+  </si>
+  <si>
+    <t>28/11/2012 12:00:00</t>
+  </si>
+  <si>
+    <t>27/12/2012 15:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346376/fr/avis-de-la-has-sur-le-protocole-de-cooperation-prelevements-de-cornees-dans-le-cadre-de-prelevements-de-tissus-et-/-ou-de-prelevements-multi-organes</t>
+  </si>
+  <si>
+    <t>c_1346376</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération  : Réalisation d’une réfraction subjective par un opticien en EHPAD, en lieu et place d’un ophtalmologiste</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS d'Ile de France a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé pour la réalisation d’une réfraction subjective par un opticien en EHPAD, en lieu et place d’un ophtalmologiste. Professionnels concernés :# * Opthalmologiste * Opticien</t>
+  </si>
+  <si>
+    <t>08/11/2012 12:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2012 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1345035/fr/avis-de-la-has-sur-le-protocole-de-cooperation-realisation-d-une-refraction-subjective-par-un-opticien-en-ehpad-en-lieu-et-place-d-un-ophtalmologiste</t>
+  </si>
+  <si>
+    <t>c_1345035</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération  : Réalisation d'examens de dépistage ophtalmologique par une orthoptiste</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Auvergne a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé pour la réalisation d'examens de dépistage ophtalmologique par une orthoptiste. Professionnels concernés :# * Opthalmologiste * Orthoptiste</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1345129/fr/avis-de-la-has-sur-le-protocole-de-cooperation-realisation-d-examens-de-depistage-ophtalmologique-par-une-orthoptiste</t>
+  </si>
+  <si>
+    <t>c_1345129</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération  : Protocole de coopération entre professionnels de la santé oculaire au Puy en Velay et en Haute Loire (43)</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Auvergne a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération : Protocole de coopération entre professionnels de la santé oculaire au Puy en Velay et en Haute Loire Professionnels concernés :# * Opthalmologiste * Orthoptiste</t>
+  </si>
+  <si>
+    <t>08/11/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1345134/fr/avis-de-la-has-sur-le-protocole-de-cooperation-protocole-de-cooperation-entre-professionnels-de-la-sante-oculaire-au-puy-en-velay-et-en-haute-loire-43</t>
+  </si>
+  <si>
+    <t>c_1345134</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération  : Extension de la période de renouvellement de verres correcteurs par un opticien, après un premier équipement prescrit par un ophtalmologiste, de 3 ans à 5 ans</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Auvergne a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé pour l'extension de la période de renouvellement de verres correcteurs par un opticien, après un premier équipement prescrit par un ophtalmologiste, de 3 ans à 5 ans Professionnels concernés :# * Ophtalmologiste * Opticien</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1345139/fr/avis-de-la-has-sur-le-protocole-de-cooperation-extension-de-la-periode-de-renouvellement-de-verres-correcteurs-par-un-opticien-apres-un-premier-equipement-prescrit-par-un-ophtalmologiste-de-3-ans-a-5-ans</t>
+  </si>
+  <si>
+    <t>c_1345139</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération  : Consultation pré diagnostic ou de suivi des rhumatismes inflammatoires par une Infirmière diplômée d'état spécialisée en rhumatologie</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Centre a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé pour Consultation pré diagnostic ou de suivi des rhumatismes inflammatoires par une Infirmière diplômée d'état spécialisée en rhumatologie Professionnels concernés :# * Rhumatologue * Infirmier</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1345222/fr/avis-de-la-has-sur-le-protocole-de-cooperation-consultation-pre-diagnostic-ou-de-suivi-des-rhumatismes-inflammatoires-par-une-infirmiere-diplomee-d-etat-specialisee-en-rhumatologie</t>
+  </si>
+  <si>
+    <t>c_1345222</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération  : Prise en charge en premier recours par un kinésithérapeute, des nourrissons présentant un encombrement respiratoire en lieu et place d’un médecin</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS d'Ile de France a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé pour la prise en charge en premier recours par un kinésithérapeute, des nourrissons présentant un encombrement respiratoire en lieu et place d’un médecin Professionnels concernés :# * Médecin * Masseur-Kinésithérapeute</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1345277/fr/avis-de-la-has-sur-le-protocole-de-cooperation-prise-en-charge-en-premier-recours-par-un-kinesitherapeute-des-nourrissons-presentant-un-encombrement-respiratoire-en-lieu-et-place-d-un-medecin</t>
+  </si>
+  <si>
+    <t>c_1345277</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération  : Consultation infirmière pour le suivi semestriel des patients à risques élevés de mélanome entre deux consultations du dermatologue</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS d'Ile de France a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé pour la consultation infirmière pour le suivi semestriel des patients à risques élevés de mélanome entre deux consultations du dermatologue Professionnels concernés :# * Dermatologue * Infirmier</t>
+  </si>
+  <si>
+    <t>19/09/2012 12:00:00</t>
+  </si>
+  <si>
+    <t>28/11/2012 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336767/fr/avis-de-la-has-sur-le-protocole-de-cooperation-consultation-infirmiere-pour-le-suivi-semestriel-des-patients-a-risques-eleves-de-melanome-entre-deux-consultations-du-dermatologue</t>
+  </si>
+  <si>
+    <t>c_1336767</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération  : Consultation infirmière de suivi des patients traités par anticancéreux oraux à domicile : Délégation médicale d'activité de prescription</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS d'Ile de France a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé pour la consultation infirmière de suivi des patients traités par anticancéreux oraux à domicile : Délégation médicale d'activité de prescription Professionnels concernés :# * Oncologue * Infirmier</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1336777/fr/avis-de-la-has-sur-le-protocole-de-cooperation-consultation-infirmiere-de-suivi-des-patients-traites-par-anticancereux-oraux-a-domicile-delegation-medicale-d-activite-de-prescription</t>
+  </si>
+  <si>
+    <t>c_1336777</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération  : Consultation infirmière de pré-admission pour hospitalisation en cure de sevrage physique en unité d’addictologie</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Pays de la Loire a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé pour la consultation infirmière de pré-admission pour hospitalisation en cure de sevrage physique en unité d’addictologie.# Professionnels concernés :# * Médecin * Infirmier</t>
+  </si>
+  <si>
+    <t>03/01/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2012 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1299235/fr/avis-de-la-has-sur-le-protocole-de-cooperation-consultation-infirmiere-de-pre-admission-pour-hospitalisation-en-cure-de-sevrage-physique-en-unite-d-addictologie</t>
+  </si>
+  <si>
+    <t>c_1299235</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération  : Prise en charge du patient hémodialysé par l'Infirmier Diplômé d'Etat (IDE) dans le cadre de la coopération entre professionnels de santé en unité de dialyse médicalisée (UDM)</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Rhône Alpes a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé pour la prise en charge du patient hémodialysé par l'Infirmier Diplômé d'Etat (IDE).# Professionnels concernés :# * Néphrologue * Infirmier</t>
+  </si>
+  <si>
+    <t>07/08/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1299270/fr/avis-de-la-has-sur-le-protocole-de-cooperation-prise-en-charge-du-patient-hemodialyse-par-l-infirmier-diplome-d-etat-ide-dans-le-cadre-de-la-cooperation-entre-professionnels-de-sante-en-unite-de-dialyse-medicalisee-udm</t>
+  </si>
+  <si>
+    <t>c_1299270</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : Enregistrement et pré-interprétation en vue du dépistage de l’échographie anormale, des paramètres échocardiographiques trans-thoraciques (ETT) par une infirmière diplômée d'Etat (IDE) en lieu et place d’un médecin cardiologue avant interprétation médicale définitive</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Alsace a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé intitulé " Enregistrement et pré-interprétation en vue du dépistage de l’échographie anormale, des paramètres échocardiographiques trans-thoraciques (ETT) par une infirmière diplômée d'Etat (IDE) en lieu et place d’un médecin cardiologue avant interprétation médicale définitive " Professionnels concernés : * Délégant : Médecin cardiologue échocardiographiste * Délégué : Infirmier diplômé d’Etat</t>
+  </si>
+  <si>
+    <t>24/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2011 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1139826/fr/avis-de-la-has-sur-le-protocole-de-cooperation-enregistrement-et-pre-interpretation-en-vue-du-depistage-de-l-echographie-anormale-des-parametres-echocardiographiques-trans-thoraciques-ett-par-une-infirmiere-diplomee-d-etat-ide-en-lieu-et-place-d-un-medecin-cardiologue-avant-interpretation-medicale-definitive</t>
+  </si>
+  <si>
+    <t>c_1139826</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : Technicien d'échographie cardiaque de niveau 1</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Poitou-Charentes a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé intitulé " Technicien d'échographie cardiaque de niveau 1 ". Professionnels concernés : * Médecin cardiologue échocardiographiste * Infirmier diplômé d’Etat</t>
+  </si>
+  <si>
+    <t>18/10/2011 10:35:00</t>
+  </si>
+  <si>
+    <t>28/10/2011 15:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1109019/fr/avis-de-la-has-sur-le-protocole-de-cooperation-technicien-d-echographie-cardiaque-de-niveau-1</t>
+  </si>
+  <si>
+    <t>c_1109019</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : Réalisation de bilan urodynamique par une infirmière experte en lieu et place d'un médecin</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Haute-Normandie a sollicité l'avis de la Haute Autorité de Santé, dans le cadre d'une deuxième saisine, sur le protocole de coopération entre professionnels de santé pour la réalisation de bilan urodynamique par une infirmière experte en lieu et place d'un médecin. # Professionnels concernés :# * Médecin urologue * Infirmière</t>
+  </si>
+  <si>
+    <t>06/10/2011 10:53:00</t>
+  </si>
+  <si>
+    <t>20/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106099/fr/avis-de-la-has-sur-le-protocole-de-cooperation-realisation-de-bilan-urodynamique-par-une-infirmiere-experte-en-lieu-et-place-d-un-medecin</t>
+  </si>
+  <si>
+    <t>c_1106099</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération : Dépistage itinérant de la rétinopathie diabétique</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Bourgogne a sollicité l'avis de la Haute Autorité de Santé, dans le cadre d'une deuxième saisine, sur le protocole de coopération entre professionnels de santé pour le dépistage itinérant de la rétinopathie diabétique.# Professionnels concernés :# * Ophtalmologiste * Orthoptiste</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1106110/fr/avis-de-la-has-sur-le-protocole-de-cooperation-depistage-itinerant-de-la-retinopathie-diabetique</t>
+  </si>
+  <si>
+    <t>c_1106110</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice : Prise en charge des patients atteints d'hépatite chronique C dans le cadre d'une consultation infimière</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Rhône Alpes a sollicité l'avis de la Haute Autorité de Santé, dans le cadre d'une deuxième saisine, sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice, pour la prise en charge des patients atteints d'hépatite chronique C dans le cadre d'une consultation infirmière. Professionnels concernés : * médecin gastro entérologue# * infirmière</t>
+  </si>
+  <si>
+    <t>25/05/2011 10:53:00</t>
+  </si>
+  <si>
+    <t>11/08/2011 10:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084124/fr/avis-de-la-has-sur-le-protocole-de-cooperation-entre-professionnels-de-sante-derogatoire-aux-conditions-legales-d-exercice-prise-en-charge-des-patients-atteints-d-hepatite-chronique-c-dans-le-cadre-d-une-consultation-infimiere</t>
+  </si>
+  <si>
+    <t>c_1084124</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice : "Réalisation de ponction médullaire en crête iliaque postérieure à visée diagnostique ou thérapeutique par une infirmière en lieu et place d'un médecin"</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS PACA a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice, pour la réalisation de ponction médullaire en crête iliaque postérieure à visée diagnostique ou thérapeutique par une infirmière en lieu et place d'un médecin.</t>
+  </si>
+  <si>
+    <t>25/05/2011 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084153/fr/avis-de-la-has-sur-le-protocole-de-cooperation-entre-professionnels-de-sante-derogatoire-aux-conditions-legales-d-exercice-realisation-de-ponction-medullaire-en-crete-iliaque-posterieure-a-visee-diagnostique-ou-therapeutique-par-une-infirmiere-en-lieu-et-place-d-un-medecin</t>
+  </si>
+  <si>
+    <t>c_1084153</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice : "Réalisation d'échographies par les manipulateurs d'électroradiologie validée par des médecins"</t>
+  </si>
+  <si>
+    <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Haute Normandie a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice, pour la réalisation d'échographies par les manipulateurs d'électroradiologie validée par des médecins.</t>
+  </si>
+  <si>
+    <t>12/07/2011 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084155/fr/avis-de-la-has-sur-le-protocole-de-cooperation-entre-professionnels-de-sante-derogatoire-aux-conditions-legales-d-exercice-realisation-d-echographies-par-les-manipulateurs-d-electroradiologie-validee-par-des-medecins</t>
+  </si>
+  <si>
+    <t>c_1084155</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Visualisation dynamique des taux nationaux de réhospitalisations après chirurgie</t>
+  </si>
+  <si>
+    <t>Accéder à la visualisation dynamique des taux nationaux de réhospitalisations après chirurgie ambulatoire par intervention (racine de GHM) calculés à partir du PMSI MCO de 2021 à 2024.</t>
+  </si>
+  <si>
+    <t>04/12/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776008/fr/visualisation-dynamique-des-taux-nationaux-de-rehospitalisations-apres-chirurgie</t>
+  </si>
+  <si>
+    <t>p_3776008</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
+    <t>Accès précoce à un médicament</t>
+  </si>
+  <si>
+    <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
   </si>
   <si>
     <t>r_1500918</t>
   </si>
   <si>
-    <t>Press release</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1733417/en/french-national-team-training-hospital-programme-pacte-results-from-the-pilot-phase-assessment</t>
+    <t>Construire, organiser les parcours/ma santé 2022</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) accompagne les professionnels dans l’évolution de leurs pratiques, qui passe par une meilleure coordination de la prise en charge du patient tout au long de son parcours de soins. Elle propose des outils pour faciliter la mise en œuvre et l’organisation des parcours de soins.</t>
+  </si>
+  <si>
+    <t>13/06/2023 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647022/fr/construire-organiser-les-parcours/ma-sante-2022</t>
+  </si>
+  <si>
+    <t>c_1647022</t>
+  </si>
+  <si>
+    <t>5e cycle de certification</t>
+  </si>
+  <si>
+    <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
+  </si>
+  <si>
+    <t>25/11/2020 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>r_1495044</t>
+  </si>
+  <si>
+    <t>Lauréats du challenge patient 2025</t>
+  </si>
+  <si>
+    <t>Dans le cadre du challenge patient 2025, quatre équipes ont été récompensées pour leurs initiatives innovantes visant à renforcer l’implication des patients dans la sécurité de leurs soin.</t>
+  </si>
+  <si>
+    <t>18/09/2025 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685394/fr/laureats-du-challenge-patient-2025</t>
+  </si>
+  <si>
+    <t>p_3685394</t>
+  </si>
+  <si>
+    <t>Lauréats du challenge patient 2024 - Un an après...</t>
+  </si>
+  <si>
+    <t>Dans le cadre du challenge patient 2024, trois équipes du secteur sanitaire ont été récompensées pour leurs initiatives innovantes visant à renforcer l’implication des patients dans la sécurité de leurs soin. Un an après, la HAS a interviewé ces équipes afin de faire un point sur l'évolution de leur projet et partager leur retour d'expérience.</t>
+  </si>
+  <si>
+    <t>16/09/2025 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685230/fr/laureats-du-challenge-patient-2024-un-an-apres</t>
+  </si>
+  <si>
+    <t>p_3685230</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux : la prise en charge transitoire</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide sur le nouveau dispositif de prise en charge transitoire des produits de santé présumés innovants ayant une finalité thérapeutique ou de compensation du handicap. Ce dispositf permet le remboursement pour une durée d’un an avant que le dispositif entre dans le remboursement de droit commun.</t>
+  </si>
+  <si>
+    <t>02/06/2021 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269665/fr/dispositifs-medicaux-la-prise-en-charge-transitoire</t>
+  </si>
+  <si>
+    <t>p_3269665</t>
+  </si>
+  <si>
+    <t>Comprendre la sécurité du patient</t>
+  </si>
+  <si>
+    <t>La sécurité du patient est un enjeu majeur de santé public qui se définit comme la réduction de tout risque de préjudice évitable subi par le patient. Renforcer la sécurité des patients fait partie de la politique d’amélioration continue de la qualité des soins. Cela repose sur une culture partagée de la sécurité, une démarche de gestion des risques, une meilleure compréhension de la survenue des événements indésirables associés aux soins, et par la qualité du travail en équipe. Tous les professionnels de santé sont concernés par la sécurité du patient, qu’ils exercent seuls ou en équipe, quel que soit le niveau hiérarchique et leur lieu d’exercice (en établissement de santé, en structure médico-sociale ou en ville).</t>
+  </si>
+  <si>
+    <t>21/12/2022 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582468/fr/comprendre-la-securite-du-patient</t>
+  </si>
+  <si>
+    <t>c_2582468</t>
+  </si>
+  <si>
+    <t>Méthodes et publications</t>
+  </si>
+  <si>
+    <t>24/05/2022 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1021017/fr/methodes-et-publications</t>
+  </si>
+  <si>
+    <t>c_1021017</t>
+  </si>
+  <si>
+    <t>La 2e édition du challenge patient « Et chez vous, comment le patient participe-t-il à la sécurité de ses soins ? » 2025 - CLOS</t>
+  </si>
+  <si>
+    <t>10/03/2025 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594699/fr/la-2e-edition-du-challenge-patient-et-chez-vous-comment-le-patient-participe-t-il-a-la-securite-de-ses-soins-2025-clos</t>
+  </si>
+  <si>
+    <t>p_3594699</t>
+  </si>
+  <si>
+    <t>Résultats de l'enquête de connaissance sur « PACTE Soins Primaires » (PACTE SP)</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) et l’École des Hautes études en santé publique (EHESP) se mobilisent dans le cadre de la feuille de route nationale 2023-2025 du ministère de la Santé et de la Prévention « Améliorer la sécurité des patients et des résidents ».</t>
+  </si>
+  <si>
+    <t>04/02/2025 08:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587902/fr/resultats-de-l-enquete-de-connaissance-sur-pacte-soins-primaires-pacte-sp</t>
+  </si>
+  <si>
+    <t>p_3587902</t>
+  </si>
+  <si>
+    <t>IQSS - Archives : Infections du site opératoire (ISO) après pose de prothèse totale de hanche -hors fracture- (PTH) ou de genou (PTG) - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : infections du site opératoire 3 mois après pose de prothèse totale de hanche -hors fracture- ou de genou (données PMSI MCO).</t>
+  </si>
+  <si>
+    <t>20/12/2023 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806593/fr/iqss-archives-infections-du-site-operatoire-iso-apres-pose-de-prothese-totale-de-hanche-hors-fracture-pth-ou-de-genou-ptg-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>c_2806593</t>
+  </si>
+  <si>
+    <t>IQSS - Evènements thrombo-emboliques (ETE) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils utilisées</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins de résultats en chirurgie orthopédique (données PMSI MCO) : - complications thrombo-emboliques après pose de prothèse totale de hanche - complications thrombo-emboliques après pose de prothèse totale de genou</t>
+  </si>
+  <si>
+    <t>22/12/2023 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293940/fr/iqss-evenements-thrombo-emboliques-ete-apres-pose-de-prothese-totale-de-hanche-pth-et-de-genou-ptg-versions-anterieures-des-outils-utilisees</t>
+  </si>
+  <si>
+    <t>p_3293940</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - Evènements thrombo-emboliques (ETE) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>20/12/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482470/fr/iqss-archives-evenements-thrombo-emboliques-ete-apres-pose-de-prothese-totale-de-hanche-pth-et-de-genou-ptg-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3482470</t>
+  </si>
+  <si>
+    <t>IQSS - Infections du site opératoire (ISO) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils utilisées</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins, de résultats en chirurgie orthopédique (données PMSI MCO) : - infections du site opératoire 3 mois après pose de prothèse totale de hanche - infections du site opératoire 3 mois après pose de prothèse totale de genou</t>
+  </si>
+  <si>
+    <t>22/12/2023 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482663/fr/iqss-infections-du-site-operatoire-iso-apres-pose-de-prothese-totale-de-hanche-pth-et-de-genou-ptg-versions-anterieures-des-outils-utilisees</t>
+  </si>
+  <si>
+    <t>p_3482663</t>
+  </si>
+  <si>
+    <t>Culture de sécurité des soins : comprendre et mesurer</t>
+  </si>
+  <si>
+    <t>Le terme de « culture de sécurité » apparait pour la première fois dans le rapport que des experts du Groupe consultatif international pour la sûreté nucléaire (INSAG), intitulé « Rapport récapitulatif sur la réunion d'analyse de l'accident de Tchernobyl » ont rendu à propos de la catastrophe nucléaire de Tchernobyl. Ce terme s’est imposé par la suite dans l’agenda de toutes les industries dans lesquelles des risques doivent être gérés. La culture de sécurité est un ensemble de manières de faire et de penser qui contribuent à la sécurité du patient et qui sont partagées au niveau de l’organisation (équipe de professionnels, établissement de sante).</t>
+  </si>
+  <si>
+    <t>29/05/2019 14:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1497866/fr/culture-de-securite-des-soins-comprendre-et-mesurer</t>
+  </si>
+  <si>
+    <t>r_1497866</t>
+  </si>
+  <si>
+    <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
+  </si>
+  <si>
+    <t>09/06/2022 15:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2913016</t>
+  </si>
+  <si>
+    <t>IQSS - CA REH3 : Réhospitalisations entre 1 et 3 jours par type de prise en charge - 6 indicateurs de réhospitalisations après chirurgie ambulatoire - versions antérieures des outils utilisées</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins de résultats en chirurgie ambulatoire : réhospitalisations entre 1 et 3 jours (données PMSI MCO).</t>
+  </si>
+  <si>
+    <t>16/11/2023 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473386/fr/iqss-ca-reh3-rehospitalisations-entre-1-et-3-jours-par-type-de-prise-en-charge-6-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire-versions-anterieures-des-outils-utilisees</t>
+  </si>
+  <si>
+    <t>p_3473386</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux numériques : la prise en charge anticipée</t>
+  </si>
+  <si>
+    <t>La prise en charge anticipée concerne les DMN présumés innovants. Elle permet leur remboursement dérogatoire pendant un an, non renouvelable, en attendant la prise en charge de droit commun via la LPPR ou la LATM, selon le type de DMN concerné.</t>
+  </si>
+  <si>
+    <t>01/05/2024 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376633/fr/dispositifs-medicaux-numeriques-la-prise-en-charge-anticipee</t>
+  </si>
+  <si>
+    <t>p_3376633</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux numériques : liste des activités de télésurveillance</t>
+  </si>
+  <si>
+    <t>Tous les DMN de télésurveillance peuvent faire l'objet d'une demande d'inscription sur la liste des activités de télésurveillance médicale. C'est à l'exploitant de prendre l'initiative de la demande.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376664/fr/dispositifs-medicaux-numeriques-liste-des-activites-de-telesurveillance</t>
+  </si>
+  <si>
+    <t>p_3376664</t>
+  </si>
+  <si>
+    <t>IQSS 2023 : 6 indicateurs de réhospitalisations après chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Campagnes nationales 2023 de mesure des indicateurs de qualité et de sécurité des soins de résultats en chirurgie ambulatoire : réhospitalisations entre 1 et 3 jours (données PMSI MCO 2022).</t>
+  </si>
+  <si>
+    <t>10/02/2023 14:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891438/fr/iqss-2023-6-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2891438</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - CA REH3 : Réhospitalisations entre 1 et 3 jours par type de prise en charge - 6 indicateurs de réhospitalisations après chirurgie ambulatoire - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>18/12/2023 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473419/fr/iqss-archives-ca-reh3-rehospitalisations-entre-1-et-3-jours-par-type-de-prise-en-charge-6-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3473419</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - Infections du site opératoire (ISO) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins, de résultats en chirurgie orthopédique (données PMSI MCO) : - infections du site opératoire 3 mois après pose de prothèse totale de hanche ; - infections du site opératoire 3 mois après pose de prothèse totale de genou.</t>
+  </si>
+  <si>
+    <t>21/12/2023 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482649/fr/iqss-archives-infections-du-site-operatoire-iso-apres-pose-de-prothese-totale-de-hanche-pth-et-de-genou-ptg-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3482649</t>
+  </si>
+  <si>
+    <t>Prise en charge en ambulatoire dans le cadre de la Covid-19</t>
+  </si>
+  <si>
+    <t>[mis à jour le 22/03/2024] Dans le contexte de l'épidémie Covid-19, retrouvez tous les avis de la HAS concernant la prise en charge en ambulatoire.</t>
+  </si>
+  <si>
+    <t>27/01/2022 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312268/fr/prise-en-charge-en-ambulatoire-dans-le-cadre-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3312268</t>
+  </si>
+  <si>
+    <t>Ensemble pour le développement de la chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>La chirurgie ambulatoire reste en France insuffisamment développée alors qu’elle constitue un apport réel en termes de qualité pour les patients. Dans ce contexte, la Haute Autorité de santé (HAS) et l’Agence nationale d’appui à la performance des établissements de santé et médico-sociaux (ANAP) unissent leurs efforts pour informer et accompagner les professionnels. Les deux partenaires ont publié en décembre 2011 une note d’orientation qui formalise leur coopération, définit six axes de travail, précise la nature des productions attendues et donne un calendrier d’action.</t>
+  </si>
+  <si>
+    <t>04/07/2022 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241930/fr/ensemble-pour-le-developpement-de-la-chirurgie-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_1241930</t>
+  </si>
+  <si>
+    <t>Indicateurs pour la mesure nationale des complications en chirurgie orthopédique</t>
+  </si>
+  <si>
+    <t>Contexte des 4 indicateurs de qualité et de sécurité des soins de résultats en chirurgie orthopédique mesurant les complications thrombo-emboliques et les infections du site opératoire, après pose de prothèse totale de hanche ou de genou (données PMSI MCO 2021).</t>
+  </si>
+  <si>
+    <t>17/12/2021 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216705/fr/indicateurs-pour-la-mesure-nationale-des-complications-en-chirurgie-orthopedique</t>
+  </si>
+  <si>
+    <t>p_3216705</t>
+  </si>
+  <si>
+    <t>L'ensemble des actes et prestations pour les ALD (APALD) - hors maladies rares</t>
+  </si>
+  <si>
+    <t>Les actes et prestations pour les ALD décrivent le parcours de soins précis d'un malade admis en ALD au titre de la maladie considérée. Ces listes servent de base à l'établissement du protocole de soins établi par le médecin traitant.</t>
+  </si>
+  <si>
+    <t>03/10/2022 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_565292/fr/l-ensemble-des-actes-et-prestations-pour-les-ald-apald-hors-maladies-rares</t>
+  </si>
+  <si>
+    <t>c_565292</t>
+  </si>
+  <si>
+    <t>Expérimentation de la mesure des réhospitalisations entre 1 et 3 jours après chirurgie ambulatoire par type de prise en charge</t>
+  </si>
+  <si>
+    <t>La mesure des réhospitalisations entre 1 et 3 jours après une chirurgie en ambulatoire représente un enjeu de qualité et de sécurité des soins. Cette mesure doit être réalisée par type de prise en charge. Un retour aux dossiers a permis d'identifier 6 types de prise en charge avec un potentiel d'amélioration qui seront ciblés par des indicateurs spécifiques fin 2022.</t>
+  </si>
+  <si>
+    <t>18/07/2022 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348650/fr/experimentation-de-la-mesure-des-rehospitalisations-entre-1-et-3-jours-apres-chirurgie-ambulatoire-par-type-de-prise-en-charge</t>
+  </si>
+  <si>
+    <t>p_3348650</t>
+  </si>
+  <si>
+    <t>Rapport « Sexe, genre et santé » : et après ?</t>
+  </si>
+  <si>
+    <t>Dans son rapport d’analyse prospective « Sexe, genre et santé » publié en décembre 2020, la HAS appelait à une prise de conscience collective afin de considérer les questions de sexe et de genre de manière globale et nuancée pour mieux soigner et accompagner les personnes et ne pas aggraver les inégalités en santé. Pour cela, elle formulait 10 propositions destinées aux acteurs des secteurs sanitaire, social et médico-social et aux pouvoirs publics. Elle s’engageait également pour une meilleure inclusion de ces questions dans ses actions. Elle dresse aujourd’hui un premier bilan.</t>
+  </si>
+  <si>
+    <t>22/06/2022 10:44:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3344521/fr/rapport-sexe-genre-et-sante-et-apres</t>
+  </si>
+  <si>
+    <t>p_3344521</t>
+  </si>
+  <si>
+    <t>S’engager dans un dispositif</t>
+  </si>
+  <si>
+    <t>Plusieurs dispositifs et programmes gérés par la HAS ont pour but de vous accompagner pour vous aider à améliorer vos pratiques au bénéfice de la sécurité du patient. L'objectif est de comprendre la survenue des événements indésirables associés aux soins, qu'ils soient graves ou non (EIAS et EIGS), réduire leur nombre et limiter les conséquences au bénéfice de la sécurité du patient. Selon votre profession, votre spécialité et votre niveau de marurité dans la sécurité des soins, vous pouvez vous engager dans le programme d’accréditation des médecins et équipes médicales, dans le dispositif de déclaration des événements indésirables graves associés aux soins (EIGS), dans le programme d’amélioration continue du travail en équipe (Pacte).</t>
+  </si>
+  <si>
+    <t>21/06/2022 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3345045/fr/s-engager-dans-un-dispositif</t>
+  </si>
+  <si>
+    <t>p_3345045</t>
+  </si>
+  <si>
+    <t>Coordination des soins</t>
+  </si>
+  <si>
+    <t>20/06/2019 14:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3029265/fr/coordination-des-soins</t>
+  </si>
+  <si>
+    <t>p_3029265</t>
+  </si>
+  <si>
+    <t>Santé mobile : des applications de qualité</t>
+  </si>
+  <si>
+    <t>Applications et objets connectés en santé : comment garantir la qualité des contenus et la sécurité des données recueillies ? La HAS élabore des référentiels afin d’aider les entreprises à développer des produits fiables et de qualité.</t>
+  </si>
+  <si>
+    <t>14/10/2019 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106528/fr/sante-mobile-des-applications-de-qualite</t>
+  </si>
+  <si>
+    <t>p_3106528</t>
+  </si>
+  <si>
+    <t>Covid-19 : Point sur la prise en charge des patients en ambulatoire</t>
+  </si>
+  <si>
+    <t>Dans un contexte de forte reprise épidémique, la HAS actualise ses réponses rapides sur la prise en charge en ambulatoire des patients suspectés ou atteints de la Covid-19. Ces réponses rapides sont structurées sous forme de cinq fiches pratiques.</t>
+  </si>
+  <si>
+    <t>18/01/2022 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310186/fr/covid-19-point-sur-la-prise-en-charge-des-patients-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3310186</t>
+  </si>
+  <si>
+    <t>Avec la télémédecine, une prise en charge rapide de vos patients</t>
+  </si>
+  <si>
+    <t>La télémédecine permet une prise en charge rapide de vos patients. Le point sur les éléments et outils qui facilitent sa mise en place sur votre lieu d’exercice.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106483/fr/avec-la-telemedecine-une-prise-en-charge-rapide-de-vos-patients</t>
+  </si>
+  <si>
+    <t>p_3106483</t>
+  </si>
+  <si>
+    <t>Protocole de coopération entre professionnels de santé</t>
+  </si>
+  <si>
+    <t>L’enjeu des protocoles de coopération entre professionnels de santé est de proposer une offre de soins élargie, de réduire les délais d’accès à une prise en charge en optimisant les parcours de soins, et ainsi apporter une réponse aux attentes des patients comme des professionnels.</t>
+  </si>
+  <si>
+    <t>04/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_978700/fr/protocole-de-cooperation-entre-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_978700</t>
+  </si>
+  <si>
+    <t>Télésoin – Les bonnes pratiques</t>
+  </si>
+  <si>
+    <t>Depuis le 3 juin 2021, le télésoin est autorisé pour les pharmaciens et les auxiliaires médicaux : 18 professions sont concernées. Le télésoin contribue à la continuité des soins, facilite l’accès aux soins et permet d’éviter des déplacements. Afin d’accompagner les professionnels dans la mise en œuvre, la HAS a publié des bonnes pratiques, complétant ses travaux sur la télésanté.</t>
+  </si>
+  <si>
+    <t>07/06/2021 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261198/fr/telesoin-les-bonnes-pratiques</t>
+  </si>
+  <si>
+    <t>p_3261198</t>
+  </si>
+  <si>
+    <t>Logiciels métiers certifiés : un gage de sécurité et de qualité</t>
+  </si>
+  <si>
+    <t>Vos logiciels métiers peuvent être certifiés. Cette certification, facultative, permet d’attester que le logiciel répond aux critères de qualité et de sécurité.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106563/fr/logiciels-metiers-certifies-un-gage-de-securite-et-de-qualite</t>
+  </si>
+  <si>
+    <t>p_3106563</t>
+  </si>
+  <si>
+    <t>Expérimentation Pacte</t>
+  </si>
+  <si>
+    <t>L’expérimentation du projet Pacte a été lancée en avril 2014 avec pour objectif, la coproduction du déroulement de ce programme et des outils. Consultez le rapport final de l'expérimentation Pacte.</t>
+  </si>
+  <si>
+    <t>17/09/2020 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1733417/fr/experimentation-pacte</t>
   </si>
   <si>
     <t>c_1733417</t>
+  </si>
+  <si>
+    <t>IQSS 2019 - ISO-ORTHO : Expérimentation de la mesure des Infections du site opératoire après pose de prothèse totale de hanche ou de genou</t>
+  </si>
+  <si>
+    <t>01/03/2021 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210076/fr/iqss-2019-iso-ortho-experimentation-de-la-mesure-des-infections-du-site-operatoire-apres-pose-de-prothese-totale-de-hanche-ou-de-genou</t>
+  </si>
+  <si>
+    <t>p_3210076</t>
+  </si>
+  <si>
+    <t>Affection podologique &amp; diabète : un suivi pluriprofessionnel</t>
+  </si>
+  <si>
+    <t>Les patients diabétiques ont un risque élevé de plaies dont certaines peuvent conduire à des amputations. La réalisation d’un dépistage du risque podologique, au moins une fois par an, est donc essentielle.</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218144/fr/affection-podologique-diabete-un-suivi-pluriprofessionnel</t>
+  </si>
+  <si>
+    <t>p_3218144</t>
+  </si>
+  <si>
+    <t>Podologie en médecine de 1er recours &amp; orientation vers le podologue</t>
+  </si>
+  <si>
+    <t>Un examen régulier, par le médecin traitant, des pieds des patients atteints de certaines affections, quel que soit leur âge, est essentiel. Leur parcours de soins peut ensuite les amener à voir un podologue.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218330/fr/podologie-en-medecine-de-1er-recours-orientation-vers-le-podologue</t>
+  </si>
+  <si>
+    <t>p_3218330</t>
+  </si>
+  <si>
+    <t>IQSS 2018 - ETE-ORTHO : Expérimentation de la mesure des événements thrombo-emboliques après pose de prothèse totale de hanche ou de genou</t>
+  </si>
+  <si>
+    <t>23/10/2020 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3213305/fr/iqss-2018-ete-ortho-experimentation-de-la-mesure-des-evenements-thrombo-emboliques-apres-pose-de-prothese-totale-de-hanche-ou-de-genou</t>
+  </si>
+  <si>
+    <t>p_3213305</t>
+  </si>
+  <si>
+    <t>Sédation profonde jusqu'au décès : une décision collégiale</t>
+  </si>
+  <si>
+    <t>Lorsque la situation d'un patient le permet, à l’issue d'une procédure collégiale, le médecin du patient peut mettre en place une sédation profonde et continue jusqu’à son décès.</t>
+  </si>
+  <si>
+    <t>11/02/2020 17:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151633/fr/sedation-profonde-jusqu-au-deces-une-decision-collegiale</t>
+  </si>
+  <si>
+    <t>p_3151633</t>
+  </si>
+  <si>
+    <t>BPCO : la coordination des soins est essentielle</t>
+  </si>
+  <si>
+    <t>La coordination des soins est essentielle à la qualité du parcours de soins du patient. Elle est assurée principalement par le médecin généraliste.</t>
+  </si>
+  <si>
+    <t>31/01/2020 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118951/fr/bpco-la-coordination-des-soins-est-essentielle</t>
+  </si>
+  <si>
+    <t>p_3118951</t>
+  </si>
+  <si>
+    <t>IQSS - Secteur HAD : Indicateurs suspendus ou abandonnés</t>
+  </si>
+  <si>
+    <t>Vous y trouverez tous les outils nécessaires au recueil des indicateurs pour les structures HAD.</t>
+  </si>
+  <si>
+    <t>22/01/2020 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893858/fr/iqss-secteur-had-indicateurs-suspendus-ou-abandonnes</t>
+  </si>
+  <si>
+    <t>c_2893858</t>
+  </si>
+  <si>
+    <t>Post-AVC : quatre messages-clés pour une rééducation optimale</t>
+  </si>
+  <si>
+    <t>Votre patient a été victime d’un AVC ? Quatre messages-clés pour une prise en charge post-AVC optimale, en soins de suite et de réadaptation comme en ville.</t>
+  </si>
+  <si>
+    <t>06/09/2019 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3100943/fr/post-avc-quatre-messages-cles-pour-une-reeducation-optimale</t>
+  </si>
+  <si>
+    <t>p_3100943</t>
+  </si>
+  <si>
+    <t>Télémédecine – La téléconsultation et la téléexpertise en pratique</t>
+  </si>
+  <si>
+    <t>Concrètement, comment se déroulent les actes de téléconsultation et de téléexpertise qui permettent à vos patients, un accès rapide à des professionnels de santé sur tout le territoire.</t>
+  </si>
+  <si>
+    <t>18/07/2019 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3069228/fr/telemedecine-la-teleconsultation-et-la-teleexpertise-en-pratique</t>
+  </si>
+  <si>
+    <t>p_3069228</t>
+  </si>
+  <si>
+    <t>Conciliation médicamenteuse : un enjeu clé en cancérologie</t>
+  </si>
+  <si>
+    <t>La conciliation des traitements médicamenteux est une démarche pour prévenir les erreurs médicamenteuses et faciliter l’adhésion du patient à son traitement.</t>
+  </si>
+  <si>
+    <t>02/05/2019 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974153/fr/conciliation-medicamenteuse-un-enjeu-cle-en-cancerologie</t>
+  </si>
+  <si>
+    <t>pprd_2974153</t>
+  </si>
+  <si>
+    <t>Hépatite C chez l’adulte : une prise en charge simplifiée</t>
+  </si>
+  <si>
+    <t>Le traitement contre le VHC peut désormais faire partie d’une prise en charge simplifiée par le médecin qui suit le patient au quotidien. Explications...</t>
+  </si>
+  <si>
+    <t>28/05/2019 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974154/fr/hepatite-c-chez-l-adulte-une-prise-en-charge-simplifiee</t>
+  </si>
+  <si>
+    <t>pprd_2974154</t>
+  </si>
+  <si>
+    <t>Diabète &amp; podologie – La prévention recommandée dès le grade 1</t>
+  </si>
+  <si>
+    <t>Aujourd’hui, les séances de prévention de pédicurie-podologie sont prises en charge par l’assurance maladie pour les patients diabétiques atteints de lésions de grades 2 et 3. Suite à un travail d’évaluation, la HAS préconise de les rembourser aussi pour les patients à risque podologique de grade 1.</t>
+  </si>
+  <si>
+    <t>21/01/2019 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974165/fr/diabete-podologie-la-prevention-recommandee-des-le-grade-1</t>
+  </si>
+  <si>
+    <t>pprd_2974165</t>
+  </si>
+  <si>
+    <t>Résidences autonomie : améliorer la qualité de vie</t>
+  </si>
+  <si>
+    <t>Conçues pour accueillir des personnes âgées majoritairement autonomes, les résidences autonomie sont composées d’appartements privatifs et d’espaces communs. L’accès à une offre d’actions de prévention de la perte d’autonomie fait partie de la liste minimale des prestations qu’elles proposent...</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974168/fr/residences-autonomie-ameliorer-la-qualite-de-vie</t>
+  </si>
+  <si>
+    <t>pprd_2974168</t>
+  </si>
+  <si>
+    <t>Hospitalisation à domicile – Évaluer l’éligibilité d’un patient</t>
+  </si>
+  <si>
+    <t>L’hospitalisation à domicile (HAD) contribue à répondre à la demande croissante de la population d’être soignée dans son lieu de vie. L’application Adop-HAD (Aide à la décision d’orientation des patients en HAD) indique aux médecins prescripteurssi un patient est éligible ou non à une HAD. Elle contribue en outre à améliorer la qualité et la pertinence des parcours de santé.</t>
+  </si>
+  <si>
+    <t>11/12/2018 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974169/fr/hospitalisation-a-domicile-evaluer-l-eligibilite-d-un-patient</t>
+  </si>
+  <si>
+    <t>pprd_2974169</t>
+  </si>
+  <si>
+    <t>Troubles mentaux : fluidifier la coordination des prises en charge</t>
+  </si>
+  <si>
+    <t>Si le médecin généraliste prend en charge un patient atteint de troubles mentaux, certaines situations peuvent nécessiter l’avis d’un professionnel spécialisé en santé mentale. C’est le cas, par exemple, devant une dépression grave ou résistante chez un patient connu ou devant une pathologie psychiatrique sévère chez un patient non connu.</t>
+  </si>
+  <si>
+    <t>30/11/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974173/fr/troubles-mentaux-fluidifier-la-coordination-des-prises-en-charge</t>
+  </si>
+  <si>
+    <t>pprd_2974173</t>
+  </si>
+  <si>
+    <t>Grippe – La vaccination via les infirmiers, sages-femmes &amp; pharmaciens</t>
+  </si>
+  <si>
+    <t>La HAS a publié des recommandations visant à étendre les compétences des infirmiers, sages-femmes et pharmaciens en matière de vaccination contre la grippe saisonnière. Objectifs ? Simplifier le parcours vaccinal et favoriser la couverture vaccinale contre la grippe saisonnière.</t>
+  </si>
+  <si>
+    <t>28/09/2018 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974182/fr/grippe-la-vaccination-via-les-infirmiers-sages-femmes-pharmaciens</t>
+  </si>
+  <si>
+    <t>pprd_2974182</t>
+  </si>
+  <si>
+    <t>La certification V2020 : où en est-on ?</t>
+  </si>
+  <si>
+    <t>La nouvelle procédure de certification V2020. Quelles en sont les lignes directrices ? Et, concrètement, quelles seront les nouveautés par rapport à la V2014 ?</t>
+  </si>
+  <si>
+    <t>02/07/2018 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974190/fr/la-certification-v2020-ou-en-est-on</t>
+  </si>
+  <si>
+    <t>pprd_2974190</t>
+  </si>
+  <si>
+    <t>Soins palliatifs – À amorcer tôt et à gérer en collégialité</t>
+  </si>
+  <si>
+    <t>Témoignages de professionnels sur l’accompagnement des patients en fin de vie...</t>
+  </si>
+  <si>
+    <t>05/04/2018 11:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974201/fr/soins-palliatifs-a-amorcer-tot-et-a-gerer-en-collegialite</t>
+  </si>
+  <si>
+    <t>pprd_2974201</t>
+  </si>
+  <si>
+    <t>Soins palliatifs, maintien des patients à domicile, directives anticipées...</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré des travaux sur l’accompagnement de la fin de vie : démarche palliative à l’hôpital ou au domicile du patient, rédaction des directives anticipées...</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974203/fr/soins-palliatifs-maintien-des-patients-a-domicile-directives-anticipees</t>
+  </si>
+  <si>
+    <t>pprd_2974203</t>
+  </si>
+  <si>
+    <t>Pacte, s’engager pour réduire les incidents associés aux soins</t>
+  </si>
+  <si>
+    <t>Plus de 25 % des évènements indésirables associés aux soins sont liés à un dysfonctionnement de l’équipe de soins. Le Pacte donne la possibilité aux équipes de soins volontaires de s’engager collectivement pour sécuriser la prise en charge de leur patient. Témoignages de professionnels ayant participé à la phase d’expérimentation.</t>
+  </si>
+  <si>
+    <t>21/02/2018 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974217/fr/pacte-s-engager-pour-reduire-les-incidents-associes-aux-soins</t>
+  </si>
+  <si>
+    <t>pprd_2974217</t>
+  </si>
+  <si>
+    <t>Pertinence des soins – Les professionnels en action</t>
+  </si>
+  <si>
+    <t>La pertinence d’un soin, c’est donner « la bonne intervention de santé, au bon moment, au bon endroit, pour le bon patient ». Comment favoriser son intégration dans les pratiques professionnelles ? Acteurs institutionnels, professionnels de santé et patients en ont débattu lors d’un colloque organisé en novembre dernier par la HAS.</t>
+  </si>
+  <si>
+    <t>15/01/2018 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974225/fr/pertinence-des-soins-les-professionnels-en-action</t>
+  </si>
+  <si>
+    <t>pprd_2974225</t>
+  </si>
+  <si>
+    <t>Hospitalisation des patients âgés – Prévenir la dépendance iatrogène</t>
+  </si>
+  <si>
+    <t>Une fiche points clés sur la prévention de la dépendance iatrogène liée à l’hospitalisation chez les personnes âgées a été réalisée. Objectif ? Aider les services hospitaliers à intégrer des pratiques adaptées aux besoins spécifiques des personnes âgées.</t>
+  </si>
+  <si>
+    <t>14/11/2017 12:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974235/fr/hospitalisation-des-patients-ages-prevenir-la-dependance-iatrogene</t>
+  </si>
+  <si>
+    <t>pprd_2974235</t>
+  </si>
+  <si>
+    <t>Fracture de la hanche : optimiser la prise en charge des patients âgés</t>
+  </si>
+  <si>
+    <t>La HAS, en collaboration avec la Sofcot et la SFGG, a réalisé une fiche points clés « Orthogériatrie et fracture de la hanche ». L’objectif : aider les professionnels, les directeurs des établissements hospitaliers et leurs tutelles à améliorer l’organisation de la prise en charge hospitalière des patients âgés victimes d’une fracture de la hanche.</t>
+  </si>
+  <si>
+    <t>06/11/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974238/fr/fracture-de-la-hanche-optimiser-la-prise-en-charge-des-patients-ages</t>
+  </si>
+  <si>
+    <t>pprd_2974238</t>
+  </si>
+  <si>
+    <t>Handicap en établissements de santé – Mieux organiser les soins</t>
+  </si>
+  <si>
+    <t>Le parcours des personnes en situation de handicap à l’hôpital ressemble parfois à celui du combattant. La HAS a publié un guide de bonnes pratiques afin d’aider les établissements de santé à répondre aux besoins spécifiques de ces patients.</t>
+  </si>
+  <si>
+    <t>14/01/2019 09:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974246/fr/handicap-en-etablissements-de-sante-mieux-organiser-les-soins</t>
+  </si>
+  <si>
+    <t>pprd_2974246</t>
+  </si>
+  <si>
+    <t>Cancer colorectal – Le dépistage des personnes à risque en 5 points</t>
+  </si>
+  <si>
+    <t>Un dépistage efficace du cancer colorectal permet de le diagnostiquer à un stade précoce et d’avoir un très bon taux de survie. Deuxième cancer le plus meurtrier, il se développe de façon sporadique dans 80 % des cas. Il survient aussi dans un contexte familial (15 %) ou peut être lié à des prédispositions génétiques (5 %)...</t>
+  </si>
+  <si>
+    <t>12/07/2017 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974249/fr/cancer-colorectal-le-depistage-des-personnes-a-risque-en-5-points</t>
+  </si>
+  <si>
+    <t>pprd_2974249</t>
+  </si>
+  <si>
+    <t>Déclarer et analyser les évènements indésirables graves : comprendre pour agir</t>
+  </si>
+  <si>
+    <t>Déclarer les évènements indésirables graves permet de tirer des enseignements et de mettre en place des actions correctives, au bénéfice des patients.</t>
+  </si>
+  <si>
+    <t>03/02/2017 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974291/fr/declarer-et-analyser-les-evenements-indesirables-graves-comprendre-pour-agir</t>
+  </si>
+  <si>
+    <t>pprd_2974291</t>
+  </si>
+  <si>
+    <t>Décision médicale partagée – De nombreux freins, quelques avancées</t>
+  </si>
+  <si>
+    <t>Prendre en compte le point de vue du patient tout au long de sa prise en charge est indispensable...</t>
+  </si>
+  <si>
+    <t>24/01/2017 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974293/fr/decision-medicale-partagee-de-nombreux-freins-quelques-avancees</t>
+  </si>
+  <si>
+    <t>pprd_2974293</t>
+  </si>
+  <si>
+    <t>Conciliation des traitements médicamenteux – Prévenir les erreurs</t>
+  </si>
+  <si>
+    <t>La conciliation des traitements médicamenteux est une démarche qui permet de prévenir et d’intercepter les erreurs médicamenteuses. La HAS a actualisé le guide « Mettre en œuvre la conciliation des traitements médicamenteux en établissement de santé ». Celui-ci est accompagné d’un nouvel outil : le volet médicamenteux de la lettre de liaison à la sortie.</t>
+  </si>
+  <si>
+    <t>22/02/2018 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974294/fr/conciliation-des-traitements-medicamenteux-prevenir-les-erreurs</t>
+  </si>
+  <si>
+    <t>pprd_2974294</t>
+  </si>
+  <si>
+    <t>Au Québec, le patient-ressource, une nouvelle « recrue » de l’équipe de soin</t>
+  </si>
+  <si>
+    <t>Au Québec, d’anciens patients font leur retour à l’hôpital pour accompagner des personnes greffées sur le chemin de la guérison. Explications avec la professeure canadienne Marie-Pascale Pomey lors du colloque annuel de la HAS « La dynamique patient, innover et mesurer », en novembre 2016 à Paris.</t>
+  </si>
+  <si>
+    <t>05/12/2016 08:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974298/fr/au-quebec-le-patient-ressource-une-nouvelle-recrue-de-l-equipe-de-soin</t>
+  </si>
+  <si>
+    <t>pprd_2974298</t>
+  </si>
+  <si>
+    <t>Parkinson – Prise en charge non médicamenteuse des troubles moteurs</t>
+  </si>
+  <si>
+    <t>La HAS a publié une fiche mémo et son rapport d’élaboration sur la prise en charge non médicamenteuse des troubles moteurs provoqués par la maladie de Parkinson et les syndromes apparentés.</t>
+  </si>
+  <si>
+    <t>07/01/2019 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974326/fr/parkinson-prise-en-charge-non-medicamenteuse-des-troubles-moteurs</t>
+  </si>
+  <si>
+    <t>pprd_2974326</t>
+  </si>
+  <si>
+    <t>2020 – Une certification adaptée aux groupements hospitaliers de territoire</t>
+  </si>
+  <si>
+    <t>En 2020, tous les établissements rattachés à un même groupement hospitalier de territoire seront soumis à une certification commune.</t>
+  </si>
+  <si>
+    <t>26/05/2016 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974335/fr/2020-une-certification-adaptee-aux-groupements-hospitaliers-de-territoire</t>
+  </si>
+  <si>
+    <t>pprd_2974335</t>
+  </si>
+  <si>
+    <t>Indicateurs – À Villefranche-sur-Saône, l’hôpital montre la voie</t>
+  </si>
+  <si>
+    <t>Les indicateurs de qualité et de sécurité des soins garantissent une meilleure prise en charge des patients. Reportage à l’hôpital de Villefranche-sur-Saône.</t>
+  </si>
+  <si>
+    <t>29/02/2016 13:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974355/fr/indicateurs-a-villefranche-sur-saone-l-hopital-montre-la-voie</t>
+  </si>
+  <si>
+    <t>pprd_2974355</t>
+  </si>
+  <si>
+    <t>Reportage – A l’hôpital de Laon, le travail en équipe évolue</t>
+  </si>
+  <si>
+    <t>Après deux ans d’expérimentation, la HAS déploie son programme d’amélioration continue du travail en équipe (Pacte).</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974367/fr/reportage-a-l-hopital-de-laon-le-travail-en-equipe-evolue</t>
+  </si>
+  <si>
+    <t>pprd_2974367</t>
+  </si>
+  <si>
+    <t>« Hôtels patients » – La HAS a défini les critères d’éligibilité</t>
+  </si>
+  <si>
+    <t>Les « hôtels patients » proposent un hébergement non médicalisé à des personnes devant subir un examen ou une intervention à l’hôpital. Un appel à projets auprès des établissements de santé qui souhaitent proposer cette prestation a été lancé...</t>
+  </si>
+  <si>
+    <t>13/03/2017 12:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974370/fr/-hotels-patients-la-has-a-defini-les-criteres-d-eligibilite</t>
+  </si>
+  <si>
+    <t>pprd_2974370</t>
+  </si>
+  <si>
+    <t>Personnes âgées en institution : réduire les hospitalisations non programmées</t>
+  </si>
+  <si>
+    <t>La HAS a réalisé une fiche points clés pour réduire les hospitalisations non programmées des résidents des Ehpad.</t>
+  </si>
+  <si>
+    <t>27/03/2018 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974408/fr/personnes-agees-en-institution-reduire-les-hospitalisations-non-programmees</t>
+  </si>
+  <si>
+    <t>pprd_2974408</t>
+  </si>
+  <si>
+    <t>Greffe rénale : réduire les inégalités d’accès</t>
+  </si>
+  <si>
+    <t>La HAS a réalisé une recommandation sur les critères d’accès à la liste d’attente nationale d’une greffe de rein.</t>
+  </si>
+  <si>
+    <t>02/03/2018 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974434/fr/greffe-renale-reduire-les-inegalites-d-acces</t>
+  </si>
+  <si>
+    <t>pprd_2974434</t>
+  </si>
+  <si>
+    <t>Le dossier de liaison d’urgence : essentiel pour le suivi du patient âgé dépendant</t>
+  </si>
+  <si>
+    <t>Chaque résident en établissement d’hébergement pour personnes âgées dépendantes (Ehpad) doit disposer d’un dossier de liaison d’urgence mis à jour et accessible 24h/24.</t>
+  </si>
+  <si>
+    <t>05/03/2018 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974445/fr/le-dossier-de-liaison-d-urgence-essentiel-pour-le-suivi-du-patient-age-dependant</t>
+  </si>
+  <si>
+    <t>pprd_2974445</t>
+  </si>
+  <si>
+    <t>Le cancer colorectal : importance d’une prise en charge partagée</t>
+  </si>
+  <si>
+    <t>Le cancer colorectal est de bon pronostic lorsqu’il est diagnostiqué à un stade précoce...</t>
+  </si>
+  <si>
+    <t>02/03/2017 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974691/fr/le-cancer-colorectal-importance-d-une-prise-en-charge-partagee</t>
+  </si>
+  <si>
+    <t>pprd_2974691</t>
+  </si>
+  <si>
+    <t>Entretien avec Pierre-Jean Lancry, Directeur Général de l'ARS Basse-Normandie</t>
+  </si>
+  <si>
+    <t>16/03/2012 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2975081/fr/entretien-avec-pierre-jean-lancry-directeur-general-de-l-ars-basse-normandie</t>
+  </si>
+  <si>
+    <t>pprd_2975081</t>
+  </si>
+  <si>
+    <t>Cancers broncho-pulmonaires et mésothéliome pleural malin - Parcours de soins</t>
+  </si>
+  <si>
+    <t>En France, l’incidence du cancer broncho-pulmonaire estimée en 2011 est de 39 500 nouveaux cas dont 70 % survenant chez l’homme. C’est le 2e cancer le plus fréquent chez l’homme et le 3e chez la femme. L’âge moyen au diagnostic est estimé à 65 ans chez l’homme et à 64 ans chez la femme. Le parcours des patients prévoit un suivi qui donne la priorité au respect d’une qualité de vie du patient et de ses proches et se poursuit « à vie » dans les cas d’évolution favorable.</t>
+  </si>
+  <si>
+    <t>23/07/2013 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906033/fr/cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906033</t>
+  </si>
+  <si>
+    <t>Diabète de type 2  - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Le diabète sucré est défini par l’élévation chronique de la concentration de glucose dans le sang (hyperglycémie) et regroupe plusieurs maladies de pathogénie différente (trouble de la sécrétion et/ou de l’action de l’insuline). En 2011, plus de 3 millions de personnes étaient traitées pour diabète. Le diabète de type 2 concerne 92 % des Français traités pour diabète. Il commence en général après 40 ans, est le plus souvent associé à un surpoids et à une répartition abdominale des graisses et à une forte hérédité familiale, de type polygénique.</t>
+  </si>
+  <si>
+    <t>31/03/2014 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906044/fr/diabete-de-type-2-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906044</t>
+  </si>
+  <si>
+    <t>Lymphome de Hodgkin classique de l'adulte - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Le lymphome de Hodgkin est une prolifération tumorale de cellules lymphoïdes dans un ou plusieurs organes lymphoïdes, avec parfois extension dans des sites extra-ganglionnaires. Il se différencie des lymphomes non hodgkiniens (LNH) par la présence de grandes cellules tumorales caractéristiques sur le plan morphologique et immunologique : les cellules de Reed-Sternberg, une présentation clinique plus fréquemment localisée et un pronostic globalement meilleur.</t>
+  </si>
+  <si>
+    <t>31/07/2013 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906066/fr/lymphome-de-hodgkin-classique-de-l-adulte-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906066</t>
+  </si>
+  <si>
+    <t>Maladie coronarienne - Parcours de soins</t>
+  </si>
+  <si>
+    <t>Troisième affection de longue durée (ALD) la plus fréquente après le diabète et les maladies malignes, avec une prévalence qui augmente avec l’âge, la maladie coronarienne stable concerne plus d’un million de personnes. Le pronostic de la maladie coronarienne stable s’améliore. Ce constat confirme l'intérêt de la mise en œuvre des recommandations de bonne pratique (prise en charge des syndromes coronariens aigus, traitement médical optimal de la maladie coronarienne stable , revascularisation coronarienne non systématique) Les enjeux du parcours de soins d’un patient atteint de maladie coronarienne stable sont :</t>
+  </si>
+  <si>
+    <t>30/09/2013 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906072/fr/maladie-coronarienne-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906072</t>
+  </si>
+  <si>
+    <t>Maladie de Parkinson - Parcours de soins</t>
+  </si>
+  <si>
+    <t>La maladie de Parkinson est la cause la plus fréquente de syndrome parkinsonien, la seconde maladie neurodégénérative, après la maladie d'Alzheimer, et la seconde cause de handicap moteur d’origine neurologique chez le sujet âgé (après les accidents vasculaires cérébraux).</t>
+  </si>
+  <si>
+    <t>18/09/2016 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2906074/fr/maladie-de-parkinson-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>c_2906074</t>
+  </si>
+  <si>
+    <t>IQSS 2018-2019 - AVC SSR : Développement d'indicateurs du thème « Prise en charge de l’AVC en SSR »</t>
+  </si>
+  <si>
+    <t>En SSR des indicateurs permettant de mesurer la qualité de la prise en charge des patients dans les suites d’un AVC ont été expérimentés entre décembre 2018 et février 2019. Tous les établissements ayant pris en charge au moins un patient dans les suites d’un AVC dans l’année 2017 étaient inscrits sur la plateforme QualHAS.</t>
+  </si>
+  <si>
+    <t>01/02/2019 10:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891236/fr/iqss-2018-2019-avc-ssr-developpement-d-indicateurs-du-theme-prise-en-charge-de-l-avc-en-ssr</t>
+  </si>
+  <si>
+    <t>c_2891236</t>
+  </si>
+  <si>
+    <t>IQSS 2018-2019 - AVC SSR  : Outils du développement d'indicateurs du thème « Prise en charge de l’AVC en SSR »</t>
+  </si>
+  <si>
+    <t>Etaient disponibles tous les outils nécessaires à l'expérimentation des indicateurs AVC en SSR</t>
+  </si>
+  <si>
+    <t>26/12/2018 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893062/fr/iqss-2018-2019-avc-ssr-outils-du-developpement-d-indicateurs-du-theme-prise-en-charge-de-l-avc-en-ssr</t>
+  </si>
+  <si>
+    <t>c_2893062</t>
+  </si>
+  <si>
+    <t>S’engager dans Pacte</t>
+  </si>
+  <si>
+    <t>Les équipes volontaires, soutenues par leur direction, s’engagent pour deux ans autour d’un enjeu d’amélioration, qui fait consensus, lié à la prise en charge d’un patient. Les solutions porteront sur les aspects cliniques mais également sur le travail en équipe.</t>
+  </si>
+  <si>
+    <t>29/05/2018 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2852477/fr/s-engager-dans-pacte</t>
+  </si>
+  <si>
+    <t>c_2852477</t>
+  </si>
+  <si>
+    <t>IQSS 2018 - SSR : Outils de l’expérimentation de l'indicateur « Qualité de la lettre de liaison à la sortie » et « Prise en charge de la douleur »</t>
+  </si>
+  <si>
+    <t>Vous y trouverez tous les outils nécessaires au recueil des indicateurs pour les structures SSR</t>
+  </si>
+  <si>
+    <t>05/02/2018 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2796494/fr/iqss-2018-ssr-outils-de-l-experimentation-de-l-indicateur-qualite-de-la-lettre-de-liaison-a-la-sortie-et-prise-en-charge-de-la-douleur</t>
+  </si>
+  <si>
+    <t>c_2796494</t>
+  </si>
+  <si>
+    <t>IQSS 2016 : outils pour l’expérimentation des indicateurs de processus et de résultat en « Chirurgie ambulatoire »</t>
+  </si>
+  <si>
+    <t>05/12/2017 09:03:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582338/fr/iqss-2016-outils-pour-l-experimentation-des-indicateurs-de-processus-et-de-resultat-en-chirurgie-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_2582338</t>
+  </si>
+  <si>
+    <t>Questions-réponses sur 3 thématiques :# * La greffe rénale aujourd’hui * L’inscription sur la liste d’attente * Réduire les inégalités d’accès à la liste d’attente</t>
+  </si>
+  <si>
+    <t>02/12/2015 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2576220/fr/greffe-renale-assurer-un-acces-equitable-a-la-liste-d-attente</t>
+  </si>
+  <si>
+    <t>c_2576220</t>
+  </si>
+  <si>
+    <t>Archétypes d’échec et de succès en matière d’implémentation</t>
+  </si>
+  <si>
+    <t>17/11/2014 14:31:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770213/fr/archetypes-d-echec-et-de-succes-en-matiere-d-implementation</t>
+  </si>
+  <si>
+    <t>c_1770213</t>
+  </si>
+  <si>
+    <t>14 conseils pour l’adoption réussie d’une nouvelle pratique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770215/fr/14-conseils-pour-l-adoption-reussie-d-une-nouvelle-pratique</t>
+  </si>
+  <si>
+    <t>c_1770215</t>
+  </si>
+  <si>
+    <t>Fiches points clés organisation des parcours</t>
+  </si>
+  <si>
+    <t>L'objectif des fiches points-clés organisation des parcours est d’apporter des réponses, sous forme de référentiel court et documenté, à des questions bien circonscrites qui portent sur l’organisation et l’optimisation des parcours.</t>
+  </si>
+  <si>
+    <t>08/02/2013 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1603223/fr/fiches-points-cles-organisation-des-parcours</t>
+  </si>
+  <si>
+    <t>c_1603223</t>
+  </si>
+  <si>
+    <t>Le système est en recherche d’efficience : les barrières ville/hôpital/social se fissurent, les parcours de soins se dessinent, les modes de rémunération évoluent. L’article 70 de la LFSS 2012 propose des expérimentations visant à améliorer l’organisation et la coordination des parcours de santé des personnes âgées afin de prévenir les recours évitables à l’hospitalisation (module 1) et de coordonner les soins en sortie d’hospitalisation (module 2). En tant qu’évaluateur de ces projets, la HAS accompagne les acteurs des projets, ARS et promoteurs. Dans ce cadre, elle a élaboré un second rapport d’analyse des projets article 70 qui présente l’analyse globale des onze projets menée fin 2013, en s’attachant à identifier la présence des différentes activités et stratégies mises en œuvre dans les projets, leur déclinaison et leur cohérence. Cette analyse est discutée avec les porteurs de projet, afin de les aider dans leur travail de maturation</t>
+  </si>
+  <si>
+    <t>21/03/2013 18:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367444/fr/coordination-des-soins</t>
+  </si>
+  <si>
+    <t>c_1367444</t>
+  </si>
+  <si>
+    <t>Affections de longue durée</t>
+  </si>
+  <si>
+    <t>Les affections de longue durée (ALD) sont des affections comportant un traitement prolongé et une thérapeutique particulièrement coûteuse. Elles ouvrent à ceux qui en sont atteints un droit à l’exonération du ticket modérateur.</t>
+  </si>
+  <si>
+    <t>02/07/2012 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1501105/fr/affections-de-longue-duree</t>
+  </si>
+  <si>
+    <t>r_1501105</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H55"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>28</v>
       </c>
       <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
         <v>29</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>30</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>31</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
         <v>34</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>35</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E6" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H6" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C7" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="E7" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="H7" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C8" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D8" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="E8" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D9" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
       <c r="E9" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H9" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="C10" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="D10" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="E10" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="H10" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C11" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D11" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C12" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="H12" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>74</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>75</v>
       </c>
       <c r="E13" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="H13" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C14" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>81</v>
       </c>
       <c r="E14" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="H14" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C15" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>86</v>
       </c>
       <c r="E15" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="H15" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="C16" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>92</v>
       </c>
       <c r="E16" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="H16" t="s">
-        <v>90</v>
+        <v>95</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H63"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1242</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1243</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1246</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1248</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1249</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1250</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1251</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1252</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1253</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1254</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1255</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1256</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1257</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1260</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1266</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1267</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1268</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1269</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1271</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1272</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1273</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1274</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1275</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1276</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1277</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1278</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1279</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1280</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1283</v>
+      </c>
+      <c r="D9" t="s">
+        <v>143</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1284</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1285</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1286</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1288</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1289</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1290</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1291</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1292</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1293</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1294</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1295</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1296</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1297</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1298</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1299</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1300</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1303</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1306</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1307</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1313</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1316</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1317</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1318</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1319</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1324</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1328</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>54</v>
+        <v>1240</v>
       </c>
       <c r="B17" t="s">
-        <v>91</v>
+        <v>1329</v>
       </c>
       <c r="C17" t="s">
-        <v>92</v>
+        <v>1330</v>
       </c>
       <c r="D17" t="s">
-        <v>93</v>
+        <v>1331</v>
       </c>
       <c r="E17" t="s">
-        <v>94</v>
+        <v>1332</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>95</v>
+        <v>1333</v>
       </c>
       <c r="H17" t="s">
-        <v>96</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>1240</v>
       </c>
       <c r="B18" t="s">
-        <v>97</v>
+        <v>1335</v>
       </c>
       <c r="C18" t="s">
-        <v>98</v>
+        <v>1336</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>1337</v>
       </c>
       <c r="E18" t="s">
-        <v>99</v>
+        <v>1338</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>100</v>
+        <v>1339</v>
       </c>
       <c r="H18" t="s">
-        <v>101</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>1240</v>
       </c>
       <c r="B19" t="s">
-        <v>102</v>
+        <v>1341</v>
       </c>
       <c r="C19" t="s">
-        <v>103</v>
+        <v>1342</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>1343</v>
       </c>
       <c r="E19" t="s">
-        <v>104</v>
+        <v>1344</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>105</v>
+        <v>1345</v>
       </c>
       <c r="H19" t="s">
-        <v>106</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>1240</v>
       </c>
       <c r="B20" t="s">
-        <v>107</v>
+        <v>1347</v>
       </c>
       <c r="C20" t="s">
-        <v>108</v>
+        <v>1348</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>1349</v>
       </c>
       <c r="E20" t="s">
-        <v>109</v>
+        <v>1350</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>110</v>
+        <v>1351</v>
       </c>
       <c r="H20" t="s">
-        <v>111</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>1240</v>
       </c>
       <c r="B21" t="s">
-        <v>112</v>
+        <v>1353</v>
       </c>
       <c r="C21" t="s">
-        <v>113</v>
+        <v>1354</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>1355</v>
       </c>
       <c r="E21" t="s">
-        <v>114</v>
+        <v>1356</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>115</v>
+        <v>1357</v>
       </c>
       <c r="H21" t="s">
-        <v>116</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>1240</v>
       </c>
       <c r="B22" t="s">
-        <v>117</v>
+        <v>1359</v>
       </c>
       <c r="C22" t="s">
-        <v>118</v>
+        <v>1360</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>1361</v>
       </c>
       <c r="E22" t="s">
-        <v>119</v>
+        <v>1362</v>
       </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>120</v>
+        <v>1363</v>
       </c>
       <c r="H22" t="s">
-        <v>121</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>54</v>
+        <v>1240</v>
       </c>
       <c r="B23" t="s">
-        <v>122</v>
+        <v>1365</v>
       </c>
       <c r="C23" t="s">
-        <v>123</v>
+        <v>1366</v>
       </c>
       <c r="D23" t="s">
-        <v>124</v>
+        <v>1367</v>
       </c>
       <c r="E23" t="s">
-        <v>125</v>
+        <v>1368</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>126</v>
+        <v>1369</v>
       </c>
       <c r="H23" t="s">
-        <v>127</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>1240</v>
       </c>
       <c r="B24" t="s">
-        <v>128</v>
+        <v>1371</v>
       </c>
       <c r="C24" t="s">
-        <v>129</v>
+        <v>1372</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>1373</v>
       </c>
       <c r="E24" t="s">
-        <v>130</v>
+        <v>1374</v>
       </c>
       <c r="F24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>131</v>
+        <v>1375</v>
       </c>
       <c r="H24" t="s">
-        <v>132</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>8</v>
+        <v>1240</v>
       </c>
       <c r="B25" t="s">
-        <v>133</v>
+        <v>1377</v>
       </c>
       <c r="C25" t="s">
-        <v>134</v>
+        <v>1378</v>
       </c>
       <c r="D25" t="s">
-        <v>11</v>
+        <v>1379</v>
       </c>
       <c r="E25" t="s">
-        <v>135</v>
+        <v>1380</v>
       </c>
       <c r="F25" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>136</v>
+        <v>1381</v>
       </c>
       <c r="H25" t="s">
-        <v>137</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>8</v>
+        <v>1240</v>
       </c>
       <c r="B26" t="s">
-        <v>138</v>
+        <v>1383</v>
       </c>
       <c r="C26" t="s">
-        <v>139</v>
+        <v>1384</v>
       </c>
       <c r="D26" t="s">
-        <v>11</v>
+        <v>1385</v>
       </c>
       <c r="E26" t="s">
-        <v>140</v>
+        <v>1386</v>
       </c>
       <c r="F26" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>141</v>
+        <v>1387</v>
       </c>
       <c r="H26" t="s">
-        <v>142</v>
+        <v>1388</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>8</v>
+        <v>1240</v>
       </c>
       <c r="B27" t="s">
-        <v>143</v>
+        <v>1389</v>
       </c>
       <c r="C27" t="s">
-        <v>144</v>
+        <v>1390</v>
       </c>
       <c r="D27" t="s">
-        <v>11</v>
+        <v>1391</v>
       </c>
       <c r="E27" t="s">
-        <v>145</v>
+        <v>1392</v>
       </c>
       <c r="F27" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>146</v>
+        <v>1393</v>
       </c>
       <c r="H27" t="s">
-        <v>147</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>8</v>
+        <v>1240</v>
       </c>
       <c r="B28" t="s">
-        <v>148</v>
+        <v>1395</v>
       </c>
       <c r="C28" t="s">
-        <v>149</v>
+        <v>1396</v>
       </c>
       <c r="D28" t="s">
-        <v>11</v>
+        <v>1397</v>
       </c>
       <c r="E28" t="s">
-        <v>150</v>
+        <v>1398</v>
       </c>
       <c r="F28" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>151</v>
+        <v>1399</v>
       </c>
       <c r="H28" t="s">
-        <v>152</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>8</v>
+        <v>1240</v>
       </c>
       <c r="B29" t="s">
-        <v>153</v>
+        <v>1401</v>
       </c>
       <c r="C29" t="s">
-        <v>154</v>
+        <v>1402</v>
       </c>
       <c r="D29" t="s">
-        <v>11</v>
+        <v>1403</v>
       </c>
       <c r="E29" t="s">
-        <v>155</v>
+        <v>1404</v>
       </c>
       <c r="F29" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>156</v>
+        <v>1405</v>
       </c>
       <c r="H29" t="s">
-        <v>157</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>8</v>
+        <v>1240</v>
       </c>
       <c r="B30" t="s">
-        <v>158</v>
+        <v>1407</v>
       </c>
       <c r="C30" t="s">
-        <v>159</v>
+        <v>1408</v>
       </c>
       <c r="D30" t="s">
-        <v>11</v>
+        <v>1409</v>
       </c>
       <c r="E30" t="s">
-        <v>155</v>
+        <v>1410</v>
       </c>
       <c r="F30" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>160</v>
+        <v>1411</v>
       </c>
       <c r="H30" t="s">
-        <v>161</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>8</v>
+        <v>1240</v>
       </c>
       <c r="B31" t="s">
-        <v>162</v>
+        <v>1413</v>
       </c>
       <c r="C31" t="s">
-        <v>163</v>
+        <v>1414</v>
       </c>
       <c r="D31" t="s">
-        <v>11</v>
+        <v>1415</v>
       </c>
       <c r="E31" t="s">
-        <v>164</v>
+        <v>1416</v>
       </c>
       <c r="F31" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>165</v>
+        <v>1417</v>
       </c>
       <c r="H31" t="s">
-        <v>166</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>167</v>
+        <v>1240</v>
       </c>
       <c r="B32" t="s">
-        <v>168</v>
+        <v>1419</v>
       </c>
       <c r="C32" t="s">
-        <v>169</v>
+        <v>1420</v>
       </c>
       <c r="D32" t="s">
-        <v>170</v>
+        <v>1421</v>
       </c>
       <c r="E32" t="s">
-        <v>171</v>
+        <v>1422</v>
       </c>
       <c r="F32" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>172</v>
+        <v>1423</v>
       </c>
       <c r="H32" t="s">
-        <v>173</v>
+        <v>1424</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>54</v>
+        <v>1240</v>
       </c>
       <c r="B33" t="s">
-        <v>174</v>
+        <v>1425</v>
       </c>
       <c r="C33" t="s">
-        <v>175</v>
+        <v>1426</v>
       </c>
       <c r="D33" t="s">
-        <v>176</v>
+        <v>1427</v>
       </c>
       <c r="E33" t="s">
-        <v>177</v>
+        <v>1428</v>
       </c>
       <c r="F33" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>178</v>
+        <v>1429</v>
       </c>
       <c r="H33" t="s">
-        <v>179</v>
+        <v>1430</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>54</v>
+        <v>1240</v>
       </c>
       <c r="B34" t="s">
-        <v>180</v>
+        <v>1431</v>
       </c>
       <c r="C34" t="s">
-        <v>181</v>
+        <v>1432</v>
       </c>
       <c r="D34" t="s">
-        <v>182</v>
+        <v>1433</v>
       </c>
       <c r="E34" t="s">
-        <v>183</v>
+        <v>1434</v>
       </c>
       <c r="F34" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>184</v>
+        <v>1435</v>
       </c>
       <c r="H34" t="s">
-        <v>185</v>
+        <v>1436</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>54</v>
+        <v>1240</v>
       </c>
       <c r="B35" t="s">
-        <v>186</v>
+        <v>1437</v>
       </c>
       <c r="C35" t="s">
-        <v>187</v>
+        <v>1438</v>
       </c>
       <c r="D35" t="s">
-        <v>188</v>
+        <v>1439</v>
       </c>
       <c r="E35" t="s">
-        <v>189</v>
+        <v>1440</v>
       </c>
       <c r="F35" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>190</v>
+        <v>1441</v>
       </c>
       <c r="H35" t="s">
-        <v>191</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>54</v>
+        <v>1240</v>
       </c>
       <c r="B36" t="s">
-        <v>192</v>
+        <v>1443</v>
       </c>
       <c r="C36" t="s">
-        <v>193</v>
+        <v>1444</v>
       </c>
       <c r="D36" t="s">
-        <v>194</v>
+        <v>1445</v>
       </c>
       <c r="E36" t="s">
-        <v>195</v>
+        <v>1446</v>
       </c>
       <c r="F36" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>196</v>
+        <v>1447</v>
       </c>
       <c r="H36" t="s">
-        <v>197</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>54</v>
+        <v>1240</v>
       </c>
       <c r="B37" t="s">
-        <v>198</v>
+        <v>1449</v>
       </c>
       <c r="C37" t="s">
-        <v>199</v>
+        <v>1450</v>
       </c>
       <c r="D37" t="s">
-        <v>200</v>
+        <v>1201</v>
       </c>
       <c r="E37" t="s">
-        <v>200</v>
+        <v>1451</v>
       </c>
       <c r="F37" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>201</v>
+        <v>1452</v>
       </c>
       <c r="H37" t="s">
-        <v>202</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>54</v>
+        <v>1240</v>
       </c>
       <c r="B38" t="s">
-        <v>203</v>
+        <v>1454</v>
       </c>
       <c r="C38" t="s">
-        <v>204</v>
+        <v>1455</v>
       </c>
       <c r="D38" t="s">
-        <v>205</v>
+        <v>1456</v>
       </c>
       <c r="E38" t="s">
-        <v>206</v>
+        <v>1457</v>
       </c>
       <c r="F38" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>207</v>
+        <v>1458</v>
       </c>
       <c r="H38" t="s">
-        <v>208</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B39" t="s">
-        <v>210</v>
+        <v>1460</v>
       </c>
       <c r="C39" t="s">
-        <v>211</v>
+        <v>1461</v>
       </c>
       <c r="D39" t="s">
-        <v>212</v>
+        <v>1462</v>
       </c>
       <c r="E39" t="s">
-        <v>213</v>
+        <v>1463</v>
       </c>
       <c r="F39" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>214</v>
+        <v>1464</v>
       </c>
       <c r="H39" t="s">
-        <v>215</v>
+        <v>1465</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B40" t="s">
-        <v>216</v>
+        <v>1466</v>
       </c>
       <c r="C40" t="s">
-        <v>217</v>
+        <v>1467</v>
       </c>
       <c r="D40" t="s">
-        <v>218</v>
+        <v>1468</v>
       </c>
       <c r="E40" t="s">
-        <v>219</v>
+        <v>1469</v>
       </c>
       <c r="F40" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>220</v>
+        <v>1470</v>
       </c>
       <c r="H40" t="s">
-        <v>221</v>
+        <v>1471</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B41" t="s">
-        <v>222</v>
+        <v>1472</v>
       </c>
       <c r="C41" t="s">
-        <v>223</v>
+        <v>1473</v>
       </c>
       <c r="D41" t="s">
-        <v>224</v>
+        <v>1474</v>
       </c>
       <c r="E41" t="s">
-        <v>225</v>
+        <v>1475</v>
       </c>
       <c r="F41" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>226</v>
+        <v>1476</v>
       </c>
       <c r="H41" t="s">
-        <v>227</v>
+        <v>1477</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B42" t="s">
-        <v>222</v>
+        <v>977</v>
       </c>
       <c r="C42" t="s">
-        <v>223</v>
+        <v>1478</v>
       </c>
       <c r="D42" t="s">
-        <v>228</v>
+        <v>1479</v>
       </c>
       <c r="E42" t="s">
-        <v>229</v>
+        <v>1480</v>
       </c>
       <c r="F42" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>230</v>
+        <v>1481</v>
       </c>
       <c r="H42" t="s">
-        <v>231</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B43" t="s">
-        <v>232</v>
+        <v>1483</v>
       </c>
       <c r="C43" t="s">
-        <v>233</v>
+        <v>1484</v>
       </c>
       <c r="D43" t="s">
-        <v>234</v>
+        <v>1485</v>
       </c>
       <c r="E43" t="s">
-        <v>235</v>
+        <v>1486</v>
       </c>
       <c r="F43" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>236</v>
+        <v>1487</v>
       </c>
       <c r="H43" t="s">
-        <v>237</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B44" t="s">
-        <v>238</v>
+        <v>1489</v>
       </c>
       <c r="C44" t="s">
-        <v>239</v>
+        <v>1490</v>
       </c>
       <c r="D44" t="s">
-        <v>240</v>
+        <v>1491</v>
       </c>
       <c r="E44" t="s">
-        <v>241</v>
+        <v>1492</v>
       </c>
       <c r="F44" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>242</v>
+        <v>1493</v>
       </c>
       <c r="H44" t="s">
-        <v>243</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B45" t="s">
-        <v>244</v>
+        <v>1495</v>
       </c>
       <c r="C45" t="s">
-        <v>245</v>
+        <v>1496</v>
       </c>
       <c r="D45" t="s">
-        <v>240</v>
+        <v>1497</v>
       </c>
       <c r="E45" t="s">
-        <v>241</v>
+        <v>1498</v>
       </c>
       <c r="F45" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>246</v>
+        <v>1499</v>
       </c>
       <c r="H45" t="s">
-        <v>247</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B46" t="s">
-        <v>248</v>
+        <v>1501</v>
       </c>
       <c r="C46" t="s">
-        <v>249</v>
+        <v>1502</v>
       </c>
       <c r="D46" t="s">
-        <v>250</v>
+        <v>1503</v>
       </c>
       <c r="E46" t="s">
-        <v>251</v>
+        <v>1504</v>
       </c>
       <c r="F46" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>252</v>
+        <v>1505</v>
       </c>
       <c r="H46" t="s">
-        <v>253</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B47" t="s">
-        <v>254</v>
+        <v>1507</v>
       </c>
       <c r="C47" t="s">
-        <v>255</v>
+        <v>1508</v>
       </c>
       <c r="D47" t="s">
-        <v>256</v>
+        <v>1225</v>
       </c>
       <c r="E47" t="s">
-        <v>257</v>
+        <v>1509</v>
       </c>
       <c r="F47" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>258</v>
+        <v>1510</v>
       </c>
       <c r="H47" t="s">
-        <v>259</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B48" t="s">
-        <v>260</v>
+        <v>1512</v>
       </c>
       <c r="C48" t="s">
-        <v>261</v>
+        <v>1473</v>
       </c>
       <c r="D48" t="s">
-        <v>262</v>
+        <v>1503</v>
       </c>
       <c r="E48" t="s">
-        <v>263</v>
+        <v>1513</v>
       </c>
       <c r="F48" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>264</v>
+        <v>1514</v>
       </c>
       <c r="H48" t="s">
-        <v>265</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B49" t="s">
-        <v>266</v>
+        <v>1516</v>
       </c>
       <c r="C49" t="s">
-        <v>267</v>
+        <v>1517</v>
       </c>
       <c r="D49" t="s">
-        <v>268</v>
+        <v>1518</v>
       </c>
       <c r="E49" t="s">
-        <v>269</v>
+        <v>1519</v>
       </c>
       <c r="F49" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>270</v>
+        <v>1520</v>
       </c>
       <c r="H49" t="s">
-        <v>271</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B50" t="s">
-        <v>272</v>
+        <v>1522</v>
       </c>
       <c r="C50" t="s">
-        <v>273</v>
+        <v>1523</v>
       </c>
       <c r="D50" t="s">
-        <v>274</v>
+        <v>1524</v>
       </c>
       <c r="E50" t="s">
-        <v>275</v>
+        <v>1525</v>
       </c>
       <c r="F50" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>276</v>
+        <v>1526</v>
       </c>
       <c r="H50" t="s">
-        <v>277</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B51" t="s">
-        <v>278</v>
+        <v>1528</v>
       </c>
       <c r="C51" t="s">
-        <v>279</v>
+        <v>1529</v>
       </c>
       <c r="D51" t="s">
-        <v>280</v>
+        <v>1530</v>
       </c>
       <c r="E51" t="s">
-        <v>281</v>
+        <v>1531</v>
       </c>
       <c r="F51" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>282</v>
+        <v>1532</v>
       </c>
       <c r="H51" t="s">
-        <v>283</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>209</v>
+        <v>1240</v>
       </c>
       <c r="B52" t="s">
-        <v>284</v>
+        <v>1534</v>
       </c>
       <c r="C52" t="s">
-        <v>285</v>
+        <v>1535</v>
       </c>
       <c r="D52" t="s">
-        <v>286</v>
+        <v>1536</v>
       </c>
       <c r="E52" t="s">
-        <v>287</v>
+        <v>1537</v>
       </c>
       <c r="F52" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>288</v>
+        <v>1538</v>
       </c>
       <c r="H52" t="s">
-        <v>289</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>290</v>
+        <v>1240</v>
       </c>
       <c r="B53" t="s">
-        <v>291</v>
+        <v>1540</v>
       </c>
       <c r="C53" t="s">
-        <v>292</v>
+        <v>1541</v>
       </c>
       <c r="D53" t="s">
-        <v>11</v>
+        <v>1542</v>
       </c>
       <c r="E53" t="s">
-        <v>293</v>
+        <v>1543</v>
       </c>
       <c r="F53" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>294</v>
+        <v>1544</v>
       </c>
       <c r="H53" t="s">
-        <v>295</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>296</v>
+        <v>1240</v>
       </c>
       <c r="B54" t="s">
-        <v>297</v>
+        <v>1546</v>
       </c>
       <c r="C54" t="s">
-        <v>298</v>
+        <v>1547</v>
       </c>
       <c r="D54" t="s">
-        <v>11</v>
+        <v>1548</v>
       </c>
       <c r="E54" t="s">
-        <v>299</v>
+        <v>1548</v>
       </c>
       <c r="F54" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>300</v>
+        <v>1549</v>
       </c>
       <c r="H54" t="s">
-        <v>301</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1551</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1552</v>
+      </c>
+      <c r="D55" t="s">
+        <v>1553</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1554</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1555</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1556</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1557</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1558</v>
+      </c>
+      <c r="D56" t="s">
+        <v>1559</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1562</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1563</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1564</v>
+      </c>
+      <c r="D57" t="s">
+        <v>1565</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1566</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1567</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1568</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1569</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D58" t="s">
+        <v>1571</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1572</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1573</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1574</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1575</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D59" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1579</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1580</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1581</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1582</v>
+      </c>
+      <c r="D60" t="s">
+        <v>1583</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1588</v>
+      </c>
+      <c r="D61" t="s">
+        <v>1589</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1591</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1592</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1593</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1594</v>
+      </c>
+      <c r="D62" t="s">
+        <v>1595</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1590</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1596</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1240</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1599</v>
+      </c>
+      <c r="D63" t="s">
+        <v>1600</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1601</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1602</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1605</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1606</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1607</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1608</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1612</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1613</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1615</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1616</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1617</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1620</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1621</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1625</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1626</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1627</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1628</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1629</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1630</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1632</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1634</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1635</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1636</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1637</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1638</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1641</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1642</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1643</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1604</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1456</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1648</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H126"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1652</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1653</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>307</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1654</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1657</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1658</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1659</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1662</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1663</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1664</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1667</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1668</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1669</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1673</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1674</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1677</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1678</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1679</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1682</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1683</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1684</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1685</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1686</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1687</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1688</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1690</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1691</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1692</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1693</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1694</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1695</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1696</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1697</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1698</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1701</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1702</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1703</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1704</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1706</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1707</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1708</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1709</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1710</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1712</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1713</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1714</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1715</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1716</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1718</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1721</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1722</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1723</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1727</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1728</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1729</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1730</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1731</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>531</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1734</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1735</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1736</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1737</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1738</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1739</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1740</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1741</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1742</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1743</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1745</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1746</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1747</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1748</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1750</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1751</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1753</v>
+      </c>
+      <c r="C23" t="s">
+        <v>1754</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1757</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1758</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1759</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1760</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1762</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1763</v>
+      </c>
+      <c r="C25" t="s">
+        <v>1764</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1766</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1767</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1768</v>
+      </c>
+      <c r="C26" t="s">
+        <v>1769</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1770</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1771</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1773</v>
+      </c>
+      <c r="C27" t="s">
+        <v>1774</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1775</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1776</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1777</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1778</v>
+      </c>
+      <c r="C28" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1780</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1781</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1782</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1783</v>
+      </c>
+      <c r="C29" t="s">
+        <v>1784</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1785</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1786</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1787</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1788</v>
+      </c>
+      <c r="C30" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1790</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1791</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1792</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1793</v>
+      </c>
+      <c r="C31" t="s">
+        <v>1794</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1795</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1796</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1798</v>
+      </c>
+      <c r="C32" t="s">
+        <v>1799</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1800</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1801</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1802</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C33" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>569</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1805</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1807</v>
+      </c>
+      <c r="C34" t="s">
+        <v>1808</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1809</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1810</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1811</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C35" t="s">
+        <v>1813</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1814</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1815</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1816</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1817</v>
+      </c>
+      <c r="C36" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1819</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1820</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1821</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1822</v>
+      </c>
+      <c r="C37" t="s">
+        <v>1823</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1824</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1825</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1826</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1827</v>
+      </c>
+      <c r="C38" t="s">
+        <v>1828</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>662</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1829</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1830</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C39" t="s">
+        <v>1832</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1833</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1834</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1835</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1836</v>
+      </c>
+      <c r="C40" t="s">
+        <v>1837</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>657</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1838</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1839</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1840</v>
+      </c>
+      <c r="C41" t="s">
+        <v>1841</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1842</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1843</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1844</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1845</v>
+      </c>
+      <c r="C42" t="s">
+        <v>1846</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1847</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1848</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1849</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1850</v>
+      </c>
+      <c r="C43" t="s">
+        <v>1851</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1847</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1852</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1853</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1854</v>
+      </c>
+      <c r="C44" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1857</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1858</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1859</v>
+      </c>
+      <c r="C45" t="s">
+        <v>1860</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1861</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1862</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1863</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1864</v>
+      </c>
+      <c r="C46" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1866</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1867</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1868</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1869</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>677</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C48" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1875</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1876</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1877</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1878</v>
+      </c>
+      <c r="C49" t="s">
+        <v>1879</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1880</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1882</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1883</v>
+      </c>
+      <c r="C50" t="s">
+        <v>1884</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1885</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1886</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C51" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1890</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1891</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C52" t="s">
+        <v>1894</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1895</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1896</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C53" t="s">
+        <v>1899</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1900</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1901</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1902</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C54" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1905</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1906</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1907</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1908</v>
+      </c>
+      <c r="C55" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1910</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1911</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C56" t="s">
+        <v>1914</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1915</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1916</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1917</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1918</v>
+      </c>
+      <c r="C57" t="s">
+        <v>1919</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1920</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1921</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1922</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C58" t="s">
+        <v>1924</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1920</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1925</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1926</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1927</v>
+      </c>
+      <c r="C59" t="s">
+        <v>1928</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1920</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1929</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1930</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1931</v>
+      </c>
+      <c r="C60" t="s">
+        <v>1932</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1933</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1934</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1935</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1936</v>
+      </c>
+      <c r="C61" t="s">
+        <v>1937</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1938</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1939</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C62" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1943</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1944</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1945</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C63" t="s">
+        <v>1947</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1950</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C64" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1953</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1954</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1955</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1956</v>
+      </c>
+      <c r="C65" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>757</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1958</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1959</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1960</v>
+      </c>
+      <c r="C66" t="s">
+        <v>1961</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1962</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1963</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C67" t="s">
+        <v>1966</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1967</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1968</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C68" t="s">
+        <v>1971</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>609</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1972</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1974</v>
+      </c>
+      <c r="C69" t="s">
+        <v>1975</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>604</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1976</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1977</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1978</v>
+      </c>
+      <c r="C70" t="s">
+        <v>1979</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>762</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1980</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1982</v>
+      </c>
+      <c r="C71" t="s">
+        <v>1983</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1984</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1985</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1986</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1987</v>
+      </c>
+      <c r="C72" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>614</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1989</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C73" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>614</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1993</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C74" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>695</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1997</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C75" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>564</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H75" t="s">
+        <v>2002</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B76" t="s">
+        <v>2003</v>
+      </c>
+      <c r="C76" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H76" t="s">
+        <v>2007</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B77" t="s">
+        <v>2008</v>
+      </c>
+      <c r="C77" t="s">
+        <v>13</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>2009</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>2010</v>
+      </c>
+      <c r="H77" t="s">
+        <v>2011</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B78" t="s">
+        <v>2012</v>
+      </c>
+      <c r="C78" t="s">
+        <v>2013</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>810</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>2014</v>
+      </c>
+      <c r="H78" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B79" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C79" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>815</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>2018</v>
+      </c>
+      <c r="H79" t="s">
+        <v>2019</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B80" t="s">
+        <v>2020</v>
+      </c>
+      <c r="C80" t="s">
+        <v>2021</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>2022</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>2023</v>
+      </c>
+      <c r="H80" t="s">
+        <v>2024</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B81" t="s">
+        <v>2025</v>
+      </c>
+      <c r="C81" t="s">
+        <v>2026</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>2027</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>2028</v>
+      </c>
+      <c r="H81" t="s">
+        <v>2029</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B82" t="s">
+        <v>2030</v>
+      </c>
+      <c r="C82" t="s">
+        <v>2031</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>2032</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>2033</v>
+      </c>
+      <c r="H82" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B83" t="s">
+        <v>2035</v>
+      </c>
+      <c r="C83" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>2037</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H83" t="s">
+        <v>2039</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B84" t="s">
+        <v>2040</v>
+      </c>
+      <c r="C84" t="s">
+        <v>2041</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>2043</v>
+      </c>
+      <c r="H84" t="s">
+        <v>2044</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B85" t="s">
+        <v>2045</v>
+      </c>
+      <c r="C85" t="s">
+        <v>2046</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>2047</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>2048</v>
+      </c>
+      <c r="H85" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B86" t="s">
+        <v>2050</v>
+      </c>
+      <c r="C86" t="s">
+        <v>2051</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>2052</v>
+      </c>
+      <c r="H86" t="s">
+        <v>2053</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B87" t="s">
+        <v>2054</v>
+      </c>
+      <c r="C87" t="s">
+        <v>2055</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>2056</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>2057</v>
+      </c>
+      <c r="H87" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B88" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C88" t="s">
+        <v>2060</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>2061</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>2062</v>
+      </c>
+      <c r="H88" t="s">
+        <v>2063</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B89" t="s">
+        <v>2064</v>
+      </c>
+      <c r="C89" t="s">
+        <v>2065</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>2066</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H89" t="s">
+        <v>2068</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2069</v>
+      </c>
+      <c r="C90" t="s">
+        <v>2070</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>2071</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>2072</v>
+      </c>
+      <c r="H90" t="s">
+        <v>2073</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B91" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C91" t="s">
+        <v>2075</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1404</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>2076</v>
+      </c>
+      <c r="H91" t="s">
+        <v>2077</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B92" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C92" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>2080</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>2081</v>
+      </c>
+      <c r="H92" t="s">
+        <v>2082</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B93" t="s">
+        <v>2083</v>
+      </c>
+      <c r="C93" t="s">
+        <v>2084</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>2085</v>
+      </c>
+      <c r="H93" t="s">
+        <v>2086</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2087</v>
+      </c>
+      <c r="C94" t="s">
+        <v>2088</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>2089</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>2090</v>
+      </c>
+      <c r="H94" t="s">
+        <v>2091</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B95" t="s">
+        <v>2092</v>
+      </c>
+      <c r="C95" t="s">
+        <v>2093</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>2094</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>2095</v>
+      </c>
+      <c r="H95" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B96" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C96" t="s">
+        <v>2098</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>2099</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>2100</v>
+      </c>
+      <c r="H96" t="s">
+        <v>2101</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B97" t="s">
+        <v>2102</v>
+      </c>
+      <c r="C97" t="s">
+        <v>2103</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>2104</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>2105</v>
+      </c>
+      <c r="H97" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B98" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C98" t="s">
+        <v>2108</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>2109</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>2110</v>
+      </c>
+      <c r="H98" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B99" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C99" t="s">
+        <v>2113</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>2115</v>
+      </c>
+      <c r="H99" t="s">
+        <v>2116</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B100" t="s">
+        <v>2117</v>
+      </c>
+      <c r="C100" t="s">
+        <v>2118</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>2119</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>2120</v>
+      </c>
+      <c r="H100" t="s">
+        <v>2121</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B101" t="s">
+        <v>2122</v>
+      </c>
+      <c r="C101" t="s">
+        <v>2123</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1410</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>2124</v>
+      </c>
+      <c r="H101" t="s">
+        <v>2125</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B102" t="s">
+        <v>2126</v>
+      </c>
+      <c r="C102" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>2128</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>2129</v>
+      </c>
+      <c r="H102" t="s">
+        <v>2130</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B103" t="s">
+        <v>2131</v>
+      </c>
+      <c r="C103" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>2133</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>2134</v>
+      </c>
+      <c r="H103" t="s">
+        <v>2135</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B104" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C104" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>2138</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>2139</v>
+      </c>
+      <c r="H104" t="s">
+        <v>2140</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B105" t="s">
+        <v>2141</v>
+      </c>
+      <c r="C105" t="s">
+        <v>2142</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>2143</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>2144</v>
+      </c>
+      <c r="H105" t="s">
+        <v>2145</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B106" t="s">
+        <v>2146</v>
+      </c>
+      <c r="C106" t="s">
+        <v>2147</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>2149</v>
+      </c>
+      <c r="H106" t="s">
+        <v>2150</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B107" t="s">
+        <v>2151</v>
+      </c>
+      <c r="C107" t="s">
+        <v>2152</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>2154</v>
+      </c>
+      <c r="H107" t="s">
+        <v>2155</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B108" t="s">
+        <v>2156</v>
+      </c>
+      <c r="C108" t="s">
+        <v>2157</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>2158</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>2159</v>
+      </c>
+      <c r="H108" t="s">
+        <v>2160</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B109" t="s">
+        <v>2161</v>
+      </c>
+      <c r="C109" t="s">
+        <v>2162</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>2163</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>2164</v>
+      </c>
+      <c r="H109" t="s">
+        <v>2165</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B110" t="s">
+        <v>2166</v>
+      </c>
+      <c r="C110" t="s">
+        <v>2167</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>2168</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>2169</v>
+      </c>
+      <c r="H110" t="s">
+        <v>2170</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B111" t="s">
+        <v>2171</v>
+      </c>
+      <c r="C111" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>2173</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>2174</v>
+      </c>
+      <c r="H111" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B112" t="s">
+        <v>2176</v>
+      </c>
+      <c r="C112" t="s">
+        <v>2177</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>2178</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>2179</v>
+      </c>
+      <c r="H112" t="s">
+        <v>2180</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B113" t="s">
+        <v>2181</v>
+      </c>
+      <c r="C113" t="s">
+        <v>2182</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>2183</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>2184</v>
+      </c>
+      <c r="H113" t="s">
+        <v>2185</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B114" t="s">
+        <v>2186</v>
+      </c>
+      <c r="C114" t="s">
+        <v>2187</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>2188</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>2189</v>
+      </c>
+      <c r="H114" t="s">
+        <v>2190</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B115" t="s">
+        <v>2191</v>
+      </c>
+      <c r="C115" t="s">
+        <v>2192</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>2193</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>2194</v>
+      </c>
+      <c r="H115" t="s">
+        <v>2195</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B116" t="s">
+        <v>2196</v>
+      </c>
+      <c r="C116" t="s">
+        <v>2197</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>2198</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>2199</v>
+      </c>
+      <c r="H116" t="s">
+        <v>2200</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B117" t="s">
+        <v>2201</v>
+      </c>
+      <c r="C117" t="s">
+        <v>2202</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>2203</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>2204</v>
+      </c>
+      <c r="H117" t="s">
+        <v>2205</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B118" t="s">
+        <v>2206</v>
+      </c>
+      <c r="C118" t="s">
+        <v>2207</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>2208</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>2209</v>
+      </c>
+      <c r="H118" t="s">
+        <v>2210</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B119" t="s">
+        <v>2211</v>
+      </c>
+      <c r="C119" t="s">
+        <v>2212</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>2213</v>
+      </c>
+      <c r="H119" t="s">
+        <v>2214</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B120" t="s">
+        <v>2215</v>
+      </c>
+      <c r="C120" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>2217</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>2218</v>
+      </c>
+      <c r="H120" t="s">
+        <v>2219</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B121" t="s">
+        <v>2220</v>
+      </c>
+      <c r="C121" t="s">
+        <v>2221</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>2222</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>2223</v>
+      </c>
+      <c r="H121" t="s">
+        <v>2224</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B122" t="s">
+        <v>2225</v>
+      </c>
+      <c r="C122" t="s">
+        <v>2226</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>2227</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>2228</v>
+      </c>
+      <c r="H122" t="s">
+        <v>2229</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B123" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C123" t="s">
+        <v>2231</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>2232</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>2233</v>
+      </c>
+      <c r="H123" t="s">
+        <v>2234</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B124" t="s">
+        <v>2235</v>
+      </c>
+      <c r="C124" t="s">
+        <v>2236</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>2237</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H124" t="s">
+        <v>2239</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C125" t="s">
+        <v>13</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>2240</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>2241</v>
+      </c>
+      <c r="H125" t="s">
+        <v>2242</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>1651</v>
+      </c>
+      <c r="B126" t="s">
+        <v>2243</v>
+      </c>
+      <c r="C126" t="s">
+        <v>13</v>
+      </c>
+      <c r="D126" t="s">
+        <v>13</v>
+      </c>
+      <c r="E126" t="s">
+        <v>2244</v>
+      </c>
+      <c r="F126" t="s">
+        <v>13</v>
+      </c>
+      <c r="G126" t="s">
+        <v>2245</v>
+      </c>
+      <c r="H126" t="s">
+        <v>2246</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H33"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2248</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2249</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2250</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2251</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2252</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2253</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2254</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2255</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1717</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2256</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2257</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2258</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2260</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2261</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2262</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2263</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2264</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2265</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2266</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1765</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2267</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2268</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2269</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2270</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2271</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1785</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2272</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2273</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2274</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2275</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2276</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2277</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2278</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2279</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2280</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2281</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2282</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2283</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2284</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2285</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2286</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2287</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2288</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2289</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2291</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2292</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2293</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2294</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2295</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2296</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2297</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2298</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2299</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2300</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2301</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2302</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2303</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2304</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2305</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2306</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2307</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2308</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2309</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2310</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2311</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2312</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2313</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2314</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2315</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2311</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2316</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2317</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2318</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2319</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2320</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2321</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2322</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2323</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2324</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2325</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2326</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2327</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2328</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2329</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2330</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2331</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2332</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2333</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2334</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2335</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2336</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2337</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2338</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2339</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2340</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2343</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2344</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2345</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2346</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2349</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2350</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2351</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2352</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2353</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2355</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2350</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2351</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2356</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2357</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2358</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2359</v>
+      </c>
+      <c r="D22" t="s">
+        <v>338</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2360</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2361</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2362</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2363</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2364</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2365</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2366</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2367</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C24" t="s">
+        <v>2370</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2371</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2372</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2373</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2375</v>
+      </c>
+      <c r="C25" t="s">
+        <v>2376</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2377</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2378</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2379</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2380</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2381</v>
+      </c>
+      <c r="C26" t="s">
+        <v>2382</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2383</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2384</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2385</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2386</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2387</v>
+      </c>
+      <c r="C27" t="s">
+        <v>2388</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2389</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2390</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2391</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2392</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2393</v>
+      </c>
+      <c r="C28" t="s">
+        <v>2394</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2395</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2114</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2396</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2397</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2398</v>
+      </c>
+      <c r="C29" t="s">
+        <v>2399</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2400</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2401</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2402</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2403</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2404</v>
+      </c>
+      <c r="C30" t="s">
+        <v>2405</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2406</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2407</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2408</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2409</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2410</v>
+      </c>
+      <c r="C31" t="s">
+        <v>2411</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2412</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2413</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2414</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2415</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2416</v>
+      </c>
+      <c r="C32" t="s">
+        <v>2417</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2418</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2198</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2419</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2421</v>
+      </c>
+      <c r="C33" t="s">
+        <v>2422</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2423</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2424</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2425</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2426</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H67"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2428</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2428</v>
+      </c>
+      <c r="D2" t="s">
+        <v>2429</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2430</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2431</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2432</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2433</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2434</v>
+      </c>
+      <c r="D3" t="s">
+        <v>2435</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2436</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2437</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2438</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2439</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2440</v>
+      </c>
+      <c r="D4" t="s">
+        <v>2441</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2442</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2443</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2444</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2445</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D5" t="s">
+        <v>2447</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2448</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2449</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2450</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2451</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2452</v>
+      </c>
+      <c r="D6" t="s">
+        <v>2453</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2454</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2455</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2456</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2457</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2458</v>
+      </c>
+      <c r="D7" t="s">
+        <v>2459</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2454</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2460</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2461</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2462</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2463</v>
+      </c>
+      <c r="D8" t="s">
+        <v>2464</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2465</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2466</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2467</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2469</v>
+      </c>
+      <c r="D9" t="s">
+        <v>2470</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2471</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2472</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2473</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2474</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2475</v>
+      </c>
+      <c r="D10" t="s">
+        <v>2476</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2477</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2478</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2479</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2480</v>
+      </c>
+      <c r="C11" t="s">
+        <v>2481</v>
+      </c>
+      <c r="D11" t="s">
+        <v>2482</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2483</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2484</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2485</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2486</v>
+      </c>
+      <c r="C12" t="s">
+        <v>2487</v>
+      </c>
+      <c r="D12" t="s">
+        <v>2488</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2489</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2490</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2491</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2492</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2493</v>
+      </c>
+      <c r="D13" t="s">
+        <v>2494</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2495</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2496</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2497</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2498</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2499</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2500</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2501</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2502</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2503</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2504</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2505</v>
+      </c>
+      <c r="D15" t="s">
+        <v>2506</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2507</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2508</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2509</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2510</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D16" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2513</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2514</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2515</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2516</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2517</v>
+      </c>
+      <c r="D17" t="s">
+        <v>2512</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2518</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2519</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2520</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2521</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2522</v>
+      </c>
+      <c r="D18" t="s">
+        <v>2523</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2524</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2525</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2526</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2527</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2528</v>
+      </c>
+      <c r="D19" t="s">
+        <v>2529</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2530</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2531</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2532</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2533</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2534</v>
+      </c>
+      <c r="D20" t="s">
+        <v>2535</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2536</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2537</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2538</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2539</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2540</v>
+      </c>
+      <c r="D21" t="s">
+        <v>2541</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2536</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2542</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2543</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2544</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2545</v>
+      </c>
+      <c r="D22" t="s">
+        <v>2541</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2536</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2546</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2547</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2548</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2549</v>
+      </c>
+      <c r="D23" t="s">
+        <v>2541</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2536</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2550</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2551</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2552</v>
+      </c>
+      <c r="C24" t="s">
+        <v>2553</v>
+      </c>
+      <c r="D24" t="s">
+        <v>2554</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2555</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2556</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2557</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2558</v>
+      </c>
+      <c r="C25" t="s">
+        <v>2559</v>
+      </c>
+      <c r="D25" t="s">
+        <v>2560</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2562</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2563</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2564</v>
+      </c>
+      <c r="C26" t="s">
+        <v>2565</v>
+      </c>
+      <c r="D26" t="s">
+        <v>2566</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2567</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2568</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C27" t="s">
+        <v>2570</v>
+      </c>
+      <c r="D27" t="s">
+        <v>2571</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2572</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2573</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2574</v>
+      </c>
+      <c r="C28" t="s">
+        <v>2575</v>
+      </c>
+      <c r="D28" t="s">
+        <v>2566</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2577</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2578</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2579</v>
+      </c>
+      <c r="C29" t="s">
+        <v>2580</v>
+      </c>
+      <c r="D29" t="s">
+        <v>2566</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2581</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2582</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2583</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2584</v>
+      </c>
+      <c r="C30" t="s">
+        <v>2585</v>
+      </c>
+      <c r="D30" t="s">
+        <v>2566</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2586</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2587</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2588</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C31" t="s">
+        <v>2590</v>
+      </c>
+      <c r="D31" t="s">
+        <v>2591</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2592</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2593</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2594</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2595</v>
+      </c>
+      <c r="C32" t="s">
+        <v>2596</v>
+      </c>
+      <c r="D32" t="s">
+        <v>2591</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2597</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2598</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2599</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2600</v>
+      </c>
+      <c r="C33" t="s">
+        <v>2601</v>
+      </c>
+      <c r="D33" t="s">
+        <v>2602</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2603</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2604</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2605</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2606</v>
+      </c>
+      <c r="C34" t="s">
+        <v>2607</v>
+      </c>
+      <c r="D34" t="s">
+        <v>2608</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2610</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2611</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2612</v>
+      </c>
+      <c r="C35" t="s">
+        <v>2613</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2614</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2615</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2616</v>
+      </c>
+      <c r="C36" t="s">
+        <v>2617</v>
+      </c>
+      <c r="D36" t="s">
+        <v>2618</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2619</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2620</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2621</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2622</v>
+      </c>
+      <c r="C37" t="s">
+        <v>2623</v>
+      </c>
+      <c r="D37" t="s">
+        <v>2618</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2619</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2624</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2625</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2626</v>
+      </c>
+      <c r="C38" t="s">
+        <v>2627</v>
+      </c>
+      <c r="D38" t="s">
+        <v>2618</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2619</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2628</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2630</v>
+      </c>
+      <c r="C39" t="s">
+        <v>2631</v>
+      </c>
+      <c r="D39" t="s">
+        <v>2632</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2633</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2634</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2635</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2636</v>
+      </c>
+      <c r="C40" t="s">
+        <v>2637</v>
+      </c>
+      <c r="D40" t="s">
+        <v>2632</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2638</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2639</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2640</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2641</v>
+      </c>
+      <c r="C41" t="s">
+        <v>2642</v>
+      </c>
+      <c r="D41" t="s">
+        <v>2643</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2644</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2645</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2646</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2647</v>
+      </c>
+      <c r="C42" t="s">
+        <v>2648</v>
+      </c>
+      <c r="D42" t="s">
+        <v>2643</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2644</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2649</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2650</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C43" t="s">
+        <v>2652</v>
+      </c>
+      <c r="D43" t="s">
+        <v>2653</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2654</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2655</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2656</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2657</v>
+      </c>
+      <c r="C44" t="s">
+        <v>2658</v>
+      </c>
+      <c r="D44" t="s">
+        <v>2659</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2660</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2661</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2662</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2663</v>
+      </c>
+      <c r="C45" t="s">
+        <v>2664</v>
+      </c>
+      <c r="D45" t="s">
+        <v>2665</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2666</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2667</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2668</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2669</v>
+      </c>
+      <c r="C46" t="s">
+        <v>2670</v>
+      </c>
+      <c r="D46" t="s">
+        <v>2665</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2666</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2671</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2672</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2673</v>
+      </c>
+      <c r="C47" t="s">
+        <v>2674</v>
+      </c>
+      <c r="D47" t="s">
+        <v>2665</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2666</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2675</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2676</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2677</v>
+      </c>
+      <c r="C48" t="s">
+        <v>2678</v>
+      </c>
+      <c r="D48" t="s">
+        <v>2679</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2666</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2680</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2681</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2682</v>
+      </c>
+      <c r="C49" t="s">
+        <v>2683</v>
+      </c>
+      <c r="D49" t="s">
+        <v>2679</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2666</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2684</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2685</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2686</v>
+      </c>
+      <c r="C50" t="s">
+        <v>2687</v>
+      </c>
+      <c r="D50" t="s">
+        <v>2688</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2689</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2690</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2691</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2692</v>
+      </c>
+      <c r="C51" t="s">
+        <v>2693</v>
+      </c>
+      <c r="D51" t="s">
+        <v>2694</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2695</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2696</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2697</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2698</v>
+      </c>
+      <c r="C52" t="s">
+        <v>2699</v>
+      </c>
+      <c r="D52" t="s">
+        <v>2694</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2695</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2700</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2701</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2702</v>
+      </c>
+      <c r="C53" t="s">
+        <v>2703</v>
+      </c>
+      <c r="D53" t="s">
+        <v>2704</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2695</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2705</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2706</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2707</v>
+      </c>
+      <c r="C54" t="s">
+        <v>2708</v>
+      </c>
+      <c r="D54" t="s">
+        <v>2694</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2695</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2709</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2710</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2711</v>
+      </c>
+      <c r="C55" t="s">
+        <v>2712</v>
+      </c>
+      <c r="D55" t="s">
+        <v>2694</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2695</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2713</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2714</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2715</v>
+      </c>
+      <c r="C56" t="s">
+        <v>2716</v>
+      </c>
+      <c r="D56" t="s">
+        <v>2694</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2695</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2717</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2718</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B57" t="s">
+        <v>2719</v>
+      </c>
+      <c r="C57" t="s">
+        <v>2720</v>
+      </c>
+      <c r="D57" t="s">
+        <v>2721</v>
+      </c>
+      <c r="E57" t="s">
+        <v>2722</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>2723</v>
+      </c>
+      <c r="H57" t="s">
+        <v>2724</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B58" t="s">
+        <v>2725</v>
+      </c>
+      <c r="C58" t="s">
+        <v>2726</v>
+      </c>
+      <c r="D58" t="s">
+        <v>2694</v>
+      </c>
+      <c r="E58" t="s">
+        <v>2722</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>2727</v>
+      </c>
+      <c r="H58" t="s">
+        <v>2728</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B59" t="s">
+        <v>2729</v>
+      </c>
+      <c r="C59" t="s">
+        <v>2730</v>
+      </c>
+      <c r="D59" t="s">
+        <v>2731</v>
+      </c>
+      <c r="E59" t="s">
+        <v>2732</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>2733</v>
+      </c>
+      <c r="H59" t="s">
+        <v>2734</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B60" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C60" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D60" t="s">
+        <v>2737</v>
+      </c>
+      <c r="E60" t="s">
+        <v>2732</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>2738</v>
+      </c>
+      <c r="H60" t="s">
+        <v>2739</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B61" t="s">
+        <v>2740</v>
+      </c>
+      <c r="C61" t="s">
+        <v>2741</v>
+      </c>
+      <c r="D61" t="s">
+        <v>2742</v>
+      </c>
+      <c r="E61" t="s">
+        <v>2743</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>2744</v>
+      </c>
+      <c r="H61" t="s">
+        <v>2745</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B62" t="s">
+        <v>2746</v>
+      </c>
+      <c r="C62" t="s">
+        <v>2747</v>
+      </c>
+      <c r="D62" t="s">
+        <v>2748</v>
+      </c>
+      <c r="E62" t="s">
+        <v>2749</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>2750</v>
+      </c>
+      <c r="H62" t="s">
+        <v>2751</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B63" t="s">
+        <v>2752</v>
+      </c>
+      <c r="C63" t="s">
+        <v>2753</v>
+      </c>
+      <c r="D63" t="s">
+        <v>2754</v>
+      </c>
+      <c r="E63" t="s">
+        <v>2755</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>2756</v>
+      </c>
+      <c r="H63" t="s">
+        <v>2757</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B64" t="s">
+        <v>2758</v>
+      </c>
+      <c r="C64" t="s">
+        <v>2759</v>
+      </c>
+      <c r="D64" t="s">
+        <v>2754</v>
+      </c>
+      <c r="E64" t="s">
+        <v>2755</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>2760</v>
+      </c>
+      <c r="H64" t="s">
+        <v>2761</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B65" t="s">
+        <v>2762</v>
+      </c>
+      <c r="C65" t="s">
+        <v>2763</v>
+      </c>
+      <c r="D65" t="s">
+        <v>2764</v>
+      </c>
+      <c r="E65" t="s">
+        <v>2765</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>2766</v>
+      </c>
+      <c r="H65" t="s">
+        <v>2767</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B66" t="s">
+        <v>2768</v>
+      </c>
+      <c r="C66" t="s">
+        <v>2769</v>
+      </c>
+      <c r="D66" t="s">
+        <v>2770</v>
+      </c>
+      <c r="E66" t="s">
+        <v>2765</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>2771</v>
+      </c>
+      <c r="H66" t="s">
+        <v>2772</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>2427</v>
+      </c>
+      <c r="B67" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C67" t="s">
+        <v>2774</v>
+      </c>
+      <c r="D67" t="s">
+        <v>2775</v>
+      </c>
+      <c r="E67" t="s">
+        <v>2765</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>2776</v>
+      </c>
+      <c r="H67" t="s">
+        <v>2777</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H95"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2779</v>
+      </c>
+      <c r="C2" t="s">
+        <v>2780</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2781</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2782</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2783</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2784</v>
+      </c>
+      <c r="C3" t="s">
+        <v>2785</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2786</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2787</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2788</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2789</v>
+      </c>
+      <c r="C4" t="s">
+        <v>2790</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2791</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2792</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2793</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2794</v>
+      </c>
+      <c r="C5" t="s">
+        <v>2795</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2796</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2797</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2798</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B6" t="s">
+        <v>2799</v>
+      </c>
+      <c r="C6" t="s">
+        <v>2800</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2801</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2802</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2803</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2804</v>
+      </c>
+      <c r="C7" t="s">
+        <v>2805</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2807</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2808</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2809</v>
+      </c>
+      <c r="C8" t="s">
+        <v>2810</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2811</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2812</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2813</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2814</v>
+      </c>
+      <c r="C9" t="s">
+        <v>2815</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2816</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2817</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2818</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2819</v>
+      </c>
+      <c r="C10" t="s">
+        <v>2820</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2821</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2822</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2823</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2824</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2825</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2826</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2827</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2828</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2829</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2830</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2831</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C13" t="s">
+        <v>2833</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2834</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2835</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2836</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2837</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2838</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2839</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2840</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2841</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2842</v>
+      </c>
+      <c r="C15" t="s">
+        <v>2843</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2844</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2845</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2846</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2847</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2843</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2848</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2849</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2850</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B17" t="s">
+        <v>2851</v>
+      </c>
+      <c r="C17" t="s">
+        <v>2852</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2853</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2854</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2855</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2856</v>
+      </c>
+      <c r="C18" t="s">
+        <v>2857</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2858</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2859</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2860</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2861</v>
+      </c>
+      <c r="C19" t="s">
+        <v>2862</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2863</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2864</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2865</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2866</v>
+      </c>
+      <c r="C20" t="s">
+        <v>2867</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2868</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2869</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2870</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2871</v>
+      </c>
+      <c r="C21" t="s">
+        <v>2872</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2873</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2874</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2875</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B22" t="s">
+        <v>2876</v>
+      </c>
+      <c r="C22" t="s">
+        <v>2877</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2873</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2878</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2879</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2880</v>
+      </c>
+      <c r="C23" t="s">
+        <v>2881</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2882</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2883</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2884</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2885</v>
+      </c>
+      <c r="C24" t="s">
+        <v>2867</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2886</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2887</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2888</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2889</v>
+      </c>
+      <c r="C25" t="s">
+        <v>2890</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2891</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2892</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2893</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2894</v>
+      </c>
+      <c r="C26" t="s">
+        <v>2895</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2896</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2897</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2898</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2899</v>
+      </c>
+      <c r="C27" t="s">
+        <v>2900</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2901</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2902</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2903</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2904</v>
+      </c>
+      <c r="C28" t="s">
+        <v>2905</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2906</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2907</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2908</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2909</v>
+      </c>
+      <c r="C29" t="s">
+        <v>2910</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2911</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2912</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2913</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B30" t="s">
+        <v>2914</v>
+      </c>
+      <c r="C30" t="s">
+        <v>2915</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2916</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2917</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2918</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2919</v>
+      </c>
+      <c r="C31" t="s">
+        <v>2920</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2921</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2922</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2923</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2924</v>
+      </c>
+      <c r="C32" t="s">
+        <v>2925</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2926</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2927</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2928</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2930</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2931</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2932</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2933</v>
+      </c>
+      <c r="C34" t="s">
+        <v>2934</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2935</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2936</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2937</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B35" t="s">
+        <v>2938</v>
+      </c>
+      <c r="C35" t="s">
+        <v>2939</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2940</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2941</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2942</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2943</v>
+      </c>
+      <c r="C36" t="s">
+        <v>2944</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2935</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2945</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2946</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2947</v>
+      </c>
+      <c r="C37" t="s">
+        <v>2948</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2950</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2951</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2952</v>
+      </c>
+      <c r="C38" t="s">
+        <v>2953</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2954</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2955</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2956</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2957</v>
+      </c>
+      <c r="C39" t="s">
+        <v>2958</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2935</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2959</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2960</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2961</v>
+      </c>
+      <c r="C40" t="s">
+        <v>2962</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2963</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2964</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2965</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B41" t="s">
+        <v>2966</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2967</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2968</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2969</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2970</v>
+      </c>
+      <c r="C42" t="s">
+        <v>2971</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2973</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2974</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2975</v>
+      </c>
+      <c r="C43" t="s">
+        <v>2976</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2972</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2977</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2978</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2979</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2980</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2981</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2982</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2983</v>
+      </c>
+      <c r="C45" t="s">
+        <v>2984</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2985</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2986</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2987</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2988</v>
+      </c>
+      <c r="C46" t="s">
+        <v>2989</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2990</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2991</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2992</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2993</v>
+      </c>
+      <c r="C47" t="s">
+        <v>2994</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2995</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2996</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2997</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2998</v>
+      </c>
+      <c r="C48" t="s">
+        <v>2999</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>3000</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>3001</v>
+      </c>
+      <c r="H48" t="s">
+        <v>3002</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B49" t="s">
+        <v>3003</v>
+      </c>
+      <c r="C49" t="s">
+        <v>3004</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>3005</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>3006</v>
+      </c>
+      <c r="H49" t="s">
+        <v>3007</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B50" t="s">
+        <v>3008</v>
+      </c>
+      <c r="C50" t="s">
+        <v>3009</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>3010</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>3011</v>
+      </c>
+      <c r="H50" t="s">
+        <v>3012</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B51" t="s">
+        <v>3013</v>
+      </c>
+      <c r="C51" t="s">
+        <v>3014</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>3015</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>3016</v>
+      </c>
+      <c r="H51" t="s">
+        <v>3017</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B52" t="s">
+        <v>3018</v>
+      </c>
+      <c r="C52" t="s">
+        <v>3019</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>3020</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>3021</v>
+      </c>
+      <c r="H52" t="s">
+        <v>3022</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B53" t="s">
+        <v>3023</v>
+      </c>
+      <c r="C53" t="s">
+        <v>3024</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>3025</v>
+      </c>
+      <c r="H53" t="s">
+        <v>3026</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B54" t="s">
+        <v>3027</v>
+      </c>
+      <c r="C54" t="s">
+        <v>3028</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>3029</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>3030</v>
+      </c>
+      <c r="H54" t="s">
+        <v>3031</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B55" t="s">
+        <v>3032</v>
+      </c>
+      <c r="C55" t="s">
+        <v>3033</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>3034</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>3035</v>
+      </c>
+      <c r="H55" t="s">
+        <v>3036</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B56" t="s">
+        <v>3037</v>
+      </c>
+      <c r="C56" t="s">
+        <v>3038</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>3039</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>3040</v>
+      </c>
+      <c r="H56" t="s">
+        <v>3041</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B57" t="s">
+        <v>3042</v>
+      </c>
+      <c r="C57" t="s">
+        <v>3043</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>3044</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>3045</v>
+      </c>
+      <c r="H57" t="s">
+        <v>3046</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B58" t="s">
+        <v>3047</v>
+      </c>
+      <c r="C58" t="s">
+        <v>3048</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>3049</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>3050</v>
+      </c>
+      <c r="H58" t="s">
+        <v>3051</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B59" t="s">
+        <v>3052</v>
+      </c>
+      <c r="C59" t="s">
+        <v>3053</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>3049</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>3054</v>
+      </c>
+      <c r="H59" t="s">
+        <v>3055</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B60" t="s">
+        <v>3056</v>
+      </c>
+      <c r="C60" t="s">
+        <v>3057</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>3058</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>3059</v>
+      </c>
+      <c r="H60" t="s">
+        <v>3060</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B61" t="s">
+        <v>3061</v>
+      </c>
+      <c r="C61" t="s">
+        <v>3062</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>3063</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>3064</v>
+      </c>
+      <c r="H61" t="s">
+        <v>3065</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B62" t="s">
+        <v>3066</v>
+      </c>
+      <c r="C62" t="s">
+        <v>3067</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>3068</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>3069</v>
+      </c>
+      <c r="H62" t="s">
+        <v>3070</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B63" t="s">
+        <v>3071</v>
+      </c>
+      <c r="C63" t="s">
+        <v>3072</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>3074</v>
+      </c>
+      <c r="H63" t="s">
+        <v>3075</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B64" t="s">
+        <v>3076</v>
+      </c>
+      <c r="C64" t="s">
+        <v>3077</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>3078</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>3079</v>
+      </c>
+      <c r="H64" t="s">
+        <v>3080</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B65" t="s">
+        <v>3081</v>
+      </c>
+      <c r="C65" t="s">
+        <v>3082</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>3083</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>3084</v>
+      </c>
+      <c r="H65" t="s">
+        <v>3085</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B66" t="s">
+        <v>3086</v>
+      </c>
+      <c r="C66" t="s">
+        <v>3087</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>3088</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>3089</v>
+      </c>
+      <c r="H66" t="s">
+        <v>3090</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B67" t="s">
+        <v>3091</v>
+      </c>
+      <c r="C67" t="s">
+        <v>3092</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>3093</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>3094</v>
+      </c>
+      <c r="H67" t="s">
+        <v>3095</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B68" t="s">
+        <v>3096</v>
+      </c>
+      <c r="C68" t="s">
+        <v>3097</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>3098</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>3099</v>
+      </c>
+      <c r="H68" t="s">
+        <v>3100</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B69" t="s">
+        <v>3101</v>
+      </c>
+      <c r="C69" t="s">
+        <v>3102</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>3103</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>3104</v>
+      </c>
+      <c r="H69" t="s">
+        <v>3105</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B70" t="s">
+        <v>3106</v>
+      </c>
+      <c r="C70" t="s">
+        <v>3107</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>3108</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>3109</v>
+      </c>
+      <c r="H70" t="s">
+        <v>3110</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B71" t="s">
+        <v>3111</v>
+      </c>
+      <c r="C71" t="s">
+        <v>3112</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>3113</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>3114</v>
+      </c>
+      <c r="H71" t="s">
+        <v>3115</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B72" t="s">
+        <v>3116</v>
+      </c>
+      <c r="C72" t="s">
+        <v>3117</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>3118</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>3119</v>
+      </c>
+      <c r="H72" t="s">
+        <v>3120</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B73" t="s">
+        <v>3121</v>
+      </c>
+      <c r="C73" t="s">
+        <v>3122</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>3123</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>3124</v>
+      </c>
+      <c r="H73" t="s">
+        <v>3125</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B74" t="s">
+        <v>3126</v>
+      </c>
+      <c r="C74" t="s">
+        <v>3127</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>3128</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>3129</v>
+      </c>
+      <c r="H74" t="s">
+        <v>3130</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B75" t="s">
+        <v>3131</v>
+      </c>
+      <c r="C75" t="s">
+        <v>3132</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>3133</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>3134</v>
+      </c>
+      <c r="H75" t="s">
+        <v>3135</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B76" t="s">
+        <v>3136</v>
+      </c>
+      <c r="C76" t="s">
+        <v>3137</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>3138</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>3139</v>
+      </c>
+      <c r="H76" t="s">
+        <v>3140</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B77" t="s">
+        <v>3141</v>
+      </c>
+      <c r="C77" t="s">
+        <v>3142</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>3143</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>3144</v>
+      </c>
+      <c r="H77" t="s">
+        <v>3145</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B78" t="s">
+        <v>3146</v>
+      </c>
+      <c r="C78" t="s">
+        <v>3147</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>3148</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>3149</v>
+      </c>
+      <c r="H78" t="s">
+        <v>3150</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B79" t="s">
+        <v>3151</v>
+      </c>
+      <c r="C79" t="s">
+        <v>13</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>3152</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>3153</v>
+      </c>
+      <c r="H79" t="s">
+        <v>3154</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B80" t="s">
+        <v>3155</v>
+      </c>
+      <c r="C80" t="s">
+        <v>3156</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>3157</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>3158</v>
+      </c>
+      <c r="H80" t="s">
+        <v>3159</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B81" t="s">
+        <v>3160</v>
+      </c>
+      <c r="C81" t="s">
+        <v>3161</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>3162</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>3163</v>
+      </c>
+      <c r="H81" t="s">
+        <v>3164</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B82" t="s">
+        <v>3165</v>
+      </c>
+      <c r="C82" t="s">
+        <v>3166</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>3167</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>3168</v>
+      </c>
+      <c r="H82" t="s">
+        <v>3169</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B83" t="s">
+        <v>3170</v>
+      </c>
+      <c r="C83" t="s">
+        <v>3171</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>3172</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>3173</v>
+      </c>
+      <c r="H83" t="s">
+        <v>3174</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B84" t="s">
+        <v>3175</v>
+      </c>
+      <c r="C84" t="s">
+        <v>3176</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>3177</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>3178</v>
+      </c>
+      <c r="H84" t="s">
+        <v>3179</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B85" t="s">
+        <v>3180</v>
+      </c>
+      <c r="C85" t="s">
+        <v>3181</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>3182</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>3183</v>
+      </c>
+      <c r="H85" t="s">
+        <v>3184</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B86" t="s">
+        <v>3185</v>
+      </c>
+      <c r="C86" t="s">
+        <v>3186</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>3187</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>3188</v>
+      </c>
+      <c r="H86" t="s">
+        <v>3189</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B87" t="s">
+        <v>3190</v>
+      </c>
+      <c r="C87" t="s">
+        <v>3191</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>3192</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>3193</v>
+      </c>
+      <c r="H87" t="s">
+        <v>3194</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B88" t="s">
+        <v>3195</v>
+      </c>
+      <c r="C88" t="s">
+        <v>3196</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>3197</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>3198</v>
+      </c>
+      <c r="H88" t="s">
+        <v>3199</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B89" t="s">
+        <v>3200</v>
+      </c>
+      <c r="C89" t="s">
+        <v>13</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>3201</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>3202</v>
+      </c>
+      <c r="H89" t="s">
+        <v>3203</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B90" t="s">
+        <v>2074</v>
+      </c>
+      <c r="C90" t="s">
+        <v>3204</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>3205</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>3206</v>
+      </c>
+      <c r="H90" t="s">
+        <v>3207</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B91" t="s">
+        <v>3208</v>
+      </c>
+      <c r="C91" t="s">
+        <v>13</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>3209</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>3210</v>
+      </c>
+      <c r="H91" t="s">
+        <v>3211</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B92" t="s">
+        <v>3212</v>
+      </c>
+      <c r="C92" t="s">
+        <v>13</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>65</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>3213</v>
+      </c>
+      <c r="H92" t="s">
+        <v>3214</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B93" t="s">
+        <v>3215</v>
+      </c>
+      <c r="C93" t="s">
+        <v>3216</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>3217</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>3218</v>
+      </c>
+      <c r="H93" t="s">
+        <v>3219</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B94" t="s">
+        <v>2929</v>
+      </c>
+      <c r="C94" t="s">
+        <v>3220</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>3221</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>3222</v>
+      </c>
+      <c r="H94" t="s">
+        <v>3223</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>2778</v>
+      </c>
+      <c r="B95" t="s">
+        <v>3224</v>
+      </c>
+      <c r="C95" t="s">
+        <v>3225</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>3226</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>3227</v>
+      </c>
+      <c r="H95" t="s">
+        <v>3228</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>99</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>100</v>
+      </c>
+      <c r="H2" t="s">
+        <v>101</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:J2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>102</v>
+      </c>
+      <c r="J1" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>104</v>
+      </c>
+      <c r="B2" t="s">
+        <v>105</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>106</v>
+      </c>
+      <c r="E2" t="s">
+        <v>107</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>108</v>
+      </c>
+      <c r="H2" t="s">
+        <v>109</v>
+      </c>
+      <c r="I2" t="s">
+        <v>13</v>
+      </c>
+      <c r="J2" t="s">
+        <v>110</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H35"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>111</v>
+      </c>
+      <c r="B2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D2" t="s">
+        <v>114</v>
+      </c>
+      <c r="E2" t="s">
+        <v>115</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>116</v>
+      </c>
+      <c r="H2" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>111</v>
+      </c>
+      <c r="B3" t="s">
+        <v>118</v>
+      </c>
+      <c r="C3" t="s">
+        <v>119</v>
+      </c>
+      <c r="D3" t="s">
+        <v>120</v>
+      </c>
+      <c r="E3" t="s">
+        <v>121</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>122</v>
+      </c>
+      <c r="H3" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>111</v>
+      </c>
+      <c r="B4" t="s">
+        <v>124</v>
+      </c>
+      <c r="C4" t="s">
+        <v>125</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>126</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>127</v>
+      </c>
+      <c r="H4" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B5" t="s">
+        <v>129</v>
+      </c>
+      <c r="C5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D5" t="s">
+        <v>131</v>
+      </c>
+      <c r="E5" t="s">
+        <v>132</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>133</v>
+      </c>
+      <c r="H5" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>111</v>
+      </c>
+      <c r="B6" t="s">
+        <v>135</v>
+      </c>
+      <c r="C6" t="s">
+        <v>130</v>
+      </c>
+      <c r="D6" t="s">
+        <v>131</v>
+      </c>
+      <c r="E6" t="s">
+        <v>132</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>136</v>
+      </c>
+      <c r="H6" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>111</v>
+      </c>
+      <c r="B7" t="s">
+        <v>138</v>
+      </c>
+      <c r="C7" t="s">
+        <v>130</v>
+      </c>
+      <c r="D7" t="s">
+        <v>131</v>
+      </c>
+      <c r="E7" t="s">
+        <v>132</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>139</v>
+      </c>
+      <c r="H7" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>111</v>
+      </c>
+      <c r="B8" t="s">
+        <v>141</v>
+      </c>
+      <c r="C8" t="s">
+        <v>142</v>
+      </c>
+      <c r="D8" t="s">
+        <v>143</v>
+      </c>
+      <c r="E8" t="s">
+        <v>144</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>145</v>
+      </c>
+      <c r="H8" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>111</v>
+      </c>
+      <c r="B9" t="s">
+        <v>147</v>
+      </c>
+      <c r="C9" t="s">
+        <v>130</v>
+      </c>
+      <c r="D9" t="s">
+        <v>148</v>
+      </c>
+      <c r="E9" t="s">
+        <v>149</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>150</v>
+      </c>
+      <c r="H9" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>111</v>
+      </c>
+      <c r="B10" t="s">
+        <v>152</v>
+      </c>
+      <c r="C10" t="s">
+        <v>130</v>
+      </c>
+      <c r="D10" t="s">
+        <v>148</v>
+      </c>
+      <c r="E10" t="s">
+        <v>149</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>153</v>
+      </c>
+      <c r="H10" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>111</v>
+      </c>
+      <c r="B11" t="s">
+        <v>155</v>
+      </c>
+      <c r="C11" t="s">
+        <v>130</v>
+      </c>
+      <c r="D11" t="s">
+        <v>148</v>
+      </c>
+      <c r="E11" t="s">
+        <v>149</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>156</v>
+      </c>
+      <c r="H11" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>111</v>
+      </c>
+      <c r="B12" t="s">
+        <v>158</v>
+      </c>
+      <c r="C12" t="s">
+        <v>130</v>
+      </c>
+      <c r="D12" t="s">
+        <v>148</v>
+      </c>
+      <c r="E12" t="s">
+        <v>149</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>159</v>
+      </c>
+      <c r="H12" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>111</v>
+      </c>
+      <c r="B13" t="s">
+        <v>161</v>
+      </c>
+      <c r="C13" t="s">
+        <v>130</v>
+      </c>
+      <c r="D13" t="s">
+        <v>148</v>
+      </c>
+      <c r="E13" t="s">
+        <v>149</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>162</v>
+      </c>
+      <c r="H13" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" t="s">
+        <v>164</v>
+      </c>
+      <c r="C14" t="s">
+        <v>165</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>166</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>167</v>
+      </c>
+      <c r="H14" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>111</v>
+      </c>
+      <c r="B15" t="s">
+        <v>169</v>
+      </c>
+      <c r="C15" t="s">
+        <v>170</v>
+      </c>
+      <c r="D15" t="s">
+        <v>171</v>
+      </c>
+      <c r="E15" t="s">
+        <v>172</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>173</v>
+      </c>
+      <c r="H15" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>111</v>
+      </c>
+      <c r="B16" t="s">
+        <v>175</v>
+      </c>
+      <c r="C16" t="s">
+        <v>176</v>
+      </c>
+      <c r="D16" t="s">
+        <v>177</v>
+      </c>
+      <c r="E16" t="s">
+        <v>178</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>179</v>
+      </c>
+      <c r="H16" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>111</v>
+      </c>
+      <c r="B17" t="s">
+        <v>181</v>
+      </c>
+      <c r="C17" t="s">
+        <v>182</v>
+      </c>
+      <c r="D17" t="s">
+        <v>183</v>
+      </c>
+      <c r="E17" t="s">
+        <v>184</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>185</v>
+      </c>
+      <c r="H17" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>111</v>
+      </c>
+      <c r="B18" t="s">
+        <v>187</v>
+      </c>
+      <c r="C18" t="s">
+        <v>130</v>
+      </c>
+      <c r="D18" t="s">
+        <v>188</v>
+      </c>
+      <c r="E18" t="s">
+        <v>189</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>190</v>
+      </c>
+      <c r="H18" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>111</v>
+      </c>
+      <c r="B19" t="s">
+        <v>192</v>
+      </c>
+      <c r="C19" t="s">
+        <v>130</v>
+      </c>
+      <c r="D19" t="s">
+        <v>188</v>
+      </c>
+      <c r="E19" t="s">
+        <v>193</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>194</v>
+      </c>
+      <c r="H19" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>111</v>
+      </c>
+      <c r="B20" t="s">
+        <v>196</v>
+      </c>
+      <c r="C20" t="s">
+        <v>197</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>198</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>199</v>
+      </c>
+      <c r="H20" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>111</v>
+      </c>
+      <c r="B21" t="s">
+        <v>201</v>
+      </c>
+      <c r="C21" t="s">
+        <v>202</v>
+      </c>
+      <c r="D21" t="s">
+        <v>203</v>
+      </c>
+      <c r="E21" t="s">
+        <v>204</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>205</v>
+      </c>
+      <c r="H21" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>111</v>
+      </c>
+      <c r="B22" t="s">
+        <v>207</v>
+      </c>
+      <c r="C22" t="s">
+        <v>208</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>209</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>210</v>
+      </c>
+      <c r="H22" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>111</v>
+      </c>
+      <c r="B23" t="s">
+        <v>212</v>
+      </c>
+      <c r="C23" t="s">
+        <v>213</v>
+      </c>
+      <c r="D23" t="s">
+        <v>214</v>
+      </c>
+      <c r="E23" t="s">
+        <v>215</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>216</v>
+      </c>
+      <c r="H23" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>111</v>
+      </c>
+      <c r="B24" t="s">
+        <v>218</v>
+      </c>
+      <c r="C24" t="s">
+        <v>219</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>220</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>221</v>
+      </c>
+      <c r="H24" t="s">
+        <v>222</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>111</v>
+      </c>
+      <c r="B25" t="s">
+        <v>223</v>
+      </c>
+      <c r="C25" t="s">
+        <v>224</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>225</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>226</v>
+      </c>
+      <c r="H25" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>111</v>
+      </c>
+      <c r="B26" t="s">
+        <v>228</v>
+      </c>
+      <c r="C26" t="s">
+        <v>229</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>230</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>231</v>
+      </c>
+      <c r="H26" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>111</v>
+      </c>
+      <c r="B27" t="s">
+        <v>233</v>
+      </c>
+      <c r="C27" t="s">
+        <v>234</v>
+      </c>
+      <c r="D27" t="s">
+        <v>235</v>
+      </c>
+      <c r="E27" t="s">
+        <v>236</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>237</v>
+      </c>
+      <c r="H27" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>111</v>
+      </c>
+      <c r="B28" t="s">
+        <v>239</v>
+      </c>
+      <c r="C28" t="s">
+        <v>240</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>241</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>242</v>
+      </c>
+      <c r="H28" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>111</v>
+      </c>
+      <c r="B29" t="s">
+        <v>244</v>
+      </c>
+      <c r="C29" t="s">
+        <v>245</v>
+      </c>
+      <c r="D29" t="s">
+        <v>246</v>
+      </c>
+      <c r="E29" t="s">
+        <v>247</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>248</v>
+      </c>
+      <c r="H29" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>111</v>
+      </c>
+      <c r="B30" t="s">
+        <v>250</v>
+      </c>
+      <c r="C30" t="s">
+        <v>251</v>
+      </c>
+      <c r="D30" t="s">
+        <v>252</v>
+      </c>
+      <c r="E30" t="s">
+        <v>253</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>254</v>
+      </c>
+      <c r="H30" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>111</v>
+      </c>
+      <c r="B31" t="s">
+        <v>256</v>
+      </c>
+      <c r="C31" t="s">
+        <v>257</v>
+      </c>
+      <c r="D31" t="s">
+        <v>258</v>
+      </c>
+      <c r="E31" t="s">
+        <v>259</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>260</v>
+      </c>
+      <c r="H31" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>111</v>
+      </c>
+      <c r="B32" t="s">
+        <v>262</v>
+      </c>
+      <c r="C32" t="s">
+        <v>263</v>
+      </c>
+      <c r="D32" t="s">
+        <v>264</v>
+      </c>
+      <c r="E32" t="s">
+        <v>265</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>266</v>
+      </c>
+      <c r="H32" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>111</v>
+      </c>
+      <c r="B33" t="s">
+        <v>268</v>
+      </c>
+      <c r="C33" t="s">
+        <v>269</v>
+      </c>
+      <c r="D33" t="s">
+        <v>270</v>
+      </c>
+      <c r="E33" t="s">
+        <v>271</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>272</v>
+      </c>
+      <c r="H33" t="s">
+        <v>273</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>111</v>
+      </c>
+      <c r="B34" t="s">
+        <v>274</v>
+      </c>
+      <c r="C34" t="s">
+        <v>275</v>
+      </c>
+      <c r="D34" t="s">
+        <v>270</v>
+      </c>
+      <c r="E34" t="s">
+        <v>276</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>277</v>
+      </c>
+      <c r="H34" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>111</v>
+      </c>
+      <c r="B35" t="s">
+        <v>279</v>
+      </c>
+      <c r="C35" t="s">
+        <v>280</v>
+      </c>
+      <c r="D35" t="s">
+        <v>281</v>
+      </c>
+      <c r="E35" t="s">
+        <v>282</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>283</v>
+      </c>
+      <c r="H35" t="s">
+        <v>284</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>286</v>
+      </c>
+      <c r="B2" t="s">
+        <v>287</v>
+      </c>
+      <c r="C2" t="s">
+        <v>288</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>290</v>
       </c>
+      <c r="H2" t="s">
+        <v>291</v>
+      </c>
+      <c r="I2" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>286</v>
+      </c>
+      <c r="B3" t="s">
+        <v>293</v>
+      </c>
+      <c r="C3" t="s">
+        <v>294</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>295</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>296</v>
+      </c>
+      <c r="H3" t="s">
+        <v>297</v>
+      </c>
+      <c r="I3" t="s">
+        <v>298</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H26"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>299</v>
+      </c>
+      <c r="B2" t="s">
+        <v>300</v>
+      </c>
+      <c r="C2" t="s">
+        <v>301</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>302</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>303</v>
+      </c>
+      <c r="H2" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>299</v>
+      </c>
+      <c r="B3" t="s">
+        <v>305</v>
+      </c>
+      <c r="C3" t="s">
+        <v>306</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>308</v>
+      </c>
+      <c r="H3" t="s">
+        <v>309</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>299</v>
+      </c>
+      <c r="B4" t="s">
+        <v>310</v>
+      </c>
+      <c r="C4" t="s">
+        <v>311</v>
+      </c>
+      <c r="D4" t="s">
+        <v>312</v>
+      </c>
+      <c r="E4" t="s">
+        <v>313</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>314</v>
+      </c>
+      <c r="H4" t="s">
+        <v>315</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>299</v>
+      </c>
+      <c r="B5" t="s">
+        <v>316</v>
+      </c>
+      <c r="C5" t="s">
+        <v>317</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>318</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>319</v>
+      </c>
+      <c r="H5" t="s">
+        <v>320</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>299</v>
+      </c>
+      <c r="B6" t="s">
+        <v>321</v>
+      </c>
+      <c r="C6" t="s">
+        <v>322</v>
+      </c>
+      <c r="D6" t="s">
+        <v>312</v>
+      </c>
+      <c r="E6" t="s">
+        <v>323</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>324</v>
+      </c>
+      <c r="H6" t="s">
+        <v>325</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>299</v>
+      </c>
+      <c r="B7" t="s">
+        <v>326</v>
+      </c>
+      <c r="C7" t="s">
+        <v>327</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>323</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>328</v>
+      </c>
+      <c r="H7" t="s">
+        <v>329</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>299</v>
+      </c>
+      <c r="B8" t="s">
+        <v>330</v>
+      </c>
+      <c r="C8" t="s">
+        <v>331</v>
+      </c>
+      <c r="D8" t="s">
+        <v>332</v>
+      </c>
+      <c r="E8" t="s">
+        <v>333</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>334</v>
+      </c>
+      <c r="H8" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>299</v>
+      </c>
+      <c r="B9" t="s">
+        <v>336</v>
+      </c>
+      <c r="C9" t="s">
+        <v>337</v>
+      </c>
+      <c r="D9" t="s">
+        <v>338</v>
+      </c>
+      <c r="E9" t="s">
+        <v>338</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>339</v>
+      </c>
+      <c r="H9" t="s">
+        <v>340</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>299</v>
+      </c>
+      <c r="B10" t="s">
+        <v>341</v>
+      </c>
+      <c r="C10" t="s">
+        <v>342</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>343</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>344</v>
+      </c>
+      <c r="H10" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>299</v>
+      </c>
+      <c r="B11" t="s">
+        <v>346</v>
+      </c>
+      <c r="C11" t="s">
+        <v>347</v>
+      </c>
+      <c r="D11" t="s">
+        <v>348</v>
+      </c>
+      <c r="E11" t="s">
+        <v>349</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>350</v>
+      </c>
+      <c r="H11" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>299</v>
+      </c>
+      <c r="B12" t="s">
+        <v>352</v>
+      </c>
+      <c r="C12" t="s">
+        <v>353</v>
+      </c>
+      <c r="D12" t="s">
+        <v>354</v>
+      </c>
+      <c r="E12" t="s">
+        <v>355</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>356</v>
+      </c>
+      <c r="H12" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>299</v>
+      </c>
+      <c r="B13" t="s">
+        <v>358</v>
+      </c>
+      <c r="C13" t="s">
+        <v>359</v>
+      </c>
+      <c r="D13" t="s">
+        <v>360</v>
+      </c>
+      <c r="E13" t="s">
+        <v>361</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>362</v>
+      </c>
+      <c r="H13" t="s">
+        <v>363</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>299</v>
+      </c>
+      <c r="B14" t="s">
+        <v>364</v>
+      </c>
+      <c r="C14" t="s">
+        <v>365</v>
+      </c>
+      <c r="D14" t="s">
+        <v>360</v>
+      </c>
+      <c r="E14" t="s">
+        <v>366</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>367</v>
+      </c>
+      <c r="H14" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>299</v>
+      </c>
+      <c r="B15" t="s">
+        <v>369</v>
+      </c>
+      <c r="C15" t="s">
+        <v>370</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>371</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>372</v>
+      </c>
+      <c r="H15" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>299</v>
+      </c>
+      <c r="B16" t="s">
+        <v>374</v>
+      </c>
+      <c r="C16" t="s">
+        <v>375</v>
+      </c>
+      <c r="D16" t="s">
+        <v>376</v>
+      </c>
+      <c r="E16" t="s">
+        <v>377</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>378</v>
+      </c>
+      <c r="H16" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>299</v>
+      </c>
+      <c r="B17" t="s">
+        <v>380</v>
+      </c>
+      <c r="C17" t="s">
+        <v>381</v>
+      </c>
+      <c r="D17" t="s">
+        <v>382</v>
+      </c>
+      <c r="E17" t="s">
+        <v>383</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>384</v>
+      </c>
+      <c r="H17" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>299</v>
+      </c>
+      <c r="B18" t="s">
+        <v>386</v>
+      </c>
+      <c r="C18" t="s">
+        <v>387</v>
+      </c>
+      <c r="D18" t="s">
+        <v>388</v>
+      </c>
+      <c r="E18" t="s">
+        <v>389</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>390</v>
+      </c>
+      <c r="H18" t="s">
+        <v>391</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>299</v>
+      </c>
+      <c r="B19" t="s">
+        <v>392</v>
+      </c>
+      <c r="C19" t="s">
+        <v>393</v>
+      </c>
+      <c r="D19" t="s">
+        <v>394</v>
+      </c>
+      <c r="E19" t="s">
+        <v>395</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>396</v>
+      </c>
+      <c r="H19" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>299</v>
+      </c>
+      <c r="B20" t="s">
+        <v>398</v>
+      </c>
+      <c r="C20" t="s">
+        <v>399</v>
+      </c>
+      <c r="D20" t="s">
+        <v>400</v>
+      </c>
+      <c r="E20" t="s">
+        <v>401</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>402</v>
+      </c>
+      <c r="H20" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>299</v>
+      </c>
+      <c r="B21" t="s">
+        <v>404</v>
+      </c>
+      <c r="C21" t="s">
+        <v>405</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>406</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>407</v>
+      </c>
+      <c r="H21" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>299</v>
+      </c>
+      <c r="B22" t="s">
+        <v>409</v>
+      </c>
+      <c r="C22" t="s">
+        <v>410</v>
+      </c>
+      <c r="D22" t="s">
+        <v>411</v>
+      </c>
+      <c r="E22" t="s">
+        <v>412</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>413</v>
+      </c>
+      <c r="H22" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>299</v>
+      </c>
+      <c r="B23" t="s">
+        <v>415</v>
+      </c>
+      <c r="C23" t="s">
+        <v>416</v>
+      </c>
+      <c r="D23" t="s">
+        <v>417</v>
+      </c>
+      <c r="E23" t="s">
+        <v>418</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>419</v>
+      </c>
+      <c r="H23" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>299</v>
+      </c>
+      <c r="B24" t="s">
+        <v>421</v>
+      </c>
+      <c r="C24" t="s">
+        <v>422</v>
+      </c>
+      <c r="D24" t="s">
+        <v>423</v>
+      </c>
+      <c r="E24" t="s">
+        <v>424</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>425</v>
+      </c>
+      <c r="H24" t="s">
+        <v>426</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>299</v>
+      </c>
+      <c r="B25" t="s">
+        <v>427</v>
+      </c>
+      <c r="C25" t="s">
+        <v>428</v>
+      </c>
+      <c r="D25" t="s">
+        <v>423</v>
+      </c>
+      <c r="E25" t="s">
+        <v>429</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>430</v>
+      </c>
+      <c r="H25" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>299</v>
+      </c>
+      <c r="B26" t="s">
+        <v>432</v>
+      </c>
+      <c r="C26" t="s">
+        <v>433</v>
+      </c>
+      <c r="D26" t="s">
+        <v>423</v>
+      </c>
+      <c r="E26" t="s">
+        <v>434</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>435</v>
+      </c>
+      <c r="H26" t="s">
+        <v>436</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H121"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>437</v>
+      </c>
+      <c r="B2" t="s">
+        <v>438</v>
+      </c>
+      <c r="C2" t="s">
+        <v>439</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>440</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>441</v>
+      </c>
+      <c r="H2" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>437</v>
+      </c>
+      <c r="B3" t="s">
+        <v>443</v>
+      </c>
+      <c r="C3" t="s">
+        <v>444</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>445</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>446</v>
+      </c>
+      <c r="H3" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>437</v>
+      </c>
+      <c r="B4" t="s">
+        <v>448</v>
+      </c>
+      <c r="C4" t="s">
+        <v>449</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>450</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>451</v>
+      </c>
+      <c r="H4" t="s">
+        <v>452</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>437</v>
+      </c>
+      <c r="B5" t="s">
+        <v>453</v>
+      </c>
+      <c r="C5" t="s">
+        <v>454</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>455</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>456</v>
+      </c>
+      <c r="H5" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>437</v>
+      </c>
+      <c r="B6" t="s">
+        <v>458</v>
+      </c>
+      <c r="C6" t="s">
+        <v>459</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>460</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>461</v>
+      </c>
+      <c r="H6" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>437</v>
+      </c>
+      <c r="B7" t="s">
+        <v>463</v>
+      </c>
+      <c r="C7" t="s">
+        <v>463</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>464</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>465</v>
+      </c>
+      <c r="H7" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>437</v>
+      </c>
+      <c r="B8" t="s">
+        <v>467</v>
+      </c>
+      <c r="C8" t="s">
+        <v>467</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>468</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>469</v>
+      </c>
+      <c r="H8" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>437</v>
+      </c>
+      <c r="B9" t="s">
+        <v>471</v>
+      </c>
+      <c r="C9" t="s">
+        <v>472</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>473</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>474</v>
+      </c>
+      <c r="H9" t="s">
+        <v>475</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>437</v>
+      </c>
+      <c r="B10" t="s">
+        <v>476</v>
+      </c>
+      <c r="C10" t="s">
+        <v>477</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>478</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>479</v>
+      </c>
+      <c r="H10" t="s">
+        <v>480</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>437</v>
+      </c>
+      <c r="B11" t="s">
+        <v>481</v>
+      </c>
+      <c r="C11" t="s">
+        <v>482</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>483</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>484</v>
+      </c>
+      <c r="H11" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>437</v>
+      </c>
+      <c r="B12" t="s">
+        <v>486</v>
+      </c>
+      <c r="C12" t="s">
+        <v>487</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>483</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>488</v>
+      </c>
+      <c r="H12" t="s">
+        <v>489</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>437</v>
+      </c>
+      <c r="B13" t="s">
+        <v>490</v>
+      </c>
+      <c r="C13" t="s">
+        <v>491</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>492</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>493</v>
+      </c>
+      <c r="H13" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>437</v>
+      </c>
+      <c r="B14" t="s">
+        <v>495</v>
+      </c>
+      <c r="C14" t="s">
+        <v>496</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>497</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>498</v>
+      </c>
+      <c r="H14" t="s">
+        <v>499</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>437</v>
+      </c>
+      <c r="B15" t="s">
+        <v>500</v>
+      </c>
+      <c r="C15" t="s">
+        <v>501</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>502</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>503</v>
+      </c>
+      <c r="H15" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>437</v>
+      </c>
+      <c r="B16" t="s">
+        <v>505</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>506</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>507</v>
+      </c>
+      <c r="H16" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>437</v>
+      </c>
+      <c r="B17" t="s">
+        <v>509</v>
+      </c>
+      <c r="C17" t="s">
+        <v>510</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>511</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>512</v>
+      </c>
+      <c r="H17" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>437</v>
+      </c>
+      <c r="B18" t="s">
+        <v>514</v>
+      </c>
+      <c r="C18" t="s">
+        <v>515</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>516</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>517</v>
+      </c>
+      <c r="H18" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>437</v>
+      </c>
+      <c r="B19" t="s">
+        <v>519</v>
+      </c>
+      <c r="C19" t="s">
+        <v>520</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>521</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>522</v>
+      </c>
+      <c r="H19" t="s">
+        <v>523</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>437</v>
+      </c>
+      <c r="B20" t="s">
+        <v>524</v>
+      </c>
+      <c r="C20" t="s">
+        <v>525</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>526</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>527</v>
+      </c>
+      <c r="H20" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>437</v>
+      </c>
+      <c r="B21" t="s">
+        <v>529</v>
+      </c>
+      <c r="C21" t="s">
+        <v>530</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>531</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>532</v>
+      </c>
+      <c r="H21" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>437</v>
+      </c>
+      <c r="B22" t="s">
+        <v>534</v>
+      </c>
+      <c r="C22" t="s">
+        <v>535</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>536</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>537</v>
+      </c>
+      <c r="H22" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>437</v>
+      </c>
+      <c r="B23" t="s">
+        <v>539</v>
+      </c>
+      <c r="C23" t="s">
+        <v>540</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>541</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>542</v>
+      </c>
+      <c r="H23" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>437</v>
+      </c>
+      <c r="B24" t="s">
+        <v>544</v>
+      </c>
+      <c r="C24" t="s">
+        <v>545</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>546</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>547</v>
+      </c>
+      <c r="H24" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>437</v>
+      </c>
+      <c r="B25" t="s">
+        <v>549</v>
+      </c>
+      <c r="C25" t="s">
+        <v>550</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>551</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>552</v>
+      </c>
+      <c r="H25" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>437</v>
+      </c>
+      <c r="B26" t="s">
+        <v>554</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>555</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>556</v>
+      </c>
+      <c r="H26" t="s">
+        <v>557</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>437</v>
+      </c>
+      <c r="B27" t="s">
+        <v>558</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>559</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>560</v>
+      </c>
+      <c r="H27" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>437</v>
+      </c>
+      <c r="B28" t="s">
+        <v>562</v>
+      </c>
+      <c r="C28" t="s">
+        <v>563</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>564</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>565</v>
+      </c>
+      <c r="H28" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>437</v>
+      </c>
+      <c r="B29" t="s">
+        <v>567</v>
+      </c>
+      <c r="C29" t="s">
+        <v>568</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>569</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>570</v>
+      </c>
+      <c r="H29" t="s">
+        <v>571</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>437</v>
+      </c>
+      <c r="B30" t="s">
+        <v>572</v>
+      </c>
+      <c r="C30" t="s">
+        <v>573</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>574</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>575</v>
+      </c>
+      <c r="H30" t="s">
+        <v>576</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>437</v>
+      </c>
+      <c r="B31" t="s">
+        <v>577</v>
+      </c>
+      <c r="C31" t="s">
+        <v>578</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>579</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>580</v>
+      </c>
+      <c r="H31" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>437</v>
+      </c>
+      <c r="B32" t="s">
+        <v>582</v>
+      </c>
+      <c r="C32" t="s">
+        <v>583</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>584</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>585</v>
+      </c>
+      <c r="H32" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>437</v>
+      </c>
+      <c r="B33" t="s">
+        <v>587</v>
+      </c>
+      <c r="C33" t="s">
+        <v>588</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>589</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>590</v>
+      </c>
+      <c r="H33" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>437</v>
+      </c>
+      <c r="B34" t="s">
+        <v>592</v>
+      </c>
+      <c r="C34" t="s">
+        <v>593</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>594</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>595</v>
+      </c>
+      <c r="H34" t="s">
+        <v>596</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>437</v>
+      </c>
+      <c r="B35" t="s">
+        <v>597</v>
+      </c>
+      <c r="C35" t="s">
+        <v>598</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>599</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>600</v>
+      </c>
+      <c r="H35" t="s">
+        <v>601</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>437</v>
+      </c>
+      <c r="B36" t="s">
+        <v>602</v>
+      </c>
+      <c r="C36" t="s">
+        <v>603</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>604</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>605</v>
+      </c>
+      <c r="H36" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>437</v>
+      </c>
+      <c r="B37" t="s">
+        <v>607</v>
+      </c>
+      <c r="C37" t="s">
+        <v>608</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>609</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>610</v>
+      </c>
+      <c r="H37" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>437</v>
+      </c>
+      <c r="B38" t="s">
+        <v>612</v>
+      </c>
+      <c r="C38" t="s">
+        <v>613</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>614</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>615</v>
+      </c>
+      <c r="H38" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>437</v>
+      </c>
+      <c r="B39" t="s">
+        <v>617</v>
+      </c>
+      <c r="C39" t="s">
+        <v>618</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>619</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>620</v>
+      </c>
+      <c r="H39" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>437</v>
+      </c>
+      <c r="B40" t="s">
+        <v>622</v>
+      </c>
+      <c r="C40" t="s">
+        <v>623</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>624</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>625</v>
+      </c>
+      <c r="H40" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>437</v>
+      </c>
+      <c r="B41" t="s">
+        <v>627</v>
+      </c>
+      <c r="C41" t="s">
+        <v>628</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>629</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>630</v>
+      </c>
+      <c r="H41" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>437</v>
+      </c>
+      <c r="B42" t="s">
+        <v>632</v>
+      </c>
+      <c r="C42" t="s">
+        <v>633</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>634</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>635</v>
+      </c>
+      <c r="H42" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>437</v>
+      </c>
+      <c r="B43" t="s">
+        <v>637</v>
+      </c>
+      <c r="C43" t="s">
+        <v>638</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>634</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>639</v>
+      </c>
+      <c r="H43" t="s">
+        <v>640</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>437</v>
+      </c>
+      <c r="B44" t="s">
+        <v>641</v>
+      </c>
+      <c r="C44" t="s">
+        <v>642</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>643</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>644</v>
+      </c>
+      <c r="H44" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>437</v>
+      </c>
+      <c r="B45" t="s">
+        <v>646</v>
+      </c>
+      <c r="C45" t="s">
+        <v>647</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>634</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>648</v>
+      </c>
+      <c r="H45" t="s">
+        <v>649</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>437</v>
+      </c>
+      <c r="B46" t="s">
+        <v>650</v>
+      </c>
+      <c r="C46" t="s">
+        <v>651</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>652</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>653</v>
+      </c>
+      <c r="H46" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>437</v>
+      </c>
+      <c r="B47" t="s">
+        <v>655</v>
+      </c>
+      <c r="C47" t="s">
+        <v>656</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>657</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>658</v>
+      </c>
+      <c r="H47" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>437</v>
+      </c>
+      <c r="B48" t="s">
+        <v>660</v>
+      </c>
+      <c r="C48" t="s">
+        <v>661</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>662</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>663</v>
+      </c>
+      <c r="H48" t="s">
+        <v>664</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>437</v>
+      </c>
+      <c r="B49" t="s">
+        <v>665</v>
+      </c>
+      <c r="C49" t="s">
+        <v>666</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>667</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>668</v>
+      </c>
+      <c r="H49" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>437</v>
+      </c>
+      <c r="B50" t="s">
+        <v>670</v>
+      </c>
+      <c r="C50" t="s">
+        <v>671</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>672</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>673</v>
+      </c>
+      <c r="H50" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>437</v>
+      </c>
+      <c r="B51" t="s">
+        <v>675</v>
+      </c>
+      <c r="C51" t="s">
+        <v>676</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>677</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>678</v>
+      </c>
+      <c r="H51" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>437</v>
+      </c>
+      <c r="B52" t="s">
+        <v>680</v>
+      </c>
+      <c r="C52" t="s">
+        <v>681</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>589</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>682</v>
+      </c>
+      <c r="H52" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>437</v>
+      </c>
+      <c r="B53" t="s">
+        <v>684</v>
+      </c>
+      <c r="C53" t="s">
+        <v>685</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>686</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>687</v>
+      </c>
+      <c r="H53" t="s">
+        <v>688</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>437</v>
+      </c>
+      <c r="B54" t="s">
+        <v>689</v>
+      </c>
+      <c r="C54" t="s">
+        <v>690</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>652</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>691</v>
+      </c>
+      <c r="H54" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>437</v>
+      </c>
       <c r="B55" t="s">
-        <v>302</v>
+        <v>693</v>
       </c>
       <c r="C55" t="s">
-        <v>303</v>
+        <v>694</v>
       </c>
       <c r="D55" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>304</v>
+        <v>695</v>
       </c>
       <c r="F55" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>305</v>
+        <v>696</v>
       </c>
       <c r="H55" t="s">
-        <v>306</v>
+        <v>697</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>437</v>
+      </c>
+      <c r="B56" t="s">
+        <v>698</v>
+      </c>
+      <c r="C56" t="s">
+        <v>699</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>589</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>700</v>
+      </c>
+      <c r="H56" t="s">
+        <v>701</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>437</v>
+      </c>
+      <c r="B57" t="s">
+        <v>702</v>
+      </c>
+      <c r="C57" t="s">
+        <v>703</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>704</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>705</v>
+      </c>
+      <c r="H57" t="s">
+        <v>706</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>437</v>
+      </c>
+      <c r="B58" t="s">
+        <v>707</v>
+      </c>
+      <c r="C58" t="s">
+        <v>708</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>709</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>710</v>
+      </c>
+      <c r="H58" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>437</v>
+      </c>
+      <c r="B59" t="s">
+        <v>712</v>
+      </c>
+      <c r="C59" t="s">
+        <v>713</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>714</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>715</v>
+      </c>
+      <c r="H59" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>437</v>
+      </c>
+      <c r="B60" t="s">
+        <v>717</v>
+      </c>
+      <c r="C60" t="s">
+        <v>718</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>719</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>720</v>
+      </c>
+      <c r="H60" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>437</v>
+      </c>
+      <c r="B61" t="s">
+        <v>722</v>
+      </c>
+      <c r="C61" t="s">
+        <v>723</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>724</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>725</v>
+      </c>
+      <c r="H61" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>437</v>
+      </c>
+      <c r="B62" t="s">
+        <v>727</v>
+      </c>
+      <c r="C62" t="s">
+        <v>728</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>729</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>730</v>
+      </c>
+      <c r="H62" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>437</v>
+      </c>
+      <c r="B63" t="s">
+        <v>732</v>
+      </c>
+      <c r="C63" t="s">
+        <v>733</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>709</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>734</v>
+      </c>
+      <c r="H63" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>437</v>
+      </c>
+      <c r="B64" t="s">
+        <v>736</v>
+      </c>
+      <c r="C64" t="s">
+        <v>737</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>738</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>739</v>
+      </c>
+      <c r="H64" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>437</v>
+      </c>
+      <c r="B65" t="s">
+        <v>741</v>
+      </c>
+      <c r="C65" t="s">
+        <v>742</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>743</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>744</v>
+      </c>
+      <c r="H65" t="s">
+        <v>745</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>437</v>
+      </c>
+      <c r="B66" t="s">
+        <v>746</v>
+      </c>
+      <c r="C66" t="s">
+        <v>747</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>624</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>748</v>
+      </c>
+      <c r="H66" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>437</v>
+      </c>
+      <c r="B67" t="s">
+        <v>750</v>
+      </c>
+      <c r="C67" t="s">
+        <v>751</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>752</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>753</v>
+      </c>
+      <c r="H67" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>437</v>
+      </c>
+      <c r="B68" t="s">
+        <v>755</v>
+      </c>
+      <c r="C68" t="s">
+        <v>756</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>757</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>758</v>
+      </c>
+      <c r="H68" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>437</v>
+      </c>
+      <c r="B69" t="s">
+        <v>760</v>
+      </c>
+      <c r="C69" t="s">
+        <v>761</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>762</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>763</v>
+      </c>
+      <c r="H69" t="s">
+        <v>764</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>437</v>
+      </c>
+      <c r="B70" t="s">
+        <v>765</v>
+      </c>
+      <c r="C70" t="s">
+        <v>766</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>634</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>767</v>
+      </c>
+      <c r="H70" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>437</v>
+      </c>
+      <c r="B71" t="s">
+        <v>769</v>
+      </c>
+      <c r="C71" t="s">
+        <v>770</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>771</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>772</v>
+      </c>
+      <c r="H71" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>437</v>
+      </c>
+      <c r="B72" t="s">
+        <v>774</v>
+      </c>
+      <c r="C72" t="s">
+        <v>775</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>776</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>777</v>
+      </c>
+      <c r="H72" t="s">
+        <v>778</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>437</v>
+      </c>
+      <c r="B73" t="s">
+        <v>779</v>
+      </c>
+      <c r="C73" t="s">
+        <v>780</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>781</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>782</v>
+      </c>
+      <c r="H73" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>437</v>
+      </c>
+      <c r="B74" t="s">
+        <v>784</v>
+      </c>
+      <c r="C74" t="s">
+        <v>785</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>564</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>786</v>
+      </c>
+      <c r="H74" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>437</v>
+      </c>
+      <c r="B75" t="s">
+        <v>788</v>
+      </c>
+      <c r="C75" t="s">
+        <v>789</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>790</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>791</v>
+      </c>
+      <c r="H75" t="s">
+        <v>792</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>437</v>
+      </c>
+      <c r="B76" t="s">
+        <v>793</v>
+      </c>
+      <c r="C76" t="s">
+        <v>794</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>795</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>796</v>
+      </c>
+      <c r="H76" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>437</v>
+      </c>
+      <c r="B77" t="s">
+        <v>798</v>
+      </c>
+      <c r="C77" t="s">
+        <v>799</v>
+      </c>
+      <c r="D77" t="s">
+        <v>13</v>
+      </c>
+      <c r="E77" t="s">
+        <v>800</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>801</v>
+      </c>
+      <c r="H77" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>437</v>
+      </c>
+      <c r="B78" t="s">
+        <v>803</v>
+      </c>
+      <c r="C78" t="s">
+        <v>804</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>805</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>806</v>
+      </c>
+      <c r="H78" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>437</v>
+      </c>
+      <c r="B79" t="s">
+        <v>808</v>
+      </c>
+      <c r="C79" t="s">
+        <v>809</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>810</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>811</v>
+      </c>
+      <c r="H79" t="s">
+        <v>812</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>437</v>
+      </c>
+      <c r="B80" t="s">
+        <v>813</v>
+      </c>
+      <c r="C80" t="s">
+        <v>814</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>815</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>816</v>
+      </c>
+      <c r="H80" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>437</v>
+      </c>
+      <c r="B81" t="s">
+        <v>818</v>
+      </c>
+      <c r="C81" t="s">
+        <v>819</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>820</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>821</v>
+      </c>
+      <c r="H81" t="s">
+        <v>822</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>437</v>
+      </c>
+      <c r="B82" t="s">
+        <v>823</v>
+      </c>
+      <c r="C82" t="s">
+        <v>13</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>824</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>825</v>
+      </c>
+      <c r="H82" t="s">
+        <v>826</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>437</v>
+      </c>
+      <c r="B83" t="s">
+        <v>827</v>
+      </c>
+      <c r="C83" t="s">
+        <v>828</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>829</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>830</v>
+      </c>
+      <c r="H83" t="s">
+        <v>831</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>437</v>
+      </c>
+      <c r="B84" t="s">
+        <v>832</v>
+      </c>
+      <c r="C84" t="s">
+        <v>833</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>834</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>835</v>
+      </c>
+      <c r="H84" t="s">
+        <v>836</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>437</v>
+      </c>
+      <c r="B85" t="s">
+        <v>837</v>
+      </c>
+      <c r="C85" t="s">
+        <v>838</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>839</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>840</v>
+      </c>
+      <c r="H85" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>437</v>
+      </c>
+      <c r="B86" t="s">
+        <v>842</v>
+      </c>
+      <c r="C86" t="s">
+        <v>843</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>844</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>845</v>
+      </c>
+      <c r="H86" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>437</v>
+      </c>
+      <c r="B87" t="s">
+        <v>847</v>
+      </c>
+      <c r="C87" t="s">
+        <v>848</v>
+      </c>
+      <c r="D87" t="s">
+        <v>13</v>
+      </c>
+      <c r="E87" t="s">
+        <v>849</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>850</v>
+      </c>
+      <c r="H87" t="s">
+        <v>851</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>437</v>
+      </c>
+      <c r="B88" t="s">
+        <v>852</v>
+      </c>
+      <c r="C88" t="s">
+        <v>853</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>849</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>854</v>
+      </c>
+      <c r="H88" t="s">
+        <v>855</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>437</v>
+      </c>
+      <c r="B89" t="s">
+        <v>856</v>
+      </c>
+      <c r="C89" t="s">
+        <v>857</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>858</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>859</v>
+      </c>
+      <c r="H89" t="s">
+        <v>860</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>437</v>
+      </c>
+      <c r="B90" t="s">
+        <v>861</v>
+      </c>
+      <c r="C90" t="s">
+        <v>862</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>863</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>864</v>
+      </c>
+      <c r="H90" t="s">
+        <v>865</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>437</v>
+      </c>
+      <c r="B91" t="s">
+        <v>866</v>
+      </c>
+      <c r="C91" t="s">
+        <v>867</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>868</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>869</v>
+      </c>
+      <c r="H91" t="s">
+        <v>870</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>437</v>
+      </c>
+      <c r="B92" t="s">
+        <v>871</v>
+      </c>
+      <c r="C92" t="s">
+        <v>872</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>873</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>874</v>
+      </c>
+      <c r="H92" t="s">
+        <v>875</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>437</v>
+      </c>
+      <c r="B93" t="s">
+        <v>876</v>
+      </c>
+      <c r="C93" t="s">
+        <v>862</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>877</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>878</v>
+      </c>
+      <c r="H93" t="s">
+        <v>879</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>437</v>
+      </c>
+      <c r="B94" t="s">
+        <v>880</v>
+      </c>
+      <c r="C94" t="s">
+        <v>881</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>882</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>883</v>
+      </c>
+      <c r="H94" t="s">
+        <v>884</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>437</v>
+      </c>
+      <c r="B95" t="s">
+        <v>885</v>
+      </c>
+      <c r="C95" t="s">
+        <v>886</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>882</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>887</v>
+      </c>
+      <c r="H95" t="s">
+        <v>888</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>437</v>
+      </c>
+      <c r="B96" t="s">
+        <v>889</v>
+      </c>
+      <c r="C96" t="s">
+        <v>890</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>891</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>892</v>
+      </c>
+      <c r="H96" t="s">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>437</v>
+      </c>
+      <c r="B97" t="s">
+        <v>894</v>
+      </c>
+      <c r="C97" t="s">
+        <v>895</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>896</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>897</v>
+      </c>
+      <c r="H97" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>437</v>
+      </c>
+      <c r="B98" t="s">
+        <v>899</v>
+      </c>
+      <c r="C98" t="s">
+        <v>900</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>896</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>901</v>
+      </c>
+      <c r="H98" t="s">
+        <v>902</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>437</v>
+      </c>
+      <c r="B99" t="s">
+        <v>903</v>
+      </c>
+      <c r="C99" t="s">
+        <v>904</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>905</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>906</v>
+      </c>
+      <c r="H99" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>437</v>
+      </c>
+      <c r="B100" t="s">
+        <v>908</v>
+      </c>
+      <c r="C100" t="s">
+        <v>909</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>910</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>911</v>
+      </c>
+      <c r="H100" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>437</v>
+      </c>
+      <c r="B101" t="s">
+        <v>913</v>
+      </c>
+      <c r="C101" t="s">
+        <v>914</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>915</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>916</v>
+      </c>
+      <c r="H101" t="s">
+        <v>917</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>437</v>
+      </c>
+      <c r="B102" t="s">
+        <v>918</v>
+      </c>
+      <c r="C102" t="s">
+        <v>919</v>
+      </c>
+      <c r="D102" t="s">
+        <v>13</v>
+      </c>
+      <c r="E102" t="s">
+        <v>920</v>
+      </c>
+      <c r="F102" t="s">
+        <v>13</v>
+      </c>
+      <c r="G102" t="s">
+        <v>921</v>
+      </c>
+      <c r="H102" t="s">
+        <v>922</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>437</v>
+      </c>
+      <c r="B103" t="s">
+        <v>923</v>
+      </c>
+      <c r="C103" t="s">
+        <v>924</v>
+      </c>
+      <c r="D103" t="s">
+        <v>13</v>
+      </c>
+      <c r="E103" t="s">
+        <v>925</v>
+      </c>
+      <c r="F103" t="s">
+        <v>13</v>
+      </c>
+      <c r="G103" t="s">
+        <v>926</v>
+      </c>
+      <c r="H103" t="s">
+        <v>927</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>437</v>
+      </c>
+      <c r="B104" t="s">
+        <v>928</v>
+      </c>
+      <c r="C104" t="s">
+        <v>929</v>
+      </c>
+      <c r="D104" t="s">
+        <v>13</v>
+      </c>
+      <c r="E104" t="s">
+        <v>930</v>
+      </c>
+      <c r="F104" t="s">
+        <v>13</v>
+      </c>
+      <c r="G104" t="s">
+        <v>931</v>
+      </c>
+      <c r="H104" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>437</v>
+      </c>
+      <c r="B105" t="s">
+        <v>933</v>
+      </c>
+      <c r="C105" t="s">
+        <v>934</v>
+      </c>
+      <c r="D105" t="s">
+        <v>13</v>
+      </c>
+      <c r="E105" t="s">
+        <v>935</v>
+      </c>
+      <c r="F105" t="s">
+        <v>13</v>
+      </c>
+      <c r="G105" t="s">
+        <v>936</v>
+      </c>
+      <c r="H105" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>437</v>
+      </c>
+      <c r="B106" t="s">
+        <v>938</v>
+      </c>
+      <c r="C106" t="s">
+        <v>939</v>
+      </c>
+      <c r="D106" t="s">
+        <v>13</v>
+      </c>
+      <c r="E106" t="s">
+        <v>940</v>
+      </c>
+      <c r="F106" t="s">
+        <v>13</v>
+      </c>
+      <c r="G106" t="s">
+        <v>941</v>
+      </c>
+      <c r="H106" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>437</v>
+      </c>
+      <c r="B107" t="s">
+        <v>943</v>
+      </c>
+      <c r="C107" t="s">
+        <v>944</v>
+      </c>
+      <c r="D107" t="s">
+        <v>13</v>
+      </c>
+      <c r="E107" t="s">
+        <v>940</v>
+      </c>
+      <c r="F107" t="s">
+        <v>13</v>
+      </c>
+      <c r="G107" t="s">
+        <v>945</v>
+      </c>
+      <c r="H107" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>437</v>
+      </c>
+      <c r="B108" t="s">
+        <v>947</v>
+      </c>
+      <c r="C108" t="s">
+        <v>948</v>
+      </c>
+      <c r="D108" t="s">
+        <v>13</v>
+      </c>
+      <c r="E108" t="s">
+        <v>949</v>
+      </c>
+      <c r="F108" t="s">
+        <v>13</v>
+      </c>
+      <c r="G108" t="s">
+        <v>950</v>
+      </c>
+      <c r="H108" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>437</v>
+      </c>
+      <c r="B109" t="s">
+        <v>952</v>
+      </c>
+      <c r="C109" t="s">
+        <v>953</v>
+      </c>
+      <c r="D109" t="s">
+        <v>13</v>
+      </c>
+      <c r="E109" t="s">
+        <v>954</v>
+      </c>
+      <c r="F109" t="s">
+        <v>13</v>
+      </c>
+      <c r="G109" t="s">
+        <v>955</v>
+      </c>
+      <c r="H109" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>437</v>
+      </c>
+      <c r="B110" t="s">
+        <v>957</v>
+      </c>
+      <c r="C110" t="s">
+        <v>958</v>
+      </c>
+      <c r="D110" t="s">
+        <v>13</v>
+      </c>
+      <c r="E110" t="s">
+        <v>959</v>
+      </c>
+      <c r="F110" t="s">
+        <v>13</v>
+      </c>
+      <c r="G110" t="s">
+        <v>960</v>
+      </c>
+      <c r="H110" t="s">
+        <v>961</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>437</v>
+      </c>
+      <c r="B111" t="s">
+        <v>962</v>
+      </c>
+      <c r="C111" t="s">
+        <v>963</v>
+      </c>
+      <c r="D111" t="s">
+        <v>13</v>
+      </c>
+      <c r="E111" t="s">
+        <v>964</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
+        <v>965</v>
+      </c>
+      <c r="H111" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>437</v>
+      </c>
+      <c r="B112" t="s">
+        <v>967</v>
+      </c>
+      <c r="C112" t="s">
+        <v>968</v>
+      </c>
+      <c r="D112" t="s">
+        <v>13</v>
+      </c>
+      <c r="E112" t="s">
+        <v>969</v>
+      </c>
+      <c r="F112" t="s">
+        <v>13</v>
+      </c>
+      <c r="G112" t="s">
+        <v>970</v>
+      </c>
+      <c r="H112" t="s">
+        <v>971</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>437</v>
+      </c>
+      <c r="B113" t="s">
+        <v>972</v>
+      </c>
+      <c r="C113" t="s">
+        <v>973</v>
+      </c>
+      <c r="D113" t="s">
+        <v>13</v>
+      </c>
+      <c r="E113" t="s">
+        <v>974</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
+        <v>975</v>
+      </c>
+      <c r="H113" t="s">
+        <v>976</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>437</v>
+      </c>
+      <c r="B114" t="s">
+        <v>977</v>
+      </c>
+      <c r="C114" t="s">
+        <v>978</v>
+      </c>
+      <c r="D114" t="s">
+        <v>13</v>
+      </c>
+      <c r="E114" t="s">
+        <v>979</v>
+      </c>
+      <c r="F114" t="s">
+        <v>13</v>
+      </c>
+      <c r="G114" t="s">
+        <v>980</v>
+      </c>
+      <c r="H114" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>437</v>
+      </c>
+      <c r="B115" t="s">
+        <v>982</v>
+      </c>
+      <c r="C115" t="s">
+        <v>13</v>
+      </c>
+      <c r="D115" t="s">
+        <v>13</v>
+      </c>
+      <c r="E115" t="s">
+        <v>983</v>
+      </c>
+      <c r="F115" t="s">
+        <v>13</v>
+      </c>
+      <c r="G115" t="s">
+        <v>984</v>
+      </c>
+      <c r="H115" t="s">
+        <v>985</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>437</v>
+      </c>
+      <c r="B116" t="s">
+        <v>986</v>
+      </c>
+      <c r="C116" t="s">
+        <v>987</v>
+      </c>
+      <c r="D116" t="s">
+        <v>13</v>
+      </c>
+      <c r="E116" t="s">
+        <v>988</v>
+      </c>
+      <c r="F116" t="s">
+        <v>13</v>
+      </c>
+      <c r="G116" t="s">
+        <v>989</v>
+      </c>
+      <c r="H116" t="s">
+        <v>990</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>437</v>
+      </c>
+      <c r="B117" t="s">
+        <v>991</v>
+      </c>
+      <c r="C117" t="s">
+        <v>13</v>
+      </c>
+      <c r="D117" t="s">
+        <v>13</v>
+      </c>
+      <c r="E117" t="s">
+        <v>992</v>
+      </c>
+      <c r="F117" t="s">
+        <v>13</v>
+      </c>
+      <c r="G117" t="s">
+        <v>993</v>
+      </c>
+      <c r="H117" t="s">
+        <v>994</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>437</v>
+      </c>
+      <c r="B118" t="s">
+        <v>995</v>
+      </c>
+      <c r="C118" t="s">
+        <v>996</v>
+      </c>
+      <c r="D118" t="s">
+        <v>13</v>
+      </c>
+      <c r="E118" t="s">
+        <v>992</v>
+      </c>
+      <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
+        <v>997</v>
+      </c>
+      <c r="H118" t="s">
+        <v>998</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>437</v>
+      </c>
+      <c r="B119" t="s">
+        <v>999</v>
+      </c>
+      <c r="C119" t="s">
+        <v>13</v>
+      </c>
+      <c r="D119" t="s">
+        <v>13</v>
+      </c>
+      <c r="E119" t="s">
+        <v>992</v>
+      </c>
+      <c r="F119" t="s">
+        <v>13</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1001</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>437</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C120" t="s">
+        <v>13</v>
+      </c>
+      <c r="D120" t="s">
+        <v>13</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1003</v>
+      </c>
+      <c r="F120" t="s">
+        <v>13</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1004</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1005</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>437</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C121" t="s">
+        <v>1007</v>
+      </c>
+      <c r="D121" t="s">
+        <v>13</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1008</v>
+      </c>
+      <c r="F121" t="s">
+        <v>13</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1010</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1012</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1013</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1014</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1015</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1016</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1017</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1018</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1019</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1020</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1021</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1022</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1025</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1028</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1035</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1026</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1027</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1039</v>
+      </c>
+      <c r="D7" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1044</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1045</v>
+      </c>
+      <c r="D8" t="s">
+        <v>1040</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1050</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1051</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1052</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D10" t="s">
+        <v>1056</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1057</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1068</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1069</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1072</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1073</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1074</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1075</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1078</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1079</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1080</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1081</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1082</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1083</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1084</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1085</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1088</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1090</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1091</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1092</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1093</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1096</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1097</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1098</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1099</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1102</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1104</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1105</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1108</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1109</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1112</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1011</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1115</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1116</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1118</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H22"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1125</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1127</v>
+      </c>
+      <c r="D3" t="s">
+        <v>1103</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1128</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1129</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1132</v>
+      </c>
+      <c r="D4" t="s">
+        <v>1133</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1138</v>
+      </c>
+      <c r="D5" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1143</v>
+      </c>
+      <c r="D6" t="s">
+        <v>1144</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1147</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D7" t="s">
+        <v>59</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1151</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D8" t="s">
+        <v>59</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1157</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1158</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1159</v>
+      </c>
+      <c r="D9" t="s">
+        <v>1160</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1161</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1162</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C10" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D10" t="s">
+        <v>270</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1168</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C11" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D11" t="s">
+        <v>1171</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1172</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1173</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C12" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D12" t="s">
+        <v>1177</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1178</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1179</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1180</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1181</v>
+      </c>
+      <c r="C13" t="s">
+        <v>1182</v>
+      </c>
+      <c r="D13" t="s">
+        <v>1183</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1184</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1185</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1186</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C14" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D14" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C15" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D15" t="s">
+        <v>1195</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1196</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1197</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C16" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D16" t="s">
+        <v>1201</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C17" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D17" t="s">
+        <v>1207</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1208</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1209</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C18" t="s">
+        <v>1212</v>
+      </c>
+      <c r="D18" t="s">
+        <v>1213</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1216</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1217</v>
+      </c>
+      <c r="C19" t="s">
+        <v>1218</v>
+      </c>
+      <c r="D19" t="s">
+        <v>1219</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C20" t="s">
+        <v>1224</v>
+      </c>
+      <c r="D20" t="s">
+        <v>1225</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1226</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1227</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1228</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1229</v>
+      </c>
+      <c r="C21" t="s">
+        <v>1230</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1231</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1232</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1233</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1234</v>
+      </c>
+      <c r="C22" t="s">
+        <v>1235</v>
+      </c>
+      <c r="D22" t="s">
+        <v>1236</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1237</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1238</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1239</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>