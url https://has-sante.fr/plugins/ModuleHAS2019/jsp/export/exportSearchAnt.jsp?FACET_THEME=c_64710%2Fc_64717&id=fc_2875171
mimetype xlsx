--- v1 (2025-12-05)
+++ v2 (2026-02-14)
@@ -51,51 +51,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId15" sheetId="13"/>
     <sheet name="Export Avis et décisions de la " r:id="rId16" sheetId="14"/>
     <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5127" uniqueCount="3229">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5159" uniqueCount="3249">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -953,65 +953,128 @@
   <si>
     <t>Événement</t>
   </si>
   <si>
     <t>Enquête sur votre connaissance de « PACTE Soins Primaires » (PACTE SP)</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) et l’École des Hautes études en santé publique (EHESP) se mobilisent dans le cadre de la feuille de route nationale 2023-2025 du Ministère de la Santé et de la Prévention « Améliorer la sécurité des patients et des résidents ».</t>
   </si>
   <si>
     <t>13/06/2024 13:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3522096/fr/enquete-sur-votre-connaissance-de-pacte-soins-primaires-pacte-sp</t>
   </si>
   <si>
     <t>p_3522096</t>
   </si>
   <si>
     <t>???</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
-    <t>IQSS 2025 : 6 indicateurs de réhospitalisations après chirurgie ambulatoire</t>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
+    <t>Résultats des IQSS - Dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP »</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP.</t>
+  </si>
+  <si>
+    <t>14/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>05/04/2022 11:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299873/fr/resultats-des-iqss-dossier-patient-en-sante-mentale-pour-adulte-perimetre-ambulatoire-en-cmp</t>
+  </si>
+  <si>
+    <t>p_3299873</t>
+  </si>
+  <si>
+    <t>IQSS 2025 : six indicateurs de réhospitalisations après chirurgie ambulatoire</t>
   </si>
   <si>
     <t>Campagnes nationales 2025 de mesure des indicateurs de qualité et de sécurité des soins de résultats en chirurgie ambulatoire : réhospitalisations entre 1 et 3 jours (données PMSI MCO 2024).</t>
   </si>
   <si>
     <t>10/02/2023 15:37:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3409378/fr/iqss-2025-6-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire</t>
+    <t>https://www.has-sante.fr/jcms/p_3409378/fr/iqss-2025-six-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>p_3409378</t>
   </si>
   <si>
+    <t>Résultats des IQSS - Dossier patient en secteur MCO (DPA MCO)</t>
+  </si>
+  <si>
+    <t>Résultats nationaux de la dernière campagne et des années précédentes sur le thème dossier patient - Médecine, chirurgie, obstétrique</t>
+  </si>
+  <si>
+    <t>10/02/2023 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676370/fr/resultats-des-iqss-dossier-patient-en-secteur-mco-dpa-mco</t>
+  </si>
+  <si>
+    <t>c_2676370</t>
+  </si>
+  <si>
+    <t>IQSS 2024 - Infections du site opératoire après pose de prothèse totale de genou (ISO-PTG)</t>
+  </si>
+  <si>
+    <t>Campagne nationale 2024 de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : infections du site opératoire 3 mois après pose de prothèse totale de genou (données PMSI MCO 2023, évolution 2022-2023).</t>
+  </si>
+  <si>
+    <t>26/05/2023 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294826/fr/iqss-2024-infections-du-site-operatoire-apres-pose-de-prothese-totale-de-genou-iso-ptg</t>
+  </si>
+  <si>
+    <t>p_3294826</t>
+  </si>
+  <si>
     <t>Comment renforcer l’expertise au service du virage préventif ? - Note d'analyse prospective 2025</t>
   </si>
   <si>
     <t>La HAS analyse la manière dont la prise en compte des données probantes dans la décision en prévention et promotion de la santé peut être renforcée, afin d’accélérer le virage préventif.</t>
   </si>
   <si>
     <t>12/11/2025 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3702006/fr/comment-renforcer-l-expertise-au-service-du-virage-preventif-note-d-analyse-prospective-2025</t>
   </si>
   <si>
     <t>p_3702006</t>
   </si>
   <si>
     <t>IQSS 2024 - Évènements thrombo-emboliques après pose de prothèse totale de hanche (ETE-PTH)</t>
   </si>
   <si>
     <t>Campagne nationale 2024 de mesure de l’indicateurs de qualité et de sécurité des soins de résultats en chirurgie orthopédique : complications thrombo-emboliques après pose de prothèse totale de hanche (données PMSI MCO 2023, évolution 2022-2023).</t>
   </si>
   <si>
     <t>26/01/2023 00:00:00</t>
   </si>
   <si>
     <t>17/12/2024 11:48:00</t>
@@ -1022,71 +1085,56 @@
   <si>
     <t>p_3293932</t>
   </si>
   <si>
     <t>IQSS 2024 - Évènements thrombo-emboliques après pose de prothèse totale de genou (ETE-PTG)</t>
   </si>
   <si>
     <t>Campagne nationale 2024 de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : complications thrombo-emboliques après pose de prothèse totale de genou (données PMSI MCO 2023, évolution 2022-2023).</t>
   </si>
   <si>
     <t>10/02/2023 11:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293934/fr/iqss-2024-evenements-thrombo-emboliques-apres-pose-de-prothese-totale-de-genou-ete-ptg</t>
   </si>
   <si>
     <t>p_3293934</t>
   </si>
   <si>
     <t>IQSS 2024 - Infections du site opératoire après pose de prothèse totale de hanche (ISO-PTH)</t>
   </si>
   <si>
     <t>Campagne nationale 2024 de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : infections du site opératoire 3 mois après pose de prothèse totale de hanche (données PMSI MCO 2023, évolution 2022-2023).</t>
   </si>
   <si>
-    <t>26/05/2023 16:06:00</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3294825/fr/iqss-2024-infections-du-site-operatoire-apres-pose-de-prothese-totale-de-hanche-iso-pth</t>
   </si>
   <si>
     <t>p_3294825</t>
   </si>
   <si>
-    <t>IQSS 2024 - Infections du site opératoire après pose de prothèse totale de genou (ISO-PTG)</t>
-[...10 lines deleted...]
-  <si>
     <t>Harmonisation du bilan médicamenteux - Référentiel</t>
   </si>
   <si>
     <t>L’objectif est d’harmoniser les bilans médicamenteux afin de produire un bilan unique et partageable quels que soient les contextes d’utilisation. Ce document reprend notamment les éléments identifiés dans l’activité de bilan partagé de médication en officine, et dans la conciliation des traitements médi-camenteux à l’hôpital. L’élaboration du référentiel issu de ce travail favorise la numérisation de ce bilan et donc son partage entre la ville et l’hôpital.</t>
   </si>
   <si>
     <t>24/07/2025 00:00:00</t>
   </si>
   <si>
     <t>31/07/2025 12:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534690/fr/harmonisation-du-bilan-medicamenteux-referentiel</t>
   </si>
   <si>
     <t>p_3534690</t>
   </si>
   <si>
     <t>Résultats des IQSS - Chirurgie ambulatoire : Indicateurs de processus en chirurgie ambulatoire</t>
   </si>
   <si>
     <t>Résultats nationaux de la dernière campagne et des années précédentes sur les indicateurs de processus en chirurgie ambulatoire</t>
   </si>
   <si>
     <t>12/12/2018 00:00:00</t>
@@ -1127,98 +1175,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3534214/fr/evenements-indesirables-graves-associes-aux-soins-eigs-en-lien-avec-les-dispositifs-medicaux</t>
   </si>
   <si>
     <t>p_3534214</t>
   </si>
   <si>
     <t>Évènements indésirables graves associés aux soins (EIGS) en lien avec les services des urgences : une analyse des déclarations faites par les professionnels et les établissements de santé</t>
   </si>
   <si>
     <t>Evènements indésirables graves associés aux soins (EIGS) en lien avec les services des urgences : une analyse des déclarations faites par les professionnels et les établissements de santé.</t>
   </si>
   <si>
     <t>25/04/2024 00:00:00</t>
   </si>
   <si>
     <t>14/05/2024 18:25:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517331/fr/evenements-indesirables-graves-associes-aux-soins-eigs-en-lien-avec-les-services-des-urgences-une-analyse-des-declarations-faites-par-les-professionnels-et-les-etablissements-de-sante</t>
   </si>
   <si>
     <t>p_3517331</t>
   </si>
   <si>
-    <t>Résultats des IQSS - Dossier patient en santé mentale pour adulte : périmètre « ambulatoire en CMP »</t>
-[...46 lines deleted...]
-  <si>
     <t>Accès direct aux masseurs-kinésithérapeutes en CPTS - Avis sur le projet de décret concernant l'expérimentation prévue par l'article 3 de la loi du 19 mai 2023</t>
   </si>
   <si>
     <t>Le ministère de la Santé et de la Prévention a sollicité l'avis de la Haute Autorité de santé sur le projet de décret concernant l’expérimentation prévue par l’article 3 de la loi du 19 mai 2023 portant amélioration de l’accès aux soins par la confiance aux professionnels de santé permettant l’exercice en accès direct des masseurs-kinésithérapeutes dans le cadre d’une Communauté Professionnelle Territoriale de Santé (CPTS)</t>
   </si>
   <si>
     <t>09/11/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3473674/fr/acces-direct-aux-masseurs-kinesitherapeutes-en-cpts-avis-sur-le-projet-de-decret-concernant-l-experimentation-prevue-par-l-article-3-de-la-loi-du-19-mai-2023</t>
   </si>
   <si>
     <t>p_3473674</t>
   </si>
   <si>
     <t>Les déterminants de la qualité et de la sécurité des soins en établissement de santé</t>
   </si>
   <si>
     <t>La Haute Autorité de santé a été saisie par le ministère en charge de la santé pour mener une réflexion sur les déterminants transversaux de la qualité et de la sécurité des soins en établissements de santé. Quatre familles de déterminants ont ainsi été identifiées: les ressources matérielles, les ressources humaines, l’organisation des équipes de soins et la coopération des équipes de soins.</t>
   </si>
   <si>
     <t>17/11/2022 00:00:00</t>
@@ -1367,50 +1367,110 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1725475/fr/pertinence-du-recours-a-l-hospitalisation-pour-bronchiolite</t>
   </si>
   <si>
     <t>c_1725475</t>
   </si>
   <si>
     <t>Pertinence du recours à l’hospitalisation pour bronchopneumopathie chronique surinfectée</t>
   </si>
   <si>
     <t>La note de problématique pertinence du recours à l’hospitalisation pour bronchopneumopathie chronique surinfectée analyse les données du PMSI et en décrit les limites quant à leur interprétation. Elle identifie les points d’amélioration de la pratique pour le diagnostic et la prise en charge de la BPCO tant en phase stable qu’au cours des exacerbations.</t>
   </si>
   <si>
     <t>29/04/2013 11:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1725478/fr/pertinence-du-recours-a-l-hospitalisation-pour-bronchopneumopathie-chronique-surinfectee</t>
   </si>
   <si>
     <t>c_1725478</t>
   </si>
   <si>
     <t>Outil d'amélioration des pratiques professionnelles</t>
   </si>
   <si>
+    <t>Flash Sécurité Patient - « Fausses routes. Lorsqu’une petite boulette devient un très gros pépin »</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient - « Fausses routes. Lorsqu’une petite boulette devient un très gros pépin » Outil d'amélioration des pratiques professionnelles - Mis en ligne le 12 février 2026</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858108/fr/flash-securite-patient-fausses-routes-lorsqu-une-petite-boulette-devient-un-tres-gros-pepin</t>
+  </si>
+  <si>
+    <t>p_3858108</t>
+  </si>
+  <si>
+    <t>Plan personnalisé d'accompagnement - Note de cadrage</t>
+  </si>
+  <si>
+    <t>La Direction générale de la santé a saisi la HAS afin d'élaborer un modèle de plan personnalisé d'accompagnement (PPA), document de suivi des personnes avec maladies graves inspiré de la planification anticipée ou préalable de soins (advance care planning).</t>
+  </si>
+  <si>
+    <t>15/01/2026 16:43:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809148/fr/plan-personnalise-d-accompagnement-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3809148</t>
+  </si>
+  <si>
+    <t>Flash Sécurité Patient « Fatigue des professionnels de santé. Préserver les soignants pour mieux soigner les patients »</t>
+  </si>
+  <si>
+    <t>Les professionnels de santé peuvent être exposés à une fatigue importante (travail effectué de nuit, horaires variables, plages horaires longues, charge de travail, sous-effectif, stress…). Les conséquences peuvent être majeures sur leur santé et, in fine, sur la sécurité des patients (altération des performances cognitives et augmentation du risque d’erreur). Ainsi, l’analyse des évènements indésirables associés aux soins (EIAS) déclarés dans la base de données de l’accréditation des médecins et des équipes médicales met en évidence que plus de 10% d’entre eux ont une cause profonde en lien avec la « charge de travail » ou « la fatigue ».</t>
+  </si>
+  <si>
+    <t>13/01/2026 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808079/fr/flash-securite-patient-fatigue-des-professionnels-de-sante-preserver-les-soignants-pour-mieux-soigner-les-patients</t>
+  </si>
+  <si>
+    <t>p_3808079</t>
+  </si>
+  <si>
+    <t>Label - Flash Sécurité Patient – « Rupture de la rate après une coloscopie. Un diagnostic à ne pas rater ! »</t>
+  </si>
+  <si>
+    <t>Les ruptures spléniques après coloscopie sont une complication rare (≈0,5/10 000) mais grave, souvent retardée et difficile à diagnostiquer, pouvant entraîner un choc hémorragique et un décès dans 5 % des cas.</t>
+  </si>
+  <si>
+    <t>05/12/2025 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776052/fr/label-flash-securite-patient-rupture-de-la-rate-apres-une-coloscopie-un-diagnostic-a-ne-pas-rater</t>
+  </si>
+  <si>
+    <t>p_3776052</t>
+  </si>
+  <si>
     <t>Label - Flash Sécurité Patient - « Erreur de côté lors d’une anesthésie loco-régionale. À gauche ou à droite ? Jamais sans mon check ! »</t>
   </si>
   <si>
     <t>Les erreurs de côté constituent un risque persistant lors d’une anesthésie loco-régionale.</t>
   </si>
   <si>
     <t>23/10/2025 16:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701726/fr/label-flash-securite-patient-erreur-de-cote-lors-d-une-anesthesie-loco-regionale-a-gauche-ou-a-droite-jamais-sans-mon-check</t>
   </si>
   <si>
     <t>p_3701726</t>
   </si>
   <si>
     <t>Dossier de liaison d’urgence domicile (DLU-Dom)</t>
   </si>
   <si>
     <t>Afin de limiter la durée d’attentes aux urgences, de fluidifier le parcours et de rendre plus efficiente la prise en charge, les urgentistes recommandent la mise en place d’un dossier de liaison d’urgence domicile (DLU-Dom ) les informations qui sont nécessaires : identité et lieu de vie, le motif du recours aux soins, antécédents significatifs, traitements et intervenants habituels.</t>
   </si>
   <si>
     <t>26/03/2021 12:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3210058/fr/dossier-de-liaison-d-urgence-domicile-dlu-dom</t>
@@ -3497,2861 +3557,2861 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2801497/fr/la-mediation-en-sante-pour-les-personnes-eloignees-des-systemes-de-prevention-et-de-soins</t>
   </si>
   <si>
     <t>c_2801497</t>
   </si>
   <si>
     <t>Critères d'éligibilité des patients à un hébergement à proximité d'un établissement de santé - Rapport d'orientation</t>
   </si>
   <si>
     <t>Ce rapport d’orientation, élaboré à la demande de la Direction générale de l’offre de soins, s’inscrit dans le cadre de la mise en œuvre d’une expérimentation selon laquelle les établissements de santé peuvent proposer à leurs patients une prestation d’hébergement temporaire non médicalisé en amont ou en aval de leur hospitalisation. La HAS a défini les critères d’éligibilités des patients à un hébergement à proximité d’un établissement de santé.</t>
   </si>
   <si>
     <t>18/11/2015 00:00:00</t>
   </si>
   <si>
     <t>21/12/2015 12:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2583281/fr/criteres-d-eligibilite-des-patients-a-un-hebergement-a-proximite-d-un-etablissement-de-sante-rapport-d-orientation</t>
   </si>
   <si>
     <t>c_2583281</t>
   </si>
   <si>
-    <t>Outil logiciel permettant l’analyse de l’adéquation des tarifs aux coûts de production de la chirurgie ambulatoire par méthode de microcosting</t>
-[...2 lines deleted...]
-    <t>Un des freins au développement de la chirurgie ambulatoire relève de la perception floue des acteurs, au sein des établissements de santé, du coût de cette activité. Pour résoudre cette difficulté, la HAS a donc développé un outil logiciel qui permet aux établissements de connaître le coût d’un geste chirurgical donné, par technique de microcosting.</t>
+    <t>Conditions du développement de la chimiothérapie en hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
+  </si>
+  <si>
+    <t>16/03/2015 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1696038</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France</t>
+  </si>
+  <si>
+    <t>La HAS et l’Agence de la biomédecine ont conduit une évaluation médico-économique des stratégies de prise en charge des patients en insuffisance rénale chronique terminale (IRCT) à partir d’une modélisation des possibilités de changement dans la trajectoire de soins des patients entre différentes modalités de traitement de suppléance.</t>
+  </si>
+  <si>
+    <t>09/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2014 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775180/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france</t>
+  </si>
+  <si>
+    <t>c_1775180</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la décision pour l’admission des patients en soins de suite et de réadaptation</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré un outil d’aide à la décision pour l’admission des patients en Soins de Suite et de Réadaptation (SSR). Cet outil s’adresse aux professionnels de santé exerçant en établissement de santé ou en libéral. Ils seront amenés à l’utiliser lorsqu’ils souhaitent demander l’admission dans une structure SSR pour l’un de leurs patients. L’outil doit leur permettre de déterminer si le SSR est effectivement adapté pour ce patient, en fonction du type de prise en charge requis et de l’environnement du patient.</t>
+  </si>
+  <si>
+    <t>14/10/2013 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1651391/fr/outil-d-aide-a-la-decision-pour-l-admission-des-patients-en-soins-de-suite-et-de-readaptation</t>
+  </si>
+  <si>
+    <t>c_1651391</t>
+  </si>
+  <si>
+    <t>Tarification de la chirurgie ambulatoire en France et à l’étranger : État des lieux et perspectives</t>
+  </si>
+  <si>
+    <t>Ce rapport présente les modalités de tarification de la chirurgie ambulatoire en France et dans les différents pays européens, ainsi qu’aux États Unis. Il décrit les mécanismes incitatifs mis en place, et leur impact sur le développement de cette activité. Différentes innovations tarifaires (tarification à l’épisode de soins et à la meilleure pratique) et organisationnelles (centres indépendants) actuellement expérimentées en Grande Bretagne et aux États-Unis sont ensuite présentées. Le rapport se conclut par 25 recommandations de la HAS pour améliorer en France les insuffisances système tarifaire actuel, et accélérer le développement de la chirurgie ambulatoire.</t>
+  </si>
+  <si>
+    <t>12/06/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>30/09/2013 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649573/fr/tarification-de-la-chirurgie-ambulatoire-en-france-et-a-l-etranger-etat-des-lieux-et-perspectives</t>
+  </si>
+  <si>
+    <t>c_1649573</t>
+  </si>
+  <si>
+    <t>Efficience de la télémédecine : état des lieux de la littérature internationale et cadre d’évaluation</t>
+  </si>
+  <si>
+    <t>La HAS a réalisé un état des lieux de la littérature internationale relative à l’évaluation médico-économique de la télémédecine. Elle constate la quasi-absence d’études françaises et l’importante hétérogénéité des études tant au niveau de leur qualité méthodologique que concernant les projets de télémédecine évalués. Elle propose un cadre méthodologique pour l’évaluation de l’efficience des projets de télémédecine dans le contexte actuel de déploiement de cette nouvelle forme d’organisation des soins en France.</t>
+  </si>
+  <si>
+    <t>03/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2013 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622477/fr/efficience-de-la-telemedecine-etat-des-lieux-de-la-litterature-internationale-et-cadre-d-evaluation</t>
+  </si>
+  <si>
+    <t>c_1622477</t>
+  </si>
+  <si>
+    <t>L’éducation thérapeutique dans la prise en charge des maladies chroniques : Analyse économique et organisationnelle</t>
+  </si>
+  <si>
+    <t>Ce rapport analyse les conditions organisationnelles et financières du développement de l’éducation thérapeutique en France. Il dresse le diagnostic de la situation actuelle et propose des pistes de développement réaliste.</t>
+  </si>
+  <si>
+    <t>13/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2008 09:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499485/fr/l-education-therapeutique-dans-la-prise-en-charge-des-maladies-chroniques-analyse-economique-et-organisationnelle</t>
+  </si>
+  <si>
+    <t>r_1499485</t>
+  </si>
+  <si>
+    <t>Analyse comparée de la chimiothérapie anticancéreuse administrée à l’hôpital ou prise en charge à domicile : aspects économiques et organisationnels</t>
+  </si>
+  <si>
+    <t>La mesure 41 du Plan Cancer du 24/03/2003 incite au développement de la chimiothérapie à domicile. La réalisation de cet objectif implique de fixer les règles de qualité et de sécurité de ces soins à domicile mais également de s'interroger sur leur organisation et leurs conséquences économiques. Cette évaluation documente les aspects économiques associés à la réalisation d'une chimiothérapie anticancéreuse en procédant à une comparaison des coûts selon le mode de prise en charge : hôpital, hospitalisation à domicile, réseaux. Des éléments sur la satisfaction des patients, des aidants des soignants, et sur l'organisation de ces modes de prise en charge ont également été intégrés.</t>
+  </si>
+  <si>
+    <t>01/06/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2005 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499617/fr/analyse-comparee-de-la-chimiotherapie-anticancereuse-administree-a-l-hopital-ou-prise-en-charge-a-domicile-aspects-economiques-et-organisationnels</t>
+  </si>
+  <si>
+    <t>r_1499617</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France - Volet : Analyse des possibilités de développement de la transplantation rénale en France</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations est d’examiner les possibilités de développement de la transplantation rénale en France en tenant compte notamment des aspects organisationnels, économiques et éthiques.</t>
+  </si>
+  <si>
+    <t>28/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2012 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1291640/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france-volet-analyse-des-possibilites-de-developpement-de-la-transplantation-renale-en-france</t>
+  </si>
+  <si>
+    <t>c_1291640</t>
+  </si>
+  <si>
+    <t>Développement de la prescription de thérapeutiques non médicamenteuses validées</t>
+  </si>
+  <si>
+    <t>L’analyse porte sur le développement de la prescription de thérapeutiques nécessitant une participation active du patient en interaction ou non avec un professionnel spécialisé et faisant l’objet de recommandations de bonnes pratiques dont la validité est reconnue en France. Elle vise à identifier les freins organisationnels, économiques, socioculturels et symboliques qui existent sur le terrain et limitent le respect des recommandations de bonnes pratiques dans les pratiques de prescription. La levée des freins doit alors créer les conditions propices à la prescription de thérapeutiques non médicamenteuses ; des voies d’amélioration du système de santé sont proposées dans ce sens.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1059795/fr/developpement-de-la-prescription-de-therapeutiques-non-medicamenteuses-validees</t>
+  </si>
+  <si>
+    <t>c_1059795</t>
+  </si>
+  <si>
+    <t>Les conditions de mise en œuvre de la télémédecine en unité de dialyse médicalisée</t>
+  </si>
+  <si>
+    <t>A la demande de la direction de l’hospitalisation et de l’organisation des soins, la HAS a étudié la place de la télémédecine dans l’organisation des soins des patients traités par épuration extrarénale en unité de dialyse médicalisée (UDM). Les recommandations qui en découlent ont pour objectif de définir les conditions de sa mise en œuvre.</t>
+  </si>
+  <si>
+    <t>22/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>21/01/2010 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_913583/fr/les-conditions-de-mise-en-oeuvre-de-la-telemedecine-en-unite-de-dialyse-medicalisee</t>
+  </si>
+  <si>
+    <t>c_913583</t>
+  </si>
+  <si>
+    <t>Douleur chronique : les aspects organisationnels</t>
+  </si>
+  <si>
+    <t>L’objectif de ce document est de réaliser un état des lieux sur les aspects organisationnels de la prise en charge de la douleur chronique de la population générale adulte dans les structures spécialisées.</t>
+  </si>
+  <si>
+    <t>22/04/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2009 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813396/fr/douleur-chronique-les-aspects-organisationnels</t>
+  </si>
+  <si>
+    <t>c_813396</t>
+  </si>
+  <si>
+    <t>Le Recours à l'hôpital en Europe</t>
+  </si>
+  <si>
+    <t>Ce rapport s’intègre dans une réflexion plus large sur le recours à l’hôpital en France, et la prévention des hospitalisations injustifiées. Dans ce travail, il s’est agi de fournir un cadrage général, en situant d’un point de vue organisationnel la place qu’occupe l’hôpital dans les systèmes de santé européens.</t>
+  </si>
+  <si>
+    <t>30/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>06/04/2009 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_766081/fr/le-recours-a-l-hopital-en-europe</t>
+  </si>
+  <si>
+    <t>c_766081</t>
+  </si>
+  <si>
+    <t>Délégation, transfert, nouveaux métiers… Comment favoriser les formes nouvelles de coopération entre professionnels de santé</t>
+  </si>
+  <si>
+    <t>Cette recommandation traite des nouvelles formes de coopérations entre professionnels de santé, définies comme une nouvelle répartition de tâches existantes ou la répartition de nouvelles tâches entre professionnels de santé. Leur objectif est d’améliorer la qualité de la prise en charge des patients.</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>16/04/2008 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_497724/fr/delegation-transfert-nouveaux-metiers-comment-favoriser-les-formes-nouvelles-de-cooperation-entre-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>c_497724</t>
+  </si>
+  <si>
+    <t>La participation des patients aux dépenses de santé dans cinq pays européens</t>
+  </si>
+  <si>
+    <t>Ce rapport propose une analyse des mécanismes de participation financière aux dépenses de santé des patients dans cinq pays européens : l’Allemagne, la Belgique, les Pays-Bas, la Suède et la Suisse. L’organisation générale du système de santé est très différente selon les pays : des systèmes largement bismarckiens en Allemagne et en Belgique ; des systèmes dans lesquels tout ou partie de l’assurance maladie obligatoire est gérée par des assureurs privés aux Pays-Bas et en Suisse ; un système national de santé décentralisé en Suède. De plus, les sources de financement des dépenses de santé sont aussi relativement différentes selon les pays. Ces cinq systèmes ont toutefois pour point commun d’offrir à la population un accès relativement large aux soins et aux produits de santé : le « panier de soins » est comparable dans ces pays. Les différences observées en termes de répartition des dépenses entre acteurs ne traduisent donc pas un désengagement du secteur public (au sens large) pour certains types de biens et services mais des différences en termes de participation financière des patients.</t>
+  </si>
+  <si>
+    <t>09/10/2007 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_595221/fr/la-participation-des-patients-aux-depenses-de-sante-dans-cinq-pays-europeens</t>
+  </si>
+  <si>
+    <t>c_595221</t>
+  </si>
+  <si>
+    <t>Évaluation des réseaux de soins : bilan de l’existant et cadre méthodologique</t>
+  </si>
+  <si>
+    <t>Définis comme une forme organisée d’action collective apportée par des professionnels en réponse à un besoin de santé, les réseaux de soins correspondent en réalité à une grande diversité de dispositifs. Ce rapport, envisagé comme une étape préliminaire à la mise en place d’une démarche d’accréditation des réseaux de santé, expose à partir de l’observation du fonctionnement de réseaux en activité, les préconisations relatives à leur évaluation.</t>
+  </si>
+  <si>
+    <t>01/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2001 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271855/fr/evaluation-des-reseaux-de-soins-bilan-de-l-existant-et-cadre-methodologique</t>
+  </si>
+  <si>
+    <t>c_271855</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
+  </si>
+  <si>
+    <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>05/09/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Repérage et prise en charge des personnes présentant un premier épisode psychotique ou un risque d’évolution vers une psychose – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Dans le cadre de son programme « santé mentale et psychiatrie » 2025-2030, la HAS s’est auto-saisie afin de proposer des recommandations de bonnes pratiques sur le repérage et la prise en charge des personnes présentant un premier épisode psychotique (PEP) ou un haut risque d’évolution vers une psychose (HRP).</t>
+  </si>
+  <si>
+    <t>09/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>21/07/2025 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636163/fr/reperage-et-prise-en-charge-des-personnes-presentant-un-premier-episode-psychotique-ou-un-risque-d-evolution-vers-une-psychose-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3636163</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Coordination entre protection de l’enfance et psychiatrie de l'enfant et de l'adolescent</t>
+  </si>
+  <si>
+    <t>La recommandation de bonnes pratiques « Coordination entre protection de l’enfance et psychiatrie de l’enfant et de l’adolescent » est une auto-saisine de la HAS, qui s’inscrit dans le cadre de son programme pluriannuel relatif à la santé mentale et à la psychiatrie.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261731/fr/coordination-entre-protection-de-l-enfance-et-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3261731</t>
+  </si>
+  <si>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Accompagnement médico-psycho-social des femmes, des parents et de leur enfant, en situation de vulnérabilité, pendant la grossesse et en postnatal</t>
+  </si>
+  <si>
+    <t>Objectifs : Identifier les situations de vulnérabilité des couples mère-enfant et du conjoint, et leurs conséquences Favoriser le repérage, durant la grossesse, de situations de vulnérabilité Informer les professionnels, sur les acteurs et les outils d’accompagnement des couples mère-enfant au cours de la grossesse et en post partum Proposer des modalités d’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité Favoriser une meilleure coordination des professionnels pour l’accompagnement des couples mère-enfant et du conjoint en situations de vulnérabilité</t>
+  </si>
+  <si>
+    <t>11/01/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271226/fr/accompagnement-medico-psycho-social-des-femmes-des-parents-et-de-leur-enfant-en-situation-de-vulnerabilite-pendant-la-grossesse-et-en-postnatal</t>
+  </si>
+  <si>
+    <t>p_3271226</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des patients adultes avec un syndrome post-réanimation (PICS) et de leur entourage</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à risque de PICS Diagnostiquer ces patients Prendre en charge précocement et à long terme les PICS Améliorer les parcours de soins Élaborer des documents à destination du patient, de sa famille ou son entourage afin de les alerter sur ce syndrome post-réanimation et de les accompagner dans sa prise en charge par une orientation vers des professionnels de santé formés à ce syndrome.</t>
+  </si>
+  <si>
+    <t>17/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>15/06/2023 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312530/fr/diagnostic-et-prise-en-charge-des-patients-adultes-avec-un-syndrome-post-reanimation-pics-et-de-leur-entourage</t>
+  </si>
+  <si>
+    <t>p_3312530</t>
+  </si>
+  <si>
+    <t>Critères d’éligibilité à une prise en charge en maisons de naissance - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Ojectifs Définir les critères de sélection et poser les critères de sortie de maison de naissance en fonction de la sévérité des situations nécessitant un transfert pré-, per- et post-partum (réévaluation de l’éligibilité tout au long du parcours). Limiter les transferts, notamment en urgence à la suite de complications, grâce à une bonne identification des situations susceptibles d’être prises en charge sans « sur risque » en maison de naissance. Garantir l’application par tous les professionnels des maisons de naissance des mêmes critères d’éligibilité, garants de la qualité et de la sécurité des soins apportés aux femmes enceintes et leurs nouveau-nés.</t>
+  </si>
+  <si>
+    <t>01/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/04/2023 12:17:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3425519/fr/criteres-d-eligibilite-a-une-prise-en-charge-en-maisons-de-naissance-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3425519</t>
+  </si>
+  <si>
+    <t>Parcours de transition des personnes transgenres - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’élaborer des recommandations dans le but d’améliorer l’accompagnement et la prise en charge des personnes transgenres.</t>
+  </si>
+  <si>
+    <t>07/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>16/09/2022 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367504/fr/parcours-de-transition-des-personnes-transgenres-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3367504</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins de patients présentant une suspicion de borréliose de Lyme</t>
+  </si>
+  <si>
+    <t>La HAS publie, à l’intention des patients et des professionnels de santé, un guide du parcours de soins des personnes présentant une suspicion de borréliose de Lyme. Conformément aux recommandations publiées en 2018, les objectifs de ce guide sont de réduire l’errance médicale et d’offrir à tous les patients la même qualité d’accès aux soins, en facilitant et en harmonisant leur prise en charge sur l’ensemble du territoire. Le guide rappelle les conseils de prévention et clarifie le rôle de chacun selon 3 niveaux de prise en charge, allant du médecin traitant et des médecins de ville, aux centres de compétences des maladies vectorielles à tiques (CC MVT) puis aux centres de référence (CR MVT).</t>
+  </si>
+  <si>
+    <t>03/03/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>15/03/2022 12:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3323862/fr/guide-du-parcours-de-soins-de-patients-presentant-une-suspicion-de-borreliose-de-lyme</t>
+  </si>
+  <si>
+    <t>p_3323862</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/ TDAH : Repérage, diagnostic et prise en charge des adultes - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs : Y compris ceux attendus de la production vis-à-vis des cibles. Optimiser l’accès aux soins en particulier lors de la transition de la prise en charge de l’adolescence vers l’âge adulte Cette transition repose sur une coordination entre les services pédiatriques et adultes. Favoriser la formation et la sensibilisation des professionnels de santé Une meilleure prise en charge de ces patients passe par une amélioration de la formation des professionnels impliqués, en particulier en psychiatrie, en addictologie, en neurologie et par une formation des médecins de premiers recours au repérage de ce trouble chez l’adulte. Améliorer la coordination des soins Tout comme pour l’enfant il est nécessaire de clarifier et structurer la filière de soins pour organiser la coordination entre les spécialistes et les médecins de premier recours ainsi qu’entre les différents spécialistes pour la prise en charge des troubles associés qui sont fréquents dans le TDAH.</t>
+  </si>
+  <si>
+    <t>17/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2021 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302480/fr/trouble-du-neurodeveloppement/-tdah-reperage-diagnostic-et-prise-en-charge-des-adultes-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3302480</t>
+  </si>
+  <si>
+    <t>Accompagner la scolarité et contribuer à l’inclusion scolaire</t>
+  </si>
+  <si>
+    <t>En France, l’éducation est un droit fondamental et inconditionnel pour tout enfant. Elle passe notamment par la scolarité. Or, pour les enfants en situation de handicap et ceux qui bénéficient d’une mesure de protection, ce droit est souvent mis à mal avec une plus forte probabilité de ruptures ou d’échec dans le parcours scolaire. La HAS publie des recommandations pour permettre aux professionnels des établissements et structures sociaux et médico-sociaux d’accompagner et de soutenir les parcours scolaires de ces enfants.</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2021 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287349/fr/accompagner-la-scolarite-et-contribuer-a-l-inclusion-scolaire</t>
+  </si>
+  <si>
+    <t>p_3287349</t>
+  </si>
+  <si>
+    <t>Fiche mémo : conduite à tenir en cas de pic de pollution atmosphérique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>De nombreuses études et rapports d’organismes internationaux telle que l’Organisation mondiale de la santé (OMS), montrent que la pollution atmosphérique a des conséquences importantes en termes de santé publique et que la mise en place d’actions visant à réduire durablement la pollution atmosphérique permettrait d’améliorer de façon considérable la santé et la qualité de vie de la population.</t>
+  </si>
+  <si>
+    <t>10/02/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2021 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244760/fr/fiche-memo-conduite-a-tenir-en-cas-de-pic-de-pollution-atmospherique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3244760</t>
+  </si>
+  <si>
+    <t>Lits halte soins santé (Lhss), Lits d’accueil médicalisés (Lam) et Appartements de coordination thérapeutique (Act) : l’accompagnement des personnes et la continuité des parcours</t>
+  </si>
+  <si>
+    <t>La recommandation propose aux professionnels des principes, postures et techniques d’accompagnement soutenant l’autodétermination de la personne dans la définition et la mise en œuvre de son projet : bienveillance, non-jugement, respect de sa temporalité, recherche de son consentement éclairé, adoption d’une communication claire et adaptée, prise en compte de ses priorités et ressources. Elle propose également des éléments d’organisation permettant et facilitant la délivrance d’un accompagnement au plus près des besoins des personnes ...</t>
+  </si>
+  <si>
+    <t>08/12/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2021 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229978/fr/lits-halte-soins-sante-lhss-lits-d-accueil-medicalises-lam-et-appartements-de-coordination-therapeutique-act-l-accompagnement-des-personnes-et-la-continuite-des-parcours</t>
+  </si>
+  <si>
+    <t>p_3229978</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne polyhandicapée dans sa spécificité</t>
+  </si>
+  <si>
+    <t>Les recommandations sur l’accompagnement de la personne polyhandicapée (enfants et adultes) à domicile ou en établissement s’adressent à tous les professionnels des établissements et services sociaux et médico-sociaux (ESSMS) ainsi qu’aux aidants (parents, fratrie…). L'objectif est de les aider dans un accompagnement personnalisé et centré sur les capacités de la personne tout au long de son parcours de vie.</t>
+  </si>
+  <si>
+    <t>13/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215404/fr/l-accompagnement-de-la-personne-polyhandicapee-dans-sa-specificite</t>
+  </si>
+  <si>
+    <t>p_3215404</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
+  </si>
+  <si>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
+  </si>
+  <si>
+    <t>p_3161334</t>
+  </si>
+  <si>
+    <t>Prévention des addictions et réduction des risques et des dommages par les centres de soins, d'accompagnement et de prévention en addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>Les recommandations sont à destination principale des professionnels travaillant en CSAPA mais peuvent également être utiles à leurs partenaires (acteurs des champs sanitaire, social, médico-social, de la justice et de l'éducation) ainsi qu'aux personnes accueillies en CSAPA et à leur entourage.</t>
+  </si>
+  <si>
+    <t>17/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147889/fr/prevention-des-addictions-et-reduction-des-risques-et-des-dommages-par-les-centres-de-soins-d-accompagnement-et-de-prevention-en-addictologie-csapa</t>
+  </si>
+  <si>
+    <t>p_3147889</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Qualité de vie en résidences autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles portent sur les enjeux de prévention et d’amélioration de la qualité de vie en résidences autonomie. Les enjeux liés à la prévention sont en effet un axe fort de la Loi de modernisation de notre système de santé (loi santé) et de la Loi d’adaptation de la société au vieillissement (ASV).</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2018 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891427/fr/qualite-de-vie-en-residences-autonomie</t>
+  </si>
+  <si>
+    <t>c_2891427</t>
+  </si>
+  <si>
+    <t>Label INCa-HAS - Recommandations de bonne pratique clinique pour l’utilisation de la tomographie par émission de positrons (TEP) en cancérologie</t>
+  </si>
+  <si>
+    <t>Les objectifs de ces recommandations sont de répondre, pour chaque pathologie cancéreuse prise en compte et aux différentes étapes de l’histoire naturelle de la maladie cancéreuse, aux questions suivantes : - Quelles sont les performances et la place de la tomographie par émission de positrons (TEP) dans le parcours de soins de la pathologie concernée ? - Quel est l’impact de la TEP dans le parcours de soins des patients ? Cette recommandation de bonne pratique a reçu le label conjoint INCa-HAS. Ce label signifie que cette recommandation de bonne pratique a été élaborée selon les procédures et les règles méthodologiques préconisées par l’INCa et la HAS. Toute contestation sur le fond doit être portée directement auprès du promoteur.</t>
+  </si>
+  <si>
+    <t>16/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/06/2018 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857993/fr/label-inca-has-recommandations-de-bonne-pratique-clinique-pour-l-utilisation-de-la-tomographie-par-emission-de-positrons-tep-en-cancerologie</t>
+  </si>
+  <si>
+    <t>c_2857993</t>
+  </si>
+  <si>
+    <t>Pratiques de coopération et de coordination du parcours de la personne en situation de handicap</t>
+  </si>
+  <si>
+    <t>Les recommandations ont été élaborées dans un contexte d’évolution et de transformation de l’offre médico-sociale qui vise à améliorer la qualité de vie de la personne en situation de handicap, et en particulier la continuité de l’accompagnement dans son parcours de vie.</t>
+  </si>
+  <si>
+    <t>16/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839995/fr/pratiques-de-cooperation-et-de-coordination-du-parcours-de-la-personne-en-situation-de-handicap</t>
+  </si>
+  <si>
+    <t>c_2839995</t>
+  </si>
+  <si>
+    <t>Favoriser les articulations entre les professionnels intervenant en protection de l’enfance et les professionnels intervenant dans un cadre pénal, à l’égard d’un mineur</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de promouvoir des pratiques professionnelles permettant de garantir la stabilité et la continuité du parcours des mineurs concernés par les placements successifs, la réorientation et les relais entre institutions ; la multiplicité des prises en charge relevant de champs différents ; le suivi conjoint mené par différentes institutions (ASE, PJJ, …).</t>
+  </si>
+  <si>
+    <t>09/07/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/07/2015 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835622/fr/favoriser-les-articulations-entre-les-professionnels-intervenant-en-protection-de-l-enfance-et-les-professionnels-intervenant-dans-un-cadre-penal-a-l-egard-d-un-mineur</t>
+  </si>
+  <si>
+    <t>c_2835622</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Suivi et orientation des femmes enceintes en fonction des situations à risque identifiées</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a été mise à jour en mai 2016. La mise à jour porte sur la recherche de l’antigène HBs préconisée dorénavant à la première consultation de suivi, soit avant 10 semaines d’aménorrhée.</t>
+  </si>
+  <si>
+    <t>18/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2016 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_547976/fr/suivi-et-orientation-des-femmes-enceintes-en-fonction-des-situations-a-risque-identifiees</t>
+  </si>
+  <si>
+    <t>c_547976</t>
+  </si>
+  <si>
+    <t>Transplantation rénale - Accès à la liste d’attente nationale</t>
+  </si>
+  <si>
+    <t>Cette recommandation précise l’ensemble du parcours du patient de l’information sur la greffe à partir de donneur vivant ou de donneur décédé, jusqu’à l’inscription sur liste de transplantation rénale. Réduire les disparités d’accès et les délais d’inscription sur la liste d’attente nationale de greffe de rein sont les objectifs de cette recommandation.</t>
+  </si>
+  <si>
+    <t>21/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2015 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751188/fr/transplantation-renale-acces-a-la-liste-d-attente-nationale</t>
+  </si>
+  <si>
+    <t>c_1751188</t>
+  </si>
+  <si>
+    <t>Sortie de maternité après accouchement : conditions et organisation du retour à domicile des mères et de leurs nouveau-nés</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique a pour but de préciser les conditions et modalités optimales d’accompagnement des mères et des nouveau-nés à la sortie de maternité dans le contexte du bas risque. Ce travail vient entre autre actualiser la recommandation de bonne pratique publiée en 2004 par l’ANAES sur « la sortie précoce après accouchement – conditions pour proposer un retour précoce à domicile ».</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/03/2014 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1290110/fr/sortie-de-maternite-apres-accouchement-conditions-et-organisation-du-retour-a-domicile-des-meres-et-de-leurs-nouveau-nes</t>
+  </si>
+  <si>
+    <t>c_1290110</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Chirurgie ambulatoire en urologie</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ces recommandations est de permettre à l’ensemble des urologues, de développer la pratique d’une chirurgie urologique ambulatoire de qualité, avec les mêmes conditions de sécurité qu’en hospitalisation traditionnelle, en intégrant les technologies et les concepts en organisation actuels et à venir.</t>
+  </si>
+  <si>
+    <t>13/11/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>04/12/2013 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1702525/fr/label-de-la-has-chirurgie-ambulatoire-en-urologie</t>
+  </si>
+  <si>
+    <t>c_1702525</t>
+  </si>
+  <si>
+    <t>Grossesses à risque : orientation des femmes enceintes entre les maternités en vue de l'accouchement</t>
+  </si>
+  <si>
+    <t>Définir selon des critères médicaux les femmes enceintes à orienter dans les maternités de type I, II et III selon les risques fœto-maternels. Harmoniser les indications d’orientation et de réorientation au sein des réseaux périnatals. Améliorer la compréhension par les professionnels autant que par les femmes enceintes de l’utilité et des limites de l’orientation entre les établissements d’un réseau périnatal. Mieux appréhender les outils nécessaires à une organisation efficace des orientations, afin d’en améliorer la sécurité et le confort.</t>
+  </si>
+  <si>
+    <t>01/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2012 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935540/fr/grossesses-a-risque-orientation-des-femmes-enceintes-entre-les-maternites-en-vue-de-l-accouchement</t>
+  </si>
+  <si>
+    <t>c_935540</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Handicaps moteurs et associés : le passage de l’enfant à l’adulte. Enjeux médicaux et médico-sociaux dans la période 15-25 ans</t>
+  </si>
+  <si>
+    <t>L'amélioration de l'espérance de vie des enfants handicapés moteurs et polyhandicapés conduit de plus en plus d'équipes pédiatriques à suivre ces enfants tardivement et pose la question du relais du suivi médical et paramédical par les équipes sanitaires adultes et par un dispositif médico-social adapté à leur condition particulière.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>12/10/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1271613/fr/label-de-la-has-handicaps-moteurs-et-associes-le-passage-de-l-enfant-a-l-adulte-enjeux-medicaux-et-medico-sociaux-dans-la-periode-15-25-ans</t>
+  </si>
+  <si>
+    <t>c_1271613</t>
+  </si>
+  <si>
+    <t>Prise en charge de l'infarctus du myocarde à la phase aiguë en dehors des services de cardiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux questions suivantes: Quels sont les critères décisionnels pour la prescription d’une désobstruction coronaire pour un infarctus aigu (indépendamment de la technique) ? Quels sont les stratégies de reperfusion et les traitements adjuvants à mettre en œuvre pour un syndrome coronarien aigu (SCA) ST+ ? Quelles sont les caractéristiques des filières de prise en charge d’un patient avec une douleur thoracique évoquant un infarctus aigu ? Quelles sont les situations particulières de prise en charge d’un infarctus aigu ? Quelle est la prise en charge des complications initiales ?</t>
+  </si>
+  <si>
+    <t>27/04/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>23/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_484720/fr/prise-en-charge-de-l-infarctus-du-myocarde-a-la-phase-aigue-en-dehors-des-services-de-cardiologie</t>
+  </si>
+  <si>
+    <t>c_484720</t>
+  </si>
+  <si>
+    <t>Suivi post-professionnel après exposition à l'amiante</t>
+  </si>
+  <si>
+    <t>L'audition publique n'a porté que sur les seules maladies respiratoires induites par l’exposition à l’amiante. La réunion publique s'est déroulée le 19 janvier 2010.</t>
+  </si>
+  <si>
+    <t>14/04/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2012 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_935546/fr/suivi-post-professionnel-apres-exposition-a-l-amiante</t>
+  </si>
+  <si>
+    <t>c_935546</t>
+  </si>
+  <si>
+    <t>Label de la HAS - Démarche précoce d’insertion socioprofessionnelle en établissements de soins de suite et de réadaptation spécialisés relevant des champs de compétences de la médecine physique et de la réadaptation</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique décrit le contenu du processus et les moyens à mobiliser pour mettre en œuvre une démarche précoce d’insertion socioprofessionnelle (DPI) au sein d’un établissement de Soins de Suite et de Réadaptation spécialisé. La finalité de la DPI est d’intégrer au plus tôt la dimension socioprofessionnelle dans le projet de soins de la personne en situation de handicap. Cette recommandation aborde en particulier :</t>
+  </si>
+  <si>
+    <t>01/07/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>21/09/2011 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1096505/fr/label-de-la-has-demarche-precoce-d-insertion-socioprofessionnelle-en-etablissements-de-soins-de-suite-et-de-readaptation-specialises-relevant-des-champs-de-competences-de-la-medecine-physique-et-de-la-readaptation</t>
+  </si>
+  <si>
+    <t>c_1096505</t>
+  </si>
+  <si>
+    <t>Situations pathologiques pouvant relever de l'hospitalisation à domicile au cours de l'ante et du post-partum</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’optimiser la prise en charge de la femme et de son enfant dans le cadre d’une hospitalisation à domicile (HAD).</t>
+  </si>
+  <si>
+    <t>30/06/2011 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1066375/fr/situations-pathologiques-pouvant-relever-de-l-hospitalisation-a-domicile-au-cours-de-l-ante-et-du-post-partum</t>
+  </si>
+  <si>
+    <t>c_1066375</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge d’un appel de demande de soins non programmés dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Améliorer la qualité et la sécurité de la réponse apportée aux patients Constituer un support pour la formation continue des professionnels et l’évaluation de leurs pratiques Favoriser l’harmonisation des pratiques entre professionnels et sur l’ensemble du territoire</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>08/06/2011 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1061039/fr/modalites-de-prise-en-charge-d-un-appel-de-demande-de-soins-non-programmes-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_1061039</t>
+  </si>
+  <si>
+    <t>Les courriers échangés entre médecins généralistes et psychiatres lors d’une demande de première consultation par le médecin généraliste pour un patient adulte présentant un trouble mental avéré ou une souffrance psychique</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à favoriser l’échange entre médecins généralistes et psychiatres, tout particulièrement important lors d’une demande de première consultation puisqu’il va déterminer le devenir de la coopération autour du patient de ces deux professionnels.</t>
+  </si>
+  <si>
+    <t>01/02/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>05/05/2011 13:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050358/fr/les-courriers-echanges-entre-medecins-generalistes-et-psychiatres-lors-d-une-demande-de-premiere-consultation-par-le-medecin-generaliste-pour-un-patient-adulte-presentant-un-trouble-mental-avere-ou-une-souffrance-psychique</t>
+  </si>
+  <si>
+    <t>c_1050358</t>
+  </si>
+  <si>
+    <t>Troubles de la réfraction : délivrance de verres correcteurs par les opticiens dans le cadre d'un renouvellement</t>
+  </si>
+  <si>
+    <t>L’article 54 de la loi n° 2006-1640 du 21 décembre 2006 de financement de la Sécurité sociale et ses décrets d’application (décrets n° 2007-553 et n° 2007-551 du 13 avril 2007) ont permis aux opticiens-lunetiers d’adapter, dans le cadre d'un renouvellement, les prescriptions médicales initiales de verres correcteurs datant de moins de 3 ans, à l'exclusion de celles établies pour les personnes âgées de moins de 16 ans et sauf opposition du médecin.</t>
+  </si>
+  <si>
+    <t>02/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>14/04/2011 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1045685/fr/troubles-de-la-refraction-delivrance-de-verres-correcteurs-par-les-opticiens-dans-le-cadre-d-un-renouvellement</t>
+  </si>
+  <si>
+    <t>c_1045685</t>
+  </si>
+  <si>
+    <t>Critères de suivi en rééducation et d’orientation en ambulatoire ou en soins de suite ou de réadaptation après chirurgie des ruptures de coiffe et arthroplasties de l'épaule</t>
+  </si>
+  <si>
+    <t>Ces recommandations complètent celles publiées par la HAS en mars 2006 (cf. "en savoir plus" : Recommandations portant sur les actes chirurgicaux et orthopédiques ...). L'objectif de ces différents travaux de la HAS est d'éviter les hospitalisations inappropriées en soins de suite ou de réadaptation (SSR) après certains traitements orthopédiques ou chirurgicaux.</t>
+  </si>
+  <si>
+    <t>23/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_613749/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-chirurgie-des-ruptures-de-coiffe-et-arthroplasties-de-l-epaule</t>
+  </si>
+  <si>
+    <t>c_613749</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Prescription médicamenteuse par téléphone (ou téléprescription) dans le cadre de la régulation médicale</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont été rédigées par la HAS à la demande de la DHOS. Elles ont pour objectif de définir des bonnes pratiques en matière de prescription médicamenteuse par téléphone (téléprescription) dans le cadre de la régulation médicale, afin : de garantir l'homogénéité de cette pratique et la qualité de la réponse apportée aux patients sur tout le territoire ; d’améliorer le délai d'accès aux médicaments pour les patients qui doivent en disposer rapidement ; de sécuriser les professionnels impliqués quant à leur responsabilité lors de cette activité ; de permettre la production de supports de formation des médecins concernant cette pratique.</t>
+  </si>
+  <si>
+    <t>15/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_784119/fr/prescription-medicamenteuse-par-telephone-ou-teleprescription-dans-le-cadre-de-la-regulation-medicale</t>
+  </si>
+  <si>
+    <t>c_784119</t>
+  </si>
+  <si>
+    <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
+  </si>
+  <si>
+    <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
+  </si>
+  <si>
+    <t>23/01/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/01/2009 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_736311/fr/acces-aux-soins-des-personnes-en-situation-de-handicap-rapport-de-la-commission-d-audition-publique</t>
+  </si>
+  <si>
+    <t>c_736311</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
+  </si>
+  <si>
+    <t>c_533480</t>
+  </si>
+  <si>
+    <t>Critères de suivi en rééducation et d'orientation en ambulatoire ou en soins de suite ou de réadaptation après arthroplastie totale du genou</t>
+  </si>
+  <si>
+    <t>Ces recommandations complètent celles publiées par la HAS en mars 2006 (cf. "en savoir plus" : Recommandations portant sur les actes chirurgicaux et orthopédiques ...). L'objectif de ces différents travaux de la HAS est d'éviter les hospitalisations inappropriées en soins de suite ou de réadaptation (SSR) après certains traitements orthopédiques et chirurgicaux.</t>
+  </si>
+  <si>
+    <t>01/01/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2008 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_639103/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-arthroplastie-totale-du-genou</t>
+  </si>
+  <si>
+    <t>c_639103</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+  </si>
+  <si>
+    <t>c_665169</t>
+  </si>
+  <si>
+    <t>Critères de suivi en rééducation et d'orientation en ambulatoire ou en soins de suite ou de réadaptation après ligamentoplastie du croisé antérieur du genou</t>
+  </si>
+  <si>
+    <t>01/04/2008 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_639105/fr/criteres-de-suivi-en-reeducation-et-d-orientation-en-ambulatoire-ou-en-soins-de-suite-ou-de-readaptation-apres-ligamentoplastie-du-croise-anterieur-du-genou</t>
+  </si>
+  <si>
+    <t>c_639105</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Prise en charge en cas de mort inattendue du nourrisson (moins de 2 ans)</t>
+  </si>
+  <si>
+    <t>La «mort inattendue du nourrisson» est définie dans ce document comme «une mort survenant brutalement chez un nourrisson alors que rien, dans ses antécédents connus, ne pouvait le laisser prévoir».</t>
+  </si>
+  <si>
+    <t>14/02/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2007 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533467/fr/prise-en-charge-en-cas-de-mort-inattendue-du-nourrisson-moins-de-2-ans</t>
+  </si>
+  <si>
+    <t>c_533467</t>
+  </si>
+  <si>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+  </si>
+  <si>
+    <t>c_451135</t>
+  </si>
+  <si>
+    <t>La crise suicidaire : reconnaître et prendre en charge</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est d'améliorer le repérage de la crise suicidaire et l'organisation de la prise en charge afin de prévenir le suicide.</t>
+  </si>
+  <si>
+    <t>22/11/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>01/10/2000 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_271964/fr/la-crise-suicidaire-reconnaitre-et-prendre-en-charge</t>
+  </si>
+  <si>
+    <t>c_271964</t>
+  </si>
+  <si>
+    <t>Modalités de sevrage chez les toxicomanes dépendant des opiacés</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Quelle est la place des sevrages dans les stratégies de soin des toxicomanes aux opiacés ? Quelle préparation et mise en place des sevrages ? Quelles sont les modalités et les conditions pratiques du sevrage ? Quels soins après sevrage et suivi ?</t>
+  </si>
+  <si>
+    <t>24/04/1998 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/1998 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272062/fr/modalites-de-sevrage-chez-les-toxicomanes-dependant-des-opiaces</t>
+  </si>
+  <si>
+    <t>c_272062</t>
+  </si>
+  <si>
+    <t>Soins et surveillance des abords digestifs pour l'alimentation entérale chez l'adulte en hospitalisation et à domicile</t>
+  </si>
+  <si>
+    <t>Ces recommandations pour les pratiques de soins concernent la pose d'une sonde nasogastrique, ainsi que les soins et la surveillance d'une sonde nasogastrique, de gastrostomie ou de jéjunostomie. Les indications et les modalités d'administration de l'alimentation entérale ainsi que le suivi nutritionnel ne sont pas abordés.</t>
+  </si>
+  <si>
+    <t>01/04/2000 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272139/fr/soins-et-surveillance-des-abords-digestifs-pour-l-alimentation-enterale-chez-l-adulte-en-hospitalisation-et-a-domicile</t>
+  </si>
+  <si>
+    <t>c_272139</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral - aspects médicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge thérapeutique des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée. Les questions abordées sont les suivantes : 1. Diagnostic de l’AVC, de sa nature et de son territoire 2. Surveillance initiale neurologique et des paramètres vitaux 3. Prise en charge des complications générales 4. Prise en charge des complications neurologiques 5. Traitement de l’AVC ischémique artériel 6. Traitement des thromboses veineuses cérébrales 7. Indications du traitement neurochirurgical 8. Indications de la prise en charge en réanimation médicale 9. Unités neurovasculaires 10. Organisation de la filière de soins, prise en charge préhospitalière</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-medicaux</t>
+  </si>
+  <si>
+    <t>c_272249</t>
+  </si>
+  <si>
+    <t>Prise en charge initiale des patients adultes atteints d’accident vasculaire cérébral – Aspects paramédicaux</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent la prise en charge paramédicale des patients atteints d’accident vasculaire cérébral (AVC) à la phase aiguë, c’est-à-dire environ dans les 15 premiers jours, à l’exclusion de l’hémorragie méningée.</t>
+  </si>
+  <si>
+    <t>01/06/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272250/fr/prise-en-charge-initiale-des-patients-adultes-atteints-d-accident-vasculaire-cerebral-aspects-paramedicaux</t>
+  </si>
+  <si>
+    <t>c_272250</t>
+  </si>
+  <si>
+    <t>Intoxication par le plomb de l’enfant et de la femme enceinte - Prévention et prise en charge médico-sociale</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux quatre questions suivantes, posées au jury : Comment repérer les enfants exposés et intoxiqués ? Quelle prise en charge et quel suivi proposer aux enfants exposés et intoxiqués ? Quels sont les risques pour la femme enceinte et le fœtus en cas d'exposition au plomb ? Quelle est la stratégie de dépistage et de prise en charge pendant la grossesse et la période périnatale ? Quelles pratiques professionnelles et institutionnelles développer en termes d'information, de communication, de formation et d'éducation pour la santé ?</t>
+  </si>
+  <si>
+    <t>11/12/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272273/fr/intoxication-par-le-plomb-de-l-enfant-et-de-la-femme-enceinte-prevention-et-prise-en-charge-medico-sociale</t>
+  </si>
+  <si>
+    <t>c_272273</t>
+  </si>
+  <si>
+    <t>Prise en charge des épilepsies partielles pharmaco-résistantes</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes posées au jury : Qu’est-ce qu’une épilepsie partielle pharmaco-résistante ? Comment conduire le bilan d’une épilepsie partielle pharmaco-résistante ? Quels sont les critères d’éligibilité à un traitement chirurgical ? Quelle prise en charge médicale et médico-sociale pour les épilepsies partielles pharmaco-résistantes ? Comment informer et éduquer les patients atteints d’épilepsie partielle pharmaco-résistante ? Comment évaluer leur qualité de vie ? Quelle organisation de soins proposer pour améliorer la qualité de leur prise en charge ? De quelles données médico-économiques dispose-t-on ?</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272300/fr/prise-en-charge-des-epilepsies-partielles-pharmaco-resistantes</t>
+  </si>
+  <si>
+    <t>c_272300</t>
+  </si>
+  <si>
+    <t>Réduire les mauvaises utilisations des médicaments de substitution des opiacés</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent les mauvaises utilisations des médicaments de substitution des opiacés et les façons de les prévenir et d'y remédier.</t>
+  </si>
+  <si>
+    <t>01/06/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272329/fr/reduire-les-mauvaises-utilisations-des-medicaments-de-substitution-des-opiaces</t>
+  </si>
+  <si>
+    <t>c_272329</t>
+  </si>
+  <si>
+    <t>Sortie du monde hospitalier et le retour au domicile d’une personne adulte handicapée sur le plan moteur ou neuropsychologique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Qu’est-ce qu’un projet de sortie ? Comment définir de façon personnalisée le projet de sortie ? Selon les données actuelles, quelle organisation pour la mise en œuvre pratique et la réalisation du projet de sortie individualisé, dans le contexte de la vie de la personne handicapée ? Face aux obstacles, aux facteurs limitants et aux attentes réciproques de tous les acteurs (de l’hôpital et du lieu de vie) concernés par la réalisation pratique de la sortie de l’hôpital et du retour à domicile, quelles propositions ? Comment évaluer le service rendu ?</t>
+  </si>
+  <si>
+    <t>15/12/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>15/12/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272386/fr/sortie-du-monde-hospitalier-et-le-retour-au-domicile-d-une-personne-adulte-handicapee-sur-le-plan-moteur-ou-neuropsychologique</t>
+  </si>
+  <si>
+    <t>c_272386</t>
+  </si>
+  <si>
+    <t>Liberté d’aller et venir dans les établissements sanitaires et médico-sociaux, et obligation de soins et de sécurité</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelles sont les raisons invoquées pour justifier des restrictions au principe fondamental d’aller et venir ? Lesquelles peut-on retenir ? Comment sont appréciées les raisons justifiant les restrictions aux libertés selon le lieu, le moment et la situation dans lesquels la personne se trouve ? Quelles doivent être les conditions d’application des raisons invoquées pour justifier des restrictions au principe fondamental d’aller et venir ? Comment concilier d’éventuelles restrictions à la liberté d’aller et venir en établissement sanitaire et médico-social et le droit à la vie privée ? Quelles sont les attentes et les responsabilités des usagers et de leur entourage sur le dilemme entre la liberté d’aller et venir et les obligations de soins et de sécurité dans les établissements ?</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2004 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272394/fr/liberte-d-aller-et-venir-dans-les-etablissements-sanitaires-et-medico-sociaux-et-obligation-de-soins-et-de-securite</t>
+  </si>
+  <si>
+    <t>c_272394</t>
+  </si>
+  <si>
+    <t>Sortie du monde hospitalier et retour au domicile d’une personne adulte évoluant vers la dépendance motrice ou psychique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les caractéristiques des systèmes d’information existants et de ceux qu’il conviendrait de mettre en place ? Quelles sorties d’informations structurées sont attendues de ces systèmes ? Quelles sont l’ampleur du champ et les interactions à considérer pour organiser efficacement la prise en charge sur le plan économique ? Comment évaluer les innovations techniques dans le cadre de la prise en charge du retour et/ou du maintien au domicile ? Comment évaluer les innovations organisationnelles dans le cadre de la prise en charge du retour et/ou du maintien au domicile ? La satisfaction du patient et des aidants est-elle un critère valide et crédible dans l’évaluation du retour et/ou du maintien au domicile ? Quelles recommandations proposer pour le financement du retour et/ou du maintien au domicile ?</t>
+  </si>
+  <si>
+    <t>25/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272396/fr/sortie-du-monde-hospitalier-et-retour-au-domicile-d-une-personne-adulte-evoluant-vers-la-dependance-motrice-ou-psychique</t>
+  </si>
+  <si>
+    <t>c_272396</t>
+  </si>
+  <si>
+    <t>Accès aux informations concernant la santé d'une personne - Modalités pratiques et accompagnement</t>
+  </si>
+  <si>
+    <t>Les recommandations concernent les modalités et l’accompagnement de l’accès aux informations de santé relatives à une personne, détenues par des professionnels de santé, des établissements de santé, publics ou privés, ou des hébergeurs.</t>
+  </si>
+  <si>
+    <t>01/12/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272508/fr/acces-aux-informations-concernant-la-sante-d-une-personne-modalites-pratiques-et-accompagnement</t>
+  </si>
+  <si>
+    <t>c_272508</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>Téléconsultation &amp; télésoins – Consulter et se faire soigner à distance</t>
+  </si>
+  <si>
+    <t>Le document "Consulter et se faire soigner à distance - Téléconsultation &amp; télésoin" est destiné aux patients qui souhaitent s'informer sur le déroulement de cette prise en charge à distance.</t>
+  </si>
+  <si>
+    <t>29/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2021 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270557/fr/teleconsultation-telesoins-consulter-et-se-faire-soigner-a-distance</t>
+  </si>
+  <si>
+    <t>p_3270557</t>
+  </si>
+  <si>
+    <t>Accouchement : Votre retour à la maison pendant l’épidémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Votre bébé vient de naître et vous êtes de retour chez vous. Pour vous protéger, l’organisation de votre suivi médical et de celui de votre bébé est adaptée en fonction de la circulation du virus dans votre région. Des précautions spécifiques vous concernent si vous avez le Covid-19. N’hésitez pas à solliciter les professionnels de santé qui vous suivent, si vous avez des interrogations ou des doutes.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2020 15:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186783/fr/accouchement-votre-retour-a-la-maison-pendant-l-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3186783</t>
+  </si>
+  <si>
+    <t>Grossesse : Votre suivi pendant l'épidémie de Covid-19</t>
+  </si>
+  <si>
+    <t>Vous êtes enceinte et vous vous interrogez sur le suivi de votre grossesse et l’organisation de votre accouchement, alors que le coronavirus continue de circuler. En cette période, n’attendez pas pour prendre contact avec le professionnel ou l’équipe qui vous suivra. Ils vous conseilleront pour organiser au mieux votre suivi. Ce document est issu de la fiche réponse rapide Continuité du suivi des femmes enceintes lors de la levée du confinement.</t>
+  </si>
+  <si>
+    <t>29/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2020 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187133/fr/grossesse-votre-suivi-pendant-l-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3187133</t>
+  </si>
+  <si>
+    <t>COVID-19 - Comment vous protéger d'une forme grave</t>
+  </si>
+  <si>
+    <t>Covid-19 et maladie chronique : il est indispensable que vous restiez très attentif à votre santé en lien avec votre médecin, vos autres soignants et votre entourage, pendant toute la période de confinement liée à l'épidémie de COVID-19. La HAS vous propose un document pour vous accompagner. Il est destiné aux patients ou à leur entourage ; il a été élaboré en collaboration avec France Assos santé.</t>
+  </si>
+  <si>
+    <t>19/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>10/04/2020 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3178865/fr/covid-19-comment-vous-proteger-d-une-forme-grave</t>
+  </si>
+  <si>
+    <t>p_3178865</t>
+  </si>
+  <si>
+    <t>COVID-19 - Évaluer ses risques avec l’équipe de soins et adapter son mode de vie</t>
+  </si>
+  <si>
+    <t>Vous êtes atteint d’une maladie chronique ou avez plus de 65 ans ? Vous êtes possiblement exposé à un risque de forme grave de COVID-19. À l’occasion de la sortie du confinement, vous pouvez échanger avec votre médecin ou votre équipe de soins. Vous déciderez alors des adaptations de votre mode de vie en fonction de votre situation.</t>
+  </si>
+  <si>
+    <t>11/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2020 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189294/fr/covid-19-evaluer-ses-risques-avec-l-equipe-de-soins-et-adapter-son-mode-de-vie</t>
+  </si>
+  <si>
+    <t>p_3189294</t>
+  </si>
+  <si>
+    <t>Diabète : poursuivre ses soins et faire face au COVID-19</t>
+  </si>
+  <si>
+    <t>Vous êtes diabétique et vous sortez le moins possible. Il est indispensable de rester très attentif à votre équilibre glycémique et de faire le point avec votre médecin et vos autres soignants sur les soins que vous ne devez pas reporter et les traitements que vous ne devez pas modifier sans leur avis.</t>
+  </si>
+  <si>
+    <t>30/04/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2020 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182187/fr/diabete-poursuivre-ses-soins-et-faire-face-au-covid-19</t>
+  </si>
+  <si>
+    <t>p_3182187</t>
+  </si>
+  <si>
+    <t>Sortie de maternité : préparez votre retour à la maison....Document d'information destiné aux femmes enceintes</t>
+  </si>
+  <si>
+    <t>Ce document d’information, destiné aux femmes enceintes et à leur entourage, a pour objectif de les aider à anticiper leur sortie de maternité en préparant le retour au domicile.</t>
+  </si>
+  <si>
+    <t>13/03/2014 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729194/fr/sortie-de-maternite-preparez-votre-retour-a-la-maison-document-d-information-destine-aux-femmes-enceintes</t>
+  </si>
+  <si>
+    <t>c_1729194</t>
+  </si>
+  <si>
+    <t>Lunettes de vue : mode d’emploi pour les renouveler</t>
+  </si>
+  <si>
+    <t>Depuis 2007*, les opticiens-lunetiers peuvent adapter, dans le cadre d'un renouvellement, les prescriptions médicales initiales de verres correcteurs datant de moins de 3 ans, chez les personnes d’au moins 16 ans, à la condition que l’ophtalmologiste n’ait pas notifié son opposition sur l’ordonnance. En effet, l'ophtalmologiste peut décider, dans des situations particulières qui nécessitent un suivi médical rapproché, de limiter ou de s’opposer au renouvellement par l’opticien. Dans certains cas également, l’opticien devra orienter la personne vers l’ophtalmologiste avant toute délivrance de lunettes. Vous trouverez dans ce document des informations sur : les troubles de la vue et les professionnels de santé qui s’en occupent la marche à suivre pour remplacer ses lunettes quand celles-ci ne sont plus à votre vue les symptômes qui doivent vous alerter et vous amener à consulter un ophtalmologiste * article 54 de la loi n° 2006-1640 du 21 décembre 2006 de financement de la Sécurité sociale et ses décrets d’application (décrets n° 2007-553 et n° 2007-551 du 13 avril 2007)</t>
+  </si>
+  <si>
+    <t>08/06/2012 16:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1253529/fr/lunettes-de-vue-mode-d-emploi-pour-les-renouveler</t>
+  </si>
+  <si>
+    <t>c_1253529</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Accès précoce à des médicaments présumés innovants : pour un pari mieux éclairé</t>
+  </si>
+  <si>
+    <t>L’évaluation des demandes d’accès précoce à des médicaments comprend par nature une forme d’incertitude. En effet, elle repose notamment sur l’appréciation de la présomption d’innovation et non sur la démonstration de cette innovation. Afin de définir les données minimales requises pour confirmer ou réfuter le bénéfice clinique supplémentaire du traitement par rapport aux alternatives disponibles et ainsi limiter la prise de risque pour les patients, la Haute Autorité de santé (HAS) actualise sa doctrine d’évaluation.</t>
+  </si>
+  <si>
+    <t>19/12/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806377/fr/acces-precoce-a-des-medicaments-presumes-innovants-pour-un-pari-mieux-eclaire</t>
+  </si>
+  <si>
+    <t>p_3806377</t>
+  </si>
+  <si>
+    <t>Des données probantes pour accélérer le virage préventif</t>
+  </si>
+  <si>
+    <t>Thématique phare de son projet stratégique 2025-2030, la prévention est le sujet de la nouvelle analyse prospective du système de santé, adressée par la Haute Autorité de santé (HAS) au Gouvernement et au Parlement. Dans un contexte marqué par de fortes contraintes budgétaires, la HAS appelle à renforcer l’éclairage des décideurs par des données probantes pour leur permettre d’apprécier la pertinence des interventions de prévention et de promotion de la santé et donc les bénéfices attendus pour la population. A cet effet, elle propose notamment de construire et mettre en place une « boîte à outils » à destination de l’ensemble des acteurs concernés, et de structurer leur dialogue autour de cet enjeu.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737647/fr/des-donnees-probantes-pour-accelerer-le-virage-preventif</t>
+  </si>
+  <si>
+    <t>p_3737647</t>
+  </si>
+  <si>
+    <t>Parcours de transition des personnes transgenres : la HAS réaffirme la nécessité de protéger les experts</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) avait saisi le Conseil d’Etat d’un pourvoi en cassation contre un jugement du tribunal administratif de Montreuil lui enjoignant, à la demande d’une association, de communiquer la liste des membres du groupe de travail participant à l’élaboration des recommandations sur la transition de genre, et qui ont été récemment publiées. Après avoir accordé à la HAS un sursis à exécution, le Conseil d’Etat rejette finalement le pourvoi. La HAS prend acte de cette décision qui souligne toutefois que les textes actuels, sur lesquels le juge s’est fondé, ne garantissent pas suffisamment la protection des experts participant à l’expertise en santé. Attachée à la protection des experts et au principe d’indépendance de l’expertise, la HAS appelle à une évolution législative.</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639305/fr/parcours-de-transition-des-personnes-transgenres-la-has-reaffirme-la-necessite-de-proteger-les-experts</t>
+  </si>
+  <si>
+    <t>p_3639305</t>
+  </si>
+  <si>
+    <t>Transition de genre : la HAS publie les premières recommandations sur la prise en charge médicale de l’adulte</t>
+  </si>
+  <si>
+    <t>Saisie par le ministère chargé de la Santé, la Haute Autorité de santé (HAS) publie le premier volet de ses recommandations portant sur l’accompagnement et la prise en charge médicale des personnes trans souhaitant s’engager dans une démarche de transition de genre. Ce premier volet est consacré aux personnes âgées de 18 ans et plus. Destinées aux professionnels de santé, ces recommandations visent à homogénéiser les pratiques et garantir une prise en charge sécurisée et de qualité. Elles insistent notamment sur l’accueil, l’écoute et l’information des personnes concernées en vue d’une décision éclairée. La HAS élaborera dans un second temps des recommandations de bonnes pratiques concernant les mineurs.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636602/fr/transition-de-genre-la-has-publie-les-premieres-recommandations-sur-la-prise-en-charge-medicale-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636602</t>
+  </si>
+  <si>
+    <t>Vers une meilleure collaboration entre la protection de l’enfance et la psychiatrie de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Les enfants qui bénéficient d’une mesure de protection[1],[2] ont à la fois un risque plus important de présenter des troubles psychiques et neurodéveloppementaux et des difficultés d’accès aux soins psychiatriques. Par ailleurs, la continuité de leurs parcours de soins peut ensuite être compromise, entre autres, par manque de coordination entre les acteurs de protection de l’enfance et ceux de la psychiatrie de l’enfant et de l’adolescent. Dans ce contexte, la Haute Autorité de santé (HAS) s’est auto-saisie pour élaborer une recommandation afin de favoriser la coordination entre les acteurs des deux champs concernés. Ce travail s’inscrit dans le cadre de son propre programme « santé mentale et psychiatrie » et dans un contexte où la santé mentale est Grande cause nationale 2025.</t>
+  </si>
+  <si>
+    <t>26/05/2025 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607991/fr/vers-une-meilleure-collaboration-entre-la-protection-de-l-enfance-et-la-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3607991</t>
+  </si>
+  <si>
+    <t>Mieux prévenir et gérer les événements indésirables graves associés aux soins survenant chez les nouveau-nés</t>
+  </si>
+  <si>
+    <t>Face à l'augmentation de la mortalité infantile en France, et sachant que cette évolution préoccupante a des origines multifactorielles, la HAS a analysé 328 déclarations d’événements indésirables graves associés aux soins (EIGS) survenus spécifiquement chez les nouveau-nés et reçues entre le 1er mars 2017 et le 27 mai 2024. Le rapport publié aujourd’hui identifie les causes de ces EIGS et en tire des enseignements conduisant à formuler dix préconisations. Il a pour objectif d’éclairer sur les circonstances des accidents déclarés, d’orienter les actions des pouvoirs publics et des acteurs de la périnatalité, et ainsi de consolider le niveau de sécurité des prises en charge périnatales en France.</t>
+  </si>
+  <si>
+    <t>21/05/2025 15:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3607325/fr/mieux-prevenir-et-gerer-les-evenements-indesirables-graves-associes-aux-soins-survenant-chez-les-nouveau-nes</t>
+  </si>
+  <si>
+    <t>p_3607325</t>
+  </si>
+  <si>
+    <t>TDAH de l’enfant et adolescent : former plus de professionnels pour réduire les délais de prise en charge</t>
+  </si>
+  <si>
+    <t>Le trouble déficit de l’attention avec ou sans hyperactivité (TDAH) est un trouble du neurodéveloppement (TND). Il concernerait 5 % des enfants et des adolescents dans le monde. Diagnostiquer et accompagner le plus tôt possible ces enfants est essentiel afin d’éviter une aggravation des conséquences psychologiques, sociales et scolaires du TDAH. Alors que l’accès aux soins pour les personnes s’avère aujourd’hui compliqué, la Haute Autorité de santé (HAS) publie des recommandations pour améliorer le diagnostic et la prise en charge du TDAH chez l’enfant et l’adolescent. Elle appelle également les pouvoirs publics à développer l’offre de soins pour réduire les délais de prise en charge, en permettant l’intervention de plus de médecins. Des recommandations dédiées à l’adulte seront publiées fin 2025.</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542741/fr/tdah-de-l-enfant-et-adolescent-former-plus-de-professionnels-pour-reduire-les-delais-de-prise-en-charge</t>
+  </si>
+  <si>
+    <t>p_3542741</t>
+  </si>
+  <si>
+    <t>Certification des prestataires de services et distributeurs de matériel (PSDM) : la HAS publie le référentiel</t>
+  </si>
+  <si>
+    <t>Les prestataires de services et distributeurs de matériel (PSDM) sont devenus en quelques années un acteur important du maintien à domicile des personnes malades ou en perte d’autonomie. Ils fournissent des dispositifs médicaux et des prestations associées à environ 2 millions de personnes. À la suite d’un état des lieux mené par l’Inspection générale des affaires sociales (Igas), la loi de financement de la Sécurité sociale (LFSS) pour 2021 a confié à la Haute Autorité de santé (HAS) l’élaboration d’un référentiel des bonnes pratiques professionnelles et d’une procédure de certification des PSDM. La certification conditionnera la prise en charge des produits et prestations remboursables par l’Assurance maladie. L’objectif est de s’assurer de la qualité et de la sécurité de l’activité. La HAS publie aujourd’hui le référentiel sur la base duquel les prestataires seront évalués, afin de leur permettre de se préparer.</t>
+  </si>
+  <si>
+    <t>18/06/2024 11:37:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525164/fr/certification-des-prestataires-de-services-et-distributeurs-de-materiel-psdm-la-has-publie-le-referentiel</t>
+  </si>
+  <si>
+    <t>p_3525164</t>
+  </si>
+  <si>
+    <t>Diabète de type 2 : les thérapies non médicamenteuses d’abord</t>
+  </si>
+  <si>
+    <t>Plus de 3,8 millions de personnes étaient traitées pour un diabète en France en 2022. Chez l’adulte, dans plus de 90 % des cas, il s’agit d’un diabète de type 2. Cette maladie évolue au fil du temps et peut entraîner des complications cardiovasculaires et rénales parfois graves. Afin de garantir une prise en charge optimale des patients, la HAS met à jour ses recommandations à l’attention des professionnels de santé. Pour la première fois, elle positionne en 1re intention les thérapeutiques non médicamenteuses, dont l’activité physique. Les nouvelles classes médicamenteuses et leurs effets positifs sur la prévention des risques de complications sont aussi intégrées dans la stratégie de prise en charge.</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3520515/fr/diabete-de-type-2-les-therapies-non-medicamenteuses-d-abord</t>
+  </si>
+  <si>
+    <t>p_3520515</t>
+  </si>
+  <si>
+    <t>Accélérer les coopérations et les partages de tâches entre professionnels de santé</t>
+  </si>
+  <si>
+    <t>13/03/2024 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500091/fr/accelerer-les-cooperations-et-les-partages-de-taches-entre-professionnels-de-sante</t>
+  </si>
+  <si>
+    <t>p_3500091</t>
+  </si>
+  <si>
+    <t>Surpoids et obésité chez l’enfant et l’adulte : quel parcours de soins ?</t>
+  </si>
+  <si>
+    <t>À l’approche de la journée mondiale de l’obésité le 4 mars, la HAS propose deux parcours de soins du surpoids et de l’obésité, chez l’enfant et l’adolescent d’une part, chez l’adulte d’autre part. Comment prévenir ces situations ? Quelles mesures mettre en place ? Désormais complets, ces travaux ont pour objectif de faciliter l’organisation et la mise en œuvre des soins ainsi que l’accompagnement des personnes concernées par cette maladie chronique aux multiples retentissements.</t>
+  </si>
+  <si>
+    <t>28/02/2024 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498042/fr/surpoids-et-obesite-chez-l-enfant-et-l-adulte-quel-parcours-de-soins</t>
+  </si>
+  <si>
+    <t>p_3498042</t>
+  </si>
+  <si>
+    <t>Repérer et accompagner les femmes en situation de vulnérabilité pendant et après une grossesse</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la politique des 1000 premiers jours de l’enfant, qui vise à permettre la mise en place d’environnements favorables au développement de chaque enfant, la HAS a étudié le cas particulier des femmes qui, avant, pendant ou après leur grossesse, sont en situation de vulnérabilité. Ces situations peuvent en effet s’avérer lourdes de conséquences pour la santé de l’enfant et de la mère. Ainsi, la HAS publie des recommandations assorties de 6 fiches pratiques en vue d’encourager le repérage précoce et de favoriser la coordination des professionnels pour accompagner les personnes concernées.</t>
+  </si>
+  <si>
+    <t>09/02/2024 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494113/fr/reperer-et-accompagner-les-femmes-en-situation-de-vulnerabilite-pendant-et-apres-une-grossesse</t>
+  </si>
+  <si>
+    <t>p_3494113</t>
+  </si>
+  <si>
+    <t>Syndrome post-réanimation : recommandations pour une prise en charge précoce et adaptée</t>
+  </si>
+  <si>
+    <t>Le syndrome post-réanimation (Post intensive Care Syndrome - PICS) se traduit par la persistance de symptômes physiques, psychologiques ou cognitifs après une hospitalisation en réanimation. Ces symptômes peuvent perdurer pendant plusieurs mois voire années, et entraînent des répercussions significatives sur la qualité de vie et la réintégration socio-professionnelle des patients. Alors que le nombre de passages en réanimation a augmenté durant la crise du Covid-19, la Haute Autorité de santé publie des recommandations en vue d’accompagner les professionnels dans la prévention, le dépistage et la prise en charge des personnes atteintes d’un syndrome post-réanimation. Elle recommande notamment de mettre en place un repérage des facteurs de risque à l’admission du patient en réanimation et une évaluation clinique avant la sortie, répétée entre trois et six mois après le passage en réanimation.</t>
+  </si>
+  <si>
+    <t>15/06/2023 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446368/fr/syndrome-post-reanimation-recommandations-pour-une-prise-en-charge-precoce-et-adaptee</t>
+  </si>
+  <si>
+    <t>p_3446368</t>
+  </si>
+  <si>
+    <t>Epilepsie : mieux coordonner les soins et l’accompagnement des personnes</t>
+  </si>
+  <si>
+    <t>L’épilepsie est une maladie neurologique chronique qui peut altérer fortement la qualité de vie des personnes atteintes en raison de la survenue de crises épileptiques mais aussi des conséquences psychiatriques, cognitives et sociales de la maladie. Aujourd’hui, les données disponibles font apparaître des insuffisances dans la qualité de la prise en charge : errance diagnostique, soins parfois inadaptés, manque d’accompagnement des personnes dans les différentes sphères de la vie quotidienne. Dans le cadre de la stratégie de transformation du système de santé, la Haute Autorité de santé, en collaboration avec l’Assurance Maladie, publie un guide sur le parcours de santé des personnes atteintes d’une épilepsie. Les objectifs : améliorer le diagnostic, favoriser la coordination de l’ensemble des acteurs impliqués dans une prise en charge personnalisée et, in fine, améliorer la qualité de vie des personnes concernées.</t>
+  </si>
+  <si>
+    <t>14/06/2023 11:03:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445857/fr/epilepsie-mieux-coordonner-les-soins-et-l-accompagnement-des-personnes</t>
+  </si>
+  <si>
+    <t>p_3445857</t>
+  </si>
+  <si>
+    <t>La HAS se prononce sur l’intérêt médical des TROD grippe/Covid-19/VRS</t>
+  </si>
+  <si>
+    <t>Après un hiver marqué par une triple épidémie (grippe, Covid-19 et bronchiolite), la HAS a été saisie pour évaluer les tests rapides d’orientation diagnostique (TROD), dits « multiplex », c’est-à-dire susceptibles de détecter simultanément différents virus. Elle se prononce plus précisément sur l’intérêt médical des TROD grippe/Covid-19 et grippe/Covid-19/VRS (virus respiratoire syncytial), dans le cadre notamment des consultations médicales en ville. En l’absence de données suffisamment robustes pour attester de leurs performances diagnostiques, la HAS estime que ces TROD ne présentent pas à ce jour d’intérêt médical en vue d’un diagnostic à l’échelle individuelle. Toutefois, ils pourraient présenter un intérêt médical à l’échelle populationnelle qui pourrait justifier, sous certaines conditions, leur prise en charge par l’Assurance maladie.</t>
+  </si>
+  <si>
+    <t>13/06/2023 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445214/fr/la-has-se-prononce-sur-l-interet-medical-des-trod-grippe/covid-19/vrs</t>
+  </si>
+  <si>
+    <t>p_3445214</t>
+  </si>
+  <si>
+    <t>Un nouveau parcours de santé pour la personne présentant une douleur chronique</t>
+  </si>
+  <si>
+    <t>Afin d’améliorer la qualité de vie des patients souffrant de douleur chronique, la Haute Autorité de santé, en partenariat avec le Collège de médecine générale (CMG) et la Société française d'étude et de traitement de la douleur (SFETD), publie un guide sur le parcours de santé permettant d’apporter une réponse graduée et adaptée à chaque personne. L’objectif est de renforcer la prévention, d’améliorer les délais et de favoriser la coordination de l’ensemble des acteurs impliqués dans cette prise en charge. Ce parcours donne une place prépondérante à la médecine de ville, à sa collaboration avec les structures douleurs chroniques ainsi qu’à la juste mobilisation des services hospitaliers de spécialité. Le niveau de recours aux soins est déterminé par les besoins du patient.</t>
+  </si>
+  <si>
+    <t>14/02/2023 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412606/fr/un-nouveau-parcours-de-sante-pour-la-personne-presentant-une-douleur-chronique</t>
+  </si>
+  <si>
+    <t>p_3412606</t>
+  </si>
+  <si>
+    <t>Télésurveillance médicale : 2 décrets actent l’intégration de la télésurveillance médicale dans le droit commun</t>
+  </si>
+  <si>
+    <t>Publiés le 31 décembre au journal officiel, 2 décrets permettent l’entrée en vigueur d’un modèle de droit commun spécifique à la télésurveillance prévu par l’article 36 de la loi de financement de la sécurité sociale pour 2022, ainsi que la fin de l’expérimentation ETAPES au 1ier juillet 2023. Ce nouveau cadre associe la rémunération du suivi médical réalisé à distance par une équipe soignante et celle du dispositif médical numérique associé. Ainsi, le 1er décret porte sur les modalités d’évaluation et d’inscription au remboursement de la télésurveillance et le 2nd, sur la déclaration des activités de télésurveillance des équipes soignantes aux agences régionales de santé (ARS). Ces textes seront prochainement complétés par des arrêtés cadrant les rémunérations des équipes soignantes et le financement des solutions numériques.</t>
+  </si>
+  <si>
+    <t>13/01/2023 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3405664/fr/telesurveillance-medicale-2-decrets-actent-l-integration-de-la-telesurveillance-medicale-dans-le-droit-commun</t>
+  </si>
+  <si>
+    <t>p_3405664</t>
+  </si>
+  <si>
+    <t>Monkeypox : des réponses rapides pour une prise en charge adaptée</t>
+  </si>
+  <si>
+    <t>Alors que le virus Monkeypox (variole du singe) continue de circuler, la HAS publie des Réponses rapides afin d’accompagner les professionnels de santé de premier recours dans la prise en charge des personnes à risque d’être infectées par le virus. Du diagnostic au traitement en passant par la vaccination et la prévention, la HAS passe en revue les clés d’une prise en charge adaptée. Pour compléter cette information, la HAS organisera prochainement un webinaire à l’intention des professionnels de santé.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363053/fr/monkeypox-des-reponses-rapides-pour-une-prise-en-charge-adaptee</t>
+  </si>
+  <si>
+    <t>p_3363053</t>
+  </si>
+  <si>
+    <t>Avis favorable à un élargissement des compétences vaccinales chez les enfants</t>
+  </si>
+  <si>
+    <t>En janvier dernier, la HAS s’est prononcée en faveur de l’extension, hors Covid-19, des compétences vaccinales des infirmiers, des pharmaciens et des sages-femmes pour les personnes âgées de 16 ans et plus. Elle publie aujourd’hui le second volet de ces travaux qui concerne les enfants et les adolescents de moins de 16 ans et précise les conditions de prescription et d’administration des vaccins obligatoires ou recommandés du calendrier vaccinal par ces professionnels. Les objectifs : faciliter le parcours vaccinal de la population et ainsi augmenter la couverture vaccinale en France.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349250/fr/avis-favorable-a-un-elargissement-des-competences-vaccinales-chez-les-enfants</t>
+  </si>
+  <si>
+    <t>p_3349250</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : améliorer la prise en charge médicale des cas les plus sévères</t>
+  </si>
+  <si>
+    <t>La Haute autorité de santé (HAS) publie de nouvelles recommandations pour améliorer la qualité de la prise en charge médicale des adultes en situation d’obésité, et plus spécifiquement de ceux dont l’obésité est complexe ou sévère. Ainsi, dans une approche multidisciplinaire, la HAS clarifie les 2e et 3e niveaux de prise en charge afin d’accompagner les professionnels de santé dans leur mise en œuvre. Ces recommandations proposent des clés pour modifier durablement les modes de vie du patient dans un objectif qui ne se résume pas qu’à la perte de poids. Elles précisent également le rôle des soins de suite et réadaptation (SSR) dans la prise en charge.</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346198/fr/obesite-de-l-adulte-ameliorer-la-prise-en-charge-medicale-des-cas-les-plus-severes</t>
+  </si>
+  <si>
+    <t>p_3346198</t>
+  </si>
+  <si>
+    <t>Covid-19 : anticiper une vaccination périodique des plus fragiles</t>
+  </si>
+  <si>
+    <t>Face au SARS-CoV-2, protéger les plus fragiles reste la priorité. Afin d’anticiper la résurgence probable d’un variant à l’automne, la HAS a élaboré une stratégie vaccinale de lutte contre la Covid-19 sur la base d’un scénario de réapparition périodique du virus, qu’elle estime le plus probable. Elle recommande ainsi d’anticiper une vaccination à l’automne des personnes à risque de développer des formes graves. En parallèle, la HAS appelle à poursuivre encore aujourd’hui les efforts de vaccination et de rappel auprès de ces personnes.</t>
+  </si>
+  <si>
+    <t>25/05/2022 11:00:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341233/fr/covid-19-anticiper-une-vaccination-periodique-des-plus-fragiles</t>
+  </si>
+  <si>
+    <t>p_3341233</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce aux médicaments : un premier bilan positif et des principes d’évaluation affinés</t>
+  </si>
+  <si>
+    <t>Depuis le 1er juillet 2021, l'accès précoce aux médicaments innovants est accordé par la HAS après avis de l’Agence nationale de sécurité du médicament et des produits de santé (ANSM) sur leur présomption d’efficacité et de sécurité. Dix mois après l’entrée en vigueur de cette réforme prévue par la loi de financement de la sécurité sociale pour 2021, la HAS et l’ANSM dressent un premier bilan positif de ce dispositif qui permet d’accélérer et faciliter l’accès des patients aux médicaments innovants : près de 100 demandes déposées, des évaluations et des décisions rendues dans des délais courts (60 jours en moyenne, 35 pour les traitements de la Covid-19) et 40 médicaments rendus accessibles. Fort de ces constats, et dans un souci d’affiner encore le dispositif, la HAS, après échange avec l’ANSM, fait évoluer certains principes d’évaluation décrits dans sa doctrine.</t>
+  </si>
+  <si>
+    <t>20/05/2022 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3340090/fr/autorisation-d-acces-precoce-aux-medicaments-un-premier-bilan-positif-et-des-principes-d-evaluation-affines</t>
+  </si>
+  <si>
+    <t>p_3340090</t>
+  </si>
+  <si>
+    <t>Lyme : la HAS publie un guide de parcours de soins structuré en cas de suspicion de la maladie</t>
+  </si>
+  <si>
+    <t>La HAS publie, à l’intention des patients et des professionnels de santé, un guide du parcours de soins des personnes présentant une suspicion de borréliose de Lyme. Conformément aux recommandations publiées en 2018, les objectifs de ce guide sont de réduire l’errance médicale et d’offrir à tous les patients la même qualité d’accès aux soins, en facilitant et en harmonisant leur prise en charge sur l’ensemble du territoire. Le guide s’appuie sur un algorithme clair qui indique la conduite à tenir par les professionnels de santé selon les situations cliniques ainsi que l’autosurveillance à réaliser par les patients eux-mêmes.</t>
+  </si>
+  <si>
+    <t>15/03/2022 12:10:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324045/fr/lyme-la-has-publie-un-guide-de-parcours-de-soins-structure-en-cas-de-suspicion-de-la-maladie</t>
+  </si>
+  <si>
+    <t>p_3324045</t>
+  </si>
+  <si>
+    <t>Surpoids et obésité chez l’enfant : vers une prise en charge globale et multidimensionnelle</t>
+  </si>
+  <si>
+    <t>Dans le cadre de la stratégie de transformation du système de santé « Ma santé 2022 » et en lien avec la feuille de route interministérielle sur l’obésité (2019-2022), la Haute autorité de santé (HAS) publie un guide pour optimiser le parcours de soins de l’enfant et de l’adolescent en situation de surpoids ou d’obésité et accompagner les professionnels de santé dans sa mise en œuvre. La HAS rappelle l’importance de la mesure de l’indice de masse corporelle (IMC), point de départ du dépistage du surpoids et de l’obésité, et détaille les autres aspects à prendre en compte et sur lesquels mobiliser différents professionnels tout au long d’un parcours de soins qui doit être coordonné, gradué et inscrit dans la durée pour être efficace.</t>
+  </si>
+  <si>
+    <t>02/03/2022 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320587/fr/surpoids-et-obesite-chez-l-enfant-vers-une-prise-en-charge-globale-et-multidimensionnelle</t>
+  </si>
+  <si>
+    <t>p_3320587</t>
+  </si>
+  <si>
+    <t>Covid-19 : la HAS rend trois nouveaux avis pour actualiser la stratégie de lutte contre le virus</t>
+  </si>
+  <si>
+    <t>Alors que le nombre d’infections par le SARS-CoV-2 reste à un niveau élevé mais diminue fortement depuis quelques semaines, la HAS publie trois nouveaux avis pour actualiser la stratégie de lutte contre le virus. Ainsi, elle affine la place du vaccin Janssen dans le contexte des dernières données EPI-PHARE ; elle rend un nouvel avis sur la place des tests antigéniques rapides sur prélèvement salivaire dans le dépistage de l’infection ; enfin, elle se prononce sur l’autorisation d’accès précoce post-AMM pour le Ronapreve® dans le traitement curatif des patients à risque de forme sévère de la maladie.</t>
+  </si>
+  <si>
+    <t>21/02/2022 13:59:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318289/fr/covid-19-la-has-rend-trois-nouveaux-avis-pour-actualiser-la-strategie-de-lutte-contre-le-virus</t>
+  </si>
+  <si>
+    <t>p_3318289</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du poumon : la HAS recommande l’engagement d’un programme pilote</t>
+  </si>
+  <si>
+    <t>Il n’existe pas jusqu’ici en France de dépistage organisé du cancer du poumon, la HAS ayant considéré en 2016 que toutes les conditions pour une mise en œuvre efficace et sûre n’étaient pas réunies. Aujourd’hui, l’analyse des nouvelles données disponibles montre que le dépistage par scanner à faible dose chez les personnes fortement exposées au tabac conduit à une réduction de la mortalité spécifique. Ceci amène la HAS à actualiser son avis et à encourager la mise en place d’expérimentations en vie réelle, et notamment d’un programme pilote par l’INCA, afin de ne pas retarder l’accès à cette modalité de dépistage. Elle définit également certaines des informations que devraient apporter ce programme pilote et les études à venir, avant d’envisager le déploiement d’un programme de dépistage organisé à large échelle.</t>
+  </si>
+  <si>
+    <t>01/02/2022 14:18:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312901/fr/depistage-du-cancer-du-poumon-la-has-recommande-l-engagement-d-un-programme-pilote</t>
+  </si>
+  <si>
+    <t>p_3312901</t>
+  </si>
+  <si>
+    <t>Élargir les compétences de trois professions de santé pour faciliter la vaccination</t>
+  </si>
+  <si>
+    <t>L’élargissement des compétences vaccinales à différents professionnels de santé a largement contribué à la montée en puissance de la campagne de vaccination sans précédent contre le SARS-CoV-2. Aujourd’hui, la HAS recommande de permettre aux infirmiers, pharmaciens et sages-femmes de prescrire et d’administrer les vaccins non vivants inscrits au calendrier vaccinal chez les personnes âgées de 16 ans et plus, sous réserve de la formation de ces professionnels et de la garantie d’une traçabilité des vaccins réalisés. Facteur d’amélioration de la couverture vaccinale en France, cet élargissement s’inscrit dans la promotion d’une démarche de prévention globale.</t>
+  </si>
+  <si>
+    <t>28/01/2022 16:29:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312582/fr/elargir-les-competences-de-trois-professions-de-sante-pour-faciliter-la-vaccination</t>
+  </si>
+  <si>
+    <t>p_3312582</t>
+  </si>
+  <si>
+    <t>Contribuer à l’amélioration du parcours scolaire des enfants en situation de handicap ou protégés</t>
+  </si>
+  <si>
+    <t>En France, l’éducation est un droit fondamental et inconditionnel pour tout enfant. Elle passe notamment par la scolarité. Or, pour les enfants en situation de handicap et ceux qui bénéficient d’une mesure de protection, ce droit est souvent mis à mal avec une plus forte probabilité de ruptures ou d’échec dans le parcours scolaire. Dans ce contexte, la HAS publie des recommandations de bonne pratique pour permettre aux professionnels du secteur social et médico-social de contribuer par leurs actions à accompagner et soutenir les parcours scolaires de ces enfants.</t>
+  </si>
+  <si>
+    <t>27/09/2021 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288770/fr/contribuer-a-l-amelioration-du-parcours-scolaire-des-enfants-en-situation-de-handicap-ou-proteges</t>
+  </si>
+  <si>
+    <t>p_3288770</t>
+  </si>
+  <si>
+    <t>Covid-19 : quelle utilité aujourd’hui pour les tests sérologiques ?</t>
+  </si>
+  <si>
+    <t>Dans un contexte de large déploiement des vaccins contre la Covid-19, de capacités très élevées de tests de diagnostic et de dépistage, mais également d’émergence de nouveaux variants, les précautions restent de mise pour éviter une nouvelle flambée épidémique. Dans l’arsenal de tests, les tests sérologiques, dont les premières indications ont initialement été définies il y a plus d’un an, voient leur place évoluer. Ainsi, après étude des dernières données scientifiques disponibles, la HAS actualise ses recommandations sur les indications de la sérologie lors du diagnostic, en contexte de dépistage pré-vaccinal et en contexte post-vaccinal pour les personnes immunodéprimées.</t>
+  </si>
+  <si>
+    <t>23/06/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273496/fr/covid-19-quelle-utilite-aujourd-hui-pour-les-tests-serologiques</t>
+  </si>
+  <si>
+    <t>p_3273496</t>
+  </si>
+  <si>
+    <t>Covid-19 : des TROD pour optimiser l’utilisation des doses de vaccins disponibles</t>
+  </si>
+  <si>
+    <t>Alors que la campagne de vaccination se déroule à un rythme soutenu et que l’épidémie de Covid-19 semble diminuer mais reste active, la Haute Autorité de Santé (HAS) poursuit ses travaux pour simplifier la vaccination chaque fois que c’est pertinent, renforcer encore sa dynamique et accompagner les professionnels de santé. Réaffirmant que quand on a déjà été infecté, une seule dose suffit, elle publie aujourd’hui un avis sur l’utilisation des tests sérologiques rapides (TROD) en parallèle de la première dose de vaccin pour identifier les personnes infectées par le SARS-CoV-2 dont l'infection n'a pas été diagnostiquée. Elle actualise aussi les Réponses rapides destinées à guider les professionnels de santé dans la démarche vaccinale.</t>
+  </si>
+  <si>
+    <t>03/06/2021 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269831/fr/covid-19-des-trod-pour-optimiser-l-utilisation-des-doses-de-vaccins-disponibles</t>
+  </si>
+  <si>
+    <t>p_3269831</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux innovants : le dispositif de prise en charge transitoire opérationnel</t>
+  </si>
+  <si>
+    <t>Afin de faciliter un accès rapide des patients aux technologies et dispositifs médicaux innovants, un nouveau dispositif de prise en charge transitoire a été mis en place pour accorder le remboursement pendant un an des dispositifs médicaux thérapeutiques ou de compensation du handicap présumés innovants. Cette nouvelle disposition est aujourd’hui opérationnelle et les industriels peuvent déposer leur dossier auprès de la HAS qui rendra un avis rapidement, dans un délai de 45 jours maximum.</t>
+  </si>
+  <si>
+    <t>02/06/2021 10:08:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3268128/fr/dispositifs-medicaux-innovants-le-dispositif-de-prise-en-charge-transitoire-operationnel</t>
+  </si>
+  <si>
+    <t>p_3268128</t>
+  </si>
+  <si>
+    <t>La HAS favorable à la prescription de la PrEP en ville pendant l’urgence sanitaire</t>
+  </si>
+  <si>
+    <t>La première prescription de la prophylaxie pré-exposition au VIH (PrEP) était jusqu’à présent effectuée uniquement par un médecin expérimenté au sein des hôpitaux, ou des Centres gratuits d'information, de dépistage et de diagnostic (CeGIDD)La crise sanitaire et ses conséquences constituant un frein aux consultations dans ces lieux, la HAS recommande aujourd’hui la possibilité de primo-prescription et de suivi des patients ayant recours à la PrEP par tout médecin, notamment en ville. Elle publie des Réponses rapides afin d’accompagner les médecins de ville dans cette démarche.</t>
+  </si>
+  <si>
+    <t>28/04/2021 18:58:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263807/fr/la-has-favorable-a-la-prescription-de-la-prep-en-ville-pendant-l-urgence-sanitaire</t>
+  </si>
+  <si>
+    <t>p_3263807</t>
+  </si>
+  <si>
+    <t>Covid-19 : quel suivi pour les patients Covid+ en ambulatoire ?</t>
+  </si>
+  <si>
+    <t>Même lorsque les symptômes sont légers au début, la Covid-19 peut entrainer une détérioration rapide de l’état de santé dans les 6 à 12 jours après son apparition. Afin de la prévenir et d’éviter des hospitalisations en urgence, la HAS publie aujourd’hui des Réponses rapides décrivant les premiers signes évocateurs d’une forme grave sur le plan respiratoire à surveiller ainsi que le suivi à apporter aux patients, même asymptomatiques. La HAS recommande ainsi une information de toute personne diagnostiquée positive à la Covid-19 sur les signes devant alerter, une consultation systématique d’un médecin généraliste et si besoin une prescription d’un oxymètre de pouls.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261052/fr/covid-19-quel-suivi-pour-les-patients-covid-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3261052</t>
+  </si>
+  <si>
+    <t>Vaccination contre la Covid-19 : impliquer davantage de professionnels pour accélérer la campagne</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a récemment été saisie par le ministère des Solidarités et de la Santé afin de rendre un avis concernant un projet de décret d’urgence sanitaire permettant d’autoriser de nouvelles catégories de professionnels de santé à participer à la campagne de vaccination, soit en les habilitant à réaliser l’injection du vaccin contre la Covid-19, soit en les habilitant à prescrire et réaliser cette injection.</t>
+  </si>
+  <si>
+    <t>26/03/2021 09:54:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245564/fr/vaccination-contre-la-covid-19-impliquer-davantage-de-professionnels-pour-accelerer-la-campagne</t>
+  </si>
+  <si>
+    <t>p_3245564</t>
+  </si>
+  <si>
+    <t>Vaccins Covid-19 : consultés, les acteurs concernés par la vaccination enrichissent les préconisations de la HAS</t>
+  </si>
+  <si>
+    <t>Après la consultation publique menées entre le 9 et le 30 novembre auprès des acteurs concernés - professionnels, associations de patients, établissements, etc. – la HAS publie ses recommandations sur l’organisation de la campagne de vaccination contre le SARS-CoV-2. Transparence de l’information, pragmatisme et parcours vaccinal simple et en proximité des personnes : les grands principes préconisés le 9 novembre dernier conservent leur place centrale dans les travaux publiés ce jour par la HAS.</t>
+  </si>
+  <si>
+    <t>15/12/2020 14:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223786/fr/vaccins-covid-19-consultes-les-acteurs-concernes-par-la-vaccination-enrichissent-les-preconisations-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3223786</t>
+  </si>
+  <si>
+    <t>Covid-19 : Repérer les situations à risque pour proposer des mesures de prévention aux personnes les plus vulnérables</t>
+  </si>
+  <si>
+    <t>Dans le contexte d’épidémie de Sars-Cov-2, la Haute Autorité de Santé a élaboré une série de Réponses rapides sur la base des connaissances actuellement disponibles pour aider les professionnels de santé à repérer les situations à risque auxquelles pourraient être exposées les personnes vulnérables et leur proposer des conseils de prévention adaptés. Elle publie une Réponse rapide plus spécifiquement destinée aux médecins généralistes dans le cadre des consultations de ces personnes à risque.</t>
+  </si>
+  <si>
+    <t>04/12/2020 11:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223432/fr/covid-19-reperer-les-situations-a-risque-pour-proposer-des-mesures-de-prevention-aux-personnes-les-plus-vulnerables</t>
+  </si>
+  <si>
+    <t>p_3223432</t>
+  </si>
+  <si>
+    <t>Vaccins Covid-19 : quelle stratégie de priorisation à l’initiation de la campagne ?</t>
+  </si>
+  <si>
+    <t>La HAS affine ses recommandations sur la priorisation des populations à vacciner contre la Covid-19 élaborées en juillet dernier. Cette stratégie - par phase et par ordre de priorité - répond à un double objectif : réduire les hospitalisations et les décès et maintenir les activités essentielles du pays, particulièrement celles du système de santé pendant l’épidémie. Deux critères principaux ont été pris en compte par la HAS pour établir cette priorisation : l’existence d’un facteur de risque individuel de développer une forme grave de la maladie et l’exposition accrue au virus.</t>
+  </si>
+  <si>
+    <t>30/11/2020 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221237/fr/vaccins-covid-19-quelle-strategie-de-priorisation-a-l-initiation-de-la-campagne</t>
+  </si>
+  <si>
+    <t>p_3221237</t>
+  </si>
+  <si>
+    <t>Vaccination contre la Covid-19 : transparence, pragmatisme et flexibilité  sont les clés d’une campagne efficace</t>
+  </si>
+  <si>
+    <t>La HAS poursuit ses travaux sur la stratégie d’utilisation de futurs vaccins contre la Covid-19. Après avoir posé un cadre de réflexion sur la priorisation des populations à vacciner selon différents scénarios, elle propose aujourd’hui un projet de recommandations intermédiaires sur la mise en œuvre de la campagne de vaccination : modalités organisationnelles et grands principes de l’information des publics – notamment sur la priorisation nécessaire. Afin de recueillir les avis des principaux acteurs du champ de la vaccination, ces travaux sont soumis à consultation publique jusqu’au 30 novembre 2020 sur le site internet de la HAS.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216484/fr/vaccination-contre-la-covid-19-transparence-pragmatisme-et-flexibilite-sont-les-cles-d-une-campagne-efficace</t>
+  </si>
+  <si>
+    <t>p_3216484</t>
+  </si>
+  <si>
+    <t>Tests, isolement, traitements : quelle prise en charge en médecine de ville pour les patients suspectés de Covid-19 ?</t>
+  </si>
+  <si>
+    <t>Face au regain de l’épidémie actuelle, la HAS a actualisé ses Réponses rapides sur la prise en charge de premier recours des patients suspectés de Covid-19. L’objectif est de rappeler les éléments du diagnostic clinique, la démarche de recours aux tests, les modalités d’interprétation des résultats et la conduite à tenir en fonction de ces derniers.</t>
+  </si>
+  <si>
+    <t>09/11/2020 11:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216523/fr/tests-isolement-traitements-quelle-prise-en-charge-en-medecine-de-ville-pour-les-patients-suspectes-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3216523</t>
+  </si>
+  <si>
+    <t>Covid-19 : proposer une oxygénothérapie à domicile, une modalité adaptée pour certains patients</t>
+  </si>
+  <si>
+    <t>En complément de ses travaux sur le suivi en médecine de ville des personnes infectées par le SARS-Cov-2 ou suspectées d’être contaminées, la Haute Autorité de santé publie des Réponses rapides sur la prise en charge à domicile de patients atteints de la Covid-19 qui nécessitent une oxygénothérapie. Elle y définit les critères d’éligibilité des patients, les conditions de la mise en œuvre de l’oxygénothérapie, le suivi et la coordination nécessaires pour garantir la sécurité des soins. Ce travail a été élaboré en collaboration avec les professionnels et les associations de patients.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3216861/fr/covid-19-proposer-une-oxygenotherapie-a-domicile-une-modalite-adaptee-pour-certains-patients</t>
+  </si>
+  <si>
+    <t>p_3216861</t>
+  </si>
+  <si>
+    <t>Polyhandicap : un accompagnement centré sur le développement des capacités de chacun</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé publie les premières recommandations sur l’accompagnement de la personne polyhandicapée, enfant et adulte. Conçues pour couvrir l’ensemble du parcours de vie de la personne, ces recommandations invitent à changer de regard et à centrer l’accompagnement sur le développement des compétences de chacun plutôt que sur la limitation des déficiences. Cette approche positive est détaillée en six volets : la citoyenneté, les évaluations fonctionnelles, la santé, le quotidien, les transitions et la fin de vie, les professionnels et les proches.</t>
+  </si>
+  <si>
+    <t>03/11/2020 18:17:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215210/fr/polyhandicap-un-accompagnement-centre-sur-le-developpement-des-capacites-de-chacun</t>
+  </si>
+  <si>
+    <t>p_3215210</t>
+  </si>
+  <si>
+    <t>COVID-19 : les tests antigéniques sont performants chez les patients symptomatiques</t>
+  </si>
+  <si>
+    <t>Plus rapides que les tests RT-PCR, les tests antigéniques pourraient désengorger les laboratoires en réduisant les délais pour se faire tester et recevoir ses résultats. La HAS se prononce aujourd’hui en faveur de leur déploiement et de leur remboursement en diagnostic chez les patients symptomatiques. Pour garantir un niveau de fiabilité suffisant et parce que les différents tests antigéniques montrent une grande hétérogénéité de fiabilité, elle définit des seuils minimaux de performance pour déterminer lesquels pourront être utilisés.</t>
+  </si>
+  <si>
+    <t>25/09/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203094/fr/covid-19-les-tests-antigeniques-sont-performants-chez-les-patients-symptomatiques</t>
+  </si>
+  <si>
+    <t>p_3203094</t>
+  </si>
+  <si>
+    <t>COVID-19 : avis favorable au prélèvement oropharyngé en cas de contre-indication au nasopharyngé</t>
+  </si>
+  <si>
+    <t>Le prélèvement nasopharyngé est aujourd’hui la référence pour réaliser un test virologique par RT-PCR. Toutefois, il est désagréable et certains patients peuvent le refuser ou ne pas être en capacité de le faire. Les prélèvements salivaires représentent une alternative mais pour les seuls patients symptomatiques. Aujourd’hui, la HAS rend un second avis et valide le recours au prélèvement oropharyngé pour les tests RT-PCR des personnes asymptomatiques chez qui le prélèvement nasopharyngé est contre-indiqué.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203097/fr/covid-19-avis-favorable-au-prelevement-oropharynge-en-cas-de-contre-indication-au-nasopharynge</t>
+  </si>
+  <si>
+    <t>p_3203097</t>
+  </si>
+  <si>
+    <t>Faciliter l’engagement des usagers :  la HAS publie sa première recommandation</t>
+  </si>
+  <si>
+    <t>La HAS promeut l’engagement des personnes soignées ou accompagnées sous toutes ses formes comme élément à part entière de la qualité des soins et des accompagnements. Elle publie une première recommandation visant à promouvoir les démarches participatives de personnes soignées ou accompagnées dans tous les secteurs : sanitaire, social et médico-social. Cette recommandation - qui propose un socle de connaissances - sera suivie de travaux opérationnels.</t>
+  </si>
+  <si>
+    <t>22/09/2020 09:47:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202458/fr/faciliter-l-engagement-des-usagers-la-has-publie-sa-premiere-recommandation</t>
+  </si>
+  <si>
+    <t>p_3202458</t>
+  </si>
+  <si>
+    <t>COVID-19 : les tests salivaires peuvent compléter les tests nasopharyngés chez les personnes symptomatiques</t>
+  </si>
+  <si>
+    <t>La HAS rend aujourd’hui un avis sur l’utilisation des tests virologiques (RT-PCR) sur prélèvement salivaire. Leur intérêt est de faciliter les prélèvements, de réduire les risques de contamination du personnel soignant et d’être moins désagréables pour les patients. Les données disponibles montrent que le prélèvement salivaire est un peu moins sensible que le prélèvement nasopharyngé pour détecter le virus chez les personnes symptomatiques. Etant donné leur meilleure acceptabilité, la HAS est favorable à leur recours et leur remboursement, en l’orientant de préférence vers les personnes symptomatiques pour lesquelles le prélèvement nasopharyngé est difficile voire impossible. En revanche, elle ne les recommande pas pour les personnes asymptomatiques, chez qui ils sont très peu performants.</t>
+  </si>
+  <si>
+    <t>18/09/2020 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202317/fr/covid-19-les-tests-salivaires-peuvent-completer-les-tests-nasopharynges-chez-les-personnes-symptomatiques</t>
+  </si>
+  <si>
+    <t>p_3202317</t>
+  </si>
+  <si>
+    <t>Tests salivaires pour la détection du virus SARS-CoV-2 : la HAS se prononce en faveur d’un forfait innovation</t>
+  </si>
+  <si>
+    <t>La Société Française de Microbiologie associée au Centre Hospitalier Andrée Rosemon de Cayenne ont demandé le 6 août à la HAS d’évaluer l’opportunité d’un recours au forfait innovation pour utiliser les tests virologiques sur prélèvement salivaire. Compte tenu du besoin réel de tests plus simples pour une utilisation en dépistage et en diagnostic ambulatoire mais aussi des incertitudes fortes demeurant sur la fiabilité des tests salivaires, le forfait innovation apparaît en effet particulièrement adapté. La HAS rend en conséquence un avis favorable.</t>
+  </si>
+  <si>
+    <t>10/08/2020 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198372/fr/tests-salivaires-pour-la-detection-du-virus-sars-cov-2-la-has-se-prononce-en-faveur-d-un-forfait-innovation</t>
+  </si>
+  <si>
+    <t>p_3198372</t>
+  </si>
+  <si>
+    <t>Épidémie de Covid-19: la HAS plaide pour une participation des usagers aux retours d'expérience</t>
+  </si>
+  <si>
+    <t>L’expérience des usagers[1] est un des éléments qui peut contribuer à trouver des pistes d’amélioration dans les retours d’expérience qui débutent sur la crise du COVID-19. Ces analyses rétrospectives de dysfonctionnements dans une prise en charge individuelle ou à plus grande échelle doivent les associer pour améliorer le fonctionnement du système sanitaire, social ou médico-social. Le Conseil pour l’engagement des usagers de la Haute Autorité de santé publie un avis qui rappelle l’importance de cet engagement des patients. Il souligne également la pertinence de cette méthode pour l’étude des parcours de soin et/ou d’accompagnement et leur coordination.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3196316/fr/epidemie-de-covid-19-la-has-plaide-pour-une-participation-des-usagers-aux-retours-d-experience</t>
+  </si>
+  <si>
+    <t>p_3196316</t>
+  </si>
+  <si>
+    <t>Le COVID-19 et ses complications : le recours à l’orthophonie peut être nécessaire</t>
+  </si>
+  <si>
+    <t>La HAS poursuit la rédaction de Réponses rapides dans le cadre du COVID-19 à destination des professionnels de santé, pour les outiller dans la reprise progressive de leurs consultations. Elle publie aujourd’hui des Réponses rapides à destination des orthophonistes intervenant en cas de complications post-réanimation et de séquelles neurologiques liées au virus. Cette prise en charge orthophonique peut débuter lors de la phase aigüe de la maladie, et se poursuivre ensuite.</t>
+  </si>
+  <si>
+    <t>10/07/2020 12:54:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193620/fr/le-covid-19-et-ses-complications-le-recours-a-l-orthophonie-peut-etre-necessaire</t>
+  </si>
+  <si>
+    <t>p_3193620</t>
+  </si>
+  <si>
+    <t>Des fiches pour guider les médecins généralistes dans la prise en charge des patients suspectés de COVID-19</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour un ensemble de fiches pratiques à destination des médecins généralistes sur la conduite à tenir face à un potentiel cas de COVID-19. Synthèses des connaissances actuelles sur la prise en charge de cette maladie, elles expliquent notamment quels tests faire et quand, que le patient soit symptomatique ou non, comment les interpréter et quand envisager un isolement.</t>
+  </si>
+  <si>
+    <t>26/06/2020 19:39:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191398/fr/des-fiches-pour-guider-les-medecins-generalistes-dans-la-prise-en-charge-des-patients-suspectes-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3191398</t>
+  </si>
+  <si>
+    <t>COVID-19 : la HAS appelle à reprendre d’urgence les vaccinations, en priorité chez les nourrissons et les personnes fragiles</t>
+  </si>
+  <si>
+    <t>L’épidémie de COVID-19 a eu un impact considérable sur la vaccination avec une diminution importante du nombre de personnes vaccinées. Aussi, la Haute Autorité de santé rappelle-t-elle l’importance de la vaccination dans la prévention du risque infectieux, en priorité chez les nourrissons et certaines populations fragiles. Elle encourage les professionnels de santé à saisir toute occasion de contact avec leurs patients pour vérifier et mettre à jour leur vaccination.</t>
+  </si>
+  <si>
+    <t>16/06/2020 11:00:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189882/fr/covid-19-la-has-appelle-a-reprendre-d-urgence-les-vaccinations-en-priorite-chez-les-nourrissons-et-les-personnes-fragiles</t>
+  </si>
+  <si>
+    <t>p_3189882</t>
+  </si>
+  <si>
+    <t>Levée du confinement : quel suivi des femmes enceintes ou ayant accouché ?</t>
+  </si>
+  <si>
+    <t>La HAS actualise ses Réponses rapides consacrées au suivi des femmes enceintes ou ayant accouché. Publiées début avril ces préconisations sont enrichies et adaptées dans le contexte de la levée progressive du confinement.</t>
+  </si>
+  <si>
+    <t>20/05/2020 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185959/fr/levee-du-confinement-quel-suivi-des-femmes-enceintes-ou-ayant-accouche</t>
+  </si>
+  <si>
+    <t>p_3185959</t>
+  </si>
+  <si>
+    <t>La HAS est favorable au remboursement des tests sérologiques à la fiabilité validée et dans les indications définies</t>
+  </si>
+  <si>
+    <t>La HAS se prononce aujourd’hui en faveur d’un remboursement par l’assurance maladie des tests sérologiques de type ELISA et TDR à la fiabilité établie par le CNR, et dans les indications décrites dans ses travaux des 2 et 18 mai derniers. N’y sont abordés ni les TROD, dont le remboursement relève d’un autre dispositif réglementaire, ni les autotests, non recommandés par la HAS.</t>
+  </si>
+  <si>
+    <t>20/05/2020 20:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186099/fr/la-has-est-favorable-au-remboursement-des-tests-serologiques-a-la-fiabilite-validee-et-dans-les-indications-definies</t>
+  </si>
+  <si>
+    <t>p_3186099</t>
+  </si>
+  <si>
+    <t>Soins dentaires : prendre en charge les patients en toute sécurité</t>
+  </si>
+  <si>
+    <t>Dans le but d’accompagner les chirurgiens-dentistes et leurs équipes dans la reprise de leurs activités de soins, interrompues dans la période de confinement due à l’épidémie de COVID-19, la Haute Autorité de Santé a élaboré des Réponses rapides en concertation avec les représentants de la profession et l’Ordre des chirurgiens-dentistes. Le document traite aussi bien des aspects organisationnels (réorganisation de la salle d’attente, des espaces de soins, nettoyage et gestion des déchets, matériel et équipements de protection individuelle à utiliser, etc.) que des aspects médicaux (type de soins envisageables selon le profil du patient vis-à-vis du COVID-19).</t>
+  </si>
+  <si>
+    <t>19/05/2020 10:37:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185445/fr/soins-dentaires-prendre-en-charge-les-patients-en-toute-securite</t>
+  </si>
+  <si>
+    <t>p_3185445</t>
+  </si>
+  <si>
+    <t>La HAS se prononce sur les tests sérologiques rapides – TDR, TROD, autotests – dans la lutte contre le COVID-19</t>
+  </si>
+  <si>
+    <t>Après avoir défini les critères de performance exigibles pour les tests sérologiques COVID-19 et la stratégie d’utilisation des tests automatisables de type ELISA, la HAS publie ce jour la stratégie d’utilisation des tests unitaires qui élargissent les lieux et circonstances de test et donnent des résultats en quelques minutes. Les TDR et TROD trouvent leur place dans la surveillance épidémiologique et la stratégie diagnostique, tandis que le recours aux autotests apparaît prématuré.</t>
+  </si>
+  <si>
+    <t>18/05/2020 15:11:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3185170/fr/la-has-se-prononce-sur-les-tests-serologiques-rapides-tdr-trod-autotests-dans-la-lutte-contre-le-covid-19</t>
+  </si>
+  <si>
+    <t>p_3185170</t>
+  </si>
+  <si>
+    <t>COVID-19 : Limiter les séquelles des patients hospitalisés en réanimation</t>
+  </si>
+  <si>
+    <t>Après avoir publié une Réponse rapide sur la rééducation/réadaptation des patients atteints de COVID-19 sortis de réanimation, la HAS publie une fiche sur la prise en charge des malades en réanimation, en unités de soins continus et en post réanimation. L’objectif est de prévenir et de limiter pour le patient les complications liées à la fois à la maladie elle-même et à la lourdeur de l’hospitalisation. Cette Réponse rapide a été élaborée en collaboration avec le Conseil national professionnel de médecine physique et de réadaptation, la Société française de médecine physique et de réadaptation, la Société française de réanimation de langue française et la Société de pneumologie de langue française.</t>
+  </si>
+  <si>
+    <t>09/05/2020 12:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183293/fr/covid-19-limiter-les-sequelles-des-patients-hospitalises-en-reanimation</t>
+  </si>
+  <si>
+    <t>p_3183293</t>
+  </si>
+  <si>
+    <t>COVID-19 : Quelle prise en charge pour les patients à domicile ?</t>
+  </si>
+  <si>
+    <t>Les patients atteints de COVID-19 mais dont l’état de santé n’a pas nécessité une hospitalisation sont surveillés et isolés chez eux ou en structure dédiée (hôtel thérapeutique). La HAS publie une Réponse rapide consacrée à leur prise en charge. Cette fiche récapitule également des recommandations en matière de délais d’isolement de la personne contaminée, des personnes vivant à son domicile et des autres personnes contact.</t>
+  </si>
+  <si>
+    <t>09/05/2020 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183576/fr/covid-19-quelle-prise-en-charge-pour-les-patients-a-domicile</t>
+  </si>
+  <si>
+    <t>p_3183576</t>
+  </si>
+  <si>
+    <t>COVID-19 : Accompagner la fin de vie des personnes dans les structures sociales ou médico-sociales</t>
+  </si>
+  <si>
+    <t>Les règles sanitaires mises en place pour contenir l’épidémie de COVID-19 ont bouleversé l’accompagnement de la fin de vie et mis à mal les rituels autour des décès, nécessaires à la démarche de deuil. La HAS diffuse une contribution qui vise à identifier les pratiques permettant, malgré la crise, d’accompagner les personnes et leurs proches, de façon digne et humaine.</t>
+  </si>
+  <si>
+    <t>09/05/2020 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183631/fr/covid-19-accompagner-la-fin-de-vie-des-personnes-dans-les-structures-sociales-ou-medico-sociales</t>
+  </si>
+  <si>
+    <t>p_3183631</t>
+  </si>
+  <si>
+    <t>COVID-19 : Mesures barrières et maintien de la qualité du lien dans le secteur social et médico-social</t>
+  </si>
+  <si>
+    <t>L’épidémie de COVID-19 a nécessité la mise en place de mesures de protection contraignantes : restriction des libertés, distanciation physique et donc limitation des relations sociales et affectives. Dans ce contexte, la HAS publie une contribution qui vise à aider les professionnels à maintenir le lien social et à favoriser l’apprentissage des mesures barrières par les publics qu’ils accompagnent.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183635/fr/covid-19-mesures-barriereset-maintien-de-la-qualite-du-lien-dans-le-secteur-social-et-medico-social</t>
+  </si>
+  <si>
+    <t>p_3183635</t>
+  </si>
+  <si>
+    <t>COVID-19 : Préserver l’équilibre entre protection et autonomie des personnes accompagnées</t>
+  </si>
+  <si>
+    <t>La crise sanitaire provoquée par le COVID-19 a fragilisé dans les pratiques l’équilibre entre la nécessaire protection des personnes et leur autonomie. Afin de le préserver, la HAS, en collaboration avec les acteurs du secteur, propose une contribution pour partager des expériences de terrain et éclairer les professionnels.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183636/fr/covid-19-preserver-l-equilibre-entre-protection-et-autonomie-des-personnes-accompagnees</t>
+  </si>
+  <si>
+    <t>p_3183636</t>
+  </si>
+  <si>
+    <t>Fin du confinement : 5 propositions pour redonner leur place aux usagers</t>
+  </si>
+  <si>
+    <t>Pour intégrer le point de vue des usagers dans la sortie de confinement, le Conseil pour l’engagement des usagers (CEU), instance consultative de la HAS, formule cinq recommandations au Collège de la HAS et plus globalement aux instances de santé.</t>
+  </si>
+  <si>
+    <t>07/05/2020 15:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183115/fr/fin-du-confinement-5-propositions-pour-redonner-leur-place-aux-usagers</t>
+  </si>
+  <si>
+    <t>p_3183115</t>
+  </si>
+  <si>
+    <t>Diabète et épidémie de COVID-19 : poursuivre son traitement et rester vigilant</t>
+  </si>
+  <si>
+    <t>En collaboration avec la Fédération française des diabétiques, la Haute Autorité de Santé publie à l’attention des patients un document d’information qui s’appuie sur la Réponse rapide à destination des professionnels sur la prise en charge et le suivi des patients diabétiques dans le cadre du COVID-19. La HAS publiera dans les prochains jour une Réponse rapide visant à accompagner les patients ayant une maladie chronique dans la levée du confinement.</t>
+  </si>
+  <si>
+    <t>07/05/2020 19:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3183423/fr/diabete-et-epidemie-de-covid-19-poursuivre-son-traitement-et-rester-vigilant</t>
+  </si>
+  <si>
+    <t>p_3183423</t>
+  </si>
+  <si>
+    <t>Patients obèses ou dénutris : prévenir les formes graves de COVID-19 tout en limitant les risques liés au confinement</t>
+  </si>
+  <si>
+    <t>En cette période d’épidémie de Covid-19, et comme pour chaque maladie chronique, les professionnels de santé doivent maintenir le suivi de leurs patients présentant des troubles de la nutrition ou pour lesquels l’alimentation est un enjeu pour le maintien de leur santé. Dans la Réponse rapide « Pathologies chroniques et risques nutritionnels en ambulatoire », la HAS résume les points de vigilance à connaitre pour prévenir les risques nutritionnels et préconise de privilégier le télésoin.</t>
+  </si>
+  <si>
+    <t>24/04/2020 11:12:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181411/fr/patients-obeses-ou-denutris-prevenir-les-formes-graves-de-covid-19-tout-en-limitant-les-risques-lies-au-confinement</t>
+  </si>
+  <si>
+    <t>p_3181411</t>
+  </si>
+  <si>
+    <t>Epidémie de COVID-19 : protéger et accompagner les publics fragiles</t>
+  </si>
+  <si>
+    <t>Préoccupée par la situation des publics fragiles dans le contexte actuel d’épidémie et de confinement, la Commission en charge du social et du médico-social de la HAS (CSMS) s’est autosaisie de plusieurs sujets où l’équilibre entre la protection des personnes et leur autonomie semble remis en question par la survenue de l'épidémie de COVID-19. Elle a retenu 3 thèmes à son programme de travail. Ces travaux complèteront ceux engagés par ailleurs par la HAS, sur la sortie du confinement.</t>
+  </si>
+  <si>
+    <t>24/04/2020 15:06:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181522/fr/epidemie-de-covid-19-proteger-et-accompagner-les-publics-fragiles</t>
+  </si>
+  <si>
+    <t>p_3181522</t>
+  </si>
+  <si>
+    <t>Diabète : guider les patients et assurer leur suivi en période d'épidémie de COVID-19</t>
+  </si>
+  <si>
+    <t>Les patients atteints de diabète de type 1 ou 2 doivent bénéficier d’une prise en charge et d’un suivi médical réguliers durant l’épidémie de COVID-19. Dans le but d’accompagner les professionnels de santé dans ce contexte, la Haute Autorité de Santé a élaboré des Réponses rapides en collaboration avec la Société Francophone du Diabète, la Fédération Française de Nutrition et le Collège de la Médecine Générale.</t>
+  </si>
+  <si>
+    <t>21/04/2020 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180709/fr/diabete-guider-les-patients-et-assurer-leur-suivi-en-periode-d-epidemie-de-covid-19</t>
+  </si>
+  <si>
+    <t>p_3180709</t>
+  </si>
+  <si>
+    <t>La HAS valide l’extension de l’IVG médicamenteuse à domicile jusqu'à 9 semaines</t>
+  </si>
+  <si>
+    <t>Saisie par le ministre des Solidarités et de la Santé, la HAS valide la possibilité de proposer aux femmes une interruption volontaire de grossesse (IVG) médicamenteuse à domicile jusqu’à 9 semaines d’aménorrhée. Dans sa Réponse rapide, la HAS décrit les modalités de cette extension.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179352/fr/la-has-valide-l-extension-de-l-ivg-medicamenteuse-a-domicile-jusqu-a-9-semaines</t>
+  </si>
+  <si>
+    <t>p_3179352</t>
+  </si>
+  <si>
+    <t>Patients atteints de maladies chroniques :  des réflexes à adopter en période de confinement</t>
+  </si>
+  <si>
+    <t>Les patients atteints de maladies chroniques nécessitent un suivi médical régulier que l’épidémie et le confinement actuels peuvent perturber. La HAS a élaboré en collaboration avec France Assos santé une fiche qui leur est destinée afin de leur donner des conseils dans cette période.</t>
+  </si>
+  <si>
+    <t>10/04/2020 19:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179354/fr/patientsatteints-de-maladies-chroniques-desreflexes-a-adopter-en-periode-de-confinement</t>
+  </si>
+  <si>
+    <t>p_3179354</t>
+  </si>
+  <si>
+    <t>Le scanner thoracique, un outil réservé à certaines situations critiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la place du scanner thoracique chez les patients infectés par le COVID-19 ou chez qui une infection est suspectée. Son utilité est principalement de repérer les lésions pulmonaires et de suivre leur évolution. Pour le diagnostic, le test RT-PCR doit être privilégié et le recours au scanner doit être réservé à l’urgence médicale ne permettant pas d’attendre les résultats du test.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179358/fr/le-scanner-thoracique-un-outil-reserve-a-certaines-situations-critiques</t>
+  </si>
+  <si>
+    <t>p_3179358</t>
+  </si>
+  <si>
+    <t>Parkinson : les patients doivent maintenir leur traitement et une activité physique adaptée</t>
+  </si>
+  <si>
+    <t>Bien que ces patients n’aient pas de risque particulier de développer des formes graves du COVID-19, la continuité de leur suivi par un professionnel de santé est indispensable. Les traitements et l’activité physique adaptée doivent être maintenus. Leur interruption et l’angoisse liée au contexte actuel sont autant de facteurs pouvant entrainer une décompensation de la maladie.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179359/fr/parkinson-les-patients-doivent-maintenir-leur-traitement-et-une-activite-physique-adaptee</t>
+  </si>
+  <si>
+    <t>p_3179359</t>
+  </si>
+  <si>
+    <t>Patients insuffisants cardiaques : maintenir le suivi pour prévenir les complications</t>
+  </si>
+  <si>
+    <t>Les patients insuffisants cardiaques chroniques ont un risque accru de développer des formes graves du COVID-19. Dans la Réponse rapide élaborée pour garantir le suivi adapté de ces patients en période d’épidémie, la HAS insiste sur l’importance pour le médecin traitant et le cardiologue de surveiller tout signe de complication : dyspnée, tachycardie, malaises...</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179361/fr/patients-insuffisants-cardiaques-maintenir-le-suivi-pour-prevenir-les-complications</t>
+  </si>
+  <si>
+    <t>p_3179361</t>
+  </si>
+  <si>
+    <t>Maintenir le suivi et prévenir les interactions médicamenteuses des patients atteints d’une hépatite virale chronique</t>
+  </si>
+  <si>
+    <t>La HAS a défini les modalités du suivi des patients ayant une hépatite chronique virale, qu’ils soient infectés ou non par le COVID-19, dans une Réponse rapide dédiée à cette maladie chronique. Elle y identifie les points de vigilance en cas d’hospitalisation due au COVID-19 : pour ces patients, il est important de limiter la consommation de paracétamol et de prévenir les interactions médicamenteuses.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179366/fr/maintenir-le-suivi-et-prevenir-les-interactions-medicamenteuses-des-patients-atteints-d-une-hepatite-virale-chronique</t>
+  </si>
+  <si>
+    <t>p_3179366</t>
+  </si>
+  <si>
+    <t>Maintenir un suivi régulier et la prévention pour les personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une Réponse rapide spécifique pour le suivi des personnes vivant avec le VIH pendant l’épidémie de COVID-19. Il est essentiel de maintenir les traitements en cours, à l’exception des personnes qui contracteraient le COVID-19. Pour ces derniers, la suspension de leurs traitements durant quelques jours est possible, le temps de guérir du COVID-19.</t>
+  </si>
+  <si>
+    <t>10/04/2020 20:27:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179380/fr/maintenir-un-suivi-regulier-et-la-prevention-pour-les-personnes-vivant-avec-le-vih</t>
+  </si>
+  <si>
+    <t>p_3179380</t>
+  </si>
+  <si>
+    <t>Être attentif à la vulnérabilité des patients atteints de tuberculose</t>
+  </si>
+  <si>
+    <t>La HAS publie une Réponse rapide dédiée au suivi des patients atteints de tuberculose, lesquels sont à risque de développer une forme grave du COVID-19 s’ils le contractent. La Réponse rapide ne porte pas sur la vaccination BCG en prévention du COVID-19.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179388/fr/etre-attentif-a-la-vulnerabilite-des-patients-atteints-de-tuberculose</t>
+  </si>
+  <si>
+    <t>p_3179388</t>
+  </si>
+  <si>
+    <t>Syndrome coronarien chronique : un suivi complété par une vigilance accrue</t>
+  </si>
+  <si>
+    <t>Depuis le début de l’épidémie de COVID-19, l’enjeu crucial dans la prise en charge des patients atteints de syndrome coronarien chronique est de limiter le risque d’infarctus du myocarde ou d’accident vasculaire cérébral et de réagir rapidement si leur état s’aggrave.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179405/fr/syndrome-coronarien-chronique-un-suivi-complete-par-une-vigilance-accrue</t>
+  </si>
+  <si>
+    <t>p_3179405</t>
+  </si>
+  <si>
+    <t>Assurer un suivi des patients épileptiques et prévenir les interactions médicamenteuses </t>
+  </si>
+  <si>
+    <t>Les patients épileptiques ne présentent pas de risque accru de développer une forme sévère de COVID-19. Pour autant, la continuité de leur suivi est essentielle pour éviter une dégradation évitable de leur état de santé. Dans sa Réponse rapide, la HAS appelle également à la vigilance quant à l’usage de certains médicaments en raison de risques d’interactions médicamenteuses (AINS, paracétamol et hydroxychloroquine).</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3179415/fr/assurer-un-suivi-des-patients-epileptiques-et-prevenir-les-interactions-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3179415</t>
+  </si>
+  <si>
+    <t>Favoriser le déploiement de la télémédecine en confiance</t>
+  </si>
+  <si>
+    <t>Après avoir identifié les conditions d’éligibilité à la téléconsultation et à la téléexpertise en 2018, la Haute Autorité de santé (HAS) complète ses travaux et publie une série de documents pour leur déploiement opérationnel. Sont abordés chacune des nouvelles modalités d’exercice : la téléconsultation, la téléexpertise et la téléimagerie. Enfin, la HAS propose un document d’information à remettre aux patients avant une téléconsultation.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3058522/fr/favoriser-le-deploiement-de-la-telemedecine-en-confiance</t>
+  </si>
+  <si>
+    <t>p_3058522</t>
+  </si>
+  <si>
+    <t>La conciliation des traitements médicamenteux pour sécuriser la prise en charge des patients atteints de cancer</t>
+  </si>
+  <si>
+    <t>La prise en charge des patients atteints de cancer implique une stratégie thérapeutique évolutive dans le temps, qui associe des médicaments à haut risque, et relève d’une prise en charge multidisciplinaire. Afin de tenir compte de ces spécificités, la HAS complète son travail de 2017 sur la mise en œuvre de la conciliation des traitements médicamenteux par un guide dédié à la cancérologie. Par un partage d’informations tout au long du parcours de la personne atteinte de cancer, l’objectif est de garantir une continuité des soins médicamenteux et de prévenir les risques d’erreurs de traitements.</t>
+  </si>
+  <si>
+    <t>18/04/2019 16:03:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964693/fr/la-conciliation-des-traitements-medicamenteux-pour-securiser-la-prise-en-charge-des-patients-atteints-de-cancer</t>
+  </si>
+  <si>
+    <t>c_2964693</t>
+  </si>
+  <si>
+    <t>Parcours de santé : le ministère et la HAS facilitent l’accès à l’hospitalisation à domicile</t>
+  </si>
+  <si>
+    <t>04/12/2018 16:25:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888327/fr/parcours-de-sante-le-ministere-et-la-has-facilitent-l-acces-a-l-hospitalisation-a-domicile</t>
+  </si>
+  <si>
+    <t>c_2888327</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes vivant avec le VIH : la HAS publie un guide à destination des médecins généralistes</t>
+  </si>
+  <si>
+    <t>Grâce à l’amélioration des traitements antirétroviraux, l’infection par le virus de l’immunodéficience humaine (VIH) est désormais une maladie chronique et l’espérance de vie des personnes infectées devient similaire à celle de la population générale. Elles développent alors des pathologies dues au vieillissement, en plus des complications liées au VIH lui-même et à son traitement. Pour les prendre en charge de façon optimale, en intégrant mieux la prévention primaire et secondaire des co-infections et des comorbidités, il est nécessaire de privilégier un suivi partagé et coordonné entre l’hôpital et le médecin généraliste. La HAS publie un guide à destination de ces derniers afin de les aider à mieux identifier les points d’attention nécessaires au suivi de ces patients, en alternance avec la prise en charge hospitalière.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877202/fr/prise-en-charge-des-personnes-vivant-avec-le-vih-la-has-publie-un-guide-a-destination-des-medecins-generalistes</t>
+  </si>
+  <si>
+    <t>c_2877202</t>
+  </si>
+  <si>
+    <t>Améliorer la coordination des soins dans le domaine de la santé mentale</t>
+  </si>
+  <si>
+    <t>Dans la prise en charge des patients souffrant de troubles mentaux, la coordination entre les médecins généralistes et les autres acteurs de soins (psychiatres, psychologues, infirmiers, etc.) est insuffisamment développée. Pour promouvoir une évolution des pratiques, la HAS publie un guide proposant différents outils; les professionnels peuvent les mobiliser isolément ou combiner les uns avec les autres en fonction de leurs besoins, de leurs contraintes et du niveau de développement de la coordination sur leur territoire d’exercice.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876753/fr/ameliorer-la-coordination-des-soins-dans-le-domaine-de-la-sante-mentale</t>
+  </si>
+  <si>
+    <t>c_2876753</t>
+  </si>
+  <si>
+    <t>Simplifier la vaccination contre la grippe : la HAS favorable à l’harmonisation des compétences des professionnels</t>
+  </si>
+  <si>
+    <t>Aujourd’hui en France, la couverture vaccinale contre la grippe saisonnière est insuffisante. Dans l’objectif de simplifier la vaccination, la HAS a reconnu - dans un avis publié le 8 août 2018 - l’intérêt d’étendre les compétences vaccinales des infirmiers, des sages-femmes et des pharmaciens afin que ces trois professions puissent vacciner les mêmes publics. Dans le même temps, la HAS a défini les modalités et a déterminé les conditions nécessaires à cette extension.</t>
+  </si>
+  <si>
+    <t>27/09/2018 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872745/fr/simplifier-la-vaccination-contre-la-grippe-la-has-favorable-a-l-harmonisation-des-competences-des-professionnels</t>
+  </si>
+  <si>
+    <t>c_2872745</t>
+  </si>
+  <si>
+    <t>Téléconsultation et téléexpertise : aucune situation clinique exclue a priori</t>
+  </si>
+  <si>
+    <t>Reconnue par la loi en 2009, la télémédecine se déploie largement sur le territoire et le financement des actes de téléconsultation et de téléexpertise dans le droit commun devrait être une étape importante. Saisie par le ministère chargé de la Santé, la HAS conclut qu’aucune situation clinique ne peut être exclue a priori d’un recours à la téléconsultation ou à la téléexpertise et définit des critères d’éligibilité au cas par cas. Ce travail sera complété en fin d’année par un guide sur le bon usage et la qualité de ces pratiques cliniques, avec un volet spécifique sur les examens d’imagerie médicale.</t>
+  </si>
+  <si>
+    <t>20/04/2018 11:38:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2845190/fr/teleconsultation-et-teleexpertise-aucune-situation-clinique-exclue-a-priori</t>
+  </si>
+  <si>
+    <t>c_2845190</t>
+  </si>
+  <si>
+    <t>Fin de vie : en parler, la préparer et l’accompagner</t>
+  </si>
+  <si>
+    <t>La HAS publie aujourd’hui un guide à destination des professionnels de santé afin de les aider à mettre en œuvre une sédation profonde et continue maintenue jusqu’au décès, pratique sédative prévue par la loi Claeys-Leonetti, que les patients peuvent demander dans des circonstances précises. Ce travail complète une série de travaux de la HAS sur l’accompagnement de la fin de vie : rédaction des directives anticipées, mise en place d’une démarche palliative ou encore maintien à domicile des patients qui nécessitent des soins palliatifs. L’ensemble de ces travaux vise à entendre la demande des patients de finir leur vie chez eux, sans souffrir ainsi qu’à outiller les professionnels de santé, à l’hôpital comme en ville, pour appréhender cette situation.</t>
+  </si>
+  <si>
+    <t>15/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834548/fr/fin-de-vie-en-parler-la-preparer-et-l-accompagner</t>
+  </si>
+  <si>
+    <t>c_2834548</t>
+  </si>
+  <si>
+    <t>La HAS a développé un outil pour aider les professionnels à orienter les patients en HAD</t>
+  </si>
+  <si>
+    <t>L’hospitalisation à domicile (HAD) permet d’éviter ou de raccourcir une hospitalisation conventionnelle en offrant aux patients la possibilité d’être soignés sur leur lieu de vie. Malgré une politique en faveur du développement de l’HAD menée par les pouvoirs publics, cette possibilité reste sous-utilisée et encore trop peu connue par les professionnels de santé. C’est pourquoi la HAS a développé le premier outil en ligne d’aide à la décision pour les médecins prescripteurs, qui permet d’estimer si un patient est éligible ou non à cette modalité d’hospitalisation.</t>
+  </si>
+  <si>
+    <t>07/12/2017 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2810280/fr/la-has-a-developpe-un-outil-pour-aider-les-professionnels-a-orienter-les-patients-en-had</t>
+  </si>
+  <si>
+    <t>c_2810280</t>
+  </si>
+  <si>
+    <t>Colloque HAS - La pertinence des soins : tous concernés !</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a organisé le mardi 14 novembre son colloque annuel sur une dimension essentielle de la qualité des soins, la pertinence, afin de nourrir la réflexion sur les moyens de la renforcer. Intitulé « Pertinence : du concept à l’action », ce colloque a rassemblé des experts scientifiques français et internationaux, des professionnels de santé, des usagers et des représentants des pouvoirs publics. En amont de cette manifestation, la HAS avait organisé une démarche participative en vue de recueillir le point de vue d’usagers et de citoyens.</t>
+  </si>
+  <si>
+    <t>14/11/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2804547/fr/colloque-has-la-pertinence-des-soins-tous-concernes</t>
+  </si>
+  <si>
+    <t>c_2804547</t>
+  </si>
+  <si>
+    <t>Limiter la perte d’autonomie des personnes âgées hospitalisées</t>
+  </si>
+  <si>
+    <t>En France, près de 3 millions de personnes âgées de 70 ans et plus sont hospitalisées une ou plusieurs fois chaque année. Or l’hospitalisation constitue pour elles une étape critique qui les expose à un risque de perte d’autonomie. La Haute Autorité de Santé (HAS) publie deux documents pour aider les équipes hospitalières à mieux s’organiser en vue de répondre aux besoins spécifiques des patients âgés hospitalisés : l’une en coproduction avec le Conseil national des professionnels de gériatrie (CNPG) et l’autre avec la Société française de chirurgie orthopédique et traumatique (SOFCOT) et la Société française de gériatrie et de gérontologie (SFGG).</t>
+  </si>
+  <si>
+    <t>27/10/2017 10:30:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801383/fr/limiter-la-perte-d-autonomie-des-personnes-agees-hospitalisees</t>
+  </si>
+  <si>
+    <t>c_2801383</t>
+  </si>
+  <si>
+    <t>Personnes vulnérables et éloignées du système de santé : s’appuyer sur les médiateurs et interprètes pour améliorer l’accès aux soins</t>
+  </si>
+  <si>
+    <t>Aujourd’hui en France, tout le monde n’accède pas de façon équitable au système de santé. Isolement, précarité, complexité des démarches ou mauvaise maîtrise de la langue sont autant de barrières qui compliquent l’accès aux soins. Reconnus l’an dernier par la loi de modernisation de notre système de santé, la médiation et l’interprétariat sont deux moyens permettant de réduire ces inégalités en santé. Dans ce contexte, la Haute Autorité de Santé (HAS) publie aujourd’hui deux référentiels qui en précisent le cadre d’intervention et les bonnes pratiques. Elle souligne par ailleurs que leur déploiement sur le terrain ne sera pérenne qu’à la condition de reconnaître les médiateurs et interprètes et de disposer de financements adaptés.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801473/fr/personnes-vulnerables-et-eloignees-du-systeme-de-sante-s-appuyer-sur-les-mediateurs-et-interpretes-pour-ameliorer-l-acces-aux-soins</t>
+  </si>
+  <si>
+    <t>c_2801473</t>
+  </si>
+  <si>
+    <t>Personnes en situation de handicap dans les établissements de santé : comment mieux organiser leurs soins ?</t>
+  </si>
+  <si>
+    <t>En France, près de 10 millions de personnes sont en situation de handicap. Pourtant, de nombreux éléments rendent leurs soins compliqués ou les poussent à y renoncer, en particulier : des difficultés d’accès physique, de communication, une autonomie réduite ou encore une place insuffisante accordée à l’entourage. Les établissements de santé, ne disposant ni de référentiel ni d’outils, offrent des prises en charge souvent hétérogènes qui prennent insuffisamment en compte les besoins de ces patients. Afin d’aider les établissements à s’organiser, la HAS publie aujourd’hui un guide pour mieux accompagner les personnes en situation de handicap et favoriser un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>22/09/2017 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794811/fr/personnes-en-situation-de-handicap-dans-les-etablissements-de-sante-comment-mieux-organiser-leurs-soins</t>
+  </si>
+  <si>
+    <t>c_2794811</t>
+  </si>
+  <si>
+    <t>Chirurgies lourdes : opérer autrement pour améliorer et raccourcir la convalescence</t>
+  </si>
+  <si>
+    <t>Après une opération chirurgicale lourde, la convalescence d’un patient peut être longue et difficile. Toutefois depuis les années 90, des expérimentations menées dans différents pays ont montré qu’il était possible de faciliter le rétablissement des patients. Afin de favoriser le développement de ces programmes de « récupération améliorée après chirurgie », la HAS détermine aujourd’hui les actions à mener à chaque étape de l’hospitalisation du patient.</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2672290/fr/chirurgies-lourdes-operer-autrement-pour-ameliorer-et-raccourcir-la-convalescence</t>
+  </si>
+  <si>
+    <t>c_2672290</t>
+  </si>
+  <si>
+    <t>Radiothérapie peropératoire dans le cancer du sein</t>
+  </si>
+  <si>
+    <t>Le cancer du sein est le premier cancer chez la femme. En France, les dernières estimations indiquent environ 54 000 nouveaux cas et 12 000 décès chaque année. La radiothérapie est utilisée en complément du traitement chirurgical, en particulier après la chirurgie conservatrice pour limiter le risque de récidive loco-régionale.</t>
+  </si>
+  <si>
+    <t>01/06/2016 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2634845/fr/radiotherapie-peroperatoire-dans-le-cancer-du-sein</t>
+  </si>
+  <si>
+    <t>c_2634845</t>
+  </si>
+  <si>
+    <t>Médecine de ville : le « patient traceur » pour améliorer le parcours de santé des patients</t>
+  </si>
+  <si>
+    <t>Pour certains patients, se faire soigner en ville mobilise plusieurs professionnels de santé, dans un parcours complexe. Améliorer la qualité et la sécurité de leurs soins nécessite d’analyser l’organisation de ces parcours et les interfaces entre professionnels de santé. Après avoir réalisé une expérimentation sur le terrain, la Haute Autorité de Santé (HAS) propose la méthode du « patient-traceur », déjà utilisée dans le secteur hospitalier.</t>
+  </si>
+  <si>
+    <t>31/03/2016 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621223/fr/medecine-de-ville-le-patient-traceur-pour-ameliorer-le-parcours-de-sante-des-patients</t>
+  </si>
+  <si>
+    <t>c_2621223</t>
+  </si>
+  <si>
+    <t>Greffe rénale : assurer un accès équitable à la liste d’attente</t>
+  </si>
+  <si>
+    <t>La greffe d'un rein est le meilleur traitement pour la plupart des personnes atteintes d’insuffisance rénale chronique terminale. Si l’attribution d’un greffon relève d’un barème de points fixé par la réglementation, l’accès à la liste d'attente est laissé à l’appréciation des équipes médicales. Or des inégalités d’accès à cette liste existent aujourd'hui en France (en termes d’âge, de genre, de comorbidités, de délais d’inscription) et la HAS estime qu’au moins 1 800 personnes non inscrites pourraient y accéder. Pour réduire ces inégalités et uniformiser les pratiques, la HAS publie des recommandations pour aider la décision des professionnels après échanges avec les patients.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2576087/fr/greffe-renale-assurer-un-acces-equitable-a-la-liste-d-attente</t>
+  </si>
+  <si>
+    <t>c_2576087</t>
+  </si>
+  <si>
+    <t>Améliorer la prise en charge des personnes âgées polypathologiques</t>
+  </si>
+  <si>
+    <t>La HAS publie une « fiche points clés » sur la prise en charge d’une personne âgée polypathologique en soins primaires. Objectif : proposer une prise en charge sous la forme d’une approche globale adaptée aux spécificités des personnes âgées afin de personnaliser leurs parcours et d’accompagner l’organisation des professionnels dans les territoires. Ces documents s’adressent d’une part aux professionnels de santé et d’autre part aux agences régionales de santé (ARS).</t>
+  </si>
+  <si>
+    <t>04/06/2015 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2037157/fr/ameliorer-la-prise-en-charge-des-personnes-agees-polypathologiques</t>
+  </si>
+  <si>
+    <t>c_2037157</t>
+  </si>
+  <si>
+    <t>De nouveaux travaux pour favoriser le développement de la chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>Engagée depuis 3 ans dans un programme destiné à favoriser le développement de la chirurgie ambulatoire, la HAS met aujourd’hui à la disposition des établissements de santé un logiciel de microcosting leur permettant d’analyser les coûts de production des gestes pratiqués en chirurgie ambulatoire et des outils d’évaluation de cette activité (grille patient-traceur). Par ailleurs, elle développe pour la chirurgie ambulatoire des indicateurs de processus et de résultats destinés à évaluer et à améliorer la qualité et la sécurité des soins.</t>
   </si>
   <si>
     <t>30/03/2015 11:15:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2019007/fr/outil-logiciel-permettant-l-analyse-de-l-adequation-des-tarifs-aux-couts-de-production-de-la-chirurgie-ambulatoire-par-methode-de-microcosting</t>
-[...2800 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_2022639/fr/de-nouveaux-travaux-pour-favoriser-le-developpement-de-la-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_2022639</t>
   </si>
   <si>
     <t>Chimiothérapie injectable: quelles sont les conditions de son développement en hospitalisation à domicile (HAD) ?</t>
   </si>
   <si>
     <t>Avec la hausse des diagnostics de cancer en France et le développement de nouvelles molécules anticancéreuses, le nombre de chimiothérapies réalisées sur le territoire augmente rapidement.</t>
   </si>
   <si>
     <t>16/03/2015 11:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2020646/fr/chimiotherapie-injectable-quelles-sont-les-conditions-de-son-developpement-en-hospitalisation-a-domicile-had</t>
   </si>
   <si>
     <t>c_2020646</t>
   </si>
   <si>
     <t>Insuffisance rénale chronique terminale : comment améliorer l’efficience de la prise en charge ?</t>
   </si>
   <si>
     <t>Dans un contexte d’augmentation du coût de la prise en charge de l’insuffisance rénale chronique terminale, la HAS et l’Agence de la biomédecine ont modélisé les possibilités de changement dans la trajectoire de soins des patients et évalué leurs conséquences d’un point de vue clinique et économique. Elles publient leur rapport qui confirme que le développement de la transplantation rénale dans tous les groupes d’âge est une stratégie efficiente par rapport à l’ensemble des stratégies évaluées. Au-delà de la transplantation, limitée par le nombre de greffons, les travaux montrent qu’il est possible de faire évoluer la place des différentes modalités de traitement en développant la dialyse hors centre. Et qu’il existe plusieurs stratégies de dialyse alternatives, moins chères que la situation observée pour une efficacité équivalente.</t>
@@ -8390,95 +8450,167 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1084153/fr/avis-de-la-has-sur-le-protocole-de-cooperation-entre-professionnels-de-sante-derogatoire-aux-conditions-legales-d-exercice-realisation-de-ponction-medullaire-en-crete-iliaque-posterieure-a-visee-diagnostique-ou-therapeutique-par-une-infirmiere-en-lieu-et-place-d-un-medecin</t>
   </si>
   <si>
     <t>c_1084153</t>
   </si>
   <si>
     <t>Avis de la HAS sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice : "Réalisation d'échographies par les manipulateurs d'électroradiologie validée par des médecins"</t>
   </si>
   <si>
     <t>En application de l’article L. 4011-2 du CSP, le directeur général de l'ARS Haute Normandie a sollicité l'avis de la Haute Autorité de Santé sur le protocole de coopération entre professionnels de santé, dérogatoire aux conditions légales d'exercice, pour la réalisation d'échographies par les manipulateurs d'électroradiologie validée par des médecins.</t>
   </si>
   <si>
     <t>12/07/2011 16:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1084155/fr/avis-de-la-has-sur-le-protocole-de-cooperation-entre-professionnels-de-sante-derogatoire-aux-conditions-legales-d-exercice-realisation-d-echographies-par-les-manipulateurs-d-electroradiologie-validee-par-des-medecins</t>
   </si>
   <si>
     <t>c_1084155</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>IQSS - Evènements thrombo-emboliques (ETE) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils utilisées</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins de résultats en chirurgie orthopédique (données PMSI MCO) : - complications thrombo-emboliques après pose de prothèse totale de hanche - complications thrombo-emboliques après pose de prothèse totale de genou</t>
+  </si>
+  <si>
+    <t>22/12/2023 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293940/fr/iqss-evenements-thrombo-emboliques-ete-apres-pose-de-prothese-totale-de-hanche-pth-et-de-genou-ptg-versions-anterieures-des-outils-utilisees</t>
+  </si>
+  <si>
+    <t>p_3293940</t>
+  </si>
+  <si>
+    <t>IQSS - CA REH3 : Réhospitalisations entre 1 et 3 jours par type de prise en charge - 6 indicateurs de réhospitalisations après chirurgie ambulatoire - versions antérieures des outils utilisées</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins de résultats en chirurgie ambulatoire : réhospitalisations entre 1 et 3 jours (données PMSI MCO).</t>
+  </si>
+  <si>
+    <t>16/11/2023 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473386/fr/iqss-ca-reh3-rehospitalisations-entre-1-et-3-jours-par-type-de-prise-en-charge-6-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire-versions-anterieures-des-outils-utilisees</t>
+  </si>
+  <si>
+    <t>p_3473386</t>
+  </si>
+  <si>
+    <t>IQSS - Infections du site opératoire (ISO) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils utilisées</t>
+  </si>
+  <si>
+    <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins, de résultats en chirurgie orthopédique (données PMSI MCO) : - infections du site opératoire 3 mois après pose de prothèse totale de hanche - infections du site opératoire 3 mois après pose de prothèse totale de genou</t>
+  </si>
+  <si>
+    <t>22/12/2023 16:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482663/fr/iqss-infections-du-site-operatoire-iso-apres-pose-de-prothese-totale-de-hanche-pth-et-de-genou-ptg-versions-anterieures-des-outils-utilisees</t>
+  </si>
+  <si>
+    <t>p_3482663</t>
+  </si>
+  <si>
+    <t>Ensemble pour le développement de la chirurgie ambulatoire</t>
+  </si>
+  <si>
+    <t>La chirurgie ambulatoire reste en France insuffisamment développée alors qu’elle constitue un apport réel en termes de qualité pour les patients. Dans ce contexte, la Haute Autorité de santé (HAS) et l’Agence nationale d’appui à la performance des établissements de santé et médico-sociaux (ANAP) unissent leurs efforts pour informer et accompagner les professionnels. Les deux partenaires ont publié en décembre 2011 une note d’orientation qui formalise leur coopération, définit six axes de travail, précise la nature des productions attendues et donne un calendrier d’action.</t>
+  </si>
+  <si>
+    <t>04/07/2022 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1241930/fr/ensemble-pour-le-developpement-de-la-chirurgie-ambulatoire</t>
+  </si>
+  <si>
+    <t>c_1241930</t>
+  </si>
+  <si>
+    <t>IQSS - Archives - CA REH3 : Réhospitalisations entre 1 et 3 jours par type de prise en charge - 6 indicateurs de réhospitalisations après chirurgie ambulatoire - versions antérieures des outils</t>
+  </si>
+  <si>
+    <t>18/12/2023 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473419/fr/iqss-archives-ca-reh3-rehospitalisations-entre-1-et-3-jours-par-type-de-prise-en-charge-6-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire-versions-anterieures-des-outils</t>
+  </si>
+  <si>
+    <t>p_3473419</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
+    <t>Accès précoce à un médicament</t>
+  </si>
+  <si>
+    <t>L'accès précoce est un dispositif qui régit l'utilisation, à titre exceptionnel et temporaire, de certains médicaments non autorisés dans des indications thérapeutiques précises, pour des patients en impasse thérapeutique.</t>
+  </si>
+  <si>
+    <t>01/07/2021 10:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1500918/fr/acces-precoce-a-un-medicament</t>
+  </si>
+  <si>
+    <t>r_1500918</t>
+  </si>
+  <si>
     <t>Visualisation dynamique des taux nationaux de réhospitalisations après chirurgie</t>
   </si>
   <si>
     <t>Accéder à la visualisation dynamique des taux nationaux de réhospitalisations après chirurgie ambulatoire par intervention (racine de GHM) calculés à partir du PMSI MCO de 2021 à 2024.</t>
   </si>
   <si>
     <t>04/12/2025 11:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3776008/fr/visualisation-dynamique-des-taux-nationaux-de-rehospitalisations-apres-chirurgie</t>
   </si>
   <si>
     <t>p_3776008</t>
   </si>
   <si>
-    <t>Mettre en œuvre le 6e cycle de certification</t>
-[...28 lines deleted...]
-  <si>
     <t>Construire, organiser les parcours/ma santé 2022</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) accompagne les professionnels dans l’évolution de leurs pratiques, qui passe par une meilleure coordination de la prise en charge du patient tout au long de son parcours de soins. Elle propose des outils pour faciliter la mise en œuvre et l’organisation des parcours de soins.</t>
   </si>
   <si>
     <t>13/06/2023 09:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1647022/fr/construire-organiser-les-parcours/ma-sante-2022</t>
   </si>
   <si>
     <t>c_1647022</t>
   </si>
   <si>
     <t>5e cycle de certification</t>
   </si>
   <si>
     <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
   </si>
   <si>
     <t>25/11/2020 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
@@ -8579,234 +8711,162 @@
   <si>
     <t>04/02/2025 08:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3587902/fr/resultats-de-l-enquete-de-connaissance-sur-pacte-soins-primaires-pacte-sp</t>
   </si>
   <si>
     <t>p_3587902</t>
   </si>
   <si>
     <t>IQSS - Archives : Infections du site opératoire (ISO) après pose de prothèse totale de hanche -hors fracture- (PTH) ou de genou (PTG) - versions antérieures des outils</t>
   </si>
   <si>
     <t>Campagnes nationales de mesure de l’indicateur de qualité et de sécurité des soins de résultats en chirurgie orthopédique : infections du site opératoire 3 mois après pose de prothèse totale de hanche -hors fracture- ou de genou (données PMSI MCO).</t>
   </si>
   <si>
     <t>20/12/2023 11:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2806593/fr/iqss-archives-infections-du-site-operatoire-iso-apres-pose-de-prothese-totale-de-hanche-hors-fracture-pth-ou-de-genou-ptg-versions-anterieures-des-outils</t>
   </si>
   <si>
     <t>c_2806593</t>
   </si>
   <si>
-    <t>IQSS - Evènements thrombo-emboliques (ETE) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils utilisées</t>
-[...13 lines deleted...]
-  <si>
     <t>IQSS - Archives - Evènements thrombo-emboliques (ETE) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils</t>
   </si>
   <si>
     <t>20/12/2023 16:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482470/fr/iqss-archives-evenements-thrombo-emboliques-ete-apres-pose-de-prothese-totale-de-hanche-pth-et-de-genou-ptg-versions-anterieures-des-outils</t>
   </si>
   <si>
     <t>p_3482470</t>
   </si>
   <si>
-    <t>IQSS - Infections du site opératoire (ISO) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils utilisées</t>
-[...13 lines deleted...]
-  <si>
     <t>Culture de sécurité des soins : comprendre et mesurer</t>
   </si>
   <si>
     <t>Le terme de « culture de sécurité » apparait pour la première fois dans le rapport que des experts du Groupe consultatif international pour la sûreté nucléaire (INSAG), intitulé « Rapport récapitulatif sur la réunion d'analyse de l'accident de Tchernobyl » ont rendu à propos de la catastrophe nucléaire de Tchernobyl. Ce terme s’est imposé par la suite dans l’agenda de toutes les industries dans lesquelles des risques doivent être gérés. La culture de sécurité est un ensemble de manières de faire et de penser qui contribuent à la sécurité du patient et qui sont partagées au niveau de l’organisation (équipe de professionnels, établissement de sante).</t>
   </si>
   <si>
     <t>29/05/2019 14:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1497866/fr/culture-de-securite-des-soins-comprendre-et-mesurer</t>
   </si>
   <si>
     <t>r_1497866</t>
   </si>
   <si>
     <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
   </si>
   <si>
     <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
   </si>
   <si>
     <t>09/06/2022 15:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
   </si>
   <si>
     <t>c_2913016</t>
   </si>
   <si>
-    <t>IQSS - CA REH3 : Réhospitalisations entre 1 et 3 jours par type de prise en charge - 6 indicateurs de réhospitalisations après chirurgie ambulatoire - versions antérieures des outils utilisées</t>
-[...13 lines deleted...]
-  <si>
     <t>Dispositifs médicaux numériques : la prise en charge anticipée</t>
   </si>
   <si>
     <t>La prise en charge anticipée concerne les DMN présumés innovants. Elle permet leur remboursement dérogatoire pendant un an, non renouvelable, en attendant la prise en charge de droit commun via la LPPR ou la LATM, selon le type de DMN concerné.</t>
   </si>
   <si>
     <t>01/05/2024 09:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3376633/fr/dispositifs-medicaux-numeriques-la-prise-en-charge-anticipee</t>
   </si>
   <si>
     <t>p_3376633</t>
   </si>
   <si>
     <t>Dispositifs médicaux numériques : liste des activités de télésurveillance</t>
   </si>
   <si>
     <t>Tous les DMN de télésurveillance peuvent faire l'objet d'une demande d'inscription sur la liste des activités de télésurveillance médicale. C'est à l'exploitant de prendre l'initiative de la demande.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3376664/fr/dispositifs-medicaux-numeriques-liste-des-activites-de-telesurveillance</t>
   </si>
   <si>
     <t>p_3376664</t>
   </si>
   <si>
     <t>IQSS 2023 : 6 indicateurs de réhospitalisations après chirurgie ambulatoire</t>
   </si>
   <si>
     <t>Campagnes nationales 2023 de mesure des indicateurs de qualité et de sécurité des soins de résultats en chirurgie ambulatoire : réhospitalisations entre 1 et 3 jours (données PMSI MCO 2022).</t>
   </si>
   <si>
     <t>10/02/2023 14:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2891438/fr/iqss-2023-6-indicateurs-de-rehospitalisations-apres-chirurgie-ambulatoire</t>
   </si>
   <si>
     <t>c_2891438</t>
   </si>
   <si>
-    <t>IQSS - Archives - CA REH3 : Réhospitalisations entre 1 et 3 jours par type de prise en charge - 6 indicateurs de réhospitalisations après chirurgie ambulatoire - versions antérieures des outils</t>
-[...10 lines deleted...]
-  <si>
     <t>IQSS - Archives - Infections du site opératoire (ISO) après pose de prothèse totale de hanche (PTH) et de genou (PTG) - versions antérieures des outils</t>
   </si>
   <si>
     <t>Campagnes nationales de mesure des indicateurs de qualité et de sécurité des soins, de résultats en chirurgie orthopédique (données PMSI MCO) : - infections du site opératoire 3 mois après pose de prothèse totale de hanche ; - infections du site opératoire 3 mois après pose de prothèse totale de genou.</t>
   </si>
   <si>
     <t>21/12/2023 10:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482649/fr/iqss-archives-infections-du-site-operatoire-iso-apres-pose-de-prothese-totale-de-hanche-pth-et-de-genou-ptg-versions-anterieures-des-outils</t>
   </si>
   <si>
     <t>p_3482649</t>
   </si>
   <si>
     <t>Prise en charge en ambulatoire dans le cadre de la Covid-19</t>
   </si>
   <si>
     <t>[mis à jour le 22/03/2024] Dans le contexte de l'épidémie Covid-19, retrouvez tous les avis de la HAS concernant la prise en charge en ambulatoire.</t>
   </si>
   <si>
     <t>27/01/2022 10:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3312268/fr/prise-en-charge-en-ambulatoire-dans-le-cadre-de-la-covid-19</t>
   </si>
   <si>
     <t>p_3312268</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_1241930</t>
   </si>
   <si>
     <t>Indicateurs pour la mesure nationale des complications en chirurgie orthopédique</t>
   </si>
   <si>
     <t>Contexte des 4 indicateurs de qualité et de sécurité des soins de résultats en chirurgie orthopédique mesurant les complications thrombo-emboliques et les infections du site opératoire, après pose de prothèse totale de hanche ou de genou (données PMSI MCO 2021).</t>
   </si>
   <si>
     <t>17/12/2021 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3216705/fr/indicateurs-pour-la-mesure-nationale-des-complications-en-chirurgie-orthopedique</t>
   </si>
   <si>
     <t>p_3216705</t>
   </si>
   <si>
     <t>L'ensemble des actes et prestations pour les ALD (APALD) - hors maladies rares</t>
   </si>
   <si>
     <t>Les actes et prestations pour les ALD décrivent le parcours de soins précis d'un malade admis en ALD au titre de la maladie considérée. Ces listes servent de base à l'établissement du protocole de soins établi par le médecin traitant.</t>
   </si>
   <si>
     <t>03/10/2022 11:27:00</t>
   </si>
@@ -10252,10308 +10312,10334 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B2" t="s">
-        <v>1241</v>
+        <v>1256</v>
       </c>
       <c r="C2" t="s">
-        <v>1242</v>
+        <v>1257</v>
       </c>
       <c r="D2" t="s">
-        <v>1243</v>
+        <v>1258</v>
       </c>
       <c r="E2" t="s">
-        <v>1244</v>
+        <v>1259</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1245</v>
+        <v>1260</v>
       </c>
       <c r="H2" t="s">
-        <v>1246</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B3" t="s">
-        <v>1247</v>
+        <v>1262</v>
       </c>
       <c r="C3" t="s">
-        <v>1248</v>
+        <v>1263</v>
       </c>
       <c r="D3" t="s">
-        <v>1249</v>
+        <v>1264</v>
       </c>
       <c r="E3" t="s">
-        <v>1250</v>
+        <v>1265</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1251</v>
+        <v>1266</v>
       </c>
       <c r="H3" t="s">
-        <v>1252</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B4" t="s">
-        <v>1253</v>
+        <v>1268</v>
       </c>
       <c r="C4" t="s">
-        <v>1254</v>
+        <v>1269</v>
       </c>
       <c r="D4" t="s">
-        <v>1255</v>
+        <v>1270</v>
       </c>
       <c r="E4" t="s">
-        <v>1256</v>
+        <v>1271</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1257</v>
+        <v>1272</v>
       </c>
       <c r="H4" t="s">
-        <v>1258</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B5" t="s">
-        <v>1259</v>
+        <v>1274</v>
       </c>
       <c r="C5" t="s">
-        <v>1260</v>
+        <v>1275</v>
       </c>
       <c r="D5" t="s">
-        <v>1261</v>
+        <v>1276</v>
       </c>
       <c r="E5" t="s">
-        <v>1262</v>
+        <v>1277</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1263</v>
+        <v>1278</v>
       </c>
       <c r="H5" t="s">
-        <v>1264</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B6" t="s">
-        <v>1265</v>
+        <v>1280</v>
       </c>
       <c r="C6" t="s">
-        <v>1266</v>
+        <v>1281</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>1267</v>
+        <v>1282</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1268</v>
+        <v>1283</v>
       </c>
       <c r="H6" t="s">
-        <v>1269</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B7" t="s">
-        <v>1270</v>
+        <v>1285</v>
       </c>
       <c r="C7" t="s">
-        <v>1271</v>
+        <v>1286</v>
       </c>
       <c r="D7" t="s">
-        <v>1272</v>
+        <v>1287</v>
       </c>
       <c r="E7" t="s">
-        <v>1273</v>
+        <v>1288</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1274</v>
+        <v>1289</v>
       </c>
       <c r="H7" t="s">
-        <v>1275</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B8" t="s">
-        <v>1276</v>
+        <v>1291</v>
       </c>
       <c r="C8" t="s">
-        <v>1277</v>
+        <v>1292</v>
       </c>
       <c r="D8" t="s">
-        <v>1278</v>
+        <v>1293</v>
       </c>
       <c r="E8" t="s">
-        <v>1279</v>
+        <v>1294</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1280</v>
+        <v>1295</v>
       </c>
       <c r="H8" t="s">
-        <v>1281</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B9" t="s">
-        <v>1282</v>
+        <v>1297</v>
       </c>
       <c r="C9" t="s">
-        <v>1283</v>
+        <v>1298</v>
       </c>
       <c r="D9" t="s">
         <v>143</v>
       </c>
       <c r="E9" t="s">
-        <v>1284</v>
+        <v>1299</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1285</v>
+        <v>1300</v>
       </c>
       <c r="H9" t="s">
-        <v>1286</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B10" t="s">
-        <v>1287</v>
+        <v>1302</v>
       </c>
       <c r="C10" t="s">
-        <v>1288</v>
+        <v>1303</v>
       </c>
       <c r="D10" t="s">
-        <v>1289</v>
+        <v>1304</v>
       </c>
       <c r="E10" t="s">
-        <v>1290</v>
+        <v>1305</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1291</v>
+        <v>1306</v>
       </c>
       <c r="H10" t="s">
-        <v>1292</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B11" t="s">
-        <v>1293</v>
+        <v>1308</v>
       </c>
       <c r="C11" t="s">
-        <v>1294</v>
+        <v>1309</v>
       </c>
       <c r="D11" t="s">
-        <v>1295</v>
+        <v>1310</v>
       </c>
       <c r="E11" t="s">
-        <v>1296</v>
+        <v>1311</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1297</v>
+        <v>1312</v>
       </c>
       <c r="H11" t="s">
-        <v>1298</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B12" t="s">
-        <v>1299</v>
+        <v>1314</v>
       </c>
       <c r="C12" t="s">
-        <v>1300</v>
+        <v>1315</v>
       </c>
       <c r="D12" t="s">
-        <v>1301</v>
+        <v>1316</v>
       </c>
       <c r="E12" t="s">
-        <v>1302</v>
+        <v>1317</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1303</v>
+        <v>1318</v>
       </c>
       <c r="H12" t="s">
-        <v>1304</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B13" t="s">
-        <v>1305</v>
+        <v>1320</v>
       </c>
       <c r="C13" t="s">
-        <v>1306</v>
+        <v>1321</v>
       </c>
       <c r="D13" t="s">
-        <v>1307</v>
+        <v>1322</v>
       </c>
       <c r="E13" t="s">
-        <v>1308</v>
+        <v>1323</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1309</v>
+        <v>1324</v>
       </c>
       <c r="H13" t="s">
-        <v>1310</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B14" t="s">
-        <v>1311</v>
+        <v>1326</v>
       </c>
       <c r="C14" t="s">
-        <v>1312</v>
+        <v>1327</v>
       </c>
       <c r="D14" t="s">
-        <v>1313</v>
+        <v>1328</v>
       </c>
       <c r="E14" t="s">
-        <v>1314</v>
+        <v>1329</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1315</v>
+        <v>1330</v>
       </c>
       <c r="H14" t="s">
-        <v>1316</v>
+        <v>1331</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B15" t="s">
-        <v>1317</v>
+        <v>1332</v>
       </c>
       <c r="C15" t="s">
-        <v>1318</v>
+        <v>1333</v>
       </c>
       <c r="D15" t="s">
-        <v>1319</v>
+        <v>1334</v>
       </c>
       <c r="E15" t="s">
-        <v>1320</v>
+        <v>1335</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1321</v>
+        <v>1336</v>
       </c>
       <c r="H15" t="s">
-        <v>1322</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B16" t="s">
-        <v>1323</v>
+        <v>1338</v>
       </c>
       <c r="C16" t="s">
-        <v>1324</v>
+        <v>1339</v>
       </c>
       <c r="D16" t="s">
-        <v>1325</v>
+        <v>1340</v>
       </c>
       <c r="E16" t="s">
-        <v>1326</v>
+        <v>1341</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1327</v>
+        <v>1342</v>
       </c>
       <c r="H16" t="s">
-        <v>1328</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B17" t="s">
-        <v>1329</v>
+        <v>1344</v>
       </c>
       <c r="C17" t="s">
-        <v>1330</v>
+        <v>1345</v>
       </c>
       <c r="D17" t="s">
-        <v>1331</v>
+        <v>1346</v>
       </c>
       <c r="E17" t="s">
-        <v>1332</v>
+        <v>1347</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1333</v>
+        <v>1348</v>
       </c>
       <c r="H17" t="s">
-        <v>1334</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B18" t="s">
-        <v>1335</v>
+        <v>1350</v>
       </c>
       <c r="C18" t="s">
-        <v>1336</v>
+        <v>1351</v>
       </c>
       <c r="D18" t="s">
-        <v>1337</v>
+        <v>1352</v>
       </c>
       <c r="E18" t="s">
-        <v>1338</v>
+        <v>1353</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1339</v>
+        <v>1354</v>
       </c>
       <c r="H18" t="s">
-        <v>1340</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B19" t="s">
-        <v>1341</v>
+        <v>1356</v>
       </c>
       <c r="C19" t="s">
-        <v>1342</v>
+        <v>1357</v>
       </c>
       <c r="D19" t="s">
-        <v>1343</v>
+        <v>1358</v>
       </c>
       <c r="E19" t="s">
-        <v>1344</v>
+        <v>1359</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1345</v>
+        <v>1360</v>
       </c>
       <c r="H19" t="s">
-        <v>1346</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B20" t="s">
-        <v>1347</v>
+        <v>1362</v>
       </c>
       <c r="C20" t="s">
-        <v>1348</v>
+        <v>1363</v>
       </c>
       <c r="D20" t="s">
-        <v>1349</v>
+        <v>1364</v>
       </c>
       <c r="E20" t="s">
-        <v>1350</v>
+        <v>1365</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1351</v>
+        <v>1366</v>
       </c>
       <c r="H20" t="s">
-        <v>1352</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B21" t="s">
-        <v>1353</v>
+        <v>1368</v>
       </c>
       <c r="C21" t="s">
-        <v>1354</v>
+        <v>1369</v>
       </c>
       <c r="D21" t="s">
-        <v>1355</v>
+        <v>1370</v>
       </c>
       <c r="E21" t="s">
-        <v>1356</v>
+        <v>1371</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1357</v>
+        <v>1372</v>
       </c>
       <c r="H21" t="s">
-        <v>1358</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B22" t="s">
-        <v>1359</v>
+        <v>1374</v>
       </c>
       <c r="C22" t="s">
-        <v>1360</v>
+        <v>1375</v>
       </c>
       <c r="D22" t="s">
-        <v>1361</v>
+        <v>1376</v>
       </c>
       <c r="E22" t="s">
-        <v>1362</v>
+        <v>1377</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1363</v>
+        <v>1378</v>
       </c>
       <c r="H22" t="s">
-        <v>1364</v>
+        <v>1379</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B23" t="s">
-        <v>1365</v>
+        <v>1380</v>
       </c>
       <c r="C23" t="s">
-        <v>1366</v>
+        <v>1381</v>
       </c>
       <c r="D23" t="s">
-        <v>1367</v>
+        <v>1382</v>
       </c>
       <c r="E23" t="s">
-        <v>1368</v>
+        <v>1383</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1369</v>
+        <v>1384</v>
       </c>
       <c r="H23" t="s">
-        <v>1370</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B24" t="s">
-        <v>1371</v>
+        <v>1386</v>
       </c>
       <c r="C24" t="s">
-        <v>1372</v>
+        <v>1387</v>
       </c>
       <c r="D24" t="s">
-        <v>1373</v>
+        <v>1388</v>
       </c>
       <c r="E24" t="s">
-        <v>1374</v>
+        <v>1389</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1375</v>
+        <v>1390</v>
       </c>
       <c r="H24" t="s">
-        <v>1376</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B25" t="s">
-        <v>1377</v>
+        <v>1392</v>
       </c>
       <c r="C25" t="s">
-        <v>1378</v>
+        <v>1393</v>
       </c>
       <c r="D25" t="s">
-        <v>1379</v>
+        <v>1394</v>
       </c>
       <c r="E25" t="s">
-        <v>1380</v>
+        <v>1395</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1381</v>
+        <v>1396</v>
       </c>
       <c r="H25" t="s">
-        <v>1382</v>
+        <v>1397</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B26" t="s">
-        <v>1383</v>
+        <v>1398</v>
       </c>
       <c r="C26" t="s">
-        <v>1384</v>
+        <v>1399</v>
       </c>
       <c r="D26" t="s">
-        <v>1385</v>
+        <v>1400</v>
       </c>
       <c r="E26" t="s">
-        <v>1386</v>
+        <v>1401</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1387</v>
+        <v>1402</v>
       </c>
       <c r="H26" t="s">
-        <v>1388</v>
+        <v>1403</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B27" t="s">
-        <v>1389</v>
+        <v>1404</v>
       </c>
       <c r="C27" t="s">
-        <v>1390</v>
+        <v>1405</v>
       </c>
       <c r="D27" t="s">
-        <v>1391</v>
+        <v>1406</v>
       </c>
       <c r="E27" t="s">
-        <v>1392</v>
+        <v>1407</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1393</v>
+        <v>1408</v>
       </c>
       <c r="H27" t="s">
-        <v>1394</v>
+        <v>1409</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B28" t="s">
-        <v>1395</v>
+        <v>1410</v>
       </c>
       <c r="C28" t="s">
-        <v>1396</v>
+        <v>1411</v>
       </c>
       <c r="D28" t="s">
-        <v>1397</v>
+        <v>1412</v>
       </c>
       <c r="E28" t="s">
-        <v>1398</v>
+        <v>1413</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1399</v>
+        <v>1414</v>
       </c>
       <c r="H28" t="s">
-        <v>1400</v>
+        <v>1415</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B29" t="s">
-        <v>1401</v>
+        <v>1416</v>
       </c>
       <c r="C29" t="s">
-        <v>1402</v>
+        <v>1417</v>
       </c>
       <c r="D29" t="s">
-        <v>1403</v>
+        <v>1418</v>
       </c>
       <c r="E29" t="s">
-        <v>1404</v>
+        <v>1419</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1405</v>
+        <v>1420</v>
       </c>
       <c r="H29" t="s">
-        <v>1406</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B30" t="s">
-        <v>1407</v>
+        <v>1422</v>
       </c>
       <c r="C30" t="s">
-        <v>1408</v>
+        <v>1423</v>
       </c>
       <c r="D30" t="s">
-        <v>1409</v>
+        <v>1424</v>
       </c>
       <c r="E30" t="s">
-        <v>1410</v>
+        <v>1425</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1411</v>
+        <v>1426</v>
       </c>
       <c r="H30" t="s">
-        <v>1412</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B31" t="s">
-        <v>1413</v>
+        <v>1428</v>
       </c>
       <c r="C31" t="s">
-        <v>1414</v>
+        <v>1429</v>
       </c>
       <c r="D31" t="s">
-        <v>1415</v>
+        <v>1430</v>
       </c>
       <c r="E31" t="s">
-        <v>1416</v>
+        <v>1431</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1417</v>
+        <v>1432</v>
       </c>
       <c r="H31" t="s">
-        <v>1418</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B32" t="s">
-        <v>1419</v>
+        <v>1434</v>
       </c>
       <c r="C32" t="s">
-        <v>1420</v>
+        <v>1435</v>
       </c>
       <c r="D32" t="s">
-        <v>1421</v>
+        <v>1436</v>
       </c>
       <c r="E32" t="s">
-        <v>1422</v>
+        <v>1437</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1423</v>
+        <v>1438</v>
       </c>
       <c r="H32" t="s">
-        <v>1424</v>
+        <v>1439</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B33" t="s">
-        <v>1425</v>
+        <v>1440</v>
       </c>
       <c r="C33" t="s">
-        <v>1426</v>
+        <v>1441</v>
       </c>
       <c r="D33" t="s">
-        <v>1427</v>
+        <v>1442</v>
       </c>
       <c r="E33" t="s">
-        <v>1428</v>
+        <v>1443</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1429</v>
+        <v>1444</v>
       </c>
       <c r="H33" t="s">
-        <v>1430</v>
+        <v>1445</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B34" t="s">
-        <v>1431</v>
+        <v>1446</v>
       </c>
       <c r="C34" t="s">
-        <v>1432</v>
+        <v>1447</v>
       </c>
       <c r="D34" t="s">
-        <v>1433</v>
+        <v>1448</v>
       </c>
       <c r="E34" t="s">
-        <v>1434</v>
+        <v>1449</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1435</v>
+        <v>1450</v>
       </c>
       <c r="H34" t="s">
-        <v>1436</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B35" t="s">
-        <v>1437</v>
+        <v>1452</v>
       </c>
       <c r="C35" t="s">
-        <v>1438</v>
+        <v>1453</v>
       </c>
       <c r="D35" t="s">
-        <v>1439</v>
+        <v>1454</v>
       </c>
       <c r="E35" t="s">
-        <v>1440</v>
+        <v>1455</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1441</v>
+        <v>1456</v>
       </c>
       <c r="H35" t="s">
-        <v>1442</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B36" t="s">
-        <v>1443</v>
+        <v>1458</v>
       </c>
       <c r="C36" t="s">
-        <v>1444</v>
+        <v>1459</v>
       </c>
       <c r="D36" t="s">
-        <v>1445</v>
+        <v>1460</v>
       </c>
       <c r="E36" t="s">
-        <v>1446</v>
+        <v>1461</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1447</v>
+        <v>1462</v>
       </c>
       <c r="H36" t="s">
-        <v>1448</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B37" t="s">
-        <v>1449</v>
+        <v>1464</v>
       </c>
       <c r="C37" t="s">
-        <v>1450</v>
+        <v>1465</v>
       </c>
       <c r="D37" t="s">
-        <v>1201</v>
+        <v>1216</v>
       </c>
       <c r="E37" t="s">
-        <v>1451</v>
+        <v>1466</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1452</v>
+        <v>1467</v>
       </c>
       <c r="H37" t="s">
-        <v>1453</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B38" t="s">
-        <v>1454</v>
+        <v>1469</v>
       </c>
       <c r="C38" t="s">
-        <v>1455</v>
+        <v>1470</v>
       </c>
       <c r="D38" t="s">
-        <v>1456</v>
+        <v>1471</v>
       </c>
       <c r="E38" t="s">
-        <v>1457</v>
+        <v>1472</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1458</v>
+        <v>1473</v>
       </c>
       <c r="H38" t="s">
-        <v>1459</v>
+        <v>1474</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B39" t="s">
-        <v>1460</v>
+        <v>1475</v>
       </c>
       <c r="C39" t="s">
-        <v>1461</v>
+        <v>1476</v>
       </c>
       <c r="D39" t="s">
-        <v>1462</v>
+        <v>1477</v>
       </c>
       <c r="E39" t="s">
-        <v>1463</v>
+        <v>1478</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1464</v>
+        <v>1479</v>
       </c>
       <c r="H39" t="s">
-        <v>1465</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B40" t="s">
-        <v>1466</v>
+        <v>1481</v>
       </c>
       <c r="C40" t="s">
-        <v>1467</v>
+        <v>1482</v>
       </c>
       <c r="D40" t="s">
-        <v>1468</v>
+        <v>1483</v>
       </c>
       <c r="E40" t="s">
-        <v>1469</v>
+        <v>1484</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1470</v>
+        <v>1485</v>
       </c>
       <c r="H40" t="s">
-        <v>1471</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B41" t="s">
-        <v>1472</v>
+        <v>1487</v>
       </c>
       <c r="C41" t="s">
-        <v>1473</v>
+        <v>1488</v>
       </c>
       <c r="D41" t="s">
-        <v>1474</v>
+        <v>1489</v>
       </c>
       <c r="E41" t="s">
-        <v>1475</v>
+        <v>1490</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1476</v>
+        <v>1491</v>
       </c>
       <c r="H41" t="s">
-        <v>1477</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B42" t="s">
-        <v>977</v>
+        <v>997</v>
       </c>
       <c r="C42" t="s">
-        <v>1478</v>
+        <v>1493</v>
       </c>
       <c r="D42" t="s">
-        <v>1479</v>
+        <v>1494</v>
       </c>
       <c r="E42" t="s">
-        <v>1480</v>
+        <v>1495</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1481</v>
+        <v>1496</v>
       </c>
       <c r="H42" t="s">
-        <v>1482</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B43" t="s">
-        <v>1483</v>
+        <v>1498</v>
       </c>
       <c r="C43" t="s">
-        <v>1484</v>
+        <v>1499</v>
       </c>
       <c r="D43" t="s">
-        <v>1485</v>
+        <v>1500</v>
       </c>
       <c r="E43" t="s">
-        <v>1486</v>
+        <v>1501</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1487</v>
+        <v>1502</v>
       </c>
       <c r="H43" t="s">
-        <v>1488</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B44" t="s">
-        <v>1489</v>
+        <v>1504</v>
       </c>
       <c r="C44" t="s">
-        <v>1490</v>
+        <v>1505</v>
       </c>
       <c r="D44" t="s">
-        <v>1491</v>
+        <v>1506</v>
       </c>
       <c r="E44" t="s">
-        <v>1492</v>
+        <v>1507</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1493</v>
+        <v>1508</v>
       </c>
       <c r="H44" t="s">
-        <v>1494</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B45" t="s">
-        <v>1495</v>
+        <v>1510</v>
       </c>
       <c r="C45" t="s">
-        <v>1496</v>
+        <v>1511</v>
       </c>
       <c r="D45" t="s">
-        <v>1497</v>
+        <v>1512</v>
       </c>
       <c r="E45" t="s">
-        <v>1498</v>
+        <v>1513</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1499</v>
+        <v>1514</v>
       </c>
       <c r="H45" t="s">
-        <v>1500</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B46" t="s">
-        <v>1501</v>
+        <v>1516</v>
       </c>
       <c r="C46" t="s">
-        <v>1502</v>
+        <v>1517</v>
       </c>
       <c r="D46" t="s">
-        <v>1503</v>
+        <v>1518</v>
       </c>
       <c r="E46" t="s">
-        <v>1504</v>
+        <v>1519</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1505</v>
+        <v>1520</v>
       </c>
       <c r="H46" t="s">
-        <v>1506</v>
+        <v>1521</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
+        <v>1255</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C47" t="s">
+        <v>1523</v>
+      </c>
+      <c r="D47" t="s">
         <v>1240</v>
       </c>
-      <c r="B47" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E47" t="s">
-        <v>1509</v>
+        <v>1524</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1510</v>
+        <v>1525</v>
       </c>
       <c r="H47" t="s">
-        <v>1511</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B48" t="s">
-        <v>1512</v>
+        <v>1527</v>
       </c>
       <c r="C48" t="s">
-        <v>1473</v>
+        <v>1488</v>
       </c>
       <c r="D48" t="s">
-        <v>1503</v>
+        <v>1518</v>
       </c>
       <c r="E48" t="s">
-        <v>1513</v>
+        <v>1528</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1514</v>
+        <v>1529</v>
       </c>
       <c r="H48" t="s">
-        <v>1515</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B49" t="s">
-        <v>1516</v>
+        <v>1531</v>
       </c>
       <c r="C49" t="s">
-        <v>1517</v>
+        <v>1532</v>
       </c>
       <c r="D49" t="s">
-        <v>1518</v>
+        <v>1533</v>
       </c>
       <c r="E49" t="s">
-        <v>1519</v>
+        <v>1534</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1520</v>
+        <v>1535</v>
       </c>
       <c r="H49" t="s">
-        <v>1521</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B50" t="s">
-        <v>1522</v>
+        <v>1537</v>
       </c>
       <c r="C50" t="s">
-        <v>1523</v>
+        <v>1538</v>
       </c>
       <c r="D50" t="s">
-        <v>1524</v>
+        <v>1539</v>
       </c>
       <c r="E50" t="s">
-        <v>1525</v>
+        <v>1540</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1526</v>
+        <v>1541</v>
       </c>
       <c r="H50" t="s">
-        <v>1527</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B51" t="s">
-        <v>1528</v>
+        <v>1543</v>
       </c>
       <c r="C51" t="s">
-        <v>1529</v>
+        <v>1544</v>
       </c>
       <c r="D51" t="s">
-        <v>1530</v>
+        <v>1545</v>
       </c>
       <c r="E51" t="s">
-        <v>1531</v>
+        <v>1546</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1532</v>
+        <v>1547</v>
       </c>
       <c r="H51" t="s">
-        <v>1533</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B52" t="s">
-        <v>1534</v>
+        <v>1549</v>
       </c>
       <c r="C52" t="s">
-        <v>1535</v>
+        <v>1550</v>
       </c>
       <c r="D52" t="s">
-        <v>1536</v>
+        <v>1551</v>
       </c>
       <c r="E52" t="s">
-        <v>1537</v>
+        <v>1552</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1538</v>
+        <v>1553</v>
       </c>
       <c r="H52" t="s">
-        <v>1539</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B53" t="s">
-        <v>1540</v>
+        <v>1555</v>
       </c>
       <c r="C53" t="s">
-        <v>1541</v>
+        <v>1556</v>
       </c>
       <c r="D53" t="s">
-        <v>1542</v>
+        <v>1557</v>
       </c>
       <c r="E53" t="s">
-        <v>1543</v>
+        <v>1558</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1544</v>
+        <v>1559</v>
       </c>
       <c r="H53" t="s">
-        <v>1545</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B54" t="s">
-        <v>1546</v>
+        <v>1561</v>
       </c>
       <c r="C54" t="s">
-        <v>1547</v>
+        <v>1562</v>
       </c>
       <c r="D54" t="s">
-        <v>1548</v>
+        <v>1563</v>
       </c>
       <c r="E54" t="s">
-        <v>1548</v>
+        <v>1563</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1549</v>
+        <v>1564</v>
       </c>
       <c r="H54" t="s">
-        <v>1550</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B55" t="s">
-        <v>1551</v>
+        <v>1566</v>
       </c>
       <c r="C55" t="s">
-        <v>1552</v>
+        <v>1567</v>
       </c>
       <c r="D55" t="s">
-        <v>1553</v>
+        <v>1568</v>
       </c>
       <c r="E55" t="s">
-        <v>1554</v>
+        <v>1569</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1555</v>
+        <v>1570</v>
       </c>
       <c r="H55" t="s">
-        <v>1556</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B56" t="s">
-        <v>1557</v>
+        <v>1572</v>
       </c>
       <c r="C56" t="s">
-        <v>1558</v>
+        <v>1573</v>
       </c>
       <c r="D56" t="s">
-        <v>1559</v>
+        <v>1574</v>
       </c>
       <c r="E56" t="s">
-        <v>1560</v>
+        <v>1575</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1561</v>
+        <v>1576</v>
       </c>
       <c r="H56" t="s">
-        <v>1562</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B57" t="s">
-        <v>1563</v>
+        <v>1578</v>
       </c>
       <c r="C57" t="s">
-        <v>1564</v>
+        <v>1579</v>
       </c>
       <c r="D57" t="s">
-        <v>1565</v>
+        <v>1580</v>
       </c>
       <c r="E57" t="s">
-        <v>1566</v>
+        <v>1581</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1567</v>
+        <v>1582</v>
       </c>
       <c r="H57" t="s">
-        <v>1568</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B58" t="s">
-        <v>1569</v>
+        <v>1584</v>
       </c>
       <c r="C58" t="s">
-        <v>1570</v>
+        <v>1585</v>
       </c>
       <c r="D58" t="s">
-        <v>1571</v>
+        <v>1586</v>
       </c>
       <c r="E58" t="s">
-        <v>1572</v>
+        <v>1587</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1573</v>
+        <v>1588</v>
       </c>
       <c r="H58" t="s">
-        <v>1574</v>
+        <v>1589</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B59" t="s">
-        <v>1575</v>
+        <v>1590</v>
       </c>
       <c r="C59" t="s">
-        <v>1576</v>
+        <v>1591</v>
       </c>
       <c r="D59" t="s">
-        <v>1577</v>
+        <v>1592</v>
       </c>
       <c r="E59" t="s">
-        <v>1578</v>
+        <v>1593</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1579</v>
+        <v>1594</v>
       </c>
       <c r="H59" t="s">
-        <v>1580</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B60" t="s">
-        <v>1581</v>
+        <v>1596</v>
       </c>
       <c r="C60" t="s">
-        <v>1582</v>
+        <v>1597</v>
       </c>
       <c r="D60" t="s">
-        <v>1583</v>
+        <v>1598</v>
       </c>
       <c r="E60" t="s">
-        <v>1584</v>
+        <v>1599</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1585</v>
+        <v>1600</v>
       </c>
       <c r="H60" t="s">
-        <v>1586</v>
+        <v>1601</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B61" t="s">
-        <v>1587</v>
+        <v>1602</v>
       </c>
       <c r="C61" t="s">
-        <v>1588</v>
+        <v>1603</v>
       </c>
       <c r="D61" t="s">
-        <v>1589</v>
+        <v>1604</v>
       </c>
       <c r="E61" t="s">
-        <v>1590</v>
+        <v>1605</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1591</v>
+        <v>1606</v>
       </c>
       <c r="H61" t="s">
-        <v>1592</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B62" t="s">
-        <v>1593</v>
+        <v>1608</v>
       </c>
       <c r="C62" t="s">
-        <v>1594</v>
+        <v>1609</v>
       </c>
       <c r="D62" t="s">
-        <v>1595</v>
+        <v>1610</v>
       </c>
       <c r="E62" t="s">
-        <v>1590</v>
+        <v>1605</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1596</v>
+        <v>1611</v>
       </c>
       <c r="H62" t="s">
-        <v>1597</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1240</v>
+        <v>1255</v>
       </c>
       <c r="B63" t="s">
-        <v>1598</v>
+        <v>1613</v>
       </c>
       <c r="C63" t="s">
-        <v>1599</v>
+        <v>1614</v>
       </c>
       <c r="D63" t="s">
-        <v>1600</v>
+        <v>1615</v>
       </c>
       <c r="E63" t="s">
-        <v>1601</v>
+        <v>1616</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1602</v>
+        <v>1617</v>
       </c>
       <c r="H63" t="s">
-        <v>1603</v>
+        <v>1618</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1604</v>
+        <v>1619</v>
       </c>
       <c r="B2" t="s">
-        <v>1605</v>
+        <v>1620</v>
       </c>
       <c r="C2" t="s">
-        <v>1606</v>
+        <v>1621</v>
       </c>
       <c r="D2" t="s">
-        <v>1607</v>
+        <v>1622</v>
       </c>
       <c r="E2" t="s">
-        <v>1608</v>
+        <v>1623</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1609</v>
+        <v>1624</v>
       </c>
       <c r="H2" t="s">
-        <v>1610</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1604</v>
+        <v>1619</v>
       </c>
       <c r="B3" t="s">
-        <v>1611</v>
+        <v>1626</v>
       </c>
       <c r="C3" t="s">
-        <v>1612</v>
+        <v>1627</v>
       </c>
       <c r="D3" t="s">
-        <v>1613</v>
+        <v>1628</v>
       </c>
       <c r="E3" t="s">
-        <v>1614</v>
+        <v>1629</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1615</v>
+        <v>1630</v>
       </c>
       <c r="H3" t="s">
-        <v>1616</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1604</v>
+        <v>1619</v>
       </c>
       <c r="B4" t="s">
-        <v>1617</v>
+        <v>1632</v>
       </c>
       <c r="C4" t="s">
-        <v>1618</v>
+        <v>1633</v>
       </c>
       <c r="D4" t="s">
-        <v>1619</v>
+        <v>1634</v>
       </c>
       <c r="E4" t="s">
-        <v>1620</v>
+        <v>1635</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1621</v>
+        <v>1636</v>
       </c>
       <c r="H4" t="s">
-        <v>1622</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1604</v>
+        <v>1619</v>
       </c>
       <c r="B5" t="s">
-        <v>1623</v>
+        <v>1638</v>
       </c>
       <c r="C5" t="s">
-        <v>1624</v>
+        <v>1639</v>
       </c>
       <c r="D5" t="s">
-        <v>1625</v>
+        <v>1640</v>
       </c>
       <c r="E5" t="s">
-        <v>1626</v>
+        <v>1641</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1627</v>
+        <v>1642</v>
       </c>
       <c r="H5" t="s">
-        <v>1628</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1604</v>
+        <v>1619</v>
       </c>
       <c r="B6" t="s">
-        <v>1629</v>
+        <v>1644</v>
       </c>
       <c r="C6" t="s">
-        <v>1630</v>
+        <v>1645</v>
       </c>
       <c r="D6" t="s">
-        <v>1631</v>
+        <v>1646</v>
       </c>
       <c r="E6" t="s">
-        <v>1632</v>
+        <v>1647</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1633</v>
+        <v>1648</v>
       </c>
       <c r="H6" t="s">
-        <v>1634</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1604</v>
+        <v>1619</v>
       </c>
       <c r="B7" t="s">
-        <v>1635</v>
+        <v>1650</v>
       </c>
       <c r="C7" t="s">
-        <v>1636</v>
+        <v>1651</v>
       </c>
       <c r="D7" t="s">
-        <v>1637</v>
+        <v>1652</v>
       </c>
       <c r="E7" t="s">
-        <v>1638</v>
+        <v>1653</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1639</v>
+        <v>1654</v>
       </c>
       <c r="H7" t="s">
-        <v>1640</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1604</v>
+        <v>1619</v>
       </c>
       <c r="B8" t="s">
-        <v>1641</v>
+        <v>1656</v>
       </c>
       <c r="C8" t="s">
-        <v>1642</v>
+        <v>1657</v>
       </c>
       <c r="D8" t="s">
-        <v>1409</v>
+        <v>1424</v>
       </c>
       <c r="E8" t="s">
-        <v>1643</v>
+        <v>1658</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1644</v>
+        <v>1659</v>
       </c>
       <c r="H8" t="s">
-        <v>1645</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1604</v>
+        <v>1619</v>
       </c>
       <c r="B9" t="s">
-        <v>1646</v>
+        <v>1661</v>
       </c>
       <c r="C9" t="s">
-        <v>1647</v>
+        <v>1662</v>
       </c>
       <c r="D9" t="s">
-        <v>1456</v>
+        <v>1471</v>
       </c>
       <c r="E9" t="s">
-        <v>1648</v>
+        <v>1663</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1649</v>
+        <v>1664</v>
       </c>
       <c r="H9" t="s">
-        <v>1650</v>
+        <v>1665</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H126"/>
+  <dimension ref="A1:H127"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B2" t="s">
-        <v>1652</v>
+        <v>1667</v>
       </c>
       <c r="C2" t="s">
-        <v>1653</v>
+        <v>1668</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>307</v>
+        <v>1669</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1654</v>
+        <v>1670</v>
       </c>
       <c r="H2" t="s">
-        <v>1655</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B3" t="s">
-        <v>1656</v>
+        <v>1672</v>
       </c>
       <c r="C3" t="s">
-        <v>1657</v>
+        <v>1673</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1658</v>
+        <v>328</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1659</v>
+        <v>1674</v>
       </c>
       <c r="H3" t="s">
-        <v>1660</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B4" t="s">
-        <v>1661</v>
+        <v>1676</v>
       </c>
       <c r="C4" t="s">
-        <v>1662</v>
+        <v>1677</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1663</v>
+        <v>1678</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1664</v>
+        <v>1679</v>
       </c>
       <c r="H4" t="s">
-        <v>1665</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B5" t="s">
-        <v>1666</v>
+        <v>1681</v>
       </c>
       <c r="C5" t="s">
-        <v>1667</v>
+        <v>1682</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1668</v>
+        <v>1271</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1669</v>
+        <v>1683</v>
       </c>
       <c r="H5" t="s">
-        <v>1670</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B6" t="s">
-        <v>1671</v>
+        <v>1685</v>
       </c>
       <c r="C6" t="s">
-        <v>1672</v>
+        <v>1686</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1673</v>
+        <v>1687</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1674</v>
+        <v>1688</v>
       </c>
       <c r="H6" t="s">
-        <v>1675</v>
+        <v>1689</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B7" t="s">
-        <v>1676</v>
+        <v>1690</v>
       </c>
       <c r="C7" t="s">
-        <v>1677</v>
+        <v>1691</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1678</v>
+        <v>1692</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1679</v>
+        <v>1693</v>
       </c>
       <c r="H7" t="s">
-        <v>1680</v>
+        <v>1694</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B8" t="s">
-        <v>1681</v>
+        <v>1695</v>
       </c>
       <c r="C8" t="s">
-        <v>1682</v>
+        <v>1696</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1683</v>
+        <v>1697</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1684</v>
+        <v>1698</v>
       </c>
       <c r="H8" t="s">
-        <v>1685</v>
+        <v>1699</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B9" t="s">
-        <v>1686</v>
+        <v>1700</v>
       </c>
       <c r="C9" t="s">
-        <v>1687</v>
+        <v>1701</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1688</v>
+        <v>1702</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1689</v>
+        <v>1703</v>
       </c>
       <c r="H9" t="s">
-        <v>1690</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B10" t="s">
-        <v>1691</v>
+        <v>1705</v>
       </c>
       <c r="C10" t="s">
-        <v>13</v>
+        <v>1706</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1692</v>
+        <v>1707</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1693</v>
+        <v>1708</v>
       </c>
       <c r="H10" t="s">
-        <v>1694</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B11" t="s">
-        <v>1695</v>
+        <v>1710</v>
       </c>
       <c r="C11" t="s">
-        <v>1696</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1697</v>
+        <v>1711</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1698</v>
+        <v>1712</v>
       </c>
       <c r="H11" t="s">
-        <v>1699</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B12" t="s">
-        <v>1700</v>
+        <v>1714</v>
       </c>
       <c r="C12" t="s">
-        <v>1701</v>
+        <v>1715</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1702</v>
+        <v>1716</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1703</v>
+        <v>1717</v>
       </c>
       <c r="H12" t="s">
-        <v>1704</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B13" t="s">
-        <v>1705</v>
+        <v>1719</v>
       </c>
       <c r="C13" t="s">
-        <v>1706</v>
+        <v>1720</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1707</v>
+        <v>1721</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1708</v>
+        <v>1722</v>
       </c>
       <c r="H13" t="s">
-        <v>1709</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B14" t="s">
-        <v>1710</v>
+        <v>1724</v>
       </c>
       <c r="C14" t="s">
-        <v>1711</v>
+        <v>1725</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1712</v>
+        <v>1726</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1713</v>
+        <v>1727</v>
       </c>
       <c r="H14" t="s">
-        <v>1714</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B15" t="s">
-        <v>1715</v>
+        <v>1729</v>
       </c>
       <c r="C15" t="s">
-        <v>1716</v>
+        <v>1730</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1717</v>
+        <v>1731</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1718</v>
+        <v>1732</v>
       </c>
       <c r="H15" t="s">
-        <v>1719</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B16" t="s">
-        <v>1720</v>
+        <v>1734</v>
       </c>
       <c r="C16" t="s">
-        <v>1721</v>
+        <v>1735</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1722</v>
+        <v>1736</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1723</v>
+        <v>1737</v>
       </c>
       <c r="H16" t="s">
-        <v>1724</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B17" t="s">
-        <v>1725</v>
+        <v>1739</v>
       </c>
       <c r="C17" t="s">
-        <v>1726</v>
+        <v>1740</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1727</v>
+        <v>1741</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1728</v>
+        <v>1742</v>
       </c>
       <c r="H17" t="s">
-        <v>1729</v>
+        <v>1743</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B18" t="s">
-        <v>1730</v>
+        <v>1744</v>
       </c>
       <c r="C18" t="s">
-        <v>1731</v>
+        <v>1745</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>531</v>
+        <v>1746</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1732</v>
+        <v>1747</v>
       </c>
       <c r="H18" t="s">
-        <v>1733</v>
+        <v>1748</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B19" t="s">
-        <v>1734</v>
+        <v>1749</v>
       </c>
       <c r="C19" t="s">
-        <v>1735</v>
+        <v>1750</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1041</v>
+        <v>551</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1736</v>
+        <v>1751</v>
       </c>
       <c r="H19" t="s">
-        <v>1737</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B20" t="s">
-        <v>1738</v>
+        <v>1753</v>
       </c>
       <c r="C20" t="s">
-        <v>1739</v>
+        <v>1754</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1740</v>
+        <v>1061</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1741</v>
+        <v>1755</v>
       </c>
       <c r="H20" t="s">
-        <v>1742</v>
+        <v>1756</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B21" t="s">
-        <v>1743</v>
+        <v>1757</v>
       </c>
       <c r="C21" t="s">
-        <v>1744</v>
+        <v>1758</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1745</v>
+        <v>1759</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1746</v>
+        <v>1760</v>
       </c>
       <c r="H21" t="s">
-        <v>1747</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B22" t="s">
-        <v>1748</v>
+        <v>1762</v>
       </c>
       <c r="C22" t="s">
-        <v>1749</v>
+        <v>1763</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1750</v>
+        <v>1764</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1751</v>
+        <v>1765</v>
       </c>
       <c r="H22" t="s">
-        <v>1752</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B23" t="s">
-        <v>1753</v>
+        <v>1767</v>
       </c>
       <c r="C23" t="s">
-        <v>1754</v>
+        <v>1768</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1755</v>
+        <v>1769</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1756</v>
+        <v>1770</v>
       </c>
       <c r="H23" t="s">
-        <v>1757</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B24" t="s">
-        <v>1758</v>
+        <v>1772</v>
       </c>
       <c r="C24" t="s">
-        <v>1759</v>
+        <v>1773</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1760</v>
+        <v>1774</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1761</v>
+        <v>1775</v>
       </c>
       <c r="H24" t="s">
-        <v>1762</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B25" t="s">
-        <v>1763</v>
+        <v>1777</v>
       </c>
       <c r="C25" t="s">
-        <v>1764</v>
+        <v>1778</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1765</v>
+        <v>1779</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1766</v>
+        <v>1780</v>
       </c>
       <c r="H25" t="s">
-        <v>1767</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B26" t="s">
-        <v>1768</v>
+        <v>1782</v>
       </c>
       <c r="C26" t="s">
-        <v>1769</v>
+        <v>1783</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1770</v>
+        <v>1784</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1771</v>
+        <v>1785</v>
       </c>
       <c r="H26" t="s">
-        <v>1772</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B27" t="s">
-        <v>1773</v>
+        <v>1787</v>
       </c>
       <c r="C27" t="s">
-        <v>1774</v>
+        <v>1788</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1775</v>
+        <v>1789</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1776</v>
+        <v>1790</v>
       </c>
       <c r="H27" t="s">
-        <v>1777</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B28" t="s">
-        <v>1778</v>
+        <v>1792</v>
       </c>
       <c r="C28" t="s">
-        <v>1779</v>
+        <v>1793</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1780</v>
+        <v>1794</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1781</v>
+        <v>1795</v>
       </c>
       <c r="H28" t="s">
-        <v>1782</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B29" t="s">
-        <v>1783</v>
+        <v>1797</v>
       </c>
       <c r="C29" t="s">
-        <v>1784</v>
+        <v>1798</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1785</v>
+        <v>1799</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1786</v>
+        <v>1800</v>
       </c>
       <c r="H29" t="s">
-        <v>1787</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B30" t="s">
-        <v>1788</v>
+        <v>1802</v>
       </c>
       <c r="C30" t="s">
-        <v>1789</v>
+        <v>1803</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1790</v>
+        <v>1804</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1791</v>
+        <v>1805</v>
       </c>
       <c r="H30" t="s">
-        <v>1792</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B31" t="s">
-        <v>1793</v>
+        <v>1807</v>
       </c>
       <c r="C31" t="s">
-        <v>1794</v>
+        <v>1808</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1795</v>
+        <v>1809</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1796</v>
+        <v>1810</v>
       </c>
       <c r="H31" t="s">
-        <v>1797</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B32" t="s">
-        <v>1798</v>
+        <v>1812</v>
       </c>
       <c r="C32" t="s">
-        <v>1799</v>
+        <v>1813</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1800</v>
+        <v>1814</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1801</v>
+        <v>1815</v>
       </c>
       <c r="H32" t="s">
-        <v>1802</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B33" t="s">
-        <v>1803</v>
+        <v>1817</v>
       </c>
       <c r="C33" t="s">
-        <v>1804</v>
+        <v>1818</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>569</v>
+        <v>1819</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1805</v>
+        <v>1820</v>
       </c>
       <c r="H33" t="s">
-        <v>1806</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B34" t="s">
-        <v>1807</v>
+        <v>1822</v>
       </c>
       <c r="C34" t="s">
-        <v>1808</v>
+        <v>1823</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1809</v>
+        <v>589</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1810</v>
+        <v>1824</v>
       </c>
       <c r="H34" t="s">
-        <v>1811</v>
+        <v>1825</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B35" t="s">
-        <v>1812</v>
+        <v>1826</v>
       </c>
       <c r="C35" t="s">
-        <v>1813</v>
+        <v>1827</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1814</v>
+        <v>1828</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1815</v>
+        <v>1829</v>
       </c>
       <c r="H35" t="s">
-        <v>1816</v>
+        <v>1830</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B36" t="s">
-        <v>1817</v>
+        <v>1831</v>
       </c>
       <c r="C36" t="s">
-        <v>1818</v>
+        <v>1832</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1819</v>
+        <v>1833</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1820</v>
+        <v>1834</v>
       </c>
       <c r="H36" t="s">
-        <v>1821</v>
+        <v>1835</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B37" t="s">
-        <v>1822</v>
+        <v>1836</v>
       </c>
       <c r="C37" t="s">
-        <v>1823</v>
+        <v>1837</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1824</v>
+        <v>1838</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1825</v>
+        <v>1839</v>
       </c>
       <c r="H37" t="s">
-        <v>1826</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B38" t="s">
-        <v>1827</v>
+        <v>1841</v>
       </c>
       <c r="C38" t="s">
-        <v>1828</v>
+        <v>1842</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>662</v>
+        <v>1843</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1829</v>
+        <v>1844</v>
       </c>
       <c r="H38" t="s">
-        <v>1830</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B39" t="s">
-        <v>1831</v>
+        <v>1846</v>
       </c>
       <c r="C39" t="s">
-        <v>1832</v>
+        <v>1847</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1833</v>
+        <v>682</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1834</v>
+        <v>1848</v>
       </c>
       <c r="H39" t="s">
-        <v>1835</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B40" t="s">
-        <v>1836</v>
+        <v>1850</v>
       </c>
       <c r="C40" t="s">
-        <v>1837</v>
+        <v>1851</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>657</v>
+        <v>1852</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1838</v>
+        <v>1853</v>
       </c>
       <c r="H40" t="s">
-        <v>1839</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B41" t="s">
-        <v>1840</v>
+        <v>1855</v>
       </c>
       <c r="C41" t="s">
-        <v>1841</v>
+        <v>1856</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1842</v>
+        <v>677</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1843</v>
+        <v>1857</v>
       </c>
       <c r="H41" t="s">
-        <v>1844</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B42" t="s">
-        <v>1845</v>
+        <v>1859</v>
       </c>
       <c r="C42" t="s">
-        <v>1846</v>
+        <v>1860</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1847</v>
+        <v>1861</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1848</v>
+        <v>1862</v>
       </c>
       <c r="H42" t="s">
-        <v>1849</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B43" t="s">
-        <v>1850</v>
+        <v>1864</v>
       </c>
       <c r="C43" t="s">
-        <v>1851</v>
+        <v>1865</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1847</v>
+        <v>1866</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1852</v>
+        <v>1867</v>
       </c>
       <c r="H43" t="s">
-        <v>1853</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B44" t="s">
-        <v>1854</v>
+        <v>1869</v>
       </c>
       <c r="C44" t="s">
-        <v>1855</v>
+        <v>1870</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1856</v>
+        <v>1866</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1857</v>
+        <v>1871</v>
       </c>
       <c r="H44" t="s">
-        <v>1858</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B45" t="s">
-        <v>1859</v>
+        <v>1873</v>
       </c>
       <c r="C45" t="s">
-        <v>1860</v>
+        <v>1874</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1861</v>
+        <v>1875</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1862</v>
+        <v>1876</v>
       </c>
       <c r="H45" t="s">
-        <v>1863</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B46" t="s">
-        <v>1864</v>
+        <v>1878</v>
       </c>
       <c r="C46" t="s">
-        <v>1865</v>
+        <v>1879</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1866</v>
+        <v>1880</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1867</v>
+        <v>1881</v>
       </c>
       <c r="H46" t="s">
-        <v>1868</v>
+        <v>1882</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B47" t="s">
-        <v>1869</v>
+        <v>1883</v>
       </c>
       <c r="C47" t="s">
-        <v>1870</v>
+        <v>1884</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>677</v>
+        <v>1885</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>1871</v>
+        <v>1886</v>
       </c>
       <c r="H47" t="s">
-        <v>1872</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B48" t="s">
-        <v>1873</v>
+        <v>1888</v>
       </c>
       <c r="C48" t="s">
-        <v>1874</v>
+        <v>1889</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>1875</v>
+        <v>697</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>1876</v>
+        <v>1890</v>
       </c>
       <c r="H48" t="s">
-        <v>1877</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B49" t="s">
-        <v>1878</v>
+        <v>1892</v>
       </c>
       <c r="C49" t="s">
-        <v>1879</v>
+        <v>1893</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>1880</v>
+        <v>1894</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>1881</v>
+        <v>1895</v>
       </c>
       <c r="H49" t="s">
-        <v>1882</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B50" t="s">
-        <v>1883</v>
+        <v>1897</v>
       </c>
       <c r="C50" t="s">
-        <v>1884</v>
+        <v>1898</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>1885</v>
+        <v>1899</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>1886</v>
+        <v>1900</v>
       </c>
       <c r="H50" t="s">
-        <v>1887</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B51" t="s">
-        <v>1888</v>
+        <v>1902</v>
       </c>
       <c r="C51" t="s">
-        <v>1889</v>
+        <v>1903</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>1890</v>
+        <v>1904</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>1891</v>
+        <v>1905</v>
       </c>
       <c r="H51" t="s">
-        <v>1892</v>
+        <v>1906</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B52" t="s">
-        <v>1893</v>
+        <v>1907</v>
       </c>
       <c r="C52" t="s">
-        <v>1894</v>
+        <v>1908</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>1895</v>
+        <v>1909</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>1896</v>
+        <v>1910</v>
       </c>
       <c r="H52" t="s">
-        <v>1897</v>
+        <v>1911</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B53" t="s">
-        <v>1898</v>
+        <v>1912</v>
       </c>
       <c r="C53" t="s">
-        <v>1899</v>
+        <v>1913</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1900</v>
+        <v>1914</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>1901</v>
+        <v>1915</v>
       </c>
       <c r="H53" t="s">
-        <v>1902</v>
+        <v>1916</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B54" t="s">
-        <v>1903</v>
+        <v>1917</v>
       </c>
       <c r="C54" t="s">
-        <v>1904</v>
+        <v>1918</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>1905</v>
+        <v>1919</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>1906</v>
+        <v>1920</v>
       </c>
       <c r="H54" t="s">
-        <v>1907</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B55" t="s">
-        <v>1908</v>
+        <v>1922</v>
       </c>
       <c r="C55" t="s">
-        <v>1909</v>
+        <v>1923</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>1910</v>
+        <v>1924</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>1911</v>
+        <v>1925</v>
       </c>
       <c r="H55" t="s">
-        <v>1912</v>
+        <v>1926</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B56" t="s">
-        <v>1913</v>
+        <v>1927</v>
       </c>
       <c r="C56" t="s">
-        <v>1914</v>
+        <v>1928</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>1915</v>
+        <v>1929</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>1916</v>
+        <v>1930</v>
       </c>
       <c r="H56" t="s">
-        <v>1917</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B57" t="s">
-        <v>1918</v>
+        <v>1932</v>
       </c>
       <c r="C57" t="s">
-        <v>1919</v>
+        <v>1933</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>1920</v>
+        <v>1934</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>1921</v>
+        <v>1935</v>
       </c>
       <c r="H57" t="s">
-        <v>1922</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B58" t="s">
-        <v>1923</v>
+        <v>1937</v>
       </c>
       <c r="C58" t="s">
-        <v>1924</v>
+        <v>1938</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>1920</v>
+        <v>1939</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>1925</v>
+        <v>1940</v>
       </c>
       <c r="H58" t="s">
-        <v>1926</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B59" t="s">
-        <v>1927</v>
+        <v>1942</v>
       </c>
       <c r="C59" t="s">
-        <v>1928</v>
+        <v>1943</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>1920</v>
+        <v>1939</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>1929</v>
+        <v>1944</v>
       </c>
       <c r="H59" t="s">
-        <v>1930</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B60" t="s">
-        <v>1931</v>
+        <v>1946</v>
       </c>
       <c r="C60" t="s">
-        <v>1932</v>
+        <v>1947</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>1933</v>
+        <v>1939</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>1934</v>
+        <v>1948</v>
       </c>
       <c r="H60" t="s">
-        <v>1935</v>
+        <v>1949</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B61" t="s">
-        <v>1936</v>
+        <v>1950</v>
       </c>
       <c r="C61" t="s">
-        <v>1937</v>
+        <v>1951</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>1938</v>
+        <v>1952</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>1939</v>
+        <v>1953</v>
       </c>
       <c r="H61" t="s">
-        <v>1940</v>
+        <v>1954</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B62" t="s">
-        <v>1941</v>
+        <v>1955</v>
       </c>
       <c r="C62" t="s">
-        <v>1942</v>
+        <v>1956</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>1943</v>
+        <v>1957</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>1944</v>
+        <v>1958</v>
       </c>
       <c r="H62" t="s">
-        <v>1945</v>
+        <v>1959</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B63" t="s">
-        <v>1946</v>
+        <v>1960</v>
       </c>
       <c r="C63" t="s">
-        <v>1947</v>
+        <v>1961</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>1948</v>
+        <v>1962</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>1949</v>
+        <v>1963</v>
       </c>
       <c r="H63" t="s">
-        <v>1950</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B64" t="s">
-        <v>1951</v>
+        <v>1965</v>
       </c>
       <c r="C64" t="s">
-        <v>1952</v>
+        <v>1966</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>1953</v>
+        <v>1967</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>1954</v>
+        <v>1968</v>
       </c>
       <c r="H64" t="s">
-        <v>1955</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B65" t="s">
-        <v>1956</v>
+        <v>1970</v>
       </c>
       <c r="C65" t="s">
-        <v>1957</v>
+        <v>1971</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>757</v>
+        <v>1972</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>1958</v>
+        <v>1973</v>
       </c>
       <c r="H65" t="s">
-        <v>1959</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B66" t="s">
-        <v>1960</v>
+        <v>1975</v>
       </c>
       <c r="C66" t="s">
-        <v>1961</v>
+        <v>1976</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>1962</v>
+        <v>777</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>1963</v>
+        <v>1977</v>
       </c>
       <c r="H66" t="s">
-        <v>1964</v>
+        <v>1978</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B67" t="s">
-        <v>1965</v>
+        <v>1979</v>
       </c>
       <c r="C67" t="s">
-        <v>1966</v>
+        <v>1980</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>1967</v>
+        <v>1981</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>1968</v>
+        <v>1982</v>
       </c>
       <c r="H67" t="s">
-        <v>1969</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B68" t="s">
-        <v>1970</v>
+        <v>1984</v>
       </c>
       <c r="C68" t="s">
-        <v>1971</v>
+        <v>1985</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>609</v>
+        <v>1986</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>1972</v>
+        <v>1987</v>
       </c>
       <c r="H68" t="s">
-        <v>1973</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B69" t="s">
-        <v>1974</v>
+        <v>1989</v>
       </c>
       <c r="C69" t="s">
-        <v>1975</v>
+        <v>1990</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>604</v>
+        <v>629</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>1976</v>
+        <v>1991</v>
       </c>
       <c r="H69" t="s">
-        <v>1977</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B70" t="s">
-        <v>1978</v>
+        <v>1993</v>
       </c>
       <c r="C70" t="s">
-        <v>1979</v>
+        <v>1994</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>762</v>
+        <v>624</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>1980</v>
+        <v>1995</v>
       </c>
       <c r="H70" t="s">
-        <v>1981</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B71" t="s">
-        <v>1982</v>
+        <v>1997</v>
       </c>
       <c r="C71" t="s">
-        <v>1983</v>
+        <v>1998</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>1984</v>
+        <v>782</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>1985</v>
+        <v>1999</v>
       </c>
       <c r="H71" t="s">
-        <v>1986</v>
+        <v>2000</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B72" t="s">
-        <v>1987</v>
+        <v>2001</v>
       </c>
       <c r="C72" t="s">
-        <v>1988</v>
+        <v>2002</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>614</v>
+        <v>2003</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>1989</v>
+        <v>2004</v>
       </c>
       <c r="H72" t="s">
-        <v>1990</v>
+        <v>2005</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B73" t="s">
-        <v>1991</v>
+        <v>2006</v>
       </c>
       <c r="C73" t="s">
-        <v>1992</v>
+        <v>2007</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>614</v>
+        <v>634</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>1993</v>
+        <v>2008</v>
       </c>
       <c r="H73" t="s">
-        <v>1994</v>
+        <v>2009</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B74" t="s">
-        <v>1995</v>
+        <v>2010</v>
       </c>
       <c r="C74" t="s">
-        <v>1996</v>
+        <v>2011</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>695</v>
+        <v>634</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>1997</v>
+        <v>2012</v>
       </c>
       <c r="H74" t="s">
-        <v>1998</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B75" t="s">
-        <v>1999</v>
+        <v>2014</v>
       </c>
       <c r="C75" t="s">
-        <v>2000</v>
+        <v>2015</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>564</v>
+        <v>715</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>2001</v>
+        <v>2016</v>
       </c>
       <c r="H75" t="s">
-        <v>2002</v>
+        <v>2017</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B76" t="s">
-        <v>2003</v>
+        <v>2018</v>
       </c>
       <c r="C76" t="s">
-        <v>2004</v>
+        <v>2019</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>2005</v>
+        <v>584</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>2006</v>
+        <v>2020</v>
       </c>
       <c r="H76" t="s">
-        <v>2007</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B77" t="s">
-        <v>2008</v>
+        <v>2022</v>
       </c>
       <c r="C77" t="s">
-        <v>13</v>
+        <v>2023</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>2009</v>
+        <v>2024</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>2010</v>
+        <v>2025</v>
       </c>
       <c r="H77" t="s">
-        <v>2011</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B78" t="s">
-        <v>2012</v>
+        <v>2027</v>
       </c>
       <c r="C78" t="s">
-        <v>2013</v>
+        <v>13</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>810</v>
+        <v>2028</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>2014</v>
+        <v>2029</v>
       </c>
       <c r="H78" t="s">
-        <v>2015</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B79" t="s">
-        <v>2016</v>
+        <v>2031</v>
       </c>
       <c r="C79" t="s">
-        <v>2017</v>
+        <v>2032</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>815</v>
+        <v>830</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>2018</v>
+        <v>2033</v>
       </c>
       <c r="H79" t="s">
-        <v>2019</v>
+        <v>2034</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B80" t="s">
-        <v>2020</v>
+        <v>2035</v>
       </c>
       <c r="C80" t="s">
-        <v>2021</v>
+        <v>2036</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>2022</v>
+        <v>835</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>2023</v>
+        <v>2037</v>
       </c>
       <c r="H80" t="s">
-        <v>2024</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B81" t="s">
-        <v>2025</v>
+        <v>2039</v>
       </c>
       <c r="C81" t="s">
-        <v>2026</v>
+        <v>2040</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>2027</v>
+        <v>2041</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>2028</v>
+        <v>2042</v>
       </c>
       <c r="H81" t="s">
-        <v>2029</v>
+        <v>2043</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B82" t="s">
-        <v>2030</v>
+        <v>2044</v>
       </c>
       <c r="C82" t="s">
-        <v>2031</v>
+        <v>2045</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>2032</v>
+        <v>2046</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>2033</v>
+        <v>2047</v>
       </c>
       <c r="H82" t="s">
-        <v>2034</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B83" t="s">
-        <v>2035</v>
+        <v>2049</v>
       </c>
       <c r="C83" t="s">
-        <v>2036</v>
+        <v>2050</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>2037</v>
+        <v>2051</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>2038</v>
+        <v>2052</v>
       </c>
       <c r="H83" t="s">
-        <v>2039</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B84" t="s">
-        <v>2040</v>
+        <v>2054</v>
       </c>
       <c r="C84" t="s">
-        <v>2041</v>
+        <v>2055</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>2042</v>
+        <v>2056</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>2043</v>
+        <v>2057</v>
       </c>
       <c r="H84" t="s">
-        <v>2044</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B85" t="s">
-        <v>2045</v>
+        <v>2059</v>
       </c>
       <c r="C85" t="s">
-        <v>2046</v>
+        <v>2060</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>2047</v>
+        <v>2061</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>2048</v>
+        <v>2062</v>
       </c>
       <c r="H85" t="s">
-        <v>2049</v>
+        <v>2063</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B86" t="s">
-        <v>2050</v>
+        <v>2064</v>
       </c>
       <c r="C86" t="s">
-        <v>2051</v>
+        <v>2065</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>1134</v>
+        <v>2066</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>2052</v>
+        <v>2067</v>
       </c>
       <c r="H86" t="s">
-        <v>2053</v>
+        <v>2068</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B87" t="s">
-        <v>2054</v>
+        <v>2069</v>
       </c>
       <c r="C87" t="s">
-        <v>2055</v>
+        <v>2070</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>2056</v>
+        <v>1154</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>2057</v>
+        <v>2071</v>
       </c>
       <c r="H87" t="s">
-        <v>2058</v>
+        <v>2072</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B88" t="s">
-        <v>2059</v>
+        <v>2073</v>
       </c>
       <c r="C88" t="s">
-        <v>2060</v>
+        <v>2074</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>2061</v>
+        <v>2075</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>2062</v>
+        <v>2076</v>
       </c>
       <c r="H88" t="s">
-        <v>2063</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B89" t="s">
-        <v>2064</v>
+        <v>2078</v>
       </c>
       <c r="C89" t="s">
-        <v>2065</v>
+        <v>2079</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>2066</v>
+        <v>2080</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>2067</v>
+        <v>2081</v>
       </c>
       <c r="H89" t="s">
-        <v>2068</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B90" t="s">
-        <v>2069</v>
+        <v>2083</v>
       </c>
       <c r="C90" t="s">
-        <v>2070</v>
+        <v>2084</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>2071</v>
+        <v>2085</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>2072</v>
+        <v>2086</v>
       </c>
       <c r="H90" t="s">
-        <v>2073</v>
+        <v>2087</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B91" t="s">
-        <v>2074</v>
+        <v>2088</v>
       </c>
       <c r="C91" t="s">
-        <v>2075</v>
+        <v>2089</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>1404</v>
+        <v>2090</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>2076</v>
+        <v>2091</v>
       </c>
       <c r="H91" t="s">
-        <v>2077</v>
+        <v>2092</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B92" t="s">
-        <v>2078</v>
+        <v>2093</v>
       </c>
       <c r="C92" t="s">
-        <v>2079</v>
+        <v>2094</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>2080</v>
+        <v>1419</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>2081</v>
+        <v>2095</v>
       </c>
       <c r="H92" t="s">
-        <v>2082</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B93" t="s">
-        <v>2083</v>
+        <v>2097</v>
       </c>
       <c r="C93" t="s">
-        <v>2084</v>
+        <v>2098</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>1150</v>
+        <v>2099</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>2085</v>
+        <v>2100</v>
       </c>
       <c r="H93" t="s">
-        <v>2086</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B94" t="s">
-        <v>2087</v>
+        <v>2102</v>
       </c>
       <c r="C94" t="s">
-        <v>2088</v>
+        <v>2103</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>2089</v>
+        <v>2104</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>2090</v>
+        <v>2105</v>
       </c>
       <c r="H94" t="s">
-        <v>2091</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B95" t="s">
-        <v>2092</v>
+        <v>2107</v>
       </c>
       <c r="C95" t="s">
-        <v>2093</v>
+        <v>2108</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>2094</v>
+        <v>2109</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>2095</v>
+        <v>2110</v>
       </c>
       <c r="H95" t="s">
-        <v>2096</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B96" t="s">
-        <v>2097</v>
+        <v>2112</v>
       </c>
       <c r="C96" t="s">
-        <v>2098</v>
+        <v>2113</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>2099</v>
+        <v>2114</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>2100</v>
+        <v>2115</v>
       </c>
       <c r="H96" t="s">
-        <v>2101</v>
+        <v>2116</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B97" t="s">
-        <v>2102</v>
+        <v>2117</v>
       </c>
       <c r="C97" t="s">
-        <v>2103</v>
+        <v>2118</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>2104</v>
+        <v>2119</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>2105</v>
+        <v>2120</v>
       </c>
       <c r="H97" t="s">
-        <v>2106</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B98" t="s">
-        <v>2107</v>
+        <v>2122</v>
       </c>
       <c r="C98" t="s">
-        <v>2108</v>
+        <v>2123</v>
       </c>
       <c r="D98" t="s">
         <v>13</v>
       </c>
       <c r="E98" t="s">
-        <v>2109</v>
+        <v>2124</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>2110</v>
+        <v>2125</v>
       </c>
       <c r="H98" t="s">
-        <v>2111</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B99" t="s">
-        <v>2112</v>
+        <v>2127</v>
       </c>
       <c r="C99" t="s">
-        <v>2113</v>
+        <v>2128</v>
       </c>
       <c r="D99" t="s">
         <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>2114</v>
+        <v>2129</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>2115</v>
+        <v>2130</v>
       </c>
       <c r="H99" t="s">
-        <v>2116</v>
+        <v>2131</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B100" t="s">
-        <v>2117</v>
+        <v>2132</v>
       </c>
       <c r="C100" t="s">
-        <v>2118</v>
+        <v>2133</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>2119</v>
+        <v>2134</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>2120</v>
+        <v>2135</v>
       </c>
       <c r="H100" t="s">
-        <v>2121</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B101" t="s">
-        <v>2122</v>
+        <v>2137</v>
       </c>
       <c r="C101" t="s">
-        <v>2123</v>
+        <v>2138</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" t="s">
-        <v>1410</v>
+        <v>2139</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>2124</v>
+        <v>2140</v>
       </c>
       <c r="H101" t="s">
-        <v>2125</v>
+        <v>2141</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B102" t="s">
-        <v>2126</v>
+        <v>2142</v>
       </c>
       <c r="C102" t="s">
-        <v>2127</v>
+        <v>2143</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>2128</v>
+        <v>1425</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
-        <v>2129</v>
+        <v>2144</v>
       </c>
       <c r="H102" t="s">
-        <v>2130</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B103" t="s">
-        <v>2131</v>
+        <v>2146</v>
       </c>
       <c r="C103" t="s">
-        <v>2132</v>
+        <v>2147</v>
       </c>
       <c r="D103" t="s">
         <v>13</v>
       </c>
       <c r="E103" t="s">
-        <v>2133</v>
+        <v>2148</v>
       </c>
       <c r="F103" t="s">
         <v>13</v>
       </c>
       <c r="G103" t="s">
-        <v>2134</v>
+        <v>2149</v>
       </c>
       <c r="H103" t="s">
-        <v>2135</v>
+        <v>2150</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B104" t="s">
-        <v>2136</v>
+        <v>2151</v>
       </c>
       <c r="C104" t="s">
-        <v>2137</v>
+        <v>2152</v>
       </c>
       <c r="D104" t="s">
         <v>13</v>
       </c>
       <c r="E104" t="s">
-        <v>2138</v>
+        <v>2153</v>
       </c>
       <c r="F104" t="s">
         <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>2139</v>
+        <v>2154</v>
       </c>
       <c r="H104" t="s">
-        <v>2140</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B105" t="s">
-        <v>2141</v>
+        <v>2156</v>
       </c>
       <c r="C105" t="s">
-        <v>2142</v>
+        <v>2157</v>
       </c>
       <c r="D105" t="s">
         <v>13</v>
       </c>
       <c r="E105" t="s">
-        <v>2143</v>
+        <v>2158</v>
       </c>
       <c r="F105" t="s">
         <v>13</v>
       </c>
       <c r="G105" t="s">
-        <v>2144</v>
+        <v>2159</v>
       </c>
       <c r="H105" t="s">
-        <v>2145</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B106" t="s">
-        <v>2146</v>
+        <v>2161</v>
       </c>
       <c r="C106" t="s">
-        <v>2147</v>
+        <v>2162</v>
       </c>
       <c r="D106" t="s">
         <v>13</v>
       </c>
       <c r="E106" t="s">
-        <v>2148</v>
+        <v>2163</v>
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>2149</v>
+        <v>2164</v>
       </c>
       <c r="H106" t="s">
-        <v>2150</v>
+        <v>2165</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B107" t="s">
-        <v>2151</v>
+        <v>2166</v>
       </c>
       <c r="C107" t="s">
-        <v>2152</v>
+        <v>2167</v>
       </c>
       <c r="D107" t="s">
         <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>2153</v>
+        <v>2168</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>2154</v>
+        <v>2169</v>
       </c>
       <c r="H107" t="s">
-        <v>2155</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B108" t="s">
-        <v>2156</v>
+        <v>2171</v>
       </c>
       <c r="C108" t="s">
-        <v>2157</v>
+        <v>2172</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>2158</v>
+        <v>2173</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>2159</v>
+        <v>2174</v>
       </c>
       <c r="H108" t="s">
-        <v>2160</v>
+        <v>2175</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B109" t="s">
-        <v>2161</v>
+        <v>2176</v>
       </c>
       <c r="C109" t="s">
-        <v>2162</v>
+        <v>2177</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>2163</v>
+        <v>2178</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>2164</v>
+        <v>2179</v>
       </c>
       <c r="H109" t="s">
-        <v>2165</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B110" t="s">
-        <v>2166</v>
+        <v>2181</v>
       </c>
       <c r="C110" t="s">
-        <v>2167</v>
+        <v>2182</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>2168</v>
+        <v>2183</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>2169</v>
+        <v>2184</v>
       </c>
       <c r="H110" t="s">
-        <v>2170</v>
+        <v>2185</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B111" t="s">
-        <v>2171</v>
+        <v>2186</v>
       </c>
       <c r="C111" t="s">
-        <v>2172</v>
+        <v>2187</v>
       </c>
       <c r="D111" t="s">
         <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>2173</v>
+        <v>2188</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
-        <v>2174</v>
+        <v>2189</v>
       </c>
       <c r="H111" t="s">
-        <v>2175</v>
+        <v>2190</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B112" t="s">
-        <v>2176</v>
+        <v>2191</v>
       </c>
       <c r="C112" t="s">
-        <v>2177</v>
+        <v>2192</v>
       </c>
       <c r="D112" t="s">
         <v>13</v>
       </c>
       <c r="E112" t="s">
-        <v>2178</v>
+        <v>2193</v>
       </c>
       <c r="F112" t="s">
         <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>2179</v>
+        <v>2194</v>
       </c>
       <c r="H112" t="s">
-        <v>2180</v>
+        <v>2195</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B113" t="s">
-        <v>2181</v>
+        <v>2196</v>
       </c>
       <c r="C113" t="s">
-        <v>2182</v>
+        <v>2197</v>
       </c>
       <c r="D113" t="s">
         <v>13</v>
       </c>
       <c r="E113" t="s">
-        <v>2183</v>
+        <v>2198</v>
       </c>
       <c r="F113" t="s">
         <v>13</v>
       </c>
       <c r="G113" t="s">
-        <v>2184</v>
+        <v>2199</v>
       </c>
       <c r="H113" t="s">
-        <v>2185</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B114" t="s">
-        <v>2186</v>
+        <v>2201</v>
       </c>
       <c r="C114" t="s">
-        <v>2187</v>
+        <v>2202</v>
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114" t="s">
-        <v>2188</v>
+        <v>2203</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>2189</v>
+        <v>2204</v>
       </c>
       <c r="H114" t="s">
-        <v>2190</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B115" t="s">
-        <v>2191</v>
+        <v>2206</v>
       </c>
       <c r="C115" t="s">
-        <v>2192</v>
+        <v>2207</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>2193</v>
+        <v>2208</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>2194</v>
+        <v>2209</v>
       </c>
       <c r="H115" t="s">
-        <v>2195</v>
+        <v>2210</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B116" t="s">
-        <v>2196</v>
+        <v>2211</v>
       </c>
       <c r="C116" t="s">
-        <v>2197</v>
+        <v>2212</v>
       </c>
       <c r="D116" t="s">
         <v>13</v>
       </c>
       <c r="E116" t="s">
-        <v>2198</v>
+        <v>2213</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>2199</v>
+        <v>2214</v>
       </c>
       <c r="H116" t="s">
-        <v>2200</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B117" t="s">
-        <v>2201</v>
+        <v>2216</v>
       </c>
       <c r="C117" t="s">
-        <v>2202</v>
+        <v>2217</v>
       </c>
       <c r="D117" t="s">
         <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>2203</v>
+        <v>2218</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>2204</v>
+        <v>2219</v>
       </c>
       <c r="H117" t="s">
-        <v>2205</v>
+        <v>2220</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B118" t="s">
-        <v>2206</v>
+        <v>2221</v>
       </c>
       <c r="C118" t="s">
-        <v>2207</v>
+        <v>2222</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>2208</v>
+        <v>2223</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>2209</v>
+        <v>2224</v>
       </c>
       <c r="H118" t="s">
-        <v>2210</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B119" t="s">
-        <v>2211</v>
+        <v>2226</v>
       </c>
       <c r="C119" t="s">
-        <v>2212</v>
+        <v>2227</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>1492</v>
+        <v>2228</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>2213</v>
+        <v>2229</v>
       </c>
       <c r="H119" t="s">
-        <v>2214</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B120" t="s">
-        <v>2215</v>
+        <v>2231</v>
       </c>
       <c r="C120" t="s">
-        <v>2216</v>
+        <v>2232</v>
       </c>
       <c r="D120" t="s">
         <v>13</v>
       </c>
       <c r="E120" t="s">
-        <v>2217</v>
+        <v>1507</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>2218</v>
+        <v>2233</v>
       </c>
       <c r="H120" t="s">
-        <v>2219</v>
+        <v>2234</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B121" t="s">
-        <v>2220</v>
+        <v>2235</v>
       </c>
       <c r="C121" t="s">
-        <v>2221</v>
+        <v>2236</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>2222</v>
+        <v>2237</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>2223</v>
+        <v>2238</v>
       </c>
       <c r="H121" t="s">
-        <v>2224</v>
+        <v>2239</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B122" t="s">
-        <v>2225</v>
+        <v>2240</v>
       </c>
       <c r="C122" t="s">
-        <v>2226</v>
+        <v>2241</v>
       </c>
       <c r="D122" t="s">
         <v>13</v>
       </c>
       <c r="E122" t="s">
-        <v>2227</v>
+        <v>2242</v>
       </c>
       <c r="F122" t="s">
         <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>2228</v>
+        <v>2243</v>
       </c>
       <c r="H122" t="s">
-        <v>2229</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B123" t="s">
-        <v>2230</v>
+        <v>2245</v>
       </c>
       <c r="C123" t="s">
-        <v>2231</v>
+        <v>2246</v>
       </c>
       <c r="D123" t="s">
         <v>13</v>
       </c>
       <c r="E123" t="s">
-        <v>2232</v>
+        <v>2247</v>
       </c>
       <c r="F123" t="s">
         <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>2233</v>
+        <v>2248</v>
       </c>
       <c r="H123" t="s">
-        <v>2234</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B124" t="s">
-        <v>2235</v>
+        <v>2250</v>
       </c>
       <c r="C124" t="s">
-        <v>2236</v>
+        <v>2251</v>
       </c>
       <c r="D124" t="s">
         <v>13</v>
       </c>
       <c r="E124" t="s">
-        <v>2237</v>
+        <v>2252</v>
       </c>
       <c r="F124" t="s">
         <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>2238</v>
+        <v>2253</v>
       </c>
       <c r="H124" t="s">
-        <v>2239</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B125" t="s">
-        <v>1187</v>
+        <v>2255</v>
       </c>
       <c r="C125" t="s">
-        <v>13</v>
+        <v>2256</v>
       </c>
       <c r="D125" t="s">
         <v>13</v>
       </c>
       <c r="E125" t="s">
-        <v>2240</v>
+        <v>2257</v>
       </c>
       <c r="F125" t="s">
         <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>2241</v>
+        <v>2258</v>
       </c>
       <c r="H125" t="s">
-        <v>2242</v>
+        <v>2259</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>1651</v>
+        <v>1666</v>
       </c>
       <c r="B126" t="s">
-        <v>2243</v>
+        <v>1202</v>
       </c>
       <c r="C126" t="s">
         <v>13</v>
       </c>
       <c r="D126" t="s">
         <v>13</v>
       </c>
       <c r="E126" t="s">
-        <v>2244</v>
+        <v>2260</v>
       </c>
       <c r="F126" t="s">
         <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>2245</v>
+        <v>2261</v>
       </c>
       <c r="H126" t="s">
-        <v>2246</v>
+        <v>2262</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>1666</v>
+      </c>
+      <c r="B127" t="s">
+        <v>2263</v>
+      </c>
+      <c r="C127" t="s">
+        <v>13</v>
+      </c>
+      <c r="D127" t="s">
+        <v>13</v>
+      </c>
+      <c r="E127" t="s">
+        <v>2264</v>
+      </c>
+      <c r="F127" t="s">
+        <v>13</v>
+      </c>
+      <c r="G127" t="s">
+        <v>2265</v>
+      </c>
+      <c r="H127" t="s">
+        <v>2266</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B2" t="s">
-        <v>2248</v>
+        <v>2268</v>
       </c>
       <c r="C2" t="s">
-        <v>2249</v>
+        <v>2269</v>
       </c>
       <c r="D2" t="s">
-        <v>2250</v>
+        <v>2270</v>
       </c>
       <c r="E2" t="s">
-        <v>2251</v>
+        <v>2271</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2252</v>
+        <v>2272</v>
       </c>
       <c r="H2" t="s">
-        <v>2253</v>
+        <v>2273</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B3" t="s">
-        <v>2254</v>
+        <v>2274</v>
       </c>
       <c r="C3" t="s">
-        <v>2255</v>
+        <v>2275</v>
       </c>
       <c r="D3" t="s">
-        <v>1014</v>
+        <v>1034</v>
       </c>
       <c r="E3" t="s">
-        <v>1717</v>
+        <v>1736</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2256</v>
+        <v>2276</v>
       </c>
       <c r="H3" t="s">
-        <v>2257</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B4" t="s">
-        <v>2258</v>
+        <v>2278</v>
       </c>
       <c r="C4" t="s">
-        <v>2259</v>
+        <v>2279</v>
       </c>
       <c r="D4" t="s">
-        <v>2260</v>
+        <v>2280</v>
       </c>
       <c r="E4" t="s">
-        <v>2261</v>
+        <v>2281</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2262</v>
+        <v>2282</v>
       </c>
       <c r="H4" t="s">
-        <v>2263</v>
+        <v>2283</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B5" t="s">
-        <v>2264</v>
+        <v>2284</v>
       </c>
       <c r="C5" t="s">
-        <v>2265</v>
+        <v>2285</v>
       </c>
       <c r="D5" t="s">
-        <v>2266</v>
+        <v>2286</v>
       </c>
       <c r="E5" t="s">
-        <v>1765</v>
+        <v>1784</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2267</v>
+        <v>2287</v>
       </c>
       <c r="H5" t="s">
-        <v>2268</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B6" t="s">
-        <v>2269</v>
+        <v>2289</v>
       </c>
       <c r="C6" t="s">
-        <v>2270</v>
+        <v>2290</v>
       </c>
       <c r="D6" t="s">
-        <v>2271</v>
+        <v>2291</v>
       </c>
       <c r="E6" t="s">
-        <v>1785</v>
+        <v>1804</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2272</v>
+        <v>2292</v>
       </c>
       <c r="H6" t="s">
-        <v>2273</v>
+        <v>2293</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B7" t="s">
-        <v>2274</v>
+        <v>2294</v>
       </c>
       <c r="C7" t="s">
-        <v>2275</v>
+        <v>2295</v>
       </c>
       <c r="D7" t="s">
-        <v>2276</v>
+        <v>2296</v>
       </c>
       <c r="E7" t="s">
-        <v>2277</v>
+        <v>2297</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2278</v>
+        <v>2298</v>
       </c>
       <c r="H7" t="s">
-        <v>2279</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B8" t="s">
-        <v>2280</v>
+        <v>2300</v>
       </c>
       <c r="C8" t="s">
-        <v>2281</v>
+        <v>2301</v>
       </c>
       <c r="D8" t="s">
-        <v>2282</v>
+        <v>2302</v>
       </c>
       <c r="E8" t="s">
-        <v>2283</v>
+        <v>2303</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2284</v>
+        <v>2304</v>
       </c>
       <c r="H8" t="s">
-        <v>2285</v>
+        <v>2305</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B9" t="s">
-        <v>2286</v>
+        <v>2306</v>
       </c>
       <c r="C9" t="s">
-        <v>2287</v>
+        <v>2307</v>
       </c>
       <c r="D9" t="s">
-        <v>1109</v>
+        <v>1129</v>
       </c>
       <c r="E9" t="s">
-        <v>2288</v>
+        <v>2308</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2289</v>
+        <v>2309</v>
       </c>
       <c r="H9" t="s">
-        <v>2290</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B10" t="s">
-        <v>2291</v>
+        <v>2311</v>
       </c>
       <c r="C10" t="s">
-        <v>2292</v>
+        <v>2312</v>
       </c>
       <c r="D10" t="s">
-        <v>2293</v>
+        <v>2313</v>
       </c>
       <c r="E10" t="s">
-        <v>2294</v>
+        <v>2314</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2295</v>
+        <v>2315</v>
       </c>
       <c r="H10" t="s">
-        <v>2296</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B11" t="s">
-        <v>2297</v>
+        <v>2317</v>
       </c>
       <c r="C11" t="s">
-        <v>2298</v>
+        <v>2318</v>
       </c>
       <c r="D11" t="s">
-        <v>2299</v>
+        <v>2319</v>
       </c>
       <c r="E11" t="s">
-        <v>2300</v>
+        <v>2320</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2301</v>
+        <v>2321</v>
       </c>
       <c r="H11" t="s">
-        <v>2302</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B12" t="s">
-        <v>2303</v>
+        <v>2323</v>
       </c>
       <c r="C12" t="s">
-        <v>2304</v>
+        <v>2324</v>
       </c>
       <c r="D12" t="s">
-        <v>1331</v>
+        <v>1346</v>
       </c>
       <c r="E12" t="s">
-        <v>2305</v>
+        <v>2325</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2306</v>
+        <v>2326</v>
       </c>
       <c r="H12" t="s">
-        <v>2307</v>
+        <v>2327</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B13" t="s">
-        <v>2308</v>
+        <v>2328</v>
       </c>
       <c r="C13" t="s">
-        <v>2309</v>
+        <v>2329</v>
       </c>
       <c r="D13" t="s">
-        <v>2310</v>
+        <v>2330</v>
       </c>
       <c r="E13" t="s">
-        <v>2311</v>
+        <v>2331</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2312</v>
+        <v>2332</v>
       </c>
       <c r="H13" t="s">
-        <v>2313</v>
+        <v>2333</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B14" t="s">
-        <v>2314</v>
+        <v>2334</v>
       </c>
       <c r="C14" t="s">
-        <v>2315</v>
+        <v>2335</v>
       </c>
       <c r="D14" t="s">
-        <v>1109</v>
+        <v>1129</v>
       </c>
       <c r="E14" t="s">
-        <v>2311</v>
+        <v>2331</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2316</v>
+        <v>2336</v>
       </c>
       <c r="H14" t="s">
-        <v>2317</v>
+        <v>2337</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B15" t="s">
-        <v>2318</v>
+        <v>2338</v>
       </c>
       <c r="C15" t="s">
-        <v>2319</v>
+        <v>2339</v>
       </c>
       <c r="D15" t="s">
-        <v>2320</v>
+        <v>2340</v>
       </c>
       <c r="E15" t="s">
-        <v>2321</v>
+        <v>2341</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2322</v>
+        <v>2342</v>
       </c>
       <c r="H15" t="s">
-        <v>2323</v>
+        <v>2343</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B16" t="s">
-        <v>2324</v>
+        <v>2344</v>
       </c>
       <c r="C16" t="s">
-        <v>2325</v>
+        <v>2345</v>
       </c>
       <c r="D16" t="s">
-        <v>2326</v>
+        <v>2346</v>
       </c>
       <c r="E16" t="s">
-        <v>2327</v>
+        <v>2347</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2328</v>
+        <v>2348</v>
       </c>
       <c r="H16" t="s">
-        <v>2329</v>
+        <v>2349</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B17" t="s">
-        <v>2330</v>
+        <v>2350</v>
       </c>
       <c r="C17" t="s">
-        <v>2331</v>
+        <v>2351</v>
       </c>
       <c r="D17" t="s">
-        <v>2332</v>
+        <v>2352</v>
       </c>
       <c r="E17" t="s">
-        <v>2333</v>
+        <v>2353</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2334</v>
+        <v>2354</v>
       </c>
       <c r="H17" t="s">
-        <v>2335</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B18" t="s">
-        <v>2336</v>
+        <v>2356</v>
       </c>
       <c r="C18" t="s">
-        <v>2337</v>
+        <v>2357</v>
       </c>
       <c r="D18" t="s">
-        <v>2338</v>
+        <v>2358</v>
       </c>
       <c r="E18" t="s">
-        <v>2339</v>
+        <v>2359</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2340</v>
+        <v>2360</v>
       </c>
       <c r="H18" t="s">
-        <v>2341</v>
+        <v>2361</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B19" t="s">
-        <v>2342</v>
+        <v>2362</v>
       </c>
       <c r="C19" t="s">
-        <v>2343</v>
+        <v>2363</v>
       </c>
       <c r="D19" t="s">
-        <v>2344</v>
+        <v>2364</v>
       </c>
       <c r="E19" t="s">
-        <v>2345</v>
+        <v>2365</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2346</v>
+        <v>2366</v>
       </c>
       <c r="H19" t="s">
-        <v>2347</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B20" t="s">
-        <v>2348</v>
+        <v>2368</v>
       </c>
       <c r="C20" t="s">
-        <v>2349</v>
+        <v>2369</v>
       </c>
       <c r="D20" t="s">
-        <v>2350</v>
+        <v>2370</v>
       </c>
       <c r="E20" t="s">
-        <v>2351</v>
+        <v>2371</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2352</v>
+        <v>2372</v>
       </c>
       <c r="H20" t="s">
-        <v>2353</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B21" t="s">
-        <v>2354</v>
+        <v>2374</v>
       </c>
       <c r="C21" t="s">
-        <v>2355</v>
+        <v>2375</v>
       </c>
       <c r="D21" t="s">
-        <v>2350</v>
+        <v>2370</v>
       </c>
       <c r="E21" t="s">
-        <v>2351</v>
+        <v>2371</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2356</v>
+        <v>2376</v>
       </c>
       <c r="H21" t="s">
-        <v>2357</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B22" t="s">
-        <v>2358</v>
+        <v>2378</v>
       </c>
       <c r="C22" t="s">
-        <v>2359</v>
+        <v>2379</v>
       </c>
       <c r="D22" t="s">
-        <v>338</v>
+        <v>354</v>
       </c>
       <c r="E22" t="s">
-        <v>2360</v>
+        <v>2380</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2361</v>
+        <v>2381</v>
       </c>
       <c r="H22" t="s">
-        <v>2362</v>
+        <v>2382</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B23" t="s">
-        <v>2363</v>
+        <v>2383</v>
       </c>
       <c r="C23" t="s">
-        <v>2364</v>
+        <v>2384</v>
       </c>
       <c r="D23" t="s">
-        <v>2365</v>
+        <v>2385</v>
       </c>
       <c r="E23" t="s">
-        <v>2366</v>
+        <v>2386</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2367</v>
+        <v>2387</v>
       </c>
       <c r="H23" t="s">
-        <v>2368</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B24" t="s">
-        <v>2369</v>
+        <v>2389</v>
       </c>
       <c r="C24" t="s">
-        <v>2370</v>
+        <v>2390</v>
       </c>
       <c r="D24" t="s">
-        <v>2371</v>
+        <v>2391</v>
       </c>
       <c r="E24" t="s">
-        <v>2372</v>
+        <v>2392</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2373</v>
+        <v>2393</v>
       </c>
       <c r="H24" t="s">
-        <v>2374</v>
+        <v>2394</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B25" t="s">
-        <v>2375</v>
+        <v>2395</v>
       </c>
       <c r="C25" t="s">
-        <v>2376</v>
+        <v>2396</v>
       </c>
       <c r="D25" t="s">
-        <v>2377</v>
+        <v>2397</v>
       </c>
       <c r="E25" t="s">
-        <v>2378</v>
+        <v>2398</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2379</v>
+        <v>2399</v>
       </c>
       <c r="H25" t="s">
-        <v>2380</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B26" t="s">
-        <v>2381</v>
+        <v>2401</v>
       </c>
       <c r="C26" t="s">
-        <v>2382</v>
+        <v>2402</v>
       </c>
       <c r="D26" t="s">
-        <v>2383</v>
+        <v>2403</v>
       </c>
       <c r="E26" t="s">
-        <v>2384</v>
+        <v>2404</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2385</v>
+        <v>2405</v>
       </c>
       <c r="H26" t="s">
-        <v>2386</v>
+        <v>2406</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B27" t="s">
-        <v>2387</v>
+        <v>2407</v>
       </c>
       <c r="C27" t="s">
-        <v>2388</v>
+        <v>2408</v>
       </c>
       <c r="D27" t="s">
-        <v>2389</v>
+        <v>2409</v>
       </c>
       <c r="E27" t="s">
-        <v>2390</v>
+        <v>2410</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2391</v>
+        <v>2411</v>
       </c>
       <c r="H27" t="s">
-        <v>2392</v>
+        <v>2412</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B28" t="s">
-        <v>2393</v>
+        <v>2413</v>
       </c>
       <c r="C28" t="s">
-        <v>2394</v>
+        <v>2414</v>
       </c>
       <c r="D28" t="s">
-        <v>2395</v>
+        <v>2415</v>
       </c>
       <c r="E28" t="s">
-        <v>2114</v>
+        <v>2134</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2396</v>
+        <v>2416</v>
       </c>
       <c r="H28" t="s">
-        <v>2397</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B29" t="s">
-        <v>2398</v>
+        <v>2418</v>
       </c>
       <c r="C29" t="s">
-        <v>2399</v>
+        <v>2419</v>
       </c>
       <c r="D29" t="s">
-        <v>2400</v>
+        <v>2420</v>
       </c>
       <c r="E29" t="s">
-        <v>2401</v>
+        <v>2421</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2402</v>
+        <v>2422</v>
       </c>
       <c r="H29" t="s">
-        <v>2403</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B30" t="s">
-        <v>2404</v>
+        <v>2424</v>
       </c>
       <c r="C30" t="s">
-        <v>2405</v>
+        <v>2425</v>
       </c>
       <c r="D30" t="s">
-        <v>2406</v>
+        <v>2426</v>
       </c>
       <c r="E30" t="s">
-        <v>2407</v>
+        <v>2427</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2408</v>
+        <v>2428</v>
       </c>
       <c r="H30" t="s">
-        <v>2409</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B31" t="s">
-        <v>2410</v>
+        <v>2430</v>
       </c>
       <c r="C31" t="s">
-        <v>2411</v>
+        <v>2431</v>
       </c>
       <c r="D31" t="s">
-        <v>2412</v>
+        <v>2432</v>
       </c>
       <c r="E31" t="s">
-        <v>2413</v>
+        <v>2433</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2414</v>
+        <v>2434</v>
       </c>
       <c r="H31" t="s">
-        <v>2415</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B32" t="s">
-        <v>2416</v>
+        <v>2436</v>
       </c>
       <c r="C32" t="s">
-        <v>2417</v>
+        <v>2437</v>
       </c>
       <c r="D32" t="s">
-        <v>2418</v>
+        <v>2438</v>
       </c>
       <c r="E32" t="s">
-        <v>2198</v>
+        <v>2218</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2419</v>
+        <v>2439</v>
       </c>
       <c r="H32" t="s">
-        <v>2420</v>
+        <v>2440</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2247</v>
+        <v>2267</v>
       </c>
       <c r="B33" t="s">
-        <v>2421</v>
+        <v>2441</v>
       </c>
       <c r="C33" t="s">
-        <v>2422</v>
+        <v>2442</v>
       </c>
       <c r="D33" t="s">
-        <v>2423</v>
+        <v>2443</v>
       </c>
       <c r="E33" t="s">
-        <v>2424</v>
+        <v>2444</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2425</v>
+        <v>2445</v>
       </c>
       <c r="H33" t="s">
-        <v>2426</v>
+        <v>2446</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B2" t="s">
-        <v>2428</v>
+        <v>2448</v>
       </c>
       <c r="C2" t="s">
-        <v>2428</v>
+        <v>2448</v>
       </c>
       <c r="D2" t="s">
-        <v>2429</v>
+        <v>2449</v>
       </c>
       <c r="E2" t="s">
-        <v>2430</v>
+        <v>2450</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2431</v>
+        <v>2451</v>
       </c>
       <c r="H2" t="s">
-        <v>2432</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B3" t="s">
-        <v>2433</v>
+        <v>2453</v>
       </c>
       <c r="C3" t="s">
-        <v>2434</v>
+        <v>2454</v>
       </c>
       <c r="D3" t="s">
-        <v>2435</v>
+        <v>2455</v>
       </c>
       <c r="E3" t="s">
-        <v>2436</v>
+        <v>2456</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2437</v>
+        <v>2457</v>
       </c>
       <c r="H3" t="s">
-        <v>2438</v>
+        <v>2458</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B4" t="s">
-        <v>2439</v>
+        <v>2459</v>
       </c>
       <c r="C4" t="s">
-        <v>2440</v>
+        <v>2460</v>
       </c>
       <c r="D4" t="s">
-        <v>2441</v>
+        <v>2461</v>
       </c>
       <c r="E4" t="s">
-        <v>2442</v>
+        <v>2462</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2443</v>
+        <v>2463</v>
       </c>
       <c r="H4" t="s">
-        <v>2444</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B5" t="s">
-        <v>2445</v>
+        <v>2465</v>
       </c>
       <c r="C5" t="s">
-        <v>2446</v>
+        <v>2466</v>
       </c>
       <c r="D5" t="s">
-        <v>2447</v>
+        <v>2467</v>
       </c>
       <c r="E5" t="s">
-        <v>2448</v>
+        <v>2468</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2449</v>
+        <v>2469</v>
       </c>
       <c r="H5" t="s">
-        <v>2450</v>
+        <v>2470</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B6" t="s">
-        <v>2451</v>
+        <v>2471</v>
       </c>
       <c r="C6" t="s">
-        <v>2452</v>
+        <v>2472</v>
       </c>
       <c r="D6" t="s">
-        <v>2453</v>
+        <v>2473</v>
       </c>
       <c r="E6" t="s">
-        <v>2454</v>
+        <v>2474</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2455</v>
+        <v>2475</v>
       </c>
       <c r="H6" t="s">
-        <v>2456</v>
+        <v>2476</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B7" t="s">
-        <v>2457</v>
+        <v>2477</v>
       </c>
       <c r="C7" t="s">
-        <v>2458</v>
+        <v>2478</v>
       </c>
       <c r="D7" t="s">
-        <v>2459</v>
+        <v>2479</v>
       </c>
       <c r="E7" t="s">
-        <v>2454</v>
+        <v>2474</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2460</v>
+        <v>2480</v>
       </c>
       <c r="H7" t="s">
-        <v>2461</v>
+        <v>2481</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B8" t="s">
-        <v>2462</v>
+        <v>2482</v>
       </c>
       <c r="C8" t="s">
-        <v>2463</v>
+        <v>2483</v>
       </c>
       <c r="D8" t="s">
-        <v>2464</v>
+        <v>2484</v>
       </c>
       <c r="E8" t="s">
-        <v>2465</v>
+        <v>2485</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2466</v>
+        <v>2486</v>
       </c>
       <c r="H8" t="s">
-        <v>2467</v>
+        <v>2487</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B9" t="s">
-        <v>2468</v>
+        <v>2488</v>
       </c>
       <c r="C9" t="s">
-        <v>2469</v>
+        <v>2489</v>
       </c>
       <c r="D9" t="s">
-        <v>2470</v>
+        <v>2490</v>
       </c>
       <c r="E9" t="s">
-        <v>2471</v>
+        <v>2491</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2472</v>
+        <v>2492</v>
       </c>
       <c r="H9" t="s">
-        <v>2473</v>
+        <v>2493</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B10" t="s">
-        <v>2474</v>
+        <v>2494</v>
       </c>
       <c r="C10" t="s">
-        <v>2475</v>
+        <v>2495</v>
       </c>
       <c r="D10" t="s">
-        <v>2476</v>
+        <v>2496</v>
       </c>
       <c r="E10" t="s">
-        <v>2477</v>
+        <v>2497</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2478</v>
+        <v>2498</v>
       </c>
       <c r="H10" t="s">
-        <v>2479</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B11" t="s">
-        <v>2480</v>
+        <v>2500</v>
       </c>
       <c r="C11" t="s">
-        <v>2481</v>
+        <v>2501</v>
       </c>
       <c r="D11" t="s">
-        <v>2482</v>
+        <v>2502</v>
       </c>
       <c r="E11" t="s">
-        <v>2483</v>
+        <v>2503</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2484</v>
+        <v>2504</v>
       </c>
       <c r="H11" t="s">
-        <v>2485</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B12" t="s">
-        <v>2486</v>
+        <v>2506</v>
       </c>
       <c r="C12" t="s">
-        <v>2487</v>
+        <v>2507</v>
       </c>
       <c r="D12" t="s">
-        <v>2488</v>
+        <v>2508</v>
       </c>
       <c r="E12" t="s">
-        <v>2489</v>
+        <v>2509</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2490</v>
+        <v>2510</v>
       </c>
       <c r="H12" t="s">
-        <v>2491</v>
+        <v>2511</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B13" t="s">
-        <v>2492</v>
+        <v>2512</v>
       </c>
       <c r="C13" t="s">
-        <v>2493</v>
+        <v>2513</v>
       </c>
       <c r="D13" t="s">
-        <v>2494</v>
+        <v>2514</v>
       </c>
       <c r="E13" t="s">
-        <v>2495</v>
+        <v>2515</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2496</v>
+        <v>2516</v>
       </c>
       <c r="H13" t="s">
-        <v>2497</v>
+        <v>2517</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B14" t="s">
-        <v>2498</v>
+        <v>2518</v>
       </c>
       <c r="C14" t="s">
-        <v>2499</v>
+        <v>2519</v>
       </c>
       <c r="D14" t="s">
-        <v>2500</v>
+        <v>2520</v>
       </c>
       <c r="E14" t="s">
-        <v>2501</v>
+        <v>2521</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2502</v>
+        <v>2522</v>
       </c>
       <c r="H14" t="s">
-        <v>2503</v>
+        <v>2523</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B15" t="s">
-        <v>2504</v>
+        <v>2524</v>
       </c>
       <c r="C15" t="s">
-        <v>2505</v>
+        <v>2525</v>
       </c>
       <c r="D15" t="s">
-        <v>2506</v>
+        <v>2526</v>
       </c>
       <c r="E15" t="s">
-        <v>2507</v>
+        <v>2527</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2508</v>
+        <v>2528</v>
       </c>
       <c r="H15" t="s">
-        <v>2509</v>
+        <v>2529</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B16" t="s">
-        <v>2510</v>
+        <v>2530</v>
       </c>
       <c r="C16" t="s">
-        <v>2511</v>
+        <v>2531</v>
       </c>
       <c r="D16" t="s">
-        <v>2512</v>
+        <v>2532</v>
       </c>
       <c r="E16" t="s">
-        <v>2513</v>
+        <v>2533</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2514</v>
+        <v>2534</v>
       </c>
       <c r="H16" t="s">
-        <v>2515</v>
+        <v>2535</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B17" t="s">
-        <v>2516</v>
+        <v>2536</v>
       </c>
       <c r="C17" t="s">
-        <v>2517</v>
+        <v>2537</v>
       </c>
       <c r="D17" t="s">
-        <v>2512</v>
+        <v>2532</v>
       </c>
       <c r="E17" t="s">
-        <v>2518</v>
+        <v>2538</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2519</v>
+        <v>2539</v>
       </c>
       <c r="H17" t="s">
-        <v>2520</v>
+        <v>2540</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B18" t="s">
-        <v>2521</v>
+        <v>2541</v>
       </c>
       <c r="C18" t="s">
-        <v>2522</v>
+        <v>2542</v>
       </c>
       <c r="D18" t="s">
-        <v>2523</v>
+        <v>2543</v>
       </c>
       <c r="E18" t="s">
-        <v>2524</v>
+        <v>2544</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2525</v>
+        <v>2545</v>
       </c>
       <c r="H18" t="s">
-        <v>2526</v>
+        <v>2546</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B19" t="s">
-        <v>2527</v>
+        <v>2547</v>
       </c>
       <c r="C19" t="s">
-        <v>2528</v>
+        <v>2548</v>
       </c>
       <c r="D19" t="s">
-        <v>2529</v>
+        <v>2549</v>
       </c>
       <c r="E19" t="s">
-        <v>2530</v>
+        <v>2550</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2531</v>
+        <v>2551</v>
       </c>
       <c r="H19" t="s">
-        <v>2532</v>
+        <v>2552</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B20" t="s">
-        <v>2533</v>
+        <v>2553</v>
       </c>
       <c r="C20" t="s">
-        <v>2534</v>
+        <v>2554</v>
       </c>
       <c r="D20" t="s">
-        <v>2535</v>
+        <v>2555</v>
       </c>
       <c r="E20" t="s">
-        <v>2536</v>
+        <v>2556</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2537</v>
+        <v>2557</v>
       </c>
       <c r="H20" t="s">
-        <v>2538</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B21" t="s">
-        <v>2539</v>
+        <v>2559</v>
       </c>
       <c r="C21" t="s">
-        <v>2540</v>
+        <v>2560</v>
       </c>
       <c r="D21" t="s">
-        <v>2541</v>
+        <v>2561</v>
       </c>
       <c r="E21" t="s">
-        <v>2536</v>
+        <v>2556</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2542</v>
+        <v>2562</v>
       </c>
       <c r="H21" t="s">
-        <v>2543</v>
+        <v>2563</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B22" t="s">
-        <v>2544</v>
+        <v>2564</v>
       </c>
       <c r="C22" t="s">
-        <v>2545</v>
+        <v>2565</v>
       </c>
       <c r="D22" t="s">
-        <v>2541</v>
+        <v>2561</v>
       </c>
       <c r="E22" t="s">
-        <v>2536</v>
+        <v>2556</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2546</v>
+        <v>2566</v>
       </c>
       <c r="H22" t="s">
-        <v>2547</v>
+        <v>2567</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B23" t="s">
-        <v>2548</v>
+        <v>2568</v>
       </c>
       <c r="C23" t="s">
-        <v>2549</v>
+        <v>2569</v>
       </c>
       <c r="D23" t="s">
-        <v>2541</v>
+        <v>2561</v>
       </c>
       <c r="E23" t="s">
-        <v>2536</v>
+        <v>2556</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2550</v>
+        <v>2570</v>
       </c>
       <c r="H23" t="s">
-        <v>2551</v>
+        <v>2571</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B24" t="s">
-        <v>2552</v>
+        <v>2572</v>
       </c>
       <c r="C24" t="s">
-        <v>2553</v>
+        <v>2573</v>
       </c>
       <c r="D24" t="s">
-        <v>2554</v>
+        <v>2574</v>
       </c>
       <c r="E24" t="s">
-        <v>2555</v>
+        <v>2575</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2556</v>
+        <v>2576</v>
       </c>
       <c r="H24" t="s">
-        <v>2557</v>
+        <v>2577</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B25" t="s">
-        <v>2558</v>
+        <v>2578</v>
       </c>
       <c r="C25" t="s">
-        <v>2559</v>
+        <v>2579</v>
       </c>
       <c r="D25" t="s">
-        <v>2560</v>
+        <v>2580</v>
       </c>
       <c r="E25" t="s">
-        <v>2561</v>
+        <v>2581</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2562</v>
+        <v>2582</v>
       </c>
       <c r="H25" t="s">
-        <v>2563</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B26" t="s">
-        <v>2564</v>
+        <v>2584</v>
       </c>
       <c r="C26" t="s">
-        <v>2565</v>
+        <v>2585</v>
       </c>
       <c r="D26" t="s">
-        <v>2566</v>
+        <v>2586</v>
       </c>
       <c r="E26" t="s">
-        <v>2561</v>
+        <v>2581</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2567</v>
+        <v>2587</v>
       </c>
       <c r="H26" t="s">
-        <v>2568</v>
+        <v>2588</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B27" t="s">
-        <v>2569</v>
+        <v>2589</v>
       </c>
       <c r="C27" t="s">
-        <v>2570</v>
+        <v>2590</v>
       </c>
       <c r="D27" t="s">
-        <v>2571</v>
+        <v>2591</v>
       </c>
       <c r="E27" t="s">
-        <v>2561</v>
+        <v>2581</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2572</v>
+        <v>2592</v>
       </c>
       <c r="H27" t="s">
-        <v>2573</v>
+        <v>2593</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B28" t="s">
-        <v>2574</v>
+        <v>2594</v>
       </c>
       <c r="C28" t="s">
-        <v>2575</v>
+        <v>2595</v>
       </c>
       <c r="D28" t="s">
-        <v>2566</v>
+        <v>2586</v>
       </c>
       <c r="E28" t="s">
-        <v>2576</v>
+        <v>2596</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2577</v>
+        <v>2597</v>
       </c>
       <c r="H28" t="s">
-        <v>2578</v>
+        <v>2598</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B29" t="s">
-        <v>2579</v>
+        <v>2599</v>
       </c>
       <c r="C29" t="s">
-        <v>2580</v>
+        <v>2600</v>
       </c>
       <c r="D29" t="s">
-        <v>2566</v>
+        <v>2586</v>
       </c>
       <c r="E29" t="s">
-        <v>2581</v>
+        <v>2601</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2582</v>
+        <v>2602</v>
       </c>
       <c r="H29" t="s">
-        <v>2583</v>
+        <v>2603</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B30" t="s">
-        <v>2584</v>
+        <v>2604</v>
       </c>
       <c r="C30" t="s">
-        <v>2585</v>
+        <v>2605</v>
       </c>
       <c r="D30" t="s">
-        <v>2566</v>
+        <v>2586</v>
       </c>
       <c r="E30" t="s">
-        <v>2586</v>
+        <v>2606</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2587</v>
+        <v>2607</v>
       </c>
       <c r="H30" t="s">
-        <v>2588</v>
+        <v>2608</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B31" t="s">
-        <v>2589</v>
+        <v>2609</v>
       </c>
       <c r="C31" t="s">
-        <v>2590</v>
+        <v>2610</v>
       </c>
       <c r="D31" t="s">
-        <v>2591</v>
+        <v>2611</v>
       </c>
       <c r="E31" t="s">
-        <v>2592</v>
+        <v>2612</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2593</v>
+        <v>2613</v>
       </c>
       <c r="H31" t="s">
-        <v>2594</v>
+        <v>2614</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B32" t="s">
-        <v>2595</v>
+        <v>2615</v>
       </c>
       <c r="C32" t="s">
-        <v>2596</v>
+        <v>2616</v>
       </c>
       <c r="D32" t="s">
-        <v>2591</v>
+        <v>2611</v>
       </c>
       <c r="E32" t="s">
-        <v>2597</v>
+        <v>2617</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2598</v>
+        <v>2618</v>
       </c>
       <c r="H32" t="s">
-        <v>2599</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B33" t="s">
-        <v>2600</v>
+        <v>2620</v>
       </c>
       <c r="C33" t="s">
-        <v>2601</v>
+        <v>2621</v>
       </c>
       <c r="D33" t="s">
-        <v>2602</v>
+        <v>2622</v>
       </c>
       <c r="E33" t="s">
-        <v>2603</v>
+        <v>2623</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2604</v>
+        <v>2624</v>
       </c>
       <c r="H33" t="s">
-        <v>2605</v>
+        <v>2625</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B34" t="s">
-        <v>2606</v>
+        <v>2626</v>
       </c>
       <c r="C34" t="s">
-        <v>2607</v>
+        <v>2627</v>
       </c>
       <c r="D34" t="s">
-        <v>2608</v>
+        <v>2628</v>
       </c>
       <c r="E34" t="s">
-        <v>2609</v>
+        <v>2629</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2610</v>
+        <v>2630</v>
       </c>
       <c r="H34" t="s">
-        <v>2611</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B35" t="s">
-        <v>2612</v>
+        <v>2632</v>
       </c>
       <c r="C35" t="s">
-        <v>2613</v>
+        <v>2633</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>2609</v>
+        <v>2629</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2614</v>
+        <v>2634</v>
       </c>
       <c r="H35" t="s">
-        <v>2615</v>
+        <v>2635</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B36" t="s">
-        <v>2616</v>
+        <v>2636</v>
       </c>
       <c r="C36" t="s">
-        <v>2617</v>
+        <v>2637</v>
       </c>
       <c r="D36" t="s">
-        <v>2618</v>
+        <v>2638</v>
       </c>
       <c r="E36" t="s">
-        <v>2619</v>
+        <v>2639</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2620</v>
+        <v>2640</v>
       </c>
       <c r="H36" t="s">
-        <v>2621</v>
+        <v>2641</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B37" t="s">
-        <v>2622</v>
+        <v>2642</v>
       </c>
       <c r="C37" t="s">
-        <v>2623</v>
+        <v>2643</v>
       </c>
       <c r="D37" t="s">
-        <v>2618</v>
+        <v>2638</v>
       </c>
       <c r="E37" t="s">
-        <v>2619</v>
+        <v>2639</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2624</v>
+        <v>2644</v>
       </c>
       <c r="H37" t="s">
-        <v>2625</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B38" t="s">
-        <v>2626</v>
+        <v>2646</v>
       </c>
       <c r="C38" t="s">
-        <v>2627</v>
+        <v>2647</v>
       </c>
       <c r="D38" t="s">
-        <v>2618</v>
+        <v>2638</v>
       </c>
       <c r="E38" t="s">
-        <v>2619</v>
+        <v>2639</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2628</v>
+        <v>2648</v>
       </c>
       <c r="H38" t="s">
-        <v>2629</v>
+        <v>2649</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B39" t="s">
-        <v>2630</v>
+        <v>2650</v>
       </c>
       <c r="C39" t="s">
-        <v>2631</v>
+        <v>2651</v>
       </c>
       <c r="D39" t="s">
-        <v>2632</v>
+        <v>2652</v>
       </c>
       <c r="E39" t="s">
-        <v>2633</v>
+        <v>2653</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2634</v>
+        <v>2654</v>
       </c>
       <c r="H39" t="s">
-        <v>2635</v>
+        <v>2655</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B40" t="s">
-        <v>2636</v>
+        <v>2656</v>
       </c>
       <c r="C40" t="s">
-        <v>2637</v>
+        <v>2657</v>
       </c>
       <c r="D40" t="s">
-        <v>2632</v>
+        <v>2652</v>
       </c>
       <c r="E40" t="s">
-        <v>2638</v>
+        <v>2658</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2639</v>
+        <v>2659</v>
       </c>
       <c r="H40" t="s">
-        <v>2640</v>
+        <v>2660</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B41" t="s">
-        <v>2641</v>
+        <v>2661</v>
       </c>
       <c r="C41" t="s">
-        <v>2642</v>
+        <v>2662</v>
       </c>
       <c r="D41" t="s">
-        <v>2643</v>
+        <v>2663</v>
       </c>
       <c r="E41" t="s">
-        <v>2644</v>
+        <v>2664</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2645</v>
+        <v>2665</v>
       </c>
       <c r="H41" t="s">
-        <v>2646</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B42" t="s">
-        <v>2647</v>
+        <v>2667</v>
       </c>
       <c r="C42" t="s">
-        <v>2648</v>
+        <v>2668</v>
       </c>
       <c r="D42" t="s">
-        <v>2643</v>
+        <v>2663</v>
       </c>
       <c r="E42" t="s">
-        <v>2644</v>
+        <v>2664</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2649</v>
+        <v>2669</v>
       </c>
       <c r="H42" t="s">
-        <v>2650</v>
+        <v>2670</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B43" t="s">
-        <v>2651</v>
+        <v>2671</v>
       </c>
       <c r="C43" t="s">
-        <v>2652</v>
+        <v>2672</v>
       </c>
       <c r="D43" t="s">
-        <v>2653</v>
+        <v>2673</v>
       </c>
       <c r="E43" t="s">
-        <v>2654</v>
+        <v>2674</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2655</v>
+        <v>2675</v>
       </c>
       <c r="H43" t="s">
-        <v>2656</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B44" t="s">
-        <v>2657</v>
+        <v>2677</v>
       </c>
       <c r="C44" t="s">
-        <v>2658</v>
+        <v>2678</v>
       </c>
       <c r="D44" t="s">
-        <v>2659</v>
+        <v>2679</v>
       </c>
       <c r="E44" t="s">
-        <v>2660</v>
+        <v>2680</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2661</v>
+        <v>2681</v>
       </c>
       <c r="H44" t="s">
-        <v>2662</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B45" t="s">
-        <v>2663</v>
+        <v>2683</v>
       </c>
       <c r="C45" t="s">
-        <v>2664</v>
+        <v>2684</v>
       </c>
       <c r="D45" t="s">
-        <v>2665</v>
+        <v>2685</v>
       </c>
       <c r="E45" t="s">
-        <v>2666</v>
+        <v>2686</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2667</v>
+        <v>2687</v>
       </c>
       <c r="H45" t="s">
-        <v>2668</v>
+        <v>2688</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B46" t="s">
-        <v>2669</v>
+        <v>2689</v>
       </c>
       <c r="C46" t="s">
-        <v>2670</v>
+        <v>2690</v>
       </c>
       <c r="D46" t="s">
-        <v>2665</v>
+        <v>2685</v>
       </c>
       <c r="E46" t="s">
-        <v>2666</v>
+        <v>2686</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2671</v>
+        <v>2691</v>
       </c>
       <c r="H46" t="s">
-        <v>2672</v>
+        <v>2692</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B47" t="s">
-        <v>2673</v>
+        <v>2693</v>
       </c>
       <c r="C47" t="s">
-        <v>2674</v>
+        <v>2694</v>
       </c>
       <c r="D47" t="s">
-        <v>2665</v>
+        <v>2685</v>
       </c>
       <c r="E47" t="s">
-        <v>2666</v>
+        <v>2686</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2675</v>
+        <v>2695</v>
       </c>
       <c r="H47" t="s">
-        <v>2676</v>
+        <v>2696</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B48" t="s">
-        <v>2677</v>
+        <v>2697</v>
       </c>
       <c r="C48" t="s">
-        <v>2678</v>
+        <v>2698</v>
       </c>
       <c r="D48" t="s">
-        <v>2679</v>
+        <v>2699</v>
       </c>
       <c r="E48" t="s">
-        <v>2666</v>
+        <v>2686</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>2680</v>
+        <v>2700</v>
       </c>
       <c r="H48" t="s">
-        <v>2681</v>
+        <v>2701</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B49" t="s">
-        <v>2682</v>
+        <v>2702</v>
       </c>
       <c r="C49" t="s">
-        <v>2683</v>
+        <v>2703</v>
       </c>
       <c r="D49" t="s">
-        <v>2679</v>
+        <v>2699</v>
       </c>
       <c r="E49" t="s">
-        <v>2666</v>
+        <v>2686</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>2684</v>
+        <v>2704</v>
       </c>
       <c r="H49" t="s">
-        <v>2685</v>
+        <v>2705</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B50" t="s">
-        <v>2686</v>
+        <v>2706</v>
       </c>
       <c r="C50" t="s">
-        <v>2687</v>
+        <v>2707</v>
       </c>
       <c r="D50" t="s">
-        <v>2688</v>
+        <v>2708</v>
       </c>
       <c r="E50" t="s">
-        <v>2689</v>
+        <v>2709</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>2690</v>
+        <v>2710</v>
       </c>
       <c r="H50" t="s">
-        <v>2691</v>
+        <v>2711</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B51" t="s">
-        <v>2692</v>
+        <v>2712</v>
       </c>
       <c r="C51" t="s">
-        <v>2693</v>
+        <v>2713</v>
       </c>
       <c r="D51" t="s">
-        <v>2694</v>
+        <v>2714</v>
       </c>
       <c r="E51" t="s">
-        <v>2695</v>
+        <v>2715</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>2696</v>
+        <v>2716</v>
       </c>
       <c r="H51" t="s">
-        <v>2697</v>
+        <v>2717</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B52" t="s">
-        <v>2698</v>
+        <v>2718</v>
       </c>
       <c r="C52" t="s">
-        <v>2699</v>
+        <v>2719</v>
       </c>
       <c r="D52" t="s">
-        <v>2694</v>
+        <v>2714</v>
       </c>
       <c r="E52" t="s">
-        <v>2695</v>
+        <v>2715</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>2700</v>
+        <v>2720</v>
       </c>
       <c r="H52" t="s">
-        <v>2701</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B53" t="s">
-        <v>2702</v>
+        <v>2722</v>
       </c>
       <c r="C53" t="s">
-        <v>2703</v>
+        <v>2723</v>
       </c>
       <c r="D53" t="s">
-        <v>2704</v>
+        <v>2724</v>
       </c>
       <c r="E53" t="s">
-        <v>2695</v>
+        <v>2715</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>2705</v>
+        <v>2725</v>
       </c>
       <c r="H53" t="s">
-        <v>2706</v>
+        <v>2726</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B54" t="s">
-        <v>2707</v>
+        <v>2727</v>
       </c>
       <c r="C54" t="s">
-        <v>2708</v>
+        <v>2728</v>
       </c>
       <c r="D54" t="s">
-        <v>2694</v>
+        <v>2714</v>
       </c>
       <c r="E54" t="s">
-        <v>2695</v>
+        <v>2715</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>2709</v>
+        <v>2729</v>
       </c>
       <c r="H54" t="s">
-        <v>2710</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B55" t="s">
-        <v>2711</v>
+        <v>2731</v>
       </c>
       <c r="C55" t="s">
-        <v>2712</v>
+        <v>2732</v>
       </c>
       <c r="D55" t="s">
-        <v>2694</v>
+        <v>2714</v>
       </c>
       <c r="E55" t="s">
-        <v>2695</v>
+        <v>2715</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>2713</v>
+        <v>2733</v>
       </c>
       <c r="H55" t="s">
-        <v>2714</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B56" t="s">
+        <v>2735</v>
+      </c>
+      <c r="C56" t="s">
+        <v>2736</v>
+      </c>
+      <c r="D56" t="s">
+        <v>2714</v>
+      </c>
+      <c r="E56" t="s">
         <v>2715</v>
       </c>
-      <c r="C56" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>2717</v>
+        <v>2737</v>
       </c>
       <c r="H56" t="s">
-        <v>2718</v>
+        <v>2738</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B57" t="s">
-        <v>2719</v>
+        <v>2739</v>
       </c>
       <c r="C57" t="s">
-        <v>2720</v>
+        <v>2740</v>
       </c>
       <c r="D57" t="s">
-        <v>2721</v>
+        <v>2741</v>
       </c>
       <c r="E57" t="s">
-        <v>2722</v>
+        <v>2742</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>2723</v>
+        <v>2743</v>
       </c>
       <c r="H57" t="s">
-        <v>2724</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B58" t="s">
-        <v>2725</v>
+        <v>2745</v>
       </c>
       <c r="C58" t="s">
-        <v>2726</v>
+        <v>2746</v>
       </c>
       <c r="D58" t="s">
-        <v>2694</v>
+        <v>2714</v>
       </c>
       <c r="E58" t="s">
-        <v>2722</v>
+        <v>2742</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>2727</v>
+        <v>2747</v>
       </c>
       <c r="H58" t="s">
-        <v>2728</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B59" t="s">
-        <v>2729</v>
+        <v>2749</v>
       </c>
       <c r="C59" t="s">
-        <v>2730</v>
+        <v>2750</v>
       </c>
       <c r="D59" t="s">
-        <v>2731</v>
+        <v>2751</v>
       </c>
       <c r="E59" t="s">
-        <v>2732</v>
+        <v>2752</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>2733</v>
+        <v>2753</v>
       </c>
       <c r="H59" t="s">
-        <v>2734</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B60" t="s">
-        <v>2735</v>
+        <v>2755</v>
       </c>
       <c r="C60" t="s">
-        <v>2736</v>
+        <v>2756</v>
       </c>
       <c r="D60" t="s">
-        <v>2737</v>
+        <v>2757</v>
       </c>
       <c r="E60" t="s">
-        <v>2732</v>
+        <v>2752</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>2738</v>
+        <v>2758</v>
       </c>
       <c r="H60" t="s">
-        <v>2739</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B61" t="s">
-        <v>2740</v>
+        <v>2760</v>
       </c>
       <c r="C61" t="s">
-        <v>2741</v>
+        <v>2761</v>
       </c>
       <c r="D61" t="s">
-        <v>2742</v>
+        <v>2762</v>
       </c>
       <c r="E61" t="s">
-        <v>2743</v>
+        <v>2763</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>2744</v>
+        <v>2764</v>
       </c>
       <c r="H61" t="s">
-        <v>2745</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B62" t="s">
-        <v>2746</v>
+        <v>2766</v>
       </c>
       <c r="C62" t="s">
-        <v>2747</v>
+        <v>2767</v>
       </c>
       <c r="D62" t="s">
-        <v>2748</v>
+        <v>2768</v>
       </c>
       <c r="E62" t="s">
-        <v>2749</v>
+        <v>2769</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>2750</v>
+        <v>2770</v>
       </c>
       <c r="H62" t="s">
-        <v>2751</v>
+        <v>2771</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B63" t="s">
-        <v>2752</v>
+        <v>2772</v>
       </c>
       <c r="C63" t="s">
-        <v>2753</v>
+        <v>2773</v>
       </c>
       <c r="D63" t="s">
-        <v>2754</v>
+        <v>2774</v>
       </c>
       <c r="E63" t="s">
-        <v>2755</v>
+        <v>2775</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>2756</v>
+        <v>2776</v>
       </c>
       <c r="H63" t="s">
-        <v>2757</v>
+        <v>2777</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B64" t="s">
-        <v>2758</v>
+        <v>2778</v>
       </c>
       <c r="C64" t="s">
-        <v>2759</v>
+        <v>2779</v>
       </c>
       <c r="D64" t="s">
-        <v>2754</v>
+        <v>2774</v>
       </c>
       <c r="E64" t="s">
-        <v>2755</v>
+        <v>2775</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>2760</v>
+        <v>2780</v>
       </c>
       <c r="H64" t="s">
-        <v>2761</v>
+        <v>2781</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B65" t="s">
-        <v>2762</v>
+        <v>2782</v>
       </c>
       <c r="C65" t="s">
-        <v>2763</v>
+        <v>2783</v>
       </c>
       <c r="D65" t="s">
-        <v>2764</v>
+        <v>2784</v>
       </c>
       <c r="E65" t="s">
-        <v>2765</v>
+        <v>2785</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>2766</v>
+        <v>2786</v>
       </c>
       <c r="H65" t="s">
-        <v>2767</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B66" t="s">
-        <v>2768</v>
+        <v>2788</v>
       </c>
       <c r="C66" t="s">
-        <v>2769</v>
+        <v>2789</v>
       </c>
       <c r="D66" t="s">
-        <v>2770</v>
+        <v>2790</v>
       </c>
       <c r="E66" t="s">
-        <v>2765</v>
+        <v>2785</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>2771</v>
+        <v>2791</v>
       </c>
       <c r="H66" t="s">
-        <v>2772</v>
+        <v>2792</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2427</v>
+        <v>2447</v>
       </c>
       <c r="B67" t="s">
-        <v>2773</v>
+        <v>2793</v>
       </c>
       <c r="C67" t="s">
-        <v>2774</v>
+        <v>2794</v>
       </c>
       <c r="D67" t="s">
-        <v>2775</v>
+        <v>2795</v>
       </c>
       <c r="E67" t="s">
-        <v>2765</v>
+        <v>2785</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>2776</v>
+        <v>2796</v>
       </c>
       <c r="H67" t="s">
-        <v>2777</v>
+        <v>2797</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H95"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B2" t="s">
-        <v>2779</v>
+        <v>2799</v>
       </c>
       <c r="C2" t="s">
-        <v>2780</v>
+        <v>2800</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>2781</v>
+        <v>2801</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>2782</v>
+        <v>2802</v>
       </c>
       <c r="H2" t="s">
-        <v>2783</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B3" t="s">
-        <v>2784</v>
+        <v>2804</v>
       </c>
       <c r="C3" t="s">
-        <v>2785</v>
+        <v>2805</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>2786</v>
+        <v>2806</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>2787</v>
+        <v>2807</v>
       </c>
       <c r="H3" t="s">
-        <v>2788</v>
+        <v>2808</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B4" t="s">
-        <v>2789</v>
+        <v>2809</v>
       </c>
       <c r="C4" t="s">
-        <v>2790</v>
+        <v>2810</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>2791</v>
+        <v>2811</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>2792</v>
+        <v>2812</v>
       </c>
       <c r="H4" t="s">
-        <v>2793</v>
+        <v>2813</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B5" t="s">
-        <v>2794</v>
+        <v>2814</v>
       </c>
       <c r="C5" t="s">
-        <v>2795</v>
+        <v>2815</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>2796</v>
+        <v>2816</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>2797</v>
+        <v>2817</v>
       </c>
       <c r="H5" t="s">
-        <v>2798</v>
+        <v>2818</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B6" t="s">
-        <v>2799</v>
+        <v>2819</v>
       </c>
       <c r="C6" t="s">
-        <v>2800</v>
+        <v>2805</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>2801</v>
+        <v>2820</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>2802</v>
+        <v>2821</v>
       </c>
       <c r="H6" t="s">
-        <v>2803</v>
+        <v>2822</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B7" t="s">
-        <v>2804</v>
+        <v>2823</v>
       </c>
       <c r="C7" t="s">
-        <v>2805</v>
+        <v>2824</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>2806</v>
+        <v>2825</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>2807</v>
+        <v>2826</v>
       </c>
       <c r="H7" t="s">
-        <v>2808</v>
+        <v>2827</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B8" t="s">
-        <v>2809</v>
+        <v>2828</v>
       </c>
       <c r="C8" t="s">
-        <v>2810</v>
+        <v>2829</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>2811</v>
+        <v>2830</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>2812</v>
+        <v>2831</v>
       </c>
       <c r="H8" t="s">
-        <v>2813</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B9" t="s">
-        <v>2814</v>
+        <v>2833</v>
       </c>
       <c r="C9" t="s">
-        <v>2815</v>
+        <v>2834</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>2816</v>
+        <v>2835</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>2817</v>
+        <v>2836</v>
       </c>
       <c r="H9" t="s">
-        <v>2818</v>
+        <v>2837</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B10" t="s">
-        <v>2819</v>
+        <v>2838</v>
       </c>
       <c r="C10" t="s">
-        <v>2820</v>
+        <v>2839</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>2821</v>
+        <v>2840</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>2822</v>
+        <v>2841</v>
       </c>
       <c r="H10" t="s">
-        <v>2823</v>
+        <v>2842</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B11" t="s">
-        <v>2824</v>
+        <v>2843</v>
       </c>
       <c r="C11" t="s">
-        <v>13</v>
+        <v>2844</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>2825</v>
+        <v>2845</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>2826</v>
+        <v>2846</v>
       </c>
       <c r="H11" t="s">
-        <v>2827</v>
+        <v>2847</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B12" t="s">
-        <v>2828</v>
+        <v>2848</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>2849</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>2829</v>
+        <v>2850</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>2830</v>
+        <v>2851</v>
       </c>
       <c r="H12" t="s">
-        <v>2831</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B13" t="s">
-        <v>2832</v>
+        <v>2853</v>
       </c>
       <c r="C13" t="s">
-        <v>2833</v>
+        <v>2854</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>2834</v>
+        <v>2855</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>2835</v>
+        <v>2856</v>
       </c>
       <c r="H13" t="s">
-        <v>2836</v>
+        <v>2857</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B14" t="s">
-        <v>2837</v>
+        <v>2858</v>
       </c>
       <c r="C14" t="s">
-        <v>2838</v>
+        <v>2859</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>2839</v>
+        <v>2860</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>2840</v>
+        <v>2861</v>
       </c>
       <c r="H14" t="s">
-        <v>2841</v>
+        <v>2862</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B15" t="s">
-        <v>2842</v>
+        <v>2863</v>
       </c>
       <c r="C15" t="s">
-        <v>2843</v>
+        <v>2864</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>2844</v>
+        <v>2865</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>2845</v>
+        <v>2866</v>
       </c>
       <c r="H15" t="s">
-        <v>2846</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B16" t="s">
-        <v>2847</v>
+        <v>2868</v>
       </c>
       <c r="C16" t="s">
-        <v>2843</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>2848</v>
+        <v>2869</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>2849</v>
+        <v>2870</v>
       </c>
       <c r="H16" t="s">
-        <v>2850</v>
+        <v>2871</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B17" t="s">
-        <v>2851</v>
+        <v>2872</v>
       </c>
       <c r="C17" t="s">
-        <v>2852</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>2853</v>
+        <v>2873</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>2854</v>
+        <v>2874</v>
       </c>
       <c r="H17" t="s">
-        <v>2855</v>
+        <v>2875</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B18" t="s">
-        <v>2856</v>
+        <v>2876</v>
       </c>
       <c r="C18" t="s">
-        <v>2857</v>
+        <v>2877</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>2858</v>
+        <v>2878</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>2859</v>
+        <v>2879</v>
       </c>
       <c r="H18" t="s">
-        <v>2860</v>
+        <v>2880</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B19" t="s">
-        <v>2861</v>
+        <v>2881</v>
       </c>
       <c r="C19" t="s">
-        <v>2862</v>
+        <v>2882</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>2863</v>
+        <v>2883</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>2864</v>
+        <v>2884</v>
       </c>
       <c r="H19" t="s">
-        <v>2865</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B20" t="s">
-        <v>2866</v>
+        <v>2886</v>
       </c>
       <c r="C20" t="s">
-        <v>2867</v>
+        <v>2800</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>2868</v>
+        <v>2887</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>2869</v>
+        <v>2888</v>
       </c>
       <c r="H20" t="s">
-        <v>2870</v>
+        <v>2889</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B21" t="s">
-        <v>2871</v>
+        <v>2890</v>
       </c>
       <c r="C21" t="s">
-        <v>2872</v>
+        <v>2891</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>2873</v>
+        <v>2892</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>2874</v>
+        <v>2893</v>
       </c>
       <c r="H21" t="s">
-        <v>2875</v>
+        <v>2894</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B22" t="s">
-        <v>2876</v>
+        <v>2895</v>
       </c>
       <c r="C22" t="s">
-        <v>2877</v>
+        <v>2896</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>2873</v>
+        <v>2897</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>2878</v>
+        <v>2898</v>
       </c>
       <c r="H22" t="s">
-        <v>2879</v>
+        <v>2899</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B23" t="s">
-        <v>2880</v>
+        <v>2900</v>
       </c>
       <c r="C23" t="s">
-        <v>2881</v>
+        <v>2901</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>2882</v>
+        <v>2902</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>2883</v>
+        <v>2903</v>
       </c>
       <c r="H23" t="s">
-        <v>2884</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B24" t="s">
-        <v>2885</v>
+        <v>2905</v>
       </c>
       <c r="C24" t="s">
-        <v>2867</v>
+        <v>2906</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>2886</v>
+        <v>2902</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>2887</v>
+        <v>2907</v>
       </c>
       <c r="H24" t="s">
-        <v>2888</v>
+        <v>2908</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B25" t="s">
-        <v>2889</v>
+        <v>2909</v>
       </c>
       <c r="C25" t="s">
-        <v>2890</v>
+        <v>2910</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>2891</v>
+        <v>2911</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>2892</v>
+        <v>2912</v>
       </c>
       <c r="H25" t="s">
-        <v>2893</v>
+        <v>2913</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B26" t="s">
-        <v>2894</v>
+        <v>2914</v>
       </c>
       <c r="C26" t="s">
-        <v>2895</v>
+        <v>2915</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>2896</v>
+        <v>2916</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>2897</v>
+        <v>2917</v>
       </c>
       <c r="H26" t="s">
-        <v>2898</v>
+        <v>2918</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B27" t="s">
-        <v>2899</v>
+        <v>2919</v>
       </c>
       <c r="C27" t="s">
-        <v>2900</v>
+        <v>2920</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>2901</v>
+        <v>2921</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>2902</v>
+        <v>2922</v>
       </c>
       <c r="H27" t="s">
-        <v>2903</v>
+        <v>2923</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B28" t="s">
-        <v>2904</v>
+        <v>2924</v>
       </c>
       <c r="C28" t="s">
-        <v>2905</v>
+        <v>2925</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>2906</v>
+        <v>2926</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>2907</v>
+        <v>2927</v>
       </c>
       <c r="H28" t="s">
-        <v>2908</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B29" t="s">
-        <v>2909</v>
+        <v>2929</v>
       </c>
       <c r="C29" t="s">
-        <v>2910</v>
+        <v>2930</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>2911</v>
+        <v>2931</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>2912</v>
+        <v>2932</v>
       </c>
       <c r="H29" t="s">
-        <v>2913</v>
+        <v>2933</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B30" t="s">
-        <v>2914</v>
+        <v>2934</v>
       </c>
       <c r="C30" t="s">
-        <v>2915</v>
+        <v>2935</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>2916</v>
+        <v>2936</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>2917</v>
+        <v>2937</v>
       </c>
       <c r="H30" t="s">
-        <v>2918</v>
+        <v>2938</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B31" t="s">
-        <v>2919</v>
+        <v>2939</v>
       </c>
       <c r="C31" t="s">
-        <v>2920</v>
+        <v>2940</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>2921</v>
+        <v>2941</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>2922</v>
+        <v>2942</v>
       </c>
       <c r="H31" t="s">
-        <v>2923</v>
+        <v>2943</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B32" t="s">
-        <v>2924</v>
+        <v>2944</v>
       </c>
       <c r="C32" t="s">
-        <v>2925</v>
+        <v>2945</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>2926</v>
+        <v>2946</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>2927</v>
+        <v>2947</v>
       </c>
       <c r="H32" t="s">
-        <v>2928</v>
+        <v>2948</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B33" t="s">
-        <v>2929</v>
+        <v>2949</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>2930</v>
+        <v>2950</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>2931</v>
+        <v>2951</v>
       </c>
       <c r="H33" t="s">
-        <v>2932</v>
+        <v>2952</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B34" t="s">
-        <v>2933</v>
+        <v>2953</v>
       </c>
       <c r="C34" t="s">
-        <v>2934</v>
+        <v>2954</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>2935</v>
+        <v>2955</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>2936</v>
+        <v>2956</v>
       </c>
       <c r="H34" t="s">
-        <v>2937</v>
+        <v>2957</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B35" t="s">
-        <v>2938</v>
+        <v>2958</v>
       </c>
       <c r="C35" t="s">
-        <v>2939</v>
+        <v>2959</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>2940</v>
+        <v>2960</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>2941</v>
+        <v>2961</v>
       </c>
       <c r="H35" t="s">
-        <v>2942</v>
+        <v>2962</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B36" t="s">
-        <v>2943</v>
+        <v>2963</v>
       </c>
       <c r="C36" t="s">
-        <v>2944</v>
+        <v>2964</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>2935</v>
+        <v>2955</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>2945</v>
+        <v>2965</v>
       </c>
       <c r="H36" t="s">
-        <v>2946</v>
+        <v>2966</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B37" t="s">
-        <v>2947</v>
+        <v>2967</v>
       </c>
       <c r="C37" t="s">
-        <v>2948</v>
+        <v>2968</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>2949</v>
+        <v>2969</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>2950</v>
+        <v>2970</v>
       </c>
       <c r="H37" t="s">
-        <v>2951</v>
+        <v>2971</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B38" t="s">
-        <v>2952</v>
+        <v>2972</v>
       </c>
       <c r="C38" t="s">
-        <v>2953</v>
+        <v>2973</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>2954</v>
+        <v>2974</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>2955</v>
+        <v>2975</v>
       </c>
       <c r="H38" t="s">
-        <v>2956</v>
+        <v>2976</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B39" t="s">
-        <v>2957</v>
+        <v>2977</v>
       </c>
       <c r="C39" t="s">
-        <v>2958</v>
+        <v>2978</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>2935</v>
+        <v>2955</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>2959</v>
+        <v>2979</v>
       </c>
       <c r="H39" t="s">
-        <v>2960</v>
+        <v>2980</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B40" t="s">
-        <v>2961</v>
+        <v>2981</v>
       </c>
       <c r="C40" t="s">
-        <v>2962</v>
+        <v>2982</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>2963</v>
+        <v>2983</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>2964</v>
+        <v>2984</v>
       </c>
       <c r="H40" t="s">
-        <v>2965</v>
+        <v>2985</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B41" t="s">
-        <v>2966</v>
+        <v>2986</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>2967</v>
+        <v>2987</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>2968</v>
+        <v>2988</v>
       </c>
       <c r="H41" t="s">
-        <v>2969</v>
+        <v>2989</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B42" t="s">
-        <v>2970</v>
+        <v>2990</v>
       </c>
       <c r="C42" t="s">
-        <v>2971</v>
+        <v>2991</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>2972</v>
+        <v>2992</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>2973</v>
+        <v>2993</v>
       </c>
       <c r="H42" t="s">
-        <v>2974</v>
+        <v>2994</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B43" t="s">
-        <v>2975</v>
+        <v>2995</v>
       </c>
       <c r="C43" t="s">
-        <v>2976</v>
+        <v>2996</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>2972</v>
+        <v>2992</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>2977</v>
+        <v>2997</v>
       </c>
       <c r="H43" t="s">
-        <v>2978</v>
+        <v>2998</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B44" t="s">
-        <v>2979</v>
+        <v>2999</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>2980</v>
+        <v>3000</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>2981</v>
+        <v>3001</v>
       </c>
       <c r="H44" t="s">
-        <v>2982</v>
+        <v>3002</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B45" t="s">
-        <v>2983</v>
+        <v>3003</v>
       </c>
       <c r="C45" t="s">
-        <v>2984</v>
+        <v>3004</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>2985</v>
+        <v>3005</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>2986</v>
+        <v>3006</v>
       </c>
       <c r="H45" t="s">
-        <v>2987</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B46" t="s">
-        <v>2988</v>
+        <v>3008</v>
       </c>
       <c r="C46" t="s">
-        <v>2989</v>
+        <v>3009</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>2990</v>
+        <v>3010</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>2991</v>
+        <v>3011</v>
       </c>
       <c r="H46" t="s">
-        <v>2992</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B47" t="s">
-        <v>2993</v>
+        <v>3013</v>
       </c>
       <c r="C47" t="s">
-        <v>2994</v>
+        <v>3014</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>2995</v>
+        <v>3015</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>2996</v>
+        <v>3016</v>
       </c>
       <c r="H47" t="s">
-        <v>2997</v>
+        <v>3017</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B48" t="s">
-        <v>2998</v>
+        <v>3018</v>
       </c>
       <c r="C48" t="s">
-        <v>2999</v>
+        <v>3019</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>3000</v>
+        <v>3020</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>3001</v>
+        <v>3021</v>
       </c>
       <c r="H48" t="s">
-        <v>3002</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B49" t="s">
-        <v>3003</v>
+        <v>3023</v>
       </c>
       <c r="C49" t="s">
-        <v>3004</v>
+        <v>3024</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>3005</v>
+        <v>3025</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>3006</v>
+        <v>3026</v>
       </c>
       <c r="H49" t="s">
-        <v>3007</v>
+        <v>3027</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B50" t="s">
-        <v>3008</v>
+        <v>3028</v>
       </c>
       <c r="C50" t="s">
-        <v>3009</v>
+        <v>3029</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
-        <v>3010</v>
+        <v>3030</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>3011</v>
+        <v>3031</v>
       </c>
       <c r="H50" t="s">
-        <v>3012</v>
+        <v>3032</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B51" t="s">
-        <v>3013</v>
+        <v>3033</v>
       </c>
       <c r="C51" t="s">
-        <v>3014</v>
+        <v>3034</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>3015</v>
+        <v>3035</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>3016</v>
+        <v>3036</v>
       </c>
       <c r="H51" t="s">
-        <v>3017</v>
+        <v>3037</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B52" t="s">
-        <v>3018</v>
+        <v>3038</v>
       </c>
       <c r="C52" t="s">
-        <v>3019</v>
+        <v>3039</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>3020</v>
+        <v>3040</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>3021</v>
+        <v>3041</v>
       </c>
       <c r="H52" t="s">
-        <v>3022</v>
+        <v>3042</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B53" t="s">
-        <v>3023</v>
+        <v>3043</v>
       </c>
       <c r="C53" t="s">
-        <v>3024</v>
+        <v>3044</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>1368</v>
+        <v>1383</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>3025</v>
+        <v>3045</v>
       </c>
       <c r="H53" t="s">
-        <v>3026</v>
+        <v>3046</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B54" t="s">
-        <v>3027</v>
+        <v>3047</v>
       </c>
       <c r="C54" t="s">
-        <v>3028</v>
+        <v>3048</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>3029</v>
+        <v>3049</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>3030</v>
+        <v>3050</v>
       </c>
       <c r="H54" t="s">
-        <v>3031</v>
+        <v>3051</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B55" t="s">
-        <v>3032</v>
+        <v>3052</v>
       </c>
       <c r="C55" t="s">
-        <v>3033</v>
+        <v>3053</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>3034</v>
+        <v>3054</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>3035</v>
+        <v>3055</v>
       </c>
       <c r="H55" t="s">
-        <v>3036</v>
+        <v>3056</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B56" t="s">
-        <v>3037</v>
+        <v>3057</v>
       </c>
       <c r="C56" t="s">
-        <v>3038</v>
+        <v>3058</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>3039</v>
+        <v>3059</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>3040</v>
+        <v>3060</v>
       </c>
       <c r="H56" t="s">
-        <v>3041</v>
+        <v>3061</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B57" t="s">
-        <v>3042</v>
+        <v>3062</v>
       </c>
       <c r="C57" t="s">
-        <v>3043</v>
+        <v>3063</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>3044</v>
+        <v>3064</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>3045</v>
+        <v>3065</v>
       </c>
       <c r="H57" t="s">
-        <v>3046</v>
+        <v>3066</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B58" t="s">
-        <v>3047</v>
+        <v>3067</v>
       </c>
       <c r="C58" t="s">
-        <v>3048</v>
+        <v>3068</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>3049</v>
+        <v>3069</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>3050</v>
+        <v>3070</v>
       </c>
       <c r="H58" t="s">
-        <v>3051</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B59" t="s">
-        <v>3052</v>
+        <v>3072</v>
       </c>
       <c r="C59" t="s">
-        <v>3053</v>
+        <v>3073</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>3049</v>
+        <v>3069</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>3054</v>
+        <v>3074</v>
       </c>
       <c r="H59" t="s">
-        <v>3055</v>
+        <v>3075</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B60" t="s">
-        <v>3056</v>
+        <v>3076</v>
       </c>
       <c r="C60" t="s">
-        <v>3057</v>
+        <v>3077</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>3058</v>
+        <v>3078</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>3059</v>
+        <v>3079</v>
       </c>
       <c r="H60" t="s">
-        <v>3060</v>
+        <v>3080</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B61" t="s">
-        <v>3061</v>
+        <v>3081</v>
       </c>
       <c r="C61" t="s">
-        <v>3062</v>
+        <v>3082</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
-        <v>3063</v>
+        <v>3083</v>
       </c>
       <c r="F61" t="s">
         <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>3064</v>
+        <v>3084</v>
       </c>
       <c r="H61" t="s">
-        <v>3065</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B62" t="s">
-        <v>3066</v>
+        <v>3086</v>
       </c>
       <c r="C62" t="s">
-        <v>3067</v>
+        <v>3087</v>
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
-        <v>3068</v>
+        <v>3088</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>3069</v>
+        <v>3089</v>
       </c>
       <c r="H62" t="s">
-        <v>3070</v>
+        <v>3090</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B63" t="s">
-        <v>3071</v>
+        <v>3091</v>
       </c>
       <c r="C63" t="s">
-        <v>3072</v>
+        <v>3092</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>3073</v>
+        <v>3093</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>3074</v>
+        <v>3094</v>
       </c>
       <c r="H63" t="s">
-        <v>3075</v>
+        <v>3095</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B64" t="s">
-        <v>3076</v>
+        <v>3096</v>
       </c>
       <c r="C64" t="s">
-        <v>3077</v>
+        <v>3097</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>3078</v>
+        <v>3098</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>3079</v>
+        <v>3099</v>
       </c>
       <c r="H64" t="s">
-        <v>3080</v>
+        <v>3100</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B65" t="s">
-        <v>3081</v>
+        <v>3101</v>
       </c>
       <c r="C65" t="s">
-        <v>3082</v>
+        <v>3102</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>3083</v>
+        <v>3103</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>3084</v>
+        <v>3104</v>
       </c>
       <c r="H65" t="s">
-        <v>3085</v>
+        <v>3105</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B66" t="s">
-        <v>3086</v>
+        <v>3106</v>
       </c>
       <c r="C66" t="s">
-        <v>3087</v>
+        <v>3107</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>3088</v>
+        <v>3108</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>3089</v>
+        <v>3109</v>
       </c>
       <c r="H66" t="s">
-        <v>3090</v>
+        <v>3110</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B67" t="s">
-        <v>3091</v>
+        <v>3111</v>
       </c>
       <c r="C67" t="s">
-        <v>3092</v>
+        <v>3112</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>3093</v>
+        <v>3113</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>3094</v>
+        <v>3114</v>
       </c>
       <c r="H67" t="s">
-        <v>3095</v>
+        <v>3115</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B68" t="s">
-        <v>3096</v>
+        <v>3116</v>
       </c>
       <c r="C68" t="s">
-        <v>3097</v>
+        <v>3117</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>3098</v>
+        <v>3118</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>3099</v>
+        <v>3119</v>
       </c>
       <c r="H68" t="s">
-        <v>3100</v>
+        <v>3120</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B69" t="s">
-        <v>3101</v>
+        <v>3121</v>
       </c>
       <c r="C69" t="s">
-        <v>3102</v>
+        <v>3122</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>3103</v>
+        <v>3123</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>3104</v>
+        <v>3124</v>
       </c>
       <c r="H69" t="s">
-        <v>3105</v>
+        <v>3125</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B70" t="s">
-        <v>3106</v>
+        <v>3126</v>
       </c>
       <c r="C70" t="s">
-        <v>3107</v>
+        <v>3127</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>3108</v>
+        <v>3128</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>3109</v>
+        <v>3129</v>
       </c>
       <c r="H70" t="s">
-        <v>3110</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B71" t="s">
-        <v>3111</v>
+        <v>3131</v>
       </c>
       <c r="C71" t="s">
-        <v>3112</v>
+        <v>3132</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>3113</v>
+        <v>3133</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>3114</v>
+        <v>3134</v>
       </c>
       <c r="H71" t="s">
-        <v>3115</v>
+        <v>3135</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B72" t="s">
-        <v>3116</v>
+        <v>3136</v>
       </c>
       <c r="C72" t="s">
-        <v>3117</v>
+        <v>3137</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>3118</v>
+        <v>3138</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>3119</v>
+        <v>3139</v>
       </c>
       <c r="H72" t="s">
-        <v>3120</v>
+        <v>3140</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B73" t="s">
-        <v>3121</v>
+        <v>3141</v>
       </c>
       <c r="C73" t="s">
-        <v>3122</v>
+        <v>3142</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>3123</v>
+        <v>3143</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>3124</v>
+        <v>3144</v>
       </c>
       <c r="H73" t="s">
-        <v>3125</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B74" t="s">
-        <v>3126</v>
+        <v>3146</v>
       </c>
       <c r="C74" t="s">
-        <v>3127</v>
+        <v>3147</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>3128</v>
+        <v>3148</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>3129</v>
+        <v>3149</v>
       </c>
       <c r="H74" t="s">
-        <v>3130</v>
+        <v>3150</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B75" t="s">
-        <v>3131</v>
+        <v>3151</v>
       </c>
       <c r="C75" t="s">
-        <v>3132</v>
+        <v>3152</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>3133</v>
+        <v>3153</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>3134</v>
+        <v>3154</v>
       </c>
       <c r="H75" t="s">
-        <v>3135</v>
+        <v>3155</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B76" t="s">
-        <v>3136</v>
+        <v>3156</v>
       </c>
       <c r="C76" t="s">
-        <v>3137</v>
+        <v>3157</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>3138</v>
+        <v>3158</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>3139</v>
+        <v>3159</v>
       </c>
       <c r="H76" t="s">
-        <v>3140</v>
+        <v>3160</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B77" t="s">
-        <v>3141</v>
+        <v>3161</v>
       </c>
       <c r="C77" t="s">
-        <v>3142</v>
+        <v>3162</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>3143</v>
+        <v>3163</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>3144</v>
+        <v>3164</v>
       </c>
       <c r="H77" t="s">
-        <v>3145</v>
+        <v>3165</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B78" t="s">
-        <v>3146</v>
+        <v>3166</v>
       </c>
       <c r="C78" t="s">
-        <v>3147</v>
+        <v>3167</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>3148</v>
+        <v>3168</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>3149</v>
+        <v>3169</v>
       </c>
       <c r="H78" t="s">
-        <v>3150</v>
+        <v>3170</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B79" t="s">
-        <v>3151</v>
+        <v>3171</v>
       </c>
       <c r="C79" t="s">
         <v>13</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
-        <v>3152</v>
+        <v>3172</v>
       </c>
       <c r="F79" t="s">
         <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>3153</v>
+        <v>3173</v>
       </c>
       <c r="H79" t="s">
-        <v>3154</v>
+        <v>3174</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B80" t="s">
-        <v>3155</v>
+        <v>3175</v>
       </c>
       <c r="C80" t="s">
-        <v>3156</v>
+        <v>3176</v>
       </c>
       <c r="D80" t="s">
         <v>13</v>
       </c>
       <c r="E80" t="s">
-        <v>3157</v>
+        <v>3177</v>
       </c>
       <c r="F80" t="s">
         <v>13</v>
       </c>
       <c r="G80" t="s">
-        <v>3158</v>
+        <v>3178</v>
       </c>
       <c r="H80" t="s">
-        <v>3159</v>
+        <v>3179</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B81" t="s">
-        <v>3160</v>
+        <v>3180</v>
       </c>
       <c r="C81" t="s">
-        <v>3161</v>
+        <v>3181</v>
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
-        <v>3162</v>
+        <v>3182</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>3163</v>
+        <v>3183</v>
       </c>
       <c r="H81" t="s">
-        <v>3164</v>
+        <v>3184</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B82" t="s">
-        <v>3165</v>
+        <v>3185</v>
       </c>
       <c r="C82" t="s">
-        <v>3166</v>
+        <v>3186</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>3167</v>
+        <v>3187</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>3168</v>
+        <v>3188</v>
       </c>
       <c r="H82" t="s">
-        <v>3169</v>
+        <v>3189</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B83" t="s">
-        <v>3170</v>
+        <v>3190</v>
       </c>
       <c r="C83" t="s">
-        <v>3171</v>
+        <v>3191</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>3172</v>
+        <v>3192</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>3173</v>
+        <v>3193</v>
       </c>
       <c r="H83" t="s">
-        <v>3174</v>
+        <v>3194</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B84" t="s">
-        <v>3175</v>
+        <v>3195</v>
       </c>
       <c r="C84" t="s">
-        <v>3176</v>
+        <v>3196</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>3177</v>
+        <v>3197</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>3178</v>
+        <v>3198</v>
       </c>
       <c r="H84" t="s">
-        <v>3179</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B85" t="s">
-        <v>3180</v>
+        <v>3200</v>
       </c>
       <c r="C85" t="s">
-        <v>3181</v>
+        <v>3201</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>3182</v>
+        <v>3202</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>3183</v>
+        <v>3203</v>
       </c>
       <c r="H85" t="s">
-        <v>3184</v>
+        <v>3204</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B86" t="s">
-        <v>3185</v>
+        <v>3205</v>
       </c>
       <c r="C86" t="s">
-        <v>3186</v>
+        <v>3206</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
-        <v>3187</v>
+        <v>3207</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>3188</v>
+        <v>3208</v>
       </c>
       <c r="H86" t="s">
-        <v>3189</v>
+        <v>3209</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B87" t="s">
-        <v>3190</v>
+        <v>3210</v>
       </c>
       <c r="C87" t="s">
-        <v>3191</v>
+        <v>3211</v>
       </c>
       <c r="D87" t="s">
         <v>13</v>
       </c>
       <c r="E87" t="s">
-        <v>3192</v>
+        <v>3212</v>
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>3193</v>
+        <v>3213</v>
       </c>
       <c r="H87" t="s">
-        <v>3194</v>
+        <v>3214</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B88" t="s">
-        <v>3195</v>
+        <v>3215</v>
       </c>
       <c r="C88" t="s">
-        <v>3196</v>
+        <v>3216</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>3197</v>
+        <v>3217</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>3198</v>
+        <v>3218</v>
       </c>
       <c r="H88" t="s">
-        <v>3199</v>
+        <v>3219</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B89" t="s">
-        <v>3200</v>
+        <v>3220</v>
       </c>
       <c r="C89" t="s">
         <v>13</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>3201</v>
+        <v>3221</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>3202</v>
+        <v>3222</v>
       </c>
       <c r="H89" t="s">
-        <v>3203</v>
+        <v>3223</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B90" t="s">
-        <v>2074</v>
+        <v>2093</v>
       </c>
       <c r="C90" t="s">
-        <v>3204</v>
+        <v>3224</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>3205</v>
+        <v>3225</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>3206</v>
+        <v>3226</v>
       </c>
       <c r="H90" t="s">
-        <v>3207</v>
+        <v>3227</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B91" t="s">
-        <v>3208</v>
+        <v>3228</v>
       </c>
       <c r="C91" t="s">
         <v>13</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>3209</v>
+        <v>3229</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>3210</v>
+        <v>3230</v>
       </c>
       <c r="H91" t="s">
-        <v>3211</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B92" t="s">
-        <v>3212</v>
+        <v>3232</v>
       </c>
       <c r="C92" t="s">
         <v>13</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
         <v>65</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>3213</v>
+        <v>3233</v>
       </c>
       <c r="H92" t="s">
-        <v>3214</v>
+        <v>3234</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B93" t="s">
-        <v>3215</v>
+        <v>3235</v>
       </c>
       <c r="C93" t="s">
-        <v>3216</v>
+        <v>3236</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>3217</v>
+        <v>3237</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>3218</v>
+        <v>3238</v>
       </c>
       <c r="H93" t="s">
-        <v>3219</v>
+        <v>3239</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B94" t="s">
-        <v>2929</v>
+        <v>2949</v>
       </c>
       <c r="C94" t="s">
-        <v>3220</v>
+        <v>3240</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>3221</v>
+        <v>3241</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>3222</v>
+        <v>3242</v>
       </c>
       <c r="H94" t="s">
-        <v>3223</v>
+        <v>3243</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>2778</v>
+        <v>2798</v>
       </c>
       <c r="B95" t="s">
-        <v>3224</v>
+        <v>3244</v>
       </c>
       <c r="C95" t="s">
-        <v>3225</v>
+        <v>3245</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>3226</v>
+        <v>3246</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>3227</v>
+        <v>3247</v>
       </c>
       <c r="H95" t="s">
-        <v>3228</v>
+        <v>3248</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -21758,236 +21844,236 @@
       </c>
       <c r="E2" t="s">
         <v>302</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>303</v>
       </c>
       <c r="H2" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>299</v>
       </c>
       <c r="B3" t="s">
         <v>305</v>
       </c>
       <c r="C3" t="s">
         <v>306</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>307</v>
       </c>
       <c r="E3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>299</v>
       </c>
       <c r="B4" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C4" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="D4" t="s">
-        <v>312</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>313</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>314</v>
       </c>
       <c r="H4" t="s">
         <v>315</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>299</v>
       </c>
       <c r="B5" t="s">
         <v>316</v>
       </c>
       <c r="C5" t="s">
         <v>317</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>307</v>
       </c>
       <c r="E5" t="s">
         <v>318</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>319</v>
       </c>
       <c r="H5" t="s">
         <v>320</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>299</v>
       </c>
       <c r="B6" t="s">
         <v>321</v>
       </c>
       <c r="C6" t="s">
         <v>322</v>
       </c>
       <c r="D6" t="s">
-        <v>312</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>323</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>324</v>
       </c>
       <c r="H6" t="s">
         <v>325</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>299</v>
       </c>
       <c r="B7" t="s">
         <v>326</v>
       </c>
       <c r="C7" t="s">
         <v>327</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H7" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>299</v>
       </c>
       <c r="B8" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C8" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D8" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="E8" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H8" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>299</v>
       </c>
       <c r="B9" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C9" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D9" t="s">
-        <v>338</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H9" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>299</v>
       </c>
       <c r="B10" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C10" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>333</v>
       </c>
       <c r="E10" t="s">
-        <v>343</v>
+        <v>323</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>344</v>
       </c>
       <c r="H10" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>299</v>
       </c>
       <c r="B11" t="s">
         <v>346</v>
       </c>
       <c r="C11" t="s">
         <v>347</v>
       </c>
       <c r="D11" t="s">
         <v>348</v>
       </c>
       <c r="E11" t="s">
@@ -21995,126 +22081,126 @@
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>350</v>
       </c>
       <c r="H11" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>299</v>
       </c>
       <c r="B12" t="s">
         <v>352</v>
       </c>
       <c r="C12" t="s">
         <v>353</v>
       </c>
       <c r="D12" t="s">
         <v>354</v>
       </c>
       <c r="E12" t="s">
+        <v>354</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>355</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>356</v>
-      </c>
-[...1 lines deleted...]
-        <v>357</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>299</v>
       </c>
       <c r="B13" t="s">
+        <v>357</v>
+      </c>
+      <c r="C13" t="s">
         <v>358</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>359</v>
       </c>
-      <c r="D13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>360</v>
       </c>
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>361</v>
-      </c>
-[...7 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>299</v>
       </c>
       <c r="B14" t="s">
+        <v>362</v>
+      </c>
+      <c r="C14" t="s">
+        <v>363</v>
+      </c>
+      <c r="D14" t="s">
         <v>364</v>
       </c>
-      <c r="C14" t="s">
+      <c r="E14" t="s">
         <v>365</v>
       </c>
-      <c r="D14" t="s">
-[...2 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>366</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>299</v>
       </c>
       <c r="B15" t="s">
+        <v>368</v>
+      </c>
+      <c r="C15" t="s">
         <v>369</v>
       </c>
-      <c r="C15" t="s">
+      <c r="D15" t="s">
         <v>370</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E15" t="s">
         <v>371</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>372</v>
       </c>
       <c r="H15" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>299</v>
       </c>
       <c r="B16" t="s">
         <v>374</v>
       </c>
       <c r="C16" t="s">
         <v>375</v>
       </c>
       <c r="D16" t="s">
@@ -22379,51 +22465,51 @@
       </c>
       <c r="D26" t="s">
         <v>423</v>
       </c>
       <c r="E26" t="s">
         <v>434</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
         <v>435</v>
       </c>
       <c r="H26" t="s">
         <v>436</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H121"/>
+  <dimension ref="A1:H125"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -22549,389 +22635,389 @@
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
         <v>460</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>461</v>
       </c>
       <c r="H6" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>437</v>
       </c>
       <c r="B7" t="s">
         <v>463</v>
       </c>
       <c r="C7" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H7" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>437</v>
       </c>
       <c r="B8" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C8" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="H8" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>437</v>
       </c>
       <c r="B9" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C9" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="H9" t="s">
-        <v>475</v>
+        <v>477</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>437</v>
       </c>
       <c r="B10" t="s">
-        <v>476</v>
+        <v>478</v>
       </c>
       <c r="C10" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="H10" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>437</v>
       </c>
       <c r="B11" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="C11" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H11" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>437</v>
       </c>
       <c r="B12" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C12" t="s">
         <v>487</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="H12" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>437</v>
       </c>
       <c r="B13" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="C13" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="H13" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>437</v>
       </c>
       <c r="B14" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C14" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H14" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>437</v>
       </c>
       <c r="B15" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C15" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="H15" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>437</v>
       </c>
       <c r="B16" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C16" t="s">
-        <v>13</v>
+        <v>507</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>506</v>
+        <v>503</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="H16" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>437</v>
       </c>
       <c r="B17" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C17" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="H17" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>437</v>
       </c>
       <c r="B18" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="C18" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="H18" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>437</v>
       </c>
       <c r="B19" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C19" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H19" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>437</v>
       </c>
       <c r="B20" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C20" t="s">
-        <v>525</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
         <v>526</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>527</v>
       </c>
       <c r="H20" t="s">
         <v>528</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>437</v>
       </c>
       <c r="B21" t="s">
         <v>529</v>
       </c>
       <c r="C21" t="s">
@@ -23043,181 +23129,181 @@
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
         <v>551</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>552</v>
       </c>
       <c r="H25" t="s">
         <v>553</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>437</v>
       </c>
       <c r="B26" t="s">
         <v>554</v>
       </c>
       <c r="C26" t="s">
-        <v>13</v>
+        <v>555</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="H26" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>437</v>
       </c>
       <c r="B27" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C27" t="s">
-        <v>13</v>
+        <v>560</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>559</v>
+        <v>561</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="H27" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>437</v>
       </c>
       <c r="B28" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
       <c r="C28" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>564</v>
+        <v>566</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>565</v>
+        <v>567</v>
       </c>
       <c r="H28" t="s">
-        <v>566</v>
+        <v>568</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>437</v>
       </c>
       <c r="B29" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="C29" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="H29" t="s">
-        <v>571</v>
+        <v>573</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>437</v>
       </c>
       <c r="B30" t="s">
-        <v>572</v>
+        <v>574</v>
       </c>
       <c r="C30" t="s">
-        <v>573</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="H30" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>437</v>
       </c>
       <c r="B31" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C31" t="s">
-        <v>578</v>
+        <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
         <v>579</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>580</v>
       </c>
       <c r="H31" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>437</v>
       </c>
       <c r="B32" t="s">
         <v>582</v>
       </c>
       <c r="C32" t="s">
@@ -23491,207 +23577,207 @@
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>635</v>
       </c>
       <c r="H42" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>437</v>
       </c>
       <c r="B43" t="s">
         <v>637</v>
       </c>
       <c r="C43" t="s">
         <v>638</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="H43" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>437</v>
       </c>
       <c r="B44" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C44" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="H44" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>437</v>
       </c>
       <c r="B45" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C45" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>634</v>
+        <v>649</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="H45" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>437</v>
       </c>
       <c r="B46" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="C46" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="H46" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>437</v>
       </c>
       <c r="B47" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C47" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
-        <v>657</v>
+        <v>654</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="H47" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>437</v>
       </c>
       <c r="B48" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C48" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="H48" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>437</v>
       </c>
       <c r="B49" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="C49" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
-        <v>667</v>
+        <v>654</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>668</v>
       </c>
       <c r="H49" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>437</v>
       </c>
       <c r="B50" t="s">
         <v>670</v>
       </c>
       <c r="C50" t="s">
         <v>671</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
@@ -23725,259 +23811,259 @@
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
         <v>678</v>
       </c>
       <c r="H51" t="s">
         <v>679</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>437</v>
       </c>
       <c r="B52" t="s">
         <v>680</v>
       </c>
       <c r="C52" t="s">
         <v>681</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>589</v>
+        <v>682</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>682</v>
+        <v>683</v>
       </c>
       <c r="H52" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>437</v>
       </c>
       <c r="B53" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="C53" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="H53" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>437</v>
       </c>
       <c r="B54" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C54" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>652</v>
+        <v>692</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="H54" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>437</v>
       </c>
       <c r="B55" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="C55" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="H55" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>437</v>
       </c>
       <c r="B56" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="C56" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>589</v>
+        <v>609</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="H56" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>437</v>
       </c>
       <c r="B57" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="C57" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="H57" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>437</v>
       </c>
       <c r="B58" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="C58" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>709</v>
+        <v>672</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="H58" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>437</v>
       </c>
       <c r="B59" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C59" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="H59" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>437</v>
       </c>
       <c r="B60" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="C60" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>719</v>
+        <v>609</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
         <v>720</v>
       </c>
       <c r="H60" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>437</v>
       </c>
       <c r="B61" t="s">
         <v>722</v>
       </c>
       <c r="C61" t="s">
         <v>723</v>
       </c>
       <c r="D61" t="s">
         <v>13</v>
       </c>
       <c r="E61" t="s">
@@ -24011,441 +24097,441 @@
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>730</v>
       </c>
       <c r="H62" t="s">
         <v>731</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>437</v>
       </c>
       <c r="B63" t="s">
         <v>732</v>
       </c>
       <c r="C63" t="s">
         <v>733</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>709</v>
+        <v>734</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="H63" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>437</v>
       </c>
       <c r="B64" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="C64" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="H64" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>437</v>
       </c>
       <c r="B65" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="C65" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="D65" t="s">
         <v>13</v>
       </c>
       <c r="E65" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="F65" t="s">
         <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="H65" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>437</v>
       </c>
       <c r="B66" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C66" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="D66" t="s">
         <v>13</v>
       </c>
       <c r="E66" t="s">
-        <v>624</v>
+        <v>749</v>
       </c>
       <c r="F66" t="s">
         <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>748</v>
+        <v>750</v>
       </c>
       <c r="H66" t="s">
-        <v>749</v>
+        <v>751</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>437</v>
       </c>
       <c r="B67" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="C67" t="s">
-        <v>751</v>
+        <v>753</v>
       </c>
       <c r="D67" t="s">
         <v>13</v>
       </c>
       <c r="E67" t="s">
-        <v>752</v>
+        <v>729</v>
       </c>
       <c r="F67" t="s">
         <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="H67" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>437</v>
       </c>
       <c r="B68" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C68" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D68" t="s">
         <v>13</v>
       </c>
       <c r="E68" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="F68" t="s">
         <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="H68" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>437</v>
       </c>
       <c r="B69" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="C69" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="D69" t="s">
         <v>13</v>
       </c>
       <c r="E69" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="F69" t="s">
         <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="H69" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>437</v>
       </c>
       <c r="B70" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="C70" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="D70" t="s">
         <v>13</v>
       </c>
       <c r="E70" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="F70" t="s">
         <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="H70" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>437</v>
       </c>
       <c r="B71" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C71" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="D71" t="s">
         <v>13</v>
       </c>
       <c r="E71" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="H71" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>437</v>
       </c>
       <c r="B72" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C72" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D72" t="s">
         <v>13</v>
       </c>
       <c r="E72" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="F72" t="s">
         <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="H72" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>437</v>
       </c>
       <c r="B73" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="C73" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="D73" t="s">
         <v>13</v>
       </c>
       <c r="E73" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="F73" t="s">
         <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="H73" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>437</v>
       </c>
       <c r="B74" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C74" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D74" t="s">
         <v>13</v>
       </c>
       <c r="E74" t="s">
-        <v>564</v>
+        <v>654</v>
       </c>
       <c r="F74" t="s">
         <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="H74" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>437</v>
       </c>
       <c r="B75" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C75" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D75" t="s">
         <v>13</v>
       </c>
       <c r="E75" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="F75" t="s">
         <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="H75" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>437</v>
       </c>
       <c r="B76" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="C76" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="D76" t="s">
         <v>13</v>
       </c>
       <c r="E76" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="F76" t="s">
         <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="H76" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>437</v>
       </c>
       <c r="B77" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="C77" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="D77" t="s">
         <v>13</v>
       </c>
       <c r="E77" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="F77" t="s">
         <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>801</v>
+        <v>802</v>
       </c>
       <c r="H77" t="s">
-        <v>802</v>
+        <v>803</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>437</v>
       </c>
       <c r="B78" t="s">
-        <v>803</v>
+        <v>804</v>
       </c>
       <c r="C78" t="s">
-        <v>804</v>
+        <v>805</v>
       </c>
       <c r="D78" t="s">
         <v>13</v>
       </c>
       <c r="E78" t="s">
-        <v>805</v>
+        <v>584</v>
       </c>
       <c r="F78" t="s">
         <v>13</v>
       </c>
       <c r="G78" t="s">
         <v>806</v>
       </c>
       <c r="H78" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>437</v>
       </c>
       <c r="B79" t="s">
         <v>808</v>
       </c>
       <c r="C79" t="s">
         <v>809</v>
       </c>
       <c r="D79" t="s">
         <v>13</v>
       </c>
       <c r="E79" t="s">
@@ -24499,155 +24585,155 @@
       </c>
       <c r="D81" t="s">
         <v>13</v>
       </c>
       <c r="E81" t="s">
         <v>820</v>
       </c>
       <c r="F81" t="s">
         <v>13</v>
       </c>
       <c r="G81" t="s">
         <v>821</v>
       </c>
       <c r="H81" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>437</v>
       </c>
       <c r="B82" t="s">
         <v>823</v>
       </c>
       <c r="C82" t="s">
-        <v>13</v>
+        <v>824</v>
       </c>
       <c r="D82" t="s">
         <v>13</v>
       </c>
       <c r="E82" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="H82" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>437</v>
       </c>
       <c r="B83" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="C83" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="D83" t="s">
         <v>13</v>
       </c>
       <c r="E83" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="H83" t="s">
-        <v>831</v>
+        <v>832</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>437</v>
       </c>
       <c r="B84" t="s">
-        <v>832</v>
+        <v>833</v>
       </c>
       <c r="C84" t="s">
-        <v>833</v>
+        <v>834</v>
       </c>
       <c r="D84" t="s">
         <v>13</v>
       </c>
       <c r="E84" t="s">
-        <v>834</v>
+        <v>835</v>
       </c>
       <c r="F84" t="s">
         <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>835</v>
+        <v>836</v>
       </c>
       <c r="H84" t="s">
-        <v>836</v>
+        <v>837</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>437</v>
       </c>
       <c r="B85" t="s">
-        <v>837</v>
+        <v>838</v>
       </c>
       <c r="C85" t="s">
-        <v>838</v>
+        <v>839</v>
       </c>
       <c r="D85" t="s">
         <v>13</v>
       </c>
       <c r="E85" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
       <c r="F85" t="s">
         <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="H85" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>437</v>
       </c>
       <c r="B86" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="C86" t="s">
-        <v>843</v>
+        <v>13</v>
       </c>
       <c r="D86" t="s">
         <v>13</v>
       </c>
       <c r="E86" t="s">
         <v>844</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" t="s">
         <v>845</v>
       </c>
       <c r="H86" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>437</v>
       </c>
       <c r="B87" t="s">
         <v>847</v>
       </c>
       <c r="C87" t="s">
@@ -24661,415 +24747,415 @@
       </c>
       <c r="F87" t="s">
         <v>13</v>
       </c>
       <c r="G87" t="s">
         <v>850</v>
       </c>
       <c r="H87" t="s">
         <v>851</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>437</v>
       </c>
       <c r="B88" t="s">
         <v>852</v>
       </c>
       <c r="C88" t="s">
         <v>853</v>
       </c>
       <c r="D88" t="s">
         <v>13</v>
       </c>
       <c r="E88" t="s">
-        <v>849</v>
+        <v>854</v>
       </c>
       <c r="F88" t="s">
         <v>13</v>
       </c>
       <c r="G88" t="s">
-        <v>854</v>
+        <v>855</v>
       </c>
       <c r="H88" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>437</v>
       </c>
       <c r="B89" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C89" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="D89" t="s">
         <v>13</v>
       </c>
       <c r="E89" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="F89" t="s">
         <v>13</v>
       </c>
       <c r="G89" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="H89" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>437</v>
       </c>
       <c r="B90" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C90" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="D90" t="s">
         <v>13</v>
       </c>
       <c r="E90" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="F90" t="s">
         <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="H90" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>437</v>
       </c>
       <c r="B91" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="C91" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="D91" t="s">
         <v>13</v>
       </c>
       <c r="E91" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="F91" t="s">
         <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="H91" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>437</v>
       </c>
       <c r="B92" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C92" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="D92" t="s">
         <v>13</v>
       </c>
       <c r="E92" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
       <c r="F92" t="s">
         <v>13</v>
       </c>
       <c r="G92" t="s">
         <v>874</v>
       </c>
       <c r="H92" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>437</v>
       </c>
       <c r="B93" t="s">
         <v>876</v>
       </c>
       <c r="C93" t="s">
-        <v>862</v>
+        <v>877</v>
       </c>
       <c r="D93" t="s">
         <v>13</v>
       </c>
       <c r="E93" t="s">
-        <v>877</v>
+        <v>878</v>
       </c>
       <c r="F93" t="s">
         <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>878</v>
+        <v>879</v>
       </c>
       <c r="H93" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>437</v>
       </c>
       <c r="B94" t="s">
-        <v>880</v>
+        <v>881</v>
       </c>
       <c r="C94" t="s">
-        <v>881</v>
+        <v>882</v>
       </c>
       <c r="D94" t="s">
         <v>13</v>
       </c>
       <c r="E94" t="s">
-        <v>882</v>
+        <v>883</v>
       </c>
       <c r="F94" t="s">
         <v>13</v>
       </c>
       <c r="G94" t="s">
-        <v>883</v>
+        <v>884</v>
       </c>
       <c r="H94" t="s">
-        <v>884</v>
+        <v>885</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>437</v>
       </c>
       <c r="B95" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="C95" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="D95" t="s">
         <v>13</v>
       </c>
       <c r="E95" t="s">
-        <v>882</v>
+        <v>888</v>
       </c>
       <c r="F95" t="s">
         <v>13</v>
       </c>
       <c r="G95" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="H95" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>437</v>
       </c>
       <c r="B96" t="s">
-        <v>889</v>
+        <v>891</v>
       </c>
       <c r="C96" t="s">
-        <v>890</v>
+        <v>892</v>
       </c>
       <c r="D96" t="s">
         <v>13</v>
       </c>
       <c r="E96" t="s">
-        <v>891</v>
+        <v>893</v>
       </c>
       <c r="F96" t="s">
         <v>13</v>
       </c>
       <c r="G96" t="s">
-        <v>892</v>
+        <v>894</v>
       </c>
       <c r="H96" t="s">
-        <v>893</v>
+        <v>895</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>437</v>
       </c>
       <c r="B97" t="s">
-        <v>894</v>
+        <v>896</v>
       </c>
       <c r="C97" t="s">
-        <v>895</v>
+        <v>882</v>
       </c>
       <c r="D97" t="s">
         <v>13</v>
       </c>
       <c r="E97" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="F97" t="s">
         <v>13</v>
       </c>
       <c r="G97" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="H97" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>437</v>
       </c>
       <c r="B98" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="C98" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="D98" t="s">
         <v>13</v>
       </c>
       <c r="E98" t="s">
-        <v>896</v>
+        <v>902</v>
       </c>
       <c r="F98" t="s">
         <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>901</v>
+        <v>903</v>
       </c>
       <c r="H98" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>437</v>
       </c>
       <c r="B99" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="C99" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
       <c r="D99" t="s">
         <v>13</v>
       </c>
       <c r="E99" t="s">
-        <v>905</v>
+        <v>902</v>
       </c>
       <c r="F99" t="s">
         <v>13</v>
       </c>
       <c r="G99" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="H99" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>437</v>
       </c>
       <c r="B100" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="C100" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="D100" t="s">
         <v>13</v>
       </c>
       <c r="E100" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="F100" t="s">
         <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="H100" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>437</v>
       </c>
       <c r="B101" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C101" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="D101" t="s">
         <v>13</v>
       </c>
       <c r="E101" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="F101" t="s">
         <v>13</v>
       </c>
       <c r="G101" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="H101" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>437</v>
       </c>
       <c r="B102" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="C102" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="D102" t="s">
         <v>13</v>
       </c>
       <c r="E102" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="F102" t="s">
         <v>13</v>
       </c>
       <c r="G102" t="s">
         <v>921</v>
       </c>
       <c r="H102" t="s">
         <v>922</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>437</v>
       </c>
       <c r="B103" t="s">
         <v>923</v>
       </c>
       <c r="C103" t="s">
         <v>924</v>
       </c>
       <c r="D103" t="s">
         <v>13</v>
       </c>
       <c r="E103" t="s">
@@ -25155,155 +25241,155 @@
       </c>
       <c r="F106" t="s">
         <v>13</v>
       </c>
       <c r="G106" t="s">
         <v>941</v>
       </c>
       <c r="H106" t="s">
         <v>942</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>437</v>
       </c>
       <c r="B107" t="s">
         <v>943</v>
       </c>
       <c r="C107" t="s">
         <v>944</v>
       </c>
       <c r="D107" t="s">
         <v>13</v>
       </c>
       <c r="E107" t="s">
-        <v>940</v>
+        <v>945</v>
       </c>
       <c r="F107" t="s">
         <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="H107" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>437</v>
       </c>
       <c r="B108" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="C108" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
       <c r="D108" t="s">
         <v>13</v>
       </c>
       <c r="E108" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="F108" t="s">
         <v>13</v>
       </c>
       <c r="G108" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="H108" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>437</v>
       </c>
       <c r="B109" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="C109" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="D109" t="s">
         <v>13</v>
       </c>
       <c r="E109" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="F109" t="s">
         <v>13</v>
       </c>
       <c r="G109" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="H109" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>437</v>
       </c>
       <c r="B110" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="C110" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="D110" t="s">
         <v>13</v>
       </c>
       <c r="E110" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="F110" t="s">
         <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="H110" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>437</v>
       </c>
       <c r="B111" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="C111" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="D111" t="s">
         <v>13</v>
       </c>
       <c r="E111" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
       <c r="F111" t="s">
         <v>13</v>
       </c>
       <c r="G111" t="s">
         <v>965</v>
       </c>
       <c r="H111" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>437</v>
       </c>
       <c r="B112" t="s">
         <v>967</v>
       </c>
       <c r="C112" t="s">
         <v>968</v>
       </c>
       <c r="D112" t="s">
         <v>13</v>
       </c>
       <c r="E112" t="s">
@@ -25357,1337 +25443,1415 @@
       </c>
       <c r="D114" t="s">
         <v>13</v>
       </c>
       <c r="E114" t="s">
         <v>979</v>
       </c>
       <c r="F114" t="s">
         <v>13</v>
       </c>
       <c r="G114" t="s">
         <v>980</v>
       </c>
       <c r="H114" t="s">
         <v>981</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>437</v>
       </c>
       <c r="B115" t="s">
         <v>982</v>
       </c>
       <c r="C115" t="s">
-        <v>13</v>
+        <v>983</v>
       </c>
       <c r="D115" t="s">
         <v>13</v>
       </c>
       <c r="E115" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="F115" t="s">
         <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="H115" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>437</v>
       </c>
       <c r="B116" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="C116" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="D116" t="s">
         <v>13</v>
       </c>
       <c r="E116" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="H116" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>437</v>
       </c>
       <c r="B117" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="C117" t="s">
-        <v>13</v>
+        <v>993</v>
       </c>
       <c r="D117" t="s">
         <v>13</v>
       </c>
       <c r="E117" t="s">
-        <v>992</v>
+        <v>994</v>
       </c>
       <c r="F117" t="s">
         <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>993</v>
+        <v>995</v>
       </c>
       <c r="H117" t="s">
-        <v>994</v>
+        <v>996</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>437</v>
       </c>
       <c r="B118" t="s">
-        <v>995</v>
+        <v>997</v>
       </c>
       <c r="C118" t="s">
-        <v>996</v>
+        <v>998</v>
       </c>
       <c r="D118" t="s">
         <v>13</v>
       </c>
       <c r="E118" t="s">
-        <v>992</v>
+        <v>999</v>
       </c>
       <c r="F118" t="s">
         <v>13</v>
       </c>
       <c r="G118" t="s">
-        <v>997</v>
+        <v>1000</v>
       </c>
       <c r="H118" t="s">
-        <v>998</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>437</v>
       </c>
       <c r="B119" t="s">
-        <v>999</v>
+        <v>1002</v>
       </c>
       <c r="C119" t="s">
         <v>13</v>
       </c>
       <c r="D119" t="s">
         <v>13</v>
       </c>
       <c r="E119" t="s">
-        <v>992</v>
+        <v>1003</v>
       </c>
       <c r="F119" t="s">
         <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="H119" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>437</v>
       </c>
       <c r="B120" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="C120" t="s">
-        <v>13</v>
+        <v>1007</v>
       </c>
       <c r="D120" t="s">
         <v>13</v>
       </c>
       <c r="E120" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="F120" t="s">
         <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="H120" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>437</v>
       </c>
       <c r="B121" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
       <c r="C121" t="s">
-        <v>1007</v>
+        <v>13</v>
       </c>
       <c r="D121" t="s">
         <v>13</v>
       </c>
       <c r="E121" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="F121" t="s">
         <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="H121" t="s">
-        <v>1010</v>
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>437</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C122" t="s">
+        <v>1016</v>
+      </c>
+      <c r="D122" t="s">
+        <v>13</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F122" t="s">
+        <v>13</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>437</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1019</v>
+      </c>
+      <c r="C123" t="s">
+        <v>13</v>
+      </c>
+      <c r="D123" t="s">
+        <v>13</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1012</v>
+      </c>
+      <c r="F123" t="s">
+        <v>13</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1020</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>437</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C124" t="s">
+        <v>13</v>
+      </c>
+      <c r="D124" t="s">
+        <v>13</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F124" t="s">
+        <v>13</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1025</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>437</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1026</v>
+      </c>
+      <c r="C125" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D125" t="s">
+        <v>13</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1028</v>
+      </c>
+      <c r="F125" t="s">
+        <v>13</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1029</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1030</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B2" t="s">
-        <v>1012</v>
+        <v>1032</v>
       </c>
       <c r="C2" t="s">
-        <v>1013</v>
+        <v>1033</v>
       </c>
       <c r="D2" t="s">
-        <v>1014</v>
+        <v>1034</v>
       </c>
       <c r="E2" t="s">
-        <v>1015</v>
+        <v>1035</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1016</v>
+        <v>1036</v>
       </c>
       <c r="H2" t="s">
-        <v>1017</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B3" t="s">
-        <v>1018</v>
+        <v>1038</v>
       </c>
       <c r="C3" t="s">
-        <v>1019</v>
+        <v>1039</v>
       </c>
       <c r="D3" t="s">
-        <v>1020</v>
+        <v>1040</v>
       </c>
       <c r="E3" t="s">
-        <v>1021</v>
+        <v>1041</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1022</v>
+        <v>1042</v>
       </c>
       <c r="H3" t="s">
-        <v>1023</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B4" t="s">
-        <v>1024</v>
+        <v>1044</v>
       </c>
       <c r="C4" t="s">
-        <v>1025</v>
+        <v>1045</v>
       </c>
       <c r="D4" t="s">
-        <v>1026</v>
+        <v>1046</v>
       </c>
       <c r="E4" t="s">
-        <v>1027</v>
+        <v>1047</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1028</v>
+        <v>1048</v>
       </c>
       <c r="H4" t="s">
-        <v>1029</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B5" t="s">
-        <v>1030</v>
+        <v>1050</v>
       </c>
       <c r="C5" t="s">
-        <v>1031</v>
+        <v>1051</v>
       </c>
       <c r="D5" t="s">
-        <v>1026</v>
+        <v>1046</v>
       </c>
       <c r="E5" t="s">
-        <v>1027</v>
+        <v>1047</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1032</v>
+        <v>1052</v>
       </c>
       <c r="H5" t="s">
-        <v>1033</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B6" t="s">
-        <v>1034</v>
+        <v>1054</v>
       </c>
       <c r="C6" t="s">
-        <v>1035</v>
+        <v>1055</v>
       </c>
       <c r="D6" t="s">
-        <v>1026</v>
+        <v>1046</v>
       </c>
       <c r="E6" t="s">
-        <v>1027</v>
+        <v>1047</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1036</v>
+        <v>1056</v>
       </c>
       <c r="H6" t="s">
-        <v>1037</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B7" t="s">
-        <v>1038</v>
+        <v>1058</v>
       </c>
       <c r="C7" t="s">
-        <v>1039</v>
+        <v>1059</v>
       </c>
       <c r="D7" t="s">
-        <v>1040</v>
+        <v>1060</v>
       </c>
       <c r="E7" t="s">
-        <v>1041</v>
+        <v>1061</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1042</v>
+        <v>1062</v>
       </c>
       <c r="H7" t="s">
-        <v>1043</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B8" t="s">
-        <v>1044</v>
+        <v>1064</v>
       </c>
       <c r="C8" t="s">
-        <v>1045</v>
+        <v>1065</v>
       </c>
       <c r="D8" t="s">
-        <v>1040</v>
+        <v>1060</v>
       </c>
       <c r="E8" t="s">
-        <v>1041</v>
+        <v>1061</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1046</v>
+        <v>1066</v>
       </c>
       <c r="H8" t="s">
-        <v>1047</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B9" t="s">
-        <v>1048</v>
+        <v>1068</v>
       </c>
       <c r="C9" t="s">
-        <v>1049</v>
+        <v>1069</v>
       </c>
       <c r="D9" t="s">
-        <v>1050</v>
+        <v>1070</v>
       </c>
       <c r="E9" t="s">
-        <v>1051</v>
+        <v>1071</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1052</v>
+        <v>1072</v>
       </c>
       <c r="H9" t="s">
-        <v>1053</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B10" t="s">
-        <v>1054</v>
+        <v>1074</v>
       </c>
       <c r="C10" t="s">
-        <v>1055</v>
+        <v>1075</v>
       </c>
       <c r="D10" t="s">
-        <v>1056</v>
+        <v>1076</v>
       </c>
       <c r="E10" t="s">
-        <v>1057</v>
+        <v>1077</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1058</v>
+        <v>1078</v>
       </c>
       <c r="H10" t="s">
-        <v>1059</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B11" t="s">
-        <v>1060</v>
+        <v>1080</v>
       </c>
       <c r="C11" t="s">
-        <v>1061</v>
+        <v>1081</v>
       </c>
       <c r="D11" t="s">
-        <v>1062</v>
+        <v>1082</v>
       </c>
       <c r="E11" t="s">
-        <v>1063</v>
+        <v>1083</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1064</v>
+        <v>1084</v>
       </c>
       <c r="H11" t="s">
-        <v>1065</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B12" t="s">
-        <v>1066</v>
+        <v>1086</v>
       </c>
       <c r="C12" t="s">
-        <v>1067</v>
+        <v>1087</v>
       </c>
       <c r="D12" t="s">
-        <v>1062</v>
+        <v>1082</v>
       </c>
       <c r="E12" t="s">
-        <v>1068</v>
+        <v>1088</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1069</v>
+        <v>1089</v>
       </c>
       <c r="H12" t="s">
-        <v>1070</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B13" t="s">
-        <v>1071</v>
+        <v>1091</v>
       </c>
       <c r="C13" t="s">
-        <v>1072</v>
+        <v>1092</v>
       </c>
       <c r="D13" t="s">
-        <v>1073</v>
+        <v>1093</v>
       </c>
       <c r="E13" t="s">
-        <v>1074</v>
+        <v>1094</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1075</v>
+        <v>1095</v>
       </c>
       <c r="H13" t="s">
-        <v>1076</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B14" t="s">
-        <v>1077</v>
+        <v>1097</v>
       </c>
       <c r="C14" t="s">
-        <v>1078</v>
+        <v>1098</v>
       </c>
       <c r="D14" t="s">
-        <v>1079</v>
+        <v>1099</v>
       </c>
       <c r="E14" t="s">
-        <v>1080</v>
+        <v>1100</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1081</v>
+        <v>1101</v>
       </c>
       <c r="H14" t="s">
-        <v>1082</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B15" t="s">
-        <v>1083</v>
+        <v>1103</v>
       </c>
       <c r="C15" t="s">
-        <v>1084</v>
+        <v>1104</v>
       </c>
       <c r="D15" t="s">
-        <v>1085</v>
+        <v>1105</v>
       </c>
       <c r="E15" t="s">
-        <v>1086</v>
+        <v>1106</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1087</v>
+        <v>1107</v>
       </c>
       <c r="H15" t="s">
-        <v>1088</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B16" t="s">
-        <v>1089</v>
+        <v>1109</v>
       </c>
       <c r="C16" t="s">
-        <v>1090</v>
+        <v>1110</v>
       </c>
       <c r="D16" t="s">
-        <v>1091</v>
+        <v>1111</v>
       </c>
       <c r="E16" t="s">
-        <v>1092</v>
+        <v>1112</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1093</v>
+        <v>1113</v>
       </c>
       <c r="H16" t="s">
-        <v>1094</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B17" t="s">
-        <v>1095</v>
+        <v>1115</v>
       </c>
       <c r="C17" t="s">
-        <v>1096</v>
+        <v>1116</v>
       </c>
       <c r="D17" t="s">
-        <v>1097</v>
+        <v>1117</v>
       </c>
       <c r="E17" t="s">
-        <v>1098</v>
+        <v>1118</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1099</v>
+        <v>1119</v>
       </c>
       <c r="H17" t="s">
-        <v>1100</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B18" t="s">
-        <v>1101</v>
+        <v>1121</v>
       </c>
       <c r="C18" t="s">
-        <v>1102</v>
+        <v>1122</v>
       </c>
       <c r="D18" t="s">
-        <v>1103</v>
+        <v>1123</v>
       </c>
       <c r="E18" t="s">
-        <v>1104</v>
+        <v>1124</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1105</v>
+        <v>1125</v>
       </c>
       <c r="H18" t="s">
-        <v>1106</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B19" t="s">
-        <v>1107</v>
+        <v>1127</v>
       </c>
       <c r="C19" t="s">
-        <v>1108</v>
+        <v>1128</v>
       </c>
       <c r="D19" t="s">
-        <v>1109</v>
+        <v>1129</v>
       </c>
       <c r="E19" t="s">
-        <v>1110</v>
+        <v>1130</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1111</v>
+        <v>1131</v>
       </c>
       <c r="H19" t="s">
-        <v>1112</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1011</v>
+        <v>1031</v>
       </c>
       <c r="B20" t="s">
-        <v>1113</v>
+        <v>1133</v>
       </c>
       <c r="C20" t="s">
-        <v>1114</v>
+        <v>1134</v>
       </c>
       <c r="D20" t="s">
-        <v>1115</v>
+        <v>1135</v>
       </c>
       <c r="E20" t="s">
-        <v>1116</v>
+        <v>1136</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1117</v>
+        <v>1137</v>
       </c>
       <c r="H20" t="s">
-        <v>1118</v>
+        <v>1138</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B2" t="s">
-        <v>1120</v>
+        <v>1140</v>
       </c>
       <c r="C2" t="s">
-        <v>1121</v>
+        <v>1141</v>
       </c>
       <c r="D2" t="s">
-        <v>1122</v>
+        <v>1142</v>
       </c>
       <c r="E2" t="s">
-        <v>1123</v>
+        <v>1143</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1124</v>
+        <v>1144</v>
       </c>
       <c r="H2" t="s">
-        <v>1125</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B3" t="s">
-        <v>1126</v>
+        <v>1146</v>
       </c>
       <c r="C3" t="s">
-        <v>1127</v>
+        <v>1147</v>
       </c>
       <c r="D3" t="s">
-        <v>1103</v>
+        <v>1123</v>
       </c>
       <c r="E3" t="s">
-        <v>1128</v>
+        <v>1148</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1129</v>
+        <v>1149</v>
       </c>
       <c r="H3" t="s">
-        <v>1130</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B4" t="s">
-        <v>1131</v>
+        <v>1151</v>
       </c>
       <c r="C4" t="s">
-        <v>1132</v>
+        <v>1152</v>
       </c>
       <c r="D4" t="s">
-        <v>1133</v>
+        <v>1153</v>
       </c>
       <c r="E4" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1135</v>
+        <v>1155</v>
       </c>
       <c r="H4" t="s">
-        <v>1136</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B5" t="s">
-        <v>1137</v>
+        <v>1157</v>
       </c>
       <c r="C5" t="s">
-        <v>1138</v>
+        <v>1158</v>
       </c>
       <c r="D5" t="s">
-        <v>1139</v>
+        <v>1159</v>
       </c>
       <c r="E5" t="s">
-        <v>1134</v>
+        <v>1154</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1140</v>
+        <v>1160</v>
       </c>
       <c r="H5" t="s">
-        <v>1141</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B6" t="s">
-        <v>1142</v>
+        <v>1162</v>
       </c>
       <c r="C6" t="s">
-        <v>1143</v>
+        <v>1163</v>
       </c>
       <c r="D6" t="s">
-        <v>1144</v>
+        <v>1164</v>
       </c>
       <c r="E6" t="s">
-        <v>1145</v>
+        <v>1165</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1146</v>
+        <v>1166</v>
       </c>
       <c r="H6" t="s">
-        <v>1147</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B7" t="s">
-        <v>1148</v>
+        <v>1168</v>
       </c>
       <c r="C7" t="s">
-        <v>1149</v>
+        <v>1169</v>
       </c>
       <c r="D7" t="s">
         <v>59</v>
       </c>
       <c r="E7" t="s">
-        <v>1150</v>
+        <v>1170</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1151</v>
+        <v>1171</v>
       </c>
       <c r="H7" t="s">
-        <v>1152</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B8" t="s">
-        <v>1153</v>
+        <v>1173</v>
       </c>
       <c r="C8" t="s">
-        <v>1154</v>
+        <v>1174</v>
       </c>
       <c r="D8" t="s">
-        <v>59</v>
+        <v>1175</v>
       </c>
       <c r="E8" t="s">
-        <v>1155</v>
+        <v>1176</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1156</v>
+        <v>1177</v>
       </c>
       <c r="H8" t="s">
-        <v>1157</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B9" t="s">
-        <v>1158</v>
+        <v>1179</v>
       </c>
       <c r="C9" t="s">
-        <v>1159</v>
+        <v>1180</v>
       </c>
       <c r="D9" t="s">
-        <v>1160</v>
+        <v>270</v>
       </c>
       <c r="E9" t="s">
-        <v>1161</v>
+        <v>1181</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1162</v>
+        <v>1182</v>
       </c>
       <c r="H9" t="s">
-        <v>1163</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B10" t="s">
-        <v>1164</v>
+        <v>1184</v>
       </c>
       <c r="C10" t="s">
-        <v>1165</v>
+        <v>1185</v>
       </c>
       <c r="D10" t="s">
-        <v>270</v>
+        <v>1186</v>
       </c>
       <c r="E10" t="s">
-        <v>1166</v>
+        <v>1187</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1167</v>
+        <v>1188</v>
       </c>
       <c r="H10" t="s">
-        <v>1168</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B11" t="s">
-        <v>1169</v>
+        <v>1190</v>
       </c>
       <c r="C11" t="s">
-        <v>1170</v>
+        <v>1191</v>
       </c>
       <c r="D11" t="s">
-        <v>1171</v>
+        <v>1192</v>
       </c>
       <c r="E11" t="s">
-        <v>1172</v>
+        <v>1193</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1173</v>
+        <v>1194</v>
       </c>
       <c r="H11" t="s">
-        <v>1174</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B12" t="s">
-        <v>1175</v>
+        <v>1196</v>
       </c>
       <c r="C12" t="s">
-        <v>1176</v>
+        <v>1197</v>
       </c>
       <c r="D12" t="s">
-        <v>1177</v>
+        <v>1198</v>
       </c>
       <c r="E12" t="s">
-        <v>1178</v>
+        <v>1199</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1179</v>
+        <v>1200</v>
       </c>
       <c r="H12" t="s">
-        <v>1180</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B13" t="s">
-        <v>1181</v>
+        <v>1202</v>
       </c>
       <c r="C13" t="s">
-        <v>1182</v>
+        <v>1203</v>
       </c>
       <c r="D13" t="s">
-        <v>1183</v>
+        <v>1204</v>
       </c>
       <c r="E13" t="s">
-        <v>1184</v>
+        <v>1205</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1185</v>
+        <v>1206</v>
       </c>
       <c r="H13" t="s">
-        <v>1186</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B14" t="s">
-        <v>1187</v>
+        <v>1208</v>
       </c>
       <c r="C14" t="s">
-        <v>1188</v>
+        <v>1209</v>
       </c>
       <c r="D14" t="s">
-        <v>1189</v>
+        <v>1210</v>
       </c>
       <c r="E14" t="s">
-        <v>1190</v>
+        <v>1211</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1191</v>
+        <v>1212</v>
       </c>
       <c r="H14" t="s">
-        <v>1192</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B15" t="s">
-        <v>1193</v>
+        <v>1214</v>
       </c>
       <c r="C15" t="s">
-        <v>1194</v>
+        <v>1215</v>
       </c>
       <c r="D15" t="s">
-        <v>1195</v>
+        <v>1216</v>
       </c>
       <c r="E15" t="s">
-        <v>1196</v>
+        <v>1217</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1197</v>
+        <v>1218</v>
       </c>
       <c r="H15" t="s">
-        <v>1198</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B16" t="s">
-        <v>1199</v>
+        <v>1220</v>
       </c>
       <c r="C16" t="s">
-        <v>1200</v>
+        <v>1221</v>
       </c>
       <c r="D16" t="s">
-        <v>1201</v>
+        <v>1222</v>
       </c>
       <c r="E16" t="s">
-        <v>1202</v>
+        <v>1223</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1203</v>
+        <v>1224</v>
       </c>
       <c r="H16" t="s">
-        <v>1204</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B17" t="s">
-        <v>1205</v>
+        <v>1226</v>
       </c>
       <c r="C17" t="s">
-        <v>1206</v>
+        <v>1227</v>
       </c>
       <c r="D17" t="s">
-        <v>1207</v>
+        <v>1228</v>
       </c>
       <c r="E17" t="s">
-        <v>1208</v>
+        <v>1229</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1209</v>
+        <v>1230</v>
       </c>
       <c r="H17" t="s">
-        <v>1210</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B18" t="s">
-        <v>1211</v>
+        <v>1232</v>
       </c>
       <c r="C18" t="s">
-        <v>1212</v>
+        <v>1233</v>
       </c>
       <c r="D18" t="s">
-        <v>1213</v>
+        <v>1234</v>
       </c>
       <c r="E18" t="s">
-        <v>1214</v>
+        <v>1235</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1215</v>
+        <v>1236</v>
       </c>
       <c r="H18" t="s">
-        <v>1216</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B19" t="s">
-        <v>1217</v>
+        <v>1238</v>
       </c>
       <c r="C19" t="s">
-        <v>1218</v>
+        <v>1239</v>
       </c>
       <c r="D19" t="s">
-        <v>1219</v>
+        <v>1240</v>
       </c>
       <c r="E19" t="s">
-        <v>1220</v>
+        <v>1241</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1221</v>
+        <v>1242</v>
       </c>
       <c r="H19" t="s">
-        <v>1222</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B20" t="s">
-        <v>1223</v>
+        <v>1244</v>
       </c>
       <c r="C20" t="s">
-        <v>1224</v>
+        <v>1245</v>
       </c>
       <c r="D20" t="s">
-        <v>1225</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1226</v>
+        <v>1246</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1227</v>
+        <v>1247</v>
       </c>
       <c r="H20" t="s">
-        <v>1228</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1119</v>
+        <v>1139</v>
       </c>
       <c r="B21" t="s">
-        <v>1229</v>
+        <v>1249</v>
       </c>
       <c r="C21" t="s">
-        <v>1230</v>
+        <v>1250</v>
       </c>
       <c r="D21" t="s">
-        <v>13</v>
+        <v>1251</v>
       </c>
       <c r="E21" t="s">
-        <v>1231</v>
+        <v>1252</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1232</v>
+        <v>1253</v>
       </c>
       <c r="H21" t="s">
-        <v>1233</v>
-[...25 lines deleted...]
-        <v>1239</v>
+        <v>1254</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>