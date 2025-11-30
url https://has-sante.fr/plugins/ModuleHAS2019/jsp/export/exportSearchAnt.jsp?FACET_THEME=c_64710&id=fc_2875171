--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -36,51 +36,51 @@
     <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
     <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
     <sheet name="Export Press release" r:id="rId7" sheetId="5"/>
     <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
     <sheet name="Export Tool to improve professi" r:id="rId9" sheetId="7"/>
     <sheet name="Export Vaccine recommendation" r:id="rId10" sheetId="8"/>
     <sheet name="Export Drugs" r:id="rId11" sheetId="9"/>
     <sheet name="Export Web page" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1713" uniqueCount="1151">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1731" uniqueCount="1164">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -377,74 +377,89 @@
   <si>
     <t>c_601290</t>
   </si>
   <si>
     <t>How to judge a proposal for a screening programme</t>
   </si>
   <si>
     <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
   </si>
   <si>
     <t>05/01/2004 00:00:00</t>
   </si>
   <si>
     <t>05/03/2004 17:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
     <t>Public Health guideline</t>
   </si>
   <si>
+    <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
     <t>Assessment of the national newborn screening programme for permanent hearing loss. Screening strategy and test performance</t>
   </si>
   <si>
     <t>The French National Authority for Health (HAS) has issued a public health recommendation on the assessment of the national newborn screening programme (DNN) for permanent hearing impairment. The primary aim of this evaluation is to establish a framework for enhancing this programme.</t>
   </si>
   <si>
     <t>06/19/2025 00:00:00</t>
   </si>
   <si>
     <t>06/23/2025 15:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
   </si>
   <si>
     <t>p_3458472</t>
   </si>
   <si>
     <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
   </si>
   <si>
-    <t>-</t>
-[...1 lines deleted...]
-  <si>
     <t>03/13/2025 00:00:00</t>
   </si>
   <si>
     <t>03/24/2025 11:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
     <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
   </si>
   <si>
     <t>The French National Authority for Health (HAS) assessed the relevance of detecting other chromosomal abnormalities by circulating foetal cell-free DNA (cfDNA) testing in maternal blood, performed in the context of screening for trisomy 21 (Down syndrome). The HAS recommends screening for trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 and 22 and noncryptic segmental abnormalities by cfDNA testing. The extension of the indications for cfDNA testing to women with an increased risk of aneuploidy (other than T21) is also recommended.</t>
   </si>
   <si>
     <t>09/26/2024 00:00:00</t>
   </si>
   <si>
     <t>10/02/2024 11:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
@@ -1310,50 +1325,68 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148262/en/has-unveils-its-action-plan-for-innovative-medicines</t>
   </si>
   <si>
     <t>p_3148262</t>
   </si>
   <si>
     <t>Assessing medical devices embedding artificial intelligence</t>
   </si>
   <si>
     <t>As digital technology unfolds and CNEDiMTS assesses more and more connected medical devices, the question of access to reimbursement for those that will use artificial intelligence will arise. In order to streamline the examination of these dossiers - and thus allow patients rapid access to innovation - HAS publishes today a draft analysis grid of self-learning algorithms. This initiative will help identify this new and growing field. It is subject to public consultation until 15 January 2020 to gather suggestions from all stakeholders.</t>
   </si>
   <si>
     <t>11/20/2019 14:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3119829/en/assessing-medical-devices-embedding-artificial-intelligence</t>
   </si>
   <si>
     <t>p_3119829</t>
   </si>
   <si>
     <t>Health technology assessment</t>
   </si>
   <si>
+    <t>Value of multiplex nucleic acid amplification tests (NAATs) in the medical management of lower respiratory tract infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this assessment was to determine the value of using multiplex nucleic acid amplification tests (NAATs) in the management of lower respiratory tract infections in the routine care context. The aim was to define the clinical utility of this procedure, the clinical indications, the infectious agent panels to be screened for, and the role of this procedure in the care pathway for patients with lower respiratory tract infections.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/23/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573729/en/value-of-multiplex-nucleic-acid-amplification-tests-naats-in-the-medical-management-of-lower-respiratory-tract-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3573729</t>
+  </si>
+  <si>
     <t>Screening for dihydropyrimidine dehydrogenase deficiency to decrease the risk of severe toxicities related to fluoropyrimidines (5-fluorouracil or capecitabine) - INAHTA Brief</t>
   </si>
   <si>
     <t>Each year in France, almost 80,000 new patients receive fluoropyrimidines, a group of anticancer drugs including 5-Fluorouracil [5-FU] and its prodrug capecitabine (Xeloda®), used to treat various types of cancer (mainly digestive, breast and head and neck cancer). Fluoropyrimidines-based chemotherapies , can cause severe toxicities (incidence at around 20%), and rarely but sometimes lethal toxicity (incidence between 0.1 and 1%). Part of these toxicities may be related to deficiency in the activity of the main enzyme enabling elimination of 5-FU, called dihydropyrimidine dehydrogenase (DPD). This deficiency can be partial (around 3 to 8% of individuals) or complete (between 0.01 and 0.5% of individuals). Therefore, the summary of product characteristics of fluoropyrimidines includes a contraindication to treatment in patients with complete DPD loss, and the recommendation for dose adjustment and careful monitoring in partially deficient patients. Beginning 2018, the French agency in charge of medicinal product safety ruled in favour of routine screening for DPD deficiency before treatment with fluoropyrimidine. In the absence of a previously established consensus as to the methods of implementation of the screening (detection of variants of the DPYD gene coding for DPD and/or determination of the activity of the DPD enzyme), the Institut National du Cancer (INCa) [French National Cancer Institute] was approached by the Ministry of Health to draw up recommendations for the said methods. Also, in order to enable reimbursement of the test selected to screen for DPD deficiency for all patients by the French health insurance system, regardless of the laboratory carrying out the test (public or private), its registration on the list of reimbursable medical biology procedures is necessary. This registration decision has to be made by the national health insurance fund, but a prior opinion from the Haute Autorité de Santé (HAS) [French National Authority for Health] is required. For this reason, the HAS decided to refer the matter to itself and to work jointly with the INCa to be able to return an opinion without delay</t>
   </si>
   <si>
     <t>09/21/2023 00:00:00</t>
   </si>
   <si>
     <t>09/29/2023 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2891090/en/screening-for-dihydropyrimidine-dehydrogenase-deficiency-to-decrease-the-risk-of-severe-toxicities-related-to-fluoropyrimidines-5-fluorouracil-or-capecitabine-inahta-brief</t>
   </si>
   <si>
     <t>c_2891090</t>
   </si>
   <si>
     <t>CNEDiMTS assessment of the MRI compatibility of implantable medical devices</t>
   </si>
   <si>
     <t>Between 2008 and 2018, the number of MRI units in public and private non-profit institutions practically doubled. In 2018, the number of procedures was estimated at 600,000 for hospitalised patients and 2.1 million for outpatients. Despite a growing number of MRI examination requests, this imaging technique exposes patients with certain types of implants to functional and even vital risks. Considering the diversity of MRI compatibility conditions of medical devices and the diversity of MRI compatibility information provided in manufacturer dossiers, along with technological developments in MRI and organisational constraints, the Medical Device and Health Technology Evaluation Committee (CNEDiMTS) decided to lay down principles for the assessment of the MRI compatibility of IMDs in its evaluations. This document also aims to characterise the information to be provided to the CNEDiMTS in the medico-technical dossiers submitted by manufacturers within the framework of a reimbursement request, so that the MRI compatibility information provided is standardised. The applicant will thus know in advance what data to provide to enable the CNEDiMTS to consider the MRI compatibility of implantable medical devices. Lastly, concerning MRI compatibility within defined conditions, this guide aims to clarify how the examinations should be prescribed and performed so that they are conducted under the best secured conditions.</t>
   </si>
   <si>
     <t>10/19/2021 00:00:00</t>
@@ -2066,50 +2099,143 @@
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
     <t>06/13/2024 10:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>IMBRUVICA</t>
+  </si>
+  <si>
+    <t>11/24/2025 14:24:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983527/en/imbruvica</t>
+  </si>
+  <si>
+    <t>pprd_2983527</t>
+  </si>
+  <si>
+    <t>ibrutinib</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2049868/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746213/en/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2742289/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770187/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794717/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165709/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168596/en/imbruvica-llc-en-association-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168611/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181104/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240237/en/imbruvica-leucemie-lymphoide-chronique-llc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332332/en/imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427083/en/imbruvica-ibrutinib-chronic-lymphocytic-leukaemia-cll</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741331/en/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>ADEMPAS</t>
+  </si>
+  <si>
+    <t>11/21/2025 09:08:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984706/en/adempas</t>
+  </si>
+  <si>
+    <t>pprd_2984706</t>
+  </si>
+  <si>
+    <t>riociguat</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1761611/en/adempas-riociguat-antihypertensive-for-pulmonary-arterial-hypertension</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210936/en/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222368/en/adempas-riociguat</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500927/en/adempas-riociguat-pah-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3526093/en/adempas-riociguat-hypertension-arterielle-pulmonaire-htap-et-hypertension-pulmonaire-thromboembolique-chronique-htp-tec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741668/en/adempas-riociguat-hypertension-arterielle-pulmonaire-htap</t>
+  </si>
+  <si>
     <t>TIVICAY (dolutégravir), inhibiteur de l’intégrase</t>
   </si>
   <si>
     <t>09/18/2025 08:44:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983497/en/tivicay-dolutegravir-inhibiteur-de-l-integrase</t>
   </si>
   <si>
     <t>pprd_2983497</t>
   </si>
   <si>
     <t>dolutégravir</t>
   </si>
   <si>
     <t>VIIV HEALTHCARE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1748396/en/tivicay</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2801228/en/tivicay-dolutegravir-integrase-inhibitor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280958/en/tivicay-dolutegravir-sodique-vih-pediatrique</t>
@@ -2132,51 +2258,51 @@
   <si>
     <t>pprd_2983518</t>
   </si>
   <si>
     <t>vaccin papillomavirus humain 9-valent, recombinant, adsorbé</t>
   </si>
   <si>
     <t>MSD VACCINS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_523363/en/gardasil</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1232860/en/gardasil</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1525559/en/gardasil</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2796800/en/gardasil-9-9-valent-human-papillomavirus-vaccine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3160954/en/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634549/en/gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe-vaccin-hpv</t>
+    <t>https://www.has-sante.fr/jcms/p_3634549/en/gardasil-9-human-papillomavirus-9-valent-vaccine-recombinant-adsorbed-vaccine-against-hpv</t>
   </si>
   <si>
     <t>FLUENZ - FLUENZ TETRA</t>
   </si>
   <si>
     <t>04/07/2025 09:10:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984533/en/fluenz-fluenz-tetra</t>
   </si>
   <si>
     <t>pprd_2984533</t>
   </si>
   <si>
     <t>virus grippal réassorti, vivant atténué</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1284808/en/fluenz</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2035692/en/fluenz-tetra-tetravalent-vaccine-against-seasonal-influenza-in-children</t>
   </si>
@@ -2285,83 +2411,50 @@
   <si>
     <t>07/10/2024 11:22:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983397/en/spinraza</t>
   </si>
   <si>
     <t>pprd_2983397</t>
   </si>
   <si>
     <t>nusinersen</t>
   </si>
   <si>
     <t>BIOGEN FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2826600/en/spinraza-nusinersen-antisense-oligonucleotide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3199401/en/spinraza</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3529321/en/spinraza-nusinersen-spinal-muscular-atrophy</t>
   </si>
   <si>
-    <t>ADEMPAS</t>
-[...31 lines deleted...]
-  <si>
     <t>PRALUENT</t>
   </si>
   <si>
     <t>06/18/2024 09:12:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983646/en/praluent</t>
   </si>
   <si>
     <t>pprd_2983646</t>
   </si>
   <si>
     <t>alirocumab</t>
   </si>
   <si>
     <t>SANOFI WINTHROP INDUSTRIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2757882/en/praluent-alirocumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2629896/en/praluent-alirocumab-lipid-lowering-agent-anti-pcsk9</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3081881/en/praluent-alirocumab</t>
@@ -2676,104 +2769,50 @@
     <t>pprd_2983549</t>
   </si>
   <si>
     <t>vénétoclax</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2788624/en/venclyxto-venetoclax-bcl-2-inhibitor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3106158/en/venclyxto-venetoclax</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3106167/en/venclyxto-venetoclax</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3284614/en/venclyxto-venetoclax-leucemie-aigue-myeloide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3351236/en/venclyxto-venetoclax-leucemie-lymphoide-chronique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3367900/en/venclyxto-venetoclax-llc-en-association-avec-l-obinutuzumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3448141/en/venclyxto-venetoclax-leucemie-lymphoide-chronique</t>
-  </si>
-[...52 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3427083/en/imbruvica-ibrutinib-chronic-lymphocytic-leukaemia-cll</t>
   </si>
   <si>
     <t>XTANDI</t>
   </si>
   <si>
     <t>03/20/2023 08:30:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983149/en/xtandi</t>
   </si>
   <si>
     <t>pprd_2983149</t>
   </si>
   <si>
     <t>enzalutamide</t>
   </si>
   <si>
     <t>ASTELLAS PHARMA SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1710113/en/xtandi-enzalutamide-inhibiteur-de-la-voie-de-signalisation-des-recepteurs</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2022075/en/xtandi-enzalutamide-androgen-receptor-signalling-pathway-inhibitor</t>
   </si>
@@ -4055,161 +4094,161 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1130</v>
+        <v>1143</v>
       </c>
       <c r="B2" t="s">
-        <v>1131</v>
+        <v>1144</v>
       </c>
       <c r="C2" t="s">
-        <v>1132</v>
+        <v>1145</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1133</v>
+        <v>1146</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1134</v>
+        <v>1147</v>
       </c>
       <c r="H2" t="s">
-        <v>1135</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1130</v>
+        <v>1143</v>
       </c>
       <c r="B3" t="s">
-        <v>1136</v>
+        <v>1149</v>
       </c>
       <c r="C3" t="s">
-        <v>1137</v>
+        <v>1150</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1138</v>
+        <v>1151</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1139</v>
+        <v>1152</v>
       </c>
       <c r="H3" t="s">
-        <v>1140</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1130</v>
+        <v>1143</v>
       </c>
       <c r="B4" t="s">
-        <v>1141</v>
+        <v>1154</v>
       </c>
       <c r="C4" t="s">
-        <v>1142</v>
+        <v>1155</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1143</v>
+        <v>1156</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1144</v>
+        <v>1157</v>
       </c>
       <c r="H4" t="s">
-        <v>1145</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1130</v>
+        <v>1143</v>
       </c>
       <c r="B5" t="s">
-        <v>1146</v>
+        <v>1159</v>
       </c>
       <c r="C5" t="s">
-        <v>1147</v>
+        <v>1160</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1148</v>
+        <v>1161</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1149</v>
+        <v>1162</v>
       </c>
       <c r="H5" t="s">
-        <v>1150</v>
+        <v>1163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H17"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -4257,4950 +4296,5008 @@
       </c>
       <c r="D3" t="s">
         <v>121</v>
       </c>
       <c r="E3" t="s">
         <v>122</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>123</v>
       </c>
       <c r="H3" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>112</v>
       </c>
       <c r="B4" t="s">
         <v>125</v>
       </c>
       <c r="C4" t="s">
+        <v>114</v>
+      </c>
+      <c r="D4" t="s">
         <v>126</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>127</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>128</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>112</v>
       </c>
       <c r="B5" t="s">
+        <v>130</v>
+      </c>
+      <c r="C5" t="s">
         <v>131</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>132</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>133</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>134</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>135</v>
-      </c>
-[...1 lines deleted...]
-        <v>136</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>112</v>
       </c>
       <c r="B6" t="s">
+        <v>136</v>
+      </c>
+      <c r="C6" t="s">
         <v>137</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>72</v>
       </c>
       <c r="E6" t="s">
         <v>139</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>140</v>
       </c>
       <c r="H6" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>112</v>
       </c>
       <c r="B7" t="s">
         <v>142</v>
       </c>
       <c r="C7" t="s">
         <v>143</v>
       </c>
       <c r="D7" t="s">
+        <v>72</v>
+      </c>
+      <c r="E7" t="s">
         <v>144</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>145</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>112</v>
       </c>
       <c r="B8" t="s">
+        <v>147</v>
+      </c>
+      <c r="C8" t="s">
         <v>148</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>149</v>
       </c>
-      <c r="D8" t="s">
+      <c r="E8" t="s">
         <v>150</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>151</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>112</v>
       </c>
       <c r="B9" t="s">
+        <v>153</v>
+      </c>
+      <c r="C9" t="s">
         <v>154</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>155</v>
       </c>
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>156</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>157</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>112</v>
       </c>
       <c r="B10" t="s">
+        <v>159</v>
+      </c>
+      <c r="C10" t="s">
         <v>160</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>161</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>162</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>163</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>112</v>
       </c>
       <c r="B11" t="s">
+        <v>165</v>
+      </c>
+      <c r="C11" t="s">
         <v>166</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D11" t="s">
         <v>167</v>
       </c>
       <c r="E11" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H11" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>112</v>
       </c>
       <c r="B12" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C12" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="D12" t="s">
         <v>172</v>
       </c>
       <c r="E12" t="s">
+        <v>168</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>173</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>175</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>112</v>
       </c>
       <c r="B13" t="s">
+        <v>175</v>
+      </c>
+      <c r="C13" t="s">
         <v>176</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>177</v>
       </c>
-      <c r="D13" t="s">
+      <c r="E13" t="s">
         <v>178</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>179</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>112</v>
       </c>
       <c r="B14" t="s">
+        <v>181</v>
+      </c>
+      <c r="C14" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
       <c r="D14" t="s">
         <v>183</v>
       </c>
       <c r="E14" t="s">
         <v>184</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>185</v>
       </c>
       <c r="H14" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>112</v>
       </c>
       <c r="B15" t="s">
         <v>187</v>
       </c>
       <c r="C15" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="D15" t="s">
         <v>188</v>
       </c>
       <c r="E15" t="s">
         <v>189</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>190</v>
       </c>
       <c r="H15" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>112</v>
       </c>
       <c r="B16" t="s">
         <v>192</v>
       </c>
       <c r="C16" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="D16" t="s">
         <v>193</v>
       </c>
       <c r="E16" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H16" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>112</v>
       </c>
       <c r="B17" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="C17" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="D17" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="E17" t="s">
         <v>198</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>199</v>
       </c>
       <c r="H17" t="s">
         <v>200</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>112</v>
+      </c>
+      <c r="B18" t="s">
+        <v>201</v>
+      </c>
+      <c r="C18" t="s">
+        <v>166</v>
+      </c>
+      <c r="D18" t="s">
+        <v>202</v>
+      </c>
+      <c r="E18" t="s">
+        <v>203</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>204</v>
+      </c>
+      <c r="H18" t="s">
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B2" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C2" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="D2" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E2" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="H2" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B3" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C3" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="D3" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="E3" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="H3" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B4" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="C4" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="D4" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="E4" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="H4" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B5" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="C5" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="D5" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="E5" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="H5" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B6" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="C6" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="D6" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="E6" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="H6" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B7" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="C7" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="D7" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="E7" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="H7" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B8" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="C8" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="D8" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="E8" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="H8" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B9" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C9" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="D9" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="E9" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="H9" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B10" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="C10" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="D10" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="E10" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="H10" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B11" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C11" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="D11" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="E11" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="H11" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B12" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="H12" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B13" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="C13" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="D13" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="E13" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="H13" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B14" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C14" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="D14" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="E14" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="H14" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B15" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="C15" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="D15" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="E15" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="H15" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B16" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="C16" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="D16" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="E16" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="H16" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B17" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C17" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="D17" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="E17" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="H17" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B18" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="C18" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="D18" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="E18" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="H18" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B19" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="C19" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="D19" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="E19" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="H19" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B20" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="C20" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="D20" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="E20" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="H20" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B21" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
       <c r="C21" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="D21" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="E21" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="H21" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B22" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="C22" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
       <c r="D22" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="E22" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="H22" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B23" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="C23" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="D23" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="E23" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="H23" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B24" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="C24" t="s">
+        <v>336</v>
+      </c>
+      <c r="D24" t="s">
         <v>331</v>
       </c>
-      <c r="D24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E24" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="H24" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B25" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="C25" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="D25" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="E25" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="H25" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B26" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="C26" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="D26" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="E26" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="H26" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B27" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="C27" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="D27" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="E27" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="H27" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B2" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="C2" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="D2" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="E2" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="H2" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B3" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="C3" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="D3" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="E3" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="H3" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B4" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="C4" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="D4" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="E4" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="H4" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B5" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="C5" t="s">
+        <v>378</v>
+      </c>
+      <c r="D5" t="s">
         <v>373</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E5" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="H5" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B6" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="C6" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="D6" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="E6" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="H6" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B7" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="C7" t="s">
+        <v>388</v>
+      </c>
+      <c r="D7" t="s">
         <v>383</v>
       </c>
-      <c r="D7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="H7" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="B8" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="C8" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="D8" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="E8" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="H8" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B2" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="C2" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="H2" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B3" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="C3" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>61</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="H3" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B4" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="C4" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="H4" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B5" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
       <c r="C5" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="H5" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B6" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="C6" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="H6" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="B7" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="C7" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="H7" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H25"/>
+  <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B2" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C2" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="D2" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="E2" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="H2" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B3" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C3" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="D3" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="E3" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="H3" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B4" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="C4" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="D4" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="E4" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="H4" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B5" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="C5" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="D5" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="E5" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="H5" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B6" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="C6" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="D6" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="E6" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="H6" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B7" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="C7" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="D7" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="E7" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="H7" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B8" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="C8" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="D8" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="E8" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="H8" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B9" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="C9" t="s">
-        <v>461</v>
+        <v>472</v>
       </c>
       <c r="D9" t="s">
-        <v>466</v>
+        <v>473</v>
       </c>
       <c r="E9" t="s">
-        <v>467</v>
+        <v>474</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>468</v>
+        <v>475</v>
       </c>
       <c r="H9" t="s">
-        <v>469</v>
+        <v>476</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B10" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C10" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D10" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="E10" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="H10" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B11" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="C11" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="D11" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="E11" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="H11" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B12" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="C12" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="D12" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="E12" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="H12" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B13" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="C13" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="D13" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="E13" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="H13" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B14" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="C14" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="D14" t="s">
-        <v>490</v>
+        <v>501</v>
       </c>
       <c r="E14" t="s">
-        <v>491</v>
+        <v>502</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>496</v>
+        <v>503</v>
       </c>
       <c r="H14" t="s">
-        <v>497</v>
+        <v>504</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B15" t="s">
-        <v>498</v>
+        <v>505</v>
       </c>
       <c r="C15" t="s">
-        <v>499</v>
+        <v>506</v>
       </c>
       <c r="D15" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="E15" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>502</v>
+        <v>507</v>
       </c>
       <c r="H15" t="s">
-        <v>503</v>
+        <v>508</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B16" t="s">
-        <v>504</v>
+        <v>509</v>
       </c>
       <c r="C16" t="s">
-        <v>505</v>
+        <v>510</v>
       </c>
       <c r="D16" t="s">
-        <v>506</v>
+        <v>511</v>
       </c>
       <c r="E16" t="s">
-        <v>507</v>
+        <v>512</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>508</v>
+        <v>513</v>
       </c>
       <c r="H16" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B17" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="C17" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="D17" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="E17" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="H17" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B18" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="C18" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="D18" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="E18" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="H18" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B19" t="s">
-        <v>522</v>
+        <v>527</v>
       </c>
       <c r="C19" t="s">
-        <v>523</v>
+        <v>528</v>
       </c>
       <c r="D19" t="s">
-        <v>524</v>
+        <v>529</v>
       </c>
       <c r="E19" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="H19" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B20" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="C20" t="s">
-        <v>120</v>
+        <v>534</v>
       </c>
       <c r="D20" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
       <c r="E20" t="s">
-        <v>530</v>
+        <v>536</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>531</v>
+        <v>537</v>
       </c>
       <c r="H20" t="s">
-        <v>532</v>
+        <v>538</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B21" t="s">
-        <v>533</v>
+        <v>539</v>
       </c>
       <c r="C21" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="D21" t="s">
-        <v>534</v>
+        <v>540</v>
       </c>
       <c r="E21" t="s">
-        <v>535</v>
+        <v>541</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>536</v>
+        <v>542</v>
       </c>
       <c r="H21" t="s">
-        <v>537</v>
+        <v>543</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B22" t="s">
-        <v>538</v>
+        <v>544</v>
       </c>
       <c r="C22" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="D22" t="s">
-        <v>539</v>
+        <v>545</v>
       </c>
       <c r="E22" t="s">
-        <v>540</v>
+        <v>546</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="H22" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B23" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="C23" t="s">
-        <v>544</v>
+        <v>114</v>
       </c>
       <c r="D23" t="s">
-        <v>545</v>
+        <v>550</v>
       </c>
       <c r="E23" t="s">
-        <v>546</v>
+        <v>551</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>547</v>
+        <v>552</v>
       </c>
       <c r="H23" t="s">
-        <v>548</v>
+        <v>553</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B24" t="s">
-        <v>549</v>
+        <v>554</v>
       </c>
       <c r="C24" t="s">
-        <v>550</v>
+        <v>555</v>
       </c>
       <c r="D24" t="s">
-        <v>551</v>
+        <v>556</v>
       </c>
       <c r="E24" t="s">
-        <v>552</v>
+        <v>557</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="H24" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="B25" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="C25" t="s">
-        <v>161</v>
+        <v>561</v>
       </c>
       <c r="D25" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="E25" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="H25" t="s">
-        <v>559</v>
+        <v>565</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>428</v>
+      </c>
+      <c r="B26" t="s">
+        <v>566</v>
+      </c>
+      <c r="C26" t="s">
+        <v>166</v>
+      </c>
+      <c r="D26" t="s">
+        <v>567</v>
+      </c>
+      <c r="E26" t="s">
+        <v>568</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>569</v>
+      </c>
+      <c r="H26" t="s">
+        <v>570</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B2" t="s">
-        <v>561</v>
+        <v>572</v>
       </c>
       <c r="C2" t="s">
-        <v>562</v>
+        <v>573</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>563</v>
+        <v>574</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>564</v>
+        <v>575</v>
       </c>
       <c r="H2" t="s">
-        <v>565</v>
+        <v>576</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B3" t="s">
-        <v>566</v>
+        <v>577</v>
       </c>
       <c r="C3" t="s">
-        <v>567</v>
+        <v>578</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>568</v>
+        <v>579</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>569</v>
+        <v>580</v>
       </c>
       <c r="H3" t="s">
-        <v>570</v>
+        <v>581</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B4" t="s">
-        <v>571</v>
+        <v>582</v>
       </c>
       <c r="C4" t="s">
-        <v>572</v>
+        <v>583</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>573</v>
+        <v>584</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>574</v>
+        <v>585</v>
       </c>
       <c r="H4" t="s">
-        <v>575</v>
+        <v>586</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B5" t="s">
-        <v>576</v>
+        <v>587</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>577</v>
+        <v>588</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>578</v>
+        <v>589</v>
       </c>
       <c r="H5" t="s">
-        <v>579</v>
+        <v>590</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B6" t="s">
-        <v>580</v>
+        <v>591</v>
       </c>
       <c r="C6" t="s">
-        <v>581</v>
+        <v>592</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>582</v>
+        <v>593</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>583</v>
+        <v>594</v>
       </c>
       <c r="H6" t="s">
-        <v>584</v>
+        <v>595</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B7" t="s">
-        <v>585</v>
+        <v>596</v>
       </c>
       <c r="C7" t="s">
-        <v>586</v>
+        <v>597</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>587</v>
+        <v>598</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>588</v>
+        <v>599</v>
       </c>
       <c r="H7" t="s">
-        <v>589</v>
+        <v>600</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B8" t="s">
-        <v>590</v>
+        <v>601</v>
       </c>
       <c r="C8" t="s">
-        <v>591</v>
+        <v>602</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>592</v>
+        <v>603</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>593</v>
+        <v>604</v>
       </c>
       <c r="H8" t="s">
-        <v>594</v>
+        <v>605</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B9" t="s">
-        <v>595</v>
+        <v>606</v>
       </c>
       <c r="C9" t="s">
-        <v>596</v>
+        <v>607</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>597</v>
+        <v>608</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>598</v>
+        <v>609</v>
       </c>
       <c r="H9" t="s">
-        <v>599</v>
+        <v>610</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B10" t="s">
-        <v>600</v>
+        <v>611</v>
       </c>
       <c r="C10" t="s">
-        <v>601</v>
+        <v>612</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>602</v>
+        <v>613</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>603</v>
+        <v>614</v>
       </c>
       <c r="H10" t="s">
-        <v>604</v>
+        <v>615</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B11" t="s">
-        <v>605</v>
+        <v>616</v>
       </c>
       <c r="C11" t="s">
-        <v>606</v>
+        <v>617</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>607</v>
+        <v>618</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>608</v>
+        <v>619</v>
       </c>
       <c r="H11" t="s">
-        <v>609</v>
+        <v>620</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B12" t="s">
-        <v>610</v>
+        <v>621</v>
       </c>
       <c r="C12" t="s">
-        <v>611</v>
+        <v>622</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>612</v>
+        <v>623</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>613</v>
+        <v>624</v>
       </c>
       <c r="H12" t="s">
-        <v>614</v>
+        <v>625</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B13" t="s">
-        <v>615</v>
+        <v>626</v>
       </c>
       <c r="C13" t="s">
-        <v>616</v>
+        <v>627</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>617</v>
+        <v>628</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>618</v>
+        <v>629</v>
       </c>
       <c r="H13" t="s">
-        <v>619</v>
+        <v>630</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B14" t="s">
-        <v>620</v>
+        <v>631</v>
       </c>
       <c r="C14" t="s">
-        <v>621</v>
+        <v>632</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>622</v>
+        <v>633</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>623</v>
+        <v>634</v>
       </c>
       <c r="H14" t="s">
-        <v>624</v>
+        <v>635</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B15" t="s">
-        <v>625</v>
+        <v>636</v>
       </c>
       <c r="C15" t="s">
-        <v>626</v>
+        <v>637</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>627</v>
+        <v>638</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>628</v>
+        <v>639</v>
       </c>
       <c r="H15" t="s">
-        <v>629</v>
+        <v>640</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B16" t="s">
-        <v>630</v>
+        <v>641</v>
       </c>
       <c r="C16" t="s">
-        <v>631</v>
+        <v>642</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>632</v>
+        <v>643</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>633</v>
+        <v>644</v>
       </c>
       <c r="H16" t="s">
-        <v>634</v>
+        <v>645</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B17" t="s">
-        <v>635</v>
+        <v>646</v>
       </c>
       <c r="C17" t="s">
-        <v>636</v>
+        <v>647</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>637</v>
+        <v>648</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>638</v>
+        <v>649</v>
       </c>
       <c r="H17" t="s">
-        <v>639</v>
+        <v>650</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B18" t="s">
-        <v>640</v>
+        <v>651</v>
       </c>
       <c r="C18" t="s">
-        <v>641</v>
+        <v>652</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>642</v>
+        <v>653</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>643</v>
+        <v>654</v>
       </c>
       <c r="H18" t="s">
-        <v>644</v>
+        <v>655</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B19" t="s">
-        <v>645</v>
+        <v>656</v>
       </c>
       <c r="C19" t="s">
-        <v>646</v>
+        <v>657</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>647</v>
+        <v>658</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>648</v>
+        <v>659</v>
       </c>
       <c r="H19" t="s">
-        <v>649</v>
+        <v>660</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B20" t="s">
-        <v>650</v>
+        <v>661</v>
       </c>
       <c r="C20" t="s">
-        <v>651</v>
+        <v>662</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>647</v>
+        <v>658</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>652</v>
+        <v>663</v>
       </c>
       <c r="H20" t="s">
-        <v>653</v>
+        <v>664</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>560</v>
+        <v>571</v>
       </c>
       <c r="B21" t="s">
-        <v>654</v>
+        <v>665</v>
       </c>
       <c r="C21" t="s">
-        <v>655</v>
+        <v>666</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>656</v>
+        <v>667</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>657</v>
+        <v>668</v>
       </c>
       <c r="H21" t="s">
-        <v>658</v>
+        <v>669</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="B2" t="s">
-        <v>660</v>
+        <v>671</v>
       </c>
       <c r="C2" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="D2" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="E2" t="s">
-        <v>663</v>
+        <v>674</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>664</v>
+        <v>675</v>
       </c>
       <c r="H2" t="s">
-        <v>665</v>
+        <v>676</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>659</v>
+        <v>670</v>
       </c>
       <c r="B3" t="s">
-        <v>666</v>
+        <v>677</v>
       </c>
       <c r="C3" t="s">
-        <v>667</v>
+        <v>678</v>
       </c>
       <c r="D3" t="s">
-        <v>668</v>
+        <v>679</v>
       </c>
       <c r="E3" t="s">
-        <v>669</v>
+        <v>680</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>670</v>
+        <v>681</v>
       </c>
       <c r="H3" t="s">
-        <v>671</v>
+        <v>682</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AA46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>672</v>
+        <v>683</v>
       </c>
       <c r="J1" t="s">
-        <v>673</v>
+        <v>684</v>
       </c>
       <c r="K1" t="s">
-        <v>674</v>
+        <v>685</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B2" t="s">
-        <v>676</v>
+        <v>687</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>677</v>
+        <v>688</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>678</v>
+        <v>689</v>
       </c>
       <c r="H2" t="s">
-        <v>679</v>
+        <v>690</v>
       </c>
       <c r="I2" t="s">
-        <v>680</v>
+        <v>691</v>
       </c>
       <c r="J2" t="s">
-        <v>681</v>
+        <v>692</v>
       </c>
       <c r="K2" t="s">
-        <v>682</v>
+        <v>693</v>
       </c>
       <c r="L2" t="s">
-        <v>683</v>
+        <v>694</v>
       </c>
       <c r="M2" t="s">
-        <v>684</v>
+        <v>695</v>
       </c>
       <c r="N2" t="s">
-        <v>685</v>
+        <v>696</v>
       </c>
       <c r="O2" t="s">
-        <v>686</v>
+        <v>697</v>
+      </c>
+      <c r="P2" t="s">
+        <v>698</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>699</v>
+      </c>
+      <c r="R2" t="s">
+        <v>700</v>
+      </c>
+      <c r="S2" t="s">
+        <v>701</v>
+      </c>
+      <c r="T2" t="s">
+        <v>702</v>
+      </c>
+      <c r="U2" t="s">
+        <v>703</v>
+      </c>
+      <c r="V2" t="s">
+        <v>704</v>
+      </c>
+      <c r="W2" t="s">
+        <v>705</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B3" t="s">
-        <v>687</v>
+        <v>706</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>688</v>
+        <v>707</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>689</v>
+        <v>708</v>
       </c>
       <c r="H3" t="s">
-        <v>690</v>
+        <v>709</v>
       </c>
       <c r="I3" t="s">
-        <v>691</v>
+        <v>710</v>
       </c>
       <c r="J3" t="s">
-        <v>692</v>
+        <v>711</v>
       </c>
       <c r="K3" t="s">
-        <v>693</v>
+        <v>712</v>
       </c>
       <c r="L3" t="s">
-        <v>694</v>
+        <v>713</v>
       </c>
       <c r="M3" t="s">
-        <v>695</v>
+        <v>714</v>
       </c>
       <c r="N3" t="s">
-        <v>696</v>
+        <v>715</v>
       </c>
       <c r="O3" t="s">
-        <v>697</v>
+        <v>716</v>
       </c>
       <c r="P3" t="s">
-        <v>698</v>
+        <v>717</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B4" t="s">
-        <v>699</v>
+        <v>718</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>700</v>
+        <v>719</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>701</v>
+        <v>720</v>
       </c>
       <c r="H4" t="s">
-        <v>702</v>
+        <v>721</v>
       </c>
       <c r="I4" t="s">
-        <v>703</v>
+        <v>722</v>
       </c>
       <c r="J4" t="s">
-        <v>704</v>
+        <v>723</v>
       </c>
       <c r="K4" t="s">
-        <v>705</v>
+        <v>724</v>
       </c>
       <c r="L4" t="s">
-        <v>706</v>
+        <v>725</v>
       </c>
       <c r="M4" t="s">
-        <v>707</v>
+        <v>726</v>
       </c>
       <c r="N4" t="s">
-        <v>708</v>
+        <v>727</v>
       </c>
       <c r="O4" t="s">
-        <v>709</v>
+        <v>728</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B5" t="s">
-        <v>710</v>
+        <v>729</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>711</v>
+        <v>730</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>712</v>
+        <v>731</v>
       </c>
       <c r="H5" t="s">
-        <v>713</v>
+        <v>732</v>
       </c>
       <c r="I5" t="s">
-        <v>714</v>
+        <v>733</v>
       </c>
       <c r="J5" t="s">
-        <v>715</v>
+        <v>734</v>
       </c>
       <c r="K5" t="s">
-        <v>716</v>
+        <v>735</v>
       </c>
       <c r="L5" t="s">
-        <v>717</v>
+        <v>736</v>
       </c>
       <c r="M5" t="s">
-        <v>718</v>
+        <v>737</v>
       </c>
       <c r="N5" t="s">
-        <v>719</v>
+        <v>738</v>
       </c>
       <c r="O5" t="s">
-        <v>720</v>
+        <v>739</v>
       </c>
       <c r="P5" t="s">
-        <v>721</v>
-[...5 lines deleted...]
-        <v>723</v>
+        <v>740</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B6" t="s">
-        <v>724</v>
+        <v>741</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>725</v>
+        <v>742</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>726</v>
+        <v>743</v>
       </c>
       <c r="H6" t="s">
-        <v>727</v>
+        <v>744</v>
       </c>
       <c r="I6" t="s">
-        <v>728</v>
+        <v>745</v>
       </c>
       <c r="J6" t="s">
-        <v>729</v>
+        <v>746</v>
       </c>
       <c r="K6" t="s">
-        <v>730</v>
+        <v>747</v>
       </c>
       <c r="L6" t="s">
-        <v>731</v>
+        <v>748</v>
       </c>
       <c r="M6" t="s">
-        <v>732</v>
+        <v>749</v>
       </c>
       <c r="N6" t="s">
-        <v>733</v>
+        <v>750</v>
       </c>
       <c r="O6" t="s">
-        <v>734</v>
-[...14 lines deleted...]
-        <v>739</v>
+        <v>751</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B7" t="s">
-        <v>740</v>
+        <v>752</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>741</v>
+        <v>753</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>742</v>
+        <v>754</v>
       </c>
       <c r="H7" t="s">
-        <v>743</v>
+        <v>755</v>
       </c>
       <c r="I7" t="s">
-        <v>744</v>
+        <v>756</v>
       </c>
       <c r="J7" t="s">
-        <v>745</v>
+        <v>757</v>
       </c>
       <c r="K7" t="s">
-        <v>746</v>
+        <v>758</v>
       </c>
       <c r="L7" t="s">
-        <v>747</v>
+        <v>759</v>
       </c>
       <c r="M7" t="s">
-        <v>748</v>
+        <v>760</v>
+      </c>
+      <c r="N7" t="s">
+        <v>761</v>
+      </c>
+      <c r="O7" t="s">
+        <v>762</v>
+      </c>
+      <c r="P7" t="s">
+        <v>763</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>764</v>
+      </c>
+      <c r="R7" t="s">
+        <v>765</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B8" t="s">
-        <v>749</v>
+        <v>766</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>750</v>
+        <v>767</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>751</v>
+        <v>768</v>
       </c>
       <c r="H8" t="s">
-        <v>752</v>
+        <v>769</v>
       </c>
       <c r="I8" t="s">
-        <v>753</v>
+        <v>770</v>
       </c>
       <c r="J8" t="s">
-        <v>754</v>
+        <v>771</v>
       </c>
       <c r="K8" t="s">
-        <v>755</v>
+        <v>772</v>
       </c>
       <c r="L8" t="s">
-        <v>756</v>
+        <v>773</v>
       </c>
       <c r="M8" t="s">
-        <v>757</v>
+        <v>774</v>
       </c>
       <c r="N8" t="s">
-        <v>758</v>
+        <v>775</v>
       </c>
       <c r="O8" t="s">
-        <v>759</v>
+        <v>776</v>
+      </c>
+      <c r="P8" t="s">
+        <v>777</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>778</v>
+      </c>
+      <c r="R8" t="s">
+        <v>779</v>
+      </c>
+      <c r="S8" t="s">
+        <v>780</v>
+      </c>
+      <c r="T8" t="s">
+        <v>781</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B9" t="s">
-        <v>760</v>
+        <v>782</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>761</v>
+        <v>783</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>762</v>
+        <v>784</v>
       </c>
       <c r="H9" t="s">
-        <v>763</v>
+        <v>785</v>
       </c>
       <c r="I9" t="s">
-        <v>764</v>
+        <v>786</v>
       </c>
       <c r="J9" t="s">
-        <v>765</v>
+        <v>787</v>
       </c>
       <c r="K9" t="s">
-        <v>766</v>
+        <v>788</v>
       </c>
       <c r="L9" t="s">
-        <v>767</v>
+        <v>789</v>
       </c>
       <c r="M9" t="s">
-        <v>768</v>
-[...11 lines deleted...]
-        <v>771</v>
+        <v>790</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B10" t="s">
-        <v>772</v>
+        <v>791</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>773</v>
+        <v>792</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>774</v>
+        <v>793</v>
       </c>
       <c r="H10" t="s">
-        <v>775</v>
+        <v>794</v>
       </c>
       <c r="I10" t="s">
-        <v>776</v>
+        <v>795</v>
       </c>
       <c r="J10" t="s">
-        <v>777</v>
+        <v>796</v>
       </c>
       <c r="K10" t="s">
-        <v>778</v>
+        <v>797</v>
       </c>
       <c r="L10" t="s">
-        <v>779</v>
+        <v>798</v>
       </c>
       <c r="M10" t="s">
-        <v>780</v>
+        <v>799</v>
       </c>
       <c r="N10" t="s">
-        <v>781</v>
+        <v>800</v>
       </c>
       <c r="O10" t="s">
-        <v>782</v>
+        <v>801</v>
       </c>
       <c r="P10" t="s">
-        <v>783</v>
+        <v>801</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>802</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B11" t="s">
-        <v>784</v>
+        <v>803</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>785</v>
+        <v>804</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>786</v>
+        <v>805</v>
       </c>
       <c r="H11" t="s">
-        <v>787</v>
+        <v>806</v>
       </c>
       <c r="I11" t="s">
-        <v>788</v>
+        <v>807</v>
       </c>
       <c r="J11" t="s">
-        <v>789</v>
+        <v>808</v>
       </c>
       <c r="K11" t="s">
-        <v>790</v>
+        <v>809</v>
       </c>
       <c r="L11" t="s">
-        <v>791</v>
+        <v>810</v>
       </c>
       <c r="M11" t="s">
-        <v>792</v>
+        <v>811</v>
       </c>
       <c r="N11" t="s">
-        <v>793</v>
+        <v>812</v>
       </c>
       <c r="O11" t="s">
-        <v>794</v>
+        <v>813</v>
+      </c>
+      <c r="P11" t="s">
+        <v>814</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B12" t="s">
-        <v>795</v>
+        <v>815</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>796</v>
+        <v>816</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>797</v>
+        <v>817</v>
       </c>
       <c r="H12" t="s">
-        <v>798</v>
+        <v>818</v>
       </c>
       <c r="I12" t="s">
-        <v>799</v>
+        <v>819</v>
       </c>
       <c r="J12" t="s">
-        <v>800</v>
+        <v>820</v>
       </c>
       <c r="K12" t="s">
-        <v>801</v>
+        <v>821</v>
       </c>
       <c r="L12" t="s">
-        <v>802</v>
+        <v>822</v>
       </c>
       <c r="M12" t="s">
-        <v>803</v>
+        <v>823</v>
       </c>
       <c r="N12" t="s">
-        <v>804</v>
+        <v>824</v>
+      </c>
+      <c r="O12" t="s">
+        <v>825</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B13" t="s">
-        <v>805</v>
+        <v>826</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>806</v>
+        <v>827</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>807</v>
+        <v>828</v>
       </c>
       <c r="H13" t="s">
-        <v>808</v>
+        <v>829</v>
       </c>
       <c r="I13" t="s">
-        <v>809</v>
+        <v>830</v>
       </c>
       <c r="J13" t="s">
-        <v>810</v>
+        <v>831</v>
       </c>
       <c r="K13" t="s">
-        <v>811</v>
+        <v>832</v>
       </c>
       <c r="L13" t="s">
-        <v>812</v>
+        <v>833</v>
       </c>
       <c r="M13" t="s">
-        <v>813</v>
+        <v>834</v>
       </c>
       <c r="N13" t="s">
-        <v>814</v>
-[...5 lines deleted...]
-        <v>816</v>
+        <v>835</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B14" t="s">
-        <v>817</v>
+        <v>836</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>818</v>
+        <v>837</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>819</v>
+        <v>838</v>
       </c>
       <c r="H14" t="s">
-        <v>820</v>
+        <v>839</v>
       </c>
       <c r="I14" t="s">
-        <v>821</v>
+        <v>840</v>
       </c>
       <c r="J14" t="s">
-        <v>822</v>
+        <v>841</v>
       </c>
       <c r="K14" t="s">
-        <v>823</v>
+        <v>842</v>
       </c>
       <c r="L14" t="s">
-        <v>824</v>
+        <v>843</v>
       </c>
       <c r="M14" t="s">
-        <v>825</v>
+        <v>844</v>
       </c>
       <c r="N14" t="s">
-        <v>826</v>
+        <v>845</v>
       </c>
       <c r="O14" t="s">
-        <v>827</v>
+        <v>846</v>
       </c>
       <c r="P14" t="s">
-        <v>828</v>
-[...11 lines deleted...]
-        <v>832</v>
+        <v>847</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B15" t="s">
-        <v>833</v>
+        <v>848</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>834</v>
+        <v>849</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="H15" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="I15" t="s">
-        <v>837</v>
+        <v>852</v>
       </c>
       <c r="J15" t="s">
-        <v>729</v>
+        <v>853</v>
       </c>
       <c r="K15" t="s">
-        <v>838</v>
+        <v>854</v>
       </c>
       <c r="L15" t="s">
-        <v>839</v>
+        <v>855</v>
       </c>
       <c r="M15" t="s">
-        <v>840</v>
+        <v>856</v>
+      </c>
+      <c r="N15" t="s">
+        <v>857</v>
+      </c>
+      <c r="O15" t="s">
+        <v>858</v>
+      </c>
+      <c r="P15" t="s">
+        <v>859</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>860</v>
+      </c>
+      <c r="R15" t="s">
+        <v>861</v>
+      </c>
+      <c r="S15" t="s">
+        <v>862</v>
+      </c>
+      <c r="T15" t="s">
+        <v>863</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B16" t="s">
-        <v>841</v>
+        <v>864</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>842</v>
+        <v>865</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>843</v>
+        <v>866</v>
       </c>
       <c r="H16" t="s">
-        <v>844</v>
+        <v>867</v>
       </c>
       <c r="I16" t="s">
-        <v>845</v>
+        <v>868</v>
       </c>
       <c r="J16" t="s">
-        <v>846</v>
+        <v>771</v>
       </c>
       <c r="K16" t="s">
-        <v>847</v>
+        <v>869</v>
       </c>
       <c r="L16" t="s">
-        <v>848</v>
+        <v>870</v>
       </c>
       <c r="M16" t="s">
-        <v>849</v>
+        <v>871</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B17" t="s">
-        <v>850</v>
+        <v>872</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>851</v>
+        <v>873</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>852</v>
+        <v>874</v>
       </c>
       <c r="H17" t="s">
-        <v>853</v>
+        <v>875</v>
       </c>
       <c r="I17" t="s">
-        <v>854</v>
+        <v>876</v>
       </c>
       <c r="J17" t="s">
-        <v>855</v>
+        <v>877</v>
       </c>
       <c r="K17" t="s">
-        <v>856</v>
+        <v>878</v>
       </c>
       <c r="L17" t="s">
-        <v>857</v>
+        <v>879</v>
       </c>
       <c r="M17" t="s">
-        <v>858</v>
-[...2 lines deleted...]
-        <v>859</v>
+        <v>880</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B18" t="s">
-        <v>860</v>
+        <v>881</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>861</v>
+        <v>882</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>862</v>
+        <v>883</v>
       </c>
       <c r="H18" t="s">
-        <v>863</v>
+        <v>884</v>
       </c>
       <c r="I18" t="s">
-        <v>864</v>
+        <v>885</v>
       </c>
       <c r="J18" t="s">
-        <v>865</v>
+        <v>886</v>
       </c>
       <c r="K18" t="s">
-        <v>866</v>
+        <v>887</v>
       </c>
       <c r="L18" t="s">
-        <v>867</v>
+        <v>888</v>
+      </c>
+      <c r="M18" t="s">
+        <v>889</v>
+      </c>
+      <c r="N18" t="s">
+        <v>890</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B19" t="s">
-        <v>868</v>
+        <v>891</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>869</v>
+        <v>892</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>870</v>
+        <v>893</v>
       </c>
       <c r="H19" t="s">
-        <v>871</v>
+        <v>894</v>
       </c>
       <c r="I19" t="s">
-        <v>872</v>
+        <v>895</v>
       </c>
       <c r="J19" t="s">
-        <v>822</v>
+        <v>896</v>
       </c>
       <c r="K19" t="s">
-        <v>873</v>
+        <v>897</v>
       </c>
       <c r="L19" t="s">
-        <v>874</v>
-[...14 lines deleted...]
-        <v>879</v>
+        <v>898</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B20" t="s">
-        <v>880</v>
+        <v>899</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>881</v>
+        <v>900</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>882</v>
+        <v>901</v>
       </c>
       <c r="H20" t="s">
-        <v>883</v>
+        <v>902</v>
       </c>
       <c r="I20" t="s">
-        <v>884</v>
+        <v>903</v>
       </c>
       <c r="J20" t="s">
-        <v>885</v>
+        <v>853</v>
       </c>
       <c r="K20" t="s">
-        <v>886</v>
+        <v>904</v>
       </c>
       <c r="L20" t="s">
-        <v>887</v>
+        <v>905</v>
       </c>
       <c r="M20" t="s">
-        <v>888</v>
+        <v>906</v>
       </c>
       <c r="N20" t="s">
-        <v>889</v>
+        <v>907</v>
       </c>
       <c r="O20" t="s">
-        <v>890</v>
+        <v>908</v>
       </c>
       <c r="P20" t="s">
-        <v>891</v>
+        <v>909</v>
       </c>
       <c r="Q20" t="s">
-        <v>892</v>
-[...14 lines deleted...]
-        <v>897</v>
+        <v>910</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B21" t="s">
-        <v>898</v>
+        <v>911</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>899</v>
+        <v>912</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>900</v>
+        <v>913</v>
       </c>
       <c r="H21" t="s">
-        <v>901</v>
+        <v>914</v>
       </c>
       <c r="I21" t="s">
-        <v>902</v>
+        <v>915</v>
       </c>
       <c r="J21" t="s">
-        <v>903</v>
+        <v>916</v>
       </c>
       <c r="K21" t="s">
-        <v>904</v>
+        <v>917</v>
       </c>
       <c r="L21" t="s">
-        <v>905</v>
+        <v>918</v>
       </c>
       <c r="M21" t="s">
-        <v>906</v>
+        <v>919</v>
       </c>
       <c r="N21" t="s">
-        <v>907</v>
+        <v>920</v>
       </c>
       <c r="O21" t="s">
-        <v>908</v>
+        <v>921</v>
       </c>
       <c r="P21" t="s">
-        <v>909</v>
+        <v>922</v>
       </c>
       <c r="Q21" t="s">
-        <v>910</v>
+        <v>923</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B22" t="s">
-        <v>911</v>
+        <v>924</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>912</v>
+        <v>925</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>913</v>
+        <v>926</v>
       </c>
       <c r="H22" t="s">
-        <v>914</v>
+        <v>927</v>
       </c>
       <c r="I22" t="s">
-        <v>915</v>
+        <v>928</v>
       </c>
       <c r="J22" t="s">
-        <v>916</v>
+        <v>929</v>
       </c>
       <c r="K22" t="s">
-        <v>917</v>
+        <v>930</v>
       </c>
       <c r="L22" t="s">
-        <v>918</v>
+        <v>931</v>
       </c>
       <c r="M22" t="s">
-        <v>919</v>
+        <v>932</v>
       </c>
       <c r="N22" t="s">
-        <v>920</v>
+        <v>933</v>
       </c>
       <c r="O22" t="s">
-        <v>921</v>
+        <v>934</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B23" t="s">
-        <v>922</v>
+        <v>935</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>923</v>
+        <v>936</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>924</v>
+        <v>937</v>
       </c>
       <c r="H23" t="s">
-        <v>925</v>
+        <v>938</v>
       </c>
       <c r="I23" t="s">
-        <v>926</v>
+        <v>939</v>
       </c>
       <c r="J23" t="s">
-        <v>729</v>
+        <v>771</v>
       </c>
       <c r="K23" t="s">
-        <v>927</v>
+        <v>940</v>
       </c>
       <c r="L23" t="s">
-        <v>928</v>
+        <v>941</v>
       </c>
       <c r="M23" t="s">
-        <v>929</v>
+        <v>942</v>
       </c>
       <c r="N23" t="s">
-        <v>930</v>
+        <v>943</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B24" t="s">
-        <v>931</v>
+        <v>944</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>932</v>
+        <v>945</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>933</v>
+        <v>946</v>
       </c>
       <c r="H24" t="s">
-        <v>934</v>
+        <v>947</v>
       </c>
       <c r="I24" t="s">
-        <v>935</v>
+        <v>948</v>
       </c>
       <c r="J24" t="s">
-        <v>936</v>
+        <v>949</v>
       </c>
       <c r="K24" t="s">
-        <v>937</v>
+        <v>950</v>
       </c>
       <c r="L24" t="s">
-        <v>938</v>
+        <v>951</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B25" t="s">
-        <v>939</v>
+        <v>952</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>932</v>
+        <v>945</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>940</v>
+        <v>953</v>
       </c>
       <c r="H25" t="s">
-        <v>941</v>
+        <v>954</v>
       </c>
       <c r="I25" t="s">
-        <v>935</v>
+        <v>948</v>
       </c>
       <c r="J25" t="s">
-        <v>942</v>
+        <v>955</v>
       </c>
       <c r="K25" t="s">
-        <v>943</v>
+        <v>956</v>
       </c>
       <c r="L25" t="s">
-        <v>944</v>
+        <v>957</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B26" t="s">
-        <v>945</v>
+        <v>958</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>946</v>
+        <v>959</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>947</v>
+        <v>960</v>
       </c>
       <c r="H26" t="s">
-        <v>948</v>
+        <v>961</v>
       </c>
       <c r="I26" t="s">
-        <v>949</v>
+        <v>962</v>
       </c>
       <c r="J26" t="s">
-        <v>950</v>
+        <v>963</v>
       </c>
       <c r="K26" t="s">
-        <v>951</v>
+        <v>964</v>
       </c>
       <c r="L26" t="s">
-        <v>952</v>
+        <v>965</v>
       </c>
       <c r="M26" t="s">
-        <v>953</v>
+        <v>966</v>
       </c>
       <c r="N26" t="s">
-        <v>954</v>
+        <v>967</v>
       </c>
       <c r="O26" t="s">
-        <v>955</v>
+        <v>968</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B27" t="s">
-        <v>956</v>
+        <v>969</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>957</v>
+        <v>970</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>958</v>
+        <v>971</v>
       </c>
       <c r="H27" t="s">
-        <v>959</v>
+        <v>972</v>
       </c>
       <c r="I27" t="s">
-        <v>960</v>
+        <v>973</v>
       </c>
       <c r="J27" t="s">
-        <v>950</v>
+        <v>963</v>
       </c>
       <c r="K27" t="s">
-        <v>961</v>
+        <v>974</v>
       </c>
       <c r="L27" t="s">
-        <v>962</v>
+        <v>975</v>
       </c>
       <c r="M27" t="s">
-        <v>963</v>
+        <v>976</v>
       </c>
       <c r="N27" t="s">
-        <v>964</v>
+        <v>977</v>
       </c>
       <c r="O27" t="s">
-        <v>965</v>
+        <v>978</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B28" t="s">
-        <v>966</v>
+        <v>979</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>967</v>
+        <v>980</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>968</v>
+        <v>981</v>
       </c>
       <c r="H28" t="s">
-        <v>969</v>
+        <v>982</v>
       </c>
       <c r="I28" t="s">
-        <v>970</v>
+        <v>983</v>
       </c>
       <c r="J28" t="s">
-        <v>971</v>
+        <v>984</v>
       </c>
       <c r="K28" t="s">
-        <v>972</v>
+        <v>985</v>
       </c>
       <c r="L28" t="s">
-        <v>973</v>
+        <v>986</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B29" t="s">
-        <v>974</v>
+        <v>987</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>975</v>
+        <v>988</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>976</v>
+        <v>989</v>
       </c>
       <c r="H29" t="s">
-        <v>977</v>
+        <v>990</v>
       </c>
       <c r="I29" t="s">
-        <v>978</v>
+        <v>991</v>
       </c>
       <c r="J29" t="s">
-        <v>745</v>
+        <v>787</v>
       </c>
       <c r="K29" t="s">
-        <v>979</v>
+        <v>992</v>
       </c>
       <c r="L29" t="s">
-        <v>980</v>
+        <v>993</v>
       </c>
       <c r="M29" t="s">
-        <v>981</v>
+        <v>994</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B30" t="s">
-        <v>982</v>
+        <v>995</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>983</v>
+        <v>996</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>984</v>
+        <v>997</v>
       </c>
       <c r="H30" t="s">
-        <v>985</v>
+        <v>998</v>
       </c>
       <c r="I30" t="s">
-        <v>986</v>
+        <v>999</v>
       </c>
       <c r="J30" t="s">
-        <v>777</v>
+        <v>808</v>
       </c>
       <c r="K30" t="s">
-        <v>987</v>
+        <v>1000</v>
       </c>
       <c r="L30" t="s">
-        <v>988</v>
+        <v>1001</v>
       </c>
       <c r="M30" t="s">
-        <v>989</v>
+        <v>1002</v>
       </c>
       <c r="N30" t="s">
-        <v>990</v>
+        <v>1003</v>
       </c>
       <c r="O30" t="s">
-        <v>991</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B31" t="s">
-        <v>992</v>
+        <v>1005</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>993</v>
+        <v>1006</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>994</v>
+        <v>1007</v>
       </c>
       <c r="H31" t="s">
-        <v>995</v>
+        <v>1008</v>
       </c>
       <c r="I31" t="s">
-        <v>996</v>
+        <v>1009</v>
       </c>
       <c r="J31" t="s">
-        <v>800</v>
+        <v>831</v>
       </c>
       <c r="K31" t="s">
-        <v>997</v>
+        <v>1010</v>
       </c>
       <c r="L31" t="s">
-        <v>998</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B32" t="s">
-        <v>999</v>
+        <v>1012</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1000</v>
+        <v>1013</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1001</v>
+        <v>1014</v>
       </c>
       <c r="H32" t="s">
-        <v>1002</v>
+        <v>1015</v>
       </c>
       <c r="I32" t="s">
-        <v>1003</v>
+        <v>1016</v>
       </c>
       <c r="J32" t="s">
-        <v>715</v>
+        <v>757</v>
       </c>
       <c r="K32" t="s">
-        <v>1004</v>
+        <v>1017</v>
       </c>
       <c r="L32" t="s">
-        <v>1005</v>
+        <v>1018</v>
       </c>
       <c r="M32" t="s">
-        <v>1006</v>
+        <v>1019</v>
       </c>
       <c r="N32" t="s">
-        <v>1006</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B33" t="s">
-        <v>1007</v>
+        <v>1020</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1008</v>
+        <v>1021</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1009</v>
+        <v>1022</v>
       </c>
       <c r="H33" t="s">
-        <v>1010</v>
+        <v>1023</v>
       </c>
       <c r="I33" t="s">
-        <v>1011</v>
+        <v>1024</v>
       </c>
       <c r="J33" t="s">
-        <v>1012</v>
+        <v>1025</v>
       </c>
       <c r="K33" t="s">
-        <v>1013</v>
+        <v>1026</v>
       </c>
       <c r="L33" t="s">
-        <v>1014</v>
+        <v>1027</v>
       </c>
       <c r="M33" t="s">
-        <v>1015</v>
+        <v>1028</v>
       </c>
       <c r="N33" t="s">
-        <v>1016</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B34" t="s">
-        <v>1017</v>
+        <v>1030</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1018</v>
+        <v>1031</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1019</v>
+        <v>1032</v>
       </c>
       <c r="H34" t="s">
-        <v>1020</v>
+        <v>1033</v>
       </c>
       <c r="I34" t="s">
-        <v>1021</v>
+        <v>1034</v>
       </c>
       <c r="J34" t="s">
-        <v>1022</v>
+        <v>1035</v>
       </c>
       <c r="K34" t="s">
-        <v>1023</v>
+        <v>1036</v>
       </c>
       <c r="L34" t="s">
-        <v>1024</v>
+        <v>1037</v>
       </c>
       <c r="M34" t="s">
-        <v>1025</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B35" t="s">
-        <v>1026</v>
+        <v>1039</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1027</v>
+        <v>1040</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1028</v>
+        <v>1041</v>
       </c>
       <c r="H35" t="s">
-        <v>1029</v>
+        <v>1042</v>
       </c>
       <c r="I35" t="s">
-        <v>1030</v>
+        <v>1043</v>
       </c>
       <c r="J35" t="s">
-        <v>950</v>
+        <v>963</v>
       </c>
       <c r="K35" t="s">
-        <v>1031</v>
+        <v>1044</v>
       </c>
       <c r="L35" t="s">
-        <v>1032</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B36" t="s">
-        <v>1033</v>
+        <v>1046</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1034</v>
+        <v>1047</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1035</v>
+        <v>1048</v>
       </c>
       <c r="H36" t="s">
-        <v>1036</v>
+        <v>1049</v>
       </c>
       <c r="I36" t="s">
-        <v>1037</v>
+        <v>1050</v>
       </c>
       <c r="J36" t="s">
-        <v>800</v>
+        <v>831</v>
       </c>
       <c r="K36" t="s">
-        <v>1038</v>
+        <v>1051</v>
       </c>
       <c r="L36" t="s">
-        <v>1039</v>
+        <v>1052</v>
       </c>
       <c r="M36" t="s">
-        <v>1040</v>
+        <v>1053</v>
       </c>
       <c r="N36" t="s">
-        <v>1041</v>
+        <v>1054</v>
       </c>
       <c r="O36" t="s">
-        <v>1042</v>
+        <v>1055</v>
       </c>
       <c r="P36" t="s">
-        <v>1043</v>
+        <v>1056</v>
       </c>
       <c r="Q36" t="s">
-        <v>1044</v>
+        <v>1057</v>
       </c>
       <c r="R36" t="s">
-        <v>1045</v>
+        <v>1058</v>
       </c>
       <c r="S36" t="s">
-        <v>1046</v>
+        <v>1059</v>
       </c>
       <c r="T36" t="s">
-        <v>1047</v>
+        <v>1060</v>
       </c>
       <c r="U36" t="s">
-        <v>1048</v>
+        <v>1061</v>
       </c>
       <c r="V36" t="s">
-        <v>1049</v>
+        <v>1062</v>
       </c>
       <c r="W36" t="s">
-        <v>1050</v>
+        <v>1063</v>
       </c>
       <c r="X36" t="s">
-        <v>1051</v>
+        <v>1064</v>
       </c>
       <c r="Y36" t="s">
-        <v>1052</v>
+        <v>1065</v>
       </c>
       <c r="Z36" t="s">
-        <v>1053</v>
+        <v>1066</v>
       </c>
       <c r="AA36" t="s">
-        <v>1054</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B37" t="s">
-        <v>1055</v>
+        <v>1068</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1056</v>
+        <v>1069</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1057</v>
+        <v>1070</v>
       </c>
       <c r="H37" t="s">
-        <v>1058</v>
+        <v>1071</v>
       </c>
       <c r="I37" t="s">
-        <v>1059</v>
+        <v>1072</v>
       </c>
       <c r="J37" t="s">
-        <v>822</v>
+        <v>853</v>
       </c>
       <c r="K37" t="s">
-        <v>1060</v>
+        <v>1073</v>
       </c>
       <c r="L37" t="s">
-        <v>1061</v>
+        <v>1074</v>
       </c>
       <c r="M37" t="s">
-        <v>1062</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B38" t="s">
-        <v>1063</v>
+        <v>1076</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1064</v>
+        <v>1077</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1065</v>
+        <v>1078</v>
       </c>
       <c r="H38" t="s">
-        <v>1066</v>
+        <v>1079</v>
       </c>
       <c r="I38" t="s">
-        <v>1067</v>
+        <v>1080</v>
       </c>
       <c r="J38" t="s">
-        <v>950</v>
+        <v>963</v>
       </c>
       <c r="K38" t="s">
-        <v>1068</v>
+        <v>1081</v>
       </c>
       <c r="L38" t="s">
-        <v>1069</v>
+        <v>1082</v>
       </c>
       <c r="M38" t="s">
-        <v>1070</v>
+        <v>1083</v>
       </c>
       <c r="N38" t="s">
-        <v>1071</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B39" t="s">
-        <v>1072</v>
+        <v>1085</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1073</v>
+        <v>1086</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1074</v>
+        <v>1087</v>
       </c>
       <c r="H39" t="s">
-        <v>1075</v>
+        <v>1088</v>
       </c>
       <c r="I39" t="s">
-        <v>1076</v>
+        <v>1089</v>
       </c>
       <c r="J39" t="s">
-        <v>777</v>
+        <v>808</v>
       </c>
       <c r="K39" t="s">
-        <v>1077</v>
+        <v>1090</v>
       </c>
       <c r="L39" t="s">
-        <v>1078</v>
+        <v>1091</v>
       </c>
       <c r="M39" t="s">
-        <v>1079</v>
+        <v>1092</v>
       </c>
       <c r="N39" t="s">
-        <v>1080</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B40" t="s">
-        <v>1081</v>
+        <v>1094</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1082</v>
+        <v>1095</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1083</v>
+        <v>1096</v>
       </c>
       <c r="H40" t="s">
-        <v>1084</v>
+        <v>1097</v>
       </c>
       <c r="I40" t="s">
-        <v>1085</v>
+        <v>1098</v>
       </c>
       <c r="J40" t="s">
-        <v>1086</v>
+        <v>1099</v>
       </c>
       <c r="K40" t="s">
-        <v>1087</v>
+        <v>1100</v>
       </c>
       <c r="L40" t="s">
-        <v>1088</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B41" t="s">
-        <v>1089</v>
+        <v>1102</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1090</v>
+        <v>1103</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1091</v>
+        <v>1104</v>
       </c>
       <c r="H41" t="s">
-        <v>1092</v>
+        <v>1105</v>
       </c>
       <c r="I41" t="s">
-        <v>1093</v>
+        <v>1106</v>
       </c>
       <c r="J41" t="s">
-        <v>800</v>
+        <v>831</v>
       </c>
       <c r="K41" t="s">
-        <v>1094</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B42" t="s">
-        <v>1095</v>
+        <v>1108</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1096</v>
+        <v>1109</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1097</v>
+        <v>1110</v>
       </c>
       <c r="H42" t="s">
-        <v>1098</v>
+        <v>1111</v>
       </c>
       <c r="I42" t="s">
-        <v>1099</v>
+        <v>1112</v>
       </c>
       <c r="J42" t="s">
-        <v>1100</v>
+        <v>1113</v>
       </c>
       <c r="K42" t="s">
-        <v>1101</v>
+        <v>1114</v>
       </c>
       <c r="L42" t="s">
-        <v>1102</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B43" t="s">
-        <v>1103</v>
+        <v>1116</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1104</v>
+        <v>1117</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1105</v>
+        <v>1118</v>
       </c>
       <c r="H43" t="s">
-        <v>1106</v>
+        <v>1119</v>
       </c>
       <c r="I43" t="s">
-        <v>1107</v>
+        <v>1120</v>
       </c>
       <c r="J43" t="s">
-        <v>754</v>
+        <v>711</v>
       </c>
       <c r="K43" t="s">
-        <v>1108</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B44" t="s">
-        <v>1109</v>
+        <v>1122</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1110</v>
+        <v>1123</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1111</v>
+        <v>1124</v>
       </c>
       <c r="H44" t="s">
-        <v>1112</v>
+        <v>1125</v>
       </c>
       <c r="I44" t="s">
-        <v>1113</v>
+        <v>1126</v>
       </c>
       <c r="J44" t="s">
-        <v>885</v>
+        <v>692</v>
       </c>
       <c r="K44" t="s">
-        <v>1114</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B45" t="s">
-        <v>1115</v>
+        <v>1128</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1116</v>
+        <v>1129</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1117</v>
+        <v>1130</v>
       </c>
       <c r="H45" t="s">
-        <v>1118</v>
+        <v>1131</v>
       </c>
       <c r="I45" t="s">
-        <v>1119</v>
+        <v>1132</v>
       </c>
       <c r="J45" t="s">
-        <v>1120</v>
+        <v>1133</v>
       </c>
       <c r="K45" t="s">
-        <v>1121</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>675</v>
+        <v>686</v>
       </c>
       <c r="B46" t="s">
-        <v>1122</v>
+        <v>1135</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1123</v>
+        <v>1136</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1124</v>
+        <v>1137</v>
       </c>
       <c r="H46" t="s">
-        <v>1125</v>
+        <v>1138</v>
       </c>
       <c r="I46" t="s">
-        <v>1126</v>
+        <v>1139</v>
       </c>
       <c r="J46" t="s">
-        <v>1127</v>
+        <v>1140</v>
       </c>
       <c r="K46" t="s">
-        <v>1128</v>
+        <v>1141</v>
       </c>
       <c r="L46" t="s">
-        <v>1129</v>
+        <v>1142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>