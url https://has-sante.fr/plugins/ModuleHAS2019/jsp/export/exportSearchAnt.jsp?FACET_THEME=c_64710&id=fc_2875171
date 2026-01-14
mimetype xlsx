--- v1 (2025-11-30)
+++ v2 (2026-01-14)
@@ -36,51 +36,51 @@
     <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
     <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
     <sheet name="Export Press release" r:id="rId7" sheetId="5"/>
     <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
     <sheet name="Export Tool to improve professi" r:id="rId9" sheetId="7"/>
     <sheet name="Export Vaccine recommendation" r:id="rId10" sheetId="8"/>
     <sheet name="Export Drugs" r:id="rId11" sheetId="9"/>
     <sheet name="Export Web page" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1731" uniqueCount="1164">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1748" uniqueCount="1178">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -380,86 +380,89 @@
   <si>
     <t>How to judge a proposal for a screening programme</t>
   </si>
   <si>
     <t>L'évaluation a priori d'une action de santé publique est l'analyse détaillée de toutes les questions qui doivent a priori présider à la mise en œuvre de cette action. Un programme de dépistage s'adresse par définition à des individus asymptomatiques ou apparemment en bonne santé. Il convient donc toujours de vérifier par une évaluation a priori que les avantages du programmes l'emportent sur les inconvénients. Ceux-ci doivent être connus des décideurs, afin de nourrir la réflexion qui accompagne la mise en place d'un programme et des citoyens, afin d'éclairer leur participation à un programme. Ce guide a été conçu pour accompagner toute personne ou organisme dans don travail d'évaluation a priori des programmes de dépistage.</t>
   </si>
   <si>
     <t>05/01/2004 00:00:00</t>
   </si>
   <si>
     <t>05/03/2004 17:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_433375/en/how-to-judge-a-proposal-for-a-screening-programme</t>
   </si>
   <si>
     <t>c_433375</t>
   </si>
   <si>
     <t>Public Health guideline</t>
   </si>
   <si>
     <t>Cervical cancer screening in immunosuppressed persons (other than PLHIV)</t>
   </si>
   <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on cervical cancer screening for immunocompromised individuals (excluding those living with HIV) to address their higher risk compared to the general population. The recommendation targets immunocompromised individuals, and more specifically those with primary or congenital immunodeficiency, transplant recipients (solid organ or hematopoietic stem cell), those with systemic lupus erythematosus, and/or those undergoing immunosuppressive therapy. Annual screening by cytology is recommended from age 25 to 29, followed by screening every 3 years using high-risk HPV testing from age 30.</t>
+  </si>
+  <si>
+    <t>10/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/08/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585926/en/cervical-cancer-screening-in-immunosuppressed-persons-other-than-plhiv</t>
+  </si>
+  <si>
+    <t>p_3585926</t>
+  </si>
+  <si>
+    <t>Assessment of the national newborn screening programme for permanent hearing loss. Screening strategy and test performance</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) has issued a public health recommendation on the assessment of the national newborn screening programme (DNN) for permanent hearing impairment. The primary aim of this evaluation is to establish a framework for enhancing this programme.</t>
+  </si>
+  <si>
+    <t>06/19/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/23/2025 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+  </si>
+  <si>
+    <t>p_3458472</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
     <t>-</t>
   </si>
   <si>
-    <t>10/02/2025 00:00:00</t>
-[...31 lines deleted...]
-  <si>
     <t>03/13/2025 00:00:00</t>
   </si>
   <si>
     <t>03/24/2025 11:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
     <t>Tests based on cell-free DNA in the context of screening for trisomy 21: appropriateness of detecting other chromosomal abnormalities</t>
   </si>
   <si>
     <t>The French National Authority for Health (HAS) assessed the relevance of detecting other chromosomal abnormalities by circulating foetal cell-free DNA (cfDNA) testing in maternal blood, performed in the context of screening for trisomy 21 (Down syndrome). The HAS recommends screening for trisomies 2, 8, 9, 13, 14, 15, 16, 18, 21 and 22 and noncryptic segmental abnormalities by cfDNA testing. The extension of the indications for cfDNA testing to women with an increased risk of aneuploidy (other than T21) is also recommended.</t>
   </si>
   <si>
     <t>09/26/2024 00:00:00</t>
   </si>
   <si>
     <t>10/02/2024 11:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545370/en/tests-based-on-cell-free-dna-in-the-context-of-screening-for-trisomy-21-appropriateness-of-detecting-other-chromosomal-abnormalities</t>
@@ -659,50 +662,86 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
     <t>Screening and diagnosis of gestational diabetes mellitus</t>
   </si>
   <si>
     <t>07/01/2005 00:00:00</t>
   </si>
   <si>
     <t>07/01/2005 17:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272475/en/screening-and-diagnosis-of-gestational-diabetes-mellitus</t>
   </si>
   <si>
     <t>c_272475</t>
   </si>
   <si>
     <t>Practice guidelines</t>
   </si>
   <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
     <t>Oral and dental care of patients at risk of infective endocarditis</t>
   </si>
   <si>
     <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
   </si>
   <si>
     <t>10/24/2024 00:00:00</t>
   </si>
   <si>
     <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Diagnosis and management of adults with post-intensive care syndrome (PICS) and their relatives</t>
   </si>
   <si>
     <t>Objectifs Defining patients at risk for PICS Diagnose these patients Early and long-term management of PICS Improving care pathways Develop documents for the patient, their family or those close to them in order to alert them to this post-resuscitation syndrome and to support them in its treatment by referring them to healthcare professionals trained in this syndrome.</t>
   </si>
   <si>
     <t>05/17/2023 00:00:00</t>
@@ -2102,51 +2141,51 @@
   <si>
     <t>06/13/2024 10:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
     <t>IMBRUVICA</t>
   </si>
   <si>
-    <t>11/24/2025 14:24:43</t>
+    <t>12/01/2025 14:34:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983527/en/imbruvica</t>
   </si>
   <si>
     <t>pprd_2983527</t>
   </si>
   <si>
     <t>ibrutinib</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2049868/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2746213/en/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2742289/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2770187/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
   </si>
@@ -2154,50 +2193,53 @@
     <t>https://www.has-sante.fr/jcms/c_2794717/en/imbruvica-ibrutinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3165709/en/imbruvica-ibrutinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3168596/en/imbruvica-llc-en-association-ibrutinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3168611/en/imbruvica-ibrutinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3181104/en/imbruvica-ibrutinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3240237/en/imbruvica-leucemie-lymphoide-chronique-llc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3332332/en/imbruvica-ibrutinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3427083/en/imbruvica-ibrutinib-chronic-lymphocytic-leukaemia-cll</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3741331/en/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761970/en/imbruvica-ibrutinib-lymphome-a-cellules-du-manteau-lcm</t>
   </si>
   <si>
     <t>ADEMPAS</t>
   </si>
   <si>
     <t>11/21/2025 09:08:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984706/en/adempas</t>
   </si>
   <si>
     <t>pprd_2984706</t>
   </si>
   <si>
     <t>riociguat</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1761611/en/adempas-riociguat-antihypertensive-for-pulmonary-arterial-hypertension</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3210936/en/adempas-riociguat</t>
   </si>
@@ -4094,150 +4136,150 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1143</v>
+        <v>1157</v>
       </c>
       <c r="B2" t="s">
-        <v>1144</v>
+        <v>1158</v>
       </c>
       <c r="C2" t="s">
-        <v>1145</v>
+        <v>1159</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1146</v>
+        <v>1160</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1147</v>
+        <v>1161</v>
       </c>
       <c r="H2" t="s">
-        <v>1148</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1143</v>
+        <v>1157</v>
       </c>
       <c r="B3" t="s">
-        <v>1149</v>
+        <v>1163</v>
       </c>
       <c r="C3" t="s">
-        <v>1150</v>
+        <v>1164</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1151</v>
+        <v>1165</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1152</v>
+        <v>1166</v>
       </c>
       <c r="H3" t="s">
-        <v>1153</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1143</v>
+        <v>1157</v>
       </c>
       <c r="B4" t="s">
-        <v>1154</v>
+        <v>1168</v>
       </c>
       <c r="C4" t="s">
-        <v>1155</v>
+        <v>1169</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1156</v>
+        <v>1170</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1157</v>
+        <v>1171</v>
       </c>
       <c r="H4" t="s">
-        <v>1158</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1143</v>
+        <v>1157</v>
       </c>
       <c r="B5" t="s">
-        <v>1159</v>
+        <v>1173</v>
       </c>
       <c r="C5" t="s">
-        <v>1160</v>
+        <v>1174</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1161</v>
+        <v>1175</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1162</v>
+        <v>1176</v>
       </c>
       <c r="H5" t="s">
-        <v>1163</v>
+        <v>1177</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -4296,5008 +4338,5063 @@
       </c>
       <c r="D3" t="s">
         <v>121</v>
       </c>
       <c r="E3" t="s">
         <v>122</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>123</v>
       </c>
       <c r="H3" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>112</v>
       </c>
       <c r="B4" t="s">
         <v>125</v>
       </c>
       <c r="C4" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="D4" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="E4" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H4" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>112</v>
       </c>
       <c r="B5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="C5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D5" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="E5" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="H5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>112</v>
       </c>
       <c r="B6" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="C6" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="E6" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="H6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>112</v>
       </c>
       <c r="B7" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="C7" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="D7" t="s">
         <v>72</v>
       </c>
       <c r="E7" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="H7" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>112</v>
       </c>
       <c r="B8" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C8" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D8" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="E8" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="H8" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>112</v>
       </c>
       <c r="B9" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C9" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D9" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E9" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H9" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>112</v>
       </c>
       <c r="B10" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C10" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D10" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="E10" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="H10" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>112</v>
       </c>
       <c r="B11" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C11" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D11" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E11" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H11" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>112</v>
       </c>
       <c r="B12" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C12" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D12" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="E12" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H12" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>112</v>
       </c>
       <c r="B13" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="C13" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="D13" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E13" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H13" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>112</v>
       </c>
       <c r="B14" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C14" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D14" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E14" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H14" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>112</v>
       </c>
       <c r="B15" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="C15" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D15" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="E15" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="H15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>112</v>
       </c>
       <c r="B16" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C16" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D16" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E16" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="H16" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>112</v>
       </c>
       <c r="B17" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C17" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D17" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="E17" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="H17" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>112</v>
       </c>
       <c r="B18" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="C18" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D18" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="E18" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="H18" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H27"/>
+  <dimension ref="A1:H29"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="E2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B3" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C3" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D3" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E3" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="H3" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B4" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C4" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D4" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="E4" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="H4" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B5" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C5" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D5" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="E5" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="H5" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B6" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C6" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D6" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E6" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="H6" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B7" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C7" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D7" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E7" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="H7" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B8" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C8" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D8" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E8" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H8" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B9" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C9" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D9" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E9" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H9" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B10" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C10" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D10" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E10" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H10" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B11" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C11" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D11" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E11" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H11" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B12" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>269</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>270</v>
       </c>
       <c r="E12" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="H12" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B13" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="C13" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="D13" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="E13" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="H13" t="s">
-        <v>276</v>
+        <v>279</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B14" t="s">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="C14" t="s">
-        <v>278</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>279</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="H14" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B15" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C15" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D15" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="E15" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H15" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B16" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C16" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D16" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="E16" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H16" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B17" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C17" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D17" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="E17" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="H17" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B18" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C18" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D18" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="E18" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="H18" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B19" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="C19" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="D19" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="E19" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H19" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B20" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C20" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D20" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="E20" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H20" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B21" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="C21" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D21" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="E21" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="H21" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B22" t="s">
-        <v>323</v>
+        <v>326</v>
       </c>
       <c r="C22" t="s">
-        <v>324</v>
+        <v>327</v>
       </c>
       <c r="D22" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="E22" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="H22" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B23" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="C23" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="D23" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="E23" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="H23" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B24" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="C24" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="D24" t="s">
-        <v>331</v>
+        <v>338</v>
       </c>
       <c r="E24" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="H24" t="s">
-        <v>339</v>
+        <v>341</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B25" t="s">
-        <v>340</v>
+        <v>342</v>
       </c>
       <c r="C25" t="s">
-        <v>341</v>
+        <v>343</v>
       </c>
       <c r="D25" t="s">
-        <v>342</v>
+        <v>344</v>
       </c>
       <c r="E25" t="s">
-        <v>343</v>
+        <v>345</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="H25" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B26" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="C26" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="D26" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="E26" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H26" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B27" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C27" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D27" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="E27" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H27" t="s">
-        <v>357</v>
+        <v>358</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>207</v>
+      </c>
+      <c r="B28" t="s">
+        <v>359</v>
+      </c>
+      <c r="C28" t="s">
+        <v>360</v>
+      </c>
+      <c r="D28" t="s">
+        <v>361</v>
+      </c>
+      <c r="E28" t="s">
+        <v>362</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>363</v>
+      </c>
+      <c r="H28" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>207</v>
+      </c>
+      <c r="B29" t="s">
+        <v>365</v>
+      </c>
+      <c r="C29" t="s">
+        <v>366</v>
+      </c>
+      <c r="D29" t="s">
+        <v>367</v>
+      </c>
+      <c r="E29" t="s">
+        <v>368</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>369</v>
+      </c>
+      <c r="H29" t="s">
+        <v>370</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="B2" t="s">
-        <v>359</v>
+        <v>372</v>
       </c>
       <c r="C2" t="s">
-        <v>360</v>
+        <v>373</v>
       </c>
       <c r="D2" t="s">
-        <v>361</v>
+        <v>374</v>
       </c>
       <c r="E2" t="s">
-        <v>362</v>
+        <v>375</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>363</v>
+        <v>376</v>
       </c>
       <c r="H2" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="B3" t="s">
-        <v>365</v>
+        <v>378</v>
       </c>
       <c r="C3" t="s">
-        <v>366</v>
+        <v>379</v>
       </c>
       <c r="D3" t="s">
-        <v>367</v>
+        <v>380</v>
       </c>
       <c r="E3" t="s">
-        <v>368</v>
+        <v>381</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>369</v>
+        <v>382</v>
       </c>
       <c r="H3" t="s">
-        <v>370</v>
+        <v>383</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="B4" t="s">
-        <v>371</v>
+        <v>384</v>
       </c>
       <c r="C4" t="s">
-        <v>372</v>
+        <v>385</v>
       </c>
       <c r="D4" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="E4" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>375</v>
+        <v>388</v>
       </c>
       <c r="H4" t="s">
-        <v>376</v>
+        <v>389</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="B5" t="s">
-        <v>377</v>
+        <v>390</v>
       </c>
       <c r="C5" t="s">
-        <v>378</v>
+        <v>391</v>
       </c>
       <c r="D5" t="s">
-        <v>373</v>
+        <v>386</v>
       </c>
       <c r="E5" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>379</v>
+        <v>392</v>
       </c>
       <c r="H5" t="s">
-        <v>380</v>
+        <v>393</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="B6" t="s">
-        <v>381</v>
+        <v>394</v>
       </c>
       <c r="C6" t="s">
-        <v>382</v>
+        <v>395</v>
       </c>
       <c r="D6" t="s">
-        <v>383</v>
+        <v>396</v>
       </c>
       <c r="E6" t="s">
-        <v>384</v>
+        <v>397</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>385</v>
+        <v>398</v>
       </c>
       <c r="H6" t="s">
-        <v>386</v>
+        <v>399</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="B7" t="s">
-        <v>387</v>
+        <v>400</v>
       </c>
       <c r="C7" t="s">
-        <v>388</v>
+        <v>401</v>
       </c>
       <c r="D7" t="s">
-        <v>383</v>
+        <v>396</v>
       </c>
       <c r="E7" t="s">
-        <v>389</v>
+        <v>402</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>390</v>
+        <v>403</v>
       </c>
       <c r="H7" t="s">
-        <v>391</v>
+        <v>404</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="B8" t="s">
-        <v>392</v>
+        <v>405</v>
       </c>
       <c r="C8" t="s">
-        <v>393</v>
+        <v>406</v>
       </c>
       <c r="D8" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="E8" t="s">
-        <v>395</v>
+        <v>408</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>396</v>
+        <v>409</v>
       </c>
       <c r="H8" t="s">
-        <v>397</v>
+        <v>410</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="B2" t="s">
-        <v>399</v>
+        <v>412</v>
       </c>
       <c r="C2" t="s">
-        <v>400</v>
+        <v>413</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>401</v>
+        <v>414</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="H2" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="B3" t="s">
-        <v>404</v>
+        <v>417</v>
       </c>
       <c r="C3" t="s">
-        <v>405</v>
+        <v>418</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>61</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="H3" t="s">
-        <v>407</v>
+        <v>420</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="B4" t="s">
-        <v>408</v>
+        <v>421</v>
       </c>
       <c r="C4" t="s">
-        <v>409</v>
+        <v>422</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>410</v>
+        <v>423</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>411</v>
+        <v>424</v>
       </c>
       <c r="H4" t="s">
-        <v>412</v>
+        <v>425</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="B5" t="s">
-        <v>413</v>
+        <v>426</v>
       </c>
       <c r="C5" t="s">
-        <v>414</v>
+        <v>427</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>415</v>
+        <v>428</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>416</v>
+        <v>429</v>
       </c>
       <c r="H5" t="s">
-        <v>417</v>
+        <v>430</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="B6" t="s">
-        <v>418</v>
+        <v>431</v>
       </c>
       <c r="C6" t="s">
-        <v>419</v>
+        <v>432</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>420</v>
+        <v>433</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>421</v>
+        <v>434</v>
       </c>
       <c r="H6" t="s">
-        <v>422</v>
+        <v>435</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="B7" t="s">
-        <v>423</v>
+        <v>436</v>
       </c>
       <c r="C7" t="s">
-        <v>424</v>
+        <v>437</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>425</v>
+        <v>438</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>426</v>
+        <v>439</v>
       </c>
       <c r="H7" t="s">
-        <v>427</v>
+        <v>440</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H26"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B2" t="s">
-        <v>429</v>
+        <v>442</v>
       </c>
       <c r="C2" t="s">
-        <v>430</v>
+        <v>443</v>
       </c>
       <c r="D2" t="s">
-        <v>431</v>
+        <v>444</v>
       </c>
       <c r="E2" t="s">
-        <v>432</v>
+        <v>445</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>433</v>
+        <v>446</v>
       </c>
       <c r="H2" t="s">
-        <v>434</v>
+        <v>447</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B3" t="s">
-        <v>435</v>
+        <v>448</v>
       </c>
       <c r="C3" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
       <c r="D3" t="s">
-        <v>437</v>
+        <v>450</v>
       </c>
       <c r="E3" t="s">
-        <v>438</v>
+        <v>451</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>439</v>
+        <v>452</v>
       </c>
       <c r="H3" t="s">
-        <v>440</v>
+        <v>453</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B4" t="s">
-        <v>441</v>
+        <v>454</v>
       </c>
       <c r="C4" t="s">
-        <v>442</v>
+        <v>455</v>
       </c>
       <c r="D4" t="s">
-        <v>443</v>
+        <v>456</v>
       </c>
       <c r="E4" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
       <c r="H4" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B5" t="s">
-        <v>447</v>
+        <v>460</v>
       </c>
       <c r="C5" t="s">
-        <v>448</v>
+        <v>461</v>
       </c>
       <c r="D5" t="s">
-        <v>449</v>
+        <v>462</v>
       </c>
       <c r="E5" t="s">
-        <v>450</v>
+        <v>463</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>451</v>
+        <v>464</v>
       </c>
       <c r="H5" t="s">
-        <v>452</v>
+        <v>465</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B6" t="s">
-        <v>453</v>
+        <v>466</v>
       </c>
       <c r="C6" t="s">
-        <v>454</v>
+        <v>467</v>
       </c>
       <c r="D6" t="s">
-        <v>455</v>
+        <v>468</v>
       </c>
       <c r="E6" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="H6" t="s">
-        <v>458</v>
+        <v>471</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B7" t="s">
-        <v>459</v>
+        <v>472</v>
       </c>
       <c r="C7" t="s">
-        <v>460</v>
+        <v>473</v>
       </c>
       <c r="D7" t="s">
-        <v>461</v>
+        <v>474</v>
       </c>
       <c r="E7" t="s">
-        <v>462</v>
+        <v>475</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>463</v>
+        <v>476</v>
       </c>
       <c r="H7" t="s">
-        <v>464</v>
+        <v>477</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B8" t="s">
-        <v>465</v>
+        <v>478</v>
       </c>
       <c r="C8" t="s">
-        <v>466</v>
+        <v>479</v>
       </c>
       <c r="D8" t="s">
-        <v>467</v>
+        <v>480</v>
       </c>
       <c r="E8" t="s">
-        <v>468</v>
+        <v>481</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>469</v>
+        <v>482</v>
       </c>
       <c r="H8" t="s">
-        <v>470</v>
+        <v>483</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B9" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="C9" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="D9" t="s">
-        <v>473</v>
+        <v>486</v>
       </c>
       <c r="E9" t="s">
-        <v>474</v>
+        <v>487</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>475</v>
+        <v>488</v>
       </c>
       <c r="H9" t="s">
-        <v>476</v>
+        <v>489</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B10" t="s">
-        <v>471</v>
+        <v>484</v>
       </c>
       <c r="C10" t="s">
-        <v>472</v>
+        <v>485</v>
       </c>
       <c r="D10" t="s">
-        <v>477</v>
+        <v>490</v>
       </c>
       <c r="E10" t="s">
-        <v>478</v>
+        <v>491</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>479</v>
+        <v>492</v>
       </c>
       <c r="H10" t="s">
-        <v>480</v>
+        <v>493</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B11" t="s">
-        <v>481</v>
+        <v>494</v>
       </c>
       <c r="C11" t="s">
-        <v>482</v>
+        <v>495</v>
       </c>
       <c r="D11" t="s">
-        <v>483</v>
+        <v>496</v>
       </c>
       <c r="E11" t="s">
-        <v>484</v>
+        <v>497</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>485</v>
+        <v>498</v>
       </c>
       <c r="H11" t="s">
-        <v>486</v>
+        <v>499</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B12" t="s">
-        <v>487</v>
+        <v>500</v>
       </c>
       <c r="C12" t="s">
-        <v>488</v>
+        <v>501</v>
       </c>
       <c r="D12" t="s">
-        <v>489</v>
+        <v>502</v>
       </c>
       <c r="E12" t="s">
-        <v>490</v>
+        <v>503</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>491</v>
+        <v>504</v>
       </c>
       <c r="H12" t="s">
-        <v>492</v>
+        <v>505</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B13" t="s">
-        <v>493</v>
+        <v>506</v>
       </c>
       <c r="C13" t="s">
-        <v>494</v>
+        <v>507</v>
       </c>
       <c r="D13" t="s">
-        <v>495</v>
+        <v>508</v>
       </c>
       <c r="E13" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>497</v>
+        <v>510</v>
       </c>
       <c r="H13" t="s">
-        <v>498</v>
+        <v>511</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B14" t="s">
-        <v>499</v>
+        <v>512</v>
       </c>
       <c r="C14" t="s">
-        <v>500</v>
+        <v>513</v>
       </c>
       <c r="D14" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
       <c r="E14" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>503</v>
+        <v>516</v>
       </c>
       <c r="H14" t="s">
-        <v>504</v>
+        <v>517</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B15" t="s">
-        <v>505</v>
+        <v>518</v>
       </c>
       <c r="C15" t="s">
-        <v>506</v>
+        <v>519</v>
       </c>
       <c r="D15" t="s">
-        <v>501</v>
+        <v>514</v>
       </c>
       <c r="E15" t="s">
-        <v>502</v>
+        <v>515</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>507</v>
+        <v>520</v>
       </c>
       <c r="H15" t="s">
-        <v>508</v>
+        <v>521</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B16" t="s">
-        <v>509</v>
+        <v>522</v>
       </c>
       <c r="C16" t="s">
-        <v>510</v>
+        <v>523</v>
       </c>
       <c r="D16" t="s">
-        <v>511</v>
+        <v>524</v>
       </c>
       <c r="E16" t="s">
-        <v>512</v>
+        <v>525</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="H16" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B17" t="s">
-        <v>515</v>
+        <v>528</v>
       </c>
       <c r="C17" t="s">
-        <v>516</v>
+        <v>529</v>
       </c>
       <c r="D17" t="s">
-        <v>517</v>
+        <v>530</v>
       </c>
       <c r="E17" t="s">
-        <v>518</v>
+        <v>531</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>519</v>
+        <v>532</v>
       </c>
       <c r="H17" t="s">
-        <v>520</v>
+        <v>533</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B18" t="s">
-        <v>521</v>
+        <v>534</v>
       </c>
       <c r="C18" t="s">
-        <v>522</v>
+        <v>535</v>
       </c>
       <c r="D18" t="s">
-        <v>523</v>
+        <v>536</v>
       </c>
       <c r="E18" t="s">
-        <v>524</v>
+        <v>537</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>525</v>
+        <v>538</v>
       </c>
       <c r="H18" t="s">
-        <v>526</v>
+        <v>539</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B19" t="s">
-        <v>527</v>
+        <v>540</v>
       </c>
       <c r="C19" t="s">
-        <v>528</v>
+        <v>541</v>
       </c>
       <c r="D19" t="s">
-        <v>529</v>
+        <v>542</v>
       </c>
       <c r="E19" t="s">
-        <v>530</v>
+        <v>543</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>531</v>
+        <v>544</v>
       </c>
       <c r="H19" t="s">
-        <v>532</v>
+        <v>545</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B20" t="s">
-        <v>533</v>
+        <v>546</v>
       </c>
       <c r="C20" t="s">
-        <v>534</v>
+        <v>547</v>
       </c>
       <c r="D20" t="s">
-        <v>535</v>
+        <v>548</v>
       </c>
       <c r="E20" t="s">
-        <v>536</v>
+        <v>549</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>537</v>
+        <v>550</v>
       </c>
       <c r="H20" t="s">
-        <v>538</v>
+        <v>551</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B21" t="s">
-        <v>539</v>
+        <v>552</v>
       </c>
       <c r="C21" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="D21" t="s">
-        <v>540</v>
+        <v>553</v>
       </c>
       <c r="E21" t="s">
-        <v>541</v>
+        <v>554</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>542</v>
+        <v>555</v>
       </c>
       <c r="H21" t="s">
-        <v>543</v>
+        <v>556</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B22" t="s">
-        <v>544</v>
+        <v>557</v>
       </c>
       <c r="C22" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="D22" t="s">
-        <v>545</v>
+        <v>558</v>
       </c>
       <c r="E22" t="s">
-        <v>546</v>
+        <v>559</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>547</v>
+        <v>560</v>
       </c>
       <c r="H22" t="s">
-        <v>548</v>
+        <v>561</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B23" t="s">
-        <v>549</v>
+        <v>562</v>
       </c>
       <c r="C23" t="s">
-        <v>114</v>
+        <v>126</v>
       </c>
       <c r="D23" t="s">
-        <v>550</v>
+        <v>563</v>
       </c>
       <c r="E23" t="s">
-        <v>551</v>
+        <v>564</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>552</v>
+        <v>565</v>
       </c>
       <c r="H23" t="s">
-        <v>553</v>
+        <v>566</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B24" t="s">
-        <v>554</v>
+        <v>567</v>
       </c>
       <c r="C24" t="s">
-        <v>555</v>
+        <v>568</v>
       </c>
       <c r="D24" t="s">
-        <v>556</v>
+        <v>569</v>
       </c>
       <c r="E24" t="s">
-        <v>557</v>
+        <v>570</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>558</v>
+        <v>571</v>
       </c>
       <c r="H24" t="s">
-        <v>559</v>
+        <v>572</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B25" t="s">
-        <v>560</v>
+        <v>573</v>
       </c>
       <c r="C25" t="s">
-        <v>561</v>
+        <v>574</v>
       </c>
       <c r="D25" t="s">
-        <v>562</v>
+        <v>575</v>
       </c>
       <c r="E25" t="s">
-        <v>563</v>
+        <v>576</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>564</v>
+        <v>577</v>
       </c>
       <c r="H25" t="s">
-        <v>565</v>
+        <v>578</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>428</v>
+        <v>441</v>
       </c>
       <c r="B26" t="s">
-        <v>566</v>
+        <v>579</v>
       </c>
       <c r="C26" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D26" t="s">
-        <v>567</v>
+        <v>580</v>
       </c>
       <c r="E26" t="s">
-        <v>568</v>
+        <v>581</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>569</v>
+        <v>582</v>
       </c>
       <c r="H26" t="s">
-        <v>570</v>
+        <v>583</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B2" t="s">
-        <v>572</v>
+        <v>585</v>
       </c>
       <c r="C2" t="s">
-        <v>573</v>
+        <v>586</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>574</v>
+        <v>587</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>575</v>
+        <v>588</v>
       </c>
       <c r="H2" t="s">
-        <v>576</v>
+        <v>589</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B3" t="s">
-        <v>577</v>
+        <v>590</v>
       </c>
       <c r="C3" t="s">
-        <v>578</v>
+        <v>591</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>579</v>
+        <v>592</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>580</v>
+        <v>593</v>
       </c>
       <c r="H3" t="s">
-        <v>581</v>
+        <v>594</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B4" t="s">
-        <v>582</v>
+        <v>595</v>
       </c>
       <c r="C4" t="s">
-        <v>583</v>
+        <v>596</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>584</v>
+        <v>597</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>585</v>
+        <v>598</v>
       </c>
       <c r="H4" t="s">
-        <v>586</v>
+        <v>599</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B5" t="s">
-        <v>587</v>
+        <v>600</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>588</v>
+        <v>601</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>589</v>
+        <v>602</v>
       </c>
       <c r="H5" t="s">
-        <v>590</v>
+        <v>603</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B6" t="s">
-        <v>591</v>
+        <v>604</v>
       </c>
       <c r="C6" t="s">
-        <v>592</v>
+        <v>605</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>593</v>
+        <v>606</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>594</v>
+        <v>607</v>
       </c>
       <c r="H6" t="s">
-        <v>595</v>
+        <v>608</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B7" t="s">
-        <v>596</v>
+        <v>609</v>
       </c>
       <c r="C7" t="s">
-        <v>597</v>
+        <v>610</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>598</v>
+        <v>611</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>599</v>
+        <v>612</v>
       </c>
       <c r="H7" t="s">
-        <v>600</v>
+        <v>613</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B8" t="s">
-        <v>601</v>
+        <v>614</v>
       </c>
       <c r="C8" t="s">
-        <v>602</v>
+        <v>615</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>603</v>
+        <v>616</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>604</v>
+        <v>617</v>
       </c>
       <c r="H8" t="s">
-        <v>605</v>
+        <v>618</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B9" t="s">
-        <v>606</v>
+        <v>619</v>
       </c>
       <c r="C9" t="s">
-        <v>607</v>
+        <v>620</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>608</v>
+        <v>621</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>609</v>
+        <v>622</v>
       </c>
       <c r="H9" t="s">
-        <v>610</v>
+        <v>623</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B10" t="s">
-        <v>611</v>
+        <v>624</v>
       </c>
       <c r="C10" t="s">
-        <v>612</v>
+        <v>625</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>613</v>
+        <v>626</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>614</v>
+        <v>627</v>
       </c>
       <c r="H10" t="s">
-        <v>615</v>
+        <v>628</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B11" t="s">
-        <v>616</v>
+        <v>629</v>
       </c>
       <c r="C11" t="s">
-        <v>617</v>
+        <v>630</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>618</v>
+        <v>631</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>619</v>
+        <v>632</v>
       </c>
       <c r="H11" t="s">
-        <v>620</v>
+        <v>633</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B12" t="s">
-        <v>621</v>
+        <v>634</v>
       </c>
       <c r="C12" t="s">
-        <v>622</v>
+        <v>635</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>623</v>
+        <v>636</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>624</v>
+        <v>637</v>
       </c>
       <c r="H12" t="s">
-        <v>625</v>
+        <v>638</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B13" t="s">
-        <v>626</v>
+        <v>639</v>
       </c>
       <c r="C13" t="s">
-        <v>627</v>
+        <v>640</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>628</v>
+        <v>641</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>629</v>
+        <v>642</v>
       </c>
       <c r="H13" t="s">
-        <v>630</v>
+        <v>643</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B14" t="s">
-        <v>631</v>
+        <v>644</v>
       </c>
       <c r="C14" t="s">
-        <v>632</v>
+        <v>645</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>633</v>
+        <v>646</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="H14" t="s">
-        <v>635</v>
+        <v>648</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B15" t="s">
-        <v>636</v>
+        <v>649</v>
       </c>
       <c r="C15" t="s">
-        <v>637</v>
+        <v>650</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>638</v>
+        <v>651</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>639</v>
+        <v>652</v>
       </c>
       <c r="H15" t="s">
-        <v>640</v>
+        <v>653</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B16" t="s">
-        <v>641</v>
+        <v>654</v>
       </c>
       <c r="C16" t="s">
-        <v>642</v>
+        <v>655</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>643</v>
+        <v>656</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>644</v>
+        <v>657</v>
       </c>
       <c r="H16" t="s">
-        <v>645</v>
+        <v>658</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B17" t="s">
-        <v>646</v>
+        <v>659</v>
       </c>
       <c r="C17" t="s">
-        <v>647</v>
+        <v>660</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>648</v>
+        <v>661</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>649</v>
+        <v>662</v>
       </c>
       <c r="H17" t="s">
-        <v>650</v>
+        <v>663</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B18" t="s">
-        <v>651</v>
+        <v>664</v>
       </c>
       <c r="C18" t="s">
-        <v>652</v>
+        <v>665</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>653</v>
+        <v>666</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>654</v>
+        <v>667</v>
       </c>
       <c r="H18" t="s">
-        <v>655</v>
+        <v>668</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B19" t="s">
-        <v>656</v>
+        <v>669</v>
       </c>
       <c r="C19" t="s">
-        <v>657</v>
+        <v>670</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>658</v>
+        <v>671</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>659</v>
+        <v>672</v>
       </c>
       <c r="H19" t="s">
-        <v>660</v>
+        <v>673</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B20" t="s">
-        <v>661</v>
+        <v>674</v>
       </c>
       <c r="C20" t="s">
-        <v>662</v>
+        <v>675</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>658</v>
+        <v>671</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>663</v>
+        <v>676</v>
       </c>
       <c r="H20" t="s">
-        <v>664</v>
+        <v>677</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>571</v>
+        <v>584</v>
       </c>
       <c r="B21" t="s">
-        <v>665</v>
+        <v>678</v>
       </c>
       <c r="C21" t="s">
-        <v>666</v>
+        <v>679</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>667</v>
+        <v>680</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>668</v>
+        <v>681</v>
       </c>
       <c r="H21" t="s">
-        <v>669</v>
+        <v>682</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>670</v>
+        <v>683</v>
       </c>
       <c r="B2" t="s">
-        <v>671</v>
+        <v>684</v>
       </c>
       <c r="C2" t="s">
-        <v>672</v>
+        <v>685</v>
       </c>
       <c r="D2" t="s">
-        <v>673</v>
+        <v>686</v>
       </c>
       <c r="E2" t="s">
-        <v>674</v>
+        <v>687</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>675</v>
+        <v>688</v>
       </c>
       <c r="H2" t="s">
-        <v>676</v>
+        <v>689</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>670</v>
+        <v>683</v>
       </c>
       <c r="B3" t="s">
-        <v>677</v>
+        <v>690</v>
       </c>
       <c r="C3" t="s">
-        <v>678</v>
+        <v>691</v>
       </c>
       <c r="D3" t="s">
-        <v>679</v>
+        <v>692</v>
       </c>
       <c r="E3" t="s">
-        <v>680</v>
+        <v>693</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>681</v>
+        <v>694</v>
       </c>
       <c r="H3" t="s">
-        <v>682</v>
+        <v>695</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AA46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>683</v>
+        <v>696</v>
       </c>
       <c r="J1" t="s">
-        <v>684</v>
+        <v>697</v>
       </c>
       <c r="K1" t="s">
-        <v>685</v>
+        <v>698</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B2" t="s">
-        <v>687</v>
+        <v>700</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>688</v>
+        <v>701</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>689</v>
+        <v>702</v>
       </c>
       <c r="H2" t="s">
-        <v>690</v>
+        <v>703</v>
       </c>
       <c r="I2" t="s">
-        <v>691</v>
+        <v>704</v>
       </c>
       <c r="J2" t="s">
-        <v>692</v>
+        <v>705</v>
       </c>
       <c r="K2" t="s">
-        <v>693</v>
+        <v>706</v>
       </c>
       <c r="L2" t="s">
-        <v>694</v>
+        <v>707</v>
       </c>
       <c r="M2" t="s">
-        <v>695</v>
+        <v>708</v>
       </c>
       <c r="N2" t="s">
-        <v>696</v>
+        <v>709</v>
       </c>
       <c r="O2" t="s">
-        <v>697</v>
+        <v>710</v>
       </c>
       <c r="P2" t="s">
-        <v>698</v>
+        <v>711</v>
       </c>
       <c r="Q2" t="s">
-        <v>699</v>
+        <v>712</v>
       </c>
       <c r="R2" t="s">
-        <v>700</v>
+        <v>713</v>
       </c>
       <c r="S2" t="s">
-        <v>701</v>
+        <v>714</v>
       </c>
       <c r="T2" t="s">
-        <v>702</v>
+        <v>715</v>
       </c>
       <c r="U2" t="s">
-        <v>703</v>
+        <v>716</v>
       </c>
       <c r="V2" t="s">
-        <v>704</v>
+        <v>717</v>
       </c>
       <c r="W2" t="s">
-        <v>705</v>
+        <v>718</v>
+      </c>
+      <c r="X2" t="s">
+        <v>719</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B3" t="s">
-        <v>706</v>
+        <v>720</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>707</v>
+        <v>721</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>708</v>
+        <v>722</v>
       </c>
       <c r="H3" t="s">
-        <v>709</v>
+        <v>723</v>
       </c>
       <c r="I3" t="s">
-        <v>710</v>
+        <v>724</v>
       </c>
       <c r="J3" t="s">
-        <v>711</v>
+        <v>725</v>
       </c>
       <c r="K3" t="s">
-        <v>712</v>
+        <v>726</v>
       </c>
       <c r="L3" t="s">
-        <v>713</v>
+        <v>727</v>
       </c>
       <c r="M3" t="s">
-        <v>714</v>
+        <v>728</v>
       </c>
       <c r="N3" t="s">
-        <v>715</v>
+        <v>729</v>
       </c>
       <c r="O3" t="s">
-        <v>716</v>
+        <v>730</v>
       </c>
       <c r="P3" t="s">
-        <v>717</v>
+        <v>731</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B4" t="s">
-        <v>718</v>
+        <v>732</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>719</v>
+        <v>733</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>720</v>
+        <v>734</v>
       </c>
       <c r="H4" t="s">
-        <v>721</v>
+        <v>735</v>
       </c>
       <c r="I4" t="s">
-        <v>722</v>
+        <v>736</v>
       </c>
       <c r="J4" t="s">
-        <v>723</v>
+        <v>737</v>
       </c>
       <c r="K4" t="s">
-        <v>724</v>
+        <v>738</v>
       </c>
       <c r="L4" t="s">
-        <v>725</v>
+        <v>739</v>
       </c>
       <c r="M4" t="s">
-        <v>726</v>
+        <v>740</v>
       </c>
       <c r="N4" t="s">
-        <v>727</v>
+        <v>741</v>
       </c>
       <c r="O4" t="s">
-        <v>728</v>
+        <v>742</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B5" t="s">
-        <v>729</v>
+        <v>743</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>730</v>
+        <v>744</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>731</v>
+        <v>745</v>
       </c>
       <c r="H5" t="s">
-        <v>732</v>
+        <v>746</v>
       </c>
       <c r="I5" t="s">
-        <v>733</v>
+        <v>747</v>
       </c>
       <c r="J5" t="s">
-        <v>734</v>
+        <v>748</v>
       </c>
       <c r="K5" t="s">
-        <v>735</v>
+        <v>749</v>
       </c>
       <c r="L5" t="s">
-        <v>736</v>
+        <v>750</v>
       </c>
       <c r="M5" t="s">
-        <v>737</v>
+        <v>751</v>
       </c>
       <c r="N5" t="s">
-        <v>738</v>
+        <v>752</v>
       </c>
       <c r="O5" t="s">
-        <v>739</v>
+        <v>753</v>
       </c>
       <c r="P5" t="s">
-        <v>740</v>
+        <v>754</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B6" t="s">
-        <v>741</v>
+        <v>755</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>742</v>
+        <v>756</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>743</v>
+        <v>757</v>
       </c>
       <c r="H6" t="s">
-        <v>744</v>
+        <v>758</v>
       </c>
       <c r="I6" t="s">
-        <v>745</v>
+        <v>759</v>
       </c>
       <c r="J6" t="s">
-        <v>746</v>
+        <v>760</v>
       </c>
       <c r="K6" t="s">
-        <v>747</v>
+        <v>761</v>
       </c>
       <c r="L6" t="s">
-        <v>748</v>
+        <v>762</v>
       </c>
       <c r="M6" t="s">
-        <v>749</v>
+        <v>763</v>
       </c>
       <c r="N6" t="s">
-        <v>750</v>
+        <v>764</v>
       </c>
       <c r="O6" t="s">
-        <v>751</v>
+        <v>765</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B7" t="s">
-        <v>752</v>
+        <v>766</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>753</v>
+        <v>767</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>754</v>
+        <v>768</v>
       </c>
       <c r="H7" t="s">
-        <v>755</v>
+        <v>769</v>
       </c>
       <c r="I7" t="s">
-        <v>756</v>
+        <v>770</v>
       </c>
       <c r="J7" t="s">
-        <v>757</v>
+        <v>771</v>
       </c>
       <c r="K7" t="s">
-        <v>758</v>
+        <v>772</v>
       </c>
       <c r="L7" t="s">
-        <v>759</v>
+        <v>773</v>
       </c>
       <c r="M7" t="s">
-        <v>760</v>
+        <v>774</v>
       </c>
       <c r="N7" t="s">
-        <v>761</v>
+        <v>775</v>
       </c>
       <c r="O7" t="s">
-        <v>762</v>
+        <v>776</v>
       </c>
       <c r="P7" t="s">
-        <v>763</v>
+        <v>777</v>
       </c>
       <c r="Q7" t="s">
-        <v>764</v>
+        <v>778</v>
       </c>
       <c r="R7" t="s">
-        <v>765</v>
+        <v>779</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B8" t="s">
-        <v>766</v>
+        <v>780</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>767</v>
+        <v>781</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>768</v>
+        <v>782</v>
       </c>
       <c r="H8" t="s">
-        <v>769</v>
+        <v>783</v>
       </c>
       <c r="I8" t="s">
-        <v>770</v>
+        <v>784</v>
       </c>
       <c r="J8" t="s">
-        <v>771</v>
+        <v>785</v>
       </c>
       <c r="K8" t="s">
-        <v>772</v>
+        <v>786</v>
       </c>
       <c r="L8" t="s">
-        <v>773</v>
+        <v>787</v>
       </c>
       <c r="M8" t="s">
-        <v>774</v>
+        <v>788</v>
       </c>
       <c r="N8" t="s">
-        <v>775</v>
+        <v>789</v>
       </c>
       <c r="O8" t="s">
-        <v>776</v>
+        <v>790</v>
       </c>
       <c r="P8" t="s">
-        <v>777</v>
+        <v>791</v>
       </c>
       <c r="Q8" t="s">
-        <v>778</v>
+        <v>792</v>
       </c>
       <c r="R8" t="s">
-        <v>779</v>
+        <v>793</v>
       </c>
       <c r="S8" t="s">
-        <v>780</v>
+        <v>794</v>
       </c>
       <c r="T8" t="s">
-        <v>781</v>
+        <v>795</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B9" t="s">
-        <v>782</v>
+        <v>796</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>783</v>
+        <v>797</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>784</v>
+        <v>798</v>
       </c>
       <c r="H9" t="s">
-        <v>785</v>
+        <v>799</v>
       </c>
       <c r="I9" t="s">
-        <v>786</v>
+        <v>800</v>
       </c>
       <c r="J9" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="K9" t="s">
-        <v>788</v>
+        <v>802</v>
       </c>
       <c r="L9" t="s">
-        <v>789</v>
+        <v>803</v>
       </c>
       <c r="M9" t="s">
-        <v>790</v>
+        <v>804</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B10" t="s">
-        <v>791</v>
+        <v>805</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>792</v>
+        <v>806</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>793</v>
+        <v>807</v>
       </c>
       <c r="H10" t="s">
-        <v>794</v>
+        <v>808</v>
       </c>
       <c r="I10" t="s">
-        <v>795</v>
+        <v>809</v>
       </c>
       <c r="J10" t="s">
-        <v>796</v>
+        <v>810</v>
       </c>
       <c r="K10" t="s">
-        <v>797</v>
+        <v>811</v>
       </c>
       <c r="L10" t="s">
-        <v>798</v>
+        <v>812</v>
       </c>
       <c r="M10" t="s">
-        <v>799</v>
+        <v>813</v>
       </c>
       <c r="N10" t="s">
-        <v>800</v>
+        <v>814</v>
       </c>
       <c r="O10" t="s">
-        <v>801</v>
+        <v>815</v>
       </c>
       <c r="P10" t="s">
-        <v>801</v>
+        <v>815</v>
       </c>
       <c r="Q10" t="s">
-        <v>802</v>
+        <v>816</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B11" t="s">
-        <v>803</v>
+        <v>817</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>804</v>
+        <v>818</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>805</v>
+        <v>819</v>
       </c>
       <c r="H11" t="s">
-        <v>806</v>
+        <v>820</v>
       </c>
       <c r="I11" t="s">
-        <v>807</v>
+        <v>821</v>
       </c>
       <c r="J11" t="s">
-        <v>808</v>
+        <v>822</v>
       </c>
       <c r="K11" t="s">
-        <v>809</v>
+        <v>823</v>
       </c>
       <c r="L11" t="s">
-        <v>810</v>
+        <v>824</v>
       </c>
       <c r="M11" t="s">
-        <v>811</v>
+        <v>825</v>
       </c>
       <c r="N11" t="s">
-        <v>812</v>
+        <v>826</v>
       </c>
       <c r="O11" t="s">
-        <v>813</v>
+        <v>827</v>
       </c>
       <c r="P11" t="s">
-        <v>814</v>
+        <v>828</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B12" t="s">
-        <v>815</v>
+        <v>829</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>816</v>
+        <v>830</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>817</v>
+        <v>831</v>
       </c>
       <c r="H12" t="s">
-        <v>818</v>
+        <v>832</v>
       </c>
       <c r="I12" t="s">
-        <v>819</v>
+        <v>833</v>
       </c>
       <c r="J12" t="s">
-        <v>820</v>
+        <v>834</v>
       </c>
       <c r="K12" t="s">
-        <v>821</v>
+        <v>835</v>
       </c>
       <c r="L12" t="s">
-        <v>822</v>
+        <v>836</v>
       </c>
       <c r="M12" t="s">
-        <v>823</v>
+        <v>837</v>
       </c>
       <c r="N12" t="s">
-        <v>824</v>
+        <v>838</v>
       </c>
       <c r="O12" t="s">
-        <v>825</v>
+        <v>839</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B13" t="s">
-        <v>826</v>
+        <v>840</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>827</v>
+        <v>841</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>828</v>
+        <v>842</v>
       </c>
       <c r="H13" t="s">
-        <v>829</v>
+        <v>843</v>
       </c>
       <c r="I13" t="s">
-        <v>830</v>
+        <v>844</v>
       </c>
       <c r="J13" t="s">
-        <v>831</v>
+        <v>845</v>
       </c>
       <c r="K13" t="s">
-        <v>832</v>
+        <v>846</v>
       </c>
       <c r="L13" t="s">
-        <v>833</v>
+        <v>847</v>
       </c>
       <c r="M13" t="s">
-        <v>834</v>
+        <v>848</v>
       </c>
       <c r="N13" t="s">
-        <v>835</v>
+        <v>849</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B14" t="s">
-        <v>836</v>
+        <v>850</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>837</v>
+        <v>851</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>838</v>
+        <v>852</v>
       </c>
       <c r="H14" t="s">
-        <v>839</v>
+        <v>853</v>
       </c>
       <c r="I14" t="s">
-        <v>840</v>
+        <v>854</v>
       </c>
       <c r="J14" t="s">
-        <v>841</v>
+        <v>855</v>
       </c>
       <c r="K14" t="s">
-        <v>842</v>
+        <v>856</v>
       </c>
       <c r="L14" t="s">
-        <v>843</v>
+        <v>857</v>
       </c>
       <c r="M14" t="s">
-        <v>844</v>
+        <v>858</v>
       </c>
       <c r="N14" t="s">
-        <v>845</v>
+        <v>859</v>
       </c>
       <c r="O14" t="s">
-        <v>846</v>
+        <v>860</v>
       </c>
       <c r="P14" t="s">
-        <v>847</v>
+        <v>861</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B15" t="s">
-        <v>848</v>
+        <v>862</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>849</v>
+        <v>863</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>850</v>
+        <v>864</v>
       </c>
       <c r="H15" t="s">
-        <v>851</v>
+        <v>865</v>
       </c>
       <c r="I15" t="s">
-        <v>852</v>
+        <v>866</v>
       </c>
       <c r="J15" t="s">
-        <v>853</v>
+        <v>867</v>
       </c>
       <c r="K15" t="s">
-        <v>854</v>
+        <v>868</v>
       </c>
       <c r="L15" t="s">
-        <v>855</v>
+        <v>869</v>
       </c>
       <c r="M15" t="s">
-        <v>856</v>
+        <v>870</v>
       </c>
       <c r="N15" t="s">
-        <v>857</v>
+        <v>871</v>
       </c>
       <c r="O15" t="s">
-        <v>858</v>
+        <v>872</v>
       </c>
       <c r="P15" t="s">
-        <v>859</v>
+        <v>873</v>
       </c>
       <c r="Q15" t="s">
-        <v>860</v>
+        <v>874</v>
       </c>
       <c r="R15" t="s">
-        <v>861</v>
+        <v>875</v>
       </c>
       <c r="S15" t="s">
-        <v>862</v>
+        <v>876</v>
       </c>
       <c r="T15" t="s">
-        <v>863</v>
+        <v>877</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B16" t="s">
-        <v>864</v>
+        <v>878</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>865</v>
+        <v>879</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>866</v>
+        <v>880</v>
       </c>
       <c r="H16" t="s">
-        <v>867</v>
+        <v>881</v>
       </c>
       <c r="I16" t="s">
-        <v>868</v>
+        <v>882</v>
       </c>
       <c r="J16" t="s">
-        <v>771</v>
+        <v>785</v>
       </c>
       <c r="K16" t="s">
-        <v>869</v>
+        <v>883</v>
       </c>
       <c r="L16" t="s">
-        <v>870</v>
+        <v>884</v>
       </c>
       <c r="M16" t="s">
-        <v>871</v>
+        <v>885</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B17" t="s">
-        <v>872</v>
+        <v>886</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>873</v>
+        <v>887</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>874</v>
+        <v>888</v>
       </c>
       <c r="H17" t="s">
-        <v>875</v>
+        <v>889</v>
       </c>
       <c r="I17" t="s">
-        <v>876</v>
+        <v>890</v>
       </c>
       <c r="J17" t="s">
-        <v>877</v>
+        <v>891</v>
       </c>
       <c r="K17" t="s">
-        <v>878</v>
+        <v>892</v>
       </c>
       <c r="L17" t="s">
-        <v>879</v>
+        <v>893</v>
       </c>
       <c r="M17" t="s">
-        <v>880</v>
+        <v>894</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B18" t="s">
-        <v>881</v>
+        <v>895</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>882</v>
+        <v>896</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>883</v>
+        <v>897</v>
       </c>
       <c r="H18" t="s">
-        <v>884</v>
+        <v>898</v>
       </c>
       <c r="I18" t="s">
-        <v>885</v>
+        <v>899</v>
       </c>
       <c r="J18" t="s">
-        <v>886</v>
+        <v>900</v>
       </c>
       <c r="K18" t="s">
-        <v>887</v>
+        <v>901</v>
       </c>
       <c r="L18" t="s">
-        <v>888</v>
+        <v>902</v>
       </c>
       <c r="M18" t="s">
-        <v>889</v>
+        <v>903</v>
       </c>
       <c r="N18" t="s">
-        <v>890</v>
+        <v>904</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B19" t="s">
-        <v>891</v>
+        <v>905</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>892</v>
+        <v>906</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>893</v>
+        <v>907</v>
       </c>
       <c r="H19" t="s">
-        <v>894</v>
+        <v>908</v>
       </c>
       <c r="I19" t="s">
-        <v>895</v>
+        <v>909</v>
       </c>
       <c r="J19" t="s">
-        <v>896</v>
+        <v>910</v>
       </c>
       <c r="K19" t="s">
-        <v>897</v>
+        <v>911</v>
       </c>
       <c r="L19" t="s">
-        <v>898</v>
+        <v>912</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B20" t="s">
-        <v>899</v>
+        <v>913</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>900</v>
+        <v>914</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>901</v>
+        <v>915</v>
       </c>
       <c r="H20" t="s">
-        <v>902</v>
+        <v>916</v>
       </c>
       <c r="I20" t="s">
-        <v>903</v>
+        <v>917</v>
       </c>
       <c r="J20" t="s">
-        <v>853</v>
+        <v>867</v>
       </c>
       <c r="K20" t="s">
-        <v>904</v>
+        <v>918</v>
       </c>
       <c r="L20" t="s">
-        <v>905</v>
+        <v>919</v>
       </c>
       <c r="M20" t="s">
-        <v>906</v>
+        <v>920</v>
       </c>
       <c r="N20" t="s">
-        <v>907</v>
+        <v>921</v>
       </c>
       <c r="O20" t="s">
-        <v>908</v>
+        <v>922</v>
       </c>
       <c r="P20" t="s">
-        <v>909</v>
+        <v>923</v>
       </c>
       <c r="Q20" t="s">
-        <v>910</v>
+        <v>924</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B21" t="s">
-        <v>911</v>
+        <v>925</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>912</v>
+        <v>926</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>913</v>
+        <v>927</v>
       </c>
       <c r="H21" t="s">
-        <v>914</v>
+        <v>928</v>
       </c>
       <c r="I21" t="s">
-        <v>915</v>
+        <v>929</v>
       </c>
       <c r="J21" t="s">
-        <v>916</v>
+        <v>930</v>
       </c>
       <c r="K21" t="s">
-        <v>917</v>
+        <v>931</v>
       </c>
       <c r="L21" t="s">
-        <v>918</v>
+        <v>932</v>
       </c>
       <c r="M21" t="s">
-        <v>919</v>
+        <v>933</v>
       </c>
       <c r="N21" t="s">
-        <v>920</v>
+        <v>934</v>
       </c>
       <c r="O21" t="s">
-        <v>921</v>
+        <v>935</v>
       </c>
       <c r="P21" t="s">
-        <v>922</v>
+        <v>936</v>
       </c>
       <c r="Q21" t="s">
-        <v>923</v>
+        <v>937</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B22" t="s">
-        <v>924</v>
+        <v>938</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>925</v>
+        <v>939</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>926</v>
+        <v>940</v>
       </c>
       <c r="H22" t="s">
-        <v>927</v>
+        <v>941</v>
       </c>
       <c r="I22" t="s">
-        <v>928</v>
+        <v>942</v>
       </c>
       <c r="J22" t="s">
-        <v>929</v>
+        <v>943</v>
       </c>
       <c r="K22" t="s">
-        <v>930</v>
+        <v>944</v>
       </c>
       <c r="L22" t="s">
-        <v>931</v>
+        <v>945</v>
       </c>
       <c r="M22" t="s">
-        <v>932</v>
+        <v>946</v>
       </c>
       <c r="N22" t="s">
-        <v>933</v>
+        <v>947</v>
       </c>
       <c r="O22" t="s">
-        <v>934</v>
+        <v>948</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B23" t="s">
-        <v>935</v>
+        <v>949</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>936</v>
+        <v>950</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>937</v>
+        <v>951</v>
       </c>
       <c r="H23" t="s">
-        <v>938</v>
+        <v>952</v>
       </c>
       <c r="I23" t="s">
-        <v>939</v>
+        <v>953</v>
       </c>
       <c r="J23" t="s">
-        <v>771</v>
+        <v>785</v>
       </c>
       <c r="K23" t="s">
-        <v>940</v>
+        <v>954</v>
       </c>
       <c r="L23" t="s">
-        <v>941</v>
+        <v>955</v>
       </c>
       <c r="M23" t="s">
-        <v>942</v>
+        <v>956</v>
       </c>
       <c r="N23" t="s">
-        <v>943</v>
+        <v>957</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B24" t="s">
-        <v>944</v>
+        <v>958</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>945</v>
+        <v>959</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>946</v>
+        <v>960</v>
       </c>
       <c r="H24" t="s">
-        <v>947</v>
+        <v>961</v>
       </c>
       <c r="I24" t="s">
-        <v>948</v>
+        <v>962</v>
       </c>
       <c r="J24" t="s">
-        <v>949</v>
+        <v>963</v>
       </c>
       <c r="K24" t="s">
-        <v>950</v>
+        <v>964</v>
       </c>
       <c r="L24" t="s">
-        <v>951</v>
+        <v>965</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B25" t="s">
-        <v>952</v>
+        <v>966</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>945</v>
+        <v>959</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>953</v>
+        <v>967</v>
       </c>
       <c r="H25" t="s">
-        <v>954</v>
+        <v>968</v>
       </c>
       <c r="I25" t="s">
-        <v>948</v>
+        <v>962</v>
       </c>
       <c r="J25" t="s">
-        <v>955</v>
+        <v>969</v>
       </c>
       <c r="K25" t="s">
-        <v>956</v>
+        <v>970</v>
       </c>
       <c r="L25" t="s">
-        <v>957</v>
+        <v>971</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B26" t="s">
-        <v>958</v>
+        <v>972</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>959</v>
+        <v>973</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>960</v>
+        <v>974</v>
       </c>
       <c r="H26" t="s">
-        <v>961</v>
+        <v>975</v>
       </c>
       <c r="I26" t="s">
-        <v>962</v>
+        <v>976</v>
       </c>
       <c r="J26" t="s">
-        <v>963</v>
+        <v>977</v>
       </c>
       <c r="K26" t="s">
-        <v>964</v>
+        <v>978</v>
       </c>
       <c r="L26" t="s">
-        <v>965</v>
+        <v>979</v>
       </c>
       <c r="M26" t="s">
-        <v>966</v>
+        <v>980</v>
       </c>
       <c r="N26" t="s">
-        <v>967</v>
+        <v>981</v>
       </c>
       <c r="O26" t="s">
-        <v>968</v>
+        <v>982</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B27" t="s">
-        <v>969</v>
+        <v>983</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>970</v>
+        <v>984</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>971</v>
+        <v>985</v>
       </c>
       <c r="H27" t="s">
-        <v>972</v>
+        <v>986</v>
       </c>
       <c r="I27" t="s">
-        <v>973</v>
+        <v>987</v>
       </c>
       <c r="J27" t="s">
-        <v>963</v>
+        <v>977</v>
       </c>
       <c r="K27" t="s">
-        <v>974</v>
+        <v>988</v>
       </c>
       <c r="L27" t="s">
-        <v>975</v>
+        <v>989</v>
       </c>
       <c r="M27" t="s">
-        <v>976</v>
+        <v>990</v>
       </c>
       <c r="N27" t="s">
-        <v>977</v>
+        <v>991</v>
       </c>
       <c r="O27" t="s">
-        <v>978</v>
+        <v>992</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B28" t="s">
-        <v>979</v>
+        <v>993</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>980</v>
+        <v>994</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>981</v>
+        <v>995</v>
       </c>
       <c r="H28" t="s">
-        <v>982</v>
+        <v>996</v>
       </c>
       <c r="I28" t="s">
-        <v>983</v>
+        <v>997</v>
       </c>
       <c r="J28" t="s">
-        <v>984</v>
+        <v>998</v>
       </c>
       <c r="K28" t="s">
-        <v>985</v>
+        <v>999</v>
       </c>
       <c r="L28" t="s">
-        <v>986</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B29" t="s">
-        <v>987</v>
+        <v>1001</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>988</v>
+        <v>1002</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>989</v>
+        <v>1003</v>
       </c>
       <c r="H29" t="s">
-        <v>990</v>
+        <v>1004</v>
       </c>
       <c r="I29" t="s">
-        <v>991</v>
+        <v>1005</v>
       </c>
       <c r="J29" t="s">
-        <v>787</v>
+        <v>801</v>
       </c>
       <c r="K29" t="s">
-        <v>992</v>
+        <v>1006</v>
       </c>
       <c r="L29" t="s">
-        <v>993</v>
+        <v>1007</v>
       </c>
       <c r="M29" t="s">
-        <v>994</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B30" t="s">
-        <v>995</v>
+        <v>1009</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>996</v>
+        <v>1010</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>997</v>
+        <v>1011</v>
       </c>
       <c r="H30" t="s">
-        <v>998</v>
+        <v>1012</v>
       </c>
       <c r="I30" t="s">
-        <v>999</v>
+        <v>1013</v>
       </c>
       <c r="J30" t="s">
-        <v>808</v>
+        <v>822</v>
       </c>
       <c r="K30" t="s">
-        <v>1000</v>
+        <v>1014</v>
       </c>
       <c r="L30" t="s">
-        <v>1001</v>
+        <v>1015</v>
       </c>
       <c r="M30" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="N30" t="s">
-        <v>1003</v>
+        <v>1017</v>
       </c>
       <c r="O30" t="s">
-        <v>1004</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B31" t="s">
-        <v>1005</v>
+        <v>1019</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1006</v>
+        <v>1020</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1007</v>
+        <v>1021</v>
       </c>
       <c r="H31" t="s">
-        <v>1008</v>
+        <v>1022</v>
       </c>
       <c r="I31" t="s">
-        <v>1009</v>
+        <v>1023</v>
       </c>
       <c r="J31" t="s">
-        <v>831</v>
+        <v>845</v>
       </c>
       <c r="K31" t="s">
-        <v>1010</v>
+        <v>1024</v>
       </c>
       <c r="L31" t="s">
-        <v>1011</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B32" t="s">
-        <v>1012</v>
+        <v>1026</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1013</v>
+        <v>1027</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1014</v>
+        <v>1028</v>
       </c>
       <c r="H32" t="s">
-        <v>1015</v>
+        <v>1029</v>
       </c>
       <c r="I32" t="s">
-        <v>1016</v>
+        <v>1030</v>
       </c>
       <c r="J32" t="s">
-        <v>757</v>
+        <v>771</v>
       </c>
       <c r="K32" t="s">
-        <v>1017</v>
+        <v>1031</v>
       </c>
       <c r="L32" t="s">
-        <v>1018</v>
+        <v>1032</v>
       </c>
       <c r="M32" t="s">
-        <v>1019</v>
+        <v>1033</v>
       </c>
       <c r="N32" t="s">
-        <v>1019</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B33" t="s">
-        <v>1020</v>
+        <v>1034</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1021</v>
+        <v>1035</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1022</v>
+        <v>1036</v>
       </c>
       <c r="H33" t="s">
-        <v>1023</v>
+        <v>1037</v>
       </c>
       <c r="I33" t="s">
-        <v>1024</v>
+        <v>1038</v>
       </c>
       <c r="J33" t="s">
-        <v>1025</v>
+        <v>1039</v>
       </c>
       <c r="K33" t="s">
-        <v>1026</v>
+        <v>1040</v>
       </c>
       <c r="L33" t="s">
-        <v>1027</v>
+        <v>1041</v>
       </c>
       <c r="M33" t="s">
-        <v>1028</v>
+        <v>1042</v>
       </c>
       <c r="N33" t="s">
-        <v>1029</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B34" t="s">
-        <v>1030</v>
+        <v>1044</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1031</v>
+        <v>1045</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1032</v>
+        <v>1046</v>
       </c>
       <c r="H34" t="s">
-        <v>1033</v>
+        <v>1047</v>
       </c>
       <c r="I34" t="s">
-        <v>1034</v>
+        <v>1048</v>
       </c>
       <c r="J34" t="s">
-        <v>1035</v>
+        <v>1049</v>
       </c>
       <c r="K34" t="s">
-        <v>1036</v>
+        <v>1050</v>
       </c>
       <c r="L34" t="s">
-        <v>1037</v>
+        <v>1051</v>
       </c>
       <c r="M34" t="s">
-        <v>1038</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B35" t="s">
-        <v>1039</v>
+        <v>1053</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1040</v>
+        <v>1054</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1041</v>
+        <v>1055</v>
       </c>
       <c r="H35" t="s">
-        <v>1042</v>
+        <v>1056</v>
       </c>
       <c r="I35" t="s">
-        <v>1043</v>
+        <v>1057</v>
       </c>
       <c r="J35" t="s">
-        <v>963</v>
+        <v>977</v>
       </c>
       <c r="K35" t="s">
-        <v>1044</v>
+        <v>1058</v>
       </c>
       <c r="L35" t="s">
-        <v>1045</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B36" t="s">
-        <v>1046</v>
+        <v>1060</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1047</v>
+        <v>1061</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1048</v>
+        <v>1062</v>
       </c>
       <c r="H36" t="s">
-        <v>1049</v>
+        <v>1063</v>
       </c>
       <c r="I36" t="s">
-        <v>1050</v>
+        <v>1064</v>
       </c>
       <c r="J36" t="s">
-        <v>831</v>
+        <v>845</v>
       </c>
       <c r="K36" t="s">
-        <v>1051</v>
+        <v>1065</v>
       </c>
       <c r="L36" t="s">
-        <v>1052</v>
+        <v>1066</v>
       </c>
       <c r="M36" t="s">
-        <v>1053</v>
+        <v>1067</v>
       </c>
       <c r="N36" t="s">
-        <v>1054</v>
+        <v>1068</v>
       </c>
       <c r="O36" t="s">
-        <v>1055</v>
+        <v>1069</v>
       </c>
       <c r="P36" t="s">
-        <v>1056</v>
+        <v>1070</v>
       </c>
       <c r="Q36" t="s">
-        <v>1057</v>
+        <v>1071</v>
       </c>
       <c r="R36" t="s">
-        <v>1058</v>
+        <v>1072</v>
       </c>
       <c r="S36" t="s">
-        <v>1059</v>
+        <v>1073</v>
       </c>
       <c r="T36" t="s">
-        <v>1060</v>
+        <v>1074</v>
       </c>
       <c r="U36" t="s">
-        <v>1061</v>
+        <v>1075</v>
       </c>
       <c r="V36" t="s">
-        <v>1062</v>
+        <v>1076</v>
       </c>
       <c r="W36" t="s">
-        <v>1063</v>
+        <v>1077</v>
       </c>
       <c r="X36" t="s">
-        <v>1064</v>
+        <v>1078</v>
       </c>
       <c r="Y36" t="s">
-        <v>1065</v>
+        <v>1079</v>
       </c>
       <c r="Z36" t="s">
-        <v>1066</v>
+        <v>1080</v>
       </c>
       <c r="AA36" t="s">
-        <v>1067</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B37" t="s">
-        <v>1068</v>
+        <v>1082</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1069</v>
+        <v>1083</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1070</v>
+        <v>1084</v>
       </c>
       <c r="H37" t="s">
-        <v>1071</v>
+        <v>1085</v>
       </c>
       <c r="I37" t="s">
-        <v>1072</v>
+        <v>1086</v>
       </c>
       <c r="J37" t="s">
-        <v>853</v>
+        <v>867</v>
       </c>
       <c r="K37" t="s">
-        <v>1073</v>
+        <v>1087</v>
       </c>
       <c r="L37" t="s">
-        <v>1074</v>
+        <v>1088</v>
       </c>
       <c r="M37" t="s">
-        <v>1075</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B38" t="s">
-        <v>1076</v>
+        <v>1090</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1077</v>
+        <v>1091</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1078</v>
+        <v>1092</v>
       </c>
       <c r="H38" t="s">
-        <v>1079</v>
+        <v>1093</v>
       </c>
       <c r="I38" t="s">
-        <v>1080</v>
+        <v>1094</v>
       </c>
       <c r="J38" t="s">
-        <v>963</v>
+        <v>977</v>
       </c>
       <c r="K38" t="s">
-        <v>1081</v>
+        <v>1095</v>
       </c>
       <c r="L38" t="s">
-        <v>1082</v>
+        <v>1096</v>
       </c>
       <c r="M38" t="s">
-        <v>1083</v>
+        <v>1097</v>
       </c>
       <c r="N38" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B39" t="s">
-        <v>1085</v>
+        <v>1099</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1086</v>
+        <v>1100</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1087</v>
+        <v>1101</v>
       </c>
       <c r="H39" t="s">
-        <v>1088</v>
+        <v>1102</v>
       </c>
       <c r="I39" t="s">
-        <v>1089</v>
+        <v>1103</v>
       </c>
       <c r="J39" t="s">
-        <v>808</v>
+        <v>822</v>
       </c>
       <c r="K39" t="s">
-        <v>1090</v>
+        <v>1104</v>
       </c>
       <c r="L39" t="s">
-        <v>1091</v>
+        <v>1105</v>
       </c>
       <c r="M39" t="s">
-        <v>1092</v>
+        <v>1106</v>
       </c>
       <c r="N39" t="s">
-        <v>1093</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B40" t="s">
-        <v>1094</v>
+        <v>1108</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1095</v>
+        <v>1109</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1096</v>
+        <v>1110</v>
       </c>
       <c r="H40" t="s">
-        <v>1097</v>
+        <v>1111</v>
       </c>
       <c r="I40" t="s">
-        <v>1098</v>
+        <v>1112</v>
       </c>
       <c r="J40" t="s">
-        <v>1099</v>
+        <v>1113</v>
       </c>
       <c r="K40" t="s">
-        <v>1100</v>
+        <v>1114</v>
       </c>
       <c r="L40" t="s">
-        <v>1101</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B41" t="s">
-        <v>1102</v>
+        <v>1116</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1103</v>
+        <v>1117</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1104</v>
+        <v>1118</v>
       </c>
       <c r="H41" t="s">
-        <v>1105</v>
+        <v>1119</v>
       </c>
       <c r="I41" t="s">
-        <v>1106</v>
+        <v>1120</v>
       </c>
       <c r="J41" t="s">
-        <v>831</v>
+        <v>845</v>
       </c>
       <c r="K41" t="s">
-        <v>1107</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B42" t="s">
-        <v>1108</v>
+        <v>1122</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1109</v>
+        <v>1123</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1110</v>
+        <v>1124</v>
       </c>
       <c r="H42" t="s">
-        <v>1111</v>
+        <v>1125</v>
       </c>
       <c r="I42" t="s">
-        <v>1112</v>
+        <v>1126</v>
       </c>
       <c r="J42" t="s">
-        <v>1113</v>
+        <v>1127</v>
       </c>
       <c r="K42" t="s">
-        <v>1114</v>
+        <v>1128</v>
       </c>
       <c r="L42" t="s">
-        <v>1115</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B43" t="s">
-        <v>1116</v>
+        <v>1130</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1117</v>
+        <v>1131</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1118</v>
+        <v>1132</v>
       </c>
       <c r="H43" t="s">
-        <v>1119</v>
+        <v>1133</v>
       </c>
       <c r="I43" t="s">
-        <v>1120</v>
+        <v>1134</v>
       </c>
       <c r="J43" t="s">
-        <v>711</v>
+        <v>725</v>
       </c>
       <c r="K43" t="s">
-        <v>1121</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B44" t="s">
-        <v>1122</v>
+        <v>1136</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1123</v>
+        <v>1137</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1124</v>
+        <v>1138</v>
       </c>
       <c r="H44" t="s">
-        <v>1125</v>
+        <v>1139</v>
       </c>
       <c r="I44" t="s">
-        <v>1126</v>
+        <v>1140</v>
       </c>
       <c r="J44" t="s">
-        <v>692</v>
+        <v>705</v>
       </c>
       <c r="K44" t="s">
-        <v>1127</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B45" t="s">
-        <v>1128</v>
+        <v>1142</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1129</v>
+        <v>1143</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1130</v>
+        <v>1144</v>
       </c>
       <c r="H45" t="s">
-        <v>1131</v>
+        <v>1145</v>
       </c>
       <c r="I45" t="s">
-        <v>1132</v>
+        <v>1146</v>
       </c>
       <c r="J45" t="s">
-        <v>1133</v>
+        <v>1147</v>
       </c>
       <c r="K45" t="s">
-        <v>1134</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>686</v>
+        <v>699</v>
       </c>
       <c r="B46" t="s">
-        <v>1135</v>
+        <v>1149</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1136</v>
+        <v>1150</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1137</v>
+        <v>1151</v>
       </c>
       <c r="H46" t="s">
-        <v>1138</v>
+        <v>1152</v>
       </c>
       <c r="I46" t="s">
-        <v>1139</v>
+        <v>1153</v>
       </c>
       <c r="J46" t="s">
-        <v>1140</v>
+        <v>1154</v>
       </c>
       <c r="K46" t="s">
-        <v>1141</v>
+        <v>1155</v>
       </c>
       <c r="L46" t="s">
-        <v>1142</v>
+        <v>1156</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>