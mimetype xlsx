--- v2 (2026-01-14)
+++ v3 (2026-03-01)
@@ -36,51 +36,51 @@
     <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
     <sheet name="Export Chronic disease guide" r:id="rId6" sheetId="4"/>
     <sheet name="Export Press release" r:id="rId7" sheetId="5"/>
     <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
     <sheet name="Export Tool to improve professi" r:id="rId9" sheetId="7"/>
     <sheet name="Export Vaccine recommendation" r:id="rId10" sheetId="8"/>
     <sheet name="Export Drugs" r:id="rId11" sheetId="9"/>
     <sheet name="Export Web page" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Press release'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1748" uniqueCount="1178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1749" uniqueCount="1179">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -2138,50 +2138,80 @@
   <si>
     <t>06/06/2024 00:00:00</t>
   </si>
   <si>
     <t>06/13/2024 10:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3505344/en/rsv-infection-vaccination-recommendation-for-pregnant-women</t>
   </si>
   <si>
     <t>p_3505344</t>
   </si>
   <si>
     <t>Active ingredient</t>
   </si>
   <si>
     <t>Laboratory / Manufacturer</t>
   </si>
   <si>
     <t>Opinions on drugs</t>
   </si>
   <si>
     <t>Medicine</t>
   </si>
   <si>
+    <t>ENTRESTO</t>
+  </si>
+  <si>
+    <t>02/12/2026 15:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983756/en/entresto</t>
+  </si>
+  <si>
+    <t>pprd_2983756</t>
+  </si>
+  <si>
+    <t>sacubitril,valsartan</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740901/en/entresto-sacubitril/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632556/en/entresto-sacubitril/valsartan-a-neutral-endopeptidase-inhibitor-in-combination-with-an-angiotensin-ii-receptor-blocker-arb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483267/en/entresto-sacubitril/valsartan-symptomatic-chronic-heart</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859008/en/entresto-sacubitril/valsartan-insuffisance-cardiaque-chronique</t>
+  </si>
+  <si>
     <t>IMBRUVICA</t>
   </si>
   <si>
     <t>12/01/2025 14:34:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983527/en/imbruvica</t>
   </si>
   <si>
     <t>pprd_2983527</t>
   </si>
   <si>
     <t>ibrutinib</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2049868/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2746213/en/imbruvica-ibrutinib-inhibiteur-de-tyrosine-kinase-de-bruton-btk</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2742289/en/imbruvica-ibrutinib-bruton-s-tyrosine-kinase-btk-inhibitor</t>
@@ -2393,53 +2423,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3189749/en/ultravist-iopromide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3500938/en/ultravist-iopromide-produit-de-contraste-iode</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3546280/en/ultravist-iopromide</t>
   </si>
   <si>
     <t>XOLAIR</t>
   </si>
   <si>
     <t>09/18/2024 09:27:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983547/en/xolair</t>
   </si>
   <si>
     <t>pprd_2983547</t>
   </si>
   <si>
     <t>omalizumab</t>
   </si>
   <si>
-    <t>NOVARTIS PHARMA S.A.S.</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_923055/en/xolair</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400838/en/xolair</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1277888/en/xolair-omalizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2031554/en/xolair-omalizumab-anti-ige</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2788633/en/xolair-omalizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3182802/en/xolair-omalizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3471697/en/xolair-omalizumab-urticaire-chronique-spontanee</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3487904/en/xolair-omalizumab-polypose-naso-sinusienne</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3519011/en/xolair-omalizumab-asthme-allergique-urticaire-chronique-spontanee</t>
@@ -2670,74 +2697,50 @@
     <t>https://www.has-sante.fr/jcms/c_399919/en/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_443245/en/botox</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_916585/en/botox</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1281708/en/botox</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1782527/en/botox</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2967154/en/botox-toxine-botulinique-de-type-a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3098271/en/botox-toxine-botulinique-de-type-a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3303898/en/botox-type-a-botulinum-toxin</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3487172/en/botox-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
-  </si>
-[...22 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3483267/en/entresto-sacubitril/valsartan-symptomatic-chronic-heart</t>
   </si>
   <si>
     <t>OCTAPLASLG</t>
   </si>
   <si>
     <t>12/22/2023 16:18:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983979/en/octaplaslg</t>
   </si>
   <si>
     <t>pprd_2983979</t>
   </si>
   <si>
     <t>protéines plasmatiques humaines</t>
   </si>
   <si>
     <t>OCTAPHARMA SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2663236/en/octaplaslg-human-plasma-proteins-medicinal-product-derived-from-blood</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3263672/en/octaplaslg-proteines-plasmatiques-humaines</t>
   </si>
@@ -4136,150 +4139,150 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B2" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="C2" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="H2" t="s">
-        <v>1162</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B3" t="s">
-        <v>1163</v>
+        <v>1164</v>
       </c>
       <c r="C3" t="s">
-        <v>1164</v>
+        <v>1165</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1165</v>
+        <v>1166</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1166</v>
+        <v>1167</v>
       </c>
       <c r="H3" t="s">
-        <v>1167</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B4" t="s">
-        <v>1168</v>
+        <v>1169</v>
       </c>
       <c r="C4" t="s">
-        <v>1169</v>
+        <v>1170</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1170</v>
+        <v>1171</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1171</v>
+        <v>1172</v>
       </c>
       <c r="H4" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="B5" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="C5" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1176</v>
+        <v>1177</v>
       </c>
       <c r="H5" t="s">
-        <v>1177</v>
+        <v>1178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -7340,2061 +7343,2064 @@
       </c>
       <c r="G2" t="s">
         <v>702</v>
       </c>
       <c r="H2" t="s">
         <v>703</v>
       </c>
       <c r="I2" t="s">
         <v>704</v>
       </c>
       <c r="J2" t="s">
         <v>705</v>
       </c>
       <c r="K2" t="s">
         <v>706</v>
       </c>
       <c r="L2" t="s">
         <v>707</v>
       </c>
       <c r="M2" t="s">
         <v>708</v>
       </c>
       <c r="N2" t="s">
         <v>709</v>
       </c>
-      <c r="O2" t="s">
-[...28 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>699</v>
       </c>
       <c r="B3" t="s">
+        <v>710</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>711</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>712</v>
+      </c>
+      <c r="H3" t="s">
+        <v>713</v>
+      </c>
+      <c r="I3" t="s">
+        <v>714</v>
+      </c>
+      <c r="J3" t="s">
+        <v>715</v>
+      </c>
+      <c r="K3" t="s">
+        <v>716</v>
+      </c>
+      <c r="L3" t="s">
+        <v>717</v>
+      </c>
+      <c r="M3" t="s">
+        <v>718</v>
+      </c>
+      <c r="N3" t="s">
+        <v>719</v>
+      </c>
+      <c r="O3" t="s">
         <v>720</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="P3" t="s">
         <v>721</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="Q3" t="s">
         <v>722</v>
       </c>
-      <c r="H3" t="s">
+      <c r="R3" t="s">
         <v>723</v>
       </c>
-      <c r="I3" t="s">
+      <c r="S3" t="s">
         <v>724</v>
       </c>
-      <c r="J3" t="s">
+      <c r="T3" t="s">
         <v>725</v>
       </c>
-      <c r="K3" t="s">
+      <c r="U3" t="s">
         <v>726</v>
       </c>
-      <c r="L3" t="s">
+      <c r="V3" t="s">
         <v>727</v>
       </c>
-      <c r="M3" t="s">
+      <c r="W3" t="s">
         <v>728</v>
       </c>
-      <c r="N3" t="s">
+      <c r="X3" t="s">
         <v>729</v>
-      </c>
-[...4 lines deleted...]
-        <v>731</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>699</v>
       </c>
       <c r="B4" t="s">
+        <v>730</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>731</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>732</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>733</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>734</v>
       </c>
-      <c r="H4" t="s">
+      <c r="J4" t="s">
         <v>735</v>
       </c>
-      <c r="I4" t="s">
+      <c r="K4" t="s">
         <v>736</v>
       </c>
-      <c r="J4" t="s">
+      <c r="L4" t="s">
         <v>737</v>
       </c>
-      <c r="K4" t="s">
+      <c r="M4" t="s">
         <v>738</v>
       </c>
-      <c r="L4" t="s">
+      <c r="N4" t="s">
         <v>739</v>
       </c>
-      <c r="M4" t="s">
+      <c r="O4" t="s">
         <v>740</v>
       </c>
-      <c r="N4" t="s">
+      <c r="P4" t="s">
         <v>741</v>
-      </c>
-[...1 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>699</v>
       </c>
       <c r="B5" t="s">
+        <v>742</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>743</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>744</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>745</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>746</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
         <v>747</v>
       </c>
-      <c r="J5" t="s">
+      <c r="K5" t="s">
         <v>748</v>
       </c>
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>749</v>
       </c>
-      <c r="L5" t="s">
+      <c r="M5" t="s">
         <v>750</v>
       </c>
-      <c r="M5" t="s">
+      <c r="N5" t="s">
         <v>751</v>
       </c>
-      <c r="N5" t="s">
+      <c r="O5" t="s">
         <v>752</v>
-      </c>
-[...4 lines deleted...]
-        <v>754</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>699</v>
       </c>
       <c r="B6" t="s">
+        <v>753</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>754</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>755</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>756</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
         <v>757</v>
       </c>
-      <c r="H6" t="s">
+      <c r="J6" t="s">
         <v>758</v>
       </c>
-      <c r="I6" t="s">
+      <c r="K6" t="s">
         <v>759</v>
       </c>
-      <c r="J6" t="s">
+      <c r="L6" t="s">
         <v>760</v>
       </c>
-      <c r="K6" t="s">
+      <c r="M6" t="s">
         <v>761</v>
       </c>
-      <c r="L6" t="s">
+      <c r="N6" t="s">
         <v>762</v>
       </c>
-      <c r="M6" t="s">
+      <c r="O6" t="s">
         <v>763</v>
       </c>
-      <c r="N6" t="s">
+      <c r="P6" t="s">
         <v>764</v>
-      </c>
-[...1 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>699</v>
       </c>
       <c r="B7" t="s">
+        <v>765</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>766</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>767</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>768</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>769</v>
       </c>
-      <c r="I7" t="s">
+      <c r="J7" t="s">
         <v>770</v>
       </c>
-      <c r="J7" t="s">
+      <c r="K7" t="s">
         <v>771</v>
       </c>
-      <c r="K7" t="s">
+      <c r="L7" t="s">
         <v>772</v>
       </c>
-      <c r="L7" t="s">
+      <c r="M7" t="s">
         <v>773</v>
       </c>
-      <c r="M7" t="s">
+      <c r="N7" t="s">
         <v>774</v>
       </c>
-      <c r="N7" t="s">
+      <c r="O7" t="s">
         <v>775</v>
-      </c>
-[...10 lines deleted...]
-        <v>779</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>699</v>
       </c>
       <c r="B8" t="s">
+        <v>776</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>777</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>778</v>
+      </c>
+      <c r="H8" t="s">
+        <v>779</v>
+      </c>
+      <c r="I8" t="s">
         <v>780</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="J8" t="s">
         <v>781</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="K8" t="s">
         <v>782</v>
       </c>
-      <c r="H8" t="s">
+      <c r="L8" t="s">
         <v>783</v>
       </c>
-      <c r="I8" t="s">
+      <c r="M8" t="s">
         <v>784</v>
       </c>
-      <c r="J8" t="s">
+      <c r="N8" t="s">
         <v>785</v>
       </c>
-      <c r="K8" t="s">
+      <c r="O8" t="s">
         <v>786</v>
       </c>
-      <c r="L8" t="s">
+      <c r="P8" t="s">
         <v>787</v>
       </c>
-      <c r="M8" t="s">
+      <c r="Q8" t="s">
         <v>788</v>
       </c>
-      <c r="N8" t="s">
+      <c r="R8" t="s">
         <v>789</v>
-      </c>
-[...16 lines deleted...]
-        <v>795</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>699</v>
       </c>
       <c r="B9" t="s">
+        <v>790</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>791</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>792</v>
+      </c>
+      <c r="H9" t="s">
+        <v>793</v>
+      </c>
+      <c r="I9" t="s">
+        <v>794</v>
+      </c>
+      <c r="J9" t="s">
+        <v>705</v>
+      </c>
+      <c r="K9" t="s">
+        <v>795</v>
+      </c>
+      <c r="L9" t="s">
         <v>796</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="M9" t="s">
         <v>797</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="N9" t="s">
         <v>798</v>
       </c>
-      <c r="H9" t="s">
+      <c r="O9" t="s">
         <v>799</v>
       </c>
-      <c r="I9" t="s">
+      <c r="P9" t="s">
         <v>800</v>
       </c>
-      <c r="J9" t="s">
+      <c r="Q9" t="s">
         <v>801</v>
       </c>
-      <c r="K9" t="s">
+      <c r="R9" t="s">
         <v>802</v>
       </c>
-      <c r="L9" t="s">
+      <c r="S9" t="s">
         <v>803</v>
       </c>
-      <c r="M9" t="s">
+      <c r="T9" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>699</v>
       </c>
       <c r="B10" t="s">
         <v>805</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
         <v>806</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>807</v>
       </c>
       <c r="H10" t="s">
         <v>808</v>
       </c>
       <c r="I10" t="s">
         <v>809</v>
       </c>
       <c r="J10" t="s">
         <v>810</v>
       </c>
       <c r="K10" t="s">
         <v>811</v>
       </c>
       <c r="L10" t="s">
         <v>812</v>
       </c>
       <c r="M10" t="s">
         <v>813</v>
       </c>
-      <c r="N10" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>699</v>
       </c>
       <c r="B11" t="s">
+        <v>814</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>815</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>816</v>
+      </c>
+      <c r="H11" t="s">
         <v>817</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>818</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="J11" t="s">
         <v>819</v>
       </c>
-      <c r="H11" t="s">
+      <c r="K11" t="s">
         <v>820</v>
       </c>
-      <c r="I11" t="s">
+      <c r="L11" t="s">
         <v>821</v>
       </c>
-      <c r="J11" t="s">
+      <c r="M11" t="s">
         <v>822</v>
       </c>
-      <c r="K11" t="s">
+      <c r="N11" t="s">
         <v>823</v>
       </c>
-      <c r="L11" t="s">
+      <c r="O11" t="s">
         <v>824</v>
       </c>
-      <c r="M11" t="s">
+      <c r="P11" t="s">
+        <v>824</v>
+      </c>
+      <c r="Q11" t="s">
         <v>825</v>
-      </c>
-[...7 lines deleted...]
-        <v>828</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>699</v>
       </c>
       <c r="B12" t="s">
+        <v>826</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>827</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>828</v>
+      </c>
+      <c r="H12" t="s">
         <v>829</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="I12" t="s">
         <v>830</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="J12" t="s">
         <v>831</v>
       </c>
-      <c r="H12" t="s">
+      <c r="K12" t="s">
         <v>832</v>
       </c>
-      <c r="I12" t="s">
+      <c r="L12" t="s">
         <v>833</v>
       </c>
-      <c r="J12" t="s">
+      <c r="M12" t="s">
         <v>834</v>
       </c>
-      <c r="K12" t="s">
+      <c r="N12" t="s">
         <v>835</v>
       </c>
-      <c r="L12" t="s">
+      <c r="O12" t="s">
         <v>836</v>
       </c>
-      <c r="M12" t="s">
+      <c r="P12" t="s">
         <v>837</v>
-      </c>
-[...4 lines deleted...]
-        <v>839</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>699</v>
       </c>
       <c r="B13" t="s">
+        <v>838</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>839</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>840</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>841</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="I13" t="s">
         <v>842</v>
       </c>
-      <c r="H13" t="s">
+      <c r="J13" t="s">
         <v>843</v>
       </c>
-      <c r="I13" t="s">
+      <c r="K13" t="s">
         <v>844</v>
       </c>
-      <c r="J13" t="s">
+      <c r="L13" t="s">
         <v>845</v>
       </c>
-      <c r="K13" t="s">
+      <c r="M13" t="s">
         <v>846</v>
       </c>
-      <c r="L13" t="s">
+      <c r="N13" t="s">
         <v>847</v>
       </c>
-      <c r="M13" t="s">
+      <c r="O13" t="s">
         <v>848</v>
-      </c>
-[...1 lines deleted...]
-        <v>849</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>699</v>
       </c>
       <c r="B14" t="s">
+        <v>849</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
         <v>850</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>851</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>852</v>
       </c>
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>853</v>
       </c>
-      <c r="I14" t="s">
+      <c r="J14" t="s">
         <v>854</v>
       </c>
-      <c r="J14" t="s">
+      <c r="K14" t="s">
         <v>855</v>
       </c>
-      <c r="K14" t="s">
+      <c r="L14" t="s">
         <v>856</v>
       </c>
-      <c r="L14" t="s">
+      <c r="M14" t="s">
         <v>857</v>
       </c>
-      <c r="M14" t="s">
+      <c r="N14" t="s">
         <v>858</v>
-      </c>
-[...7 lines deleted...]
-        <v>861</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>699</v>
       </c>
       <c r="B15" t="s">
+        <v>859</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>860</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>861</v>
+      </c>
+      <c r="H15" t="s">
         <v>862</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="I15" t="s">
         <v>863</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="J15" t="s">
         <v>864</v>
       </c>
-      <c r="H15" t="s">
+      <c r="K15" t="s">
         <v>865</v>
       </c>
-      <c r="I15" t="s">
+      <c r="L15" t="s">
         <v>866</v>
       </c>
-      <c r="J15" t="s">
+      <c r="M15" t="s">
         <v>867</v>
       </c>
-      <c r="K15" t="s">
+      <c r="N15" t="s">
         <v>868</v>
       </c>
-      <c r="L15" t="s">
+      <c r="O15" t="s">
         <v>869</v>
       </c>
-      <c r="M15" t="s">
+      <c r="P15" t="s">
         <v>870</v>
-      </c>
-[...19 lines deleted...]
-        <v>877</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>699</v>
       </c>
       <c r="B16" t="s">
+        <v>871</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>872</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>873</v>
+      </c>
+      <c r="H16" t="s">
+        <v>874</v>
+      </c>
+      <c r="I16" t="s">
+        <v>875</v>
+      </c>
+      <c r="J16" t="s">
+        <v>876</v>
+      </c>
+      <c r="K16" t="s">
+        <v>877</v>
+      </c>
+      <c r="L16" t="s">
         <v>878</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="M16" t="s">
         <v>879</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="N16" t="s">
         <v>880</v>
       </c>
-      <c r="H16" t="s">
+      <c r="O16" t="s">
         <v>881</v>
       </c>
-      <c r="I16" t="s">
+      <c r="P16" t="s">
         <v>882</v>
       </c>
-      <c r="J16" t="s">
-[...2 lines deleted...]
-      <c r="K16" t="s">
+      <c r="Q16" t="s">
         <v>883</v>
       </c>
-      <c r="L16" t="s">
+      <c r="R16" t="s">
         <v>884</v>
       </c>
-      <c r="M16" t="s">
+      <c r="S16" t="s">
         <v>885</v>
+      </c>
+      <c r="T16" t="s">
+        <v>886</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>699</v>
       </c>
       <c r="B17" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="H17" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="I17" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="J17" t="s">
-        <v>891</v>
+        <v>892</v>
       </c>
       <c r="K17" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="L17" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="M17" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>699</v>
       </c>
       <c r="B18" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="H18" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="I18" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="J18" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="K18" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="L18" t="s">
-        <v>902</v>
+        <v>903</v>
       </c>
       <c r="M18" t="s">
-        <v>903</v>
+        <v>904</v>
       </c>
       <c r="N18" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>699</v>
       </c>
       <c r="B19" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="H19" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="I19" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="J19" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="K19" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="L19" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>699</v>
       </c>
       <c r="B20" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="H20" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="I20" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="J20" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="K20" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="L20" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="M20" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
       <c r="N20" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="O20" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="P20" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="Q20" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>699</v>
       </c>
       <c r="B21" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="H21" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="I21" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
       <c r="J21" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="K21" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="L21" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="M21" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="N21" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="O21" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="P21" t="s">
-        <v>936</v>
+        <v>937</v>
       </c>
       <c r="Q21" t="s">
-        <v>937</v>
+        <v>938</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>699</v>
       </c>
       <c r="B22" t="s">
-        <v>938</v>
+        <v>939</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>939</v>
+        <v>940</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>940</v>
+        <v>941</v>
       </c>
       <c r="H22" t="s">
-        <v>941</v>
+        <v>942</v>
       </c>
       <c r="I22" t="s">
-        <v>942</v>
+        <v>943</v>
       </c>
       <c r="J22" t="s">
-        <v>943</v>
+        <v>944</v>
       </c>
       <c r="K22" t="s">
-        <v>944</v>
+        <v>945</v>
       </c>
       <c r="L22" t="s">
-        <v>945</v>
+        <v>946</v>
       </c>
       <c r="M22" t="s">
-        <v>946</v>
+        <v>947</v>
       </c>
       <c r="N22" t="s">
-        <v>947</v>
+        <v>948</v>
       </c>
       <c r="O22" t="s">
-        <v>948</v>
+        <v>949</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>699</v>
       </c>
       <c r="B23" t="s">
-        <v>949</v>
+        <v>950</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>950</v>
+        <v>951</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>951</v>
+        <v>952</v>
       </c>
       <c r="H23" t="s">
-        <v>952</v>
+        <v>953</v>
       </c>
       <c r="I23" t="s">
-        <v>953</v>
+        <v>954</v>
       </c>
       <c r="J23" t="s">
-        <v>785</v>
+        <v>705</v>
       </c>
       <c r="K23" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="L23" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="M23" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
       <c r="N23" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>699</v>
       </c>
       <c r="B24" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
       <c r="H24" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="I24" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="J24" t="s">
-        <v>963</v>
+        <v>964</v>
       </c>
       <c r="K24" t="s">
-        <v>964</v>
+        <v>965</v>
       </c>
       <c r="L24" t="s">
-        <v>965</v>
+        <v>966</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>699</v>
       </c>
       <c r="B25" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="H25" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="I25" t="s">
-        <v>962</v>
+        <v>963</v>
       </c>
       <c r="J25" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="K25" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="L25" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>699</v>
       </c>
       <c r="B26" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="H26" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
       <c r="I26" t="s">
-        <v>976</v>
+        <v>977</v>
       </c>
       <c r="J26" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="K26" t="s">
-        <v>978</v>
+        <v>979</v>
       </c>
       <c r="L26" t="s">
-        <v>979</v>
+        <v>980</v>
       </c>
       <c r="M26" t="s">
-        <v>980</v>
+        <v>981</v>
       </c>
       <c r="N26" t="s">
-        <v>981</v>
+        <v>982</v>
       </c>
       <c r="O26" t="s">
-        <v>982</v>
+        <v>983</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>699</v>
       </c>
       <c r="B27" t="s">
-        <v>983</v>
+        <v>984</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>984</v>
+        <v>985</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>985</v>
+        <v>986</v>
       </c>
       <c r="H27" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="I27" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="J27" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="K27" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="L27" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="M27" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
       <c r="N27" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="O27" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>699</v>
       </c>
       <c r="B28" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
       <c r="H28" t="s">
-        <v>996</v>
+        <v>997</v>
       </c>
       <c r="I28" t="s">
-        <v>997</v>
+        <v>998</v>
       </c>
       <c r="J28" t="s">
-        <v>998</v>
+        <v>999</v>
       </c>
       <c r="K28" t="s">
-        <v>999</v>
+        <v>1000</v>
       </c>
       <c r="L28" t="s">
-        <v>1000</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>699</v>
       </c>
       <c r="B29" t="s">
-        <v>1001</v>
+        <v>1002</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1002</v>
+        <v>1003</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1003</v>
+        <v>1004</v>
       </c>
       <c r="H29" t="s">
-        <v>1004</v>
+        <v>1005</v>
       </c>
       <c r="I29" t="s">
-        <v>1005</v>
+        <v>1006</v>
       </c>
       <c r="J29" t="s">
-        <v>801</v>
+        <v>810</v>
       </c>
       <c r="K29" t="s">
-        <v>1006</v>
+        <v>1007</v>
       </c>
       <c r="L29" t="s">
-        <v>1007</v>
+        <v>1008</v>
       </c>
       <c r="M29" t="s">
-        <v>1008</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>699</v>
       </c>
       <c r="B30" t="s">
-        <v>1009</v>
+        <v>1010</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1010</v>
+        <v>1011</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="H30" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="I30" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
       <c r="J30" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
       <c r="K30" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="L30" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="M30" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="N30" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
       <c r="O30" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>699</v>
       </c>
       <c r="B31" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="H31" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="I31" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
       <c r="J31" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
       <c r="K31" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="L31" t="s">
-        <v>1025</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>699</v>
       </c>
       <c r="B32" t="s">
-        <v>1026</v>
+        <v>1027</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1027</v>
+        <v>1028</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1028</v>
+        <v>1029</v>
       </c>
       <c r="H32" t="s">
-        <v>1029</v>
+        <v>1030</v>
       </c>
       <c r="I32" t="s">
-        <v>1030</v>
+        <v>1031</v>
       </c>
       <c r="J32" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
       <c r="K32" t="s">
-        <v>1031</v>
+        <v>1032</v>
       </c>
       <c r="L32" t="s">
-        <v>1032</v>
+        <v>1033</v>
       </c>
       <c r="M32" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
       <c r="N32" t="s">
-        <v>1033</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>699</v>
       </c>
       <c r="B33" t="s">
-        <v>1034</v>
+        <v>1035</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1035</v>
+        <v>1036</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1036</v>
+        <v>1037</v>
       </c>
       <c r="H33" t="s">
-        <v>1037</v>
+        <v>1038</v>
       </c>
       <c r="I33" t="s">
-        <v>1038</v>
+        <v>1039</v>
       </c>
       <c r="J33" t="s">
-        <v>1039</v>
+        <v>1040</v>
       </c>
       <c r="K33" t="s">
-        <v>1040</v>
+        <v>1041</v>
       </c>
       <c r="L33" t="s">
-        <v>1041</v>
+        <v>1042</v>
       </c>
       <c r="M33" t="s">
-        <v>1042</v>
+        <v>1043</v>
       </c>
       <c r="N33" t="s">
-        <v>1043</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>699</v>
       </c>
       <c r="B34" t="s">
-        <v>1044</v>
+        <v>1045</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1045</v>
+        <v>1046</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1046</v>
+        <v>1047</v>
       </c>
       <c r="H34" t="s">
-        <v>1047</v>
+        <v>1048</v>
       </c>
       <c r="I34" t="s">
-        <v>1048</v>
+        <v>1049</v>
       </c>
       <c r="J34" t="s">
-        <v>1049</v>
+        <v>1050</v>
       </c>
       <c r="K34" t="s">
-        <v>1050</v>
+        <v>1051</v>
       </c>
       <c r="L34" t="s">
-        <v>1051</v>
+        <v>1052</v>
       </c>
       <c r="M34" t="s">
-        <v>1052</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>699</v>
       </c>
       <c r="B35" t="s">
-        <v>1053</v>
+        <v>1054</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1054</v>
+        <v>1055</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1055</v>
+        <v>1056</v>
       </c>
       <c r="H35" t="s">
-        <v>1056</v>
+        <v>1057</v>
       </c>
       <c r="I35" t="s">
-        <v>1057</v>
+        <v>1058</v>
       </c>
       <c r="J35" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="K35" t="s">
-        <v>1058</v>
+        <v>1059</v>
       </c>
       <c r="L35" t="s">
-        <v>1059</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>699</v>
       </c>
       <c r="B36" t="s">
-        <v>1060</v>
+        <v>1061</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1061</v>
+        <v>1062</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1062</v>
+        <v>1063</v>
       </c>
       <c r="H36" t="s">
-        <v>1063</v>
+        <v>1064</v>
       </c>
       <c r="I36" t="s">
-        <v>1064</v>
+        <v>1065</v>
       </c>
       <c r="J36" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
       <c r="K36" t="s">
-        <v>1065</v>
+        <v>1066</v>
       </c>
       <c r="L36" t="s">
-        <v>1066</v>
+        <v>1067</v>
       </c>
       <c r="M36" t="s">
-        <v>1067</v>
+        <v>1068</v>
       </c>
       <c r="N36" t="s">
-        <v>1068</v>
+        <v>1069</v>
       </c>
       <c r="O36" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="P36" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="Q36" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="R36" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="S36" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
       <c r="T36" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="U36" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="V36" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="W36" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="X36" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="Y36" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
       <c r="Z36" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="AA36" t="s">
-        <v>1081</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>699</v>
       </c>
       <c r="B37" t="s">
-        <v>1082</v>
+        <v>1083</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1083</v>
+        <v>1084</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1084</v>
+        <v>1085</v>
       </c>
       <c r="H37" t="s">
-        <v>1085</v>
+        <v>1086</v>
       </c>
       <c r="I37" t="s">
-        <v>1086</v>
+        <v>1087</v>
       </c>
       <c r="J37" t="s">
-        <v>867</v>
+        <v>876</v>
       </c>
       <c r="K37" t="s">
-        <v>1087</v>
+        <v>1088</v>
       </c>
       <c r="L37" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="M37" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>699</v>
       </c>
       <c r="B38" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
       <c r="H38" t="s">
-        <v>1093</v>
+        <v>1094</v>
       </c>
       <c r="I38" t="s">
-        <v>1094</v>
+        <v>1095</v>
       </c>
       <c r="J38" t="s">
-        <v>977</v>
+        <v>978</v>
       </c>
       <c r="K38" t="s">
-        <v>1095</v>
+        <v>1096</v>
       </c>
       <c r="L38" t="s">
-        <v>1096</v>
+        <v>1097</v>
       </c>
       <c r="M38" t="s">
-        <v>1097</v>
+        <v>1098</v>
       </c>
       <c r="N38" t="s">
-        <v>1098</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>699</v>
       </c>
       <c r="B39" t="s">
-        <v>1099</v>
+        <v>1100</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="H39" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="I39" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
       <c r="J39" t="s">
-        <v>822</v>
+        <v>831</v>
       </c>
       <c r="K39" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="L39" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="M39" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="N39" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>699</v>
       </c>
       <c r="B40" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1110</v>
+        <v>1111</v>
       </c>
       <c r="H40" t="s">
-        <v>1111</v>
+        <v>1112</v>
       </c>
       <c r="I40" t="s">
-        <v>1112</v>
+        <v>1113</v>
       </c>
       <c r="J40" t="s">
-        <v>1113</v>
+        <v>1114</v>
       </c>
       <c r="K40" t="s">
-        <v>1114</v>
+        <v>1115</v>
       </c>
       <c r="L40" t="s">
-        <v>1115</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>699</v>
       </c>
       <c r="B41" t="s">
-        <v>1116</v>
+        <v>1117</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1117</v>
+        <v>1118</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="H41" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="I41" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="J41" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
       <c r="K41" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>699</v>
       </c>
       <c r="B42" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" t="s">
         <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1123</v>
+        <v>1124</v>
       </c>
       <c r="F42" t="s">
         <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1124</v>
+        <v>1125</v>
       </c>
       <c r="H42" t="s">
-        <v>1125</v>
+        <v>1126</v>
       </c>
       <c r="I42" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="J42" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="K42" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
       <c r="L42" t="s">
-        <v>1129</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>699</v>
       </c>
       <c r="B43" t="s">
-        <v>1130</v>
+        <v>1131</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" t="s">
         <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1131</v>
+        <v>1132</v>
       </c>
       <c r="F43" t="s">
         <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="H43" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="I43" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
       <c r="J43" t="s">
-        <v>725</v>
+        <v>735</v>
       </c>
       <c r="K43" t="s">
-        <v>1135</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>699</v>
       </c>
       <c r="B44" t="s">
-        <v>1136</v>
+        <v>1137</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1137</v>
+        <v>1138</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1138</v>
+        <v>1139</v>
       </c>
       <c r="H44" t="s">
-        <v>1139</v>
+        <v>1140</v>
       </c>
       <c r="I44" t="s">
-        <v>1140</v>
+        <v>1141</v>
       </c>
       <c r="J44" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="K44" t="s">
-        <v>1141</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>699</v>
       </c>
       <c r="B45" t="s">
-        <v>1142</v>
+        <v>1143</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" t="s">
         <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="H45" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
       <c r="I45" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="J45" t="s">
-        <v>1147</v>
+        <v>1148</v>
       </c>
       <c r="K45" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>699</v>
       </c>
       <c r="B46" t="s">
-        <v>1149</v>
+        <v>1150</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1150</v>
+        <v>1151</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1151</v>
+        <v>1152</v>
       </c>
       <c r="H46" t="s">
-        <v>1152</v>
+        <v>1153</v>
       </c>
       <c r="I46" t="s">
-        <v>1153</v>
+        <v>1154</v>
       </c>
       <c r="J46" t="s">
-        <v>1154</v>
+        <v>1155</v>
       </c>
       <c r="K46" t="s">
-        <v>1155</v>
+        <v>1156</v>
       </c>
       <c r="L46" t="s">
-        <v>1156</v>
+        <v>1157</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>