--- v0 (2025-10-22)
+++ v1 (2026-03-02)
@@ -110,51 +110,51 @@
   <si>
     <t>678_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>1 Place De L Eglise</t>
   </si>
   <si>
     <t>24300 NONTRON</t>
   </si>
   <si>
     <t>NONTRON</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>0553608800</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Soins médicaux et de réadaptation</t>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>240000471</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>USLD CH DE NONTRON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/691_FicheEtablissement/fr/usld-ch-de-nontron</t>
   </si>
   <si>
     <t>691_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>