--- v0 (2025-10-27)
+++ v1 (2025-12-21)
@@ -104,51 +104,51 @@
   <si>
     <t>04/06/2025 07:47:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/716_FicheEtablissement/fr/polyclinique-de-franche-comte</t>
   </si>
   <si>
     <t>716_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>4 Rue Auguste Rodin</t>
   </si>
   <si>
     <t>25052 BESANCON</t>
   </si>
   <si>
     <t>BESANCON</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>0381416884</t>
+    <t>0381418141</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique</t>
   </si>
   <si>
     <t>250011848</t>
   </si>
   <si>
     <t>Établissements certifiés sous conditions</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>