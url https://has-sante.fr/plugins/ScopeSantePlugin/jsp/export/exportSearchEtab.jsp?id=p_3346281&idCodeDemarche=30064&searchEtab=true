--- v0 (2025-10-22)
+++ v1 (2026-03-05)
@@ -74,51 +74,51 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CENTRE MEDICAL NATIONAL ALFRED LEUNE - MGEN</t>
+    <t>CENTRE MEDICAL NATIONAL SAINTE FEYRE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:15:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/660_FicheEtablissement/fr/centre-medical-national-sainte-feyre</t>
   </si>
   <si>
     <t>660_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>23000 STE FEYRE</t>
   </si>
   <si>
     <t>STE FEYRE</t>
   </si>
   <si>
     <t>23</t>
   </si>