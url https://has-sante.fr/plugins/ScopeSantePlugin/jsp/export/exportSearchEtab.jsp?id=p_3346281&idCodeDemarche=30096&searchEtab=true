--- v0 (2025-10-22)
+++ v1 (2025-12-21)
@@ -92,63 +92,63 @@
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE LES FLAMBOYANTS OUEST</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3544_FicheEtablissement/fr/clinique-les-flamboyants-ouest</t>
   </si>
   <si>
     <t>3544_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
-    <t>3 Boulevard Des Mascareignes</t>
-[...2 lines deleted...]
-    <t>97826 LE PORT</t>
+    <t>1 Rue Simon Pernic</t>
+  </si>
+  <si>
+    <t>97420 LE PORT</t>
   </si>
   <si>
     <t>LE PORT</t>
   </si>
   <si>
     <t>9D</t>
   </si>
   <si>
-    <t>0262458508</t>
+    <t>0262427272</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>970467155</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>