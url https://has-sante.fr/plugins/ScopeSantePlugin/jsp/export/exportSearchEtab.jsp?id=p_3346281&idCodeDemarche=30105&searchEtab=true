--- v0 (2025-10-28)
+++ v1 (2025-12-19)
@@ -173,51 +173,51 @@
   <si>
     <t>HOPITAL NOVO SITE PONTOISE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3407_FicheEtablissement/en/hopital-novo-site-pontoise</t>
   </si>
   <si>
     <t>3407_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>6 Avenue De L Ile De France</t>
   </si>
   <si>
     <t>95300 PONTOISE</t>
   </si>
   <si>
     <t>PONTOISE</t>
   </si>
   <si>
     <t>0130754040</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>950000364</t>
   </si>
   <si>
     <t>HOPITAL NOVO SITE SAINT MARTIN DU TERTRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3410_FicheEtablissement/en/hopital-novo-site-st-martin-du-tertre</t>
   </si>
   <si>
     <t>3410_FicheEtablissement</t>
   </si>
   <si>
     <t>10 Allée De La Fontaine Au Roy</t>
   </si>
   <si>
     <t>95270 ST MARTIN DU TERTRE</t>
   </si>
   <si>
     <t>ST MARTIN DU TERTRE</t>
   </si>
   <si>
     <t>0130355123</t>
   </si>