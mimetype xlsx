--- v0 (2025-10-02)
+++ v1 (2026-03-02)
@@ -110,51 +110,51 @@
   <si>
     <t>564_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>190 Rue Gustave Parre</t>
   </si>
   <si>
     <t>19110 BORT LES ORGUES</t>
   </si>
   <si>
     <t>BORT LES ORGUES</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>0555463333</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Soins médicaux et de réadaptation</t>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>190000034</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE SOINS LONGUE DUREE DE BORT-LES-ORGUES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/572_FicheEtablissement/fr/usld-de-bort-les-orgues</t>
   </si>
   <si>
     <t>572_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>