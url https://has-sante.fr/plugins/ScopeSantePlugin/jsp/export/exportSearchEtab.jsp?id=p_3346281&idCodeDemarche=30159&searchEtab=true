--- v0 (2025-10-21)
+++ v1 (2026-03-02)
@@ -164,54 +164,54 @@
   <si>
     <t>CLINIQUE VIA DOMITIA NARBONNE USSAP</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/274_FicheEtablissement/fr/cl-via-domitia-narbonne-ussap</t>
   </si>
   <si>
     <t>274_FicheEtablissement</t>
   </si>
   <si>
     <t>8 Rue Charles Darwin</t>
   </si>
   <si>
     <t>11100 NARBONNE</t>
   </si>
   <si>
     <t>NARBONNE</t>
   </si>
   <si>
     <t>0468466363</t>
   </si>
   <si>
     <t>110005279</t>
   </si>
   <si>
-    <t>CLINIQUE ARAGOU LES TILLEULS LIMOUX</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/287_FicheEtablissement/fr/cl-aragou-les-tilleuls-limoux-ussap</t>
+    <t>CL ARAGOU LES TILLEULS HC CATTG ADULTE LIMOUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/287_FicheEtablissement/fr/cl-aragou-tilleul-hc-cattg-adul-limoux</t>
   </si>
   <si>
     <t>287_FicheEtablissement</t>
   </si>
   <si>
     <t>11300 LIMOUX</t>
   </si>
   <si>
     <t>LIMOUX</t>
   </si>
   <si>
     <t>110785516</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE LIMOUX ASM USSAP</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/288_FicheEtablissement/fr/usld-limoux-ussap</t>
   </si>
   <si>
     <t>288_FicheEtablissement</t>
   </si>
   <si>
     <t>22 Place Du 22 Septembre</t>
   </si>