--- v0 (2025-10-05)
+++ v1 (2025-11-30)
@@ -116,51 +116,51 @@
   <si>
     <t>23 Rue Ferdinand De Boyères</t>
   </si>
   <si>
     <t>61400 MORTAGNE AU PERCHE</t>
   </si>
   <si>
     <t>MORTAGNE AU PERCHE</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>0233853285</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>610006256</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>HAD ORNE EST  SITE DE L'AIGLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2079_FicheEtablissement/fr/had-orne-est-site-de-l-aigle</t>
   </si>
   <si>
     <t>2079_FicheEtablissement</t>
   </si>
   <si>
     <t>10 Rue Fernand Michaux</t>
   </si>
   <si>
     <t>61300 L AIGLE</t>
   </si>
   <si>
     <t>L AIGLE</t>
   </si>
   <si>
     <t>02 33 85 32 85</t>
   </si>
   <si>
     <t>610006777</t>
   </si>