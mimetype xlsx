--- v0 (2025-10-22)
+++ v1 (2026-02-16)
@@ -107,51 +107,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/668_FicheEtablissement/fr/centre-hospitalier-de-belves</t>
   </si>
   <si>
     <t>668_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>24170 PAYS DE BELVES</t>
   </si>
   <si>
     <t>PAYS DE BELVES</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>0553314242</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Soins médicaux et de réadaptation</t>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>240000174</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>