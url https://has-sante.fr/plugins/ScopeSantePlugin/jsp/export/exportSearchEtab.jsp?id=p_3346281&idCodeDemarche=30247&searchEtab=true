--- v0 (2025-10-05)
+++ v1 (2025-12-03)
@@ -110,51 +110,51 @@
   <si>
     <t>1406_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>160 Rue Du Verger</t>
   </si>
   <si>
     <t>44156 ANCENIS</t>
   </si>
   <si>
     <t>ANCENIS</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
     <t>0240094400</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>440000396</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>USLD CH ERDRE ET LOIRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1443_FicheEtablissement/fr/usld-ch-erdre-et-loire</t>
   </si>
   <si>
     <t>1443_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>44150 ANCENIS ST GEREON</t>
   </si>