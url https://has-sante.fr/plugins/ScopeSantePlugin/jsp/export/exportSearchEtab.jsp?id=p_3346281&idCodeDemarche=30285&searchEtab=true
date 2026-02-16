--- v0 (2025-12-21)
+++ v1 (2026-02-16)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SPECIALISE BARTHELEMY DURAND D ETAMPES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:15:47</t>
+    <t>11/02/2026 18:57:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3199_FicheEtablissement/fr/eps-barthelemy-durand</t>
   </si>
   <si>
     <t>3199_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>91152 ETAMPES</t>
   </si>
   <si>
     <t>ETAMPES</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>0169925252</t>
   </si>
   <si>
     <t>Public</t>
   </si>