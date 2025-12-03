--- v0 (2025-10-05)
+++ v1 (2025-12-03)
@@ -110,51 +110,51 @@
   <si>
     <t>1559_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>12 Rue Colonel Panaget</t>
   </si>
   <si>
     <t>49540 TERRANJOU</t>
   </si>
   <si>
     <t>TERRANJOU</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>0241835555</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Médecine, Soins médicaux et de réadaptation</t>
+    <t>Médecine</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>490000494</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>