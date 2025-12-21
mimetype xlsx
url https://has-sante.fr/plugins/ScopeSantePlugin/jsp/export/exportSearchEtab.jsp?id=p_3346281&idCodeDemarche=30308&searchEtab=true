--- v0 (2025-10-21)
+++ v1 (2025-12-21)
@@ -119,51 +119,51 @@
   <si>
     <t>85201 FONTENAY LE COMTE</t>
   </si>
   <si>
     <t>FONTENAY LE COMTE</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>0251535153</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>850000183</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER SITE DU POLE SANTE SUD VENDEE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3090_FicheEtablissement/fr/ch-fontenay-site-pole-sante-sud-vendee</t>
   </si>
   <si>
     <t>3090_FicheEtablissement</t>
   </si>
   <si>
     <t>11 Rue Docteur René Laforge</t>
   </si>
   <si>
     <t>0251532901</t>
   </si>
   <si>
     <t>Médecine, Obstétrique</t>
   </si>
   <si>
     <t>850009630</t>
   </si>
 </sst>
 </file>
 