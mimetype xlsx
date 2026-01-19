--- v0 (2025-12-04)
+++ v1 (2026-01-19)
@@ -110,51 +110,51 @@
   <si>
     <t>2201_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>4 Boulevard Hauterive</t>
   </si>
   <si>
     <t>64046 PAU</t>
   </si>
   <si>
     <t>PAU</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>0559924848</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>640000600</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
     <t>USLD NOUSTE MAYSOU</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2244_FicheEtablissement/en/usld-nouste-maysou</t>
   </si>
   <si>
     <t>2244_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>