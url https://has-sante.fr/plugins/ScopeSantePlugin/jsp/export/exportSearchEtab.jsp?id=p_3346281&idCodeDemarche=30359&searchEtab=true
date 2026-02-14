--- v0 (2025-10-27)
+++ v1 (2026-02-14)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE MONT ST MARTIN ( GROUPE SOS SANTE )</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:17:41</t>
+    <t>11/02/2026 11:25:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1715_FicheEtablissement/fr/ch-de-mt-st-martin-groupe-sos-sante</t>
   </si>
   <si>
     <t>1715_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>4 Rue Alfred Labbe.</t>
   </si>
   <si>
     <t>54350 MONT ST MARTIN</t>
   </si>
   <si>
     <t>MONT ST MARTIN</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>0382447000</t>
   </si>