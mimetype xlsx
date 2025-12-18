--- v0 (2025-10-22)
+++ v1 (2025-12-18)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="82">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="160" uniqueCount="78">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -183,62 +183,50 @@
     <t>5 Rue Etxalde</t>
   </si>
   <si>
     <t>64500 ST JEAN DE LUZ</t>
   </si>
   <si>
     <t>ST JEAN DE LUZ</t>
   </si>
   <si>
     <t>640013553</t>
   </si>
   <si>
     <t>CENTRE D'HEMODIALYSE DE LA CLINIQUE DELAY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3925_FicheEtablissement/fr/centre-hemodialyse-clinique-delay</t>
   </si>
   <si>
     <t>3925_FicheEtablissement</t>
   </si>
   <si>
     <t>0559584410</t>
   </si>
   <si>
     <t>640789640</t>
-  </si>
-[...10 lines deleted...]
-    <t>640796736</t>
   </si>
   <si>
     <t>ANTENNE AUTODIALYSE BIARRITZ</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3927_FicheEtablissement/fr/antenne-autodialyse-biarritz</t>
   </si>
   <si>
     <t>3927_FicheEtablissement</t>
   </si>
   <si>
     <t>22 Avenue Du Lac Marion</t>
   </si>
   <si>
     <t>64200 BIARRITZ</t>
   </si>
   <si>
     <t>BIARRITZ</t>
   </si>
   <si>
     <t>640796835</t>
   </si>
   <si>
     <t>ANTENNE AUTODIALYSE UHART CIZE</t>
   </si>
@@ -305,51 +293,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T9"/>
+  <dimension ref="A1:T8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -650,262 +638,200 @@
       <c r="B6" t="s">
         <v>58</v>
       </c>
       <c r="C6" t="s">
         <v>22</v>
       </c>
       <c r="D6" t="s">
         <v>22</v>
       </c>
       <c r="E6" t="s">
         <v>23</v>
       </c>
       <c r="F6" t="s">
         <v>22</v>
       </c>
       <c r="G6" t="s">
         <v>59</v>
       </c>
       <c r="H6" t="s">
         <v>60</v>
       </c>
       <c r="I6" t="s">
         <v>48</v>
       </c>
       <c r="J6" t="s">
-        <v>22</v>
+        <v>61</v>
       </c>
       <c r="K6" t="s">
-        <v>28</v>
+        <v>62</v>
       </c>
       <c r="L6" t="s">
-        <v>29</v>
+        <v>63</v>
       </c>
       <c r="M6" t="s">
         <v>30</v>
       </c>
       <c r="N6" t="s">
         <v>22</v>
       </c>
       <c r="O6" t="s">
         <v>22</v>
       </c>
       <c r="P6" t="s">
         <v>32</v>
       </c>
       <c r="Q6" t="s">
         <v>43</v>
       </c>
       <c r="R6" t="s">
         <v>32</v>
       </c>
       <c r="S6" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="T6" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>22</v>
       </c>
       <c r="E7" t="s">
         <v>23</v>
       </c>
       <c r="F7" t="s">
         <v>22</v>
       </c>
       <c r="G7" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="H7" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="I7" t="s">
         <v>48</v>
       </c>
       <c r="J7" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="K7" t="s">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="L7" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
       <c r="M7" t="s">
         <v>30</v>
       </c>
       <c r="N7" t="s">
-        <v>22</v>
+        <v>71</v>
       </c>
       <c r="O7" t="s">
         <v>22</v>
       </c>
       <c r="P7" t="s">
         <v>32</v>
       </c>
       <c r="Q7" t="s">
         <v>43</v>
       </c>
       <c r="R7" t="s">
         <v>32</v>
       </c>
       <c r="S7" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="T7" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C8" t="s">
         <v>22</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
       <c r="E8" t="s">
         <v>23</v>
       </c>
       <c r="F8" t="s">
         <v>22</v>
       </c>
       <c r="G8" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="H8" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I8" t="s">
         <v>48</v>
       </c>
       <c r="J8" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="K8" t="s">
-        <v>73</v>
+        <v>28</v>
       </c>
       <c r="L8" t="s">
-        <v>74</v>
+        <v>29</v>
       </c>
       <c r="M8" t="s">
         <v>30</v>
       </c>
       <c r="N8" t="s">
-        <v>75</v>
+        <v>22</v>
       </c>
       <c r="O8" t="s">
         <v>22</v>
       </c>
       <c r="P8" t="s">
         <v>32</v>
       </c>
       <c r="Q8" t="s">
         <v>43</v>
       </c>
       <c r="R8" t="s">
         <v>32</v>
       </c>
       <c r="S8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="T8" t="s">
-        <v>35</v>
-[...60 lines deleted...]
-      <c r="T9" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>