--- v1 (2025-12-18)
+++ v2 (2026-02-14)
@@ -116,51 +116,51 @@
   <si>
     <t>36 Avenue De L'Interne Jacques Loeb</t>
   </si>
   <si>
     <t>64100 BAYONNE</t>
   </si>
   <si>
     <t>BAYONNE</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>0559584400</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Chirurgie, Médecine</t>
   </si>
   <si>
     <t>640780268</t>
   </si>
   <si>
-    <t>A</t>
+    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>ANTENNE AUTODIALYSE ET UDM DAX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3771_FicheEtablissement/fr/antenne-autodialyse-et-udm-dax</t>
   </si>
   <si>
     <t>3771_FicheEtablissement</t>
   </si>
   <si>
     <t>8 Rue Frederic Mistral</t>
   </si>
   <si>
     <t>40107 DAX</t>
   </si>
   <si>
     <t>DAX</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>