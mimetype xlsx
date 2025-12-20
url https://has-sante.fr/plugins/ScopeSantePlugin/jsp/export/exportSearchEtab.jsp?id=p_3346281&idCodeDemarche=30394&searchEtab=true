--- v0 (2025-10-19)
+++ v1 (2025-12-20)
@@ -1,343 +1,343 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="101">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE LA MAISON FLEURIE SITE PARC MONCEAU</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/20/2025 19:44:11</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/1920_FicheEtablissement/en/clinique-psy-adultes-avenue-salomon</t>
+    <t>20/05/2025 19:44:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1920_FicheEtablissement/fr/clinique-psy-adultes-avenue-salomon</t>
   </si>
   <si>
     <t>1920_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>4 Avenue Salomon</t>
   </si>
   <si>
     <t>59000 LILLE</t>
   </si>
   <si>
     <t>LILLE</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>0320124701</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>590008579</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CLINIQUE LA MAISON FLEURIE FACHES THUMESNIL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1951_FicheEtablissement/en/clinique-psy-la-maison-fleurie</t>
+    <t>https://www.has-sante.fr/jcms/1951_FicheEtablissement/fr/clinique-psy-la-maison-fleurie</t>
   </si>
   <si>
     <t>1951_FicheEtablissement</t>
   </si>
   <si>
     <t>411 Avenue Du Marechal Leclerc</t>
   </si>
   <si>
     <t>59155 FACHES THUMESNIL</t>
   </si>
   <si>
     <t>FACHES THUMESNIL</t>
   </si>
   <si>
     <t>0320621540</t>
   </si>
   <si>
     <t>590780235</t>
   </si>
   <si>
     <t>CLINIQUE LILLE SUD LESQUIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1952_FicheEtablissement/en/clinique-lille-sud</t>
+    <t>https://www.has-sante.fr/jcms/1952_FicheEtablissement/fr/clinique-lille-sud</t>
   </si>
   <si>
     <t>1952_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>96 Rue Gustave Delory</t>
   </si>
   <si>
     <t>59813 LESQUIN</t>
   </si>
   <si>
     <t>LESQUIN</t>
   </si>
   <si>
     <t>0359755755</t>
   </si>
   <si>
     <t>Chirurgie</t>
   </si>
   <si>
     <t>590780250</t>
   </si>
   <si>
     <t>HOPITAL PRIVÉ LE BOIS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1953_FicheEtablissement/en/hopital-prive-le-bois</t>
+    <t>https://www.has-sante.fr/jcms/1953_FicheEtablissement/fr/hopital-prive-le-bois</t>
   </si>
   <si>
     <t>1953_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>44 Rue Marx Dormoy</t>
   </si>
   <si>
     <t>0320157613</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>590780268</t>
   </si>
   <si>
     <t>CLINIQUE AMBROISE PARE LILLE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1955_FicheEtablissement/en/clinique-ambroise-pare</t>
+    <t>https://www.has-sante.fr/jcms/1955_FicheEtablissement/fr/clinique-ambroise-pare</t>
   </si>
   <si>
     <t>1955_FicheEtablissement</t>
   </si>
   <si>
     <t>4 Avenue Emile Zola</t>
   </si>
   <si>
     <t>59800 LILLE</t>
   </si>
   <si>
     <t>0320124700</t>
   </si>
   <si>
     <t>590780342</t>
   </si>
   <si>
     <t>CLINIQUE DU CROISE LAROCHE-MARCQ EN BAROEUL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1958_FicheEtablissement/en/clinique-du-sport-et-d-orthopedie</t>
+    <t>https://www.has-sante.fr/jcms/1958_FicheEtablissement/fr/clinique-du-sport-et-d-orthopedie</t>
   </si>
   <si>
     <t>1958_FicheEtablissement</t>
   </si>
   <si>
     <t>199 Rue De La Rianderie</t>
   </si>
   <si>
     <t>59700 MARCQ EN BAROEUL</t>
   </si>
   <si>
     <t>MARCQ EN BAROEUL</t>
   </si>
   <si>
     <t>0826207225</t>
   </si>
   <si>
     <t>Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>590781951</t>
   </si>
   <si>
     <t>CLINIQUE DE LA VICTOIRE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2020_FicheEtablissement/en/clinique-de-la-victoire</t>
+    <t>https://www.has-sante.fr/jcms/2020_FicheEtablissement/fr/clinique-de-la-victoire</t>
   </si>
   <si>
     <t>2020_FicheEtablissement</t>
   </si>
   <si>
     <t>59200 TOURCOING</t>
   </si>
   <si>
     <t>TOURCOING</t>
   </si>
   <si>
     <t>0320115033</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine</t>
   </si>
   <si>
     <t>590817458</t>
   </si>
   <si>
     <t>CLINIQUE DU VAL DE LYS A TOURCOING</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/2021_FicheEtablissement/en/clinique-du-val-de-lys</t>
+    <t>https://www.has-sante.fr/jcms/2021_FicheEtablissement/fr/clinique-du-val-de-lys</t>
   </si>
   <si>
     <t>2021_FicheEtablissement</t>
   </si>
   <si>
     <t>167 Rue Nationale</t>
   </si>
   <si>
     <t>0320234700</t>
   </si>
   <si>
     <t>Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>590817839</t>
   </si>
   <si>
     <t>GCS UNITÉ DE DIALYSE MÉDICALISÉE METROPOLE SUD</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/5846_FicheEtablissement/en/unite-de-dialyse-medicalisee</t>
+    <t>https://www.has-sante.fr/jcms/5846_FicheEtablissement/fr/unite-de-dialyse-medicalisee</t>
   </si>
   <si>
     <t>5846_FicheEtablissement</t>
   </si>
   <si>
     <t>59113 SECLIN</t>
   </si>
   <si>
     <t>SECLIN</t>
   </si>
   <si>
     <t>0664407259</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>590060455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>