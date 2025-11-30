--- v0 (2025-10-05)
+++ v1 (2025-11-30)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="83">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="57">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -119,147 +119,69 @@
   <si>
     <t>25200 MONTBELIARD</t>
   </si>
   <si>
     <t>MONTBELIARD</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>0384682500</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>250014008</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
-    <t>CHS ST REMY ET NFC UIA VESOUL</t>
-[...17 lines deleted...]
-    <t>VESOUL</t>
+    <t>CHS ST REMY ET NORD FRANCHE-COMTE SITE SAINT REMY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2508_FicheEtablissement/fr/chs-st-remy-et-nfc-site-saint-remy</t>
+  </si>
+  <si>
+    <t>2508_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>70160 ST REMY EN COMTE</t>
+  </si>
+  <si>
+    <t>ST REMY EN COMTE</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>700003148</t>
-[...52 lines deleted...]
-  <si>
     <t>700780075</t>
-  </si>
-[...16 lines deleted...]
-    <t>700780299</t>
   </si>
   <si>
     <t>USLD LA CHENAIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2512_FicheEtablissement/fr/usld-la-chenaie</t>
   </si>
   <si>
     <t>2512_FicheEtablissement</t>
   </si>
   <si>
     <t>0384972735</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>700784341</t>
   </si>
   <si>
     <t>CHS ST REMY ET NFC CENTRE PIERRE ENGEL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3191_FicheEtablissement/fr/chs-st-remy-et-nfc-centre-pierre-engel</t>
   </si>
@@ -308,51 +230,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T9"/>
+  <dimension ref="A1:T5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -464,451 +386,203 @@
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
         <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
         <v>37</v>
       </c>
       <c r="H3" t="s">
         <v>38</v>
       </c>
       <c r="I3" t="s">
+        <v>26</v>
+      </c>
+      <c r="J3" t="s">
+        <v>22</v>
+      </c>
+      <c r="K3" t="s">
         <v>39</v>
       </c>
-      <c r="J3" t="s">
+      <c r="L3" t="s">
         <v>40</v>
       </c>
-      <c r="K3" t="s">
+      <c r="M3" t="s">
         <v>41</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="N3" t="s">
         <v>31</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
         <v>33</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>22</v>
       </c>
       <c r="E4" t="s">
         <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>22</v>
       </c>
       <c r="G4" t="s">
+        <v>44</v>
+      </c>
+      <c r="H4" t="s">
+        <v>45</v>
+      </c>
+      <c r="I4" t="s">
+        <v>26</v>
+      </c>
+      <c r="J4" t="s">
+        <v>22</v>
+      </c>
+      <c r="K4" t="s">
+        <v>39</v>
+      </c>
+      <c r="L4" t="s">
+        <v>40</v>
+      </c>
+      <c r="M4" t="s">
+        <v>41</v>
+      </c>
+      <c r="N4" t="s">
         <v>46</v>
       </c>
-      <c r="H4" t="s">
+      <c r="O4" t="s">
+        <v>22</v>
+      </c>
+      <c r="P4" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q4" t="s">
         <v>47</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="R4" t="s">
+        <v>32</v>
+      </c>
+      <c r="S4" t="s">
         <v>48</v>
-      </c>
-[...25 lines deleted...]
-        <v>49</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
         <v>23</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
+        <v>50</v>
+      </c>
+      <c r="H5" t="s">
         <v>51</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
+        <v>26</v>
+      </c>
+      <c r="J5" t="s">
         <v>52</v>
       </c>
-      <c r="I5" t="s">
-[...2 lines deleted...]
-      <c r="J5" t="s">
+      <c r="K5" t="s">
         <v>53</v>
       </c>
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>54</v>
       </c>
-      <c r="L5" t="s">
+      <c r="M5" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="N5" t="s">
         <v>31</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
         <v>33</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
         <v>56</v>
       </c>
       <c r="T5" t="s">
-        <v>35</v>
-[...246 lines deleted...]
-      <c r="T9" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>