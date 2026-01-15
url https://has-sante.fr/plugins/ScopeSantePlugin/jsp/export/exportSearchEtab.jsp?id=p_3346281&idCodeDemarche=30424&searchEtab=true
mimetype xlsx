--- v1 (2025-11-30)
+++ v2 (2026-01-15)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="100" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="180" uniqueCount="86">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -119,69 +119,156 @@
   <si>
     <t>25200 MONTBELIARD</t>
   </si>
   <si>
     <t>MONTBELIARD</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>0384682500</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>250014008</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
+    <t>CHS ST REMY ET NFC UIA VESOUL</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:14:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2502_FicheEtablissement/fr/chs-st-remy-et-nfc-uia-vesoul</t>
+  </si>
+  <si>
+    <t>2502_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>2 Rue Heymes</t>
+  </si>
+  <si>
+    <t>70000 VESOUL</t>
+  </si>
+  <si>
+    <t>VESOUL</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>700003148</t>
+  </si>
+  <si>
+    <t>CHS ST REMY ET NFC CPIJ LES HABERGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2503_FicheEtablissement/fr/chs-st-remy-et-nfc-cpij-les-haberges</t>
+  </si>
+  <si>
+    <t>2503_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>9 Rue Raymond Et Lucie Aubrac</t>
+  </si>
+  <si>
+    <t>700004245</t>
+  </si>
+  <si>
+    <t>CHS ST REMY ET NFC CPG HERICOURT</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:14:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2505_FicheEtablissement/fr/chs-st-remy-et-nfc-cpg-hericourt</t>
+  </si>
+  <si>
+    <t>2505_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>59 Rue Paul Vinot</t>
+  </si>
+  <si>
+    <t>70400 HERICOURT</t>
+  </si>
+  <si>
+    <t>HERICOURT</t>
+  </si>
+  <si>
+    <t>700004542</t>
+  </si>
+  <si>
     <t>CHS ST REMY ET NORD FRANCHE-COMTE SITE SAINT REMY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2508_FicheEtablissement/fr/chs-st-remy-et-nfc-site-saint-remy</t>
   </si>
   <si>
     <t>2508_FicheEtablissement</t>
   </si>
   <si>
     <t>70160 ST REMY EN COMTE</t>
   </si>
   <si>
     <t>ST REMY EN COMTE</t>
   </si>
   <si>
-    <t>70</t>
-[...1 lines deleted...]
-  <si>
     <t>700780075</t>
+  </si>
+  <si>
+    <t>CHS ST REMY ET NFC SITE CLAIREFONTAINE</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:14:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2511_FicheEtablissement/fr/chs-st-remy-et-nfc-site-clairefontaine</t>
+  </si>
+  <si>
+    <t>2511_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>70210 POLAINCOURT ET CLAIREFONTA</t>
+  </si>
+  <si>
+    <t>POLAINCOURT ET CLAIREFONTA</t>
+  </si>
+  <si>
+    <t>700780299</t>
   </si>
   <si>
     <t>USLD LA CHENAIE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2512_FicheEtablissement/fr/usld-la-chenaie</t>
   </si>
   <si>
     <t>2512_FicheEtablissement</t>
   </si>
   <si>
     <t>0384972735</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>700784341</t>
   </si>
   <si>
     <t>CHS ST REMY ET NFC CENTRE PIERRE ENGEL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3191_FicheEtablissement/fr/chs-st-remy-et-nfc-centre-pierre-engel</t>
   </si>
@@ -230,51 +317,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T5"/>
+  <dimension ref="A1:T9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -374,215 +461,463 @@
       </c>
       <c r="R2" t="s">
         <v>32</v>
       </c>
       <c r="S2" t="s">
         <v>34</v>
       </c>
       <c r="T2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>22</v>
       </c>
       <c r="D3" t="s">
         <v>22</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>22</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="I3" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="J3" t="s">
-        <v>22</v>
+        <v>41</v>
       </c>
       <c r="K3" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="L3" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="M3" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="N3" t="s">
         <v>31</v>
       </c>
       <c r="O3" t="s">
         <v>22</v>
       </c>
       <c r="P3" t="s">
         <v>32</v>
       </c>
       <c r="Q3" t="s">
         <v>33</v>
       </c>
       <c r="R3" t="s">
         <v>32</v>
       </c>
       <c r="S3" t="s">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="T3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C4" t="s">
+        <v>22</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>37</v>
+      </c>
+      <c r="F4" t="s">
+        <v>22</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" t="s">
+        <v>48</v>
+      </c>
+      <c r="I4" t="s">
+        <v>40</v>
+      </c>
+      <c r="J4" t="s">
+        <v>49</v>
+      </c>
+      <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4" t="s">
         <v>43</v>
       </c>
-      <c r="C4" t="s">
-[...11 lines deleted...]
-      <c r="G4" t="s">
+      <c r="M4" t="s">
         <v>44</v>
       </c>
-      <c r="H4" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
-        <v>47</v>
+        <v>33</v>
       </c>
       <c r="R4" t="s">
         <v>32</v>
       </c>
       <c r="S4" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="T4" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C5" t="s">
         <v>22</v>
       </c>
       <c r="D5" t="s">
         <v>22</v>
       </c>
       <c r="E5" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="F5" t="s">
         <v>22</v>
       </c>
       <c r="G5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="H5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="I5" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="J5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="K5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="L5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="M5" t="s">
-        <v>55</v>
+        <v>44</v>
       </c>
       <c r="N5" t="s">
         <v>31</v>
       </c>
       <c r="O5" t="s">
         <v>22</v>
       </c>
       <c r="P5" t="s">
         <v>32</v>
       </c>
       <c r="Q5" t="s">
         <v>33</v>
       </c>
       <c r="R5" t="s">
         <v>32</v>
       </c>
       <c r="S5" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="T5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>20</v>
+      </c>
+      <c r="B6" t="s">
+        <v>59</v>
+      </c>
+      <c r="C6" t="s">
+        <v>22</v>
+      </c>
+      <c r="D6" t="s">
+        <v>22</v>
+      </c>
+      <c r="E6" t="s">
+        <v>23</v>
+      </c>
+      <c r="F6" t="s">
+        <v>22</v>
+      </c>
+      <c r="G6" t="s">
+        <v>60</v>
+      </c>
+      <c r="H6" t="s">
+        <v>61</v>
+      </c>
+      <c r="I6" t="s">
+        <v>26</v>
+      </c>
+      <c r="J6" t="s">
+        <v>22</v>
+      </c>
+      <c r="K6" t="s">
+        <v>62</v>
+      </c>
+      <c r="L6" t="s">
+        <v>63</v>
+      </c>
+      <c r="M6" t="s">
+        <v>44</v>
+      </c>
+      <c r="N6" t="s">
+        <v>31</v>
+      </c>
+      <c r="O6" t="s">
+        <v>22</v>
+      </c>
+      <c r="P6" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>33</v>
+      </c>
+      <c r="R6" t="s">
+        <v>32</v>
+      </c>
+      <c r="S6" t="s">
+        <v>64</v>
+      </c>
+      <c r="T6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B7" t="s">
+        <v>65</v>
+      </c>
+      <c r="C7" t="s">
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
+      <c r="E7" t="s">
+        <v>66</v>
+      </c>
+      <c r="F7" t="s">
+        <v>22</v>
+      </c>
+      <c r="G7" t="s">
+        <v>67</v>
+      </c>
+      <c r="H7" t="s">
+        <v>68</v>
+      </c>
+      <c r="I7" t="s">
+        <v>40</v>
+      </c>
+      <c r="J7" t="s">
+        <v>22</v>
+      </c>
+      <c r="K7" t="s">
+        <v>69</v>
+      </c>
+      <c r="L7" t="s">
+        <v>70</v>
+      </c>
+      <c r="M7" t="s">
+        <v>44</v>
+      </c>
+      <c r="N7" t="s">
+        <v>31</v>
+      </c>
+      <c r="O7" t="s">
+        <v>22</v>
+      </c>
+      <c r="P7" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>33</v>
+      </c>
+      <c r="R7" t="s">
+        <v>32</v>
+      </c>
+      <c r="S7" t="s">
+        <v>71</v>
+      </c>
+      <c r="T7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>20</v>
+      </c>
+      <c r="B8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C8" t="s">
+        <v>22</v>
+      </c>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
+      <c r="E8" t="s">
+        <v>23</v>
+      </c>
+      <c r="F8" t="s">
+        <v>22</v>
+      </c>
+      <c r="G8" t="s">
+        <v>73</v>
+      </c>
+      <c r="H8" t="s">
+        <v>74</v>
+      </c>
+      <c r="I8" t="s">
+        <v>26</v>
+      </c>
+      <c r="J8" t="s">
+        <v>22</v>
+      </c>
+      <c r="K8" t="s">
+        <v>62</v>
+      </c>
+      <c r="L8" t="s">
+        <v>63</v>
+      </c>
+      <c r="M8" t="s">
+        <v>44</v>
+      </c>
+      <c r="N8" t="s">
+        <v>75</v>
+      </c>
+      <c r="O8" t="s">
+        <v>22</v>
+      </c>
+      <c r="P8" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>76</v>
+      </c>
+      <c r="R8" t="s">
+        <v>32</v>
+      </c>
+      <c r="S8" t="s">
+        <v>77</v>
+      </c>
+      <c r="T8" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B9" t="s">
+        <v>78</v>
+      </c>
+      <c r="C9" t="s">
+        <v>22</v>
+      </c>
+      <c r="D9" t="s">
+        <v>22</v>
+      </c>
+      <c r="E9" t="s">
+        <v>23</v>
+      </c>
+      <c r="F9" t="s">
+        <v>22</v>
+      </c>
+      <c r="G9" t="s">
+        <v>79</v>
+      </c>
+      <c r="H9" t="s">
+        <v>80</v>
+      </c>
+      <c r="I9" t="s">
+        <v>26</v>
+      </c>
+      <c r="J9" t="s">
+        <v>81</v>
+      </c>
+      <c r="K9" t="s">
+        <v>82</v>
+      </c>
+      <c r="L9" t="s">
+        <v>83</v>
+      </c>
+      <c r="M9" t="s">
+        <v>84</v>
+      </c>
+      <c r="N9" t="s">
+        <v>31</v>
+      </c>
+      <c r="O9" t="s">
+        <v>22</v>
+      </c>
+      <c r="P9" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>33</v>
+      </c>
+      <c r="R9" t="s">
+        <v>32</v>
+      </c>
+      <c r="S9" t="s">
+        <v>85</v>
+      </c>
+      <c r="T9" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>