--- v0 (2025-10-25)
+++ v1 (2025-12-15)
@@ -80,51 +80,51 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CLINIQUE DE L'ORANGERIE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:14:56</t>
+    <t>21/01/2025 10:17:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2333_FicheEtablissement/fr/clinique-de-l-orangerie</t>
   </si>
   <si>
     <t>2333_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>29 Allée De La Robertsau</t>
   </si>
   <si>
     <t>67010 STRASBOURG</t>
   </si>
   <si>
     <t>STRASBOURG</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
     <t>0388567400</t>
   </si>