--- v0 (2025-10-27)
+++ v1 (2025-12-21)
@@ -116,51 +116,51 @@
   <si>
     <t>56 Rue De Lille</t>
   </si>
   <si>
     <t>59223 RONCQ</t>
   </si>
   <si>
     <t>RONCQ</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
     <t>0826206868</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Chirurgie</t>
   </si>
   <si>
     <t>590790655</t>
   </si>
   <si>
-    <t>B</t>
+    <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CLINIQUE SAINT-ROCH CONVALESCENCE A RONCQ</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2004_FicheEtablissement/fr/clinique-st-roch-convalescence</t>
   </si>
   <si>
     <t>2004_FicheEtablissement</t>
   </si>
   <si>
     <t>0320695858</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>590810784</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>