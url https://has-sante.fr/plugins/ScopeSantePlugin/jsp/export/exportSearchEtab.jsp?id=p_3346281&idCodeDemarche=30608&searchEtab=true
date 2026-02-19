--- v0 (2025-10-27)
+++ v1 (2026-02-19)
@@ -74,90 +74,90 @@
   <si>
     <t>Phone</t>
   </si>
   <si>
     <t>WebSite</t>
   </si>
   <si>
     <t>Type of Healthcare organisation</t>
   </si>
   <si>
     <t>Activity</t>
   </si>
   <si>
     <t>Legal status</t>
   </si>
   <si>
     <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CLINIQUE DE BEAUPUY</t>
+    <t>HOSPIT COMPLETE SSC CAC CLINIQUE DE BEAUPUY</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>01/21/2025 10:15:07</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/941_FicheEtablissement/en/cl-de-beaupuy</t>
+    <t>https://www.has-sante.fr/jcms/941_FicheEtablissement/en/hc-ssc-cac-cl-de-beaupuy</t>
   </si>
   <si>
     <t>941_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>31850 BEAUPUY</t>
   </si>
   <si>
     <t>BEAUPUY</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>0561845650</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>310780390</t>
   </si>
   <si>
-    <t>B</t>
+    <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">