--- v0 (2025-10-30)
+++ v1 (2026-03-02)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CLINIQUE DU VIEUX CHATEAU D'OC</t>
+    <t>HC HDJ AMBU ADULT CL DU VIEUX CHATEAU D'OC CASTELMAUROU</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:15:44</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/947_FicheEtablissement/fr/cl-du-vieux-chateau-d-oc-castelmaurou</t>
+    <t>https://www.has-sante.fr/jcms/947_FicheEtablissement/fr/hc-hdj-ambu-adult-cl-vieux-chateau-oc</t>
   </si>
   <si>
     <t>947_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>1 Chemin Castelviel</t>
   </si>
   <si>
     <t>31180 CASTELMAUROU</t>
   </si>
   <si>
     <t>CASTELMAUROU</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>0826282813</t>
   </si>
   <si>
     <t>Privé</t>
   </si>