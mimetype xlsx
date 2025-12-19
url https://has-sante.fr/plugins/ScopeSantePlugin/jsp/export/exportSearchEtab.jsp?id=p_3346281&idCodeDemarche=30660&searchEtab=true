--- v0 (2025-10-27)
+++ v1 (2025-12-19)
@@ -1,205 +1,205 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="56">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Healthcare organisation size</t>
-[...2 lines deleted...]
-    <t>Adress</t>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Adresse</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>City</t>
-[...20 lines deleted...]
-    <t>Geographical finess</t>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE DE LUTTE CONTRE LE CANCER INSTITUT CURIE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/21/2025 10:15:56</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/2684_FicheEtablissement/en/clcc-institut-curie</t>
+    <t>21/01/2025 10:15:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2684_FicheEtablissement/fr/clcc-institut-curie</t>
   </si>
   <si>
     <t>2684_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>26 Rue D Ulm</t>
   </si>
   <si>
     <t>75248 PARIS CEDEX 05</t>
   </si>
   <si>
     <t>PARIS CEDEX 05</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0144324000</t>
   </si>
   <si>
     <t>CLCC</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Médecine</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>750160012</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CLCC  INSTITUT CURIE CENTRE RENE HUGUENIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3240_FicheEtablissement/en/clcc-rene-huguenin-institut-curie</t>
+    <t>https://www.has-sante.fr/jcms/3240_FicheEtablissement/fr/clcc-rene-huguenin-institut-curie</t>
   </si>
   <si>
     <t>3240_FicheEtablissement</t>
   </si>
   <si>
     <t>35 Rue Dailly</t>
   </si>
   <si>
     <t>92210 ST CLOUD</t>
   </si>
   <si>
     <t>ST CLOUD</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>0147111515</t>
   </si>
   <si>
-    <t>Cancérologie, Chirurgie, Médecine</t>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine</t>
   </si>
   <si>
     <t>920000460</t>
   </si>
   <si>
     <t>CENTRE DE LUTTE CONTRE LE CANCER  PROTONTHERAPIE ORSAY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7190_FicheEtablissement/en/clcc-de-protontherapie-orsay</t>
+    <t>https://www.has-sante.fr/jcms/7190_FicheEtablissement/fr/clcc-de-protontherapie-orsay</t>
   </si>
   <si>
     <t>7190_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>91898 ORSAY</t>
   </si>
   <si>
     <t>ORSAY</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>0169298700</t>
   </si>
   <si>
     <t>910813732</t>
   </si>
 </sst>
 </file>
 