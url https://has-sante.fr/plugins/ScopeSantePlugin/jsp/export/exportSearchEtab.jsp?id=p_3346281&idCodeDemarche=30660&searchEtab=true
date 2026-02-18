--- v1 (2025-12-19)
+++ v2 (2026-02-18)
@@ -1,223 +1,226 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Etablissement de santé" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Healthcare organisation" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Healthcare organisation'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="56">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="57">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Taille établissement</t>
-[...2 lines deleted...]
-    <t>Adresse</t>
+    <t>Healthcare organisation size</t>
+  </si>
+  <si>
+    <t>Adress</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
-    <t>Commune</t>
-[...20 lines deleted...]
-    <t>Numéro finess geo</t>
+    <t>City</t>
+  </si>
+  <si>
+    <t>Department</t>
+  </si>
+  <si>
+    <t>Phone</t>
+  </si>
+  <si>
+    <t>WebSite</t>
+  </si>
+  <si>
+    <t>Type of Healthcare organisation</t>
+  </si>
+  <si>
+    <t>Activity</t>
+  </si>
+  <si>
+    <t>Legal status</t>
+  </si>
+  <si>
+    <t>Geographical finess</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>CENTRE DE LUTTE CONTRE LE CANCER INSTITUT CURIE</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>21/01/2025 10:15:56</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/2684_FicheEtablissement/fr/clcc-institut-curie</t>
+    <t>01/21/2025 10:15:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2684_FicheEtablissement/en/clcc-institut-curie</t>
   </si>
   <si>
     <t>2684_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>26 Rue D Ulm</t>
   </si>
   <si>
     <t>75248 PARIS CEDEX 05</t>
   </si>
   <si>
     <t>PARIS CEDEX 05</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>0144324000</t>
   </si>
   <si>
     <t>CLCC</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>750160012</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CLCC  INSTITUT CURIE CENTRE RENE HUGUENIN</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/3240_FicheEtablissement/fr/clcc-rene-huguenin-institut-curie</t>
+    <t>https://www.has-sante.fr/jcms/3240_FicheEtablissement/en/clcc-rene-huguenin-institut-curie</t>
   </si>
   <si>
     <t>3240_FicheEtablissement</t>
   </si>
   <si>
     <t>35 Rue Dailly</t>
   </si>
   <si>
     <t>92210 ST CLOUD</t>
   </si>
   <si>
     <t>ST CLOUD</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>0147111515</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine</t>
   </si>
   <si>
     <t>920000460</t>
   </si>
   <si>
     <t>CENTRE DE LUTTE CONTRE LE CANCER  PROTONTHERAPIE ORSAY</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/7190_FicheEtablissement/fr/clcc-de-protontherapie-orsay</t>
+    <t>https://www.has-sante.fr/jcms/7190_FicheEtablissement/en/clcc-de-protontherapie-orsay</t>
   </si>
   <si>
     <t>7190_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>91898 ORSAY</t>
   </si>
   <si>
     <t>ORSAY</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>0169298700</t>
+  </si>
+  <si>
+    <t>Cancérologie</t>
   </si>
   <si>
     <t>910813732</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -469,55 +472,55 @@
       <c r="I4" t="s">
         <v>50</v>
       </c>
       <c r="J4" t="s">
         <v>22</v>
       </c>
       <c r="K4" t="s">
         <v>51</v>
       </c>
       <c r="L4" t="s">
         <v>52</v>
       </c>
       <c r="M4" t="s">
         <v>53</v>
       </c>
       <c r="N4" t="s">
         <v>54</v>
       </c>
       <c r="O4" t="s">
         <v>22</v>
       </c>
       <c r="P4" t="s">
         <v>32</v>
       </c>
       <c r="Q4" t="s">
-        <v>22</v>
+        <v>55</v>
       </c>
       <c r="R4" t="s">
         <v>34</v>
       </c>
       <c r="S4" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="T4" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>