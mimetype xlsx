--- v0 (2025-10-26)
+++ v1 (2025-12-21)
@@ -164,51 +164,51 @@
   <si>
     <t>HOPITAL DE LA MERE ET DE L'ENFANT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3141_FicheEtablissement/fr/hopital-de-la-mere-et-de-l-enfant</t>
   </si>
   <si>
     <t>3141_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>8 Avenue Dominique Larrey</t>
   </si>
   <si>
     <t>87000 LIMOGES</t>
   </si>
   <si>
     <t>LIMOGES</t>
   </si>
   <si>
     <t>0555056666</t>
   </si>
   <si>
-    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Diagnostic génétique, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>870014859</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE HOPITAL CHASTAINGT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7569_FicheEtablissement/fr/usld-chastaingt-limoges</t>
   </si>
   <si>
     <t>7569_FicheEtablissement</t>
   </si>
   <si>
     <t>87038 LIMOGES CEDEX 1</t>
   </si>
   <si>
     <t>0555056900</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>
   <si>
     <t>870008042</t>
   </si>