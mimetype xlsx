--- v0 (2025-12-03)
+++ v1 (2026-01-17)
@@ -110,51 +110,51 @@
   <si>
     <t>1003_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>1 Avenue Charrier</t>
   </si>
   <si>
     <t>33220 STE FOY LA GRANDE</t>
   </si>
   <si>
     <t>STE FOY LA GRANDE</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
     <t>0557419696</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
-    <t>Soins médicaux et de réadaptation</t>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Public</t>
   </si>
   <si>
     <t>330000613</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE DU CH STE FOY LA GRANDE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1058_FicheEtablissement/fr/usld-ch-ste-foy-la-grande</t>
   </si>
   <si>
     <t>1058_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>Soins de longue durée</t>
   </si>