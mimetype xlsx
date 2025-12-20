--- v0 (2025-10-29)
+++ v1 (2025-12-20)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER ALES CEVENNES</t>
+    <t>SOINS A DOMICILE ADULTE SOINS SANS CONSENTEMENT EMPP ALES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:41</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/869_FicheEtablissement/fr/ch-ales-cevennes</t>
+    <t>https://www.has-sante.fr/jcms/869_FicheEtablissement/fr/soins-a-dom-adult-ssc-empp-ales</t>
   </si>
   <si>
     <t>869_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>811 Avenue Dr Jean Goubert</t>
   </si>
   <si>
     <t>30103 ALES</t>
   </si>
   <si>
     <t>ALES</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>0466783111</t>
   </si>
   <si>
     <t>CH</t>
   </si>
@@ -173,54 +173,54 @@
   <si>
     <t>300012481</t>
   </si>
   <si>
     <t>USLD LA ROSE DES VENTS CH ALES CEVENNES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/881_FicheEtablissement/fr/usld-la-rose-des-vents-ch-ales</t>
   </si>
   <si>
     <t>881_FicheEtablissement</t>
   </si>
   <si>
     <t>186 Rue Du Professeur Claude Gateff</t>
   </si>
   <si>
     <t>30100 ALES</t>
   </si>
   <si>
     <t>0466922187</t>
   </si>
   <si>
     <t>300012499</t>
   </si>
   <si>
-    <t>UNITE SOINS NORMALISES PSY GENERALE LOU CANTO CH ALES</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/905_FicheEtablissement/fr/unite-soins-psy-gen-ch-ales-cevennes</t>
+    <t>HC PSY ADULTE PERINAT SOINS SANS CONSENTEMENT CH ALES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/905_FicheEtablissement/fr/hc-psy-adult-perinat-ssc-ch-ales</t>
   </si>
   <si>
     <t>905_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>811 Avenue Du Dr Jean Goubert</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>300782364</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>