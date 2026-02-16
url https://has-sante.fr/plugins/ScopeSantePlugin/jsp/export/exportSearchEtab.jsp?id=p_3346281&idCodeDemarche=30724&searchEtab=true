--- v1 (2025-12-20)
+++ v2 (2026-02-16)
@@ -74,60 +74,60 @@
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
-    <t>SOINS A DOMICILE ADULTE SOINS SANS CONSENTEMENT EMPP ALES</t>
+    <t>CH ALES CEVENNES</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/01/2025 10:16:41</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/869_FicheEtablissement/fr/soins-a-dom-adult-ssc-empp-ales</t>
+    <t>https://www.has-sante.fr/jcms/869_FicheEtablissement/fr/ch-ales-cevennes</t>
   </si>
   <si>
     <t>869_FicheEtablissement</t>
   </si>
   <si>
     <t>grand</t>
   </si>
   <si>
     <t>811 Avenue Dr Jean Goubert</t>
   </si>
   <si>
     <t>30103 ALES</t>
   </si>
   <si>
     <t>ALES</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
     <t>0466783111</t>
   </si>
   <si>
     <t>CH</t>
   </si>
@@ -173,54 +173,54 @@
   <si>
     <t>300012481</t>
   </si>
   <si>
     <t>USLD LA ROSE DES VENTS CH ALES CEVENNES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/881_FicheEtablissement/fr/usld-la-rose-des-vents-ch-ales</t>
   </si>
   <si>
     <t>881_FicheEtablissement</t>
   </si>
   <si>
     <t>186 Rue Du Professeur Claude Gateff</t>
   </si>
   <si>
     <t>30100 ALES</t>
   </si>
   <si>
     <t>0466922187</t>
   </si>
   <si>
     <t>300012499</t>
   </si>
   <si>
-    <t>HC PSY ADULTE PERINAT SOINS SANS CONSENTEMENT CH ALES</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/905_FicheEtablissement/fr/hc-psy-adult-perinat-ssc-ch-ales</t>
+    <t>HC ADULTE ENF ADO PERINAT SOINS SANS CONSENTEMENT ALES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/905_FicheEtablissement/fr/hc-adult-ea-perinat-ssc-ales</t>
   </si>
   <si>
     <t>905_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>811 Avenue Du Dr Jean Goubert</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>300782364</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>