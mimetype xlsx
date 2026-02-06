--- v0 (2025-10-21)
+++ v1 (2026-02-06)
@@ -200,54 +200,54 @@
   <si>
     <t>ARGELES SUR MER</t>
   </si>
   <si>
     <t>660004961</t>
   </si>
   <si>
     <t>MEDIPOLE UNITE AUTO DIALYSE SAINT LAURENT DE LA SALANQUE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3937_FicheEtablissement/fr/medipole-uad-st-laurent-de-la-salanque</t>
   </si>
   <si>
     <t>3937_FicheEtablissement</t>
   </si>
   <si>
     <t>66250 ST LAURENT DE LA SALANQUE</t>
   </si>
   <si>
     <t>ST LAURENT DE LA SALANQUE</t>
   </si>
   <si>
     <t>660004979</t>
   </si>
   <si>
-    <t>MEDIPOLE UNITE AUTO DIALYSE PRADES</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/3942_FicheEtablissement/fr/medipole-uad-prades</t>
+    <t>MEDIPOLE UAD UDM PRADES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3942_FicheEtablissement/fr/medipole-uad-udm-prades</t>
   </si>
   <si>
     <t>3942_FicheEtablissement</t>
   </si>
   <si>
     <t>18 Rue St Joseph</t>
   </si>
   <si>
     <t>66500 PRADES</t>
   </si>
   <si>
     <t>PRADES</t>
   </si>
   <si>
     <t>660005687</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>